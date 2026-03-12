--- v0 (2025-10-09)
+++ v1 (2026-03-12)
@@ -1,1177 +1,1264 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00B61D10" w:rsidRDefault="00536AF3">
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="0AB48129" w14:textId="207FE0D6" w:rsidR="00477D22" w:rsidRDefault="00802569">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49CBB119" wp14:editId="24BFA0F9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1714500</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>6981825</wp:posOffset>
+                  <wp:posOffset>6848475</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="3028950" cy="1295400"/>
+                <wp:extent cx="3028950" cy="1619250"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="3028950" cy="1295400"/>
+                          <a:ext cx="3028950" cy="1619250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00536AF3" w:rsidRPr="00536AF3" w:rsidRDefault="00536AF3">
+                          <w:p w14:paraId="36427BE6" w14:textId="77777777" w:rsidR="00536AF3" w:rsidRPr="00536AF3" w:rsidRDefault="00536AF3">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="00536AF3">
                               <w:rPr>
                                 <w:b/>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...4 lines deleted...]
-                                <w:b/>
+                              <w:t>Your Name</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2F980A49" w14:textId="4CA6794E" w:rsidR="00536AF3" w:rsidRPr="00802569" w:rsidRDefault="00802569">
+                            <w:pPr>
+                              <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> Name</w:t>
-[...3 lines deleted...]
-                            <w:pPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
-                            </w:pPr>
-[...1 lines deleted...]
-                            <w:r w:rsidRPr="00536AF3">
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
-                              <w:t>CalBRE</w:t>
-[...22 lines deleted...]
-                            <w:r w:rsidRPr="00536AF3">
+                              <w:t>RE Lic#</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00536AF3">
+                            <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:hyperlink r:id="rId7" w:history="1">
-                              <w:r w:rsidRPr="00536AF3">
+                            <w:hyperlink r:id="rId6" w:history="1">
+                              <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                                 <w:rPr>
                                   <w:rStyle w:val="Hyperlink"/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                 </w:rPr>
                                 <w:t>youremail@mail.com</w:t>
                               </w:r>
                             </w:hyperlink>
-                            <w:r w:rsidRPr="00536AF3">
+                            <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                               <w:rPr>
                                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                               </w:rPr>
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Nam</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              </w:rPr>
+                              <w:t>e</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="49CBB119" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:135pt;margin-top:549.75pt;width:238.5pt;height:102pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkf6g0fwIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L5uEQEnEBqUgqkoI&#10;UKHi7HhtsqrX49pOsumv77N3E1LaC1Uvu+OZ5/G8+Tq/aBvD1sqHmmzJh0cDzpSVVNX2ueTfHq8/&#10;nHEWorCVMGRVybcq8IvZ+3fnGzdVI1qSqZRncGLDdONKvozRTYsiyKVqRDgipyyMmnwjIo7+uai8&#10;2MB7Y4rRYHBabMhXzpNUIUB71Rn5LPvXWsl4p3VQkZmSI7aYvz5/F+lbzM7F9NkLt6xlH4b4hyga&#10;UVs8und1JaJgK1//4aqppadAOh5JagrSupYqcwCb4eAVm4elcCpzQXKC26cp/D+38nZ971ldlfyU&#10;MysalOhRtZF9opadpuxsXJgC9OAAiy3UqPJOH6BMpFvtm/QHHQY78rzd5zY5k1AeD0ZnkxOYJGzD&#10;0eRkPMjZL16uOx/iZ0UNS0LJPYqXcyrWNyEiFEB3kPSapevamFxAY9kGDI7h/zcLbhibNCq3Qu8m&#10;UepCz1LcGpUwxn5VGqnIDJIiN6G6NJ6tBdpHSKlszOSzX6ATSiOIt1zs8S9RveVyx2P3Mtm4v9zU&#10;lnxm/yrs6vsuZN3hkcgD3kmM7aLNPbCv7IKqLQruqRuY4OR1jaLciBDvhceEoJCY+niHjzaE5FMv&#10;cbYk//Nv+oRH48LK2QYTV/LwYyW84sx8sWjpyXA8TiOaD+OTjyMc/KFlcWixq+aSUJUh9ouTWUz4&#10;aHai9tQ8YTnM06swCSvxdsnjTryM3R7AcpFqPs8gDKUT8cY+OJlcpyKllntsn4R3fV9GtPQt7WZT&#10;TF+1Z4dNNy3NV5F0nXs35bnLap9/DHRu6X75pI1xeM6olxU5+wUAAP//AwBQSwMEFAAGAAgAAAAh&#10;AI89EobjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoTUpIG+JUVaQK&#10;CdFDSy/cnHibRPgnxG4beHqWExx3ZjT7TbGarGFnHEPvnYT7mQCGrvG6d62Ew9vmbgEsROW0Mt6h&#10;hC8MsCqvrwqVa39xOzzvY8uoxIVcSehiHHLOQ9OhVWHmB3TkHf1oVaRzbLke1YXKreGJEI/cqt7R&#10;h04NWHXYfOxPVsJLtdmqXZ3Yxbepnl+P6+Hz8J5KeXszrZ+ARZziXxh+8QkdSmKq/cnpwIyEJBO0&#10;JZIhlssUGEWyh4ykmqS5mKfAy4L/X1H+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOR/&#10;qDR/AgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AI89EobjAAAADQEAAA8AAAAAAAAAAAAAAAAA2QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:135pt;margin-top:539.25pt;width:238.5pt;height:127.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDov8/4ZwIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtvGyEQvlfqf0Dc67WdxI0tryPXkatK&#10;VhI1qXLGLMSrsgyFsXfdX9+BXT+a9pKqFxhmPj7myfSmqQzbKR9KsDkf9PqcKSuhKO1Lzr89LT9c&#10;cxZQ2EIYsCrnexX4zez9u2ntJmoIGzCF8oxIbJjULucbRDfJsiA3qhKhB05ZMmrwlUA6+pes8KIm&#10;9spkw35/lNXgC+dBqhBIe9sa+Szxa60k3msdFDKTc/IN0+rTuo5rNpuKyYsXblPKzg3xD15UorT0&#10;6JHqVqBgW1/+QVWV0kMAjT0JVQZal1KlGCiaQf9VNI8b4VSKhZIT3DFN4f/Ryrvdo3vwDJtP0FAB&#10;Y0JqFyaBlDGeRvsq7uQpIzulcH9Mm2qQSVJe9IfX4ysySbINRoPxkA7Ek52uOx/ws4KKRSHnnuqS&#10;0iV2q4At9ACJr1lYlsak2hjL6pyPLojyNwuRGxs1KlW5ozm5niTcGxUxxn5VmpVFiiAqUn+phfFs&#10;J6gzhJTKYgo+8RI6ojQ58ZaLHf7k1Vsut3EcXgaLx8tVacGn6F+5XXw/uKxbPOX8LO4oYrNuupKu&#10;odhTpT20QxCcXJZUjZUI+CA8dT1VkCYZ72nRBijr0EmcbcD//Js+4qkZycpZTVOU8/BjK7zizHyx&#10;1KbjweVlHLt0uLz6OKSDP7eszy12Wy2AyjGgP8PJJEY8moOoPVTPNPDz+CqZhJX0ds7xIC6wnW36&#10;MKSazxOIBs0JXNlHJyN1rE7stafmWXjXNSRSL9/BYd7E5FVftth408J8i6DL1LQxwW1Wu8TTkKa2&#10;7z6U+AucnxPq9O3NfgEAAP//AwBQSwMEFAAGAAgAAAAhACpUj5zjAAAADQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTUJIlMapqkgVEoJDSy/cNrGbRI3tELtt4OtZTuW4M6PZ&#10;N8VqNgM768n3zkp4XAhg2jZO9baVsP/YPGTAfECrcHBWS/jWHlbl7U2BuXIXu9XnXWgZlVifo4Qu&#10;hDHn3DedNugXbtSWvIObDAY6p5arCS9UbgYeCfHMDfaWPnQ46qrTzXF3MhJeq807buvIZD9D9fJ2&#10;WI9f+89Eyvu7eb0EFvQcrmH4wyd0KImpdierPBskRKmgLYEMkWYJMIqkTylJNUlxHCfAy4L/X1H+&#10;AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOi/z/hnAgAAPgUAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACpUj5zjAAAADQEAAA8AAAAAAAAAAAAA&#10;AAAAwQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADRBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00536AF3" w:rsidRPr="00536AF3" w:rsidRDefault="00536AF3">
+                    <w:p w14:paraId="36427BE6" w14:textId="77777777" w:rsidR="00536AF3" w:rsidRPr="00536AF3" w:rsidRDefault="00536AF3">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="00536AF3">
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...4 lines deleted...]
-                          <w:b/>
+                        <w:t>Your Name</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2F980A49" w14:textId="4CA6794E" w:rsidR="00536AF3" w:rsidRPr="00802569" w:rsidRDefault="00802569">
+                      <w:pPr>
+                        <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> Name</w:t>
-[...3 lines deleted...]
-                      <w:pPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
-                      </w:pPr>
-[...1 lines deleted...]
-                      <w:r w:rsidRPr="00536AF3">
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
-                        <w:t>CalBRE</w:t>
-[...22 lines deleted...]
-                      <w:r w:rsidRPr="00536AF3">
+                        <w:t>RE Lic#</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00536AF3">
+                      <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:hyperlink r:id="rId8" w:history="1">
-                        <w:r w:rsidRPr="00536AF3">
+                      <w:hyperlink r:id="rId7" w:history="1">
+                        <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                           <w:rPr>
                             <w:rStyle w:val="Hyperlink"/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                           </w:rPr>
                           <w:t>youremail@mail.com</w:t>
                         </w:r>
                       </w:hyperlink>
-                      <w:r w:rsidRPr="00536AF3">
+                      <w:r w:rsidR="00536AF3" w:rsidRPr="00802569">
                         <w:rPr>
                           <w:color w:val="FFFFFF" w:themeColor="background1"/>
                         </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Nam</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        </w:rPr>
+                        <w:t>e</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AD125B7" wp14:editId="4850EE57">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>295275</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>209549</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="7219950" cy="6162675"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="3" name="Text Box 3"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="7219950" cy="6162675"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0D2106BF" w14:textId="77777777" w:rsidR="00536AF3" w:rsidRDefault="00536AF3" w:rsidP="00536AF3">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Berlin Sans FB" w:hAnsi="Berlin Sans FB" w:cs="Berlin Sans FB"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Berlin Sans FB" w:hAnsi="Berlin Sans FB" w:cs="Berlin Sans FB"/>
+                                <w:color w:val="91538A"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                              <w:t>Quick</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Berlin Sans FB" w:hAnsi="Berlin Sans FB" w:cs="Berlin Sans FB"/>
+                                <w:sz w:val="66"/>
+                                <w:szCs w:val="66"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Home Maintenance</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="151363E6" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:after="240"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>These ten easy fixes will only take you an hour or less!</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="23EC3584" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Change the filters in air conditioning units, furnaces and refrigerators, which need replacing every 2-3 months.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="37CDBCF4" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Clear all the drains in your home. Use a drain snake to retrieve hair from your shower and bathroom sinks. For your kitchen, run cold water and a tray of ice cubes through your garbage disposal to sharpen the blades and clear congestion.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6AD6B8BA" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Lubricate door hinges with WD-40 to reduce squeaking and sticking.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4A799A7A" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Replace any burnt-out or inefficient lightbulbs. Wipe glass lighting fixtures clean for a clearer glow.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="36280B2B" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Vacuum the exhaust ducts behind your clothes dryer and the coils under or behind your refrigerator.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="39414A16" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Fill holes from thumbtacks or nails with spackle. Cover the spackle with a little paint or pencil to match the walls.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="18C40330" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Check and repair any old or insufficient window sealant. Scrape out old window caulking with a box cutter and replace it with fresh sealant.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="32BB1012" w14:textId="645AB605" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Protect your home with a mild insect spray around the outside edges of your house and windows. Set ant traps in the back corners of cabinets and behind appliances.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4D644EE4" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>Polish your wooden furniture and fixtures.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2C3A62A6" w14:textId="73BDAEA3" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="2"/>
+                              </w:numPr>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Test your smoke alarms and replace batteries when the alarms aren’t functioning </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">properly. Even when they work, replace alarm </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>batteries</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> every 6 months.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="79B13DB6" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:before="240"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Keep in mind, these are small fixes. Always hire a professional for </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>significant tasks.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="09C71F55" w14:textId="06E9779B" w:rsidR="00536AF3" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                            <w:pPr>
+                              <w:pStyle w:val="BasicParagraph"/>
+                              <w:spacing w:before="240" w:after="90"/>
+                              <w:rPr>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Call me today for any real estate questions and my expert advice to </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:br/>
+                            </w:r>
+                            <w:r w:rsidRPr="00802569">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:sz w:val="22"/>
+                                <w:szCs w:val="22"/>
+                              </w:rPr>
+                              <w:t>prepare your home for a sale!</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="6AD125B7" id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:23.25pt;margin-top:16.5pt;width:568.5pt;height:485.25pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDMGal4aQIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGyEQvVfqf0Dcm7Vdx6mtrCPXUapK&#10;URLVqXLGLMSrsgyFsXfdX5+B3bXdtJdUvcAw83jMJ5dXTWXYTvlQgs358GzAmbISitI+5/z7482H&#10;T5wFFLYQBqzK+V4FfjV//+6ydjM1gg2YQnlGJDbMapfzDaKbZVmQG1WJcAZOWTJq8JVAOvrnrPCi&#10;JvbKZKPBYJLV4AvnQaoQSHvdGvk88WutJN5rHRQyk3PyDdPq07qOaza/FLNnL9ymlJ0b4h+8qERp&#10;6dED1bVAwba+/IOqKqWHABrPJFQZaF1KlWKgaIaDV9GsNsKpFAslJ7hDmsL/o5V3u5V78Aybz9BQ&#10;AWNCahdmgZQxnkb7Ku7kKSM7pXB/SJtqkElSXoyG0+k5mSTZJsPJaHJxHnmy43XnA35RULEo5NxT&#10;XVK6xO42YAvtIfE1CzelMak2xrKaWD8S/28WIjc2alSqckdzdD1JuDcqYoz9pjQrixRBVKT+Ukvj&#10;2U5QZwgplcUUfOIldERpcuItFzv80au3XG7j6F8Gi4fLVWnBp+hfuV386F3WLZ5yfhJ3FLFZNxT4&#10;SWXXUOyp4B7aWQhO3pRUlFsR8EF4an4qJA003tOiDVDyoZM424D/9Td9xFNPkpWzmoYp5+HnVnjF&#10;mflqqVunw/E4Tl86jM8vRnTwp5b1qcVuqyVQVYb0dTiZxIhH04vaQ/VEc7+Ir5JJWElv5xx7cYnt&#10;iNO/IdVikUA0b07grV05GaljkWLLPTZPwruuL5Fa+g76sROzV+3ZYuNNC4stgi5T78Y8t1nt8k+z&#10;mrq/+1fiZ3B6Tqjj7zd/AQAA//8DAFBLAwQUAAYACAAAACEAbVjMjeAAAAALAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbExPQU7DMBC8I/EHa5G4UbsNraIQp6oiVUgIDi29cNvE2yQitkPstoHXsz3BbWZn&#10;NDuTryfbizONofNOw3ymQJCrvelco+Hwvn1IQYSIzmDvHWn4pgDr4vYmx8z4i9vReR8bwSEuZKih&#10;jXHIpAx1SxbDzA/kWDv60WJkOjbSjHjhcNvLhVIrabFz/KHFgcqW6s/9yWp4KbdvuKsWNv3py+fX&#10;42b4Onwstb6/mzZPICJN8c8M1/pcHQruVPmTM0H0Gh5XS3ZqSBKedNXnacKXipFSjGSRy/8bil8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzBmpeGkCAABFBQAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAbVjMjeAAAAALAQAADwAAAAAAAAAAAAAA&#10;AADDBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANAFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0D2106BF" w14:textId="77777777" w:rsidR="00536AF3" w:rsidRDefault="00536AF3" w:rsidP="00536AF3">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Berlin Sans FB" w:hAnsi="Berlin Sans FB" w:cs="Berlin Sans FB"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Berlin Sans FB" w:hAnsi="Berlin Sans FB" w:cs="Berlin Sans FB"/>
+                          <w:color w:val="91538A"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                        <w:t>Quick</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Berlin Sans FB" w:hAnsi="Berlin Sans FB" w:cs="Berlin Sans FB"/>
+                          <w:sz w:val="66"/>
+                          <w:szCs w:val="66"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Home Maintenance</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="151363E6" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:after="240"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>These ten easy fixes will only take you an hour or less!</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="23EC3584" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Change the filters in air conditioning units, furnaces and refrigerators, which need replacing every 2-3 months.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="37CDBCF4" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Clear all the drains in your home. Use a drain snake to retrieve hair from your shower and bathroom sinks. For your kitchen, run cold water and a tray of ice cubes through your garbage disposal to sharpen the blades and clear congestion.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6AD6B8BA" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Lubricate door hinges with WD-40 to reduce squeaking and sticking.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4A799A7A" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Replace any burnt-out or inefficient lightbulbs. Wipe glass lighting fixtures clean for a clearer glow.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="36280B2B" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Vacuum the exhaust ducts behind your clothes dryer and the coils under or behind your refrigerator.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="39414A16" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Fill holes from thumbtacks or nails with spackle. Cover the spackle with a little paint or pencil to match the walls.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="18C40330" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Check and repair any old or insufficient window sealant. Scrape out old window caulking with a box cutter and replace it with fresh sealant.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="32BB1012" w14:textId="645AB605" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Protect your home with a mild insect spray around the outside edges of your house and windows. Set ant traps in the back corners of cabinets and behind appliances.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4D644EE4" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>Polish your wooden furniture and fixtures.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2C3A62A6" w14:textId="73BDAEA3" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="2"/>
+                        </w:numPr>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Test your smoke alarms and replace batteries when the alarms aren’t functioning </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">properly. Even when they work, replace alarm </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>batteries</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> every 6 months.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="79B13DB6" w14:textId="77777777" w:rsidR="00802569" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:before="240"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Keep in mind, these are small fixes. Always hire a professional for </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>significant tasks.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="09C71F55" w14:textId="06E9779B" w:rsidR="00536AF3" w:rsidRPr="00802569" w:rsidRDefault="00802569" w:rsidP="00802569">
+                      <w:pPr>
+                        <w:pStyle w:val="BasicParagraph"/>
+                        <w:spacing w:before="240" w:after="90"/>
+                        <w:rPr>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Call me today for any real estate questions and my expert advice to </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:br/>
+                      </w:r>
+                      <w:r w:rsidRPr="00802569">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:sz w:val="22"/>
+                          <w:szCs w:val="22"/>
+                        </w:rPr>
+                        <w:t>prepare your home for a sale!</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00536AF3">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4AE083B2" wp14:editId="222922E6">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>476250</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>8743315</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1895475" cy="695325"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1895475" cy="695325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00536AF3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F2CA63A" wp14:editId="10227B92">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>476250</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>6867525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1009650" cy="1466797"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId9" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1009650" cy="1466797"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00536AF3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
-[...702 lines deleted...]
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="24399A33" wp14:editId="50DD5A90">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A87D2C5" wp14:editId="27ADA4E9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3765286</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4446270</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4023360" cy="5596128"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Rectangle 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4023360" cy="5596128"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId11">
+                          <a:blip r:embed="rId10">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
@@ -1179,65 +1266,65 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:296.5pt;margin-top:350.1pt;width:316.8pt;height:440.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDOquDtKwMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T32p0yRWnSpL2qlS1FZtpz4TjGNLGBiQ26b99x3ATqq22qRpeSDAOZzLx8fny6t9y9GWadNIUeDk&#10;LMaICSrLRqwL/O35ZjDGyFgiSsKlYAU+MIOvpp8/Xe5UzlJZS14yjSCIMPlOFbi2VuVRZGjNWmLO&#10;pGICjJXULbGw1Ouo1GQH0VsepXF8Ee2kLpWWlBkDu4tgxFMfv6oYtfdVZZhFvMBQm/Wj9uPKjdH0&#10;kuRrTVTd0K4M8g9VtKQRkPQYakEsQRvdvAvVNlRLIyt7RmUbyapqKPM9QDdJ/Kabp5oo5nsBcIw6&#10;wmT+X1h6t33QqCkLnGIkSAtX9AigEbHmDKUOnp0yOXg9qQfdrQxMXa/7SrfuH7pAew/p4Qgp21tE&#10;YTOL0/PzC0Cegm04nFwk6dhFjU7HlTb2K5MtcpMCa0jvoSTbpbHBtXdx2Va8UTcN56hUAC9E1tK+&#10;NLb2YAEF/Vnn1MEFl/13UoWLWEi6aZmwgVmacWKB1qZulIE0OWtXDIDSt2VIAj1Cha4m162/7Z/p&#10;eBbHk/TLYD6M54MsHl0PZpNsNBjF16MszsbJPJn/ciUmWb4xbCkp4QvV9NRLsnfVfsiY7hEE0njy&#10;oS3xFA+AQUEe475EgNtB4mo1mrobBj+YW80srd20Aki7fXA+GrqDDnDnxYUbhXTrkMntRI4jgRV+&#10;Zg+cBe9HVgG5gAepvxb/rNmc61AtoRTQDmCampQsbA9j+HUkOZ7w7XABAU/VdrG7AE4y3scOVYbu&#10;/FHmVeFYWPynwjow+xM+sxT2eLhthNQfBeDQVZc5+PcgBWgcSitZHuDpAXs9i42iNw08gCUx9oFo&#10;ECGgNgirvYeh4nJXYNnNMKql/vHRvvMHAoEVox2IWoHN9w3RDCN+K0A1JkmWORX0i2w4St3zeW1Z&#10;vbaITTuXQKoEJFxRP3X+lvfTSsv2BfR35rKCiQgKuQtMre4XcxvEFhScstnMu4HyKWKX4knR/r26&#10;B/68fyFadSpggbl3shdAkr8Rg+AbuDjbWFk1XilOuHZ4g2p64nQK72T59dp7nb5D098AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SP&#10;QWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHX&#10;tCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+l&#10;nsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddE&#10;tiCHXr48NtwBAAD//wMAUEsDBBQABgAIAAAAIQBFi4uN5AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqN2UpCHEqRASQkJcWqjK0Yk3PyJeR7HbpDw97glus5rR7Df5ZjY9&#10;O+HoOksSlgsBDKmyuqNGwufHy10KzHlFWvWWUMIZHWyK66tcZdpOtMXTzjcslJDLlITW+yHj3FUt&#10;GuUWdkAKXm1Ho3w4x4brUU2h3PQ8EiLhRnUUPrRqwOcWq+/d0Uh4XVdz/TPVpTgfVntM793721cq&#10;5e3N/PQIzOPs/8JwwQ/oUASm0h5JO9ZLiB9WYYuXsBYiAnZJRFGSACuDitNlDLzI+f8VxS8AAAD/&#10;/wMAUEsDBAoAAAAAAAAAIQD6i04IkP8GAJD/BgAUAAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5H&#10;DQoaCgAAAA1JSERSAAADIAAABCcIBgAAAAPSCF4AAAAZdEVYdFNvZnR3YXJlAEFkb2JlIEltYWdl&#10;UmVhZHlxyWU8AAAEIWlUWHRYTUw6Y29tLmFkb2JlLnhtcAAAAAAAPD94cGFja2V0IGJlZ2luPSLv&#10;u78iIGlkPSJXNU0wTXBDZWhpSHpyZVN6TlRjemtjOWQiPz4gPHg6eG1wbWV0YSB4bWxuczp4PSJh&#10;ZG9iZTpuczptZXRhLyIgeDp4bXB0az0iQWRvYmUgWE1QIENvcmUgNS42LWMwNjcgNzkuMTU3NzQ3&#10;LCAyMDE1LzAzLzMwLTIzOjQwOjQyICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6&#10;Ly93d3cudzMub3JnLzE5OTkvMDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9u&#10;IHJkZjphYm91dD0iIiB4bWxuczp4bXBNTT0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL21t&#10;LyIgeG1sbnM6c3RSZWY9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9zVHlwZS9SZXNvdXJj&#10;ZVJlZiMiIHhtbG5zOmRjPSJodHRwOi8vcHVybC5vcmcvZGMvZWxlbWVudHMvMS4xLyIgeG1sbnM6&#10;eG1wPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvIiB4bXBNTTpPcmlnaW5hbERvY3VtZW50&#10;SUQ9InhtcC5kaWQ6MTAyZTZmZDAtZWNiOC05NDQ0LWFiMWItOTdjOTdiM2NmYWQ2IiB4bXBNTTpE&#10;b2N1bWVudElEPSJ4bXAuZGlkOjc5RENCODgxMjczMDExRTVCOTUzRTEyNDk3RUVCODlDIiB4bXBN&#10;TTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjc5RENCODgwMjczMDExRTVCOTUzRTEyNDk3RUVCODlDIiB4&#10;bXA6Q3JlYXRvclRvb2w9IkFkb2JlIFBob3Rvc2hvcCBDQyAyMDE1IFdpbmRvd3MiPiA8eG1wTU06&#10;RGVyaXZlZEZyb20gc3RSZWY6aW5zdGFuY2VJRD0ieG1wLmlpZDo3NjE5ZjZhZC1jZGM3LTZiNGEt&#10;YWM4NS02Y2Y4ZjdlZTlmY2QiIHN0UmVmOmRvY3VtZW50SUQ9ImFkb2JlOmRvY2lkOnBob3Rvc2hv&#10;cDpmZjg2YjRjYi0yNzJmLTExZTUtYjVkNC05ODA5ZWNiMmIwZjYiLz4gPGRjOnJpZ2h0cz4gPHJk&#10;ZjpBbHQ+IDxyZGY6bGkgeG1sOmxhbmc9IngtZGVmYXVsdCI+KGMpIEdlbWVuYWNvbSB8IERyZWFt&#10;c3RpbWUuY29tPC9yZGY6bGk+IDwvcmRmOkFsdD4gPC9kYzpyaWdodHM+IDwvcmRmOkRlc2NyaXB0&#10;aW9uPiA8L3JkZjpSREY+IDwveDp4bXBtZXRhPiA8P3hwYWNrZXQgZW5kPSJyIj8+4RMipwAG+wVJ&#10;REFUeNrsvQeYZOdV5/2/t3LnnHume7p7omY0OSh4lCXLlrCxwcbGBoNxwGDYZQk28LGwywML+7As&#10;YeGD/eCBxTjgNTjIFrKyPFGTp3t6pnumu6tzDpXz/d5z3vdW94xHtgSyLMnnJ5equqrurVt1S4/f&#10;f53zP3/LcRwIgiAIgiAIgiC8FtjyEQiCIAiCIAiCIAJEEARBEARBEAQRIIIgCIIgCIIgCCJABEEQ&#10;BEEQBEEQASIIgiAIgiAIgiACRBAEQRAEQRAEESCCIAiCIAiCIIgAEQRBEARBEARBEAEiCIIgCIIg&#10;CIIIEEEQBEEQBEEQBBEggiAIgiAIgiCIABEEQRAEQRAEQQSIIAiCIAiCIAiCCBBBEARBEARBEESA&#10;CIIgCIIgCIIgiAARBEEQBEEQBEEEiCAIgiAIgiAIIkAEQRAEQRAEQRBEgAiCIAiCIAiCIAJEEARB&#10;EARBEARBBIggCIIgCIIgCCJABEEQBEEQBEEQASIIgiAIgiAIgiACRBAEQRAEQRAEESCCIAiCIAiC&#10;IAgiQARBEARBEARBEAEiCIIgCIIgCIIIEEEQBEEQBEEQBBEggiAIgiAIgiCIABEEQRAEQRAEQRAB&#10;IgiCIAiCIAiCCBBBEARBEARBEAQRIIIgCIIgCIIgiAARBEEQBEEQBEEEiCAIgiAIgiAIgggQQRAE&#10;QRAEQRBEgAiCIAiCIAiCIIgAEQRBEARBEARBBIggCIIgCIIgCCJABEEQBEEQBEEQXiW88hEIgiAI&#10;gvD9xik4KDgFFAoFOI6j7rFgW+rftg3btj2Wgu80T1eXvLkWBEEEiCAIgiAIws2JRaMYHh4uDYfD&#10;dQvz8/XLS8tNkUikMZ5I1DpOodqGU6N0RoXt8QR9Xm/I6/X5/T6v3x8IWKUlpZ5gKFTw+LxOMBDI&#10;BYOhdHl5WbK8tDQRCAbnfT7vVC6Xn4qsRMKpeGLYFwosNzY2LtU3NaO8olw+fEEQASIIgiAIwpsZ&#10;x3FC0UikZHJionno2rVNl/v7twwMDGyemJi4JRqNbXIKhSAsC1TcUIIDHq8XXnXx+3zqtvrb44Uu&#10;e6h/bH3Ltqky4lZHLPjUdj71fJ/XB+osz+WySMbjyBXyGSVIxsvKKvrr6ur6WltbT+7cu+d496ZN&#10;E5WVlXJyBOH7iKXLnIIgCIIgCK8Yj1IZJYlEsjkWi7WvrCyvi6ystM3PzbVOTUy2TYyPtY1PTrTN&#10;zc5VxKIxXzaXYwHh9fnh9/uVwPAowUG7YLUCR6sK0iRalKjb9ByP7YHlsc19FosUywgXkiUO3a8F&#10;D7VrQe0J+XyeG7RIkDgFtb9CDqVlpStNzc3f6ljX+ZUNPd2P9WzaOFFbXy9nURBEgAiCIAiC8DrE&#10;n0ykuhYW5rfOzc1vnhwf2zQ1Pt69sLjQubISKY/FoqF4PGYnkimkUynk8jktLKCFAosDj1dXMJSY&#10;8Ng2Vzjoby0klJRQtx117ZAPRP2j/SBK5ajnk+iw6TnqNgkT29bihF+hKEbU1hZVTqhioq7V80jN&#10;uM/NF/Jq4aM2UNdK1MzX1tZ9aeeeXX954NDBsxVSFREEESCCIAiCIHxfsdPpzK6pial91wav3nHt&#10;6tX942MTTfMLM+XRWASZJImMrK4+qAW+Vy3wCw642uAonVBgKaFbpWipQffR80goeKm1iszllvaU&#10;0/1c9jAVDJdMLot0Jq2EiKNFiBIVtsfH1Q56HrVt6c4sEiQe3h+takiAeCzd0mWbiorH5+Oqiw3d&#10;uuWxfdBW93yirbX1b+66957f7erumpbTLggiQARBEARBeO0IJJKpQ2Ph8Fv7zvc9PDAw0DU+PhqK&#10;rqwgnU2xEKDFO1ctYBVHUOWU6rAtqkY4/By6dkx7lBYAukLhViNYYpjHSTxwr5Tl+jy054P+V1Br&#10;lEw6g1QqjXwur4WFEhUeFh6uANFCxuJjovv06+hiiYeFkWUqIQElQHw+L1difLaXfSZUjaEnl/iD&#10;V26/87aPH7zj0DOWfA8EQQSIIAiCIAjfO5Ro2DEeHn/PhXPn39F74fzW0bERRCNR5J08iwCYWoG7&#10;ZCi4gkFLBfU3tUpZMAUNLU4sR7dM8e1igUMLESNMaOyuVdzIMVtqsaIfI1N5gastXAlRO2CjOlU7&#10;vDbvn0SIFh9mZK9pz+JKiqOFEFVPWJ5QpYYM6x4//D6/NrL7qHrj134T20rdddddP3ffA3f/f/Kt&#10;EITvHTIFSxAEQRB+MAnFYokH+nsvffTMi6fvHbxy2b+0OK8W+hktPNiFUZQERnA41PsEJ5/XggJG&#10;UBRMNcPRVQta2JN/o2BeyK2A5Ok+6tHi8gZYpOjHwfuApY3kVLngKooreCgfRL1mNkuXLPtBPDld&#10;uWABAl3tsIyfhG+bfVluZUW9HlU7yMyupAa8fiVkLBIyVCXx8eQt2/YEH//GE3+Vd+zsgw8e/nv5&#10;igjC9wapgAiCIAjCDxY1s3ML77947sJPnjt1evfI8DBikWVk8lkWCI6lhYTDAsApVigKboXDXdib&#10;SgU/VtCOD307xzso5PV0KievZQiJDWrPosBBWK5YKRQnXmls85BTnHDl7p+ER0ZdyNzu4TYwjzGx&#10;6220v8Q2pnYbpotLT8Ui3WRpk3tRENE0LturvSM0jYvasrw+rrCEQmWJ9//4++8+cODWk/J1EYRX&#10;H6mACIIgCMIPiPCYmpr98MVzFz9y/uzZrsmxYURjMSQzaR5ZS6KCF/6OBffHSRYGtIAvkFDQ9RAY&#10;AUHigcQET60i1eLofZDIIBFCsoMf56qHvi72aBlh47Z3UfuTFjt2MeucKyHUpmXqKHSMuVyOxUg+&#10;S16UHLzeAk/T4gFa7tQraJO5Y8QHG9NJjDiWESWmmqMuGWTZM+LhXiwa96tFSCIZL/nyv3zljzds&#10;WHdPfX11Sr46gvDqIhUQQRAEQXgTozRA+fTU7IcuXez/+b6L57snxsNYiSwjFU0g4+TM4tyYx01l&#10;gIWEWR643g2WJ4XViVZc5XDcqkZBt1yROCAxw+NzXd8IO0Z0tUPvsShw3J1bqwaR6xcpxfvB1Zls&#10;JqNESJ5fxzZVEHcalm7Dsotmd1NkKVY7bKzer4/CCCcWL7pqYvPkLB1sGPAH8MPves8H3vXut/2D&#10;bYstXRBeTaQCIgiCIAhvQmhdPzMz/96B/sFf6++7sGN8bAwLS/OIRaPIZNO60mHpyoI7dYoFCwkK&#10;9mnYZj/a7JFnwZFnrwblaTjqknd0SxW1WeWdXLHFigWGCRZ0jJJxRcfaHz6L+SBKOBQK2pBu26tm&#10;d3ckL+3DMhO0+EgcCho0DhWLYz3WtHG5t52i6V1foEWGMcirg1tt9zKvya1deQ9y+QwySuycOXPm&#10;w3v37fp8Z2drVr5RgiACRBAEQRCEl2B+fnnf1YGh3x64fPmtYyPDWFiYQSQWQTye4EoCLfJ5cpVx&#10;iReKU66c4sJdr84d0z6lqxwkPOhSMBUOnTauAwPzxaoHiqLByV8vOlzBcb1QMCLItm4QEbxlUUDo&#10;QEKvEgnaD7K6H4fH8xb3UxQq17+eLqRorwpnk0D7XRy9oWkfs+GxqJKj3qMHmJ2dPnDq1LmOjo7W&#10;QUuKIIIgAkQQBEEQhOuJxVL1AwPDv66Ex8fGhq8GlhbnsByJIrKyjHQuzS1KPP6WSgbaaW4cFk6x&#10;UsHLdDaI5/g+nkBF/g2qghRyaq2uJ1K5gsO9cEaIMahrP4nFC35XgGgxsFrxKAoNU33ReR42VySo&#10;ErE25ZygCVa6sFJAJmsrEZIxAsVjWrCsNdWOG6ohZg4wD9cqAGsk0BqB5JrtC1zlqaqqIDNJsLf3&#10;0oEHH7p7sKK8RL5ggiACRBAEQRAEgkTByMjkj13q7f+dsZHh7rn5GSwvLmB5ZQmxRAJk5SbxoasZ&#10;ee3n0Mt3rUOM/4MW9zyCl8WFGaXL7VYOC458PmdM5oXrWqrcy/Vio8BVhlUxoIWBDhC0TQihVUxH&#10;9xgfx3WBhWbClWVyPBwza4uCCbNZd+KWDdfZUdyP2b5YJeEpWF5WHwXLbctyjEmE/uXjfbN/Rf1V&#10;V1OHuvo6pT98mJwY252Ix/9BBIggiAARBEEQBEExN7fUfqlv8PevXr36vumJUawsLSCeiCMSiSCV&#10;ThUX9HpilfZ2UCWiwKN0jYmcluYF3U5VrHKQGMkXWEgU8nqSlTstC4BJPNeZHlwhcWWG5YoB+ren&#10;6OvQ99ksEFyzeFFkFEWIzW1Wa/flmClZ/DaMICGTeCqVos4p5NSxeb0OZ4PQvmiKlftcV3xoH4vD&#10;gsLriiSPm3JiRBS04Covq0BVdTW8fj/mZ2bh9fnbystL3/Tfo9UakCCIABEEQRAE4SakMzlcuTL8&#10;wYH+/t8dDY+2zS/MIBWPYXlpGfFkXDc/2WbULZcztPwo/m0W3tq/YZlWKz3mlqdb5fIsRnIsOgpr&#10;RAfMbR60y49p0WGvER96qhRdkzDgFHKPXRyLS9ckRBwzFpfFg8curoK9LELMWGDzD1dNaL9qIxIg&#10;PMY3r0RRTokkvzaSU5igh4WIxROtdDq7aa0itULVDs4K0bkg2g9i8/sibwsFElZUVvPxLSjxMXDl&#10;Cj78Mx+fLS1981c/RHwIIkAEQRAEQXhJZmaXWi6ev/T7164OfmB+bgYrS4uIKfGxQl6PVEr7JSzT&#10;WuW2WzlWcaHJ/g3oqofbasUG85yudmijed487pi8jhvbrdzJUh5TcfDwot4VHSQwXLHhVie02YMP&#10;SYcIeoy4YMFgzOO2TipngQJdtbFNAqLNOR0FBKJRUx0psHGcJlr5fH6+UOWDAgbBIscM4+XhWV7k&#10;HW0A8anX5tG8Hr1fbjHLF3j/Ab8Pi/MLGBoeQvu69bjnvsNH5RsnCCJABEEQBOEHkmwuj8GB8MO9&#10;fZf+x8RYeOPczCySsSii6kLZHqQmyJDNORyWEQ5agxRbjNxcjjxXO8irkWdvB4f85QtFvwdXRNyp&#10;WHl3YK3ekWVfbxynvz2mncpr0sl9AR/ndNDqn3SFx6OFQsFUTEgkeT26TYoW/iQWqGpBasbn9a9O&#10;vzLTujhYkO7zksDx6Q+EWsmMJ8U2Se0kIGh/JLi8Pg8bz/l92Q4C6tjovXJoobpYtl1sD0unUwgE&#10;QsiozyE8Noryigps3rIJ8/NLoWhrEuVlIfkCCoIIEEEQBEH4wWFlJRE6f/7Sb14duPJrU5Pj1sLi&#10;IlKJJKLRFSTicbUoR7Gqwa1WBadYAXE7p0hscHtVXpvLKUujoBbcOSeHfG61GkJxH7yJvZpkrisd&#10;Jk3cXhUf2vStjeVUeSBxQP4KTjU3Jm/Hsfmm16fESp5rGbwtCQjbiBcSLrwfUgyWW2GhdqsA7yeX&#10;zeq8DpPnoZUQHWSBcztY2Nj6OLSY8ZmgQrWteq98fD5qy/Kb0EElVgJB7Xehx9X784dCmBgfQzAQ&#10;wLq2NkyOj+PqwOU/X5hbrH7orXf990DAJ19EQRABIgiCIAhvfsKjs5vPnbn456MjQ/fMzE0itryC&#10;eDKFlcgSsumUWvT71SJbVy24wrFq89CjdKEf41G6JDpYcNDCPVcUI7wtT71CsdLBysUNLad/uMJi&#10;FU3jxfYqGoVLlRAPz5mCx5i+4dEmbxIX3LqVt3gaFQshM+KXhACJHjoW8m9wZYInW+XZfxJQYoCE&#10;Bxvgsw4LCp2qrsfy8ihhMqNnCyyiKCmdKi2OnS96U7xejwlHtFBWVsKiKZ/NcyoI7Yte20vtW+qf&#10;RCyOqspKVFfXYGBgAGPhcGBmevYPS0tDbbffsf+XQiF/Xr6RgiACRBAEQRDe8NxsClFOiYRLl0Z+&#10;tO/ixT+dGB9tWJifRSwWQTKRwPLKMieQ+2gxTe1U0GZqWmTnC3qN7Po3eJJVQasSWqDnClnt88jS&#10;Y8Z4DpNe7phcDGqxUgt5qkZYbrWDSx+OCQ20i4GGnK1haaM7bZqlbU2WB1UhHK/FQkK3XGlRkM1n&#10;dbVFiYR0WlcwPNyW5TMZILoCklNCwTJCho6ZNEWe2sXYA18w1Z4Cvy++zpKoInHk8G2vz8svSeLK&#10;7wffRxO0Ar6AFiKWToKn9q5MNsMVEToeDjtU+56em0NLSwtOvHjsF7z+QPW2rRs/Wl9fmZJvrCCI&#10;ABEEQRCENzQ3io94MuM/d7rvv1zp6//lyalxa2lxnoVHPBXDSiQCL5UO1MI8S9WEvJYweTMyVwcL&#10;6sW5Y4IEHeOVyOayxXwPmOlPxUxxB6ulE/e4bO3x4IG4lvZZ6EqKWuxDj/J1XOFCI3P5HvO6phRD&#10;k6v8XMkAG8VLS8uUICFDuVfvRy32cyxI8qbVyx3X64XHa3NVRL9DLdPS6TRXRAo8olcLLnpf6YxH&#10;Cxk7ryspaj8kKuiYtW8kwwGGVAxK+lPwq2NhEUIJ6uoY4jzaVwmUZEJ9tOQh8SEejXG1ZWJyEuGx&#10;kQ8uLyyX3nf/HR8oKw8l5VsrCCJABEEQBOFNwfxitO30ixf/amjw0lunJyewtLiIZDqlRAl5PiLw&#10;e7260lBYNZpbRmgUzGhdN9+CKx002crRLUq02KZFtuUKFkdnefAOjbpwsztsE1RoGUFBIYZsv6Dn&#10;OFok0Ohey0yxIhGQzZupVWQgN7khJD749dO6+rCyssJTsELBEEpKS3RoYI5M9pRBktGZIJYSKD4v&#10;LHU/iwnHZoM9iZQsVTmc/Kr4KegRwtl0lqsxOY8SICRk+D3Y/AboM6BWKzf7I5vLIONJKxES0CGE&#10;ah/JeIo/hpzal8enx/lmclkWYVF1zAklRuIrkXcdPXrauuPwwfeVBL1p+bYKgggQQRAEQXhDMzY+&#10;/9CpE2f/YnT4asfU9IRarC8hm8kgHo8hQb/Me3zFPA89KrdQbJ2CERRuXod+XAcI8pSrgvZ56GrI&#10;aho6p4LDCAtr1d8BI2Jo8c8eEOrA8li8mM+oY+LkdBNciLUJ6MbMzqN01R9UheBqBrVW0UQsL8kC&#10;B0n1fmh8cDAYgN/vN+byvBFSar+OpzixisSHTdWavG630u9BCx96uzQhzLZzunUsp+6zC5yD4uaA&#10;UEuVbdLWtTldT91K2Rn+2x/wIaeOE0bU+IPUMuYxH4vDoY6JWIKnafVe7P3hktLKv926rfODNdVl&#10;OfnWCoIIEEEQBEF4Q3JlcOw3Tp04/ZtT4WH/7NwMopEVpHNZRI348Jnxs25SecFUGHjBz25snV7u&#10;io8ci48cP49N3Cb/Q187q0Z1hyZR6YU8VS543K1jYgDXJJmnM2nkkjkWI44RMwUjWtwqAx2Pm3DO&#10;43GNf4SECXlaOHCQxI8SPR6fD4GgX4mZLFdGgiFtOKeWLAoZtOj5Vs6kmutjoSPJZNImpd0yg7Yc&#10;9oVkTKaHntaV4TYqmJwSWO570QKEb1s6q4Q98yhHJp024YcO1q9rRzg8oY7Xz8Ilnc0jnqZzEEBs&#10;ZRYzU+Efi0aWIvfed9vH/H5ZTgmCCBBBEARBeAOh1sw1l/qG//zUiRPvHR8dweL8PGLxFf7VPpqI&#10;I6kW5+SdcCdZUQUgz5UJM/Gq4Jh8D8fkeGjBQeN1aZNCTouPvEk0Z5FgrfF18J3gcbhcNTA+Dpvb&#10;mMDiQE+e0m1ZRU+J2dYxE7joL2qt0inpen96HK/OJ3GrEQSJCjaOO3kE/CEWCelUWj3Py0Z6Mp+z&#10;uWVNFUOLBm1C1++BXsfW7y2fZ9GTzRa0AKLPlYVH4Tr/im0M9DAp6Nz+pY6d/CDpbBoZ9ZmXBYOo&#10;rKxiERQIBmB7/VxhydFnrgQdjUCOJSKYnp3+aN2FusV9e7d+Wr7FgiACRBAEQRDeEGRzTs/581f+&#10;/typ0wcnRocwPz+HeCLGHoVYPMkeBD+LD+31oNG0hWIFQ/sfdPFD+xg4RJCCBQs5blfS7UwwgYSO&#10;MZyvVje0rdsIBBPywXkaRhA4ZlKVzdUGR4cCOpxCSGOpjKjRng3txSgYA7hl/CXUtrUaHOjx6QlX&#10;dOzUikVChiorrlhh8ZJfzR9xjKBwRQj57amdzMUxFRj2u+TzXPHgaot+h+q9OKuCiwzrvJ9csdXM&#10;MsKGfCXUVkbVlNKSEgwMDGJpeR6dXR1obKrn0cE+28ctZyQKE+k8VqIRnD9z7lNl5eWjPd2tf+kG&#10;KwqCIAJEEARBEF6f4iOb33vqdP/nzp96sWtiIoyFuVnEkwleYFMeRaaQ5cpH3l2Mc0igabsyVQ8L&#10;rvDQAYNU/ciZCoErCFgHeHTw33UDf0lY0ENGfHjN+Ns0T4oyz7O45qGnZtFC39KGdVfwcMaGqYhw&#10;BcS2i5529lpY2shOrVe28VTYa7wVnNxuZBEJFzKic5WiYBUncuVMdcM11heKfhMUhUkx6Z2OuqBb&#10;ytaGMOaN0HDfvmUVin9bXlv7ZbhFzEIg6MPo2Ch7baoqq3j0MW1WooTJ8vKSOm9p/qyj8bh6rWlc&#10;6b/8x7lsZmT7LV2Py7daEESACIIgCMLrU3zk8vceP37hsxfOnq6fCA9jYXkBiUScf2GPxRK86Pb5&#10;fNpwbSZbOabSoQMHVysg5IfgsbSOuc7ni9OwjNJgf4hjqhVrW6H0wt7mBXuGsy/c5EESFZbZxmHx&#10;UTD7oM4nDiRU4oNeiw6Mx+aSWHD0Ct/rtc2xOjy1y80Msb1eaA3jsOBgMQHdFkUJ6jZ7WxwOJcxz&#10;RYJ960Z4FHikr/uWLHiMjrKMrwQmRd3R3VvqveXZE6IHfPG4YkunuOshxRq/x89jgB2Tpu73B7Aw&#10;v4CKsnJ1HB6cPXMBQX8ITc1NyOTSLOTopZKJFH8Wkchi4PSp5b9pb2+6u6qy9Ip8uwXhOyO1QkEQ&#10;BEF4jclk8m87duTsP58+caI+PHxNt13FohySF4unkOVUcFsbyB1d1dDTrfJ6dG4x0yPPyeY5U+lg&#10;U7qZfOUKFjdYUJuz3f/bd8wkqFWDeNZUVrhNK69fg9qOHGhBQ1UVEkU6tA+6/SqX0VOtzLSrHCWb&#10;qwe9JCwKjg4WJCEB8mMogeLxGxeJDhxkn4nJ63DFkN/r49ezTLq69qKYSg3/7UokI6Rs24QemrwS&#10;M9GLaiE5VhzabM8VIpN8TiKP3huPJKbkdLWfVDLF78VHmSO2F5FoDLX1TUins5gYH0dtTR1Kykqx&#10;sLAEry/I28SpSpVKUSULo2Ph5jNn+v5PLJ4pk2+4IIgAEQRBEITXkfjIPXLs2NnPn37xxfLxsSEs&#10;LS3whCtuu0om2XhObUxOnlqccF22R96M3S2YbA+qftAv9yQEqHVJX/K82HZH4eqxuHnjGSmYUD4v&#10;L9bdKgpLknzOjNXVz9W+khwv0AtmO5oqRQKH8jQKaqHvdQ3jBV05oCldLBVs/RpU4SBTut/vK/o4&#10;aBu3BYseo/s9ZmoW1054JG6AX89H23Hrlpe3s8zzPND5HmSS9xZN5dq7wpUUWxvM1wouLVkcPd3L&#10;iDLLoveq/SDpTJarGn5/EIlESgnAAOrqGzG3tMwBhfXNzZgYm0RfXx+qqitRV1ulxEeSRQ21ZC0t&#10;LarHx/adOdv3J/H4S8eDFEXhd3lcEESACIIgCILwb+D6lWQ2m3/oxLFznz198mTpeHgEy2rRSjkY&#10;VPlIptLc3uPxWNz6RJUNrnjkdYtVgasSeuIV/13Qk61yudxqC1bBVEdIcKyZeIU1FQYWH+q219ZB&#10;gjwxy1QKdOigZYRHVi/SzRQqPiYSPkp4UOsVzDQsD1ct/MZ0TsUDD++XqhbURkUeERIKlHru9Xm5&#10;ckAhgV61jW1Sz82cXP7b4fYtbzG9nPdF1Q2Pm45uMkFYmGihQfeRAdxr2XzNHhITjuiOBPaYKVha&#10;SLlxhPS4l6dpkaiiffqDfqxEVtCgBAeNBZ4aHUFVVSUqq6tx9dogkkok1tc1oLauDvF4HMFgCdJK&#10;pEVWlpRwiWHk2tUP9fYOfOzlfyu+/bHCdxAkok0EESCCIAiCIHwHVr0W2Zxz+OTx8/94+uSJ0rHw&#10;NSwtzWvxkcsgkUkglUnxr//5vDGVc4uTaavK61arvMnz0BkfeZ6QRRUK1yfimNRyE1auF+KmVcnr&#10;1dUGqqbQwp6ECwUcwng28o7Fr8ujcQtatJA44PT0XJ6N6NxSRZWGfIErCbbXxy1UeqaWzQKDhQEJ&#10;AZ9fj71V//IbIcEJ58VxvLS9rQUBiRSPnrJlPOxwJQIdNwkLn0e3ZHEdw9K+D66IeLxmew+LCbrP&#10;y4LEW2wz8xqRYpn2KnoRLaw8bPKnFip6dT+LM1t9thY6N/QgEoliZn4eG7o3cuUnPDKMyvIKVFRW&#10;4czZc1iORlFeUc0TtOLxhNoui+WVRaqS/MFyJLXnZoLBFUHWSy3MzIAxZ81XiEXJmqqJc8OFHiuI&#10;MhHeQIgJXRAEQRC+xyjxsOfkiYufP37sWPXk2BBXPpKpJHs8aPGaMvkXhbyzmlYOFM3nugULXNXg&#10;Sgj5MnK6DUsb0gvmV/I1P5dblql+AD6v8VLYelwtBfkR7N1gL0mOU9TJ4K0N4roKQotkj6VFgsNT&#10;dwvasE5eDjaV62lU1HrlmKoCVzzMxC0SBF4z5YoEgZIXXJ2xir9/Flg4FIw7nAQTHY9u1fIUhRPZ&#10;Ohzymlj6c6GAD8c837Mmt8Tcy5+VHq/r+kUKZtFjr7acOXqEL+2fWt/8Ph+P36URyF3d21BZWYnB&#10;y32oqKhC+/pOhIeGMKfEyK3bd/Exnj19CqWhEqxvb8Hi8iJS6Qx/vguRJUSj8fILF6785fbtG++p&#10;rgxFX1qWfjfZ+vIec17ib0v+0xNep0gFRBAEQRC+h6jFYOeZU31fOHnkSONYeAjzi0Z85LLI0C/n&#10;RnzoHAsz2Qowng897SrvBg2a9ir2Zawdses41y1D1wb3BShDpGDqCcbzwdUDy2HxQ4Z3GCFBr8zG&#10;90J+1eBNrVVs4AaLAt0epRuFSHhQRgmJEZ8SHoFAgH0dVDmhCV5edaF9UDUE0PvymMqEGwTIU64s&#10;v2mV0lUbPf3X4olZ3IZFlRXbxxUMfh5VYuhYzPHQa2vhQ9UQn6nEUHXDC7+X2r/88HnU/SyIfKa1&#10;y9YVD3p/+Twqy8v4s/J6g9h34CDmldiYnZvD/oOH+HMfGxlWgqMUdQ2NmJubwdTUJGrqG1BaUY7w&#10;6AgCwZA6Pp96bIHH807PTO09c7b3P1P6+8v+rjjfXs3gipapiny3qsna/YiPRBABIgiCIAg/mNRe&#10;OH/1i0dfOLphPHwVkaU5pMlwbhb+JETsohlcrxxdz0feCAy6hms8L+hJVJxynjeVEWe1WmKtWYDS&#10;4p5an/j/7D3aoM1eDxY0WW7Bsk2LFLUXkSDKOXoiFC3ytcfDoUxAXrB7Le3roH17lLDwKbFBi3yq&#10;ogT8AbXYD+jWK/Vc+ptEALU9+bwBHperg/88RQM4tVxxW5Fpx9L307Ho16bnkr+EfCQer9/c5xix&#10;4zOeEp8WPCw8vMYvosUHixa+T7eFsX/E+FO85nlevx/pTIbTzhubmrAUjeOOu+5FMBTE1Sv9aG/v&#10;wKat21h8zMxMonvTZt7H2PgIHCVmGhqbMDAwgHNnz6K+vh4BJVBWlpc4oT6RSODK5Su/MDYx88BL&#10;StMb/rKsbxcTr7IYvsmrCoIIEEEQBEF4s+AfHBj9m+effnZ3ePQqB9glUiklPrLc8hRPZvgXfVpr&#10;stDImxG7pkqhR+m643T1dS6/Wv1w1kxzcv0S7ohaXnCrhTL5RCwzajef16Zyx21jMibyfC5fzL9g&#10;o7ajDdl07fdocze3TXH1wg+/WqyT0dyyvZyX4VfCgxf/LEr86tpvhIBPV3ZMUjk9x7EcU8HQY3ot&#10;jzaLO6YCU9AxJdxIVRQqtjt612SY2NqIzgKHxYV39T4WHNoDoo3q6jiNMGHxwcfpNRO79ISulBKE&#10;LS2tyGTz6OzuwYE778SlvkuIKwHxjne/G0uLi0qMXEFVXT06urqwsDCLsdFxtc06roj09w+obQto&#10;bW3H+vVtfJ6DQR+SySgmxkc9V6+G/2cu71R+uxiwvk0dOC8hDW70gHzXxd1LiBgLN1ZRpElLEAEi&#10;CIIgCG8axifmfv+Zbz776MjQABYX5hBPJfjXdl35SBWXmO6IXTfHo5j74d5X0ILArXw4xRBCWpAX&#10;OHjPKVZBzKQrWrSr7agNKpvTgof9HWQ2NxOzeF8Fx6SC21r8UACgo4SFGXmrgwwdbqEicUEVBfDi&#10;3a8W2UFtbKdKBFc8/EpQ6IW+zSJECxB/MIRAKMTVilBJCQKBoBIuXoRoe8unhIOZdGVr30eBj9PD&#10;74m2p1HEujVNtzLxyF6vFh0WO9ZtFhKuaZ7fpW3G9HJQoa2fa3lMC5feLhAIKfGRRFl5Gaqqa5BR&#10;QuynPvJRJS5GleAYwDt/5EfQ2NKIi+fOYXFlCW+55z6uGg0PDan3GET7uk7Obhkauoa6ukZUVdXg&#10;/NmzPM0sWFLOuSJLi/OYmZrafPly+LfpPdxMXLh/32hMv1EafCfj+svBeZn3CcJrgZjQBUEQBOFV&#10;Q1cj5hcjH33y8af/w+C1fiwszSOZSCBD4sPJ87VjJlMV1rRZuVUPV2Dk3YwOMxErVzCCwZjS9aJU&#10;iwqsSRa3zKQruqZMEduMXcqbkEIdSGhGMUGP+uV0cNqf16Nfw1nN8uAqgmWbEb4e45vwsOnc47Y4&#10;kaeDzOjUEkWVBdvHpm6/Ehvu5CvaYSaXgc1VFyXC0mkWTDT9q0BmfPVYLpvnigvlapDIAY/2NSOH&#10;HXeMrtvOBZPzYcF1qWsBps8DJ6ZTxcW0dnH2iGlZo+lbdOzUAtfd3Y2ZmVn8zM/+LAvEo8+9gEO3&#10;H8Q73/kovvCFf8blS5dw4I470N7Wjme/+SRmZ2Zw6+596r15MXRlkI+1vX09otEVvPDcM6iorEZN&#10;XQMmRsNKoNCUszS1Yn0iFPJ/sWtDy7dcfwfXfSx9y8Iaz4a26lwnOKyX/Ka9vG+kOx3txg2k/iGI&#10;ABEEQRCENzwW4on04WeeeP6PB/ovYmFuFsm4Eh9qkUptTOT94IRwIxK0uVw3F/HoWzPRqmBWqTwN&#10;i6oieccsxPX42+Li0hjK6XncZuTRC3YyYtN9tqliFDhkEMWf2t3AQXfylGtQVypFZ2aYCoM2g9u6&#10;zcqjQ//c1ibyZVAbFImUgD+EQLAEwWBAXQdRWlqOUMCIERIoSihQixNVYgrZDI+sTWZTSMSTKMmV&#10;IpGKIZ32IePJIq9EkzoQ9pjoY8+sySNx09ut4gqcah5cyLG06HKngVlmnC+1oxVN+LSdenJpKSWa&#10;z6GsrBRz8ws4fNfdaG5txVe+9FWsW9eOX/zFj+PYyfM48q0jaO9cj4ff9jYcU7eHBgfQ3NKGjs4N&#10;GAuPYFhdWtrWKdFRgfDIEBaV2Ny54QA2burGubMv8phimvk1PjHuDZWE/ocSIHeoQ0i7smOtiLCs&#10;NQPMjHJwbiJGcINYeXnfSqM3X7aEFgQRIIIgCILwhiCXc9qff/bE3/aeOxecm59jIzL9sq9N43lO&#10;Kfdwm1Fh1eNh2qdQ/KV/1duhwwcLRaFyU/FBlQ+qVNCYXCVy/H6/Oo4sj6rVu3XMYtfhQkHO4TRD&#10;FkHsA2HjufZa+MyUKTKGk/7wmClX7gQqr1c9xx9kkzkZt0tKy1BGl/JShErUJVBKi/tMoCQY8Xvs&#10;Oo/ZF70HEiDpVArJZAKlFVlElpfVfoJcHfJ4aZxuEl4lQOL5FZRXVIIG/sYSMb2AtrUh3c00MWUO&#10;km3a82JGB+tpXsZYX/ycTJAitaqpz6KkJMStVOl0Gj6fjXYlPHbu3ovnnn4OwVAIv/orn8TE5Cwe&#10;++rXeb8f/7lP4NrwCPou9HKb2qG3HEZkaQUjw0PwBvzo3LABqVgUVwcHUVVdj8bGJnX7Kq5cuYJb&#10;d+zi9z42NopQKLR3amblE82NlX/ElSfHuq4q4Zjb/C7WKAA6Bh7BjNW3bb0ChWC9AqHiihtLFIgg&#10;AkQQBEEQ3hD4X3zx4l+dPn6yc2Z2AjG1KE1llPhQAoQqGOmMTtp2WFBoseAUtNigaoTFE6DcEbxr&#10;fCGOHr3rBga6nfvuqF23IuBwwKASH5n8dStO9k6QqDHZIjzmltuVCqZlyU0eN4t2jx5by9WNYrVD&#10;CRElFtQiGqUl5aiqrEJ5ZYW6riYPhVNeUTFVVVXxQk1V1dFQSfDFlUh8ZHkl+i71Gh+3bHsrvQ6J&#10;oqxa/AeTISTiCR6Jay0v8mI7xyWKNLL5DMrKKngFHIvF4FEiyuKwQ+jsEGoHM2OK6V959/Og59ko&#10;tpe5ngrH2K4t06Lm9/v4vc7MTCEQ8KG+vhb333M3BpV4SCTT+JX/9AlEE2n80z99GQuL8/jN3/w1&#10;JNIZnD52ApOT4/ihd/2wEmB+jA1fw5ISmDv27WdBOTJyFcvRZezauY+nc73wzNMsGmhkL/l6JidH&#10;0bFuHfovDXzK6930pfraihFr9VReV3Vw1vxRrI7Y1z/3OrHwHQTJK6lmuK8r4kMQASIIgiAIbxCu&#10;XB79jSPPv/DQ9NQootElJT6y7HUgsUG33XG7bkWDp12ZyoaueKyO03VMNSTvejYcd76Vi+uHMCNz&#10;qQpiGdO4pX9Zp6lXVHnh5+rocL2Pgm7z0gGCHl1VcHSrlY+mWvGC3+ZpUZQS7vMp4VFaiqqKalRX&#10;V6KquhY1dbX5hvr6M82NDd+sb6h5rrq66kRZWWiFzOVEVomg4ZHJP7s2PPq3ecd5hxIx71UL//tt&#10;2xOg6gOJGyrQUFUoFo2wVyKTSXE1JZsrIBmP8HsmwaA2YdHgdok5hZxpV9MtbAU3tJGqIbYOStTG&#10;fONlMQYLj+Xh6tD07AwCfhsd7a3s7QhPzqrnePBLv/RxJFJZfPZzX+KMj9/+rV9jM/ljf/85NqK/&#10;Q4mPnp5NePbppzE8NIgNmzajqbkVUyNDGA+H0djcjkr12ZBHZGh4CE1tHdyKNT0xrgRXFB6/B1PT&#10;U3Xq2H7rrsP7P2StHUn1EkrBvZsnpa2507K+XYgAr4J4kOqHIAJEEARBEN4YTM0svf2pp5779ER4&#10;CCuRBTYz5zNZXjVm1W29fLSL2R4FM1dVVydgAgJXjeh5M5bXcZzixW230r4NGGO4ZTI1dG+O5eSN&#10;t0TtMl8oToWiakvBTGEio7rHYxeFDIsNzvHw8yKd9kU+jkCoBKVl5Sgvr0BNZS0a6+vR3NZ8cv36&#10;9sdbWpu+UldX3VtaEkjf7PPwqcX2xo3taGisiQ8MDH9maHj0M0tLsS0r0eg7lxdnH04mUgdjsYgn&#10;EY9xhYD8HfSaBRJt6rgp1M/Lo4T93Hrl83i1Cd/JcVsaTQWj8cHu50Rhf1ThoX8c8xnTZ6OFHooG&#10;+vm5WVSVhdDd3cXp5pevjqK6qhY//TM/SecQX/7yY0gqMfTpX/0kyiorlRj5Cp5/5lmufNx++E48&#10;+fiTuNzXi/rmFuzZfxCjQ8MYVmKDPr8NG7rUMaUwONiv3o8f7S1tyGYLOHL0GEorKnlM8czMNFKJ&#10;xPv279v5v8tK/UcKaxb8zqq2vGnVwrZW27TcK/dv+hpZtqOHG/wbv8OWdXPxIwgiQARBEAThdUYi&#10;mWl79snn/3xkoN+ztLKIVDqFbDrLQiBD050KeZ4SRQtrLTD06F0L5m/HmM2NCKEF9WrOh2N+lbbW&#10;iBC96qQFIy3CyfidM9sUnIJZSepcD21e1+1b1CqkXxNsMuCsEJ8O9POYRHF/gMbrkvCoQAUJj9p6&#10;NDU1TXV2dn5lY0/nP7ataz5RVhpMv9zPpqqyFPv33YKNPR0Ij071D1651n8tm/7DfCa3JRQMPur3&#10;eu9RAu2AEhQluUIWtjqeckotV9eUqk7Xjllhc0UolyuGONI0MWrr4jHFVGkijw0JLfW4w54bqonk&#10;WISRCT8eW0F3Vyc61q9HUgmDvivD2LplKx546/24fGUQ3/zXp9DYWI9Pf+oXedvPf+EreOrJb+L9&#10;P/E+3Hf/vfj6Y9/EySNHeKTw237onRgPj2F89Boi0Qh27j3IAm5C/T03O4eNm25BdU0lTh0/ivC1&#10;Iey//U4lqLwYGx1GoanNPzY29dsbN65/wLb0QDPXgO76WV5SJLyEaLBco8ca1XB9w97Nt/+OgkT+&#10;0xZEgAiCIAjC6w/6cf3oC6f+vPfc2XULi7NIphLswaCUckoVT2XT3NJUMC1XbksU3DG7ZhKVG7NX&#10;KI7ida5bCboCRIsQJRxM5cPn9/GoXddpbNN4XMr4YKGhl5AWpaAXxYzFlQDO7vCuZm+Q+ZoqECUl&#10;JDwqUdtQj9a2tr7N3T1/tXlrzxdbWxsmV6smr5yqqjJ16cGWzZ1YXopkw2NTF0aGRy8sLS3913gs&#10;1q0E2O3qjb1VqaK9Sjh1eXlKmAleVJ8lVZQyqaR6r1qA5PJZk5mivSUOm9yz6rEMBz2mlQhM0wji&#10;nM3Pra2qRk/PfvX2PRidmOBpWrcdOoR1GzrxzHNH0N93CbfddhDvfe+7MDe/iH/58tdxub8fn/z5&#10;j+LQoT147F+fx79+/Rvwqs/7Az/545ianEN46BrGx8awbccuNNY3YGIsjPDwCOrqmjhVnTws58+f&#10;RUVVJbo2bGD/zPDICNpa2jA8FL7Xsj3v3Lyx7f/CcY3fN685fKdKhLXmhvMSqkGEhCACRBAEQRDe&#10;RPRdvPbJE0ePPDq3MIV4MoaUWiRncjk2VqdSGa58OKalqjha11n1feg0cjOKl37lzxW0IdsEABYX&#10;oWtyP2zzszknlBcKJgvEYb8ICR+qfqz+iq7uzxW4xYkEhMfW1Q43m4MM1aFQmRIeQTZ/V1fXo629&#10;7cS2bVv/ZMeObV9ubamPW69iZDF5RBoaa/iyc+dWRCMxrCxHr6ZSqavJVObvoolUrRIatyQTqXsy&#10;mfRdw8Mjm148cbyRPBShslLUNzShurIGlaFyDg7MZCjdPc8eFhIcmVRKfe4plJaWmXdfQE1tLUrK&#10;yjA7O4dYNIbW1nXY0NOtzlccX/3a19Rn4cW73vUObN+xHceOncU3n/im0kEW/p9P/0e0tDXhG098&#10;C5/7zOdQ11CLn/qZn8LIyCguXbyIgYFLuGXHbnRv3oLJ8LC6/xqP3e3s7uZK1tXBa4jEoti+fQ8a&#10;lKC7ePEcCyh/sARLi3O4cD7+6+3tjV8rDfnSRireVCysrWJYLy2Er3v826ofzs3DDl+B0BYhI4gA&#10;EQRBEITvN9MzS7c+++Rzvzs5Po7YSpRHzHLIoFrlZTK5Ykhgjr0cKCZ5cztR0YC+ajp3TBuV6yi+&#10;rgpixIebH6KnVjmwzEQtOLlVcUITtvilClzx8FDonuXlSVlujgalkXMieSiICiU86mrr0dzSemrT&#10;5i1/uGfvjn9ev64la9vf28/P57VQU1POFzpmEhPxeGohGok+t7QcfS6ixIJ6v+uUbtoxMRa+c3xy&#10;4i2DV/o35LO5hpqaGrXQ34RqdU3VEfKFeHx+VFaUI6A+m1g8wRPIbPW5ZtW5iCwvYV1LE2oaGymn&#10;BWeVgFCvg+1bt+DAoQPcyvb5f/qSEha92LdnFz74E+9lMfeF//sNfP2xb+DAwX34yZ98H3ovDeLk&#10;0ZM4f+YUduzai1179uLawCBGR4bVa8axU90XDPgxMz2NibERNDW3o7m5CcPq8Reefw6dG3oQUJ/5&#10;2OQEfB7/ruWlyPtKQ7V/+3JG336nFq0bhYd1o3j5LsLD+W7iRhSIIAJEEARBEL6/pFLZ4LNPvfAX&#10;w0OXS1aii/yru6582NqnkMvx+NoCCmsqHoXi8tApuDONdGVE+z7M88xUJze7w77O/+HA5/OyeMkZ&#10;T4leaZrAQWNCZ4M6J/FpEaSzQnzw+P1qgRzgYMGSslJU1lSjsaF5aGPP5v924ODuv9+8cUOKDOSv&#10;NSR2gkEfX2pqy9GazSuBkMDC4vJoa1vr6MLiLV+b4kX9aPsLzzx9a3/fxV01dQ0H9x04sN1ynLrq&#10;yvJQMpVFtqDFxvzCvPbOKPXCaezqn5VIBOcv9rPQaWltxp2338Y5JmfOXMSl3l712l6850fehd37&#10;dqN/YARPfPMZTI6P4UNKeNzzloM403sVX/3yY3jxxHHcfd/92LVvL/qUYBm6NohpdWzblRipqqvF&#10;/NQkV0OCJRXo6OhkEXjqxDH2laxbtx5V1RU4euxb6OroxvTU7C81NtZ8weOx4i9nkpX13USDufPG&#10;ioiF66sir9gLIuJDEAEiCIIgCN9fThw/86kLZ88cml+cRyJJbVfZYmYHj9w17VE6cK5gKh0oTroy&#10;Q2OLZnOd+ZG/bhXppn8TFDTI43g52VzvjKohq9OyzHZq9eq1LVNJsbTZXAmPACWZ01hdJUDoF/jK&#10;yio0NDQlW1vX/a99+/f+4d4922fIp/F6gN6xz+dhIVJVU450OoOlpRiamxqoijG2e+eOscrqqq+1&#10;tLagqqqitLQkuDkQ8PYsR5LvPvKtU++aS+fg9fi4IpFMp9T5SfGUqNKyEDo7O9Hc0qw+UGBybBpX&#10;rw3xlLIdO7Zi34G9cJRI+OIXv4zz5y+gva0Vv/mp/8DG9CMvXsTnP/9FjI6N4sMf/Qg2bd6oRMQJ&#10;XO69iHB4CLsPHkJjcwumR8MYDw/zxK6NPZvg9fnYGzI6Oor1G3qwZetW/r5MT47jls1bMTExvS0Q&#10;CL5v27bOv8Z1SejfLhPcvI8bqxzXPcf6dqFi3US83ChgbrYvKXoI39P/zm8s8QqCIAiC8NJcuzp+&#10;6Auf/eJTw1cvhRZXlnmBnCcjtHqMFrwFkw7H1QyexFQorugKhdVxuw6b0gtF8eGKEcukejsm1Zt8&#10;GzCVEGqfKphEc05JN/tyk78LJnTQ8ljwqe1ofC2liJPw8AUCKC0pVQv7BjS1tjyzZdOWT91558ET&#10;XV3r3vDZD2ax7Fci5J9On7746PjYBDIZCjbU08Acr4db35KJNJYWF7GyvKKEmY32da3oUKKEghdH&#10;hsPo67vIFawHH7wP991/FyKRGF54/jieelJPyPrpn3o/Ssqq8M2nnsGTjz+BidEx3Hb3PahvbMD4&#10;0DUMXL7Eo3433rIdtdW1WFlawEB/rxJ9Zdi9Zze6N27CE1//Gh/zXXffjXIlBD3wXHrk0Qf3V5YH&#10;4zwy2Pp2EeDcRKT9uz6vlzFxSxC+l0gFRBAEQRBeJpFIsuTpp5//n+NjQ6FoNIKcEh80ZSlvJjbR&#10;haZKkSG84P7AR2LCKRRbsFzfh9t2tSo+TLo5b1fgvA7XxE4rRQrvy2VyKFhagNAqlNqs3H254YJ6&#10;pK4PNjf+2zwpi4IEyyuqUFtbv9S2bv3vHDp04E/3792Zr6oqfcMKjrWLcbNIz1RVhD6089atj+Wy&#10;2YMTE1NYiUWU6Ehonwh5Z9RnUV1ZiZ6eLpSWlyGVSmNgcAjD164im8nilu3bcODAPlRUluHJp17A&#10;8aPHlGBZwjsefRhvf+Q+zM1H8I1vPIVvfP0bSKlz/4Gf/hBCZeXoPd+LESVAZufnsGnbDtTV1SO6&#10;tIjwyDVQ/EpXVzdKSkJ48fhRTE6MYu+B21FaWqFEzwh5VrYuLS2/q7K86e/Xio6bCQ5XONzo6Xil&#10;o3b/rWZ0QRABIgiCIAiv8aL3+NHT/2ng0sV9keVFpDIpZPOZom8jy2nnHjOJSm+gcwYLxcoET61y&#10;LPZq0GKysKYaYq1pwSm2YFm6bctre3mCEgsMyypu56aAkxDhSVdcIdEeE28wCD+N1g2VoKqqGrV1&#10;jUe2bN72C4fvuuP0tlu639C/ft9sWK2ZIbVYW1P2/r17b33K9vo6ArNzPKY3l9eh6PQ8SmmfmJrD&#10;0qUrSlBGEQoGsGXzJvZrlFaU8fSq3ot9mBgfx7atm/FzP/cRdLY1oncgjK9+9Rs4cuQoNm/aiHf9&#10;yA8jlkjixLHjGOg7j+npKdy6Zz+P5F2YncVYOMwVlI2bt6GqogJz0zO41HcBNfWN3IrV0FCHrz32&#10;FezcvgOLC0ufXL+u6XPqADPf6X2+lHD4rt4QQRABIgiCIAhvPC73j+w6cfT4ry4uzCGRShZD8Eg0&#10;0MQlbcNYNZw7a6ZZOQWnuDzMc6geuPLhmPG8lumB0lkQeknJ7VYkWDx68hX97RQN6wWuiritVzzO&#10;l56j7vb6PPAHAggGQ5woXlVV5bSv2/AHO3fu+s/33ntnqqmp5k14dq5bcg8pEfLB7ds2Pn46lS6Z&#10;mptDdCmKWDKBVD7Nn6HPG0CTEgBbt2xEVXW1EiVpDCvBMHBlEIvzc1i/rh0f+qmfwPYd2xBZieAz&#10;n38Mzz73HAca/tzHPoxDd9yG/isDOH3yFIcTxuNx3H3/gyirqMTc5AR7POYXF9DdsxkN9fWIxCK4&#10;0n9JncMAOtb3KJHShGMnTyCm9h0qLcHk5Myeyuqat27oaPzyy5mI9crEmSC8Dv+LFQ+IIAiCIHxn&#10;ViIJ72f/z5eePHf2xOHFhRkkU2kOACShkc3lkMnm4KEJWGbUbn5NsvlqK5auZrBxnLwgajGrE9FR&#10;FCruwpMrGqARuh4WGgWasOVgjdkcXF4pVk9ALVp+Hs/LieZ+JUBCJairb5zr3ND1iTvuuOOfDh8+&#10;iFDQ94N02j48Ojr71+d7LyMWiyrBWECGjP6WNudn0hnQqF9KLl9QYoEqVc1NjdiybQs2dK5Xj2dx&#10;5fIAzp09i5WlZdxz32G890ffoT7XII6fvIgnv/kUjh//Fmqqa3Hfgw9ByUkMDQxi8HI/JibG0b1x&#10;M5obm0CteiMjg1haWMTmrTvQ1dWlvjsZPPP0E9jQ1YODtx1EeUmFOjclTz38tnvuLwn5nO9W0ZAq&#10;h/BGRyoggiAIgvAdoMXe0aOnP3p1oPdwdGURyWyax72SAKBpR5TATX4NDhK8rvJRMNs72lTu6GqH&#10;w76PnNEQ7qQr7WKgQgl5SOgvGuPLCekZHSSoxYnJDqHqiRnN6/V4tVfEmNQp36O8ogL1DS0nN2zo&#10;/omHHrr/8q5dW+Hx/MAtWf93+7qGPbFE6mP9/QNYWZzBfCTKbVMkLiigkRLXQ6UB7N69k8MCQ0pc&#10;rESjeOqJZzF4dRCpVALbb9mGn//kx7Bp43olLOZx9OvP4Nlnn8PMzDTuv+8B3HHXnRifmMaFc+fR&#10;13sRC/Nz2LZrN2qr6xBbWeK09IX5RXR1b0RDYz2ikRUlak7Dp84vtX1RSntfbx9qausOryxH9pWG&#10;ak+uFRiO+cO64UtZwKtnIl8zRE0QRIAIgiAIwvebwcHR9aeOn/ithYVZnnKVo/RtyuAoOBxyR7+m&#10;0zQrHqxLAqMoOpxVU8daz4ZxErP4sHToObVeOSb5g9u4LONooMc8lpmUteotoe1s22v+tFiI+P1+&#10;lJSU8Yjd2vqGL2zZuv3jb3/r/YubtnT+wJ479TH98obOlt3JRGo/jUaurK1FIp1hoehRq3efz8dV&#10;qEwqi6Frw5iamsb87By8PgsbN3Zh//796OnqQDSRwBe++DjOnD2DyfEJbN2yCT/7iY9wOvr5c704&#10;f/YsThw7ikLewVvuuR+BoB/Lc/PcijU9O4V2JTSaWlqQiicRDl9FNLqMno3bsHfPLg6vvHDhPO64&#10;4y5vLJ76qDrsk2vfw02DB61X/XOCI+JDEAEiCIIgCN9/4skMnnvmyO9Njofr47EYj9ylSVcW5X1k&#10;czztirM58mb0rqlQwIgQrTCcNd6QPI/mXa2SFJ/Ji0Av+z0Av1oY0zhYfqzgFLuu2CvCPhGbqyC0&#10;qKaAQfJ6BINBlJdVoKGp9Q+279j16UceeSC/fl3jD/opjAUD3p/u6Gh5bmZmtmZhbg5zSzElQlJI&#10;J5NIptR1Os2fNbW7UeVo/6F9aFvXhorycsRjUXz1a4/jct8lzC7Mo3tjN37pFz+BPbu2Ymo+ghe+&#10;dRwvPP8CensvoGPDBhw4dBuSSmSMh0cxFh7B1OQkOjt70NLSjKx6rZnJMczMTKK5bQM2dHZheSWC&#10;bzz+df4OBYI+TE/Pv7O5ue53yksDYfcNvFS71autF0R/CCJABEEQBOF1wIlj5x661Nf7nqXIElLp&#10;JPs92DSulAOlnZNBXFc9nGJAoBYWRpCYx5y1+R+mRrK6vIQODPTokEH+VT6/GkqoE9ALvECk1i0S&#10;Ne6v97aHPB9+Fizl5eX5ltZ1v7J33/4/euSRB9FQXyUnUNNbXVX6qc1buv9fGklcVr6E5VgEiWSa&#10;BaTP50dpSQlCZSUIqM8xm8vwBKyjo6MIDw3z9LHODR34yI98GLcpcULn5uipPhw7egKnXzzJnp73&#10;vufH0L1pI8IjYYxMjONKfy+Wl5aw6ZbtqKmpQSoex+z0OMYnRlFd18ytV+rU4akn/xXDVwex58BB&#10;lKjXn5gYr1Za5EdvP3TrH94sVFAQRIAIgiAIwpuY8fHZkhNHjv3ewtyUnUzGeWFK43OJNI3EtXUs&#10;dVFQOE6xl57brbQS4UlXZE533PG8a9DigtqpLG7Aon2ujuW1rhMuMJOw+AJtUqfbwVAI1TV1yZaW&#10;1o/sP3joH37o0QdRWVkqJ3AN6vP9q9bW+vvn5hbePTY+hVQqwwKSBEg6lcXi4jISiTgHFEZWlnnC&#10;WVl5KbZtvwXb1aVnUw+Fp+PICydxofcSBi5fZsF433334fBdtyOVzePM6XPovXARvefPKmHqwd7b&#10;7+QRyLGlBczNTWN0fFSJkUZ0b1D7UjsbujaIgSuX0djYjE3d3agsK8f5i730/flgfOeWPy0t8aeu&#10;Fx9iPRdEgAiCIAjCmxaamPTC88d+dnR0aGcikUBOCY4cpZqrC02wIvM5iYC8k9ep5I7bVuUUBYib&#10;5cGm8zXmdN1sv1opsSxbm8jVcyiRm35R58lZhRxva1PwoOXR+R+WaclSC1hfwI+ysgpUVNXEGhpb&#10;P3j7HYf/+W1vuxsVFSI+bkbA5/nFru71hyLReOvkxBRmZmewuEDCI83C0uO1UF5Whvb2FjQ1NqGu&#10;vlYJiCC3aT33zAu4OjCA6ckJlJSW4r5778aDD9yDutoKXLwSxpGjx3H8yDGMh4fR0dmFLTu2s8ih&#10;7I+JiUlMjI2hrqEVnVT5UOd+bnoK15QACYTK0bVxE/bs2Y0jJ05g6OogtnT33KK+b/da8D92g1z9&#10;nnwuNxrQReYIIkAEQRAE4fvA+YsDnadPnf3V5ZUlZNJJ5HMZFgYWi5OcnmplJhMV1uRQXzfZ3tF+&#10;kKJ5HDAjefXoXVeQUPWDMkGojSqXy6xG6nG4oA4ypOeqV+XxvOz58Pu48lFaXh5tbGh5z+HDh7/x&#10;tkfuQ1lpUE7eSzNRXVn6K+2tzZ+h0EhvMID65ib1mef5s/Z4vfB4bD6j2XQGVweHMDE5iempcSVS&#10;kkqU1OOhhx/CfffdheamOvXYPI58/Tm8eOJFXLrcj8qqcrzvgx9ETW0twsOjWJiZU6Kln6ditXVs&#10;QEtzMwvZxeVFjISHYHm86O7ZhNaWFpw6dQaPf+0xdHX1IJ3PIxJPvaeqsuSx10wMWNcLEhEggggQ&#10;QRAEQXgNiUSTeOHZI789Oztel4jFOO+DRraS6TtX0F4Pan2i9p3Vnit9zbOs1rRgOSao0DFVDR04&#10;uNpmxeGC5ppDB6HH7eoEdacoXmjMLy2O6XnkO/H5AiivrEy2t2/40TvvPPz4I4/eh1DILyfvu+Cx&#10;rX/s7Gx598LC8jtHRpVIWFhCNBbnUcoZtfBPpZJIJhJKgKR5/FRZeQk2burBxo2b0b2xC+WlpRgO&#10;T+CJJ1/AtcFBzM/No6qyHB94/49h+46tmFlYxPmzFzF4ZQBXLvfxed++c48SJ5VIxqnFaxHhkWtw&#10;1Pns7t6MuppaLKh9nD51HIV8AS2tbQiEfLjUd/mRksD2lrra8slX8v6cb9cTL1t7/Fu2FQQRIIIg&#10;CILwKnD06Km7rly++P54NKKER5arEzlWERZXPyh9nMVHcdlmXCDOGh8IXNGRN+GE2pS+NniQxYSl&#10;27E8xsxOUJsXCxmLFsz6Oa5tndq1SkOlqK6pTTa3rnvvwdtue/ztj4j4eDkLc7fxLeD3/EpLa8Pd&#10;0dj6quqqKizML2BpZRmpTA5ORQUnyVeWl6nPuAZV1ZXq+X6kM1mcO3OOR/VOjE0gn09jy5Yt+IkP&#10;/hj27t6OtBIPJ0+fx3n1nL7zFzE6HqZpZEq0bFGvmEd8aRErC/MYGh6E3x9CV3cPKisqeRzv8NAg&#10;ltXr77h1DzZt7EYuW6BMkaqmxrofVgLkz16JMPj3iIcbhYggiAARBEEQhNeA8fFZ7/EjR35nZWne&#10;zlLmhxIguYLJ/KDWq7WLNNfS4bZZmTxBGrNLkoODCV2BYook7Fs3lRBXWAR8/mI1hadd2ZYJKSxw&#10;O5bDZnOPzvlQ4qOsoiJb19j8wUMHDn3lkUceQEmJiI/vJjys4iKb77na0lz7h9Mzc787v7QE+AOo&#10;rq135xzralQ+j6WlZYyGRzE3N4t5JVLi8RjKSkuwbftW3HX4Ldi5c7vSFnn0D4Rxsb8ffX2XMHrt&#10;Ko9Dfusjj6Cqphaz0/OYnprEWHgYs+q6orIGHes38LmMxSJKzFzD4sICWts3YNst29HT042/+7t/&#10;QCgYQCQSf6c6ov9lBjnzvyzrlYsMDix8BZ+XIIgAEQRBEITXaJlKk2+ff+7Y+0ZHR+/kNhxqvVJi&#10;Ie/oEMA8t15Zpi1q1UTOE3ct01ZVFCeF1farG1Z1RfGhHqDsCVrsWu7KkrwllHLO+7bg8Xj0xeuF&#10;j/M+glDi4xP79x364iM/9BAqykNy+r4D1redZYsX8gG/90+2bOp6TzQa37E4P4DJ6RlEYnGkkkkO&#10;BszmspwNQuelrKwcHV2dWLduPbo2rENjQwNnwTz97BGMjU5gXgmUaCyKYCCAd7zzhzgPZHZ+EQOX&#10;BzARDrPZPB6PoG19F5qamrjVKqGePz4RxrISOc2tHejp3szn+DP/+Fn0913EnW85TMdxu/qmbVbv&#10;4dK/Rxm80nYsESGCCBBBEARBeI2WqZcvX6s8d+rMr0co8yOTRs7JI6sWmmwAp8BBC6tJ5kXx4VxX&#10;DXHvL5iqCYo/XevFL4kKTj03ooXEhcPVD+0tYR+IpVutqC3L/fWeKiAl5aVobmn/jV279//1O97x&#10;VlRVybSrV3qWHVNFUFex0tLAb9XVVX1pXed6q76hHksrK4jFEjwIgPJVAgEKdixHaWUJQkr40fmc&#10;mpzFiZNnMDUxrp4b5eDCW7ZuxaNvux/d3Z1qH3GcPd+LS32XcKX/MiYmxnhqVs/GfQiVhJBOJpQY&#10;UeJj9Boi0bgSH+uxvmM9j+W9cO40ei9cwPr1naiuqUYqlQ6ER2d/uGNdwyVXGTjOK09Bt/C9fb4g&#10;iAARBEEQhH8DyVQWzz9/9JPTs+MbU8kYCw4au0v2Dap85I1B3BUYRQGib2jDORxT9VhNQ0cxeNBa&#10;XdjxaCsdOJinCUw03crMvvJwGKEWPdTC5fV64fcHUF5eifr6xj/btHXb777z0QfV7Uo5aa8Q7aFZ&#10;ve312v/Ssa71icmp2QeXI1HEEylSevCoz5sqXbl8FvPz8xgJx7CysoSFuQVElHigXbS1tHAb1h23&#10;H0RXZxui8SR6Lw3iUv8AhoaHMRYO88SrW3fvQ2NTIxLxOJYXFrjdamR0iL9T6zu70NDYyAI0rO4b&#10;ujqgxEoFtt5yC9a1t2NufganX0y+vb7u7v9WWuLPXvc+Xv47lhMviAARBEEQhNcj589f7rjU1/cL&#10;8VgU+bwODeQqhpIWuXyumEbuFIq6YvUGz+M1osOxzPjdwqrvw9ZtPyw0zAqYW6/MhCuLJmGZKVm0&#10;nU1TsdTjthIfAW+Aw+wqKiu+1tOz5T/+0KMPo729UU7YvxMen6zOSU112W9v27rxnmwm67umRMbU&#10;9DyWV+JIZakFL8PtUkqSIFgS4FyQW3Zux4bODqxvb0N5ZQVWlLB47F+fw8LCohIwCSwtLnLr1q49&#10;u7G+owPpVAZjY2NYUkImHB7B/Nw0QqEyNLe1s58km8lgcXEWE+FhJUiD2LR1Cw4e3I+Y2u/JEyex&#10;c8euPZFIfEtZif/C2mN/+e9SEESACIIgCMLrjkgshW89d+SXF+ama1OpFLK5PFdAaIIVLUCpEkHN&#10;UO6UqrX+D/1XARZ50I1fBI4rXvSjnHRuhAe3/1hm/C5VVYzhGQXtA+GUc6qQKNHiUf8X7fN51UK3&#10;+kJXz5afevjtD2e3bO6UE/bvEB3u2bNWqwPHKstLPx8Mlf14R+cG1De3IBKNgb4H9BQSiqFQAGUV&#10;ZUowlPN5TKfTOHexF9OT04hEIuocOqitq0dLcxN2bN2Ede2tSGZz6L88gOHhIQwPXcN4OIxMJovW&#10;9k7U19fzuSehMj87g4nxEQRD1Ka1DW2t63FlcBhPP/0kSvxBOkSv+j4+qo7zgvsmbgwOFAQRIIIg&#10;CILwBuPF42dvGbzS96FUIoaCWhQW8jmuglCBgjM/LC0+ikZzMoqjsLqcNffzbWrXyheKC968yQUh&#10;3LRzr9ennpPXTVmOae3yeE1Ll66E+CyvWvgGUVVbM9/a3vH+e+97YG7vnm1ysl5FOeIu4Guqy/6g&#10;tbn23cdfHA0uLK4gk03DIQFICfVZC/FYjNPMY/EEoktLWIkt81jeYCCI9nXrsGfXLtx2YA9aWxoQ&#10;T2fQ23cZfb2XMRoewej4GFbUPuvqG9HY3KwEpR/pRAKxVBQTY2EeAVxWWYuuri7UVNZwpeTYkeex&#10;uLiAgwduI7M8tXI9pL5Cv0fTn92jL1hS3xBEgAiCIAjCG5KlxRiOHDn6myuRhVA6k+R2K27BcjM9&#10;1oQCwnF9H7rtiv3lvJQtFEfxXpd6zoZyy5jKtYvYMsGD7v163wXO/qBWLdvywOvz8eK2tLTUqa9r&#10;/Mjhtxzuvevwfh7he3Ok1/+VSY81Y5T1x3axp7vjc4lU+if7L/Xj6tUhLCwtI6aERzKdZi+Io5b+&#10;fr+PjeRtSnS0rWtHV0cnNmzoRFVFOSLRCJ545hjmZuYQT8YwOzePlWhUCY8GbN+xC6UlJVhZXsbS&#10;wiLm5mcxNjaiREwG9S2taG1ugd/rUaJjHuPhYSwuz6Ojswcd3V0or6jE5f5re0tKQz3NDZWXpfoh&#10;iAARBEEQhDc4R46duiM8fO2dNH41m8mZ1itTycjlKAnwOtHhrlgdd5IVVz5sJSHy143bdYqp5+6i&#10;V1dJKP+BTOZUWaGqCldS1HZeN+WcTNA2Gc+DqKlv+q/79t/2zw8/fA/8Pvu7LKmFVypC1uL32//d&#10;5/X9SFllTektt5ZzavlyJK5EQorPo58EYVmIhURFeak6Vz5kchmcPnWG/R/JdAYlJUFUVpap6xB6&#10;ujbg9tsOIBAqwez0DMLDI5iZmkR4ZAjzSmiUhMqwbr0SGOVl/D2jIMKZiRFEIjElStqxa/c+7N+/&#10;FydOnEIyGgs0NtbeTQJE5KYgAkQQBEEQ3sDMzC7j+NETvxGLLfsyqTQLA/ZwWNrL4VhW0W1uGdfA&#10;aqS2KV+o55BPBGb0rvZ8ONcFKrhVD5poxaKG0cGF5PdwBQ4Z3+k5IbXIbWhs+trWrbf8l7e97QGU&#10;lQXlZH0PcNa0MXlsq69jffOX+i8PfmByYgbxdBq2EoVemo+rvg8ZJUTSiwlMTU4hEUuAhhXEYxHk&#10;8w4C6ny1rGtBe1s3tvR0orW5AfD5cG14FH0XL+Ha1SGMjQ4rITLFX6eOzo2oqarmbxRlzUSXV9R+&#10;w0ilU2hq68SmTRtRUVmOp596Bi+eOInt229BIpl6q9r0L647fhEigggQQRAEQXhjcfTo6QcnRofv&#10;TybiyBSyyDkFPW6X9ASJCnvVeF6sbpgkc26D4VA749tYkw+in68nY7mJ5jYtZGnJqe7wUjP/mqwQ&#10;0jnkD/EFAgiFSlBdVR1ubev42ENvfSDb3t4gJ+p7xI2L95rqsj/Zt2fHey6VDPh7e3sxOTbDhvRE&#10;OslCwTGZMF6vX4nCEGpra9HWvg7dPd3Yuq0HzfW1bFC/OjKGq9dGMD01jemJKUzNTav7U2jv6EZ9&#10;nT6fsXgUqXic09Hn52f4/Hd0dqO5uZWKbkq4nMdFdalQQqW0vFx9f7BPHW+T+oZNu99Hd5KXbcu5&#10;FESACIIgCMLrnumpBe/J48c+HY0u2xm1OMznc9wWRSs7LmiYrI5iReMmS1bHiAsdArKabm65lRNe&#10;HNpcTfFQe5Wl266yHDyo0z9osem1dfsVTVwKhkLZpua2n73vgXsn9uzeKifqtRUkp3w+3xMen+/t&#10;m7ZsQVtbOxaXVxCNx9ijA4smYvl5IlZVRSUqqyoRKgnylpcvD+L40ReRzmbYK0JDBrK5HErKyrCz&#10;dTcqqyuQy+axOL+Ipbl5zM8qcTI9hXQyibLKKjQ1tbKoSWfTiKwsITx8jb9CXd09qKurRj7nNC1H&#10;UrurKoJfv2Gc178pnFAQRIAIgiAIwmuGXrUdPXrq4YnR4bek0gn+FVkHDuoqRt6kkbtJ58UtHXe6&#10;lWXCBY0IcVYf03Z1a802uvWKXqRgXpumalm2VRwHS5OyPF4bJSVlaG5p+6ODt93x9bveckhO1feB&#10;luaav7h4Mf/2KwPDNFwZ/oAX5eWl8FhedY688Pp0JWtlZQVTU5NYiUSQiFN6elYn1Tc3o7q6GlWV&#10;Snhs34pASSmi0TiGh4cxPPn/s/emMZbd6Xnfc/Zz7r5V3dp7q26y2dzJ4XAbDjmbODOQxnKMGIES&#10;WI4NKMiHKHDgD0EQJHGQLwbiwPkQJ07iBJZky4ATQ7ajROPRjIbbcCe7m+xm7137evf9nnPuyf99&#10;z7nVTWmkkeTRDGf6/ZGXVXXr3lsFnLfA/3Pf932eW9ha3+AU9U6nDdN2sHxsHgUlZEi0jkdjtBp1&#10;7O1uc2ft/vsfxNe+8mUYhsHhhpZtf/Xpp8797t1hipq4YQkiQARBEAThs46G7Z2a9dabb/7nNMcf&#10;jMe8lxFb52pxF+Sux94RFfHXsSCJXa8SlcLi407TQwcSi16N9zsmvEdAI13cIUlyQcJJwK9uGZY6&#10;WFosPtTB9Y0zpx/4r7/8pefheZZcqp8CrmP9/uOPP/RBpGmPXfr4E9y49Am6gy6Lg3jMLsSYrJpJ&#10;WKrr63ouSuUSFpcWcd8D9+Phc/djZWGOBSWFGp5Xr3Hz2k0WHft7e0q4NHknaGnlOPK5PI/mkXih&#10;pfednU00GzUOKjx9+jTuP3sWg5GPt995A776WCqVvjAchYbnGmEUfUpPC4IIEEEQBEH4LPODNz/4&#10;1vbm+tPj4YBHZYJpCjmSkSrgjwiROAU9Dg7UWGREHFB4dyB68sh4Lj8Zx6LuBz9Xi5Ixnogfw2NX&#10;6vBJtruGEiFeOtVdXj7+H7/88peHS0uy9/FTZGRa5v+RyeUeO/fQWVRmijg8rHOng7I/SFzSdfNS&#10;aeQLOVTKZczMVjA3O4tMNoXhYIg33jqPg4N9drYaDYdoqI99dX8qncHcwiJda7b1JdHRG/awv7+L&#10;2s6Wev0AxXIVx48dRy6X4VT1d956E/sHe3j8iacosPI+VTurSm9cORq7EvEhiAARBEEQhM82e3tN&#10;85033/zbvX4Lo2CMMTtfhUejV0eDVdpUVdwZt9KTbd8o2QuJEveraPq4KP56eiakMStaLg4nfhw2&#10;mOyBxC8dseihvY9UOovFheN/54svfun8Y7L38VOnmE//dq/T+S8vXb4+Yzk2soWCuhX5xG+ZOo9O&#10;uep+sk6mWjg8OMTazQ20W21EeoBcPo9SsYBSpYx+f8B7IORs5Xoeet0e9nb3cLC3xzsgB3u76PW7&#10;/L0TKwtkQMDzgFRa/U4Ha+u3sDC/gNmZCmzXyShB+zlVbVdIA4v2EESACIIgCMLPAG+9+d5f2li/&#10;/RR1P9g+N4iOFsbj4MCpyEj+o0XJogfu3I/YwWqSiI/43ejkO1q840EbH4Zu8GMp14MtekmgxO0R&#10;vs+0TGTSGZTLs9998MHH/v4Xv/jMp7JDhJ8OrmMePPH4uf+7dlj7tcufXMXu3n6y4zNhUUldMDYR&#10;UNc0YFtlTYkDF7lsFnOLVcwo4bG8MI9KuYR0Js1hhhubO7h16zY2b62rz9dj4dHrQjdtLC6fQLlY&#10;ZKMCGs0bqtrsdNvY3dlGrlDG8y+8hNOrJ/jn3VrbeXn15PxvHjlEyw6IIAJEEARBED67HNba1jtv&#10;vf2fDbpNDh2ckK0qdz00zgCJxUe8LK4lJ7voKPcjnnkhgTAdz9KOdkKO5q94OEtLckJMnu8POOGc&#10;DrCcZG4o8aHp8UKzYSKVSjePHT/x6197+UvjYjEjF+kzQi6T/SfnHjz3N0vlknHj+g0WDM12C73h&#10;EL4SFFQhpm0hXyggly9gXgmOYyuLOHnqOOeAWOo6N5ptXLlyHTdu3MSeEjGHBweo1etKePRguSks&#10;VaocbKibGgtTGteq1/bRrB9iMByhOr+Is2cfxLlz9/MY2PralvrN9KcX5supTMruRyI+BBEggiAI&#10;gvDZ5r13zv/S2u3rT4/HIwRhoG4hgnigKnaoSpoddKqjr6d7HHe7nk5HpybJ8jkfAu+y7CWo22FR&#10;6GAYJta83PRIhEmcok73Z7I5LC2f+Ltf+spXPjp73zG5QJ8hHMd4vd1uv3dwWH+qPDOLQrGE3qCP&#10;EQlK9Y/jWHBdB5lMBqm0x0npVC/r65v46MIlDPojJTwnnNERhEqwGODRrer8PO+CWJalhMwY/V6X&#10;80BImOwf7GLY73EWzOqZE5idrcK2NPz+738PV6/ewNzCApYUo5H/gBIg74r4EESACIIgCMJnmHZn&#10;YL71gzd/vddtYez7nMURTZfLccehitc/pinneixGWKLo2l1zWYkv1rQzcjSGFR8J6ZU0bZoLMkkS&#10;0hNhQq5XlsOH0GKx/M65hx78+88+/Zi8lf1ZEyC2EZ46vvjPL5y/+NT6+gZ8JVhpzMqybCU+bPXR&#10;jHeCVK1Ql2s0GmAcjDk9nfJBZisVlGdm1OvYCPwxFhY0GOo5JHzr9QYO9vZRP6hhb28b9cN93hUx&#10;TQvz88uolGnfw2Z3rPHI4FDCwWCIs2fvh2bo6iWtR9Sv+O4PT6cRBBEggiAIgvCZ4PyHl75688bV&#10;L4zVQTFUB7t4f/wuxyvtLsvdxNKKd8pxV9DbVGxM7iybT1PRk6eymKGD5CR57NECiWbwSBY5XtH+&#10;R8rzxivHTv7tr371K/1cLiUX6DPI3PzM7zz/3NP/1e3F+fTFCxexu7eLVquD4WiIgMIkERsTGEqU&#10;pNMpJSjzKFdnsbKyjNMnT2BlvopcPouxKrbt7QPcuHUL67c3sL21jX0WHodKWAxYmFTnF5DPZmEr&#10;cUo1RHWq62ls7eyg3W7hwYcex+qpE8jmslSvT6qK+t9FfAgiQARBEAThM8pw5GtvvP6DX++0mwh8&#10;yvzwE7GQWOkeiYnkCVrcBYnFR9wdoYNmlCyeT+5yvpq6ZPGYFe+cx0vo5KgVj3Bp8e7HVIeo+2gx&#10;eWFx+X976aWXvn+/jF59domiq+MgfNXL5F5+4OGHsNhYUAKki95gxAKErJRtx0ZKXc9CsYiZSgnV&#10;agXFQkGJUAONVhuXr93E1tYODg4O0e200Gi00O62VB36qg6y3CXxvLQSpqpIwghjf4xut41et8k2&#10;vpo6pj1w7lF8/Rsvq9fNYUsJmSvX1j738IOnqEsj10gQASIIgiAIn6HTI6bvD1/6+PrzVy99/NXR&#10;aIRRGLI4mCTdjdj5SvtU4jkvl2txormOO5NX/Pho+og7C+icRp2MW5HtLn1N4mOSdEvoa0qzprn/&#10;VCqlDqvlrXPnHvo7zz37pFymzzAUBunY1v/1wQcXXiZh4KUdeK6HYjoLSwkMCpB0bFNdV7rmphIX&#10;TV427/X6mASButY2cvkMstkUTKuKRtNRpy4TmWIejuWw4vWVEBkNBxh2u2g2mzisHaLXaZCHM7mj&#10;YeXYccwqkUJJ6FubW+p3ypIYPnF8ZX5xppLdkqskiAARBEEQhM8MsfgIwwg/eP3Nv9VoHuh02KMZ&#10;/KMtjskfenwyaxXdFTNNnRCyXuUuBwuX8OjhWvIzJlEcLkj3kLNVbM0a74HQTgCSDorG75h7WFw6&#10;9t9+8aUX9/KFtFymz3gF3Xfm2HfW1k61zp+/mL984QZb5NKVNtR11ZQAoVwQna2XDSUy4oDCYrnI&#10;wYTVuSqHFZq6yTW1tLjInZNup8sdkf2DAx7DOjzYRb1e4z0QqsF0oYxqpYpCPsc1RIvqN65dwc72&#10;Fu4/96h6fq8QhpOz6vcTASKIABEEQRCEzxo3b24+8fFHF74xHo+VGAk4+yOYxMdLmrXn0arprsZd&#10;A/V8l67FN7LpDcNEaNyVkj7BUQ4DPd7gYLpJMoqVZEXQCFe8AoJMOo35+cUffP7Z5//Rww+dlovz&#10;M4DjWLdPn1l9I1fMf31xaQE7WztoNJtspTsORvE+EHW3bAfZbA4lJT6WludwYuUYjq8soKQECCWn&#10;11ptrK9vYf32JjbWN1Db20WjVke91cRg0IehWyiUyiio1/BUnVBt9dX9JXXf7MI83n7nTVU/OSzM&#10;zyKTSenZrHef+vW+I1dIEAEiCIIgCJ8x3nrrnV/f39uxQ9/n7sXUSjdK5qomR12QaQ/jTqYHS4+p&#10;dS7tihwlpceKI2I1EkFL3LJ0QztaSo+S3RLDMHn53Et5yOTzwanVM//FC8896ZNYET776OrC1mut&#10;f7G2vvN1SjRfOrYCsuUlFzVdXWNKsjddm+14SYBkM2lk0yl1v47NnT1cunITrUYDB7UD7mT4/lAJ&#10;mC7a3R4iVRvZQkkJjxke7aL64XILQgyGPfijPjrtBt59/1312gW8/PIv4OyZU+j1AzRbvQdTnh3r&#10;Y0EQASIIgiAInw3295v3n3//w18mRyE/CBAGE97/mG6b04I4JZizZkiipePmSBI0qCXdDxq7CifJ&#10;02IRMg0r5AR0WjSntgelqYdRnPkBsOMVjWDR6JVpOZipzP2zZ5975nuLizNycX5GsG0dS4vVV958&#10;8+3uzdu3MnRhM5ks3FQKrmPzLoepBEO/N8D+waGqsQCB+lpT4iSbzqBSKapbAXNzFdSbTdQbTRhu&#10;UwmKvKoLg0stGI8wHA751qFF9fohd1jCcQDLNrGycgwnTpzkRfcb69u8meTdWH8gm01p+YwTyVUS&#10;RIAIgiAIwmeE99+/+Gtrt29k6GBHAoTetaYRLBwJCJYZcQxhNN3piB2uOFxwmozO3Q713UkUL6FP&#10;x66SPQ96Lu0C8PJ5FIcaxoGFNH5Fex8OKjPV7iOPPvHfPf3043JhfsZYWZ69+tyzT17I57PPXr16&#10;Bbtb6+gPhghCn8erqJulmzYLkkw2g0xeiY5yGQUlPMqzsyjk87R7zqKlWp3HsUEf7XYHtcM6DvYP&#10;0Op1sU8jWUqgDGiBXYlkx1M1U6mq1ynBdV0lTDr4wetvqOc0sHrmDDzHXe2ePp5WAqQrV0gQASII&#10;giAInwHG48niRxc//g+8tAvDmsPEH2NIYXEUQkhixA9AeyFBMpaVKJCk66HHQYKJ+KADYZwZkqgP&#10;dR9Jk+kqiJ7EnNO73yQ8TFpaVzcav6LQumwmh4WF5f/lhS88czmjfh/hZ4tQXdRMLv//nj67+mwu&#10;n8b+7i6aShB0un2uH6oTSr53XQ/pbFYJh1ksLFZxbHkB8/Oz8Cj1fOxjRwmO27c3QMGGu9uUA1JD&#10;o15Tr9PmfRJqtJE1b1qJmFwmA5OeF/gwghCnjh/HWz94HYeHhzh+bAXj0bCkNO+K+vUuyRUSRIAI&#10;giAIwk+ZTmfwxHd//9X/4dbNK2UKHewPOnwADMYhQko9V/+QJS7ZqJKI8NUBzx+P1MfxUVYHiQo2&#10;4Q2Do8yQaLoBknREdO1OO4SW1GnUSiPBor5nkABh5ysDxVJ55/Ennvh7586tysX5GcSxDDSb7e+8&#10;997F/8ZxXN3L5uHQeFWo8d4G1ZLjWEil00h5rvrc4frZ2d7HrVtrGPSH6HW76NNtOGC3K388RKCq&#10;UaljpHJ55JWAsU2ba5Jqi/aNaHRwomqTXvejjy6yxe8jjz6Kcw/cD/U7uNlMelUEiCACRBAEQRB+&#10;ipAc+OCDS9/6f/7l7/3GpY8+zPYGbYyUsAjYfjdkS94wWUCPAwZJbBjshGWrA6SpDn9h8tg4QFCf&#10;5gcejWdNnbBwdH8EUx0iYyesSdIVoW6JztkfxWIRJ1fv+3svfvG5bQqnE34GD0pKZKyeWLr04Qcf&#10;3jz//vur3V5biYIU0uksj0dRp4LGsEiIcOcsUp87GhzXRlld//n5KpaXq1wV9XoDm1v7aLeasDwP&#10;M5U4U2ZI3Th1I2FC+x/tZhPDflsVVYiNjTV46mc9/uTn8NKLX4SpanXQG2N7r376xMosxM9AEAEi&#10;CIIgCD8lrl7beOpf/c7v/cba7SvZcDLm0SmyuYomGm98xNsf8WhVPEk1YUvdwJ/wHgi4c2HwXD+9&#10;8+wHI4RHlrvT3ZDoyEmL8h/ikS2waNGSzgctpJOYcb0UiqWZm08++cQ/XF6pygX6GaY6V24/9dQT&#10;75RnS6s3rl3nTI76wT5GPo3d+WwyYNm2Eh42crkcypUyUo6HbD6PfL6AbCbLXQ3HclEuzaDb73Pw&#10;YKteR63eRLPdQr1WQ7txqITHkC2jqc68VArHTlTV680gk/Lw7rvvK1HtY/XUKjbXd1Zny3nkso5c&#10;IEEEiCAIgiD8pBmPw+y773zwD+v1/SzveozGCNXhMPDDZI8D8egU64kwFif0dSI8yMmKFtTJKSvO&#10;9IiX02m0KhYrUZJTqCUp57Gc4YDBadBgEmIYD2/pvJB85szZv/v8c0+1xS31ZxtytjIs+9vlmeq/&#10;Z+o2Zmeq6HR76A36qkYCHr/TKYjQ9ZTgyKEyM4P5uSqWFpR4KOZgmiZ6SnRs7exje3tP3Xawt7ur&#10;RMchao0a+u0OfBIdZO9rmWTZzKIlpUQHWWWRha9r6NjZ2+OF9JTnKUGSWh37J3XAmcgVEkSACIIg&#10;CMJPmJs3N3/91o2bj3Q7DYyGQ4z9sboFvCQcRnEi+iSKDXTjnA6N7+cxLBIXk9hOl6BH0djWtEtC&#10;3yOBoUfTEMJkKEsDj1nFYobGtvTYFclU4iOXRnV+8dKzzz39G5VKXi7QzziObaLf6fzg7bfeHzq2&#10;5dKeh+2l4WU82LRPZNmwXRuel+IdEBrJaimhULtYx3ioanE4wmDQZavd0WikhEsXg9EQIY/w2Uhl&#10;cpwXo1OuiHo9+lzjuiVbXx9z1SpM9TtsbqyhVK4i5ZDFs3Y65bkp9euJE5YgAkQQBEEQfpL4/mTl&#10;wsVL/+nh4S4v+47UwS7e+yABEo9ZRXd0Q9wRoR0QuouCBLnXkfQodPV9n3I/uP8RN0d4kmvC1rza&#10;UUYIcHd0Omc6KJFiqRsdQFOpDFZPn/nvn3j84b5coZ99LFPD6qmV2xc/vnz5o4sXH6s3a7BtF47n&#10;8uK4rW4GLZFT8CQtlNNSuuchm81gtlLCygolmJ/COAhRqzewtrmBZqsF101zvgeN+kWUU+OP2DCB&#10;arjd6yIY9rnKmo0ad1CWl4/jm9/8JtyU+lmmO2dbZlUEiCACRBAEQRB+wtxc2/lPrly5Vm41GxgO&#10;BxiPY/HB41OIxUfcuJha6cZOWGyty2NYsZCgd6MjP+5mTJLuSBBOYBsGj+DoenS08wEe0zK5M8Jj&#10;M5Eed1Y0ckXyMDe3fPH5557/7Xw+LRfo54TZamX0uScee79SKT5G7la7u3voddroKqHADTSdRrBc&#10;3tvw0hklEtJw0+rzXB6ZXEF9Lw4tpC4ZCZNej/JA2hxQ2Gy0UDuoo9Vso91qqO+1WURTjVqmxYnp&#10;Z8+exMLCAguRhhIvC4tL9u2NgxMnj8/ekER0QQSIIAiCIPyECMJo6fz5j/7a/t4WuwdRtkdEnY8w&#10;FhEBdy7iHY8oSkQH4p2O2EE3iSNUj9MnnPnAuyCTJOtDixc/4NiOeu0RtKnlkHoavdNN4oOUh9Ih&#10;fLB0HQ+lchlnzz3wPz7yyAPS/fg5wle1NdH013Ol8t84oemolIvodLssFKhDFioVYKk6IXesQo72&#10;QEpYmKuiWi0jm3ZVXUVod3vY3T9Ao97E7s4O9vf3UTvKA+nxiBaigDtqnhIwaSVk8krA2I7L04O1&#10;vX1s3F7nRXfL9rRMKnNicb6kxI0c5wQRIIIgCILwE+H22s6vXv3kSqXbbsIf9RGO46DBcBKPWfGy&#10;OLtgTWewEO9+IP7y7jeOedGcdkYmUWK6CxYf5HSUTdvQw/hJnJIOsOhgfUIx1+o+Q30k69VCqXz1&#10;yac+99uZtIOjuS/hZx4Kley0O2+//eYHoWbAcGxb3efCs1OwbROmQ9ff4xE8W32PRqluKbFw9fp1&#10;jEc+2+zSaNVw0MNgNAJl1FD3pDcYIFLFRHkfrufBUkLWUq9Btr7kykbiZtDvYWl5BcVcFq+89n00&#10;2hmUZsoo5jMnpLwEESCCIAiC8BMiDJG7cOGTv763u4let8XOVz7lfSTJ5dPMjgk+bRKk/yFRQJ0R&#10;2hOZTMJ4NyTpjEyiEHGmh8ajWPTuNi0QG+r7nBGiXj+kJGyy3tVi+95cvogHH370f3rs0XPJXL6c&#10;Dn9ecB0Dp08tr1+5cvXG5Usfnzk8OGTHKhIbFn1UYoSWz2lZnPJBSIiksynOApmbmcHM7DLS6RT6&#10;SnDs7B6gVqvDqtegGRa7tZG7GsWhkxuWPwnYxW2oHusr0eJ5NoJghLc/uKI+TvDwww+iWMyqesut&#10;eI4c5QQRIIIgCILwE2Fz5+AXr3xy+WSnWefAwaHvq8ObHy/08lB+IkKiOK+DxYIWZ4JQ50JPEqdJ&#10;joTxlNZR6GB0l1yhBBEas6Gl4uFkqIQGzVtp8WK6+miaFizTQSaTRbW6sP65Jx//xynXkgv0c8jc&#10;3Ezn8cceujA/Xzmzdus29vb22O1qNByhrwQDJaMbFh2tIs4EcSxVF7kiMgV1S2XjpHNVUXOzsyhk&#10;c5irzqLV6qDVbKHTaXMAYbvbRbfd4j0QXwleypVR38bu3q6qr0U8/sUn8MwzT2J3e5eCLpfCMDIN&#10;Qwvk6ggiQARBEAThLxCakrp4/vJ/tLO1gW6vx52JIAjiTgYJD0zikarpP5HOnY0w2S7Xonh8ipbG&#10;Y5esyVE2CPU99ESNaIkkoW4Iu/SSkKHFdJOsUnXea6fMDxIl6VQaZ+47+w8eeuj+hlyhn096/aES&#10;udqHXir3V+YWl5Et5NFX95HxATW7eHxKiU9yQSuWi5gpl1Gdm8VMqcBWvmRm0FBCY9Af8fL5/t4+&#10;DvcP0azX0GjWaMSLx7TINprqVddN7qRksnklNgqqxlz0um18+9vfw8mTq2g2Ows7+6300nyhJVdH&#10;EAEiCIIgCH+B7O41nr308aWnWw3KWejzuEoYxqGD0WTqfJVY5iLe75g6W00ddHl/g++Ln0MuWDqH&#10;CCbZhMmOSMTKBdwtoXyGKIxHvGh0S+PcD5PzH+YXl/effubz/2e8+yH8POIqcXFwcPDBBx9+rIoj&#10;VILA4b0Pg8awbCPeCXHoPofNDPaUuNg/2OcRPn/kwyeb3cEAfSWa+5RXMx5j2B+wgQKJDtPzoNsO&#10;151LuyRk7Wtb3HELKNdGCZhBr4/d/X11n0mZIfP5fDazqASIDPsJIkAEQRAE4S8IkhUfXfzkb2xt&#10;3DYH/Q6CcaAOdiELhOnieRR9+vGxmEiCBqOjFXPuatDBj0QFjWpF8QOSpXWyVo2FDI1r0T8UOjcI&#10;hurgZ7KooUVhx3b5HerTq/f/4wfOru7KFfr5JZtycer40sW1Wzf7V69eTV1t1GC7lAViK3FqwXZs&#10;6Iap6sSgpHJk8jmk0x4KpQKWF6soFSgV3UZXiYjNnT0csANWA5F6jjNOx0GXShDrUezAFkYh1/bE&#10;92Gn0krkLuLKpY+UAN/DzOwsWs3DjB+MZlQZb8nVEUSACIIgCMJfELV6Z+XihY/+UrNVx3A0ZNcr&#10;stsNefQqSnY5ojvKA3GA4DTvI0rsr7TEcjd25tWS79zpmkyzQrREfNB9dNAcjkbxCBdiNyxKQ69U&#10;5vqPPfnYP8pmPblAP8+HJlPDyvLC/iOPPnhlfnHusZu3bqHZqGPQ72M08jEexTkf0cSG7TncuSBn&#10;q1wmz7sgjvqc7Hg13UQhl1dC1kaxUEB3poJ2u4NBL+6OdLtt9PpdJVTanKJOAZeDXgcHB/vswvbF&#10;L7yApz7/BHZ2D7GyOHdc/WofytURRIAIgiAIwl8Qlz6+9lc31teKw0GfrU193v1IdjQ4ZzAWGrTT&#10;Qa5EIRtZaUcjVbyGfpcx1iQM7lo6TyRKFMuRafBgvD8SwrU8OlPy4y3TRMrLoFSewdmzZ3/n4Yfu&#10;uyxX5+efTq8/smzv42wu+9ix5RV2uRqRAYIfxHsgpqVEB3XF0sgX85ivVjE3U0Yul4VjmRireu10&#10;Uqo2NXbEor2P2sGhEjINNJSYabVaoM4e2fTGeTQ6AtNQYsVBqVJGtTqLmblZbO4doJQvKUE8WaEa&#10;n0bUCIIIEEEQBEH4MdLuDt0PPrj4q712A74SICP/LgGCJGAw3uLgfycT7ai3MZ2R550OFhkRArLa&#10;Za/eu/dFWJYkeyIRb4VEyUyXoQ6C0xR0Gr8i+9VcLh/e/8DZf1CQ1PN7AqqHy5euX9nY3oSpRxwY&#10;SHsapuVyVojj0k6QB9t2lYiYYHt3Hzvbe2ySQHsctGTOLlfdHvp96nbEAYSDYR+93oBDNElsmKbL&#10;ItdRYsZzPU5Z15RoaXfa+PjiJWRzRVSfq2Jza28llXJQzLtycQQRIIIgCILw4+bKJzdf3trYfKCl&#10;BMhBo8GWpeRAFEwCtt2lPA5KKHfdFC3osn0uD1PFqYLxeFaUxBLS2JZPz7mTjq4DR90QXbtj1zs9&#10;evJSiKZxF4Tud9TPWVo+8eojj5x9Ta7OvcHMbB7Ly7OXdnc2cZNCBlWNuUoAUHigrpncdXNdm8f1&#10;PC/NnZBSOY9SoYT5+QryuQwvHzXbbezuHWBnZx8HtUNonS5Me8D1Z9AeiKazBS8FXtJuCI0bZjP0&#10;WiVsrK3RMjyKxTyOHTs2v7w0KwJEEAEiCIIgCD9uhqMAn1y69h9ubd7GrY119LoD+NwBGceL47yY&#10;EUDzRxiOR+xMRbeI3LFYY0RHuxxhsv9By76cfK7pSfhglOx9fCqq8EjYcNCculEoYTadxUy5ijNn&#10;7/+fqzPFSK7QvUE27WL11IlLQTAeLS5Wne2tTd7f6Pb77HIVaPGgH5R4cFU9uW4a6VwRBSUcaHHc&#10;cUx0Oz2uORIolUqZOyYUOjgcDTAajDGmxPThAAN1ow6Jr+qZ8mayaY+te/eUcDl14qR6bR2DQXcm&#10;nXaPalXCLwURIIIgCILwY2JtfffBd99/72u31m8iUCKBnKho6dx07FhWqAMd7X1QGBzZ6g4GI+5Y&#10;pFOeEhXTPY94OT1Kltbjaaw4L32am04L67RIzN+cJEvoyZmO7qevqVOi2zYy+eKNs2dXf1fX5dB3&#10;r0Adt3EQrqcy+f28j2XLNtHvKfGghMMk9nXmVHTXpfwO2hEqYG5+DvMzJeSVUDB0HeNiHs1iDnv7&#10;NSUsDEyCAEMlYAZKhDRqdbSbLSU8WhiNh/Euk25wvY9GY+TzJTz22ON4/oVn0aw3MFddKOezLimQ&#10;oYgPQQSIIAiCIPyYoFGo9z+4+GtbW+sOvctMyeMpdZgjB6vRqM+z9bQLoulxKCCUCLHVQXAcBjAD&#10;n7M6qBPC50Nqh0ziHRAtmr5+vPMRJ6XHC+x0lNNjuyxOPI8X2ZX4UD+bRrzyuSKWjx//rTOrxzqY&#10;ihs5AP7816K6xp1Wb3Dp8vUrrXZzmTpithKjum3E41dKfKRob0MJX9dR4jcEDvZq6naIMBjD9320&#10;Wx223yWRMegP0G130KMOyKCP/nBAbTneWzIMG5ZlsJjJZdKq5tPsqjWZBHj99TexsrSCkyfSlYNa&#10;LzdTTg/l6ggiQARBEAThx8TufvPcu2++9de3N2/z8m5xZo4D4Fr1Go+qhJMJdz2oCxIO41TqKEk4&#10;HytxkrLMuPOR7H8EkzAe20psdiO23I0S56s7y+fxLntsL8SdEPWprV6LguZyuVznvtOnftNz7eS3&#10;FPFxL+DaJuaqlch1jas3r+995XB/j7NAHCVCNFNnFyw9DglUdWJzB07VCrLZNCrFgrrlsVAtoz+o&#10;osPWunVsbe/CbveUEGnDsF12ajOVmKalcwq/tAyT64+Ftj7GSDcwaHQwNzuHZqs1oxtGNp/39m1T&#10;rLAEESCCIAiC8GPhzR+8+7f+4NXvpRv1PbhehsdgBn1Kjw44z4NGsGgMilypyBKVshb4vWra7Yhj&#10;0eMXimLxEcXb6MlWSPSHpEP8WvRYXR0CIxYo8WMosJCcsBx14Mzkiv/f/WdPX5Orc29BS+Hz80Wc&#10;PnHsRj6bwvraGuqHNXT7A4woFHMUwCCRSiJCiRW6ZQp5zM6WMDc3xwKEHLH8gxrC3pA7arlcQQkX&#10;G5l0BoGq6XA0il2zkps/HquaH7LL1tz8CrqdDtY2bvHP0Q3dU0K6oGFJLo4gAkQQBEEQfhz0+/59&#10;//pf/eu/Wq8f8rvBdKAb9Lu8lGvqJjQzXiYniRCyExYFxulx7gc7VsUb5dzfUN8PaLyFR67YXgg4&#10;ih+MwwmnRr76NGgwse0lMULCxEulUCpXcer0mf91aX5GLtA9iB+EKJQrt/yJxg5VpWIRXSUmRsFY&#10;idR4h8h2bTZByOdzmKmUUS4XUC0VUS5kuFbz2Swq6uv9Wh01JUZqtRpnglAOyFCJ6Fa7hU63jWF/&#10;yELbdgzkJjlcv3ZTfT3GA2fP4bmnn8ZBo4ZiMVe1pPshiAARBEEQhB8P77z94a99+OE7aXXUg2G6&#10;nO0RZ3QoIaEbvPfBXRDSFLSIzs+aJrNFnFTOVry8ExKyXa9Gz2XVER0tofPslZ7IjijOM9SmYkSL&#10;X4tcslxLHSzd1AfLywuv2raR/Jay/3EvMR762FjbXl/b2ByOx32Xxq40w4Jn2dyF87xYfNAeSCqd&#10;4swYWiDf3N3B7fUJep0uGs0GanUKHmzz170OOWl1OBtkNBghVCKHltqpbqnrRk5spJdty8XM0jyW&#10;Fpe565JO57CytDgnV0UQASIIgiAI/1bEB3p13p/79r/5/V9pNpu882FYNh/zTQ2cJB3Shi9DiecB&#10;dyvIjlfX490N6mfoZrz/wXsiUeKCddTzSD5LBAaSDgg5FcUGWfECOn09TVbPZHMoVir/9L7Tx+9a&#10;+hXxcS+Ry2dQKObWPrxQ7968dd0N/DGyqi4ooJJc2MjZyjBtOLYF21EixHVBYYG5bIq7JY5joVjI&#10;I6PEST3bRL1eg6keO+FxPz0R2tNungnXtvm1SfDSbki31cWV3lXMzc3juWefw/5ha860DPV6tlwc&#10;QQSIIAiCIPx5xQdx48bWr7z++muz1N6wHJftc9nkStfiMSr1r06HPXUoI3GA0IdBPQv6Plvo0v0W&#10;ojBgFyx+TiI07vys6aexhSoSJ6wji94oSvJB4p0SL51pz1bn/1mlUpJLdY+STplYXpqtPXD21N7c&#10;XLmyubHBI1ODfp/3hDSlkC1biYgoBcN14GU9zM/PolqdxeJ8VYkSG+1OXwmHQ7T7I+hWCq4XIFfQ&#10;lFDJsFsWW0VTDau6Cyeheq0Qg+EQac9DpTyLRquBjc0N7O7uwveD+VTaEQEiiAARBEEQhD8fR90E&#10;93vfe+WvbW6tw7IcFhu8GD7d5yDxoRksEMIgiJPLY/2QiAWNk6TpiWEUW+8i1izxY+7SHdME9DiF&#10;WuMHRXrys6buWepGWQwpL/O7c3Oz6xl14BPuUYmsasJxvWhhafmG4zjnPNtEq9PFcORzLbLQVaLY&#10;ci1kMhmUCyWUi0VU1C1DjlmOEiWmBc+2kUtnMNdqoX5YR73ZYJe3rnqtbruHUb+DTr+LUW+ASTCE&#10;l3JRLBQQKDGys7ODbLaA3Z1tNFvNuaUVmcISRIAIgiAIwr8Vnc7gi9/73ncfCgOfna8m6lBnGRqP&#10;V5HSoDRzWjanpXJdj8MHY/mic3YHj7DQ+JUWLwqHbL2bLJpruNPxmHZctMT1KhEv0zj0qaCh13Ms&#10;G8VS+Z8cW16QC3QPE4YRDg8auH1ra63ZrMMPxqp2bFgOdcgohDAOIkyl0shmskhnUupzjyvtsNlC&#10;oIRKp9PB4eEhL6HT8nmn1Vb3tdFTgqPdaXMwYRDE9tJUjzTWpfsT7O4dIDvo4+TqaXz5xRfQ6XZV&#10;mRqlxTnpyAkiQARBEATh34p33jn/Ny9fushBbJpu3iUYNB6J4h0QJSpoRyMWDGHcraApevqashMM&#10;A6EfqgNjyIIlViBaIjgSwaIl41yYjm1p8QgXv47BosTggEM6BJqXM5nUdwuFrFygexjyNaiUC+TL&#10;vH7jxg0c7u8okZHlfBiqK3LBMg1L1S51O0wlRmwlXi3YlI6eyXA2iKlqzB/7cEwNY9tAW9VyMPG5&#10;Dg1Vd47jQeldFtdUf7blsLNWyvWUIHdYfL//4XmUChU8+8znc+p5dKYL5OoIIkAEQRAE4c+B0gGr&#10;3/nOd3+h2W6ow1aa7ondrsjlihbKlWAgS95JEPCCrk9z99T70KZrG/G4FImHUThiG1O6j4QJ73NM&#10;pqnncb7HNAF9OoIV3zcNIuQv2JVI3f7N4vx8b2amLBfpHobqaKacw8xMYePBc2exXyxge3+Puxbx&#10;vgaUeFCCwfZVPbrIK8FaLpUwtzAHMqyiBXSqvXazg+3dPWzv7KM/CDGmGjb77HQ1Icc27U59ssZW&#10;BU45IeNBhI76OePeGKdP3QffD7O7++3M4ny+yeJbEESACIIgCMKfjVtrO9966623slqSKE2nMNPQ&#10;QRsdQRRnctAYDNmfcphgknw+FQycbK4eTcnR3P0g/1JeAYkX0OOux9HOOf9H52UQnRWMZujcIDE0&#10;6nzo/HgKNxwOR6lcsQTnyH5XuFehztzK8soelVUq7eilShGDQR+d/kCJhJDrihysbNr3cFPs4uZY&#10;TmySMIm4lm1Vv7lsju11PcdGp11ET4mYbrePkXqd4VB9HI4wHo8wGilxo+rZdVwcv+8U2/pe+eQa&#10;TPW6SvRkFxfm03OzSoDIyU4QASIIgiAIf/az3auvvPYrGxu3+V1kTYsXyTmzfLpgDiO2xVXiJJz4&#10;LBa4g8FdDj0WEupjyKnok9he92g5PZ6+0hB3OuLXi/dAeCpLi47m7nn5fELPjS18w2iyVC4XNcPQ&#10;I7lM9zatdh87+4f7jVa312j2slRvhqrXvO0qcUJZMUp4ZFwWGLlsGplsFvl8hu+nelRiFq1eB/VG&#10;nW14m5QH0uoo8dHjMMKuuvUHXSVqhrzYbugGP5fGuPYPDtDrDjA3t4CzZ05hb3cnWykVUqYh3Q9B&#10;BIggCIIg/JkZDPxnXv3+K48EwQCZdDzqxG5WeuJYpQRJvICuREjc07gjJkiqRHH2B3ctyMp0ar+b&#10;uF3hrlUQTv1IzmwkUHj8SosX2jXLiAMP6XM9zgQJAn8ul/Fc+jXlSt3jByiTMjm0g53N3e6169ey&#10;YeSz2NAS8wJT1axpm3AcF7ZJ41gahxRajgfPtmCpGh2OBhjS0nm3i15vgE63g3azzbshvj9EECpx&#10;bajnmHZcm4ahvjdRzwtQnZvDfffdh2w+R38fmUcfuT8t01eCCBBBEARB+HPw8UdX/90PL1zQDdPk&#10;BVx2syIBMonFRcRKJOQDIO12UMdjMgkpp5ylCI1nWYarvucr8RBwd0M7stqNJct0Tp4W2Y8iQWi5&#10;nTotE43HrlisTDNB6LG6idFoNKMOhY4IECGfpTyOQq1UynROHlucv72xgV6nrURqvAdOi+jUwUun&#10;PZQrZWQLBcxWZrG8tIiZ2RJcxwEFGO4f1rGzs4fdgxq2NjeV0DW5OxL4I+7eUf1R+KBNr6cEjElh&#10;h6r2B70hLl36BCeOHcfnnnhSC0ItdydBRxBEgAiCIAjCn/pc993vvfqtVuMArjq4TZKOBwsBakOQ&#10;la4SJCbZA03tcrmbER0JCV4eV/8GY3IVmhzZ6k4m8fiVfpeoiNPWeSM9HsO6ay+Ejn5GFL9enCnC&#10;I1lF9bmnntiUS3VvQ05YC3OVyYnjx3bL5eKZQrHAVrpkozsYj5UAJiFLy+i2ql0DY/X1OAgxHo0x&#10;7I8x8SccLNjp9JXgGLPJQTadhT1voj8aYqxEyMQP4FOuCAlsVcsTJahHSpg4ugPL0zDodng8i+T3&#10;9vZhZWm5gkxKwggFESCCIAiC8Kfm4LD11Tdef22J3/U1HRYBmhEPWEVRMmylhIBNnZFpuCBngNy1&#10;VK6bSqfQ8vk4Gb+iDkgYj1MlKmXa9JhMbXcTQTKNB5lwjlzcU9ETryxy1RqPRna90Syqu3fkat3b&#10;hKr29msN+CF2ej1fCRIXbiaClfJQMS1eMHeUGPBSKeRyeZRLeZSKeRTyGaQdm2uwrwSIaRkwEmFM&#10;OTc9Pa7HYOwrITNSIqPLuyCj4YDHBNOpDMqVAlLpNNbX15QgCWF7LirlSnlmNi8CRBABIgiCIAh/&#10;Ft5558O/fP3mVRhWfIiiuXedl8OjZL9jAtdy+d1gFhGanqSUT+LuBj1aM1iAsI0pku4I4sXzSDuK&#10;NudFdX6NpENytEWixT9PS3okNJZFblj0m/ijgb62tp4HnpWLdY/D4ZZhhHq9uXv58ifodjtwlfjQ&#10;TVUr5HJl6EoYWOyA5boHuK2+tixLCetYnFAtk6ho08J5t4e+ug3HAww6PXT76nP1PRIhEzJZoPoz&#10;DNi2zSV6uF9H1x3g5On78cLzz2J3e4c6IcVM2pULI4gAEQRBEIQ//YEOC6/8wSsv9/sdZPNFHrky&#10;ksVwOuzRgc2xPZ6Fp+VcPdJjcTFJlsm5S2Hz7H0Q+IhC6nxMktEsPdkRSXLPk9GtqeCYihuDY9Zx&#10;1ArRkq+jJBJdPUa/fWs9I1dLIFvo6kwJn1jmrquExkGti063zZ0yhGNVewZM1+aaTKU9zJSLcIol&#10;VMp5VKuzyKZT3PWgMay9/Rr2Dg5Qq9exvbWNqK4pseHC98c8YkVdPp3DCE31N+Dy62UyaZQKRWxu&#10;bqvfxcZzzz5ZEntoQQSIIAiCIPwZWFvf/sa7771TNJLDVhhO4NMQ1iReMucFdDNEqN3Z+eDuB8Ik&#10;/0MJEMfm8SkKa5vQ2BVpjohERNwNYSesJAMkUSL8QY9wlA0Sh78lQiSKx690w+SuC72rvbO1YftB&#10;CMuUw969DGnYQi6NxfmZHds8i/m5Gezv7qPb66DbH8RjfKYS0apOdMvBRN1010E2l+PUdC/lKZEc&#10;otHpo6cePx77GI18FiyZXAEB7ZFQ3dOYYTThvwk96eBNVP112212zlo9fR+efeZRjP1JaTyeKOGi&#10;y8URRIAIgiAIwp+GN954+1vbm+twKVhNHbCKhRJOnzmF6uwcTNtWB7su9vb2sHbjBtqdFo+y0KGM&#10;9jhiBWLESemTgN2xWDxEsfPVHacrum8abx5/f2q9q00nsJLD5Z2DphI2hqXOgD47b9Ubda2vDn6U&#10;6SDc21D3Ip3J1JqtrqpRF6VKCdlsHmNVgyQ8qEtCQsN108jls6iUy5idLaGiase2LBINPJZFOyH7&#10;tQKLk3aziR6NYQ16GPWH6A8HGKmf449H8GkxXdV2Op3GzOyMEjp9rK2t4fTp01S7BfpbWJjLy4UR&#10;RIAIgiAIwo8iCCbHXnv11RdH44E6jOXxzLPP48UvfQmZnMdL5aZuqf9jabQEjr3tXbz1xut49+03&#10;EgcrPbbJpXeYdRq/GiAKJ7yfHvE/d7JC4tT06GihnWx4wUGD0VF3ZBpAyMvtUfx4nsOnhXV132gw&#10;nLRaHREgghLFIxzs1dvr6zvY3t2MTRCorkwdrmNBo2Vzqq9JSHWDGgUIdjrYUOKE6pJCBluNFhqN&#10;pnqtHgZKUNBtOOijrQT3cDBQty7nglCp26bJo1eW58DwPHTV62U8Heu3b2Jna7Pw5FNPiAARRIAI&#10;giAIwp+Gq1dv/+LFCxcytCT+zV/6ZXzhpS/i+vWruL7W5UwO27JRKOQxNzeHE6snUV1YwEy1it/9&#10;l/8Cphkno7ueiyCM2Ho3mMSyI971oM4IjWDRTkjieKVpR3kJPGTFB0c96YRoyUgXWHBQ7gjlMVBK&#10;iKXZ6j6j21MHR0HIkhhwrHan0xru7uy4o0EPXjrNopXaazS6R/bNjuvy2FVWfS+fz6FYzCObzcK1&#10;lEgpZBOBHMEfDTEcj3gJfTQaKOExVq9lwnWtRDDr0E0LvW6Xd51OnDiOpz//FJq1mqp9Lbu0UJGL&#10;IogAEQRBEIQ/Bdqbb7z9izvbG3jxy19l8fHGW69hrA5jpmkilcmA9nD3D/Zx2Ghg9cRJlItlPP/i&#10;l1Cr1fH6H3wH6VxOHcgsTIIhj2+xKxbveUQ4Sv2I4k4Hf4/u5ZTzpOvBU1zJQvrUFYvGuZLZexIi&#10;JF7UXX7KS21RKKEg5LIWSsVsZ3FptlcqZd3N25vo9LrojnoIVe2Yqq7IZtdVAqRQLKJcKmJpaR5L&#10;i1XkCzkYmsEp6Nvb+9j2bAwmAdyhqmHqtpmUoh4gMaHmOuWQTUpXV8LFUvXe7w7xzjsf4NjKMbzw&#10;wjNuNu3SAshErowgAkQQBEEQ/gSGw+Dk97//yhcoLfov/5VfxocfvMsz77ZtwfFcJUR8lGbyGI3H&#10;0GHg1u3bmCnNIJNO4ennnsf7b78Jy3SgTnzwKSshGMOYnsK0JGgw2f2IV8qnvQ/tKJhQO3psFAuO&#10;JKCQnmraBtuq0vfUgfGTUnl2K5PNyoUTuCYKhXx7rjrXq9dq5WhlgfcyxuMRmyiQixrtgniWDS+T&#10;RSqVUbVqcXFORoEqWXXzQ3ZfS9kuC2vLMNFVomTUG6iaH3H9T0U1mSmEgY/+oA9LqXJ/NOa/g9XV&#10;k/DHE7fZHnn5nN3TJA9dEAEiCIIgCH88ly9d/+ZHH533vvaLX+fl8lqjBsdx+HskBTzPw0AduNLq&#10;Ix3eWq0eL6TPzsyiUqlg6fgJtBp1+L6PYBzwzP0k9ubFdKuc5/AxzfpIts2PdkQSOZK8wzw9WLIw&#10;0eNn0LvZtC5iW/ary8srw1JB9j8EoN/3cbBf6/kjf7i3c4BROILPYkGHm3Lh8eiVh3QqTcvqyOez&#10;yGZT6n4HQRiynXR/EGd+DAYDTAKfxS5LZfVxNByrn9FDv9dhUR6EY3Vw01AolXDy5An199LFJ1eu&#10;KoFexdn7z7jlUtnLZuZ6hhhhCSJABEEQBOGPRX/l1de/adgmHn3sSVy9foldgdjyVokNPwhg2S5b&#10;3lKw4CCY8EjLcDTid4RJMGTzZSVKWuqxsUPQNFgwlhbxTUssrthyF0cOvCxGpiNXU+HBvxQJET0O&#10;OaQgQn5NCpLzvFeOnzoJ15X/fQpxnZi21d89qA9u3FpDq9NQYsPjzsck6bzRDpPnpeA6NgsP20kh&#10;nfbUfRmYpsbCo9vuqBpuotftodPtoK9utLQ+HA0xUqJEZ+tpctUyYCtho+smBSAqUTLCww8/zBkj&#10;H1244D762OOers/JhRFEgAiCIAjCH0e/Pzrx+muvPfvAww9iOOzxgYschEghkBDRdAO6aSbB5fHs&#10;+2G9hRQf8jROkN7b22XHqzD0OTchlhBR4l4VJRa8Ee98kJagdXRd0+MlYS0OGKQTXixCNF4a1hPx&#10;YZhmMoGvPtfNdr5Qfu3MmRNy4QQm5ZkokqWuGXXvv/8UjwcOyL0qGcEiHUu5HqEqPstxUKlWMT8/&#10;p25VVCslpFxXCYwA+/uHWNvYxMFBDevqY/3gUL1OD7YSGNQpIRlsUDAnGTLYcZo6dfxmqjNYXFpQ&#10;fzcDzC8uOOfOHndl+EoQASIIgiAIfwLnL155+cbtW5lf+dV/H812Mw5do3eNTYMXcR2buiA+j1+R&#10;E5XpGshncyjk8ywS9vb3eXwlCkIEYz/J/oiXzKlzEee2xZ0PGt8iQUNjLvF8fryYDk07WlSf5n+w&#10;W5ZO+R8mW6gSSgC9u7CwvLW8vCAXTjiiVMxieXmlUavXuDvXabc5H2Q8HiNQ4mJCCea2rQS1zWYK&#10;/RGNVQ35RiOD3d4ANSWq2+0uP89VQiVfKMClJPTRiAM1SYRwGKEqUNoXoUIlsd1QguXjwcd44qkn&#10;8eQTjzopN5ldFAQRIIIgCILwQ9Fe/f5rv5TOUKjaLK5cv8RdC3KzonEnssWld33NpAOSTqfQaneQ&#10;zxXY/rSrDnBbm5t8MCNRMVGnO5IRE176uOuHTNOjwwjGkRVvlDxGO/qUOh88OqMOe7pJ998Zy6Lv&#10;2a73vROnTqFcysmVExjSy4eHLRiG0Wx3Bxj5IcJI1a3lIp/OwnFsOCkPuUy8+5HLZlEuF1Aq5OFY&#10;cacvlXJhuSaHXKa9FLqqtlutLobdLiek9ykXhMIIR0MMKB19POIxwkKpACvlYDgeqp/jUoq6s3vY&#10;8WYrGSVSpA8iiAARBEEQhD9Ctzs49oPX33jq4UceUod+n2feKS+B9AIlOtPn1KnwPIPfBR75Ph/c&#10;CoUyBw42mm3cuHYNlhIoNPYymb5LjFg7TKbx58kqCD2OxmDoXWUaX+EMw2n8uZ6EDyYBhTx+ZZhK&#10;rEyShXRjkslkXjtz5pQc7oQjqD6HYx+Ndqe9traOvd0dtsmlXQ3qflANmbalatjh2nPJDUt9TrVN&#10;I4a6RqNUAzTrDXa+Gg56nHw+UOJ6NOhzUCHZUY9GY+540B9HWr3OzEwF1fkFXkynsa8PPzxPGSJG&#10;sVRxivkzMBxDLo4gAkQQBEEQ/jAXLnzy0tb2RuHL3/wa9vZ36V1kXtyl1HMalzKUyKDDHI2llMsV&#10;dVCboNHqYnX1foRKFOxs7qLZaqlDYIDxeMhz8tNuRnS3+GCBAYzUY0b+mN2sdLpDjz2w4l5L7HjF&#10;y++GwSKEwg8nkyDOXzCMrdnZuXdOnDgmF064c4gydJSKOVz6ZNhJuzbvaAy6Hc7wiJRo1iJVaUpo&#10;DP0RsukUMmUXpZkS5mZnUSkXkctkuOvXUmJ6a+8AO9s72NraxuFhXQkYJaZ9JWIiBx6JYU2PQznV&#10;30aojm+7u/vwUjZefOlFnFldVX9PF6FEsmtbYoEliAARBEEQhB/K97//2i/nyyV1gCtg5/IGTMvk&#10;pW9MNKQcl7sgnpvig9egP0A6neUdkVw2wwnR169fYaFBGQkTdePOSTJulQxiYTptdcf2Sj1+Enc5&#10;4vyPaeQ5PjVyxW0UJUgmQeyQZdn6q/OLy73qrCRNC3egkirkUpidKbejKECxnOcF8k63i/5gyC5u&#10;VFumrsSDpmpbN2mdnD86XorTzKkb1xv5vBsyIgtfTjw34XoeCxyfnd3ivSZdqWdDvQ5180iI0J5I&#10;q9HG5cvXcPbsA3jm6YcdXTp0gggQQRAEQfijdDqDxbffeuvps+ceQJfyD+h/SJrBIsByHbYezWbT&#10;HLjmpTxeSqf592p1lg9f9XoNa7dvw1YnwO6gxyNaE2h3p3ok9rp31kGou4FEcOhHayB3LHhj56xp&#10;BojBX9PrUuq56+S+e/zkKrIZ2fEVPs1gOCZThE6j3uRjle1lkLds5Esa73U4trrPcZBKp5HP5zkN&#10;nbof+YzHHRPfNzBR91F5GhFlzZjI5bPotXo8YkWduzGNYCVhhFSzgfr7CLo+hsM++r0hXv7GN3D2&#10;gfsQhFFK/cgjMwVBEAEiCIIgCAkfXbzy7PbO9sxLX/8qDg4P2HqXDv7k9uMaBr+zS92HUjHPc/Cp&#10;dIYDCCvFihISGjY2NnG4v49JOGaXrKP9jSg6UhzxIexT2+h3MtBj8ysOe6N9Es4r1O+oFcOwuQPD&#10;7zprei+fK7x55sxJOdgJn4LKrdHsUSBgt95oYWtrh0MzY1EbwlZ1bHs20ukoFsiq3iglnUYHKReE&#10;hv9IYHQoB0Q9v93pYDCiUMIx734M1Wv1B7SIPsBYffTVfTRy6KnXrM7NoaSEy8F+DTeuX0N1dgbd&#10;jpearxbgubIDIogAEQRBEIRP8corr34rVyigUCxid3+L3wkmW13XTbEI0TgHxOQlXzrE0efZfA55&#10;daOk6evXbiKYBLzoO/Yn/O6xPs374H5KckCcdkWmdruJwCCLXtoD0aeR0UnnQ0vSz+mBNNZFv5Nt&#10;mtfm5uYuHxP7XeGHQC5Ww+GwV2/WlQDZUDWrRLSXQhQMQbN8AQtanZ3bXMdFvpBHuVLmWs6r+/Qo&#10;toGmVPRup6sETYMFSafdxKDf5xonS2qqXcPQYKvX8FIZpDN59bcQDxtSMOfFCxeQyeRS5dKTIkAE&#10;ESCCIAiCcDfd7qD4ztvvvnDmvtPoD7oIacxJM5TQcJSQCJHNZTHyR3CtLIe4aZNIHcq6KFVm1OHL&#10;xuFhA7dv3YRlWOh3u0lORxSnlrPQiOIckCgRFbhrDCvJ+5h+hUSgcDAhksyQSIfFQYUBixHTsb+7&#10;eOzEpFIpycUTPgU1Oop5jwIye7MzM8h4Nra399DrdzGcGEokRxxGSHa8VNfpbAaLS4s4efwY5udm&#10;kE3Hu06d7gDbu/tYW9tUImYLh/sHMCwDluMpgT2Os20iTqphW2qyqm53euo1M3jq80/h1MkT+Pij&#10;T7C0vOxl0jImKIgAEQRBEIRPcenjK5/f2NpY/sLXXkSr1eCwP3qnOFSHLAprY+td6oQEZIE75L2P&#10;AB3Mz1R5ZGVzUx3QDg/Y0YpGVCZRwIEMcQdj8mkXrLtPitHdYYP60e7H0Q46PV/X+F1mJKKGFtU9&#10;L/Pd1dOr8q6y8EOhepmfm+23OkoMh2PMzpJjW5Zd28jVLQ7WtOB6Drx0msU2jRW2m21M/HjxvFFv&#10;cQo6ZX6QCYPjOshmsyzKA99ni+l4N0nnWqXAQ1pUpy7djWs30OsO8fmnnsSjj5yWJHRBBIggCIIg&#10;/GFef/3Nr3vZFIrFPK7f2GfnK9rDCIMAjuexMxAtgedyGTi2zZakYz/EbKXEj7l+5QqC4RCTMSWa&#10;+9PpqvhjFO95xJ2Qu/VHvJQeJWseOu4aucJUnCB27NXNozR1zdD3i+XK+6dOnZQLJ/xQao0eGSmM&#10;aeejP1JSuR/valAN267Ny+eZTBppVc8URFgo5FDIZZFNuZwpQxN/fpqCBHOIlKAg5yvHsTDwUjTa&#10;xfk4tAPik430OFAfR5h0xzzW5SqBQh2RRx99AssrS2h3xm46ZanXEBkiiAARBEEQBKbfHzlvvfP+&#10;L5y+737e1BiPx+qQ5rAQMJTYIGtRUgeeF++CWOpBpVIl3gVRh7KDgwauX7/JNlYBjaYE4VQ38CgL&#10;dSym0R/TwSvuiExiW14ciY5YlHAXJBEhZF8a8UcDk4BSCnV1yLM+rM4t7CwuzMrFE34oE6Vq+72B&#10;v7W9j0uXPsHIHyCTSiuh4CMIRqRo4z0m24TrusgoQZJKpVSNe3yjqmvVWmi1muh2W+h0O/xcEh/9&#10;QY9teukWKvFBI4qaej0S58ePHUM2n8f62hree/89zhcp5Ive8uIsinlXLowgAkQQBEEQiCtXbnxu&#10;c/P26i8/8++gUT+Mux+GwULAVOLDsWy23KVgwerMLHq9PvYPD/H4w49ycvn25g5qtRov5dLibcjh&#10;g0o2UHK5Opix0S7neJCrVhALjGmLBJ92yJrmJfDuCH1NmkP9DtEkyRFRQsRxnG+fOnESxUJWLp7w&#10;QynmUrgZRb5l6uHK0oKxtbnF9rnjMGBxQd02zdColkB7IotL81heXsRMpYScEiLU8Wh0utjfPcDO&#10;5jaurd3G7t4+gkYdphIwEyW+Yam/D8PiwjUti1+rP/IRqefNzS/iiScex8b6baxN1p356ktyUQQR&#10;IIIgCIIw5a033/2yYejGTLWKW+s3YNomCwEaRSHxMRgOeETFMh3UmnXksjnYpq3uK8APQ1y5flUd&#10;7gY8ijVRh7NoGjKICXcvNA4TTFywtOlSecRuVlMdoh2FEt4ZzWKdQoFxph4LFqVIdBNBOpN5dfXM&#10;qvp9ZKRF+OHYShcsLswE9Xrd9zzHoER0ss7tqjodk0iO4jqjkanReIxmqwvXbcAyVO2HUGI6wH6t&#10;iYODOg5aHYxGSRih5SCV0uA6AYuQox0lJdBNw2DhYisBX5mtqL+bIYIgwhOPPeiUSxm5KIIIEEEQ&#10;BEEghoOx/s5bb39z+fhJdreiMRON7XcjWLbFY1K5fA7d3hDFgouUOoDVaw3MKrFCmQkHhw3cuH6D&#10;LXRpxp7sSaMkTDD2vYqFCCmMu+JAEpExSQSIdrQbMn0WLa4DBnc8aKE4VL9XpHNH5cbMzPyl48eP&#10;YfqMTy2WCIJiMApokdzP5rJ+o91zVVXDn0RIe2lVx0UlNhy4tAeS8pArZFEqlVApFpBPeyxsA7aa&#10;tjmw0LJ0pDwbxWYGnU6XQwaHw5ESLiMluAP+G+G6VfXsKzHT9sdotTuwjRR+4eUvY2WxaMsVEUSA&#10;CIIgCELCteu3z167cf2hr3zjZTQaNdCyh2nYPDpFaeOO66LX76NULmM0GiGbysLSx6jOVPjgv729&#10;g8ZhjZPQ236PXbN444MyO5Llc0SJC9Z03Eo7UhvQ7hIP+l2JgppmJl0QnR8Td0xo1MV5e35hpbsw&#10;X5k+Ui6i8Efo9Sm/ox+0mq3w9q01tHpNrkNyqKJ6spWwIDMFL5NBWokOx0vBc1xkMh5sy2Ih3el0&#10;0Gm2eNl8FNDOxxD+YIyBEh7U3RgORtz5C5TooBstvNMeSFn9rQyVYFZyhIv8sN5z0mlHvb4c7wQR&#10;IIIgCIKAd987/6XheOzOzS9g72CXhQR1JOjdX8o6yOYL6kDmcO5HIZvjd4Yz+Rxm1CGLDmnXr13H&#10;OPDj8MFxcGS1O01BpzDCo6RzJSaiJBvkyGw3ebyma5/qmbAgITciDiWcjmQZcF3v986cOaMOirLQ&#10;K/zxJLkb4WG9GYxGPbTqhxwWSCtGFEo4HBmqtkx4/gCmPguPF9AdlIsF5LIZrkJKQD9wHeztHaB9&#10;sIf93V10210MRkOMh30EfnBUlyRaMtkUZqrzSqxXsL6+ho2NTVz44CIyuZx94uQKji2V5cIIIkAE&#10;QRCEexvKRHjv7Xe/UiwV1MHexmg85L0MTYtABqYkOAb9AduUWuqARR2Kw3odp06eZOeg3b0arn7y&#10;CY+ejAbJgYzkwmSaeh7xa00FyTR8cOp2lciSZBddYyehZAf9yA2LZEmoBE48r2/0CsXSm6dOHZe+&#10;h/An4to6ioV0kM9lwkcfPoftrQJanR76qk7JyYoMEwzL5L0mMkcwHRsF9XcwvzSPYi7DNdnu5Ph+&#10;TQkVSk4fqPo2TAsWdURcD6H6miQ1/c2QaQNZ73b6Q/X4Jk4rkfzs05/HTSXQdw8OrNNnjstFEUSA&#10;CIIgCMLarc3qtSuXv1CYm+GxEk2nsakQth7nGFBiNI2UUKo5LaJnymUszS/izMlVHqPa3tlBq91m&#10;VUEOQ2S5y7ZY2l3LHrgjKIC78s4TQZIkfiRTWclyujrMTfNADN3g0DcaCVO/0/nyzMLtpZVFuXjC&#10;jySdSk3mqrPhxuYOnFQaGSVy05lMPF5o6LCUiPaUkEilPTZZKOVzsFXNTfxQCZRQiWoasfLhBxOY&#10;uolyTgl1VY+uE49d+cn+x9RJwTTjIEKi1+7iB2+8yzkg33zxcWu+WpQLIogAEQRBEIQPz3/0xXqz&#10;XqweX2br3ZAOWrYBGDSCZSGVikdWoBkolUuotzp4+IEH1UEti3ZviHfffg+jsY+xEghk0Ts1u2JR&#10;EU3lRpwWjbudrXifw4jzQZJuiXbUHklkCVnwqsMc3xXF41uO7bx+/MSJcG62JBdP+BPp9sbYr7Wo&#10;JRe0O13UGk20Vf1SdRlK4NLeRxpKhFhUYy6icILeYMBhgbTzMQkD9IYjDhikDp/nWJgoEUPdDst2&#10;4I9GvIg+Ho35FgRjJVa6XM+GKt56pOOxzz2Dl770ArIpS851gggQQRAEQQjDCBfef/+rBi2L016H&#10;l0a1Mod6pwnfV6IhZaoDWw8L8xklSmx1yJrgqccfx8riHHdGPnrrMi5//LE6yKXRadY4lI2yOnjP&#10;YzL14Y2dr3DXcjl/j8e8km5I4sGbeF4ld8avQ+8m00Fwor5Pv6fnpb995vRpJUQMuYDCnwiN81GR&#10;b+3sRTdv3UK9scdBmiSOyYb3sKaEgunAcUykPBfZbA6ZXBb5XEF9nuHRwU6rjcODQzQbDTS7HfS7&#10;PfjDPgaDoar3MXfmwiCEH/qcc+O5Fmars1haWlKv3+Q9kFu3NlCtztop10Y+a9/9pyAIIkAEQRCE&#10;e4v1te3MjetXX6TF206rydaiC4tLmI0W4lEqJQCyabIsLaA6W8Z8tYKUOmDR+eni5dv4rd/8Ldiu&#10;EgiBj263fdfy+QTTTY/o7rBB3BEcHDLIj9Pj79GoFX2uHz1ICQ6Dlkn4sbZlU9DbTqky+8GJk8fk&#10;4gk/kpRnIp1yQz/wwwcfOIONDQ/tdpt3QFjc0kifbcHLpDl8cH5hXgmHBSwvLqBcUKJbfX+gBMbO&#10;7iG2Nrexsb2F9dsbONzd444ghkpoUxfPmsDVPOimpf4+XLjpPAJ1jLNdD8vq9dZu3sSNa9e1cw8+&#10;oMTNklwYQQSIIAiCcO9y/vz5R5qN2qpl2qjXD/Deu+/isSefQGWmgkK+gDw5XamDWTrtIq2EB72h&#10;3O6O8eprb+Cf/vY/R6fbRaFYQrtf5/yPOzsdid0uJuxiNUncsI7yP5KPkToE0vcMTZ/ew//yaBYF&#10;FCZ3T5PRDd14c25hubawOCcXT/iRUNWUK3ksLSxgZ2cH+UKRna4Cf8xW0RQQSPkypu0osWGh3x+h&#10;2WjDtRyMhyMePWy0Otjdr+GwdoB6rYXROICmHu94tMBuYRKGIJs3Nm6gRXQ97v6NByPugpw+cwxb&#10;G7vqsZ5ZKubEOEEQASIIgiDcu9DB//y7H75Mc+vqCMUhf++9+SrWb9/A0spxzM7PY2Z2BrOVGXVo&#10;c9HrdbC9sYOPP/oIt26voVSpKIGSR6gOc712hy14SWRoUSw8tKkEScRHsviRnAw1ftx0R4T3QZLv&#10;0yFOS57DIzTJ7gc4t8F5dXV1FeViVi6g8CMhu+h6oxvksl6wf+CoejLRaO6zrbNLI1f5NNT3kMvl&#10;ePyqoAR3uayEN+WAmAZXcMpz4LkOKEU95ajnpDPo0ijWoM85ICQ0Qt9XPytMMm3AwoXycm6rv5Ne&#10;d4AXX3oBjzx4n+W5crQTRIAIgiAI9zB7O4fGtauXX4jUwZ+sc+ldXHpXeHP9thIhNzl9nEZKTMPk&#10;MMIJ4nGprDqkVZQwod0MSoGmiMDhoMcjW1qUjFppJDzuMsFiJyudH0OCZDqqpR0lnmtHi+fxvToL&#10;EJ2FinqOejHDMsJMrvDdE6dOwtDl+gk/mpE/UcJ5ENUbrej6zRvY399BHEpDKecBF6hpUdCmHWeA&#10;uCmk0im2nM6kMjwi2O200Gm10O31WFSESmj76rm++puh+qdOCbm/0S4I7YREoc+ubelMmn+HlaVj&#10;OHP6DLm6RYHSKKasLgkiQARBEIR7lQsXPj5Wq9ef4AP/JIoFg7pZhoVIJ7kxDf8LeVTKsm12/qHc&#10;hDAkUeBzqFswpgPYiA9zsUiZxJ2NadMj+Xn0DrGmfTrx/P9n782CJMuv877v3rx77ll7VVdX792z&#10;YGYwA2AWAAQJAgQJESFZoiTKDpkOi4qQ5CdHyBH2s+1HvzjCYTvCD36xHWFTlihbIgWaJAQSG0Fg&#10;pqd7pnt6uruqu2uvyn3Pu/mcczOreig9YBnMRPecb5BTWbncLMT935j/L88533dS+TBSAZnsf4YE&#10;EnL1g52EGD5SI6YNnHFrfnHp9sY57aFX/WTyXEuqF/sHxyjkfTQJmkfRSOaK2Gpa1rfBs0Uu8vkC&#10;D4pjZWUJqyuLqHEOCP0zGA6xe1jH7s4uHj16iL3tPTRaLQx6XQzpOc6n4euB555s25Egw+UlOsbZ&#10;s9jd3cPm1hYHfWJjY82plIpYWChA+VmlAKJSqVSqT5wYNN780fUv0eYpH9HmXsBBAv+ymQzuY+eq&#10;B8NDZpWbk4F0bkkx6UG2H3X9AI5joXl0CE6Z5g0dH9fkWDaDoSGZ3sdJ69Us12OWkG5Mh9O5xYqB&#10;I3s+zTZzOUd+yowI257a9p+fO3d+zIPwKtVPohwtr4V5bquq0S+pBBP2en2BisEklPZBpgFec1EU&#10;0zoeia1uFGZAbtMB2Abasm14QYBSpYJub4gJAYdJoG57I8STyck1xRkglp1DYthotdpYmp/Hy6+8&#10;gl63iW/98V3zjS+8jiUCEJVKAUSlUqlUnzh1u338xQ9/8LXDVhNxEiFKEvAXwpljVSotJBzSlrN9&#10;+XaYLXi59932XAlj4wwFg24hbdpGkwEmUUgbNuN0+Hza5pJMh8qND8BPklVLpnMgGfjMckHMDHqm&#10;lY8sCT2Dk3y++O1LFy/R3+HoCVT9ZKBNt3ASYWV5Cf3hCD0MJFDQdjwsFCvwXG69cuF5eVpfASrV&#10;Emq1ilQ/ePaD16A5irLrgW5s1lAqFTO7XT9PwDJEQiCT0DWUiLW0kWWE2GwmzZ9jY2d3V66tK9eu&#10;4MK5FT0pKgUQlUqlUn0ydXhwXKUd02vFQl6SnPnbX+6J51YsDlHj5pSQ/jWZdAROcqYtOR/lWhVz&#10;c4uYX5zH6pl1ab3afP9dGEk6bdgysvYW+RRj6r47db+aDaGnf2WHaMzAZ1YhMU8DChlKZCLE7Faq&#10;83924eJFPXmqn1jDUYzDegeIQ7TqDRzRrdU4prWVCjCIBa/voZAvISgU0Gy3cHxUR7GYR4Fgm1fu&#10;aDxBb9BFm6CdZzxceg8IUGyHWw8dmQOJx2O6VrgVK5J5qsloiF4vxdFBHVefcfEf/vbfxPJiWU+I&#10;SgFEpVKpVJ9c/ct/8fsvddv1Dc7WmLVFcVWD7W5Ny5JE9BRTYODWq5RgIJpg2Ovh/nEDd997l0Bk&#10;HmfObsAggOFqiSF99ck0sTx7rwANcNp2hdlzWbJ51gx/kkY4rYJAZkCkdYt76+l327b/cmV1bWf9&#10;rNrvqn6KjRRX8awc7j14hMOjQ+zvbEuLFM8zheGI4GKM4TBEh+CCKxuTSYVTMuEFnlT4uA9rPIrQ&#10;aHSxu7eDRr2JfqczbdUa0s+JuL8lBDgJXR9JRLBOb8sXedZjBeN4IlWSkI4zGMawLYM+31QrXpUC&#10;iEqlUqk+WeJk81vvvPubhpkijpJpGCBb3iLrdycC4IFxho7MvQrwbAtmEKDmebSJcpFzcxgORrj5&#10;1o8xGHTltbZtTZ2ukDlXyffHvNVKplWPaTAhZrmEM9td7lwxT+GEax7pCZPIix3X+9a5C5fSuWpJ&#10;T6DqJ5ZjG6gUAwHdi5c3UC0HaDZa6AwGiExb7HJNmy15A7GUXlxcwOqZFVw8v45auSgzIHGcot4m&#10;8N7cwv2thzg8OESdbvwzErMFU0waUssh+LBlCH1uvkbHWsTRcR2TccjzVphnYKdjr6/VoASiUgBR&#10;qVQq1SdK7713z93b3/mKYcxMbzPQyLL+UoScZ2AYp8xA/xLXKyOCEYX0lI1Sfh6lsolBrw2rZWNM&#10;G7rJeCLOWAwxXMEwpzMgaWLIQG82z5HlgshnmtOf088xpv3zEl7IQ+/TpHTTdOJSufrnVy5fpg2l&#10;+gepfjrl8y5t+s/g4cNHMAgS/EIBbj6fWUYTYHCFxLZtuK4HhysjkxDHx02kYSQA3el0cXDcwO7e&#10;PupHDQy6PbBtg5cPCF5spEHKFm+ynnnNs211RNDSpfedO3cOL730Ih7e38L2ox0sLNZgKHyoFEBU&#10;KpVK9UnTW29ef348GlwzxeUqFPCIU+OkVSqb2ciGvzHN5zBtC5blgt/DmzbOCBmNsoFecb7K5STY&#10;jfvqQw42DEOBCVPyQzJHrKlP70nXFQ+jGzOXLGM6DAJMIWT6fJYfslurLfzw7PqanjzVTyXOATk8&#10;6pi+45iFfAHHdQKJg2Op8tmORWvWR9HJBtC5AlKrVVGtllEt5aXqx/NQZjmfdQnSWvQIUDqlAtq9&#10;LkaDIYY9Au/JeNqGlQURcg+hdG/RWj+mz/red3+Aq1eu4gtfeANnzizoSVEpgKhUKpXqk6XRKMS7&#10;N258NY4jZzgOecRC5jcYEvib3zSJYXteFgA4mxDnqgWyVHLOCOFhXe5xr9/bxYQgJGbg4IwPZEPk&#10;HFDINyYTHnDno+RM89Qda4YaSZb/YcxaroxZlSQnlZGs+sHzH853zpw9211Z0c2b6qcTt0+NxpPc&#10;4XE999b1G9jZ34HrOgQMBrq9JkGDGEvTYzaKhQCFQgkBre3Az6NcKkrFrdFoCrj0uh1MxiNxfuMG&#10;wziMxIJ3HNL6ZxMH+ilBhEmUhWgSfPM6/+KXvoxf/9qX4Jzs6k5hW6VSAFGpVCrVU68HD7aNO+/f&#10;/s21s+dx7bkXsLC8goA2WpxQ3mw08ODefbxz8wbq9WOpejhWTvrarZwjMx48oB74BZnf6Pf6tLkb&#10;TgMHs8Fyye2QPVbWXuXYtgBOtz+Qx2wryxaRbZ9hfCCY8NQBa3Yf8rvrF/7k4qXLKJV8PYGqn0qe&#10;l5OU8/2jAywu1QiyBwQeXYwnEa1OHkY3pZpXKBWwsrKM5cVFbJw7i8XFGsp5H65Fa3cwxvbeEV07&#10;D2UO5GjvgF3k0O51EBGAcAUknoSSJcKLOwgc+qwlzC8s4Pioge2dHdy/v42lpfnQI9DxPY1CVymA&#10;qFQqleoTpDd/+OMrX/jSl178jb/+N4ghDIzDSKobJg+i04b/c6+9hr/WG+DNt27g+z/4PpqHB4ji&#10;EIAxDWYzkS8UMex3xd2HXa5kbJyHz+M4s85NTr/h5W+GuY3F9TyU6X2ddltmTGZtWPJjCiGnTlnG&#10;tD2L26+sYblW+/75i+emMyoq1U8uXmcLtSKBxTIO9vewtDiPSqWM4YjAIQyzyh3n3lgOPTYm8G5I&#10;mnmOXdjCmODZQItAu93pZnbUFgG15yNfLiOla2FCAMK2u5yGznU7do9zXAteUISZ87C8uoZnnrmG&#10;d999FzffMeMXX3oBl84vav1DpQCiUqlUqk+GBoMRvGL1l/7G33u9cH/zPh4+2EJ/NBT73XKpTJuz&#10;ZVSrc7A9C69//rPI2SbeevMmWq06+u2WbNZ4g8W7On6Mv002pokfmIYGniSAcEGEs0FoI8cbvWJl&#10;TuxPXdeFTXARR5HcsuqJ+VgiOk7mQ8SBy7bfX1tZe3fjzKqeQNVPrZjW4HAYGovzNYPXW7s/wFHj&#10;mNaihYCg2PcDFEt5guoApXIFc7UKqpUSSnkPDl0XyTS3hh3fej0XxUIBIYFKLpfCp7U8Hg4Rcghn&#10;kpxABZspcBshA/nK8io818P2w21U5xdQKfoKHyoFEJVKpVJ9ctTpDvHsC8/95vWb1/Hn3/lj2pj1&#10;4QYOLMuWTdK7t97C5csv4NlnnhXXq089/yze/vGPaHNWQjoZy4aKvx2OJxF63bb0vAtvGJmjbla5&#10;OHXTmg2Wp/Qiix5s1luIolCgxKbNG39THIex9NSzc5aED5pZe4rMklgmPM/7442N8/HCfFVPoOqn&#10;h+5hhHqjkxuNxrl7Ww9wcHBEID4gsAjRnPAsB69FG/l8XtZ5vkhAkqdbke4XfEk8H9Lre90+Rv0+&#10;BpJ5k0PB8+GaFsYEMePRSNLWMxCJZb1PJiOZF5HckP4YX//6V3Hh/BnJAVGpFEBUKpVK9YmRY9vL&#10;cdx7/fqbf0EbsAlttnyCAFccrFzHpd8t7B88wjPPPIN8EIBDCi+e38Bf/PBHcLyAYGEiw7nc9z4a&#10;9AlIksfSy7P2KRld58HyNLP3jWUo3RZY4ZRoGWhPEoyGQzp+TlKoHYIf2iDK5s2yvOnrMqetfKH8&#10;rYsXL9Hr9D+Jqp9ePANCa9Mg+DA63S467frU3Y3jO1Kp3KUgeKA1Z1kpCnkf8ws1LM7X6H5e3K2a&#10;zbas12ang4OjQ4KKBsLxmKBjcuKAxdVB/pnGISxiaHbXygd5hATYpVc+iwsX1zlPZ6Lz5yoFEJVK&#10;pVJ9YsRjGalpfuHGO28vdPstyT1wHFvmM3img1unuD0q5N53+oeHx9lSt1ytir3uJIwIQjwZQu82&#10;WghHE2QtU6cJ5yyubiTJ7He6z98YO57Y9SbT8XNjGk4oj/UGkr3A4W1cTOFqDG/qJE/BtI4q1YUf&#10;nb90Tk+g6mcSzyxVy4FF691aP7OKcsFDr9NDjwB6SFAhmTQE4Jw7ExtszeuiUCxheWlZXssGCsOV&#10;JczTbW55CVtbD7G5+QDtZgP9dhvx1NWN1zqDfM7wEeQDLNPruZVrZ/cAu7u7eOv6e1iYm0+q1SLK&#10;RUdPjEoBRKVSqVSfAAChfVKz1f7qe3fe4e974eTy8pjjEWikETzXRxRyb7sv1Q/xqTJS2mAZcP2A&#10;YKFPPz1EaYxuv4OQXptNbeADEJJOZzpSel3WkpVKlYV75Y2p124WgJiT53j7FkUcYBjBpr+BqyAM&#10;R9zuRWDy9vr58ztnVhf1BKp+ZgV5L3fu7Nnc1oNtWrem2O6WimVUa3ME2i4s1ybIthH4vmSBBAzi&#10;oxH6tP5DWo/1ehv7h8fY2d9D/bgh0MEtgw69nofSEzZaSOMsD0fyRdjmN8VwFOKlT7+I5565hps3&#10;riOOzfGXv/zLBCDzelJUCiAqlUqlevoVxWlwd/P+V48aB3Bp08Qy7RwnCGZtU2mWA1KuzknrlQzV&#10;cv/7eHDSMuIHeXG1Gg46tJmaVkCAx1LT08c+MYMQhhMzZxBQhKcJ0MZpF8qpA1ZOZkvGcYKAPscK&#10;eFPof/PZq1dR5SA4lepn0HAY4ei4k3MtK2dbOYwmYxwcNWRN8qrl6l6hWEApqcC2CBzCBDGt25DW&#10;qznJyRr3CdJrlZLAse86qNB9rqIM+pkNdTicCJDHSVbho48SCE9SA42jFn40eFvyRV568Vq6ulLW&#10;k6JSAFGpVCrVJ0O9/vDVO3ff22B3KcvxpqyQIqUNf5pLs7YrPxvEtflb3TiSgdtRb0BgEMOkTRW3&#10;mAwl+2OcuQPhtPLB2zkOKuSWLoYXHgLh11gEM/wZWZXkFDxmcyMCINyTP30/hw/ycHzFrcYL88vf&#10;PrN+BtNgdJXqpxZX2Iajsbn1aCf34+tvY/9wD6ViiaeTCKSH6A16aNbrcJ09eHmfALwiLVjVchnF&#10;YjbDUT86Jog5QrvdwmQ8kTXOa1mc3Og6iegWshUvQQubLKTTUE65Puj+r339G/i7v/V1DjWc6BlR&#10;KYCoVCqV6hOjg4OjXz042DG5Jz777pcHxTMLqxxBAm+0uFVqobYgTj2paaHf62EwGgsseF5Am6kU&#10;vXaHgGTafpVmlqN8Z8ozGYgwULDVLm2+3KBAm7Jx9ryRPY+p5S6mADJLUJfsj2lFpNvr3Hdd5521&#10;tSU9eaqfWYFv0cbfyjXb7dyVS2dRDhwZJmdL6ixnJkdr2xUr3lptHhsXzuLCubNYWZxDyc8qhYNx&#10;hL2DY9y5dx/v3X4f+3t7aNebaLXrGBKQJJIDEiNOYlnarm1hbq6GUqWMZqOFKAy5AsmcHdPlp3k2&#10;KgUQlUqlUj39iiJY9x5sfq3ba8H1LPlWmPM8eLPEQ99sH1rKlxAlBhbm5pCDCdpSodVqEZhMBAwK&#10;haLc7/bbBCITCW9LT+x2jWzIBJiCTZadAHHAMhGOsuBBedjMwuEkuDBNH2vFwmNzIzkOgvthGEXd&#10;UjHQE6j6mcXra2W5mltbXc1xIrmXz2OeACGuVmROg6t1pm3AyuWkoZCtorfZtY3AoloqyJptdXo4&#10;ajQIOLpy7fCsklucoMBVw3FI8DGZhm/ScxYBje+iSsf3CdpLlUW5fr73/TdRKpUnFy6sYa6ia1ql&#10;AKJSqVSqp1yd/vDao4f3X4CRyCaLAcAiADAJDthtil2oRuMRCsUayuUKYtow8RB4q9nCeBJKL7vv&#10;eWg365n9rrSgGBmEpNNmE6mEQNLVedfHrSmmbQt1yDzJrAVr1vqFD7qRJimnqJsZ0BD8WLng35w/&#10;f0GsUFWqn1XstNbrjnOLc5Ucg/btVhOHR40sY8YPkA98lMoFFAtlVGocRFjF4nwZBXrcosUaRZx+&#10;nhOb3sloRGAylsRzhwA+cHyMx2zFOzwJImSwzsn6j6USeOXSBSwuzuHG29fp+HPjjbMrelJUCiAq&#10;lUqlevp1dHT81b29HYehg4HBcmyMwxBuzpMEQQn/o+fK5ap8axvSpqrXH7BrFqJJJFUMDl/jDVgs&#10;jlVJBhbTOQ5kTJHNg0i0Am3caAPGG7yQPkeem1rvyjfFRtaGZU5bsNh2l+c/fHHk4lBCu58vlL73&#10;4ksv0wZRLUtVP7uGowiNdjfXaLZy19+6jsP6kbRADYcTNBt1Agx2W3PF+CAoBpLdkc8HmKvWUCjk&#10;Za6j2+uh1+lKFsgkimROiVPUuWricBbI2EUShVkOSEbhBPApOvSet6/fwNr6Ol597XO4euX8pFYp&#10;6ElRKYCoVCqV6ulWnMDc2d37Sm/YAVdAHBOIwgiu58vst+u54u7DvfBnVtblJzeqt9sdurUREhzk&#10;8yWMBkMMem2kvMmiDVg6m+eQlqlpFoIUQZKT0oZtuRiOe1nTe5zNm3ClJHvX9C1TC9/AL9DLkuwP&#10;Nq0b80srW9euXdETqPq5xFBLMGw/2t2xgrwHu2kIdEgl0LIEImzXQVAg6KhVML8wj5WVZSwtzKEc&#10;eDJcflBv4MHDHTx8tI29vX102i3JEBlPRgToodjwsnMWw3UiA+gprX0Tts1uWDZ+4zd+A69/7lP8&#10;54z1jKgUQFQqlUr11Gs4ilZ29nY+nyDOwgVpg0R7Lglo4zkQ3jyxHa/j+FhZXpEKBFc8jo4Opd2K&#10;Kxi1uXnUG4eS5cGOPx9w28Vjv5xkgSRSVUkJNqQVJQsL+YBNr3xTzFalcSz2pQwh2RCvuG19Z+3M&#10;RqgD6KqfV2yosDBXsvJBQQDBZSe30YBuE6mCjKOJgDivPc7tGAzHtGbZvc2C4zkC6LbvEaAUUCwV&#10;4AYBDvcPUafro9tqY5gOEKZjuo4SWdOcAVLIu1haWoJFAH50dIyth49w1LhGkO1MXCdH0KNT6CoF&#10;EJVKpVI9xer2+r9ydLxfZitbqTZw7YHTyumnxd8C033P9bC8vCbtJ2kUYjQaYXd/XzZjOdqIuYGH&#10;0c5I5kTSJKtkpFMHLeOxvZSRZrUN/obZpY1YGo2nA+mnVZIsB53/BoaRRNyDLEmQ5qwS+g+fY8K1&#10;nG+eP38epZKnJ1D1c4k7/jzXtdfX13FweITb+8foDUcEChYqtRI8WvO+78jaL5TZfreIaqUIn6A8&#10;DBPJxmm0Otg7OMTu3j667TYmdF1wcjoHdNIFApeuGRNTRzm60BzXIYj26NgBfunLz3MCOr75zT8h&#10;kK9N3nj1FZRLrp4YlQKISqVSqZ7ezVez0fpaq1nPXKdog+/JnAXEJjd7TYLBYIyN9Q3kiALiJEcb&#10;tTqazTb6gwFc18eINmG9bjeb/3i84sENV8nMySo9nQFh+13XxVCsTmcj53icVIQ/GF4m9Ec5ni+p&#10;6zIakhr7xVL5zatXr0C/J1b9vGq2h2h3hnbKsxzdHvqTMfrDPibtkcxpcPhgsRRI9keZAKRbKhJk&#10;lCUHJHBtwYrJeCzVw0q1DJuuo2q+iE6/T9fNUGB9TMfkOSa+pNhLi+elTuemxtjd2ZGKy5m1lbHn&#10;6dZOpQCiUqlUqqdYYZiUj+r1XxoM+tluX4LPc9IKxSFqwySUdPPFpTWsra7S47G0TG1vP0KPU56H&#10;Y9p0zaHT7qDf7Uug4MmwOU5TzNOT1ivmmjgLFDRy0q5lPB57PmvBmv00ZCx92hoWZZkgOfMHSyur&#10;RxcvntMTqPq5ZVsWWu2Od29zE7du3UWz1UCh7CNnugQHE0zCMdq9BCFdDxHb6bIVtJkZM0xClwM8&#10;cbB/gN29XbQbDakCcotWMgN4WrfcQhjSY1w9RBLhpC2RXrO7vY2vf+Mb+MJrr6BSDoZ6RlQKICqV&#10;SqV6qtXtjz/baDXOxkbmZMVVkDiMpK3Koo0Zt4qMJjGeu/I8Cn6A4WiIbruB/d1dDLoD2mSZ0mZy&#10;dHiI8Zh+R3Jy7Nnw+Al8TNuxpPphe9NWrez59PRNmfMVMtveRAbOp38X7/t4cNdy/uzipStYXJjT&#10;E6j6uVXI29ze5zFgXL12HscHBXR6XQwIsLntz3HoWrAdBHkfc/PzOLuxjksEv6sLFTjTxMBhlGJ3&#10;/wi3b9/F7ffewx5dH516A51OD2O25iUISdgdK8kG0F3XQrGQ2UfHUYCV5SWGDzmUnhGVAohKpVKp&#10;nlpNCCyO643fzPEsBm2LwmgCz/cRpQQIliuVjtEoxPPPv0IAcjlz7slZ2HrwAK1OF51uG0GxQERh&#10;YNDp0AYrCyRMPzBzfgogrETMrlL4BDbRZHzyRfA09/yxlqosjWRCAJKzXYEVCTA0zCQoFP748pUr&#10;8L2cnkTVzy1miLPry2691QEHEcYpxGo6yBfZeVoqHQzkDs86ua7YT+/u7CMcjgnKXYwI2OvNJo6O&#10;Gzhq1DEOY9gOD6VXaEFbGHtjuZZSJmg6ds7JIU/wwYGebMubM0zcef+e5NmUS8XhfK1I8K/NhSoF&#10;EJVKpVI9hdrbO/R293a/VCmX8MYbX8Xm5nsYDQcyf5GzbNpA+bh25Vl88bVXUQpcRAQOBwd1PHj4&#10;iMBkjEkYYu38EuLxGD2Ckcz9aoYSH2zDOgWRVCiD7U3DWdvXY21XElKYZpu+dBrWFuRtGVTn9PVc&#10;LnerVpt/7/LlS4/9P/mrkYUq1U+uTneC4Tj2FmplgvIJNu9vYcxmCvQczzcViwHKnicBnNW5KmrV&#10;MuaqFRTpmrCsHNwwlmrdJIoxGU+Q0I2dtBw7Jw5ZnJnDttZJEk2DCA2pLvJ8yfzcPF566QX0+0P8&#10;4R98E5evXht++ZdfFfMHlUoBRKVSqVRPnd768ZvP7Ndbzz374otYXFjB2so64iSbs+CNlW27WJiv&#10;ws7Zsh2ajEPcvHkLnd4Ax/W6pJJzC8phs47JqC+zHSet7Y8FEJ42YEEcrQwrs/qVXno89ppZ6xUz&#10;iJFm7Vf0j0UwkkwmMjdi5szvrJ89P1xfX33s/4lu1lQ/m3jd9UchGs2m9/69Lfzlj99CkkbwXBvD&#10;wRCtRg9HRxxE6EirYbGYR56ApFSoYG6uBo8eH9D10GrX0ev1ZdCcQZpXMs9OseUuQwk7ZbEZA5s0&#10;mFNnOX4dBxH+4Ad/iYWFRTz/qefx3LOXhx4H8ahUCiAqlUqleuo2XrTzunnzxtfeefdde3ltFQsr&#10;y/IgQ4VFgMAbJN4GDfsD9GkT1R9E+OGP3sLWo0c4OjyiDVsDa2cvwqTXthot2WTNks9PP2NaAcma&#10;pwQTJP2cNmY84D6LKZy9w3isGsIWppy/YPHwecIJJSkcy4TreN++fPUqqpW8nkTVzy1ef6Wii3du&#10;HfnD8Qhnz6zIPBPf53Uns1CeKy1T5XIZq6tLWD+7hjMrS6gSjDg5C4PBCFs7u7i3+RD3723icG8f&#10;vU5HWrWiJJT8DwFumXdic+tEhs8tnnGi9b6yfgH/8e/8R1hfqfGfpDMgKgUQlUqlUj2dajbaxta9&#10;zV87PtjG//Tf/3f41Gdew4svvYD5+QUE+YLkbvBMx6Dfwebmfezs7mGfNlb7+4fY3dmTikm1VkUU&#10;hhhyGGEUCmSk038bHCBIG7iTKgi7Y9F97q93HFu+NZZ2qyQ9teBlu16uchhZDgh/Y+x6Tja4a6bI&#10;GUavUp37sytXryCnXxKrPiTlPQtn11aCOoG063qSdM7zUONJKDMaMVficpk5Q7vZgecF8B0fNkGy&#10;R+szJJhgi96V1VVZ/TYd4/DgAMbREcHJAON4RK9JMzcsulkE0uVigSC6iiFXDglOuKqYokZrHWNd&#10;2yoFEJVKpVI9lbrz3t2Ng4PdT1uWI5uk/+9f/Ut851t/SlAxh1K1jLwfCIRExAYjggxuneJwNZ4N&#10;qdbmUSyUYBBTcPWj221lmSHpLO/DOGnBms1+SKQgbbS4tYtBhNPVZ+Kqi1RLsvEPuWXp6IZYpErb&#10;CoGJkTN/tLZ29tHFi+f1BKo+NI0nCSqlUnDt0iXce/AQD97eoTWZSsp5vlhBIQgkByRP0FCrZjMg&#10;5UIenmtJcno4idBt99E6bqLTamE8HMoqdoM8rdmcZNgESSSgweuY3eZ44JyPt5xfx4WNc7hz+w52&#10;HmxjY+Ps+NLFVQVslQKISqVSqZ4+vfXW9dfHo1HFyGXJ5HnaZEXhBIf7u9jb25EKBH/ra+Ysujlw&#10;CDzypTJKZV+sdkeTMQpWDc1mXWxGxf0KH8z9OHW/oqPRhooHcV2/KEO5mSXv7DVTbDGyhixOig7p&#10;b8m5tgz3StuKYRGMeN+6cPlKurxY1ROo+lDEeR0Hx11MJmGws7cn7YVJHIqhQrvTwGS8K5a5AQFH&#10;UCyhImGERVR4IL1SlGpeTIA+mEzEMYvBnA0UyqUi+sMRRtMgQp4N4dcl0uaYZY8Qeku6uk3H2NvZ&#10;pTUfp9W5uZGp8KFSAFGpVCrV06bhcIJbN9/5Bm+EOIqDqw0xt0tB2pwIADIoSaUdKmuJsm2HbpYA&#10;A7+Wv9VlSOgQgDC4pH/F+QqPwcgs55zT1R3Xw7DfEbDAST7I6Wvl3wQm3PriBb68if8GgpKkVK7+&#10;+bVrz8DVIV3VhyTe7HMl49ad94P9wwPs7G1jROvZc1yYkxzBAYGyxY5spoADmyMwMOTzAcGDJxWN&#10;g2YLW1sPsbu7h1arjTG930ynDYncekWfE3HFj68dbudilzmTVn3PQPPoEPXDOr761a/g6tWLk7la&#10;cayWCioFEJVKpVI9ddrafFje2X30RsotVuEslTmd7v6n8xtpNiLOo+jcpsWbMB4IPwkopJ+9dgu9&#10;XoeAJM4Szh8PAJlK5kCmYMLtWzkJFAxPwITB43RwnSsuBoetI0pmQYRRBkE5a29xefUvLl3W9ivV&#10;hydef6Wiz8PkQT7v49KFc+i0mugPxrx6BYSlfIesVbBYLGBpeRHnN9axUCmIMcLVyxt48aXncffe&#10;A9zf3KTbFvZ3dghG6DjdLqJJJOYL3Eooi5vWvec6dHPFyvrM+gZef+MlDj3kDx3pWVEpgKhUKpXq&#10;qdPNGzc+M+h11lMjQZxG0sfOwJFON1mMHjIIbhIwWBlw8Le+zAmJVD9c+IGPI9pk8VxIOgWQ2YZu&#10;BiKzIXSpmkQhXK+QuV+ddF2dzooY04f4Pre/WI4Lm4AlGo8k/NB2nO+cv3Cxs7ayoCdQ9aGKbW8v&#10;XTwfsOnz/fub6A8nBLw51Obm4LL9LsEC53nw8HmhEMCiNdputRFPJgIT/d4QR60O9vf3Ua83ZI07&#10;nge/UCLgduR3NmnANIjQ9nKoVioo5AsYjkbg5sV3bm3h3NnVietaE9fWCp9KAUSlUqlUT5G4BeTG&#10;Wze+kqSJKZWHGXiYhjyX8UeGAwwDpmnBsEz5FjhHmzKLM0HosYjgotVuYjIeYtZp9XgV5PEcEP7J&#10;x+Z06PGwNz38aeWDPzIVCMmqL/xaTpyWXBEjy0zIB4U/vXr1Cm3aXD2Jqg9NUZziuDng1Z4vlQrS&#10;9le/38rWMoGwzwPk+Tyq1QqtfYeuAYtAxEeBXucTmPBa5mqgaduZqXSaXTsMz76fx2gwQDgZZ5VG&#10;npMyTbHfZbctzw1w7blnsLGxgTd/+Jd480fW+PU3Xh1dubiiJ0alAKJSqVSqp0f7e0fW1ub9X+fe&#10;de5Lz7IDU7G8NabgkRGCKS1QPIjOv+XMXAYgBCNBPsB41Een25yGCf6V1PPksVas6TC6Qe9nkEii&#10;8OTxrAhinAyfy0fLU4kMvacEORLYlssNa3NL37t89fIJ7KhUH4bCKEGvP8Lh/n7w5vV3sLn9EAGB&#10;BbcbDjpdtDsdtHodNNoN+HsOCoUiwUgVtdocqpWyzE81Gw0cHR2i2+3L7yz2dvAJohlO2CWLE9az&#10;6t+04kfPh/TanQd7OD5syPD6+vripFYpaAuWSgFEpVKpVE+Xbt+6/VyjcXRtNhSeCCBMn2R4mIYB&#10;skMVK3PssbPh9JxF8FGkjZWPvZ1HGNLGjL/VZXh5vOKRUUR2HD4K97/nbFfAQobdDfx7bXoFingD&#10;xzMfdH8SRnBynMju3Fs7u3Fz/cyqnkDVhyrPyUnq+fbuvrewUCPQTtBoNTHsZ85utmMRjFioVCqo&#10;zdewtraKK5cv4MzSHHw7J9w8GI7w/tYu3n//Pt6/exc72zt0bfTo8YFUPrgVkdusDLaqRhbMyUYP&#10;Vs6Qa/Brv/4N/K2/+ddQLvkMHwogKgUQlUqlUj1devut61+MoomHaVDgbBaDgcGcViPSKYxwXoHQ&#10;Av3Psh0ZIjcMBgIP7XqTNlfxB8BDHH9oR5XLZRUNOY7MjUQolaoI2ap0CjmSBg18oE2L26/ob4Nj&#10;23IsdihiEHG94E8uX34mrlWLj/0/ObXvVal+VvHyW14omRfOn3du3blLQGCiVCyjEBTA2eVJypMh&#10;dG1YOVq/Mer1FjatbcTjEJVyQdqpBqOxmCfMLdbQ6S0LZLc6bZjHDfT7fUQTgpkoktBOgRoCF98v&#10;EvzY9LourW+P4YP/HB1CVymAqFQqlerpUrvVw3u3b/86lzW40sCbq+TxDX1qTOczLNn4c55BznLg&#10;Wq78zonknu+iT5urbrtBsBBOKyinLVem5HbMckAgPr+MG5ZtYtgbZlUWab+atl1Nd4EGP5ZmlsBB&#10;kJfWrhwyJ6xKpfanV69eBmcYPrZ11BOq+rkVEzAPx7G7tDjnsLnCd7/7F3jwcAfE2TLnUWQYITjg&#10;dqtKtYb5+RrmqiUUfCcL6qT394YTdHt9seAdEYww2OcIpvOFooBLEhNcRBnM8PXCcyXFcl4qL1er&#10;czIE9effvY7l5cXR6spCEvi6tVMpgKhUKpXqKdHd9+8uHO7vvso7ngxApnMX6XT4guFB2p+MqfWt&#10;LdkfJt1ylinf1Fo5k0CmhX63DSOJp/xwCgOzYMGUYYaBgjdjtidB6ZyEbjDYCJekWXFlNnzOgJMm&#10;J8PuHNrGAGRZdn159cwPL1xc1xOo+tDVH4Q4rHe9bqfjvPXWu2i0GqjNlTDsd9GoH2Nv/wC2kxMo&#10;LhQLKBWLKJXLWCAQKdN9XtPD0RDDwQDxaIIiQYu1uITRcITxZETPjeV+NB4LVPPlIVU9DvakY66t&#10;rIrL3Pe/9wPMLS73vv4bv4LAL+qJUSmAqFQqlerp0I3rN784GPXnJCKNN/vTAkQ6BQCY1nQWfDqE&#10;zknoXHaQ5wzJA/G9PB4272NEG6r43+N4lQHJjEayHIUgKCCajDGz3UU6q5SkH7Df5WBDTpYWKOG/&#10;gz7Xcf23L166urO0UNMTqPrQ5bo2ur2ef/fuljsJCRqGA2kP5HwOi9ai5bpS9SsQbMzVqlhdXcXi&#10;whxqlRJ8x0JvMMT27iEePdrFzvYjNBpNjMcTub6y4MJpS6P4XCfSZsjXBzELer0ejo+aOH/xIl57&#10;4zVcOL/Rma8V9KSoFEBUKpVK9XRoMg5x88bNX+Y9fyTd7dNKBW22snlz8wQE+D4PnGebpWzDZOYc&#10;GUAf03H4m+EkCU/arYDT/I/THJDZ8SGWulIxecztSl4z+31q+cuORAXfRxrHMivCt0Kh/M0rVy/D&#10;c3N6ElUfPoDYBhbnK+7mfdvhbJv19VWCkBH6BCJDaafKsnE4TJCHzbnFik0ZSsU8SoGHpfkK1tdW&#10;cOHCOdzd3MLdO3fx4MFDHB7so9/pEmgMCWYI1mO66kKZKoHFxg5cWeQ5K8vFb/2d38KrrzzDf05b&#10;z4hKAUSlUqlUT40ePNhxtx9t/apJYJHIMKyROfPwP+ZJyWIKIpkFL7eG8ObLog2X43jIex7a7YbA&#10;BPv3zux2H3ezmoUKZrMh3H6VgQO7AZ0Muc8sezHL/pi2Z/Gwu8V/XySfn7PseHF55c8uXzqnJ1D1&#10;C9PcXMl/4fmrzt37D/Hm9eu0FiNa7w4qlQICgpLsFiBfCqTtiq11h8MJEgLmwWiEw0YbB/v7BB1H&#10;aDZbckzH8wXObc9FRNDOAJIIWAN+3kWxVJaKCFv0No65apLwnFQnpxmEKgUQlUqlUj0tevfm7U91&#10;u52r0nCVpI9VO9KTagRXQtjNh7M/uHWEB9SzYoYJ23aRo01Zj+AjHA8z693pew2cOllNJ9BPBsot&#10;N5D8g2kjirxvljUij02DBqXlhUCHJ0Qiej8P+NqOu7Vx7uLba6tLegJVvxC1OmMMx5EXRaHD1YlQ&#10;8jpCtAgkeP3aroNisSDZH+VBRZzf+HqwuDUxiQQoKqU83V2Q9c+zUj6Bet710R/2ZT6EASSl16bT&#10;1kNuM/SDPKq1Cq5cuYTBoId//vt/iI1z59uffumqJLOrVAogKpVKpXridePtt78cxWEumbpPpVPn&#10;qSTN0MBk2shllQ9+iWnk6FeTNlQWTE51Lni0gYqk/SqMJvT+x1yzHlNW4UjkmJxoHriupKUDeMwt&#10;K83qLNP+eEYYbr/yaOPG3z7zMTn40AvyP7x4+Uq3WNT0c9WHr1QgOcXO7oG7ufXAuXX7PQyGQ5TL&#10;eTFEGI4GiJMQPQKEkCB6OBxA5kQmIUaTEYGCg267g62Hj3B8XMeInpcqB10zNq1f3/XgOi69djKt&#10;Os4ukuzHoD/CvbtbYgLhOh6DT8NUczeVAohKpVKpngYdHjWNu/fu/DIDRRpnjVaCCFmxQuY8UjMV&#10;IJABca4+mBmA2LSZ4kFd3/cRjsdoN5u0ySKMOZ1hPwWLaRVlZsMbS0tWgog2YLPXGdNcEWnZmiav&#10;S1Cb5CNYUwBh+98cFhYW//Dq1QtquKv6hYiXX7HgYDgY+ePJ2Lx08RzqR8eS3WGwDbRlCip7Lg+h&#10;l3FmPZv1uHRuHTV630z1zrPg9q13bt7C5tYmtne3MWh3EYUE6sk0fFOqfXxNZSGf7PTGD62cOYe/&#10;99t/F1cubqBUclt6VlQKICqVSqV6KnT71u3len3/dfa/jaIsi+B0EzZ1spJB8ARmahOIWOJ+ZeUs&#10;aceyXIc2YQFtrDYxHPanFY6ZA9bpDAg7/aRZb5cMktuOkwGJBB4+1qYFcdsVMfRwWwuHHrI9aRwb&#10;EmRoW/ZgZe3c985urOkJVP3C5NgmnnvmvDcOQ4KHLcn1cD2fgCOfQYJcCyZcWsvcunhweMRlEyzO&#10;VcVcYUKQ0esPxPnKC3xU5+cENOoWgUy3ixHb86YTGWKPoiGt/1hasEzXw3g0QErX47Vrl1Dw5YJo&#10;6hlRKYCoVCqV6qnQjRvv/lI0nlS4y0rgIzVOIMI4ccLK0WO0CbJNqYBIG4njwqKNl0ObJe55b7bq&#10;BAsjzFLOs6FynFjrcqlCjk/AEUYh/EIJk8lkGrb+WOL5Cfxk7WAMOy5t2lKufphZBcYPCjcvXrx8&#10;f66imQiqX5wGo4jWmxVcuXhO1uUf/+m3pjNRCQKfAwNLKBfKqFWrmJ+fx9xcBbVyAZ6Tk9apUWjS&#10;MQgwolgsp1OeEUEWNsjzTmzjm/DjDOF0XJvg2g8CFAp5uL5Hx13Em2++jYvnz6JSKTYD38bJxaRS&#10;KYCoVCqV6knUaBzi9q13v8xtVnES06Ypyz6XwsfMOpeDB2nTb5g2cqaVDajnTAIQmzZheRTzeelv&#10;7zQOT8LUDKR4rJACPD6AjuwuA8yIHbO4xevxrBD5kU6ZJBs45+e4355bvqycjUKp9t2rVy9Flrrv&#10;qn5BiuIU9WYf/V6/eOOd93B/84FUNXzfwfHRAQ47HRweHdM6tggYCijKrSgD6bX5OWJ1A4NhH93u&#10;AOFkhHgSZmDh0bovTTAmMBlPBpjQzwkBOSQh3ZBWQ4aPM+vrWFtdwY23b+DNH1/HF774+f7LL15S&#10;+FApgKhUKpXqydbDBzv+/t7O6zGHCXL6OfDvwADDycyNikMHLZsT0OnmepJGzkGC3W4HvUE/s8ud&#10;AgZOGrGmQIPZYG8s75PaSpJ84O+Rqks6a8FKYXI1Rhy1kqzyQu9jCDm7ceEPP/WpK3oCVb8wcasf&#10;zzf96M3NYkRw7vs2xuMeOm2u8pnwCBIsm12wCDrmKlg7s4YzBAwri3PIe45YS9ebHdx/8Ajvv3+I&#10;7Z1tdJstpHGCxEjFwprbCmcFQv68kNZ6FOWkJetu/w4Odg9w8fJlnFs/M9w4tzrUs6JSAFGpVCrV&#10;E6/bt9673O90n+UdUPJY1SI1Hnelyr5z5fBBmf1wbNqYBWK9y+FstVoZe48eyjC52OjOOq6mOYIZ&#10;iyQnx+OhW88PaKMVzoZETlqvzBn4ZGWU0+ckb8SRmZNCufbd3/7tv/lnC3PafqX6xYmXX7XkY311&#10;pfTe3U0CkLysP7aNDsNQzBYizrIhMJ4MJ2g2Wgh4PiTIw2VzBs/F6vIcSuUiKrUaavfn8GDrAQ72&#10;9tGqH0nSOVc/4iQSKOefZspZN6ZU/Rhg/tpf/9v4rb/xa2xA16c/RwFEpQCiUqlUqidbvMe/9c47&#10;vxImUY5LHzEPoCfTIfQpOKRGTixxDTOrgkDyPxIZqOXB8Dn+ttf3cXy0R0AxOaEOM7OykhmShK21&#10;cFpZYQBh+1G2LTVM8wOgg2n2B2cpSD2EfuTEkteUY9pOMP5H/9k/+S9e/dynBnoGVb9o8bK/cGGt&#10;WCwV8Wff/QH2Dg5p3duy5guFEopFH/liSSCjWq2gTD+LfmYLPSS4aDbb2N07wKPdAxwdH0vLI1c9&#10;vKBAMO8gHE+k9ZHnmzhjhN3duKJiE4AMBkPEKVtQx8g5uR4dUte8SgFEpVKpVE+2ur0BNu/d+7JF&#10;+/0JbfYZDOJpYrkwgZFKFkhqumxgJfAgQWm2wy5UyBd8zM1VJRuh227DSNKTVqsZ4EAG2A2x0eX3&#10;M+BISxc7WoVTYDmdOkfmwQsBDsNMT6of3H7FDkT/8B/87v/wja9/+bt69lS/aI3HMY5bfURhWHzw&#10;4BEBRV8qfhNa7/s7dblWXNchACmiXCqjXCljbr4q10StVJJ5jjCOkc/7WFqYk8pG4DloE6AMun0C&#10;8CFGo6Fcd6nMX2VBhS7BTYWOde3aNTqGiT/413+KlbWV7jPXLvbKRU9PjEoBRKVSqVRPrh492Jk/&#10;PD56JREwiLN5DwEHI7PfTU+GMcCJB4gjpLEl4YPcopUvlrFQq+HBwx2MaTOVVTxSZFMdqaRAZzMl&#10;p3Mekh7teAQTUeaUlZHH6R9lTOHDSKfAk/XJT8II/8Hf+u27v/M7f/e/1TOn+mhkoEeQfu/+ZnF7&#10;ew/7+3tZG2LOgOc7BOYcxGmLAxwbMrj0WD4I4NuOvLc/HGFn9wibW/dwfHwkQ+cWA3XOlOM4BCKO&#10;YxHgJHL9xdx+xSGbXCWcxNjd3qVrIcVkFHE1pXv+3PpQAUSlAKJSqVSqJ1rvvXf7hf6gvZZFdCRZ&#10;xSKZuU8ZklfAN3bBMnLszEObq3xBZj84lbxQrKBUKqF59CZGQ25RT7LwwCm7JLM5Dpza8XI7lscD&#10;upPxFFOM7B/jNAbawGlwIbd5jcdjvPb6L+M//Ye/+1/S3q+hZ071Uch1TeTzHvq9QYlbrDZyGxj0&#10;e5J1k0sMTBjaCUIY4Ll1qkzXwsbGOtaXa/DszJ7t05+6hO2Dq3jn3Tt499Z72NvZxhFBSV/S0zPn&#10;KzZZyCyrE2m94lknS2atPHz1a1/Hq597CYvztX4Q2KmeFZUCiEqlUqmeaN25c+fX2PmK8z1mTjxc&#10;tsjcb7PHDCurQrD9bgYSHALowHFcVMqBPLe7u4cwnpwknGfskJ4MpOOkrSuV43q2he5wIO1cM7es&#10;2bEltBCQ1hNOPA/DCGfPXsTf/09+5//yPPuf6VlTfZRaW67gs595qXjj3bvY3j2QlinbdlCerwhI&#10;cwsWwzg7Yvmuh06rgz1awUHg09qNUW+1cNxooEGPc9WjUCmDQw0NKwPrcBxiEo4lsDCXhOC6oOdG&#10;6PdDgnkb165exvmzS/ynaAihSgFEpVKpVE+2ut2huXV/65d4voLdfGRA/KRqYcrsh2HmYJmOQAZ/&#10;02tYlgAKV0U472CxVpVvhOtHh+IGlGV3GKcQwoCRTN2v0sxy1yL4SORb3+TE+cp4LISQXyvWpFJG&#10;SRDkC/jbf+e363O16n9lWzlNQFB9ZBqOI4QRz3nY5QsXzmJz8x7q3TaGwxFyBCEcRFhgC95aDbbj&#10;iz01z0X50lqVI1AxEaNEx4joOhmi3+tiOLBlyNw0LEzGI7r2IsRRLNcdZ/C4BDWcsh74AV1jZWw/&#10;2sbSUo1gv3gs4YZ6AagUQFQqlUr1pGp7e2/j6ODgGQkbNHAaGmjM3KpMARD2s5I2LPHIzcID/XxA&#10;YBBgrlLA/a1ttNvNrJUkPc39kDtxgpPUZp4HSVLkA0+yQmY7qXRqtzVzw8qZ5rRry5TXf+XLv4oL&#10;58/+17Zl3fM9R0+c6qMDkFGMg8O6sb2zW3j75rvodTpYXl5Gr9tBfzAmiO9iMBxIBk79qI5yuYxH&#10;1TLm56oo+J64WO0fHYlBAztcxQQYHl0/dsUhuIgxGQ0JQsYYi311It7XnAXiey4WFhdx9fIl7O/u&#10;4/f+z9/H1WvP1L/4xVfgu5q8qVIAUalUKtUTqnv3Nl8cDvoVGRufMkIydb8yjQwAjFw2/8E5BzmC&#10;EW6Lcl0PtVoNc5xrUKvixz++QRupEXL0vnBqs3vCMjLAPh1Jp+d4A8bfHE+GfamwSMZH9mGnGSDc&#10;T08Qwm0qzz/7PF566YXrlpX7n4OANm6WqSdO9ZEpH9hoNNv+Ub3urJ9ZxcGuIdWPySSzqvZ8F0EQ&#10;oFKtYmFpAZcvXsDFc2dQyTuynqMowc5hA+/cvot33r2F/Z1ddAhiGEb4QjN5xAq5LOCTIJ/nnWzL&#10;QBRPCF762N09xJkz67hEIHJ2Y+3Y0fWvUgBRqVQq1ZOszXt3fiWKQyRsh5skj2WWz8yvpsPkU4Dg&#10;tqh8Po98oQjPdVCtlgRG9g4OaKMVyfvT2ZuRTqsoYsJ7MmjLFRW+8cbs1HI3lQ3YKYbQxo1eXymW&#10;8MUvvA7HdX7PC/Ij1wu0/UT1kcq1TVy7fLbQ6/edhw+3wcTgeT7cIC9rXNYtA7ptYTgYYndnT9qo&#10;lhfmEfiOVDVsem55ZUlMHhYW5nD//XsEFrtSOQl7A4wIaLhFK01COSaDuYQQxhE2Lj6Lf/yP/gHW&#10;lir85xzpGVEpgKhUKpXqidV4EpkPtrbeOJnR4I1PghMISB+rSBhig2uI9S4PkHOAYLlSwVytgjhO&#10;cHx8TBut8CRkcDbNbs4yP9LM1pehgpOhOXBt1uLFeGIaM2jhVjDafNHjDDQvv/wSFhdqoeO43+TU&#10;dD9w9cSpPlLF3DJY8POfeel5Wro+/uCP/ojWfATHtlHIByhI9kdxWhHk/I8KyqUCfMemdZ5kQ+iN&#10;Nna393F4dIjGUUPAwvN5XsRBSAAf+BNMaL1LWGcSE9yzw5yL0WCASqkimTtTHegZUSmAqFQqleqJ&#10;Vb3eOHu4f3jBNHIECbMwwFn4oCHZAwwdAh4G24LaAg9u3kOeNlglHrwt59HtdNFrtzKo4LdO26q4&#10;2iHD7JLyEU/nP2JxzmL73cxlK3nMoteY0Y/Ax/LiIl588VmmmNt+ULjOAOLY2vuu+mjh46jeYxe2&#10;/L37D527mw8Euhk+Dnb36LaL7e0dyQPJ54solsuoCphXsTBfpbXOVtMTjGi9m2aKQiEvMO4GHkrl&#10;Poa9PsajobQaRmFWQeTrMfA8FIt5XLh8AaV8Ad/+t9/BmfU1XLhw9mihVtATo1IAUalUKtWTqd2d&#10;w6vtTquWEhxI61TWNZWFCHIRQ5LKuV3KgmlZsGgzxRai+YDgo1BAuRRggTZjt2/fRafVkgoHpgnn&#10;POchuSECIclfsdnNYcIWpDInkp46Wkm5JWsB4yrIy599CT5Bh+X433T9YMzfNudM7b9SfXQypi2C&#10;N959P9/vdVy6IeS2qYEpGR1BsSQzG4VCgALdX1pdxtryMubnygQOvqz7/f0jPNrexebWQwkinExC&#10;2DznwdcTHZ+rG2aOQMXJDBzY+43zRJKY4OfgEB2njU6nh739w4Hruj0FEJUCiEqlUqmeWG1ubr04&#10;Gg+nVQpDksqz7f/UfneaQG5IKBonP1twXD8LHwwClIp5uI6FbpdD2cYZaGT4ME1SP83/4H0cf8PL&#10;3wincTh9zDiZ95jxCfNHFMW4eP4Mnrl6kQ2BUoKQ3+fP89T9SvURi3m3UvQIuPOFerPllCtlOBbn&#10;0oRsy4tRFMnC5UrJeBzSdTCU66hYyKNWysMi0FieL+PC5XO4v/UIt969g7t37+Nwd1cqKP1BH2kS&#10;0ftjMXzgz2OTBdeyxWmOiBvPvfAKvvKVX8Hy0kKzVisN9ayoFEBUKpVK9cRq++HDV7hHPTVOYSGV&#10;EBBIlULmPtiVBxmIOI4tA+d+oYgg7yOf5wDCHA6OGhiH4+lweFZJmd7NwMLI7kdxLBuzKMzavZKT&#10;GZAMUDIjLA44tPDZVz4t1RbTsu84nv+mRwDiqvWo6mOQ51l4+aVr+Uq5gm9/53vYPTgWkGYorpVr&#10;dB2wnW4BHs+D5POyxiejsSQGchWj0Wrj4LiOo6NjNOk+92B5Pr2uksC0LYTjEeI4lKpgHI4wjuia&#10;JAAZDHoEKAP82te+gU+/cJn/lBbdBnpGVAogKpVKpXoiFUZJbm9v93ljCgczTjBkZMMEpra8UsuY&#10;OVWJ/S7b4Obgej4qpaK8pkWbqmQ6VD5ztJJqytTOl9/ODj8z96s4Gj/mZJVOQwiz36JJhCtXLuLc&#10;uQ0ZD3Ec71tBkO9xIBt/m6xSfZSahDFBwIQHyfNsplAsFuB3XPR7AzQIKvhS8fMeGE44iHBuribr&#10;n2eVGNoty6T3BIjTWFqvRpx6PpkgjRJZ8w7BNldTkiSaBnOmkgESFALQuofvBfL6g+MO5mulFl0C&#10;fT0rKgUQlUqlUj2RajXbG0eHh8upBP0lAiHJbA7EyGxAueVK2IQ3Uo4HWyoShmyoSgUfrm0hihM0&#10;68cEIJMMJ+QA08yPGdukBm2+JpJmHkfhaXvWTMap1a/jWHjl0y9kQ/C2A88r/As/KEjWgkr1UYud&#10;oo/qHezu7ufv3NnE3sGehG86VZuA2BCzBHaB6w+HsHtdZnS5hvhxBvThYCzzH4fH+xj0B1L1s+g6&#10;YrjgamIYMpBEUhWM6NpI41RmShzPQYVg5rlnr6F51MDv/bN/iY2Nc80vvPGZuFLy9MSoFEBUKpVK&#10;9eSpXq9f6HbaVbHgpV1WMk0wn5FDakzbsNgJi8MIjawCYuUc2JYrcyCc1Dwaj1BvtactXFk1I5n1&#10;XEl+uoEwygbOLW43mUwe4w7jAwwShimuXLmEM2urYgtsW85Dz/V+4PsEO67+Z0z10YsTxxkaDg6P&#10;Siurc7CsBN12j4BjJN5uUuWgW6FYwMLiAtbX12kNX8BS2T8xV+g+dxG3727hnXdvY/PefRztH2A0&#10;Gma5O3ShZfNVJnIW3UxbZkC4HYuvle83myiV57C0MI9ysVC3NIRQpQCiUqlUqidVB/v188Ph0OCW&#10;D4aH5LHnuPWJKx38KLvzyPP0Onbt4cRnntGw2J43Z6DXGqDf6SCJZ0fI4GMWaMiD6aPhEKUK54XE&#10;mPVknQyfi1sWENPj+byHz7z8glRgciaBju1+2/O9pu97dF/nP1QfvXiVXtxYRBo/W3rr5m00OwNZ&#10;2YVSMXOvYgChtZmzbQH1VrOF+/cfYLAwh0Lgy3D5cDQSV6vFpUXJ+uD79cNjtFpN9Ps9JNFEKoSJ&#10;VAczRzqbjpfQ9VKbW8Z//k//KZ69dgGOY+6rB5xKAUSlUqlUT6x2d3avhdFIJjBObXKnmy4ja7/i&#10;AXSuRFiOAYe/naXHbNeTLAOugORyObTbXfS6nWyrNhsoyYohMFMDg0Efru+LlW88GU+hAycD69kQ&#10;OgRgnv/Us1henpfnc7S5sx33X/HweRB4UPdd1cehKM6Mos+sLZa5XfHe/fsY9gcYhyN4dC0USwVU&#10;KmXkyz4W5hawsFjDQrWEwHVoDecIPkJ0ekO0W23Uj3kIvcWZIhLo6ecLAi7hJJQhdDGEiPk5Q5LT&#10;R6MJvKCE+fk5uI5cJ/t6RlQKICqVSqV6YrWzu30tSaYQIN/zxhk8cNOU2IGa8jj3q6fiWJUxhkvg&#10;wUBhO7Y4/LR6fQylrSojGInyYOte+rXX60hrCWd5cI+7pH7IvEfWqCWQYma2u0sLc/j0C88J8OQI&#10;VuiJBr3vW76fh+Oq/a7qoxev6FZ7iG6/j0eP9ko3b70nRghnN87g8GCXwLuLnZ02Dg8PwVU6nnEq&#10;E3xUpy1Ted/FYDxCv9dDNI5gmQ4WalUUaU0PK3Td9EcC6JPxWCogjDo5dpsjOCmWSrh46SIKxSJ+&#10;+Jc/Quvieayvr+2XSx6UxVUKICqVSqV68jZWtMc/Ojy6mE6DAYVDpsnlWSi5KSGCyBnTjBD6j4hr&#10;o1AowqefAW22uBedW6q4AiKp5sb0vbRBi8MQXRnINZEvlcXlJ2voSgVMZqMfnLDO7V22ZeNzn30Z&#10;xSAQ4DFyDlzH/7dBEOx79FmeYz22JdTtl+qjE4P2nesPCSLaxXKhgD5BR/P4ACGtfa7SFV2frosC&#10;5gmgucXq7MY61uZrCLwcOM2z1enj5nv3sLn5CHt7e3RdNJFLczIPxYYLtNjp2nKRo2vAmAK5ObWo&#10;ZtveMdv51ut4uLWNN954Y/+zn7miJ0WlAKJSqVSqJ0/d/qja6XTnpsa7WQUknVVCTIEFroAIMqQZ&#10;NMisBoyTYMGckVVKOKsgiUPaOFkCMKPRAIN+V6okvpeXvnZOR+fKhxxT3LYS+RQWV1FefP4aLmyc&#10;keNyVcZ2xOb339i0MfMDT2xJMyl8qD468WorBDbOnV3DjXd75Qmt5XKxgCimtZ3EyOanEqGG0XCE&#10;xnEDru2i4DBAl+G5FhYWyvhs+UWsra/i/v37uHXrNnYf7eLo8BDDfgfjkK+PlFkFlpGlq7O7HIcQ&#10;WgQlZ89dwhe+8HmcXV9Jlxaqe3oFqBRAVCqVSvVEatDvLzUaTa/RaEiyOX8bm+OMDiMn1Q+ufPA3&#10;stwp5TqetFAFfh7lahW1uYpUQDjPo9frY3d3B0OCjtGQwaMnu7ZKdU4CCiMerE3SqdvVtN7C7V0c&#10;by7wEdPGah0vPH9Vht45cd3IWewK1KcN2Dezz1XLUdXHJ46euXxu2ajVKqU/+dZ38ebde7L22QGu&#10;XCyiXCqjUCqhUi6jWuWfRZQCbpMyJT+k0epIcOHO3m5W0eBWLALrfLEsc1YWhxCGE7Hjjek2mkSY&#10;0PXHNtjtdg+ffvmz+PKXXpbvDejW0TOiUgBRqVQq1ROpTqdTmUxGbhAU0On1EHdDAQduf2KnK/7m&#10;NQmzFpMcocIwTaRd6nDnIcbtOm6/9Sb9nqBLm6sf/MX30SSQMQke8rQh44RonungwVoplnDlY+aM&#10;lSQn7lhc6liYm8fLLz6DQsGXCgqDiiSim873fM9/4LH9rmPrCVN9LOIB9HZnREs1NjYf7pfYcnph&#10;bk56GHcIvA8P9+DkbAScfl7iIMIqFuYrWFqcR42AxOZ2RHptnoBkoTYn4O2YNly6rrpen4DdFYc4&#10;zv8wJLQzli8C2HI6X8jDdwKwBfVxvYP5udIh/UlDPSsqBRCVSqVSPZFqtzvBoN+1HNrc8ze2HJrG&#10;rSAx/eRh2Al/Kxt3prMhXBDJLHDTJM6i0g0TZ9bWcOXaNSyurMG0OCQwkYRzfr/0UT2WAzK7z4Ah&#10;+JGkqFWreOG5a5inDZtDwCMtXZIcbUn7let5CTtt2Zp7oPq4REu33Rtic/OBdXTcLO7v7dPSjcWR&#10;jd2vYlrHDM553yP4Jgiha6lcqaAUBNI2OCEQ33q4i/fv3UOj2UBKUG9N3eTYotfzCdYnkcB6FE0E&#10;0Pka8VwHpXIJL7zwPFr1Bv7Z//3/cAjh0auvvTyolnw9LyoFEJVKpVI9eWo221nuAGJEcSxQYNsO&#10;LDsDgTRLIUQqblg8LOvC8WywJW6lNo/LV67gN37tS2IP+j/+T/8rvvVH/4aAZSzgIbjBMJGexhHi&#10;JPMjltaUKh3j6qUNgpgF+UxICFsus/7N2RPHcb7peLRBo02aoU3vqo9r40SkERAkdHrDIoGDt7q6&#10;hH6ni+FoCNP1CdojcYfjqh5XCPP5AOtrq9hYnRPbatYzl9fxzHNXcfOdW3j/zvt48GALzaMjRGzM&#10;INeXIZa8kidiOVJBDCcjjEYjfOfb30WpWKbrpUawg8MoSiZ6VlQKICqVSqV6ItVqtAdpEkfEAvZJ&#10;fYKzQOhnLN/CTqsOkgdiTmfVTQKCIuaWzmD97DkUS2X0BiGarY64YYlzj7RQmdlgbkYimNnt8mOO&#10;46E2V8X66grdFsRhiDdcvPnKPo9Toe3rjuu94wV5cdxSqT5OLc8X8KXPv1z58dvvOQ8fPeL5KXgE&#10;H16xiMrUJMH1sqyawPfRJkDZpuXMVZGILrEevf640ZbqIjtlDbjlimhiNOjLrdvrIJpWQHgmiqHH&#10;mHo95P0Sfvcf/xO8+rlP0/HdQ83iVCmAqFQqleqJVRTHm2Gc9C3DrACzKkXWLDWbw5C8Dv6GljdE&#10;nE3ASc90nwPT4ihEQnDRGw4wGY4EUriywb3xaWasJfAxgxp29vHdAirVMlZXF7G8OA8n8E+++eWB&#10;dfkc+ieXc/+16wax7/kEJ7rjUn18CqOE1nvKsxzlK5fOOXfv3UWn28X+4b5UDh0CkEq5hGp1DvOL&#10;NRSKeeTzntwcuibYXjpKA1jtgYQPsmU1g4hHa9ucOs3ZtkvwkRB8jCWEkGdB2AUu5Nwcw8X6mVWU&#10;i9ziiD09IyoFEJVKpVI9sXrlsy/t5ovld7rtxuflgdNeKTHBytyqst9TiS2HWI6G4wnAAMIzHvTw&#10;eDDCkCCE5zbY7cpiG900RkJQkU7T1MVW1LFRq1VpM7WMKm3YeNCdN2f8PgYehg+GEMuyI9t1/sgL&#10;2HnLQU7jz1UfowbDGAdHTRwcHJRv33nfaTSOsbqyhD6BRqPexIggodNuS1ZHp9vC4XEd8zWCkbkq&#10;irSG+70RDo4P0ev2pOWR4aJarkieDocPjvoD9EcMJzGQRMhxO1YuRyDj49y5c6hW5nHr9vvS4nX2&#10;zPJuPu+qEbVKAUSlUqlUT6auXjmHr331a//L//5//G+vmUaay8lgrJnloHOVI+Gcj1TCCAUQDM7n&#10;iCXvo9/p4P77dxH2u7wxo01Wi2DCQBrmECISMDHSjGpcGXIvYHV5EfOLc7BsR6oi/BkMJlnrFVdV&#10;+LEUtmfdc1znh37A7j+unijVxyrfs8RG9+HuXnl5aSGXppEAx3A4luyPgE0SHBeVagUrBCYXLp3H&#10;pXNnUHSzyt14EtF7F/H2O7dx+/Z7ONzbx2Q0ymauXEfsr3mI3bYc2aZZcq0Z4Oic+lGLWD9Fs9HC&#10;vXv38ZnPfGb3i298mq4bPS8qBRCVSqVSPaH63X/49/8F4tF/893vfWftsFFHyEPpKYEI/WPncieQ&#10;IMPhBAcmbb6iYRfHu120Dnfw/s1UhnG5jz2iTRVb73J6M7+WbUcrpQIWFxdQLlfg8qC5kbVk2XQ8&#10;/smvZbjhz+IWL77lLPsPPM+fOK5H8KL/2VJ9vHJsA1cvneGB8PKdu/cxGE6kbbBS88QZTroUaf1a&#10;Zg7D/gDb23tI6TpYXawhn/cl0JOzQZ577iqKpSLuEkg82LyPxuEx2vt1jOm6CaMoC/ukY/G1waYM&#10;ru1hl2C9triI117/PM6dOxutLM/vmtqRqFIAUalUKtWTrDCMnvnKr35+/jMvP4Pdw0Ps7h+g0Wyj&#10;3eyg0+0JIERhjCjhbAIbjmvB8/OoVUoEFsuozdc4SRCNRhsHh3s4PNwHCGJsJ3MD8hxX+rkYLDK7&#10;UoOOY8pjNm3ibHG8ykkfPLLWk9S2vT/kz+DwQSun9ruqj1d8DVRKHl595flyQtD8x3/yJ9J+mNCt&#10;QGucwwfLxTxBBud/zNOthkoxkPkPLnO0BiPs7R9hd2cfBweHaNH1FdPjbLDAYYbWcHgSQshfAMRh&#10;KD/HRhfdTgfzy8v4+td/BZ6NkP6cfT0jKgUQlUqlUj3R6rRbX6JNjsvf5K4sLhFUzAsocD+67Xhw&#10;3UBgwfEDlCtl5OlnvhCgmP93wwH36m38v//897C9dVfsQzNXH54BSaSv3ZDKCLdmZfY+HHjI7Vfs&#10;mBVxVYQAh+4/8lzne1n6eaD2u6qPVTx83mgPiKlD3L33qLK19RBra2sIAh/37t1Fo15Hvd6AbdsC&#10;I6UqwQfB+dLCggQROpaBSRjR9TBBQM/XKlWBcc+x0O52Mer14NOxOISQq4ecscPXCmfi+HlPskBq&#10;tWX0e0N4Vf8IWRK6SqUAolKpVKonU1GYYNjrfJn9ccMkQhgnCCUIDTI4HtKGKF+wCTyqKJUrMkBu&#10;EXR41r+fCvZ399Dv9yTQkOc/LDsnQ+uZsxVkIF3aTMxs4JyHag12zhLbXUtAxHH9P/W8oOP5tPny&#10;tNdE9TGLgHk0jnDjnfdp7UYLSEMMCBp6nTYc20G5XKRrxZGB8mq1jOXVZayu/P/svdmTZPd15/fN&#10;zLvnzT2z1t4X9IKlGztICgRIQoKk0WJJ9Eh22H5zhJ8cYTtinmyH5v9whMPyKMKeGYWkGVEUKRLc&#10;QAIkdqD3pfaqrKrc17vlzfTvnFtNOUh0643KZpwPIruqszJvVvDewz7fe5bvAqrqe0fFih+GqB+2&#10;sLmxg43NLXR7HY4F2zC4jct180qAqPiLQzYopJij2DB0jc0Mn37qEgb9Af7mb/8Op06e3H3uuae9&#10;UkFMCAURIIIgCMJjSuAHFW80ukqiIKZVuVShQAaTdIxZOo2iSoBs8jGgu7KZTLJK9yEbqUKVPLWb&#10;LSVqJvxIKhvkJxI/8D9PVmulk+qHQe1Xms5Lf3ndL6/q1ZRoMf/WtGn43GFRIgj/klA1olhwkMtl&#10;sbO7t0CiI593lVCIYEYme3zEcWJCOB77GA5HiJWIcEwlTnIOymmXZ0HOnT2FG7fX8Om1z7B+bw07&#10;21vsBUKvZd8bdVxL13j2Q9d5Exx8L8Cg2wWJcRIqh4327mDoRyJABBEggiAIwmPLyBs/GwR+hUQC&#10;VSymMXmiz9j1fBaDZz/0vEqMXBe6qcNSD+0hIxmeH6DT6fAqUjYcnE45OeMB3dnsaKUv9c2rpE5P&#10;PEXS6mA0/8FvACdhh4Zh/8Ti9isLMv4hzAM5R8cXXrycvl+tLPz9P3xHCYE6DIt8PrLI5/Jw1Ndc&#10;zkUhn2NxknNtFQ80rhGAZkZaKi6oCtJoNBAHE2Rz6nXVKvU/IhglHjqjfhcdqj5GIYsZmn3SeCGD&#10;gT/5s/8WX33tiygUsnuWbcgJEUSACIIgCI8v40H/+WkcpXkkY5b4flDCZJEreUbnFhEa2iAdYJnW&#10;A4uQz2UwHMHzRvCDMQ/oRnHEhoLUsjWNZyw+qLqCTIr9RKb03/TI+pDW+tAmLMN81zStA8ui2RNx&#10;Pxf+5aH2KzIiDIJQD6JwIVfKwVSCpKXExN72NnbUJWzaWRTzBVSqRVQqFSzWKjyIPpsllUNe0VvI&#10;s19O3xzA1A1e3TudTGAogTG1I6hjczVkNo0QxyHHHH0NQ+CJ8+exslyiX2dPzoggAkQQBEF4bKHc&#10;fzgYvjQ9qk7EbDSYZtM/+lk6EQQ8l+FmXRjUFvIIQ8CdnT3U6zvsjs7Hn5LomCEOY267UkflLVpa&#10;xkiEzNEfcTzhVqxMmswKjf9kk/mg48CQ9bvCHECX79bOIQ4PG8budr3WOmggV3CRy+VZWFMrFsWJ&#10;ZmT4eqaqXxhFGHs+b8nq9QdY39xBq9nmpQzxbMLLF8qlCgpKtPhBBJ9bsUKe/yDRYqhjWaaNU2dP&#10;oeDmsKWETrWcw/JKbdc2JS4EESCCIAjCY0oURE7gj5/nwfCYe6a4CkHtV5QI2Y6JdEYJEjJJU4+J&#10;khAPq0mQL0LjcB/+eMwP2uaT4kOm1Psm3GpF07yp1ITdCUlsGJrNiVgiTUispAcZTf9BMv9hIpOR&#10;9VfCvzyU8JOgaDQ75VIp78TTMFm0EIQcG1Q65HYpJdCz+RzOnj2Nc2ePo+z8k4HmpYtn8emNu/js&#10;0+vY3qqj02qx74eua1wBobmPzIOZqJRxtLQhg3ajjVk4QbfTx8ba+vTqc8/tfvlLV2Ho0psoiAAR&#10;BEEQHkPCIDgfBv4ykv1UR4PiYD8OGoJNKwFgmiYMw+LX6yrJelgBpNPtYn93F74/wkQla9S7HqrE&#10;iQfXub0rxUKDqh0015EylKghY8NMYrhG1ZaMbnzkONl1EiDUAibyQ5gHVCjg6Ysn4FrGws8+uGbs&#10;HTZBHYO25SBnFdkXh1bwUhWEhsWHgxE2N3YxqpR4EJ3EyyjwQZW902dOwrIM9XMD+/U9DAZ9+MOx&#10;ek3AbYsUe4YS5bqh84wJDbwvLi7j6rPPYmV12T+2urSbSUtkCCJABEEQhMeUse9djSeRkQyAgwUC&#10;9V7FiFl0UKsUbeKxVSJEgsA4WqX7eRw26Y5uwAqGPD54W5aRwZQKHsmKK3Vo6odPNmNx1SOmmZAZ&#10;b8Gi1izTtP/BseyYPs+Q+Q9hTphMpmwWuLK6VDvTH+lr25uYRhM0DhocH1nXRalcRrViwHUcnv2o&#10;VgpwbZOvffK38bshmo026vV9NJSACcKQtr0hl00pwWEiULEziUJMAhVDcYjAH2M87PD63ZXlY/jD&#10;P/gt2GZ6CDEhFESACIIgCI8z/mh4ZUoKgVbwTh9sqVJiQKM1oEYyD6JpbBwI2lT1EPXhhxPU9/bQ&#10;ohW8KrGi9pFYJWgpdhyk1b5p3oL1gAfzJVQdSdHdXtNQIseNstncNy2VwJEpmy4tJsIcoDQyml0P&#10;3W4fm9t7S3fvr6FQcFEuFrGztYWOen7Q6cD3xui229ir13l1dVkJkqVahWOhT2aDvs9u6rZhstGn&#10;m81iWBjCo5ZFz0OghAd550zjWMVGYtzpqFig+KtUF5RgiZQAMXfpvoGcFUEEiCAIgvC4kvZG3jPJ&#10;IHiKxz+I2YM/VbLk2LYSCRoMqn5omYdWP/r9ATrNNg/kxiqJopYrmvOghEtLa/yVHtReQqt56cem&#10;ZULP6OzybJgmlPC4Ztn2LcvJwral/UqYkyAhH5tZjJt31pQAMFYWq0Xs1w+wt7PDrYaWEhRpOwMn&#10;l1VCoYrjJ47hibOnsVByYWTS3HJYb3TwyY07uHnzNg7399nxXFcxRZveyO08VyjAnSbD7DQ7RVVB&#10;asEi088nzp3F4WET//GvvoFLF89vXn3mwiTryBpeQQSIIAiC8Bgyiaf5wPcuU6I/PfLgINFB35In&#10;CA2fk0O569gwVbJkag+vSDSbDfT6bZVsBdySQgkW1VPSvE1rylu0+BNoHakSMtRixQKEHtQ377jq&#10;kf2+47q+ST/TJcES5gNqF6wpMXHpwhl8dv32crM9AA2AuNkc0rkCC+2kpzCDMJrg4LDBMxyzyRJq&#10;lQIPpy8vVOAWX8TyyjLu3b2HO7fvYGtrCyMl3CPfZ4NOmoeieStadU3iwzRt+CMPLSU+HCXKDRUr&#10;a2vbmyePryDrVOTECCJABEEQhMePMAjPeL63SNunkvW7M0zIIXCWViJBCQ7D4RasGXVepdNHbVOf&#10;c5zJFAcHLXQ7LXjjIdLUbgXwcDm1WfE2LCTHoDYsXR3TJkFjWLBtmyofcKwsctnc32VVouXw+t2M&#10;nCBhbjCU+L54dhnVSnnl3//VN7Czu4+pEukklvO5HAqVIsrFEqrlMiq1AsqFHFwlGCisRl6A/cOO&#10;ehyifnCgxHobVCJ03RwLdN8zEHgeQj+AN+ir45IHSKyES9LyaJhZ/Nl//d/hC688S5+1mcuZckIE&#10;ESCCIAjC40ngh1cmkyg9odkP9UgGwmnlrq4SozS3URnUXpLSWUykHrH9are+iygIQG6GYRjw85l0&#10;Rh0TvG6XPUBSyQatjJ6Bbpo8Y2LodMeXqx9rpuO8Z5g2mw/Kkh9hXiATwpEXYTgYG+ub9SVarHDl&#10;ylNoNvaVENnFlrr+UzvbSlBkUVQipFgsoForYXlpAaV8niuBVFF0XQflsIQ4nGAahtyKSO2JluEj&#10;sGxMIiX+Y5oBCdjAk3oiaa6ElP+Vpy/h1PEF+nV25YwIIkAEQRCExxZvNHpmSq1Ss38aPqdvJurv&#10;WcNiM0J6ytDJp2N2NJPxy8pg0O1j1Gmy8JjQxC4t0qKtQcgkxwRY4JAOoeF2clfXTStZMWo5XAmx&#10;DPsHpmkNqM3EseUOrzA/TJWo3to+oAqGHQT+sjcawB8OEEYhcjkXWTcFTcugWCphoVZFbaGKarmE&#10;QtbmKkaz08Ptu+vY2NjCsN/jWKClC9RWZdlZ3nxFA+a0hpdc0ennpqEjq95/5swJ9VyMe/fXUCrn&#10;J7VyflfTZDmDIAJEEARBeDxJjcaDC/F0wm1S8Wx6tDbXUAkXVT/SSPPdWZ2FSOI78MviYxLPsLO7&#10;l7g4UwI1jdgFOqlgJK7qsyNzQxIkZDroOBZ7JpDwoESMqiGmZX2bBt3Zc0SX9ithfjCNDFzXxmjD&#10;cydxuJDP5xB6Pl3avMUtVqJ7lkqx581o5KEcA4VCASu1PDLq+eXFMi5dOI27G3v44L2PcevuHexs&#10;b2M4HHKV0dRo3sPiRQ9UeaStV5SmheEUu3sN5FwLe/uHWFvbHLzyysu7Lz5/kX10BEEEiCAIgvC4&#10;UQj88AmqUDwwHpzN4mQFLzmfZ8DCwVCJUZIQfT40dNvpdnj+g4QHvYcMCCkpo8H2FAubGc9/UKWF&#10;7hSTv4dhGVwF4TYsw+pkTPP7aTZxMx/a6iUI/xJQsn/+9CLKJXflBz/50PrssxscJ5bt8CrdcjEL&#10;t5Bn/w8naymx4mKsBPlhE1wB8YMA7V6PKyFpJa4XVpZ4wQP29jDsD1TstBGFoYqZiOdKNN46Z8Gx&#10;k0UNC0sruHz5MlZXVvuVcqEu4SGIABEEQRAeS5RAWJhE/klO9o9W5FLmTx4ENKtB1Q5ydJ5MJyop&#10;mnKV5PNotdoqgWoiCnykZ0kb1+yoDYt63OnOcFpL82yJZer8oKSKZj9oBa+hqe9N40eGoe9T9cOx&#10;5J8nYX6gsPCCiOMhiuLjpWIhtby8DFsJ5Zs3b2F/b5fnpApKgJARYa1WweLSDFmL1kgn29/U9a2u&#10;eVvFVg+hOpY/HCEIAx5gp+IgVQApfuIoUj9XXyeB+n6E7rjL661PnjqNP/nj34Vt6tvpFAI5K4II&#10;EEEQBOGxxPf8y1EQaKkUlTqSNqxZ0jH1TxWReIIMPZF64A3yC8mZepCjc10lYbQhi3riaeMVQXd4&#10;0+rY9DxPj6SpT15TosaGRXd3VUJmcPXDoKH372q6Dsc2eGWpIMyNUFePTs/D3t4Bie2TG5ub/Kyt&#10;RMPSQg0DaqPC0Qa5KMDYU8Kh24XSHvD8kD1ADpvtxPk8CKFepMSJuvZrS/ALAUYjJUbGPs9PkQDh&#10;qiElaSoss66txMgUteoiz2GpELonZ0QQASIIgiA8toyGw2doZoOFxGzKXh00Nj5VCZNjWlzJ0JRA&#10;IGGQ4v9+mUiJjXb7EFOVPNHgLN0Jns4CrnyQauH5kpmmcrMUD9Vq6mGr5CvxNDDY60C3zMA0zO9Q&#10;K5ZtiveHMGfJEmlnlfnv1g+hpPHJ2mIF3VYbzcYBpjRMrq5b0ug005TLF3Dq1ClcvHAWK5Xcz2Nm&#10;rITItdvr+OiTz3B/fR29Xo9nQ0zraBEDGRIqQUPifXok9W11vMXFKk6dPq0E/j7+6q/+AU89ffHe&#10;+XMnYMqMlCACRBAEQXgcGfaHl6nfnI0H+Q5usqmKeta1NCU4STkkRWkXbbD6HAXSbnaxubXN7s2J&#10;g3OyWvRBG9aMtmil03w8XdeQzbqwXV65yx4jtPHKMK1rumncJkdoXZfqhzB/LFVz+MKLT+O9j2+t&#10;3rtxD2HgsVeNnc2iZNHaaI1FBDmb+56P9Y1t+OMqynmXTTdpNmp5aRFpJSpK5RLu3L6Nvd06Dg7r&#10;GA/HiNTPybhQ19RxbDsR6baJ8WiA+sFhMqBO5p7xdL1cKWNloSAnRRABIgiCIDxeTOLYGA26p6nl&#10;6kG1gv6jDVZUsSDPD91MvEDIjyCr2Z97nPsq0Wq3mvB9n43TEsNBclIn4ZGs4KXRkYyW4TvFWZWw&#10;WdmcEh5KhFgkQGx6/luabsa2bfx8Za8gzAtU5aAKSK2a119+5erK5s4Ohr0YBwcNRFGghIiNQqmE&#10;WqUC181jcbGGpYUK8g5ttFLiQ72/2Rtha3sPu3t7aDab8MYhz33k8iX22PEDn1fxjsZD9HptXtxA&#10;n0kG69l8Ef/F1/8UV688Na2UCrulYlZOiiACRBAEQXj8GA+9qu97pzjBotarOOb2K5r7IA3AcxxK&#10;RNh0l5daRPRf/iejN/Swu7uDgUqYqG0LR6aFszjxFHlQMuHlu+qg1DNPrVfUZkWrfU2bXNCd2DDN&#10;t8yj5wRhnqDreOBN0OsM0Gi28uvb9eOzaYzLly9i/2Afuzu7GA5HSlQ00O/3cdhsYUfFBJkRLtZq&#10;KOQdnouKaPZDxVjOdjErz1jgmx0dQ1rCoIQ5zX9QDIVhpOInUkEZIp7QSt8hv/YLr7yI08erPYgJ&#10;oSACRBAEQXhcGfR7y5MoWKDtVpRk0Z+86SqjsUkgJT00ME6D6bStKvM5/VcH+wdoH9YxCXyuXNBL&#10;SGzMMin2NuD0bUZVEOqTz/AmIDJQoxavjKFxu4p67BiG8VPbMpGW7ithznggoe9ubGM8Ghbzjrnc&#10;U2L8/to6PG+srmUd+XwBpmOy78fq8jLOnjuFpVoJlrrWacNVq9PDtdtruHXzDg4ODhApYUGCm5Yw&#10;lJRQyeVy8KMgWcMbTUBNj5aVQdZ18cQT59BX4ufe/Q1USrlu3jX35KwIIkAEQRCExw7y4hj0uhfp&#10;Ti6JDnqQVqCNVcn464zbo6ysSy5rSkxMf2kAPZ7R9qsDlZR1lDjJIJqFPOuRjKqnkrkSXsk74772&#10;jJ6ImiSfo3Yskz1ANF3/gW6aQ8uS6ocwn7i2hgtnT+LT67dPbu3ua97YV9d8GoV8nq95vtB5yXQG&#10;nU4Xu7t1GOpaX66WYKv3nnAWsLBUU8LkND7+5BquX7+O+s4uvP4A8ZHot7I2xxzNi6Q1XQmXNAI/&#10;wvZWHaaKnQ8/eB/3796vf/nLXxxfunAc0qgoiAARBEEQHi8BQtupouCSaRiJ70cETqTIumNKm6/I&#10;jdwy2ZFcz6S4YvGLjL0AB41DDAYDRJOQRUfqaI0v8cAdmt5Lw+eaOo6e1tgTgXrbqdWLzA61jPaP&#10;5AtClRFBmEdoK/Sx5SJq1ZfPfePbb+ODzU2+jsk0MO8WUCjlUS5XUK4UUKuVUcjlkLUNhJMYwXCK&#10;jhIajcMWGo0mr+zNOg7K1SoGSogPhn0MR2P0uh2eAUFqyiaEFJtZx+XXVpdXcfrsWVTLlbspKRMK&#10;IkAEQRCExwXyI9hY3/qd4Wj09M7mVn9r/c6b1HilGRpv2yHXZSvroFiqqL87vFLUYvM0i+/K/iK9&#10;Xl8lTd0jx/IZD69TOwrSGv+dqizknk6O6IaR4RW86XTSopWepbgakkpnehldf8dmwzZBmD/CyQyj&#10;kY8gDLFTb52neY6rV55RMZHGT997D3v729g/zMCys8jllBAplbCwWMPycg0L5QK3MVI8uDkXYyU0&#10;TBU3GRbfKRhZC05qxhWPSRipR6jEvI+peoTBCKN+R8Wtj//qhZfwr//4dykOb9OWOIkVQQSIIAiC&#10;8Fjwj9/+/m/95V/8X38/Go94sJWGzONpnDg1p1MsFhzbRrFYRLW2gLNnz+G5l1/BhfNnUHSdXzre&#10;7u4uWo0D+GMP8dHAOrVy0fHAN2mT7VdkKmhoiZBJ0yB7JsVtXTRbkslon1mGcV/X5Z8jYT6hit5+&#10;o4v1jS1quzo77HVZjCjJrQSHC1vFDIlsJ5dTcVNBqaAEyEIVhZyjrntNCfUB7m7uYHtrF743YgFO&#10;1b5KqYpiLoIfBBgNPSU4Al5hTeIirUQJCZR8Po9+t49atQrX4RbFO3JGBBEggiAIwmOB50d450c/&#10;/h/H/RbPblDCFKcm4BkQJRxo204qmiAKInQ7A2xsbuPDDz/GN775LSwvL+HyU1fwm1/7Cs6dPsF3&#10;csnbo9dtYzjoI2LnZlrjO+OvmeSGL6i6kklpSKtkK61nuO0qkz66e0sD64nnwbcsx/xcfxFBmAd0&#10;LaXERBZxPDO63faqYZp8DVMlxHWyiOJkjopCwPcDpMtpLC5UsFrNc4shjtXw1JNncPP+Lj748FPc&#10;uHYdzUYD5L9jajrsLK2iTvxEAJsVD7UyWrqBE6ePq8/O46B+gL//9o/jq89c3l5eKkkFRBABIgiC&#10;IMw/oR8s/85vf+XV13/jCm/ZGY49DEdD9AZDjJQ4IQ+Pfm+ArnoMhgNuFSHjtJlKrg7qe0q0pHHu&#10;wmXcvLuOe3duY9DvquN43CpCMyKpVEa9ZsqFDzIfJIFBvep0F1fTE3M12qzFd3dJiFAFJJ2Z6Ybx&#10;Q5r/EIR5hcTxymIe5ddfKP/k/eur3/3+2yzYLdNCXonxQr6InBIotLEqz18dDIdj1JUKdxyL1+/2&#10;xyP4oY+FxSrC8Bybbx7u7yux38bu3g5XI6kti3x3LNtC1nbVe10VoyO4bpa3xfWv3WiqcKx/7fWX&#10;4diSvgkiQARBEIQ5x/NGrxUKdt61a3yXNluIsZgCD4lT+5VhWXBVImU7BSUkZixS+r0u+xts7dZR&#10;KlXx9FMX8cMfvo13fvQj9bOWEigR3+HN5bOolEqolMtw1XGolYuM20ht0KCukdahKYFC1Q8SIRla&#10;8ZvO0ParLcsyP81I+UOYU6iQ5wcxC+exF1Zzrrt07uwpNtP85KOPsH6/Tg6byBfyqFSKqFZrWFle&#10;hLVo8NIFurSp7XCKDFcW63v7aDUb3G6lawaLloyWmBCGnsdrfQf9NtpHVRCqIp48fRG/94d/jFMn&#10;VxuVcqFuGDKELogAEQRBEOYcEgPj4fCrURQiJJ+BOCbnQQST8KhqQXMZEwxHPrK5CpYWqnBdG7+Y&#10;5vhegFdffg7762v4wQ+/jxZt7YknCJpdNBtt2OYO96qvri6jkHMTwcEZGG3d1RJ/Edp+pRIu3bBg&#10;mOb7tm125QwJcytApkBv4GN7ex/9weDM1vZ2xlPioeA6OLa8jLZlIpxMuKJBipsqiZ1+n+NrOPS4&#10;fNLtdNDp9tnjI6WEBc2I0MKHkTtWr+ljPPJUXJIL+oQXOUxVnE6mE/7a67R5sP3NN78APYVt9SET&#10;OSuCCBBBEARh7gn8IOsP+19JUVVCJUDRNFZCgEwAdcSeEiGIuSJBiQ7Pa2gZlXjN8IuDGZZt4sLF&#10;c/g3/+u/wWs//Sq+991v4+MPPsLW7g7CKMLI8zDe3sF2fQ8LSoicOXmMxQi1YNExqR0rnUmzZ4jB&#10;a36dt0xD/hkS5peUEs+Gnkaj1VYC3LtULpfQbjaxv7cHL5iwt41Ja6YNk6siJ0+dwKWLZ3GsVvy5&#10;gO8Pxvj09gY+/PgTbK2tY6zihIw9aXjdshLvj4kSMZMo4K8atWKp+Fg9tsw3A/Z2DnHrxjouXjh1&#10;k+ZRBOHXgcyf//mfy/8KgiAIv8b0uv2XOq3G/zKJolQcT7gCQgO0BG3BYnNAJUjK1RryWVclRBZ7&#10;dzysM4pmRsJJyNWO06dPqETKYJ+ESRTD90PuZ+8NBtjdO1CfPUA+l0NFJW7k/KzpFtxsEYVKeVKp&#10;VP5t1jHrcoaEuRUg6mFbuhLUZQyG/n9/7catqyRGZrM0TNtCrlBAuVREtVzm65zmngKOgZkS9Wk2&#10;GSTPnWKpgEqtqt5j89KGZquJg71dnv9oNw4x7PcRBBE7oNPNANoQR7FEG7JonfWtm7dRr7f+z6Xl&#10;lQ8dW2amhMcfufUkCILwa85o0HtDCY9U4nieVEEoyYnCKaLJRCVXizy3MVPiRKkRhEqgWKnPT3Jm&#10;LGh6bIN+cNjE9vYmHMvAM09ewvnTHnbr+zg4aKF+cMAJ1frGtvr+EJcvXsAXv/AiTpYX2ORQ18xN&#10;yzTuy9kR5pnpNPmaz9mpZ5+9fI6qe/X6lBc2bG9vw8k6bEJYVTG0UDPV1wqWaiUUXDupMEYTNHpD&#10;9do97OzsotVpcww6SujTFqzMaIzAG6PdbvKweorW76bSXG207SzyhTJWT57AiePHkC/m70aTSE6K&#10;IAJEEARBmFdIKqQQRpO0Nx6+NpvFvJkqVskPD5nz8HmavTkmKqmxHYeFAdilXPv5+38RahGh1bv7&#10;hwcYjwZsnEbv91UiRSJmdXkJp06cwHA8xr17a9hY34E39vHRhx/j3v01fPVrb+CP/ujrKBYLSoBk&#10;ZP5DmGuozarZHqDb7VU2N3dX+70+zl84h6H6un5vhpHvK/HQxnjsHW202kepXMJibQHFvKPibYLJ&#10;0Va4XC7HixtmkymmSuSnyQQ0k4Ftmsg6WfYWiSKPYyoM1PFaB+rRwh9//U/w8otPDw3D2DV1GUAX&#10;RIAIgiAIc0siHryRdzLwvJenkxj0SLGwSPw6Zio5Mg0XhmnDzRV4Q5VpmXBM7aHtV4NxiJ3dOra3&#10;7qOvEi+6RRx4/s83XmWOHNOL+ZxKmp7HU09exsbWLm7evM2rfb/xd9/A9s4e/rf//d8erGgVOU3C&#10;XEOVwt29Bvb29lYKhexK1jGxu7WJsbrm07qBbMbkxQrlSgnLx5Zx6vgxrCxVkdUz7A3S7PTx2a37&#10;uH7jDjrtloq5KWwl+qnCsbiwxLNT4/HoyAE95M1Xmjqe49jI2Tbq+w0sL9WQd60d9evsyxkRfl2Q&#10;GRBBEIRfY1qN1h/3u82vT+Mpb6yipGgSx0qCzI42VGWQK5SgazqvBM1R60gmzQ7mn0ejSeaDQ4RB&#10;iO3N+7Telzdp0VA5QV9T6v1RGHFClcs6OH36OE6dPsnrflutFrY31nHz1t13vvilL/4d+ScIwryi&#10;aSn28uj2Ri/dW9v4b3q9PlcRbcuBk82yR0dWXeO6riFWAp/mnyzDRD6nfq7ESqng4tzZ41hcXuK4&#10;6LQ72NrcRH1nR8VCU4nyEd8q0AwNmmmp45g8gJ7L5rB66hSqlQo2NncQRbNPisXi/2EYGTkpwq9H&#10;bMn/BIIgCL+exLx+d/BbbAw4m2Gq/gtpvacSDCn1lG5ZmCmlMRoNUShVuPpBw68PEx+TyRStdpfX&#10;ibaaTVBbF/t5aKlkmF29kQbR06kHSdKMn+/3ejyk+ztvvoFzp87gvfc+wPrdm+m/+Iv/gP/pf/4f&#10;YOqSVAnzCYVCtZTF11579imkZvjh2+/yDIc3rrNzealcVCKhgFptAUsLNRVHBbiWEiMqvgajEJ3+&#10;EAeNQxw2OwjCGJVqWcVRiHajpURND51uG1EQcUySiHFsB646btfNo6nESt51eGPWu+++dwcpDS+/&#10;cPGh8SkIIkAEQRCEf3E8zy+NvfErlK9Q68csTobPafg1UgmPpetwnDzsXJ49CLR0WomJR4gBcjBX&#10;SVjge+i1D2ktKTKawaZqs6N+9qlSNkrCqIRqBtMwuOHLMC3+/Ei97urVy3jy8mW887MP3G6vj1Z3&#10;hJVaXk6WMHdMVLz0h4GKowCNRuuZdqeLF59/Fm7OwTs//gkazRZ6nRb26yay7hbKpRKqSoSQP8hi&#10;tciCQgUcnGwOtjpOb9ZngU57IGgjnOvmOEbCwFeCJvECGfYaGHYP2X8krWl49oUv4JVXvoilxYUb&#10;tYWSiA9BBIggCIIw34yHg6vTiX8ypmRKCQJa58mVEJXcZJRYoEF0zdA5GbJMkwXGo/KbRqOJQCVL&#10;+/t1nh+hxIr616dxqI6n8YwJCxDyMVDJV4Y8RdQRdTIfRIoFDq0nLZTK+NM//bNa/bCrfiZDtcKc&#10;ooKh0R7izt17Kdcxz9Ocxp4SHNO9GSzbQqVSRTozQy5XQFGJj8XlRdSqZeQdU13rGQzHPtbWtrCx&#10;vavixOdKIYn0Wq2GQMUOiY6Rej4KPV7kQC2SSrpzhSRWYr1xeIhnnnoab3zlBfptrssJEUSACIIg&#10;CHMNaY3hYPC700ky96GkAVIq+Yl8j2c2MkiqHbqu80YeMlizyM2ZFcgvb8Cidq5BbwBdHcN1HdRn&#10;MTxPHSsKlODIsPMz3Z5NzchsMMXeIpoSJYYSGLr6Shu3Mup1ZEqY0Q3yQ1h69oUTTi5rjuVsCXOZ&#10;ICnhXC062DSMxY3t+nIchSpWZhxbFs1rGGYSKiqWfCXMQyUiyEfn5GqF30tcPHcct9Z38c67H+DW&#10;jRvodNrq1RnYjs1xlMu7KrYcRNGEbdepGzHrZnHhiSfQ73bVcUM02/1xtZzfkjMiiAARBEEQ5pog&#10;iHR/PHqds6XpBDQHQp4fVOPQdFMlUhNOnAjbslk/UG97KpPC563fDcIIY/Vo94bY2Fzj18xomP1I&#10;cJBzeupBf0gqqaSQBdtMCQ/6FTQldKJYHaPZBOVa1cXlUznXPWYY2h05W8K8Uik5eOO150588Mm9&#10;hb/9u2+quCF9HsPNZVEoFlAsFFEoFVEs5ZBVooIWLxw2++yNE6kXD0cer64+fmKFlz5sbW9hf2cX&#10;+3u78H2f44QEOS2AICd1Vx2DuHn9FmhBA7U3/t9/+ddbL7/0QuOl5y9B06RiKIgAEQRBEOYUfzx+&#10;IvS9p6jaQdWL2SzxHqBqSJrMzjQDhXIFtpOFYZp8x1bXHt6A1esPsLe7iYH6Gish0ut2EU8myQ9J&#10;hKSPREgmnciaWfKjDIkR9bPDRgN376+h0+nDzRfxwWe3sr/3+3/03GtfuioCRJg7SDR7/gSxipmR&#10;559Xl7h2/vwZXLpwEd/77lvY2dlW8bADO5vj9qvqQgUry0s4sboIZG3EtKAhlUY4iZUgaavX7qNF&#10;LYyer8S4EhyFPG+7CgIP3miEQbfNFRAS6pZJG+losF0d7+RJLNZqW34w6QfRVASIIAJEEARBmF9G&#10;g8Gr08nEospHzJUK6pJK8fxHKjOD6+SQQobNA2mNqKESn/RDJlxpoHwwHPH8hj8esbowVRIVPvj5&#10;NObjUvLEpJUIISGijkdbtu5vbOGT67cwUImWa2dRKNWwt72Nb3zjW19/4tzp/2d5sSAnTJg7AdIb&#10;+Lh5dw0qjq42Wi2Mx2Osb67Ddh0sr67yhjfDMJWIt+CwoecE3e4A04haHme8Ma7TbvP8FZl7FopF&#10;pLUMm39aQ0sJjzHC0EUuF6qvAaahpwSJes4bYauxj3K5it/7V2/Slq27pmXAtiRlE0SACIIgCHMK&#10;rcul+Q9akzvjSsSM26t0TeOkaXbUbuVkXVi2cyRKHl79oNaq0PMRq8SINvaQC3QchzzUThWVZKA9&#10;ZvPCGZJB2xSv801ha28XH358Xb0v4mPRsDq3gSmB0mrUn7t+815uefH5gZw1YZ6g3QiWSvijcIKD&#10;g8Orup5R8WOg2WiyOiEjQbr2UymNvTtKpQIuX7qA0yvlnzcw9odjfHTjHj786Bo21jd4e5xt28i5&#10;WZQKJRRyRW7DivyAHdPJf4dmshaXamirz8m6RZw5swwVmtfkjAgiQARBEIS5xvO8Rd8fv5QIjSmv&#10;9JzxREYKumXCpAFaUycPQpXcJBur0o/Y7znyAu57z6j3jP0xD5KTAKG3pFWmRp+hKXGTzH4kLSJU&#10;AekroUIO0NEkqcLQUPqU++L7KBYrGI+HuVu3ble//KVnB4YurSXCfFHKW3j9S1eyn1xfO/fNf3wL&#10;/f6QTQkLhRyv0GUTQjvLYoS2yB3uN5BSsVAqZJVYUdeziq1LT5xFpVzGZ9druP7pZ9iv17G7vcEr&#10;sU2HZj4cnv1IK+FBSyJUcKmgNHH+wiUWO3/9t9/BSy9c+ez4ak1W8AoiQARBEIT5ZTQYvTiNwkWa&#10;+6AqBc2B0JB5HE9gZV3+Pp/P8dpcapHSuP3q849FBZRut4879+9zAjQJAp4liY8eDwbPueJBpoTp&#10;pPWK3nh3bRtBOONZkaQFbMpbfcZjD7bj04CtvnH/rtlo9bG6VJQTJ8wN0WTGM03T2ezs4tJC7fjx&#10;VRSV8Lh16w7W1zZYTLvFHBYqFSwtLcJddbGwVEVFiY+MioFIvbfZ7mFzew91JTqazbYS6QbyhQLH&#10;yrA/wKjbRrtRZw8ewzCUuLHhKGHTazdRzBV5MH3j/no/9KL1N37zVSxUXTkxgggQQRAEYf6Ysvt5&#10;/03MJv8kPmjwnIbE0zqv+6T1oSq94iFYy9AfeWc1oiHaRhOddkcJiUiJkV7ipE7CRdMSUaJeQ4Pm&#10;lHhRYob0DPX9Q/SHIxY99Huk6Y4wtWwp0eL7HgYDNmVL7Wxtpur1hggQYU6YcaVwOA6VeNjHaDg8&#10;12y1syS8s9kFnDx5jK/jQP2drvn+cAgckOv5GPWDBpZrVd6GFU5C9vbQUhnklZigVi5qQwyjgL+f&#10;TVPQTRNmGMLzVJyEgRIlbfQ7B9iLgUptFW/81pu4cOnC3Uqp2Mk6hpwaQQSIIAiCMJ8EQWh6o+FX&#10;Y5UkReT/QS1YlFZNZzwAm1EiJJPW2OWZNmDZtoNHmZ+HE3WcMEImFaM/6LEImahkiZXHLJktSaog&#10;KRYas1TMzzXbbU7lwijkhI6G4ROhM02cn0cm65tMDsHW1iZeePa8nDxhDkhWSGeUuGg02jhoNi7n&#10;c1neTLV+9z58JTx0FTCptKUEuA4n5+L48RVcunABywtFWCqW4skU9cMWPrlxF3du30Wz1WH/HMu2&#10;UcqXkHPzGCvB4ivhESgBQuuxM+TTM4159qRx2EAun8Mf/P5vo1bJ3le/jifnRRABIgiCIMwto+Ho&#10;mWgSnKXKByX9OFrBSyKB1ufOjIxKgvJwcwVktBRXM8gg8GH4Yx8HB/Wju7kznv/wxkM88EynGZAM&#10;mw7SRq0Mz5v0B0MlfFLs/hwroZN+IFDUg9q21BswjSLotj0ulsqjmETOBCqxk/MnzAd518DLL1zG&#10;tZtrV9756YfodFtc2aDZDztrKjGhc+sitR2GXoStzV0VR1MsV4owDA2nji9heXUJtLr37Z+8h5s3&#10;bmJnZwdkZmjxcQrqOBbfAGDhPlPXv4rNEydXUSkUcPfuOtY3t1AqXbojm3cFESCCIAjCXDMe9l+d&#10;TCbmbELig60A2SyQvEDSGZ0THifrwGTvDxIOD++/okrG1u4eGoeHtIoUh80GfM9jl3OuaLDJYLIJ&#10;i+7ikhihGZCBFyJSH08tJ/TcjNZssfxIBAuJlan6z7TsUaFQ6tWqFfYm+TwDREH4VTOdPRAhpvb8&#10;s5eeodYqq26wi/ntO7fgOFnkSwUsLCiRsbiAleVFLC6U4NoWx8NICZJWt4/d/X302n3MlDBZXFni&#10;Vb3kHdJtN1FXX0n80/prWont0mB7Loe1e5s4zDocI9/9zvewsbFz442vfhHlYlZOjCACRBAEQZg/&#10;aL5jNBr+bopmMpD4d0xIhMyS9J8cy3XeVqUpoaDxUOyjtl+RiRptu6Jk6LDVRkolTGlq6EqpP0kw&#10;qPfqusEO53QUTf3dDyfIGDY8/yA5SPIyXvVLyZmha4n/SEaDY9rdXKHkVxYq6u8iPoT5wPeV2O70&#10;MegNzhw2OyvdXhdPX7mM8WCIDz6cYjBSP+t0MOoPcLBXx/p6EVUloldXl1BVwsQ0dI4PEiq97gAp&#10;JdYnoc/zH7Qta5YrQLfspAVr5KExqmP/YBuGpsOyHJQrFZw4dVYd71hs6ua1wdD/BQEiYl0QASII&#10;giDMCeORdzzwvOdJeMTJBh8eDKfVt6QX0mmdB9Az6i+GqXPLVCb98ESmPxhh0B8i7zpoKIEQHD3P&#10;q33p2LRZi49NA+gZNlwjAZJOZXjLDwsPbi+Zcb5EHuk0uE42bTpv/cltl8s1VMpiRCjMEerC3dig&#10;7VWHT1YqedfSM7j52Q14gc8+HXm3wNdxPl/gysaZM6dQKbqwtBTPVh0cdnH97n3s7tQxiybQ1Ptd&#10;m35uws26GA3HGI0HiHIupmFI2+CU6BnzYHu/e4iJEipf/9d/hmevPnWgxMyWm/3FAXQRH4IIEEEQ&#10;BGFOGA4Hr8bxpDhLJe7kMRkRHlU+aPSCdu1S4kSOzLZtKdHw8GORZhh7vpIMEVqtJsLJhKspNEtC&#10;oiZmh8MHjyRpIyfoGfl/dFRyRVuCUkcHQvKyDHl90F8zGRYgWTd7v1wpIZ9z5OQJc4NlZvDkxTO0&#10;HvfJW7fvYDgacsXOtg2uaqTZ4oPaCIFev4/DQ1qbm0WxUmCDzaVaCeefOIXPbtzD2z/+Ce7du8+u&#10;57alrvlcHlnHZTPCcBIhVAIkTfpciZRjK8sw1LHpM0+dWsVi1b2hPkJMOgURIIIgCMJ8QsPe48Hg&#10;dZDTOXl00OC5SpLIg4OcmpGewjQslQBlQQ1adKeWEq2HEUYx6ts72NrYBG3WnUyVAKHj8jxHMsvB&#10;w7PshK5x4uUHETSngObhfV77Oz16bYoH0Ge8NYgMEXXNVL+LQ4PwN2u1ChxLVowK8wMVBWtlB199&#10;7erVKArx/ocfYjgeY3u3p8RyARUlMKqVCrdd1RaqKORcFuXt3pi3XY18H+1uX8VKhHPnzsA0DWxt&#10;beNgdxeHB3VEKrYM00Qur8QIDbVbNjIqVDrtLqoqHk6ePIm3vvsDDAcv3rzy1PmpLiadgggQQRAE&#10;YR4Jxp7tj8dfmx1VPkiATHiGg1zIx9BMG6ZtIwhj5ECVkDSLhIcxHA9pSxUsJ4u1uxuwVcLkkefB&#10;UUtVmm8DJ+8nN3WqjCjJo34PH4NBD4mfwlEBJJW8ntq0SJTomsG97m4ud5eSuLTkV8KcEEUz9AYe&#10;xr5vtbq9q91hH1/6jS/A1HV873vfR7PVQrfbxu7OHq/KXahVsbK6jOMry1goF5CxTZ6LSqmYaDQ7&#10;qO/W0Wq2+EaA7bgsx/2xOr43wrDbUfEw4W1adjaLfL6Ijjp+oVjiePvZzz6+kVXxd+nCMTkxgggQ&#10;QRAEYf4YDkcvRlFwkgfOp4nvB442VGU0nRMiEh22ofEL6I7tozrJPT/Cxvo9dNqH8DwyT/O5xYpm&#10;OmhwnUQIL9clTwQSH+rzDMvFQX2fvUISn5BpMgyvfqaZ9M9NYohIcyiWZTXypeJOuZyTkyfMDaSX&#10;t+uHWFvfOu262dU4CMmNnGedTMtCdWEBGfUqaqUqlUqoVMsoV8pcARwp8b2338LOwSGGgxEfzbId&#10;VKs1mOqaJxEz0NVX04eTdeEFI4T+GJPIx7DXQq+xj33LxosvfxlPvfjidKFau1Eu5+WkCCJABEEQ&#10;hDlMmmYkQPpfnU4nmcks5vWeSZUiw4n/JIqRism9OUKmRNUHJQCMh//fP7dzeR6yto3DaAJTiQxv&#10;GCrhkeYB8tksacEiUYNpCimVfLE4UUlWo9Hkn03j6dF0SPJn0rIF3hBkqIdKwDZr1dp+oeDKCRTm&#10;Bl1LYblWwd7e4dX1tS0riAKloydsPkgD5DYeKHzAD3yuXpw8tozl8j9dx6fay/jph5/hww8+xsHB&#10;PlcIXddFnvx33JISHh4Cf6SEeikR8kqlU0wGoyHW76/hjd/8Cl79wpWe+oibMm4uiAARBEEQ5hIl&#10;LNLj4ehr7PtxtKGKH+pnhhIFhp6GblhYWFrBTAkBNj/Dw3fp+GGIQS9xPSfn5wl5dpgWfN+jkfYj&#10;0cMOI9zzTj6GUZzCaOCh1+3+/OepozYsEh8P2r3SmsatYG4ud61Wq0aWKf8MCfMDiYGlhRze/NpL&#10;V3/4zif4+299h1dWT+IIpUIexVIJ5WpNfZ9DvkjzGya6nS7PXTm2pS78iTrGDE89eQG5vItr167j&#10;zq07WFu7z69JZj+KLEioOkJBSN45lXIRp0+/hBMnz+Bg/wDDkX/PzVotOSOCCBBBEARhLvFGw1NR&#10;6L0wPRIdyQrepE1Ky2g8cG5YFguOYj53VCFJ42EWIORWTkKi1ThUSdOEh9f77Q6LjanSH9TPnuIW&#10;Lpr7UJ9Jpofq7/1Bl52e6Y7vUTrHv4PO3h8pzu5Mw4ahWcjm8+9Uq+VHrgEWhF8lFDfkATKZxKmh&#10;51+h1sIXnr+CUydO4Fvf+jZ293axu7OLnBIipUoJK0urOHZ8BSePL4GENJl6+sEMu/ttbNDQObdi&#10;jZHNuSiHZQwGAzIKRbvR4C11hmmws3q+WMJ4NEKn3UM+m8W9u/fw71qdT9/46qvTc2dW5MQIIkAE&#10;QRCE+aPf5/Yrix3HJ9Ojto4Uu42T2KCZi1yhADvr8GYscjJ/WN5PAibwxipR6kElYSws4iDm9b0k&#10;PGapFL+fRAZvuppR9SNGxnKVYDng+RD63Nn/b00vmx+qb0mIUB+9nc3OSqXKB+WS+H8I88N0msL2&#10;fgfraxtF09Cv7h/sc5vVzZu3UMjnud0qVoL8gWig63kwHGBzc4p2zuG2w6ESEhRzNPNRUDEXT2IV&#10;Tz4s22YzTj2twbI8+CrGQj9At7GP5sEeVwaLhRKWV0/g7NmzyOUK1zu9EceXaHRBBIggCIIwV0Qq&#10;wRmNBl+dkecHbb6aTnlQnIbPqUpB1QzTMXkVLwkBmsHQHpHQqMOhPwrR6QyShIru2o4GSd+7Ehc0&#10;90GtVTSUO5uSozk90ur3mKLX7fFKXmpXeTD7keL30CKsmfpsA6ZuwM3mt2oLC5v5vPh/CHOUEGXA&#10;SxoGI+/Sbn1vIc3xpUT3NFIC3EAum1FiO0JGS0PPpLCwVMVTl85jsZhcx54fYnPnAO9++Anu3bmn&#10;RIYHRwkPWrO7tLiMwI8oVuF5I0yiiOMrCmnBg4dhv6uESB1f+NLr+O3f+c1ZznVu5l1bxIcgAkQQ&#10;BEGYP7yRV4o871VqHyEncjIhnKk/eFOV+rlB627drBIFE7IIUYnUo93P6XWtdhtpTBB4SoQEITLq&#10;uFTloG1W6XTS5qXpGvfGx0p40Lre+vYBppMIKSVAZtMUD5zPuOqhJ9uyqHJCFRDTphaWWwsL1ZYt&#10;/h/CHEFC+eSxMor5F1986+0PUm//5F2u9tHChmK+hFK5ADfvsqiwrOS63tzcReSTF4ijXpfB+bPH&#10;UVmq4c7Zs3jnnXdx9/Yd9Hp9nhUh5/RsPoeSXeZqIq3JJgG/vLqE40tL+OlPf4oTp4/h3KlF2mN9&#10;Xc6IIAJEEARBmEuGgyGt3z3GLU88hD47an8iyGgwxf3m3P5km5jh0bdUm802Oq1DeP6IW6kMx4HX&#10;GXNlI5WacmVFY1GRjJjHvG3LwGHzkLdukdEgUjEfi34Nat2asQu6zm0pumWhUll4b7FWmYn/hzAv&#10;UKsTCQJOjDTj6srKEp599hmcOL6Kb/39N3Hvzi0YSjwXyyXUFhdx7NgSTp6oYWWxgqxtcMGv2R+j&#10;ftjGwUEDg1EPtoqd5dVVXgTRaTewsX6f3NXZ48PJ5ZQQL8HJ2tjfo1XXPhZWlrF+7z6+/R1765WX&#10;r+zkc7acGEEEiCAIgjBnSZPKmoaD3m/zUPk0WXvLPh2ZtEr4M7DtLFKajoJbUKLBUAkWOZUbj0zC&#10;wsBHs1HHaDxEFE5UwhSw2EhaqZJHhpVD0uZFnxVMphj0+lx1iWcPtnAdtV7RH+QRooQIGRBms1mV&#10;xBW+Vypm5QQKc8KM5zP2DwfY2tlTKn329NbONouK0PexsrIC03L4dZqpcwvVzq6KkdEI9f0Sb7By&#10;qJqnrnmS/I4S2d1OGwG1V6mYoxixbZfnr4KxB0+9bzgcKOGxDUM3kVVipFguo1qroZAv0MzJR7pp&#10;zV794hUebBcEESCCIAjC3OD7ge57o9+g+Yx4OmXXc0qCWJDEKYSTCVwry5uqKAlyTPORQ63kE+IF&#10;IXSdBmrTnCzFk4DbRKg1i2ZMqMoxncx4viRJyEw02x1EkRI36nU4uos8w4Tfx1kcmw8aMAwHuWxu&#10;v1IufZpzZf5DmB9ooQINmG/v1Jen08klqu75Iw+3btxRMRMrAWFxxc9U13tJCYXzZ07h/NmTyCtB&#10;T4Pmvf4Id+7v4Nqt2+x8ThVDyzBRKZWVIHEwcMY8SzXJ+vBzrhL6ATwl8gPfQ0cJ/m5zX4mRZ/HC&#10;cy9ieWnxw2qtApEegggQQRAEYe4YDobnQ9+/Mj1aOEUCgSogZAyo6SY/bCcLTSVC5DtAouFRA+iD&#10;wYiTJ02jTVZARn0Nw8R4kKsZyPx8/S6JiygMucqyv38vMT6n4ffZ9OctYJqm8+9FwiStvqf2q3yx&#10;9F61WmkaRkZOoDAnpFiUnzpegWk89+zb737sfPTJJ3zd5/M5FNSjWijBsk2eoaIXH6o4IWPOM6dW&#10;Uco5WFoo8ePs+ZN4972P8NEHH+He3bsg605a25tXj1x2gdu8fN+nXdYcX/QzSsRo/uOF557DH/3+&#10;axTON5LfShBEgAiCIAjzJkD6/a+plN+YHpkPTmeJvSC1Y02iUImOPHTThGUaPPvxqHYOeidtr2ru&#10;72Fr4x7Gw6FKsDTeogUWIOmkcjJLXkutVbNUBl4QoddusiChWZMHQoR+DxpST4RIBoYSIFnbQbFS&#10;+UGlWpKTJ8wRSQsWVUFWlkpfunL1SbRaLZ6Z+uzTa9je2UJOxdLick39fAXHji1jaXkBRdeGrsT+&#10;0AvZsLPV7qLTG/C2t4uXnlDi38LG+ga2NzYQKsFhG6YSIgUUi2WYKiZZzCiJsrS6hC+//jofY7ve&#10;6hxfrtyRcyKIABEEQRDmjjCcYDTqvznjdbjAFHHi8aGSKFrN6zout43Q+ltyX86kH739iuY4mp0e&#10;D8xSpWM6UUmVHyKbdXkVL3BkXpieIaNpmCphMlNfDxst9bsEXO2gzT7cBqag1bxHUoVfT9uw3Kw7&#10;LRYLbxXzMv8hzA/xNIVWd4SDRisVBeGzG9t7qNTKuHj+DOLAx+b2DrcgNg5b6KgY2d7eRalaUUJk&#10;EceXFpB3HZ6xIr+dIOygqWLi4PAAPRU3JMxzpSK3c3mjIbY7LWziPpt7khgplSrod/tcaZlNPfzV&#10;f/jP26+//hvbzzx1DrKkQRABIgiCIMwVo9FwOQy8F2OufiSzH5TvJ1WQNJIihA7LcY4cyB/d8jTo&#10;D7C7vYVev4tUJsWihTbzBL6fOHrQdq00HTkpg9CAbdopKgGywc9Q/zx9KP+U2660ZPVuWlMChOY/&#10;bOTyuZuVSvlm1rHkBApzA1Xt+kMfH39yZ9EyM0/GcYThcIgf/+RnbBiYdW0W96Zlo1qp4OzZU6jW&#10;qsgaaY6Hbn+M9a01bO/WaS+cuvZ15HIlpFMZWEp4dzt96Oo5y9ARWBbG6phkcNg43ENrfxu2k2cD&#10;wosXn0Jtofpxr+/NwmgKyxQFIogAEQRBEOaIYX/4fDyZLCR/m/FGLKo90FdyG7dsB7ppIAyjIwPB&#10;Rx8vipL2qb4SIIPBMDEfTCXbrHiYnMRFOsVrdqk1K52hfz5S6Hfa/P2UfEbYDJFXX/HcB7WG6VoK&#10;um7AcVya/3irWin5mibd7cL8QIXBE8slRM9efuKn73+6uLG1wdc2+ee42QLypcT1fHY0a9VsdZDP&#10;uzi+sATb1LG8WMbFc8fw6e0NvP2Tn+Lm9duJCaES/8ViAUvLSzz7MVKiJlLCg2KFjDx1LY1uq436&#10;zjZOnzmDP/jDN9XxjPctJdBNQ8SHIAJEEARBmCPieIbxYPCvZrSZirZfURvW0aR4ivMWSvrTSKnn&#10;aewj/c+oD8qrBv0+wiDkFqwoHPPzmVQGk+kkec2RsyC7q9OmKy2DgUqoaFNWRkv8RhIDQvIFSfPr&#10;ZrH6fBo+N5QAUclcrlB8q1QqygkU5g5Dxcul8ytfMtS1ure/p8SBjs2NTWTSGirVCmq1EpaWFrG8&#10;tIRCKQ/byHDlY2RoHINULXSyFp55+km+1tfuran3b2Bncx26Ein5YhGFfJFX7lK1Uml7rKzUcPz4&#10;Mbz3s/ewtLqCU8erFIqfydkQRIAIgiAIc4fv+fbYG32Z1oLy1iva4qMSfqp+0LwFVSqiaAK9aMLO&#10;OtDUzx41/8GD5P0e2o0mDvZ2E08RddwwDPm4D8RNRqkbGkafxlNoloMWeSWAp0P4s1n6pKbIZAyW&#10;NeQiTY7plmlRUtYoFYtvi7maMFdiXl22g2GgBPgQYz/4wvrmrhIGC7h44QklDDLY2dpGq3mATqeF&#10;XRUbxXJVCZEFnDl5DKuLVZimEt+6jrESI1tbO9je3EKj2eIYJE+P1EyJEyXUt9buKUE+g2M7cIsl&#10;rqpE21M0Wl3kC0XUd3bxH//mHw++8tordyulnJwYQQSIIAiCMF8M+v2noyg4P52lfr79ioZkkdbZ&#10;2EwpAB5upXIIVTQ0/dHzH+ORh6YSH+RWXijk0IgCRKNRYjh4VD1JH31Pw+y+Sqr0tIFms8krf5Mh&#10;kaP+FBy1X8UqLzM09fsYbOKWy+V+WKmWms4jjBAF4VcNXd3d3hjvvX+tqBuZy5MwQOwHeP/9D+Cr&#10;74uVIr+KXM0LhQIWlfgo0Opcdd13lWg5aHTQ6nS4AkIzH7l8UcXiDLGKDdO2YIVZuj2gYstA4I3h&#10;jT0leHrY29ngY1bLFSwsrqBSqaG+e7D20Sd36q/9xrPcniUIIkAEQRCEuYDERr/Xe306mejs+6Ey&#10;/WTzVOLPMYljFHJ5roTYtq0SGe1oI9XnQ8WNtkqg6I7t2Bui2+2rZGrMA+Tk6UHHpRex6zlVP1Ix&#10;0oaOaDLjrT4P3AqoApIMvqf482h9L302CRC661ssVb5N5mqPqsQIwq8auhyrZRfHjy+d+/ij66d7&#10;w2Tjm2UZyDouzz+xyJ9OMAkniIIItUoZZ08s4oGsP2z38bMPruHDjz5DSwkPXTOU4M6iosQFVUFo&#10;i5w3HiOeRLwxLlTxFfoj9Hpt7G31eQj96rMv4MTx1Q8Wl6oci4IgAkQQBEGYGwI/og1Yv0PZPrVK&#10;sYka+W2opGU6TdqlaPh8euTdoesZPOpeqh+EPPsR+WME3gBhFEJT7wtxNMuhvqfPSR2ZgJDAyTgO&#10;9vf2eZiWndGpZWs6PUroMixG6Hnqo9eo/SqbHVXKpbdqZZn/EOYP19HxyvMXXimXium/+Hf/ngXI&#10;3v6QFzlUKlUsLNRQq5ZQVtevbZm8GW5rt4lc1uLZEcvU8PLLV7FybAnvvvs+bl67jnp9i2OymC+i&#10;VCrBqVYxmSgRMwmhq7giLxFbxcYPvv8DfOlLX8Sfff0Nqh++C4gBoSACRBAEQZgzRoPBiUnoXaUk&#10;CQ/MB1NU+ZjytilyPqc7sJZpIudmkzaqRzD2PF6hG00i6AZ5eYQqSYoSY0GqrKSmRyJkxhWNIApg&#10;aQ4ah9dZoKS5UjI72pg1g0lDueq4upZR4iP5PVw3/0GpXLnnuqacQGFumPH1Hx2J8Oh1qn6cv3ge&#10;T12+gLd/9CPcvb+OXifZUlUql7GwtIBTJ47jzKljKBUcjgdal7uz38DG1i7PiVDMLCwvI6NraOwf&#10;YHtrA2v378LmKmARxUJZCXgbh80uqkqYPHP1OXS7bdxf24nOnjl2Xc6KIAJEEARBmDsGg/4X42lY&#10;nB6Jj3gy5eSffApoXIMqGOPxmI3S0tpRNeIRDujNVpcdnFvtDg5VwpTWdKQniadH5miVLo6qITGt&#10;2U1riKYTDHo9vsNLoiOmVrBkBp3fE9MwfEZjLxDbzpLh2jeo/cr4Z2ZRBOFXCV2zzfYIH39y3dW0&#10;1JXRaIRQxc6169e483B5eUkJihksx0SpWGBxPx77WFvbUQKiwyI75k1vGRTzOQSBj353hIhWX6u4&#10;sLM2x43nexiTCeF6GzupdXUcm4fZu9UaKuprRkvhb//zP26+/tqrG89eOffPrswWBBEggiAIwq+M&#10;MIoxGgzfVDqAk3zSBmlO+GN2TZ6lpsjn8iq5KYPWidKMCP38YZD7eb8/wLDbxiTwuEd9Gk24VSRZ&#10;3ZtkQvxdKjEb1Kws2q1W0qqlazyDQiJkdiRY6NWpo88l80HLcgP1+7xVqRTkBApzBXUVug5V6ayL&#10;d+7fPTnjZQ4RtEjjKmIhZ6hYmCrRrR4qACqVCp68dB6rCwVuaxyOfNzb2MPPPvoUW5vbXFKxLQeu&#10;m4NpmXCyLoaDIbJKgATqucAbwR8P4KuvuxsdNOrbqC0ew5NPXcHq6vG7QRj3ongKQwbQBREggiAI&#10;wrwwHo2dwBu/xtPeXHWY8qYrmrsgc0DaeOXkc9CU+JhOYh6SfdQ8axgEvJmn3WnyjAe1a0VKZBim&#10;wWt8wbMfaUx5j09yx9g0XRw2Nvm1ZEvI4iNOZkDo8xMfEBIfFj/cfO5mqVL5uJDLygkU5goKjUrJ&#10;wVe+fPU5J2fpf/0332ART9d8oVBEpVjCwlIZ+UIOjm2xqN7ZqSP0A1TLeSU2NDzz5BmcOLVKW7Tw&#10;7rs/w8b927y+Wl333LZVW6ipWAox8UOen1KanY/XaTZw68ZNXHnmefzBH/wWsq7zfjZrw8iI+BBE&#10;gAiCIAhzxLDffymOg+OU7E+n06PqA92dTbMgyGRoQDaA5TjQdf2R63dJw/hhDC8MuH2r1+3y3V5K&#10;krR0svmK/kuTaRqJHG6xojasFLrNFmdv9DxmExYd9D0dh9rCqNWK1++aFq0s/cbiQmVi27qcQGFu&#10;oOs/iGIWzlE8fa1SLuHypUu4eOEc3nrru9jeWMd+eosNBKtLizh14hhOnz6J1aUa8lmLr/NWb4z9&#10;wxba7Q6CYMRD6Jqexu7WDpqHh9je3lBi3kJRCZlyqcjVEWrJsu0cTj5/CoVSDUvLizh7ZpnC6R05&#10;K4IIEEEQBGGuIPfz4WDwWjyNNWq9mvIWLLBIIC8OqjqQr4Cm60nyb+iP3KZDFQ5KnOgYjcN9UNfH&#10;JApYWEyiKNl8ddSMTqtzedBc0zAcDeD7PtKZxBGdB9XBjVe8fnfKw/CmemmGtl9NcsXKNym5k/W7&#10;wrwJkMPmAHfvrVuz1OyllhLV6RTFRAtldb3y9T0lU00d00mEvfo++oMhNjcLWKhVUci7IFHtZh2M&#10;RmMcHjTQ7XQwGo54JsQt5pAZZzDuj1jMbG5OkXNcWketjlNGq9VGLpvF9tY6/vL//Ubvzd989Uat&#10;nMcDLx1BEAEiCIIg/ItDSf9oOHiT2qKmiLn9iqoOZECYUUkLbbAiMZJVSQ3Nf1C7yKPSmECJjMbh&#10;IUaDHmZxjCgI2WSQ5z94c1YqETdKOHAblvqcXKGEO/fWOXvjzVizifo9kiqMbpg8N0KiJaMpEWQ4&#10;cGz3frlc/KhYcOUECnMFFe/I16bR6j7d6bSPz6iaqCJra3uHB57IA2SiniMBUqkVcfbMGZw+fQIF&#10;x0AcRmh1h7hzf0vFwxp8z+P1vG42x4sXqIVR62Rg0DY6zYLn2RjT7MdoiJ1eB/vbGhsWLi6v4vix&#10;4+i2e7c++fR+/fVXr6r3i/gQRIAIgiAIc8KgPzgfhf6VZPyDBtBTnPxTmxNVJmjdLWYpONx+peGf&#10;KzhQ3UIJGrTbTU7GyCiNCh4kOyiBCv2QBQWJEdqkFUcxb7bqNBpKbBhJBYZ/mRTfszV0ndvCDCU+&#10;dM3k3yubz327Wi6OczlLTqAwXwJEPY4t5/G111544Yc//sj8wds/VoJjhnKxhGoxh0KxCCdr83VM&#10;Ipw2xVGV78ypVdSKLgr5LM6cWMTZsyfw/R/9FNc+/UzFaI83XJVLZSzUlhApMT8aDRCEIWZcVVSC&#10;XX09PNjDoNtETQmQE0rYHF9d/WyhVg1l+5UgAkQQBEGYMwHSew2z2HmwdYpanaYq9Y/U34tOCZph&#10;sekfrQC1LBOPsv8g8dDp9FAsF7G+HkFLZ7jlKohCvitMRmtsM0IeH9MJD7lnlCjxwwkGSrRkaN7j&#10;SICQ+KDKCYkTalXRLI2rMZpholAq/qfqgqzfFeYLumZpixwJ7HIx9/rTz1xE/bCB5cUq+38c1rdg&#10;u1mUqws4trKCk6eO48SxZZSV6MhkUugOPIy9AL3BAH4Q4Ozpk0r4W7h5+za21zawv7vHNwEKpQoq&#10;lTJKhaz6PBUbJGDOnuZ2xHd+/GO8+uUv47/8ozco1N5NJXY+giACRBAEQZgPgiDCeDj4KlU8prwq&#10;dKoERirJpNQjVs/RWly3UOBWEDJIe1QuQ8Pmo94A9e0tjPsdtJutI78PJF+5xYo8PlI8y0GzHrqT&#10;Q6PV4u8zeooFy4x+H5VYUcWDvqc7xRqt31XJl5vLrpeKpffLhbycQGGuiGOg3hhge6/uzKazV3b3&#10;dkFb2paVWL5w/ix2Dw4Qqes8Cn1sbm2g0TzExnoFK0qMHF9dUIIiB9sxEaoD7R80sbm5hWa7jTia&#10;8IYrqiiO+33sbqwpQXIXdtZFuVZFpVTCnfv34TpZnDpzHrt7O/jsxv3ZU5fP/kzEhyACRBAEQZgr&#10;hoNhMfD81xLBMeP2KapAaJqBWUbjgfOySm5oCJwcmFOpRw+yep7PG7IyafonIP3/sfdeT5KcV5bn&#10;CfdwEVqLjIyUlVWFAlBQhAZBEgRIgmKmd8Z2rcd6ex/2f9iX/VfWdh/GbGd2zaZtpofs5pBsKmig&#10;gBIoLbJSy8jQ2iPcI/a717M4bbbTVfPUDJjdXzEQmZEh0uj+VX3H773n8BVZh6oX6r1ooJ3C1Th8&#10;EH4ZhYIGI6EQqvcf8jwIXapljyz+fXyRQh9JVsA0/2HbNmUhfJhKp5uxuNjvCrMFrYxut4f79zZe&#10;VCdwiZzc3JGDq9e+5spIPBLn85tasCjQc3FxAQtzBejqJHeVMDmu1LG9d4RWpw2TzBZCUWSSak14&#10;U3ijkXovJcZj4BmQwaCHQUeJnVYd+0qcR+JxFIol5HJ5dsX67W8/Xh972Hrx4hkZPRdEgAiCIAiz&#10;Q7vVfsPzRiVy5aHhc422R0oEUM96NBrmqsXYnagNk3lahXh8loCrxMLOzi4Ojw64yqGxi5bGQYOk&#10;bjRuyfJ3ahQu6GeEBNGsVbnCQcJjcvq7TNWTDGq/IpMsJWqClgXDDCEai/2nTDqpNmemHEBhpqC8&#10;zNXFvDqJn3vtg08+D25sbCoRHUQ8kUAySbc0i/JpwG91rFZrnHS+ulRERIn9lYUCzp1ZwGeXb+Hz&#10;zy7h+LgCQ62PRDKuXpvjDJFOu4NBv8cZICNnAKffJRc7dBtV9NsttNtdXHzuRSwtLd+YeOjQnJU4&#10;xQkiQARBEISZgK649jrt7/tp4759KBUeaALEskKc/6EFTeiG4ed18KjsPw3Z+Z5UTtT7jmCZOpqT&#10;Ifq9np/loXZmFGBItQ8SHdQjT+5A1ELSaLYwVBspcgVixyDqWZ9qbN/LYYhTT23iyALYRigc3U+m&#10;0p8WcmnZVAkzB60fOvcvnJt/e+y+glq1oQRzGDdv3mYHuUw2i2Ixh8JcEfPzc8hmkgiptdFpD9DT&#10;h1zpGE9GWFtbRCQWwvVrN3Hr1l3cu3eHq4GpVFrdUghH83BHI4zVWgvZISU2FrCz8RA3r1/Du+98&#10;H9975y3YlnklErZlnQgiQARBEITZYdAfmsPB8LtTDv2YcDvUJOC3O1FFhCoQHEKoHiN3KsogeBz9&#10;oRIc3S481+X2kF67y/Me1Hblhw2CB89psJzas8iWNx6J4eHd+77oCPhD7PR8+ny1gSIlwlUUcsKi&#10;DJBwJPJRJpM+SaUTcgCFmYJia2qNHmXgJIaj0WsPN7axvLKAUimPdqeFeq2GdquBfr+L/coxNre2&#10;UVYi5MzqIsqFrBIuIRbxlaMGNjZ3cFKvoaueG03G2XmuUa1gZ2sTGw/XEYlGlXihikgcE7VeqrU6&#10;CqUyNM0ApZ6X5zJqneELOSqCCBBBEARhpmi322vuePAiCRDa8FPauD4BJ5JTtYNcseyQxTkcQTP4&#10;RCedVquDkTuG4wxROamq93RpjON0rmPi54cENH5fpXF43oTKHA210aIZEfDsu/8h9Fn02FTt6oKU&#10;fUABiLaNeDz+nymsLRa15AAKMwVZWB8eN3Hl2tevRGyrMFDrwHEc3LvdQNiyEEinlYgnB6skUukM&#10;qI0wEY+zOD86bqA3OEKn12HRT7NOFC7Y6/QRnLAOh2lHEPUCnIze77SxXqtyG2OSEtVzeWRSGcRj&#10;Eaw/WMd/+JtJ/f333/46GQ/LgRFEgAiCIAizslkCOq3mD6dwg9Q3Qs5X3pjaP/x+cRIJ1O4RtkMw&#10;1aaJbsHHtHJQmxVZ7bbalE0w9jM+PI8draiTasqVkImfIcLvP+XWrmF/iK7aTNHn8+A5O2BNuNnr&#10;kRuXdhrAFg6HqslU8o+5bIY3aYIwU5ueYABL5QyajcW3v7p6TWu12kq4m0hEI4hEE4ir9aSR0YNS&#10;E4NuD6NICMViBkuFNL+e1sfD7SN89Oll3H+4rsS3i6gSIfFYnDN4wt2Oep26DcJwhgP0ex02faid&#10;HKNRPcaBel6xuIAzZ9bQ6/evrG8c1V5+YVUOjCACRBAEQZgNBkOH5jPeYYdc2vy76j5wOh2uxIId&#10;CvP8BTViBS2DH39cAWSoRAclnpPjT7vdZttQHib3JqeCZ8qtV6QxKBvEUwLHtCKontTUc8cIKIFD&#10;IoYepzYsurKLqaZ+tSm7X/ntV+EP4onkkbRfCbNKMm5r333r4rdpjupvf/53PLu0t7uLVDKJdDaN&#10;Qr6I+WIW2UwKlm2pNTjA7lEDISvIrlfzpSx+/OPvYfFOCZ988gXWHzygvkREEzFklPDOFotwHQeO&#10;Eh70GZQREgwEcffmVc4NmZtfwIULTyNfzH41P5edyBERRIAIgiAIM0O30ymMhoPXqdJBV14nJECU&#10;xKCgQdebwrZsHnqNRGIsBrQn9F8NhmO+GksD6E6/wzMb/cmjtHN/H+RRngfVQyYULEgtWSaOTk78&#10;bJDT2Y/pqWixOSUa3BZG4sM0bYSiiV/mslkkpK1EmDHIYrfVGaLT7RWHw9ErZMX73HMXEU/GcOPq&#10;NbSbHWyuN3Cwf4BEOoU5JSTWVpfVrYyUOp9pnTS7Q+w83MXB4RF6vT7yhQyLjNrBEY6PD7Czs4VQ&#10;KIK8WgOpVAJ2UK1R3cDy8iJy+TTu31nHD977Hl57+SnSLJdk9lwQASIIgiDMFJ1269WJ5+V5SGPq&#10;/41NVRASC+SApRmm2lQFeIjcUmLicfPnZJNLdqLNZgvNWoP70wlqk6LZEhIwJC4o5ZxasQz1ZiMS&#10;IQEd7UadbUop8JDasqj6ETgdfqeKCD3XMk1EwpF2Ohn/TS6fYZchQZglSLRvbh/i5u27b0VsK0aD&#10;5u54hOODLs0twVRrigY54vEEkqkkt2a12i3cuz/BfjSs1gA4J8dS645mOnq9AbotarnqqoUExGLq&#10;NcEBhYbiwb0TaOSIlUghm8+j3+8hFo0gV8jj88+/QDxmdy6cX/5SjoogAkQQBEGYnc3S2FMCpP0z&#10;Sj/3Q//8TT9VQkKREGy27tR5BsM0DX94/DHvR8495HzVrFfQG/QwVqJjpO5pw+WnnvsWV4GAzjMg&#10;Y2+kNmC2eu4AQ7V5osHcwMQPKKSKDG2uaFidfjdqYSEHrkgk8kEimd7PZFJyAIWZw1DiIZ9LIWRH&#10;vvtgY0MJ7zGbN4RtS4mDOGLxAGfbuBNf5JeKBTz91BnkE2FeH9V6G9fvPsTVa1+irYRJxA7BsCz1&#10;nnl07IgS4i31fgY7w/V7NpxBH/XaCWrVI4RDIeTyJSwuLMJUAubjj6/cjIRjB4sLGTkwgggQQRAE&#10;YTbodLqh4aD3Js9cUPsVh/95LBL6ShQElADQdQuhkM1ViSd1cvSHDmq1Gnq9DsjbijZKY0dTomTs&#10;iw/1P6p+kN2PR9UW9R9ytKpX67wZ02nug9vAXLbppU0WzZizDbBhq40YiaLIr1Lp9DSViMoBFGYO&#10;Ol8X5lJW+kdvvfGLX3v4/e//QKIZ4/EYqVRSCYQccpk00pkMmSmo9aVhf+8Ig14CiVgI8XgEb7/x&#10;EhbK8/jss8v46spltBo0G2Ijk8shnc0h4SWVYO9jNBqpdeVyZk6v3UTl4IBbtPSgiZfmylhcWvx8&#10;emoyJwgiQARBEISZoN3uXPDG46c03qNMT29gq12dHKcMA6FImEWCZRo8QI5/sqF8im67rTZFDlzP&#10;Rf2kAm/sYOQ48AMOTwfK4V/5pY0X9csboRAq1WMeSPd/hQC3X9EcCiWikyAyTCU+DFMJklAvloj/&#10;OpujzZuknwuzBZ3P/YFLFtRn+v3hxVgkhFdeeQlZJTw+/PgTJQ6OUFG3aCyKfHGOBALOnllRYiOP&#10;aMiCM3Kxd1TH0fEJGp02EqkYLj73DB4+eIj93T1Ubh4g+EiIqPeM2Qm2uE7Go1hb+z6uX72KytEx&#10;/uf/5a9x/tyKWqraV7GorBNBBIggCIIwI1BFo91qvjfFJDhhy1s/AZ2gPnbfdcqEGYqwEKAQwOBj&#10;/janigZlfww6HbL+5Cuz49GIW6g8b8zigz6TPsMwgv7nBQIYjMbq92hxi5avf3z3Kxp2t9Rmy1U/&#10;5/YrJYaUEPo8nU4/zGXTkMFaYdYYjaa4fW8bm9vb37ctw2jUm9CmEyUKKigVi3Bcj4V4OGSTkxt6&#10;3R5u3rqL3d19ZNIppOIRbqMip6yOWkNHSpifVCpqPY6RTKV43TTqDWw+uI/tAM2DJJAvFBFw1efe&#10;uMPf67qBWr2qvr7QM4PaZTkqgggQQRAEYWYYDIaBQa/7vt+goWE6cXnjz5UKteE3bQsGZ35oCGj+&#10;0PjjDHiHQyUkOl2MlQgh6116pqs2XCRuHjlg8VC5EiI8CkJOW2qz1VSv8ZzRae2FKiP0kyk7XvnZ&#10;hTSsrn4fK4xEPPHLTDqNTComB1CYOfSgOqctC81m951Ou8nGCVTpoxsNnY+nHq8NXT2eSCSwdnYN&#10;Z1bKCAVp/Yywu1/F55e/xsH+ITvPUetjKp6CrrZRjVaTc3EIexDCoNdBq1FHq3aCoBUCucLNzZeQ&#10;yaRx+/ptjBx38/0fvr0ekUqhIAJEEARBmBU6rc7i2HFepAFvUgSP7gNKIJi2yVdbqergb6KCnIj+&#10;/8dvlSKo1epgd4evvva6XRYf1OPe6/Xgud7p8DlOW7E0dsMKKZHTPTzgr6ndiwTQeDTmWRSqerBj&#10;lhJBummSLfAwGo/9Op3NIBoJyQEUZg5TCZDnn1lIJxKhV//mP/4Sd++tK+FsKKFtI62Ecy6XRqKY&#10;QDgUVmtLR7vVxtbWPubnsmzB+/wzKzj/1DK+vHwLH3z4CW7duAktoCOZSiAWjyEejbLTVb/fx3ic&#10;gaO+Hg56as3Vsbe3hZOTYyVClnDx4nNq/U0/rtY6XiQsA+iCCBBBEARhBiDZ0G43X51O3OQUE7jT&#10;yZ+mQKj1aTh02HGKJmpJkJAYCer/LQHyXx9rd3p+5SJo8pXbsdNFt931W6s4O4SsdQPQT922qKIy&#10;VZurZrPOFRKCqiRj16+UmOrzeVZECSC6qmyFw1cTieStQj7DSdOCMEvQ/IfSyzSz9EIsGi6fObOC&#10;RCaNiKnjgw8+RLVSwe52CNl8AfMLZZxZXcSZlSU/+yMwRb3ZR6vdQXfQR1CJkxdeeh6pVAq3bt/B&#10;+sZ9BNTayWQyyOXzSKYzPHjujVMoz5eUOIngw9//nkQH3vr2d3Hu3Cpy2fSnuWxcDowgAkQQBEGY&#10;DUbOWImDzk8DuhIC48mpPiD5cNriYdmwQ1GYtrpXQsA09MfOXNDmq6c2Tppu8BxIp93AeDgCdYxo&#10;hhIxE3/AneZBAqfCJWgYGI5cdDod/nyeQ+EZET8vhDNDXJeHzy0zhGg4+vNMJqs2YUk5gMLM0Rt4&#10;uHN3E5WTk/eplbBRr0JTf3o9B8vLyxg4DgJqEVF2TbNRx61bA+ztHaFYzKFUSCOVjCnBEec5kZ2d&#10;A+zv73MIYSwRw8TLc1bI0dE+drc2EYnGeIg9nkzjuFJl44ennn4WbSX4X37lIi6eX+yrX+mKHBVB&#10;BIggCIIwM3Q7vehw0Hv7UeDflFLJ4fKsBbQgwpEIQrafAaIbul/FeJygGXuon1TR77aVsGlirL53&#10;RiPO/6BEc1IiNEfiF0N0ttrVLAPNVhtDZwhDfc5YiQ3X89j1yrZDfvVDPU55BpZlOrFY/LfZbBrR&#10;iC0HUJg5Aupc7/aGwYebe28HNA+aRpU8nVdWLB5HaDyGO5mwq1xpfg5rZ1bYjhdjB20lNO493MPu&#10;3gGLbqogJuNJXjuD4QCOGcY45KnNVBADvcMhhOt36zyrRaI8Xywim82ybfVvfvUPan19b/P5p8/c&#10;k6MiiAARBEEQZoZ2q/XSdOIt+sGAUBuW0/A/aqFixyudXXqi4RA7YAX+0azHf4tarc45It1+l7MJ&#10;bDuM0bDPsx9c2aB3V/eUdD49/aNrJEAOMaXcD8oGCfguXPT8SDiifieXU9jJgte2I3fiycQ16qGn&#10;aowgzBqxsIHXvnVuVdOmF//Lr36HVqfJ+R8JJT7S2RSSuSwiSljohsEtiLu7h3zCL8/nUcyncG5l&#10;HrvHS/j9Hz/FpUtXeP1EoxFEYnFONo/0opyGPoxFMFSipN9RYr/TQeVwF9XKIZLJDM6srSFfmMP1&#10;6/c/nS/m3WxazBoEESCCIAjCDOC6E3Tare+qzQ+pAW6fovugafHPKBXdU5t/d+IhQMPnShxoj6mA&#10;0GuOjirY291B5fhQbZI6HDxoBg0MTm1HfTQWMeRyNXBGMAM6Ok3ffpeSoUl4cPq5EiZUKhmr10ZC&#10;FizLQjga/2UqnXGzOUk/F2YPtpdW53Y4bL31wnPnIw8fbmIwGnBC+cbDB9jbDyOdSWNuLofywiJW&#10;VxZRKmQQ1ALoD0dotXvoO0NeCy+88AwSyThuXL+OBw/WMdjcZBGTzxWQzGbgjmJs1BAsL4Ac4U6O&#10;D3D31nUqXGKi1lhhbh7l8twHelC2XoIgq0AQBGFG6PcHGPa771O9gzb+U2/qW+SqDUtA0xEM2moj&#10;FWZXKo0teB/fftUbODTQzm0j7lgJjtM2KnfsArwxw2kFBTzjEdAp9lB9jh1Ct9Pl9yeRMlFChqoo&#10;5Lzlz4soyWIGYVqWF45Efk02o8lYRA6gMFPQmd3pjbG+sY92p/OT/qCvTvuxEgdJJTD8uuFoOGb9&#10;XavWlPjvY2/vEKW5AlaWSpgv5hCLhhA0gtjc2cfDjS00Gy0O/1xQIoOCC09OKjja31VrLIJcsYhU&#10;Ostr1VPrd+38eR5aN4ww/vqv/wq5TKKraYErtqXJwRFEgMj/BYIgCLNBp90+57mj5/10cnDbFW2i&#10;qAuLrEFD4RDCaqNDA+U0CG7ojxcgVC0hwbK9tcnDsCNv7LdVKRFCk+vUMDXhPi8y1Qrw1WLDCvOA&#10;OlmIktChKsw04PHMiGmZ3BJG1r+2SSnskc1EMnm5WMjCsuSfE2H2FEhfCYytnYPM3t7ea0HDz65p&#10;N5pUXkQ6mYIzHpPHA+KJhBIdy5ibL8BUa8t1Rzg6ruHopIG+WgshK4RkIsVrZaCEjHtqwpBIJLnt&#10;atDt497dO7xmKA09m82j0+oiHktj5Ixw4+Zt/OjdNzdMQ38gB0YQRIAIgiDMBNRt1ao33laiIUJf&#10;T7wp7fl5c0QVES0YQCQahases+gvbxpAf8Lua0yhgwENjuP40x1Tv6KicdYHJawHWHjQFeAA5Xyo&#10;zZiVTKBWO8FEbbAmms4hiByyRjkkmLKoMU2bLX0jofDvspl0L58X9yth9qBKXSETxqvfuvDSyBmU&#10;L12+wvk1SSU2Eqk44tEIkjT7EfQre81WC0HLwPm1JZQyRX4Pakn84todfPbpFRyfHCshYiMWiSCV&#10;yiCk7slVrtfvK6Efgd3toNdt4XhvE5XDPSRjScwrUVOcK+LenfuwDPOz73/vFTeoSwVEEESACIIg&#10;zADOYIh+v/seZ41PJn+avaCsDyIcjvGV1KBhIhoJw3jCJoY0Q+X4hHvddaVkPGdIDfG80fK4CjLl&#10;GRJuwpp6arMW5Nfkclns7H7Nuzdy4fLo5k35e3K+oueT+CA3rHA89vM0tV8lZKBWmDWmfxLYC6X0&#10;e99/99uBre1tOKMhaicn2Nvd5cRzGiIvzZewsDCHUqmAqBIkEyXE9ytNzvOg1589s8JOVpevfI3P&#10;P/0MG+v3EFLnPw2VJxI5xOITDh6cuCMlZjQOBt16eB/dThubDx/CnQTwwnPPqd9H+/1g6CoBIwno&#10;giACRBAEYQbodLqJkTN8m6sUShCchp/zRmrijXlugzIGkvEYD39rT7DfrXd62D08ZFvQIG2KaGhd&#10;81PO/cwPvyIC6sYK6jz/EYrF0On2/zSA7nH1w3fh4rkPSkzX/CBCKxTeS8STlwqFHCxT/ikRZkx+&#10;KPHR7Iywf3Cs9fr9H9QbbcTjUSUWiohGw0qE1JQwcFGtVdTzmtje20FBiZHVpUWsrZSRS0d4DR5W&#10;G9jY2kCtVsVg0MOC+jnZYFcOj3D3zk0YpoV0Jo98McezIVRQXD2zjKXlJVz96rK6P4PvvfsOUol4&#10;JxYLXw2HRHwIgggQQRCEGaHVbL7pee4caQK6hupRTgcmMIK22thYmKrvtaDBVqGT6WmA+WPodXvw&#10;xg666r6pBAVVT3w3qykPnPuuV4/yP8hNS8dgOES1vY9+v+9/wNT70yB8UGNjLnWvsyuXHQ5/msrk&#10;qoVs6om/iyD8swsQdas1urh6/c6znXbrKZqZotanfrut1lQQlFsz9ibcypjN5bgKEotFeC6qUm3i&#10;4KjKphD03HA4hOEwqtZoB6PBiIV7OBpli+pBv4Pd7QfY376PZCqDwlxJCZMxopEQykvLHOpZzKWw&#10;tJC7o956U46MIIgAEQRBmAlGI5faNd6hHg0eQKcNFM1c0OVU9T/TDiMeT0LD5FQEBB47/0GtVDQs&#10;bgZ1NOrH6LQ7sCwDSoL4cyEa/PLKlP22oE0CLEhoVqTXH/EsyNQ7zSGhti318wCLlQCCQSU+rIj6&#10;fWK/oOyPVCoqB1CYOWjpzOVjuHBu5duffHo5tHmwi0BQQzoZV+IgikgsptaHCe80+6bT6SCvRMnZ&#10;1QVETL/tcWP3CB9/fpUtd2kmKxaNIKqEB7VZWYbF1Y+QWleDkI1eq43aSRUnx0ecD1KaL2Ne3Txv&#10;jF/8/W/xL3727mdL5bwrR0YQRIAIgiDMBL1ePzjo996dwjudz5iw65SmmZhQH7vaTJHzFF1NNS2L&#10;W6oeBzn77O7tc4o6WeeSXKEUZ089rqlHKfWZqh5UCNHZ3jegnqdhpH7e7XZ58JxmUPw2LfAQOvXC&#10;UwsXBRYaltWOJVIfF4s5hGxpKRFmk0jIwMsvnP0pzWv8n//Xv8V0HMCDygkM2+CcjrnCnBIK8ygW&#10;M0gmY7zODo9O2LbaUusmm0nhpz/6Hq7Nz+Gjjz/F3Xv32IQhrV6bTqURjce4WjhSwt3Nj9jmulGv&#10;o1Y9xPb6HVQOD/D0cy8okZ7F5ubhb8ulnFpvUi4UBBEggiAIM0Cn1T4/8dxn/VkL3vZzUrluKtGh&#10;Nv0kPsgON2LbSigE8YTxc3R7QwwHA1RPKnCcEYa9Dg+2j9UGifM+4Ldd6epG1RT6DGqt0pToaTdb&#10;PCdCAoiFkBJA3KZFLVuaQeID0Vjscjab2S7kM6ftV49PYxeEf05IWHd6I9RrrVLfcV7bOTjE4soi&#10;W+3ube+h0a6j1aihUTvB7v4+srkMlpYW8NT5syhm47BtSwnxAR5s7OL4uIq2Wj/lcgm2aWJrYwN7&#10;O1vY3dpEKpNBoVBCLJ5k295kIo733nsXlz7/DPt7uygvrmHtzFksLpTrC+Xi15qID0EQASIIgjAb&#10;m6UpWs3Ge4GJZ3K1gSY/plMeDKf2KFOJDmqNSqUt7kXXnrDRJ83QbHcxGg3RbTe5mkEtV2O23Z2e&#10;Wu7qLED8jOiAPwOiaXzVd+wMuH0LlLY+CfjVD/4DnhkJKQESi0b+mMvnpul0/PRTZWMlzArk2hbA&#10;1m4FX3117dvexM2QiUMkbGHU6yIZj8K0dK4CmiEb2UxWCZM4V/IO9o+UaKlz5g7n7tghrnR0ej00&#10;6y226bXCNguPTquNYyVe9ra3EU8mUSqWuPXx5u17yGTzPK919uw5/Ot/9WME9cDXajnvySoRBBEg&#10;giAIM0G/N0Cv1/3eo7kPb+JxPYGyNiaBAMKRGA+DB7Sp2sj4g7T/1MaLhAAJDaqhNBtNTmOmli7X&#10;9UWEN3VZK7CbFTVoqXsSOkG1WSJ730gkAl0JkYk34cA1/zngKsjktA3MCkUQSyR/W8znELYNOYDC&#10;jEHmCkAhG0cmlf7B1zduYKhEtWXZLD5sJToi1G5F5znPN6l1pZk4f/YMlst53hS1Oj3cuLuJTz+/&#10;ymGCNPsRDoWQyxTILEIJ+ACLc1qPQyVOOs0GblFGSDiKwtwcSuV5JOJx7Oxs48OPv8B733v1Y40W&#10;sCAIIkAEQRBmgU67k/NGztvkTuWx45Q/HE5XaGmT1Om0UKCrq0osuJ6rBIH9T268iMFwjIeUPaCe&#10;Oxz01Qaq5Q+0gzZMwVMbXj8DJAA/lFAnhyv1/vFYHIZp8BB6YHqaghjgkgkHrZl2CLYd3kynM7do&#10;/kMQZhESzcVcPPz+D197D9oEP//5L5Sgt7C9PeQ2rHyhiLliAUV1IyMFEifdbgfrG2O1BsKIR0N4&#10;7VvPYHlpHn/88HN88fkltU5biEaTyKQzyGULSMQc9HtdOGMHw2EPg04HDSX6tzfu42h/B+XFZZxZ&#10;O4utjR3cL5d/+/T5MqRVURBEgAiCIMwErUbjjcnEzZBI0HxPXBYgNGduhWyuTJADTzgUQci2Hmt5&#10;SwKGhsgp+6Pf6XIb1ZQH2qk1y4WhBAi1VNEVXD2gU0mD09Z1Q4NpGbDNGJKcBdJl4UHzIvR7WREL&#10;4ViUW7Xi8cTlfD7XSqckfFCYPeh07w1G6PYGrw+Ho8WEOm+fffZpREIhrD9cR7vbV6JgHft7O0gp&#10;MUFD6E89dRbnziwgl4xh7HqoNTs4ONpEr9dDIhnFCy89h43NbfW6h+p1m4jGEiiV5hFLZRHxyN46&#10;iaVXyzxT9dEf/gBn5GA8oqplEOVyec80jRv/+CKBIAgiQARBEP5sDIdj9DqdH5EooPBB6nxiU9Cp&#10;P69BIiFkh5U4MGEaQW6BehzUbtUnF6vTwgUlMU8m3mmiYQAj14XfBzJRf/mTE5bOVRGqtHDeQSSM&#10;pcV57OwdqseCGI8daEoJ0YZrNBzBMkIIR+OXSqWi+r3knw9hBteU4+HmnW3cvbf+biDgaqPRCKGw&#10;xenmc8U5JIdDLpGE1LlOwYGU13F0eIRGs4VUMoGY+j6ZiCCXzbAr3O7uAU5O6ryEaPYjGNTRbjRx&#10;/etD2KEoV1ISmTz2jypIJ+I498wzaNQaeP3Nt/Daq8+rdWVcisfshhwZQRABIgiCMBN0O52Q4/Q5&#10;/Xz66OKoR19Tf7oSDOMR4mrDE45EeED8Ce673LZ1eHzMFrqO2niRE1ZAo0qGx/3ugdPqyqNCi0EO&#10;W+r96cKsTiGH6nb+3DlcvnKdrxRreoAHbKlKouk6J6CrzdyVcrkgB0+YzU1NMIBoNBQcOe4Pj44P&#10;2MjBVgI+GY0hGreRSCfZJcv1PFjq8UUluM+fXVXiIQrXcbB3VMXla3ewv3/AOSGhcBiJeIoriZOR&#10;EvDuFDoM9Hpt9DotrN+/B93YQL5Q4EH0hFovsXgMO9ubeOWlp5HNJz6UoyIIIkAEQRBmhlazdWHi&#10;uc+AQ8cnbLVL4oFmMii5mQLNgiblbEzZkjfwhMjxTm+A/oCG2jtwnCGnpuNUfExOZ0qIANU/pkqY&#10;aH7AYMQOwdANmIaJ9NIynrt4Eb/74AMkYkklPIL8O8UiNGBb2lxZWbqWTEj4oDCbmIaGi0+VnwmF&#10;rBf+w9/8Anfu3KS5JSVM1LmdTSGXz6NQyCOTSUI9h13l9vYO0e0mkElGcGa5xJa7127ewQd//BTX&#10;rl7lqkcqnUJMrcdQOITBoId+P4pxKqlESBuNZhOHO1uoHOyp95/D2bNn4bou/vjhJe+nP3nnd8l4&#10;SA6MIIgAEQRB+PPjKsHRaTd/6Hquxi1YE/BGh61yA34PlabTFdg47FAYRlB/7PvRy7qtFlr1GgZK&#10;iExGAyU+XLhj79Rq109Vpx4sqopQdYPasahvfarEh2YaPKhLm7X33vsBbt+9y730dOWXBnfL5aWd&#10;N15/4y9ee/nFmm3JPx3C7OGpRTAcehiNxu/blhU8/9Qq3MkQISWsN7e2sL+/i5NKBdvbcRTnClhd&#10;WVZiYQWLpRxCSuBT1e/exh7anS4bMTz33NOIxmw8uHsfG+sPuC2xoARMOpfjgfSRM8AcBRkqQfPw&#10;wX1squfUa1XcGrl4+ZVX1bqN3Gx3Bg9EgAiCCBBBEISZoNcbBPq97vdJE/izH+BNDw9/g+xxg2yJ&#10;67l+enngCQY61K9OKc2W2kg1axUabmfrXhIQlF5OP3/khjWdetwHTynouhFk5yuaAdENS32uiZVz&#10;5/Bv/vLf4P/+d/8esXgCpfnlk2+//fZffed7b97IZRNy8ISZpNV2cPXaPW3/8PA9ar0aOX1k0ym4&#10;zhhLi4sYDEcwLJOriuGQhXa7jWtXb+LhZgLFXAr5bIqfT4GbDzc3sLuzh2F/iGQyxdk8tWpVCREl&#10;NDbWkcsXUJibR9Cw0VPPOfvU0+ymNVSi/VvfegVnzq4q4R75KJuOO3JkBEEEiCAIwkzQbrbKo9Hw&#10;ZRoIp80NZxJQlYISyckgdzJlYRAMaqfuV49XIO12D1u7+6jUGohFY+jU63AnIxYlpDdwGjpIacwW&#10;f4bmixCdhE5AfZYFg+ZMqOVK/R7vvf9jHB1XsbVz8Ksfvf/D/+07333jVjwekQMnzCxU2fOm06Xj&#10;ysmb/WEPhjrPI+GQOq8tZCIRXmdjMmVQ53cul8WZtVWUS3m1HgJKvPSwvrmPBw+3lEB3kYjFkEwk&#10;2Yp6OBhzLk9cfW8ogU5Oc/u729jb3UE6nUVxbg7ZTEr9PKU+a4BoLIyXXjgLPYAP5KgIgggQQRCE&#10;mYDapRr1xpsTb5qanlY/aOaDqh9k3Uk/p2FWOxRCOBRm0fA48UGVjWa7w4FoU3es3luJD3eEiety&#10;5cQjxytN8wUI/FYsasmyKIAwSLMf1H5FYYSGXw1Rv4MWNI7/8q//6n8/qZz825dffn6i65ocOGGm&#10;ScVMvPHKhR9MJm74737+SzQ7DYTCESXI48jnc+qWRTbtD4mTsG81OmqNeCgVsyjkklgsKVGyuoBP&#10;PvsSV69eR6fVQSwRR1yJkVyugGgkyta80VgS3U5L/byOSuUA1ZMDpJIZrKyuIa/e6/btu0qQJJuv&#10;vXLxk4A47wqCCBBBEIRZYNAfotdt/SRwGkymUWK5urkTF5YdhGEoEaK+HnseJ5VrT9j8O2MPozGV&#10;OSYY9ttc0QhHI+ozunBHY/4Ug2oelPmha/73XF0JsujgW9DkNiwSJLoenHqT6f86Xy79l9WVshww&#10;YeahAuLYI4c37f0LT61h4+FTOK4cqbXWR61eRaNZxfZOiOc3KKn8wtlVrK5Q9kcUnhIhBydNNFtt&#10;Hh5fW1tGOBLCtWvXsXn/IbadERKpFFvu5vN5OI4DJ5OCZa5SziHu3rmpxH8TX1/9EksrZ/H0Mxdx&#10;cFi/1O46R4mYJQdHEESACIIg/PnptDux0XDwBpUnvKnHsxguWfFOphipzQ7NXVA/uakHuTUKT7iM&#10;Spa7lNTsDLo8L9LtdOCOx7yZol54evXYc2FqBibehGdLqCISpGyRoMYWuxRS6FdATBI9n5iG8RtD&#10;l2MlzD5UMTyutnH95oNirVn7tjvy1LmsIZtJYxgJI5lM8gwUzVVR9ke/28P99W0cHlWQz2VQnssi&#10;o55jKXGyu7uHBw+3cVKtsvjPzZVQr1dQrRzgkMILk2kUS0VEyaFOifn5UkG9fwJ3bt/hzJ58qUzh&#10;g1hcKv/RNPWpHB1BEAEiCIIwEzQajec8z10N+L1QGNGcBlntBpQoMA3YapNkhyOIRCNclXhS8xNV&#10;VAZDdeuP0Fabq6mmhI03Vvpmwu1UPOh+Oun+KHSQPpvavnTO97BPqyAGixFNC/wftmV4j2x7BWHW&#10;GTouKieN7+zv7+fU2U8BgJz/kUjEuSI4cj11m3BbYy6fxYUL55FLxTEa9FFttPHZlTvsYBW2TW57&#10;TKfS8MYu+npPvY/FeTiDXk+t3SqOjw4Qj8dQLM+jr16fiEaxsLjIa+unP3kPqyuLblCffmQZsn4E&#10;QQSIIAjCDDAauei0mj8IYKIrSeCHlJM7lR6AFvCrENOpxmKAWqQM/bHmV8zJyQm2NtYxcByMxhO1&#10;GXP46ux0omHiUWuWxt/zLElgyqKDQtj0oN96RZ/JrluGSe1XO+pz/96yDTlYwjcCKhAuzqfxyree&#10;/h+a7SauXP6S/BUQicSRSqc5/yOdSXEYoR0OsTvc0cEhvJHD1Y9nC2mcP7uE67ce4KOPPsf25h5f&#10;CEgp0UEOWGHbQqfbQl8Jk3444s9/tFto3K6pz4hhqbyCUqnEQufyV1dRns/uRuKRy3JkBEEEiCAI&#10;wkzQ6XQD/UH3RzQOTha57E4VoGqEEgPkRBW01CYpjJAdYqHwBPddtDsDrm7EomG0GzUY2kRtrFwl&#10;NnS10dL/UfK5dmqy5Ycc0vdBEhzUhqUeMw1LiRSqiAT/Xj1epzkUQfgmMPUbnbIrS4W3337rFRzs&#10;78F1HbTbDWw9rGJvP8RZNsVCEcvLCzh7dhULpQKHFg6HDtarTfSHQ1i2ibe+/RpiiRi+vvI1bt3Y&#10;hhmyOOU8mSoiFneh1i6KU3ptEJWjCnZ3tnD3znUcHe3hmWeeY4esr68/+ON33nx+4JtHCIIgAkQQ&#10;BOHPTKvRWpuMx8+wre50wg5WtIGiG1nghsKU2hwASZPJxHti+9XIGSoB4pGw4RwRyvHIZzKonVR9&#10;cQOePGc7URI9j4bQda6u6LB4+NxkC1624Q1q/w9liQRl8yR8A6DOwv2jBu7f33i13euUnYGDpfKc&#10;WhcOBqkEVwPZXU6d62N3gO2dbRxX69yGtbpYwnw+g1w6gUbXxMONbSVe9tHr9pToyEM3SWQc4c6t&#10;G7CtMErlBWRyGZ54z6jXPPP0s7j85Reonpyoz9BBkZ/pbA7hcOS3U5n+EAQRIIIgCDOxWfKmaDca&#10;bwYm05hLA+gsBfwMkIkbQIQHww2WDdS/HlFi5HHQqweOi739AzjDPnq9Fvq9HqhuEjTVf9XujAbb&#10;qdrBQgdUCdF5+JwqJFQNMU2/BYvasbRg8GpAD35hGOYTB98FYRZw1Tl+Umvh/oOtf0XtV1R1oJkN&#10;27ZghSx4ZENNDnOui2gsitXVFZTn5xGxDbVmHOwfVrF3cIzReIRoNIxEPInhcIx2q8MinDJ19ABV&#10;LjtKiHyNkGVjbr6MkXptq9FGNl+AGQohnyviB+++p94j1ErEw5/ouqwfQRABIgiCMAP0en10e+0f&#10;TwPwhQEHDk64BSsSi3OVYjQaIZPNckig9gQRMHan6Pb73MverFXhOg60iYeR54EMrAJTjYfbJ96U&#10;Kx+mEhZBDh4M8pCuqTZqOlc/TOgmz3/83AiaI9MU+yvhmwENep9dLcWb9eY7v//jH7G7vwPLCnOI&#10;YCqTQjqtbskEIpEwn/skHI6PjrG4WEKpmMaZxQLOnV3Ch598ic8/u4Rup88tWGElKjKpnFojISVk&#10;bPU9ZYB0lOhoYP3OHWzbGygpIbOwtIR4LIlOq416o4Knzj1/Vf1a23JkBEEEiCAIwkzQbrWTY2f4&#10;7Qm1Xp1WPvx2KANjJTzMmMWD5xpVIzTtiUWIbruDzYfrauNzwkPr9GYuOf3YFpze0O/rovehORCA&#10;U9ENQ/cH3I0gCw/6mu6NYNANBvW/VTf1tQgQ4ZtDPGK+8sZrL6yO3TH+4386VkIjgOPDPRwe7iMc&#10;jSKdSaNcXsDZtRWsri4hk4xxdfC42kK320dAif0LF9YQDodx6asrWL/3AMPhUImYFHIFCikswkk4&#10;GI0GWFiYx3g4wvb2NnZ3NtRn7Kn3fQpLS8u4eesBlhYXfjk/l5aDIggiQARBEP78kBZoNpqvTqfe&#10;HCuL0yZxTfOHwUmQUPsIzWZoAQ1W8PEChF5N1qJktdvv9dHptFnEkKjpK/FBHSBmyIDnUnuXL3io&#10;CkID6FowwPkij8QOt2Dp+pcB3bhuWIZ0XwnfCKgCuL13gq3tvb9wnEGAggSfvfgMZ+lQCCdVE6n9&#10;inJvTo6P0Wo1sLG5pcRICWeWyijm0kjEo9g7qODuPRITR4hEwzhzfg3bm5s8WL6/v4NMOoPifAnh&#10;SIzDPM88t4gz587i8ldfotNuq+fsIpnKUkVk1O0NP5AjIwgiQARBEGYCcttRG6B3qCYBnj8/HUBX&#10;YmM8dpUQoBYpG5lMhtujLCUKHqcDJpMp6s0mqvU6qGpB4oKG1mmHRMkh1HY1csZ8pZdcrnwbXvqM&#10;R8PmOgsQ2w8eVMJH/4WmaxNT3K+Ebwj9wRgPNw8jt27f+ZEzGrJwj9gWopShE45iMvU4gJPO/3g8&#10;joXFMkqlPC/AXneAqzfvo9Fsc+5OKBTi4MKdvT0MBwOeI8mo77tK3FcqBzg42EUik0W5tIC79zcQ&#10;jdhYXV1DSwn/5ZVVPH/xeSQTsY3SXOa6HBlBEAEiCIIwE3TaHc0Z9H9Esx8etURRa5QSDGzBeyog&#10;2CZXPa4buhImT0o/9+A4DnK5LGpH+/Bcl18/Ufc6hw9q6huqk2jkfcWVFfocToMO2jx8rpP1LgmS&#10;oOGo1/w9We+aEn8ufEOIhAysLs+9urGxeeb+/XW23iUhkUimkEqlkU4lEYuHYSkxQWuj3++j1epi&#10;qVzEykKJhcj9rQN89MmXuHf3IcxgQAmVpBIXcfW1gY7dgWF1+WJAp9tBo3qC6tEhz5UsL6+w41Us&#10;nuA1t7pSQjGf+EB9zFCOjCCIABEEQZgJGrXmM2qj8jR/E/ArGBpVLaYTnsegWQzKQyehQNWKJ3VB&#10;ue4Y7thlJx8aanc9l61ASWxQ9SMA3/2KZ0k0323LNm2e76CKB7V9Wex+RcIkeFXTgzdo0xUU9x7h&#10;m7KBUYJhbSX/k8jP3tWn0zEuffkFBr0xqicVNliIKjFRmCtgaWkBZ88sY740h6htcIvW9p7vfGWa&#10;Br7z9muIRCL48tKX2LlxDYYS55lsBslEGtFoFP14HNmRwzNUzWoNR4eHuPrVJeSL83j66WfY8vfK&#10;lRv40Xtv/jIYlPRzQRABIgiCMAOMxx5a7cZ3A4GJRfkeFF7gUm+6F+CMAprLSCbTsNUmyA6FYFkG&#10;nhTDUanWcXR0gEqlAmfkqg2XrQTJmAdqAxR+HgichhhO2W6XBA61aBmGBZ1asIzTJHSDZ0F+rgf1&#10;qWnKPwnCN4OB42Fnr2KeVKo/7Q36iMVDuPjMBRbl/f4ANJA+mlA+ThMbD0Y43D1AtpjD6soS1hZL&#10;KGSTGKh1s7G5g131M0o6Ly/OI2Rb2NnaxIN7d2HZEZTLZU5Tn3Bbl41vf/tNXPnqCrYerqPZrOP6&#10;ja/xysuvkXVvpdnuf5lNR+XgCIIIEEEQhD8/nU6P8jm+T3KA+tJpIHw6CXBGAQ2E+8PguhIRfv7G&#10;9Anx5xP1BHLpOTrcx9Rz4fQ7HEb4KPHcm7osPHT1AFVAKPCQWr4MnvcIwuLsD3UzeRZkpOvBX1MS&#10;uyHtV8I3AFoetVoPV67de33/YOfcRAl6qoZQtYKsrVOpFFcEyY7aUoKikC9gfr4EK2TCHY2wqQTH&#10;1Vtdno9KxGNIphJwlHhvNTu8NlPpDLcmtpoN3LxxFbYdxnx5CdlcGncfbCKTy0PXdF6DmcIczp87&#10;j4XF+cuRiH0oR0cQRIAIgiDMBM1GI+uOnbf/tHuiCQ196s9mKDFgmDZXQjQtyMnn2hO6ONqdAVn6&#10;clhhpV7HRG226OaHDlKius6zJX6OyNSfK1HvT0LHd8GiWQ/Lr4bo+k0lWq6R+BABInwToLM6FrUx&#10;V8z9+O7du/r+0T4MdV7HYjEWH/FEAvFUEkoQgFuiJkBLrZe5SB6rq4uIhS10ekN8dvkWPvz4M7We&#10;2kjEojy4nkwp8WH62Tg0iN5utdStiXu3v8ZuOILSwgIW5ueRUJ+hq+esrZ3Bu++8DssK/p0RlPZF&#10;QRABIgiCMAPQrEe72XxbwyTrZ5Fz3iALgynNfwT107gOnasWlhHEk2RArdlEs17jjZEdstHrGOj3&#10;ur4AUe9JKoSsR6nKonOgocatWfS4Zdt+8KCuUfYHzX/8LblfWYYO2T4J3xQScdN4/ZVn/gUJjH/3&#10;7/9ftBpVtR5q2N/bgRWJIZ1NK6FQwsLiIs4o0TGXSXJ1o97s4rBSp5WJ82tLSkjE8NXlq7hx5Tqn&#10;ndNQeTafZXMHJx5HIpnm1sZhv42Dg308vH8HB7s7eOqpC5ifL2N3Zxc7e4eDp88v/l6OiiCIABEE&#10;QZgJev0BBQZ+n8UI2e4+yv/QdQSV6KAqRSwa4WoGXVV90hC4M/ZTzj21KRoPh+j3e+zuQ4PnJDRY&#10;eDya/lBiROPBdF9skBsQXd0N6ibngOiGQe1XvyGbUtMy5GAJMw+d2d3+GIeH1ddqjeZTvW4PLz53&#10;UQmLGoaOA2c4wmjsYqrWx74SDJWTOja3drBYLmFthaoXOeTTMRzXWljf2MbJSZVF/5lzZ7CzvYPj&#10;o0P13jvIZPOYm5tHIpVSa22E4vk1vPStl/Hppx+hcnSM69euotvr4eLTz2F7++ja6sr8um1KBVEQ&#10;RIAIgiDMAO1mxx45/e9SIBoLEPgZIAElPuh7UwkBstNNZwv8/ZNwRmO0O10MxkMElHAIqJdQlQNK&#10;0BhWkFOaA9PAf30vHnLXWHzQDAjPepAIIScsXb8f0ALXTFPn7wVh1nHdKba2DnHp8o2fNZpN3fPG&#10;CIdMJJNJlicT18NQPUbtjPF4DNlsTgmJPMhiejR0cP3WBnpKsNtmEKFQWL0uxWnoY7WuQiEbmVwG&#10;rUYTlYMD7O8oIZLLYnFxGYeVKsKWjbPnLiCVTPOFhVyhhFyxgHwh8zu1Bl05OoIgAkQQBGEmaNYb&#10;T0887xnf1mpKPVnwvw7ANExoSoBEonEWAIb+5L+S+90emrUajg/2OcCQBtlpE0YiZNR3uJ2L5j/o&#10;E/TTmQ9quaJo9EDQnwMxOYjQpLyQX6rvHXbE0qQBS5h96DSNRiJWMGj8jJLL+8MeLNNQYiPBqeaJ&#10;RBzJSJjDBUmdk101hQWurS5hLrsIU4nx7YMTfPrFVdy9+7lajhPEY1GEwxF2hzOoSqhEesgO8xD6&#10;yfERKpz9oYTI0gqymQwymTxiMQffe+e7OH/+zDQeC/2dIfa7giACRBAEYRYYOmrz02r+SG2EtEet&#10;V5x+PvVDAjXa6Fj2ae7H9IkigCx8aZi23W6qzVYcW7WHGI+G3MpFQYTgEXaaA/Gtdyfwh9J1tTni&#10;YfegyVeCyeFHbbY8Laj/kp5n29J+JXwz0JWQXl7KvKrpr1zo9dr44IM/8Fl/eLAHywohnkwil89h&#10;caGMpaUyygtziIVD8EZj7B/W2B2L7KbfeP1l5HIpfPrpJdy6dROBSQApJSxSmQSsvAlHCQxywxoM&#10;+mjUq0qIHKJaPUKpuIBzT51HWImcrc1tvPzi03cidvCGHBlBEAEiCIIwE3RalH7e+97kdPic7gIU&#10;Puh50AwTI7UpomwODh+k4fMnXEUdjTx4LEJaaDTqLFwcd8Lv66r7APzKBwkVzv9Q/yV3IOPU1ed0&#10;7gNBi4fQNzRdv0KfbUj7lfANgKp9nc4A1VrzXzZbbW2xXFQC4CX0+l0l9kcYuWN4StifnByj22lj&#10;b28fmVwOayvLOLdWRj4bV7o/gJ39I2xu7fI6KhSzLGC2NnewufEAO9sa5krzyBfyfotWKonX33od&#10;e9tbuHLpC54PabcaeOaFlxCLp7GxefDBc88u9+XoCIIIEEEQhJmgUW/OeWPnVU0LqI3RhG9Ukgho&#10;QW6VMkwDth2CaYdZIDypC4pyB/qdDgsWah2haorjDLmaYmi+iKCP0Dn7Y8rhgzRgTpkFZkD3KyCm&#10;rT6HW7N+rx7vmPwcaR8RZp9ef4xrN9ZDd+7e/8lgMFDCwUU8EUUqGeeU8qHrYTRxOf+GhAdlf0TU&#10;+iJJvr17hHsPd1nwU8tVNp2GpwR9tdbAaDxW7xMDLaGGEiUP7t3G9uYDlEoLKMzNY39nH9FoHE9f&#10;fAEnR8dod3pqfZHtb1ytRf2XcmQEQQSIIAjCTOB5E7RajW9PA0jSoDj7UukBjEksUBaHRoPhNqxw&#10;iOcy8AQTXHp9vz/k5HO+4jvow1E3atsiMTM9td/lFiyqgQQ47pA2SOy4pbMDVpA/y1D3SvD8LQkP&#10;U+x3hW8IdJ6apvVqv+88fXB4wOd8OBRCNB5DPBpFIhlDOGxz+yHFfXa6HSUcQlhbXkI6HuaK4637&#10;2/j0s69wdHisXhtBOBLiQXTDsBFQa4VulmGg02ri/oM72NneZLvdUrmMWDQGvaRhyQ7jO29/h4IJ&#10;D8vF1KdyZARBBIggCMJM0OuS/W77x9QKRS1RmPhp5HR11nPHsNVmJmhY7FJFHVCU5Pw4ITB2J0qA&#10;dBFVGyZMPIycAbec+KKDGrN0dr+iNyFBYqpNmEH5HwESHybPfVALFocPBoO7SgB9GSBrXlv+GRC+&#10;GcQiBi4+vfKvqRJ4fLSPu/fvwiJHN3VOR2IJJNMpFAtFLC3NY2VpAblsGkEl0NvtLur1Frcsloo5&#10;vPfud3Dt61u49MVXOLmjhEg4xLa7mUQaiXAEvXgSjvq+127i5OQEDx/cw97BNs6tnUd5YZHX8sDp&#10;4+zKUx+o5VaXIyMIIkAEQRBmgnq9HnNHgzepCvEo/4MsQqdKFNihMEgpZLMZhEzfHjf4hP6rVruP&#10;equLvuOg1+lg7Ax5xoOCDinZkKor9P7U7sUtWAGy2Q3C5OFzw09Bf3SvBz8JaHrN8K145WAJMw+J&#10;6m7XiZzUmu/HYyG89OLzsCzdDwl0XIzVfa/TwvZggOPKITY2tzmx/MyZJawuFhFXwr2u1tDmzj6O&#10;jo7oigDOnjvD1tX7O7s4PPwaqUQC8/OLiMdSGNkOlhfnlYjJ4PPPPsfDjXV8/fVV1JstPPvsRRzs&#10;HaFW7/wmm47JwREEESCCIAizsVlqNlrPKuGxBj+AnBujuAph2wiFQpx83hs6iCdTbJX7JFxvhH63&#10;g82HD6i1i3NEtOkEUxpqn4B72zljBODwQbIFpcF2pXdYgFDeCNv++ta8vwioH5imwYJFEGadk1qX&#10;sj9e39rZOTcYDrhNaqFcxlSd9y5lf4xdFvrkTpVMpZDLZ9lhjsICr91cVz+bwFbneyQaRjadw97+&#10;vlpPbRbr6WyWDSBajQYqxxWupCwsLCOofhaY1rF29ixC4QiODg9AwYe9/pDWcMsZuf8gR0YQRIAI&#10;giDMBOTI02k3fhQITGn8g6sUNIfhehNMnCEs20IqlePHaBaENjqPg4oczsDh7I92s4FkNIoT9RnO&#10;eIip56lNlMGBhGAx4lvv+roi4AsPmv0w/YF0Q9cbatP1AfXJUx6IIMy8oFe38cjDYDj+nyqVBnq9&#10;LgvrcDSCRCxCuSDIpUKw1LmuVDm/ZuQ4mC8VsFDKI6zO/1qjgy+v3cGnn1+BMxwilYgpERFFaqJD&#10;DwRBztjUytVtttCsVVE7PkIqk0V5cRk5zv7IwFDrJZNO4+IL36Jwww+z6fieHB1BEAEiCIIwE7Sa&#10;bX3Q773Huec0h6H+eCQUDAo4C/FVV7LipfRmmyxxn2BC5XlTTmd2xw7C6vnUQkLtVhSY5tH4x9S3&#10;4qX5Enorjf7Q4LmhBE6Q7k31XJNdsdT3n0614D5VYyxT2q+E2Ye0dKGYSL5w8fwPT05q+OjDOxgO&#10;yA3OQkiJj0QyjqwSC8VSCUuL85ifLyCmhMnEc3FwWGWjhpBtUmYHCvkMPvn0C9y4flOtJ0+9Nsm3&#10;fDqPYaiPAaWn59Jo1uuoHB+jWjtGoVDC+XPneb3SWlpRn3FmtfArKR4KgggQQRCEmaFera9OJ95z&#10;PBA+8RujqMhBbVfe5FQvTKc8+6H/d2RwdPtDDEdjfg1tgDjrg97EpWqHdjq8PmWbX6qmUFVF5wqH&#10;yYnnAcP/+vTzfk3zJtSiJe1XwjcBWjPd7uDN6XSy8vyz5+GNB9jZ2cJw6MALTDF2Rtg/PESlXsX2&#10;9jZyhZwSCMt46uwK5gsZbq86OKph+8E2Wp0mUpkUhwlub29hb3cLuztTzBWLyBeKCIVDSpjE8fwL&#10;L6DX7uCzTz7C8cEOatUKnnv+RSzML2B3d7+nBMhv5MgIgggQQRCEmWA89tBq1N+YYhoLBALco04a&#10;hNyonEEPuVyM+8ljiaSfCfIEDUDypdZsod3vwbQs1Os1tSFz2VFr6rosNkiY0MA5hxpq/ntO1K4t&#10;oBsscMygH0CoB4OOoZu/ohwS2zIQCIgAEWZcfKhze2u3hktfff2XxyfHmIzHav3YOHtujQX3cOTC&#10;pUBP9bxINIpMNo1ILMbr4sHGLja292ApAZ6Ix5HPZXhdVKsNOCMHMfW8qRId1eoxHq4/YEFSLJUx&#10;VyqhVm8imYjh+ZdeUgJlW4mOPTzc2FDrtwDHGV8aOu56WBzkBEEEiCAIwizQaXfQ63d+GqAcDo7m&#10;IBEyYfcpaoEaey7ncJBoIKWgP6EKQTMdPSU66kcHqFb22f2Kqiqu46iNlcmtXdR4pZMnVuB0/kO9&#10;p2mZ3H5FjlumafttWEbwkhIumxRkSHMhgjDzAsSbotPpZ5vNznvHlRMMhiOexYidzn/EogmEI0pg&#10;634eDp/76rxfWVlAuZCBptbE5u4xLn35tRIRu2rN2IjFI0jFkwhqOs9OUXWSAkGbtRo2HtzB3u4m&#10;5suLmCvOIa4+Z2FhCfF4CoXiPM6ePYel5YVfWLJ+BEEEiCAIwqzQaDRS7nj0BlU8AgGPxYI/FB6A&#10;ZYdhWWFEYkkWCOTk86QM8qEzVpuuISc912sN3miRhSg5Z9EVYNpw0WdMph5vtqY0B6I2ViR2KGSQ&#10;WrBoEN13xNJ+F9B1lxLY6WeCMNtMlZjQsLJY+G6ttlza2d3GphIIFKxjhm1Ew3Gk0mlkCzmUS3OY&#10;Xyhhfi6vBEoQ3niMvYMKtyIm4lF8/53XcedOFh9/8jlu3boF27KQTCURjobZqjoaiSGVTKDVbuHk&#10;uIIHd26gsreN1bNPYW5+HsmEpu6LeP2NF4bZZOS3T5rbEgRBBIggCMI/C1StaNQaL0+nkzJOx8E5&#10;B4RmPgIat1NR9ga1h2jqe8t8sgtVs9lBq9NCu9VAUAkJp+dAV68dT8dg6x5y0oIvckh80M84C4Sr&#10;HDZb7bL9r2FM1GbsV/Qz2wpK+5XwDSAA1wNG4/FfplJxvP7aK0o4B9Bs1NXjUx4i73YacIY9HB0c&#10;4N7DTSwoEXJ2bQXnlsvIZxIs4HcPK9jdO0S/18PK6jK3I26tb+D+3duIRMIolMps3RuKWkjn8nj7&#10;rbfx4N5dXLv6Ja5d/gKVyjKeeeZZ1KoNtQ7b1wvpyC05NoIgAkQQBGEm6PcG6LSa72psvzt5tIfi&#10;lpHxaMSVCXKmopYsqoBwe5b/lH+SXr+v3rcP0w7BHe5jMBjAIwcsEhpUDaHqBykcPciSh67+UvVD&#10;D/rp55oRZDES1IP39EDga00LsigRhFln4Li4c2e3fOP27XdIiFPpozQ3h3KpiLFaAwPH4XOfHN9C&#10;4TBy+YK6t9Dr9HDl+j1YloGo+j6VSKJYKGBnZx/DQZUtfLPquYYS4/VaFTevX0MskcLy8iKi0YQS&#10;/B2cWVvj+ZPtrQ0WN5YVwovfSuOk2vr52vLcRPS7IIgAEQRBmAmajabuOIMfUDliyunnE5Yhtm3C&#10;VAKBxIdh2gjbttrQWAg+oY2DNlm9bgfVSgWVk0MWH5ZlY+ANYCgB443GYIctGmafTlngKO3D9rwk&#10;TuhKr2nYPH+iNmn/oOnakCowhrRfCd8EAdIfo1pr/OC4Us02m024nsfCPcbZH1Gk0jGEbIMrihOu&#10;Ak6RTMSxWJ5DNhmDM3Rwd30bv//oc3SaDcSicVhq7aWV2NA8Khl60KgdsdFAo1HH5UuHyOTyKC8s&#10;IpNOIZfNcatWPttCfn4Bhbm5US6X/o0vPp506UAQBBEggiAI/wzUa/Wnlei44NvuBjBRmxza/Lue&#10;i7ASDjZngOgIqk2N+d/RRH5cbWDkjHifQ7USuqI77A/5yq03cqjnimPXQ2pT5Q+8gzNGdEPjjZph&#10;WKfVEH1KAoStedWGy5AGduEbQCxmY3Fx7i9v37+P3e1t1Ft1Xk+RMM1RxZHNZtg6d75cwspCCalU&#10;ArpaJ/1uDzu9PrtfrS7P86zHF19cweXLV9Fpt5CIJ5BMphBX9+GQzTMiqVQKtVoVJ9UqqifHPIB+&#10;bu0soupzwuEYXvrWS7j43IXbuXTkmhwZQRABIgiCMBNQr3mz1Xx7imlIC/iOPCQcqF3KsHw7XJoR&#10;odRBXX9yBgenP3sTNJsNHjifuC56alMFb+q795zOepCLj+uNoQV0JUyCvggJBk9bsPw2LHV/pN7j&#10;Y6jXUTVGEGYbmpxi97iz0bD11isvPIeoEtl37t2GMxiwrbWjRP3JyQlqjQY2t7ZQUEJkaXkJ588v&#10;48xCEdGQhUazi4db+0pQ1JRoCeHZZy9gfX1diZld7O/vcqp5Ya6IeCqNSCSOlbVVtTyD+OKTT3C4&#10;v4d6rYILFy6iXF4EOXC9FX3xPxt6YCzVD0EQASIIgjATdNpdDHr9H/1puHtKUyABduEhlyqa+4in&#10;Y3z1ltqznpQBOBq5qJ0ccwDhcNjn4XWwuOCcc3hKdJB/qA5f7ARPB9B5a3Sags7iw2+/+oMW0JqG&#10;elzcr4TZJ4BqvYer127/bGtnNzoYOuq8DSox8BRn3ZD1dG8wVFrct7eOJ5LI5TJs6nB4UEHlWAkO&#10;mv+IRZBJJrgquLmxjW67ze2PJDpqJxUcKJGxp275uXnMz5Uwcjzk8km88uqruHf3DnZ2tnHj+nVQ&#10;bo4SKe7h0cnfn12ZE/EhCCJABEEQZoPaSS0z8Zw3aMCV5z8mFAQYZEFA8xihSEwJAosTycn280lQ&#10;yvNkrDZb7pjfq9VqcYbBxBupm8ebKsr/0Dh10I9XnwSmCIeivCmj0EJqwaI5kKCu/4bEStA0+WeC&#10;MMtQ8nmj0Q8cHTf+x8OjKs8+UcUvHLERjUYRi4ZRVKKDDBfwKGdH01Es5FEuFRANmag327hy7Tb+&#10;cH+df56MJxGPU/inxhcGSLWTOUSr0cLuxjoO97awML/ITlmRWBgrq6tK2CRQrTURT2aQTCRvWpYt&#10;7VeCIAJEEARhNnBdD416/Tvqy9yU5zLoUY3bOVy1+QlZNlclDNPicMBg8MlViG5/iFqrozZfPTTr&#10;VW6xIsFB1RSN90/+JmrC1Q+Nyh7sBqSx0LA5/Zw2aJoebAc07QN6nPI/xL1HmHVoRCmfjb9Qmsu/&#10;fOfObdy7cwMjGkC3LR4+TyaTyGRyKJXmOJtjoTynHg+xMK+e1FELagjZJl55+Vlksyl89PElfHHp&#10;MshFK5Wm2Y+Yen0WYfV+8XgcnXYcleNj3Lt3C3sHO1hdOaPESFm9Noe58gJefuUVLJfn/m6+mBzL&#10;0REEESCCIAgzQafTV7fO9/2mK82f/SChQFdZzSAsk5x7orDJ/YpyOQJPEjQ0+9HijdjYcTAityvN&#10;v9JLQoQTnx8NnPNf5P5cCVVXKCuE74N+Erqma1cQ0LaCSpzYkt4sfEMwjMBfFHIp87vfeQvxmIX9&#10;/QMlMCZwpx76vS6c0f/H3psHyXZf933fu/a+TM++L29/eA/vYaNAEiQFkRKp1aJFy46qXFGqXLHj&#10;RBXZScWp5K9UlFTFScWuUtmVRLKjlCqRFCkSZUvmIhAQQRDAewDevr8382bfet+775pzzu0Zkiqb&#10;w0QLR8LvCzR6pqf73jvT99c4n3uWr4Mygfny6jrGxkZw8uQCzp1axMLcKK0TXQY43H/6FNVKlSBi&#10;XPqilh8/wcrKI5i6icmJKYyOEoRkssgPFXDp8mXsbW3hxo3ruE234v4ezj9zUQZG0LL2F2ZHfl+9&#10;K0pKCkCUlJSUjo1qlXrMc3ufETNACpAiRf0Y8XhMHNA7nQ7S6UxUAnXEGM92p0fg0UGv3aRnBBQA&#10;+Qh9TxrQuRTFIPrQB5kPTaAnFG+DgylYJvd/8HhRAh/LNP9QJm9Zyv1c6fiLy69W1/atO3cf/vTO&#10;3h4cz8Xw6Kj0eLiuJ9nGPt1zSSFnRNhAMJ1Kykp6tLyOtY1tOs8t5LMZjBFg8PKprj6F6/QkcxIE&#10;LirFEp48fEBQk5SRu0PDIzJEYunkKWl/X15ewd7uLjw6mOefe4HHYN9qdZzb6aQa4KCkpABESUlJ&#10;6RiIsxHVSuVyGHqnDh9kEtACKb9yXV9aNLLJtGQpOAsRYce/Ow3iuq6MEi3tFVEs7sAweaRvtK+A&#10;AEdG6x7UvtM2ZbpWiAhOuMTLjsOMxbnky9F1/ev8uGXZsn8lpeOsXs/F7l75Y9v7xYt7xTJ64n1j&#10;I5lKIZ6II5VJY5jAgzN6vhZKySEPdliYn8HkWEGGMaxv7+PK+zexs70rFwBSyRQByVBk2sneH7pJ&#10;26yIo/rdWzeRJTCZmZsHN7tncsM4fcqW1zguG3zasBOJL/lB2FfvjpKSAhAlJSWlY6FOp4dGo/YZ&#10;XeMmjVAgQUqldAsaBUfsoBwbZCPEMI0n8R5RgtVqt9EWl2dfSk0cx4cRGAh02r7vwiNA0Q0rAhI/&#10;MiI02PGc4Mai/dk2B2gMOtpjOoabGoNPTH3cKx1/2baB0dGhz5u6pa8/XcX+/o5k7+KpZNT/MTRM&#10;Px/F1PQ4ZqYnMDk+Rq8xZU1sbRcJtHVk0wl8+gdfxp17j/DHX38bO1s7SNFrhwt5ZFMZxGl9pAla&#10;2P28ViujSPu4db2I8fEpLJ08jVwug3l7AcOjEzh/7hl/YWHqi5lUTL05SkoKQJSUlJSOh+q1ht7v&#10;dV9FVH8FsQzUIBN2DOnBMCUbYccs6c04qge8T7DRbHWkodakwCqeiMHpdrjHHPACCcZ0P5RJW/GY&#10;jQQFU+1Wg2AnLj9jh3S5ZyCJWX+kGYbD9e+26v9Q+ksgy9QzhaHMT54+vSTZigcP7qHbaQlk91wH&#10;lfIeGgQNm9treLI8jOmpCZw8eRJnT8yhkE8LiKxu7mFrZw8dWjenT50Qs8HHTx5jZ3tdms7HJ6fp&#10;fgSJVBbTMzNIJT+Ca++/j/X1pyiV9nD+7AXMzS+AR2ovLU3fXJwZvqXeGSUlBSBKSkpKx0blcnnG&#10;7fde1k09gg+xJNcFIBgCpIeDp1X5gfRmHOX/wUFTs1HD1voGKpWSOKFzj4fPBoQG93ywuzqXXXkD&#10;3onc1i2DgIduOj3H4hG8NpdcGV/ipnXOwFiq/0PpmIvh+8ny1qsPHq0sFcslhIGPC+fOwPcceLSe&#10;uvRzx/ckk5jOZDA6MixgX6/VcO1WR6ZaxRMWhggyeCTv6tomev0+TN3CxNgUKrpJgLGP/d1djI9O&#10;YJogg8GGyxNfevFFeT2bGt68dQMureMzp05jv1j6EgGIKr9SUlIAoqSkpHQ8xA2xtWrlVYrxU9Ej&#10;TBe61JhzhsK245IJ4QaNWDIqxfpu4tfs7OyjXq3J1ddupwG310PMtOEFDiLnD036Pzhw0igY45+z&#10;2aFGZGOzzwjBh20yiJib9IwPuCk9To+p6btKx13VahvLqxt/c2V1A41WA47rIU3rJpGMIZVIopBN&#10;SNaPSxsDWlOcYRwuDGFudgojQ1n4joP7j1bx2hvfRLvdFc+QOIE4Zz0YYPhigEXwXqmUsbO7ge2d&#10;DUzOzKDfmyL4SGJufhGJRApra2votDo8cS7wvOD/Ub7nSkoKQJSUlJSOjeq1FtrN5mf4imzU+xFK&#10;pMJZCM5KcO9FKp2JyqJ048jeDz+MoMahQIqn9vC4UD0eQ6/bE+iwCCy0ICq/MthXRB+M5JVeE0uM&#10;Brn/g0uuTMt6h8CkzEaE8Zil3iylY6+4bU0M5XI/0um08eDeXfHAsbnMMJFALjeEocIYxifHMDk5&#10;gfmpCRQKOVprIXqdDrbYLZ2AZH6eYCKdwLtXb+D6B9fRIRDJF4aRy2Yka8JjsdP0dbPZxP7OLlaX&#10;n2BvexuLi0syEWtkdJyel8PswhIW5+evnpyfvq3gQ0lJAYiSkpLSsVGlUsl5rvsKB0EiTaZ+Ekn4&#10;SCaTMLksyowhmUjJJJ8jgabRhut76LuObMcPA/EBsW0LftcVfxBLJllx97kGjxvQ6VOcYUcMDmOm&#10;QIjBEGKYfyDlJVx+ZavyK6Xjr1Q6/uNTk2MjF545S1AdYnt7K/LAAXvt1NFud1Aq72NlZRUjI8NY&#10;mJ/FmbOLODU3hUQ8jgatn8dP17FfKiObTeHScxfw4M5DbK2vYIPAneFifHwCuTy7qQ/h9OmzaNVr&#10;eP/Ku7hz+wb29vdx4cIFZAhUCoU8Xnrpwh/k05an3hklJQUgSkpKSsdCnOwoF0svQgsWuFxqMAk3&#10;6sGw2AHdh86N5JYhMGIYR19HZZ+D8v4eKqUiOt125HpumDDYbtAIxONDsh+aTo/zB7hBHOKLWZpm&#10;2NL3Ycv4XatBT/0GZ2C47MvQ1TVcpeOtDgH2nXsrP/t4+SkarRbGxkYxMTEG3/NlXfRdFz6tKZ4m&#10;F+NxvOmUDGl4urKB3Z0Skqk4hnIZjAyPSC/U2toGup0+coUhWpsBinu72Fx/ip3tTczMzdL2x2XC&#10;3PTcnCzcB/fvYJN+dv1aF5cvv4hmveE4Tu+LgMoeKikpAFFSUlI6Jmo3O2jU6z/GTeeePwjw9ahJ&#10;nCManQghk8kizhOwTENKqL6b2PSs12kjSTDBtewJK46mX0HguHDgwTKiBnaNe9oJbAKugjc1sMkg&#10;12FZMQuWaUuZlmka1zXDWOPekHhMmacpHW9xGeH2Vvn0w0erH1/f2pIx1LyWkkkCjXgcaYKN7FBe&#10;ygw18b8JBUImJsYxOz0uY3dr9Qau33yAx4+eCuzn8jkZvevzWvEj48JYIoFKuYyH9+5gY20NiwtL&#10;cJ0+LNrW6bPnJYuytbOLUrWKhUB7u93p30chc3CUg3sF80pKCkCUlJSUvk+qViq26/Q+wb0YQRBE&#10;E6kGwUmv72B4bFrM0rgEimDgyLCF+z62d3fBBSe6ZUoWRBzQg1AazCOjQa7xCqL0C5sTEpiYRlwg&#10;xLJjMv3KkBG89lcJPgK+Emyr8iulYy5eG6Ztfd609BQ3gO/ubsn5zuc0mw/mCwUURoYxNTGGmZlp&#10;TE1NIEdQwpPgGgQezWab4MHG85cvYHgoh3fefQ9vvfW2TI0bLozQNhIYypv0HAKZXB61Sgl72zu4&#10;ce09gZgTZ84il81iYekkZhZPYWJ6BvNLs/9qpJALvvMolZSUFIAoKSkpfR9VLldO+YFzydQGzuZa&#10;KCDCaYpMOiuN4TrDAHuB6JE5+ncT93PwqN5GrYLA89BpN2HwlV7LHkzwiXIrXOIVcBkWdAjW8Bhe&#10;Ag+TnmfF2AvE9nXd+Arvz6KgzFTu50rHn0DsoaHMF5bmZ1F/7jLWVjOo1uoyQpcIHC1aE61mDbvb&#10;W3j0ZAVjk2M4ubiEC2dPYH5mgjN+2N2rYnllBfVGC7Nzc/BoLS4/eYpHD+9LWeLE5ATyQ0PiqzM8&#10;PIQXXngB927fxr37D1AqlXDq7HksLS0hZZq4eOFc+/KFk/86k1TlV0pKCkCUlJSUjon6fRe1Wu3T&#10;mqbb4bdFUTx9iq+2JpIJ8erg8bcIj7526hNoVGoNtJstrK+twfdcAZfQC6WXhMfqipdIGEpWRfO5&#10;D8RguxHaD0+/kqyH3Ojre5qm3dN0E4lByYqS0nFWsdx87uatR89tbG3T+Rri1MkT4IXDxoM8eIEb&#10;0dmUkHucYkluIE/RGnRw8+YDPHy0inwuTVCRx+TEOPG/SWtzTdbi5NQkrRcQuGwTbOxjaHgYc/NL&#10;3OzORZJ48Qc+gng8jocP7uHu7Wu0rz5Onj5P8N95K520n6h3RklJAYiSkpLSsVG1whN5Gp/j0J6z&#10;Hhzk6+JDqMH1PAEKz/WQzabFl0M7ogk8oOd3Wi0pw+KGdb7Sy34imh5wYkWaaKVMRY+yLaFO4ZOl&#10;C4RwoMWZFt6PJRkX6xt0HF2LYUiN31U65uLm80ePN3720ZMVo1SpoNfry+CGVCounhzJVAYjI3HY&#10;9FgoTh6B+HpMT09ifGwYFq25tc1dXHnvBnZ3ishlU8hnc3TLy1zrcGRUYL5YKqFeLuODvV2MTcxI&#10;liSbSROkTAvYPHhwF1ub2xibmkWz1f7dTs9FKq7Wj5KSAhAlJSWlY6JSuTTp+94LJk+2InhgUzQ/&#10;AGIUJHHgz0DBmRC+N0wd5hFZiH6vJ1mPPjfE6lZkLEhA4XV7Ejz5BDUxIxY1obOjum5AD6Nmd+2g&#10;/2NgQkj7/0Mu/+LMiHI/VzruCsMwG4/ZP92sN3H35k10+x3xz4klkshkGCSGMEKgMTszLdAxMT4C&#10;2zbhuw4qpaoA+OhIHq++8jJu3rqPd69exbXiNaQJXIbyQ4jFEigMjyKZzqA9PIzd3V1sb6yitLuJ&#10;uaWTWJifw8j4OC7E4nA9HxNj4/XpqYkv8z6UlJQUgCgpKSkdC7FRYKVceYmYYizkJnEMTAgHmYqR&#10;kVFwx4aYnlmWjM49qgqq1Wph+ckKms0GBVZ9dFuNw4bzkIKxhJ2AxpmWwSQeXdNlso9FkBOLx6My&#10;LIIP3bR2iEiucPlVLG6JW7qS0nFWImF/cmx8ZOmZ82elpHBjcw2dblfGTbteH6XSHqqNCjY315HL&#10;D2NmdhqnTi3i3MkFjA9n0O97WN/ax9rGNq0OD8+cP4fVtQyePHmErc0NZLI5TExMIZXKIpVMYXpm&#10;DqHv4r133sX9uzdR3N/Ds5cuoZAbQiqbxcc++gNvnFqaXrfU6GolJQUgSkpKSsdFzWYHrUbjx7mz&#10;I9QYPjRpOOcyq3g8Js3k7MTMXiBcX35UDzgjRbfvyzaajRrq1Yq8NnQDMSO0DVMcz3nwlSV1XgF0&#10;Cs5CQ4NGNzYg5OwHeyKYlvGmpoVlbsqNx9X4XaXjLccLsLKy87cePlpBqVZBfoSzHUPS8+F5dKOT&#10;3unzCF1aU6mU3BK0xmrVGq5evyu9Vjlaa8P5POZmZ7CxsYFKpU5QE8Pk5BT2tG1UK0WUivuYHJ/E&#10;1MwsgX2AqYlxvPLJV3D9xjWsr67igysdXLr8IuLJJK0b67dSCRUaKSkpAFFSUlI6RiqXyknP6X5K&#10;plERhOga16aHghIc+HPglKJAJplMRWByxPY810e73Ua31xXPghQFWb1OF6HvSA8Hl3Fx87mUhDi+&#10;EEuoEXzQti07Ljc7ZksWRNfN1/lxblSPWerjXen4ilfM/n596v6D5c8+XVtHvdmWfqp40ibISIgH&#10;SI4Ag40HxehTozVg2SgMDWF2dkLG7fb7fTx4vIovv/YWnF4f+XyG1kKC1l8AL+cztyCZiKNYLGJ1&#10;7Qm2dzYxv7CAvtNFkkDm7LlnkIql8PjxIzxdXcHI+NhOtVp/DZhSb5CSkgIQJSUlpWMSNBEIlEul&#10;ywFwQo9IAH7og71AOBsho3DtGOco4PneoGTquyNIgwKvPsFHmsDDc130um3EbfbzMBG4jsANO5lz&#10;2RVHVL7vEmyY3JHOwAGDoEd6P2KxrmHoX9MHPSHfi/O6ktL3U37g/zjB9cjGxibWN55KeSPDdJIn&#10;XXEj+XABY+OjmJ6axPzkOIbyOVoHnBVxsLNXEsheWphFNpXG9eu3cO36TWliz+eHxLwwnU2LQWcq&#10;lUE1V8P+zhbu3rmFoaFhnDl9FiMjBcwvnUA2nyfA0ZBMp7+cy+dK6p1RUlIAoqSkpHRs1On0UK/X&#10;f4iAwCQkICDgq6xmNAVLSrEMxGKRGzm7kptHQAC3r9fqNW5qR6PREJjgnEmLvk7EEogZJm0jkB4S&#10;33HF90Mn2OF+Ex43atiGeH2w+aBpWdfoZ6tEQrDjqvlc6XiLV0ZhKPs3F+emsLMzD43WUr1Rl4xg&#10;SFBfq1VQa9Sws72D5SfLGBsdw+LiPIHDIpbmJ5Gm875ca2F1fRvF/TJBRxbnnjmH+w8eYXX1CY+K&#10;w8TEKEHGmPSO5HI5XHjmrJRp3bxxA1euvoOTJ0/h9KmTmJicxMzcXHju3NnfOjE/od4cJSUFIEpK&#10;SkrHR5VyDb1O+0fFdJCCJD3gJIiPwA8p6E8hTtDAMGJapviAHCXPDdHqdNHhEqxuR4wIozKsNEIO&#10;xHwPMTsuFoSGHcLvOdHULdq/ZeiSCTEsG7FEnBveX9c1zWeIScRU/4fS8Va77Tzz8NHax9fW1hFP&#10;JXD+mfNSl+XTOe+6dPNcuDxogUDejllIZ7Jyv7K6hY3tInKpOEFHGsNDeVlvT1fW4Lh9FApD0Glt&#10;7u/v4+nyE4KbLczNn8RQIQ+f9nvx2WdlUt3d27dx/84tWXcXLjzD+3yyOD/5dsxSxp1KSgpAlJSU&#10;lI6RSsXSSYTeRU16O/gablQapZmGNKE7rkswkILBY3J17cj+j77joFVvSGlXr9NBn25cB88eIgI3&#10;piaQ4TOM0PeB5w8a3g1xRDfZmM2KwTCtQNeN1zWDy68s8VFQUjquct0Aj1e2Pn/r9oP4fqksU6/E&#10;uJNAOpFKIZVOczM4bDsmGcGAzTjjMUzPTMsY3iQBdrXWxM3b9/Do8VN5HXt/DBGkyDxsWiw8yjoe&#10;i6Nc2setG+8TgAxjcekUrTEPw8OjuHzpOdy7dxub66vIE7SMjI7/fq3ebGaSBfUGKSkpAFFSUlI6&#10;HmL382ql/EqIMGPI9KuQW0CkjCpus/M5N8vqUsPOU6wM/btfSeWpVq1uX3w+enTPI30NHpkVmtI8&#10;y823nESJyq0oCPMc6GYEPgw77H8QowArlkhw78kaAchVnmMaIwBR13CVjrM837Ncz/sbzXYHjx7c&#10;J5goy0Q5HinNk66yeQKCkWGMT4xhZmpCbul0UkZPNxtNNGkNxGImnrt0Tsw+3/zGu7h57QaS8QTy&#10;QzkBEvYASdD2crmMTMHa29nF+/tFzC0s4eTJJeQIOs5feBalUoUND4NEMvVb3MOlpKSkAERJSUnp&#10;2Kheb6LdbX0upOCf4YPNB/meUIDgIaSAKEbBTp5uWQp8bGkc/25yvQBbu/twA/YV2ZfSK98PYBBs&#10;xAhmOLPCQCLwEUQu6AgJVOh5hm1Ck76POH3NI3it1wlKOtyDotzPlY674jH74+OjhYsLc1Mo0blv&#10;x030ej05z32nj8r+Dqr0+Pr6UzzIDmFycgInTyzi/JklzE+PCYTvFivS/9FqtXHq5AJSBB0PHzzE&#10;zt0NgpUsxianxDE9nkhicmoSL77wAt678h6WH91HubSLixefxcgwQc74BOYXl947dXrpxlghpd4c&#10;JSUFIEpKSkrHR5VSJec6zie43pwzEPB8GbtrmjEpt+K6crYq53G4xvdQfuURSHBWpbhblFG7PNmH&#10;X+UGHhK2ISAi07XoZ5oWSlkJxOwwFEd0i0fv2pZkSgzT/Bo/lzMvtgIQpWOucqX1haerm1q328XC&#10;/CyWFmcR0Hrg0kOPwLzvuvBDDxad21KSFU+i0+ni2o37uP8wjmwmRfCQIzAZhUXnfb1W5yEMmJie&#10;kMEPPHZ3//YexkbGMbu4QOsjjlQ2h5c/9lHE4jGsPnlMMPI2nn/hJUwRqBSGcr9z9sSkp+bGKSkp&#10;AFFSUlI6NmJAKJaKH6MAZSLkRnHoMvGKe0A830VIgOALKGiSyaAY6kgDwmazhX67RcFTVQIvp9+j&#10;R30kE2lwiZc26C9h40EOqohLaB8BdAIdiwIyyyIAifP4Xatm6sY3NNqhzf0fknk5evyvktL3Q/Vm&#10;L3/r7pOfuv/wMWq0Bny3L6DB5Vfc95EkuCgk4zJkgdcTj4BjB/OJyTGMjhSkLHFtYxdvvf0+atU6&#10;8rk00vTzDIFKwL1ToUbbSojD+fbOBnZ3tzA/v4B+r48k7eP02TOcgcH9+3fpdp+zJa16rfF7vmQZ&#10;1fujpKQARElJSemYiGGh3Wi8qhMRSP+Fbgx6NizJesRiSenJyOayBBCJKGPxXQDAD0M4roNycRe9&#10;fh+ZTAb9TpOgJurfkCwHF3fpOhh4Ao/ghgIrTcqyZOSueH1wD4huWu8RfGzSgUgZWCQFH0rHU52O&#10;8yOdTmd2e2sXy6tP4PS6kjWMJZJIppIYGipgdGxUyq6mpsYwNlpAikCbM4QECuJvMzqcwysfexE3&#10;b9zDzdt3UK9UpXGdSyB5LQ6PmMikUxgaHsH25gYePLiDnZ1NnD17HhPjY5hfWJL9VcpV7j15w4zZ&#10;ywralZQUgCgpKSkdK5XLVbPb6/4Il1pxjMJTeTg7wdkOy04gnc0ik8sRMJhyxdY6Iv3hC1T4MmKU&#10;e9U7rRYYIMCTrlwPcc5w8GSt0JegiKdgsd+6btgIaNtsUsgO6DwFiyDly+xJwtOy4rb6SFc63spk&#10;4n9jcmIckxOjaDfraLbrYkDIQxaa9T667TZ2t7fxZHkZheFhTBGInDtzEqdPzWMun4VL4L6+uY/d&#10;nT0kEnE8e/E8Ht57jKdPV7C5uS4AM0aQkUpnCWgy9LrTqFdLeOsbb+HKO2/hxOmzOHPmLGZnZmX8&#10;7tjE1G+eO3tikDlUUlJSAKKkpKR0TFQqlS8SMpwfFEaJ8zjXrMvkHjMm34s7OcUw+vcQyFQrNSyv&#10;PEW336OAypXxvZxZiRkWbJ6mpesCKZpmEHh40Ak4+EoxZ1n0gfeHHfWA9A3DfJOhR8qvVA2J0jEW&#10;ndKz5XL9h0ulIoFCFpeeuyjZQgYQBguHQNtxPB7vgEQygUQmDZvWxPb2LvbLFWQ4Q5JNY7iQx+z0&#10;NDawLUaeuaE85vwFbO9uYmtzA/u725iZXSDImRA/kbnFRXwsCHDz+nXcv3sHrXYLly5eQl4vbF5+&#10;9tyX5iaH1JujpKQARElJSen4qNvto1at/BD3mXOgz2NxXccVSOBmc65ZtwkIdPoBf8/9GkchSK/v&#10;wCPo4EZzNjFkmEkm0+xMKGN9udwqZlpSFaKDG3IDKbnici+GDzNGoCLmg/YTgpIb7P/Bzeiauoir&#10;dIy1uVP56asf3M2tb26J9wf3TjE4xwnguXRxZCguX3OJI5cbcg9IJpfB5OQ4Cvk0XFo39x4u4933&#10;b0hWsJDPIxGj1w3Tc2mN8JJJ0HaKezu4f+8WNtZXceLkabg9H9lMFs8//wJu36bH19aQSeeQyQ/9&#10;q063V1XvjJKSAhAlJSWlYyXOVrRbrR86MB5kcQmWyROqCEL6/Z7Un7N/AU/FOioB0nM8VGt12m4F&#10;1WqVIAQwCDScXgc2BV6GZDKij2bD54lXBnzfEQ8EPSFN54hxiRYHapb5GsVpnmmw/4cyH1Q6vvID&#10;6I166wv1Rh3Ly8soFvfF9dwiauBSqnQuj8JIAZMTYxifnMI03Y8W8qBlJsBfLtfAgxZOnJhHPp/D&#10;e+9dwwfvfwDP8zBcGEYmm0IyncKUFSMwGUK5tIfVtXW8f/UKZmbmcfrMaeSzeTx76TlkCVxC3+em&#10;j9/gARNKSkoKQJSUlJSOlUql8iQBx8fZXTyCkKg0isMWbvqOxRJgA0CDjQMpmDoqCdFqdaR3xHEc&#10;uvXQqpWljIvBRcb6GhZ0cXKmewIdLk8xTJ32Z8jkLd3kDEhcQMUwjK9IYzoBi636P5SOsYgdnhnK&#10;Z18eHxnmsbfwnK5kNHgctev1Ccj3Ua9VsLW+hkQqi5GxUSzOz+L0qUWcXpxFNh1Ho9XDyuoGdnaL&#10;GCZYeebCWTx+vIKVJw9pXRgYHRmX12UJZhhSLl++jFs3b+HOndsoV3Zx4eJlTE9N0esuMoxcm5qb&#10;uzIzPabeHCUlBSBKSkpKx0fsSVAulT9FMX4ueoSxIxrBy6VYYahJtiKXTXNa5Mjm83Dw33ajLrCR&#10;jCfRN9pShuL3+wI2nFnh8qvQ9RHwZWMtpADNg2ay34cl/SYWAYhp2tu6YXzAx8Lu54ZqolU6xuo7&#10;/hcq1ZodEFyzE/mZU0sRiHMPFJ3fvufL95xVZJBPpVOIWSY2Nrext1cWc89cPoN8LkNrxMT6xqb0&#10;W42NF6DRYtzZ3cLy8kO632ZjQYKcPDhj+dJLL8lAB4YQ9v5wL13GwuIiRsYnfvujH7noZpPKN0dJ&#10;SQGIkpKS0jESj/1sNuuf4V4NIQ4tAgxxQKeHfAIUQ1zLzah23dCOABof1VoTmmGhVqmg2WgIkLCH&#10;CEOFjPelAI0doflxjf3WBUKi8iqNAik2IJQGdMu6SvCxr+lR/4eS0nGV4wbxO/dXf/r6rTsoVeri&#10;em6buvh+8Chp9vGwEwkk+LyW8sNQhi0UhvNSkpVOJmgtNvHB7Xt4/Y+/KcMaRgpDyCQzCGkNaqOQ&#10;CXDFchnb2zu48cFVjE1MYnHpBLLpNAHHCYL0OG5ev4oH9+4gmcm0J6ebv2soZldSUgCipKSkdNxU&#10;LpUzjut+guJ+DNAjMkcD94DEkeEpPZYBg27sQH5UPNPpuWg1Wyjt7SKXzaBPgRg3oPPEK/b84GlX&#10;DCFScuWHwjy8zyDkMbyGZEAYVCwKtkzD+EOd3dIpUIvFVP+H0vFVu9N/oVSqXNjZ2cXK8jLa7bZM&#10;uuLBColkErl8HiMjoxgZG8H09CRmZyYxlM8K5HOZVrXZBpdAPnfpGQKKDK59cB3vvHtFyhWzuRyS&#10;SYIYWk/xVBL5oTy2N7ewI9OwdnDy1BmcXFrA5NQkQchH8WRlFZ1292u0vh7zulNSUlIAoqSkpHRs&#10;xFmO/WLpoobgNPd+hJEBiNSa8/hdOx4HT5+KxQdTe76HbTqOi2qlhDLduu2WOJ4zbPhwkaDt2Txm&#10;l8u6dAte4Mg0rABRVkS3LJgUsJkxmxvQO4ZhfEMXE0SCEjV+V+kYK5FJ/OzI6Ig+ks6iRhCdNTRY&#10;BNhWrwOj1wb29+E8eIRmMoYdAgpvYgz1yVGMLswincvCazax/vgpmpUqYokEPkrPW8ymsUVA4zbo&#10;MYKP3NAwQgJ4L1fAxYUFNFtNvPvOO1i+exPV8h7On38WhYkJvDIzGyRS+X954tQi0qmYenOUlBSA&#10;KCkpKR0ftVtdNKrlH2WjQPb+4H4PwzAlAOIGcm7+zvJVV9seZCS0I4CGp/n0YVKQFE/Y6HVCdDpt&#10;+VmWAjOTPT9om3oQInBd2FYMnXZd6uINNiVk9/NEDDFbekFu6ab+hOvluU5eUw7OSsdLJzzXP9up&#10;1S/3KpWP1dY2P12/+gFmV9YxVSrBazWg0VrQuO8poPXFnjqcjSDA9wMfjudih9bcmgEZO23QmuAx&#10;u4YWwtFMWQ8ZgvXzFl8M0ODT4groeVzaqMUJKtIpjCVTWKB11aD10fJ8aKsrSE9NAalkZ/7EyfCZ&#10;swsFQ9cq6q1SUlIAoqSkpHRsVKlUDQKNV7nHgu3KGUIMgwIeCpJiFOzwyE+PHdFNAhDTPBIBAnpd&#10;qVjEzvY2Go1WNN3KsKRBVjeEcqQBXfpIOCCjnzOscAkKO59z0GVH2Q8uu/oaHZdvGLZkQJSUvo/S&#10;nJ57tlXcf6a1vvODpSePXu6ubyz0tneG2ztFOKUK/CYBh++K502HQCPk8z6Vgm4n0CcQCQngXaeL&#10;Lq0RM5WgTSbEkFDWFA9XYG8dgo+QQMQkANcJUOKM3W4Ai7jF4p6sXhsBAY0YgdK/lhfApjVToPUy&#10;Rmu453twb16nH1jp3de+9nul35jayMzNPEpNTr2VmZ19NzMz8Sg1NrKaHi7IBQUlJSUFIEpKSkp/&#10;4SoWi0t+6L9garqUQFk2BfoUBPkU/JiJJLj/wiYwSCXjh74d301cfsUBFAdIYRA5Ppv6YLQuBUy2&#10;KWN1IahD++y2OwhoX9BDAp0AiUQMNgVsUQ+I9SVuTDesCGCUlP4i5facpcbmzqXivYefLd27/2L7&#10;yZMzvZ3tdFglsHZ6YqbJ9hqc39sn4OgQYDco3DDGh/DKX/8Z2LkM1p9uIE2w8fjqVfTaPbTrVfiu&#10;IxOuOAviStbR5yUHj+45y+FxFiRw4NLPQY+FfFGAzTx5Ah3faz7StBZHMnnEdAtJnlTXqCDpO0jR&#10;morxxQOXttxq6/7O1nz/ypX5kmn+sM9mI4l40cjnlpPTU9fSC/Nfz8zO3M4vLK5m5ma7mbEC4snE&#10;v+OvwY1aKgOppKQARElJSelPqX7fRblYfpXCkjjHF9wM61FwxE3ilmkjny9I9iORjLIgsfC7ByH8&#10;03qjLb4fbr8vQZbJWRV6HZsI6vR1wGUkDCgcSLme/EwfbNWQ/o+4lGAZtrlMj92R8quYEV3xVVL6&#10;cxSdv9lWuXq+ePvBj5Zu3PpE9c7951prT/P9eg1ez6U1QIBtGejSed1xfdS7bXQIqCsxggl6fZYg&#10;xA41pJo9lL/6JoxuF8HuHhzfwzOcsHD6sEJD1pnBpViaJB0l6wjpv+IVFI2+DroagYgBj097Ovdd&#10;2kOXntalb9tajCduwa210bNt7AQeygT+PVqjvqbJ9tOBhQw9txC3kaEHcgQfGdpPyvdHsV8cbe/s&#10;vNx6//2/v6trDmLxe0hn7iUmp9/Jnlh6p3D29OrQiaXy0OIcUoXcYMWr9aekpABESUlJ6c9AtWod&#10;rXbrczJ+lwMXXZfgx9BNgQUGiexQQfpADP1oCHApQtur1FEql5FIJaT3g/0QdB7CwxBC27QoeDPY&#10;B0ST4bswTXZZD6XpXTNNHrsLi/tNrNg7hmnW+fG4Gr+r9OenodZu6ZWdG7d/fOfq+5+o3r9/vlss&#10;ceIBZjaLxMIS4rk89MIQ0ovz0LZ38e4//1Vw/uPsK5+A3elg+/YddEt1FAwNk+kUUG7Df7IDi9ZN&#10;gcsWpQEklAwgN4OwD040ZS6ChQg+BiH+4D/RT/VoLIQWDas2eV2aUXmkoVuSgQl7ffRpjXVpXz1a&#10;W3UCmxJ93aQNluFh1XHQoR1zb1XA4EOvHSKQGbUSGDMsPmY7FYaXk43uZbfy4Of279zG3h8YK1oq&#10;ddMYLlzLnDjx5vAzF+6Nnj9dGj65hFQ+82+57KDgRElJAYiSkpLS96jifmk08N2P6JYugMDwkUgk&#10;pdTDcyPztGQyKdkQnkB1lJ+A57kIvR5qjSZajRp6jRb0UBdPD8PQZTtcisXZEC2IAhff8WV/9ARY&#10;iTjMeAwWT9yyjK9y5MUjSHkEsJLSn6FyvXrz09u37v3Y9rvXfrjyeGVOJ0rOjo9h9kd+GNnZGaTG&#10;RmHnhwg+MhL0J1IxPP36u/jN/+mXYUxN4ef+0T/A5OmTePjG12FkMgjoPE7SeZ6yCQx6PZ6rC82B&#10;9Djpfh+h20O/Q/cEBGHXQUDgAFpf3Ael+x4g5VYM6xF8SOaQEyNMLbSGeB1oBBicQeSpdB4CgRhe&#10;OwYtpbQXIu16GKXXnWRcoXufnt8NbfRp0zV6bkn3seuG2NZ83Os3cZ0vOHCjO63JyXgcI3EbM1Ya&#10;uTBcivWcJW198/OV5RUU/+iP9p5k0h/Epqav5c6efWf8uRfeG7twupibmYZlq7WppPTdpIXRoHkl&#10;JSUlJUTN4l9/45ufq5T2vsTeA+GgJ8OKWYgnEtJIGyf4GKagbGxkDJlU4sgxuNV6E4+X1/Hk8TJW&#10;Ht9BOp4Qc0HuHUnaNuJ2nGDCgsW16A6FUK0mnL6HbqeJkB5PDo+gMD2JwvhYK5XNXDBjsbUMBXej&#10;hTTUVValP6WswA8+VdnY+end+09+srG1NcfjoLOTE8jPzyExNiLgywWBPKnKd3rw6Nz0HFdgYOPN&#10;t/F//sI/RJDN4z/59f+N4CSHTrMhPU3cn8R+Nj4BgAACAQX3U3Hcwd1O3BNFoA+foCMkSA/6PXou&#10;wXqfvu524TZbcFstePU63FpH1oXXpu/bXaDbE2gBbV+nbYKHNkg5Y5QZQRhlT2RNhwdr25cyRw57&#10;xPBTi3Iq3HvF2cw+vbBNEFKkZViix9fgY49uTR4bHIsjRr/vsGETzASYj6cwQmClNxrQu+2oF8Wy&#10;yvb42Hupk6feHrv8/JXx5559r7AwW42n4+osU1L6E1IZECUlJaVvE0+oajbrPzYwH5fABINRn67n&#10;IZVMI04AYVtxApKYBD3fVfw6gopmo4pmrUSvT1HoRcEP17pTIMSlV+bBFC36ngMw7gNxel3wBC7d&#10;siX4iSfiMGz7iq7rG+y8bnNTvIIPpf//OkO3v97r9P5WcXXngtfp6GMnF7H40RdgJZLwKaB3KMh3&#10;O310K80IDFyf7vsCFKHvI05A8aV/8su4Q+f13Jk5aKUinGodpm3Cp2CdhydwWZTnB1G5FAGAJtDh&#10;DeAjECPOqOdDl4wKCLi1JAUnI0OwBf6FJuRM5xHVXt+BTzcGlJDu+wwplTK8EkEKgY9LMBAQsISt&#10;DtBzJJOiCT5FY7S51It5JKAFrodSrCXrOoguNSCjhcjSPk/Qun+JMyWahf3Qxz79zk8ZSIwunhCA&#10;XKe/xVx6EvOLJ5Cn19qlEkZdZ9jZ2f+cs7b+ucZb74Sb42N79uzc+2MfefHN8ecvvzO0NPdeIhXv&#10;q1NPSUkBiJKSktJ3qFSs2H2n92rk66HL1VrpAeFgKoyck9nBOZNOy9VT7ajyKwqa9vaKctU4l82i&#10;227C8wJ5va1HECFGg/Q1ex3wfvuOL+DDAZtJ8GFzCVaMYMc03qTHA75im1Djd5X+v4ux+ofp9vN0&#10;+5zvhzmO/4emxiUL4FDA3m100dqvI3A50HcROA6du658L2VS9ILAi0qjDArMkzMTePTIQP/ebbz+&#10;i7+I8dlFTJ07i7bTg0HnrGUSOBsx+tqWmx6PztuQuJ3PbYOzKzxFzjCldIonYIW6hsC0BRQYDQhf&#10;JDN5MJbXMGkbtJa49yo5NoJgdjrKQPBiZLDpdBDUauhWazIG2K1U4JRr8Dot+Znf9aD7btRvQuuM&#10;7/gyQsijfnlfkqWBwBJbFS7SExZCDS/Sfhv0eJEgZt3pYrnyEG8mTNi5LOxUEgVTh6VF2ZFpw9KG&#10;iuWJcG/vJ1Y+eO8nVkcKXurM2dWxl1762vhzl14rLMy+H4uZq+qUVPqwSpVgKSkpKQ3EH4fvvH31&#10;+a3N9Xco2Lf5qqyI7tPpLJJJgoFYAvnCMIaGcrAJRNKJ7w4CzY6DG9dvYHXlCZqNhgR5XP/ODuop&#10;uiVpe7yfBG2Lr+h6FCD1W20xOwz48aECchPjKEyOhels9qOxROJKIpnG2GhmcHVYSelIDdPtZ+j2&#10;dyimfsklwJUyKs4k8DnHt15/8HWPvqbHCSACNgt0PcmGQMwAI0NABnIEUZDOWYo7t29j7dYtTO7u&#10;QO+2oPH2m206zz0ZpWtqZjQu2qDXW5zxI9hm/xsrjpjFcEJrIJOElkzBSiZgxglMEmno9LWeIATg&#10;7+M27SwhAML79Wn/XFLl8TrhzApnEXm7miYXDcDlWFwaSeAQOPQ78O/U7cBrNdEr1eCXK+jV6b7W&#10;lL6UkAAr8ELpN4mioghOmNh8BiLaXmBE5KRbFnz6WcfWsEng9rheQZWApMZTv+hn3LeVti3MGBam&#10;6SUn6LiGwGVnAXq08fjMAoafu1wceum5O5OXLn45M5r/YzrS6/RUV52qSh8WqQyIkpKS0kDdTg/V&#10;SuVTbPEhpVfStBp5dVgUOLU7XcS5hIoCkljMRiJ+VBYiRLvdQZOAgq8w81VcLtvqUyDEZmeWZUtA&#10;lU6lJUDiXhNtcLWXYyiToISN12IcgJnWI900bvHlWpsCHQUfSt+DJuj283Qq/Ye+6y9yX5HT7cPr&#10;OtJ34fV68Lt8o6/7FIT3O/DZr4bLA30vgo2DiVMH5X58bopreSjnt0tr49Jzz+HFF16ITDO536Pf&#10;pX24Atp+u4Hu9jraK8voN5pSRhVIGRftt9dEt1ml7+m5oUcBiQ3OMQZw6DS3ZEKVEbMISBJ0T2vA&#10;SsHMpGCnCL6TMTEy1Ak8YqkkQgr4ffo6HKxbBgTvAEa42pHLr3h7hVEkM3mEczNIcJlju4ug3ZPj&#10;CRm66Lg9cWhn8ArQ9voCOD6XfzEhsFliIonk3Dwu/dAn8bGxCdS3tnD/j9/A3vIT1PZLcPwWqvT5&#10;sEuQdVdzkbASmKe1fJ4eW7DjCHa2sL+zMbr12pdfXV48+eroyy+H0x9/+fbIibnXY7b5+7Sba3Rr&#10;qNNXSQGIkpKS0odA5UqVR+T+pBgLHgT4fDGVjdQaNWSzOeTyeSSS8Wj87hHb4/KrZrMhJVscGHHj&#10;uZSuGBb7CyJGj/PoXQ7wLNqH60YXQBl+uOeEj4NLr+w4j981/phCwS7DUFyVXyn9W2D323qCxuj2&#10;9zw//Dte3511OhF0eN2eQIdHIO0KeHQERHjqlMalT54fgcbAg0a2KmWHkRMHZz64/IlHQuvc+8RT&#10;dBlIPBe9HmdMXPQ5kKfAPiCgZu8ccBaFACF5clH6Kw48bzR6rt53BXj4uQIAtH+GkU65ysY78HxH&#10;zDi9eo2260XN5loo43rFF4TLsdgZnafDxZP0dRomwYmdT9NjSQKXFMIEBfz5LFyTfi/6XU2BC1/2&#10;q/d4/x0Crz7cVpdgqUXH69Mh07ETEBl8gcAw0KjV4bR6YojoaYH0tyRov+cnxwmIMhgZOY9Xn38W&#10;Tr2OytNV7N64gd1bt1Hf2EKNjns71sO22ccDQ8NMLodLuWHM0ON5Oh7/zl1s3bunbb/2lWcLz33k&#10;2ZGXnv/F0TMn72dHCm/EYsbv0i/6Pt3q6vxWUgCipKSk9FdU+/ulBQq1Lkd9r4FACIdeHDBxtoIB&#10;xPV9aWY1v4cRuNzr0Wm10CYI6bQ69L0n2Y1cJoV0KiUxY5Kby8PI7VBq4ClgkwCQJ/NQoMfZD92W&#10;UaNvcMDFUBKz1Ee30p+UwEeGzqS/67nBL7jd/lyfr+y3uZG8K/Dhd9rR130eh0uwwX0QYZTJYJjQ&#10;I+KQ7EaoRdOhDDr3+HzXeSUQHPDr+3t7FGzX4NG57XNfRb8rJUygoBrcH8I9TdzDNOiZig5Pl8yh&#10;Lw3pUZZCJunyfpLcaWFLuZRJj3PJoc5O5z5DEQGOE8KnYw4DWj903G63SzBB8OB2iRcIptpN9OrV&#10;6Lg5Z6ObCNj53MrAyI9g9Gd+CuOfegnO/j42fuU30N5YB6GS/M6WbhGc6MjIPjXsr2+AMAg+QY5F&#10;sJAfLqDDYyPEp4Q+B0LOrBiYnZsX08RuuSQwFhpRj8vI+fMYf/ZZnKW/dfXJCrau38Lc7ZtobG2h&#10;RBC41a/gbc66mAZGabuXUmks2jGkimV0v/4G1u7cwu7iyXO5Zy+cGzp94u/nJ8fvJ9LxL8di9m/T&#10;348zI6qJXUkBiJKSktJfFbkUPFXK5Y8SBAwdNLtG8zohcMBXbjvdDrKFIXEy/158xgQ6KEjptBto&#10;NSsSYPEELZev6tL+ErFYNBlIi1yeo2BQF0jhOnO+2sxBjWlZNcPQ36QQjkCIA0JVfqX0naLY+99z&#10;He+/cjq9C26Lr+hzszXBAo+xbbdltC33OvCVfzm9+R/2neHmbZ5GJb0dmoCvSTcZi0vQ4hT30W9U&#10;0SuXZRxuyMG/50gmL5rdFq2Rg8xJZCJI29SjZnJdSrgioGcA0fWoLCryNh/8jOEmiEw/Qz2CkoAH&#10;NIQE+TanCglS8slozRE0JNkLhLfhewQ0DFJc6uXQr9eHF7jSLB8M4IWICZUvfQnNax/Q707PaVSQ&#10;zKVgJQowsklY3HtCMNAn8G+sVmWd80Gxh0icjrXfakbZGs7eyHETDOk20oUcerWKlIz57EVisoeJ&#10;QV8bdOwmgZuJ4TNnMHbhAh3CX0P58Qo2r17F3M1bKBWLKBsBnloa/jUd83gyidO2jcv0uTJcb0K/&#10;dw/N4h5a9+6ifPLkudTi/Ln0yPA/SGTTV1OZ5BeTyfhv026fqLNeSQGIkpKS0l9y1WoMCdXPHoz9&#10;5FiKx91yPMINtJx5SKXSyKQzBAb6kQNwOVaqN5vY3NiQaq5EIg63F00VSqRSUo5lmVFDrkwW4nG9&#10;/UHgxAaEHATFLMQSMfYIecfQ9B02WovHVfmV0necZ887fe+XnFbvR3l4gUfg4fIQA7rnUbUBm/95&#10;AzM/KfUjbDCiyU/c48DkYtA/XAIY9NoEGhXU9/fRLRcRNhvQOPPAc6g4KxdEYK4RSGsDkOBshvgC&#10;cmlVNLFaeqYCLRpryz0j8hoMni8VXWHUw8T/+iGcZl2OwyI417i8kEsUCbIZRGQb0Ygqrr6SryUr&#10;ya+XZna+EZjnIEDE1w10bjrnyV3cpM5+IaEPvdsgmDGRnCyIYSFvjCeA9Rsd6fno15po7pXpcRcG&#10;N5/bccnGtGo1Apk+xOIwlKm+mDq/hPG5GYKTrmRcQq0n4GRYUXO9ZtkIeyaBX4edE6HTtobPn8HE&#10;pQvoVqrYIQhZf/ttzDx6hAqB07pbx9eJeN6nz4vn0lk8O5TDtEXH0O2gu7eH5t0HSJxYRHJh9iOx&#10;3NBH7ET8v84OZb+UHsr83/G4/Yd8rUOtBCUFIEpKSkp/CVXcL6Udx/tB2zaj6TeDq8N8lTiZSCKX&#10;H4q8AyiAY5O1o+w/GCSaFFD0+100641omxRU6CE3n8ckk2HqVhSUhdqgyTeMxv3qpkwCYu8Pk4IZ&#10;w7Re46BRyq9sBSBKoqTreP95r9X/L5xGO+U0mhTItyXbIR4Z0tcRRg3k3LvBV+W5xI8B1/WlnEl3&#10;HXjNDnr7RXT2d9Bn6Oh0oxG1ck5GpYFyqjMMEFgYYXR/UJ6oHYypFjbQooSIH0QJxMAVQOF1pA2a&#10;1uVVfFz0HI+bzwmCgmZLplP12TyQ+0vScYGiaLuRsaA4gRA0RF4e/DU9g68ODPx5HNoOXyhgj51u&#10;tUG/R1/gh/tIfM2JsiqyHdomr2MuoeRG9b43KPXi0kpaa7otGUmNgKBTr9Pre8CgZMyOxzA2NYGh&#10;6TxKT+7BTKVhpXIw0hnotF5D3pf8rTrR8ArbFhgJDHqcYKRP+9RjcSx88hXMf/xjqKwsY/WttzHx&#10;/gc4Ua9hzenim/R5ca3VwCccHxeGshjhTGnPgVMpo7PyFLHFE4hPTqRqO/YXzIT9hexQ7n5upPB/&#10;pXKp37Jt67FaFkoKQJSUlJT+koghoFQs/oCu67MHk8klC2FwMBWN/ez2+sjkctH0n+9hAlWt0ZHG&#10;2bgdk3Ir3/cIOtgnIPIWMSkglElX7GkQcADlCbR4dNNjXHvPE7AIQGzLIQh6k6/asvmgbRvqDfuQ&#10;KwjCF3vN3v/crTU/4dZbYsbH/Rg8RpfLkXiClWQC6Hzh+4CCay7BkoCfbn6rjd7eDtrbW+iVS0Cn&#10;E5UYMQYHkYO4xPYcSxuRGSBnPGRd+KFsXwj80Gqcw25tsC7CwzXFoMGZCN4nCGoYejRJxoTS+M2T&#10;3xgSrHh0XssY3K6DXq0GOlpYBAQh90IdQI8YB0YlXgwkvQG8S28V921IlsXjtErkCyLH5PGsLpli&#10;FQyMB1muE3096EaR7I0R8jEa8jrCDehJG2m7QJCRQqqQiXqxCHKcdlMa7f3KProhrWOCjKj5nZ6b&#10;y9LzM5L54Olifrs7yIpY0jCvmX35+4O2lZmbxwv/wSmc/4mfwPqVq5h8800sbK/jqdPGN8ItPCSA&#10;WySwupzPYaIwhAS9Kb3WLdQ21mDPzcEeHqG/VeNccXP3v41nUv9ZYXz0i0OjQ7+SSCfeVkWaSgpA&#10;lJSUlI65mo02arXapwzT0CMfgagFREbi0jdxyYDkEeOJVJZBscXR/3vvcYDl9NFstyUwkzp7briN&#10;R54I3NDKtfZcusJXej32ImCzNQ60OMPCABK3uaxjmQDkJjf1sneICiw+3HJ67n/aLjf/u361IVkP&#10;t8WTm6KRtzxPTefyJYubuv3I10MatinQ73TRLRXR2d5Ed3sbIZ2XmhbIAARtENRHqYYo43Bg0Ce9&#10;FgzjMoDqADK0QXZl0LckjRAM0KFAtNb3o9G17HjeYU+RLjphC6E0ch8O9I2yJMwvHU4acClTtOaE&#10;NeifDoGD7mlRmVcQlWCFWnjQdhKxz2GGJOo/8cVMMDjsM4n6U6JDDAZXF6LiMCPqQTFMBAQ/5kFJ&#10;mGYglchjeGoC4HJHKS3T5MagI9kd/pX5d+MpXBqhEq3zfr2C/v4mNB4XnMwQiAwhnsvDSGdps5b8&#10;PZxeP8pG0drWbAIX7rHhMsxEHKd/7HNY/NQnsXX9GmbeeAMbTx5j/elTvBUz8F51Fx9vTOL58UmM&#10;j48gUamiVa2iOTKC2Nys7KvR6eZb+5Wf389m/nZubPiPRiZH/5dULvlvDF1X3iJKCkCUlJSUjqPK&#10;5are7/c+e9DbIfXxFGDxuFEelXtw1dSi4ELKUI5oAufG83qjgVa7RUFHT4IPDqq46ZwDMC6t4lp8&#10;bmbnYMbzXKmb92X6UFQiwv4fNrufW9ZXdcNwufQkbquP7A+x8u1a+5+196o/59QacAg8QvaOCQki&#10;dCvyxeCkhBdEZpZ0/jF0eHV6LvcRrD2FUynK2Fx9cOVf+ioiyhj4fSDqDwm43yMYWH2EMg1rEMFL&#10;P0ko2TpXHNED9v3gzAqP8eXzN3Ajrw9GAs2XzERohINgI8o3fCcYhLA0Q54XRIVW8AdN7Yct6vQ7&#10;ikeglHzpODAI1b69PAwRQEhZlsCTefh6LqvSGfqNyESQdhhN96LncLkjZyfk9+a+FhkTzFOwNMn2&#10;cHkWBkcdGafrUXN9eNATH/0t2Y9EoKfXRUhAwlO5OnwcvNazBCP5YdgEJBqtaT/gBn96DWdO+Ps+&#10;m4/WxZBx9uWPYuaFF7B9/QaWX38dc48fY7nbx2vONq6W9/GxvTF8dG4e+ZFhej9LaFZr6I6OIjY7&#10;C9BnRrfVMtrV+ueq27ufy46PXB2eGP3lXCH3O/SZ1VNLSEkBiJKSktIx0v5+8XQYBBdNwxZYELdj&#10;PSrD4vITj4Iuj4ILNh/kUpGjshBcj97r9lDcLcJxunJF1jQsKbcyB43nlsn7CiOjNLr5jj/wSPCj&#10;Uiv2/qDgxLCM13msKBsX2gpAPpSi0+PZ+k7119p7pee4wVyjAJdHwGrR+SFeMiGBgNeso7+9h/bG&#10;BkDg6zRqUmbl0+O678tVfvHg0LVD0OaSKKmgCpyoVJBgguGCS5e0kLdtSbkVIQ58AmXX7Ua9HWFU&#10;9HQwzYpXhS/fszlheDgkTsqnDnucohvDNk/bEp9xgQhzUOaFqGGdezAEBqKsiEzS4kwhg4IXDtzQ&#10;Q4EMyWeYetRdErV1yOPhoEdLfl+e6iV7DgUwIhbSoqOV9IknpZZaMJjkdZANwgA4BnAjX3u8vcGv&#10;EoaDTKkZNcbrkWdKID0urqxnLj/rEVz0dzYIRpKw0gQjnLkYGpZdOY5Dx61J03touWgRNDKUTL/4&#10;AqYuX8LGtZuY/OpXsPH0KR77PXxxcxU3K2V8dmYO5+ZnMDpSQJOnapXKiJ1YlO02q1X0Oy20a42P&#10;1HaKv54dLfzD4cmRf5ofGfoN0zRURkRJAYiSkpLS91vdroNqtfxp3dATfiBV4zIq1CBQ4BiEx+by&#10;tCo2HuSgiMumjlK9XkOrUadtGGh3OpLt4Kk+PF6XwSNmRY3kvF3N82R86EGJBpfQ8DQdW8bvmvuG&#10;YV7hqIrNDA1dFWB92ETw+5nK2v6vO+XaBPdNcKkTj2bm84gDYp5y5ezto/lkGe2VJwIfXqsBzikw&#10;lEQxfTgYkUvn0QB6Q5dAwekRULDZXx8uB+HcQj0owTqIwznZZ1Fk32WIZhDgYQqSYTDoewNR63kA&#10;wp8IVhAZbkoTOd8b+mEDuzaYasWDHHgtSWbRGGRCAi2CfgH/KOAPouRMBPy87kwGCe8QogSApA8k&#10;AgIGKV16WFwBAd4gZ080zz0sHZOkzrf1tESjf6PRu+HgNQf0FHmK6IfgxBkdKdEMBlO9GI44Y6lz&#10;xgSSFZFRxgJDEeDwmo/6ajyZKtan96Zf3oIeSyE2Mo7E6ASMdIregy49vwvNthHQjbNYoPd5+vnL&#10;mLp4HqvvXsXY117D7N42HnS7+LWVh/g4beuTC3OYPrGEFG3v0e07MCenUVhaRJezX0702dLvdJ5r&#10;FCv/R3o4/x+NTI39D4WxwheNo6ZoKCkpAFFSUlL681O1UkW72fy0PvD9OHBq5qvFXAIlnhymhWQq&#10;hTh9fxQDcBmV03MouHPR7XfBWRXeToJdlbm1le/DQShEwRFnWXwvlNpyqbUn0OBmVysCkCuGbu7x&#10;1WI1/epDCB+O97Olpzv/wqs20+ICTudOLJWU0j1uZO48XUPtzl00Hj6EU9xFQEErh+gWZwi4Z8Mf&#10;jM/lcJnLiuic7DkEG16PwmFHzj9tUAulDxq7Y3rUvM2nuRG5hcDijAI9YtO5LI8EkNG2gVj2cXlV&#10;DFxjyNAe6lF6IBhMrRINYviDHg6fD86NpmKFbhS0c1Af6AfP16JJWYM+FA70pfSrj0PvnXAAD9qg&#10;8Vw7yGxICiQyJJQCLS3y7giFg/RDcGA4OvA+0QQiDqAjymKIWSI/zhhxkC46yKD42sBYkZ8TyM9N&#10;PQKtMNRkC5K14ZnD7Asij3MGyafPBy8qb+s7aLdqaG2uIpYfQWpqBlY+T4+H6LFjO/0tebJWm742&#10;YnEsfuIVzDz/LJ68/gamCUbutWv4ZnEHFfo9PhvoOH3+DJ49fxp37j3Cdq+NiTPn0eq0Eeffqc2j&#10;hl30252XW+Xq71VGR746PDX6S4XRoW/o6qKGkgIQJSUlpb94FfdLo54ffMLSo3Gh4eDyLwcVXuAj&#10;HUuIazkHBNb34EDuUJDXbHWk94NHliaSKWlS9XUPyfjATE2mX0XBHHsQcA29w7Xjgxp1O56QMgwC&#10;kC9L1oX2G4upj+sPk1zH+/fLK9v/q9/oxDiTZphxgdKAzq3a3dsof3ANrSdPENTrMDyHICGU3gnO&#10;bHCQy1Ogop4NNtnsU/xOQShPeYqMOKKr9AdX+REBCAOHJXkNU0qqDAwCfMYM3n5A5ylfySf48CLE&#10;GAQSDsXhBB7OgcEgj/y1pbTqILgPZXpcCCNpSZLB7fti7IdBedNhydYAQA5KnKKMRXC4NkNEHiIH&#10;GZpw4BEizxF/EP2QUrifSmAGwSClw47lUdkW/w4M/FGyRZceEYEUGR92gDh+5G0SkY3sl/1NwoGD&#10;u/TPDDI7/IcOo/RpVHrFf01upo9qOWULnEW1aYO+XHjwYXD5m9sj4NhEZ38bdq6AxPgUEmPjcrzc&#10;9K45Ntd0otfpSTZn7tLz9DmSQe7WNSSfPMK1tacI6bzg/Zx79jwuXjyH6zfuYFd7iMToKLZ2NlHg&#10;/pNkWj5H+jwOuNX5kVa1+mptdPhfjk6P/+NsIbuiMERJAYiSkpLSX5A8L0CxWHpF18IRiTr0qDSD&#10;J1aZFJAk4nHJXliWzWaA+F7sz9tdB7V6A/ulfcmCpNNpdBpRIyv3dnAwadu2BCNh34kCE3NQAsKZ&#10;Fx6dSvvTLbNrGOY3+Mou79s2VcnEh+a8dL2/XVnd/dWg45pszmdzgzkFoZXbd7H75ptoP3kAvdWW&#10;zgOOwvnKOoMs9yfoFEUbQTSFiocbeGF/0J3hfWuU7iDit7jESnCBseOgaTtqB3fpFa5kOAbGf+GB&#10;j8cAWL5tHUS9H94gTOfvCUjCLm3VhhUmIFE894GYdHMDOlbnMDkCce4YQMVgwlXkZqhFJoaDxvWo&#10;NnLQdD5Ip4QHPRwHaRIuL+MsijEY1Ut/A03HIdpwqRS7wUvPiGR/9MMMigz41Q7gh/8wZlSONgAX&#10;+ZNxs75uHPaXRL0h/uB4o+M+gBIGksCP+lik9EyGS4CH+4IL4xxu3Odj4B4ezvbwe1jcR61cQnM9&#10;g9TEDBKFYThOH61mC8WdHdRLRTjdDnyeXmabODk+Cmzu4OqD+8QoPhKJJBbPnsDlZ5/Btet30KRf&#10;16PnLt+9g1Qqg0SKICSRkM+gWCJmZQpDf7e4WvipkYWZfzy5MP3P05mko1afkgIQJSUlpT9n1etN&#10;NBr1z7DZoH442SocODcbUk4RIwixxH/DPHL8LsdOvV6XAqwe4lzH7Tpc3iWlHjxNi6+yxmwjCt5k&#10;tKkvU4T67FjNIML9H+zqHKOQMGY91HX9PjcYq+bzD498P/h8daP0K+j7ZjKXgWUYqD18iPWvvIb2&#10;/duw6PyK8dACvnrvs+O3g7DnRyNlA75q3oMfOuiHPSkP0gbZBR2RqZ8lp7cpN1Nehaj3g6DBGZRU&#10;GYNCJP07Wse1w/uBITkOcw0S++uHM670QQM3H0Mo24tLo7w0vHuDPorDmVdRH4VkO8KopyOU6XBR&#10;WeJBg4dAij8wPzT0w94P+V5gZdBkLgylS8IjHPzy4cEvITAQyrqORvn60hAvxxBEDfXwo1I0zRz8&#10;NjzBTo9MDAU+COp40tZgE4M/BH0fRFQiDu2cZRqAj07bOTBAlGZ4dqSnn8VNE04QuatLKVcw+H35&#10;mPot1B7cxA5BZYdAs991BTo4Q6rxMAvaDkOfkbCwMDECvVTDB1tr+C167PNOG888fxnPnFnC7ftP&#10;kJqZgVsooFWqwCWYifXovTBtNKtAZXcX8VRmcntl9Z+sjo7+tfnzp//R3On5q/FkTC1EJQUgSkpK&#10;Sn9eKhZLCcd1PhW3zMGV0FAChKhIPEQilZDJP3YsylwcVabAV6LLxSLa7aY0jZsUHNZqFWTSGXGi&#10;5sCMp2HxyE7Nj8pFfN8R+JF9c1259H9YiFmx1+m5HrunJ1T51YdCFIN+vL5b/TXdC2Lp4SH094t4&#10;9OWvonzlmzDrNSSYWR2XoJWCZccRkz9TJkqZYjTY97twwq40nRsDMjjI2Zkyq4mCVy0uAbhlxWCl&#10;6FHaVr/TQJuzFgPE8P8EeOgDf0Hum9AHHhqDvAQf9WFfBQf0jozMjQAG8kwL+iBvEeKAWL6VSYx6&#10;wwfN5AeZjvDA2DA83P7gB5Gzu69J3uQgPyK98wNI4Ylb4qdz4BTybaah4YFRohYNmgi1g1KtqIFd&#10;0wdTs3iqmD/wEvm2jIdYHZpRpkZ6bKIHmV6k34P/rofZEWl018WfReNRv4Y/AKqoNCzgyWKaFU03&#10;5rG8QfQzft+cRgvdegudXk9AU+DRlIOGR9ACMVUcZGqTcczkM/Cqdby3uoLS7j7+Yzr+sy8+h/MM&#10;IY9XMDQ3h067I59LwmGmKyPGA3per9lBr91Hs1z/wdLm1tdX707+05PPnvvv584uNU1LmZ4qKQBR&#10;UlJS+jMVXyEt7pfOUyhw/qAGXWq3B+N2xcWZggcxHzRtuh39cdnruxIScTDBI03brZaUbzG6xOMU&#10;8OmWBDo86lSc0PkqtsPu51FAEUtwyRffEnyV98uBVIJYYlyo9Fde8+1y69et0MhaySQ23vgGtr70&#10;b6DtbxN4ePAdT0qXwr5H54wHncA0mUlC64OCyzocv00Bpfdt/RSa/A8+wgWbgl078rDhYFhKiSDZ&#10;N6cf9YbEeIYtZ+RCbpQGPRZESbqAfTkOvDu0AViIRWeUtRuAjj3wE+FRUPwl91TFtRgbgkf9GYOA&#10;XwsjUDhwHgnYufxg+zhs/YhaNg7W6iFIhYegoR/mYrTDMrHouYdYEk3ZCqM9Sc8LZ1igDzI2oTSQ&#10;cFlWOACeg2ZzKeP6lufiIMsSIRf3umha1JgeHBSEGdFN8kxBBCFydFJCpkWN7HoEJFIexqVkARsc&#10;Rq9nXyE2ROTn9Zs9tKo19AgwD5rsGXrECIVhxIgK6uDyh0NA0OkTSCYw1XFwqdfGlU4dv3rlCn6B&#10;PkcWLl/ExbOncO3BI0wvLmJ9rY9OpzswNOV9Rn9PzuowUdHZFd9f3fgvq3vFz2ytbPzi6eef+eb4&#10;7LhamUoKQJSUlJT+rMT/I66Uq5+jYCCamRNGVzU5QOAri7GYhWQ6qpvWTf1oB3KKD5rtHtqdNhwK&#10;ENu9DpLJOMGGh5htS6kHZz84u8HV9nwV0yMQ4SucPgEIN51r4v9B96a5ZejGdQYiPg41qeavvKxe&#10;2/kXlqYv9ipV3PvN30H7g/cogA/E7M/rdhD0PPHAYBNALpHhILLf6qLWqDD6HrqIG+K7bUt5lZRT&#10;aSbBQFRSI1fpPTYN9KRUq+c66PD2CXBdOlfddA5BLI1YYQhhIQMtn4OZzfEsaujct2TokXkfrxg/&#10;Mh902AHdcdHp9uE0GwibHaDRhENBtN9uwiDAkbKxroMYAX2cAu3EAOh1AvKD/ogDiBjkPgZL6qBI&#10;KzzMf0QZkXBQKIbDTId2iCfaIYwc9IsclHtFP/cF9g8m0bF7+0Gm52D0rvSrYABybCQeRsG+POYF&#10;MjpYLljQepZeFCkX4wfMQUnatzIhEchEM4V5jG/o63Jg4WDCl5Rv+YaABTeIt0p1ePT35MowT5Ph&#10;vQJtuhxrEA0a4El9WvS4Rq9zCVaSwxnMFAP6uov3CEj/93ffwd+j93T87Fmcm5vD/Y1NzM0vYXV5&#10;GSZth/1HJMMRRmDkeZxRI5jhvhQtfHHz8eOvVIulX1p85sz/eOryOT+esNUqVVIAoqSkpPSnValY&#10;1nu91qumaRyGKmKKxv4GVmQa6Pu+3BKJOI4am+/LBUoPnWYLTr9Htz4Bhy6Ga/w/eIu2Fw6CCdmV&#10;F5VWSB0/Z0K4OZ2nHfGo1Zj1Hr2oxFer4zE1fvevujwv+G80N/j07pX3sfG7vwdsbyEeRuARcslV&#10;3+X4N/KnIfjgK+u1YovOnb5kHoLBOaULgJiDoJvOHdOKzmwKLvtuB33aTlsP0Uun4I5MI3Z6DubM&#10;AjKzc0hNj8MaLsDIZAmC6Xy3zMGUKeNbIb02yDlImZI2GN+LQf/Gt87t0I+yNW6PIKfegFuro7df&#10;QWNrE+XdTThb23C39mA2a4jT75hxdSQtHXErDouC+mgz+nfQ/aDQa1COFcFJ+G35mMNo/zuQ41vN&#10;8tq35VgMfCtjcnj1ABgc/0EvRjT1SsxICZo4UymO8dKvEaVHQq8f+YYMSigZBsLBYICDSV78mHw9&#10;+NvwB0WUaQmiLBRncHRPgK5TakpPz//L3ntASZJd14E3IiO9Le+6qu3MdI/FDAZmIJAgaHAIEgRF&#10;IwJcaiVRu9KhqIVI0e8eaUkZSruieChR3LNLT5E6ELEEJBIQAQzMwJvxPdO+u7pMl82srPTeROx7&#10;7/+IjKwZogckV4fTE69PdVVmRkZERvyMePe/d+9ljkeP3ejZe4XW3+8NFIDi1jrHVA71IeXYrgo5&#10;Ur1AcjKJ5d0eOvSeZwiYfvTKVXxPKoXlMyfp3Hexmc9j6fgKbt28gXQsrmloHeGeWREClj2+3jF3&#10;h0aP7SRblcq/vv7M+bcc7hfed9+bXrc5szgTfFmDCABIEEEEEcRfJPKF4rLtDN8A7bosaQjd0COU&#10;BLFaFcvuJilRY+nK4VDp+X/tJLKPUqkiFRBuweIkZkCZQoJJ7FZEAEiU27E4YRkMBXj0O11ZtxFS&#10;BNVwhBK/iHBEHufqB/sqRII+7Ds9vq1XbPzk2p/8Nxx+5lOINpuShLKBHGWelPMOhb9BWFSZY1Ky&#10;yB0zmUkal80Wes0+BoYxqhDQeA6bcUQoUWXFpFqXfmIWBscIcDx4H1JnH8D82bsQnZuFRePbpPHd&#10;52rGUPVbsXpWlwCLMez5knKo5NtN4f1Ohe5z2j/H9foQp3NafzqbgXnyuAgwWJJx22KQ12vU0D44&#10;QHljC/Wrqzhcu472zTWESyWke13kzAiSUfocoaj+bAoy2F4dxPZI8LYGIkBIgw94hHgXrBiahA+P&#10;Xu/zCvHYLCNAolrO9PsHQ/UqHVNRxRLFLFdeeEjHSlUzxEHeVFwNJrMb3Mo11N4hLngLmdqHxJDq&#10;iyxLiT9zPnrtroCevjgqOsrkkK4hYdrLvpb/DQlAGggIMoWMDsUJ4R8CEbmFCZzaPUSDHn9scxW5&#10;SATfkU7g1NnTqH31PGo0vqaWllDe2UMqHpOq2HDIIHeoWlAHjjqKTMofSnvcdx3u7t37/Of6P3Lm&#10;wbOfOnnvSS07HEQQAQAJIogggvi6okc3/MPi4TdS2pAxdKIhCQX92aQbdCicJbyhZpIz6RSir0AC&#10;t95oo9dpCbDg9Vmq+V3kfC1NYHfTRJ7J7vCsdK/DTtdKnYe2F4pasKKRjmlan+VERJS3AsfiOzmy&#10;BxdWf+XmH/5RxL55HeFGE30aR0MCH2I8yMmgeFnQ71gYoTgl5FYKg3Yb7WIR3WaZU1MoO/EIomYY&#10;EVq+Ta/vYIDOyWUk3/AYFt7yRqRPn0Q4mxUPPQY3DDi6nY5wSLgdh8c/e81IlUFXN1ztK8Od1Xfc&#10;RF1xSFzJXNPN1V0fQTHAUApStrQO0XeiZ6BLj1gNSxLpTAoTExOYvvdemO96p3jhtA/LBEg2UHjh&#10;IrZeeB7tqzeQLBUxQeudjiYIwMcAD2K4MMFrltINXKMah8sEMT3GCrzlXTATEglh9f5Ry5aPJK+F&#10;hdW7bM1NUXwSdjhXsEW1kQnpXBSwhgIsDM0HYVKNASUMYNtK7tjWSlkmt0M1u1Ll0mJeIss7NByv&#10;7mNrF3rhipmKaxPSoMNg/xJHVaWE00OPJ2YncG7vUMjlH7x+FTECKt/9Pe/GA48+iGeefA6h2Wn0&#10;pqdRJwCYiIZl8kOuUMwDCtE6+yyoYQqg4kkZ2pPTdRx+5OozL/5sq9n61bMPn5WJmSCCCABIEEEE&#10;EcTXEeVyFc169TtY2co0lAEh3+aZo2ElwojFEojFY+J8zh4codvJ71IC0Go0xP+j1emhVqvReoeS&#10;MEUjcWnnku1oIirPLHJrh3iBaHflMJPUeXuRyIv0/BpXXIL2qzs7iqtbP3vtt373Piu/DbvWgN3o&#10;CBnY4jICt+jp9h72fIikcoRDLLQPSuiUi7AHWuI2lEAimUGYsvp66RDbMbqtE+CYfuc7kH34IVi5&#10;DPqU3Pe5qkIAx/FUpUZjlytzgh8cX0XDMVWir9WdXJCu3qRo4KLOZGsvDrdlybA9KV5Wk4IrlWto&#10;uV1Dv58NEu2eSMMKQZ1hA+3rwpsexfJfeww2gaLmXh77Fy9g64tfwerTTyG5u4d5+s7MxFMExKJi&#10;6Gd4oMIFIspA0ANKij3ho6yP/ndrIiPmiAOMHx0PiLikeQ9lee1gbrXElkqE4olwdWKoeSCmtGHZ&#10;2tzUsJVQhSiT0fMD5nVwJRR9OT62BjhhAi99drHnIWDqVjBHfSoGLkMt1qeI6YpDY9KY4XbOAYGD&#10;XDaF+6sNPIkm3n/hAtIEXt/5nu/F/fefxdMvXsbUwhIBlBaB0JaMHTMcEgNLVwHAIDA76DoimiFG&#10;jw4Y/f37jYvX7u51uz91/xsf7ESC61MQAQAJIogggnjlUcjnJ3v9/puZ4O2oDEkRMQkYREIxKF4I&#10;e4DEhXh7u2DH4j4biQ2YcE4Ahm72TPaNRaJs7KDEgbilytSZA6dEtPyw15c5WKl+UAJgRSPc+vUF&#10;yzJ7gfv5nR3tauv1Gx/44x+z8rvoVwh8tDvS9iSz5gNbxooRpsQwFmOvBtgtB9WdXfpdwsChZY0Y&#10;UrkZJFMxtA4quNXrwPy2t2Hp+74H6XNnMaBstU/rHNQbGlCMyNq2JLamD4Q4Y/m2pNqGVrxyHO0h&#10;Mh7SmmWq3547ufYdMXxVBNcTxG3b4W2pJNsWE0RoErrCJUO1z0ZXkuvE0hzuPrGMc+/+TgIjB9h6&#10;+lmsfeLTWHv6aUyWilii72eWjo+rauW2XY0I6Xpf4cr5hvTnGPprO7Ivpo8l4lY13AavESgZ6LW5&#10;oMStrujtOaJ3pY4fl5q0j4nrZSisjr4jKmRCZOdKQ38oqlYmVCuZHHdp9eJihCNtnCFXIlxao5QC&#10;mIAv6QGDqJeJPDADCbmcDWClIpgexPBQo4UvOQ386eoqFj//VTz4tsdwb6uNF26sYf7YMWysrbLz&#10;pWr1ouvegNfF2xR+vVi5yzkRPo06QP9w5/r6iV5v8MMPv+Xhg2hATg8iACBBBBFEELcP5lwUCsWH&#10;6EZ/4mhiFIlFtPSmgXgyKb9Dr0CBilWv9vMHolLTaNSED8JZR2/QQ5LWE45EECNwoXq6+wI8eK0D&#10;7VgNhKUCwgR0I2R+jLcbDtNzAf/jjgxOSNc+/NF/3n7xmYRRbRL4aEuyKck8jSWD22LCJqx4DIlk&#10;Ds3DKlrbewRMaFmnS5lpFJNLy0wUxu6tW2idvQdLf/+HkXnkdegT4O12O8pl2/El1caIvO2NaK97&#10;yfBUoGS229DtPcJbMEWG13DdxuX7odSTPEdCY0QI98Ryfbxww4deeD0hTrJt5bMhvANOqllhKxRS&#10;fhi8WnZ47w9EEYrlg8OTOdzz3e/Eue/6dpTWN3HtY5/ApY89jtCN6zhB2fJsIiEVxYFUboa+OsbQ&#10;16SlKiFDD2BAHE3GG7oc79BgrMXLD2ZG3BLbAzGuNhd8qlvqZDOHRClqKRcVV46YJzz6w+6o5Utv&#10;yvTVbsRTXVdWDGeEiRgM2CYBIFtDKuGhmEpdiwtoBGxC6Tjme0M82Gnjer2MC60mUi9cwulHHkKt&#10;XMHmQQFLy8vYXltHOmKJmpacB/YnGiieiyiU9Qz07LZUV6IyW+N8Z35j8yPPOcP3PvLWRzeisQCE&#10;BBEAkCCCCCKIrxmNRguVSvk7uLLhnwWWCgglO/F4EvFEStqvWEb3lfAtm60OJUw2YnQT5776kL6J&#10;x2MJ8fHge/aQkyxLVUIGLL3bH8qsLRuSWWw+SCAlErG2rZD1HCd4cZbfDcied2TsfuX8u0uPf+I7&#10;jHoDw3YXYXbaZp8PlmxORhDiWWUrhmQsg+puAd39POWxdfHMCEUymJw/hn6titVqDem/9Tdx7od+&#10;AEMaQ+1mWzufa5jhVigcx5OHVXSO8SYj7y/9mu16+MHUrVfjmlFMrjY8G3DnSEvXeHXF/W4JmHF0&#10;pYQTfy3q4DqZq24i1XZma8AjhoKGoeVyB+g0B/I4fXwZb/3xH8Wjf+sHcfOzX8Sl//dDuPH00zhO&#10;KzmWzEr1yHbblTAS8XUBRcinp2XD9mCFq/c1epfpe7et32OMARF3LUOvngJdaRm1ajlaZBi2qnhy&#10;7Ue5ug/gygorGxX1zoGhAAYDQYtFMuh49LlCYSgTRlmb6cIeXdFiYYuQ+sxSQWHlLnpPbCKFk4Uh&#10;KsUaPnnjIlI95XN07tHXofjxT4t3UWZmBrXCAeLhMBwCsNIeyrw1k/ewJ2NgiDDsji3EefZHSkwY&#10;byruFD7+wlde+L5HvuHhS5YVpJNBfH0RsBuDCCKI11QU8odWt9P+5pBljqn4cB6RyeaQzmQJOETl&#10;xzJv7//BacBhucLCViiVyqJU5CZSDD4i4YhUM0x3XZxYUGLAs9S8HJNIQ+wTwgpZVvjLIcMoc294&#10;NOivviOjmS9H1t//gZ/HQQHDRkcqH8NBXyRVY+k4QjEGIGkafxlUbu2is7dH+R8BFZtSwNgkZlZO&#10;oL5fxAYl7Sv/5l/g+N//YXRpvQOtoOToaoYuTHgJtEYHXkosabErnwttzGfAcyT3mA+mbx2GAy1z&#10;pdJrU71uaA4I/zY12DB8rVfSdqUrG+42x75AjtquLCcti44GH+YILGnwojgWAzRrNTiUSN/3Pe/C&#10;3/i9X8ebf+3XsPvI6/Glegl74vhtYNQu5doXuiCE92XobVzVeVwOiOlJ9yrgYHuf3/CBCnjpv3v5&#10;8NshDqAqL44WRDa87TvSbmVrv3lb11BccrvjtYsx90YdeluWDxkaqPBjZ4gQHx+uUvD5cr1MuHWP&#10;Jzp4Zbaq/DCZPTGVwn2IoPHCFTy+vYbtYhXNSgkPv+n1cA6KyMUTMOlYsuQ4r4mraFxBMUSmd4B+&#10;ryMywcw3YaENbsnq1OoYtBr37G9sffTC0xcetm0n+HIHEQCQIIIIIog/K/KF/Dm6a99rqGzLk8YU&#10;3odIadoEGCx02K38FfA/ur0hatWqAIpavS4X1RiBiUQiIepWA7qZM5ARTxBuZ6DHrELU6/akKsIE&#10;dOZ7SBUkHP4MG5IxGZ7J70HcSaG4ANf+8L/8D/0b1x6xWyx1O6AxwbKqDuKpuHg7hFNZhCNxlNdv&#10;oX9wQAl4R1pfIokpTJ88gfL2Pg4WZ3DPr/xrJN/8eknEOTGUKoKQnBUxW1UVRsDgqOuF6zTuVis8&#10;wOBxH1xPC0dLy8KTq1bLw/P/8B57OMcZW+fL/e3+cNuUtGF5z2sAYyrCuguoDL2fLlARQjz9bjWa&#10;6NJ39p53vh3v/f3fwiO//Eu4ceIknirl0SJgFzZCOs3X/9tDJastjwceAHE8nshInHcccDg+Lokz&#10;Qk5jr8F7v+OR4dW2LF15cZW5FLwZaPADqaCahgtY3OccDyhZWm3M1PLDIdtgwSoPVBqaNyJEeD4+&#10;YmGvlrXiEWQnMnjIiaJ06xYuo49LTz6PDF2j7jm2gEG+gLm5ebTFXFKNH+aYdPtddbzoZ0AgpMcG&#10;icxLIRDSbTZl7A3b7ZXt65sfvvbC9YeC73gQAQAJIogggniZaLe6KB0evtU0jZgyHTQ9szFJC0Ta&#10;ciiqVan47QnonAiVSlVRq2Juh/RsW5ZUOHgGMcLeH5GINwMsJNX+wGtF4d561vLnSokViXRDVujT&#10;3O8ejYdp20H71Z0VBm597unU4aef+Bmz1xPZWa50Dek399APHQPhRIaei6GyuoXB4SEl320BrOHU&#10;FObO3oUSgY/KynGc/aV/gdDKMnqNlkje+lkKkvzaqsqmFI0g1RX+w1WN8hTZNLkZ8GlImaolCppM&#10;rlzBVUquEn9liDgCEXhZkOF/fLQq4iUg0u5le61fhrsj8FVQtL6vo9uy/Otx3HYyyrzbrOhE37EH&#10;v/+78YMf+I+Y/1/eh6/SAqv1Eu059ybRd8oIIzMTR3YhoY+bIz4Y0OBEVTDY9K/vsTsMH8BQsGx4&#10;BIDYGpQYni+JIqerqorhgQ3V0mWJU70rGWyPEeUdXzXG0FUSVtNzt+cISFEcGsPQ1ZChqngYchzl&#10;ZNNzQ3X++TdPeNAYQ8LCTCaO44cVfPQTH8fldhfPfOSjmM4mscAV2EYdkzNzaLRbnhW9cEro/TZX&#10;6NiUtdcVIDKUqkgf3VaHjnuDZaGPbV65+eGt1e0Hgu95EAEACSKIIII4EoelChrNxru4X1m1q6gU&#10;Ihpls0D6CUeRymaEo8FO0LfnnxtyM2Yvj4ODIrp8g2aAQf/CrGBkqJlMNjbkto5+ty9a/fybZxN5&#10;dpdBTjgmhPNnKU9bJzQiPdoB/LizonFQwfr7P/B3wo3aOXY3Z48XW4QPwiLXGo4n6LkUSmsbGJQO&#10;YJttZRBIoGThofvR6PbQvfsMTv6zn4Y9M41+p6crGbaXqAuYMLVBHtyEXc/oc6XNCI38PFzes5fQ&#10;K5lZwwUcbhVCNySJHYmhHju+ysdYN5UzDhReDpTwfrjS127Vw/GxNFxyuuO5rRsjAr3LDdG/PWCj&#10;Px8LRnTqTZipNL71f/0JvPN3fhO79z2ICzxTbyveSs8eIp6NIJ6IKAlhz+XdBSAu8LAxXuVwW7KO&#10;Cv+6AMX2gIfhtW6NV0sMXc1wdPXF8UCHrmpAK2Tpv0PyG3TePK6/JwVsuK/zJMZQ//Ax4fPHJHVN&#10;XBclroEtbWvhdALLdK2bzh/ivzz9BXxhbRV9ArFnHziLKB2jdCwKM5FAq9OVyRiRCGYAwn8zx4Tl&#10;nGnsssu9Tesb0Bjs0rL9fo9e766sXbn5J5Vi9UzwbQ8iACBBBBFEEL7I5/MLhm0/qoi2jm7BUj3t&#10;7AZshCghjBIISSUQewXKLgxUev0uyuWStG2F2amaKyjMNndMMV1zk0CurKiZxAGGdPPm1is2ADPY&#10;dV2c10OfMw1rwI7pTGYP4g4KGmLX/9OHJuzVG//Y7A1UMsngk8aMYREAjWcoIc6hvLmF/mGJhuNA&#10;eWVYKaw8+ijaNCbt++7DzPv+HjA3g2GnDdMYJcHQaa2pydwsgCBmgOI7YykXblu1LbHKkWp90kDA&#10;hdJu5cFtydI/pg8EGEd+jgKMl+OA+F9zj4UfrLivOc4IoMC1CzmyjPu+l0wD+F/jNkr6nvHM/PG3&#10;vAHv+b3fAL77u/CVWhkNSqZ7JRv5GxU0m204IZ+6lTMi1Dv6ADgub8TwcTUEOAy9x2rLtqd75WjV&#10;raPgxPSWZ2AygIsADcOtrLhVE3gclNH5VRyQkOH4wIcSR5ZJDk1gZxDiVkIEiAxVZcbQSlzcDhrP&#10;pHHaDiNTa+HJVgNPX7iKCI2JM0vHMCgUMDe/gA5fo+yBfCpR6qP3cTVFgRFbKirddouOMwGP7gC9&#10;dpuAX4N9aE5efOrFD7Ua7bngSx/E7SK4ywURRBCviej3hyjkDx6ju/asq8rDOQCr8TDwiPEMNDst&#10;szFbNK48O24TrXYHmxubqFXrdENmUvlAuCTRWFTM3aLhqPS420IWhbRH9FlalG/qnHQx9yQs7VeO&#10;ZUWe4McsvRsOB3NDr7J4mH64B36JfhL0U6WfDfq5Qj8Xdp69jL0vffF9sXjkVJ+yRYtVryhR5VYa&#10;h8ZaJDaF4s0N9PZ2aHj2JUG1zShW3vwGDCJR9AgQW297C8LHl9HvdFSSrsnjJosYsGmDqfgTnlYT&#10;j3FNKOc2mjaNTx6vvASDbK68OaKQpfgjHpdA8nBzhJwMbVzoU4rFESNDxSN5ed6HoSV3XXDhggTo&#10;92nl37HlPW6WebTlyvHUs8YU7DwpXJebotqH2q0WohNpfP+v/B/42MI8vvp//wYeSyURC1kYOH01&#10;A2uMmtfEx8QxtKzwyBtdVTNMUaWC4/iqGoYHUnyfGvDMHke8EPjqHfABFeWKriSYoVyBpC3Mdvzy&#10;vmp9IV39GbrHytFKXY7b9mUyHQiMPYeOmljhSogdMtRrdA0cWAYyEyncV2kSKKviicI2li9exN0P&#10;P4z9/QPkazVMz8ygmN9DNpkU/hG3hcoRYHnfXk8UsoTf1u9RFtnGoGmi0e4SGOnydfDBy8/GP/Dw&#10;Wx95N42xWnBpCCIAIEEEEcRrOqrVGur1+jusUEiZjjkqweH2KL7NEwCgRDCmEjqZHb79OpuNJt2E&#10;+2i1mmg1m/KekLR3sbRuRJJABiDiJeKo2URuW+D2K05yeFkrGmMQsmuaoad4OeaMGEED1qslvpd+&#10;fqw/cB6tVCqJarWKToeSsO5AEkIrEqs7ffvi1qXrj+89cN8/ZF+YCIEFc8AEdAKhlLTRwMOwO0Qk&#10;exbRe1ZgNOowSlVM53JoTE9KG0z00UeQfd0DIlwQEnnVoeS5ZigsSSpzH3jiOyTqaREkCADHYmHE&#10;LBOxsCZr07i7sbmHeqVO66kjTN+DeDop1TcWXnBbokyMSitq9n80Gh1nvNogFQ+3XOEDHUf/VkBj&#10;JAE8aqVSIMfQ30d/OcYDK3pbpm4JG9++pj24Mrburpiux4fi2HBb47v/yc/gv9Hvr/7a/4XH0hnE&#10;zIiQwP0eHuL+rvdBIBVzLhwN1JiL4Zhjjuq2xwtxYcqomuH4ZHy9T6ld5V3QYnrvcf3aFVBR21a1&#10;EgYZzBkZeIDQkXNt8P5Iy5Wj/UJMbU4oBxyKw6/9VuQDWQI6eZkBnfvFyTTOEQC5dniIL23cwvzi&#10;As49cA+KX30aqaUllAj4cntVjK5HqlqsVMk4uM0U7nihDXWhBDwY9CRp3Ttrt96Wncz++l0P3PVD&#10;gGcQE0QQAQAJIoggXnuR3y/Eer3ut7C/hpu8uAZssXhSZvX4dzqR9NoivlZwYlit1pFOpVCrlNCo&#10;24hFE6qdim72EbqBOy75V7dGeHRXTppChgAgqYCEwp+jG3nNpKQoFjgLvxpiptPt/9oLL1z+gS8/&#10;+RS2t3dROiigWm+gP7BF0SgU4ra7UHoym35sbnHpsezkNJr0+u72FrrDHiZyE2JC125WpH1vYA5g&#10;ZuKYPDYPyyFwwn34nQ7CNG4mb61j6cthzM7PYmpqipLCKKxYHIc0/tgwLhqPIUzjLhZj75o4jeEw&#10;uIuPsYdrZZlJxWlsxbG2VSDg00SUEthIycLk7CzS2bT6TrgAQVmVj7mFw2cu6FYlpEXKsF/iLQIP&#10;sDgeAPG3TgnPxHDXqendhgYRGoB4HBD3Pbpawgm1iEM4LrhxKyRu8q/WF3K/36ZK+Hu9Dt75Mz+G&#10;9x8c4rkPfACPZTJ0nkKSWNu6eiC1BQYZxggY2IZO6h23AqJp5oY6Xv5aiKGfGxWMNKRwfNUQY+i5&#10;0nvvE4K5W9GAZ0Ioql2GUggznVHtyfR4Igo4WbqCpXCCai81fFLBIe6g4iVNVUVh0MIMojPJDIqN&#10;Gh6/eRVzzgDvfs/348zyMbyQz2N6dh67m2vSshc2Vao4YB8aQ5lFDvqOrKtH45T5ITyRwlvsNSM0&#10;NqNYv3rzvbnpiSszC9P/PLhcBBEAkCCCCOI1GXxjLBaKj1JSckJ63KX6oW7fXXb/NcMIR5XpoKhS&#10;hW5/aaw32tJT3aH3d9o9SgpjkuyYekaWeyEitE4J7pvudkUBq9vti6wlZZ2IUOJosuN12HyCkyom&#10;JkcD9/O/0jG0ndOf/syXP/QnH/7IQxs3V6UvXmSV2SeBVYlYVpbGUIRFDGhc7bXr2N7fQZTA6cqx&#10;FSwuLhJgrWB7c0M8YjK5LCazk0gkk7h1axvXr1+VvyeyOcwtzNG4jOL8lcv47FNfwcL8IuZn57C0&#10;vILc1CwMGi8hw8Jh8QC1WgVDRxn1sYHm7MwsTpxYxl0nljCVy8m+xwi0cDNPqdFC87AIc9BF8tYW&#10;Vk6dwPFTxyVdHQ6cUUuVMfrl9l8d5WC4JHKPfK4BhPuaC0Q813Pp2fK/1y1YKPUumPAMOMd4Jjr3&#10;V+vwqWbBrYSoEojjErYNn1m7Vrozowb++j/9afwOnbeb51/EPcmEVBYU0Bh6fAsHI9d3xzsOemtu&#10;e5Yzki32FKx0RUd1mbn77nhtXvzLPsLd8QMRUQXDyJvF3R/DCXkO66bh1ljgtXANtRxvCC5os6QV&#10;iwsWti4TCbjRrXUOFyxYxjdi4nV2Cp8hEPzRa9dx91eext1veCM2t3dQpWtVMjOBTr0KM2ZoJTEb&#10;Q0OtmI+n3e+JZwhX4oRfEk+i12rBioTQssK4/sK1n09lUpfjydgHgytHEAEACSKIIF5z0ai3UKqU&#10;3xayGFk4MqvnJkzcgsWmf+l0GklKSML0d9S6fQsUV0B4Rpvd0xlQ9PtdWFZcEpVINCIzs/wT5n5p&#10;UQ7qo91jeUy6YbPHB5sTWsz3iDQtK/x5kd+lbYfMoP3qr2pcvb42+5u/+QcffP75Zx/q9ZroNBuU&#10;+DekL96kMcNkXU7EpJff5HEVlUpYdmJCKhXXb1wTcYOVpWUCB6exvrmGza0tGTN7+3swKJG768xZ&#10;rK5eR61cVZ4OtC7uyZ+YmMLa+hoOS0X0aQzNNJvYo0SR2/pmp6YwMz2DFo2vSq2O4s4urpy/gI93&#10;20gRGFlYnMPs/AIS6UnVLkPjn80v2806mo068oUD7NL2H37k9YgSkBZeiMv9kIR/qFLkIypUfu8Q&#10;x6tmOKPKia+K4apVedWKI94kMAyfAeIRt3bH8fggI98SlegrMr4D0zVMNFSqbJg6SXf9M7j9qDfA&#10;5NwUvvUnfwwf+Qc/jjlKoFOW5lgI4LBHLVmG43dDUX4tHuAwfZ9bq5ApNodXOVFAxdGVC0ce24YL&#10;dhyPeuJK97r6WIYHSXw2isZI6UzI6oYCYY5j6oqIqobYChmJMSEbEg4tPn0WgQb9XuaD6GsbX2f4&#10;uCZjFh5EGs90Gvj0U8/g+N1nce7MGXz28iXkFudxQGOE3c/7dP1iFTUBdQTW+Dywnwr7jQjYoTHS&#10;geIUyfEiAFLc3TdXL67++v1vvPcanZcLwRUkiACABBFEEK+pKB4cotNuv4MrDHzjtIXMaqpkxbAQ&#10;T6akjYV77K1M+rbr4/dXqxVRwOp02p5rM6tbhVIEYkIRaVWQbQ2Vc7NngMYJUYhu5JaFMCWnkXD4&#10;Aj2+wQAkRglrEH8140tffg4f+uOP/KplGa/7lm/9FvRprHDlw+F2O650SVuQKZKk1VIJrWYbXTrv&#10;rK7W6XQw7HfQbrdQJcCy2lnH9PQ0ji0ew35+HxevXJCKBSf/V/d3MD27QKC5houXL2JmZh6TExnU&#10;6k0szi/R8rt49vlnsEjLTM/MSRvR1RvXUTws4L4HHkIuSyCD9q1O4IhloVkN6tb6Li6cv0SP21JR&#10;mZyaxwyBlrgVZeKIkImvXrmGZCqN1z3wgFQFPYlebQjotjr5QYgHFAyMeYK7FQsPPIyZhbipNXQl&#10;0uO3j0nueqDFlQjWAENVmUxNfjek8uEpeMHlbqj3WlLt1NwFzV9gXsN93/gWPP3Ob8OND/4xHgnF&#10;KEEfenTzcV+OESiw9RZsV07X8BHzHUODBNtr0XJ8QMTv06JU93yfWQMXfjwYHUHv9ZB+dQildiVE&#10;cEexdbweMA1Chrq9M8QtfMwK4d0ZqJY121FKfLBZmU95x9iGAj5LsSQK9NqT5QM8/NWv4g3f/HZM&#10;X72GEoHcVDaHZvlQRDXskK1AMV2rpIoLVXUyuPImwgdttacWPVetyrnfvrkxOTEz8dvHTi19C72h&#10;HlxJgggASBBBBPGaif38wamhM3y9oXuZmWRu6B/uvebZOu7DzxL44CrE7aLV7ksi2ag30KEklNtu&#10;6O1iPMjAI2S6vgRs5KVyhAElorbdl4RPuZ+HEIlFEQqHH+dlw9x+Fcjv/pUJ9j6oVOkcN9uxerNj&#10;1Vr97/0bP/Ce9/A5bVOC32i1Jdlk0YBQWM0GMwGd1abE85rGQLlSwe7ePlrdDuKU+DfrVWxvrmF/&#10;dxtFSuoYnGQowRsMB9gj4DE/v4gIrW97ewPLyycF0O7vbtKQOc4MX1rXNhYWlrCzs4W1zXVRUWNH&#10;6lgihcNKDZ/4xCfwhkffhIlsRlr5Wo2e7CsbzM3QT7fdRIN/qmU0SgUGv4gnkgLAw9E42p0eDstl&#10;aSszGSCHQlLFCWnpXvHw0G1UvIwHRF6OhD4GSkY8EOaXuFLAIg1sjsjpru+H2zLlEtXFD9RRakwu&#10;Edp1TJcWJS0nrLGKt36VmJtKIUzLFCvvlRAee+/34b9+7gu4q9pE2goreV0NZgyPEO7WclzwMK4C&#10;5pLnbRdkOIanceXyXByXNqLXY3sVExxZq0tK1zjMcUZAzeWjeA7pUGvyTCLVebA0dBkarhu6FLCU&#10;Bwr/k98h3aqmFcqkmgGcozHwlWYZX7hyGffefz/uPrGCz1+7iujiIupiSDhQbiV8PIe6AsJ7K61r&#10;llLc0tUPo91QAJCOa7tRx/q1m2/ITuX+VTqbfF9wZQnCjdAv/MIvBEchiCCCuGOj2+nj4oVL3zsc&#10;9L9fSeuOkhyWL+UWmWQiLiaE6UyKErcwjNt0QTUp+dzf22NfEUrqmITZFe8FBh7xaEy13rAjOlda&#10;OEHps2FXBz3W4ueWBTGeiyOWSg5TqcQvhiOx9VQyQQAoHpyw/64xSik5oW62uka11jpXLNW/49Z2&#10;/n/c2S3+xM7+4c/tF4o/1+n231tvtMxuf6DUpiJhMaGs1Jr8PliU9LJ/CxPB2502gdQuJf6TOH5s&#10;SZSESgRGUrkc7rrnnCT9O7c2VMMOJW1JeuzYAxwWi8jlJimxHKJMQGBmbl6qEwcHBal2cHWl0Whg&#10;aWkZtWoJxeIBZmcWUCoXkUqlBfDeWL2OXHYC8RiNQxrbPM7393akupfNTiKdyGAiMyHL80dvUYJY&#10;q1Yw4GpJq4ntvV3U2z3RcmXSerlcQY6+F2JkaFkig/uSvwnYK/d0Q5nlmSPfENMHLBSIGSX0punz&#10;u9AAxfAMFE2tfGUoAKJn203PAMXQVQ7dhqWXNULK3ySkAYq7j2oXTA1gTGSnpnDhufNw1jcxI5wv&#10;7bHh8j58Irz+8WL42BmO/tM1b4SvgcrQxHq1nDMGZeyxkQdPfWwMmhh++SjHI9e7yzg+UOIu78AY&#10;8x+BrpR4MssEYrkCxj+2o7gxprRVGTKmY3ROrx4WMUcv3vvg/di6uYGqaSOSSKBL487ln7hA0zXC&#10;ZFK6IRLAurKsDSxDlmozZbd7GtJvnFmaO0/ruBZcd4IIAEgQQQRxx0chX+Sk7KcoQXxAEiDuf9c3&#10;yZBwMMKiRJVMpsAg4HZVCL6Pl8p1lEoldlUnoGFKO45UNMIxxCMxmVnm9XJCKOaDTD5nedZOD+1+&#10;V4ihsWQamcnMdjyR+CemZXWz2TQljeHghP13DQO9/jC5vXf49is3Nv/e5esb/+fVG9s/u7VTeE+j&#10;0XkLJVZnwhFrOp1OJglYmD06j7VmBwN2nWYZWzpfrC7FsqS1RgsGjSdL+ERJ4focFA+lkjA/P0tA&#10;YQaF/TwBlhrO3fcAsukcrl67LGOPZ5e5/a5HILVar2NmalbMLdm1e3JyCnUCL/Vmk9Yxh8PDgiTV&#10;s9OzOCgU0Oq0sLiwiN2dW5ii19nzY+3WGq1jznMdn5qYQrlaxv7+FqYJfEQp4bak5S+OTDJDYzgi&#10;/JVKqYjK4YEAG5OWuevu07h08Sp9J0L0mTJgk0xX4lbNcKuWRjZUtHSi7x1ZDT7G0LyrnoVRy5Vx&#10;RF7X0O1esi6P86HBhTIpEdUnVeXAuDKXrtC4bVtS6TTcJDwExye6G09GsLebx62nnsEJWytcCb/i&#10;KDgY9/gwxkaPrt749MIc73Pppi13fc6I0D70EeRHDVvj7uou732sDcuBpxQmZHXD9IER/bcrw6V5&#10;IyLSy4p7IUNasOS4SSuq+pGaiiH0daRp/Nbor8P9fTxy1xlR79vY20csm0G329Hu6nrnBTwPFSDS&#10;lR8GGiLZy9UxPt62Ysaw2EKvR2M8mXpLdiL9n3kOJ7j2BBEAkCCCCOKOjtXVzWwhv/dLlmWmxR1a&#10;9OpV2wb7cCRSSUxMTUrSGIslKMn62iaArPqyu1dAj27I9WoFtWpVvAZiXPmIRcE8d5FJDek+66GN&#10;Pkuqsmt6r482/c0SqsmJDLK57Eej0fj7pS9/Iq0J60H8/xmcHx2WqrG1rf1vWlvf+8mbm/u/fFAs&#10;/6PBcPDWaDS6EI/HojyrW2+3xVytP3BkZpcBZjadENGCcq2BDp1LVk7j4ZIkEGIL4ChTLmchGY8i&#10;Q8vGCVzs7R2gMxhgfm4KK8eWUCwcYuPWOl7/xjfR+Z/CpQsvIpfLoU0AI0LgpVqrSrKdIYCaz+8i&#10;m50SrhCDgnAkQuvNYJvAxuTUDIHdKIGKHRp3caQSKWzvbmGRqyOVMvIHBcwQ8OCxztWdqYlJtOkz&#10;rW+vYXpyBkkCHw4lmAwirHBUKneJWIrASBQGAaISgZs6gSEm2pcIlJw4cw/m5qdlXzyTTq7wSVuU&#10;qi7wmOdWRkn4dSVhnKwOD1SMeYT43NXV4xBcLolHXjcVoBAJXi1Z673XVGUQ5nyIy4/wEhQR3TTd&#10;GXlHWiUNlx/C7WvdAS5+9otYanURMYfKY8NPnPeAhh9yuNR0t8DhJ6U7GgDo50WmGB60cD1WhoCn&#10;YuUTJ/ZVRjT93Cfz6/gkyUY+JBiDSS5nxV0Ghk+Ml88z/fRp3BoMGPk80rlmLppjGp5jeorGwmaj&#10;hhxdr04uL+Li6k0MEzEBEY740JgeYBK5ZrV51YonLuxKtpi/D3wsBn39HF3b+t1BdnZxdjocCf9J&#10;cCUKIgAgQQQRxB0bnPxfvHjlm7ud9o8wMHATFpm15ZYDStyyuUlM5DKS3MXiMaWp/zWC5XfLlODt&#10;bm2h1Wio6gdloex6ztvg39xyo7wHlbRmhxK/dkv9cPIRJdCTnMhR4pr6t5Fo9AX2bshlk578aBB/&#10;+dHtDfjcvW59s/C+1Y3df1colH8if1h+A4GRCa5edAdsFMmdRwaymaTwgXj8lCtV9BiAsEEkJVGJ&#10;aARpAhiVag01Op+JZIrAZ4RAR1za9/byBdiOSYAyh1QyDgI02Lq1IyZtiwvTWFlaRIGAyouXLuEb&#10;v+FtUnnYuLVG64mj02pKEs1VkNzEjLieV+tVLMwtoduoyN+T07NCLK/R2Js7dgztWh3VahlT0zP0&#10;u4QOgWEmtO8RSGGwnIynpf2q2+8SgMqKaMLG1gYmJiZknLLTNVccGIxzOilVwUhcHnNLWL/XFlB0&#10;7do1XLl2hUBWCfFUigDQpGod45lw9uaQ71RIkl7LUlLECqP4yerGaIz7AISXgvtUrlwVOdVG5eN3&#10;aPldtyLiVkssXTHxV1Xc10xf1cb7CSng8Pznv4ipg0OkXXdyQyk5uajDTeBNX63Cq4oYo4qECzwM&#10;H2LxCPSOMeKJGH5Q4fM98YNkH5AwxksummQ/orQrorvhmUbCB2oE0Diql8uVP5bqESvuJbIw6fzZ&#10;DBrF/FTOPsK8TQLCN7c28cjxkzig8V9ot+RaaQz6wiORVdr2qKXM1ophhmq3ggZnQ14+5Eo6a/ll&#10;w3rd7NLs0/TXjeCqFACQ4CgEEUQQd2RUKjVcvXrlRymheIxbXeQmqWdpxZeAAMP03BwSiZQkivGI&#10;9TUNCPkWXTgoS38+z1j32GV5MFAzrzzznUwLB4Bngnn9NnM+ej302uwV0pXlecYxlk4hncvUCXj8&#10;fDgaOUzT41QiUMD6yw42SNvaKU5fvLr2vZeu3frlmxu7v3hYrn4TJWUzLDbA3IZMNiO5EZsINpj7&#10;QEmtbXLbCFc8kkgTWCyXq0I651njBIGPuFQiksLryRcPEY0nKKHPEBAJ02sKhDCYmZmeEGNA3tbN&#10;tQ1pmVlcnCEgMk8AIS8J/be+49vw4vPPiE8Iy+Iyj6jVbIlQAY+Lwt42Etksja0kDgp7lL/RfqfT&#10;2N3eRHZqWiofXAUJhbnqksX6xqqAFG7mKxQLkjjybL9IBNNY5VbDZquOnf1t5HIT8tn7lCgygBjo&#10;fn7mtkgLU2ikdmTT2C0dHOCZJ5/Chz/4R/jS574gXCj2JJmenhKwJupylhJhCOmKhOJ2GB54wFil&#10;wxgjt48mCEbqV+qXI61konLFHA+oJJqN8ELMP9FVDa7GCBDSSbb7vOeibrpkdRc5hHDhi19GnADi&#10;JH92Q9Ug3KqL32/E8BHPTS/X93FB4HWnjcAJMCYr7IKPUXNUyAMK/lqIahpTQMwtMgwxMi9Ubuoj&#10;XxJ7BEV01UlXRBxfCxgLWPWVV41FgNmIEshMEYicnKHHUWGrC6ij883iA8hMolc+xCx9P26WSjIW&#10;LB/IkuoO09Adx2O2DB1FjOeN2q5fjKPc33knuB1x0B8iNTnxSCqT/H16tRdcpQIAEkQQQQRxx8Xm&#10;5nZ0Z3v7F62QNW9aivPhtjFwQhONJbgKIZwNrn5wC9TXAiCsd7+1e4C9rVsCLDqtlkidsvpVIpGQ&#10;6kfYVL3w4XBE0othvytuwZxUck+/QQlqXABI7jyBnl+KxOLORC4lCW8Qf3nRbPWWVtd2f3ZtY+ff&#10;F8u1/6neaJ+qNRohrlq0ewNKxh3xcuHqVTaXxASBEQaIh+WK9L7z+WPgEGOeR5LBQQe1el1mm5mv&#10;w8CCW6z4PQUCIelMmhLxSZn9t2hsbe3sCdhdXJiVZTmbvba6RuMtg5XleUzksrh4+Sp6NI7uPXsv&#10;zhMImZicRr1SliS7Ui9jZmYW3XabgHQZyydPo1Wr0t8lqXZwaxTzOk6dPoNauYRqtUbbn0WjVhGz&#10;y4XFYyjk9zCg/Y3TZ+HWGwHDNB7j8TgqtFyF1pdKpOlY9MXHhnv3HT2DzVwSTiK5QmKzApI4kIdp&#10;n2YwT6C9UaniC48/jo9+8EOo0b6cOXcPgbCcKHcZ2tWc23WkGsJcKNvWXh/jlQj4Hnu8D9/rAiZ0&#10;mcGtqihuiwYzusJhaLK1B27Mke/I0R93P8KUEF/66lMYrK5irj8QKV3Pjd11/DD88APwOTN6lG82&#10;CvQKO8ZIoVct6ngARYwenZFziBLudZWtDK8qYvu2OMSoLUvDJ0+hC/r9fl8Vx3DBgQIlXJFQLWLK&#10;K8XkqheBttjUJCbvewhT584hw2IHLBE+GCpeB42TyflFbBfLmKX373aaMBlcsxQvV0DoXAqx3vug&#10;o3KRyCo7tubyKMNC/gxccWYAwi8M+vbM/PJCk67HXwiuVAEACSKIIIK4o4Lvi1cu3nigVq/873Sj&#10;M2QGVUuD8s2eKyLpTAazM9NKCSsZlxnVrxXsr9Ai0MHmbSyx2mm3RB9fOV/HZOaQ0wDul+bEdsjK&#10;V+0Ouq2O9N/zvHKEktE0JWqJVOr3YvH4E4lYDLlMYozAG8SfLxqtLja28rlLV7d+4vrN7d8oVarf&#10;aZqhiSSBw1w2JT/cJlLjagedE25P52RPWucoMePX+XzQ+4Srw3yOHI0Rro4l44qoXa7UhWA7NZlB&#10;msArVxd63QG9p4ZMKoGZ2SlJiPsEcm7t5pHLZbA4PyuJeLPRov3bwfGVZSzNz9BzEXzpy1/F2fvu&#10;xd72LQLBKQEQPIaajQai8STtTwL53W1kJmcILNDfeztIJLPgz7S3s0WJ4hJStAzL9cYTKfkcvMzc&#10;4hJ9uIGAlyQ93+/T+Bv2BGxwZYhFEg7pNZYAjrKvgzZRZEI9O6oL8OA+fij/Gke31DBg4tauLCWw&#10;p+4m0JHJ4ssf/VN89sN/iszUNO6+/5wy1rNtXYUw5RhxVdA+4qJu6jYqBz75XgEc5qi9ysBIYQvG&#10;SNEKqqJhGqOqiamTXrdy4lUvvB4ueMZ9hk6KLz1zHs0LV3CMq5OG7VU//Gk/DI/27VVDRhUR0yOL&#10;+/kcypPE8V5zY6iBgu27TsG3Nf+yLifEf2UYHlG/cjyiuzO2Lp+FoqeOxd1QFo2pMI2zxPIZvPV9&#10;fxf3vuPNmLnrNL0QRrNE4JuAKs+01KtFpFeOobSXl/dG0ikxIpT1exLBaktMreNqMlfOTLeFTbuz&#10;cwy0+LBlRlSjG42faDLz0NTsxB/R05XgyhUAkCCCCCKIOyZazQ4uXrz8d4b24Ns4+VPkSUN+szRk&#10;jBLNVDorLSnxJPfvW1+Tg8H30nKtSQCkjcPDIuq1moALXl9MHK8jiohuhdXMLa1q0Omhw4Z07S7a&#10;lLg5tN0oJa2ZiSzPmP98NBrdYAIzcwUC+sdfLDa3C3jq2ct/8/LV9d/d2yu+t1ipZOp83Dt94X8M&#10;2JDNsgRkzExmRDq1TOewQ6ByQOeW3evZNTwRiyBBgKPZVFK6nEhzK1U6mZBzzW1MVQISnFjOz07S&#10;+Elg2B8SqKmiWm8hS+tfnJ0W5/MKgdRDAjNcBZmbnpR2mr39fTQJ/Nx95jgmsmnkCyXcvHkTKwRK&#10;Nm+tSasVk8iZP9RsNjG/sEiPi7SfbRxbOY7DQh4dGkszs7P0fElMA1dOnkFxb5ee72KKQEAhvy0t&#10;WbPzi8IFiSYyCJuOgI9evydVCp6q5oSxodu+Bs5QQFOfnusPugJMegxW+kP5ezgYijwwt1oxeZ3b&#10;z5qdJiz6/Pc+8gapnvzp7/4Otrd28dCb34wkgTFu3zK1NC9/B3mM80y7W5kwQy5YGFewMl1wAoyp&#10;YYU8UGJ6RqLQlRZ3HeIbEhpv5TKNkbUffy9DukrBvy8//yIaz13Ecn+geAqGkq91ZXT9fAvF5wh5&#10;LueS5juKgM8mlEpu17e8T2fX//0evsxkyUihawRORu1i0NWS8XU4RwCMHxS4hQn2/bChnNxlhQR6&#10;QwRIw+lZJOaWcPzhU0hk45g+vkTnH6juH2DQ66DXbHCrFMxcDhEC10YsJuDJrUQNMDJBZGDO54TH&#10;kKOluoY+RTD5dIKmRq1tg76dmFmaT8XikQ8HV68AgAQRRBBB3DGxv39gbty8+U/DYeu03Dd1IuP2&#10;lrPyUNiKIsqKRak0IuGvXYHg5HFrZ19mnZsNAh+U7LmzoVFOWmNRhA2lNMMtWWwzbFOi1+WKSaup&#10;bt4MfNJppLLZTUpc/1k0EumkKQmNRQMDwj9vlCoN3No5eOPu/uFvE8D46UwmPZPNpGARoKwTiCjV&#10;G5QoU9ItJtVKOpaVrHKZJJ33FBp0fvqUfLLELlfFppm3EY4IEGl1CDzya70+5uamhRPCs7vddktc&#10;zjnBWiZwESXwwjLLpVJFqiNLCzO07qRUzPbzRemLX1lirlGMAGwPq2trmJrM4dTKIoxQFM89+xwy&#10;NB7z+9uYnprBAYEJBgUMYGYXjglw3t/NY3F5hcBOD8WDPCZnZmHaA5HiPXbqNGwaj4XCPmbn5mlf&#10;2qhU6zh+8m60GxVUGnVMTEyKH42j/SFsTT7vULLJFRFOEnsMPOhzKb5IT6SEDa6EEBBhsCIVEm7X&#10;ouVEcpVeb7caihy/soKp+QU89/GP4cUnn8br/tpbhKjO7Vvud4/5GQw6uKJi+NqSFGdDE88NBTBM&#10;U5sU6kqHgA+W0Da1kagGIC4Z3SugiERvSBO+1bpHoENVC0xjVAW5/sIlNJ55AQvdrkjnGjphVpUS&#10;U+fYGjQ5xsjw0IUIxqjyYGhncsNXEfHqKcYIaLhAYtwPZLyG4o+Bg5GzOsbXD4w4JB5YMuBBGmhO&#10;iGKi84eyRIY3FI2j2TYRJcA6uTiJcMxCcnoapZ0SGvkCHDr/5Z1dzB5fgNnvI0RjpkPHJ2RohSu/&#10;VrERUrwhx/ZawfjY2TLUhkJct20GtkMZdywBLRy8SOT+hZWFT9Pi28GVLAAgQQQRRBB3RFy/trZc&#10;LBb+pRUyY+5MKycdPAvOlQp2LM9OTUglJE7J5u0kcDlJrZSrqFbKIr3LPfMMNLj6wf4IsbD6zcmo&#10;yP1Sstap1dFrt9HpUtJGN+cQbyubRTqb+SRt9w9YPnUym1TSokF8XbG1W8BXnrqUO39p9Rc2t/f/&#10;n0qtebZBgIMrHZywMq9jYXYKuVRC3MDrjSa6vSEBiqEIBaTTCQIZYaSTceFGcG9+l4AGtwktLc4K&#10;KORkmIFmb6gklFeW56Q6wlWHTqcjnCAeW8ePzVGS7qBB22i2O4gn4lhenFLtXgQEDkoHmCQAsDw/&#10;JfySQqFIz1Vw9u7TmMylsbWdx+bmpiRr3AJWF2PAjqimRRMJIZIX9neQZuUqacnaEcDCY69IAISf&#10;z6Yz2N3aRDyVRThkoZDfwcTsvHCcmLA+OTVH+WFfEnauYhi2kqJmTxNODE2e9XeUchwnkwxCuFWm&#10;L+CDFcKGHjjhyoaQ1d3flKDyPqcJPM2ePo21557FU5/8FB5+2zcQoJuWKpLbUmXpsc7psWcgqFul&#10;BKRooCLNT1bIy7YVKNEtV6ab8GNU6dC8EJcn4rZ0adVe9Zrpa4fSSfw1AiC1Z1/AIjvYi6u3AhUe&#10;vWGssQqeuaC/TctN8j03EEOBFfgc0N0VuKDDX+WAD4Q4vscOxmV4DRwFNqOyio2Rj4rjdy8xXFFf&#10;TdDg48DVXof5KARyy11YkTSmjk0inomhuLaLyuoNmTihQYg+HZcSgcycTcedvjc9x9aOI4au5Die&#10;Epo6PApsyD5rHpHjcmHEvV211PFEQK/bD03Oz06l0skPBFe0AIAEEUQQQbzqg2d0Xzx/4bsoefxB&#10;vtGp5ETmR2X2N52RFiikkkmRI2VVrNDt5HfphlyuNjCgZIsN27qU7PLNlBNSi4BHhM3drLDni2BT&#10;wtppdtBstsQHwqZMiB2FM5M5JNPJX47F4+dj8aS4nxtB/9XXFdu7hzh/8ea3VqqN97fa7e+r1FtW&#10;ud5Eq9MXt/k+z7gOVasIGwXOTU8QMLQkoefe+RarXVFKNEsAJU0AJUpAhLkNqo9dJeQnVxYIVEak&#10;itGnRIyTJq4AnFqZE+UlrjDwjC+T2TOZJBZnJ9BodmmMVMR0jWV4F6Yz4pKePzikBN7BcQIwaRov&#10;vNza2ibm5mdwioBKu2/i/PkXMaTtqF4VA1UCLZy4M6Cam5mXtirAwvziAgq7W6JaxBLS9dKhJLyL&#10;S8fFXd0IhZHJThBg2UU4GsfC3AIBlk2EogRkImEBxiE9y29r5++ubNcQDpMjCaMtrVIKZCj+B392&#10;21bP2Y4CKQJM+Hk6XtzWxUR4lpiePXkS+dXreOpTn8Fbvv3baX9SclxVxcKU7whvY+Q37poGGtow&#10;UOnNcvsQ76tlKG8Qj8Nluu1X6m9Hu3orlSsHpq4VhAzNC4EfsMBHNCcA8vxFVJ563gMgao9M4YOY&#10;4/Dha35PDRgvQRRu15OfmM7XjKNO6PZYA9YIZNjw7fiRLbktWW69ZkzaV6tQqeMSYhaPz+CQ+SOq&#10;jWxA4Lrd6KF20ES7OURmNosagdvrn/8sE94EdLIUdKfdpDHbxAxdK2vDvoy9oTECkM7Q9rxHGKDy&#10;7jJ4FXjijPZf8UMckam2CGg76uDctXTy2BN0Hm8FV7YAgAQRRBBBvKqjWCzj2tXrP8fu5yLbqWdZ&#10;2SgwJO0ZJmIinTops+Gx8O1boGqNNrY3N1Atl9Co1eC2abCGPlc92FWaVXU4UXK4b55v3K2O9Nx3&#10;2A2dpV0J8KRy2VY6lfrfwrFYiWfhk4lIcMJeQXDitps/xOraTmp3r/iLRij0a6lUcnEim8HURAZx&#10;OgfNDitVNcUkkGfrOcGJxaPSTsVKVklK/hmZcBWMl2Vn+qWleWnF4hSu221LZaQnLVl9nD6xINUE&#10;rmxwlWpoK++K4wtT6PdtcTVn80AGHEuzDHKiqJTraLQawsw9Njcp5OtqrSFKWdMz0wJKen1bRAzY&#10;y+Peu09KJePK6joO83tSUWFTzO3NNUnG67TM4rETKB/u0f51sXLyLhRpuTYlzLMELpi03my3sLSy&#10;gtI+PU/LzNB26uWCHIfFleMoFvZktjqXyhIgrqvElJWpHNVaxKCNj4mhGvU9Dwo3RWZw4Wj1Jlsb&#10;GwoQGTqebC8/xyR1Vu2KJtJILsxj9+pVXH3+BXzTu94lHBBHAx6uEJqSpNrA0Zl6Q9cBdDWEj4ej&#10;W4pMXUVRiMIc8wwx3L81z8ORtqtRy9SfhR0uEwCpPUMAhL6rQkL32f657VjSLmT4Kx5+KvrII8R9&#10;2d925YIm9zXbh1NGXiAv9Vof53a8tEFrqNvIHK2m5QIcx3Nc5322FFnday0zPNNABq3DzoDGThN9&#10;Omd7127i4qe+hMP162jsrKNHYN0wVJUjHDZQrFeQZOHgRBx9cYw3BJyKTDODKkfxPKSK5pHQVcXD&#10;1F9gGUGmAlyxaELEPxq1hpmdnZmemMr+YXCVe21F0HgcRBBB3HFRyBdzlIC+JRS1fJKYtsz+RuNx&#10;xOgmmkqlVS86bl994OW6lAgyqbzJrTyU5HFrRyyWdDmWXnLEz7OSELf1wFGJLLcnsNs0m9mFI+EX&#10;6B1rnNByYhzE7WM/X8bT569gd//gjf2B/R+sUPiNzAFgx3mWlE0QiJunZH9pYRolAgC3dgtS0WDF&#10;qi4BwJXFOamCxPjcxyM4pGVClPT3KbG+cWMdDz9wFqdOHJOxUK5VMcOmfgQadvYPcXJpitbRx8bW&#10;LmKZCLb3DjCdS+GuE4u0npokc0xk3zusYmEqi7nZGbRvdbC3X0DtxBKm6bnFhTkBK6vrm1LxmCHA&#10;NDE5gRtrqyjSdhZmsjhz6hRuXr8sYGJ6clHau9RUt4OD/I7IAnMb2cAeiAFgLb+PVqMmCXqnXhcQ&#10;ESOAWyYQ4hjKTLDaqKPd64r0b7lUAuYWaVzSeAxxe5WlE2Qas7by7xh0VVuhmin3qUkx+BI/B60E&#10;xcZ68qUaKHDIYESagLiy0RU/kwgB/MVHHsWFL3we//Hf/Qf86M/9Y7R6jqdPG45YUqnsi2yvq+Sk&#10;PD5YnYoBu2ti6HmGwOUXjBw2PCd0nlHVwEUpLhljPhx/VvB309TO6SPQ5XjgwwUFDsYd0aG5HGPP&#10;GQoBOMZILcvXDPWywALAGHHcOdryBZXAC4dMe27Y+rnxKogGPuLmrkEM8y+4EkRLi9wvvSZeHYMO&#10;jJaBPo2DTr0jylc2ixLQWIk6BEjMvoAIMxSRyhnzlNKxBHbyeZxMZtAIDaWF1VR0IhEuUO71jq7m&#10;OB7wMly+SIhbsghMEliHScCnXpPrIcuYX33u4ncuHV98ayRifTG42r12Img8DiKIIO6oYPWgfD7/&#10;sGHax003iXEF8tlsbdAX2dVILIZkmmVLbz8PwzPJLQIfSpHGkffyHZXJmJwwsaQpAwpuRXEooWIK&#10;CBPQueWHe+gdNvEKW0JWt6zQF8JRaxixrFe07dd6cLvS5Ru36BwM3hdPJj45sJ03FsoV7BXLlPSX&#10;sU+J9WG1Qcl2T9qcZmZyePDeU1icnSKAGJHzvrlTwN5BCRmWxCUwMEegIOT0MU/LcovelZtrSCVj&#10;uOf0MZG6rdYqBGZmUSiWUG91cWZlDpPZrHhpsPzt+laeznkIp1cW0eNxQfu5s1eUpHxhdgITuRxa&#10;BCTWt/Mix5zLpMVrZn1jE+V6C7lcUkjqzWYDN9c2hZtw+vgy4gRoWwR0WamIPRO48sDGh9VyASwu&#10;1OkQQKAxmMikxFukdHggCTS3vfT7Q3ouKeOvwV4i3DLG/BXmkVCi12415bvAfI0+PS+8FwHKfUom&#10;HfF3kPYg3cvvV27ifeEKieXzyVHfBZdorLkjXAHpNHGwv4tOuwGb3jP7wP34r7/9W3j2yeeQiKg2&#10;KqlK0neCq1OiShcytG+I4Rn8uZK6Ix8OlWYLOV0DFsPnpG7qjN0jnL8C8CEQiicTHNU2JPDHRSJu&#10;pcDrnzJeAhiMl0AGvaeOqfdI8WoUKPEzRl5KN3eOPG8c+Q3H8T3nAgx/PWb8NXc/XajE+ypVChcQ&#10;DbuwO20M6Tz1CCy3d/bQzRfQqreFDzSk8Wv36PVeR97D1TNuTWxWKkiwCpbmA4nCmWGpCocmoRv6&#10;2A31c44xFGBiD3VrX48nciooEojm9e2urofWr639o+BqFwCQIIIIIohXbdQbLZRL5XcpLoYhvfs8&#10;IxnShmh82eOkM8agwXhll8BCoYQOJSoVSnzbzbaounArF0vvMrBgEGJLHzTPItKNuTeQ5HEoHAEl&#10;SGlYXP2IUSJqfZxbaxiMcMIVxMtHsdzA+YtreOq5qzO9Xv8/UcL+q4uzMxluWXrwHAOMHAb9Hir1&#10;BgoERPbyB6jU2jITm0omsLw4i9mpDAGGmMjdlso1rG/uiEzuyZPLmJ6YQLVSxQwBBvZtub62hVw6&#10;jnvvOiEchVazibnZaQERPEzOCNjoIkyAotnuCuiZn8shFU9IxYud1PeLtL6ptPCCGIBev7khlQn2&#10;DOFKTZkAzcbWPo8BMSKMWTFcvbwqn3d+borV0QQghPXYEoUllselz2nIzPVAqhrcWsN8EVa74jYY&#10;rvbwsQiHo0hEY2jWDuFIW9RApHwZgAwGBEZo3PYJNMvyw76swxYTQgYlQxmjPCPNIMTRCaPjJs86&#10;MxZHbMvlVGl5XAL0DPx5PaahVK6K+/vod1oIT04iPDWF3/q3vyJyyEqOVwEKBjUM3pVcqwITti/X&#10;V99d7WRhKsDhSJXlpVm8qVuuFDh6ZeCDo9ftqZYt95/j0qoNeLRyZ8S1UImTMdY+ZfhBhKHcyT1D&#10;x6Ng4wjyMDx6+SjcyoYp0xzjCZsfbJi6Nc04Qkk3Nf/E9LWDuY1d0lQllRFWrWIlvy6drxaNj4Y8&#10;dvodAWXSIkdjYahBCAPGiWySgHwB8a5u1XPb8Vh019C1D8cZVa402hLzQuEK0bFmwExjddBtEyiu&#10;iKJgs1rF5ecuvqvV7N4fXPkCABJEEEEE8aqMg4PDSKfTeTvfMFlFR/kChORqx7PE8XgScUpQuaoh&#10;FYzbZCp8K+VZ6DATeEOK8zHUvfOmacmsqakTM1Pf7nl2UJynaXtgYi+rvkQtROOxW1Y4ep5JzMwb&#10;CeKlwefoq89cwYc/9kV8+ekLb7q8uvHpm9t7P7S9V0SeEnw2G+Rk/p7Tx/H6B+7B8twkomFTEuv9&#10;gxI2dw6knWR6dhIrBEImCVRYpoPlpRlRubp+c0skeO8+vSyVifxeAQtzM5LI36L3TmYTBDaO4fCw&#10;IsToEIGFrf0ycrk4ZqZzBGQqAmA3CJjw7PwcbYeJ4h1Kqja29ySRzqYTwo/Y3t3Gdr6EDD3Ocssf&#10;b3/1poypbDqFZDIjbVlt+syTE2lkchNKbYrGV5SABCfSPN5ESEGm6G20KKm3WCY4nhI1NyZjS+WB&#10;EsUwezXQexvtpvTus7LXgBJKNuJLJ5KoFHdlOTEj1H4g3CLIs9K9fltVCJn/Qkk5txkyf4n3hz1A&#10;DPHeUBUQ/m6xcEM4pJ6TgoGjDOZkffaAAHsHdQJLDNoyx4/jwosv4JMf+wQiPgUrTq75e8WyrAI2&#10;HFt7dkDavLjNR6lSGaOqh86m/a7mOpMf//0KQpGmbZGY9ew+pPks5GvHcisw6pvuKHtBjy4+HMMV&#10;zkt2wTgCiGzjKBYZcT6MIz/DI/vqLiMtZtLwZmgwpNfkclbg2m8YHidFAQLjyNp4cqRHC7RpUQIj&#10;Zh9MkzLsvlJF4y0RcB22CZT0W0ilkgI2mqUqElIBtvUO2QJATQ1ApDLl+Ej1jiKliys6e9EMlWiB&#10;MWBJ6w4atSoKG5vx1cvX/+fgChgAkCCCCCKIV2Xs7ubP2Y59TtpCBkMtia/aNixOdqJRSTqSdDON&#10;vAIQwLO6TBguHhygwe0xtlLZYXKxxQDEcGd0bTWzqGf4eHbaUU5qInsZpu1aYesrZsgqc1IbDwDI&#10;y8bq+r5wL6LR8N/uDwePF8uVB/YL3HJVwe5hGQcshVxvo93tU0IUxV0nj+H08SVMZFLITWTQo8Rm&#10;dX0b9VZb2q1Wji0gRVlVhx6zXC4nQde42pGJ4767T0j1I58v4OTyIkr1Fiq1FhbncpjMZbBFgIKr&#10;JwVKuHh7KwuzyjOk10WxVKHna8I94WS9VqkJ9+Sw2sTkZE6kcw8PirixfkuSwUQqAYMA8bUba2h0&#10;BgQ+4shkstwuiHzhUKomrMoWCkVEVci0IqIcxXK/ypVcbDTRp/0QTgY9x733Q0r22SCwR88zMMhN&#10;5AjwZKV1iD/rYKj69SM0VtuU6Em/P62fATLLCStfjw497ggvg+WGuXLCMtMMPPqsAkYgok+AQpJG&#10;9sbQbVrcOsUA3q1qcEsOAw/eZ1aLY76UVALpPWk6dh/6/T8QSWS23LF0q1SE3hvW4N3U8/2OBheO&#10;VgQzzFHLkSKj+4w84Gu5+jparwQMcGJM5y489DM1dE3CUfUGV6vL0X8bzrhzR0jn8uN1BsfL8/0t&#10;VfbL7QOONnGNPoPpgwpu9cPvjO74lnOf0c4pnvDGOKV9JCXsfi5b11tMg13Mh6qtys0O5SLK1zMC&#10;o+2WANUcjdFCuYgYT65oTxBbronQqluKV6MU3PpSiWPuHTQXRDALV9b6ql2VqyytZg11AvZXn7v4&#10;nnq1ORtcBQMAEkQQQQTxqopOp49SsfhN7P3h9ZPr5MXWspDsS8AGaexHcDvzQY5KpU4ApCZ/cxLH&#10;PeLMIRF+Cd1NeQaYW1C4n57bDLi3XhlumeIszbPQTLbkn0gk8gTPDjKhmFt5gnATQQfbeyU8c/4G&#10;t1JFJicyv7S4MPt79959KvvQubuwNDMhbtyNZgulShO7lNjnCRR0Bo5UQ7gKsTw/jUQ4hKnJNNLp&#10;NNY3dqQ1a5lAx12nl4V3cHhwiBPHFyXhW7+VRyYVExBSrzdFVpd5H7fEONDGqeMLaLL0crkuKlU3&#10;b+0jTctnad21ekMUrK6u70gLHitnNWtN7O3sEQg5kPY6cQKnZPvy1ZtodmzhbCTiCezc2sI+AY5w&#10;NIxwLIxGvY5NAjrhSAjRCHMiwgQmukp1ihK7Bu0b5+HpzISMYW6Z4opIpVQiADKUccWtWZzsGTTm&#10;a7UaJXRt5UMhkrmOqE7ZXgZviHIRJ5NSCRmqCghXPnhMDwnMsDkhSw+zGaHyA+mrakmbnqd94zYt&#10;5jZJ26GvGmCLH8RQtX+xhCuBkZ6AkR7ik9O4sbqKJ7/ytOdEzm1VAkboM5hjilJcKVBJv3A+3OTZ&#10;7xtiGEdakXwJ9isMBlgDSqytoat+ZWo4MNSQY0QkZyUpPyndgwSGofkdRzgahu/vIyDCX6xxwYeJ&#10;l1fA8rZkGGOfz624uK1wR71B7Jflh/jrORDjRbfhy9EiAsq5nt4cCcnnEiNJp8fa5ujR9yFCiGtI&#10;YKVO4ywhksm26/Ahy/N5HwrYcEULlEAB0+AJyQhYpgOvwDGNOdWO1UOn2cDh1u78jQvX/3ZwRQwA&#10;SBBBBBHEqyoOimXUm43vDFl67lC7KruzmelMhkBKW2Zxo5HwbS+Ayjg4jCQluXVKFHk13GfOSVaE&#10;zQujITEftKyISp3oDsz9+t1WR/dGq/55M8xtNOFuyDQ/EzZNMcAzzNc6/0OlUPV6G5/47DN4/Ikn&#10;8cyL16ZvbOx8YG1z96d2dov0WkcAxrl7TuLNj9yLU8sLyKQjnrTt+tY+SpT4p9IpLMzPYp6AClue&#10;T2QSOLGygK2dAgGCPJbnJnD2zHGZleVqBzuQc9sTVzAmcwmpkjBg4aSfjSnXtw+QScYwQ0B1a2dX&#10;wM9esYSDWguz05No1Vs4pMdrG9s4JEA0NTVBQCSE/b1drG5uiet6KpEUaearV64RYCoJiGETwWq1&#10;jPXNbalWcOWAk7BNAiW2VBIslSKa0BU1W4+1OOKpjOxHp6fEEDqdFpLpCWSyk8q5nHkiNLZKxUPx&#10;/wjHolLJCHOLFldIuOVqqObgeWyKq7k9kHZB+oPAclvAiq05JV0CIVzp4YoGt5gxGOHt83Yc2meu&#10;+jAvSr02bljIv52hWk+VgJqAEgbudC4/9bFPjCXDHGFNSoepiOfMzXIlecfM+Qxj7HvjYFQI+fN8&#10;m1R1p4moXoPrS2L46OVu85VnBWgowCzEcoyAh+HyH1zgoPughA+ilxh6HJORz4c55uHh+Jqjxvkj&#10;tvNS3SzD9ygEn1SvMw5qXupf4lZKHO3+7nhGgRYdf5ahjhGAtmgMKSDB7VNMOu/J9S1Dz7M5YYwu&#10;iNGwbhE0TT0Zo7h2hqm9XViRA8qrhVGRQeOEgQihZtlP5iHx2GvR+pr03bjy3As/Xq00gipIAECC&#10;CCKIIF49UcjnV5xh/1FRs9EKOXxbDUcjiFMSx8Rz/s0k41fiPs7O2TzbzYlYo8b+Dk10daLFPf4h&#10;xxRAwjPQLhHd5mSObtLcC9+zh9J2E4nGOIl8zgxZ6yECPvF4NDhZMKRi9YWvvIjNrTyTye/dPyg/&#10;vl+q/vW9UgU7lODv0+9yrSkKZMyZOXN8XsADt1vNTk6IHO32flHen0onceL4Eo4tzKDVbEhietep&#10;FeQLJeFhLExlcO7uE6jR+kqHVZw4No88AZBWu0vAZlYUs26sbRDAScl2K42WENn5NpnfPxDzwuvr&#10;u8hkUtI+xYB0a2sHt3bysh+JVAqDbgur19dQJlDFkr/M8Tgs7NEyewhFlAgBO6Zv3tqhxMuR9j1O&#10;1rb385SEaUlcdv+2OQns6gzTFrI2t/d5yelAAQXmiZjGyFncGaiqRm5mVhzUGZhYdNx4GzyOWVLV&#10;lcG17Z7MbvM4ZqDCE9Mhw1IJJ1dOBo4oZHHLFoOdDlc/pLrXl23Y2vujJ0CkJS1Xsh7b0dUbZVjY&#10;pde6fe79t5GensL5558HneexkUDYzUtcveTEOarsZIz+9lUDTGOcP/H1xFBU62yEPZDjUdHV38b4&#10;M8rvQi9nOB5k8TSxjNEj973wrder7rwEDBgvIau7n8d+ybcGGiLBB5owdjzg/vYdFO9PQ/NGuDJr&#10;anNAPVnTIYDRIlBm0cM6fWf6rY4ChKYS7LB0tTdOoKNJ5z2/R6CdlrG5+stmlFy54wodnTxLu8+L&#10;U71rEulWrbg9kI77sK+MN1UVhK6xjSoOdvcWb16++SPB9TEAIEEEEUQQr4rgWdiDwsFjdKObgFbZ&#10;4Vk4MS7jWT66AbYpkRUTrHjsFQEQ7m9uNZroEPBgp/QUgRcGGHwXDcuN2ZIbuSLiqpur9MlLJWQg&#10;ffjMO4kkYohFI5+nbQ64/SoaDb/mz1eTEvqt3UNMzUzi3D2n337XyZVPzk/nHuG2oSYdbzbgOyjX&#10;BGDsEIhodwbiND87mcPy0jQSMQszuRQW56ZQo3N06eoaIhEL95xexsqxJRwUD+kctHHPmeNS6ShV&#10;m5gnEMIAZn1rl7bRFm+Qm7cKks/y86VD2t7OPsJWBC9ev4U4nbdkIi7rqlVr2NnNo04J1wTtA3N4&#10;DvJ7uLG+JbO7CRobzCe5tbGOnb0DIVfH6b2DXge727uKOCxKbCzZu4NOf6BSSdp2rVJimWHttQFR&#10;zmrR/vFA4/aocCgsiT2/GKG/GQBwNYelgKX1hV6KWlEapy0Z89zuxWCBU9sIfRZ+vjfo4eTZ+5W8&#10;L3MeCDw7Q0PavISsziBagI4CJDz2xQl7qFWy6KfdaaNLgK3XHYhqFr9H2rmkBayniMu28ttxtDEd&#10;+z70uh3Fw6LktVwu4cXnz79kPFhKimokFWuaXvbsOKP03K+yZBkO/iKFRJEjJmBlDoc+qGN66RFP&#10;MLjwQ3G6dY3BOCp3e7QFyxkrXxgvAyKOeoqY+LN59GKjoV3d/QDGPJLEOS44Ef6Mlun13NjHW7hU&#10;oY2uaXQdZNEDi16P099N9i9ilT8agxE2T40l4ZgxHHZsrDd6WCNwvJlMoXH8GHanJvACfTee29/F&#10;i/v7eGFvH5f29nCJAPaN7R3sELAuH5bRbTaF7+FpBpiKw8MTN0PmkrChJVfd6Fyw39KNFy/+g3q9&#10;NR/c1e7sCETogwgiiDsiqpRgVirVd3L7VSisjcXoxmZSUsqqQXyLn5iaQjY7IdKfryRxaTZa0mqy&#10;sXmL1jeUmyXLoXKiyeBD2kH4Zk9JGrdTs4QqzwRzu4ujb7QhWpaXt8LhJzgB5Zn20Gu4/apNwOP5&#10;C6vSHsUE6pAV/kHLsn49EYukmatx+tSytFcdVhqUpPclIeXHoq7kzODksXmksykhbBcKB7DMMO6m&#10;91RqdVy8to7X338ad5+YF27B5i7zNlI4dXwR23sF8V05cWyG1l3Dles38cB994jh3ermPk6szGNy&#10;Kod8/gCpTApFAj97hTJmCSBtbGyiRCCBKwjb+weyzlQqgx4BpRs3buCh+++RqlYqnSZAskafbQf3&#10;nz2DaCwq7X87u7tC+mbeEePeSqkirVTc2sJZeofHGX9WbtsbqmSeyeCicMUGICFTjSkee7GEADR+&#10;L1eFKs2GzMqnKSms10qShHJlhLlInCRz69be5gEfZ2k7FH6J7YykbqU335Skno8xeze4qleqPUd5&#10;d9hahYoBR8hmBSNTOCcmASLu6x8OtDs6G/uZugWSZVpFiauLPn3nuNWKAfn5Fy7iHe94+3hSLhUQ&#10;5aBtey1G4zP8orDkJ6X7JHKNP8dXqtvtSeJrOd7aJL03PAaIJsHzUXKGuvJgKZM+5awhlRDTcY+n&#10;Nh4cdy30KhtDx/HAh1/RarSMnxUywjAhbzlDGwoaql0O4xUS5VvpSuAa3rFUjWXK/dwV5JDrFT0X&#10;NUOI03Fv0zhL0znqDLtosadMKoIyjYtCl5aam8HS/ffh3gfuw8LxFSQzaSRTaVFC+8B//gA+/8QT&#10;MrZ7rCimVdnCtN5+qwGj3YRVqyJNQ2IiEsMkfW/ZMNMJKVDEwMRmFTSuqg1o260q8ptb8zcv3/y7&#10;r3vTA/8quLMFACSIIIII4q90FPYLqX6v901M5nWlPMVcjRI59lTIUHLoOjuLYdaYwv5Lozew0eoN&#10;0O+0ZUZwoE21uAXBYgBjqvcbtvYrYOld7invD6X6wbOKDhseRsOcKO5GwtaTDHzir+HqR73RxhOf&#10;e1YqGuyA3RsMfoIO67+JxiKhTCJJSX0CiUQMU5M5+WHyP1etLEqoOUHndioGgfefO41jx+Zkpn9r&#10;+/9j702DJNnO67CTWXtVV1f1vq8z3bO8mbdjJSmCIACSBkDSEi2RkhjURsqmzbDCPxwKBf2DjlCE&#10;bEuWFGGGHJJCZEgRpmmZUihIUABBAAQIAgTwlnnvzdLTe3d1V3Xt+16V6e/77s2q7JkB3zMBkG+A&#10;uojG9OuqysrKvFl5zv2+c04S1WoZm6srkmK+c3CGW1tEZNbm6T0s0WncpufPc6bHeQ43NhawtbGE&#10;P3rlHh48PMDq6hIe7p9gfHxcnlMqllX1hM7rwyN67fYm7VcU5+dnqOVLOJmewq1rm6Lv8PsDOCFy&#10;ks7mJWgwHIlKK0mKiM/1q5uiDeK5l02rZHYVJmeiScCs2WwJfGSrZn6MW5yazYY4S3HFjdtTZHWb&#10;5hHb63K4IFfWmERUCzWdQxNAq14XkhCgY3d2uk9zM8D2VEJSuJ2LtShVOi5sP81Vv3a7JZUYd4KF&#10;rV22+rJPnNlgS3ictA2ZmoyYnoH9LbcaSmsOAVSu0HArFvrKQYkV5gJ6uf1QtyVZdO5YQ9ClT+Qn&#10;UnawvyvXk9dFxLkdqG1oDYauBNmO45VjuavJh5trfCtcvtfu8oVO79cbUALbfVy0+mMI753EdXPY&#10;liWfcajGcD6z7aIUTtuRynV5VGR+OXrQnWyOR36HQ0YuhRKqSoblsuI17IE114CUOI5afbgcw3Rg&#10;YMBjCplq9um7kmBhzfTjxBNE/KXn8eGPfhTXn70tpgpcyeIqGJPjaiknG3nx2Vv44y9/WfRAjokB&#10;TTDYbLYRi8lCTZ+Ob5nmc7HeRLKQxxQR8Ll4DCH+TqY5zFokfpnZ86LTbIoWZPfNB7+w/ey1fxEO&#10;+Yuju9t35xi1YI3GaIzGUz/4fptKZ95vG71lSSHnNhDO3vARAeD8Dl639PqkZUUxhrffJus8GvUq&#10;i9plG9JGIG45Cjp4nN5msZ2EuAOxQxEhR9UWwwAtEICPwLPPH/iS4THLXImRdO7v0ZFI5QUch0IE&#10;qJutf3iWSv+Ti0zOk84WcZJKI3GRRaFE4JwIHANtbq+anY7D67EwPRHFyuK8nJedvWMC8S2sr8zi&#10;+vaGtN+dnSexMMPPn8LxWU5E1ltENjiY78HuMTh5PkTHfvc4JQLz1eV5pOg9z8/TMjfu7x1JzgGH&#10;9hWzZRTyRWm54qDD6HgUIX8IpXwWp6cp1AlIcXtWbDyGQi6DM3oeg3Q/gX++qWbTaal4MCBji9li&#10;Po9atSETlVfPe622JKiLloirCfS/GpGzarkibl3NuqpwGEIAWOhL84+AmeFVFYRmrSK6Im6ZYgtT&#10;dt3y0vsXCwWE6DP4aE62alUEwmNS4amUSohPzyiReE/bodr2wGnL1mDV4/eqxwfBg6bYpoqVLudB&#10;cOuXVDrUNcYkkist3ErD/y3gu39Zym26MiC4rYstqHNE2Cq1xmUwopPPoZM2hrkctiv3A4NSh+7i&#10;gW3/6edjk46pp92Bv68tuVymt44r1zDr3ITjFsXUzJLvkWFqov1I5eJRTYo9/ECwLj3HcFnx2pdA&#10;mXsbtiYS7oqJ7VKuXAocfFS87xAl+wmuWFqrwe1W3BWYIwpSvnUNP/LL/wC/8D/9Mp554TbN3SKR&#10;22OkL1Io01xiK2hu3+u0epig6+3GtWuiDbL1p+NqsTI4UPk0FleIWT9ChMSam0M2FsFuuUREPYle&#10;pSJWxhJkyQs4NJ+a9J17cXS8drJ3/NdGd7cRARmN0RiN0XjXjlq9hUKh8EMej+mRsDRNDrhPPhAM&#10;CoHgG2AgFJRVY6/59l997NzTI5DINqKNRl2REk7y1SnQ7BzDq9u8Kt3vtgUE9CRboS3AzBZBsY8A&#10;Y5DzRv5AWmCIkPh9nu+585MvVPHm/WMUS1VOBfdeXV/61fc8e+MfvPjsdawszyIaCYp+g6sCyXQO&#10;p2dZlGotBCMhLC7OYmF2SrIIgn4D17dWJaPj4eEpcoUKVmbjuHXtilQSkkRg5iZjmJgYx+lFQVrd&#10;rl9dQZMA/72dfSISY8gRwTk4z2FxfhqxWFxICOtBzi9yyOVLmIhPCnHIpzMClBPnF0KYQhIk2MH5&#10;2amkqjNR4ZYrq91EOpUS8MWVBSa5uVxaqhkeFuPS39qtBv20hFwwIWESwha1PRF4t2R+1gl0FfMZ&#10;AeG1SkH2gckBp5v7ae40Gw2ayyEB5yzWDYYiAiE5sZ1bYrhyUifSESWQx3OQwfXk1JS0GLE179zS&#10;Mirl4tCtSWs/HME4C92ZiPV025ulbVQH4Jr1EFxRFOF6V6x52RWL2w6FoPT7QwiuW7Gk1UtaupRp&#10;gy2WcB7UWk0R9uMRsO31OpUO81JyheHoGR4RnxvfYicjV5q8tP/ePi7VKy4TD8dRStsCu55lanc9&#10;JiH8PTCom9iXob+bTDya3XHZ28pFNi4RjcvbcLQf7t9hOK+zdabK8HM4uhqHyLnfh/kiv95nBJAL&#10;hBH+5Mfwt/7nX8Gt524jdXaCZCop1Y2BU5e06rXFplm0QvTznve+l0hyQOyLofNbmHDa2vaZz3tP&#10;W0iLTW84jPb8LBIBLw6J1LRyWfjYoY21cxyASddGOZ/jXJBfpO/SyOgONyIgozEaozEa78pBQNFs&#10;Nuo/wpa4zg2XEQq3a/BK81hkTFpWWDzLYMbn+ZORC984GWTmcjkRzVpalGvrGzgHEHJ7jROMxgDM&#10;1q0onW5ftWux0xaB6kAw0PSY3i9y61Y4+L3lfsXg89U7+/id3/tjfO2Vu3iwcxg8ODr/1+ep3C82&#10;CWgszE7juZvbeGZ7A8tEMlaWZqWCwS0e+8dnODnLwOPz0d8XsL62LFUFTiKfn+PnzuP0PIN0voLp&#10;eBg3ttdQKldweJ4kEhERe+Tj8yzGwn4JKrxIZXB4dErkJIr7e8do03mamZ4UsJTJpIkIdLB7cAx/&#10;yIsI96gTWMqmL4gMXUhfO+sq+CeXTiKbK9D2veJ0xXkubL/LrWFctWEgVqf94JYqbsvyaKvdfl+1&#10;+nS7LSHHKm28QcSijnB4jPa9hHIpDz/NE3ZcY7MCdp8KhSNCRBgsc8Wl21KvicanpD2w2axjanqe&#10;XluU8MvYJLeRFUXPsbi0ikoxJ2SB9U95Antid+usl2ulMoNCdstinYNFn8PUTlZiJW0NJNiD9kXR&#10;erBwuG8NQKmj/4AmN+IIZ9n6euyr68dW4JeJS76Yf2y+GLpF0tDXLiMUB8s7FrfAsO3KuIzx/38P&#10;Npgwur1BPspAqzFQXDjJ525iomCTaetjovuchla3j6Zv4LFAQuCydsMdMugWmNu4bK3ruEg5FRRT&#10;v4/pykQZyugVZbD06+AiLM6ncf7msT04gRdTf+mT+Kt/77+j768OEqfHUsFgx0Bpz+srjY9YOPcU&#10;+eTqHeto5pcWsbGxTvOcz7+pfzCwdWarZv7ylOBH2yEi9PpYFKXpGI5oLlSSZ/Bylg2bMBCp79K8&#10;Tuwd3Egcnv/k6A43IiCjMRqjMRrvypFOZ54h1HNLXK8M5T8vi7d0I+RVal7lYyDHAXXvJP2cm0kY&#10;5HUILDJo4v53qaRI3ochwJIBFa/+eg2P2FNyWjSDSgk342Rgryki4UDAd8/j8z5k/Ucw9L2l/3iw&#10;e4bX3thFrdlAoVYfS2Sy/+4klfm5s2weF/kiStW6hDbGY2NYXZzDOFvX0jHaXF+UFqlypY6d3WNZ&#10;PV1fWcD21oYA0Yt0BpMEXljLkSlWUSzXiIREsMXOPMkMjhNpTE+Oo1hrIJHOY2FuGtOsASECUqty&#10;LoUhbVycnM76iToBfrbuTaVzEnbIrVgR+mlWS0hfpKWCEgwFRCfSrFaRzea4zV0qF1wJKeUy6PZb&#10;QkZYH9QhIsDCa7/HcXeyVO4BgTFuHeOWKTAZaXXF4nliIo58Nkv7VqH5ZKHN4Xg05xjcjcWmpALH&#10;q8JxIh2NSoXmnY3J6VlUSyUhNwvziyhmM0KUpug5vHrMwHF6ZhbJxAnG4xMYH4tKeKFkjRiXQS4T&#10;kAhdGy2ev7ZKVlchcgpAyqq1JiPKuUu3HvbVSjdcIJf/27kOdTydnDNp7YJOwoaHjnfjcUDicCLL&#10;1qBaudg57+e8R98egvpvpQjSqDIBYbF+byB7t10+WEOo7nGlfZiamGihumgpdM6F8xzDxTzgWPLC&#10;6Sa7tHX7EULxpM+jWqWMb/pZ3enow3BGRzwPF3myB/sg2SGm+qzpngHfh/4C/tLP/zzKRFjzNJ+5&#10;ZUwZEqjFl74mHw7JlH8Nh3wBL738kpBmqZo5rXFaYyJtXtoXWBFXpReSyhldQw26Pk+JjBcTp/B1&#10;1XuwQ1ktX8DO6/d/3rJhjO5yIwIyGqMxGqPxrhqc1ZFOZz9MoCdguNb1lEjXR0TAA5OrD+EwwpF3&#10;1gLVarQlN4GF5nzfZJDZ1W0mqlUkgFAwIuSDNSXct8xe+JL+zPvAjj6sPwmFOeX5swRCbXZg+l5q&#10;v2IA0mh3MTEZ5WM4lstm/+9CofhTFQL6mVxBAgJPzjPIFaqsXyYAHMHS4izi4xFCmB3MTcfE3YoT&#10;7e/uHKBQLGNtPo7b1zYFXCXOU2JnvLk6j0y5TuergcW5OJbmZrG7d4TzdBYz01PYOzpHgUjD8uK8&#10;CLFPT88FzB2fpFCpNIj8jAtJyGUuaF9KRG7yNE+CCIfGJHjtIplAvlRGJOgTS16TzjFXRniFP8zh&#10;goEwKuWytI6wxiTIyeTiitYTItyhY+Dntj0B9jbNlRZi0TEBZLVKWdr6ZmemcHJ0LACUiZCsDlvK&#10;6Sg2ESOCVBFSzGnoxVIRnCUTpeOUz2fho88UJHLBmQwRepzzP7LZC0QnJ6RFMJVKYGltHY1yRdoJ&#10;B6DacII66Xc6/pPRSbTpfQztnMQtWIZt6zYsBbYtjZQtLVqXUD4hKNagAiIVDs4P6fc1CFVERla+&#10;uQpkqnX7Wr3+RAJiGOZlZK2LCYZ+r0vP/RbnaJPOm69jiU7FgUTqG8SDYX3hSY1UDqg3NREaNmcN&#10;hOlwWpaG2gx3IKAjCH/c/8p4JO38Mlmxn0A/VFXEdqWtO4J2pVVz9kYJ5IcuWUwO2l0D+Sub+Pjf&#10;/XnUyiUUiLwq7Y9KNLd0qrnVH7qcWXAFJ9I8YKfAjY11zM3OuLI+htnsw2paXzuYGQOiyQypQ39r&#10;zMzgjLZTPEuA68TtLlf3ajh6uPcXshf5Hxzd6UYEZDRGYzRG41018px+Xi1/1OtVmQoK82hwZPeF&#10;OASDAXh8yjXobbqv5MZYIsCqlbboEgjt9dqS+8FVDMesU/I/2PWFACb/cE80ZzcMrDnpuf6g3/b7&#10;vF9iEhSifTC/B+x3GZgenV7gj1/dRaPZwtzM1PjN7Sv//vvf/9LHX7x9A2tEBBbnZzBFALlHx5eF&#10;3oenKVSJ9I3HxrCxtojp6QkCQgVp8bi5vYmVxTnJ7jjLFDEZCxEJ2ZDqwe5BQgDP0tw0znNl1Bot&#10;XNlYJFIRw523HqJOIDcYDOHNewdiiTsZjwuoSl0kRSdxdJzAWISI6VhMVmOLuawECzI4Y5E5t+6V&#10;6W+ZdA5hIhecyu7zmcgSWWGns3BImQxwxYMJCFe86HzLfssKs4fbr1q0HT8CXo9UMbpEAjixnYFh&#10;ikhDdCyIKD2+v78rtqb1Uglhr1+2yUJzbturlAtEoCMsn0ClWJQ2Kw8dZ963mfk5tJp1FAt5zK+t&#10;oVUto1rOY3l9U8Bko97E5tUbSCZOxQWLSbUBl6aCHdy8XngCISJkRWnRkjlumENps61br2xbi9e1&#10;voOhpA6YcwCzYwOrwOlQB+KAUlOVDASMPj6cFixzuH9O+5AxDLLzfpuQCwv1fUQWRatgmBqsG66c&#10;ceNSSKA9gPbuBA5X3UKeZLqoijEISrThthcGhvGRjxIL+zHSociE/pthXCJGgyUX2xgmnw8yUyD5&#10;Hu6tDl24OEjVwJkviPf9jZ+VKtxFmsi5x9SFDSdLRLXTqZBJvRe2roKwIYGthPlBIue3n7klmTCq&#10;CqJS1m2XxF4RVnuY6i7f0WqO9FhbQtfFWb2CyllSLFpbzSYqmbSxe3fn74zudCMCMhqjMRqj8a4a&#10;mWx23ur3vs8U8blakTREwGuJqJaBmy8QEvKg+xH+ZABNN0LWA7D2gPMn/HSD7nRUn7i4xfh8Kqeh&#10;1SAQ2hYHIL4x9zhITlqdTUFIRD74uSkCoV/zeryq7ea7fLTpGHz+y6/js3/wDdx58wEe7B1N7J+e&#10;/b8X2fyPMvlaJiKxvbGOxelJzIxHsbm8gOXlRTktbJebIDLiDwVxZX0Zm2uraBKhK1cqWFqYxtW1&#10;FckGuciXRdfxzLV1Adc7+ydyvuOxKPZO0+gQMeBEdG5HuvPGPamCFel1J4kLxCeikhxeZXvfekNy&#10;QprtDiLhgBCRRrWAi2QKDSIJY0wMxiZEc5HNpgX4RZiA+INS8WgRQQiHfPLaXrcjfe2sC+GVfjFB&#10;0EYHrWZDLKC5GlEslGARMFtaXJCq2RGRjivra1IJYTLCfkgsKme3tGq1gvjMvKwul8tFxOmYNRtV&#10;1IlszC0sEckoo077sDC/jGwqKa1BywuLyJwnOFQDy0vLSND2JyamEI1GkEkmpD0M2vCJz4cT6OcP&#10;BNAhIN4US184ER7DAEAtVhdybQ8bnxwibttDWbP8zSlPOIJynYquHL8sycaR8M5Hyb/831DM7SBm&#10;h4i4Abn9Lc5Vzldp0vUd7g0dpNg62xoEClpw/mtYFTEGrVcM9y1pzVL/4pEoQftSurlxCfy7tR5u&#10;cfpjZAOXW7QcAohH2rEc0nTJGctW1Q+HtLgw/4AMNjo2Qu95ES9+8IMiODe0fbBU4HT1ShFOfcys&#10;/qCdztItdc6553m6fX0bMbbWNYbfpWq6OJ/CUpU33ZYH22nhU9WtBj3WmI7hPJdBh65zPrKteg37&#10;b9z/yVq1eWV0txsRkNEYjdEYjXfNans6lfmQ6THisvKo767OTZhBHq9PRiIhAV+8ev32wET1HxcL&#10;RclrkJaYbk/IjY/DB/VqLvfos3e99Md3O6rFgC06uXXF65XVa58/8FUiPkX/90j6+Zt3D3B/51Cy&#10;IWqtdixxfvGbp+cXH01mC8iV6qg1idj5TRGRz0yNw+j3MBUL48bWumRwpDNF3H9wKABnc30e17fW&#10;0Kg1RAgeiQSJhCxJW1e2WMU4EYTrm6vIZAq4e/9AEUwadx8eS6sUi9SZjBwen0hIIBMV3q9IZFxC&#10;0ooFNhio4CKTx1gojFA4Ku5F+UwK+XwJ0XBY5o2Q3IsLIZrjY0xUQugQEeDqToDISJjOq/S505ST&#10;6gfNgxABen5Prr5xVWx+bo7mhA/nZwlMxMcxNz+HTCqNXDaJ27dvSDAf52Y0a1XRC7Ro/nX6HUzN&#10;TKFM+8lgjx2tCrkct/QhOj6ONBGKIO3jGLdcpRKYmp0TY4RkIoFZIiWGZSCdTmLzxnUULlJyLbBW&#10;yeNUEgxTSBLrOMbGxtBtVJSwWAvTZeV66DKriL2uhNi2K/3PISdO9DY/ZHHQnalbm7Szle0SRXtM&#10;Im+hx+aPIyqXwozn0ZV7p2Xs2zNX2fK1XavDIyJ0BxA5ZENVOEydFWQPLG49LoNhN9VwggtNRVRs&#10;Ly7TqOH/XwpWxBPseh8hIkM5ybB6Avuy+sXdunVJA+IcS2BQiTGdfaeNp4NB3PrkJ2h+dVCtVdRn&#10;UExHznNfJ9oPKiJQCzu27TIdZv7QV+5o4zS3t65eFUte56hxNcvvDylC21caEOe729ILNpZDUOl1&#10;Ha8HlYkxqdhZdO3wnMyenUUOdvZ/dnTHGxGQ0RiN0RiNd8WoSPp54SNe0XkMmyP4psfganw8Jm0n&#10;rL3wmsY7+sKr1ptS8eBVaXH5Edcsj8o5cPIIbGUNKskAOgOBwabjvuUjkEjkg1tqPqME7H7RAXw3&#10;D9ZxsHvVeGyc25NiyfTFb1Sr1Y+yziKVzuMwkZKcD9ZqcMViZnYSy8sL4tZUrdexOD+JG9vrRBQ9&#10;uLt7hFKlhqXZOG7S31jcf57Kyqr9EhGVar2DTKGC2ekoNtaWiaAkxcGK20iyuSKOTs8JsE9gMhaT&#10;SkexXBJb2tOzFKJjIRGYMwCtFvKS4cE5G9FwSNKd65UCmxpIavoYkZ4QgbRSMYdmpyPkYzwSkZY8&#10;i0gnC9NNJqV0aj0Bj7Q3tQk0jUUj4qRVKpZED7K+sU7v30bi5FAAWjQ6iTuv38HMZIy2EcZbb90j&#10;0uKXfI8g7UuxWMTkxDSCNHcLuTRi8TiRJgPFfA7zC0votVvI59TvlUoJtVoNm1vXkCWiUSfSvL5+&#10;BcmTYwL6PqysbCBxdESfJzAI9JNKoa7SMPAbI0JTpn1lcuKs0nOlSECndsQyXBUIJVwfEpFBC5az&#10;ys6Be4ZTO7D0aw2x4+VWyXU676EnmEEMxMrOdabF7HABdY/xp08+dw+2fG5Xa/CJumZIJ3RmuKYW&#10;3Ajkk/Rzzm3mf22Xl5STWgIXcdEyefVdZJuuWtHjVrzGpSrJZYLypAY1cxDI6KZm6l2lOmsM7Yvd&#10;9Ri345alKJIstJhXtnD9pfcgm0nrHBdlIiD0s68tdV36HsMeKv/5VxGo245WRFVGbj5zi66ZsJTZ&#10;VPueJTbUht43VTWxJOfGmTPKqUvtOW+zRd+XOb+N7OkxM0U0iJjvvvHgr9A+jyx5RwRkNEZjNEbj&#10;z39kctlot9P+kEf60G0BTdAuWEG6CXLbS3xiQkAC99e/E9DSk0TzliRJ8z3RI9aRytnH1j3syplH&#10;3Uj7nP3RbKkWLK6C0C4w+SDS0fD7fV9h1yHOkfhuHa12D/f3zvDVVx7QHcWLa1fXo8/cuPrv3vvC&#10;rR+7cf0q1lfmsbK0iCgB8kqljn0iB4mLgjjsTM9OSLtVkMB+qViRJPQb2xsSKHhEhIVJxmQsjGe2&#10;1lElQrJ/lECXjvEst2lkSkjlKlhdniHyMouHe4c4P08iTmD94d6ptG9FiWjYtgdZIi+c4XF2diEQ&#10;KEIkhM9Js8ai8xRqjQYmxsMiSLetNhGmFIEiA7HxiJCOOhGDeqMlIna2zO331AowO6p1pdXPS9uM&#10;EQHro1wuY3FxjkBYCKenJ0SKYkQINnBydCL5He9933vls955/et4+b0v42vfeF0afTjQzyYA1yVC&#10;VqvXsLC0LC5XlWoFM3MLqBTKAh7nZmZwcX5GE9OD2ZlpXJydIRqbImI0jtPDPcSnZqQycnx6gKvX&#10;bqBRraJBpIRbFJlwMCHmf8WO1zSlosIEu1mtD9rGTNeFYprDxAqnd9/QYqvBarhDUIyh+FlVM7Q7&#10;lDB3fl91zTAZ43T5Jw3btX1TLyS4tSAOUfmWBej1Jjz1FvycUQIne8TQOg3jESXGUBtiShXEo0mJ&#10;z1URcUiL5SIyl4nFk9rHbBfZcLeYOQ5llkbpTruT2454uA1bJaQPGr6Mx/JGhLy4XLhqNL8X3v9e&#10;qSxyToypKxFiKOC0eg00P8O2LnE+66lQSX6MHeq4SsGLNu12F/NL81ikucsnSQnY4XLDcqycMSDB&#10;PB/U35SQXxEbug7Go0iXS2hlsvSeXZwfHV9PnWV+ZHTXGxGQ0RiN0RiNP/dxkbx4gW6RV9zLcgxW&#10;eCW3y/aaBAwNj1fA1pN6zh8d7W5PbFrr9SoBzZBkLPB2xBaUVw5Nr4TJmcqSRwFGAo6cDNyXlGLl&#10;gOULBln8vGOY3h2f34dgwPtdefwbjQ5+/4uv4UtfeR13H+xjZ/8oeHh89m/KldonWfewub6EVQIk&#10;E2NBLM5M4hqRi5mpCWTzBTzYP1X2udMTRDpWMU5gP32RkXa25YVpbC4volBuSHAgtz5du7IsTli7&#10;B6dyrKcI2O8cJlAkUrOysoRYdBxvvfUQVQLcTG74edxCxdkcnOBdKhXouVWks3nEiJiMRyM0T2xU&#10;83mkc0V5/wiRC6/plxDCOutAiDQFwhERj7NtbIAIiJ/APa/eMsnlbBcWi/PzuPedxeIM9reuXpP8&#10;meODXTz//PNCWl579Ru4un2Ffq7ji3/wBcSIWHX6Nh7s7ImOpFEpiY1pmgDXxPQsIoEQzW8WqccQ&#10;pvnEdsCLi8vyWfLpNBGURam2FImkbN24hWwygVKliI0rW0idnQrg37y6RaRkX9oPDY8C84xU+fpg&#10;m14+TsHwuGhpuIXG1iJwN8R1yIX7Xwf2ShXQ9AxJiZsWGKqSwO/Lx4ndzLhFzPT46UU+zC/MP3FO&#10;GboPS23Pcv9Rqh8mvj2erA26xvscRNjjQ2IOzHcV1fDykoWrBcotFh/KqhVVUfqPYXa6V7tjOba9&#10;Tl6Ii2Dh8XDBb2a/a7o+/2XgdpkkSQyk7VRPnJavIRFxurYkqNAyUad5dfX970GtUpLwyUGFyzIe&#10;O/fWgABBuWHZKsRSVcE0EeV3tXrw0vm+vrUl9tYYGBQYwxY917YdUbuh7Z7d9s/cxNWMh3GeOIPZ&#10;aqOcz+Jo7/BvAiNL3hEBGY3RGI3R+HMcTQK/uVz+Rz0e3dOuven5965ui/J5PXLD5BXed9I73u32&#10;JZk6lUohQz9ub30OH+Sbo2q76qtVOs5NkMqHzjugRxlksU0qkZ7P+XyePq+SczvPd+N468EhdvcO&#10;BU0VKlXvQeL8Xx4n0z+VyhdRrjbFIjkWj2BlaUbyPWB1RYj+zPUrBKpD2DtIiAMWVypuXVvHHJEU&#10;Th5nF7JxAuhry3OoN7tCQiZiEWyvr9C5yRDZOQATO3adevPengC0BQK0kUhYqg4MuM+IzJSJcLDl&#10;Led61AicMzlIJLNCSjgThqsWtWoJqeSFJIEzKWESwnakNQLl4/EY7f+EtA51eh0iI0GZDQybuMrA&#10;wWu1chHzc7MIEzk5I7DEds9Xt6/h+OhY8kU+8H0fxP7+Ic5pvz7+8U/g5PgMb73xGtavXMEf/tHX&#10;pU2QW4EMIiONRoOOWQcb6xsSjlgn0rO8so5iISPEYW5+AUl6Dw4YmZqcQvIsgdmFBXHKOjh4gBl6&#10;nE0SzhOHePb5F1Ai0NZpNkUc7xVLaQWXFSmQmYzoxLgI2s2BNkSDf+OybewQ9iokKkBX6wSGImfH&#10;qcpU14MGn6YmP7wYYNkmJqYmiUCOPzaf+g7KxWA9YQCyvYbWMRiXW4r+1N8fdMzRasDHKejGkBI4&#10;hMG6pO0w4PaYcvtkQddPhsJynh+mzgtxkw53MxaARyTqlv4xXY9IJQJuZzFcIkKPZopcIg6ut3Fa&#10;1ry6DYqzd/oLy1gmMlwsFERwroiEPWi5k4oIkwwWmztBhLY1sPFl8mBqkujktPAbcRvm0uoKJuKT&#10;NO8CUh3pa+c0yx6GVrr3c1hh0XOPzgnn23SJeGf7RLJTSXjoGjx+ePDhVqtzbXT3GxGQ0RiN0RiN&#10;P7eRzeV99Xr9h0zDM0gk5+wNvgtyC1QkHJEyf4jAp9jwvgMCwj37bN3K4JjtWxmkcZK15IkYOlTO&#10;UtCCb8iQMC2LbrI2kRcWn3vgCwURpB9/wPdZFv2G6ffvRvtdXj3P5kt0fEwBzslU6v+oVGs/m8sX&#10;kEgkcXSWQpoeb7R6cjxWVuYxMT6GRrWCsaCPSMgGrm6uIEdk5d7+sRzfaxsLWF+exzmRhHS2RGSO&#10;iMXMBEo1IoX5MgH9uGg+Tk6TePPuA0wSQajWmtjdPyLyEMLYeJQAeECH8nnEujcaCRDBGSPSEZKc&#10;i2w2iyrtLwcZckilyUnoF2m0ezbikzHRb3BVo1wqCUmZIILAJgTs4OSn84t+G4zd4xxKSHMln8/j&#10;6tWrBLw62H24g+vP3BRC9co3vobnXngBkxNT+OLnPoeX3/cezM8v4TOf+h2aG1587ZXXpTLH6+wd&#10;IhrslHZ+kSRisgm725b9fObZFxCg52QzOalmlAt55OlnY+MqqpUSWt0utq9dx8neAzQI+G1sbuHs&#10;+ACxqRkszC0icXSo0thNVbUzdOsVt2ExqPT7g7A534bezzQNncNh6PwbTTiMYRCggN5Bq5UhLY6s&#10;v3IWt6UwqC18DW23a+iWSEMqRh4B9nOzs5Kt882Go7VSznZDK1vAnfT9rY1quQKz04MHTs4JdDvV&#10;EM6bl2B9XxOTofntUIo9rGHYg/9ZrkqSMUhXH2ZoOAqZx5f0nUqGO+HcAi7ZHdtPIh/G8HmWI0o3&#10;1OdwqhZMQJv9LiZvbNM1M4Z6rSbPV0GDGFQ6emK7q/JgLG08oAIErQGBUK+xxJKaXeE4vLVA5J1P&#10;EOuvLMt2uaZpuuYiH4qM2DorxRxUQmx9rJjgduk6PT0/gUXXbCVfDJ8nMn9ldPf77hje0SEYjdEY&#10;jadxXKTSmwQKX4QZGPSIC9Bi0TmBm0AohBgBVHYmMj1vD1m4l5mFz20OayPEEwgEUJOVYQZCPpV3&#10;YCurX1kl5LarTktahnq9rnJzIcBs+AxOTT/3+jyveySo7rvL/Yqtdo8TBOJrdc74wOTkBJGF3P8S&#10;CIf+LoMcn9cvidq1RhPnqQyafDzXl7CyMIv1tRgqlSpyuYIAo+WlBSzNTiJTKOLB4RmurS1iZX4S&#10;XjrWBydJaX9bXpjDzEQMD48T6BLZW1qcQ46I4t0HewJWeB8e7h0hSCSRNRvFYlmSyjmzI1vsiZ4k&#10;Ph4WUlCm9612C0hl8rixuYxYNCzVg2Ixi0q5iumpOGITkyKqZc1JIBCScEGPYSnXMwJJ1WoNMSI0&#10;40R29u4/EGB37cZNnJ+e0nYK+ORPfgIHDx+Ke9qP/+RP4JWvfI0IsYmPfuxj+IPP/D6Oj/eRp+cZ&#10;vhCmifDUshdEbAwkUudEgFjLMYYK7f8Ubb9H20hnU5hbXELAG8DJ2SGuXr+JEM3vnaMDbN28jXKx&#10;iNPEMa5cu4EmESy2HH7/hz6Mg737YsMqLVKD5HNbYDRfDo12C9H4BOqlsgB8y1CNRLZuqxE8q0Qb&#10;A9DoVEkcsMvZENxqI+020KGFHlX9GFhi8+u8HhVAxx1gtM2tK092VLVd72m4xOceDLuQvl1UvkZz&#10;KMj22o49rN4DY5DQ4VQZDLiawQY1EefZEGphXNJbDPdcliq0MmQYNQj9mfquz+2ufPA6R89ltyuP&#10;afGE4xRm2487ajnbteBuw1JPckgIN4i16RpdfPaWEIhGsynnta8rGY7tMhMDx/3KcpLpDUPrTGz0&#10;un1xC2RSw0YMbHnupWvQT88Zi0QFXLY7DWlbHZxbzS6Hc8whf0r74RDggRBfktIDKNCDmfNTzG1v&#10;Y+/uw7+8vrn0v3o8RnN0F3y6x6gCMhqjMRpP3egREM1kch81TdPvRA6YGvD46EbIK9bsRMV3NR+R&#10;B987KH802z0BaMV8XlbE2QVLKW3VSp3P9OmVXbaT7MlKIK/8MUjmQD3OPjC9Xunj93m9r3g9vlxA&#10;9B/fPQSk0eri8394B1/40jfw+lu7uL9/glQ69/cDAf//uLW5gvXlOQLQAUzHorh9cwvbV9blEB4c&#10;JnB0mhQAtLqygCv0XHa/yhDQjtDztzaWMTURx+lFngBRBwuzcWwsz+OQSMjuUULg22RsHA/3jwm8&#10;l4m4zGOeiMUOAX2uoHA2xy7tCwPzSDAgmptCUQnPuQrCBIRXe4NhDvir4Ow8JUB5cmJcWqZajTqR&#10;lrzY204QAZGMBAL/DJpZv8CAiZ19WNeRz+ewuLQilZb9h3tY31wjIjGJO1//Bm4+cwMTMfr9tTv4&#10;0A/9EPIXWRyfnggRufONV/GpT/02EmdnooOYIeJWp22ZhPxzREj6NLeWF1dRJjLmJdA1SdvhapGf&#10;3neKtl/NZxGPxrjHBSdHh5glUhKh5x3tPsDS6oa87+HhPq49+xyRioK0f/F8dPTbjsMUaz9UhoOS&#10;XHOGiWEMe/Wd35UblT1I8DZdgYOD1XbLaXvUYJWtfW0lvzb1+7FAn3+c9iVuk9u6uvFN55gTRHiJ&#10;mAyu8W/jXCbiFez1dd+XOcj3cINl00VGjIGBrTWA+IYrM2RIA/oYNl0xU3DyQx53oxoSrMe3Isf8&#10;m5A02EOXK/sJYG4omHda5tTfvKpEhV4ohiUirG2a947mwlAsZUAOTDEQsAetXrbO9OCKR6Peksyj&#10;QIiJ+BQi0Ti8gTF4fEEi7RGcH51gZ3dnQEJl/0xTZ9CYusJmCDkZfKfaTs3I1qSnL6SLFwMwEcXJ&#10;+TGadA2c7u7eyGYK3z+6C44IyGiMxmiMxp/5KJeqqJRLH+P2KGUXag5aIbg6MUZglcPVorE4EQLP&#10;O/qiY1tOXq33EIFh21dZiev3oTQmpnJrgUr/FVcai92yeuJvz45EXP3g1/oDYXZH+jQTIc6C8H4X&#10;2e8+3GNgcSAhi+VaDafJ1C8kM/l/mClUUaPjx/a2i4uziMXG0Gw0JOX7+We2sLm+gnKljrs7ByiV&#10;q1hbmsHt65sCdo6JIPDxXJyJYX52Esl8GZV6E0sLk/S8BRwcnOLB7rG4SnG2yt2dPSGgc3Mz0t50&#10;eHgsQJcF7ReZHCbjY3T+x8QkoMMVBCKTzU4XM1NxjI+NiVYol8nSe3QwOztLc2RChN05Ip4+IhUx&#10;mjt8xjrtphLDtrsiNGaHrCqB1gqRhRs3b6CUy+P8PIEPft/34/zgCIVSDh/84Afx5iuvYFWcvfzY&#10;232ID/3wh3H39Tfwr/7l/0mf9ZSOnarM1fIFmD1bHLjK9HmvrG+imsuiWCnCQwSqUq+i3u+Ko1C5&#10;mJd2pCl6XZ1ISSgaJQI2i+xZAsFgBNMT0zjc38fM8goRqgByqaTY7rKU2jQda11Dr64bErQ4TmSm&#10;127rJHMlojbdGhCnFuCEAOrUdEO3U/FrmFg4LlmGRrrutiQunAQ5D4euBUf4Pj83j/XVxSfOL4/h&#10;qh9oAO41HCH2tx4+OAD/tF/NMpE7IsGwrYHEfFjBeNQHyxikbNgDAiLeZbq2YQ2Ix1Bkbg9aifAI&#10;IXBlg2viMWzkcovTByGETt4KnPaqy2RmaG87DCM03Z9AJ473bUUw+vEoZojEVysVaccTYgDtcGU4&#10;YnbtdCbtVyqtnPVxzW5HjBksIlbFUh0X6SzS9MOtgQU6plki3b/1738TjU5LZYTAGqSpy/Z6OtxQ&#10;B74MnNc8pit93dIW0JZoUHpEVOr09OOdB2gVS8bR7v5fH90FRwRkNEZjNEbjz3wkU5mFTrf9Po+p&#10;JaE63IyFyc4SoQrataUF6+0BiS15HgxEObk6GAzKjY/1DUxATEfIqZvd+62u2Kb2uQ2BfnqyWmfB&#10;R8A8GA61vF7fFzntOcTZC99F4/DgRFqWmISlkqmfSCaT/3z/6Mg8ODlBKlNAudoSgDQ3N4nF+Sk6&#10;hh1xkNpYW8ALz11DNBLGw4NjHJ+lESdy8uz2OgJePw6OzojAdDEe9mOOiMJZpiSp5xur81hcmJGM&#10;j529PSIX40QU+9jbP5JU8vHxuDhQsRibz/P+YUKMByYiY/R4lMhDU9rozlJETGi7rPlgfVC9VibQ&#10;lJeWp+npaTmvJSIWDJIiRFx9pqHXxA3UahWEx8KIT8SRPD2W1rxrW9fw8K03Mb+4gNnpOdx94028&#10;5wMfQC6ZEZLE1Yh0Koubt27js//50/jf/+k/RiqdlDDBiYkJtInIsKiWSUaunMfW2gZqRGDOL84R&#10;p33kQEImCUuLK8imUrQPDXhpbuWJnPSJiCwsLKCUzUrbyyx9hkwyiRAdh+XFZWRPTgXwD1eWh25K&#10;rDMRkk3HivVMVtfSYXEq+M/QZF5IvVhNewZWuEJetIXvYEUbGFhSO8TFNGzR3/A1yOGbPjpe3Oqj&#10;8lIMcQjjatQTr0P7cjgfc3fTcOeLf3sGWzS3iLD6eyx2MC5lnACX3aswIAJ9QGeG2DojHS4yYujH&#10;HAn7sFlpmCTuzvkwYDyu/XjkXwekubND4BKYG3DnfQxzkBxg1x+IvBXx5EoV8wBzdgaxyUmp8sF0&#10;cl2cYEFDVXfpu9ByNBoWpK1SPqFl4iyR4hZYCeNkpys2cOBqRtj04cuf/TQuaG5yJVhID7tbsVau&#10;r2zKB8GVcLQgGFhEQ7dfyWuc82ArgmbF4zhJnKBXqeJkZ//HOt3ewuhOOCIgozEaozEaf2aDb17p&#10;VOp9BHxmJZuD2AGvnjEo7nQ7BK5M1a9PN06P03v+NqPV7qJSq6FQKMgqX9/q0rZaunXB1AFoqj/e&#10;kvarrqzksW6ka/dV/zzdcL0BP1c/7tIN+cBHvwdD/qf/eNNPsdzEyXkOGxvruLK5xkzsA2tLy//m&#10;xtZ2cGNtTfQJZwRIdomgpHJlOh5MQqZwZW1FcFEmnZOKwO3rG9JulS1UsJ9Iw+szcOPKsiSHc3Ul&#10;V2kKaI2PR/GASEm2UML6+jJmiCQ8eHhIACSJ2dkJJAjoF+ix+FhEQgRbzZpY4NbqDSRSGamkxGJR&#10;0Rv02g0cn5zDpH2cnpmh9yJy2WoifXEh5gKcpcHhh5VSUXrOWVTNWIxzZLiFq5DPYmllkT6jB3s7&#10;93Hj1k30iKReEDF44aWXsH/3PpZWl+G3DQFZ42PjqBaraBK4+xf//J/h13/tX4srG4cGTo5FYROZ&#10;MOm/s6U8yo0KNlfWxCI4lU1hZXkZBmG0VquNhfl5IjQpOgZZTBL5qZRKUmlbWlxCIXPBqE2cuFhT&#10;Y9KxXVtbR+78DArHaahrqGYcnrt8jfStHur02WMstCdACUdorsGfaptiAuIREmHqSgcfR24ndFcn&#10;nH+FtJgenayOgYOWWO9yOyTrRNjolg0ZwlG8/NLtb0o+LBsDs4iBhNv49uR+uEeDrvVeuYoAlwRM&#10;eyAKH8J54xHFhkMuHAIy8Kminx5so68oidGD2/NKtaapCPnLOSD24DO6rzM3AXG3Y9m2/RgxAYaC&#10;dgfM2a6/GY+83+CT0DyNElHlKgYTMSeRnAd/n7HwW5x4ddWXGQDPX95AlY7ZWeJcni9Bq/QdJ9+x&#10;dILYBe7BG6/jjQdv0rwM6iqHrSs3ttataOKh27l44caCY3xmqMUeMRUxdPChOvHsQNehyVnutHFx&#10;cohSujBzfpYeZYI85WMkQh+N0RiNp2qw6xERhU9IrodTmfA4/dZKBO3xM9ic0iu69tuunTLpYFAS&#10;JCDM2R/sDMQ3Va/pUyvHXl7569M92ataGzj5nMCpsqU05O+8qhwIcg904Ms+v68TZDLi8zzVx5oB&#10;4et3D/HgwaGAdBZ20zG6tra6/Bv1enOSfmS1fJ4IAq8PV6p1JM6SUvV45sYVLC/MIk5EIHmRRYoI&#10;ylUiH6uLc5idnkS+UBVSszI/hWubi7i3d4579/exsb4k7U7ccvUW/fe1rQ2srS7S84vifHV9e0uq&#10;Hjt7R3jhGfo9HEA0PIZ0JoXI+IQEHa4szmCOiEoml6Fz20CWADtngCwuzOE0Ponk2SkytD8sauf8&#10;kAAB5SaRCu5vZ1ezPhHMGIF+dkoqEDF44X3vR54+V4s+13uufxAP793D5vZV1HNFccpigF+kz1gg&#10;EsNOVvuH+3iw8wDtTovm4bRoRAIE0ntEkNhdqFwt0RwNYiU2jwwRoR5Nz/XFdckaseh5U7EJnJ6c&#10;oEfk9ur6FZmbXFGLx6dwerCPereNVSIrxUIeNp2X1dU1FJIpMb/luSg2uLZKIzd1Hgf/r0xEZzI+&#10;IUFytqUC4EzDo9f3bW20YEoeg9OCM8jl4MesHpTVrhM+OECPmniY6nrQQYIc6umna4KrK3y9rq6u&#10;4uaN7SfONafiwf9yYcLLepXvkHlcleaCXScCIuRBJZbbj/hKGVqQrpQJerV+UAWR+oJuiXLInvMp&#10;LvtaWQMj3+FfTTfBeoSADNLSufpwKXcFl0jIo+Lz/sA22B68h1MZcd6P/+3TNiN0XXIFjC2fL23X&#10;UM5btm7Vco4EVzAKxQpKdH0H6Lr0BrzwBX1C1vlc++n7tpLN4g+/+Hmapz49t8wBeXJsmk1XirvT&#10;SuY0ramFIm5jVa1+IkCn71xpzJLMGiIr4xEkTo+weO0GjneP/vLGxtKvj+6IIwIyGqMxGqPxZzIy&#10;mfwYEYYf8AdUdUMJVnWbA6EJ7rHn9GlTnKx8l1Kdn7jCT6+rN1viblRh4bm2m2QxreGALL1SKmCj&#10;20On1Zb8D3a/6vNqHT3HRzdeDiCkfz/N7QehYOAdJa+/m8dZMos33twRMNtt9JCvVGejY5H/JxIK&#10;rfHnG4uGpT2IV+GjRBoWF1bRaDSRyRclq4NBxI2tNUxNrCORzOP4LCXnZXoyilh4CrlSAyepApbn&#10;J3D9yhJeJSJ4561dIiHLmJmalDaptx7sYWtjVfJDykQI7r11T6xq6+2OpKUzgSkyUSgX0KxX0LM8&#10;RGyyBOhncErvVyuVUKPHT07O8f3vfxlzC/O4/8ArYvJWs41QOCTtW2xjy2CpVa8J7Jyfm8aFtDMF&#10;sLa8gp07b+Lm7dsoZHJCjvpEhHv0mr3jI+wcPEQidUbAtgyr25XVfyZe4fAcwgTO2BSh3m5I/kKH&#10;oGIwNCYVujTtQyQaQdAXoONI4C6gVo5Pzk/FUnghOkGkoYLQWEic3Y72d2ESWVpbWpHsDibas3Oz&#10;KF2kdb6HV9plHL2BpdukuJqRLWQkfdzPGqdOm64Lr1q1NxV0ZRCuevahLXcNV2q1dmPiyqK8gamA&#10;Ins86X59Z7KbDhmh8yyGDHxdsI01gdYXXngesfEnt18ZSvM+eP/vZHsGE0ujUYfBTMd2t0IZgxar&#10;oZrFEZX3BsJ95zGn6uDWjlhD1qY+i20MKiDDqobhIhCX8zzcBEMcpgZbHqaIu59rPOF11iPbUMdW&#10;vbhNf51cXJBKbpvmqnLHGpIN23Iln1tKdM7XOGusOISTc428HiIfRCiZgIjrIM2L3/3c76FAx5QX&#10;KVSKuvVIa5tqrfKYihrx+wxc1rhSpMNeeTfFKMFQlRJuGfPxXON2Lvo+z2cLNN/PkTo6/Qv1Rnsr&#10;Eg7sje6KT+cYtWCNxmiMxlM1LpLpZ230rqr2Ku1SQwwgGAhLf77cTE2xwpVAurcbfIPNE6jkTIdK&#10;pSLtW5ydYOngLVkVlJstgbu+0opA3GC60prAK75st8u9/wG/P0U35Vf59ZHw099+lTxPIxoNYXaW&#10;wHguH7i7s/dv9w5On01msmhwTzgdh+mZCalQ0AFDhYDdzGQM73n+GWyuLQuBeWtnX1ZEt9dmsbE0&#10;L/qPVKYk25+JhwkUh/HwKEUEoIPrW6uSQH+HSM95MoWlpTnki1UcnSQQJRC+MDsjwGdvd0e0KLvH&#10;J2jTeVqYnsB4dJwIAcGrfgf7B8fw0flgC9+gnwBRt4NEIiHOOgzYw+EIkZIC6kQ22CSA05s51JAr&#10;CPmLFCYnJzEdi+Fwbxc3bhHpuMgiNj0NX5+AeqmMzdk5fOgjP4gf3N7G1B/8Ebb3j/BCu49nx+LY&#10;nlnA7PgEwt4gPARw60RsG80GOpZqbfFxJYTAHxNazhJhossVOJ6rlUaFyHCdyM8CQv6gCNQ5qJAD&#10;L49PjzAej2ORHivTPoSI8PF+VgmQCeZlIwSHfPCKs25b4raWYrlI10NAWra6HUutiZvWYCXakAwQ&#10;Y2CVa5hOKKFXJ50bwsHleR6vJiIqp0PlipgDsCmr3fI8ZWXN1xNfO1NTc/jA+17+ExcCFFlSwvPv&#10;JHmvFUrwNukctCxNKRwwr2iCblxzNVO54/+GtQrn+Zf+KhWVIaB/lCA4/2W5hO7GIwdhUCkx3Dns&#10;qiJpGN9MO2JfAvvA5cBCpUUhQO8JYHx+HnZPuXhJuxN0CKFDvXTuB+9Oq91GoVQVLQ8TdbalDoX9&#10;8jtrjSLBMB68/jru0zXJ37m2IzpyfWjJ9rCdz+AKVbRc8ntnsUfvtTineVRJjBcyLJqAXCls0fuf&#10;cBUwm48kExefGN0RRwRkNEZjNEbjOz5arS4ymezHCACZqkKh7nS80spcxHHb8bMeg3vQ3wGIaba7&#10;0jbQ7vZUOrTJ/vVtISHcvmLqHnixLqUfi57X7xD54KU5Q6lkmYQwAQkGg1/1+Xw5n9/7jsTv7+bR&#10;IfA8MTWBibgC9hF/8Ffnp6Z/hB2o2FL3wf4B0rmS5IKMj49JQGCUyEO+WKRjb2PrygpeuL0lIOat&#10;hyco15qYn4nh2uYSkukcDhMZdNhhMxaWULo37h+gQ+fi2pV1jEfCeP3OXSQvLoh0zGL/8ExyOuLj&#10;EWlpYsBezGclL+T+wyNM0n5O0X4GCbQznMoV8khl81hdW8XEZFxWT7NELDi7hLUhY5EQ2q062u2m&#10;EE0W3E7Go7DovKaI+LB4vJjKiB3uLBGPTqWGyP4prP/0aWw3m3jf+1/E8pU1tN+6h2cvSvhEA/jp&#10;ag8/VzfxM/FFfPxDH8FLP/ADMGgedImoGl7VWiJZCV6/AHMG8Z1uGz2rJ73wHSIl0UhECFm304KP&#10;5m/I76PPkqU5ynkoK9LGValVMTk9g6DhQbNUEfIkOTfOSjdblxqKkDAxKJbL0jIzTmSnzyve3Jal&#10;Ha8kIJBBP0yt5TBVIKFpasG5an/h/+bridu1mIAY+jmWBS1a18DYo3542+zCxdUPLwve6Xp8/rkX&#10;sLGx/CfOOQfOf6crh5x9EiYixkRBqpyXqMIw+k/VHfryY8LUejCtCmPdhz6W3LY2oAmu/I4hG7hc&#10;5XBrNwxXk6ijrelfIkSPp5w/TmiGzzJcVsKmMZS7KxMN2nciCeMzM+i12rKgYhhOC53OFrFVgj23&#10;7zFhr1XqUkUJhQNE3IPyvegTu3GfnOMqXWuf+8JnRP8muTP63WRuGcP9VQYFjuuVrbRGvIikK81O&#10;iKKtW/lkLukATSYfMjd4AYiuj3Q+jVoug9PDo/8K31550Gj8GY5RC9ZojMZoPDUjly8Z1Vr5R/2S&#10;vmyrcr5YTPbo5uWBL+AjcDYtGQ0+Bk1vs8TCN7WLNAHhdltAKmtAOg2la+CVuhABJw/flNk60lL5&#10;H7zS3+tb8mPxmrnJbV8+cSnyeL1fYIAZDHGK+tN5X6zU2zg4PCfC0FDg1iTwGh//5evXNv92mUiA&#10;ScCjQ0CA8zcOTxKo1eu4dnVNqiCT03HksgUkkxkJZlxZmCYAP4FiqYpktiiagCkC+jcIiL758JjA&#10;dJOIy6I8J5vL4/W7O0Rc1rFK2+KWuDuv38OVK1cQicbw1s4BXrq9LSRkZnoeqfNjzM7M4jyZxvra&#10;kgQUcpZHjwCR1W5IZsiVjTUsLy9hf28HmXwexUJZqiLhkKqKMKls1ZuSA7J0+xYKqQsR4q6trCKT&#10;zmIxFkPz97+IiaMEfA8PEV2ax8LVDRicgk6fMf3Fr8iacYvni9Wl+ULAjba99YlPwk/PPTv4BL7w&#10;mU/hta99VXQxPF1ZCG73FUhjMM9zkIMIpdmnZ0kJgOd1q9EQDUA8NiG+sZw2HwqEMDUWRKfZEtAm&#10;OigXcHSir7nKwvM5Vy2KmD4cCkhwnNMqxeCSyzHCn+EZtFkJMDQ8StukAaysjBvOplXIoOkQb+ie&#10;KceKV2pIkNYcJuQGA0wiXWPjk/jYD//An9gOyQ95HoPq3/7Bn7XMlssa5jtuYXBFEQ7F5kNNhlLJ&#10;KEG5sux1MkKGK/4O3Fe6B1stUNgOBbAH5MNdIHCMfW24LXpd1Q9DVQ0M14GyHtOF6CrHIyUQ2Z49&#10;3D7/X5e+I6NEylscoir5RcNnW5ZLvm5DFgRqdH2EQmExkeBMJY9XaT889HuQvgv+03/+XeTLRSL1&#10;MfrcfaUd4SqfDZd58fAzGE6opdaJiJGIa7dlzum2Pm5llEBE05Z95X4sbudr0OOpwwMsnN58qVJt&#10;PDceDd8Z3R2fvjGqgIzGaIzGUzNSqfR12+rfMly2OGrFloAO3Z+4N59bWWRl7R0IwBmUBbwMsm25&#10;sXVaXQKkDe6vkh5lLv2zNz6vGvt4lZnIB/fzi50k3/Y9YvcjjjCBQLDn9Xk/x+8dDj6d7VfdroVX&#10;XtvBl796B7u7ynWqVKr+1Waj/SsMFEJhAr+tFvx0LG5sb+L529elhene7gH2DhPSHrV9dRVX1ldQ&#10;yBWRzuQJuJhYno1hc3kOdTq+qWxJ8kFubq8hmy/glTsPRNy6tLSIWq2FnYcHkmo+tzCLsXAYd+/e&#10;pe1C+tX3js8wPzOBiWhEhOfsXMVA796DPUxMTWNudlbnR9g4O05Imvk8EZOJiSkCUhVkCznl2EPg&#10;mOcMV7wYjHrglQrD0f4e1q9uok2kJsp5J7/+G1hhArK7i4jPRHB7HZHtq7LaW3jjHuq0rx6fR+WF&#10;sJsQAf3meBQYD0uQ5fTCPH76b/48fuG//x9w/dnnlahY97iLLaqs/rIbkG7J4b9xUBzzEL3S3GZX&#10;NgJv45FxBOn48sq1ZLJrC2rD0nas0kalHOB43pZqBYyNReizBmB1evI+BjyD1Wi22BXth7bZVeFw&#10;wzwdtX3FLVQWjuOSBR1NrsG4OF95lJhdqoVeBPzD65AB68vveRnXtjfe0Rz8TtP2DoeHEpEOOX5W&#10;hoJCCqCbg0hAJTjvDpytbF0psHUEuVOtwSP1CMuwh5klGoSLjN1Jl3cRDuCya9WAxLjblWz70rEx&#10;7MuOWg5pksqDjcconMdw5YGwSQfNCc7rabKOTWxybW2328Plso2NOpFemx3QQkH5juPrkjVE/DQm&#10;tfde/QZee+MOfS9EZG5Ylp6M/KlUP+ClRHt3kOXQIQuXnQrtYYubCNc5a0YTOT72vNTUj4RwnjhG&#10;5SLjPx+1YY0IyGiMxmiMxndyMOjPpNPfTzerCGd+eLxaAmoo4CVtLXSz6nS6SiDpefuvN16R55X3&#10;AgHhTCYrIJeToSXzQOs+GCxKQBc9xi1Y8rvVkzVSaXXxecUG1e/33fH4/Ydyo35K7XdLpQrazQa2&#10;NpelXSiRvHh/rlz51UqjadoeLyYmJ7C0OC8OOqxriEXDuH1jCzeubqBQLOLO3Yeo1hpYW5zEs9fX&#10;Ua02cHiSkuMZIKC+PDeJFpG+/VMC+JEgnrl+hZ5fw9dffQPFYgkry0tIJfNInCcRHwthdmZKXnew&#10;+1Daso5OzlFptiVjZGIiTue6Q4/buEiniVyUsXFlHdHxuICfUiGLi4uMBAvOTE+h32kTYSkoskDb&#10;YNtQziA5Pz7G6vqGMhogBDebKSD8m/8BM7/zu5hOpaXNi8XcFoGe6DPX4F+Yk7atzBe/BqNWVSRU&#10;AKqJvhmAb2UZnlBIwCBb3dYadSxvXsVf/7u/iJ/5G38HKyvrOhOhJ+1XbETaJSDYpnnL1Zce7Udf&#10;26FypkmYyE6AUT/NPyG+xtDeFK6qh2qZAp2XJhG9BsaicfhNP5GPvtzqHaIyXHp3Wo/MgXWuar3y&#10;ysozkwpeyWZXLVt+V9U+GJ5BC5a8p0c9Zuj/5pYrtmc1PapFZ2p6Bp/4sY+8rRnEn9VoENnt009I&#10;QC1TMs9ALG4Y1qCaMCAEtkqEUWJ1x5RbkUfTHv79MoEyBuJzGC7NAy47XeESiYD22Bo+6BaTu41/&#10;jSf8XbZh4NJ7DZ9jDxPRI2MI07XEVV9xSRONjymaF0XdtVaEvufYpIEtdUNsKU6EUjR3dG1xO14p&#10;k8Nv//bviPufaOJ0oKM7ZJC1JE61RhWObKUHcXMNS0vy7aH9saFrQR5dHeFKmuSV8PY4CJaur0yt&#10;hPzZGc4OTz6hKfFojAjIaIzGaIzGdwIc11Aulj7OpMDQbQn8C+s9JBHd5xHgM8YhZzpF+e1GvdGS&#10;7IhyqUQEg52tWggFgzrsy0Kv0xNAJpaiLLru9qR1p8NExZIELWlJ4vf1+XxfDnjMNqef+5/S9PMI&#10;gWy2qp2eiqNcLq8cnyb+r/u7+/Hj03MC9BXJS4mMBbG2MocYEQR2aGJ74o31RbzvxVuIj4/hwd4R&#10;Ehd5RTC2VgXI7Byei2Cf8evi7CQq9Rbu7h5hjMDNje0rkjb+6p27qNarmF+YpW2cyHmZnBjD3Nys&#10;PH6RTEoWxZ03HiAWjxOpmECASAQDIg+dqwcP9ohsxLGytiKrtK1qGaeJhADheHxCWvK6zRb6BKrq&#10;tQpmZ2fQbTSI+BRxbWsLtQc7WDtNYer3v4QZDvbjCgBngmi5cGBuBrFbN+Cl+dVJZVH42mtSFRsI&#10;eGnfumxPurIowt5BQw7NRSZKLZozN154ET/3i7+EH/nEf4mpqRlpawkSSA97/CI65/56Bnochhj2&#10;+qXNRyVIW4NMhmG/zzCRnME9r+xXW014/V6pDtld2qdOTwE9S2dROKvntgLWg7Rsw6X6ZmJiKiG5&#10;iIBN/ZhpDHQihq52qBwRR8BuShgouySZohHw0nkI4iMf/mFsri29a+Z4vVyBRSSN4bZlDEMIHYRu&#10;aHtdB74rtyv7SRRjQODUWTEHsnL7TyADbo0GHiESwxBB47Esj0dB2+U2LoewaMtbF8kZJqIrwTm3&#10;CPL3FduI876wva0s8EglxFI7ThOE5yz/Gg4GlZ5N5g8T476c70/9x99CKp+RCpfJ7Xx9a8i3tIBd&#10;CAmbL1iKiFi2fWlfnIAXS4iK5SIsau8ddy5lDzw0HOnRXGx5DSQTR0RCLl4uV+rPje6QIwIyGqMx&#10;GqPxHRnpdG620219wOO0jBjq5s93Sb7xxyYmECcAGgz4pFXgHeQPSrpvMMgOVgFZXWY9ALdlyaqc&#10;bUh7EbtdOb723JrVZftdcSJV7TQmtyWIC1bg8yy2jYSevvRz/jzZYh3pfAXlWh1dw4hsb135t8/d&#10;urmxtrQEFp7vH5/gKMHakJZ83tWVeSzMz6BUraJarSM2HsFzN69ie3MNuXIVx+dZqZRc31ySitSd&#10;+8coVJsCbpcXZpDNl3F/91CErWy7y6nyr73+llSlOMzv9bceSmhgPMokZIbIZ4GAToeJkbRira2v&#10;YnZqCp1WX0ICT46PRXC9vLJE5GKWttdG8uxcROChUJCe4xXA1SBiwpqPK1tXkDk7w/zcHHyv3cHa&#10;K6/hynkaXiIklgda92BIJoZFJCZ0dRORKxvw0PkuEFlqniak+uXkYnt9AbQI3IWJAPV7XQdCDYAh&#10;m0612y3arhcf+NCH8VM/+zdw8/kXpEogjlEeL7xOerlui4Gj89C5DPag6qHAP+9bt9+RvBHeCz5e&#10;0tJFZMew1X4Z0q6l5qvhGUbVDVbRzWHQH6+Ge011nKTCAWMgHpa2MY9nIFJ3fuR69CjxupeOjZf2&#10;gatnTECuXruJT/wXP/yumuvs1Oal+Sxp7bYOH7SHtQT1/24bXsMVVDj8cftiOea9j4rGDZdRxqNk&#10;xP039xjoPWz7UoVjSDIef81QvYJhNhKG2R7O7/zaUDymv+8saZsT3c4gE0a9L5/vbqctrXd+0RlZ&#10;stDACzBclfjCpz6Fb7z+ily7sIauWdagncuZq6Y7wv1SivvAc9nWFrx60WjgADZwYlM6HcdtTcgK&#10;59jQtZZKnaGcuvAkz1I/PrpDjgjIaIzGaIzGt32IWDx18UG6Ec0y0BEPeUP3qWunKr8/iFanIy0s&#10;78SBqt3u6parLoqFohAQP5ERvjE6lrvKO9+S9hVeieYfBshyo2Xk5lUtJwQis3Sz/iqv0Ieesvar&#10;QqmBz3z+6/jSl1+TNHJ2A6tWav9bq9P4UISOB1vf3rx+FRtrq2g2W3iwd4DTZFYyJ9bXFrG1uYpq&#10;uSHCcxbes97j1tU1IXbHybyszG+tzSMaCeHVN3ZwfJYRMLGysozD0xROCMjHxsJYXlqQldQ333hT&#10;fP9bna4QlCUiK5wdEY9NopDLi9PWgwcPCdv4sLGxJq12/V4fjVoVh4cn4vY0OzcvRCefSaPTaMFD&#10;gChAJILdrwrpNMbCUcyMxXK9VC4V/9JXMfWFP8QCEYgOfY5Os65AudRV1Iqrj94/9vwteGemaOL0&#10;cPGVP4bZrmtZsiX6D4MAUTc2gfD0lLJq1pDQEWo7ORc8n5pEGOLzc/joT/wEfvJn/ho2rl6Taguv&#10;JhvmsBrBQK6vbZ8d8bGEJUqrVofetyfkjl3EfNKm1ROSLIJuJge0PZurNCriQ2dUqDu/9ciqvGmY&#10;A+Qq4A+XiYZj1+tcbwO3LI9yweJrhkMHVRuWH7GJafzMT/9FROncvqsISL6IiDqx0l7mIHRzQDyc&#10;iMBh6nnflZL+xMR0e/iYOahhGIO/PWqcO5SkDxPMB4/p8MFvFjj4aAvX5UqIS/T9hMd5/njHouJg&#10;1W42RVs0CAqEsiSXz88kgq4p/h7ltjR+brvVFiL7x5/7Aj79md8VHZRslU05aB526V/lnGVJfoja&#10;YWd7uFRlU0nn+hjrvxtuciI9XZZ2dlNzz9ZhhnKWOCiTSFSpUkQ6cYLE0fmP0QO+0Z1yREBGYzRG&#10;YzS+raNWa3Jw3EckeVcWf+1BCxZb5gaCfiIMfWmfYgcq8x18s/EtvlGvo0ugjVdrGbDxyrWHgK3k&#10;F3DfsdxMbVlN77eaYkcrK5SsC+H+eHH7YQG67yt0s875g2yx+vSYCzJYODg4RS6TlaTxVIbTvCu/&#10;1Gy2/5twZAwTUzERQde5HWoqjpeefQZX1laQzefw1r1dlCs1SR1/9plN2d7+0ZmE7fmIiMxPjWMy&#10;PoajZA7VegvbV5YwPT2Ju3cf4uAoIcL+teUlPNg9QbFYxmQsjPn5WbH+3Nvfwww99+QsiSSRjtWV&#10;BXl/aa2jc8/aijfvP8Tq+iqWaBscCMjn6PDoSD7T9NSU5IJUyiW0WurcsZPPdDyGi9MzzEzNHN16&#10;8bm/9cGNtX8S//odIkARgAhTs1hkyzMtLjbF+YjBp391EdGb2/AR+WmlLlB49Y4AfwGnTAoYL3Er&#10;4MIUvDT/JMxNzzJLhTdouYaGhyymbbelmja1MI+P/viP4+UPfh9C0TEECbAzqWXSwOSB22V6tq5l&#10;mJ6B4xS/gYerfwwa++o92DY4wI5F9GOyKxsREyYDpgTHeXVbjALagvs85hCAmzrRQud4GLrCJ0Tf&#10;Y2r7VEVAoK1S1d894pTG78nVHCbh/mAEn/zkj+P2zavvvu8SmucBn0nXfRemZ7gYbw2IhxM2aGg6&#10;4eg+lPeVoRullKDfUeSrljbRi2hdiMBrw77UcjWsTAwdsaxHFlousQZcrn48uijzmATevvyaYb1L&#10;f0YG+mIBbUgLlqUF346wHtoYga+hnuV8v3bgMbxoVev4nf/wW/iP//k/wghq62fdfibzz9L6jIGL&#10;lmqnUkU7S0TuTBycKp5qezOU7kW3YCnHNWPYwuZiWrzP3Gor7YRcpDY86NDcziQOkT0+falca94Y&#10;3SlHBGQ0RmM0RuPbOnLZvL/eqH/U0BaYTAAc21DRgxAIC4YCArJYuPtO5K51AsW8alyplKQ1RloP&#10;bK5wdGRFXQCeR0xKlfOMVEAgYk2GqJzU62HLXU4HDgb+wEdgj1OAzaco/pxB5eREHC+/eBuLC7M4&#10;Oj378Hk684/Zgrfd7QuoXFtbFG1Ho16V/viN1QW8+NxNRMJB3N/Zx8FJEuMRP25vryIWiWDnMCkO&#10;OzxikSBmiTjsHJ3jIlsi8rIkInZ2rbrz5gME/V7MzUzh1bu7AkA4E4Tbp9qNNlKJE0zTvr362j1J&#10;/F5ZmkOUSAWTxkg4gIc7O0Rs2AL4KmKScdHGOb2mVKlKmOFYeIzOV1eAfrVUxAIRlU6tWSIi8vs/&#10;+hMf+5mX3nv7t0uvv/qTAQJT3vg4bM52qZel3cTQwmRpTfEHESHyEVxZkRTyzJ276NBn5naQvrO6&#10;6/WiR3PFu7Ks8jdcLToKi+lsC43NDAfoi1C9jQ6R59svvoyX3vteybLh1HMmON1uR8hft9uWbJCO&#10;kOCODslU14HJ+iP6vL5IiMgPXQN0Xvh3P89FXqX2q0A3W++A0ypj25bWRzt/1332hjFYFecfj7Pj&#10;hg4eNFXl0aNds3gOBUNB2ueAuHYx2Xn/Bz6In/j4R951871PQLnByfK0j2JLbJmXEs+Nx9Qf9oBk&#10;GJfUF8agkW0guB5kbphDAmAPt6IIx/C/jCeQCaciYdvGE8nGoz9uvmI6yfWwB3v6qI6ECYh/bEzZ&#10;QdvK8rbvEooP3stWgau8zW6jia//4Zfwr/7Vv8BXvvZV+U7gypru19JzRe2F0nk4YvSemmNOf58x&#10;dPRSf1f/im2vdodzPjZ/7+pioW5h08eWv/fpO573mQ0b7MgYkskkKskLz8VZ+pOjO+XTNUY5IKMx&#10;GqPxrh+pZPo9dDfaVKutnoFoVFpNPD5p/eBKBreBBN6B/W63Z6HRbOP0LIFKqSTWsp1GDTaBErm5&#10;2pp0WKbcAPudnmgUutz6wn/nfngvAS5OW/f7ukQ+vshJwZwv8TQNFp7G4mPo5Mt8e19vNdq/lqgl&#10;/YVCGUtLS6LxmJkIYmlhGk06XqVKXcDn8soCVhbmJDmeQwXv0fHcXqe/LU4hVAzi4fEFlucnMR2P&#10;Ij4WxMzUBO4+PMT66iLmWTdCJIFbuUqVGpYXFyWl+3UiIS89d0NyRRq1WZyeHkraOYOgV+/cxw+8&#10;/0UUaD93H+4hEPGiUa0QAdrFe194DiurbKG7i2I2i3wmi/nJCYT8SgjNtrW1chXLs4uv3bj1zK88&#10;+/LN3w0GA73yycWz1a/deWmMAJmXyEqrUBOnLBi2Fu5aYp3K5CT6zA34aZsWbSv7R9+AwYYEft22&#10;wmCKzn3b50d8aUXcraDdgCzJqqHn9WxXu8sQtA3aY4jZtqwOtp+5KaYHr3/96xrsm+h0elIVUoTY&#10;I+0zXNlQKeReMV/g30UrokXIErXAYuEez1sFCHt9ZR/N2xKAaSjyZHq0kJ3767UGgF2wbG2jamnL&#10;X3fYBbccObyE8z6YfJisl6Jt3LhxG3/75376XZmDw2SvW68gSISiLDodpW1QpNOEU/1wSAQwdJ1S&#10;pLTrqjoMX2HacKWGKNG6QzQ14nZRBfsx8tDXzzVxOYDQGhzvR4Xsj1c/HiUmTqOYs1dd0XZ4ERwf&#10;k8fb/Y4imEykec7a1sBG19aakJOH+/j8F34PF7k0PHSeI2NjssW+7VQ4oMwQbGNghiAEyuqrSpm2&#10;zjUHts/6KBlDtYzhVAcNLaLXhN1Nhvg733aqJ8554VbDgE++v3OpcyQOT37k2vX1fwRlJjYaIwIy&#10;GqMxGqPxrQ1O2s5mMz/k9RleXnW2bXtgh+nlvv7xcYTCYc7hkLYRzztQn3OvcyGfldYdBk9szcnN&#10;Fn1DgQAmH9JkQXdFdr+y2f1KCyv55mtJ+jR9gQY58dy36/N67zKIDgWfjjbkar2DbKGCJhMvAtW9&#10;vhWemIz/2nO3bqy2e30UiSBcZDIo1yrob65hfXkes0RC4pPjyGWLdD5ymBxfxdrSLGZnJlCgbZ0k&#10;c1iYGcf0RER0GTuHCRTiVawszWN6MoZcYRJv3tvF9pU1zM9MEnmpY+/wCKViRfQgidME7hKhuL19&#10;FXUiIbX6JJ2jPKZm5ogoJpFIrWL72hby+QK9f1rOzYMHO3ju1k3Mzs1icmISZ+dJFAt5zI1FYRD4&#10;npsh4lQsMPjZ+cEf/v6//9x7bn/WOQYXf/zKDxn5Qsg/Pw0vgfhqpUTnt6vddjzi9sP516GlBYQ2&#10;1mDS+W0cnqD42h0R1zuiY2WX60M/EkV4dhZWV1nlmpbT697XpGMIrKAzG1T7uwas9P8tAsib17al&#10;PejwYB/NbluqSSwI7omuhF7AffncUsVGC2JHrQiIod2opK2FV4d7esWZSYfYR/dVG47jVMRERfIa&#10;1GYt/S8LyN0r17buwR8kfOsf/tycVRIMhsQSmz/F6vpV/Le/+LcRHw+/K+c9O2DZNOclBI9dm/hg&#10;2H1JNXcUIJddphynMOc7x6vpQf9SUKGC+qyB6GOYS6hJpm24iAnQc76D4NJx6BUVt/bDbVV7mb64&#10;aYxx6W+OP5c9ULHYLjsuGw2rh9noGPo0N3o9RVc44E+2oXU/fO6ZjD586x4+/dlPy0eL0HesaODs&#10;oZezbTnEQhtnSSyrakFT01AnofNxsTyDT+RIjZy2L48TaKkz1OV64QUe06OrQbYiiLaqvNleC72u&#10;IjA93nrAg4vTIxTPku+tNdtXx0KBh6O75oiAjMZojMZofMujkC+Z1UrtY4YWwsJ187U0qJPWq4BP&#10;3ITebvD9rFJroNloigC911OiXW6xYjGvKcvaqufe4pVBHUbIK37cmmWzmxITnaACgb5A4HNen7cb&#10;FPefd3/7VbXWxue/9A0iBBVMTcXF+pWA7D9q1Bsf6vGqMN3o11eXBHIVCgWcnpxJv/iNaxtEHKYw&#10;OzWB8/MMkYczIhPLiEeCGF+cQrPdRTpfRqNFIGcyimubK3j1rV1c5IqyvWl6HQcPMgm5eXWDthND&#10;ozGP/YMDHLYaWFxcxuHJCcbDUWzS82l/cFpvEhhvIjYWxNdffR1/8cd/FNevb6NcyEkrUip5juRF&#10;GpNj45IL0u+3hby0my1J+F5dXKn5g95f+yt/62f+6fL60pH7OOS++Ed/1c8kktu3Gh10uQImORBe&#10;1SojiYF+hK6uCQlhsJWhfeikLuAzDVGHsOhWEmHY1nRqHIFYVIThap4yaFLgjnteTHYR0sBLYXtb&#10;VTZgaptRrpgY6PQ62Ly+JY5e7YukkKNO1xSAKHoSJhd8LfRNJTx3YChtt6tzbKy+LdqXbrup+vLl&#10;GvFIK1vQUCveXavrcitSrIQtrZ1wOLgtankvxQ1JtRrx30PekFj+imEDfc75pTX8vV/6r7G6MPOu&#10;nfslmp9+xtA9Oi89l+5hQCqcSoc9gPLWoCbhIo8CnaxBM5aKFjR12KPOUjd6A+csG/b/x96bxkh2&#10;pdlh573Y19z3PbP2Illcmuwm2c0mmz29zfTsGI1s2B7bkGVDlgVDlqEfhi3AMDwCRhpJgGyM7YEE&#10;GAbcFjTAjEaz9PTGnc21FtaaVZlZuUZGZERm7Ot7z9/33ftevMiqbnK6yWYNJi6RzKzMiBdvuRHv&#10;nPt955weNyt/lken+8nUQzKOi9BxjIT4FEWqIgBNLtHVlZjaVNjUj+1wUGQqLp9vIjh3DB0g6BId&#10;Q4T59VIJb/zwVZhhU9rqeA55Set6uzZwjxMYtDmBm/chpgVwgxndBHlVoZZqCdzHBTTpVVU/0VD5&#10;8lOUYN0R5zImJpYQPUdaIMOxOHL7GeR3MpHd7ezXT52c6xOQPgHpj/7oj/746Udmb3/JstqfCUsi&#10;rnLekdAz+reAKkPZSDJ4YsHthxMQW1aUOamZe+y517nVbCiHGGl1MaTPWBKE2wQm2wpIttvsPES/&#10;C9Hr8esGw4hEYwiFwi+H2H43/lfDfrfZbGJoMEWEoUWE4Ih1K/9JPBb5u4lUEsl0EodHZZSOSkgT&#10;oD95YlHaMbLZAj64dgedkxbOnJzDI+cWsZs9xJ3NDFZmxzFIoCZGBHBucgQbIjqvYX5mHOfOrODd&#10;i1fx+lsXMUcgfnpiDOVSFZeu3cTDp09ghPajOjWB9bU1WeEfGxrC+5euYviFZ7G0vCAhhXkiG+Pj&#10;E1i9s4nrN27h/OmTWFxaRj6fR/WogDV67sQTTxBxiUPiV+ia1UpFpJKJzuLs/O+/8PUX/6f0QKrY&#10;A0TXdx6uXLz6UILAS4i+anQsdquh+9rd5Gq67skkBs6eRnhoAHajgYO3L7N3s4QPygqsoDAC9DQX&#10;wmNjMJkENyxZmbUNH4x0VLWEN2+JANz2VsgdnRYtzj6GodtagHOPPCR/v3PnFpq1qgBGEYZzxYNJ&#10;As9HznJgMTABM65EjI2O4vyZM1hZXkSd5vittU0hi4XsPipHebEf5laWSDSKWCAubYtsvGBrD1YR&#10;ZmtrXa/aqEmOaoUxpB2G9U5C1ulvfN2m55bx9//+38XS3NSDTb5pzkSMICx63xu2Sus2joH/3lBB&#10;tTJv+uoMttTF3DxzwyMZ6lkBJfCXViLdEuejDQ6ce6oZbm3AdnpJBtBLJlygbx5LJLF8NRE3H8no&#10;eU6XzLDBBuuFHBGMK+qjQL+hdG8M8umaVsvKnINJp8w7w9cH5igTENPRFTKd22FoC2lpXTUMz83L&#10;jVgkKqPastBtwTKMrnuXIi7qZfhnZQ2st8PVloBbXVHGBzZbTRMx5zaso+IhDja3sLu+zQTkn+Ne&#10;p+L+6BOQ/uiP/uiPjz5Yo5DJZF+ku1pMpTOrm1pQMglMRUDoa5CAa5QdsLg95UO22WFrU9ouJ3az&#10;w0ujVkGEyIhoOzq+m56l2lNEKMwuS1wdCCh3Iv4elPTzcD4cDr3OTkXR6F8N+91BAv0nVhYxkB7A&#10;H/3pdx/rmMbvzs7MwiBCx8Lymelx1Gp1FIpl1KpB0X/MTI/STb6G3UxWSNuFM0tYmBoW4rG9X5Aq&#10;0uhQStoplmbG8MGtTVy5voaFuRmcOrGE9y9fw5WrN4SETIwN4wMCgpdv3hISUqtWUBsflxYs1u8M&#10;DKTw2hvv4GtfewFLS4s4OjxElUhLks7vpUuXcWJ5CZMz0xhdH5E2pZ27O+g8cgFhuibxeJLAcRBF&#10;YifnLzzyL77yi1/+3WQqUT5+DrLvXPo55A7iwYkRAZgtIiwWWnRDVC02ltAEEwna/wTtvxEOob65&#10;h+IH18BFNsuwfavaBIY4PXxyQkCSl/zM4NHUQnbpi1dBa8KRLHihbIZvddzVcPBjua3w8c8+ibHx&#10;Udy+vYbBkUnUGjUBhgY7tcUiSCRT4vg1Tq89PzeLc6cWMTk+5B3nnd1DXLxyG9t0bve3t3GU20Mu&#10;t4v8QUYIzAARLAdRCaPj94VpdTwHL0OLzlUvv2roCRDRDotDnKp8cHvY6XMP4b/5O38bM5NjD/zc&#10;L2VzSDDRIoIsbVi2a07cJSJc0zJ8rU2ml1EOdDO63UqA6zKlzo+pn2n7MkXQ8//eoTQPWoCN+4cT&#10;/qjf32Pfe0xf4m/L6mg9EruVsY5DdECGa5LgtjnxxO7Iwg5b7rp6DNci1zbgNUrJd1c/AnStcvln&#10;U7uGGWouw3a1HLa0Nxo6vFKIhhfmyJ+1enHJNYqzoQ09TJUFovUi0PbQ7BDH7WMdei80aZO57Q3s&#10;bmw9VW99Zi4WDm327559AtIf/dEf/fGTA4ZihYBv4cWw7ndXJj3qTtghIMarvrxS74ZfhT5CC1az&#10;ZUnJvlw8FA1Ih52S6g0hNCxapl/A4tU/+o9XmNFsS/VDMhgC0rQsPe+Sfh6OvRsMh/bYgSscfrA/&#10;TnmBkxPcGVAl42FUE9H08PDwv97N5oZW76yhVB7DwvyMWBCPDA8IEcjmD5ErFLCcmsPJ5RkszY9j&#10;d/cA1+9sY2VuEgOpGCLhcaxv5aStjTUhTEIW56fw7qXr+ODGqpCOlcV5XL95G1ev3iSyOIwxAs1r&#10;G3dxM7CBU4sLqNRqEma4t7eL5ZUVyWW59N5VPPHUBZoDRdy4ek1axbZ2drC2toGVhXlMcYAgXYfC&#10;wb4I5G36mh6fRNwIdc4/dva/evK5p/7NjzIkO3j5tV8PB2i+cD88tyrVq92kZf6Pc144ofz0orRf&#10;sS4iS/vf2NlDmCtuaEuVQzQVYVMsfAcnxgTEGy5g85agXfG20V3x1cnOtm7VEjBp6tRzw1Yr0jqh&#10;emZ+AWOT0xiZWkKd5mswFEU8ERMimU4nkSISmIjFEKVzkYwHfOQdktvC4DJA85oJTWB8CkNj47A7&#10;TXzwwfvI7G1LdYnF7NGwqS1T3SwHS6eg84p0SDIhWPMhq8/0t3q9jedf/Ar+1n/+H4DzYh700aH3&#10;ce2wBDpaqfIFLGaBHb06b2kCYvsyyF2C0f2do+XpjteC5PhE4S6FsV0qCf8UMJwuSeCr1NGkwSMC&#10;6G23so8RCZfW2ugVoZt+x7UeiqJbvXT1QmY3Xc8QXSsmn6ZONLdsjy57La71akXlzwQV+XQMvxWx&#10;47Xi2T7yYWjCYfiS4oUssDmBo7I7ZD9s5XLlEgqPWEjOjCbwlitUMnUWiCGLRiY92SSCJAGHhmoE&#10;Y22TFYsim82gtLs7mNnNfWFpcfr/6d89+wSkP/qjP/rjJx77+wfDjXrjuUQyqtcLVZ81C85Z78H3&#10;qjb3n6dT4qT0ozzzvZs6AavDwyPJqnAYfLCVrhmERU9qExANR0zRk3B7AfeJ882NgRiDCr4Bytpo&#10;ICAhXMFwlHBn8M+5Rzou9rsP7nnMF2vY3slLuwwfNwuXa/XWPx8cSD/CeRkN+v1BsYCbqwSy52Zx&#10;YnFW9CGDQyw6L2B7O4N4NIzxkRTGBhIolhu0zRKRuTb9Lo2TS5O4trqFty/fwjI9NxaP4sTKEt74&#10;4buymjo9OY6J8RFUCBBvbm2jUhmU390k4sOVqxPLi7Q/DdRqJbo+BcxMT+GD6zcwR9s6e/YcEcYD&#10;ZAkscxLztQ+u0estSuBgKpFEtVySFqV2s0GkaCm/ODf3O088+5kfST6KW/snKleuXYixeDoSR5O2&#10;bbcbgmlsNzqQrn+Atp2g/WKNiEPzZf+d9+EQUbIDalXW0TajFm9nII3o6LASemvAp9x8ZIqJYNtx&#10;4NnfyhesruhYI0iX/LgeQTw3WZTE10tyPtj2mcku648CqnmfgWKr3ULQCKFtcUXQJZyWtNnEI0Gk&#10;iBy3o0HUrCCIf2NweAJf/fov4A//7bewl9nDwsKCZ/9q6NRqaaPRMJqd4UwiIAxiq0T04skB/Ee/&#10;9Rv45te+9MB/hkgbGZ2nZrGCNqegNzuwiexGLFsTDktIheHJwm0PQHt6Do9odC12u21Y/oqErx3K&#10;H6vn9FYr/OTCfcD9nK2OkxJTk9fj7VpOj37Euef4A5rk2MEIIvGkaN9YJ9Sj4pAqiMliH9QbdfU8&#10;TXiUq5smXNq+VypkTKIdN2DQ9d3S9EtCHtWBy+Pc86rdtriC7HntOlql4qgqkiOkN+BZQstc1IfF&#10;C0+mzqcRokzzPEjvwcJBAaX9Peys73yzT0D6BKQ/+qM/+uOnGnt7mWdNE5OOd19XUKDZamAgPUhA&#10;KIEYB2txInnA/ND2K+64YGelOrsslQiQsCNOQK3IhdhFyzDlfige+Cy8ZLcYy5E07I4OaBOTTiYf&#10;sWg7HIm8ysQnHntwV4AZ7N5avYt337uGoeFBJJNxhMOhv9Vstn+LQSo7L6UHBzE6PiytV8XDIq7d&#10;XMeZ00s4sTSLiZEh7GcL2NjcpSOfwCQTk1RUhOHZQhEbuznMTAzj7Il5XL6xhrfevYwpIhCcL7JE&#10;wPbilWtSeWEBe6UyJPqbnc0tye2YmpzAW+9dwgtfeAZnTiyjVa9jc2cLAwODiBHhefX1N/HL3/wG&#10;Tp85hWrxkEDTLjbW15EnEpmMxTGYGEChXkGDSEgsHn/n2a++8N+eefjkq4Hgj464yr13+eed7EE8&#10;ODQsAIufy/aqpjZCVfa5AcQnx5A6tYIAkct67gj5i9ckG50D0CwN21jIbUZS6AwNIUxETqxrPcSp&#10;VnGlaie2tVbPiri2xVJiXNPoSaQTQKvbUXhVmKs/nXYd8TgRHSISymlaWeuy4J5fl93MalWDrm1A&#10;3J1K5Qo6tQridhNDhPVSowNoD6elitIiEjpM1+PJz34Of/En/04DREfyIQy9P6brqmWqFhgOpGQN&#10;1Gc+9zT+4//wb2BhduKvxGcIt1JyRaqSL8AkAhlo0Pu61kCw1dFVgG7qudtQZfoa40xfkrntkRTD&#10;Rw66jVqOwdsM+OCVat/qBg8697RUec5Ymrge/7v7CoaPzHTJRldD4bZzqb85nki8h9BwOCWBdTYh&#10;cAyXEKsgQJessBFDh8g8i8C789Snj9FzxNA7JUJzo0uOlDREtRGaiikQOabPT6jcGK6eCVmzlc6K&#10;NXyyD+Aoc91YZrgaEPeF3dbbCEJEbNpWW72f6Eltbg2k9wS/bm5rC9mtnWfa1hPDoYBZ6N9B+wSk&#10;P/qjP/rjLz1qtSYKB7mvBkMaiGkYwKuxYUl3NiWwjVuGWs02kvEPz+DoSMZBAG0W3tLNr0HgLeje&#10;8/TdXYkhbbHfDdiqasKtMdwbjWAENlc/IhwWF1qjfbkk2pPwg2u/y2CBxcF89m7e3sBRsfx4Kpn8&#10;p0ycZmYnUS5WkCNA75gOpgl0n1iYRTZXwC16LOcmPPbQSZxemkChlMJ2Ji/AY2J0UK7JxMgAkZAS&#10;rq5uYnZ6HCeW59Hp2Lh2bVVcqcbo7yeWFqSawQCC7XerFSIMw8PY2d7CDGtCRkfxg9fexC989cs4&#10;deokAecydghIDI+M4MatVdy4fQcrc7OYm53D3fU7yOX3sbe7h4l4FGw6xvqVRqly7Rd+85d+cWZx&#10;Zu/DTkf+lTe/GqLrGyYi1uZgv0ZNQJcN07P9NMIRxBbnEJuZlrT70u1V1NbvImyqEErJJKCNNQnI&#10;R2KE7jn8jwiR5Ymae1eg3RZBtQKsCEm3/x7dv/lCANWKtBbohoJoVsuoFEtIppKyih0I1hGlechE&#10;LRpmXUZAATZuFSRy16jWUCscoUrnUwy9uIrC85sISozmOM/bsbExjI1PKPckU72/ZP4HlMEDP77e&#10;aAlJXTl5Gr/6a7+M55998q/MZwi/bx0dKnqYySFMx+Ec1mEQWTPY4c7g1quOpg9utKBOiveZ2hq+&#10;1ifDa8FyvMBJw9WIyHW1PYtmQ0Osrqjc9dvqzfNQtsbddi4lLu8lD/5WLKOHgHTteG1f2F9XI6L2&#10;WIyaY0FEklERllt67hnuvDM0EaG5WK+X5eeQHJnWc0CJwWFqDQh3Rxkq18b0nMR0OoqbcaPLkEx0&#10;OC9G9CC6smG45E63XinzQVu2yy1YknruunpZtraY5se05ewYrlGCWAnT69LnWS63h8Le/tzhUfkz&#10;4yMD3+7fRfsEpD/6oz/64y89cgeFWK1e/WIwaKqbnXuLo5sNr6jHuQWAyAjbMsbiH60FqlFvqh52&#10;AiWxcBQN7mmnbdZZlMqCWzMIu+0g6KjeZrZ1tYmsqPwPFhWb0oPMmpRIJPRyJBJuSgL7A22/a2Bi&#10;fFDEw7s7ewNvX77++7Pzs8mJ8TGxeB0bG8LgUFJyQQqFQySJlJw6uUAkbQbZ/RwuE5k4e2IRo4MJ&#10;pBMxIiEFbO/mMTM5JABgnFfViQBeubaG+blJTE2NCWi9ces2dvb2JNl8bnYWH1y7gYfOnsTy3LS0&#10;S9VqNdqfXZxYWUGSwPArr76Jr33leTzcOo9333kX9XIF0YCB999+D0v0fAbLo0Oj2N3bxkEugzEi&#10;HkOpFEYmpq49+tkLf+8jkA9U9wsTpUtXvxglsMLBao1CAZ12Q7lLaVLAGCsQj4v4nEMITfrFwZVr&#10;cEpF2AEFLy19XtkONJSKwUlEBdhz5czoxi542xNAyza7Xu+N7QFFWemFyuToBq05SqyrQRfP7Xg8&#10;hGajg8pRAbubm6jXqgixDTRrMwzXpUr1xTcaFVSPqnSOK1IdTA8MIZUeoOs8gtTAgLhY3bpzGz98&#10;8xVJMee2PG7JaREoZ1LPwLNSq0sGyNKJU/ja176C5597GtGPEPLZu2L/YU2Rn9xQrVeWiJ/4M6O0&#10;l0GEzl8rm4fZbtF1pS8hILZbv9B6j26OvdMD+HsogzzH1tqOrobD9FENdxtuJeH+hMIlNuax8wfc&#10;Gzho3IeU+PfJDTN0yYuqrmg1Cr8QzfsofVY2OpaytnXtcR3DO0ZuGaw3VEVQVUZ8Tm4mtMDc8Jn7&#10;6oZBd5FI65scNyWd/yR9gaoS5BIOuATFDeuEdtDyHahrviXJ6GIG0pAFJLZKlmwdHaLI1zdAx8XV&#10;7Ur+AJmd7Nf6BKRPQPqjP/qjP36isbe7f45uLufC4ajckQLSFmKK7SinV7OoNpGMi/YjoEHajxut&#10;docA9hGKxSMUDo/QqJTRrNcR0qJhvgmzTlIQo6US2/jmZhE4s7iFhlfkTI6G4OR1zkAI/zkLcx/U&#10;9is+jEq1JVkm8VgIMdrP9PDwb6fT6UczmSydhwoWF+eJmITYslY0FbmDQ+wS6WBNy+zkCJGFCf27&#10;At38W5geH8LizAj9+wg3bm9jenoUA3QNJidGcFSq4erVW1hemMEIEZrZ2WncWl3DtWu3iKywBmQc&#10;77x/BU88foEeM4smkZB6vUqEYhcLi4u4cWMVFy9+gAsXzosI/cr7F+W6bBFQvkuAe5yA89jwiNy2&#10;GHzXymU89NBD//KZn/vCv5hdnLn1Uc7J/nuXf8ne3YsHh1JCJKT9ShKW0U1xZsPQ0WEkWf9Bc6xD&#10;r1V476o4pFkB5V6leISNFoP+aBIhAvcGa5LajkcitL5cwTPHrWgw8FPJ5patHisg0ba9KoimH8pl&#10;SIt1BfnR5IvSdQlHw9I2aKKF8tER8qUSmgSoYVte65Z8sUhXi8iL5UMibTmaw3cxNTuPu3fv4uqV&#10;i97KNgcXxhMpPPzEZ3GYL+DgYB+f/cLzeP6Ln8ejjz6E2I9paXPJVqfbLeN9/7TIh7dTlspN6XDL&#10;5V4WySa9l4loR9p+7Qc8FyxXe6PlzVqE7njeV/z5Y/sebzp+EmJ4j3avYbdC0lVnuATB76bVdURD&#10;D+nx/2R4z3FDEbskxEa34mH7PwPgV3nQvgQikutRq5bh6jNUxoblWlXJPGRNka0T3t1T6adVAT3B&#10;XQG5o22c3aqRqx9xNBsXs4a2pasnhmhyvLkaCOg2MJVV4xIenpOmdmLjn9kF0dsL029UrPVOkQhK&#10;rTpqRNCPcoUXLccJBQyj3b+T9glIf/RHf/THRx5tAnvZ/dzX6aZj8oqXe7NiES6Lwrk8zwLkkKQ2&#10;O7KS/1G2ySCaAwiHUknczWdlNY1X1UJcCTGCEojsWG0CkrbKR2Ahuq1W2tj9ioPX2OY1HA4XQuHw&#10;OyG66cUfQPvdFu3/nbt7RDKq6hjbTQakf2N7Z/dvT0+Ncde0aAS2trbRaNSkdWpmaghDAykUjorY&#10;y+yLlmB5bhwL0yNoW0PIE3Db3CtgcjSN6YlBufdfuraG4aEBTE1NYHpqHJVKDRev3cTZlUWMDiRQ&#10;m5nCxsYW7txexyS97uTEON56+108/+zTOHliiUhIS+x3S0QIZ6en8fa770uq+YlTJ3FEQPj6B1dQ&#10;rRzi5vXrmHjmGaQiUYwMDiJO150uy+vf+M1v/oNkKlH/qOfl4PV3vxig6xuMR2E1WmiXa3RtbQk4&#10;84CfGURwfAwxIlCBSBil9U0Ub95RQAgdlePB80nWlgNEHhx0OJzS0DLkbhcMvDRsQxMTHUxoaRLi&#10;eEGAthb02rqKYXhp0SoVOqhdggyEzCiGR8IYJELGLXJshVutlESMz9omBms2HSMk28FGo91GJBan&#10;/W2jcljA2vo6Xc8WhgaHxf2KHbUGaFuTREzmFpaRojlw6uQK5uenEQmwzsULQb8vyZU8FEuDawNa&#10;O/Jp1j409Ob2K4srOy0CpWW0cgVE+FzRXDM7/H5QDliGV0+wfZWIbm3B9Gx1XcjbpRruv+GSEMN3&#10;1E7gWB1FW+L6yIRXAfE5p/n1H84xGmKjGwLY+1ijxxq4J8jQdeCi/emwPojmKrv/GYp1a6KsKrwu&#10;TWLXP8+OXF97eW1D64K8jfoCGh1V2WD9kUtKvNwSt5fK16gln+u2IjwBvR+SORJU+iPD6bIfsd11&#10;ujTLFvcyrkYbkrLODltyPehzfG9jA/mdvVPlcvX8YDp5sX837ROQ/uiP/uiPjzwO86VAsVR4kduv&#10;bEnANYUMdJyOCM9TyZSsejGhSKWT4kf/YaNaq+Ho6FACCI9YjErgiyscaqXU9jqz5RYnwEW1bshK&#10;Na9uMxBk/Uk0wha8l4iA3I3Fosq690EjIAQwPvjgFg4KRQL0o6wTWDYDxj8Lh0NG4bCEeDyBpfk5&#10;Wf3fP8jj2q01yfI4e2oBZ0YXcHhUws7+AYEACytzUwgR+ZocG0S13sJO9lDyP6bHBwWyXbpyE7uZ&#10;AwKsM+J0VSwV8falq3jsoTMYHUyiMTaKVqNORGRNWrFGiUB8/9XX8NWf+xLOnTklOpyd7R2snDhB&#10;NyQHr732Bn7hm1/H0soSDnM5Ikkb2LhzG089+risnK4sLCIRjq4+/vRjfyny0ao3h8oXL36VKz6B&#10;UByNQkWAuoq5UFdfHKjiESQ4/ZyOhf9duHIDzVyWwLjl9ffzTy2nJbPFanUQiscV4HLc5WJlOypZ&#10;zZyArueZEt7qQDvb1sFrGsjZLkmBXuFVbWGGbmcxDbNb3QiEiAhHpQWRQzG5KshtiCwUrxCxrJSP&#10;6Oe6OGTxHG/Ua2DXL/4aGR0RwwaGhjy3+b2TSKcwPTONhcVZTExOIp2KKZDKzlemcQ+ZEEc43l8P&#10;E6qyh+2+fzRqNj4tBsL7xo5vHFbX7KC6nwcxa4SIkKNWF92HspPotd09nkB+r9Wt7T3abSrq4u/j&#10;jVFu5cLsaszQq/Hwu2A59xGh92o97p8Ncjyn/bgXVld3YiFIRDRC85/f6wLobbVXluOKNtQcbDVb&#10;2ulKvSf4B9N1yYI7z3UDlmF611tVELUSRBzLTU3oNIkz1L6Z2vFKzXdTHA1NsaFWhFvcB/UBszOb&#10;LRa8qi1R8RIVlmlLRaoj22FDhmA8jL2tTeQ2tqOZvYNnuwTk06XD/XH/YfZPQX/0R388aCOT2Z+3&#10;2u3HVbqu4X1aSUsKt3tYCgiILWn0w/Uf/Nh6rSGkolqtEJCuSwsQA1AmN7wCzta70rGiCQkTHu+G&#10;yAGEfEOWnvso995/h9PP40RGHkT7XU5l/+LnH5d2qKOjYqhcqf9vzYY1OUrgc3FxTs5D/rAg7WSn&#10;Ty7h1NI8CvkCrlxbRYXO09zkEC6cWaYbv4m7OzmvPSgRC2NqdJDISR5r2/sYTMdx9syK6AXefu8S&#10;Nu5uC7lJJNN48+2LIpAeH03T1yidqxTW1tZFKBuNRPEX330Jg0ROHnrkIcQTSWxubGB0aBDrt29j&#10;9cYqhoeHMTExQccSR4n2tUhfrEZ95umn/sdv/PLXfvXchXOv/2XOSfb9a8+1N9aHA3RuHLrerTIL&#10;bVuKf+pZwpai5vAg0ufOwCSSS5ME2UuX6HsDqjtPQdaO06YvJYytHxSkDVDmitGN/RCgZqvnMJGw&#10;9WqvWCFLBoWjW290UJ1je+vDLMYV4m266+A6l0JvW3AjEY8Y7ePgwDARhgHEY0lECWAOEMEbGR2n&#10;76OIxlOI0e9DoQBts6UqL+yc1WqKvomrd+xYtnLqLJaWT0g+C4dyBs2gBywZf3IVhKscDfqhRoSr&#10;3rLQoZ9V65jT0++vXMRc8PjpERB+D1uc31Nvo7abRbBUA0oVBB32Y2rB1PkrXfn0/UDq8YSN+7zZ&#10;3WqP0/tLv+9Vtx3N6YHD/q05vgDL43tgHCNE3dpId364oYhAtzpieNtVFsuRSFwCJBmsO3DBvOPN&#10;KzEj7rTRajfQteZ1m9SgXN5sx9N6KD7i6joM7YrFpFlX8lhvx188l7jKyJzb1rom+kyNiPOgIYSI&#10;qx9BDpK11WcutOjdEi9rfVYNs2vSoHVS/HqcmcOPM2n+l6olFLa2kNnKfL1/J32wR78C0h/90R8P&#10;1OAbzN7+3nN0Q0urO6Pj/Z4LHbwiy1+RqEof5zyED+MAliYsHGpntZpivRmhm1272RYwboaUdanq&#10;GVc3WQaJ3BLjmCFJ3TUjQblBhqNhm4D1dzl4MB5/MPUfDA7GRwfw5BPnce3/XfsHh0flr87NzdJx&#10;hjCQTmIglcReNo+DgzwGEjOYmZ/Cwvy0tF5du3UHraVZzE8M49TiBDIHRWztHmBybEhWT9l5iV21&#10;3v9glR21RBx+kgjMzdV1fHDtpmhJBtMptBJpvPLDd/Dsk09gfrKDdquBeqOC/d0MTp4+KYGC33/p&#10;FXzlS1/Co49ewBuvvoZK8QgBAslv//BNzM3+GoYIYC9ML2C3kEX1qIiRifE//Mavfv1/Fkeyv+TI&#10;v/3uz9uVEsyJMZoPbTTrFQJGqs/ccLQInIB3dGpSEtA5dK+ZPUDxxi1lFQoNqNkiVK/28vSsZQ60&#10;G49a0XV0X5LbXiXfef3ZVrkc3OLH3w8PD6ViwRvhfeB2wkg0KnOM+/RFuOtWQ7SogkFg0DSlJUuA&#10;HoHIIBHh9FAYNl3TRqMu22RtUyrdlBatBv2brY9bbC1tqJ57rtxFYwnEUykMEdFLcaYKkcmADtlU&#10;bTmKXLjH0tZuXm4rjWma3s9+5y4VWof7R3//zAiIhK/A4cyPegPlnX1Eqg3YJbr+dP5Nw59+7hrp&#10;BjybXL+DFI5VIwxfCCFfAUvbLfdQAtH2OF67luPVKHpphAqrdO6xy72XhDgeQXBJkz9rvUuPnGNV&#10;Eqfr3sXzJhKmaxwSEmqhG7eo4jgsj0hyZRleC5bdreCY8MIpDd1uaGhRiOGzKzYNpeUQgwV+b7hT&#10;WDtkScWR5iObOvAQUi4OhUGaY2zkEBSXQ8tSlRo2DlFucer96iu9qfsBPZ67smz6jK7RER/sbaCw&#10;s/dUrdmZjEeCmX71o09A+qM/+qM/PnSwjuCwcPjzvFInJXy6wQQY1BDocsWKfMPim1IimcBHCD9H&#10;rd6k7VYQT8RxUK2iQ8Cs3WzBbrW9O7+pmvMlN8But+jm16IbZ1CcrxgMGiFTKgahcPh2MBi6FiOw&#10;yID8QRqNloUqZxzQ/T9Jx1qrtz8fj8T+USaXw+raGmZmpoW4DSRiRBrmcEgEIl84FCvjudkJPPbw&#10;KVTp/HMC+nrHwtzkMCaJyBTLddze5IpHFNMTo0hEQzi1soC33r+CcqWKibERTE2OSpjg3a1tEflP&#10;jI0iGo7je6+8jhe/8AwW2W2MgPHu7g4O9vdxYmkJb737Ht4bvoRHHzqPMj3ng/feg0EAcevuOra2&#10;NpEgoByncz4/OYtGubL/hZ//0j/9SchHp91JF15/64VwLIQAXbdOuUbXt+6BIRU0SaAmHCHyMYfw&#10;yLC0NR2u3kHt7q4Q37YbpSYVE0sDOwvNThUu4uaWNhPdoDhHt5mIHSxbO3MrFj0um80KuR0cHNLh&#10;fnVUaV4eEUF2xLI0jBSRA7bcDTMpYQGurC4z0gsIMAxo4uKKvhlcchuWuMQRgGxx1abTkn5+qRgy&#10;QnNMCYBTQnZ6/yQSQkZCdNwRIjJ8bjkojlfBJUui41MhGMoEImDqdhq3lcy1rtaA1FtJ11jV/Fm3&#10;Yjn6Pcznmt7jHZqfFSLWEX6/0zyG0xICYvYWMeCnEM59yIDT9eHTsN2QFiz3eju+oA7TV+tw7sPE&#10;umGGXceq4w5X99If3ENiDJ+CxTkmg3eJD1ccVUHIQSiRoutMhKDVkSqF7LettUmGrjB0xM9AW1DB&#10;Vx9y5PrD6LakKVus7lnpSmAMz174frbSXmXFVunrXEF0Gb5hsK6q48nsWZjORMZfpZFFJdaOGK6V&#10;L+S9x4QlHIshu7eLo/3cWOHg8LPxmbE/7N9V+wSkP/qjP/rjQ0dmPz/SbDaeiXC2hpuTIIArAFun&#10;6g4MpAk4xdzFuB+/GOpw5aNEoDeDGmcj1CoEsssCtMRdiz34OZRMLcUhoIxzZFXcu7nLynBILEqj&#10;kcgPQ8Fgmd2vAg9Q/9VRsY47m3sCBTp0PB3bGs7mjn6vZVuhhcUF1BsN7O9nZUV8ZXkBM1NJLA6l&#10;iJgNILufxxYBkodOL2F8OCVf7GrF1Y+BVIK+YggExiTv4+5eTioerKU5fXIF7128TMSjjqnxMYwM&#10;D6BJ5G5reweVUolIyRhiBC6+89Jr+PILz+Ecg3ECt5tbWyASh5npSbzx2huYHBvH0soiquUivW4e&#10;lb093Lx+DZ97+FHE6Bqdf+SRb52/cPpfnXv03Ks/ybk5vHn3ZOXm2olUPE3XOYxWpUCYq63Qsdv2&#10;xOnnBPbjtB+RoQEYHZtds9Dh9OwAvPVkW5JAbA/0iSxdB7apxWJHZSzYKlNBWvlYi9Fuyioznx9u&#10;e0qnB4gcKKA/QH9ncwRxICJSzI9h4rC3d0CvfShEZGBoiEhJTIhRQLtcKU0IPNGFRTsSlNasEOLp&#10;FM1lF3zq7BJbuQrxvGURMFcP2ZKX53aIc0S0HoYJU1slQChbVeWDLToHyauQQDlbh9CZUnDwnFUZ&#10;HBoMLlSlyDB+xuvPapUCTrsj7+fWURntbB6pOpGReo32p9PTvgRfNcET//+ISoTta4dzfNUN/2vL&#10;ar/jmdrCry/xkwevTcrNyvABdb9DluN7zW7lw78t4740xyXLjiZLvIBjEEnly9Rm1zRD6TM4/0fa&#10;Ay11PXlOWvTlXm+XNAS8iogjz2EiLO5uugXLPVTDFybokg/XeleIRHe6qqohv2eCQbVdS2mm2GTE&#10;JYVua5r6uOb2LMc7JsW86RXtgCSkS8WaCHW+eIhKdg97O9kvzvYJSJ+A9Ed/9Ed/fCQCspd9gu42&#10;M2qBzXfTo5sXpzezfoDdp7gC8VHE5zxaHUsAl2hAyhURPXYI4IUCQck8EAtTBlF0Q+144l3O/dA3&#10;R84bEQF6mPvp/0xePxZ9oM5bqVLD2+9cFlejocE0r6L/Y9vunONjLhPhYhvcifFRFCtV3FnblFXy&#10;s0Q45menMDEyjK29LG7evotzJ+elPY31Hcl4FJl8EaVyFdPjwzh3agmXr67i5dffF9crtkNeml/A&#10;les3pPKyODeFRp0rTONEMu5ife0OFhfm6Xxa+M4PfoCfe/F5PGQokLO+voZTJ04iQtfw+9//Hr75&#10;zW9iYnICE6MTRKYqODoq0X5XML+48Ge/9Bs//5vJVPwnPjfZd977FaeQR4iIEwOtJoN9w/ZFzQnL&#10;RJhAfmJmEgZd6ybNk8LVGzDsDl1/1S/fdJpgaN7xhbjx+WWRhIhlXRGuw/PHQVvyFtri2sN97h06&#10;bs6Q4ba1w0JBQGKbgBMLvqVnnuZjMhXF8OioOLMxwGOnsHKpjGwmJzkt07MzSCbCQhbc1jDVd++H&#10;rQoMs9tZMGwqq2kosa84DonwV/+bji3IGigCfa59rxLF20J23EpOF/AqCNld3dYJ3LYCs+4uOKbP&#10;IvZnWQJx294YRFsdlIlcO0QiA3VV1TRM26fQ0Jay8K3q9/zbX1/QoNdX2ehWIAzvnMhfNSE1fAa8&#10;hpdP3q24eAa/jg+w47hk2vARll4CZB6Tn3ddsvR29MZkMcWkuRCLyKNbtm7AMhSl9rbBizFM2iTP&#10;Rs8pRz3G1ZArAbmhU87VHvD2lS7DLYy59tHwCAgPyftwtFbKcbNu6DLRe4CJsJuszp/rbDLSnWOu&#10;IbImamyhbKpkdW5tdINImOA4tJ1aq4R8Zg/7m9tfsp48z9Pc7t9ZH7zRF6H3R3/0xwMzGo0WsrnM&#10;NwwDPq93vZZI/+a2LBbZcjYIr5IFAuZH2GYD5WJRVpa5F55bM2wCJwxSeBVf/s0rcwSy7Bb/rSOr&#10;egymLHYLCqoMEDMi7VflcDj8Gr9+LPZg2e/OTo/gqy98Ts5RsVj59Vqt+Z8lEkmcPrmMRCKO/YMD&#10;ARorizM4c3JRWq0+uHqLwH4JIyMJPHp2EcN0bje2c2jq1jR2IZsZH5R/X1m9KwGQK8vzYDH7tRu3&#10;cenKNRRKJSI2E9jby+HmrTUszE5iYiwtZILbPjY3NzEyNEhAPoDvffdVjE1P4ZELD2MolcbGrZuI&#10;Ec5ev3kDN65fk6rA6MAQFhYWkUokCEQc4MJnH/+9n4Z8cHfJwVuXPmew1iccgdVswmpURQfkAkvp&#10;QjFDiE1NIDIxIaGClZ09FO9s0hxT6IXbbRio274VaqmFdNqSM+G14MhqsiNtTyzcZqG2pR3VOHyR&#10;Bd5cHeJzya2EfI6j8TiidLwRNlSg69emx9dYz9Fuis5pYnIcJ04sYpyI4kE2KzqPoARnqkqG6bYq&#10;BhSRCIh1b0g9xkub9q2nB5V4V4G4gO7rN2WV2/HC6XhF2vEyE10rYacnnM7W1RW72x6kyyZduYjh&#10;taT9TIauPPGigt1oo7KXQYjIcaDFrmVtBDwvqy7pcAmB3UM4bO/Tx082uoTD8OiY4bfLdbqfWp5d&#10;rtN9pnOMWPQQJ/S2YNk9tQ2nR4fibute565e9YoyVCPSTf+FUklVAbGU4YEK9dMkxdTUknNTOJwT&#10;jnddZf54u62O23LcdBGjN6xRkw7o94lLrKSy5pbEXLNjxxdM6CXBsyi9a0cdkLKc7W1DbTIg23A7&#10;ucyAol1MWrj61gkFsL+zhUIme6pYqpzt31n7BKQ/+qM/+uPHjnz+KFItV18MSsK5KUBKbkLSHmKi&#10;0WyhQWCYQTavqgY/QgtUs22JMLZMoC+XzcHkm1TLkm132i1ZvQuZynfe1NaoyqFIrUizb74ZVGJf&#10;IiDvEmnZZvF5+COmQv/MPszpVCwtTuLC+VMzu7v7v1sq181Gsy1p2SeXF4igTIm9Ln8NDiRx4ZEz&#10;mJkax+31bayu7wmYWJgextT4CPayJRTLVX2zN7A0OyEr6Fdv3hEQPTU+jMW5WalUXLuxKtkhkxNj&#10;yB8c4tLVm5ibn8UM/Xt8bJSAdBuZ7D4W6Xflchnfe+kVTExN4pHHHiMSl0C5UCB81Mbbb74phCUR&#10;CSNh8msuHI1Pj/5fZx47+1MlGlfzhZXSex88HeHcmIiqbNiccK9zry0o7wEW6EdmJhEeHpR18cNb&#10;q+gQaePeIjfNHNoxy9Jgkb2EWGfBBNfQoluxqLVUuBsDOK64uNUPJhz8nQMx+byy7mNjbR2FfA61&#10;aoXRX8/KNwO2NgHpFs9Zes1kOo2x4WHkC0Vp0XLbsKQaYrqkwhCAxsu+jNMMMW0IaPMGRVZEQxIw&#10;PBchVUHR1RRDJ2MbRg9g9uebKEGwrZLdmYC4Imxbg06/sNrBPfkWn2D5Q1UTCMCCnbqqNVR3MojW&#10;m3Ck/UqZ35o9Uu3uT2ZPbGCvucVxG11VUzJ88nBDtyTB24aXFW64ZOTefHjLce753XGS4hep28f+&#10;GtT74ZIdHCMltv4H69kCybgiz7a6Iu2OSiWReaBtdbk6yRUSx9WEOC4BVRU+mRvcriiTy1AZSabR&#10;vcZeGUQHDfoqc4bRPULVRghpheX3SZs+11m7w89la3Mmv65eRMIKpdLS3TY7uinrakML0U1dkaR5&#10;SaQ9nz9A7SAfy2Xzn+/fWR/M0W/B6o/+6I8HZuzuZh527M5J04x4HfdBIh+svQgGIuLgwkJZtkBl&#10;YP3hcASoN1qSNcHbixC4bdGNiysY4ntEhIbBmqzq8s3YUq0mvHoNFr3LzTWAIFc/RHQeeyUUiVqx&#10;+IPRfsXgolhuSDsVW+QmElGjXK79s07Hnl1fW8PkzBTt+zQidP5mJ8cwMjSAvf0c9nOHOH0yjdmT&#10;C9I7vbd/gNW7e5ifGkU6EaHHD2AnUyCgW8bU1AhidK5XlmZx9XoT12/eJvIxjaF0FAu0/dscNLi2&#10;IfqPwUHafiaLN9+5iKc/85gADNaj7OzuIhaJYnl5Ee+8+y4G0ik8cvY8mpUqbtK5PiCwsL2xhu3N&#10;TYSDYZxYXPijL379hX84NTt+KxqNWD/NOcq988GT7Xwunh4Zkra6VqMmbVTuCrMCzASGUmnEFxcQ&#10;TCToQU0cXrvJ5TN0QoZIzpX6o+ORD8uXXl3J59UqrW1r3ZIlrSzcAmQLyGM9dEMcrLjyIWCOQN5f&#10;/MWfYXt9Tao9yaEUUulhTE/PYmp2TrJuYtGEBvGW3K555TqeTAopqtG8Fv2GDmpjEiGE3HAFwNBk&#10;xE1iUCTEcMGaS1400DS8HAifw5FPXO44rthXnTkFJn1msnz8EqboSCXFFvvUgCe25rka+Bl0YhlS&#10;/OiIjqFVLKFOJDJNZMRia1nDD9ENnxNWN6/Cvaqmr/6B+1IS93GKxBqOe/781QlTyCy35BleHjl8&#10;tZVewmHfs/Ve3Ue35aq37cr2KVG8ltUeMqVplzbNkM83wz0d0lcllS4pNlgqfNVzN4N2wtItWQ4L&#10;+OUz09E6uS49cgMD2cUKmui4BgWGZ6Nl9wYYugSOW7HoPRGO0Oc8fQZYUjlUZiN2xw1GNPV2LdUa&#10;FnDzcvSEl2waS7QupcMKStl9ZLYzz50+ufB7/btrn4D0R3/0R3/cd3Q6DouknyfQEwkE1KpWQNsv&#10;MphLEUCMJWJyn4lGwvgo0lZeeWbhebNZl/5jts5tVC2xYeVqB7eodJptRAnIca8+gxaLwLyIijll&#10;3QxK2BtrAqJ0YwyFgn9BgJjAfuyBOGfbuwXk8keyWlkjMG/bzm9du7X+60OjQ7LCWCqVcefOBpaI&#10;PMxOjWNycBgjI2lpl1pf30I8uoyJoSQGkzOS/3FYqqHe7GB0MIHF2XGsbmTww/dvYHZ6HMNDg5J4&#10;XipVcPnaLZxemcfQQAzT42MCvHe3M2ikYxgZHEK2UMCrP3wLzz79tDg3sfvT2uoalk8uY2F2Bm++&#10;8hqGBwYxMz+HIwKIB/l9JIZGsJvJYC4xiJWTJ7+9dGLu+sdxjrIXL/9KKGAjQNfMalpo1WqeLai4&#10;EEmbSVAqH0naNzNEJJWOMU9EC5KwHND0wxLiq5tSxJZWfgrQuSeCxY5R7DjELSxiMco97Px4W7X8&#10;tRpNmbeS/BwI4vbaKgrVvFQcmrUKKo0i1tZvY297HXhHiYbHJycxNDxG536Efp7F2MSkrA6PE5k8&#10;PDyS1i62CzbdSoZugTF1y5Wp8xlUy4rhERJpeYHpA4VdhyXRshgq+NCtaDim6TlZOa7+xc1/0IJ0&#10;1TKjYLIlFsVGd0UcvjTtT5SR2wJABaCy3itXgFMoISQC5baq7vjUF8Y9tKMLiB0f5egRgmuwqxys&#10;ujRBZfN5MXw6qM/wdDAugbD8InS/QxTub7/bpRH3akBsTXH8uhEbvXbB3j5z9SscErLEiw48F2zb&#10;8Kyj3W2J0RXvk6XdzTyCash72TAcrevptuHx/HLbYVU1zdELO5oseZUPSx+zSkGXKp1HmNQ+N+h9&#10;EghaXusXf25LGKxUH7V+x9FkxLcIwK2H7bYtc88OBVCzmyjs76Cws//5lmUnwwGz0r/LPlij34LV&#10;H/3RHw/EYAvSUunoG8GgW/Z3BGCp/uSAtFGFWQjOdqFGQDsTfUgFxGEL3ioOj4o4OjpCq9WkbQQl&#10;4M3U7VuyiNaiG15btcuoNuWAAnL8IkGDuEiExcMbkUjwEltG0vcH4pxxjscP376Eza1dbk9bLlcb&#10;v82kqlguibXlyeUlDAyksLW1h/W7uyLGnxgdxiPnT2BkeIhA8BZyR2XZFgvOZyeG5GZ+d/cATdZ7&#10;LExicnwcl67dxuv0OplsVgTu8Vgc7166Lj3knIg+MTKAUdrefu6AM1wwOTZCgLuBl155FfNLC3j0&#10;wiMYGxvH+q2bEu4Xouv6nT/9cwEWA+k05mfmMTO3gFQyQSSoUF08tfDnH8f5adea6fy7713gKhoT&#10;yQ6BG26ZgtG72kxXGFHav8j4CBGQICp7+yjf3RHwbutUc95XsaGF6YnNWYzO1Yjy5iaarAMhQKfC&#10;+RQQdm13ZV4xWaC5x60jfOfllsBwnOYSffFz4uMDSE4OIhQnkhKi90P1EAf7u3j39R/gz//9v8Wl&#10;997EYT4v+1Gr1eV6eeJ109EtWLodxVRzWLVXBRVgDqiKR8BQj1Mhcka3kuEYPpVB9w3kuH/WPfz8&#10;5Tkb+cTlIvzWehAv4V1nh3Tclhx8sq1Ysm1LablosqO4u49AtQ6z0YLjZY8bPZUMfzxgb5qHv+3K&#10;d5zG/UiBm3ge8M6lm9jhb5jq1kCU+N3wpZ/fb7jZGjbcypPR04Llb73ydSf17r/harQDiND7FjrI&#10;VWpiWsjtmgw4qjhBn62acB5vw3OrPq4Y/Zjmx9VpKHG57bW0ufPBMHznhKtklmpbtB3Hez4T13ZL&#10;VaZ5rlm24/n7upU+0w1HlCqM00PgFJmi92g0ijx9XpVyB3P5QunR/h22T0D6oz/6oz/uOzKZg8V2&#10;q/mECCN1BYRvKZxRwKvBnPTM1rvpFH+PEC8wPhSMFEsVHBFId7iCkkyhUq6Ixampe565+Z+bRFgX&#10;YhM5cX3pHe0r6jBQ4xawKBOQ8KvBcKQk2SMPyCfnI+eX8eTj51AkElGqNH43EAiOLy7MYWFmBkeH&#10;RygRKGb3q7OnVgQQX7u+it1MDslEFI+cmcOJxVns7h8if9RdHBwZTCCdiOHWnR3sHxxiYmwQZ04s&#10;o0ZA7j0iHTtZen46iWQqReTnIppWG4vzkxgbTdPXBHIHR9jP7mNudhaNeh3f/cEPMDEziceeeFRW&#10;8rfurCLcaWNvcx3vvv0WBgeHYdRbiAXMOxceOv8Pn//6i//pwomF2x8Lqd3Yfrhy8/ZJum7i9sQ2&#10;rBx05sIVgaQ8D4I0n8aGpQrC+QjF27fQLhxKBoyqeqhwNUfoR8hzK2LbW+6tr+7uori3K6CKBbT8&#10;945oQSyx4W2x1iigQaJOkmYr1DDN4+RAGgEi1SNL00iODtKuRDE4P0ZkJI1IKiakJD4Qobl7hHw+&#10;K+BQRO4dRyVaCwkKeKvpbnknEHAdiNx+e7VqbLo2voqldEGwcyyNm8mDoYXQurXM03j4CL7jU0J7&#10;4nXp6+99L1raEvgT7cLSSd1c/bBovpaIREY4bNRrv3JwXFHRQ17gF3T7TXSPEwlHK4j8WRzq3JhO&#10;wCfaNnsC+pyeLHP96j6B9/1ySLqP6/2bW8sxNZALoJsJ4348dVuziGIbISQGkqqSIFVlFm235ZQx&#10;Se2K1k2xyIYG9o6PxKj5YeqqIHTwYVfKbxjqc1tVVUyZP47XluYaExjepFEdVV2djPqd6RGncDji&#10;Hb+cU7da46jr5rpqSdCjTmEXgshtWERACoUDVPIFI5fJPde/w/YJSH/0R3/0x/0JyF7m83QjSRte&#10;o7mBaCSGCAEyXs3ncDTJMAgGRRfyYaPVtiR8sF6vqsRqIh9hfp4GRwzIJAOEXV+IfDgdFWSlPO3p&#10;BkuPdcIc3MbuV0H6iv4gEo48UO5XfB6efOw0C8z/i0w294tsn8ktRbMz4zh95iTqBHL3swfS+nP+&#10;7AksL85I2vkHN9el1WpiJIWzyzOoVJvI5IrKpYbG0EACM1OjuL2xje3dPcSjIXG/SiXTuHlrA7fv&#10;3KXzxUF6abz77kUiMCWcObmCmYlhccgSnQm97uLCIgq5A/zg+y9hfGoCDz/2KCZm52UfrUYdH1y+&#10;iFqzjjBd17PLc//kxa984R8/+czj/+Zjm1NvvvecWTg0Atxix/a7REAciRS0NEADEQwCNnRNk3NT&#10;CCaSUgk7vL0plRpIxSAotrUtu42209LAM4C2blux2Hq2XMbetRuKNIuls3Ji4pVmrjq1ZEXXlO/c&#10;286ATZyxaAslei5fx1a1gUalLva9A9NjiA+lxSY6PpLEwPwoEZoqWtJKyBUYQ1VT2h0ieS2hRW5Y&#10;nFplDnjCYa7ZyHcBh1r1oFtqTHeRWyNXJS5XVQ6vuUiH1bkp56olpxe2O84xZqEBpu06UkliOO5x&#10;efrY6x+WOvcGfVULRdQyGUTYhMJq9RCQXrcrx+cs1U3c6CUjXQte29cW5fie1z06XQ2A0RNc6KcY&#10;/pYpB8dtd3uJm6tWMXtSR5x7SJOtKwKOTyVi+ColVkDl3Kiqli2fpTxXLKcNz1aZc15ozrLluLRk&#10;Gd22M0NbLiu/ZcebN12iqZUmZsDXwGZKSnmXkKl5IuL0gNsKCK+Nj7/YGERE7Z22R/dMd3o5LoFX&#10;FtRCdlziZ6jjkd/QZLOCJorVMkq5DHK7+0/377B9AtIf/dEf/XHPKJfrKOTzX+M+Yq/Fg37f7jTE&#10;Rpd/1+GUaV2C/ygBgNxLXKEbEAuwGey12jXpz2dAJr3inY6+sevgMseWGzVnN1ic/cErxaGgIiDR&#10;SD0UDf8gysnckU+XgLQIIGcOKkQYSiKwr7ec5VK58r/sEVG4u7mFar2JFqGCdCqOC2dPEmmIYmN7&#10;lwhHGwuz00RYziOdiOPW+g7yxaq4eS3MjAiYWN3YQ/6wJK8zOpjE8sIctnYy2M1kESMSxgSDna1y&#10;BwWs3d2S8Dx2Zbp08TLWNrdx5uxprNBzBgaGcevmLeSyWZxeXsHtGzfx5ps/xMTkFJZPnsbwxDQW&#10;V07gmWefw+bmXYSjMYyMjeyYH/MdKf/+xW+YrYaIWsWJStqvHG/1WCFFgu8E9uPzM+KE1SlXcXRn&#10;Q7nxROLERZUGxNDC2Y7TofkXFBIihkv0FSQ+s/nWO0QILOIfbWnzssWlpyNVCu65ZzDGq85uiCCL&#10;861SVdqouKVq78oGOqWm9ObUChWZ56XikawCR4cGUa800KxVfVa4BlIDaeJJDZSIaPN2Q5JXY0o/&#10;vqmdraQVS9tYKyE6fBUKFyxDg8qu4sFbrdZFFXcV3pEqj6N4hbvq7tMx9LhmedvqAnO3mPKJDXpf&#10;mx3g8O42TJrfQQKyjviVdSsWvdGAmkj0iMednlYn998uETGPJZArmCy1VB9pMXsyybuPPZb14VnL&#10;GvdNYDfu2UpvArqf1Bg9/+/+jT87bZoToVCE+6+kTU26pEzd1qRJJIN7Dqdk0w13Ecgv4pH/xAHL&#10;J5E3jR5KJW2z6DpeObpaoURJrmLFhk7t9By53CoIOxwGTTdjRxk48H7xdl27aUuMzugzXUxE3PKb&#10;0obYjiaJRN6ZwhSzGRR2s5+tNJqj/TvtgzX6IvT+6I/++NRHLpdP1+u1L0boxqfEjLqkrpbLxAUr&#10;kUjQjTGoNBwfqY+De4ktCdHj9pV2o0431yABtppkfrAQmFdKpWe8o7QmkmlAv6cXUd8DIXD7TjQc&#10;eS8cDq5H4lECeZ/eug3bu65vZwn4N8VNKZ8voNHq/NONze1RDvyr1GtYu7OO2c6MWOymB+M4d2pZ&#10;hOo7O3uI0vk7uTiN4dQUakTQDos1ZAgcjwwlMTmalkyKm3e26JgzWFqYQTwZlyDBy1euS5jh1Pgo&#10;JodTdL4mcHd7D9u0zfHRQSElN4lw1Ot1PPLQeQSIpF29YuHW9RtYXlrEwvQ03n7pZQwm0pieGEc2&#10;lcbg6AhGpyYRsNmpLHdj4eTSax/nuarmjhYO37l0OhSPMYFEo8wBk01t+mMoC14BKyaio6OIT00Q&#10;AQmgQqSpTOCVCQAHKLbaTQW+iKgEBOp00LBsacWyCNh1xDAtiNzlazjcvov4yLAI1MVy11KaCAZP&#10;HEDIoKljG2i0G2IaUNkrE4gigk2kciCZJnZpoEoko7hWhGPaiCRou5U8Iq0QnfOmCpCT9iqD9qsj&#10;rm4JukbVeoOuRUZS56OxiFS82E2I52rAVDambruL7ai2LKFThtEDdoWEG+j22KMbuOiRDM4GMVX1&#10;sCeR212dNrXo2LVsNbpr8Xy+P7G3j8uk2Pa40cD+7XXEOUyU3vfwmeAavtqAc0zb4Yfzfj2I/3fO&#10;sc+YXum6pgYebg/4HuP0PF+J2LvDdpz7VD66dKVbdemSI+NYFURnC/a4bHlEMESfo9Go5Bxp9qhD&#10;J01pS1Rz3BYjQNbZMT8QywU33kWS07XLmtG9/hzeCtNf6dEEzXFd2HRAIIvVbVd0Dk9X5OlHdOsr&#10;V0bgdOs4TDpUNQbynpIWLadbnYFOSHeP19QkUBYH6PNuf38f5Vx+rJAvPZ6cGft2b33J6N98+wSk&#10;P/qjP/46j0xm/xm6k0wbuudD+cermzc7VDGw4koGh7gZH6H6wcLFcrEsrlaSVM1AscWAsAW72ZQe&#10;Z8dSN2Je0WOgyU6n0j7AVRjuc+aWBa6AiPA9+BKRIDv1Kbtf8aFv3t3BTuYA0zMTiMTCv3VYqvxS&#10;m46j1mphbHxctAVHh0URcoZDC0REJokkDOGgcIT9XB4hOq6TC5OI0znlryqRmUz2ECkCslz1ME8u&#10;4vL123j59fck24MtYjlD5Pb6BsqlCk4szqHdaaNFX5mMhfXNHUwQAZmfncUukZIqkZDPPvWktM+9&#10;9847WL1xHYME0OMEQL775/8ev/prv07bHaXf37QHHn3kX6889di/GxlJXU0PDeQ/znNVuL76WHNn&#10;eyyWSAkObNN+2XZTgL10zus2GYRCiI6PIZQaEEBWIlLVzOdVToxezXUD2dQqeEAMeW1Z8Q4SqO7A&#10;YtvR3CGufvf7+Nzf/A0BStzKIkoBXpEPmN4KMrdVMZjjMEGee2EzhIbRAodGVipFVLeKymEo4CDK&#10;ZI+e247QnB1JwA4HVIsMVzigwvZ4zqaIZLXoHLPWhOd9lfZH2hV51Zuewy1eQSbT0ZBUVCJEtBwO&#10;LNTtMEDXkUkqRK4o2TUw0nkQIhvReREuMekKj/1qCMd7nkcODEPnPsALbfx44Z+hCBBt/3B3H5Wt&#10;Hcxx9alVR9BwfPqKbuuU6dUT3HwNx6eaMI6RDT9BcbQGwvCMfA25Inr13zHQ9duCJyX3LHu1JB64&#10;9zwYmpgY3VqBV3FxfDa+/n0/TlzuPbe0d0RI2UWQdR+ulxYvuMjMNmxt3Szm5IhxBVjIqCmBrB5U&#10;t1W2DHTmi5IRmZ7bmbhaOSovJODq8R11hoRI6FAYw+xaRfvs1dTrW1oJz9fM7toOS2Vcu3KZXmXF&#10;6Kkk8XHIb10jiEgUhcMDVAs5HOzlXpjvISB98tEnIP3RH/3x13q0mm3kcgdfCtDdztAgTbUDAOFI&#10;SFYmg0Q+BgaH5fcfpf2K+/MPS0VleWlY0o4Ffa/j3nlxJKIbZafepD8rka7FGQ9S6lfOPxJASAQk&#10;HA3ZoWj0pQjdwDmA8NMbyhbz6SfP46XXLyGbPZwfHRn4XyfGh6U6tLG1i0LhEHNz05ienpCfV+9s&#10;yTGdWZlXjlYjQ9jKZHH77j6WZ8cFoCbivFIewMYu3aSPKhgbHsCpE0u4dXsD16+vgW2Hx4jATIyN&#10;YZPIxg8PL+Oxh8+LhTGnirPIOrOXFZvi5ZVF3Lq5ipdfegVf/Pzngccfx/sEKPZWVxEgkneQ2cXb&#10;77yNx86eR8Q2zNMrc7+zeHLp+idxtjJvXXrOrtYQIHIB21SVBldQ7rUGMckkYDY5imAiKm15xfW7&#10;6NRqAqwCBNQbTUcHESrY1uJ1bQL4TbYpNUICJVsEdsJEjle//RJOfv4ZIg6D0h7C5KPdbsq50svs&#10;qg2JBcBE4JgksqPB4NAgytWitFiNDA7SfK2hxdqOekCCGZvlGjp5ItSTbS9IUIIQ6dy2Gy0B3UyW&#10;mGjEUzGptpiarEvahaXmdZPIZr3akNVrFUQIeVxQiHaQuBgRpCAR/ZDWjbhOWZ5Q2NT5D1BWvS4A&#10;NnoNbL1n2ErIrlp3+EypNXvTMD5++CdL3pZouXZu3EKI3d3KZWV86wLsnnVvx7Os7SUYjo+k4JiC&#10;o6sD6a1++P2y1BYCngtWt/HKQW/ooAf6HceriBj3UB6npyLTmweCY2kf3b2xj5FEOxZFOB6XVkQR&#10;cWtdj7Q0dXTVS2Q0lmjuulUltwXL1QAZPk2Hsmw20DUzsLU+xNGWWkL03Hmj2xhdfZK3b47TQ7bc&#10;ilrLbql5KNq/gA5CdFmx7eWCMPHkvwsn6aiqjWSZ0P2jUi6imM8jl8k9Zcu7DVb/rvtgjL4GpD/6&#10;oz8+1ZEvFEOlcvErZiDQVRoayiOeAVyIgwdtS1qA4om4tAl92GDC0W40cHiQF4LDvR+GoyocrEXl&#10;LAVe/Q0w2eAqSact/flCWOj1+IuFmOxIFI5EMuFQ6M0oBxGGP501G3/PPDtYffmLT8J0nN8uHJUm&#10;O5aBdCqBR86dwlA6jQwRDE4VXlmcwblTi6hVq7h64zYKpQoG0xGcPzGHOB3Lxm5eNCQ8OB9laWYc&#10;1WodN4l4sNh5amIUSwtzKBGIv7G6hsx+Vtp9OOPitTfeQiQWwdmzJ+Rx6YEhrG9sYX8vh8XFJexu&#10;7eE73/k+xibG8NCFR7B05ixsur6fe/pZfOaJz2AvmyUyl2TQ+4kIahjgFy5d+lqIw/kicVX9omNi&#10;Nau7wuwCITMWR5T20yTQxU5obKnLQnRG3812Q61VG65gXeNcxxQQDwndC9P0IjLLQCtTwJt/8Ac0&#10;xxwR09qOEvUyYOKEaQZJkuAMW2dWKBtRk9vhpU0rggRdQ9aepIeGMTI+iqa2DU5GkwgbmlQYKtU8&#10;Go9iaDiNobFBTE6PY4wenxpIybUJR4JS/QjR9yiRzGQ6joGBhNgop9IpIa3cpiXhcbQfDSInR0RA&#10;Dw4Okd0nwJY79L4Kh0colsqSqdPmqpCpXJe6c9OBcSxVz9YJ1+6D3Clseb6wH/N7xFYr7dXCEfYu&#10;X0eq3IBFc1/lj9joKjCcH7MGbviIgnqO6c/58ICTv57i1k86vtpKwBdl6ByzN3Z66ItXebqHIPW2&#10;Vxk9zWNdWmLgXtcs97upTzWbKNj0ucmGHhxmyY5kHPonxMD2fJaVNa7NIa8xX1igtnjm4+H2OhOe&#10;G5UbVGj49CGm3+ZYVnwMTyDvOl9JBc93zKaP2Dha5K5c2iCOiG4bo9s6Jq/LAYVuxoih5pvpalJM&#10;VcWz6G8tenMV8wcoZvOPVeutif4dt09A+qM/+qM/1Er1XvYsgbXzXY94R9qh+E4V4fA4Xtmlm9HI&#10;yLCknweMD187rZRUtgWLGBv1qrRiSRYEVE+6WDl2LAGEXK63JKiso1Z4uT2Fe+aZpNDPdNN+JRKN&#10;lJJEfoxPqWrPjlXbmRIyuSNJwC6WG7+SzeX+5urqHWSzebF8DdG+nj65gIXZKRzkD3FUrMk5u/DQ&#10;GUyOjeLuZgabBJAZBMxMDGJsOIUt+vd2Ji85FPz8UytzArtu3l4XUjY2nMTizKT0hK9v7WInsyuV&#10;jjgBmVdfexMVAqQXHjmH5cVZpFJJ3Lh5A3t7e6qCcuMqXv7B9wlEj2GS9ml6bh7nHn2MCMqChBAG&#10;4tHXhkaH1j+J81Xey54uXb0xwyu+ASIWHALIQZPdYASd3ECAPjSUQnxinAhvEM2jEnJ07OL6I4F6&#10;Hc9WVtegPADU0V/8uJARQJOAXdQMY+cHb+Laa28QWU4QkekIGQro0DToChzEwScg85mTzV3AxnbP&#10;jBqZIPP5N/RKMMwgYgNplY/gdEE/vzdsy/AE8Yab9cEBmtpql7VOXBFhvUiQriM7ukWiISJXbNJQ&#10;oa8SisVDtDp1IdjDI4OSaM8teUy6uZWO6QaHvLFZxAHNtwyR16NSVTtCqZ4qBWQ1wNYCY3QN7XQu&#10;iO8SOB+zGF3aKYG7V2/CYvtdOi7HboqtstJ/GMdyPYxjBMFfBXHNbLv1EPMeWgAfCflR5ri4h3Q4&#10;99Q2FKC3faTErxq5X50F91RntAOWrj74pN4K6NGJ6fACD4H5thZ2m7oqZztWd0t6rkvlWVcuoKsX&#10;nt+yo3UgPKW1Da7mJaryYShaJJ/nTL4ltNzSFRRH5qi6XLpNyiUqXp6H2r6tSQcbOIgzm6XqZwEt&#10;RHcnkOj3bOXe5lrxKtc1RwIpHZr7ueweyvmDoULh6EL/jvvgjH4LVn/0R398eoNuEplM9pfp5h7U&#10;y5h0YwxJ1gHfYxiQcc88txFx69VHyB6UxzJQ43744lFBBKl803J45Y9AlwA4vgmzGQynnmuQKM9l&#10;m1J2DgoamnwwYAt9LxQKIZGIfiqnqNmysLG1Ly02xWIJ+wdHI61m+3cYNgwODhIpyKDRamJhYQbp&#10;dFLIwCgRj739LDa3d3GGyMCJxUkhWQeHJexkCxgeTCJNxxMNj+PWxg7u7u5jbnoCAwMDmJudJpLT&#10;wAc3VnFqeQHT40MSKsjXamt3BxXahwnaPgcPvvfO+1g+sYKHiYQkiYBcvnIVd1ZXMU0gdpII21sv&#10;v0RgN4pTi0vIhsPYvn3n8iOPnf/vnnr2ycboyODNRCpZ+iTOWeHW2tONzH6a9R8Motqc/yGeOF1v&#10;o46jgGJ4bBgR2l8zaKKazaG8m0OMrnvL6WhwphKvbWWWJmTN0n3u0gZFICdM8zVoWmjQ/E3ZJt78&#10;1rcQHx7A+OIiGo2WrgYo9M0AKULzaXR8SoT7AwQKmbwNxAZk3keIoFTtDtpEmLiSx/sQDEfFdICr&#10;dFI10URDQHdIh+C5xN0TWjieXspSYQ9u/448Nk7kLEFfthbM8/uF3bgSqZRon+S96KhEb66mMJjj&#10;92CQtTFENqrVKlq5Fs21QWnhEzcjR1ujOvDckRzHx0QMBan57eYvZP70vF4B7/pRGatEjAcKh3Dq&#10;FdoXWyt37B5LWv8rG5pG8bG6QvR74f3x2EH4mqD8jUOOfi1FJ2zfqxjdjHSfnsPoAeB2zxGhxxjY&#10;OVY58dMYt5VLEYreKoqtX5XDVMXuudbUduOmEBPTzWYXEbglnzP8uSekyLa9SoZjuq9hCSGVSoiv&#10;+UtCKN1KiAjb3bYuR9r8XJctnosBXxuhS+jdY3Bbs6QFMqCDPfk9EFBz0NGtYo6unHREB9Vt84Lh&#10;a0nj7UZjKBwdoVrII5/JPb8wM/6nvWe4P/oEpD/6oz/+2o3DYv2boWjsvzeDEezs7qFENwquWjB4&#10;GSKQO0cAbnFpGaNjI3KzCJofpf2qgVKpjGqlgmajjgaBKn4er+rVWw21Uif2RxaRD0v6hpnYtGWF&#10;jvsDgpKarQhIqB6JRF5lsBZla8pPYfD99vr1OxL4N05gOZWI/6M7ma3lKoHq8fFxDI+OoFwuY+Pu&#10;ttxw2Wp3fn6SHjuAzZ0sbt7ZQOzskhCO6YlhcU8qHFVQqTSIRKSIZMxhdX0XFy+vgl2+pifHRFTe&#10;JPD7zntXcGJlkUjJhIjbO+0JIjYZ3FnfwOzsDBYWF7BOPx8eHuKpJz+DGJGN92mH7966BoOuwbAZ&#10;xvf++I+Q+pVfkyT0/Z2d0YXZ8Zdj8Xjzkzxnmdffedpk8fHEmMAM1n8oBYJvLdlRoCxKcytIoJsB&#10;VGlzB1axSn/iVqmWr3XIUdafWscgDTqO4QGeVsdBjEhFneZum56bPKzjO//H/4mv/p3/GsOTEzg4&#10;yCEai0k+AVfaWvSchy9cEAvebC6DWDKC7M4eEqGw6EV4DnN2CVdlHE6wjiaIbI5KBYNbUoRQO8o5&#10;ibNF2mipPnluMZSUc7ZcDd+jlzIDXWkzt8FIwwy9ARiYMslOxpNi5asyIlTrjS2WrSKKkp+lqmJx&#10;BkxS7HgLxQqGBxLSKqlWth0dIqrOs7L99f3O6W3XcrSV70+7kMFhjNffeh+tKzeRrNTgKk7gs9/t&#10;zTx3CYCuahl+lYXdk7oh/xaCAo982D1ExUZXau54zw3oSohzT4XE37ylz4n3Sooj2t6V8mlqvGfd&#10;Wzry9CFKeuPpVFyBeIjem0wsG+2qtrK15cvRFSu3eYoXY9h10HUaNL3Ee0fmCp9nQ1cR+SzwnHNU&#10;MIcKeNWGBeo5pjY10BkijibK+n0jbnS6DGa6LmtaExP0EzVbBSdKdgj/jTNwOh0tTFfEQ8TrWl/k&#10;blMIVDCMerWM8uEBDvayT9k4r6l4n3z0CUh/9Ed//LUbtWoTf/zH337szTfe+L/3M3uJerOmHIf0&#10;jYmBGq9+haNvEshdxnPPv4DPPv1Z+d2PWwXlJ5fLVQJlTdRrDUQ4/4GzHdgvPkigjMv30kvsiL7E&#10;1snJskbKzkGRON2p6TuLeENswRu9TsTlOrvHBAOfzg2Lczqe/exD+N4rF3FQKH8xnYz/l0vL84jm&#10;YtjP5sSla2ZmWjQH+/t5tOm4zp5awuToEEaH0til393ZzGBlbhz0XHb0or8NIlco4tb6nqxgz06P&#10;yc39GhGdd3YzGB4aFPF5emAA71+6grm5GawsLcgKPbE2ZLjVZXuHSF0Uy0QS19bW8L3vfg/PPPss&#10;Hn/qM9LKs31rFfsb6/jC559DiraTL+4gGgiMtlvtwVgc+5/U+SJQYhY+uPFlhn1sv2u1tNjb0Pal&#10;jrbf5X51IpWJiQkEY1FplypubBG4tmCZrojWlF55N8JOCAjrPWxVEXHTvS3djsVZKUVpPwojlWvg&#10;j//J7+Lsz72AqbkVNCNVjM5M0hyOiOsa6zBe/OpXZPtceTgq5FEvV4g8l+jOvCnXUzI3WG8SjSEc&#10;TyAajysHN65OmCrTQ1y5uFXM7ggIc1eLRZgbiHguVwrnqkBCQ7dnCVmQleYAzQvD1wqjWpYsndEA&#10;3evPjzNdS1aDSVobsVgE5VoLg6mw0iQYTrdioFOqu0ZH2naVgafu0gp+HG8r2mZpZx9X/+zbmMgf&#10;0YVq6GqL7dNJ2D3OVl1I79zH1Naff64rEIarw7B7SIXjV10wAHcMj9zYPjm73/LXTzZcIyg3L8X0&#10;kRC3YmIfyywx0c1dgdHdb6lPuIDeV4ERfhaOCrEodTr6o1KRTBfAdz9DbUVCtcaC/xQwdEuVdid0&#10;j80Tl5tmt+3KPTLH8OxxxV2Q5mUg4Mo4bP0Q0xOvG25FT2/Bq9LwkZjwSFJIyIdaTBD9kq7wKSmI&#10;+jcTaK7m8Hzn9xDnIpUPj3C4f/BwrdGeSUZD2/27cJ+A9Ed/9Mdfw/Gtb/3R4B/8wf/3rzrtxgAD&#10;sO4NVNmVcngb37QaRBwuX7yI69eu4tvf+Ta+8bWfx3Of/xwS8ftplw00m23U6k1UqzUBcFwl4EC4&#10;CBEKFmZLo4QFz6FHtCC2EmWCBcIiuAwSWSFApm7YfxGOxJxE/Gdvv+u2rvCNdXJiGM8/+2js2y+/&#10;8zsm3YET0SgWZmeIKAxgczuDXD6P5flpzE+Po1ip4catdTl3pxYm5KtYaSBLhKPVscVqlw9/bGRA&#10;2tVW17fod2nwNk+szGFtfVtCBXn1eyiVxOTYGLbubuKAXuOxRx5CkshYiIjI1m4bN2/clJyQ+fk5&#10;3KCf//RP/hRffvEFnDl/HgaBYTYN+MKXv3yUHkzW38gdRgMp60o0Fjv6JM/b0dr2ucrq6mQomhCH&#10;K25d6lhNAVuWG4gnmI2ANxGP2NgITAL4VquDIzqXUF1HCsDoBh7LMXULlhjrqu/SjmXIOXQCWrZM&#10;cylN87Zk0JwiojdRtbH+J9/B+txVLJ09LZkUA9NTSA0NCZhr0Tzn1dzB4RGMExFSAvOQvGrx8JCI&#10;eh2V0hEakqDu4MTp013nH4GXwR5RNVcx1Noxp1kbuuqgnYh8oXOGAEJHZ+6gC7BN14VOtZoZkveg&#10;iIsLkoW0Gwp68xzhihr/XG82kKDzaXjdL0pw7LbLCOHzERHL27bz01dB6AVe/6M/gXn1BlJsb8xJ&#10;356c3O4B/WZPHcLwwPq99rX+n8xjREU9p+OZ9/qCLb0zHpQXs+17heIu+XC3yJC+7WViqN9ZPt2J&#10;6cv/8IiNca/lro3edHXHIyUcaRQWYsFmCLbeV6UbcY9PkTU2TQizExrbPyvPXDXTXG2Ho6os/Pls&#10;OY7XEgU3f8P9HHf3zOjaNEvOEmd9GO57UNejvFYt02v7EnLjO+u9AZe2lxEFW89jW7034fSSTDFN&#10;CAdxcJBFrXA4ks8fPZScGesTkD4B6Y/+6I+/buPmzbt4+aWX/gfDdC4ob3hbVsVkBSsQkF50/gXf&#10;gC2b9SAK+LG24Pfv/u94/fU38Ju/8as4f+7kPdvmtG/uTWfhea1aVkGD9NW2VcsVg2LuuRLbXQJ/&#10;jtXWN3JTBJWyksfOSVz9iEScSCzykuRlxH727Vf1hoX9g0MRKg8k2b8ffy+zt/+ZeLmCOSIf7G40&#10;MTqEdDKJ3UwOmf08EkszRCIWYHNIIQHYG2sdLM6M0/OjBA7D2MsdYX17H2NEXNhNa3JskECwTYRl&#10;DcODqf+fvfcOli0578N+fc7kmRtmbk4vh32LzQRAAqSQYYKETDGalIsgZZcol0lWiVaVZIu0bKok&#10;0/5DKrMkUWVSLFtF2iZFghQJAhBBZGADNof39qWbc54b5k6ec9r9fd19wtwL2SawuwA4vXvr3TDh&#10;nDM909+vv19AX38BE+NDvIAvKhAyt7CM0dIABvv7cHx0jK88+TU8/vgjeOThBznsbm5hEbPqdalV&#10;TzA5Moy7N2/ik3/6J/jwR34QkxPjqGxtY21p4bc//NEP/fcf/dEfHE2nEu1UOvWG0q8Ol1be7e3u&#10;5qiDQ1bKXq3OdJxwF9nuYLtIFPqQGioy5a5ZPkBjd487RJxkjjAcThoKli2APENx4X953ujfUwdC&#10;diT6iOqi5llLTa6hVgKt+5uY3dzB+vlFvP0DH0BRARC6PQGGFDurUbCgxwAgQVqnVApDoxMYJyOE&#10;hKOtU8nqN5U2gnhy33J1XghpLjxdorKdblIL0pmmpRkzpiAUWgxsaFf2XCzvnotCSsJOOIGrEb05&#10;bLK1fqOEBrR0rvR81HFT1TM81+hcuDg2KeAmG4QT2Q3wELq6DMTX0vnGWyC3n34BC5/+DN52WFfv&#10;8Y7pwniIkqicrlyPsBsSI+ZFMjbC2/lnmN3KLmWI7rhI4wSF4Po5QVZINGk9DBkUIh4cCJwlcw87&#10;NBLxwEILqDzT/TCWBMZrVgbgkj5IqYPMGz5CXw3H+DFoKpYWc9PfXfXZQt1jspDWYYLhMenbOuTC&#10;pylXjg2g1E5URMmyIJPnlb1CRjSus2YcpsX6xs2KOt4MsKzLlXkeBN0VGdj1dtRnm5NwTYdO34ev&#10;NwFsa7AttRU7h2ISvFOfVYcH+6geHWF3a+c956dG/ry3EvcASG/0Rm/8FRqURfDHH//EO9fWl36B&#10;aCNep633ywxnnWsRTWA2okSCIUl1P8G0ElWZYfbeXfzL3/jf8OEPvB8f/vD7WHhtB1FtSKi9v7eP&#10;JmVUUBvf0W5YLlud+tp2l/6lv/mqOOBdtzbTAWSCbFtd3i3MZDJkv/s8W5om39yPynbHx/buAdvk&#10;Li5T4vjGjbYn/zuhCuV6o4HltVVMTU2xWHp4qB+lYgGbO2Wsb+6yc9HlcxOYmhhC5biCvYMjBcyy&#10;GBooYGa8hJ39Y9xeWFOgKq2F5/39mJyaxP27s+hXt6HgQhLmE21tWySwvbMN2gulTgjttz/37Au4&#10;fOUKHnzobcgW8rh75x5WV5axqwqXTKuN7c1NfPKP/hjvf+97UFTgaOXWne/P/uhH/lFxcHT1zbh2&#10;W8+89ISs15FUoImKj84JAZBWsHvMu/hSA82UAgLJwQGu7erlMppHh7xD2+awNm0Zy8WsodVQUeRL&#10;qwHR5aAvQsUAUVU6wueQxj41h5pqPtXrLfT7LgYqDiqvL+P5rd/HwkMP4GE1f/tyfTjY2cGwApQ5&#10;dSyZbI4BBBVVHdnmorbDdMQEf2nuvW+cfpywMCTAkTA57e0Oaz2kpaiYG/h+2PHwDZ2FaHdBkCA7&#10;afmcGWILPtaJcB1tguBM8cjnmtDuRuSedlKpqQPIcfFK6ev0ewYd0g3AB84sqr9xK86d1U186bf/&#10;Lc6tlZFtdnSAXdA9iFjuag7VmYQreUbhH+yyf50RJXCFwYxhZofxl6V9D0OlcoKcj+i5W8AjEE9D&#10;dyKARyB63CIWcGgHleTkttY0xgn2mIKjJU0RUag6XuAJYK1xWf/ChgO+BhFJhymootVgkGgnWpBS&#10;btlVQneShbFPd4Vrks5lCFxMgCBDMeEHyecWpHCgoevolHObrm7sgDWVys47hEYGvtGQGACuQxKl&#10;MRHQgNp1nBCAJRI4Oa6jflRBeWf/XT35eQ+A9EZv9MZfsfHcc6+4Tz395X+sCpoMp9xKnY9AegwP&#10;JyYlWoENsgx1knr3y1hBBsu0m2bR7xe+/CTuzy3gQx98L97xdu2ueFSpoFE/wejIMDY219Gmxbil&#10;d9JoQaMPPCrk/LoqmDp6F5eeGcSrZwFvQovQ2bY0+Xwqnd7L5bNv+mJFC/OrN+9ywTJcKopCof/X&#10;bt2/P0DXYXJslClqG+ubXIakVaE7PDyIoZICF3tlBVz2kEklOHhwuNiHocECDlWBuLFzgIG+HEYV&#10;YKH8h1v3FrCwvKGu1RDTqshF6/7sAnZ3dnH96iVMjA4qQEcgbohByPzKCi5emMHMzDQWFxcVyNvD&#10;E489in4FQrLpDJbu3MXBfhnJRhMpyNu1RvNOrn/gx8rLKw+uLq4+evXBa8++0ddNvdLp8q1bH6Lk&#10;a2QIuLbV/GoEBalvTVWpM6BAZWaoCKGKfppb1Z09+AqsUAFOjlm24LM6D9/sZGuqlaWCmMRmaHpR&#10;2+TXCDU/ycEql88gn8ujVqkznCmp+TV+3Eb1yZfwtRduoVUaQN/wMKaITjc5gYHpSeSHSyiURpDJ&#10;93EWjRdQUiQnsNv8BE2p0sdHBWPKiNaZoiVMirWvaS3CcYx+SpoCT7+f2AaVgYbL2hGJ0DaXWYqB&#10;w5DWm9ChMI+frpEn2L1Bi8993plud1K68GNL4LBPYOMagp1xaXf+w631v4wWpHpUxZ/9q9/EwK17&#10;GGG3sbYqgr2AsOQEcu/TQEMEcDSkQznWTSzS4+gGK91BgVG7WxEAEn3NA+cx6z0c8c7iuWV26xmY&#10;CB3W2N0JCYtlERfwx+CPpV/JUxQsBpjk0lbI8tnR5y1sUe+JGKThLA1KO0+kOJCStRVkbgCjxTCg&#10;QxjxuEOfrzavI9qZkeHVojlpOyBWdC5YWyXNXJNhl82cdAC2hAhIbhbMUDK73lgSTF/kFEXhhPQ1&#10;IYOsQnbd8shwIYmGOtbK4Y4C/HvX6+32eC6Z3OqtyD0A0hu90Rt/JbofPj77F1/4KSH8j/BOGtns&#10;OinOKGDfdrLJVYtJvV5HvVnnjkehr59pJzrV2WW6RiqbQd9gETlV2G3tHeBf/evfxrVrl/DDP/zD&#10;zFumbke1WkG7UUen1YJse8ioAtnzmwx0yAGLF6Y2ecx7nOTrK7AjqXhTBZ8g96tMWgGQ9J+n01m8&#10;FfoPEp4//OAlfOHpV2jH/ccKudwPP/zAA5hfXlHnvIdL52aQHEzg+PAY850O7yBOT43h+uVpBcKK&#10;2NjYwfzqNq5Q2jk5ivXnFShJYl2BkH312MODg3jg6gXMLqyxXoSuGzlsDatieH1tDc88/xJu3LiK&#10;y5dnNPZTBe2WAiH3FxZx5eIlLphXF5fw2c9+Hu9697vw6KOPIKcK4M2FAnbXVvF3fvG/+tsTMxM3&#10;//h3/4SS8N43WCpuvBnX7Whh/XxtbnlaMBUpwwCk5deZGx6UdhY4UNDkQAFJsldWhXZdAa9WvaIK&#10;+pbmthv1gM77EAElxDPdOc47EJo+CMfSX3RnhKXh6mcCHoODfZhRr8PW1p45DoFRBbAnKKxw9wjl&#10;zV2s3JvFSn8f+ikjZXwcxakJ9I2No290FBl1/4GizsCBdTeyu9dUXFG+DQEIERq/OiZETjsLEQ1R&#10;8N91ijoCUbZjtCC62DOyZ+b8+8F1ktLa6fqGzmUC43Stx3QYopI1VWEbxn/Y+yGmCdHAyYkV8P5f&#10;EnzUa3V8/Nf/BdpfeBIP1ohz0zKZH7rP4EQgh369ZCzMLzTRDUXbYdJLtIciA3gbfVTb64hZ51qL&#10;WG4RuDorIwA3IhbBHVC4DAXKkdHuCqw5bkAdC8GFDCBDFByJgHYVWtDan6jLmynktdtfp6NfV8+E&#10;/UEGEewdo8chq2WieOoum2PyQLTGwjV5Ta55na1WxYrphQgJbdp61+fPbv1UvvqsSYauVeZQRTBR&#10;zPmZrhkDE2luZxUxxuKZ5jx3+IR+b7q6JYKItASBbRkdpzr+g/IeauXDiYPDk+u5kWIPgPQASG/0&#10;Rm/8VRhf+vKzfV998sv/o/Ramkcs/WCB4L1HpmGlFVjI8U5cq91EpXIMeXyMoaEx9A2PwFWFzkCp&#10;hKGRMVROTnB4dIRWs4knv/IVPPu1r+GnfvI/w9TEKA5bZXjNFtOs2M1FFScJk4QuvYYCJS12DeLQ&#10;Lire+Euw+NxJJBQASDZS6fRTOQU+0qk3T/8hZWilefniFBpNr/jyrflfS7htdqWitPOV9S3s7O5j&#10;bHQEly+dQ6vVJooWmq2mAiDnMDXcj9HBAta2ylhY2+XQwZwqeLOZFC5MDePe4gb2y8cYGSmqazXC&#10;V//+7Apu3Z5jrUt/Psv87hefexkzqiAmcDfQt8W5DRubEndv38G5mRmMj09ga3UVf/7JP8P3vvd9&#10;uHTtCmSzwfkSyWzupDTYf/ITP/0jHzs8PLowMj7yptCvyrPzH2ztbKczBFpJ10G74p4X1iGwkXQu&#10;z6XsUBGJjAIq6todrW2i02wzAOGChUpTyvvwRSA6ZwcsKYNUdF9o5yNP2uxsXfTT7j/lStACe3J4&#10;gpS6eNPjwyjvH6gCrsUFFN0jrwB4KZtCUs33WkWBw1cOsKuA8JoC11l1fSeuX8PYlUs4KQ0h1ZdH&#10;bnAA+VJRgfAcg0Yu1BwtDOZdaprfiLgjcU2mrXld1wIJEWQu2A4I7STrJHG9n29rSG2/a9QKprjm&#10;DA+y6Q3Ew4JzQGr1hgE5InCLYuG5j0A4bx/DbvHzXJcBLjzVYfh64+ToBP/un/06Gp/5HB6rquNp&#10;eQba+bHcchHd3Y98bx2wvEiPo7uTEQ0tjArWfYRKDB9xcbmwOX0yTOSOAw4nODbrUiXNa2dtBWTs&#10;ebuE5QKx3oyMdHO8WCpIvIvCBbqaZ/QsbGdLANLV+h6WAxkhCl0jmt8ZApWJFBt4qFeXP48tCNBU&#10;vPB6ukzdE3HQEMnz4GPgToq9+p7RfugOHQxop/WAKH+umZe+EaXzY8MJdCbSCga5u9HmJg7pTtgi&#10;2pwwX03OftJOh5z6rj7HDw7KkI0Gytv775oaKX65tyr3AEhv9EZvfIcPCtP7xCc+9TdbrcbVhFU+&#10;Qi86ugjw1MLoosNUEcnUk77BIQwNj6nCpsoWpQfHh/ju73sfHn/8CWxtbqOmgMnB3j4Lhkk/Uj+p&#10;4n//7X+DH/kbP4SRsSGmGlD4XiqTgKAANxYId3QFBU2/4gWfqVdqGU2kOf08kc4QRem++rpDAOTN&#10;tN9VgAMb2wechJ1Rxz0w0PcPDsvlq2xJmRhEXzaDB65dVADkAFvq3PMKLFyYmVAL8hBq1RrmF9fR&#10;mhrD5HAfLk4Pq2tWx+pGmV3DxoYGuFC8fGEKdxXgmJtbxvjoEPoLGQUoRrmLsrGxia2tXU5Ap6DB&#10;lcVF7Gzv4NFHHsFDDw8go55/ZRmYn5/D4f4+hgo5eIeH+OTH/xDv/dCHMaJA0eH6Jr78qc/8ysVf&#10;+Fs/M1DsO1Fft96s67fz0q1HReMEzmBR1SgJeI0Kp5nbutfuylPBkyBL20IfF0JeTRUl5PxFXQnW&#10;L+hCRud+6AKNCi/P7OSzDkQY0ovjmyIJmsJjOiGco8HdLAeNw2OIXAcToyUFSA6QEET883RmA32n&#10;CtVM2sEVoUlAjZYC1/P3cDh3H3tDJQxcuISGk0C/ur7TChAOTU6xexeBknT/gJqz2jmL9AZMl0pY&#10;nr2rCzkutn3dSbSYguhijhuUqTY4MGgUMRrWVC7SzFirUwIYNliRNSVSi9F943AEw8+3HRWY0loI&#10;N8h/gIy0Rji3QX/riv93BLIyv4Q/+ef/AomvPofHmo4CbxSk2DLOV2Eah31eW6w7ke5AqMEQMSF3&#10;dyq66Crzo/QpH6EGww+QB0LhBW/5dwyYObuLga4uDWK/CTUi0d9HgZGIRCHaHQybp2EpXex0ReAg&#10;qZ0DO5zlAkOBspkcRFbrcMGu7acF0kRLNfoQISzAiGuPhBWc22sknIBGFr1ejrHRZfczz6TSB92S&#10;8GzDu0aujohco4iw3RGm68h/8oJjgXFzY9MRB+H90mkcHlfQrFQoD+Q98qEr/0tPB9IDIL3RG73x&#10;HT5efPFm5tat136Rdm11W13vPoYLYJgbQMm2rkywfSrtzJaGxhWgmMb+7g6ef+rLuHbtMhfHzz31&#10;JFqtOi+kCmnQNhjaLYlPffrT+MD73oO+dAqZ/j74LS10l7Tz52uBKgWoeR1p+MuqwCL6FeV/kCtR&#10;Jo1UNvuVRCrdpgL/zRp0HscndbY/nb23gNmFpUeymfTfPa5VcVyvs21pUhWapO+4eH4CQ8UBBVb2&#10;sLy+hetXzuPizLgCME0cqmJ3pd1irUexP4uCAh/zqztY3ZzH6MggxoZLTNeq1uq4fX8O56bIzref&#10;A+2ocFvb3MHS2ra6fkmMDg9y0f3cc8/j8uVLeOhtNzA4MIB0JqcKwTnsLi0g11avZ/UYn/uzT9Tf&#10;+4EP10fHR0rrr8/95L3X7v2vDz3xtmffrOunLl9m/+add7PQNpnmwqXTanJ55suwsNRmPA4SA31I&#10;Dw/x3GtVK+gcH6nvKSOBoYF6PaySgFzUDJdeRne9RZAqznWPH+HwGxoW/dkV2lmq06zi6EiikMmg&#10;1Tg2gl0CB35g89qBzlxIpwRm0i4uUceldojjV19ERT1mWf391jNF9F04j4HJc8ipOdCnXsv8xARm&#10;Hn9UJ5hTbklHU6PchGM0IVovoreaQxqSb/MThGsyQaydrHbFsqnS7I7FQB3G1EHvovMutKM7KHRh&#10;SADvZ1JGf22SqIU0O9imZDdVH4uMHSdI7rZF5dfrgtDtnvrUZ/Dl3/xtnLu/jmttOq6mkTFYx6vw&#10;CzGPq2gAISKAolvfIWJdhOjtAHTBkWiiubFuNmJzIY0mQUTtfkO6VrR7IiLWu1HA4SEuapfBvDL3&#10;QaihkIHGRoTdOBlJTqfOWDajN4MICPg6O0MaTYlvgKEf6QGRy12QlmJzQAJXMzcEcyLUhkgLPEUI&#10;mQLgaR7XMUYI1ImxeiQRzM0woFBakBONO7EdHercSA2GGdRoF3Vj5etq3ZRvQJC2s4OnblDtNFBW&#10;68j+5s6D9bY3kEu6R73VuQdAeqM3euM7eHzmP/zFD7Wb1Ydpp1QHkRkig3FLkVK7p9BuNNGgrNCR&#10;/k6c5WyhD+949/eiVj3CH/xfv4PL125wl+DwuMksB59Dp2gBc7FfPsIzTz+ND733e+EiqYCHx5SI&#10;JO2QdVoKqzRpBTOLql7oSaRJ26+JdIK59qlU4s8z2TTTlt6sQYf/wku3eDEdKg2iODj4P9+8N5cd&#10;KBQwONivgEVZ3aaD9Mwk8rkcpqbHUCwNYGtrB+sbW2zVO1LMY2Qgj2q9iYMjov4kUVQ/X7swgYW1&#10;BGbnVzC/vMEgZECBM3IKu3NvFkNDRUxNTrA9a0f9jvyWdra2cFRZxrWrVzE9WMLS8hK2t7cVCHmQ&#10;8z2oG7MyP4+jtRWFPyr46b/1s//o6qMP/emXPvUXv+N5nXclk2+udVhlfWe8urh4g6gjbjrNBW6T&#10;w/yCfdjAQleo19shqlghx1z92t6hAiAVBWDrekdewxYDVkwmBsJQC8/QsMIiT4ZFoaksE6ar4BiK&#10;FOcqtBpAUgu1XRau+4Go3ORLG0yji74O0UtUcT+WFJg2WQlNBV6Ob76Kw9duYke9VxYUYMboOK58&#10;5MOYfvQxTFw8j4OVDe5OEABPUadHvVZJVVCSXsQlly1y1iJA4UbSyemYhEl4Z9csw+JyIp0DKl47&#10;Ib2GDtPVPEam1nC6Nm0guEmzFQ10S6mllKfmPWLJ6DiVCXLvldfwud/9dzj6/FfweM3DEIFezqiQ&#10;AXnJMRSsbmJUt5RcxPI9jCjf2rd2EaXiMCOib4GMJIxoypUUMuibcCeAuk1+EzZlo8PEv4T6t42o&#10;f5WMAAUGiqbr1g2PHKNjiJ5T0IkQIUVLBDROETy2QqNIZ/VmihZ82/ubTlloS6XF86y1S8dfK7rW&#10;OuUv6HYg6LYErYbgCmuhuu1+WBDhGBtp22YDd66Mz0LwHvLNbXyE08gK6l2TZUPvb3IrdCVMR84C&#10;VR1SKIVpp1Emj7Hq7ahj31EAZHL/aOroqHIjNzz4td7q3AMgvdEbvfEdOu7dX1aF9fP/JRU/vDMl&#10;LYfXMbueTrBrJthu1GUKFiU+J0gTksui0FfAkCqaz1+6gMODYzz3tScxOXUeSXXbZqOuC0XiDavF&#10;lUDO2vombt++i0du3NCLKqVbq6LF5Z03LYC0S6VDbi/ska+tTpPJ9HY6nX2JxOdkKfqmfRir6u/8&#10;zBiefeF1Wlx/YnS4+IMPycuYW1lXgKKB8ZFhda5NLKmfaSHOFfLqd0WMlPrUolpWv99Q13GC9R95&#10;VTzkFHjaPTzB/PoOhgb6MDlaYmH/ndlFvPjKXf770OCAuv8QBw0S1erGjWu4oopV113jhXtnZ4cB&#10;yvmZKQwXSyjvl/HFL3wJjz3+KG6QDa8q9FdTGVx/5LEnP/rjf/2f03kM/fSP/8js7dnvv3j94stv&#10;5jzbm114R3NnO5ElOp2aNx5R8PyWLsJEWBxxPZZKIV0cUCAky/Oxrs6rfVxFUxWMFETp2cBBMiD2&#10;tfdVm8CZfQxh9R8alnAeAVnb+mYnX4aCZuoEOMxT18J0mv5EQ0wQ6OaeB0ynRPCXTQd3IoUcgyBT&#10;iKYVIJlU9f15em71vI12A9WVeez+y3m8rF67l0dH0VSvSVq9Z/KjI+gbGUN6sIjph24gp4Btqq8P&#10;CXX+9EWGC2zZa4Ll2C1JFXWavaU5+ASVdPaD5uLr7DdpikcRFvc+TAJFPPNDBE5QIo42RMjnF2bH&#10;O7p5Xldz/c6LL+O5T3waO198Ehf2KnhMXTNyXvJFB04ACX3j0SSDTkqU5iTOjAG07lXxjocPxDJB&#10;ECh7wkfyu/ol0UeO9Utcs/se6WD40MDJMR0OyKjEHQw+7DlElSzdQ8S+jyShyyiwi/R6BAEKDUCI&#10;isoAHDps03Y++JV2jO2tJOpgUgMAx5gOsJeB0NlKpJeTtqPlhEAmeJm11iOkWMlwHvgigHME0Nue&#10;Z3JojCsbDAjS/RzzuCIAKNy1M60y0vhpZwRDRzO5Na7Jlwqvk7b79dV75/BwH82Tw0R59+CRiR4A&#10;6QGQ3uiN3vjOHZ/73BefOD48eL/ufnhMf9GaxlAky6JEsr8lcatIsKaDksjT2Rz6+vpxQQGP8Ykx&#10;7O3uMzWmOFjC7tYqRsYmUON2vOafCxte5abw2p37mFZ/H+rvZ2tJsg/1VCFP6mHfpPlyBojpuri0&#10;Q0yFaTr9UjKV3izkc99YOvP/j0G5H7S4PvjARewfVAZX1nf/iXCIAjWMrLoGi2trODg85nC/VErg&#10;4OCAsxYunpvG9MQQRop92CsfKyByyAXEmAIl9Hij6ve0E7q8uo1CIYt8Po8rF2d4V31+cRVb27sc&#10;SDiogMiRWpiffeY5XL52BQ+or77cOlLqom1v7eL+/TkFVEo4Nz2JTr2Gz//Zp/DwO74L587PoHNS&#10;Q3lz4+KXPv/Vj73vg3/tdxVQ3B56z3f/zps9z8q373+fW63DIQCl5lqr1mBHNAQ7+KY0pPnnJpFU&#10;oCyRScPvtFHf3UG7VWP6Fc0/jWit+FyixYWRy6WhDaWjpllHhl2OIK9A3Tbp6PntOpIpWAxATHXo&#10;Si3gTbC7kAYeQoZFpzDdEFtIO5GK0w18mIQOQVT3zajXMq++pjKG87+zgZaqy5rqNicErtS9jtS9&#10;9or9cIeHkFaAJDE8ivz4CFKlAeQHisgrcJnq74Ob0RREJ5FW19A4WRElTP2+2Wojlcsjk9UUK9JX&#10;eR1th5pUYJbmysbiIh589G1a8C403UbrB9ygQHT0xnns/FjUr94Duzt7WJubx+xzL2BezUV5bwEz&#10;xw28V5UqWYYaTfWyeIZm5Zgv6/4lA+1HpOw0V8s5EyaIrqyQKOw4m5oV/k0EPRcDEaTtZpkzs8nh&#10;AYRBzPZXoJvKFWaC+GcclXV2si5m3edpqWzB8ZmiXFPlXKZNEuhpq/dEx/fDB/O1Gxp1kTUtTtPv&#10;sukshwVqDZDPwJy7D1IEchcRdKvCA4t2TYQRHImoC5pJ7bQUskRCC8ileS9Jkxyv7xd2MqQRpXMH&#10;x7zX/ADAIqCJOcbVQIvWrX27tvolq+rj4wPUj4+xt7n3Lty4+Fu9FboHQHqjN3rjO3AcHFbw1a98&#10;9WdcVyECJvVaX0rfrNGGJuAgEMe6nP6cVoVOFulcBqOq6J6enmY3qj1VoOzv7+puhVpsTo7KCjDk&#10;Ua3VdKqyEc7SGldrtjG7sIDRx58A7x+3zRcVDZ6mihAdRpKdI4VuqaoxmSHaVfrzFNKXy6XfHPDR&#10;9rG4usMnTyLxibHRv7u0tnW91mpwvsPwUB8K/Vexsr6DsgIel85PKdAxgroCU2vrW5ySfXFmBOPD&#10;/Sj157BOaefrTe6MFNR5DA8WVNHhY25xBZSi3t9XUL/LQ05PYHVzC2tb23DUNRtXt+/PuZi7exc7&#10;Azu4fuMaikNDWCgsYXk5gc31NRwd7KGfqGrVKp7+5Cex99gTmBwbRzOZmPrcxz/xm6MjwwsPPnLj&#10;qTd7nhEzY/+12w+4gi2amJfeIacz7jD4gSxZmv1n2g3Ok6taKg1PFdbH69tcmCQdyaJ1bYvgmI6H&#10;LTbDqcv7tI7+vdZDBAoTrX1gK9OwELQAhOZ3krQpfoK7R61OPbiNK0TQCbFFKoEfun06UkA7IqRq&#10;OZHdcN/4mSZTCRBxsF/9MC4dY5cq0SFr6qNj1GcXUFG/a6qis6aAQTmRREcBCxQLEAqUyVQWhfFJ&#10;DF85By+TgVR/dzkzpYShCzNoqcdPpDLsGHawtcOuZ9QtSecL2FyYR7+ag8PjowxOqCPJLmTqvUYW&#10;20SHbKnXpdVool6pqvfvkXqMTRyvbWB/cRl19W9ibx8jDQ+PyQRKtCkhqAPTZNG/5FfFjQi6LfCQ&#10;QaBh3MEqboMrYooMEbPRjYvFu8GLBQU+gKhSXkZsct3gTnzVhWvV/rBydxF0NMKciyAd3BToHk4D&#10;jKh0vhu02HMLuFcRUGKxAOnHyO0tSLB3kpzbEnRgjKWylOa9QplJCnQ6QScrkmESuHw5kXRzC9NE&#10;8LkedCukFZw7gYgckQ4ZZ9UInYpuM2lsV0qa7l9UNyRE6MxmgYWjxUvaitd8UbfXZ8ctT5tDENZK&#10;CFSPmzg5PkF5b++dHZIv2TZkb/QASG/0Rm9854ynn3pucH199cdSqmihAgRBkrPkwoJpU7SAcuig&#10;DgJ02JGKfOjT6B8YwNTUJPr68tjfO8DK0jJqqoimRSuZKeCkUkYp26+7GTpyWC+qJoBtbnkVb7tw&#10;CQNUSPkd/XwsSjcLono+Ssl1KIVdPWc6nfZS6eTns9mMAjxv/McjLa7HtSbTzWbnlwkkXC3k87+0&#10;ub2jCskUZs5N867doDr//usXsL1Txpb6UseIczMTDLoq6nrMr2xjYmSQAcjFqWHslCu4v7SNtAIw&#10;42M6aJDE5kSn2tsvY3JqHEMKcLRJD6MKhM3dHcwvrSsAklYAaISLxpdffAUzMzO48eB1lEolUEdo&#10;af4elrc3kDqqQh5XUd3f/8L5d7/z4/Xy/q84K1tT6wurH3grAEirVh85WVz+bgjKcklDJ4K3mVoS&#10;zUyQBgSTRiQxkKftV/jVGjbu3FPz4kQV3C7rbKTUNKyY+5EJ0LPFk6WyC0fEqB4udzdMx8PsFCeE&#10;rx2eqBRSv872F1iT0dzf17RDu89uQwYtyKDC0WhS3MizOJGyNgpC3KDLY8XMIX2IniSjDoLASZFz&#10;SjQs66ji3qs21Ou5p4CRZME9xyYqkOYoMEI6lKY6hubwIPbUMR9Rl6lvAP0TY1zgpdJZlDe3kRsa&#10;QH6wiE//xr9Bx/XZbUmabB92oaPuEufw+LwRkG52kPMkMupC5tV78QGRVOA2geLUGArXR7D7ClER&#10;m7pLSk5jDB2F1nxFSlQHiFjbBmkRiMT3BbdGoPKIF/O2fPZxdndBnjIJFjE/LEshg7RFuMP6GgFE&#10;rIBF12PFPwhErLsSflkSGCKhl9HHsNGJcRthxMAFOf2lcknzVNoC3TcaGmmAB99bhgnuRMGijgdT&#10;whybLWKf0DqYOaYb4gSbSVFRfQA0jEZEsmOZZ9zUnOB2vmfE54Z65ZsOiaX5+UYkIkyujevobqQF&#10;J2SQwDlSAUCJu2bZxHV6mIa6f+XwAJW9w3OVk9qVYl/ubm+l7gGQ3uiN3vgOGrSAfOlLX/kBtWBM&#10;67wBkztAu5i+qxNt2bQ9wRQN+o91H6rwJ90HUY9GR8cwNTGOvAIQLywtYXNrQ4cLCrM/Rru49RMO&#10;Qqu3W5oHLsPdxUqtgYWVdbz96hW0m03mWMM3CzDRDiil12R/uKrYUsX+nUQ6cz9PoV3Om8O/unnr&#10;PqoKhBSL/eqcM796e25xkATiJCJeXV0HZqZZDD/Qn8fg1X7We+ztH7Ej1tXzkxhThSFpQ6rqXDcU&#10;uBpStxtV4II0HrdnV/Hci7dQKg5ieKiowMgo5hYW8Oqrt3Dp4kVMTY6ZgsTDnroelHh+WFnA1SuX&#10;MFwawsrKKjY3N3H9get44rseYUH70uw89lfWkCp15v/er/y9nyoOF3dLgwN3bvX1/9yNxx78w7di&#10;rpVnV841t3YHKJWbwiS58G21I+nQIsJTF1rrkMuw/qGiwBeloOs0cKmtdwmsypTRduhSUCeia0gD&#10;xwkyCfQOrwYk1IBxmcKid4UD6pXQt3FEUge9qbnerKl56zixroeIiogNoEicATzCJG9TcEY1I9KW&#10;04iRlBApgOnftghdqfg2rn4u8krqo79Q8d9oBM/UWSqzFoQds+ixXr+lgLumpI36lB+hncO+V7Ri&#10;NrvS0HNc4RhKEBWtLrV1GGA5Igze81Vx2lBgo3N0rM6jod+DIlL4MzPOi7mMIbDZFZHeRLdX1ekU&#10;csScsqKqi7M0F5pq5RgKXihGD2/hyNCOlz+fmE7kxxy1uglffkSn0a0lkV3PHws/lPo6iq7uyFn0&#10;Lf7II21bKsUODLS5QF0+osmZj0OY6t+IcDRUSqjPVNoMEgZgBG5VcAK7sgS/Z8JWi4x0Q+y81C50&#10;iIVRWkpVcHZOGGAozWd48MpJG6xpQLYbghl7IwYfHHKYCLUkNtfGmp4YQwkvIXB4VEatXC6UywcP&#10;9wBID4D0Rm/0xnfYmJ1dxs2br/0UJZ1rABLuOTKdgnzoXS0ehWnzkwYknc4hncqgNDyC6akpTuje&#10;3t7Dvdt3UK9V1SLvcYpvh8SGquBsqEIuPTikw7F8u4tnHFbU4y2sr+HRc9OqQHB5V5wFjJ7gQpV4&#10;Mk5KQR/1lUzRc6eeyWQztVwu86ZcIzrMseEBPP38HSoqPjgxPvI3222JxfV1ZPIlDBRyLAQnbUIy&#10;6WJ0uIQb1y7i4OgIW9v7WNnYxtUL0+p2Gf6q1lvYUuCEdi9LAwV12wtYWE5hdmEVs4ur3AkZGBhU&#10;1+IIN195leltF87NoI8E9+r6pRQY293Zxas3b2N6ehITE2OoHVfwtaefwoWLV3DpymXkUmmsKECY&#10;TCZ2G57HytaHn3jbl+jrrZpr5ftz75e1IzjpJBdORDPpyI7Z1dU8chlWMJwunuzv5/l4sn0AWW9w&#10;RgbRNXiXlrnlLXXvJHcFZKQ89a1Y2jG7x7S7L7TwXOs8fLNjzM7QXBQmhNaCpNRz0C+delsdX40B&#10;iOXuu3bOUrFOHQoR5lMEygKbgQAgao8QFOJSxACKRNgJEV0dAcRi+RBJzzBloBMtb3VIh86/loaQ&#10;Rhx9T983IY0Q3EWL7xIWx77QgJ9iGR11PT1R5eA9XT86+v1MR0EXQs2rvqlJHL/6CtKqmOyQ2Jw0&#10;OyKazuGHDJwAboSkKt+cdajTiAKOsEMiTnU3oinj3WL0MClddG2ziEAXZOxoeU8lwXOOu7Lm1dOJ&#10;R/LMx44Ov8upCzitF7FuUYiCFhkHsAicytQtcwkKB2Wb5I4Rffuc+QFtHU1FO/2nAKBjdT/qfU4b&#10;Qr5ExJUQAZ3KuqIJA6R4E8l1AntlYRA1f85LP8j90J0PP+xIRjI+7MkKEeZ9+NLONRnL8gmoYcbq&#10;WNOwTFfMdcx73ufr4RtaGbthqXM6UAC3pdaN3a3yE5fPT/1hb7V+a4bTuwS90Ru98UaML3/xySsn&#10;x5UP2WUVES8ZveaRqFFTr3iHNEEdkBQvetm+fgYgl86fA6Va3707j+2tLQ4XbKtFnbJChK/dTogD&#10;TIuqI0IKi4hwkw9OKjg4PjYgRxd8Pi1WBEAo+4MCCFWxk0qnKIDwM/lsFrnMG59+3qbd3qaH8+oc&#10;JydGkkcntX/S7vjiwoUpBRwu46RaQ0sV0mOjo2g1W1hZ3cDu3gHvwl+aGcejb7uMTDKlQMgOGi1N&#10;Y85nU5gaHcTJSQ2zS+ucFj86UsSVK+cUuMpgdY1crRZRp05JaQAby8v42tee5aL6wQevcZbI9PgI&#10;igrQzc8t4tVXbqLdaiGjrvMLX/w8nn/6afQPDmJ8TAGT/f3v+d3f+D/+dHF+6bG3eq7t3LrzdqHO&#10;iUuVhNZldJi+45vOh4hQOhykB4pwMln4bR8nBPA6LbSlFykOBc8x5o9T0rkfCn2520FOTGQg5Nlt&#10;VX0fcrdKOk5Au6FynX6n8/q0TqJUVGCZwwt1Aai7AIZKJUKwEanHQp1IrBhGzDFJmG6HiDD2o6Aj&#10;ai3bnZIhYqSk0HRWxo4g7DVYCCJNpqhjTIQ7oo20TCLFP2taT0Lqjg+X6aKu+fjBI+puhmNBWGYQ&#10;raU1dZ+OdmaybmLmNsJawcp4UrkTIzohcgWiTkh+0A2KistFpAwSXUV/vFcSfn6JrqsSpXuJ4BoJ&#10;k32CCCiSBsLFH5uPwmqAYkcUBztOpBMU0LNkeATWXCPm/qT+b6snTWUzbBzgG5ArfcdkIZlzkzpg&#10;kjZt6EapREZ99mZNh0LEdHoaeOgEdA4WNACFs2SCcEtjTywdIw5PwCapy0h0vIg4fUhp0ZMWquuO&#10;uc8bMNZaONy8iTtjMe2QQAZ1eDzPCOIRPB/PRnrTqjdjtXqCRq2Ko72Dd8reUt0DIL3RG73xnTPq&#10;9RaefvqpH3UTMuf70UrKMbQYV/OHDT+YaFdkCZoiN50Mhef1qyJ3GENDA6hV65ibvY/GSZUXE9op&#10;1bt3naBz4nWagYUkzG63bdE3Ox2s75QhSBRLzj0cF+3o5CrajXMFd1JS6exhOpN5JlfIveH2u3Ro&#10;K2t7mF/awsLKFrLZ7MfU797V5OPr4NzUOB68egUtVVQfVU64EzFcGsR+uYz55TWUj09QLGRw49Ik&#10;hgf6sLJ1gP3jurZwVQUEBQ3SWFSg5fjoCNmkg5mJYZybHmeL2rnlddaNEChJqCd++aWXcG92DhOT&#10;E3jooRu4fGkG58+dw0mlhpdefBnL9+YA9ZwLTz6FL3ziTztuMvH5oaGS19zeeeyLn/jsf/tWzjWv&#10;5WUO781fdgzHmwooz2tpi05T/MU6GGqekNmAS50Sdb2be3uo1qs8Vzqcfh6mpesuimdoHZZbL7jI&#10;crjwEUHonCN8s0Ms+XsCHtZSNyF0kZxKZuA3OloX4oQaDtdQkRxLuRLhAi0ihZcf/E6GIvTIbcMC&#10;PG4S290X8buKaRu4iK6C2ukCI6ExrIwJoT2dpqPmUhIdUMp7O9BjhMBGF+COETwbdkxIE3PTyM9M&#10;oXm4A8fmeVguv81ykVHYFEKiUAMS7Wt0p407QX5HtNsgu3okskvEHgILafovvgEUMqYIkcFMc0yx&#10;rg0xEHHokl0kMBv2yOcnZRcoQZfNb6QDI0LwGQi0IyAk2hXhf9VcT6RTaPu6K0iH5Rh9R8ezKhPf&#10;5JfoWcE6vEzKPJl1RHM1oGC9nnV+c1iQTuDFaji0OFwbfVh9vQ0OtOGEvjnQwB2L6IhO2FnxpaaE&#10;cRfL0M2sUD0KQqSMZsyEnRH+nEdodmJRGz1sQ60XlYMj9XX8YK3VGeyt2D0A0hu90RvfIePVV28n&#10;l5YW/4a23uW9TQ0OGIM4QUCZCBxTXKSTKXbU6SsWMaYK8LGRYQVEMlhYWsba2ho82Q6E5MKExFnh&#10;uaZWmcQru7DZtV8tXpsHB5y827G0A8N3ZvG5Aj6JtEsuW8+mU6ktsqV9o0et0UYylcbG1i6+9NVn&#10;i/fmFn6ZtBa7qhhutj1V+PqYGhvCA9cusE5he3cf2Xwely+fR7/6d2VlU4GOMlMKxob6MDM6iMOj&#10;E9xZ3GQKFi3CUxMjrI2ZXVzG8XFF3S+D0mAeE6MldW3HUG16uL+8oYDLCQb6B9CoVvHya6/g6KSC&#10;Gw9cx+OPP8yhg6Mjozip17G1t6sW7AO8/YmHf+0HfuiDP37h2tVfzRT6d8enxm6+pWD38PBce239&#10;BhebjtmJZ51QJ7Kbb0ssBy4lQpPDD1EDmy2U17YUEFEAViT5774MCTySLXg7TJ+hYtHzpUlEF0wD&#10;tDU7gwej82AhutBdD3blMv0Cx00im8oyqISay64pPqM73o4BLJrSImN/S/C7KNxrtzILJzCERWwn&#10;XkZ2+mVkF95HSCeSXfv3fiwrPBrGhzN7A7ZAdvnoyDmsw1ouSwnzu0CAKxMhzcs41tGtiL/vZgZQ&#10;nZ9Tt+lENC4OTkOOuLYlepR+ADFExLnMj5XwIlYARR8n7ImE1DVEgI4TgXNhDKGIdGGC/gcX97oA&#10;14nefqzzEtN3GEB2VqaIf2q2i9h5RLUjrgjv65gHCAq8RJpzXzxj0KGLeZ/DMUn75BnNhHXBEroV&#10;g2wur7U7BkGQho6c+mQkRd0xHT8GD4HWA2EGjHl/2M5JcD0N5VAaswffPCYT54Sj9T9Sd1G0i5UI&#10;s2UM+KBOh2+O2wIT13VMJ9ECppAqRudOpMG2uuBHlUM0TirD9Wrjod6K/daMngakN3qjN77p48mv&#10;PvlQs1V/RzaTNRkdelWyu6zCpOjSThr5wHPuRzqHVCaHTCbDguvJ8WF2TLl9+x4qx0dB0eLb7enA&#10;Vx56J9pNBAuUIQ8HnPiKKqCrzQbyahEm+lHHF5qgrxZf6hgkFBhIpzNfyRZyfi7zxtvvzi2sYX1r&#10;D0OlInU/fmlpfeNyOp1S53nMi+f0zAzy6jgmR4cwXBzA5vae+lIgJJfGhekxtFtNHFfq3PkYGsxh&#10;IJ/F5ekRBiX31GPTOQ8PF/nxfQVoCMTlCwXMTE0xKJEd4taPYL+cwvbeNvYODnH10iUM9vVhfWUF&#10;21vbuKh+fuTRt6nH78fKwADKCiBJr7P1wx/7yX+WzWYqP/Cj3/9P3/med/7r0tBg+a2cazu35q42&#10;dnczKRaGJzUg7bSDoo+pJVb0Kh22XM6PjUKkEmgdVlHZ3WVj147U/HJdnLEMNxDEam2IoaKYvXQu&#10;5E2FR/qZhMlPMFR0BgtJx3Y2JIdquuxqRVVVx2zIWq1HWFh60orP4zuF0gAQN8gKQazbYR26RJB6&#10;YS1io7qG7j1+P5JlES2Q44LpszIpZAQMeNBWp6Ty8NjVVHZ1UCJZGsbJKRTb04VIo/COR3H09FN8&#10;3iFkkLFdUhGxs7UAIlqMR6+VjGg+TsvR0SU3lzFhfzTpXASKFz+wZEasV6Gfww9Aiss/d6QfzBMN&#10;jrzYtZSRHWCaF9byWUb+djo+8TQcid7W0ve8yDmx6QHp3Og5OtzPYwqg45vrwuni5qqbfA2ea4kE&#10;CgqA7IkwcFJryv3QFcvaqJuMjohIhd8rbJFrPutps8gxYnPf05oQ7YCovdtMpEfYnfL9sHtmvnec&#10;MOTSdk0sELI5PDb93WabcEaPNH/3jYOd+gyoVCqon5wkjir1R4aLhSd7q3avA9IbvdEb3+bj+KiK&#10;51946SdSqVTSJiZLGRFfCt1S55Y7BZTR9xQEmEoyCKGieXx0GCVVeK9tbGF+dhaddjPgnDsh9tC7&#10;qibszGXfdxk4pwSsdfV9rd1CrVZHu9ni3VafKDW0WKljoIyDdCYjM7ns53MKML0Z9rsD/TlsK0Cx&#10;Xz64PDU++ovDpRJq9SYHL5LmYkkBBtKtEI2B3KseeuASJsdK2N3bx+7+IfoKeZxXgGN8qF+dVwtr&#10;22XU1LlNTZRw/fJ5vtKv3ZrDa7dnWTMzMjyCQ1VoP//c86ir63DxwhRTsoaLfRgfG1fVRgqv3LyN&#10;e3MLqkDXKeKvPP8CFmfnMT4xgRsPPoALF86r12Y4+eef/tIvHh2f5Og8hoaLZfFmpTV+nVGeW3if&#10;OnkutKhoote31WkFkl8vMl8IRJBAWCRTXMK3VRFSVeCLOnDa1tMPymXfCByYakVcd2kC8Iyeg+YV&#10;az5cHUToBsGC0L+z4YFm9zfjZtVrVYNLu+LSC/j0IpbrEd4PEVtYF3HhuXF8PbWQh7AiLEbdiEAb&#10;iKpFwv1+J3LbbitYdP1s32NuhNiVZAinNxjcM4rksKz39P1kvPtAWo/qsy9CtOuBniDIt0Nkaz8G&#10;BaLAAbGcD0S0HX4McCFGg5JdoCQEBvronFMlUrwvJCLmulHYxN+ZHX2bgW5fw27Q4AoRt8+NzIXT&#10;YEOecscSXR2T4HoIc50kZcNkkUxnWEtmOwLB+XNXxGhlhAYSLgvKE+hTn0dOQoFKIQONHWdxGPhr&#10;aVNadB5JlZfS6Ju0vo8DPZki6ej3oOuECef2tk5cCxI+nm1kh+AjkJAIm9IedlQ8TwfN+hH732iS&#10;OnUuKRflSH2+VtXXQbn8eG/V7nVAeqM3euM7YLz8yq3MxsbaXydLVN+2vyOLkxDhck8LFH0lE0nk&#10;C30oDPRhbEQV1iPDrMOYuzeLnd1tc1u9c6YpBNoSFcaSknflCMxIGex4WUcaKtRaXgfNVh2eqwql&#10;VAYiRQ5YKfV/krUAyVRqLp3O3MwXsm9o+nmLNActD/39g6qYH8RJtfHL+Xy2dOXiOXUMSc7oGFKA&#10;I5/LYmNzm8s6youYGC5y2vlu+UiBkENeWC9ODbFYPpcZwM5BBUtrOygoYJLLpnBJAQxysSG9yM2N&#10;Oe4yFclaWFRx+9WX0FcaxtUrVxXIK2J5ZRWZlIM9dT3W17awsb6J81OTyKgL8fozz2Dl9dfxwGOP&#10;YnBwUBXsJ0Ovf+Xp/2l/deWdH/uvf/Y/T6fT9bd0sqnXd+/1e48JvwXfSXFhQwUSaYTibk+GgsWo&#10;IYEEc9slaoeHaFZOIjkLTuDYZnsHttj1TScvgWRQuFEjLR3YjvqmA6IdrxImBV1TTwQnhZMVdCrl&#10;o1Pz2GUqEJ/bolTEOw4Oopa84Y6/jP5s5ni0sBWmiI4XzuEjipguRkbSusMegB8peqOi96BTE3RJ&#10;9N5+QrrseGV3+kUsZ1yGBDApIoJu0tl4SF67DH9jVYEzXxtERLodQDyx3Il1V0Lw5UfK+FAy3026&#10;ijtm4VSHITC6Da6XiJHUzkoQCV23oqJ3moNOoBYJiWGeAXw+upU13Xa83YoVcYr8Zv/uGPF592Po&#10;gh0cuEm23a1q3YAPEWTZaM234C4fdwiFVZs7SOZS/HlK2S10mzBc0DMavvA6aycqB23KerHwL6Bd&#10;iYg+RNvm2qybqLhc+mF2o4yAERhAF0DMSNaIBuMiuCyWDolo9g80GOFEd+r8kHtio4768RHK23tP&#10;eLhOisBeIGEPgPRGb/TGt/N46qlnnvC81tsSiaxmgUcjee2y7hjfebVykgA9maQFMouBvgJKgwMo&#10;lgZwcHiC1157He1Gw7ToTco5uej6XiiOpeyFhBt4xQfdFhl2QOi+HemaxchRt0/Co507yoPIZJDK&#10;pL+cSidrVPi/kWP/oIqNrTJ78idTie+q1uo/3ez4yGQSuKpACD3/zv6BAij9GCqSm1UVK0urTI04&#10;PzXCIYOjQwPY2j3E6vYBJocHkFJAjcAJXeJlBSDITniwoK7jQBb+zCQ2kyksr29gd2cf/bkkC/wp&#10;iOvZ557BzLkLuHDxPIZHh7BSWEc2l8Hm2iru370Lv1lDVgGm2vIy9paX6//pz37s1zr15ke9o8r3&#10;bNyZf1+1Wu97qwFIq9YcPFlYOM+gk8qTpBtw2YHQ+tkPpqDDgE5NOK5UGgdH7IZDxCHanbUi80AF&#10;QdbOnhXQarpH22sj6Sa1yFwa4k1gG2o6IabMTQTuVk4Aalj3QO5cgXdU6MVkwQPdL9EFSkRXOR0k&#10;RIuw4yci+R+h6BzoJiDF0tMRzRWRp3QI9vj8Lh2FFp9T90MVnVT+G82KfXR7ezcwxI0kvMcE70kM&#10;PPYY9nc2FYgJAWNY8MsuKCG6ks5l11/iYm7njI7MaVAS79T4sZz0SHJ5DIj4wfd+7EqZwEovSuSK&#10;nm/8+cLOMGLuVrLriNGV2o4zu2HyVJgiS+ZJ6+G4aLXbpkOhwS+bTfnGlsDXeUAMOBwtNNfYJBEY&#10;NLOpMOETX3MMrb2uNJoLtuCNuhEaowbbztI6Kj/2Wlr9Bz+X64S6EAMkrMY8mvthHlx3ShzHWPT6&#10;AbWXtH6cN2PeKFaEHoQUqmNvtJuoHR/geHv/WqXWHB/Mpdd6q3cPgPRGb/TGt+k4VKDh1Vde/ZFU&#10;MukEHvMc0BUuAGzHKDT3N6EKRhKCk0Ayrb7y+QL6+gucS/HSS7exsr7OwVnB9hg0R16nUoeEh2RS&#10;LZKuY3zgdZiWNJYwvklFb5EugBcstSgSYFGFukgKdt7KZDJfpuI/k37jPhIbLY/Pvd5o4vmXbqLt&#10;+/9YHVcq0+lgPD1MeYy4dH4Shb48dvfK3LU4PzXOdIhyuYx2p4Xz0+MoFdK4PDOC3YMKFtf30F/I&#10;smamSCBEnevd2QV1ewVORkeRV8CmOJhX12MSW9u72N7ZxerGNooDOYwMFbG/u4vy7j4mpyfxwAPX&#10;MDY+pv5WwOryKnY313Gys43a/q7/8z/3M7/8/T/4vl8v7x385qvPvvwjA8WB1VJpcOetnm+V7d0r&#10;1a3Ny0mhNT1S6JLOszv35LYT6DrIotfVWSHZNHx13Q82tuC3mhAphy2PnUhYIetAAjeeaKIz2UC3&#10;GEAnOURTO15Rt8M1CEI7YYV5fAmhAE/bQSqtjqfVCMCKI0QAFlwhYoF6MEBEIk7Hsa5ZtnxzZVgW&#10;O6dKdpxybAooLcH+fghUfLuTHdWkRG7hR/bWQ/csAksJ434lAzBlbx8h+yAa+Wd/puM/+epTEEeH&#10;/B6WkcfwEcuiP4MzLiKaENFFtopSsuQZOSjdt5IxgpWIKGacrhDDKJnNN38POhqW7mcMMoIMja8j&#10;6fdk/HFF5PXxIxoedEGieC/EaPpPRR1qCOhypoerXalMJ9D3I9kbviHsBWnkmk6YT2SQUmC7IRua&#10;kGbtbZ1IQW/DXx0nEIvryyD5GoiIg5VnuiT6fWW7g/JUgnpArTKgQ0Rc4CzwcMy/vkk/dwwAYkpu&#10;5L1Cx6UBjgymIV0HAs2HR8eo7O8XKsfVR3oApAdAeqM3euPbeNy6eSe7ubX+0SQvdjpFmkMHzRaf&#10;E+yqEXc+ob5oYSQL3DQX3rk8FcaDTKm6ffs2i89pEeMiSHY06OB8BhNsZXMCaMOx0wq5KMEyHu6S&#10;UqwcWe9K+qIFzlXHoJ43nUpW0pn0VwqFgjqWN04WR9Sp1+8tY1AV+Llc9iP3Fpd/gIIXs0QDUycw&#10;OT6qgJiDS9NjKCkQtrVTxn75GJcuTGN8Yhi1ahWr6woQFPsxNtTPXY9CNoOljR3ufJB71+BAHwvY&#10;F2bncPPm65icnMKQui05K3mq0Kbz291LYn17CzvlQ1y+cF6BlwxWV9ewtraB6alpPPi2GxgdGcHy&#10;QgmVsXEcnzvXKZ6buU3nUBou7r7/ox/4rW+V+Va+uzTjHxyy7Y3kjpZAo1pX06cVK+50HaiLJKGK&#10;MdKBJDoe1u/f53niSQ04wkwFUyTp+oVBrGu47Mxrh2dK+7a6tq6hfegqkK61gt9hR4M5+BkGvqlU&#10;AtV2OwAf0XzuMLk8XmC6iLpfGYCDqO6h+z4ioCchVk4jFjQY20w2QCOkWslY1yOg+sQyRHT3w2N9&#10;g3ovyQQ84RubWsQUFDKARTImMOcclcEiOoeHrI2B48SAUzeYQFcGRzdBK35OsutsESGXnUVPE7EA&#10;x9NdGETgUPcRhc8nDH3J8TtATCMS2ihHeyJORIBOcyw6Z6P9nW4AEzdZNh2DAIhErjEFOao5T11i&#10;3ZXRmiWvo3VI8D2jn9Dp6vSZxLoOdUvaECLThuD1cI15iLCARVMARZQ6KKOWyVqMrg9KdNnmysim&#10;lBMDIRZUBF0cE24YBShSxqlYftApCQGvJfq5ZnPKj7QNya/thPJAjo+xv3fw2Mx46dO9FfzNHT0R&#10;em/0Rm98gyNc6J955tm3d9rNa3pZ1ECB10ZDn5LsJuTrtj5TsBx2B8r19SFJKciFHFOwDg6Oce/e&#10;HTRqtZDTzMJCLxS1Sy0IpuKQOig+7+7pRU5InOZ/U6Ac7Yi7Cc6KoERcCj5MJjMvZTLZlXz+jaVf&#10;kV5jb69MYYKJsZHS/zA0OOC02x12ACvvl7G2sY1qU9sJnz8/iYduXCZwhO2dPS4Wzk2O4dzEKC/G&#10;61tlHBzXkFGPee3iJIO2bQVYnnv5Dmd/DAwOol9d09n793D3zh2mVl04N45RBVqIwnVhegZEkXv1&#10;5h3cvHuXaRG+KozvKtD3+quvIZNO4oEHr+PchXMYGSi5z3zuqd/6o9//xD9tNJrpb6WZt7+8+G40&#10;m7xTTOCDQUenpTNi7OsvNSFKAwwKA8wimc/jeHsbW3fnkFLzz4fVE/k6/0MVj0L4kfRnYSxHEfxe&#10;dyHonh0u1V2T/6H/Lll8njDFWlLkuHhL0bF4bb5/IsJbj3Y+nC7g4XYx/50zIvIQKcSdrog8RyJS&#10;OkeLVxHTGHTv8vtnBO/hjF18hylYnnpveUarouFQlLKVYLqZw4CFaWqmW0PzLvv4o0iMj4DTHmMB&#10;iyLmTOWgWxwfF2Cj60p4sV5FN7VJnrp+3dGL8hREicLF0GMq6jQWaE+CwrhbNh7vQIXnatyrZHdS&#10;ekTYjW7nrvjZ+6bL0O30Rbk2iUya7XPJHU7PNyPQt109YYlniIERz7VlvH3VjDKHQUKHN4MCipns&#10;eg2Etea1LlnQFFoDuqzoXIgwCd0Cj25ji+B6RnJAok5YNhleRqi+9rGo70LawcAQBdqKWHIgYRX1&#10;SgV7Wzs9K95eB6Q3eqM3vv2GXiwqlRpefeWVH0omEi4Lgf1wfafFxnd03gcXcnaXTYEBst2lIryQ&#10;z2FidFj9nFKPcwubG5tq0dCJyNpK1TH7tKGdpU26zWb7cHK0ZwJ0za6j1MJF3rWGfk5fVWM+LVhJ&#10;l0XfFM6Vy6U/l8lm1GOk3rArdKTAglSgq6SKfwUcfmKgUHjX1UsXIBLr6m9VjI0UoYp7rK5tIOFO&#10;I1fIY2J8iMHCxvYednbLDEbItarQl0FdAZW9vQOUj0646zGibpdKJrGwvKGAzA6WG1Xk0mkMlkqo&#10;Hu7h+WefwcTUDCZnZqiLgdWVDSTVApxV13prexO76y+iVOzHUF8/dhTwW375ZZy/fh19AyVZyGbc&#10;9sHh+Rdu3/uV4ZHi3Hs/+Nf+7bcK7t2/N/8Oh3bRidVHFrzq9e348cA3ziDgwsVVRUeCv1IKsL70&#10;2c+rSVtlFbnv2V1UXfR6vgEcdlfZFECuCHeb6Qba+aoDTS5xOQXdNWCFs0CE7qoQUCQKnicU+KDC&#10;yA1VGrQz7MY4NSJiuxsW/04kJT3w9pHRXXkZU34E+/LitJogrrM4e0tBnEk7ir/rteuVy0nnnnlf&#10;AqdzRjwT3ufE+hbkgp2EWFpDe2edHcxkV+HtdPVAcOr8osV8FBzJAIz5XZBD/EcgXLzDEf+NH+uS&#10;hM/knwItBrjyhoh/CvKc3rbBKRes7uscGhGIgBJ3Wk+Crl6JmR+UuarmHxV7zWZLu7tRR099Hna8&#10;lk7mow9Szxp7aKBNXdkOzXv1uaU7IqbNQJ0UKYxWRDvC6bRxjz9jtSuVoViZtElhuoPRV9BSHW1T&#10;Igo6bLfD2vv6vtlQEOJUSKTtnNhjZI2JcVm0tEnrzKW7KZI3CQiA1Jp11Os1HO2XH2n6Mpt2RL23&#10;nvcASG/0Rm98m427d+cya+trP0i5GtYGUddXsosoolNwiUdMmRS0M5fLFlQRPopSaZA1H/fvz6Jy&#10;eKwpAz7YWpW/CdfzAFhQx4A0IGQxKSJuQDb4kHfNTNoXLTpSgQ/BVqxk+5vpZDK5J/O5nCpK3Tfk&#10;ujRbPhZXtjkAy3US+Y7X+Ydtz0eauheXzynAsIvqSU2Bk0FkFCBaWd9Q16CNhDONCQVMSv3nsHdY&#10;UWCjwkXBaKmAfnVfd3QIa5s7WFhZR7GvAMoRIdBC13NldRvb27toeA0M5NPqcbNYW17ChgJ15y9e&#10;xNVrlzCmHpMcrwrq73vbO9jb2cLG0hIcdSyFTgvbCwvNv/0P/8F/gQuT2fsv3/p5VVAVz5+fufmt&#10;Mt+aJ/V8ZX5hknbWiUJFHHdKdfY7XuDA40m9r8v7tNKAAgXkart7uPeVZ9g1rN6uRYxUfd0p4R1U&#10;HRVj7T01vUVnIBj8YfQdBkAInbpMoCRhdpHZnUe63KFLkQW0ej3oeNKmfEogSqeK7/bHcj4EInSm&#10;sLPRXYx3G7dGc8Gj1KJub6gozUicka1xunuiOx3a88pjACICzydEOgOI5GnEOy4uFa6DRdSOK3Cq&#10;J+QkEdDEnDPgULQgD8GBjNHLZAy8IMgsF7FARHT1NuL6DIEoBQ1nFvmySwcTBSIudbkIBFNIXqR3&#10;chYQcbrO14uADf/UFg9OXYNuXUz0SgW0PMIb5tp6xh3OajJIk6YzbvQGDenNEm6C57LPNFUH+UwK&#10;1UM175OO9viSusDnzoVvggYdIzaXp2lVvv3shhN0N7QmQwTAI5pubulW0Z+lDF9x4YSgxY/Qtvh6&#10;RDou9BTUFdWuWX4AeBwLyNU5kBC9Wa/jZP/wSq3eHE/nM4t/iX0QiN7y3wMgvdEbvfHWjWefe+GJ&#10;Zqt+lboJXieyv0q8ZqJecAK5Ed6yy4re5yV/+nQ2zYJ0csE6VIXx7Tv30FSFoe6AyGC/lXbZfJN6&#10;65iFTIEIJNJJtNstLjAZbPjh7prkvWmXaV8eiYbVAkve9olkijQga6lM5vlCIfeGLCL0/M22D0qE&#10;v3XzPlY2t34mk848TLuPbrIffepaXVcghEIJD4+Pkc1lMVkag6cWxuXlVXVOHi5MD2FiuF8BkRy2&#10;y8c6fHAgz7v44yMlBl4ra+tMuervz6OgwAkBF7JB3i6Xsbm9jU67gcFsCv0pgRUFRDa3tjA1OYnr&#10;169idHwMm4Mb2FT331a/P9zdUWBlER/6yIc//n3vf9fv0Xm8/V1P/N/qn6R6bSvfKvOtdnB4rbGz&#10;PZNyBdNM2BbU0y5VPjwDeV1jpWu6GOr7bF8eq6/cQm17D4PDJdRbDfgyLO04s0DqudPqaOCaNjQP&#10;h2GBNK5XOgfECnZTIjTtFdLVLjyS5mcfzzmRbsNrtI1gPZxtNohQJ1mHQOmsHXO3SwMRJnrI4Puo&#10;fW6375WMZIuHTPyo4aw8BUyi2R9RjUjHaD9gvg8F8KEg294/ETsumLT6JnKPPcZp9K2vrvI1inY9&#10;BE4TvqI0qm7fq7h6BWeeYxTCyZgHVbxzgFOPqT9S3NjjheQkP6qpsdazfluHpAZXD12dmPBfr+tn&#10;C0q6i1v5dcAgYlAz2tXR191V731N8fINMLZaET+0B/aMFkQI89kMFNRnZEZ9SccJtCNBcrkMu3I6&#10;18ZqNJy4uNy8qtZJLgARvgzuE4ISS8Uy4nUrOA/0HzLQlviB8l5G/Ktl3N7XUDMpG0Rab3bf0rXA&#10;Gxf1Rh2tajV9dHj8WFEBEN92ZP4/fg71wEcPgPRGb/TGWzharQ5effnV/8R1E0nft90JEUmj1ouE&#10;tK12YYLc1OJG1IucAiCU+J1TBfidu3PY2Fhnqgon5vKOmmta5yJIQWd+c7uNsfEpLqpox5EC5ny7&#10;yEpTNpiCjrotwk1CcvGfUNV0Ctls+quZdKqaz34zpQ1hiUCe+DdvzTK4yqTTg/VG6+8fVU7QVIve&#10;+Qvn6HfoyyVx9dI0tvbKKJMtbIb0GhO8k2/dr2bGhjBQyODceAm7ZZ35QQs2CdpHRkb4KVeWlrCz&#10;JTAxPYnBwTzTK3zZx8nbW7v72FSPtXd4hBn194xa0CnscCOxyYLzS5cvYHR0GKurJexvDavbTMNP&#10;5W/cuTv/XTceuPyiAh4NdTqNb6U5d7y+ed47OshocAG2DaWOBznc+CYfQ3fKNGil/5KZNESrjbvP&#10;PId+9b0vwn165t/LkDxkjH10gBq0uDxUAzgMQmiOJZwwr8IWP5qQpeuddCqLTrPNNqjUkUoIJ2aT&#10;G5SPUa0JIqGENtPG4vlYf8MWqk4AFNBVwMfF2fLMmRpNDY+6QcWF3jIwqLVFt+S8eNe4XRlXqwg1&#10;SQaSbxlksQTAiShX9xbQrh2zLfbXpyjJQFYffV509TRkrOzGqY5OvGi0Xlxu5DqEfRI/5iJm+7Yi&#10;UuKHDlhh8nzkFenQ546ndXAROpgX6YhYQON1FbP2vP1T4DHMPzn9Sp69E2+d4BIZrW8jpzcYcMsf&#10;pb4FB37wmSocMwcTFNCa5UBCttuVCe5EaEDgBnNSdycMMDcmIzadvLtMJ2DBeTlOQlNiTVhj1PWK&#10;gb6lTQUbORbMCO5msJ0vvS/cwPhYzy+1BjCVz9jyqo9Q7kjS+iFlmz8o+L1sOiUN9Rod1yvw6w0c&#10;lY8fx9Tov3fMEiN6yOINHz0Rem/0Rm98w2N+fslZXFr8ISrypRGJc9Hn+6EForDpvHpppXa/Wt2Q&#10;ocyKYhHjI0O8KLx++zZOKkdB4KDWcnTMIhTu80njajI8Mora0ZERPPoMdvh+tLiZ7j/nhDD/32Va&#10;gUk/pwX2c/lCjjn637wRrlwp9TwHqugn69v+/sLPjY8MXyQBfFOtjGuraygfHqChwFsmleROyAPq&#10;y/PbbMOb78+zA1ZO/W1tew9rO4d825FSHy7PjPHj351dwmuv38NJo4XR8XF1zh289vJL2NjaVMCk&#10;hOmJEXX7fkwqcEGOWI6TYYD3+ut3UT2polmvYfbeXbz2ystoNRq4ePECrly9jCK539QbT3zq9/7o&#10;P/zJ7//Jr34rzrntm7PXvWrLBKmpol69xlSA+MZ9SG+Q+pFsBcn5KwdrazjYWAV16poKwLZ9XSTq&#10;rpp18NHgw9I22j6lq3uBSJfE5m4EcBgX4ACEWEEx6VGyQ0W0kuQYJdTP7VinIQwNDPfhE5HfBXIT&#10;hHoUl45NnhWTF83/DmfiactWeUprIb5OcRCVXscTzTUFSyuy/BhlzIIR+l1CAbpEJHvdCuQ5P0XN&#10;MS5Iy/sMHuPPE01pj3d9nEimSNzpy+nSd4hTjlbdGg8RS0853U1BVwcl7kkVvobRsEFfqPnnNdXn&#10;kG9yXLo1KPHgQcfOGSG6QES8l3EWODurS3IqdlE9bjqd4Z86Hf2BqN8WpkNl6IPU9aBjcB1NIXSM&#10;BW5bmM0kYSmITpC1JH0d/KoBhBOnU0m72WSOw+rzhAYrRAfrFpQHdrumyx0NG2TgJPRZs7W60DRJ&#10;pvP6objddni0ZbbQFF4/0qEh8MKidPUcjkS9coJ2s66m4cGDwQzpgY8eAOmN3uiNb4/x8ou3Hj+p&#10;HD8og51QGWuHW1I+01YSWiCYIA1GJo1MroC+vj4UB/uwXz7C/Tt3mYLkRRyvdMvdUwtHOwAhtECm&#10;UmkMDAzi4KCsxb+25S8RS18nXrNIptn9SlDgBnVAUqlKLpt/hux3Xeebv+IQfWpz+4iPr1ZvDTfb&#10;rV86Nz2OyZFhIicjoYoC0mRsbu6i1mgimXQ5wfxt1y6qwyNx+B7aapEeHxvGlAISrXYLS2u72Nw7&#10;4mLhysVJXL4ww+ZBs/OruDe/Bs9Jccr61uoyXnjuWRxXjnHh/AyuXpxRz1vE1OQYxsYnOI391Vdv&#10;4rVbr6uFdw9LN1/Dk3/6Cbzwuc+jVi7XB/oHtkRH+rWN3ZG5V17/2LfinDteXnmv2/E0nDWFjvT8&#10;oA8Q5CKYrgLtdtPrvL20ouqttu6qUYfNcWOFkJRdpZ5NVg5seH2kXI+/ko7PwCPphPkcjilgkkw3&#10;TKCvOMw8KyeX4q6ezfawIYNfT8ERW6RFl7A8Bh8Q9CacoF6VkXIeXcW16AIncfG27CqBEfurMJ0A&#10;/V/SdBC8WF8g7AKRLW90J9vaDMtWG5mHbyDzzofVa9Y51Z8RiMu9o4QpAKeseKNdgzBIMursdVpy&#10;HyUsdQM1J7h29m9+rCsiIueqXdZCS+RQ6WLnVPzqyxiMiQBD2W2NLGLXE2echTwFSMRpsENzT4Ft&#10;NgPotIxAG4E5CEy3Qph5Tp0J+nyizSGq3l3qLLtmghuAobsgxmJXIPaesdkg+mTM5pNjP5Ndc+E1&#10;ZdLePupgpUGMH+t8+PZCRp5DdoFk/r3jhPOQ3/chDUxEAI4w2Sx0PuVGXX0eNnGwV77ekjIv0KNV&#10;vVmjR8Hqjd7ojW94vPDCCx92XJEWMnQbCc3hbRFni64Et8mdVAqZbB75dBojpUHkFBihHf3N9U20&#10;PT/2+LaLot1lfF74aAdtYGgIju+hXq1qipXePtO7YCbAkBYzcpAiTQQtrA6BD/WcmUzqdjqbnMvl&#10;Mm/INdnZq2BhbQu1ZoMW9l9od/zJTDaNiwoMJFa3cHRSw1CxnzUcy6sbumidSGByvISx4QFs7Oxj&#10;a+dAAbYkRgZzyGZGcVA+xubOLvYPjjHYX2Dq2uUL08iSeF0919zKNmSnjX5V7Dp+C7N3bmF9bRDn&#10;L1zEtSsXcXRUwcbWNvKZLHazOezt7uDe/Tm0jg6Q9ztYufM6nvj7/80vPfE97/j04uzKu1dnF971&#10;yHc/+gffavOt0+iIg/nFKwlHMlB1kxmeYF7bY6DKolgZ7jZ3GKUowNFsK5C7y45hNMWaDaKptQ2f&#10;3Mwwk3AZZoJoChDb6jqe+vKRccE0DqtFSgeOO1bPobUWjptC47gGt+2gk2rBlfJUEe1EuhKnNR6m&#10;u9KleAhpPzIuGu+qnMQpktVZO+ki4iTlADHYglgQnoF7ARWKuxzGAcs3z2e7HPaYvcDwN1I8q+LW&#10;m11B494cB0PGNR3ddsDxzk1IeAtgV7CT6gQBhiE0ifZEooLvqNOXDxmzO5YRWpXVSURpVlEwJIUX&#10;UM3iEMcPLGZh6UOQX1/XIcJKPsxsCTs2sosWJM7ocvmI60l4ThNAzmuNm9fWJgqsiyPtlKc7A4jY&#10;mgvSSEj9RbTBDGXYsHOWCJ4/6lIF3w9nYJBi7pin9wM3QhH9ne1h2U0iPw4uola8GowYwBHRigRr&#10;jLHbtaYkNh3dD6hd+ni1xsXMG6JisaOXQLN5gkatiup++epJrTVayqcXeyt6D4D0Rm/0xrfBWF3d&#10;FvfmZj+aIU49hwXqMsG3XRDXLNnc4tdEDcdNMmBIKVDQX8iTFoODC+++fhdHh4cm5TzcEaMikb3b&#10;Zbgb3FJVZWlkHHs7YSC3bd0jUujR2plJpDn4kDoflIBOlIRsJvvZbDYrs9nkN/2aaPGyo87lGK/P&#10;Lkx2Wu2fv3jpAhIKCGXVdbp26TxWN7dRrdfR15dnkfr65iZrRiAnMTXSh+vnx1E+qmH/6ISpRQOF&#10;HAYU6KByZ3VlndPOh4dL6pQcFPty8CdGmWJEuSGr2/vqYjS1A5YCaksLC+pvaYyOjeGyOo6p8TEF&#10;RLawulbA4d4ApQGjvLuFRL6v9o73vvvPhoeKm2OTo3/wPe99+x98K8656v7B+cr6etENUpd1QeEx&#10;VU/TK6JkJONJgJOTCpsb5JJZBrC+yaWxWiXtxusYjZLZfRaamuU6JtvD0dqMpHAC7WvOceNp3QaA&#10;JN0M6uUyUgrk1k4OkDL2uwmTAxKlG9lizDlForEC9OjOuC24na4i1GEBvBQdnEXdiQvNT8uzu/UW&#10;HSPmB0IRvC0fXQMuYMToIkiECPUknHciTeaH7Yao693pH0ByaAjy7i31nkicmb4R1bSIM/4eEq/i&#10;vRoZccKL523ILoIWYoAgat7sxDodbtDhCeFcCGVEQAkLO0MOzrbgtWoJL/JzqGs5DSyiRy9EnDAX&#10;TRmJAlY3AFW6GPfIlS2lLcaJAuixNsUxLoUmB8QADtsdoc9iwS6FNq/J1V2TWHfCumE55v0mT005&#10;rb3wtWYk6J6IAPR4BjxonYnO56DHcl3jlGhzSmzXw/fRrZ2C48S6SKHGRQRdFM9saGmxu6c3w+g4&#10;1HHRZle13kCnVk9Xjis3egDkzRs9ClZv9EZvfEPj5s3bD1SOym+nHWHfM4QFI74QkWXW4V1knbRL&#10;4W9ZBQJKxRJKpRJnUFSqVdy7d5/drMIgQbtjFfWiMeFV6s/j4xOqEN/RokKj+Yjt/xpKTTqT04m+&#10;5IBF7leZDFLZ7BcpfT2V+Obb75Kr1dLaBnLZLG1B/uLBcXV0fnEJNUrpVsCJNCfXr1zg9PNGvcmL&#10;/eTEGKQCIMur61hc31OFsofSQA4Xp4ZZkL60toWVrR0uDmamp1DIpbCggMWm+h0VcZRoPtyfw9RY&#10;CRPqsdxUAWvbR7i7sK6ubY0L7vW1Ndy+exeVWhXT56bx+OOP4saDD+DitSt4+JEn8Mij35X9vf/z&#10;3//xzVdff2+k5v3WAyC7eze88uGwELp4ZVc13xgRmCBAK0ztGEBMuolGvaJu63PBRSJ9FqoaLZEX&#10;Sby0NCoEFtK+4errkp+td9W/KfW81P1ImuKQE8Hpd+p2KXLcyhTYUYucGWS9pv6m5r66bVbdJqv+&#10;zanbZYS+fzK44PIUxSjMDJEx1YJdxE+DCJxZpMouP6ZTmQqwAng3EkR4WtRtdVwJ6QY2xzDAyo0U&#10;42zTq16Pjojskrd95C5fRvr61WD33JbUTnBcItbRCM8zJKEJ+DGCWfzM/DPthhHrfsQ7CFFKWpxI&#10;Fb1OUTWIHwEcUR2JG/wep15Pccppy9JVef6Ir5cFIiKdm7O7WdFzsWW6pg4mueOrOw3m0Uw7Wvpx&#10;C1xYPYejAT11qj0CIQQyYC1xw06FfVYtPndOZaJYzYdtjMfsrul8yQ5dRICwg1iII0w4oQUSgRDd&#10;dkrs9bXhtECMThl2S3Swom6mONwW4i56R7Iwv6o+D1vq/XlYPnoiChhlb3nvdUB6ozd641t3vPjC&#10;Sx9RH/SZZse3NvBhmeDosszl5HNtv0u7XW5SFWnkQpXPgyhQlIC+MLeEtbUVFhEHxAeBsPMR3cVV&#10;P/f196sCL6MWjQNDCdBFo/RlsIDpxGr1XGlVqKpPOzflqsU4hVQ6tZLNZl4u5HJvyDVpVBtYWdnA&#10;+NjQzNho6e8cnpygXm9hYXkFVy+dVwAkgVw+jSsXpygZHQdHJ6QT+X/Ye/NYS7LzPuw7p+ru+9vf&#10;69f7zJAcDjeRomRK5EgQtVqQY8tWAkVSFEiWrUhA7MRAYMBInL8iJAgcBAgQL0kQK45sQIqjAHJi&#10;LVZEauUMZ4Yc9kzvr7vf/u6+b1Xn5OxL3dtUMBqR3cY9gzf9lnvrVtWtW+f7ne+3wM7WuhCB8gnx&#10;4eEMtjeqUC3mYH+7ysBMCg4Oz+HJ0Tn7nifGV9njCRwecNraMVy6chV2dzYgz84ronK1vpjNwHmz&#10;Ce/eeww5VkisrVXYuS5Ar9UQeoj1ygZsb20yoFOBo7v3Ydjuosxo+u3/7L/7x//vT/7tn/vshz/6&#10;8u8/i9dc896TfTIaiKtEBtphwx2nOgjOWZGV9rYRTMlUXA+8ZIzmkbquNFhBi1oDJWiVDYrIoVhh&#10;ATTcoj0CMH83trNhil3P7K8TBqrJTACQDHtQWoEVKWQHr3gzIICCStdQBTP13ZOSieAGoCeCB5ET&#10;xve0QtwVNROdbJ3I2NCPD035T0RRp49Vl+OBIwUXdrtqW7GmMQUBzG/fh/G7t4UTndtZIIki2hdZ&#10;04SjFTb9GjDvoJ/RgRI+Xu55SQrx3e3HHu0q2ZegXofCC9dL9CdsJ0CFpjpdMvfcU4QW9CxoSRFs&#10;qVZ+50qbKJCl8CUU2jfxONFdwLIwxyrLheugkGwkaBte0bUWnQqpnZN4RXfpqOPYZjsiSNlciy6F&#10;doPTxg6qW6KpaPL5VD2X2nnDpZgJ7mGgQkRVIKFjvw6K9qe9jxEOEt0Xp0uirIWR6HhKq3Zj5c6e&#10;P+z3IZ7P2FzS+RhNfDC0tfJKF7ICIKuxGqvxDI1ef4hvvXPrB5Dh4soAKOrc+PmEh1UKukxAlynk&#10;2XwBOADYWq9CmhVq9x8+hlajwZ4cmVVHsbpKHCNQKikW8/kcLl9/AUaDrkgQz6XDxBStCks5j4pw&#10;PiGqZPuSZq+dz2Rey+ey7fz7ar+rz8kYxmyfuASFff8LG2u19eF4ChfNtkjjfsSACT8iTm/YWC8w&#10;QHIF2p0+XDAg1WSP2edC8Y1d4Ha9xxct6PQysFkrQZmBtA+8cBUeH57BwZNTeHx0wgphCrl8BdKT&#10;Pty99VUGakqwf/UavPDCNWjUm3B2di5E/xzkteotePjgMduvKawxEELGI7g9GLJ9WIOt/cuzze29&#10;3w8outo9PbtZLZfP19ZrJ8/qddd68uQlGk3VkqksRGV+R2yToqkVEsvCJRaJFbzsmhOZXcALIJmN&#10;gBwhs+XrY2OLa0t5TsHSTlUujUrYfWpwwK85vm+DMQO7eXYNjyHU1rywKEAOnGLWdXsCBUTAs7Zd&#10;XL232girkyBeWsViEQuJAhclegkaiBGvUNeZ77KjSYAYjyusugKxF0Yoi1xjbctuDtNaDSovfRAG&#10;X/pDIxp2XwEDLGSGAIAHhNwED2LOFXY6NOABiKd1FYhD1PIpWSRxvpIAAS2FLthkD2EDaQU4pbBU&#10;eO6+BvHdDxYACYAbPOlTtoyu2+0A6O4Et9PNZcV9WedhcODIaZ1SC862FknoIpPNVadEOcJNRhMj&#10;EpeAQ4IHSb+yJiHmmHQYoHL2MggMNJ2WGEE6VZTZQIULShqWdOQCDXD059Jpo8hOiFp0QIv0NX0O&#10;sINo+OddIwoB1pCkUlJ2f+yO+jCbTqBbb92cE5pNITRZQKqrsQIgq7Eaq/HsjHffubt/enLymTCU&#10;ibpiZQrJ0EFpraKJE9jwhaVfKU8vF0Jw0cUYjqZwl4uhZ1ObaMyfL3JAVMOe2nVa/jqV2hYcHj5h&#10;BWEAptNOrA8Xf22+esaLxDSnILAJD8nwQQZ+8v93rsDTz9/fW+Cc1bcHhxcytTwdXpkR+jNc/nl5&#10;f0ech05/CGE2AxeNppjluWYjJ4Tk27CzXRPOV232XC5W3+TdCraPdfbYBwxwVMolKBayDLDVRAjh&#10;46NTODy5gPNGB7KpgIGwHPTaTXi7VYfKxhZcunQFXvrAC9Bpd+GUC88zaSgxwNdosufU69BvXwBi&#10;k+7D27fh1R/8gX/xN//23/ypdru7Vj+t39jd3z5e26idPqvX3fDwyWdCfr3xQkq2QMQ1MSdzr4Tj&#10;ZeCcyu8iOlPXUaAAh0xIluJamRui5a66vMV40RsJK1AbK9oMz1ShRj8sizQNQjjfPMWtgaOh0Iwk&#10;Ow92rVyBHmrpNthZxV8symHBEysZtocXaEnSvpciV1hOl2RpLK68G5E8lVoOooCF6RqJhQEq/k6R&#10;LZwjsR/ONrlu6+aLQCpl9j0rCNPBohsUuHQl6q3yL1rluknryyx2lwM+6nUpXGUHMXDDl+4TAK+v&#10;g9WjqeM8pXpTIubIdpFoAvQktScYrNMZVbRRmXPhd0sW9SR+sjzW4XzOdnnJHbH7Iw/fjCJ5f5aF&#10;f8xujzKUj6huRqyymwDLrojYTsDAdpiWGh5KVUaIdcKyIYLUXP+8U8HF7VzHoV2zNBCgyilB06ME&#10;dVLc5ok9u7qzyOleHoDQQnmZE+J1Opap9BXwcV9fnKfAojVx/tjfBgyAzCczGPZ6NyaT+XY6n37s&#10;SlpWWoUVAFmN1ViNZ2y89eZXvmc2mxSzDEQQbWFKFC9aBUoBsgFr/Ps8K4JzuQJw0FIqFaFSLcHp&#10;6QUcHBzIiZFSx2VfTv5IiwvVKhgPMOTgpXVxCqlAW0EisT7rroLx1bZUkBKTKKd+8OI/WyiO0tnc&#10;HxRZcY/fx5lFJGfP5Zrww8NTOKvXf/Hq5csbaVb45xlg4GGDh6d16PT6kC+XYR5TePjoUKwCBngL&#10;dtaLsFneh7NmX6TB8+OossKBd0ROGTA5OzkTK5mVSkmsGO6ItPOA/a0NpxcMVPR7rNqYQYEVdUG3&#10;B3eGt6FYqsD2xiZ88KUXYX80hLOzOpycVqBTrUG/uwHDbgea+QuYpFK1WTzPb22vt/jXs3zNTXrj&#10;TOfR8TVRAKuVTKqoILEKrtSKAV6AxSrxmXO9EcVqfXsutSEq7yNkhdiUOMW4MXAjqgviqACoBB/8&#10;PZizf1PU71pEKpg5JV4nENQtnu2SQcjJ/LDdDjf5HKlEQnel3aUmAfgCaXDC8Kjj+rQ8pE6uFtsi&#10;3KF8yVp0obhf6JQgRdsRvaTY5nogWWxHyLWjRZ5flbSExdD/ytvsEKeiE6nLcOw4ZgWJnAzwss0X&#10;F6STXaBlMMN2TpaZ8mLn/LkyfZoo9IlD+KIe+NNwV2gLADuUtaQprw8+qPeFErUz8sw0XJ8y4h0z&#10;qGudKvBju378O36N4nRKFPmxbiFT7XQl14i0QxQC+5rSgY1COoxFbhJ31zOdBZfyqtzfDBhR/7qd&#10;CGOxS+WcoKJCHQtgrGhayIAPlOye6PcyASgooc5jdadcGZEoEOMBVp77ww2wcCj1YigU4Gw0HEA8&#10;HFf6o/HVMgMgyfdoRcFaAZDVWI3VeEZGNI/hjTfe+r6Qrz6LFS01HWLpIESV13qgknVDTsUKJCUr&#10;l8tBsVCEQiEn7HePj48E/Up2ULiYmConRz1hqrRevqocRVBaW4NoOoHxaCTcrYxo0SxsOr7yKvk8&#10;EO5XIU8fv8Ve/z5/7ff1fLAC997DIwYseOp1ar83nPyH9+8/gA9/+GURSFjIp+GFa5fgtN6C3mAI&#10;FQa+eEejXm+KRPc43oHdjQrsbVZgrVwQeR/9/og9LwNlBlg4YDs+PIRGow6bDFTki3kosb/Fa0UB&#10;whrcWrdeh+NWB3CzBetrFfGe8JBGDsCq62sMzOzAzva2sN+tn5/BiAEdevUGF7H/8D/8B//oj77l&#10;Wz/xD179/Gf/V4TQM0s8GDc7V0an9aKgkWjrW7Nqq8pxh2uuixaCYpV2TqRFrih4pSNQJuCF/EyA&#10;Qt6/ICrMUqzAolgBaWSD25TrVogtyUenomP1eqKo4oGFNBA8eKycr7BDNXKLnABkyCCA66+EnG6F&#10;vzbvl+PWIJZq71V3ddiJUqfLxOce8qJLaT+BOrvSAQs74nMqxOjis2lKdeqFBuqU6njvEuRvvgCj&#10;L/6e6IQiz7SWLhjVus5Sfm7JIqnM0rKQAxD8Lo6/DeycCxfuJRNH/G6L34WxxyDueQZeUhPA54ZJ&#10;aogTOz5axFvEsLa9kOzcOD8g0/UBx/5YdjyMC5l6AuFdDB4QK0JhqdVs8GsESZPkAPm2tYISJRzf&#10;0pBlUJqK4D55TeviHys6Frj7p8UuDkBASrOh8z5AAQb+GjFxzIu1GF18bpAFOuraEQGgyv7X7yM6&#10;QIWoLhaV931x5RBl1qw/qwib/BMhwmffjwlPRB/AhIGQbqv7sUsblS/oqWc1VgBkNVZjNZ6x8ejR&#10;8drjRw8/x4t73bJ3M0CE5gNb7q+gXYUpseKUTfOiugTbPJSPPeXug4cw6PVUt0NSX5BYafalmMJ+&#10;N45gfXMH2s0LWzzxySKmlkes+cqEmtDDgH2FnH6VSX+xWMhFuez7a7/LD/XJ4TF7rQA21so/XzrP&#10;b3T7Pbh77z68/MGXBAiplvPwgRuX4LzehWa7C7lsGnZ3NsVzj0/PhXbk0lYVCuz31y+tw0WzB09O&#10;6jCezaGYz8H6xhbgVh0O7t+BdC4Ply5fga3NNZFxwtPiMVoX9K12sw0HT84hPKrDerUE/FibjSbD&#10;hgR48OLmzi7cvPkinD1+BK3DE0jPMPTq9Y/+ye/+4c9953d/xz8Nw+CZBSDDZvNl0m+XsKDYESO8&#10;5UUOobIE43S7WKx0Bqa4FanJCqcSRE3WgS7f05hfDxG7vqipZ5BZm5bUKw4kQuVapdlZQsiqLWid&#10;8M2Ir+jyupwVT9ilobg2tchScBB1IYZfiiNV4OocA1gov/3fI0R96bWiSNkVdGRE2/ZvdKGAd8FB&#10;oEx/ZfI59rYVK5crDrb4udVUplipRERngr011b3LMOf3BX6/UAViMo8cEsDMj1tM/gYWIImrH9Nb&#10;cbtCbp8IL8CPZd5Z1gSZOr0otGBcgMSxS+MCaTcMKgwPUbvFeMn7Z2hWSHcFrNg7+fb65wwWM1Yg&#10;IWbHobD/nmvNB38rOP1NuEI5uRqK3iS6I8onmLJ7ZzqXE7o9rJLdCbVAUd9nwXGgsmnmMqxQZ3y4&#10;XQowgnx9vNQJD6VOzkgsPykJQbl4lNKp6AUBfd5Eh4Xa3hrWLoo6i0S5MxLj2SCpdP1uF2bs/tvp&#10;9j8OCeC3wiErALIaq7Eaz9B4842vfHu/399L59IMgFDlmqJCA7ESnoN1T+GcYJ7/kRYWuFlhRcvd&#10;r5qdDjxgRTp3KQK9IqgmDOrwus1KL5sMa2vr8OCdt0VQFlCXfw8mK4Sv9iHFGwnCDASZrLDjzeXz&#10;/0++kBcdmfdtsNc5OWvCbD6HySzaLRXyP3tlbxfuP6GCAnHw6DHA1WsM/KSEE9WLN0uw1ipBo9WG&#10;3mAE1/b3RDBYr9+Hg+M6rFWKsFYuwtZ6Gfi+Pnh0AkcnZwKIZNg28uU1GHYa8PaXvwQlrvfYvyIC&#10;Cc8bLUhfIMixY+MUs0arBUendZiNesDlLjy0cd7tQTFbYACwAh/8+Md+98qLN9uTXr+CaZz+/I/+&#10;0N9j4IM8y9dd8+DoRjQaoTRICpS41hSHnTjdCAGAORAg1FjCShqS4so7K8oyM4F3QgKxPh0R1VlB&#10;atUcS2ofxjL7I1Bhg5o3Ly1PVQGkylGssm84qMFxsrCW9LAQAPCSwlsXuNjtgCDb6TDwwmhZ0IIH&#10;kwQtjmRafRY01cqoEZBfvrr2sW7wngYegcjFIKZLE+pVAEQVEAEnGtCWwyRE0P3yW4J+FXraK7+r&#10;kOxw+Fa7bhFuC39wHuPCCT/QT3cgsLmvxAudKL8TQo1AXQEZkbFCl/Re1FmiWh8Sm/6E7sLFzuOx&#10;E1zoH6MDHuji3/TeaNrd09zNzHHzrlyG3fuyOZgz0BHHci/4dclpR9pdiv+aqnJdEMiU1iMM2f0r&#10;mkoao8h0ClSXGpnMDZ2WKU6LAjPiukX2iHT3IlbhsBpg6HcUqQUnoUdxMqD4a/GOuQZisQLy1DFm&#10;EEJ2JN9XogXsbpdEvbYJs1Xid9ntkfbd/DEjdh+OZzMYdXofIEqbT1bT/AqArMZqrMYzNtg9+/U3&#10;3vxhsXJFiK36QbfmVcsbK/tDLCd9iuXf+Cr9xuaaCNZ75507cH56KnIqkMpgkPSOGMCEZSHTTs8V&#10;SiLEcDToyddQSet6Bc6EFTpxwJhNYimRvJ47zubzbxWLhff1dHQHU3hy0mT7w7tB9OfmhGxtbqwB&#10;tyautzqAAh40eMYRAANBGcgzAPbitV3Y3qjB6UUTLhhw2N/bgit72zAcTaDR7ghnrPVaCbi+hovY&#10;c/kcPD46Y9u5gNF4JGhDmTAHF8dHcHFyCtu7l9jXjshU6XS6cMYAUZYdc5GBrm63A63GOfTYvkwH&#10;HTg5OeYFSfxTv/gzf/dDH3rxT56nS6/74NE+xHNWSMsVdFEpIK69iCXVCqSmgqiCRhh2KvtNALdD&#10;pqTFTleBg5C0AM9ziGILQnSOgMz/QCY5m2d48LXxObVBcYHaLi/Fs5QX65OFBGurU2L7hqhJQLfr&#10;/K7ZrE8pQhSMO5Cq+xfk5BgSqdpIUm4MKEG24+LTTHy6lyvo1gQ3XuiFugNCkSEdCZciRFSxTVSf&#10;QfUYInaM129C/oMvQe9f/ysFAnQx7ncy8IJd7qKuxT4uCZr8Y3GBBXK0HjQZZmfvFJ6zVdIMV4uo&#10;5cnzDQoE5ZRaCEEQTXQl9NYXncw8OpXjGOVqQJKARes/Yuc9jyh1AIpe/AmE4x6JI+X6pih1oQQE&#10;MtvDh2DJRhtfHCFqZUh0lUNsuhzIzR9UNr7m/aQWPBNH12EzPWToJyVO11pdNwSoQ9/C5nnE6RBJ&#10;QTwy51Xb/2InjNDmhdizJ+yIARvaYMwe0x8PBa232+5cmUVkKxvic1eIvuqCrADIaqzGajwDo95o&#10;5+/cfudzQSpQzitIFR8SbGCKjahRrKrx37EinAv/igxAlCslqFbKgh7w4MET6Pe7qmQDIyAEBSZE&#10;Kq8KhJtHc9hc34RhrwvzeQyZdKAebyc8XS948lDeeeH0q2zuNVbQ1/O59Pt2LjibYTqLRdjfweHx&#10;Zqlc/uvb+XVRHVy7vA3ZVBqaDBCk2Gv2e0N4fHAoLVxT67C7VRUWu+eNthCnc1F5lZ0b7ox1cnYh&#10;ROqlIjtfpSL7G4L9nU3IZdJwet6Ek/MLOB8NISAxhHQGcMLT0ZtQLLNtbmzAiy/dgH0OZuoNOD+r&#10;Q7VcgtHmFozYuR4y8DadTfCv/1//+r/M5XI/d/XqpWM2UcfPwaWHeqdHHwl56jmWxVeoXKhik2iu&#10;cgqoLTalAFeVeUqES3TrzHDa7Vp8BvMSe2ZzRgRnXT5GCNDZz3Pl4hM7snfqFMfCgpbTwCASWRmw&#10;sG7uF9Q2W9sWrK5BrAUTVpqNDYBY7GJo0GP/gu26PwVPIo6WyM+xRwSjAnTo5HO+rZC63QZpMcy1&#10;JxpQESfZRLiFhWkYPX7CMDgVB7qoYgEPjIAX8JeEFTa9HCsI5KZg2AwRtKAmcUXvYFJjwOv6JDsz&#10;bg/F9bFCKiRGUK8cXytp9+yDBrxgdAyeE5nuWOjCWetDfJ8u98tS6vwsFer8y74yIaSzOZiNZ2Cc&#10;3TjtKFZaPZCUPeF8y3UhMTKFPAdVaXaP5U6DM0Vd4jo+mXyOFN3MODY42SDSAER3W6iT5SH2jVBj&#10;5+sCKnvvtiRB9+3HSuTufoA0YKELAZyqa+PRgMHriUkgwq5W9uGezKbsHE1h2O7tDkbjvWy5cO7O&#10;JWiFQFYAZDVWYzW++ePtt995pdGov5zOBAwUEJMVrTWvOAgsLQHJiYNTp3L5AuQLBchmirBeq4kA&#10;qHv37sNsOpbrdhSZ1FwhPAcZSqi8IsWEsrO3C/WTQ2WnSMxreiUK1QWYTEiHFGYAIMsL+98tFvOQ&#10;Tb9/Id/cNpcHBPIAwVkU//SDg0eXuA5ke2udvU4KrlzZgUw2BTyMMJfPi5XHw8MjmPHEd7INu+sl&#10;kXbeH06g3h4IHUgxn4WdzXXgAv+T4xNoNRuwsbEphOiFbMjOXVEU3g0GbOoMYLS6bWh2R8CBVak/&#10;gnazBVl2vKVSGTbYdja3NqDT7kH9/BwGnTZM+2xf0mmUS2e//7//+//Nrb/20z/2H/+F7/qO//lZ&#10;v+5mo2lucHT6Ci8aNJUKaetTAsqowNJy9P+jxJo3UVWFKKW1m4+zBkyoBSRYpXuHSOZ+uMVerF18&#10;VOcjAJm8nkHKSJfbU8+pSkpHJrUcOWDDFaVjgIX0bWIK8aTmwVck0AXjXCQ6FFoFrSloesNEd0Ic&#10;kAHqOW5yt34Cr0sDFeKmS/6vR5vCEJh9ith1PDw5BTJsisyfp1nq+iv8aCk4cWlsKAGxqAEuGNz8&#10;dkfx4vzG6m2SAvhk/IN37lEyVwU5x6PdspTuAyV7MklnJfs8o29wDDTIU/cDLcl4ke8nv54j57Ek&#10;G4jEcW4zqwv+WHEQhWZKaEEsfEHGSYqIzwA3G4loJAEsxR7ogQT4cN8OadiAbBAg/7zG8vVAUatM&#10;todjqwtSSy5eWwrlrbDddtvtdaedFt1FKL+LJIGGdNpaTFPXnbQpmUNvPITN0SgcDEY3N8qFN2HV&#10;/VgBkNVYjdV4tsbrr3/5L0bRHPGQO1De/3L1TgnIA81/R3JljbtfhQFgBgQ4/7tUykO5WICL84Zw&#10;doqjSLXyiZoYqZqcnMmNrzzz7JBMDtqNOsMUoRUTUvBpBFRaO/IfI97CZwVQvpCPMoXc7xRL72/6&#10;+Wg4ZoDiFNZqlUqtXPr5Tm8Ad+88gBy3/M1koJAP4eY1BpoaXWizvwXFLNQYCJqOxyLLYzqbw+5G&#10;FUqFLAMeGThrduHJ6YWwlOUBgjs77LlnZ/Dg3m0oMECxvb0Dm+tVuZ7NCgNeFBcZqGs0m3DaaLJ9&#10;OYMSAyJ5dn5T7P1Js+KjXCzD+sY6XLl0CebrNXh0+w702y0gvQCKOF3MFYrnz8N1NzxvrY/PL0r8&#10;GotUoBovCPk1EBHbwKGiAxeIwkPTNsCkXPNE87RqHRCwJCJd0Ejwy4W3/NrhhXdKgQ8OJFLqkYEK&#10;WpPbdLQgoO1kORBn258TU8RYK10w3QstcUYeILHUJAwOxWShj2KLLmuTtDzZQ1rlIts7QQ5Nx0mA&#10;Rwo6oIT3k7EloNjbugw91KvV8sMo7I/Zf8JSlx1/5uOfgOzNq9D5tV9VWjGaIEhBor+wPDARGeCD&#10;FjoCWHVdkqa7PkAAp4THDh3LlvI4caZJ4vVc6CCpn0SeMeoCROLloRCABB3MByGeiN6xwzWWuyZ3&#10;Bi300mgC/7mglH9GCLtnchOOOaWqW221cpwyKswauMuUm1auus/S6EHb5Er6nu5weF0Fz3aXem5V&#10;7mO5Zk8cbRg41ywY+17QmhRKlIgduxe5/3pOt1tGTmGTL2KAj0PZWgCDDuWLA7IonrN7eRdgPoVB&#10;d/gR2Nv8VVghkBUAWY3VWI1nZ4xGk+Dtr37t85wupFdRxUq0Tq/VkyoHDEEoqFepMA2pVAAhe06x&#10;VASuj+A5Ho+eHEKreS6nbELMhC5pVcRYRkp9Ywy1jW3hKjRmxXsmlRYTp7D/pb6q2NgsCgASiQW2&#10;fC7/VVZp3+duUu/XmDOQcN7swHjKxefzH9/aXLveHgyhNxjA7XsPxASaCjegWsnCjWuXBBWr0erC&#10;iCe5726LVO1WuwvTyYSBiorI/ZBgJA8PnpzBkyfHIluEJ7aXquvQvDiB0+Mj2Nzahe29PSizxxca&#10;bQY+kNCEFNixcf1Hq16H04snbC4dQi7NCpH+gBWCEQN+Ndja34VPffKT/4ZEl98OKR1v/9Du73/0&#10;Ux/9jefi2mu3b867/VxKrNBG0iVHLZJyoUNMlWZDJzRzYCL0H7oQlDaf0qmTesUvcstLLqhWts+h&#10;6hJoXjm/trDSRKTAp454uiOefR6rkpBijzJClBg8UPa2lIITOuh3ILBXNNvS1SunkR9LiJZUTJii&#10;RH9Bfa9AA19tlmwVAskcDbfY9bsIyFDBiKLkCJtT8Xdp3Mv1V3B6Cv0nD1ndiVQHwY8GRE4p7grF&#10;qQeMIBEL6AMT28XA4BvqJnNErMCcGPoOLKVaEQOw6NJtIcPNISr4FMx+u1SxABYpXMgBrcihYTly&#10;OmmRy/vA1AdULjCkXiPC74JxYJRKpwS1szefyfC/QOvmqKHi+Q5qHNRLMM/v6bxjFfAQV6yE5KoL&#10;oYEIUp8Ja4Ao7XUNoEY+MBD7y3UnWImlRMghUQ5WyAIPTdvSmhLX3pf6mT3Gmcs4YSHboVGvKzKC&#10;VCaVBjDCqETZvXMqZb/bh8loDJ1W96MLnS+1C3gFRlYAZDVWYzW+OePBg8c3jo6OPibsd4WAEbvu&#10;92LlGYQFr1zXFd7xWIKQQqEKG7UNBkBqYtXp1q13YTToswlJWkRSYh2tJKcGzCTEqQDbO3vQ7TS8&#10;9VJecBJCvXRe6vCR5YQJnP70B9lcdsqzQN6PwXfz9LwL9QZ3mErn5vP4F7i4/gor8A9PL0S2xwHn&#10;vLPjymZ5JyQPLzIQsr1ehdN6E9oMKFza24H9chF6vT4cn7HfdYfCAYt3Pl68ti+0Hw8enwiHrTkr&#10;IALM/fxncHDvjkiB3967BFtbW7C+VmPb64hMkXwmLYBIv89+12hCr9WA/ngGk0EPDp48gd1BF/7a&#10;T/7kf/7RD1//g+ft2mufnH00Gg6CUAWuSdvbQLz/sUhBp5Z24SRbe4uYBowQcOkvhlqEJEmLrwyn&#10;AywAiC6TbXAgiG5IWlFHAmXLG6qMB9nhYJ+PSLlnPSXZjyoxMzUBcvbawk/RPmCqhb7Us+Y1z3cE&#10;5mZx+immyqIrot3r+PFT5L2uW/iTRB/CTyLXEIAI/RcYsb5ECuTijJ3HCEhgS3GcOC7k5ZMT711D&#10;Szohi4vTdAF8JQGDeK+U+5UN8fM7Cy4806AVABxI4biNafAmSine9VAghBLTYSLIXnMmE0W7PDnd&#10;D/eI5fN8EbqFnougzIVyHjWLv7fpUAAEnk7O9Ru6cyOLfSLus6JZTJClIspfiOt6yu4703jOwGMo&#10;j8t0Duy5J8R3rsLKmY7oMEAXOJpuiRaJU6lH0YBGH7N6HQ1mXAcufV6wY/nrJCN6GhD9YnJ9DCtL&#10;XmoCC/m9g9NnKTu+HgMf81kEw27/hRmBMIWkmIfS1by/AiCrsRqr8U0fr7/+1mfHk3EhmwvBmUnY&#10;JKCTz7F0JgJQIYRIuKakcjko8fDBfFoU5PVmFx49fgRRNLcrf0CVKwoxq8KmgmLbypfK8PDdr4pO&#10;ily9s175FnyAN0Hy6Yhnh+SLxd8us+I+eJ+WsGZzmXzeZeDhotn+y/v7ex/meQ/rDGDwc8C1GXzC&#10;azQ7YhIN0BVIpwK4vLcJWxsVODlvQrPdgb2tddjb3oDxeMrOSRMePjmGSqnEzlVBBCfeuLoLxVwW&#10;jhioOa+3GLCYAVdgp+MxjO7fh7PTY6itbcDa+jq8cPM6XJ7OoNHqwMVFHZrFAgw31mHc34XZeACz&#10;6VQUHb/yv/3z//Hhx1/5X777+1/9p5VqufG8XHude0+uIgbsdKdMFFI40DEAKptAB1fqood46cxu&#10;gU91erTi7BNWdIVCAxJDCvNsEA40dK4ANboETm1JKX1TpMqrWOX/BbqEDXSXBhx5smO7i5yujMjS&#10;oFKPYuxjqdcb0CUyQdRmhSA35dxZlfcrVlMYQyKTW4tATJ8FKQcrirx+CwYbjpjUW0kqE1LEK1DK&#10;D/k5DNUjaCj7ANjrqTg6ElU7cgAUo0XA4b9vOJFVboXlFm7qTPWk/5EbxKgE5AIw2v6EKaQTEChQ&#10;7lfaEQx7+0cktFHGB8ihX2mXqMDbpu2uuH0Z+R7oYEPf7jdJIltmvIy0PsU4o7FXzKRFFzqazWSx&#10;HaQEWLfuV867IXZahcHyW26gHM/Y7yIVBmj0FY52yoQbqu6CtmLXmTuCygWWZmW6eRRMxwOr3CZ9&#10;vZEEwNRAhIOiSAERQ7dCev8tCEIqeFDuL0pQx7DjsCg1MFyIPpr0IJ6y+2qvtzOZzvfTudQjfZK/&#10;Do5fjRUAWY3VWI0/78Hv+29++Y0fRoio5PPA8LmpWEkLDP2FTyqcgiW0H0Ea0rkCFCtlVixXocwK&#10;7DfffFvY7xq6VTK92KSryzt/tlAWQYY8MIq/jM35AFPEmHVPS3wXk+NsHg3zhcJr7yf96ujkHJqt&#10;Pl+ZC+vt7n/EdSY3rl0WxcylrTXIsONmvxdWuJPJDO4/eiyshvl52VkrwYeu70KrM4Rmb8BAWCTp&#10;VztbcHZWh+OjI5GXsr6+JvQrhVyaARW2TVZMNJpZqLda0Onz5N4epJtt6HQH7HkXkGPPqdSqUK1U&#10;YX3jRRgNJ9BmoKbDHsMmVYgGQ6hVK4Dj6JV/9Su/+t++8vGX//B5AiDD89NtUaRIyyXZWdDiUkTA&#10;K7FNl4R4paIo+5C9dqTNrvxdoKlQiBorX35dpk3WCAiAwotEGbJnfZp0Fol2vOLOQYQVeshb2Ube&#10;9YoAvIJOr4or9ZQp0pcLkWmiOAVjzWtWwxNB6C5IoU5LiDigTJwzJWb2Xy+JawwksrkZSKVOUwtV&#10;CKKeeNynEtnqTnDxEU3kekCi7wKmC4TU61En78N0Dxx4gJbCGbdToEt1CuDQuJK9l8g4XVHHzwo7&#10;VD7X3ti+N8us5Vx4Z8Xw/vssrie9sOJJ1u11stj/UTQhtQcRx5KpLKTDQHaCsQzoNM6BSqgiOmk6&#10;OJEX7jGRtCv22YqAeHoO7dJF1ecAmQ4D1l4h1kZXAyVCjBBd53hwSq3rckblQTu0NDCOV9raXQCL&#10;MFRAR+k++CsRme+BUAIgG0CIHLBljRk0iOOUM379RPMZDEd9GPb66+Pp7EqZARAKSz4Aq7ECIKux&#10;GqvxjR3Hx2cbd+/d/XRo7G+1z7ucWGToE1LgQybY8ta5SOlmjyuUiiKJm+tB7t65K+x09eqZTiAU&#10;2yVW0cknQRLNYWt9HfrtpuDyYhR6Ezal1PGTB8P11d780Xh8WiwW+jx5/P0aLVbUXzTaPNPj86V8&#10;8Tu4oJyLzq9du8SOD8PVS9tQyHOw0IV0KgPVcoEBlhZMphMGOC7BznoZ1qoFKBezcN7sw+FpXRxr&#10;KpOD3UuXoHF+Cg/u3YFSpQZr65uCjiV8++OZSFXv5XIMwKSh2WhA/dEppFgBzoMOMxkpfudfawKI&#10;bMDly/vQu6jD6XAMHQZUpr1+9NnPv/q/71/Zf+s5uvzSvbPzD4nsSeWWRvTqJ7E0GeXyatLIhTgd&#10;JVe/VWmqbUBRbDoKSIjNsQE4OlAzhWyhFCCUSN528ixMNgd36pqZzoeebLFaDQekuyV2f3GiOF2W&#10;i5FobjgOUf7xIQeVUEVnTIIUvySXNC4heqcUlq350iXr79RkWmMBPKj6DVb2tMu6GFbvgfz3wwMc&#10;KJHY4WwB4YUFC7wALxYtfkki6x2B76jl9kHA0X7YPfITVzT5jCbE9MsAhw+Q/K4WeBoQulhILxXn&#10;I0/F5IJax9MMQt4BYb+cziNp5CEyc8BoMGgUy/fLcaLSuhf+Ow5iZuy5mTBUnRxkDB+QutkiLB2t&#10;tBGIcT40nUkLKKjDCRR5Oq54HKtwQPU48zdFwwWT+2RpXIQ451DbB7udDtOhwY4rl+2SCMAmkgwD&#10;mM0YABmOYDoaoeFgdB2qhS/453M1VgBkNVZjNb4p4ytvfe2TnW77UjoT2swFU8whI6IVN3scSPer&#10;ICXsZ7nwvFzIQrXENQ9DuHf/PsScTmMW4hS9gVMDCLHbRNLhaI0V0o2zU2FNayZjJC0ljbWiStcl&#10;SpmpKQnDyfh+PpcbcWDwfozpNII2O4bReI6q5dwvbm5UYDSdwcGTI8jk0nD50g4UCgFcvbwtHL+4&#10;8Jyvnm9urLNJbgrHp6cwnowZCKlBhQGQS9tVKA0zcHB8AWcXPTbxhpAplKHEjqdxegwnh4ewsbPD&#10;nr8thebtDmQDEGnuRQZEOv2+0Hs02i2YDo/FauZ02AcyGUGWgZ80e87lKzfhox//xFf3ttf/61qt&#10;8vilV178g1QqfC5YBbxI6B431ib1xguhU5hyF3+xWg9gko511gcVANTSr7TrDhLFeCg1Ro5nkC4C&#10;sVMkStGp5ZlnMfaoXNqKV1c1WBdFPEU6xjCjkVnRjUHTk1wCkA0XxF5mBZhijy4FHlYC7tKisEUc&#10;pvKmStvhUp0WgAdI2hpy+i7LKScJkAPW9NbN77BCdddla7EoT4YuLl9kTnYt0FP3Sxe1yMsz8Z2+&#10;ko9xOzN+sUmcsEPXkBgvdfAyuRiOssMVl7vFOPXOln8tmCBXhJ5K+1nW03EpS6brwheA0mlz4Qgq&#10;HVaicaI0UHyhKHLfN/AME3j3JIWx0WUIjROyWSGEWPoVdq2m+D3cpWzxvysaFe/qamARO5oR0+3R&#10;VCotcvc6GM554CAl8P9GqW9NrO3YhbBdG5Zg+TNS3RjdyZqyfRkOe0CmE+j3By+zO/aKe7UCIKux&#10;GqvxLIzXXn/9+ylRpRRxVmmD0KkTkE2Z5p0Q9pXJZkX6eSadglK5CEdHp3Bxdi4cqoBQr01OiCP7&#10;pHKyTKe5rWwROp2WochQY7+rLBupFjFK219pJ4nF80ej8bvZXIq8L8Uw7wSdt6E3GPMVtE/Oo9n3&#10;rTMgMZzM2e9CeHJ4IlaCc+nLkKll4OqVPVivleGs3oTBcCSAGA8aHA+HcHh8Dr1qUSTCc53Hh25c&#10;gaPzFjxi2zi5aAGNCaTSJaBRDx7cvQ3Hjx7B5u4ebGxsQaVWgRoDHs16W2SDlPNZqFXL0O1Uod/p&#10;MqATw2Q8hU6rBePDAUxY0f3pz736x6984iP/rForPF8XHns7+2eNrWmjnaeUOhkAkoZBRFmkKR0q&#10;lZp7+8fzBaKKLa2Sq9AqkM3RD3GXMg4wuNhciGpBOl9JmonO77BdDP2v0CkgWVyFTufEtWUNnE6F&#10;z+yXI1iIIKTe2r3vI6X1UMhxxAKVC4EWuhAudZE46dNg9g0trOeTJftIFV0MTGFvLYdjZJ+JFlI2&#10;kmv5bmGOQJeEJHH0WomDvQ4AOBoOt6sBRheCPLhFncfYbo1PrvIVF753lXbh8n8vjlSAvcDvzGiX&#10;QAUM3P4RgE9L48cVLQEXOAEs/PfdboH4Vl7yGs6kxY/zuUzDiSmoRR4LnL33AuvUc/m9uQ+DtDQ3&#10;++zQrxDGS++TGqAY8M9/5loS9TsjVDeLAxZMuKBDd088HRfv5nCr7FieMUEBc9y3NE1Ld2QoJcbF&#10;TlxZRHYGdY6IOLRUCoajIUwGfeh1uh9eoF+txgqArMZqrMY3fnQ7g/Q7t259L9d0EEWXImoi4vNE&#10;gO06KNVOQdx+N5OFfKEM+XwetjY3WfGdhYcHB8p+lwjBry4KtBWve9PnE2d1c0dQBWbjCQMjKWvP&#10;S23ydUQVzQQlfPWxEC1+JfU+hQ9O5xQmrLjvdPvcX//nMwxVpTIh7F/ahqNTJHjEZ42GmDA/9IFr&#10;kEmFsLe9BtubFThl4GI0mohzsLezDf3BEJqtDjTbXahWK1DK56BazsOLDIgUC004OrmAZrMDo8kM&#10;yCwQq3Pdfg9OT46gXNuE9bVNBnD2hUNWtz+AFk9U75ah1x3AzvYWO19jmE/G7LxGYhL+wm/8xk++&#10;9lu/+en/9L/4O99frVUunpdrj7vkRLPJ/qTXCzN8NTaOlAuOKpqJdNLhZJLQrFtTmNG5olkhJy8B&#10;LVi8WuCgu2ayKM3hwCm0sbXi5WnpbngaVdRDQxsMRHAGjomTOgELOQ6GDkWRFziYXO0mjlgbK8E5&#10;VZ0O9XTVMQSH9/6U4omCB4g0DIs5DY1i5V61/Ik+JEImrR2DzQShqhBHKrQQPPCR7Dk8bW2fevtA&#10;l0IW/zvixAsuwk33tWnCzhichHS9RUnYWi5lB8/i17UX4OCDeuke9vFRQlODksdGpWOWqwuiCSG6&#10;yQVxjhk7oMgTq/PuAnsPcsWyDMiczyWlSQELo6vQXQdBV9UbkMJz3l0mIrtD/l4/HysBuAYOmo5L&#10;HSqXFqxrUEETAAL0Z0l3GBkwCRTNy8350MJ1t5NCzUOI0Rs6nF31PCI+s0avYh6nnbKIoWjp65mD&#10;5sFgJDrz43b/BfaehaHMMV3Rr1YAZDVWYzW+WePdd++9cnpy/KJMsJWp5RjZtHOz+qh49Py/WTSH&#10;vGi3I8hmClAulVkhOYeH9x7BZDwUIl3qOlnplTm9ws3TxWcRbO3uQadZF6BGT8xC7xETU3BRRYWh&#10;gCznQa66sRehb/7ZvBRtyfDo8Sm0Wl2+yn7t0dHJj2ZzOSgykFEt5SEV7MJpvQ7zOM1AwwTu3n8M&#10;0dW5oDnsbVThwzcvMbAxhIsOAxJsc7VSQVju1i/qcHJ8DLlsDmrVqihmK6UcBJe2BOXqvNESIIXb&#10;6Y7bPQgbPSjV23BaOGHgrgiVSpl9VeDqtcuwH+1Bvz+EfqfFV/Fg0hsAYSCEb3fUaOa6o14ulU5N&#10;nqdrbzaOoHN4/CKZj03LIBYi1pTsdsTICGSJKhojOpNFCFLiWMsrUUXS3Ky0Ym1li+wKeZa9Z4Gy&#10;k5WuQNQUYW7hqPUgseapc9oKZYVUFIlV8kAIcv11ZgTgFO5WeK5BfeCttNsSSYq8nWII0YW1eucw&#10;vfA1T4wOOvDO0VFQ1bXh+0xxQjzv9Vkc2AHK/8r3hJJuUFLITpHugbj9BFBJIXLxQlsgu4a8SIGr&#10;GOnzEsuC0uSwu4GDsBBO6IKm2Ot6WNm9rwuiBm7o34YOGEPO2cILvSCV2m2UJrFjBet3Llwg4b47&#10;ssNGvb9hnVcBi0J8/9lWaEGpPTt8l2gqNLbT4p0jKviPqJA+4bjLd1KloqsuASESPIRYATNHX2Hz&#10;R6ztraRgYS+rI2mJ7oFq83mxn0n9eHC6IFo34upikHoIAX8bvBNjujIIq4BDYjrp4CSgmy6iBkhE&#10;unyNxz2xaNPvDTcm02i/lA0fLQLZ1VgBkNVYjdX4ho3XX/vyd85m00w2m5VTMbJO+kqHrhxP2M0/&#10;lKtsqTAUE0sul4cSK5LL5aII3nv48B5EIiMByzA5jwXt0CX4y7BtbG5swa03/thQvcS6nwJBYvLk&#10;3yPqrfhqn/cgDI6mk8m94WgCpXzmPR69nXYu6g3o822VCz8Tn6LKnfsP4WMf+ZCY8jdqRXasKQZC&#10;2oJ3kUmHcHRyBnMu9IwpXNqswHqtANVKnoGKLvtqi6CwQqkieNE88bxZv4BqbQ0qDDDkcmmoztn5&#10;phXhptVlYKWZzrJz2Ib6aYsV3qfs9ynRZQm4W1a+ADUGRErlClSKJXa8Beik6tC9mMLF8Uknk8Z3&#10;f+xnf+IXCoV873m69qJ5dLnz6Og/Q9HcFChElYLCtYlIVzasrUQRgXE8BeNTq8EpxWq9X8mmue2u&#10;uuy0F5JKr7GFDZJWvDaN2ha7ougCGzTHv9LiuYHphvCRUoGD4DwWLykoaSIYDyVW791COzZuWUlN&#10;gQIzqoAnSyomivwehPDz4sdCsfdJ9LswCCBRgsvHBU6sH1UQwY3i87s4yPt8grG2dT+82Oy371al&#10;+yLYvEuL2Rg2ONCSv7DTs3Chi44ttP2PpDmuC3GWfa9IfOqEWmobXXDwwpBMRqcJ7yvqdaYMEHEC&#10;/5K5LB6VCyXNmthxcp1YNqOoT0Sm3PMVGVHUxxKcM6DM6bQBCpWVsmvmgUxKeaAXdwz1VVG03OwN&#10;anVUmjKFldBbd0i0VW9AbGCo7WgkpPfq+ZamBebDatzGNIBQoYMCwGPsuIK5AMjVuWigqx4ZSAv5&#10;aDYVRiGjQb86nc6ucgDiddMoLKSqr8YKgKzGaqzGn9cK9DSGN9944wd490PYwsdqAtQBz3zCwiDt&#10;cfmNRYgKAwhSKeAdgmq1IHQQlXIB3n3nDpyfcZ1ErCYpuQInqFjKRYVSokKjCBSLZTZJxDDo99gk&#10;qApIQswqJlE0rAT+UFEGoovyJbatMQ+Y+rOO/mAK3d4YZvN4rZDJ/NQGO6bjizrcvncPPv6Rl4Fm&#10;qQga5O5XnKLFnWc4KKBxDE+OjsXExi16q8Us7G1VYTCawpOzurDR5cedL9cgGPbg+PEjODrEsLm9&#10;C7W1mtDOpLigHyLhxpTnQYPVCnSbLfbcNpyenwGZjYWHfcS+psMxe0wBUpk0bO3uw6ufe/VffPKT&#10;H/67+1f2DlKp5++2z8BmatC42MVUlpZCPk6VCS7S7kayrAx5EUHnMCex+D527Delva4q0yl1ZM1I&#10;/B4ralOoOh8I2Q4E73SEyGZQGNtd1UHRImQOq1MhFsVQ6Kz7e8JotOhuhRLidL0en4DUpki1VCm/&#10;NPUE1clskESx7iasayE8Bkj8FTy/K614sQW2zv9Aeo3d03m4QEQlLlpQZQJRNK3M66MkXt/tDST1&#10;MMh0OsB0aJaLuAkkwwpdEEeXZMmjJT+775cMXrW0K9/u1QUTxAFY1OmouAANEoDF30+VRULtsSQF&#10;8Rhkx0Wsy/CwTHavEBQwQZmKFe1IngVJf1VAgqrrB8UKoFr6VMSDCMMgITh3wIMq+mNFoZXhoLGl&#10;XaGE55kCOJJCK52vqANxNbg3yeYmnFB97jnAQE6LKUHPMl02Q7tK3E/UPop0dP5YTjPj+xQimLB7&#10;9XQ8BpjOguFgfH2jkv+9VQWwAiCrsRqr8U0aDx8e7Bw8fvitnKNLTEigAgo4VJOaolIhKfxGyp4x&#10;VyywrxIUCzkxWdy+fUeACaImH0qpl1dAKFErX3wOiGFvewcazboIwgq4i5WYyYlqmxMvjNB8g7ER&#10;Cgc4+JNUKqVcX9774OLNs0ZPBAYShP5KFmeubK7XYBzF0Ou04da7d+BjDITks1nY2d6AjbUKnF40&#10;YcQeX60VRZdiNBrCwdEUNnlWBwNjhVwGPnh9X4jaHx2fwvFZR/CuY5yD6agDjVtvQ44VENsMRGys&#10;b0CFgY5evw/1Roe9TgBFBjCq1TL0a+sw6PWh1byAQacBcTCDRrsuwiEHkwiuXb6a21wvf8e165cf&#10;Q5L98YwPXiSMu4ON4UWL1U/CJ9aurgbIKeyooQeN47kp6mzNSI1GCCNlsasSzZEiv2NFYUkh2bGQ&#10;AWouDUqujwfq77oDIjQg3FZXBZzx1Og5jIS7EHLyBgIBkJDpXIhLldoSGhIdAsupQSq7wy+p3Y6C&#10;J4l2cnBQIi/E1cNogCIT0N2Ve/91SAICIcewFhLWxrbI10nhThcHJUXf9vfUMd6lCyJ7DNYza1nv&#10;yC/50UL/YTGEEC1xP6PayQpRDwKgBIFLrsKAE0Cke1doSe6JLyZ3zQiQB7f8PSbu8TvGAoQmj9d2&#10;UTT4MHvPbb1zeak/UVkZYk+p6lpQGaqJnB6XONvY6jr4opPoKBDqaTrAsck1oJinlbP7NMXEAQP2&#10;2hEBtTGoBHYE6h/1eZarWdi7n7ufYf/zgdV9Xnde9D5pKpex6jV2uyp0EIGaC2SqO8VIN1LE//g6&#10;1WA4hHg+5f++ALC+5BOxGisAshqrsRrfkPHmG29/ZtDvb2SyaVYga3cSNeViKzqUMyQRlKMg4A5O&#10;aUilWJFcLsL6Wk3oGO7euQNxNAeeJkepZGfrFruX06Amyc3NTTh9fKCC3ahaDVPgBxyaggcwpAiW&#10;zUZRkArfLJfLYnL8s4zReCYEiv3ROJXNZ/96xPalVimLyZ1bA48ZuHjn3fvwkZc/ANlMFmq1EqxV&#10;igy0dKDbHYgQwd2dbZjxpPJ2B1rdPlQrJSjl2GPZ+clkr8HpeQMOTy6g0YtgNOUOL2nonTWhwYBM&#10;sVqFtTUGbNbXhbNWHO8wIMdAR6sD7U4Per08rFVLMJ/uw2wyFhMod2/K53Lw5N1bP3L28ODlz3zu&#10;234thcPx83TtccA77Q3+k0mzKRdqtfhV0V70ynGkume88zGn2sxAE3csb58XKHoNOFBOOdjRf/Du&#10;Xcq09sDYoWJFy9IgQvPfA9AdEKU/QZI/L4E0GGtb3mEJha5Agw7rOOUXlG7yuAYJ1ClCkQeGDFXG&#10;Edh76+/IYC8fiymHLBHmp13rKCRco1zaEDVCels2Uwcc+CDApRstrOIvKc5RwiULJWhlfpfFpsG7&#10;6/840QMijr6DmCLdhykLPSbkAxmUvKeAFYtL3QwS+g+agGWg7MD1PhPwQwmR06eRwGExcBIlAAk4&#10;VCwCi6TVRNQeROxaTmdT4sGRsDxXHUPuHAg6Gwaz4yGiqwwAXuigABnc6pparZ/pgmDsaTyoQ4ki&#10;qvB34t1lt4M4afJGs0c9PGnhDPZ6Stp5S4vnhZUvIUZroq2BjbmA0rn4Fr7U2g8rBz29cMXBGe/g&#10;cFvfCTfu4EL0wegluuwcr2hYKwCyGquxGn/+g9+7X3/t9e/Cqk3PV4ulgBDbKRppe3WV4cxX3hj4&#10;yGZykElngHcgKuUS3Lp9D05PjtWEFDsFTGyFhnpSY9MYTwPPFwrQa7eMwNAAFVVExYQu8n1lVcn3&#10;54IBoDc3N7cFbek9r8Kz1zh4dArdXh/G0+l3dQeDT2Wv5iDFdmBvc0285qCfgelsCrfu3IUouiFW&#10;+3Y2q/DB67uCtnXe6sJ4PGGghIGOQg4ajZYQnmeyeSizc5MOQ/H7y7vbUGCg4bzehHoLYIKyMGRA&#10;o9E5ZufuVJzTaqUCtbU1qKxVYW9vB3Z3d9m2x8J+t9vpwIjt53wwEH7266UK5EYTePkzn/onqdTz&#10;BT5EwcgKjelwhGedppPDENtylVOh4lhZjDLwS4jX/TCZCsgKxk1hSq31rlv8I8sPsiGByF93DxKF&#10;oi5sOU0rjDB3PhC/SyFhiCUK0ZDK52GHQESWrOOjJYWoVySDtJimiBqZiymaqWHTOKnofmFqYkKQ&#10;7TuIM8jBGUUG/Nhjg4Wsbj+4T+sviP0sgh/+93UMuRIFHvUE5ZAAPch5Beqs/dscEAnyYicXBBJd&#10;FwDfFWuxk+MDH7f7A4quJoIml/pyOQAJaZepRFo9JBNo6ML5AEgK1qlxjXKzLly9EFFP0iYAEbto&#10;w0xGdBqIDmsV1EVqOyeUmotQ/JYL0GNitBriOXEEmG9HdaeRcsGS3W4sPn9YO2whJ0yRUgvMOWCI&#10;qaLGggcWse6kOInpYm8QGAcsI0hXQMS4cLmLX+71RC0V0DpogblnmHeLqA48BysBFqJ93qGPplMY&#10;D0cvxcrRcdX+WAGQ1ViN1fgGj9PTeurO3dvfIy0SqbmxIxkTrYSNcsWXCE58IMOhEKeipEQiN+9+&#10;BOzxd995RxTImnssAA1Ghk5lGM08rZdNattbuzAbjWDKCukgUBF0KusjVhaSxAmusstSVMaI4fC1&#10;bDbfvXzlChQK2fcOwtjkdHbeEFVooZD/G0cHjzAPV7x8aVcUyFcvbcJ5MyM6JGz2ZufsnIGQmXBq&#10;urxTY6CDgYZSDurtHjTafchlGCCr1cT26mfn0Kqfwxr7uVCuQCaFoZRLA96sQYY9rlPMQbtdFHke&#10;jU4LpuMWBOSJ0BngNActXHhehVK5DMVCETYYMIl5Sjp77VkQzKdx9MWPv/rt/+fn/9L3/Q/P4/U3&#10;G8/QpNeF6aAvOxbUOhNF7LuUXnVVVsxa88GvzMiIXsEKVcHa7fL/UhgZlj/fbkplfiCH7IMdHUCA&#10;bIGeQr5ug4OLrPC9ikR5ygXpKRXOyZ2lsFnztoJoXTQvS0JHAB6K8AXn1KzEJik/Wg9lXK+sMZFP&#10;XFLaC3FOFKChS0AQdc6Bb6mLjMOSLZR1PKF28bJbIgk3KrxgzAtLCnGa0G24RDALVpCTpZHsJCSJ&#10;aj7oQZ6+xOaEoMXcEiOswYawZAGAjQSkf8rquB9v6IBt8HUiXpcj0eZwj9k1FAYXfLMSj4vQY0pM&#10;11reJvk9m8rMEUU9MtcGtZQvawmsgC6xNmrawpaDD9sZkCn1BnY6jliEKLBHrRAdtOaPGFW7oUKB&#10;dsNKiNyxk6uju5Cu8xaYTggYcA4OUMEubUyBMsmo4w6MWICQ0WAA09EExqPJ3mxO1nNp3Hzae+k7&#10;1a3GCoCsxmqsxvs2vvqVtz/Vajc/xEEFoXbVmS+r8cRujGWybADKLx7LySzkAnRW9K+tV2BjYw2G&#10;4xk8ePgE5tFcJdwq+geNbT1F7EQRRRFsX9oXrlCmhDB8eKKcWGgi+dZO8YJqE+AvFstVuPHiTUiH&#10;771n3umPYTAaM0CQ+WClXPyBarUGB0+OGbhKwdX9S5BOhXBjfwvqrQ702GNTDBiMZxE8fnwoks/3&#10;dzdhjQGJ7fUyVNi/x2dtqDfb4jwUGHgYsgL70eNHDGSlYWt7C6rVKmSzaeBaZn6TDtnjOGgplUvQ&#10;7w2g2axDkwcMDrownw7EVzydC/51Nl+ATJhmgGYDPvmtn25+9tVv/1svv/Li28/r9TcZTF4Ztzo/&#10;HE+mAizwy0Xa3hLJazdlY6z48cih7FjRuNYpyZwPBSywpfKkhKgcW0E5gEPbUp0LdQlpHYcWg8u/&#10;BQxsEMgIotWcE1ckWKHyPcSezJh69CGTQbJQglPPflSvBtNEGwK5UX9qBdyIvakPSrziG1nNhTgG&#10;ulxb4XY69M8x+EGOrkGwAVBq3wiiXulPn/IqGpb5IMKW2TghTA8gWOhSLNvfZHeJODDDfSxJCOiT&#10;oMbvyCDlwuZK16mxxKVoUZKOvKLV18tgc04XOyEmL4NSr1viwkXixThKCINxClK5LEQkZtd2LGit&#10;/IsvAAkKlqnVNa118ZzxgpzbiNswQVnVc/0VBx/i9RxramFni/ECTckYjuiwTOVa5WkAsQM81IKS&#10;pl6Z4EKQzlXGAtgVoIsuClUBimC34XTWDfAw77qlMYqzyz7H8+kEpux+Mx6NytPZ9Ho+nWs+rQGy&#10;Ah8rALIaq7Eaf07j9dfe2GY34n6hkC8DVjdsteyDsZ5M5NqtFHvH4nchm/x4271cLcPGWhlOT87g&#10;8aMD4X4Vk8hw0IV9J7FhU3pyCFlRX1uvweN7tw3fWHPZiTL91EBDUwkMDUWsauGYgaDXNrd34OaN&#10;K+/5+HnUSLPV485X7Pvpv8/OQ2F7fQ3m7Oe7Dx4JEHLp0g4UC3l44ToDTK0uNNo90b3IZQLRFXn4&#10;5BQGa1XYqJWgwIDFzatb7DF5ODg6g4tmF6ZsWxEuwGjYhou3TyGfK8LO3iVY39wQ2SlceM71M51e&#10;CIUMOy+lHPS3NmHAwMiw34VW4wyG3Q57fh/anY44X7M4grf+6I82J/3u32cA5Eef1+sPY5wd1Zs5&#10;Op2KVVTd5eDXz3jKwN44K1y/5mRmtAp6lVU65sjuiHTAUoUMtvoNbbkbq0yBAGGvBJMdD9s5WVY4&#10;cvCSUWVqCjj9KjKJ6Lyw18F8gVGkIBN2SBPiaF0OYqPpgMWy3QEVCLmic7vOb7ojOojRog6zZu45&#10;KAmwhJYWVEmqEPJ8tOQ2iJfWbh9D0CK9KAlAkroGknhda5IM4Iq2bfI6MvkeKCFxp47BLoCr0HC3&#10;7PYxfDKVkWcrcYigrdHFVA5tHbzon7WcWkUBFlQfGKgnPgdwfb+ct5/658mz56XaHIodcYrdh9MZ&#10;iGfs/hI7r02sTbm8iFQXwAkc4dSjlDom3p3W10Wsw19jhybnJJYL9xDTsUjSnyztT6eWU2dxQEew&#10;e2fFzRDRi01LU9Ld85MILqS+psn8TVtB6+4Qv7ewe8OM68jGfZj3B5npdH4NirnXV5XACoCsxmqs&#10;xjd4/Ohf/ZFfzxey3/LFL37xxy4uzn98Mpm+wm/0xWJROWBRQTUKgpSYx8JUGnA6LZaLM7k8VEol&#10;oWm4c/cetOp1ZX0oSzfBPNdpuqZoQsLCsVytCXveASuwwzCURRa36yXWfFSK18lCuSSmOIxPU6ns&#10;V65cvgq7O5vv+fj7gxm0en0YzWeVQpj7Sb6f3Gp3FkXQTQVw78EjAbTymTRkc1m4fm2fAa4+nNXb&#10;YoW9Ui2K7XCheL8/YD+XoMLASqmUhw++cA1OLlpweHQO9fEERiTNitccdIUY/RjKlTJsbu3C1tYW&#10;7O/vwR479n5vCL1eR+hROt0C22YRarUamzCHELMiHRjwyOcycJkBr4Ov3gpqlfLZ830F0nn/ogGi&#10;gqKy1NUOOhGZMvBVZ0XNTOQaEOJQPJwq16xPU6tTdWkmOlJPu1tpehB2tBQBsiU3tp5JtlOCIpX9&#10;ocTaCBmhsXa6cmXQ7g5itaqMzAq9rSjdboA+LpeuRWkiAduBFkSv7FI/Y1xkpyALJcTxUOp0NBbk&#10;vx4E8clQxLHJtRa4gGwxTRPgKtkF8P9u3zPqdYmSoYCuaH0R3lCHWKVfK3aE6jTR0Ul2TBbC5xA1&#10;XQ+qzp3VGejgRS3qpwsAzuZ/OODWOSa+XxFYfZD/EZDgOaKQoLBZgwDXHYromprdl1LsXhCxewJR&#10;1ua8+yG62SqQkNOOKJGhmUa4r5LQxWdJOGDJbQqRNsa+E1fCGcvq8Ow92n2sWEcixLm6VNeDKIc0&#10;jH3wprocRGfw6G6L474lzCgINQti4OSCIEp9ByuXsoUUdKbYdIK4pfKUPW/MjTzY13g8vgZQlucW&#10;uQBPO9ytxgqArMZqrMb7Pjq9AWSLRfo3fv7nHvzYv/tj/9XBweEvnRw++t7X33rjF37/C1/8kYAB&#10;hZQQmqdtwjAXoIdpKJYqUCnXYJN3C1jx+O6t2zCZjsQEKCcdGSSog0WwdqDhVojTOdTWt6B+fqYK&#10;I0cCSzTFgUgeP0VGHGkmFV5IBuiNXD7XvXL9CpQK7y2AkE9yvMvBk8V7/cFfiubRVZ5Wns2HglbF&#10;MzXG4zw8OT6FOZvkP/TidciEAVzaXmfHXYHz8xYMGSioVErCCazb7cPpWR0aDFDValXIZkIRjnjt&#10;6g6UGSA5ZmCk3mAHMCMw6nWhe1yHRwdHDMhlRDjhNgMia2vrsLGxAdsMYMxnU9FhGbDH9ns9mAyG&#10;MG60hAPW8KIJ23u7X/3Bv/yDv/S8Xn/RLIJJf3ht3GrK7Bde/Ij1aFnKpXneQEDZ6YqMQBU7K59E&#10;1jWmwMdaYY5UsY1s1gdFDuUKlPBUjRTyDV0hsUKrrXg1cImU3xFawtvAib4CosijMnkrsx5I8beH&#10;lnQprN2rdoBCdtUYfN0BVvtLVa5EkLTGNaAi6RnlZnC4n003sdsHH74lLXIK5+QxuDQo5HUofO8q&#10;akCJPWZsCk9LnyMOnLJZ866DlguQPCvjBCiyr09lxLh6t6mbuUJjZQSgrzELeHHiXESwqIUBH8K5&#10;F5lxbaOU+l0RWOKWpbcUhJDJZhmEnwMWnUMp+BZWuVR1p7ByEAyw+owEyiIdlNVuYDpx2HE89BLR&#10;Xa2GBgoILXQyqGMYokXrVNu6YyQok7bJRx3al7T45bpATBc/VNoBDqlsExkBT/z0dCVcx66Insr8&#10;EjFnEGHMKD4PvEM/GPTZPDSB4XB0A5Z0mlZjBUBWYzVW489x/Mtf+41L/+R/+sd/Z3t7+93rN26+&#10;df3GC48/8pGXf/O7y5Vbf/yFL/xIPBnAef0CUJiCYrkCJQY6wjAPuVwWNjfXGADJQyFXEPSrwydP&#10;pG5ErSLxO74ED46AXH/P/l1nRfbxo4fKPldORsa6US3BEequX9oyhtvipsLU767XtuCFmzff8yoV&#10;p1k1Wx0uNEfZdOanj07rghIVplPCsSqVCuC82RbHy8ME3717ADGne7EX3F0vw4vXthmIG0O902Pb&#10;QgyUFdm+paHZOIeHDxrifPHuBT/0XDqAHZ6kng6hUygAF7m3OjnotltCL3J4fA7vwi0xYeZyObat&#10;sgA1PPmcO3yVSyXADOhFqbQIP9ze3fyHr/7gd/29tY1a43m9/niRMB+Nf3HUaEiOPFEmrEo8Lbjt&#10;vNxXlsx6hVKE0i3QLuxqqwYeyKw4q+JT/S5AtgTP4RByKAUzmAt1BziBfIHTPeE/pxwlR+CU0cuc&#10;rHThZDoC3LSBuray7lp9Ut/wdBDivgZKSMqNOxiynROrxXJzx5Mll3IyWpRbK52NTaRwi0Irxk5C&#10;GFiSko5M+CJJFNVWi4ETZyOxYIAAfK8spwsFGmRRB3hQz/YXJfQpdCHoUUEoRKQ1LQKTTYI8hYfV&#10;ZegOmtbjyBR7cBLY0ZL3Lnn8Di0NIUUB8zUpNEHoEoA4TEMqnYEoik12jriP8kI8kHbRNCYCZMhO&#10;QiyAqYCISL0LivqKNRDS92GgJnNDdyp0NwQlFnGwomVpTZPbwTBuWdTSBe2lhw2osW52tuclaFwa&#10;HBkgGoDCosbu19C0sLp+tVGFziAB6ZqGCVa2xOzeMhpDPJ5xE4zrxDZjko2plR3vCoCsxmqsxvsz&#10;7AQQRQRe/9JrPxTNJn/r5PgJPD54CL/zm7/VxEH4bjod9kIGOlKZLGRjdpOP5nDOHnM0nwvb3Ept&#10;HTrtOoxHA7h+eQ9OGADpdFp2AkXUrPCazoaTbJtiBTQXU3e7ovgXVCzqTGj65m/IB4YCICctilCU&#10;Tqdf2720C1eu7L3nM9EdTEWQYDqX+1S1XPpsoz2A2w8O4GMffgly2RA2KkXIM/Bx0egwoJUVAXcH&#10;h8cwmU2FQHN7jYMEBg6KWai3+wxI9GEaRZBhxzabR8KG9/T4CNY3t4StLgcUgeBQROzfkgAj1WIJ&#10;erUNdv7a0G83od/pwNn5Y9H1mE2GQOZTUQiI9yMVQqW4BjcuXYHa9lrheQYfGpTO2fmfsGPX3P6I&#10;yEA+SjWFj6hkdHkREQVGjB0oWEcru1yq08z1iq7OoUFWEMuT6Rn4SEFa6E5CFLLvAvaKE0s1SRSM&#10;sjgUJYwq5JDTdbD/d3IRTdqB7kiAWRUnBphgumj3umwV1nV2Aofak+zf6HwKpKpjQa9BkiqGEy5R&#10;CHyrXpwAUcR7DaUHUV0Vvr0IUS8bBCc+Y+CoNp6mawBPb+KCDHDCCWGpuB35/VMn54Q49sGL2eiu&#10;Qa/uKBl1CdUZLLFimwUKHMXL7Yapv3IeqA6I6Wx559Q/ShesWbrq0+/c7h6gFIPEYSgTypVxdBzP&#10;5PWueH4yVRwZh0F5W5aaD6odGBxxvabqmSsAOaAetN2vBRkeIEHLKW66EwfOAgF2uiwSLKjORQIF&#10;uLbArmOYySZRejGEsPPZs3Qxt7ODFd0Mh1kYTSYQzbgQfXwjpsLDZEroinK1AiCrsRr/1pb93/SK&#10;z3x3fHwB9+/f/14+gfF5I50VE9k629nv5DfuKGLFIXdnqqxBLpOBzb2rsmU96ovwwTtvv8lAyWO4&#10;9caXBB1rPh0JgfpsNheWvAzISBqWplSpWToW7leXGeiIxfZSYejMVNRoJt3gK6A2JVmsYgfBYTqT&#10;e/vqjeuwvlZ9T+8H3363P4I516zMo58oFvPhukg3b8C7t+/BJz/xCkwzKVivlqBUzMNFvcVAxRzS&#10;qQAmbPJ6fHjCwMsItjcYsFAOWFX2uIPTuggcHE64t34BJsMu3Hn3lshN2dm9BBsMjOzvFWE0HDPQ&#10;0YNOtwc5bs3Lzv+oWobRaCICCAXtqtuASb/LtsH2M5oJx5psLoQ6O+9HG5Vrz/vnghcEXGA+anek&#10;i5RxzNHCZ/kf0l21JfQMqsTlrgRZAxKt8+B/C3lmAtgVViyCA0NlMcvtdFMgjX+tpsPrKvAOCMXe&#10;qvXTaFLaHYoi6oCk5fcCRNHXARpJhYarH1CUFkfurMvG0EvT0CBg+Z3Al27DIj3IGEI47xu12+XZ&#10;JzF62vZcYPX0zoZLKXMzOvzIRUtoogklCXZeQS9aYEhmkLsFMfXS6Sn4wYYiUVvRQDlvx/bFfEc+&#10;nYyua3fP1WrJ+fQpVH4OCHGLffApV8SXNRg6bJiVQbA8mFQTu3hHOSZUhXQqypcGjEIjQgyVESGX&#10;wGaLf00RNJocRwfi/utdr9yyndqAQEGRUp0RbY2LHLBBic0ccW14NbDRwCHZSQGneylzTZxUG8c1&#10;SzaJLGiS2hYq7wcBgsFoAFM2Vw37g515RNbCFD51nb1WNKwVAFmN1fi3YjyLqypvvvHWZrvTejXM&#10;YMndJZr6pLQa4he8hc8dVgjkC0XY3r8MZQY2Cvm8mPBK+SxMxgPYYoX1lf19aHfacHR4BLe+8lV4&#10;/OgRhAyEEB5kxZPRiZwAJ9EE9i5fhfr5uQyOU5UccsKyiLFURGaFESv+DJ9IwjD8crFU7t184QXI&#10;pNB7Sq9ttUdwwcDGfBZvhCn6V/lkt725JnjIXQYKvvK1O/DJj30Y8tkIarWySD2/aLRgMBwKF6t0&#10;OiW6J5y21WPAo1IuQCGThheu7EKtWmEA5QxOzuswpVmIgiL0uh04PXuL7XsAWzu7sLOzDevs9Ta3&#10;NmTIYK8P3cFA6FH6/QKMayWYjNZFcUGmMwjYhF3IpeHF61fg6P4BfNtn/8I/et4/F9PRBE36Azxh&#10;gCuv6BJa8hyr60/riXThFSi+vIkWADdwTxXmyBaT7uo7Nva60rGKX3QBTUOIUiJgkP8X09mCZsMv&#10;rKmhdWFIair8Z8iuB126ELHMivVP+x57q/y2QHVBEdVCaoi9wL9l+hLd3XDBC3L0GO6r0yXqDVcs&#10;HXuib/QU+1JLiiKJIh0WKFxJ1QxAUsjOjxE7sm6U6JZY1QkosGadzgi4AYEEXLKegRfUvtMUYgeG&#10;+OcysEymBRGB+yP5Ou8/dt7LBb0HWryG+JFG7H6DQ6yCOonIUuILR2LfA0nl4nRGAXKpChZUjmh8&#10;Q2GAvVR3ESCoaFEE+ZwkNxUdJTodYj8J8a8vx52KKutd08VxuxlKsO7ynUxXJbHgoDsZMq2dJOYH&#10;8ETyHkhyTip/bsy2wxeR4tkUouEoP5tOr+VTuVPdHX02Fw9XAGQ1VmM1nrKi/qwDjuR47bXXPkch&#10;2sKQUbQXEMGC/AZN1M2cT2jpdAYy6azgGoeprMj/4N7z165fh099/BX4CgMbv/1bv8MK+Qh+8Ie+&#10;D372P/j3oNMdwy//8q/A//Gr/1wU7DxPhAZyEkpnMlAuFODB174quyRqcOd6oL6biRWAOlJOtl+p&#10;IPitzc0tuH79qjPh/envEXK2ffDoEAaDIXSG/X8nDvBeLpcRzlW7dFPQGnq9Lnz1nTvw0ZdfErkf&#10;W+tV+NCLV6HR6kK9Ia1wtzY3REen3elCi31xnQa36+Wr7Zd2Nxloy8L5RQfq9VBwyqcxhma7Bcen&#10;XxFBgzwPZHNrG9Zq61CpluFyZU8UOHMGOCYMlHAb3tFoyCbJMYwaTQZGpvD47sPut3znt/7Sd3zP&#10;d/7y8/65GQ8n3zZttz8zHw4EOODBgtwJKFRdECqNboS4FlQxH1Pb8UCaUqUzCAT4kCGWKZ5dg5Gz&#10;0myLWE2L4dkJgei8zNn7mRNFDS86uSZkQqcLNquSfqQKWmqzMqwaIbkKTheK5qd1IZ4e1Jf8PfIc&#10;r/xtuRDAX9UHR9yd9JdyKVSLAYU2XV3b07qfS6PzQv5eax2ETXBHnmUvdro0yOnvEK/DhBV8QGYb&#10;FLlAC9l7hwd7kHfmUeJYIZGM7vZZiEpBsaJ9q4sRxhiwaFusgY12x4oh6WK1TMkG3mPB6Q7w+1O8&#10;0D3xwSwH6Jjdh1NhCuL5XBbmypaav/JcOEQ58I7rQERH2nYThObKAH1qMp7MuVIdDKEp4R0OR5/h&#10;2uRq0ADgaz+k2N1SuVxKF1WBgnrbLlWKJpy1kjkfCJsEQva3ADwKmXv9qu6L0IwRqzHhneT5eAbz&#10;Cc8DGYXj2fxaFXJ/tHTeoDYraDVWAGQ1VuOZ7HDQJcUuofbGpRf00dcpML5Ro9nswde+9rW/mGGg&#10;Qi5cyRu5KOQCLNyEAp54zgrxMEwLu91cPieEjXIikM85Pb+Ahw8fw8H9e/DmG1+CX//1fwkf/cjH&#10;4Fu+5ROwtrUGn/z0p9nfbkO33YPJdMpu9hOx6nb0+DFMJiNpv6smrkitUgmrVRSrQELqc44FxQDP&#10;05nsH1++dgP2drf+fwNE5LwHJCYMJPU5KMAMdP348ek5Aw9FCNm52Fwv89cQ+R/j8Qhu3bkP0Xwu&#10;Oi+pVA2ubNdgq1aGs0abO6gIgfj6+hoDGXU4POThhWmo1qrCnYYH623U8pBh2ysUM5DvFKFQqECr&#10;3YR2qwEPDo7g7t2HDHCMIcceX2TArFSuCAvkPAMyuVRGFLHDQY8BpR5kgzTsXLvx+nf/8Pf90r8N&#10;nxtMoTpqNjJ0MgTKjh+Zol2ucFInj0Hy2qlxHZLFiSMRRsiIToXdrnYnUh+yAPmr7CnlliWzGSJh&#10;DS3TLnj8XVakfWgSihMbyAo/+Ty+0BxQf4Xe135AovSnXhm8LCfjaRkaVkbtG8zaLRlPLNWNsOv7&#10;gQmxowkthPvZsKU7dUp54hw3KAtaC0LAERb7cMq1+0XUSZp3BNt+tncSNFiakYJ9cqvIT9BAjh8X&#10;Moke2BO3E0fL4r4SdTQ0dClBzA1GVM5abOcjBAseXjb8ELyAS/c9xGorrtolOWe4GhAESwySVYsl&#10;1ldWOi0WdHiHWlimq+6CAYGUqHueBur2PmpT67F5MYFFKPFphsJGzkkXR0todI5Llk1BtxosAyqc&#10;YE1NyQoVsNHUKW0nLL+nyhUr4UxnTCWkpbvjxy1BhgPWNZbhcxpWTl2E3Xhm8RzGkymQaQyT0eQa&#10;rJVXovMVAFmN1Xi+gYi3gmlce3zOLCxZafx69Iv3rQ2sNvS1r90un56dvSpWv3AAcRTDdDYUE2ya&#10;TWpBJi1W/UXoIJvQUumUACHcfSmTzUtQkgoFXejs9FSswlVZ4Twbj+H3f+8L8G9++zfFSlyxIC18&#10;U0HI/p6HoJSTlIV5H2rlohACCl+TMBDBhPPJjP04h3gSg5ZbYmQnryAU3Y/b+Xz+3gsv3IRSMfP1&#10;+hxPfY8GkwiG0znnS3+sUil97qLdhUdPjuCDL90UE9WV3XUGCFLQ7mZEh+PsoiWcZriwfH9nDWrF&#10;LFzb24DecAJn9Q5M2O8ZKIJyBUOPgYt7Z6dQLJdFd4N3ViS/IRKTKQcjPPW8Vq1CtztgQKgD7eY5&#10;AyUtIeYfDThYGwOdzcTkys8jnzizuRzsCbF6c306+SsZtt3p8/55YaVOPGg0IJ5FABm9whsxMMpd&#10;fQKnzFYMdye3wwq+bRGIlF+qSFTXK/DIoWlgXQyrMEz2n0zbjthzAva6M6FvCFR4IQAscbqKzbax&#10;p7VQ9q26FqLL4v3AAw9f7x4CTgdDbwV7IYO+gsElEyEncM8WmuDpQtAC0cotjonypEKO/oMqS+Hl&#10;+2vdragpMgW4U8J9/25GPeBDPICVtMW1pDBijs7t2fgqEXD0HfJ9ws67gMw5xQvvgaVeBTRIwBNt&#10;70tsojmVsu8YWYqocfFbct1QcDQVybuV7up5wZSLHRtqCnhFR2T3KCw0H0RpLgLRHaBEOVhhOw+p&#10;i1Jkh8idjFR3ARugLzsNyC/CqW+XawXhyCSSUydg0HRJlJshRi7YkedIdCUcwTfxHLYccI1cHdai&#10;JsTvkCjQ6DwHDPULuQFBghbM1V7zyRhmE95tnl1eVS8rALIaq/FcjgUOawKEIEBLOyZoCXBB4HdM&#10;3s9OiS7c/vgP/+iTuUL5xrd95rNQYYUwn8DGwwE0WTF4dn4GrWZTTFCcW8zpWPxfvjJczFcgm09D&#10;ucxzL6rQbLXYY1siCEsefgApNimGKYm85qwwn4lCmrLHEqitr8Pezg5kWWH90v5VIOx5PIX8tNWA&#10;zmBgBJJmGnILTnEiMadHvVapboxvMgCCF94H9NRkYv0Nnyu7vRE7JkEt+IlSoRBsrdXg9KIOBweP&#10;4MMfelEUqlf3d6Ba7EOj05F8awZEDo9OYMImLZ4Dsl4pQrnAQEdhB84bPTg8q0NvMII5TgMJM/Dk&#10;8AgePX4k3K92dveEnW61zFPPBwxs9KDbDyDHgFeJgZm1WgXGDIxNBn0YMEAy6PVgNhrCdNwX2QMF&#10;Bv6uXdmHTERgbXv3fiabfu7Bx5RN/OPB+Maw3WE/zUXxLx2bYsdYVZeZdunc/YwoHylRdGRY8RWo&#10;ao+7WqWUZkjbewa6SEHUOEFxCpZZMaXScUsG2s3NCnjglaa6/ASVKo6VRFtK2TGyUCNWwl9wgIp0&#10;okKLIXhL7g3gJajbbbiZ3h51xynUkqSvZdoTWBL6Zz956CnFvb2HeDoHRY/DmgtpXJccuKFakDrT&#10;wXY5VIdAidmpp/5ADl0LAfb2KJncDguAjz5laQIt9F5gIZFe/i42r+p2tMy9RD9SnRDXaRxg0QkK&#10;Eu+Rtux1naRcZ6ikcxdxQBZh6CLM5sRfuJEGpVLtIsTjPE8Dy/cqUjtE3HRBagGDCC7EgZf9AjLo&#10;VZ6BKFYmDvZu+/+x92YxlqTnldj54+5r3tyXylq7q6qreuMiidLQFCWS2qhlpPGMxoYMwx5DfrEN&#10;A/aDB/A8GzBs2IBtYAA/2IAfPJ4xYNnA2LAsCUNJpCg22U02e6nu6qquJbNy327evPuN+P3vW0T2&#10;xiY1U7wBFqs68y5x40bE/53vfOcczgbTmCqIGYqLqKOHIU4OihSM62sEOsMnR2xArVr0Ehqepcpo&#10;gFKzzqbGstT17T43UsJzCa4i09Din5VbfA/Y/XU06nMzlIvm3HHS3b1mCZ2OYU0ByHSbbv/Ssh9+&#10;qBX5EAYj6/chcPlxOHGcnvJsj+Pf/r3f/wNUaw1R4HLQUCuXUGZ/WqywPjo6xh/9X/+3SNA9YeBg&#10;woBEiS12fCSrxB67sDiHufk5vPPOXWEfywFMkkzE7D2/gfO/c+ZTypGu4WCMuYVVFBiIef3V7+B9&#10;VsxfmFvAVQZKrtQv4+DwGA/2drE36opFmesBJL0uw7N4ty2K8gyAFP9k5cJFXLp4IbN77KYeu6Nw&#10;ukN+3O5i48kOBxQz+ULx9woMBCzPz7JFPMYBA1R333uAF5+/gVKF4uLFZczO1tnxOhRjDtyKlwOR&#10;ze09Bjb6yiGrguWFJgNldQZCDrG5tcP2P498ZR79zgnee+8h3n77jtB5XFhfx+LSEi5fXhOMSrfX&#10;R6fdYa/VQYeBl263jsEsZ5KGbFHkqedjfuBQyuWwvrKIbrtz9pt/77f/y+gpmBNIeHbBYPTvd9m5&#10;xrcxT2vmY4BqmCVRxZHRAqjustsZN5qgSJZnMWRXukBk976ca7DvtesVdMQDMAlGGKjsSz6INUaJ&#10;PXekJvOJU6LbAp8qC1496mSL+Il6f+OCpIsiBUaks5AtkiOQoNj0GRXipYsnTqFNQFO9ct/Nyf28&#10;SQZnkTjqBtudl7yHFYenowZ1tonbKCGZwIQDLgdKqKI0IWHTRZkOED9HXr+/rxUJ09TPY5MSBRdJ&#10;BgCjmba43GrXOGEIOJlTfIfrI5YGfS4QojRbDxgGSIbjWTF8MwCKdFK7dvuaKBTOdVG5YlmMi44n&#10;0vSXXz886yMhaghOuD/ZUESd7i7do9SVJRiQxFgMeKwDuzBETpPWgbgWwZEEMlp4b1LVXQCggKjW&#10;XwjBuaU37DFT4YuucJwQP0PKcwbTVr7O+/EmmcyUcskbf8yPMzL8mqXsMxd5yGx3INhXdq+9yN6/&#10;zF5yQKf2V1MAMt2m279a4CNNY2SBDpr6h9+xpA7qoMS39QTJGrzI4mKyujfWr31jc6/yzK0XvlKq&#10;FTAYnAn7RDqimGEF9K3nrmF9dYkVbRT9UYJv/eW3cLC9jeF4zArmMQqVEmZ4Yvfysrjh8/DBXrcj&#10;FicpZlQePCQyXTZrUcXu8JUaNh++L9yx+qMR7m5t4t7mBhqFApZKFTREpy2Po2iCDltMeTTcmL3v&#10;eDwWmVW5fOGsVCp+98qVS1iYb2RqacxAjjur7vz+CXetOu3y4v9X8mV6tVgtYqZVE4s016TsHuyD&#10;3HkXLz9/C0X23yvcqWq2ia29I/T7A9SbDbb/hB2TCR4zsFGrVjDTkK5YC7MNVCpF7O8fYWv3WLzx&#10;kH2RpwzYPNrcxf0HD0UnsTXTwuLqskg+b9SbaDHQwYtabvPL36PLheeDIQbtNk739gSC6nZ7j375&#10;d3/j9688e+V7T8tFk4xGyejkiAGsMismShjGZ9KOF9ZvKNYWzITCdeI1Cd8qEX3EbUl1913Nu1fY&#10;sR21e6JP6yaU60KKnycjBnKK7OSKyVDaiHITAEgALcMHIfgQ4giviVPc2EI0Sl2Hss5S4mnY/dYA&#10;hurf6dwcwvNF0tJ14rEB/uu7gnPNFhHA03S4QEqPSYWMSJSSttvSLVEZIkr+4gEj4gm6pbOYDlqM&#10;9H3LQSvi8xE7bJUz5Ja9mi1D4LRlvOBDv+kTghkXWIWOYO5zXSDDC3fAjouZglydPVQxX+ZZwY1F&#10;vgY1WrPQycrN8MgOJQxNfn3GxMlkNf8u1KuC9ZuMxiqJXALnSIGLWBXdhp1X6wvR2hB1lcU09oyL&#10;teuA+Ow0Ufd0YtLLiXGj0k0BdbT1KJlmXahNJtfWv6AWYrtuVa6YnTif0YBPouC6GqWiToChOH9z&#10;9srIqc9pnPAIjO2vBj4JW1+4xo/GEy5IvziJaS2vAAgh56yuU43IFIBMt+n2L2VH15tpzaA5ArDi&#10;itK9HqjJPLA3O39Bzt7CpS09ZCC3Tqd3e36pdfu0d8qKrzGKUQEkN8HR6RHu3LuP3miCuZkmfvfr&#10;v4RqpYJ/sn+ArScP0T/rCsFjqVxDtVzBLiuMnzDwEHP6P1Y2jqLQiuGNdxDZriuW2WKZj9AWgYVU&#10;TN+LERZWsBwzMHI0HCLPDgoXgvMZ/lqxjiZ3h1qaE5qTCVtAtre336gUy49v3LjOwEGUYpA88Waw&#10;UuhOLWcauNUuW7D+YG9/H82ZmlhkeY6HyNkoFXHcPsZrb96RDlj5HFYXmrj17AUcHp+xPx3RQZtp&#10;NtHv9XBwcMgAxwF7nSYDEw2xeNWrZQbk5tGolgRrUmM/L3daaB8esT8HePfeQ7zx1tvim+WvXy6V&#10;0WAgplnnSellOeLAdviYvW7n6BB0EjOQ06o8e+vZN5+W64V/H6N+P+kdHovZ9YRIxkOPbcR0Yq4H&#10;fgEkQUFGaPr8jpzRDD7q0e90GOCDEeKGImxHIqv4Cz5yVeSwxLt68l6ZTR1XKAfUOHa1kVPiai2I&#10;uX6D0SUSFJaJXxanQHbi7DPxOuY0EF/TzNEi90ha5yfZ8XcLeasLIbJghZst4QAGZYEsnY2ocBET&#10;Y24BGyBcsLw0dV+GHSmXLDfpwzsCxFrV6qGoJABS1hrZhWyJ+t7DVw09xeBwtm7yBwz3QVxOiGSP&#10;0iY0ff8lAQOCjOdR2JyLiGq4E7BYzjknFClFrgGR141gSLjTVZwIxlkAi1gNiYkAvkSpzIkNQuLA&#10;O4kVaEhMsypSP9f9MNkAiExmh3uwNCDR2pAo1WgjBmyY8SkK835uvkesnm+S1YkfNCk+mzBJiWy2&#10;lAEtFswkNAPKEXv8ONEV53JsrRuIMeBBf9gcxclyoZA71MyPg1U+Qotvuk0ByHSbbn9TxRTsiI87&#10;7kPdzhUJbmAkACye3gGeJS35kDuf9x6OH731R5e/4sFLo3jyazSaFPgCw0XiPGGb39yrrAg+OD5C&#10;bzjG3/nVL4sC/6u/+DN4svEEf/R/HuD07FQU18sLLVZUV/D+vfdx2m6LrlucTGxHjReROlQwknPy&#10;o2SEudkldqPvYTweipljqvJGhFuKoumH7LWGkHafObY4xN0zXJq9gb/79/8+fuEXfoaBnt2/fvfO&#10;e+Prz103Rax7HLOE/W4RxO2GxTEYT66yYv8rW7uHePJkF89cu4gS29fLqwvYZwCkygDE6ekp3n73&#10;PsajoVjQVueaWJqtY65Zxd7BqdCscCDSaDRwfHyChw8eiaTyxYUlzDAwUi7mkVSL7PhUUCxEDLTl&#10;MVOtoje/gDZ77RP2nPbJIbpHBzjY3US3d4YB+8O96UUCcyJFno1qDavz86gUivl4EpfYi/Wehmum&#10;c3h6Y9wfrPfZcSxFcjwDhJicDwhLXluk6gIWAcg04xhQ4nEVPihGoehAOmOpEyJHcI6Imqg8B/58&#10;Lk0fe8nagA6MJh5zCeiRK9cY1j8badA88MbHTGEaGZvZrLpJH4XIaUa4MCXJ6J2TIO07672tLXEu&#10;lbnhjzP6o0BwRN6mKx7ACtcVLHLC7syNybA/boILCUbIqGOF61/L4WemQZAh4Gs2NPcTBTdZI0kg&#10;xIGQ1HwviRHlU8/2OGSXEke2nnyEIjXzeKl9mMAXruv7uA82CcqlihzHSiQISJTuSbNU0rEsUmBd&#10;jV85mohIjVdRt2GjgKQGnAJUEt9k2jhaadCvR6d04KCbAeIasJjfy7FaUOqkmlMzQhWGD1Jl5wtl&#10;LkETO5oFfY9Q+SVwNDQC7ERWw6PXWfn+bF0ajoTD4WjQy0/i+AoKubfNWU/TxjGfJG9qCkCm23Sb&#10;bj/+jdh7olcce0Oo/qLj+YuHAAJqJJk4rAh8O1n3fXQhngRd5sTei1lR3YvYjfY3ev2BXK6J7CSJ&#10;jhJ3WiqX0ahVMRwOGQCpoF4p4NrlNTSbc+icnQiw0pqZQbffx872jhCuU1MkJtaGlNod4DfxCav8&#10;5+cX0WEAR38mEUalFqSYUtWdk1Q5/92ETDA42sef/cn/y4DRIcbxv4cv/+Lf+tNL6ytKPOkDNcMW&#10;UZyb6szzSYYjbrmK36lWS82lhXls7u6hxEDHjWuXxTz15fUl7B8do1QsCHC1zUAKPx79/hpWFlto&#10;1UpYW2Z/D2rY3GHArDcQFpiFcg1HB/sM0GyzY1jB6oULmJtbwCoHHex4H592UGagrl/MMbDHwEiz&#10;gf7SIobsGHaF/uNMOmCxv+NxT8xzzzNw8/xzN1HL5VFu1v/XUqV08rRcLuw7/uyw01lLhj1ZwCm9&#10;hx45jARDRoRKIwkyKmxBLLu1+pqQ4vOcEQYbq1VCMrvVsQItws1IjF1FquRLjObDuh7Zx8mOfaq5&#10;Cp+TU91mR3VCU/F6OAc8ZIOQBOlkdD38lQTFeRTAb5riPdS4Cqz1LjU6EDi8SWK6935qhwaGzu1L&#10;Of7FcKxSM/rGshgkQSqJYjZ0QeqxQQHbnPKHQiBDRyYTbOUHGuwFeenUz9tI1OiW72Dm+oX5r6/v&#10;Q5HDhISA1QWi/rJAHVCXtujV9zZT1rPzvFKrCS2IsKdWlrNyjDcxY3Q8aimeaOvbnBqRs/a0smZ3&#10;ghwdNgHG5FqFhLo6C4MBJPMhMUDAJgXBgIaV0s8x61kQbugyGwZj2NEvd2yLwum2Oe/rvpYGyGK9&#10;02GEhJukjMR4rwgkHI4uo1I0k8Mg549cTUexpgBkuk23T425+HjPAM6bD0WaoTb/7bIepoFENAix&#10;A86OoaFpuLqvkTirlkt1Bw1a26lxVsjj9tmzx2edz4z4zLDuJolE3Jy8ucdydGXipNryUL1qpYTT&#10;DhXZGI1GDQ8fbmCbFdpcn0HEIu3ckYmTXK1u/Bzg8PT0nUf3TegUlE2jmePVnS7leBVTmTnA55lf&#10;f/V7+Id3393/vX/933j1P/lP/wNWwOe8SpJQBMFjZqkzIG8wGOO9+w8ZkBjl2ev/m7wImZ+bQZ8t&#10;QFxUXmTg6rnrl1BlIOTapXUcHp+IPxGpCiDCx7WGbKFqN+tYbNXZMWGg5coqDloz2NjaYyBjhGJ1&#10;BmO2yO+yx95/+FAAm9XlNayurWF2toWF+XkGLkY46/bY8eyi0+0y0FFHf9DnYwAYs30cDLqsRmDH&#10;dThGiR2P+LQLLLT++Ld+/7f/UUTIUySRpJNB5xSTwUDpKhIvTMz2XCNhlAD4xSFxOtYchOSUBWdE&#10;1AiNyAOR4FZmhDi/c4pv/rOJ0CIQFMX1ODHFsJuinlNgXZ/qJFVQ6nItkYwGdTUb8EIQ/cKVpDri&#10;7t0m8gp5krKczcqMCIMFiTKRJQ440UcyDq4b6o1vJfANHexokmAqiLbm9Q10CbVZ5jqsMDTX1e+k&#10;80FMZgPxjwg5pxjPYhDC34eANVKgh+cMEcfallD3SFrROXXyU6jJVlFjWVRqY3xBPPXu1x7gcpia&#10;EEy6Y22RFzTpN7UMGBaifXbOV6QNeTKZCLG5KOyF1VpOjJnyhkrC7tEqclxqG6jDZtAAHtMM8bcT&#10;Gsg1cqENLj2nGjejkAo0+GAEjnWuzPjx9CCOra57APwkdtexinj7pAGsK57XoaWaThIMCLvncv0M&#10;HScYjSbrNNUEyHbFmoKPKQCZbtPtbwCIkA98HqUZnRI4I7fugumAC5o5iWwZZoIMcEPS7xlaQDpj&#10;twxUUByfnH65P+jVuTiwmCvKmzRPjM7lRd4FDybkxZzrsjToD6Sojy1qfLSIi6i3traxv78jumma&#10;Dk9oYrzXCbGL23gyQrPVYu9BMBz27QKi54D54x0gkuiOFSHQ9Xa5XOTp6a+USqW9vBYb0nRHSi46&#10;sgUZdiC5+9fhySn6o+Fn4jj5XKlcQrVWwdrSgvj8jzc3RUF0+9Z1FBnQunZpBYsLMwx4nAjnq1Kp&#10;II7qSbuN7lkXDQZE6tWKeOyVy2totZrY2j7E7kFelLajXAlHR/vY/P4PgO98TwQWLrD3WlxZxcLc&#10;vGBA5udnxU5zFxsOPjgQmQwHGLLXP907wrB3hvbx0ehXv/o7/6haq7afKsKQotg/PgXljFROin9N&#10;6CTxu71wCjQ9ehW5mQi6qCDWnUqL0/nP8kHFEHmdeHlt5YlUFcQmWE6+a14Hv1GlIXCaBTZhnRiW&#10;QL6Ksvuk1r0IXqpJdrFJMu5DSTBIRM+x9D6PYYEjUQfStrpud9618qVOPJ8fnueM1lBHW0K0mxR1&#10;0tP9MRzqjDyZ0TFK/AJe3Q8TkgYX3vwq0vov+/1aa2ENFsQ5RagZT6LW2UN9nQ6qpMTLTOGAcmJU&#10;GTTFNBPn+8xyIIudf0snK38t0OcpFNOQyX7AbzjFuQSFcll07IUGRDDKkoWQtryyeSMvqUiEElrL&#10;YMXVsZ+L4Ff4n1+zGnYkSt7naWQzQzwg4gAN935sM0ac36vPKkf3ZA6V0ciwx8SxTHMXrH+igUli&#10;1g3DnBDXsUunqsc2pyTICdHMfKS0YHxcbRRPRHbVeDjEYDC8IA8NUeuR00+DHy6Z1m9OtykAmW7T&#10;7eMWQZ+A+wCyNQcfZdOe5OZeHHrG61lfNwPEGXP9sP07DxCJ8L2zPk46nb/d6fVEMKC0RJTlymg8&#10;QqVUFu9Vq1WF+xPUwsgL93iSsAK8hKXFBfRZgfzo4UP0umeqWMixG/7IWpyqUSpdcI2HE8xfXUb3&#10;tIMkplIU7CwOfGXlxV0idCTKHF71acUiygAHFylXa/VvvvTSC7SYJx64cEJ4zfFKMo5VfzASVsCF&#10;fOH3dg62C5V6FYUkJ5LPKTvoHGBs7/NRrzt46fkb4hgsz89gebYhwgZPOl0UOEADF/J3cPBoE9VK&#10;FbOtGQZC8uI7XWKApVzOo92uilTz2RkeNniCg/0DHO7v4cHm62wfviOOAf8OuO0xfxxPTS8VChKM&#10;jrn18T6O9g7Y4tjj6efF3+oPZp860M/W+GGbARAGUGlUkLkFiRxxipT7jpzBVwFlptGqymCVTEjk&#10;aLjpymvWQjIeNJX/4DISEVwgIQvFxHGRyiFIpSbWCtd6Lflqj0gBFS0zyNEoo0AGwpwKZLIiNKPQ&#10;DlkP4onGkZkvnm6XZPlk0MDKIgmGm6gBX7abkih9gGEEHC2bBJpuarqzh8oxilCfydHvkwRgSo9O&#10;wRthIhljeRZgGb2M0d8lilGzjlVut0brHrgxRo4SM3JF5U3KgCOda0IDDsqFDokD6HzQoQIa4aaN&#10;u0W961UW6AgtN44JF34Xi0KYze/luUJROBNqy1rO2NE4tk5hQpmuxq+IdVbkGU5RyCo5gIJqPUlk&#10;C35d4GeNWAF+UotmKKiX7UHNe0jW2wc09txULlxRZBoN8jl6ZxPFNCZiDXFBic9LUTvKrL5BPlA5&#10;5vlXg55weBwNhysKT1PqLCjyr0Q2ODhwSQCX0JuCkCkAmW7T7ccORD7pjcYDLo73OZDBbFCqlRSu&#10;+YstXEjgNR8W3x+wHycnndVOr/sFwVjk5Y2aJ5iLkDZWDGvrwiJbyLj+QbAfrGg/bXcwGA3QFMF7&#10;NVZIH2Jnc1MuZnzWOInlwuCp7GWBKBeTRDhEbW88kmFWeuFSrWfRwUsSQ5lbz/bELBr5XI4ur134&#10;s+s3n/WKuCxcdh5OG45jjCYxwx3lv8MXtI2tXdy8dlm8/sWVOZTZYl5lgKB9fIzXXn8bL9y6IT7R&#10;8mxd/H6h1cDu0SnOen2UKmW2eMXY29vFkycbaM22GDhbREW8RoEBNu6kVGWgIkKVAYuZWgPLy6s4&#10;YSCsfXqCzuEB2keHONjax6j3Pob9LlsA+0okSlBmz1lbXsZnX/4MSiS/ee361e88TdfbkI+b9QZr&#10;Q3ZuFWgsGIuYymJhwk9P1TFNlB2c6Qo7RRgfDXTHkvSYhb5OwsF84pyeYWgfUWBDh7bxayHnlPOR&#10;U9xHHtBxM56DtGrqpUx8JJbV73y7uRjUs8n1Hbn8jjtBOkci3LRTVKIULcQcEZgQSOIZxFoQaPbA&#10;ULO2MCeuXS61ZbkBhY4+S9bzUSoPxWpJNEghzjHMGs4iqeTxEG6ZESyPqbGJ3dIZigbH2s1cSTz7&#10;WNMsggRVaW0OPFPmJNgPmgbjCnTBU4bI81KClxRI5cxBLhLjsnFi94eztZTaPHuai9QEI7WMhPos&#10;kmxMBzJqllEbQ5jPodgHzozQgO43driqI+C6UlE9CsWBROSzGIDWebiib2rYD+0cpxk03WQi2rra&#10;tUtQi6N+jygixqXNHSuTjCkVZh/xcMQ+J2H33wkHIFX2226aZXQG7KaIYwpAptt0+7F0ZT8hM0Lw&#10;EUMDgyqEphHKBxclAfgwGSHndlLlS/IF6ujk5IvDcW+Bj0LlCnnxYoU8z9mIUeQsA/vDRea8EI+U&#10;mPC0fYaTTlukf69euiCet72zi6PjQ5Ek61ksusWeKke4mLxcq7KCOo/uaVsKfbUNI6EmlUz+G2bu&#10;17rqqNnjYunejZu337qwumQ+X5JxyLIEp/yjdLoj7O4f8WLhiySXu7E4v4AHG1t4sruHm7VLwgr3&#10;yvoi9o+KqFSL6DGQwfUi3LVryD734lwTjUoBV9bm0e70sLlzhHicoFKrY9hu4977D3D/vXtYWFjE&#10;2oU1YdHbYGCt3u3itJxn78+OazePajGP2UYVo4UF9Hjyeb+P3hkDeL0e4l4XcTwUIXqtag3PXL2C&#10;Ktuvq8/f+C/qjdrp03SdjUdjjAfDP+SfPdHC5USml8dCxEzNCBYJB5OcrIV8ZLvheeV+BQUmwitJ&#10;/yyy5rK2mDEAX/407wANYpzaIoP0daZD5IxVRc6dw8/gsG5v512naZ8KGnSSScrliXhWudTTx9ih&#10;Tlc/EnnOXm62ePgclxVKUm4X1AAYSv3xMMeZN3VPJPCF6QksAHBMlYLP7kJMwB0MA/wsj+zjmCES&#10;1/tHnJEyQkyau/vkRPC7VN6mvHwIqrrp7ogUhR8kmW4wuSx1ys2M+m5get9cFscL+WP36lK1psZW&#10;5QisyMwRlruy4OfMrlCpB1yNtOZV1+JkZLpYMqlcjTAF+0jUh3GzN7x7vwYUztwvhc3fCDUe9rXk&#10;6FU62VyvBZrV1tMDkbhXiDE5M94lAZEYEyPSLEKPhhES+QAJKhdLdDFy6PdGQkMzmYxW2Y9r7Odd&#10;rUPU7+81EEigxZxuUwAy3abbT4oJyequfRpvkLVQfnCH9Hzg44IP/pheb8AASOc3hsOxtF5MZIeZ&#10;0++8m8VBScyASLlYxkyjZl7n8OgE7bM+Zw5w8dJFsTg92dpFp3MqmA9+M8+zG/yExmrR0nPMci+4&#10;5e7S0jp7/x4rOkdyoTGlD1s0iHQcIgk17kIm/EyAFbZvUR61WvObt28/3ysVSKYb0HnHRz/o0eNt&#10;nLQ7HPz8XpzQqNWsY3lxAbsHh6iUSnj26jpKZYKrl9Y4UMPxSUeMM5yx/X7/4Qa6vUXMteqYb1bZ&#10;8amiXq+y57YZENnHiAGRSRLh5OgYb73zLn7w+g/Ras5g7eIa1lZWsMjeZ3E5wnAwRI+Lz8+6QuvR&#10;6/ZF2nm/P8OAyAiUhy3SCSL2ODKeoHt8gpkrl/7xv/a1L/3jp+06E8n2rAqIeYglO85lWmJgIhFZ&#10;5NxSNKd0SIkOEzPjL1JI7KLuiPgi0RwhHjCNCFIjJq4VrbHv5S5axHWmImIBVdhYDYbFnn4EJqrO&#10;KfRpWgiduAzhOedraN9KMtiQtBmuvXskTihgqClLQw3LCCTwh4eic4e2MrrkDhTS70GJ3yWxfEKU&#10;mUbuHgQNeNwxuMRjdkhmoyHcvyT1ffv3VhEGmQFiwudE6jPF0AV1gmAWyrw2H9mKiT/6ZXCb8wQr&#10;JPf3KfIjT+DI+L290+NLlN23C+WK0O4lKrMjJ1hDOVoLlf0huvyOTa3YN00fJ+7oqsrhUBdOTKkn&#10;rqMBo6FZEKnPsEJzM54FmDwj6iSX69/rvBG+9iSO6UnoYEUIPB2IBkfysZEyL9GvnzPZJC7b4QYd&#10;ugedY7OzvrwHjQbj+UlMZ4oR9sQ+G/9u7aRFprkgUwAy3abbvzpA5ZO+HvmA7ig5p4DJBEpq/Wif&#10;duqdXver4wkVN3yRGqtGpDjbMWYFb6NeF0xAq1E3z9/bP0KXARA+InPp0iVWRPextfFYjGbpMSpN&#10;e8t5cE2FJyLrI2avu7CwguOjQ1mAqMF4ojpjOg9AMiAUvrRT+gnl8nlWwC9/84Yav6L04x3XSZxg&#10;/+CYT4w1Br3BbxYY4ChW8lhanBVdxcfbO2JRv33jqgAjV9dXsTg7g93DEySTmugscsCwszfEaaeH&#10;JgNo9UoRM82aEJbvs8dt7R2iUCgJRuT44AC7Ozu4e+999vwB6o2mBCJLy5ibnxOBg3OzLTluxDtv&#10;45Gw+R2xY9o7beNoawdHu7vYerKJKy889/ZTd/GwL7DXbs8NO8c8KQULFy+B8rT7fheDcZ+dDmMn&#10;/SGyBg5m/FAliUcwKceR0yV3Xabcf5OgdNfgXOcnU0Lg2kHknI5nJCx4OfyYwJVMu9yMcFgiLrix&#10;5WPkzqKfU7Rkgers8UKa+d9Zxbbe08QMVsHjSkIzWzecL8mINnVSWVKaM6LdrrwwbaJE6a5KJvsY&#10;RIGWJYG1tktliwRsQqTT5D+gMRMhWydHnPRzmgHxEqVvkR/NjluFIvRQNE/PucsnGfuhQWo4oqUh&#10;TxJ8dilCj1CuVwVgT6gjmpa0g+ecxu/FSWxDPgU7zeeyImWHTK1egyoQkNOjUw4bEY5K6cfKhpay&#10;VlcMhzt6FTIg5owTI6eRBzhkgyKyOSI0ACZaY6Rfi/hnsBa5w8si8bUlAqiIYCD2PpOhWIuG/UEu&#10;juM1RPn3fIvJ9HrqWhi7zY7pNgUg0226fbx6SP2fexNJAqtNGhS+kRMmG32Em8+HjWh9EItBPwXg&#10;c9I++4X+cHhRzsXmoK0P9Vww4d0sttLMsGK5XivLDhgr3Ld39oTrU71ax9rqMo5PjrHDiut4JJOi&#10;dXfNdbnR9Di4DWS5hMbMDDbfv6ecTSxDYrINEjU6oOhu6vT+IikO7127eu0v1i8sfaJjPIlZwTsY&#10;8tf6pbN+/3KxUkGxXECrXhHfHQ8P3N7dw2g8xGdfuIV8MYflhRkszDWwd9Bm4K3LQJAMzWpz8fnR&#10;MQNrNQFAOGDjz19b4qnnVRyelIRYv9ZsseN2wsDJIY739rD5vR+g3+Wsypg9viDE5+VCUTyXj71x&#10;AX7vrIv2EQN87Hhzy+L1+WWsrC5vP23X29lpB1vvP/x37r359rVXtzdRmqki6jHgwY5lNWkhN+ww&#10;MCIZNgEDFJWlC7SIBF1wk2Nj2Q89ShUWbvrviRrZykFngfA/eaWKiMW/9BNEd5ujnSSSrm+B5sMt&#10;rYmx0laiV+qPRqWbCcThK2hGpgUNOuLn3QNMVnRwDVCPoYnhi+9dwBEBgdFscP8z2RnEU6OEzI8l&#10;qGSitwULSaZVsM0rD8bO1OtocXuWkN8cS5JmhtzRuKx7PDEaHsCLLCRW4+KCIvdYjlUx7ortXc2O&#10;ceAKNXsem3W+fbD+HhIHGFJKfCYoV2T/K2EynqhROOkCZUbKDBrRducw6d4xlaJ6qnKXXAcrl4EQ&#10;jIUGLmZ8yinGxf1b5apwhpCkq3HOlAhWxgUuQdCgZZN8VbfNAaHmd0bb4YQiiv2k1EuK1+/Bx4xj&#10;lWFizxV13nErXh40K9ywhrxZtY5ixoIPbwLRgA46HcOaApDpNt1+nAwHPa/rTv2uyEeiIj6F/aIf&#10;8PKp7if7wXA4wdFx+2vjySgSzIdwEJLOIvlCUbxqISc7QrMzNeQUojo86mBnexeHxwe4cu2KcIl6&#10;8OCxKKzFjZ6PTSkWRM/xi0Vb0fXcWnZmYQmjYU+IrO3iJe1SeQeOu2LZY6vcTLTvofCdj1CuVN+4&#10;ffv2g3q18IFF2HlrQb8/EuGDUb7w21VW2D9hgODZxmWxKC0vzqKkxOeHDCx897U38JkXb4l9WGnV&#10;cHl1Dr1WHTsHJwzEjFGpljE8buP+/QeIcgRLS0tYmJ9DgR2zYoGg1aiInn2ZgZg6e+wMD21cXmVF&#10;9ykDMm2cnJzg9OQIndMTHHSPMOifIRmN2b6MkY/yaNaauPXcLfytn/tZjM6Gbzz34s2/eNqurWqj&#10;jubCwj+/+uLL/3F9OLn0J//dfw/CAMiIfR/H7DyMymUsVWdBu10lDOfz4RMPiOTcEDJiLW/1pIlO&#10;NTdjNMR2n3PaHlflG+gRLKLSwGWujT/GI8XAVOaFAE6ehnNdEqWy0OJk071XjA2yOvnUc5+iQFAQ&#10;+8Lz8P5EM2EIvO53AuowQTbdgzgia5gRKhqY7Tr8B/ULZFctIhkA6qW5J9oxzHmeBjn2+b6Am6ZY&#10;hTBi8PxGDDXQ8BzWyNxX4Bnskgzr9Jz5/vVQmNIkkdCtKw0mXftfQtNjoTll65w4zJfRWFA/sNDN&#10;/dD7nahzN8rz+3dBCcXZq5KRhEiRSiankt3Q5g5EOZiI9+J4OpZgKpq48ErtkxI4cLbcs7EVietu&#10;/gf775y0PtNWwklgyavF5BpQuONW7snlWttS6uSLOA4reowLAZiRr0l8pKmey9ch//tVKiJ+XHJ5&#10;DEY8DZ2BkNGAB+ZeOC+AULMrJCKZ2TRTEmQKQKbbdPv4DEgGixEKmwlJZ3l8lOLX/P5T4mjPex9P&#10;A+4IAIlgPzq59ln314djyVoUGOjgtoMcgPARoHwhLwKreJe/WbfjV1zrcXhwhLPuKZ67fZMV1QVs&#10;P9nEWbttU6ZFazISdqfSO51AIRDxHqtLazhjRTf3qc+TvHRuEYusZEmIF0JoQ6rECsn3KVdAa27h&#10;Gzdu3YjdrttHAmvcYnKS4MHDJ+zveKaYL3ydZ3Ucds6wubmDW9evicV7bWWeAYsSapUS2ux3b7x1&#10;B53ORYyvrmNptiHGra5dXMLJaZ+BlyMU8kUBLA4OD/DD199gCyLFyuoq1i9cEDkpzWoN3OqYBw1W&#10;ShG6pRxm6iW0ZptY5snno5EYZRuc9dnfPUyGDJzxIDG2zw22IM4zELLz/pOzr//B7/6Hc3Ot/aft&#10;euMFxPzK0t1BZ9Tho3/54YABuBgVfh6x33V7XRwy0LHMjkNv0BHd1YgSJQS2XViiwIMu9gua9aA6&#10;08OeB3r8KHLOoSjIy4hF4rqfc02cPrvUDVCPtSBBHKEWMuuC1B3t+aDiOYE/MkaDfrkvdIdJubZG&#10;wKHuxDfola8feY+1Y2p6zCdxAEniFNUhuHEZJSdUL8htcUfS4MEoGjhVUccWQD43JlDjmumAxSR1&#10;R0wL/5EqqS2j5Y3jUat50XwDSelppB20H8zoj1q5+5XQ7OLUAg6a0qggY22hGR8zoTb1PlcoiWBY&#10;fg/jDCqhHIRIR0Jp9JEohnkivuM8H4lNYu/+KEMiEzX9mghGgMC6XGmw4I5R6cUwxQAoQK/F226W&#10;lQ6ZlNIUYpgXy6xkhf0Rj3nR4CGVrO6K4Ln7VWyZUj0SRnWKOrWJ8Xzt4aQmH9Hl+sR4HCOejC8Q&#10;Wvb3Q2lBzEheTE1OidegnFryTgHIdJtunxSEfDBG8N3+daEQ+eZP542O/mQ/S/BBdvaPXj7tdm/x&#10;GycHGVxszsV/eqHhVrz88zdY4Tw305AFAFuRHj3ewvbegQAs1649g30GRjY2NuR8MU3UApJovGFm&#10;6GWYuRQEVuplPLr7kL1fznGaSRToSNS/1cCBWYFV+jADLMVCARcuXvrm5csXPzZQ499R+6SD3f1D&#10;Lrz/5ThOLnAGY3lpARubW3iw8RjP33xGfI71lUU0axXUT0psMZphz2vjzrt9dNcvYGFuBrP1KlrN&#10;CmaaF7AjxOeHSp9Sxs7uDl599Qf4zndeYY9pYf3SRaxeWBMhg/y9RuOxCHPsn/VYcc3+sH/zRPXR&#10;cASeSJ/wIpwLLAdDxP0uxoMJTnv93dWLa99/Wq+3k4OTX6eTybXuyRHGDBhHOf59J2Lsr8jn1dk5&#10;2hn20WBFVns0MKN5xj1HdfUjV3CuKMBCZNmOggodcwXHSSCAFphZjQ/yIrxoTGmJYMlyxO1uKxAF&#10;kpaCU8ss6OpSF4y+PiNMDrF/Ys8Cljp6C5pZfPsBgdryNtQRZEm/qQezrLOVVjmEe+i/r967JKBl&#10;DbwgWXGJRB3/BOEgGk3BNMmg+Ga2/vFyQZhlfUiga3HfgxpQowNLeQEeu8oWrVGjdkTLVczo57vn&#10;TtgeiogPQlxWK3vP/LXD/56pl2OifyvMGcpl7g4o3AjFeJYI0COK+ZAiapLINHQtFpfMBGHPmZj1&#10;Tvxb3b8j0+lP0mAAcFLM7e6YEa7IDQokhoQwo5NRkBXijX0pMbnjqkgdTYzLXoRshqsX0YGIYtww&#10;js1+y5/BrDP8WMk+Vw6jCb8Pj8R47HA0WgXxawGxzkWR6RLQ4HsLTQam2xSATLfp9pE3Qj6KP7+T&#10;L5D1Gsj2d/+JAA6kfefV+orxJMHOzv7XJsm4IO3ZuYXhGMV80WSA8D88FG9+toVSUd4yjk7OsPFk&#10;hxXbu7h0+QrmWDH9zp13cHR4JLUjvOumulGRWvBEv03nNrCFr16rg9WV6HY6akGKnLLBBjzZ5HOY&#10;pGkumiywP6ViYe/6jWe/PTdb/1jHVn9N3PlqNI4xHA+/nmfFLB8hWJxtinngrd09vH33AV567lmU&#10;yxOsry6xY9DAwVEbzUYFg8GAga5DARpOmnUGPuqos0W/1aihWqvigAGR7YMyCqUKGs05HOzvMzCy&#10;jbv3voF4PBQBg/NzC1heXsb8woJMTm+w12nx90+EQJ+Dk27nDEc7O9jY2sDDh/cx6vZw6/kXO4Vi&#10;Yfi0XnMMDF9i30Glf9aFqDNFuCQvGBggS4rCPWc0GSIp1CUcEJ1d2ya2FrpUJRu7370jDndGbnRx&#10;ZdyriBy1ccuGKBhM0qxERAlcxYNmByJTiCpmxhFDRxRBQQxHcZEex3IZB+INQLnWrDT4nFQMjEUZ&#10;HlER/HEe112OeGwKNc9NQw13mIuazAwDXozVqXovKq0jTC/BGYPzXbaoJ2b3i3IqR4hM7oP65tRo&#10;W0KQKuLlqBJJBQsSb/9tAJ/fo0lUY8S1G3aTy+2r6O82i8HKKkOTEJzADbu0I1b4wLXD7WzJ5/F7&#10;Iy2z66SQQ384NMF6AsQTopLR5TEUAnThMhhLJhFqjGoimefJJDbaFj1ClfUpdaFPHJcpXsALSSGo&#10;JxZ3XbGIeo4GDMTJCLGgRrlYCQBjRRZC76H+7eeEICMEUQMg6uwH8bqMOgdFjF2qhZ9b8HL2g+tA&#10;xqPRvJ7Q9PjRAPgk1Fp0u3rQqRh9CkCm23T7eADkI1b55APGtIDz57J/Evuf9Rn4unBwcExOTk9/&#10;BcrGME4mQvSsRXs8fZvT8vlchJX5lnnuxsYOtra20em08Wu//lUBJDYfb6JzfKxGS1QxwssNTusr&#10;p6AkkgshT1ZfWVjCyfGRcJGSDIizSAhBIBV0trPm29levhjlI1SbM3/9/PPPH+bIx/Nd1w/l4vNJ&#10;kjQoJb/G7W+5a1U1n8eF5QVxDPYPDvDaG3fw2RduolgsYGmuyQBKA7uHbeF4xfed0/N7eweCAeL5&#10;HjMMRBSKEQps8V9ZnEO9WsNxg9sXNzC/tIRTBt4ODvawv7fDAM59fPfV72My6rOCIOZTZez45yXo&#10;5SCEHYc+Azi9/plYEG/dvIUvfeEXxpdvXPujSqU8elqvOZ7QDLbg9/k4X+IIiCk1fk28+JhQbhFd&#10;EuN8pk1MqJcYrlOfTaFLqWFGfCZAAYxUcKe023XtX93OawRXcq7dsagtjh3Be2Q0ED7PQY0blp+F&#10;4ZfI54/g2KEoeMDEHRSKHDG3Tdy2AMMegwhuzrhxAVPd/lD74mZ2E+oOWVm9hwtKeDJ6RKkjz6de&#10;Tklyjp7FBWs0ZH887YYL3iwsS+lxFAqKqMPOumyCcx5RM/LlFNKeGa5ixGDH5WISHid4wAUBKE4U&#10;w6U/l3Ul84XqWWbN+vV0hlLMT8JKUZiHxELjwB8xscCBSEaExnZwjjc9OOOdZ78bxYnK1YC0U4+I&#10;ByzcMSvNatjwQDfvIxHjsjbcUI9KpYfM9BgXVGYJOWe8SoMg/WYp50eH9XBtfym12hX3sX6quwPm&#10;+S7neEDtSBxDrs0Zj+IF9hJVtgNdGaZIDVvmgxmYHBW7fk3RxxSATLfp9mNGKca0g/jhWRSfvs6D&#10;ZHTWwr/9m6APjN5/uHk5Xyj8fI6LvbnnOrsR82yNfC6vOjkJKuUyms06ZltN8bP+YIwHjzbx+PFj&#10;VCoV3Lh1G91uFxuPHwn2hC8OEjfwRWBiZw7cBZg9Zma2hb2tJ8bNymSECJcsOCNX7ifNyQKBSIHl&#10;6uqFP33mmWsf69hpanw4inF43OW79qVarXbp4OgJegw8cDF9o1YWIITPUB8cHuOV136Il19+XixU&#10;y1x8vjKH3kxdJJ93o5xIiucC8vfu3RP/Xl5exPzcLIpsQefZJM1KSZR1xRIDTeUiWrN1rKyt4uys&#10;h7PTNnqdM7RPj3F2coxBt4OREDzGfACZHf8aFufnsc4A2/Urz3CNybtf+MWf/x+e5suJffck5mGE&#10;7Y44BynNifNTMGlUulOJLn65gBrq7Nh3VKfRlqs8hDAiVvha1GFmGjg4bll5zYoQnV5tet9mkUyE&#10;M5Y9jwpQp7Z4fqRGhyyLQoOufUTPE4yTIH3dBVD+v6mnwkDA7MCDIDR1t0inRuhU78SBAySALy7b&#10;krbeDd/P9euyye+REjcnJB1maI+QPyKWGRDIGR0lJtFtaBPmB9PDcI5HNnhzx5aoosIiR4fusV40&#10;ctgP+WxpuZykvkf3u3EbTkmwH0lmU8rX30ROkQx1rul7eOSAsMj5bPr3wvQjksqUhNpYSahRK63H&#10;kCGFsQAj3M6citR09X55OZbEO/86lDFy0Ln5xqhv+yTXP6mLkWOGUiYfOdeesd1NrJbIHZXyR7p8&#10;TUfiXVjUYz/cv91xLJcBMeGFkTRI0eDDAzxUCvf54/gAGme7eTNsMhrPsvOFCyG7oP44szf+RaaM&#10;xxSATLfp9pMoloKFxO2gJkbATrKqhE/0PllMynlBWeeBJDESwXburbfe/er8ylK9mM+rRS4ndCD8&#10;plyplBUTEWFtacm4Xz3ZPsCDB4/waPMhXvrMZ7Ew18LdO+8yMLFlxKq+LDZRriWJ0W8USlUhIO91&#10;TsXYl+uK4s7ialcWN/1ccCg5zjCUhlevPfut1dUFJB8TJ0bic+yhw4BTFOV+s1gqotFsYGNrR4xP&#10;VZMYi3MNVKslVBnIOj3t4M237uKM7e/42lUszfPk8yKuXljA6dkA2/vHGNXqotDd39/Ha9//gWSN&#10;lpewvraO5swMatzdqdtDu9xjgK2HaiFCrZTHTL2IeLKA0XAN/X4fI7bY8dyPyWiIKBkJdqnE9qeW&#10;L+No7wSf/fIX/ufWbOvoab2eeN7JaDiuJhPuvd+X5rDsvBSOPYntOuZYUTSaDFAuVmwBqv6UcjIo&#10;LaeKDu14hWBMQxdvwm7Z4S3yqptNYPMBIhdMIExTJ2ZkhphYPYf1gG9BZwaH/MzEzLErmnEBu45V&#10;YVaHb91rIYwuQ7WDk8sheInmoni0w2TUi/bMFrS7958kKP61XkIzCkTlARGqM0Aix/1Ky80RvI8d&#10;L4ucRPIwa4MSX4OXbtBYfZD3XGpHt7IaO8GgloIUPseSfMi9Ofw7Cl4/hG9+hkp6LUhlP6lzKVHi&#10;8Fy5wkBEUQShClE6B+Cq28+1VHoEi48dTeKJGpOTI0r8/poosDVmawB/vLFDViyEZRViGV7rXSvq&#10;G1DfvV/cUy9/g6p7vGEtnA8s2ItIsy2RfzUEByXUf7jMiRnXow5wSlRAogkvJAakUPO8SJxTHIBM&#10;2HGYjMdz7Md19pjdc9cYglSzkfwI6/4UgEy36Tbd7ALruGIl1HeYcm84GZbn2e4gnwojQgNHmvM9&#10;5PXfR8en+MEPX//az9a/iEqtjGKUl64g4zEKOSKcmDiTsbDQwtLSPPrjGD1WHN699wjv3n1PdOh/&#10;9gs/Jxa17d1dnJ2ditGZSOk9xAIH1UyCtafi6d5zSxfETX08miAfwVu8iFqQ9MLkzF+phTsSLEO1&#10;Ur33wou33ygXcmI/P3KzSQkft3e5UJzW4ph+he/v3NwMer0h7t1/hJdfuM4W3gkWF2bRqFdxcFTE&#10;bKuGk5NjvHHnHVy5dElkgcw2qmjWy2jUVrF33MHWDitjWbFcKFaxx4DID37wFv7qW68IXcfly+tY&#10;XV1jrzPPXndOHGuefj7gCei9PoajsQgdHI9i4d0P3jlMJhh3uujsH7DX28H21jY+n/v5/tN8fQ36&#10;gzw7Dn9IJ9x7v690STKBWbtQyYImhyE7bj12vDhrl6jOeE6xEirs2cv+jhQY0Tkgeq7cLfy1BDoP&#10;OU7lOku5gYYTSNBiNQyJ1wl3wYfu1qcKY5pmRqMM0JydgO5nWyDFbVBPL5LVMEEqg0QX15EXmEgD&#10;qGUBDskMPnW1NC6EAXW4GZNeTzJGkuDJu8NwRdOKoPQcB0EfLJ1ni+rlhlALYELwknNYIuqN6FEH&#10;kiQBe2VfS1vrajckN8Hd16fQIBQTRquS0LAJ5TqqeQSNYD3ylSpKlZJ0uVJai0Sdc7yZFMcq5BUK&#10;cCg9hbbNFWwTt6k1OSCyIHcZA6jnhgyEXgQlmWBZDS381tkfujkAl9CI3EwRdRZGMKG2rnYjdLui&#10;GQurx4yYaz5Sjl9+dhA17Ehkx8vYzzgrPR72uRi9xo5hnWjNEfHPfuK4dnHMJmyKEbB00xJqCkCm&#10;23T7pCxHaMGr3U48W3Jynj/Mj9YJCdNx00422d02/R8JLHi6++69uTd/+PqXX/zc51CqllGr1dGa&#10;aYpRosk4FosEt6W9tLaKzllfUNC7e/t45737eOfuu7h24wauP3sNvbMeHj96LNLAodxFlIOiCBuU&#10;haOu7IiY12+xYr9zfKCEq5Edh+FdsDg2FDqlNEi6lbPLxXwOcwvz37j+3M3xxz6GfEaagaduT9Dq&#10;L4/Go+dKcRn1WgUX1haxub0vtBmfuX0DxdIA87MzmJupMQBwjFazjj4rere2ttDtnmFhblYmnpdK&#10;mGFghLNGxydN7OyfoFytocnAxv4eTz5/gr/85l+zhawrMlVmZ1uYX1xEa34OzUaDPb8iuoh8bIiy&#10;SmiSjNA/6zDAsYn7DOztbG1gZXkFt5+5PnzmxrV/8ZRfbHlWQTUn3H9/ODAONXIEJJLJzJDJyoQO&#10;5MiecMmJpXBcdWYLyo+fF1tyvCYYA3FZEKeNTLIEturnUQZAsAqOJOUuZQL9HJ1w5NnV+v86b4uQ&#10;HushHsiwn4i6rk4BaMjKLg+dtADr+BVllvW28w9VWPveUtTa5CouSDhWqZFKPaIaOZkW1BFdu0ck&#10;ybjXedyFvm9QyyZRYkeevJEsqkGPNALwSkd3vIk6PzMAgRpNA1VvROh5raA0e0Uzmk9ZLEbob6Yb&#10;McZ5icLjo4jx4oLnsDjhAKJUFFa741iPtFpdR6TYBf26kuGwx0dcTonNbkIUeRa3Vu+h4LdN93Mc&#10;qiKha6MUntuUZjb03+7P+L+1G1aSUDs6RV3heOQL3R2dh9AuqlDDcKTLXB1WmuWNcHl0mGoMCNKe&#10;a2LGA3Z7mQhnQpokS4alMzOAiiGidp0yo14kWPunCGQKQKbbdPtRin/3Z5ErfqQ+0xEWvsCPNhtK&#10;PqSL5/23n61l2ATdMXztez/4WyfH+6t/9a2/wK//zt9jN9YJu8lSVEpVzMw0MNuaEcVbnxXNYuGd&#10;UNx5+z18+6++hdGoj5/5/GdRKuawsX2InSfbiNg9eGxCr2LhhMUXi8SMYMl09WKxhEaljr3Hj6Xj&#10;ibI8FIsXH/miiUPRO8u0DoZjrx/lC7h89Zk/vXRx9UMdRsIOIW/w8a55fzDkWpff6vXbKFcqiEsF&#10;YanLV6e9/QN87wdv46UXrnOnLSy0Grh5/RIOj9o4bp9hzEDUkBXHWzu72NmNMNdqCRcrfjx4OOLy&#10;0gwa9TKORCJ6A4vLiwyYnOL46Agn+3vYPdjBu/cfCEAyZq8TC59+mRxPY8mAcBcsXlrw7JXbN2/i&#10;i5//OT4e9n9cvnbp7tN9odE8H/1LGACho4GZP5fnd97ka8gzI1b53VSFAcqf54PAMg5ccl4RaO04&#10;RankTEhGLpwnxLAgJID5uRR/YK9AKeSGKuKJCRoUpQqBR4H67lUhlNDlfpRKbPfHoHztCPGKYRKk&#10;a9NgDMjvpOu4QS1GJ55I3KpEEgME5NFxE85zXihhYuxrpaA78T6Vrx4hhg9IHOWLO1DmggM38C+t&#10;u1MxRNqyyAjOqQdaXJBHHZcy4iS12yR34oFB6jIj3h664IcarKTvZi6YjFP3cd9xTBfvCU0P47mv&#10;lcDPXcmVpAid30sk+M6LLBsDavTnpf5Yk05KF0U6uzAm8ViNK8EABRJ0/j2GwbAO/uOyks41s6Ib&#10;SzKt3U1Ft7a7BkQ7I1wacISviwztiAuEpM5QAq10vohmb9Q3moswHoxEY43nRsUJXc1F2WyiXedp&#10;6gHEZQGnIGQKQKbbdPuowMMs+tTRRFPHLpZkd9q97hbxQUEWsKAfsg9Z/03PGwNzui4mI0HR4oPB&#10;GK9+//tf5x37d374fREo+MVf+hqqzz2HeqOJ+fk5lEtFWWjFE5wcd/Dtb38X3/jGn2Pj8UN84Ytf&#10;wsX1C6KA2GZF+PHxgRAv6oXHFA5K9KiXaT5rXG20BFvCNQ66g2aEjW5iLVUjFub15K+4RqVcKh3c&#10;eO657/HxJx0Ued7IGckAIk+29tAfxoVGrfQVnva+d3yCWr0iQgPXVmYFiDg6OsHrP3wX/f4Q0fWr&#10;WGCrzoXFGQZG6tg/6qDd7bH9GLHHHePNO3dQKBSwtrqMhfl5kU/CgU6jWhRyVa5JqLHjOcfASH9l&#10;Bb3BdZx2zkQCerfTFeNrw14Ho35PsEY5PkLB3q9WLKJVrWK23sDGo829f/s/+gf/MJ/PJU/1Baf0&#10;SWN2fgyGI5PSwQvZnAj7yznp1er8d/MbXFcp4qecR2q4KFKC9rx26CEkpbuIzjl3dLGqRe804BL8&#10;LA0SiK9hrYIpUm5XHlDQYmtHZkwzGYk0M+rzojQFW9ycjKzmRU4EO1IPGKWNceH8N/Hm6+FFMeoY&#10;PzuOJgpNovUcNvSRZmhMqPMexgmLNynMyKYV0oSMgrbljTSwcJtFJBx1ChklqsAiPz14wRp5bJbL&#10;OydKbK+hFYgPUsyRpH7ie6j30d9JorQ69Bx2xf2JgGxW3W1AU7FSE4wyvy8LjoTIMcZYMCFyPlEc&#10;R53eTbVgXbIf4rHsheNJIq4XDVbcrA/++FyU8wBGOBLlggQLHIjHbIs0dGjwRw1TpPXgRsRP/Nd1&#10;AZoFGtSkoYfCcKFf4XoVpUWU1t2JzQFRzAtfB6xuhGLE1is+LszHQtkxWaFEtjrsvSM6d92ekh5T&#10;ADLdptuPUg95/6EYWrs4kg8HL65QMEv/QT+EbQkpfa8DSrKZFWpHceWCox7DC+OHDx9XHzx88Is8&#10;DJB3BXc3H+Kf/i//I+YWlnHt+k2sra+LgppT86fHR3j/vXt4tPGY3bwJbt9+ERfW1wRD0u8P8OjB&#10;I9HJF3a6kAucWEqJsq3UCy97o0Gvh2s3nsegf6bEi3k1p0/MAky1zzwlXukBlVOSZwvITGv29dvP&#10;397McpTJKszc4z8YjrG1fcAXzmfZgvQ5/jkebGzj4PAE1fISqtU8Lq8vo1Iuodao4fHGFvq9M9x+&#10;7gbipRYDA2WsL7cwN6hi7/BUdnzzeWxv7eCVV14VC/fa2iouXlzH7OyMELXX2XHqsWPU6fRw1udO&#10;WIQBkgKGzTqGgu0YCzvfMSu4efBgLhmz4piiyBbDfAx0GTjpDodJs/X0is/1NhnHEz78MGbALxnF&#10;epZPjb4kpnVtriPh3BaJHAPBPhA7+kTgp5rbmW1qrXmJmnkntqB2AwNJRlFLSJACrlK9gWxLXJ36&#10;bZOWqQne9BgR91qmkeIiEkdRAadgp5li5zCFnKS5Udvxz2hZiHck1BGsK5bI2PMGLINRjIQpJHDM&#10;fC07wl87RyVP5Iv7E28v3M/qj5TKgi9SmgZKaABC3EwTmHwOBAW/TmZPSFoz57kJkkTthxz1k1kZ&#10;yGCwEnNcJ6opEgfnDw0snqnhfNIGBAmsQD2nivNwodAQVztkcSAijks+QrlaVhq8WI1SJfbYKQeE&#10;eKzAgGNg4M6JETEGZcXZkfr+BPDQ5692sjI5HYlnKqJBgg8UiDFC4a9vQgipI/bXgCUjBR1KLB9F&#10;xHt9K3SHZ9luABIHGio3UIIqWMbdDSWktgXBj75IQx/ykVBuyRsvkkJOjajhQ0capm5YUwAy3abb&#10;pwNGsrxuP2KLQ4OW80ToYfc+vHFlG2kEHC+CTHZV+IQ3wNdeff129+z0VqFYlMCBAQHepT852MW3&#10;nzyRYxM8m4MvamwBK1eqmJ2bxdLqGpqsYOd5GTX2Z//wCE+2nmA8HooFUo4JODS59kw0VpJ59twy&#10;Drcfy84gkd03WS1Q72CZfABdIPLn53Oi2F9eW//jq1cvOY+1KbwImCb3q+IFVbfbF/oPtoD+8iSO&#10;C9V6DWtLC8IVq14pCeercqmMq5fWcHB8jNmZGo6OjvD6D9/C2bVLWFtexGyzhlqliCsXFtA+q+PJ&#10;boF9jjwq9Rns7ezgzXfewXdfeQUl9jprF1axvn4BiwtLWFldEoug6PCzxWzI/oxF4OBIBF5xpxXu&#10;x887be2DfWzevYc3799lr1PE5z/3+b8sFPJPtQCdf0nd49NfYd/d/IRrilQKs05U5qVUnljQKQwh&#10;FOiYJETkqPAijBsb8DyDorIiBZFjWDb/wjdpJcS9aqwWIVEXYeQwIiQo8iNlwSutR119BPUKaKl3&#10;Spe4uq7UNXRkxo9sSR4FKd4hc4KMwhlwtSM0ldZOMpgNEhjj0hQ0Sd/qopQChDpuTnYYzGRv6OdR&#10;mtKuudGKWZ/L7Bmhni8XJUH+iPMt+k0KB5yQjAZTxv3Y6EqIBS1eenpKIJ9mud3Rm/MDaanRm5Bz&#10;GlhZDFjivK9xB+NAqVSSmic1OiZdCOW5LlywdBgjtb/zzwjpcMVHj4xOIk+Me5aNFFFnALEaCEpd&#10;hjLNjOijy0XaLnMhgUROgIJEC70ju7BJtyybq+HpBN3xO2XVbpwTnfln/d/SlJGKppo2P3EXykQF&#10;EvLsqrHKUpmwdS5OkiVvZQkuCpuNQj+wMTnFJFMAMt2m27kdxPB33v2J+IwGoecsEBlg4zwHrHO1&#10;HMEC5AVqZSzh3ucI7o985pXfGL/33Ve/ns9HZpKVJkSOuBTyqDNQIrpAbCEo5opi5CnPFjOeXM4X&#10;NK6XaDabwplo+8kOTg73zZtR6ofGqdAPcUOejMco16qi09/v9qQtpFA7OrOzykJSl1+Jsu6VdonS&#10;HjhXKk2u37z150sLM8YqEir40Da/bJctFOQPeL7EJOYJ6L+W4z5GbDHmCefD0QQPHm0JkHNpPYcK&#10;AyPXL68J7cZMvcpASxc7u/s4YwBmcXEeczMN1BmY4rkhVy8uY3a2KYTqjVoFrcUlHB4eYntzC6+/&#10;eQff/NZ32PtMBPhqzMxglmtGGk2UyiURPMg/Jj8+ve6pGOna39rC5uNHQoj+wosv4Asv/0zv9udf&#10;+if5fC5+2unGOKG3k5hWR8Oe0MOI8lsJzKnDQ/BzKi8CLInKZKCK4SMZ15P9mdaHRI5t7nlsh2Y6&#10;YqegD7MfeEfc2roSr4Q2AIFYNg+wo0eJ6d47Yz+BPD0fMAA6VNDCBJfRSBeueoszMzFCQEKNBW8C&#10;1+qXOmNSfuefOmDLQiZqbH09zYQ3Kko9XY0voffT4JNMUEAdO2Jb6pMgetXvFdFMkKFHo2KSYYHs&#10;OyizxyRmjIw6ACjrng04hr0ZVrpR8NmymG+rfdBstgtiqAEgemxLv2a+WBa/4SF6NjVeAQ/qOhPK&#10;UaxY/SIS91o5xsQtwbneTY/WslsYjBsusbkaWrthszZ0zobaR8WKUOofHaVFFyDDHcuSe8Uen5MB&#10;iVGkrXH5/iuhepJ4uo4w/8O34fVzsBJzzRGneUUt86MMLPgO5qOcaAwJoT4HRvF4npByKjDTQs3I&#10;W/+n2xSATLfp9qPWRecCFHKOgCO86RkAQz+aEZar69Ddoegj7qvtZemRJnmr5cXZ1s5h7s47d75C&#10;eLs4oc7IU6TmbaEKPgYahJicIKechio1OVfMU8G5De/mxhY6nY7HukTQzjexARX8J6PxBGvLFzEe&#10;DEW+iOhIOw4mIjFdj0UkiVOeENNp48V6vdG8//yLz7/FHaMmSVp4qu1/9WKt/9bzZ0eHHbbvdIUU&#10;cj932u+hWq+gwtPPV+c4xsG9h5vCKvj2zRLK7HOury1hgQGU/eNTzDLwcHZ2hq0n29jd3cVcaxat&#10;1owAIVyZMMdASI2BjJnOGeZn6lhaXMRp51kcH57g4GAfR5zV2NrHnTv30O+fCeaIi815p1+aAEin&#10;Gs54LLL3eubmTazPLPAi4BsvfOb2P/9p6AKwgmPCz8lRbyBYomokM5xzguWQ3W8+k88BcCVXFYXx&#10;hPZFh1pY5xI7KgXHMjuCZEX8LrsWk9trLTHnMEmFyyEo9olzcyDBwFOC0CjX+Z3JwYCrcE7dXez7&#10;2lKbeIDEDw7MKryzGhjnhZVa9VYSvJdWcflidh9O+EW1q2sgqgNPAK/Cl0VzZPgc12IX54CFrNEs&#10;eKDhfEVdBL9x7QJNSh3GJhihsroRatgcXclT4mSUwI5TkQyWyAvHQ6gBSe83Md8XMWOpEaEeCBHv&#10;Se2+8j9jtk+FWl0W6bEaXxQvmJNZICQR9+BEjSFJa2ufZ9EsB00SFRRrXawM42TCARM77kQcP2Oz&#10;lvlUvhVqy0+n7XkJsWeWOF+oOxIlR6h0s4ponQegmB4aiNth9tEe9siw6jKEkYqgSZNPQpzPLYl3&#10;tgYSjAX4kgYh40ky4zLuBP7NgNKMZqO+B5FpHMgUgEy36fZJQIhZND/491lMR5b14oeBCF08a80J&#10;JU5/JVjhQutfs/Ar9yk3RfeHr7915fjo4PP5YhFj0TvWjjb8hp8TNrCE5AUVLpyFGFAp81CrXF7k&#10;W9SbLVF0txnwePjovigStc2j6Ba7Frqw7jIcVLRaLbQP91RQFXG6Voma609Mmq4/Fy8/A7cGXlxc&#10;+s71G890w4OfyiOgftHCu1pc/7Gzd8Cx1OcqlcrKSbsjsj84gGg2KgxYSe3H7s4e+/mbePmlW+Lz&#10;LzQZqGBA5bjdxSHXhtR5Jkgb999/IFxmFhcXsLK6jHq1Kj5TlR1b0kiE5W6tmMdMrYLFhXl0B5eF&#10;noQHEfI/3NJ3yEDQaNATY1ey40bF85r5HGbY601GEzTmZr9bKBbGPw3XGQOieX4eDNix4S1XAZSp&#10;7RUnyk2NlxJxwjNrIhREanEswEdOOFcRoxvizyro16ZyXl62cWEtorNAPHE1JD4DQnWYngLb2uEp&#10;5/VBI88G1y3bXawROcWOcQb1imqaOe2ZZCabI8MzKqtI/6BGS5JKQ4dzT4lSKevUL/AdtsNk+kCl&#10;RlN4s6jaitdlc4nLGgTgI+tnrqNUBJIOJwyBS4ZhBXU6Plq4Hj4/dAujDn1CPNUPUiAwq4Flzmji&#10;awpDZgSWcBDnb5YTWuKM5HENHuFGHbWSWEMSnXdBrPbInOCxNAgBtceOKA9eqhiARIEDExRIfOgq&#10;3a4i02STj6HK9VABSzd8MHFYBnMuRIZFiYwzlRNpqQGOTlon1IAObVqROvaGCYksC+LsuWBR1GfR&#10;afFwm31q35NIjiFHiXQnHI8nDfarEvsuhiR4Tvje1s2RnNMamAKQ6TbdpptTyGfRpjTogn6c0aqP&#10;+xh4XVU99xqkMZNgAXUtDpEORXSr8Ve+891fHCeTep6XZargF3Q3cbzUISnzPAMdVHW2OOtRKpbE&#10;qNFMo4H33n0PB3u77OYdm8IqoZomVzFifPETC8REjHHl2cJ4dtaR9R+x3THhgqIcUCSVHwxLcBtV&#10;VpQX8gVcvXr9/1lfXTQghThBcmZhc4+3cufhhenRMQMc/QFfoH+Vzx9zILW1u49KtYgKAw3zc00x&#10;esVHqzhQ+etXXsWLt29gfPkC5ptVzLVqaLG/90+6QgxfyBcFE/LWnTv47quviYDBy1cuYWV5Gc3m&#10;DGrVCQaDCrqsmD4766Pfz2FYy6PXrAlgMRa6jzHoOBGLHHd5KnNjAD6OdXSCRxsPRMG0srr05Kfi&#10;+pOjexEvTMaDvjhvklzeY7Nkx1fbgnJupCDZMcjusGYx8o52A86Yhlsk6xR0kipsiQH9usDLheOO&#10;1HFYUsWSn+SdlcPtp5S7qeBhA8H8N0Xgr+XrJLyfkcRxfiXZj9EjM0FpZO8vJAUxshgZktHFh8Pu&#10;QCeWh85T1OpeXKaKEmrsd0O9yjlkmdlXK/In2S6DwXfpfspwvMx/rFV7cGewCfH1NGH0a/IB57V7&#10;SpjMEfjgQ6fU63I49s41O4rlfh8xrMmCDjlkN0sUyxXDMhGLDowuIuLAnsQi30mIs2lieCh+feXZ&#10;3sjC3A6vGU13Qqx2D5G6vIgCHrbody1yXZG4tfuFd2ZaQxUKd5yL3/tdXQlRQIYEab+G2fCsgqkz&#10;pZCYN0wU4yXXHxiWh7oggr9HjruDCeAhzELoZFJnL8D+YHhO6yITDBF3fjvI5JoCkOk23abbufoP&#10;vTJldRzPSx3/oIXzw+47dt6XGorcFZmbwC5qfdfD19fUs/4Vz/Q4Pe3ih2++8Vu8cBYOJIki9ykx&#10;3udRlJedSzWgK9yC2AJVKFVQqlbQrNeEfuPJ5hOctdvQWVVul0tHwRK1avFQudbiIkajAeLRyNDm&#10;bpcI6j3FGBIcRxS1MnNtRqVSPbn1wvPfrpbyrHDPTjpOj5bYmbfTThejOObSgS/xzl5rpoZeb4CH&#10;j56gdutZkUy+MN9in7EiEs5Pjk9x7977DLiciNDFpdkGZmolLM/VsTBTxc7hqQgf5LqOnd0DbG4+&#10;ZmDkT5CwhWqegZELazz9fBmt2VksL8+z45YXn43PZY+FpWPMFjbpLz8ZDNDvdrCzsYE3Xv8+7j+8&#10;j8++/Bm8dPvFd65cf+aPfzpYRkFZ5Ph3M+n3xDkrF++cGLui1NdDRKrQCa+5vMj9IM514w70aWBC&#10;PLvdcIQnIiRjPEldS06xlxihMzWvq4tOzRi4LIotSK3zVhIIaD3NAnEr13OyiMx9Ixzhol5X3QN6&#10;LqPjaAki53fUYVqIG6qo7xkZ97JIi57VmE6k07+56xKhcMfJtFxcN+UTT5OSdvryU8aNX5IoziM+&#10;n098jYpmgTU97eai0IAzMiyPP1NjzpkkpTmhmaGDCNYBT4ivRruIE8gYGuy6Fr16pAuKTdLnc0yp&#10;sj1QwNx5fck2sfO/WBBNDQ4sxHUCFdCnRhnNJ1Zp30KzEUsHtEgxGqLoZvcmopPQETmsQ2JE4oRE&#10;qULbdb4KAYLPCqaLdFe3YXUe1LItTlMBah9scCE8tiYUuVOD7tVQoff6uuEXmZEw8cnZPVrYGUtG&#10;qM4eU2X/deh+DrGWRuSDO5kfsUaYApDpNt1+GsEHyf55EtwwP4qV7nlb9BEfGwIP02F0OnTaBtD0&#10;V4l/sycOPc1/dfed9xe2tja/wLv3oksEvRBa33PdPeKjL7xLVmLAo1AsI5cvcAAguvxcI/FkextD&#10;BiZk7Dk1c7qum7/utvKgvdnZeZx1Ts2ciWBaqC0FEjOrG3RXVQhVsRBhdm7++7eeu76hmY7zACQJ&#10;+s76iPPwQfYeNybj8XN5BsLK7MtYWVnAxmaMO3ffx0vPPcs+Yx/zczPC6WqvUcfi4hz2Dvbx9tt3&#10;cLSyipWlOZF6Xi4Uscge12wyMHI8w8DMDBaXFnF01Mb29o5MMf/mt9FjoIKPB1VK/PjVUKtWUSqX&#10;5ZwyAyH98VCI8tuHB+y5BwzUnYpk9RvXnsVipcHATeN/u3Bx5fFPwzU44Qt9PBnxk3zEvyu+4JOc&#10;cLVKEgkpIkJNYaZzoAvsWE6oM37lzFybMtDrlPrdfx+A+C5OxPeV88pFvg8FZU8bpe4C/iBT4sm1&#10;JaRJPMesMDzQZz50EWw1DHKEhSr9gkgbh52RF5bFDl2aaFbSaWQkVLtzyZyLEMS7AMqY5IrXiez+&#10;Ou5QlLipHQ5Q0GMzHrRAkNSeTjzPNuIgSqFij1eiMjsME0Mdlth5M51yLops2KR2UJvVYqyRg/fO&#10;ajKlzwx4ae5ZUESMJnlngT1TXP1IErw+Ja6GxH72nGYH1Zgqf96Ys6iVCtcriCwPY8ElbGglIDH3&#10;eQKVtaSE4Np2mYcYTmQzSGgx+JijA5xdsEBp4Jem7uta50eDBdMVjLusiAcU4ORnhWcCibxFOElo&#10;ZuihCz7s++jfR961Lm19I9O8M/vDgRidCJdC/pPRaFLjAATwRxR9R4OgBUb9dXwKQKYAZLpNt4/R&#10;mcVH6mZ82p7f1O0GaetCONOx1KHXnU6exyw42yuvfO/zw2HvQrVSFuoPPZdt0qHV7G2UK0rWo1hC&#10;oVwSBTMP15ttNbHMiuxHjzextbHhpbvahYi/WGwKKT5GQ3Ks+C7Xcbi3J61TSeS5jxjthxZ1Jol3&#10;8CP2/CgqYP3y5W9cuXqJhoJOrQHJFt7KY8Sdr3b2DjnD83OTyaTKR7H4uBV3rbp6aQWPt3bx/bff&#10;xQs3n0WxWBTp5zeureLopItGvYZO5wzH7RMcMqBQZ/+9tLyIVq0mNCL5Qg5LCy3UqyUBXBbmWrh0&#10;+ZIIG2yftKUAnYGL9vERtvc2hO6Ds0LxmCfsTsANyYqsyq4wcLI8t4A5BjwWGGA7OjnG+tX1V34a&#10;rrF37z6+vjBT3xmPxn+XCgAyMN9xrM4Z6dTDiyJZDPApkkiM18EWRmrmnAPUnOp4uu5VZlzE6/Jb&#10;/YYF+grAO0xB6DRlIxLhibadgR5PG2IbGknQAfYHmmhwF7DuWZEVQhtrW50lQlRmRSSBFyWeQ5MR&#10;1yJLA0FMxhEJss+pM2xkgFDgAOTBLurwL0SOVnrGG8R9DPVYFv3pk3Pvsf5Il3/0AqEzQi2Nw8o4&#10;fFASdJ+so5UEKTHSOo40Q2NBRUwseEDwrVKnQZ5iOT4waJIY/VLihCASJzU9Nnks/ITLs3t2RRg1&#10;JCSCx93wayJS92qqk8btPZwz4AKcJESwtEk8QpQvmoA/K+oOeGfiHBPqwO9AD6GNR85jSRCeJya9&#10;nCqtif98u080xbJkgR4Jbiwb6u+HA6CcNHZ+zGORCM8DUse1SDAgQcfyg2w0p9sUgEy36fYjsSOf&#10;kEH5pEwJHB90Q0UH4wK27UbszCqxonRi09UwHE7w2muv/jrP0RB0sm7UKM2H7IBKa1zeBSzk80aM&#10;x8FHo8m1HzUxj/vkyTbOOh21ECRWxKlDnbSzCtuv4WiAWqMpCkVeeBPlYOJmJZvCiDrsibHflZ25&#10;IgNBN27e+uNWs8ynuxwfegViCEkLSxV442TD/kEbp90+8rnir9QqFQZG9oWYvFSeCJcr/hk3dw/w&#10;5tt30et18dyNa1hkP1+Zb2CuWcXhSZUBjypOTjnDsYuHDx6gygDI+oULWFqcR6lYYCAij2q5wPBX&#10;ib0PTz/Po8kAzvzCLMZDLkAfChZmMOxj1OtjMhmzPyOAgSPeXywyINNgn5WHD7Y7bbbwFzqFUunk&#10;ab++/vj/+8Y/ePPNOy/94b/7b/3ncZzc5CNY437fMB6x6rrnCB9hi03Xlp8HhZz8xmXquXw9Pjao&#10;MxAiBa6pClLT15EWoEcCIJBgKMdqdV3gklBfRKxF6JTDeSJfB9QFKD6gIBnm2TSDOYHX23fOa5JW&#10;GUjDoViBcCtOSxTjYEpUXkQRJ7udBo5GgsWJMjv3ttxMrADbqbBluKBW0mt9C1WhfU7yu2FL/LG0&#10;MM/EABjvbke8wj7T9pz64nC974lnzuQOcUWpe7PLyrimqu57RQjDJokVzoeBsIb58OEkSb1W+ihQ&#10;71WQ0n+EiepUB8qwm0+xVJC/EyLynGQTEyvm5teVcBGEcmRT6fRaz82vl7HIJxojXyibkEF+T5bZ&#10;HFZoTk2mSwJ4TLzvquWyHXKEi3ohgtRxa3HHrCy7rlPQrdtUCDxCQbg4xlHkMCFyHFmDGDuuZd/H&#10;jGBBOzpKxogDkMlkwk/tSra8nH5k/DG16J0CkOn2FG2fVgPik3pUfJq0qmfbq2+yxB9tAIW5SZpb&#10;YbD46plWnn1w/+FG8f6D97+azxXMiAYv4kRnKbIsAl+sOP0uNC+8u18siNfjAGR+fh6DwQDv330X&#10;Aw4mxI1cD+vGYtTIFAJqwR+PxrhweQXdsw74ikdzfgKyFkbSxAok3dEr/neOF+bN2bvPv3D7bbHo&#10;OhQ7DWgnijQ44b89OjrlBVGV7dzP8sW5Vm8I3UazdlGwI3y0qlwpYb9Zw+bmFk5PT/HC87dwYXlO&#10;6D5WF5uYnani4LiCaqWGvYMDbGxs4C/+4pui0760tIjLly5hYXlRAI5Z9lkHPPOkJ4MPh+y4DVUG&#10;iWQ+YrFvoliOWMHAjmWvfYIH77yDH75zBzefu4mXX3zpz9cvXXjtab5uj47ba//Nf/3f/ldf/dpX&#10;/id2LKjwI44nDKwOjKBYswbsKBkhKT83ZAJ6gqIlAaV2wwn3091ZPSIlzidCfC2VHuuitivtF8cZ&#10;OT3eKKTuukqgpGHDRLEfNMNklYAEbIdremtztdOluQ/cHToBrhjd3gVUsehYnMqiinrDUISm4v5S&#10;7lReoe8cP2li4acg6GJfp44T1cWHKftdS2Qf9kTekXCVOengxfCeT53XcDkcSnzuAgZQRZbd8QCM&#10;Vz5bKEetZseOTyXe431ugDr3ZmoYEI+BCQApDRmUDxn5NdbHagcTJULnY0PyHsP1N864oewVCQaR&#10;JvJoJwodEnYP56O3XOc3GE9E8S2ZQJcBSSuRODBJVKdMF/yJaohZoxGSssp1gYj+eRI7qzlNnHu5&#10;XhsJXGevUHfCQEIAOtzHKHbL2PsiEKwH45bqHjLhLljs2Ag7XtBmBmJ1HMKm2xSATLcpS/E3+Dof&#10;+301Ve0K5fTi41gnSntEBUiIP9pg7dWJcQrRz3vt+z98vtPp3CiXiqKjLJZf066LvBs4RyTcAYu7&#10;TvHOWblaRbVWQZ39OWmfisKbp8JSPTChFxUDetSYSCI7z9x+98mD+2YRl8JFYhiUhPop6nZxpnI8&#10;iYGmldXVbz3zzLWOxS3UsSMLkqJJUJexrdsbss9NnmdvdJkX/0tLs3i8wcDU4ye4deOq6PatLM+j&#10;0aigVa9i/2Afr772AxxcvoirV9Yx36gJdmN9eRZzzToa9QpmGCg7WF3D1pMdPHz8mB9j4ZjCP+/K&#10;EgciS5idbTHAwo7fXEuOnrH3HvEamy3ug/4QHQY6Dna38Oj+fbz37tvonLZx89p1LNRn6PLFlX9W&#10;q1eHT/N1+7//0z/6zzYePZir1+ptOQUicwHi4dB4Sqn+rHRcU4Wc0HvwsEwlStX5HyKMTbldmaKG&#10;WMFyFHS2Pc0x8S2zc06B5wrA9amVcwroKM2/OeJ020+n8IXYNugv8ixlaaAOCfN93JEwDXrMszi7&#10;QRz2xLhD+XAHHsBQjlIZd0P3WRraRMHvbfY4PTfpW49lJZ4OIkopQKhX9qfjVsMyL4EbHOkzS6FQ&#10;nHhHgKQK+iwzC9cKWY/lufsS2gbTzGNIzXl33mMJMuyBYS3eJailKZ7MDaMUY4rsvi2co5JYNaJi&#10;09nXomsh3NYaImElzU8ZeX7K8cNINI8kqOCGInlTZHtWzcb1Cob9MLpDYkeaUkGMzn2eqLFb0fhS&#10;CFfnipAoz8OBDPNhx698gbpr90sCZyz9Ow2GtEaFkMhvCTgnUESIt7by+7VgZrkTFiVzukGWhrUf&#10;jen4tMe1pwBkuk23p4hN+UnfG2jKR9yhn/V8LXWKCJri+r0VzLqNSLzy6ndf/RK7pZYSafrOHRhF&#10;c8l0t4gtQ4jI3MhLup39nS9W0GQFOM+5eP3e+0LXIPcpFvsRa+tcSh3RpAxvqtaaoljs9c4EMIoi&#10;4i/ehkGRFLdXMkRSDJ8rFPHs9Rt/trTUUtgrSK4NO6LOuINwc5kkODw55Z29nxmP42K+kKDCfn5h&#10;bRkPNrbwzr2HePG5aygOB1hZmMNso85ARB0n7DncZvfo8BDr62tYW1lGrVJCKZ/DKgMwLQZE5udm&#10;MT8/h/WL6yJwcHtvD1tbT/C977+BLjtOw8nQFMxFDujYceEhjjwRftCXzlcxA3McaC2w17p+8TKW&#10;my0cHB4nKxfX3niar7PTTnf+G//iz/92qVBggDcaCvjBO6LCfWcsC2d/gh15UhBMhXDF4uNYtIq5&#10;Yg1nkzYDdgMfTDtsRtqJyh2vImZkLwct0NYhcxkJ6U4nVZbdE6eEd8PyrObAdW2iQaGth62QSgZ3&#10;C3CixqSIbwCrncGCGVDX6tcvuVUAopPSToxOhiAcEvLNe4PIPKfpQUj2+JC155XHN6JZxbZ/5Ghm&#10;n18BH+OmlWYcKLLMjxFArXQwo/m2CE09N3TUSzKOTOY9CG7KObXfBQnABTyjWwN23DBHmz/lGhU4&#10;x4lQwzqLIblSEQX2Z8hAfEITJwNF5oRQR0FCHeBKVVGtNVRnZ6e6te+5MHKAK42vtO2ttcTVqekg&#10;YRivDxAkI5bYppfjXGWBAA0CHIlgi417V6KMFShSjIh9PwVRiW//4o02E6uDtF889+aV78XvN6MJ&#10;+5yjGKMRb7wlMyRwbLNsSjbQmKZ/TAHIdJtuPxILkpX/8WN5f+/m6bhd6TnqiJyfMuYWI0R2jbae&#10;8PTtO1+XjAZVDAhEdkJC7cIhmIlIzs+Lv9mfWq3B/tRQqVQEKHnCCvYBK5ojNX6lDTypudva3eD6&#10;j/W1ixj2+2KWmHe4dGEoFsvEVjFUx/s6HyIS6ec51Ov1s+dfuP3nxRwRc/+hAN1fHBWbFKkJXvbX&#10;wUFbMDelav3LQ7Yf3L1rlJQE2/HslXU8erSF19+8ixefvwFeDHN3q/mZKo5aDSEo3z84xMbjJ+xx&#10;G1haXMIKAyKcAeFd5lIhwtL8DBrVCuZmGlhaWsDVa9dw2u7g9JT96Zyg3W7jjP27x/4MhlwHM0GB&#10;a0ZKVcwvLKKcz6PBgE2zWMZMpYoJOzC5Qv5RPp8/fZqvs8ODwxu7uzuXST5CvVHviw5tQgnXxsSD&#10;kSncZVGWE8ebn7sldh7GVBQCuMeKpDYrDi4zoMsdqYYMhIR5Gf8/e28aZEl2nYd9N/PtS716tW+9&#10;93T3TM8MAYg0uIiraAVlwQo5GKb8w2H/of+RCtOywhH+ZckRDkf4nywxZCocVsg27QjKtkhRJEUK&#10;BAiAwACzT89M73tVV9e+vKq3Z16fc7e8me/VYEAQFj1dOShUddV7+XK5ee/5zjnf98VGYCFbOfAB&#10;v18lERnQEpsKi5O9zjx2to+fw6EcEufqGMLzD8myCWL37iCT/U/n/wMv+PXaoaRRxXLZb+G4X67/&#10;TBhStQyc2ARSviJJi4tvfxd4wACOhC49okHieZIo6NlWq0SBKrAoJROqCwfP0rytwJHSR6/zSYmi&#10;cWAnWyGRI9WaTDCfuZZZQJMVFkgqWwFS5pKZ4/AVsfzWMIxwPaT3emFEChIYOcR4qfHEtV3z+Ox+&#10;csWSUi9s9Tp0oNrMU3u9CueFo6SL/YqcTHtn8HgftFv6TEXS3mtNB9ngUIMBJJUFx1s0lZR4NCh3&#10;rVRBIiHvt976YDnbnqWeGuPMPq71Kvs7Cz70mpMGMxa8+BLCGpgEiSqYEEYtiz1Re3pf3EYco548&#10;ncF3Ty5KmTbvOt1OAcjpdrr9RaqAZBevWGZAj0gUfFxjsN+e5feOeJEG//TBjQ+XNre2fjhfDJXP&#10;hvA4Jar/PdBGf7rkrU2qeOLNF/O0kJUwNTmB6clJHB8f4cmTR6ri4We2eAEcsmu1OS4r8cvfmRux&#10;t76uXuPbGkibibNtNQJOzcdGerzQ5AmAzMzOffvq1ZeeJafnld3N5QhkQjy3bGQbxGxv7zG3pUSf&#10;+SOsYLW1tYtqvYI4GmBupqFMCB8+Xce773+May+dV5mv2ckqFqYnlKpVg94zNdnExtYWgZAn+OCD&#10;G4rncf78OczPzijyeSmfgywXlB8Bu5mXckK5p3f7E+j1Buj3CPTQd25di+ge9CnIFnTNeKGvlgoo&#10;0zm1Nnfw8Z2PcPb8WXzhC1/4k8Xl+Yef5efs0YMnzV63rQKBxtSEDOmGU9Ai2CdlqPxirLuG1OaY&#10;kgMebmHrIy905W2uRAA1d4xHNDan8zVVDekzOHHGajCmhGJsptoP6kK/EuEpqwVIE9CTFizd9x4H&#10;OjM/zstCeplwn1eBDMHaWMB50sAiVRNJKUVJ4Xgr7vfSqx+YqoZVEYpFpN5jDfuk9MNybULK2Wi/&#10;Pc22lSWwQQdRtmHKSu6yMlckYo/kjVTlVXkLeVOVre6GECNO43HGg2S0oWo818/dJ+8Ysh4u/r8D&#10;xwwxZyr865F29rAVozTtIfC0wtLrRto80sadwjP5Gz2zwOMZxRnqvTzRFFK4Cq9rVDSVEJTKEDQf&#10;xR0TUCuNkcAtJJFtzYqHCfiWabYLj+vWwYEL0AXSHhfOYdwsUhZMJP4gQdLOxLwOWyXxq3SK7xGP&#10;aRn2KxOBG6/SGZB65p0Z0OEDlWw1BEhXZGybl78P2+IF06KmwVpM83ZfcWqUGhZkHV6DpPAzYCcE&#10;DrFMTE/H5Q9PAcjpdrqdQohPfLvED17HW55QBUmlkmLpp1fGNhT7Ic5bb779Y7EcTgtPxNcaN2mT&#10;Kb1w5CiQVsaD0FWQcrWmvljtqTlZx9PVNWxtbiSqNs68iYIXO8Map2Pu12fwUirksbe3S58c6sqN&#10;sJKfwlR1YrUIqWOxC7fnQ5LL5XHx4uU/WVlejK1kprS6755pW+zbC3vBAJ8xq1+JIHed4rulEoEE&#10;Pp/19U3ULqwoULCwOEO/K2Ht+Sbu3HvE7U947dWrWCSQUa/kFQGdlbAYjDSbTTxbf44HDx7i5q0v&#10;KzWZ5cV5nDl7BvNzc5hoTKDRnFSAjHuouwQ8hkw+H1BQrdrMrOQwnWPMZf0unq8+xTvf+Tbu37uN&#10;pflFTFcnhzMri/+cFu7P9Dr17Nnz69ymxzcxR+Cj3x8oiRk5GNB4HBjzT98BQgcxoYicKlUjV8BK&#10;OYcOvX67f4y1XoD5fAWFkIO9gSPn2iDQJ6Db3GXS760rGLpVRRozQqkqhRh9xMyDlshPi5T1X1Jl&#10;CExwrWVd5Rj2ge9WHiBLBwfSDV6JVKzH5XBRshhTlRCO3yJ8ZSrYPIVwbTxByokj9j7HAhVAZAJw&#10;Y47tuDLw8iTpCoRMOZAj4yUep5SvTk7OZNuthCN9iZTKlTP3k+lrlm208sn2mh8Qa36R0qZL5hkG&#10;W6rxT0T6e6wlmJX8sUhYMVL4VQ/pJJ3ToEPL7/p8kmiMw7zly6RBlEz5hUSmhY7Pc8DnUaAjD0Kt&#10;sGeCeBGbAN6cKcujwwoNC+mUCaVRL2SQsrO/r8BD4BsNmsqGXTeS49T+IsJ4jdh2K35/FMVjK/xJ&#10;hs0KqPmtWen2KMtNdBLtwlfWsqaFsavEZL1FLMhIeCSmQsLvMf4nzpzUqjRKuBY2rvjw/ebqNF3v&#10;WhjAtUSP8j+C0xDsFICcbi/u9v3VL/4i9GuOa/eSEuPhz4hwvjWTAvYPjvHhBx/9XC6fU4aAbuny&#10;26WMelBsqgfcP1woVdSEXCzlUatXFTh58oTld48SrX7uBVa935ELeCw5fECB/fT8vFKBYr4Dt4FY&#10;qVTOyMUSiUKNcfaVbiUyLWJ0AqViRV67/sqXK+Wcar+y/bRZM8YRPfnYKBvRB3YIBNDa9Xk6vxIT&#10;nOdnm3j0tItHq5u4dumsqk4sLUyjTiBkZnICq8+e44033sSFC+dx4dwKAY+KMhJcmp9U7ukMxubn&#10;55SvyJOna7Svx3jnvRsqS8bO6M3JJoGQhiKplyt15Ona50y2jk0cmUPDQG5j/RmeEfjY3txEsZDD&#10;yvQ8lqZmmXPSWTyzcPOz/pQeHB5e5MU/J+j6BLnW4d7h36TbWGX+h4x9m77RzHSoMvsBhhQMHsda&#10;evdsqYwBvW97eIzBMMBkPkApCFM+DrFRBcp53he2O0Iag7oAHpE9w+sY7fUPvJacxDsieY1IZfND&#10;U9cRYzgjozNXwgZI+0fLEQFQYcBQUjHxOzET0JEoUwlPGSudZc+2Bzn4J71Pl4krui8966tNBV6O&#10;GKnKkG+xmK4XjSZ4xp15dp42AbpIqjXSAzsB0nwKOZb9q1tT2QOpXJzAs8EQt9ttHPe7GNKcUaQx&#10;Wg6LyNGYmizkMVMsojnVQLHVRdg7Rm/QRkcYQOINlMBVaaU/7boxkp2+R8aBSCrZPmcmxZTxqgaI&#10;A+S4XTbHVenY+MEEBt7ZaD52CDE0LUZK7lyBJd1y1e10sLezo4AMPMK38KslnoJDyuU8U5FIGxea&#10;MzBcEeEtdlkuR2o6V8g3dq2SLtQPRoWSAxGMOKC7L1fB8QmTSVuz8JBPGATumrEjvLqWQ5UwmwBO&#10;aqka7/6ebcNKKoQvbmfWKQA53U63E4L/v5hFHfk9vFYvvLdu3ck/W1/7WV5IVNZrxJVVl+5h2rCC&#10;XKgWnSAUKBTLinjO/h9H7S7u3b2Lfr+fbg/jcj5P+Ko7xmrNA4NoiOmZeezv7ppVQTr5R1ut4HYl&#10;rgooYqRbeXUWi4+BOSfN6dkH116+9p5dTNzC5geOMiGcp7KqtKgcHLRUC1ahXP5it9unQywoHfgL&#10;Z5dw//Eabj54jFevXECJgNbc7BQajRommxPY3d3jDD2erz/HmbMrioBeq5RQICQxTQCEDQyn6HWL&#10;8zN46fJl7NDrNze2sLXxHOsELm7deUiLeAuDbk9lIpUOP8ti8vUJA/S7baU0VqX9nDt3BtO1Bqbr&#10;k3QcTCCtPKe/tT/rz1mn057R6jwhgbTCAV2c63Qv88p1ONZE1tjzhWY35sAjfxtHShpDeoE/pnFc&#10;ZCBC47ZDQeMBjcEO7WeCxnWZrrXzXPA8KYQdQBaUIAn2Qm8syTFZeAbVNuMdyDS3QHjvjTO5+XT1&#10;IxhrP+gDGHyC2o5M5cv9QN9rnhLSucbrliLP0FB4rAajUOVXb3y4AGMUmiiCpYn6gdRGfL7xnnTA&#10;KGntEmMCtax6lq+/lVW0giGiJ2R4Ezyn7BK9qyxkUiURiZZXYMwbbftXmCvhOCjjD1s7eL/Vwpnm&#10;NF5dvowadLtQuDCDTrOBQ/ob+wp12UuDXenWjjF73MFSuYR8KFSygasZQ6EJzLGnaWYrH4EHEnnq&#10;HGZAoA94swBlhPhu5j/lVk5zaUgAKcjllGqTkuENheLbKalkw6HTFYzY7VSaHjZ1PPSsPN9dx9Hh&#10;AXLFgiehnFQpEtlZkfiL+AcOj5CO8XK4wvhrAH61Q7jKSewZ0tp2rzjl+5G8Z5wTun9cfguWcPuW&#10;CSiTiZKWbmHkKmikkhX8b24J5YWPq/UE0mqCAKn/pH2SClaqOzqVTDytgJxup9tndPuz1zHEJ+xS&#10;/n9UH5Enib8Hwj8Y3yxk7Dm89Z13f6jbbV9iPoepOCvvBCvl4/4zXA42ewvzOZQ42C5XKRguY7Ix&#10;oYjUm5vrSideEdnjOB1UWS6Gmtwj9b1Wr2Nj9ZE7IOFp0ceRaUWKNWlcyjiVz1V+Wvk8zp2/8JVz&#10;55bb2XsgTA+OCoiMRbD0iLYw1Zat7X1EkaRTCr/Ypn+zAzqDjeZEDS9dXMHDR+v48ON7ePnaJeW2&#10;Pj9dw1S9jH0CGXPT03hOoOLJkye4e+c+FghsrKysoN6oK/AU0so/US8pA8GJahFzU5M4unAWx8dt&#10;tNttdOh7q3WM9vExur0eBn1NZFQKT3S8BQIi5WKIJl3nwjDG09WnCIuF6HOvv/Y7janGxmcegLTb&#10;0xzssDhBmA8JK6jObSXDG+byGHD1Qnome2bEhYADIiknBvrnwBBqC/TeZdo3A9wDAt77gwEqQQ71&#10;IEgkaU2gWDL7sIFhiKxKUpqDYZWTdNUwNnFt4Azp/FkiG2wnrTRBpjZiHcbTXASZoiPLVAWD/4tE&#10;UlUQxhguzlQKAlftEA4Q+NGiZUNYHovN3Y8qUnn+KQIj1Z44G4Ompi4bgAtHtg5SQsRZfTAxUhVx&#10;bVoiXSnxlZz8md8PDKVIO2eoqyQSYrIQeRyjgH+x8wBduqi/fOlzOEvPZ7u1R+Oxr0UG9tYR5MuK&#10;6xVONxBNzqLbvIzWZRp1W8/x9MP30eq21fibDIuYpLFWoYFaDjTI7HtKALZtKkaao2JNMSOkHdX9&#10;uxJlVjh3pehZGdBfc8WiMduTTjY3aV3ViSbtQxQ7OdqkahCgUChgTUmtRzT/a1J2EAaeW3owpkKR&#10;GPtlKxg81weqpTZUoCgFlqV0yot2P0EQZJzUDVncb2PzykwWaDheihizfloivfDGi+El6v0G7nj0&#10;fBM7eWAFJpnMzwCdjj+OJC2MiWJWapxlqvH+cUijZmb0UT51PvEUgJxup9vpdlKs/+f/OfCxhRgP&#10;RvwleMyKz+/t9mO8+957f1nkwoKd/GRgHGyRWD1zXyxnz7ilSilhhQLsmJ4vhGgQ+GCX74215zg6&#10;OMRgOHQ67TaLZMv5duFhI6jJ5jQFNBLddkdluEWQlOVtD66V4JWpVJExH2QzrXIZV69d++pUo4oo&#10;HofGkKp2KEsSJH3YvB20jhDkgrODYXShztyPzW1UqyWlhDU31UCFFutHT1gF6ybal87RZ5/FbLNC&#10;XzU06xUFVGZnpvHs+XM8efQYH9Hrao0azp07i6XFRVTZI6UcquuWC5k0L1AKY9TLOfSrZfQmG+iz&#10;+SBfN17UeNGn1xbZNb1QQjzs4d6Nj/Huu+8gXwoZ4HRXLq78PjvRf9a3bqebGxIwECroyA0iKUMG&#10;o/3+EEW6rnG5hIiAXBJ4GAlZ07OdE2LUtM0Edz3tmY4KBRmLuaLidOxFQ+xSAMFtWTVuNWQjQx6v&#10;9L6K4n/on23An/NaZnxDPls10Bo4gQpQZKqtSnq1C5FSQxIpwdVs6Oxb5MlU/UN6fiH+GQeupUga&#10;PkpCCPaLpo4L4j9BNvCSlrGetIcFKdAk3XwRSGTEW7NPZLYe44EEac/Nb63zSO6Z2lCa/5Ou2noe&#10;72mI5smejpLYR5rWXJBYbk7hm7vPCHwM8TcIVMy09rHVO1BjDE7oIkDc60C2IgzXn6okTEDzx2y1&#10;gVJtErO5Kjo0pnbjATb7PTyhoHUgNS9ijgLw6XwOU3S5S9yiajhMfQ9Gy4yHjMiQ8tMSwDIxKRTw&#10;lNZo7qR5k/tvI6OzbsdwYMwCrbeU4PYq6fGVuIJiQN79O/cSgQ8DUKxXk1a3kiMGgsnaKA0Y0EG8&#10;Ah+m6iBSUr22NQqOi2QVrvQh+maCseOi+G7q8JSslE+Q9ICEWws9krtZK/jchbC/00BDr4WBaekN&#10;tPKeOUcFCKX2IqJjKX3aECAr2Ajvfknxg0qhngKQ0+10+7cNF35AexU/cAULicQ9dgRZnGSNawJ4&#10;4YyUgIcPHuLR4/s/yVK2Sv1K6FK8Vj3RRDuVHbWkPVbCUl4dBQIARUw1GqhREMgtG48eP1JeHnph&#10;idzE7FxppTHBot/1e12cvfgSDg/2Yev72X5sHdZERhJYOBUeey4cgDdqtf1r1678Ca8Jw9i/rSJR&#10;BctYAruJPVYNziqYDUTu83Eka2UCBdw29ZxBCJ0Xt2TNzU2hUilhfX0Lj588xcHeHq5evYyVuWk6&#10;9wJmp6oEQsqYnqxidnYG6882cP/hA3zt69/EsNfDBF2jleVlzC/MYHJyir4amJ5uqlvE5EtlqsdZ&#10;M87tswkhBdzto2PF//jw1of48IP3sbOxjplGE+dmzuOodRjNL8/feRGeULo+hb3dHTXulK+m1KYW&#10;yvCLQFupWsFxt2eqIAESdSqbNdVjJrRtGyZgijxZ3YFRW+P2qvlcXv3tmO7FAX1GTrAfTIAqDbCh&#10;qQKE0PLUidKVHk+h9J58E/QPPYK6dCDEp2b7gWMyWDUBPht4ihFfcPuerFu2MJ4VaUpYkNKjcIcq&#10;EvAhMwG9dvW2z13gJLXFSY7jjr8gRgKktHrVKCCxVRM/6pKZhqMUnwPjaP0nS+WmKx8APLJ/DKR+&#10;zlZl2OeoRQe41TvCq+UG5uhVnf4x8kZm1t4BaTgePBY5qRLaDz3aR+dwD71Qc+hmaDzN58rqtceR&#10;wA4BkocESG6wsALNR+VCHss0p84Uc5ihsV+Bbl3rQ4sfSK9O4zxepBzhB1lRhshMdzmhddTCUkk9&#10;C+w3JIxsexyl9yMhPBUrc+eUEEkee7v7uH/3jhIRcepQBqQq6V6rojjW9A/OjNCvRDjhkGyVwNuP&#10;40nYu6kqEPouJ1yPLBfSK4tERkzBuKULzxNLzRvBJ32+bs0yEl7pjgMGX0NtrKtqM5EsAen9J0uX&#10;+EQIkbLukqO/GwEvn2GOyCkAOd1Ot7+A2YcTP1vgk2W4ApGYKdH2/jsfTB0eHvwEl9Rt5svXele7&#10;43K3IRqqykfAylMByuWqMgBsUsC+d3CAJxScKxBjl2Nj1mSDjqFRWNGmWQEazSmsPbjnMlzCEtBt&#10;Bk7KdMOFzVyazBwvOAtLy29dunR+VZ5wjfzoyCWXnGQxBYiRRLc34IXnh2LjsD07NaVkcdmA8Oql&#10;82gftzE300SjXlHgZO3ZM7z19vtYX17CpfMrBMJqFDDk6H0TmGzU6fskFpfm8Xxrj167jqdPnuDb&#10;b76H1sEeXZ8hivkc8uUiytUyCoWiBlcMRIZdRT5v7R0SyNkG3Rd1xJP1Os6z+WBjBg0CIeWJ2j4d&#10;e+9FeMZ+6qd/6jf/9e/93hfZ8KxSKu/KOA7VXTQAJJ8voVivoXtwqKoR8NSbAmHFCwJD/448gCsc&#10;To+Nc/XQBAq8n7mQHUNC3B8eY284pEBToC5CzHBVymR6rVpV4EQPZMrMUBgJ6cjwIDSQF65eEHjO&#10;DxI+ek5am5yU6ggfIm1k6Dtdu9Yi5V0RO5PSQJ2r2ZsU3rUyPA9T9bStSLE1HzTKWYG01cxwpIrj&#10;QwTbwmUrAkoBylVKxuv/WOBiSctBCqAlSmdxBkLEWaliyz+RMpU9TvEihPDI/746GTK1g+SThhSd&#10;3996jiK99+VCHX16/BKdL58rkv1M47XExx56cTAd+cBeTbogSwQylvIVNVb2ijG26PPWaA56tzvk&#10;nkHUCwIrQZ5eR6CkECIP9Wv0Pac86Xm4eOyNBCg7ZcIAhUpFZ/TpJjOXzkFi4++k+dyRnvfhcyOA&#10;YqmID77+dRwd7qPWaCBpuxOOCyJEJvj2lyBW0IpiVzmRrq3JJMekx+6R6Xum8VGcEMRT3hyA76pu&#10;z8Vn/Dtek1UdE0GKg2L3ZSV6Q534cApeiXmvvhj+Ne8zjy+ZG/K2pc22YLkmwlg6oPP9RhbiM14F&#10;OQUgp9vphpOzDydlJn7QUrwph2Z/gv+EDxUm68/tPcKQDd96653/kP41r8vLUitPeZkoVQWx7VdC&#10;l8lzFJwV80XVelDiQJoWs9s372Jne0tN1H5qRhpfBmFIjRyAR6wEVa+qtq02GxZahRH1NtOjy94B&#10;3INsFgJdTbHTeIgwJxT35OLlq380Nz+TFHx8vXhPg1d4al4WgDHxcmf3iB3QRaFQ+ly710M+zqul&#10;+/zyAu4/XsWtO/fx2iuX1XnONusEBqoEQhrY3N7B6uoavr25gbmFOawsLaIxUUMhFxIwy2NZVTsm&#10;sER/u3LpInb3W4q0vkPv297epM/dxcbmAXrtY/S7XUVC56w+X3fOqk4Q2JhfWFGtYFPVOqaKNezT&#10;gt+XQ1y/fOn/qdZrmy/CM/bX/vrP/YPp6X/88UcfffxXr1y7/NGT2w//lhqn7I/C5ml8vSYmMOzS&#10;4t/vomAyk1bNmQM67q8PZI7u6tAFyaqSIcRI8G6HbpeCyZDecTZXVmPtMO5jOx7iTq+jCOsLYQEV&#10;leEWHrCRyvcjef5j9Un8mmGmrmFt+hK44ejvHuDIGhL6gV66RSthwCSARSl2GQCg9uLJ0FrSOWTC&#10;y3BqRdZ0zwVX0kj4JpaIo0w3YbgKulqSJAviVEXBVhgCJ1GnM9pqPoJ1QU83WwXIOqKkbRilhV1q&#10;X15jmAdCQgdCh2NqKh5XwOw/8AAJ/7wX9dBCH/NhEbVAV82EJ48cidEqT+xpezm+jd/6JRPCed8z&#10;2qvTuG7S15V8nj5HYpeC9Sc03u93eniTptP8MTCbD3GukMMyje06zTl83XiM9c119A1q06BPgDMX&#10;jUrJBP6xq6NwtdAa7AkjeGzb7uwlCmncs2rhN776ZUU+t4DCcissX8TvIxKZVrZkqk63zkGm11Th&#10;VR80eDDXzPFLbDtu2hMkRUxPkcxjV/lI1bhS6lymDcysR1FkKkQZ2OyOkwFcTjc9KiERqdMdUTTM&#10;CT+NIMTIdRDiJFL6yRWRkeoHPtuCvqcA5HQ73b4LCPi3C4LkJx+cHJ2w+BvPjs/WN8Obtz/+T1lp&#10;SUqf5Gn5H2aiV6lQXXbmtgJWwSpRUFybaKBerVDQnVck7OOjQ0NatBKCQ1diVznMWDdm9Ac9Cq7n&#10;lYlVNBgawp11lRWGvB5p5S1POUgaKWClNkPHUa3W+69cf+VPWHVq6LE0syoxSJmfpZV0Dg4PMBwM&#10;K4UCXi8Ui3QOXVQJbFTrBVx76RzuP1zDO+/fwstXLyGg6zTbrOLiyrT6vjQ/jbXnW3j69Cnu3XuA&#10;yUYTZ88uq5atIjvKU+BQytPiPlFCiYnk9H1xfgrt7gX66qHX7aDX6xIA6SPqD5UE8lDJyw7V+0u0&#10;wHPVpb2ziw/ffY+A0jZef/nV3sr5pS8zeHtRtn/nR7/wb/hLhTdRLFS2OY5TmdkqgcLjrQEFbENl&#10;QGjjk0ia8FPkPPUmE9ZLzRHxZWlzNnMtddVCB9QBpgh0THPwFcbYITDyiAJSjvgWKCCdDoqKpA4R&#10;0a98hoiV6bXZ+ghpXSMtuBt5dGoLLIQXensUYr+2gqRdKzjBWC9x9XQBsDT0apFEqLZlJlL8Del5&#10;+FhwYlucgkzdIFG8stnlQGaUmaSVvhWJ07qtFvkdMuYlsWplSz+raeWwdK4ldPyahMsivSqOnQMi&#10;t8fA1VGSAD1hTYSZaVMpX3HQzu1PNLfN0RiQjhbuSzDLlKEkvPrN6FQsU9AyRrpqEUkLUfWrJmm+&#10;ZUDyBZqfujTunw8iGn8DvN/u4Zt0wat045YKIeZozlikubGc09LnfF0GxsleOXrQ7vImog2ZW0bz&#10;+tCoYKlKgVIX1KTr2IBN1f4qtfEst4dWaN7/P//3f4aN9TU0Z2admawQMlU5t0ayIuUP4vP7RvmL&#10;VrUq5UTue3VYNSz7PLHIRxB4oEO4/Y0aC8YJ4IVV0Qq9aopfV0wWjSBIpIFlhjfiV14ijVY0EImU&#10;H0heCJW1i/48E5tZYPJZV8o6BSCn2+n2SRMAMEZz/rsDlz+PeeOTwceo3Ewy4evff/jhRz+8s7vz&#10;o6FxwoXpr+W1SE3+amEKTWpJt13xJFwslVAs51FnB/CJCaXo9Hz9mXINV9O0XQxE4DgnWkbXtF9R&#10;YD47Nae4FMI4qzvZD7M46BK4VsESvqoVS6HSAeYJDMzMTD+8evXyO94KYaSPEn335KYYomhm1m53&#10;+rwQnafgf7lSq6N93EHrqINKqaikdl995TIePlnDnfuPcNxu4+pL5zE3NYFGtYQJ+mrWq1iYmVYG&#10;hQ8ePMZXvvInamFbXlnAuZWzmJ6ZQrlcRqlURo2uW6fSR4fAB0sVE+5h8KOJ9rHW1mcvlQJdZzYo&#10;3N3dxofvvIMP3n6TlzVcXr4AOZDHFy5f+PYLWXGM9ShQxm2RMTtTgRGbfORQnmiic7Bt5EZ1hUOY&#10;TH4+KFBgcAynRSWElx3WLRlSSFcdgReAKks51Z4UoUxA5kJYUXn0AwI7B2xuSKBxQhQIiBRQQ5kA&#10;UIQBGyF6fA4hE2Us+ymRCX0DJxAbw3cWSUvsxh7wSCjvYoSanThzJ/K6ieVmOjBPpHetU7Xz6zOo&#10;IGGrBJmEgMmce4+YldjNuoKnHdsTUBE6M77YyWYHHq1ajuG8JH4VaXtGn34tAY+879c2NOSLTpin&#10;042nCezjd/Y4s00nVRWBx7gZ5ZsEqbs1Wph29QWPi4eM70foGR/aoHfgCXEsFnNYljkMy8wfifB8&#10;GGM1GuKbNHd16FXVQFdGzpUKmBcsLx1qoKOmvqESGSnVahqcG5M99R1WFcuaWVqX9EgF143JJt74&#10;5p/iD//Vb2NqasYF4PAq2M67QwaGQ2L9MxJOiE022SpGVgbXjr3AOZwjzQ0xyQMBkTYXtER022ac&#10;eSpg5eSt+aFRYkwn6OJ0xsrdPJkGUwYsxVI6fyxe4yI2SB0oBUPC8lz+l5Fta7bJDH+f2YFoeTFh&#10;SiULJ/I8xGfcIOQUgJxup9t3C4yQVeL/LijD+G/E3zcKEePlBLPpFKNoYnkVdrF4++0PfjEaRiIo&#10;JA63lnmaGHZpcm9gMqX5fN4tCJw1m2jUsbb2TJnmJSaDpo1LLWK8gA2MiZROrRVLFQIuTaw9eqD6&#10;ny15GIFRRTEcENV+ZcMJU/0IlBcJHUehgPMXLn55aXl+EPlrTSxHK0A2PSpHZ+xen/kfwQ9xcpAX&#10;2pm5KayurhNoKKJIn9GcmsT1a5cwQ98fPV3FW++8h4sXL+Dc8gKaDEJq+ov5H4sLc1jfOI9Hj57i&#10;/sOHePut95Wi1SSBtOm5GUxPTaE5OUngrQgm/efyJYD+xypPzDM5brWwsbmJ1adP8Oj+PWVAyO9f&#10;mpnF4tQs5mbmMbM4x8SQ/ov7rOnwLxoSgOu0UKlNalBJkW+BQF4+nkL7aIdW8KELenlRt61RAayx&#10;VwI2/FYJmYTWbvjEBh7QHaPveWVkyMHRNIGO+RAqy3wkB9iQx3hOMUeNQEpD5DHBrYLCEtylaf/x&#10;6y3SnU8yh8QuCPbVn4SjpMsRtgJGlKaSXvqsIEZgjHFijywvIBKjOj4ekXA/pPA5GFkKd9axXR9T&#10;bJSwNOD3zk2kmS5eE40zDrXgJ+srn/VHTyokGRFikQS/ow1WqU9DWrssa2CYvlNWGrWCcEQwQKRC&#10;XLhxhswVc9OQSIOP0AMsWbU2Ox5Dodv4YhON9g0gKQYhLhRDnCdAElUkdgZDrBEguU/z2o3jAQIC&#10;50vFIlZ4rBaKaKKIQZWOvlJAkebyuflZ7Ozsq8RLz0iA20BdmqRRPpdHuVrFN/70G/in/9M/wES9&#10;rhIlDhSYkolwrVHaJZ35Ez5PA3KMKAiQ8vNQ1QzDG1THEcCtHVImPk7+99F2pjSgsQaC6neRWf/M&#10;WpJVwkpAlMd7sX4lSJsoqkRHoFW5WI44yil9MUVGj5mrRo89C/b5h3WSH8goCMs+4d89/jgFIKfb&#10;6faiBUTye89EeBzw778CI09I48USjh1rlU08BZLWUbv04Ycf/RVuv4LX8uDcV01mC0GQFBDojax6&#10;UixXUCqUVFDO1ZO1J2s42N83Gep0ny+3E9lj5Bm52++iOT2n2rC49UgYWUU1dbOSVT82i01kFL4s&#10;oThJAXErVIlAzPXrr/5RrVLU8rs+ycNPORr/j+SA9HXhQIBdgDc39+hzc68KowjTrFawODeLx0+e&#10;qQWqUCpgbrqJxsVlTE3Wsbq+jrt372F9bR0XLpzD4uw0KuW8cik/tzxDr5nA8uI8rl29jOdbu1h7&#10;uk6vXcONG7ewf7CHiAKDwbCXaNFzuX44QK/bxWDQVRURdh4uV6pYWV7BNAGWmUoTBaG5OPPLS39U&#10;LJcPX1ikH8vQyGBpOU3lcK55RhGDW7puNRo7w96uqS6YTL7hJsXGYTBI9WSL0Uw1/aqo+uV1XYLC&#10;NfR6Ek9ozFRqFUxRwFGJ+8rMjfc1Q6HptCiiKyLFFdiWXTyVQ9TpnU36fZ0CwLzIq731FRBJu4tn&#10;23Skl9/XIUvkkdv9YFmmnEe8UNw875qMngpSZOK+7anzOulg4QXKCT/F1D1YEUvCE+EVKU2qwDz7&#10;sYAjutu5MRpTEfB/TtziU2cBpK6THBOepf1MkuYoP/T3ozU5crX9uhK8+oZwIJECcSW77LWzwfDb&#10;vHvoE9ORuSOR1xIX2H+7qofeBhnwMVJd8fkK5nUD80JOxDQJLMzkJV6leeuI5pZ1Gqer9P1Gr4Xf&#10;HxzReKbrQzgj+Pt/D6//7m/j6uuv4/JLL2NmZhaTzQbsPKjkZGmsdwd9mr9W8X/85v+Kr/zh76PZ&#10;aNB8V9W8QBPAJ/K60pHDXcAutXOOlOOScuOC7qR9SphBKc38r1uthmnXdNNOKLw2rtjI5drKjC+s&#10;oL1CkkVbIA1gbPXdT7KpRFgMV5XxgRPvaTAcmFY0o4bGwC2O/8ywwNMVSMkov2jg4xSAnG6n26cA&#10;AX9esdU4HPHdJ6tPD2VsXzwvdg8ePHlpdXX1dSbQRcbwTwdosSltC6X5zl9KCYQnA6MbX+AWrFIZ&#10;9VoV/V4fqxRgR9HQtTzpUnVkgj4dLLoeb1pApqdnsbe9pcv+rCuvXM31ohPFkct4WTAk3WLBMsA5&#10;5Oh4JiYmNl+69tJ33HWKnZC9l0I8AekZFcXWUY++usiXSle5HYYX3mF/iIW5pgrGHjx4qtoPCoU8&#10;ZqcauHhmDlPNGhZmZ7D6bB0ffHAD9yoVnF1ZwezctDIv5CvF0rzFhVk0Jxs4u7yAVusK9lvHym/k&#10;YP8QhwcHyniw0+0QIOlh0OubVgWppIX5/Dg7yYpb9TCPp/cf4u7Th1iZX8LkTOPNYjEfv5gPm06w&#10;x9IYZdJY6NG1K7EMNAdEFIF12sdoEDhVQePwUNG/OYTpEyBIPDdEquoBxwxIAkEFUE2gEqqsZg5P&#10;zy+j/ld+FsVqGdsPHgM376Hx7BnqdAxMVM8FJdToHtYIjCzS83AkO9ihkG9DDrBJA6pAHzApcpgQ&#10;ZSWHqvkfA30uwEjYaoP2An3+UL3WhtaxRzy3x59UQoQhkqeN9UxAKAQ8fnkqgBGZ+FykiolCcQRU&#10;HceasBllLV/FK10F1qF66DmWyE+Y86ycsSVuRSl3lBjp2ogcqRkIVz/yXysUEV/xG6TwjkSMXPFx&#10;ntUCWkqZ70NOWGcXOQr23P2SI9fzpHRTYICa7xcbSltxSQsdpyojwpPH9T7LGhQOjdx5iSa5i6UQ&#10;53hepTlpvR/jYaWGB/TVrhXxx3/8Ffz2v/xdFIolTE1PYWllGTOzs6pdlA0Be50unj1bxZ2bt1R1&#10;hCuwJXqtas3ypHGtHLzzlpGJG3oQ5DQ89RQWbZuRbyyYmATGXkVApORrfWU4rgSFxoyQW1hjY/pp&#10;AdHQmBXCyUbbNcSqMMYj7Za2JUxVZBwC8KsoaTlh5SIfRcYUUUvP8zpoqjLcu5wbXdC9ZEdKJn4U&#10;SsgxMUa2gnKqgnW6nW4vMgA5IRsh5ffG9Ri3rH4qPslJRDSe8Iex6bfVcoEyTvb54Qcf/kyv286F&#10;eRdyIfZJn1KX4VV+02ZI6b8CBcgxBercolStlSm4PsTm+jM1+UoZu9YW1VPP2STp9WvTosBgpknB&#10;+t0Pb+gAKWCpw7xeEAZRKgVk329XaPaC4NYlroAsnTn/zsULZ5/5Uo3jL6gce214Eu/2lO9wJYqi&#10;KyyJu0vgoForqUXk4rlFWmzzePR4VTmjX7t6EZiaxGyjhiad9wIt2Ovbu3j05Anefe99FRQszs9h&#10;ZWUJzWaDgpVQYaEiX1/aJytu1UoFzDTq6PfnlMkhyzZyxSdm4jkdCLul8/mVS0WV1X+++gTf+tpX&#10;sfX8Gc7MLCpwUqq+GOpXnzjmzSDN0/Ua0j0cDATK+QKNH+D48AgoDTFXqaIXHZmghMJ8AiB+yGjB&#10;xkmq1UJ4LTX0HLVmp3Dl7/5tLL5+DRFXq9pddLcPsPvRbWx+8CFyd+6gvrOPCRX45RQ4mgzLmFJU&#10;qBza9My0em1sDvaxKZj8HqAu85igvxVVy1OsQIatjEQefyRyv7fO4tKrPgBImRxqMBBkCAaBdUV3&#10;0rvCkdKlyQ4Enr9CigtiqyzSIwS7AFp6/hOZ1ikpVFAcC6S4KuNaVv1Mr7RugY5eHifePRmPEDmG&#10;C5ME/bbNLnTmc/CUwJJjlidmlKVRMBtKG+TLFKgIzG+kOcasO0q6WpWu9AhvnbBTVfwJ60M0ZnoL&#10;kZDYszwTm5eJDGiZKwiciXt4+RB4e2YKuVdew97OHoH2Fo6OjnHj/RsY9LuIhpECDtzqWqQ5sFqb&#10;wOzsvJHnNQaCIrlhzk3dztu2Yc4IOSglqiBwa0lgWm1tBcVWNHz1qtgHA+w0bsYYr2XKlR2GU4jY&#10;STY7SVzzXtWaGQemC0yq9zjkw4k43rdRHoSnguVfYLX+CMPcEIl/iZPspTWJK/88v6upQvmqhPqR&#10;kDKRYbTXzTPsFB7XRHqcoDQn3nBnMJ5T9KkZ66cA5HQ73T5724m69uKENN/3AWxGWjXkmPjavigM&#10;dFla+nw3PVnxBPrBjRs/qSZXGRrVk8QvQEqbfYJr3+KJlgnp3BrEsrsiV1DTw5Mnazg6bhnSOBKC&#10;oO8QbRaX/mCIickpAkbsfn6kF61AeHKQupQeyShxurWnxNUYc745CtCvXbv6u83JOuyale3AOgmd&#10;+QEUL7T0KdP0r0v86xpntrf3lPN5REHnS5fOolGv4s6Dx3j73Q9x9aWLOLs0j6k6t58xAb+Epdkm&#10;1s+cwf1HT/H40RO88/Z7Sid/eXEBC0sLmJ7WJPRp+nKqM7FUCx8vVpFZLPnnznEH21sb+PjGe/R1&#10;g67tI9SKBZydWcDi4iLmlpe3m1OTN1/E58xV6SIesLELIASBMibsVwpF5RJfLpVUm9uROFT8C+EQ&#10;S5rQbInocSoU9Tv1pMvi8lgIr19BbnEe+weHyiSuNNXAxNwUZq+eR+fnfhz7D5/g8OObePrBLeQf&#10;0H3bO0SjFyNPgUmQJ8BeKaIgi5gJZtEngLsv29hHDzvxUH0w80WYO8Ik5zysPpY+mqGrkBgFOx1+&#10;ea+Aswm0jJIhdPAfWl6LkKYlKl1PANKKT84M0F0lzQlRlQxpgYx1MIm0E7TbY+Jg7gCCSIDSOK4E&#10;pGcMargjGrDEjhcSyPT7fOaH7rCTjpZuPz2UcK05sTAVoTFKWsIkW2IDAkdM4cwV5SpIQQRGdDlx&#10;DokUPEnXU+TY7LRIEePtv22HKDIA4qQWtWwbmk+ojz1X9Nh1niZNbHyNejS3VgdHWP3oY3SvXlTt&#10;r7VaHbV6XVUS2DtnqACIx4tRrU/mrBUAMNBMKWfRtRvGjpORuI6bc7PgJI5TADVdCUkqF679ydx7&#10;tS75Fwkw3BRzDNY8MMV1tC7lploEzycFCeHe7tMBWQs+rEGik8q27WQSurvLUzEzPioKnKmdxYq3&#10;Env8RWFUHhPWmUyUxgLvabHCETYpIJJ1OGnHSlzhhQAkPtss9FMAcrp95rcfRAlT4M8mkScyCw4+&#10;6djEd/kc4b3A8jBo/tvdbdXu3r3zqiIJGkM1q8Ef+1owHPRzjo9ex5UPbkUaGI5CvV5TmeW11ccE&#10;JjrJhBib/J4FI7GeWENVsh5ibmEZW+trunSdy2spREtitMu9RMrNXRqyIUtBchWgVq33X77+8jcU&#10;ZySSmUKHzJx/GoQkgSWwvbPPge2VUikscxsUGypyS8/a+qaqfgyHRZw/u6SI9g8fPcbHH99SPh4X&#10;L55TSlhc0Zhu1tCcrGFhcRqXL53H6tomHj16hFt3H+Cbb3xHVVNy+RzqtQrq1SoqFfaVyKuYuN8f&#10;KCneg71dbO/uYmtzG/v0M1dEJmo1nF08g8WpaUyUKhjQta43Jm4sLs3ff9Gez29/+92ff+ONN/+j&#10;X/2VX/5le68ZfHBlqlmt6ZYLBgm0mDeak+gfHqHXP0QxF7sMOlcc4oyulLQKNoARWTjBPZteUJic&#10;RIlAZK/XQZvGap/GXSmfV4ICxelJLM00sfD6Kzj+d/exTwDk4MbH2LvxEUoPn6J62EK13UMpxyIO&#10;RZRZxlrmsUCfMBj2sRd30KP4bjPuoYsOyiwxTUtvnSVV2TTOC17jMcdnz2kIqx0F80z7FR+pVKdM&#10;YcIjhluDRo+4blplpLAZ7cSMEKY+4+fls8RtF/SKtCGg3xZmzftiITNEbeEAhwpiU6Z0djZIiPFS&#10;JvLALqz3vEeEJ/MKITMQw3y2SBrZsvNwwu2Aa3MLRsjwviGiT0BPwG6cqcukKj8ZYCZc5csGYcII&#10;ISRX3CaTIpkwdALv2sfe51iVJjvGmWcSczvtYKBbhmxgy/OpaWWN3RyeBPR+tcIfeRo4SPjFA129&#10;TkCiVpEzAbepxjt4ZEoXSTuxJ9tsiebelbbqig5Aa/KFAiLSN2aUcNW/5IGRqQqJBUt+q5d0wi7W&#10;rDR2E4EbE4FQrZl6YdIXVnkNudcious09Lsh0gv5eJWubPIythWdWKtTOuVNr1oS47QF63Q73f5/&#10;u30/D29wUtXieySaZw2Y5AlTVRacyHENJDZ4t5kjIZylAL/68YMnKztbO5c4YItiLwvpuB8280LL&#10;UKyN1KQ3qbMeUI0CaS7bb21sEyjpO8UqmylyuMdTE2HX7ysvv4Jv/tHvq8VSEfqEgxhORpHJj7GV&#10;7RXWsEooAMItSosLSzdfunLpZmq2likrZTtzJ7O1d5ns4rK1vU8gKHhFGmderoicP7OIew9WcYe+&#10;rlOAWaCv5bkpTE1Usf58Bw+fPMabb76Dhfl5nDmzpIjpHFjWyiWUV+aUY/rlS2exvXeArZ09bGzu&#10;4Pn6ujJpfLy6gTZds06ngwEFskNjcsUrHivNVCp1zMzNo0qB7gwFvAuNKRxu7+Lu/ZuYrjf42t6v&#10;VEsvFP+j1xtU/tE//PV/2O62l371V/6zX5bSugsLlItlHLc6mKhXDX8ISjWsVC2gLwv0wr4Xfqfb&#10;sGUq2BOpLHIBlqTuLfaxDqQ528mtKZzhZC+XLgVxDMzzBQLopTwaZxbQWFnA4Id/CC16Ng4ePMb+&#10;Rzex8eEtlFbXMNluo8rO6nSseXoecgRI5vN0/KEOqjq9Yxz2jrAbdbDHY5J7BOkz2X2dQUlZWJ6K&#10;lvWMvax4iERJKnQZ8UQ0V8DLDCvAEiFnKwVexcJvSnKGhc7bwfci8S324kQxS3qNUG6iSgCMDZhi&#10;ka5IBDI7l6YbmHQ1RpoqjPUo0dFs4kidboSSwvPjkAnPRHqfaZ3bhWtiEzo5bjgvkQEu+RRE1dwg&#10;DcbkyFycbjOTKYDkqiFytCqUrnaLE9cnW2kOMCo7nAlnTTtToksyoHd1lLohHG9DZ/O1rwab77mI&#10;2Xo82oqhkUe3nA3bKhuEIvGP8cjoWkpdB8++CaxMqZ1JB3KshK5NDqjXxnBE8mSaDzyxE+YG6nGg&#10;JK29EoH0uByhao1iI17jdG56i3X1xax3pioRW06huXacdIstr8UDYdr0lq5XkFP75XZLKB8rKQUy&#10;SNOMMwtjhY+1fI8cr10LYzqsnDWX8Bghn1EEcgpATrfT7futhHya13kIQwqMUbc/qS1r/N5VdkfK&#10;kQWLf7r58e3rvV63kCvkTL+4zp8Npcj0jgVGNYQmZJrgB2xExVnZSgXlQgHPn63jcG/fhSG+0aGa&#10;zG3PLf2Ce4vPXnoJAc2cx0dHSsZReoZnyqzZLgqwRnC2d1eTxhmwhPS+C5cufmVhfqYfA2MNF4ET&#10;fudFoFw56Sjyd3CVlcA6dHxckWDn8VdevoDbdx/i/Ru3cO3aZRV0zjVrBEIqWFqYwuqzDTx+/BRv&#10;PFtjMjyWlhYwOz2NYjGnFsFiPsBMs456rYzl+Rm0L59V3iLtdk95gHS7XXQ7XaUExvr6AwI+7KCe&#10;oyB0olZFo17DgALVN7/5Ddy++SGmCHzU6xNoTDVvv2jPz+/8zu//l++89fbVay9feZSkaoXKrpYJ&#10;BHcomO+2u6r1ajjs0XVrUaDAZoQ6lMwFaQUkT0xNyzp7T1OQNEiY5ELCLYgH3aQ9yAYfRmUuYglO&#10;uoe9Tl+Naw1GipgmIDp9cQXRj/8lAiO72H30GHt37uL5R7eQe/AEE/v7qNMo5pa/XLWIoFZBrUpf&#10;7ToWaWwM+nRuBKIOojb2hn3soK2e4Tw9BxWRo2dRKFnYokiagCKZEHVDb9jnvCw8AwTrPTIUA695&#10;ydY2wtFEi7CWfeKEh0qYdicDAcwk5uYn4btzj9acLYk4kOnqgfCarixPJUa6HSkBSWleiFfjSGR+&#10;R+ZJP2BPkiXuPKDVpbgFKy98XS6B2GtkExnwYenPqWqKZwqZZNqTvImUaetJ6VVBstWYUS+TrGOK&#10;rjpHmUQY39kBg4wcBdT07Oi0up57eZ5TnL0wcIG3TRJxUigxBfQ8OUQCR5Hx5HCKVkDK8sI3HvTb&#10;rnwDQeFl4xJye3IvtUJWrCruGgRIB5jTWUDtF+SI5YajkgVfNrGhrnkk3fnwcx3FA+XDMhwOnYFh&#10;Pl9QCngF+m7PMRLStUWlVMxEuuYWjDRtWzK/zRsaZ3rDn9JcGG8O8+65+PMyFTsFIKfb6fZZ2SQS&#10;jfLvHbGIMct7pjg9qoORKb+IIMmp2VYF6/9x6+7tz8cyKbHH0usJ1y/0QJHOsXIlgLP0+WKJAqy8&#10;mkgPDvbROj6w9XTAy+rFMq3QxX4bFy9fwYPbtxJyK0skcgtWNFSLgwIdsdGft4ZWQhgHdqgJnzko&#10;L796/fc4yB/KETSWVH6EJy8j02kmPr1ooMEOvfQ8X4McnVOr3UGFyfXlEj7/+sv4+M4DBUK63Q4d&#10;3wrmGjUHRM4szatWrbv3H+Ibf/oG7SdU8rvLZ5Yw3WyCncr5i/v1OXBhgnm9UiSQM3Q8ED4eNndk&#10;fg0rjPV7PWxtbODtN7+F999+G732EZZn57Ayv4Lm3CzOnl+59UI9RXSJvv2tb/01lvKUsU4o2s4g&#10;dXe5f50C9sPdQ7pvJTWOon4HUThQY53J4CGQdOl7hbCcJ5YWenWSwLVdSFcpUb3oNDb4qQjDnHvq&#10;tLiDCXlNqzqD2D77ugRd5JRcdAF5AkpTBEKnLp3B4Ee/gNbWLg4erWL39h1s3roLrD1DdW8PkwTM&#10;J+kZK3BANuRjCAlklFHLVXGuWUJf9Og5GmK7e4hjAiibUR8D+l2OK2g0/iYMMCE4g4JIS9BKUwHQ&#10;gTUBeRmqViWv39Gra8RJwA94FGsrwysy/h9p0z8p0oG/m8eMJ4ocm5zxagXOJd0wWkTsTOfilDmi&#10;x+uQo2mflI+JTLwjHAfAc5KVGYUufz/Wo7UoRo0O/TpNkDkmeEmkbCrcn7IC00rlEkWZeT8AUn41&#10;UcZtXmRqMLH5Y+QdRuxVg3sU1fZCqccIqxf6HhQZXwxpnNDTra2BU+GShlSePlo/bW+uiJfiH+e3&#10;kQCBOB2wexV0Vx0xpq1WNcu20QW2KuLtU5j2M+euLr0mY2lsSA2QUfeaLl6v30av01MqYJ1eG4Lb&#10;1FxLsfk8rnYwSb9UQZXWpMbkJEQ1VMkl3t8wNtShkWXa9SN6xje2tS1I+50k/HXvGYJX3XH0tlMA&#10;crqdbqebt4x7vDm/S+i7BVxZd/Vs1SPILGyZOAMyi1q8zBEHSEdHHTx6/Oj1MKc1gGIO7oQh13kl&#10;YCUtyIF/qEmHwpDYgzgCv7Xdj7D6dFW5gwe2XSojbsqBinJAHw4xOT2DleVFvPnVL2tCO395/BSV&#10;1bMZKlMWEV5XtKDAqkDvmZmeffrKy1ffHSkFxRkAZsv3I+UQHWQe0nU4Ou7UCqXSuQEFjA0CF8+3&#10;drB3cKzkdGdqVfzw567jAZsKPniIrZ0dvHzlJSzNTSkgMUtAZJrewzK7T9e2cJde8+jxQ2VUyMfd&#10;mKwr48HZqaYieDIxnU0cS+WCavfqD/roHnewu7uPjc0NrD56gieP7mPz+YYiqE/R+64QYJuvNdHq&#10;HHGv9sbk9NQHL1wFUYQDvpVcdXNGgcYjgN3Qc3k2VCuge9RGKadBds4YWyovAxOuKiM3GXttLcJU&#10;OcbIwYpEXNWqDMUUWAh6Vhgw+54DMAaZbswasitnjFnljB3v+VliHhBXRtTYunQWs5fOYfhjX0B7&#10;v4X9tU3sPLiH1dv38PjJU5R39lEbHqIx6KJiTBRlkT63WkJteRpTtK/ek+cYtFpKtvqIgMix7KE1&#10;HGAnZo+ZnjqvosijTiCsRP9VWUGNQHsYhYpQPBQEqGLrXQCXVfZdMHxYAiQmgrFIgt00Z02k2oCk&#10;UShKt5P63uQJSAks8LEg0fE1Yq8iFTuFJ+26brL0hlsiEjdFdYyh07eVToI1Rtq0zhrCBrZq7OBW&#10;UmOJTJUlcLT/xKneTj1+KxQyv8MI0EqzziMpU1WO7NQWeceqxAWMkaRfcU4R3j0FN6uYJkSiE9Zh&#10;EQzV7hSobL4Lqj1CePa7Dv49cCekx68xK5PN4jtUNAZ0BMJTqtIBvXIlj2KnjpWtGth/81pl+R/O&#10;48arYNi2Xev9YeV9rZu8VtAKde0qjk2bVaTWxSE9O4eHB0rVsdM90lVNel+On11uu+QvdYH0KOBn&#10;iBMew/4AnaMWWnu7OCoWMVmtY+7sWT5gptoMEmCXJABTqmhq7HpKc361SyYcJTdcJFJCvBpYag+t&#10;UwByup1uL3TNIx2COw+8T1kF8Tkg/j6B8USzYMyi5cou0it/20CJftzc3C5sbW6dC7ln1VfIEtIL&#10;9rU5oAVD3KeudNfZg4OCPSakt48OsLOzrQPB2Jo3eUccJ/K5bLL3s3/1F7C/+Rzt4yMUimWdQVLq&#10;KEbql7OxsV1IkmDOZbLYAT0fYuXsuW+vrCxtJwJd41NA7rxF5tKYV+/tH7EqV7NYEWf4twMCSctL&#10;83j4eFX5cRRLJeX98drLlzA/08TNuw/w1tvvq9ecP3cGM5M1lIt5TE6U0aifxdkzC9jZv45nz7bw&#10;+Okanqyu4aNbd2lh2qMFrUsBaV9n2oaxKuX3ePHq9dS14Ra4IMirTNqZ85fQnJjE0vw88r0h7tz5&#10;WB3w3PzS7tzCzPqLBT6A+kRN3WGuFJnIxYW/QagDzVqjiv2NHSVtnPNDYds+GGfbqpBa6MNsAG36&#10;z227iwpM210XqQZm7MZWflZoM0RbvXMuGbaCMmTS+gCD3gBd9isJO/QM5FEoFFBZnMXEyjzO/vB1&#10;dFtHaNF57NH42b3/EPv3HiPeWEd+axuVwxaa7R4BEoGJmQaiIgWPwyqBiBjTtM8pPuZIS/ZGNH6P&#10;oy5a3T46ww62o30MBxRMDVmeh8YZfW6Zrg0Dkwo9y8VQBzvCEMK4hS2WQ9fvb6tB1kHe0rGz88+4&#10;bpDYI6ZjxETQJ3tL+D4Pvo2gqgDItDu8AooyA268A8gZZSsdxAXOAd6+JJQZJ3OjmCWFV4ExAgWR&#10;2XnOa0/1AYYYm4Qa3z4bW1lzgRMsFUd/l1ORbBYSigw8NNXslG2kHKOgxRWQSHl/qCnXM2ZVz4eq&#10;SNMYUsDAr1Sk3bo1TyKpMki3mAgXaCdVcen2gVh6FZOEV5LohQiv1ctAYYe09JkJY45rlc9cdd9V&#10;/mWSzHOcEwMshVSGpbrSwhyzLg7393FwuK/maf5cFjqpVstKJIUrmCypPpSxS5bFlqtI83g8oHl8&#10;QM91v4cDuq5vvfsdLJ67hB/7G//eMCnB+4LPSXLM7xpQQCTwalmG5+H7WlnCuV3zEmWsz24Z5BSA&#10;nG6n26cGHkjRBr+X7iuRynCMVkKy2TSBkdTamDKLdGUSu7SvPn22cHR0tKDkb6Mo8dywi5kIjda5&#10;LnmrXnJuEeJeV06zsBJVoUST9qEOnl2wFSqTQcghnFaI4XXUGk1cvnoN//f/9k8haFJXLrqW/CEN&#10;7yM2xmyJJXNiQMgBXi5EoVTBy9df/YN6raiBndOvlCffmDGBAW9H7Tbvd5YWwwYrKLG3SbEQ4Nrl&#10;c7h156FS++KFcnY6xMWzS1icncLjtQ3VcvXGt9/G3Nw0gZFFTE02KJDUnh9TEzXVErRyZhGfO7pO&#10;n3FMQKeFXQIhBweHOKQAk0v0/W5PET1FHOm+d25to2tcq1UwOzOJOp3n3Rs38K23v6nat65efAnz&#10;SwvPaXGNXrTnq1godbnNISSAhowxnpPNzFFQTiCktd2hsarz1zkkrSuK5K/s8OJUFTHEqIS23xce&#10;2Cw9Pw+dDkuuISwWNVfJdPpJj9QtvX6IMEjaVNiKIPACi4gClzaNr7boqnGd57FN+y3U65htTmL+&#10;2iVEP/Vj6BLoONzawf76BrbvESAhUCs3NxES8K91epgigFHsD5VRYb6cT7LPkUQ1V8ZEiYD+oEa/&#10;oyCJos0B/bE96KM97OJIRthRpFupzqEouF0tpySG2QSzGJdRlXRcXDVR5Bc65/6Avg+dBLDKAlvV&#10;Os+rQ3gWb9IFxOnsb6yqI0lF0jZWhao9zGSZvWBN+nwSIw1syejSI+NKYVvNRMpYMTYtaMIDRK5t&#10;yfMX0e9NoIVU42aghY588nqmKh1nQIdflYhHpiVTQTFtUn4TXFZwJMv3CD0IFuMEbwivapK1tlNt&#10;guyrwR5FXIWOh0kVKkBC7BY+zyOtFuXABBJzQbtm2F7EJDmEtO+Fkea1FRKZUSj0f07armylRLip&#10;PpYep0j4HEfzfmtEKGSqXTk22YjBoIOD/T01N7OISj5XoLl7QnG32PskoH+XwoJKFGhqpBaf4LWQ&#10;xSP4mVXgaRCpytzRURutvR20dnbwrTe+jv+k/auDMJhL7oM/fjNS8YF3vkIko8fiNOunkrwve28+&#10;u/P/KQA53U637wIcgLSZacrc9HsAMunM4UkZxe8l1yFG0pSPHz2aHwyHs2ziFuvIXsnj6v7ZpC82&#10;CDQwUYtuLFVGjP/EKlTMYTjY30e729HhhJocIyODGChitW1NaXXa+NJf/xIe3rmF9fXnqJQrRk7Q&#10;ZLZi008dmUyrzTR52UbVVkOfO1Fvdq6+fPWrPulwpHzkSzmOY52ajbNWuXzuIi9IzP9o97qodIuY&#10;nm7icz/0Mm58eAvv3biF166/pHY9SwHuD107h3PL83j45Jlqy/rGw6coV0pYXl7CwvwsLWBVhCoA&#10;GlIQR2+qFJELBRrVErpzM+j1hqr1asicF9bOp5MvFXO04FXUgtanY3h0/z6++q//AE+fPMAcAbfz&#10;iyuoTkyweeObFNS+cA7olWr1mbr/+ZwFpTI2FYrAqOZw5r9A4C2iYHt4tKvGE7dhhV5W2HppKClW&#10;Uw0UQrjg0Dcl9KuOemjRq1sdRHR/Qvocyx+QjtRufw6SrKubA0zGVib+BS63q9AIt2rFrPZFAL+t&#10;xjlzrfh8KwRGqwx0aQzGP0OA5KiL1uYWdh6v4uDpmjLBHK4+g9jYRqF/jGq7g1o/QplOsNI2j6XQ&#10;rZTM3coxZ4bGEnOp+DyCShnDVpdAcR/dXkdV5bpyQM9CG3v03PYo8B70YwUKinGIUsxtZIHig1Xy&#10;FIQRJstxV0yew3QKxFQVRrdCRSI2vuQWSkjn95Mm/0qXdRHmeqnXW7dJmWT17ZxmxQB801SkZIel&#10;kxcPPHI8MiR3JzsgE04Jn6v1zyiXG9iia7HR6+M5AcYrlbyroskUZwapaoQYo4YVI5HKjT1xQmRA&#10;hsQoByTOtHuZQsKY7lOZAj/x2BVE34c+geCSmdNhhRWEDdxNFSGGRzqXI21R1kgwmXb1SYWm8u6L&#10;HiSmUAbYeaaDWc5H4jViwIobO8LxJKzkljBKW8rskHuDzbrArYm27cmS3DlBxopVh60WNreeqwRa&#10;qVBAvT6luIV5+pnbgzkZxORyrlAyjy8wz3gUmzFNnzeguZw5XtwNUC7XsLByDpO1OgZHx3hy7yHW&#10;NzeuvPbKxb9MH/sNYXCZCNNrs18Jcc+D8yCRHsFcdwrYaojThhPiMz//nwKQ0+10+17RiJ/1+B5J&#10;6HL8rkZ+92mKrnKMS+rjp6uLarozs6L0TAMt+LAeIIGTWoyVvGmOJmbWjT9ud7G3u0cBH5PzAuUH&#10;knSmBkZVi2VtB5iamcHl85fwm//LP+FstnaVDQMj26vDBv45Nq7ntoXFOdOaPmUOyJZXVr7z0qVz&#10;j+BViE7sZRgzOfvL8ZB7jnP5S7yoVIsF1avfarWVC/nMzDR+9Ec+hw8+uou33/4Aly9dQP/8CmYn&#10;a5isl/D56xfpnJbxZG0TH9+5h3feeV9VNibqFQIic5ifm0Wj0UCxVKbFrQRR1y1q6hw5+xjpNqwO&#10;BYytg308fnAXt2/fwl362t3ZRrVawcWz53F2agHtzjE2Nzbw03PTbyetCy/ONjMzc7tg+ULJyp20&#10;hXAMH2kvCq4mDE2LhOrfNkFVINLe1IGTdj4hmWAAjsvec0DU6SLuthEGMxBxbFrRxUiIF8dJ6kCY&#10;8Rn53BMbOIchnGVBKHRPPY+PYYQu95+3IhwVcpiZmtSZXFafo/FXmapj4dplZbbYI5DQ2T/CPo2P&#10;w2eb2LpPgc/aMwwIpOS4StI+Rvm4h6YYojyIlZxvgYECgYQo7OpzqORQo/Fa6fYQ5Evqug6Pj5Vq&#10;FnfB97oD+v8QrXhA4KSHfusQreM2tvdbmhuhzSHVNS3QnFGIA1V/YmdoBjwFbttk5S6uQkkzN6jv&#10;2pc9zOsrz+2dqq1HmtBZxm5+0ngiSNcSYu9aWs6GSKS3Q5FTlSdrisqBKRvs8dloBTDDBZCa18HN&#10;+qwCyC1sXf5/DmDb+1iLOzike9rkKrBJ0sQp+7fxsrtp0JGMr8h/jxw/l2eFR4JMRSN2laOTOSZC&#10;po9DeJWXXsTXPafGpZqLocefCuKlrk4ZuoPjXMjMQpYAj1GAE8XS0zIJXBJMxnGqtSpFcjfA3bZQ&#10;xZl+tMCTpYWRy7V2IIFR71JJrNh1XmpPjsgAEOZ59LtKDn1vf0+tK9Mzs0pdsEDjPjaVBOaTVdk0&#10;NJdXwin9fo8JXfqa+A2cKudGTwj9/bB1gGB3W3UGsDz7y1/8EW7JnKJX/SY9u78QR9HH2p0wARG+&#10;FLi56DYr4rhIiYSyTFFqEvlhrxp1KsN7up1up9jDchiC4NPNCL6jayqRnwmas+pXn4RrUhK8loBO&#10;x9PrDvFsde1iPie8QoE0bfWJhGDay0+Taln+lsGHCt77unzNE3NijKSJv1K5mMcqwGhTUP6lX/wl&#10;vPXtP8X+3p4KyFUZ3U3gJvPp1Fc08Imtl0igW7tU+xVN7leuXfnK9PRkFJlzzFzEtJ7lGPDlSJ30&#10;t529A+71vcj/Zift+dkmHq8+I1AiUCoXMd2cxE988XN48Pgx7t65j43NTVx56SKW52cxUS2hXi3i&#10;+pUzuHR+Cetb+3jw6Anu3n+MGx/dwTe+/gYtXF2VkauwahhLs+Z0E86QgE6bAsPDwxb29w9wfNRC&#10;r9dDjhY8bud6+ZXXsDK/hKlKDfdvfYzdgx2cWVhBqVTqvojPVaVWXQ84OPVb3s195pYIVUHodNQ1&#10;DAnUcetTaJVloPv2rSJb4DkIwwsOQwGryu/GkfUH4feotsBhB5IAY6jAgEY+SsGNj42DruEgMdMU&#10;0mQydaUkZEBkqxFGVlrEOmyWKakbQ/xVJcKAxkYHFXpmarWSbt1ioKWMAjVZuzhRR6XZwMzFZcUt&#10;koMhegQO2gcESgiEHDzbwN7TVTze2kaXQAp2dpBrt1A6HmLyqIsmHUOJPut4/1DJGBeqMQVRZfVs&#10;DWwkR+O2WKNjmFxQgSV6dPzDHgQFXpKN7NpdJfXTp3EcDTn4DNCPegTwjyFYYhp9DGnfLQbdnZ4i&#10;7goDADXpXId1DVHRwMQCNTbKi1mideCqFrH0gJoFnzLhJPRErJzJuzHLC3eNL4ySztBtaFxpYjlV&#10;mqNqnOUONPfNVsr4finrVTaepPkgT+d4pdXHNj3Dba4MyIT7keURCYzyOLI8mdiHCaYKEn9CQkl6&#10;UFb4LufwnO2k9Cp2Hhw2LWqRrR/IBLwcW3d4xWrXgsLOX8cgB6fEJGWKjO6DB9uaFat1QKSqIlax&#10;KuFh2HY64zXj+tlESh49MVMUCdBTPiOBq4aoiqICS5ZgHukY3oESfczKBNeQu9tHbWxsrKPba6NC&#10;c2u9MYVGY1K1UzFwYX5hlZ61XCjRabex3z5Ks8WMIiQDYUvotwBcKeMJ7Z/Cnk+bG8/xdO0JHj/6&#10;xTN/65f+g9+qlks/2+31N6U5f1v5UOaggRi9+VaBz+vjSziPSBkQJ1LIpxyQ0+10e+G2EQUSJM66&#10;nxa5yDiJm/2Evq+w8l2KLSOVl+TgrFIPsH+4j+2dnQucMdKeAYHOfEldaeCJPPCckmEm84gWb5YX&#10;zYUFRUhn9+5e50iTB0OeJHQGKo4S06YWBSSXrr6CLgVEb3/nDRQLBR088GfbxYIXNdN6JaX94LQM&#10;Ix8Xeyuw8/or11/5g9C59XqGgz7Ys8S9+GSIxvyOdqfP1urLQT5HwdZQtYVduXQON+88ZFxF55rH&#10;7HQDn79+hQDAgiKhf3DjJh4/WcW5M2eU4WCtUkCeDmhhbhIz9NrXrl/F3uExtrf2aLHbxMbWJrZ3&#10;9wl87aPVYnfurg5U6TrlCxUsLtECWOQSfolATV1VXubpa3djC1/74z/EEd2vl85ewJkLFzerjcb9&#10;F/H5mpudXeN+bFjTSiFUNw2r0gTWh4PGpqSggdsAw9CrdKR01ALX1pAmn4uRADKQSb+/pXVwsM2f&#10;oQIc+iU7mv+rP/hjfOXr38SXvvQL+Pmf/XF0Do8SI79AeoGXVe4xlRdhmAjmYKxErGVOCNu2RQfR&#10;JWBVr1dMP7hR9bGKdRTwsDIQA9wgH1BwHSLP6ms0FqcvLavJI+oNMOh20eNq2/YufW3jcHtfmSTu&#10;Hx6CBhmGBK6j/SMU9lsoR4eYKBbBmmMFeoby3B9PAC9/sK9baVhVq1ljAoEiu8cFrso0UaWLGXXa&#10;KBRrGO7tQO4cmECdzoWAdViv01xRQry/i4iOIWIeFGeWA53ljaRu81Rtcd0+nXseYmlW1SYGa5uQ&#10;vaG+N/kCSo0q4v5QccniQh5RpYTD9TXUDnvKCC4IygRGtbR2SH/L1fnfsQJ9BZUhovfS5zOnRQX0&#10;9EwqZSkZqBasiCu68xfROtzCLiscMXFaGqPHzNwvM2uAHDNH+4K0WQUsMaY6668r8djXeGpfGKdE&#10;JlO1GV3Fg3O0b+eF5vMZg7/YyNpaMoXITKXq2bElDc/nwzmjB4HjXLjqoQdapJcgEl5kbR3F1T2P&#10;IieaIj2wYvNhsdeyZcG9bcWyFY7Ua5jnEev17IDG3B6Bb640zswuolqfVOahzOdgMF+pllW1btBv&#10;43gwdEanSUt1ktCTxkhQHWNsnGCEBjmhWd8YLO3ubOA3fv0f4c0333rlV//2r/zPr1y58Dd7/WEk&#10;rcpjJndmZaNTbqk+9Mw6qfq2l6c+IKfb6fbiVj7S4ON7zEUYol0KOHwCuPm0+5TWpMhM1vzj/v4h&#10;LapHF3niVe7lNiMcWB193S+ugiWZ9GyrvmzmiSi1nCGOW5pIzRMttxMp0iH3vki9kHMPOcvuXrp4&#10;GX/KsrvQ5HUR6iVcGoUsm9GKTRVGpmSDNZGXP7NYyGF+Yen2S1cu30hWfivbkgEfVo1lXAXKJHXZ&#10;XIp+DiPI6VI+VOonbBDIHI5Xrl7GxzfvKnUUXHuJ3tTAykITCzOfx+rzHdy5/wjvvf8BAbE8Fhfn&#10;sbgwi0atprPhFNiUaX8Lc01MUZB27vwyOp0uBZED1ePf6/ZUWV+pp3Bmlw6GwUe9VlHtHTubW3jj&#10;m1/H++++gyoFgZfOXCCQUyeQUnh/cXn+zov4fJ07t7RRLZeVf7Gf+OUbyRnxPFc8WMZTkcEjU0FI&#10;AERom2Kc03VWZS5Z5IVxQI8zWW1FlWKhAgKRSoY3jFU18AuvvYLF2TkMCcRqPgntJTSAQiaqTKpN&#10;xM98ei1kSTwZ6CErPLUj+l+fxo1SoAuMKWhsW1u0OESpWFDHPBjyGOujN9BgmpMAQS5UGdaQAqx6&#10;o4bG4pzxMqBgf8DAhMbjcQd9AicsB9zeJ2Cys4ejVgv7B4foUtAW0N8Ft57RvkMCBnl6X77VQdju&#10;oRSyYpBAifbHnKdStaKDe+bKmGRGn65TuH+AIV078HXiY8/zPFCAoHPLSabwRsoZXl0ubusMi+r8&#10;IgIefD1qIDBCzxvMNcaxvs+c9Aj5b4KOaSBRCUoK0CjTOX7lkEDGURfyeN9wSYCelTuVSRDHiHag&#10;BpcOYCO2h//oAwJYETo0b3G7ZF2IEYJ4dq7GiSDAAwDpvJB7QZwp4CYwQ45wQmzkKkQiI5ysRUml&#10;xMb6tn2LQR5XqwhGq8qsMbNRLUw8j1sXdE1IF+7AnbgBf2bow/rYyBsL4/CdlpG1LVeWRyIkUgR3&#10;uwv2eXGGhA5dyxTpPzlt6Y5LenK+PqeEKzI6IRYr4LG7v6Wq781pmqsnGgRi8+r50FyPPK2FPRwd&#10;HWuie67oyO4JUPDO2OW+zDoV+GamurWX/2NT2XIuj4/few//xa/9nS/953/37/y3v/AzP/Ff9/q6&#10;UioDu4/RrmGfR+ZkC4KkK0DKP4O/2CkAOd1Ot89wJSTT2vH9ZCXSGa1RMCIzjs4jXBORzrrZP+Vy&#10;OVEo5paPupFelIz6i1PvF0hKxKo1IjQ99KGasHlxYvJ2u91GP46SNUSRzvUC1mYibL2JV177At5/&#10;+9uK58DBusnxOL6IzQ67DJmInV67rSLx5K6kf3MFXL585U8WFmbbcfwJNyCxtx0THSTRq3plKBoy&#10;jqZ58S0WimhRoFIttzE9PYUv/qXX8e6Nm3jnvY/wCvfbx9OYmajg4plZrCxO4/nGLj6++wD3b9/D&#10;B+/eQLVexcLSPOYpGJ2cmFDZNSYwcttapVRS1y1SuvNIZE1pEep0Otjd3qZY533ceP8dPLp/T533&#10;8sIizs2uKIlVrqJMLy2WyuXi4EV8rmZnp29fPH/hvWHUXzEZUu0Qk9McJRqZKNH9a4tj4/CdEIoD&#10;vyJoW7CQJr16TjPOY6RgAibpsp+MViMM9g7Vs8AStXwYzdkpyHIVX/nK1/H69Zc0V0NDJROw6Taj&#10;wIINKaxdApyLcapsKVNBjnWbkOahNzjFJBQCZZrJYgYDDvplksHmVinuWmdZXWky2GFgVO2kbl0L&#10;CTgUamUUaOzmDCdLBW9DLS/K/C4GzINeD8PjHj3HxxjQeB0QIGkTQBm22tg7OkRMAHt41EbcbhF4&#10;YN5EG0d7LQyePUeDArgr8ysQNAfEx23k4oACCol8Kafc3EPVkhbDeqaqiklOV1OVd0pOk28DW0vh&#10;jDYdZ5+OwVZ/GNgEnPWQffQDS3DueYpctt3Fl3X15lXXdmrvhwGiHJSzZKuMFOgpIMh4vgrPEDFr&#10;5yhH5vERo0CMGgn601TSsiU8afdEcUsaSdYRD9rMz6PqXAId1vUaRsgFeRWsB27cxM7ozomL2M8W&#10;3nn78lMycanXFh5xAt49iV5XLXFqWrH+2VQuXNdAkIgCWDGAFFh310mfGY/pKLIgxHiBqCp3n+bW&#10;LeXrUa81VEKsWKka1TkafwSGebh0O8cE8jt6veNWKnNc/pUPvHETBCK9vthjtP+FmufESS4WGyiV&#10;iuge7uO/+3t//786bP3ad37p3/+Ff8Fmotk0o+MwwSmNp14jZZq35lImp07op9vpdroBmW4gL8nz&#10;SdmKkVjZOfOOtl75RlMj78keiFtgEwCyvbFTD8OwwYZoQV+gN+i5gCy2AZIlB4okUIuMShavYvkw&#10;rxWIOGOliH96MeGJmbNI+XwJF6+8gnu3bqB1eKDIqMpjhCsEOiozyUdtFGeP1XcPDmy2kbX3aVGo&#10;1idw/bXX/o1yP49OqnxgvC2sFwHYLoNOp8fKP5OlcmmGjaQakxN4vrmNzZ19lIqahP6TP/4F3Lz9&#10;ADdufIjtnXlcunBemQ/WKOg7uzyD5cUZbL/6Mh48XsWd+w/w3ns3cHRwoAi45WoR1VoF9XIFZZZC&#10;DXWLwYAWnlbrAHv7B9jZ3MHW5jp2uV2FAj4mni+fu4iF+SWcn5vH5uoa7jy8g3PLZzAzN7f+GTe8&#10;PXGjQKH/Ez/9k7/1la98+desa7RVsFJ8DBpDBVYZaxPI7QwNgTN5WvKB8eNRfJBUA4tr0Yq9Soit&#10;gISAcz9Wz8JQYri3rwnPAZSp5O2P7uE3fuOfETi+hHq1hvZxKwWsDVXEU6xh/oFUniFW98glCCyA&#10;8PyDTAnTzREDk6Xm0y4Uc6qVsNvuolQpeePbr6wIE7Ro1aE4lq4CQkPOkIzN9TSBlbqmOW2ayJUT&#10;3nEoE16LOj0lIU37YOAzMKZuvQHadH2O9nZxuLGHO1/7Or76L/8vbPTaaObyOBoemEQGfcyxUKCC&#10;heKUipm0ACRQwZcGlpojo66V1O10LAm8wIpD5QIG7a6RORboM4VcxH5TikcAlx68DJyxm08kl9ZZ&#10;2oECnYUfKk6JxEBK1aIjPLUtgaxzedoB3bPnG23REkmhFmMq3DIdlqZABJBW2opHQI4+kmGmsmKP&#10;kQF2L9ZKYwykpakWWz5FylddSpf7V4IMnuqV5usZ525ndgi3fqSqFdCJl0gBOzOGbEXEAAlLrLbC&#10;DZZ8neWdWCAaO0K74YHE0vmXcMvwxuYageYumlOzaDannQocJ4c44TQc9nFM65VSy3J+JFKBWa4s&#10;8hjXjuvSJSMKpRLN4X0HXFOiFaYak1P8rdhUaKTiF/J1C6Nh8E9+/R//j5Vy9a0v/fxPrnKl0qq8&#10;uU4EGTghBWme3RTJ3yhSJpzL7zPTeQpATrfT7bNQ/kgqEtnFJP6U7uc+kBhX5hef8O+xaluJjqFu&#10;q6Kt2+1OH7c7E91ORwUDhXwRfdb155YkS1w3Ubr7z/zME3ORgvPITP4qU2TbQejtB4ct1CcaWFxc&#10;xqN7N1WWNGfd1HOBep9eABPzQemUbuLMcetJOTAl8vm5xb2r1658DSZQGlFecQufHJ2OvXOy94YB&#10;yDAa1sJ8rqFL9QNcOLtEQOIxnj7boMWqiPnpSfzoj7yOtWcL+OjmbXzrO29jZXkJ51aW0JyoErDI&#10;YYYAycz0y7j+ymXs7B3h+fNNrK4+x/rz58rd/PHDNRwdt9HrtpX3g+a7xKp3nRXBJqYWsHjmolLP&#10;mmk2MTe3oFwHvvP1r+Hhg9tYmV3EzNQ0pmanbooX+PH6mZ/58d/6+KOP/2NFwg5EDJPNt/KuAYFi&#10;dps/6vVMH7WR2hVJVcM2WsUmzRx4Tsq+7K7zDkHiJ2KfyAEbb3Jgwv3iFHhfunAW/8N//9/g9sNV&#10;7LeOUMmHyuQtqbJY0rJIuSFLmfTLKyKqCL2KSJqorEm+0riz6353xX+hn/kzi6r9S6MlBU5YRlZE&#10;Sd7c9O4r7rwLJr2+cqUYlmQ+rPxtFFg+DP3O2CwLQx4WuZzafyksq2xysVhQZoYMsN/72hvoRm2c&#10;vXwGnTNLmN9awwxzdHNV5/WhfBgQO6KxFLo9iDFQnj6/T9eHw7O8OiInoIxWL8Z29xCH+QlcCidU&#10;Fj/0wm+ZksdN3Nz9jvkg2z+fsknUYbolQg+hr40CPyOO7mOXAQcpx/FCsq1ZAdIckgjjqxlizArg&#10;K2NlE1RR6or4ySypqrADCSX1rHxXQuEUCN0xWn8JA06cu7jHu9AtU5Z8HnhMKs+h3SOwO4nqSP6/&#10;7L1pkFxZdh527nu5Z1Zm7fuCfWkAje5GL9OzkUPOkEOJ4iJKtE2HREsKUQ5RtmWF7TDloBWOkGz+&#10;kB0h2pYVIdNSSCbNVeQMZ+HMNDn7dE93o4HG1lgKQBWqCrUvWbkv713fc+76shLoblmO0ACZPRgA&#10;harMly/fu/d853wLmMD6bmN7R6itl26dli63M5uUrp0buXLewvfQbjdgc2ONKK8jo5MEQOKUZSP3&#10;Epx8oN15tVIx7xnMBExdm205oQiZtvGWJxHBR8QMRusYQQXxevKaxsyiNm+ZDC56/+IeSnow/du/&#10;9Tv/89DQ4H/46vNneL3RlrIaCO35YZ41du7Y58IOy16TtcIBeiL03qP3eEofbmjgh10GjOAOohSu&#10;bqLGTvDhUrIO/LtDLg3VaKbZag6IRTg/0D8A++US1Oo1xS+PUWeSk7NQ3FKwYh4VRzRWjktKEeaH&#10;NFsNOfYWOxQCDeS0j46NQyqZgtXlB2IBrxP/nDZK3zOTDs5tH4+ovjzqnq+j0Al8eD7RrxAMHDt2&#10;4jtT0+PrtoPIup4UDp0nkHdFbGSxCbwgthaPi42tVm9CLpuGM6ePwZXrt+DmnXvitY/BqF+A44cm&#10;YHp8GOZFkXl7/h4sLTyAweFBmJ6ZgqHBAqRicQI+fdk4pOamYHJqTGx+z1D3rVSpkWUpuoE1G01o&#10;t9piE2sQ7QQ3Kgy5ymUyRNPCr1+/ehne+O63oVLeh6Pj0zBUGIS19Q14DvjG03x/jU2M3v3Uj/zw&#10;r4nzx8T16nPl6kbFfCDL2lRGFLh9LagVN6XZgZM+LHMJgigtCzotUlnH5WRHmdQ3x86tuNbJNSju&#10;q8KjBTfv34ev/en34Md+5KNw/txJaKDJgLr3QjWBDExCdNQtj7lHyXTRKrugnuYlad43limBFLBm&#10;RBGFwLYpCv5UMm4oK5blpexNI6WrZ24Lz94wTomqBOC6qaB45qiPQC69ddqR3+epwrDdatKENCFA&#10;dCwhgUnx7n3gW1uQEtf7RCwJeRbr0NByAwVUL109M498KHpC1dYFmToPNahDOYhDBq12eeislaEp&#10;hT2ndLdJEvrzhMisgkciDpUNrZ6iqENKav3JI6YVLrgJO3sjcJBS25ki74IHr+PfO+lXJs3doYFZ&#10;A3VuBsQBtytroMThaDwSKNBgNRTchATKj8dzjFG4EYcHQaDWdGf+w5hxP9bXBlNhg8yZvoMLOpil&#10;wekGQOjcD6ErcuBg9CGa0kUBmGT/HlKmkgYAgbgWNzYe0n0xOj4FBbF+kg5K7EFI08Tfy5USmah0&#10;s4mx9F9zmdqsFpyKODbCDKJiT0OtBWkHjtelpO+Bcr6TzmPQqv/8H/zuv/ncyPDAbx2dmqSppo7d&#10;DLlnKV1uNorSSuIxQITSplz0+JMbD9UDIL1H7/E+j04jJjAL6vs/tNjPpdVClw2sW6frUROQqLbV&#10;LrWl/fJgq91Gu37I5Qqi6Oak2Wg0xJYuCmDkfjMmFmcBQuKJOKS9JAEAL5HAQDh6U8uLi7C9swXl&#10;UpEmIPnCAGRE8deoovvTutKC+HJLUzQtyYW3vANaQMlGkTvHrnM/mOmwxcTrZrN98My5069lkj60&#10;Qm5LqkedGM6jPDVmX1cXUUQFicXHUTCYTaegVK5BWgCGsVwOXrlwHi5duQ5vXbwCZ545ATMTwzBc&#10;yMLzZw7DiSPTcH9hBa7dmodvf+t71PkdJyH6KPRj7kciTu9f4DZIpxLUXezLxMUm06eyKmRZFFPO&#10;P9VaFVaWluH73/0WXLtyCYrFXRjsH4LzJ5+FrPgMlh4uwdjwGGTzuZWn+f7yPY//6I9+/F9Ljjrj&#10;VABjLgPmwyBtwpMUq9xAAWKiIGlUt6RhArM0KtPZ7rDgde8V114Vi82Y+n5fdYLDvRK0Gi2iPyGI&#10;xKLnm1/9lnjNAKYmx0kIziJ9Z+cy9VRRpukszFPBapKK6OkjYjzSo8e8Bj35wPIPGwJ4Oe/vV+g4&#10;DKhW3ViikHHtsuVFymyiNGn9tbIz5aq9a9YhAJMKbrvZPLJecWVHi4AIX6nZqpt33CjtQ0OAD0/8&#10;zioVyKArldKZuSnezPSWWSQJ3UyU6WzEzBTHOPOJn0nSlKctvpCgz76J7mcRsHHQwEPHDrq0Jc+Z&#10;fDEHCmjaEYquWnpKZa4Xq8hgB9ZifsA+veuar9swlvYfoWx1m6oc0ICA0/iOrP3a763jNZmESC0C&#10;IJxAox9PqPhyPRHT2gwF1XXKtr6P1Nps3N3w+hHXvud7ENGGOE01UNNHyVGyAbRMTRg8500gCNfA&#10;JXTXbG71JBIEcTIu4CoICOmtaG++vbkBQTsU4GMa+geGKASWkcYvQTqnigAfLQIfNjA04kKlBfWg&#10;DB/0/Etn7arjonOEDTJPgiBwNF6oS2o0OO2B8Tgj6+eQqFlxNcUMobq3+2t/+PtffO2X/tZf2cil&#10;kkSHNCdaayI9S0fT96EOMvXUcbh5WT0A0nv0Hk/p41FBQB82iNB4e3c08h8FPgw/+DGvwZ2DKJVL&#10;w5hi7pGgvEEAICEKnFR6APKhTIpttVrk3ITBfO1GHYq8aChZ/QODMNDfD5lUBrKpFFny1utV2N/b&#10;JhqXr51MxPOjdqOl0milTgSU5S83WpBQi9BD3rF1A/FwMR18dHSscfqZU38mzzOTGsUPNZo6aHlY&#10;QtFsyMdIRyAKukw6AZvbe5BOpynR/BOvvgjXb9yCi++8C1uzU3Dy2GEYHcgLsBKHs6cPwYljs7Cy&#10;ugnv3boLt+7chbfefIvOaV9fnwAi/VDo74O+XFYcf8JYGeP5LJcqFOC4vrEGqysrsPJgGfYF6MDz&#10;NjQ0DC+8cBKOzRyGkthIL1+/DCOFQRidnKiNTY4uPe33WK3eyMbjsQpjkolPwXUornaoGFhg9w0N&#10;is8igFZ1p2PiwLoCe/8RbQJbnKJ2BKCNm35xH3itBNCfhrAVEp/87/5Xf5sSlDEUEIWvzPSh3VyR&#10;aPElA8bIUdi636hUdz29JOCuNB2S8shN97lea5A7VjIZd1seNmGcubOeLknTAMZNh7nWqDwaFGcn&#10;tPr8IeiSa0HAZVK2LFiltTVlcewI8FFvQ7tSg1RQF+tLVoZEOtMk1yBZsseYc45U0B+3WSwBc4TO&#10;6HymUu65+juuJnGIAkuX0hQFhJ6Zepik9IgXmvxToChYbQU+fE3FMYJjbqYQQQf4iARTHgAkVsnO&#10;efcQwoPaEPfoNACxwuewgxxmAwztMeMzobnCtjh3rbhHVCSiNunn1Pk0GrRqNzauKIPMggydVSNt&#10;dG0+h+zWh5E9x/SK1IXOFFrmTrKeNkDAqbrJE1H/x5Uegu6B0A1ADMiOHXNlaPIh1ky8/yYnZyEn&#10;1mAEHBic6ysnuHKlLJ0NTUCiPWb3mqfPVPqfQFtaVdFxUUMM9yRx3vwYCs1jEoD7SjNEzYUYJNMJ&#10;+j68NzCclqlzRIYLIIX+4t6eWbo//6tf+so3/rO//LOfdYb1ylWMMzMJ0cdHa0LAVXCkTa5nj2xT&#10;9gBI79F7PBWPSFHMrZ6UO92nx2lBIpl5PDpq76b9gC5dvsc+r/qhaq06Hum4UliTKNbUGBsLOszc&#10;KBT6SDSOBbTdSzw4eeY0jAwPw7V3RWG+uSaAx67M5FA5ItLL3SPXKhLmhToVN7ShSfoccdkFxo6R&#10;po0Y33fsbIvjwLH50ePHr85MT96QdALH27RTONPNAct1xnK4yRV00QE2gl2qWqMp3lO/AAibcH9x&#10;hSx/MePj1ZfPU1f78tUb8O31TTh0eBYOTU/BQCEDGfE9h2fH6Nerr74ADwUYWRBgYkH8/MLiMuxd&#10;3oVqtQyotUHAh7xk6tK1pFsRZhWkBIAbGpsQ7+80DIuieXZmCvr78nDx9e/Bxbe/D2Pia8MC8O3t&#10;FXGbC57m+2tza3fszt0Hz75y4ezXJLsjpJwN4qWHssyiCDsPN/cY5IdHoboTQlDbp40fDA0KTBdc&#10;hxKGpjMvRbX2drFdABJF4w/sl8mKNzY9IW1LRXHzuT/6Irzx/Yvw6kc/AqfPnIQjs+NQx+vLAyMo&#10;JR2HoU14ttvLQ+e1QkUr4eTG4ysfX93t1CwLBFxI6+PMUllMmLQHXXrfWs0izwNSqjTtxYVJGrzw&#10;A5MPJc71rFAXFMWNqykQFU24CIprfG91nc5ma3cXhrnUpKApri/9iYneY8t95zi4kX87IFAZAzjJ&#10;z9q1igS7qrPuhTySGs461k+7RnqGIOXZOYRjdOsZa2ZsSreNDoiZa6RzwhF2OeOsy7TD0sTsyKNz&#10;/dbf25H5HhGiR41hbZ8lasVr6Vces58lfgZYEjfESUyGWvht8ybA0ACtHsKm0+spAUQymLg7u1IG&#10;Dh6z+iMDVkJnIsistF152hmwbbGKBjv2vEvan3RSDLk0R0Hb5+2dHQLAYxMzkBXgA6nCCXS7iks6&#10;cbVSJrcrsx2EFhbq1/E8z+yVFGCIa4nYG8nJMJ2iZHTUhlRrdWIMoFucdMWSiAX3Spy0tMMEGVKg&#10;cQq+PuY/kfmEeK44SEdJ1C4lk/BLl9588zdOnjxy+YVnTgiwInNtmAMuCfQrAMYYi0Bcbpp38IFD&#10;j3sApPfoPZ7AxwEQwDvsED/MFIRBV7Fjpy6EPQ58sGjYk94Sm43GiAYAoaIrcdlylIUZk1xamRyM&#10;YvMG6UNk8cHh1rXrcLVZox9G7mrIlO0h7cRSkOiJhZoSnnGuzJXnvpOHwB1+r92M3RKAUfcKu0yZ&#10;XBrOnDvz5UwqFrYDbrUtnUjssU0gh9KiWVnk+MP7QY30ceJz7MgszN9bhmvvzZMWBDUoxw5Pwszk&#10;KNyeXyBdyOLiIkxMTMD05IQAIn3UDUM61bT4nsmJEXjhuXNQqTdgXxSqxb0SbT5VAULqjTq0Gm3p&#10;FoR8elE0JcWGlctnBdjLU7F5571b8NUvfp44zNMjkzAtiujt3S0YHBpl0Xb60/XAYuDmnaXjorSJ&#10;ud7TWPyjRgnasvilnA2dK8MECBkcBb7ni+JjTyVdB0pSrrreHCK9caa+1kmBpO46RxV1G2L1GgQC&#10;dGvYgJO9I7PTkI6nYO7wDAxkUyTEllx75Tukb0Vj86ooLxwUaHLWB1XwSf6+1GDpgoi61apbjNeY&#10;F1PyeKboGoo/bmhmKq1ZUmA8a7FteuhueoF2neMqv4RF+T2OVaoOTAtV0jRez7G4T8CoUhaFngAe&#10;cXHczfIe5JktHm2mgiJSaZ0Ojy56PmfuEUWoWZ4CRgHT2QjiK3gdNJihrnVOjqOroJMVQaDVakN0&#10;4ed1kKnaPDwwUVFKGDM96OZHxDsaRVEh+sGxtedMb8JHNJv0T7s0LI9cuiIqOtP00hiyzbWNbgxq&#10;YdMYDMgMC7W8BNbLC9S6rtfsqFZIh9Z2TBCcTA454bDaEume5uiUHJE5V2YEDKx2xDhBqv2JKz5z&#10;O7A0sXY7oN/3xPWGa+z4+DTk+4dp70igdTtek9hgqqLNbsPOwtS0zaUnaoE7GA1KSPdTJpOhawYD&#10;YdcwJ0T8W0Lc60hPjqfiZAFO1EqaAnKiMddqTaiUKhDb2oFUJgnpdJaaaQHth0CNC3zpdtBKsGr9&#10;H37tK9/8ySNzs5AT4CVQmVs6lV5qv8RRBdLa2zQAwE1Ff7J9eHsApPfoPd6vSIJoJkdnYczf1wlL&#10;0wu4SUTuVnLyjs3KOOfyLqMPvX2roQF2sZrNYASFeCE2K5uB2RxkZ5GpiYRMDKbvM3Qp0kxAHGkv&#10;4ut15NFy+irlDVAgGHM6SG0VBGU6qXZrpBG99o7nnam3pD5X7ldJGB6ZCo4cOfKNx453DliIOQnp&#10;kfNmtSH43sRGNEDTGk/qYKrVFDx75gTcunsfLr/7HtSOH4aZmQkYG8jCi88eh1NH5+DWvUW4JYDI&#10;7Vv3oNCfE5veGIyPjECmL0OBeMSHFq+TTSchIYqw/v4stFsBhVNpURBSyzB0sNVuksD84vdfh8uX&#10;3oaN1RUo5PPw7DPPwlCmH+7dvwO5TBomZ6bLmWxm/Wm8r8S1wd5599ZLd27f//3BwdyXxSn+MiOF&#10;OVLx4lQCejroDCmAdA0q+o7497Q4j81KCaG36mNjyR+YklN3/H2nk3CA9oLuUlw+ry/ARWtj2xQt&#10;LfHZHj11FCaPHKKCb0AAZgSzPMJ1Vw5sLFpWGtc8NQlkxqnNo1qQNB86HZqsRQMK88RQPKSapGIx&#10;40AkxwKhofREQDp3XIzARqqFYIX6IU0oPNsR51zRd7izlsiJB9eFYagmFqp7jICosrlFafAYWshF&#10;EZb2faOt4U4+iwYaFoTo17BKDg7aWyk0uhq3Wx9jMbJ0bbcaJpAP7KoXoWLxrh0KDTs9Z/kMlQUz&#10;ZoAE0oJX/Eqz6DQFugCIbtMKtznFHHt1riYJXpcpSGcuyMEkkChQ4R0kM33eQnCnGTjlSxDkamIT&#10;xNdTH+UhhqYHvtL0uAPmjkA8c6xhlLrEI1bnjsOaY8kbmVJzx3pEXftaj+EmqKsOhDkxGhzoIry4&#10;h6GZ+zA2NgFDQ0PkhocmKTE0T8F9SqzrtUpVTtl148vRsVjgYY8bzyROMhAl7Oxs072GQvZsvkDO&#10;hcxxz9NXA7nU+TI7xlc5Jjg9wQwstKYfGByCfC6vLLBbFAKKwBn88CfWlpb+/HffuvzFP/fDH4Gg&#10;Hkb2c51f5ApMDxrO8Ce6P9UDIL1H7/EIIADuJMJZJyI83g/QnLBjYGaeJ0Kx4t2Nnz7YOIUrGgdy&#10;UhujeoEjsOHxiBd7qAiyrmOOnRhYAao+OhKW4tTEs1/BDSPgoXKQkWDGWOs6J4NFNkmwVrlkWegT&#10;RWl2bu7BxOTo9zk8Jg3+QzSA9M9XRJEogNQgOqj057Ows1uEnb2iKFhTcP7sKRjuL8D1m3dga2cP&#10;Tp44DBPD/dCXScCFc8fh7MkjsLi0Du/dnod3L12D71UqkErHYXCgH/rFr3xfnsKnEiq5GU9Es9mg&#10;8MZicR+2NzZgeWkZHizeh7W1dUqY7+/vh3PnL8DJY8egXa3DxTdfJ+FuIT+JBWclnck8lS5Y9xfX&#10;hnZ2y/9oZnZqrNlqVCvlGl239F/Mk6nkugBDbjQKa5EuxWW/mjIvsRwjNydf0oSUHTTrVjhyaXcr&#10;SzPbifdU9YNp6K1V+1GkBdD8+jffgP/7X/0+zB6egb//3/1dKkJQS6W1WWGEuOPellIr5brqhIpP&#10;pQMNdUHIdRCZeG4siJDWGPOYol5wo60CM/lwgAiDjiIQnAA5C8wNPZLJBkHgNEco3wC7uAFZ6inN&#10;gJ0sIOcdX2NnZRWgEUALxeeNOtl2h6pj7zngI9T2dxw6SmyX/qYLQllqexGLXdks4RS4GFg9iF2F&#10;Opyu4IDjFjOAJnS0EnZ9byoaFr7lpOd1fIKWtgePmEhHAQFObezPdnPA6j65gUjx3/k6HKDD8gAO&#10;zMu131gMkgS2qu0W+Ik4TQLQpcljziRMYUHft1Q1bYBAFCX3PdsxhQN0IOp8xQ/ucbqzzxQABQfQ&#10;2Kln2AFu1GQeAXAo3biQ4oo5U0NDIzAyPCbeU4IaEAnMrxHXIzbJqrWKBB+hvTdc10m9H2lLbGyu&#10;JeIJsugtFosQF/d3/8AwidlbAbcuYKTpkBMkbu4fZiabuBZhEG06kyMdyPbWFlQFEBkbG5frA4Zo&#10;hhhO2xIvyf7bd956+0+eP3sqGBP7TjsIomBDNRB0xyKSkq4Bm/fk7gE9ANJ79B6PKGQ79/TIwsEe&#10;2yg7MAGxvuaubqGjiwZdvOX5I17CY2b6QFaW7QBKlfIIFmGU90EFm+75eMSr1c487qZB3VKxKMZi&#10;cWii4C9o206XygXwecxw3JEHDlo06zjuhE4nlXIGaDPhkffiMSmyRfF5X18Ojhw7/GeFvlxFO/xE&#10;/S+5tR/rln7uOSpPz1I88EuVSh1/oA9/pNlG7vAI6TdiKsH8+NEZmBgfhosCYLzxxtswOzsNhw9N&#10;w0AhR/qPE0cn6dduqQaLy2tw794CLCwswZ0792F/f1+KHTF4UGz2uGk1my0p6petbSpcs7k8nD33&#10;vNg8B2FmZoZyQO7cugHf+u43ICU+o6MTh6Asnis30F9h7An2WXzEY3tnP33x8nv/YGt7+9NFDLRk&#10;3s9cePbkL4sdOwCVEUMUJVVg0bXDrI2lvGHiKrBQnHbMXskWoL6/QS5lPCLTjnaivch0kxvZNNIS&#10;g4drNG0hlyTxmb5w/gyc+B+OwuWrNyl0TGl1ZUaOs1qEjvBYU6VkAJymmnDj0SSnlirF0POo8CeT&#10;B3Ht1ZDiFXEHUjCJOwGMDgUTmANuQFrZIl3N59HiVU82PO5SPKRQG//x3oNVugfw39F6l+npqLJJ&#10;RYpJUQBrT6wjmPw8KE6AKAXVxMnp0RunIVeuH7XWMJoVciLzQBuVGrtZ7pu0agkGPIdSBcAesU7b&#10;V2KRsr6DiKesf0NjDZzoMvc4oJ+Bg7bp7jRESXoOuK9BF8ARHnitg8StoGN3YHAwF0T7OMXxk2DS&#10;GrbcEtdoLEEURu5aNVKOhWyYWA2CAjB6/WSWBktFu87kADC2z9pFS9O2GICTgu4ko6vphwahRvfh&#10;OkHpqZsCKZKKGJAGY2trAwr9/TA6PgmxVIYKewodxclko0lW5rhX6WOUoX4H5wWm+edLofgmOmmJ&#10;dXpgeIQ0HKjbQycrqRHxTKaJBvYEXhk34by+MwHC581ms5BMpWC/uCf2mAWYEmv9xNgEaVZwWhLz&#10;Yh/f39z682+9/e7nf/LHfwh42ykdFFgz1DjuXEtKW/OhnW56AKT36D2esImIM7XQtXD4IaYWEVEo&#10;s1ahHQ3LiDvW+yIkHj2+Rr3ulfaLQxBgToHfwViitATbF3Ti3GUAFVCnPrq5MurSI98exb8MvdlD&#10;mR5r+pcKAIXc5vVaGMJMERWCDauKi8IyGU/CwOAYHD5y5E8w/Ri7T8xjHwwJPuZ7yIpUFWriWBN4&#10;Quv1FhTyHpw6dhhu3poXhR6njhcK0T/76Y/C/N1luP7ebVhaWYHxiXGYVfqPVMInBzEEK1iY4fNU&#10;qnXqnO3slWC/VKak3RrqP5oBdbawTEKOMoa3oWMWTk3iojB4sHAf/viP/kC81h0YHxqBYxMz4jl2&#10;iMM8NTt9o68vy5+m+2ljc7dw6d1b/2kimfw7c3PT0G6O03Ulu7CyhcwJgMRow6eiNpBUE0+7QeF/&#10;oshKoKEBxdm1IZvvF9/XgGZ13/r7O5eJSVnvUhxSkesLALK+DqH4nGN9GerKJpIJ6E+lYWt3F5ZX&#10;1uDI3LgMMlPJ3pKpZLvsnlNMhqEl7+ssA7KwJuc43VWVEw5QIAEpWNrBSgvno+PYDt8n9X2epj0i&#10;vQhfRxfDzNVZ2EaBKYrRKS+RgusCYN25t0jF6Kc++hI1LOheR6ch8QunHvurm8S/R2pMntkz6bmp&#10;Kk5TRJ8PiBxBADbFgzlFtZ0bePosYj5R+yAYiOrlWMRYwCUzKTKYszZZsBg60vSkK46OgFP7vIGh&#10;mB2caIQdfzeTBGv+5YjaDzoduvQn93Xd9xFApyOSnbv5LInIk85tTd0XkroXGh9gOZBjTnS7BguB&#10;uQ7BXI8+rfXumzLBgZ6b3q6uTxMuyM1+1Knn03bQeoIigYwEmUEoKVRtCs1twe7uDmSyfTAyJgCx&#10;j5OGrHLJCmjiXhHXIq65WsdCJhAAEQqiux/RdE8As62dDUjlxLrcVyDw0qg3lf5RBeqqe42p6SOe&#10;B1x/Ars2SVDiezazRBwDApnh0VHY2d6GJQFCkMo1Jv6OTcGYj82F1n99/d1rX3zxwrPBuNgTUKTO&#10;zESKW53Ugc2fO1PEHgDpPXqPp3YiEnaYMZlJyAcAL3oKAo61Xrdg8069taJ4wwGhibsoMWldW61U&#10;c+VSKd1utUx/j2t+uqZf6E2RqZG0ErLiQiu7VVIIK6kjpFwnukuguOKMOxxWVyuuhYxajKg6raF6&#10;z1I4y4jKkUDXkWwWJqemtiYnJ163u31H2Epk5ASPsEGOphcz1X6MxX0W8CCBSe0tAciKxRJMTY7B&#10;c+fPwKXL18my8fTJYzA9OgBnTszAsUOTovhaItrVd+bvQ1ZsUpNT4zA8PAi5bIaE+rjlIh2tTxSm&#10;mUwKms1B6hQj8AgVv9lX+RXYxdvd3oUbV6/C5Yvfh/v370M6mYKzp8/B4bEpuCeASLGyD0enD2P3&#10;bIexp0uDfvvew79eqtZ+dW93D3b39qHRrOEUIPXs2WMFUQgEBH4xMNOXWdlM5cN4ysXKwwKbyzGE&#10;70uQgpbQGASWGx6H+haDanVPFe/MgI/OSaOnilGk+SCBpS0+u2BVAJC9PYA8ikt92Fjfhn/8j/8p&#10;FSCf/bFPQtCOWqbqAtPQTZjK4whVrcfACR/zoiWncsmizq+6xxDc8E7rVdd1T4t9GYtw7Ql6oPZL&#10;d5QVtzNkoWrNWzNZxp3Fhcnwtnlx7T9YWodf+IWfIZBE3WXx73gPIWWnuLUNtZ1tjIsGJq7dvCgM&#10;DbAzTHUvco71+WXq3zzHGcu+NR4xoZX4xScaUaNdk/oz9bxhxOhWTzRCQ7fyucyecJ8V3IaIIR5x&#10;9DYQBS9Q9pDns8f2NsIusvJH00btZ+cwaSK/uyLzKOCwIEUX0wE/mLruUsNiRFmM0fvG1yvFZYGs&#10;O2Zc5W4wTa/l1lWJLseQWQCiim9Q0w5iNJq8Di8CfPWEJDTGB1Zgbh2d7MTE0Aid6QdRntS9jWYH&#10;+LoIbhFsoOg8K4AHHiROROIxCYTLe0USnWvHORNiaDQpXuSzTyLlqlomemxhcBAy6az8eZysIejw&#10;VGOOJqniTIrvj4tfCFrQzRBPZbPepLWevB5UAJGnzqlnPYjFfjFCtut3bt8kmi42oFBHFovHPl7c&#10;2/nxq9dufmnyU6+i34WZ+PNO/rUTDhkG3H5OPQDSe/QeT+H0o8sXPmg/ojPAygj8HCDyuByQCNXL&#10;dcPgtgDXTdb9UjlfrzZS2os8IGvNGFEywDjfhCZpVne00HFfUi08SdUKQ7A8ZkYOK9pByOg43NG8&#10;6S1KSonWkLgBYXryQ2PwWJycoQT4eHtoqLASdlgJf6APhLkfRkdirVi0W612IubHE2iNiABib68k&#10;Np6SeM0R+OTHX4KL71yB77/5DuyfOgaHZiZhIJ+Gs6cOwZmTh+DB8gblf1y9ch32y2XaSIYGB2Bk&#10;aFAAkywk02macOhPFd3CMHm3LDa4zc11WFpagcWF+/BweUVsXDXI5wvw7LPPwclTz0C/+NlvfP01&#10;CtQ6OXuEXIUqlXLmabmXGo0mvHv19g/dvD3/18QGnsUQvv6BPLTqSTQKELgiiItiN6RilYqBOF1/&#10;vqIVMuNHqzq4ITOZE8QhFxUlSyYhkcyK87rXgWEVlQvcVGlVDIoi3QtjiGwgLkBRY3kV4nOz4loK&#10;QVyj8F/+F38Tcvk+og1SEnpHharBOzhd+EDZ4XrMi3RjdbiaveY96yAkbgZy/1HvyjOTRCX2DR1n&#10;HMfcIdTZI+bUOBSbgCkRNyfnLZ3ELumR5PEpwPKeAOEzMDg4DCfPnBIYo6HSqBnl/WCRtreyAq1a&#10;DRjeE9UGxFNp8TRB9LZ13O46O9LU6VZ6jM5pATuQEZSgn0cQ5Jmf5pFno3XLKfZ95Q7Wueb6HQAg&#10;Jta5Jgb1YcedS7vmhCP17bYMeeAGBkaTy6PTJPkEobNkuxRaxqL7B4vMZezP6WMOOoBP9Oe0viVm&#10;QE8L2lAnC2pfhWYyVaBzm9EB3GgOzTqup+Qqj8NoPTiLTNoie2AkjFC+edIdmuf0IinrbkPOXM/Y&#10;KhPHSaGD4udxPazVqjA+NQt5dA/E/cLH+zKmROdlqNarZHnLpJWXBNgspMm31zEdTCVTUCkWYb9a&#10;guHRcQLWjYY2NfDVNswpEDctrudUOgnJZFpmEGHWhxKb496J0xmcFjFlV63fL9GkQGpe8LpAzQpO&#10;2W++9x689PIrkIhzeo9+zP87N27c+tIrLz4HOdRO8dBw9iL9J/501Vc9ANJ79B7vN/0AaxvpDiPe&#10;j57pSrKtIQc7YMcIXSYfAK4DFn/EdMVuSXt7+/lmq5Eikbmx+wvoFzaayMGDheqglWDX6d6AdsnC&#10;dFk9fddiXwhVBzYwr2kOLQytxDR0aQo2n0N34PAYUIMxMDACoxOTf1xAmkvntONxrciOP3MXpalN&#10;M2iTO0lcbEaxQIUnDgzmYXnloXhtH6YmxuDTP/xRuHF7Hm5cvwnLS6tw/MQhmBwZgnw2BXMzo/Sr&#10;Xn8ZHjxcgzt3F2Dx/gOYF6Bkb38Pmg2cerQoW4X4w00MymqQeJjEvPEkZLM5OHHqHIyOjcHs9BSM&#10;jQ6TKP1zX/w3UC9X4dTMUdKM4Pdnctny03AfoU7m0tX5n9vdLf3vM1OTY6ilqdTr1H3O9WWR9hbE&#10;Y/Eabwa+tHv2yJ2GNnzstrbbBLZxw0IgG6rwMJxO0eSJim153fsq2UHfch5jkeKyM7KQymaikrTB&#10;R6tNcW1kX31JbpACbE7NTlERR1abqk/vqwIrNEUWJ8oiAX0sDD03KVrfB569+7GzT7QPe38z06EG&#10;Q9uyTleggAszRZ4GLp5OX3Na7oECN6A62h53dAqh/AMWfkGLw9T0NJw9e1qA4+/C5sYaHJoaF9d1&#10;ICljMdmg2F5coueoFfdgAPUfeqqD1B8sxrg1q+2WcxT1uQKj0Akj1CZOWSlY/JFYXhTUvvnEmGOh&#10;y9wV2eR1uNQgCwWjmgA8VnTAaquVDf8twcBJLnHBgAuOoKsfEetYr8OO68uI1MGhJkUaVMyhWNnX&#10;CvTrM3ldaAAt36sLvBLi63EiIeIBtFVh61NYXmimGkYcDgdBgn4de+CdEySHHsy1YYIyWEBDEmV6&#10;wjv0RaFKYdeAVzfNJPBoy8kxk/pF1FcVBfgfGByhX5RE7supOcd9qd2EWqVC6zswS+FiKjvEuld5&#10;UrcorttyeQ9KtQqMjE3Qa6IzoUw+V+uBWEeQ3lXox8lIkpz3wJhzSfhn7jU14dGv4TknDPc15ojg&#10;xycnYGFhAW7cugnPnzuvzlnwmd2N9Rfn7y2+/cK5UxA0Qud6cnRdxunYOpbxJ3hA3gMgvUfv8UEa&#10;7zphlX+4n4kwfXVYGoOu4Vadlo2PpHo5BTtT/7i7u10QC2xaulwFlEUhebOeEvjJbifpXn3Z/cRO&#10;mQYevqdcncQiHWpOu6JUBZKwrqYkQWTsbtxsTDqjwzPX9DFPvgZuJlnURgyP1CYmx75J7l2hswC7&#10;bzby907vQjABV6a8C+2omuHoB3MlxAZTrdcocBC/7+ad+7TkY67H82ITODo7DZeu3ICLF6/A3f4C&#10;gYWR0UHIZ1IQFz87NzsuwMgk1D/2CpSqNZqk7O3tIdiD/XIFGvWGOF0tov+QtxiLEcDK5tIwNNAP&#10;SVG8Iif4j/7w9+H2zRswKF7j+bPPQbNch82dTTh2+Ajk8/mVp+H+ubuwNjd/b+l/LZf2x8qVugBs&#10;DWi2WuRmg1bGYbvdf/rU0ZPD6cwKsv6YqCC8uNyefFXkeyYnQblHoXMVkwCEtxUAAUmT8Jl1QNLF&#10;m+1os44iUc4c0PkfL8jW9fcgrNXATybE/eJTx5UmimBtd/WIUjvHmTA2lRioKY4R4o1ZRCSg0Haj&#10;ujDFohO78qiTksJ7Zugr1hY0jDYvtBhYF3+MG/Cj6Vah+h7uWZcgnViNE44/+vyfQCafgx/62Ms0&#10;V8CsE2Jg+lIH1axWYP/hqjg/HpS296DA4sYO1giXdS4Ed9O5vcg5lxJ8rQxx1WJOACBSXHyZU6Sp&#10;QBYSuN/NuzhGyVmABT/8wCxat1R078I3svSo45XHFe2L8UdPqN1nZu60xAE+Nn/VPELoTFOPNnWC&#10;yFG7ShG3haXDFhMKkjBoikK8yTG3RVo4Y2HcJqtndRxq6uWKxUMDTHSl66hpGDdmAea9Ow5T5lpi&#10;NjgPzIRdWlvT8zvnV2IS5R2HjldtCXQx9DaXzcLYxDSFA5IDnhcDpvasUqVEzR9tG2mmXA6jQG8A&#10;OC0pl4tQrlRhfGyS6F14TFLHIQEKTlcH+gegrzBAGihUh5NDFbcBnDilCNotol+hUQRqVTAzyGea&#10;vagshtUV5+kpkjikQ4fm4NadO7CKuU+TU0g3iwWt+l+/c+vO2+dOH5c/F4QynDDqXtwR2siNY18P&#10;gPQevcdT+CDAoClLzG4v76cBYca+z3brXbF1J+joBkJ4F5CiZ+juBGZ7c7cvDNpxebxcUbOY5HIz&#10;yamnxGNQojqQ6c/YbfUdv/QglMUdZX2AyicIuXLFsT3M0CneXF9GvQm5fGMJPqQF4sDgABQGCtem&#10;J8duORWUfeeOSZgd/vCukxA3/ErbF2LRlE6noNosQyoRF0VuHfaKJQEkpsj//dp7t6FWr4vNZgrG&#10;h/LwYz/8MmxsFeHajTtw5cp16rwPjwzBxNgYFAo58TMyjwLtHrMZHNEPEy0nwPwP8SvgMvGa7GMp&#10;xyGAna0tuHblMly6+A4s3LsD6VQGnjl9Dk4fPwXry4sw/+AOzE3OQq2KXb3aE0/Bunv/4eSt2wv/&#10;vL/QNzEw0Cc2dbyu2up3UQ6KTb68X2okE7FmOpf5XbH5/prY3Adi4ppt6eoJJ3PEtpDXXoKpMpZ7&#10;irIiCwSagCR8ArvEK+/IeHCdsFwRcVs8eYonIfDr0Jifh2B9A9ihGRIK6M6usc1kavLhgZ2+6VA1&#10;B5joTiYBffcVSdgqRd7caBCURoG+rvJ6HNtT654nX19TsIjKQSJ9KTpx4/p0zoC0KQ5psklmFEzT&#10;r2KwvbULSwurcH9hEVqNBvzkZ3+EAAi+HAYO+nEfiqu7UNkpgtdsglcpQsGPG2pUJLHbmRBrG26v&#10;QxbMmW6auJJqpqCJzhtiBPrA+fkQwDyj54AQ7jhbycmBZwCn/moA0WaFVMlx+oUCdB8O0ps4CztS&#10;yfn7hsVqcKOBktZvSNtndZ2p79V/D81kw37vQcjEO/YFDUQTZi4UKne1hroOcX3SAII7TRzSbpgk&#10;cxvSxx0krDNrrF4jSoAjYKHWPC0wt3lPIQEfKfdwJPqGjiaBB96b6EaF90GlXKLf52ZPQjZXIB1T&#10;TGkG8TlrtbJYJ+u0b2k7e52fA8pYwlMNB9Qz4qSkUqoKMDNF1t1SByPNovFnU5kUDA2PQb6vQPdm&#10;QA2GUIIj5f5mnLmCUK0jobouQ5l4rhoKXJlR2OtYnlvUkcwJ4DF/6zaMjIxBzKNwlp9dWl757x9u&#10;bG3NjY/S9SfvYe4I/eX5sU0HiBhH9ABI79F7/GDMLAD+HXQO3Aa8p+kQ8MGf2s3ggw4+LHQBGY8D&#10;HrxjZOK+w82trXzIZUFiKQGSF603BNmBkiGEOkwpDD0K/OL65xTPHgvuUBXXDGy2gelvhtwI/7gS&#10;uIYQTSv2jBURI0ejWCoJoyPjMDw4/NrI8KAMvu0oRYx1aefop9OKl3c7n7qrF8QFGMA9TICGDOzt&#10;7kNGgJKjyHPvz8PFd67Czs4OnD51AiZGBmFkuAA/8skXoVSuw517D+Dm7btw88ZNeu+Y+zEw2A85&#10;8TsGB6aSSXkugpC4vdVGHfb3S7AhCtaVpQeUpr61vk3ZIIVCP5x/7kU4eeIUTE5MwFvf/64AOZfg&#10;0PgUJEQR1xQ/n8qkK0/yXbi1W4I7d5f/fqPV+MzK2jbR2Bq1pulcYpZEvpCFkYEBv9FoHWYx/74E&#10;zIxsk2mj95kMC8TJni+1H/qaw+tKBwq2eFs2CGgCgjqCViQcrxN8eJHCsUXBhuVKC/zNXQhEQe7P&#10;zqh7Al8zjOoEPPl/1hVOa51C5xV1BoGrYwBDtZDUREmZ9BwXCn3fcEVdBGVTK+9NZeOrk94ZcwC5&#10;zdfAY/YcC1Ti8zOlmuBSPOzH47D6cA0m56bgxVcuCKAcowYEKCAUjyUJEOw9fAhBrQqBKOzS4npP&#10;JDPiOdodygzbK+jUUti0dNRgHJxLMGcWIsGaXE18iGalR6Xq3JGW21fSsMM3uhPupBrJwr+lvLha&#10;HAEIULEbcFcDws21EUKnq1b3tdva5LKIYN40dqB70KzTxukIIIwufZFwWif7A/vjSKXzSFTPKDXd&#10;Z5KmyFXehtYJatoQC7kF5sbmWTaLQifV3FxXoZ3A6UwprTFijhW0BjVcXaMATlHtTMaDIDS5H0hd&#10;xQyNiakZ6B8YJC1H3NWIiHW0UioZRznPAUda14IujXTu0K2t2YJSqQzDoujnlMfBqcnGaBnxxDre&#10;R8AkI9ZyGSIrredREC9F3wrOYcI8rvGBM9FSjlhcBepq6qXWb4kdR97L6EQnnmtgaBh293bh7vw9&#10;ePbsMwh0xmuV/Z9derD0zw9Pjtl72GkqcneJ4FHaWg+A9B69x1MIY4BHYz+6db/eH8g4AUmPey2I&#10;NvsjG1XnF1WycbvNYWd3px8YN6NjCGWqLGc6QIpbAavuqHJmnEtw82krBx6dmBxJN6Y/cLNZyQLJ&#10;Jim7XjaMO+GDqluF3ez+AgX58eGRwS+lU3FpvwsH3zR3dz/dxe0EGx2EftoAmMw0abZaXAoOW1Do&#10;66cO1oootNBSdXp8GD77mY/Dmxevwuuvvwlzh+bg8Nw0DPX3QV86CS88e4J+bW4X4f7iigAkC7B4&#10;d5EAC4YNNppIH2qRlSLpPkgLElKBgfSrfD4P587PCpA1CJPTkzA+OibAyTr88ef/AJaXF+Dk9FEY&#10;yPbD6vYKzIlNN5mMPbEakHKlmvz+m1f+893d4i8jLWRoaBAGBwdEUdEUn1Eb6rU6lPb3YUN8Ng8W&#10;lpLZdPLFuamJ1xiiCCwhxc/Y0EBueN66wEbnn3hC0q2QOtTmLXWt4sQtIT6jcuS6eYSUSHbFRaED&#10;56cgvpmG1s0FqAuQmvjIK8A96RBHgWfOvezpjq4KNuSGs+11rBuqsPYsQAbHElcDbWoWhGqyYehX&#10;smPreSxiTBHJ99D5DNobPJK5YAXqWo8lXz+ULnniXsnnc1Apz8PtO2X4oU++RKCapjMozkYqj/j+&#10;7YUl8MUFXt7fhRGuOs5qFuE5WoyD7Z/QKbqZ0jJYWbkD26wBrx8jIwk8jphJMg869BzMadRYalao&#10;7HLd6UJIRQ6L5Im3HBveOGcGFHhqmsDVv0ftdj1j4qs1He4ULYiAh+gK70F3i19DS+pY2iNWvZwf&#10;sPkNKT8FU1iSsouujAWQftXGsD4E5UzrFhT00XbW4NrAa+2Qq3Ew3Z5I0KU2F9FuWtzRK5gBtaJL&#10;Ed3X6D54ZA+kSYMCBlj0F4t7kBGgYGR8SgrJPW4nMOJpatUKrbeS1gWK6hiaKp15vqE7IgV2p7SH&#10;FF8JFgKpASTbXPHtebH/TE3Pies6KfaepsxxQi0KHY/VfXjq80cwToYuQaimJ/LN4vN6yn5Yry+a&#10;jqWblNTAYwmYnTsEt+7Mw/7sNAz09yO14BeWFpb/RfX58+2Yom1aEMi7WOw/yTnoPQDSezyxj3+7&#10;2/ZxidzaKbZzIqrpF12nJ+B2gt7/sCKiRs67j0ec18R1sFauQ3Fvb1aFt6ptX26nWHxr3roayCt+&#10;t2dtH9ERJggVf5cr2oiiJnC1HGvAwkMbfhbaXh2RKPQUhdmes6FfJWIwOjwKXix+Z3Zu5vKBEVHn&#10;mXdDBp3O0CNtw8xQxMfwp3aLh23sopcrNbLUXV5ehfk7C/Q5TI0Pwmc+9VFYfLACV66+B6sPH8Lo&#10;2CjMTk3AoAAiKQFU+vJZeP78aTh77hQBmVK5CsVSBfZQPC3+XKnWRAHdsFxoLGZiPmSyGQGycpCK&#10;x+HhykP48pe+AFcuv0OOLC+evwADqTxcu3mD0tjrFVGAF8tDT+LdhwDtyvV7nxLX03+TSKUALXcx&#10;uRg7jigcT1MKcR6mZyZJ81Dc3UHdTUZcU76nArg8cc5oekbFqyp1tbbCkwWtH/MozE6Cz7a6/jjx&#10;4L1GNMtSF8K66HPdjfBnqvtFyD5/Dhq370P1u9+Dgb/0U9AYG6FpVYjUIDR00NNQpxtMkIFqQEbJ&#10;2q5eQ2utbDEHxrZZXzuevus9+T609ba2xDZFK1fvQN2D8qbwDP3QODF53Ka0MzBCZm3Lqrx/qcA6&#10;deYUfR7f/t6bMDo6TEUZMd4EEMBz2CxXYPv+An2ttb0LeSXUlclCltaE58fXAYvcyr+0k4bRjETm&#10;ndyZnsiyWnqdBsqimDmCdYdGRGkw3CnwWWS6wAz04aRb0SJ1TwGUturUo/9SCnOOuFZReMpyg0dm&#10;Zr5S/3hmpZMwCt9/SzdpjCGfhURaHxPyTs0HOCQyiICQwFniDEDtMjESK42xYsbOfpu3oYECewE+&#10;6P0GOqODK6qfDr8MDUVQitCtskZb2GpHN2On64ZicgdYe2ri7qSgR47V4QhTM0wDEDr/bQIX+PWZ&#10;2cOQwHsdc5TI8lwGd9YaUieGgvJ2IGmBXIXgah2LT7TXNsTTKaK+9uXytJ6gyQf+HFNiMZxgzx06&#10;Rg6GTWwiNSX4kBOQUJ4WBfVCo9EK1ERT2UjTZEntNFxPUL0owCIDANk2wedPZzIwlM/D8tIDGBoe&#10;xDXjo9ubG6c3t3avTo+PUPivF9E4djIo2BPtjNUDIL1H7/E+D1c0boYIbpfiMSPSiF1hR5nNHwGZ&#10;uAtauqIZS1HCxassCuL9YuUw5449pyfBAzPZHGSvLztqqiBhXDqnYMFH3bsgVAGDcjMJQdoOkgY9&#10;cgjMpCTbQsozFr26/vI0fT8Wh0w6DSMjw+g88q3Z2emyST/vtrryLl/mTlXTJQ5ZO70g6Eim4rC/&#10;VyYLXgwKLO6X4PixQzA/vwjvXr0uAMVRmJudhONHpigD5N7CCly7MQ/fWXgAuVwGJibGSQeSE5sH&#10;FmFau5MX/5bNpGhjabYComERZUUVjqHYLDe3t+D6tSuk/7g3P09BeUeOHofnzj9PGQrf/uafQVaA&#10;k4Qo5NriZ1OZbP1Ju18QzL75zs2P3L23+OuiOBjGCgzBGVLY6o0mVOsNKK6V4MHSQ0imEzAmwN/c&#10;7AwM53O1Zq1R83DXF59jnOhunk1Z1iWr7hpScR4zRXjQ1N1gSc0C0B1JbrjinSDfOGWJ76/fuwd9&#10;z50Hf2oM2OIqlD73RUj91V+AVlJb66rrW5kuuJNAprQhaP7ATMfZ6pusS49PdC6ioICcPHLFRfR0&#10;Zg6Xigi3C865a3Bru9IafGiqiU5JDdW9wNS/yUPilqol/teoNuD/+O1/Cc+cPwf/0X/8c9Bs1CRQ&#10;Ei8RT0nHui0B0qvb28DrVYiX96CP8j/aZuqpb81svkBidd5qAESmIty67XEWocNBRxFOdsu+nC/g&#10;fwnHJ4qbGasXmZ6AcuGya2dUA0J2vgpU+OrZ2qrUxPsvFmNm4tBWcw/fPL9NGnEXJYS8HKLhqzZE&#10;1sKlzuimKC2NRaYj3NHVgTP50NSp0OhJEKYlxDGmFVDyzTocxLDoVcn1ZF8Njj+wQ0X0tW20PVpL&#10;sWVgnBTxnXuene45kz5DQw6d59cTSnVtA3dcpLROhNzqAjLvqJZLMD13GPJDw3TNIhDWzbJArJWl&#10;0j7pkgLVWOCa8uQxM81H8IGC8lKxSOL1tNhnMOeDHPQUiMfzMT09K9buNJQxxFCAbJx4StF5KO8X&#10;HtD3Bob6pLKslG4m5C0JOfH+9XTobWieX1/NMlfEbll4fGNTE3Dz9i0olsqQTiYT1UrpZ5ZXlq/O&#10;To6aLS1qxQAd09YeBav36D2e2rlJZNrMHw0gulXS2iUnQr9gBztaBwYdnWJs1h2x4Jf39oqYJ3EE&#10;nTwkpUqFMXErYiMtCAp2PVlEBWqkTXxw5MwnpDd5GLbBCljVDqN/Y6zDh8YCJWmHCNb2U6Y2kbUh&#10;0q8KAwPktz7QX/j8YH9O0q/UwnogHb5T79GJAiNcBh4ZpuDmEPNiQbsZUKCdWPBhc3OXhOnnzp6E&#10;5ZU+uHrtFmxv78HJE0dgfKgggMg0/Vpd34Hbt+/B3dt34Z23L1OicDafgyFRXOFkI5nCgKo4vXO0&#10;4G3U6lAWm+TmxiasPFyFleUl8ecNEvEW8v1wXoCOkydOwuzMLNy7Ow+vvfZlyKcy4jXHYHtvF6Yn&#10;Z3CzzD9J9w/SE65cX/j41vbu53K5vsGGKFzR6QppFFgQF/qzMJYahQRmfIhzuLtbhK2tLVh7uAZz&#10;k+O/1P/Ccz/NfL+f4tWScdmpNd1lZvjwnrrmwPchzmLE40ebTW1fGfeSyrXNgg+XLsQ6i0LsporC&#10;pXLjFuSePQ3ltW9B8fc+D8HgMCR/+rNk4qCD9MhNyCm6PDV14aG2M7XhbcyzryYLGW5CyEI310SD&#10;FEp/A5qaoAjcTFOYLrjVa3GHfmW60HKB4qFTLHIr+pYR8zKsEM//29fehf3tInz9y38KaQG0zz5z&#10;TE71iH7l0/Gi/W5Yr0MLdVT1FiTEfeRxd/ogP5uqKACxjawnsJ67RnE79wghdEp7OyeSb8tTRaXA&#10;nyHraNwwJ0MkNN+LYnGP6HihgQYeSJG51l3g3+MqdV1/jfJl8H0y2XyJEYlPrpltFpqCklPafaje&#10;M4NoDrgtGT0VguiGBBrLdgeLduakAEQthM3v2LjRFL+O8x1H8NERahuPpaAm3nVb4D9cb0NlGa3D&#10;+SyNSr0eXmeBNvTVG5L+fmagOVGEdHYM55FAQwuA1fsIZcNKJRwqsK6m5kp7RPoPDhR+mc1hHtQh&#10;mnoETv4UPuc+TksRfCjNhfxs1LRJ0RB0NlVDgAnM9xgZHaPpBh0us+87l8vB8MgIZg1BHYFHo6Em&#10;Hyq9HTtsSgcUhva+ZJqox6SRBNoCI7WXABwLnT1dXRnK+ctXBhieJxsNmUwW+gsDsPTgAYwODyMo&#10;+Qsry6v/U+v5oM1A53QpxzAWNW3wGOtRsHqP3uNpfnyY4MHo9zOzqIBaTDo9vbvxg5ltZHbY0vKu&#10;B7a9tZ2tVstzJmlWAQE99vaUtaXHrX2oie7AMbTfAhbgctt2vPDVphixBAS78ToOVFRMOXxf2jSR&#10;BqPoV6j3mJiYRArO2rETR1+3b4d/OKacS4T32MFToQ4h5EHL971WVQCEsdEhaIr3uPRglRytTh4/&#10;BFNjo/CGABjf/PbrcOzYYTg8i2GEWZgYG6Rfn/jYi7CxuUOTkbuLD+Du3fsCsGxDqVIl/UILf+F5&#10;w8A2sXnhBpoShVlhYARmDx+HIQG2UHQ+NjZC1KKvffWLJD6fnZiGEzNH4f69OzRdQU2J+NwKT9K9&#10;cm/h4eT8vYV/Ua9VBxtNzKBpESCtN9oCiNSh0apTEZLJZckic+7oHJw4eQw219ZgZ31rrNVojVFH&#10;Eb38BWClbqwobMhqFzMiUIvhSUcs6nyL6wsdZvwAbUjb8h5DAbMoqClDgITp0eKPd5lEkkBZXB/1&#10;W+/BcOIFqPYlIVetw/7/9ZvQl89D9tOftNQPjzkaKa1PYoa77rGoDkAXabqwbInzgdQSN8k8VI4+&#10;VLzozieFAHqOo5AaK4bMJEG7v2sRsKz4ozx+fQBaN4I/0xKF/s/8B38JDk8Nw15xn65rmi6Jc5oS&#10;5z4UAHHr/n2IifqssrMFY16iS7aG/nt4MMcIHODBZJCkNgzQWpkQbKgpgjz5tZaGAybcjwFEwIsp&#10;lhUAss5YrlCdEfDQ5Br8nhYLqMvdVgeYRvoS9bZDBSRlgkxLHRkeR5xOmmeGr6GZhDAzueAdU3J3&#10;adNOsSF3J3AcotGVrqRfvQ+nUaUhTwLNor2UhA0KhLTJetcX9xg3Gj7f9+w67YCPqKM5c6Yb0eaY&#10;uZbA0up04J7+HlMwI2YOdHgUUy5S0cwa0lO0JQhpNqo04Zg7dU6sm1m6R1ncM+CyJUBEQ6yN5GzH&#10;AzVhsEgHJ88m8Vz8U2W/BMNDw9TkAEUv1vQsfOTz/TQdqZFtelM68GlwFOppZmimfxpgSUzkkbGF&#10;zCTiKsTQUxoQeX5lWCqT9rxcufGp+wzfP2ZGTU2Mw/zCApTFnjTQl3xhfXP73F65fGlQrC1oRcwc&#10;ePu4ZmgPgPQevccTDja6TThYZxH8AYGK65tuBGvQ3Uv+4DSER613Iwdpv3Njc+tQs9noN3aMoDQi&#10;2gUHN/5AFU5Kp4GLOo6gsXgzUxpyJ1F5Cprrzu3m56kEYXBqGmlX6AjVdTaC4svGxcaSyWZheHgI&#10;1je2v3PmmdNbndmKjwV4nbkg3f7Mo8VeIpZoinPdUgnxMDM9ASsra3Dz1j361pnJUfjpn/hheO/2&#10;Pbj+3jw8eLAsAMM4bRID+RykUj70Dxbg5ZFBeOHCOag1WlCpomC6CuUqpvXWKAMEdQ7YSWMK5KFD&#10;FtKM4rE4rK6twle+8iV49+3vE+XgwnMvwtHZI3Dp4ltEAcjEU+TklMvmqk/KvbO6tpO6t7j6j+Lx&#10;+LF2O04dwyCQVIhCfwyS8YRMNG40aPKx8mARVh8uwSEBAs+cOwXh0To0qzVI+lJ8HY8nqVNLxaF2&#10;7kEKBF7jiKlDoPwa6e8PxIOnqgHrjiSmJ8dJzNxtY/cg6orlqWovJoqT8tVrkBfF9n68DoVqCXZ/&#10;/Z/RZ9X3Y58SxURA3XDZTJDTEOLB48VOHdDwQNHnaj08JpUTgcoskfeep2hljPj8CGqNuRXrDDRU&#10;haAxX5A0kIC5haxnE61BdhG4ASdAYK5SqcEbr78JX/v6d+Dn/vJPwfnTR6FZl5omFDHHBQCp7e7B&#10;7tKyDCbdKcKAHycFhT0KnXrBnCJWTTJUR52ZnBIyszaaCHD9rKiQiyu+uwCYrcB0fjnTxCtwciqY&#10;oUAZFywnZjxk9jN2LcPx700klqpuM/5cgnQizDhj6SOTUxGrc5G2vHoC59jmOsMDzqxiJQBpVKCd&#10;/jp7LZHPUgNgNaWJKFB41ILXYykFlaRWg4MVPlcpcVbRzrQ+j1lTEeWa6ySid7osRXWKGuBExdGq&#10;yaUogwTTQhtqqOmC7rQ/UPsKFv44YS+VyzA6NiXW2FH6UHxxr3lcTmzwtkAHQZwgYJNHhnfafcBm&#10;mMhBC06gc5mcspxvimvbN+BDBpaGpP/AaStmD+GEFgt+CRTU+VGZMxHDGXV/k9YJNVzaGMJTxhDK&#10;qS8w2hcWcZR3xfptAYzQdSspnmd9dQ2G8v1+o7r/57Y2ty+N9BdsSCVztFMdTIgeAOk9eo+nDo3Y&#10;lFi3kfhhHoYvqwocxrsHf7MuAAh4VMgXBSr2iVYfrh0RRUtGCvSANkvGnF4blxuopzqKIW2MXE0u&#10;QtXJ4hHiMi7cpkAwQkLrsUkbZjxGCdVc9wTJ0hJMNxiLslgiSa4kuAn19fV9ZWJsGIyJCXQMdx7j&#10;c8kc3YuZfrhWhc5TZLIpsc8FTXS9qjaaAoSU4NTJw3D33hJpQFCgODs9Bs8+cxSeOXEY7t1bJjCy&#10;cH8RcrksTS6GhgfExpaVoV7IXReFUSYjiuhkAcL+PtpIkeTFVRGIgGR7axMuvXMDrlx5l6wX8TAP&#10;HToCFy68CPlMAb761S9AcXcTTk4dgWJ5D8bHJ9E8YPJJuFVWVrdSF9+5+avFveJ/Um1UpaOa2Ngb&#10;YvNtNNrkeoUc/77+PIxNjMKJk8dp+ra5vgnL84vwcOkhnDl1AvrF9ySzGaKYeClRmKAGpyGuZ18n&#10;6oVGAMpUuB6mlcebUogrnW9idCEgDSuE6gEr3s7cB6aKOLyKU+K/NtIQxcukxPZYTzShv7wLxf/l&#10;f4PW2hoM//zPAs/liMZBpaanXJc4Vza3IKmHqjhjKgcnVCCVbiHldkXTEk+Gceo1IR73oVUP5L3j&#10;xxx8rQALvQH5MyZzhymtB7fWtCZgj9lOtg5SZb4Pq4sP4YQ437PjY7C3tS3+4bg5J5iXE4uJ71le&#10;gfrODvD9IqRrTUjH0+JfK87UKOxwpbJQL2Q6KC/sABt2ghpZTPCNooCaJFdBJCzSqCHUt3rc6uNC&#10;N/aP26mBb1LDwYka9GjGi6AgUAFvMfUqPugMD/l1z3lf3MAt5qRXW8c/zsAYB7gWvCGPUq302QjA&#10;zRZxAxIhCjyYK4XnRDDzWRKzZeUAiEuthn6PFXHdxlSBjO/RJ2pTYIxDPO5L4XjIzZSdqYtCrq1y&#10;TmTTztUEw+mKGRMSfcGG3RdspiiGFDSIAF25cVVrVWrQHD1xBlKZDARIzaRiXX4SjXoJ6tWK0nBo&#10;2q8z2VKAjBoAYZsaEkhxQpqn7/uKBuUpAT6jHBvM/Wi2ENS0ZAK7SmgPjZ4rVJkiehPxnX1J3uOs&#10;o/HFlZaK7m2mAI3J5mHGuCBUwnl8rZHREVh/uALHjh8Hv9n8iY3Njf/x1PEj3Pr0O5uhG6HS04D0&#10;Hr3H0/FgHeABeDShFFwnLPb+gKRzcBHpbnTp/nsdf3GdRXSnj2mOqjiQZiuEtbXVo8RKN0WIZ4Sp&#10;ugOLFUuo7f5UF5YWd0xdVmm2bQpBs3aL4Ajy9KrLnXAqmSMSmimEDprS9oRYxKRTaaJfbWxsVl79&#10;2Kuvkd1voDYp730cPkILNiJNuNAK0pmsHJ3CACAtNpxW2K5Rjof489bWLqQTKTjzzAkoLOfg+vVb&#10;sLW9C8ePHoKxoTycPDFLv9bWtuHOvUVYXHgAVy5fofeDnPdsX5Y0JLhxIkcfReg4zi/vl2B/dxc2&#10;1ldhdW0d9veKNFUq5PNw/vwLcPzECUrEfXD/LvzeH/wWFa3PHT8rjmeTwBtumvV6I/WDfs88XNvO&#10;vHvt7j9t8+AX09kkxNMxaWhANaVPVCK8TurVKoVC3r9zH1aza3BMnP9zL5yDU6ePk/bmrdcvwrkj&#10;szB08pi0oMUQSJyC1FsqwE4XJJ51TvNloeUrcE1BYapDmkimBfjZBScqw1i0Gu68KHwQnAeqGEQ4&#10;HcMwM6hDjmeILhXEQxgQBUzpN/41LF+6CkN/5ech/+Lz0Bbvq9moS9qHZ9uXnsr20Da6Nv5DLhrY&#10;gccOtXTpQRvhUDYA8HjEew4rVQP2PaaDyHxTonINxFRXVnP6PS4FwKboVZa7gaMhQbpLwk+RtfSe&#10;KAZ/+hMvQSjeQ0P80pNRzGbBY964eRu8ZgBVAULGxT3rJeRi6DsQzs3kcNczj0NHue7JvApnequ8&#10;l0j8jToeEMUi90OpWWEsKsp2/sSZLfVd+pKdQEQl6TakkBtBOhaLCVyjlKMWPk/COKS584noe3Mk&#10;5u/bmA47GiPtLpN23vFLX6eh5v47DaiknyEJuszEsOF6Mt2c0wRECszBhlQa4CRfgO5LTyn5XFc0&#10;kGDEWvHao2KcdWgUdQigZ2hWegImxfKypja5Gqg55JKOieDi6LHTUOjvl0AIm1g8VLqlEKrlfSjX&#10;ahSESzQnZ5Lv7knxRAyKu/vieYZookzXP/PpZ0inocAV0jAxz6bdqkvwgY01PBbCxYEN0mVuQ0ve&#10;u6QNwTPlawZAzNCzDCwSB+4ripg8d/JccJUwz9WkDXWB+f4BWNvYgEqpDKnBwrmN9c1jzVZwx/Ns&#10;nWCOhz9G+9kDIL1H7/EUDECgY+ENbcPuw05GmQM8wkcAHnfTioAXpyniRmLheozWsJub22esi58n&#10;u6MmL8GOrUELV7EzJIofco3yYnZjB2nTyPUiGrh+QZb7rWXogQphs17lkgmO6zWKtbEzPdBfgIGB&#10;QVhYePD6CxcuPDhwQtgjToRp98IBAGY6Rh28NX26iFYGXgmnEuhchZOMxaVVSKQSFEY4OToEb1+6&#10;Dt99/W2YnZmCw3OTRL0aHRuC8fEh+AS8IADKPiytrMLCAwEu1tdgQRRsJQE4avUqNFDsrGgFuNmh&#10;w9fs3BHIn83D0OAAjI+NwuDgEGxsrsOXvvA5uPbuJRgbG4OPXngV1peWxWe2CzOj4+QWJTa1oWKx&#10;HC8Ucq0fTPCxE3/r0vVfEcDiFzHXAylPLUyID6W/PlGgxOeIJgRjI6OUjYI8bMxluX71PXggzsfH&#10;Xn0JPvvjn4S52Sm4d/09CgijmhmtdEVBzskUC4uKtrIddYG8KCK9BNGKKNG4KV4vlRI/E4giJaV6&#10;3KGTUyOvE/wqTuvaqqiPqe55mzVFkRyn762xBhR4CvZYDVqxNvQJwNG6eAm2r12H7VcuQOEnfwIG&#10;XnoOWC4rc2HwtVX56/m+zexgkkcu05ulUL8tvh/de2Ixj3BFgPMSUbAlknF7v3ueyfAJTQAhh5Bb&#10;Qwg9VaXGCOliPNO11uJ0C364oqqEAhwfgXd+5wr8k3/yz+Bv/c2/SkARzzvmqiRFcdcQRdLG/F3w&#10;RNEWbKzDYDyuZOwxAhK+KcYdeMCt8y5zpr6SkhTaxg13PwsJIvA+8pMJ0gd4yjQDIuQpG/AoT09g&#10;wEAnHOAOaGCGsqWyQZgUQTfFa+SZpwCeXXs9fT5ZdGHiEd2HnVgYVhKzgvpuVKsQupr3RcTnrGNv&#10;cKfPDO2CWTKyc5hEc0922is4OYr5SgfIFX1JglOuGj4k2Oc2iJA7vvLSSS2qWzSGwcYwxKfJA1fc&#10;WwIzDv0udEX4KsgWwQc+Jyae57JovX2EJiOoy/AE6CQ0IP69VNqDSqUkjy+0e5IFcfKgsXlD9OFk&#10;mqaKCCywyUH3i3JSw6/j9yeTKYiL769Wm/SaSNPiwE3TiuhXRr+lL67Q5uL66vx4nnKR8+yex+ze&#10;iq+H2I/ygrikH+OxJBJJOit4TyIbIJNJwdrqQxgdGc6XdosvVSqVOzh1l3uoMrLwuGur9iTjjx4A&#10;6T16j4PAw9Kt3O2HDGocFfljpx8OYGCs+7QDHgVkOsUgLn/Y0KDk1rq9te3t7myf0XQEbenIVJCT&#10;KT5UMU/uJ06HhtZ07FBzuTFzroGKLlxCx+UkNEWV3dy11b+icYHlyCaTaLE6Dq1aFXUgf3rk8Iwc&#10;fneI8R9h8NU9eLCzKNB2vk6nEDNHfN/bwT/vl8swMT5G3Ppbt+4RH3duagx+4jOfgPsLS3D1+m1Y&#10;XFyGsfFhAUYQiPRBShS9yWwaTj9zDE6eOiEK6jbURNFcqTYoPA81DMiXxyRzHUqFlqX4frnY5BYW&#10;F+EP//D34Orly3SOX7jwCjx//jm4cfVduL1wC45PzVKXb2hwGL3rn62UK+MCgCz9oN0nyyub+SvX&#10;5n9dgLFfzIrzlRHvX4ZZAnUe0UkJi4lqRWaooJg/25eBQ4dn4cWXL0CpWII7t+bhi198TZzr4/Aj&#10;n3gV9lbXBdArSiqJALFEwVLCcqYoS3ihMjt4E4VMUnr00wSkCdLgR3wvFvgEBGSRqykuOCHxePSG&#10;w45zjHvkgNQSsEQqTQKosjr08RhUxNfq0ISkADcDKCz95htQ/O7bsH1sFjIfexX6P/4qZI8dAZbN&#10;EBhBS2YSA+ugNDwONZ3A40dOeqIQk/oNsDlBaJSQxHBFjxNAotKby2RyDyc1ihqjrVl1IrV2/yKx&#10;vrJOlTQVZiYhesqCnejZwzPw9/7e34YHKw8lXUmBlnQqKa7lOGy89x5UVtegVSxCulqFdLpfgEFR&#10;NLawYFQCYDlbAd5BINU0T4/ZQoopipRyD1BFd6gsjGNSgC6OoV2vkTOVBh5a6+FFEs25seP1uAcd&#10;wSMHmkjgUHga6nlwApJmqiB3fkaL1UP3/RhAwyOieR6BRmDep87O6Ixxco9O/1xnyKDXZXKCf0/5&#10;OcmhC7W2RL5AqITQ+OHXAszMSKlAPE+N05VeApQ1swnPcx3YHLJb6JB8ubVtZuo61JCSqawZG46p&#10;PgYuBefaplZTfLER0W404diJc5BMp+W5E2ApHk9QmGurIW13w3YobaqZysfRUhJFFcPnSyZSUNwp&#10;QaF/kKiv9FaV8xVNQHxf3U8MUqkM/b3RaFJOEGh9iglMtJQ3s6MxZi2JVSNMu1Uxz2ZzME01Vtcr&#10;Tg9xGovvHfeCTKaPpuZ7e5vQagaQEmvCIK35mwQeq7XKp/eK+7/Vn8/jxN5CNzVx6rTw7wGQ3qP3&#10;+PcYNAD8u9VrMaefZmr/DzgSjejEHUEee8Rxg9MFA5eZpKqszjR0Gp37DB6urQ2WyqWTjGvnHMk3&#10;DyPCbAbWAtOjIsXzJUc2RhQsEMV0oLQb8kUCo2HkEE0lcKkD3FpMMuPVS+0fHEun0zkYn5iEe/fm&#10;22fOPvtl7Ky2w4MfEu/yF94xBur03oFOAy1uU4VzohgWS/gmgg7ceHZ2dqm7jpkTN27cgZoAEXOH&#10;puDY0Vk4cXQGFh+swY3bd+HN1y9SWvrQ0ACFRuX7+sRGEjdORHFxvmOZFKQzSZqAyDyQFuyLIg2D&#10;pm7dvAV3b96GtY11sjk9cfoMvPD8BRgeGoRvfP01eO/qZThz6CS5CzV5m9xe2s1mXICifnHYP1AA&#10;ZHV917t87c6v1CqVX6yLIgBBGWon2pQQLycfOFzLiXM4NjwMY5OT5Bq2vr4BN669B6uiuH31lZfg&#10;p058Bq5cvQnfeeNtuHN3EfpqLUiK4nhYnP+mKFBioiDW4WykxVElmnGNwSIfASdd123qzmr7XSY+&#10;g3gsA43mrqRjqHkIpii0xPeS+xFnFFbXYsrzn0ftVTGPoi6K5ixHq18BSAQMQeE7UvOGQx/adxag&#10;cf0OPPzt3wM4egTSH3kRBl5+CTLHj0AcHW6wIGu1qaBBTQR2g5tNyXtHsCstq0GCBtV8xYIE26k4&#10;HXEnCVR2a3GrKZS4Krys45DuzGpb4Ij1BZPrWbPVpH+bnZuSnWHlnJQR9wgWucuXrgOrN6H6cBUO&#10;i7OWHMyJ4xHnvVqRDqQCePMqI/47cxsBes3hTvfcNe/mSr3DuCrAQ0qtZ+IzRGckjgFyTtAgcxQQ&#10;B1cfbKLE5XTImYOYTJaOXo6kXtnlOInTIggPzHLCDscR7vxOR2JGPGF0rTKtqm6wrFN3dNDwJDr9&#10;tqrkOKRI+0EBikwDOUc/Qs5qALVQ5szQP3s6T4abfAumCng5kfNAORmr/SJ0JuXMWDxTw0qDFVBB&#10;gIpa5E7VuXHJUmBNFfkySZxDtVyF/MAwTE7NkR07goJYLCENF8R+gfa41UpZgpfApqHr16OmQjsk&#10;gI75ISkB9AOlU9SuVFogTiJ0pMqK5+nrKxDlF9clOhZHgGjxFzPgSxpaMOvS6ASLMs8B0062iqfu&#10;XWIWiPeSFPtDOiMDEUv7e2T/i7QvpCPn8gWx9q0SfTc+4H9kb3cnAbPTTbtPu31GpuiIPQDSe/Qe&#10;/14//v+4R126E3fDzD6A9gNULobkd0aDCLuN4g++OO86ZtEdT71YLS4sn2210AFLOfJQvoe0LpVT&#10;G582WU8JY6lY8XV4m0cblpxKYJHdikwWuLL0pdcM29Gpg+MFb9+H5OB6onCKJ5LQJxbbfCGPxebV&#10;v/Y3/sYN/Y2PxXCdrlcayUXAXAfQ05bATHvik6BxCx2L+vtzsL9fgYfrm3BoegqGBgpw6d0rohDe&#10;hJMnj8LU+DAcOTRBv4rFMtxfWIF7C4tw985duXEg6xq70vGEEnCKglQUSWWxWRYFsCnu7cLe7j7R&#10;jVBzMDg4CJ985jQcPnIEpkXRvbhwD/6f3/yXsLO1DS8+9zL4YhO9ffcmTI2M06Ybi/u54u7eoDi4&#10;H5h7bX1jj717ff7XW632LyPdAWlDmEgupxEe0XkwSRsL2z0BzpDKlkrtwszMBDz73FmolqoCbNyH&#10;P/7jr8BzL5yFj7/0PAk0v/Dl12BncxOWRVGLqdwYDphIJqHGZXdRVuqK+OLJG0yFolMOiE9ZIG1T&#10;1FORmcpCTQCQPoIdAmizlgB/UuSME4ZAUXBiqvD0ue50cyOExjupJn5OvEvIi6qtKv6MmQtYFKJm&#10;IycKqqyoANvXbkNVFO4P/9XvAJ+dhMQL5yD/wkvQd/YUpMdGgYtzwgVgTQlQ1ZdJk9UtFlGe0xVH&#10;DQtOWfyYHx3FgqRvaU65pJxZlyOipqmckUg+j56SMFsgUnmvbpigFRhRf06AKqSM7K+vw8PrN6G1&#10;XwZPAMbBwRHIDBbovAaiqBJIkoACgbW6/EwYOLQR5upDOmlJempjizlyMhPXUFPcU2SzzKzMO3Qk&#10;5CbbiFk9RsCD6POqNjyPABVZQDZZIEGI0iokyd3ITj7MoTMPOkldhvbqvL4WlEfsyfWfuJ3QaS4/&#10;4y7YcCyYuzRjPCNA9CERyxknMR0iKd3WwNg+18Rf6uJc+PG4SkKX9rU0dfNl04moVbQhuTQs5nT0&#10;QQXJ6pT0UCfNRkAkU5N0F3hwoh4xM6VAOiG5TaH7VdCEVtiEI8eeF4V5DjmykEGdkXgOtKhFIXpx&#10;b4colOQqyKzgPHSBgAr8QyCSyWUIsBCNUdlVG9MWJn/HkMn+/gJNvXH6QdkfCLT0REc5yCGi1lQy&#10;N7fFWCGbvBM3i0ZNNd0mgCdzf2JenK7c/VIFyqUiNalwMpys1cnSG00ecD8Y6B88tLO7d0p8LleY&#10;23xzrOY59JLQe4/e46kDMwfdX1nEifCDoBfLCnIseF2bQ3hEEOFjeJ/cEadiZ2dhYfG8KES8MNRj&#10;c8WMNs6AIYEMKY71ZToyi8kCDDvMMekcQuK8UIcreXZb1Hx05lIfAtlh1FwLroXncu/GQggLM7S2&#10;Le4WxSaR+MqZs8+0NC/4ccnxnboPfUJMv4mxDgoYd3ALM+J8sRGvtolrz2FkeADWN3fo3B87Og0/&#10;/ulPwrVrd+Ctt9+Fe0MDcOTwLIwO90Mhl4bnzp+kX7V6C7Z39mB5dQvW19Zhe29PAJkS1Gs12lDw&#10;TAwNjcHk1Cxk02nIZjLU7R8ZHqI03ofLS/BHf/C7cO3KOzA4NAI/9VN/ERoC0Hz7W38K00Oj5Fmf&#10;FAVfuVxlKw9WP37u+bPf/EG4Nza39r0rN+7+g1q19ssY+oUFhC42Wq0mTZxQFJoSBfbgwIAAHdP0&#10;mW1ubsP87ftoxQwvvvgc/IXTx+HKuzfg9Tcuwq2b8/CjP/pD8HN/8SfhO1/4Ktx/5yKcfuYE5XL4&#10;6ZTMlQEtbFbJw21ZcPNGC8oCABJdCWko4hjAYeWk0jnIVvqgEVQhzaRYnSsXOF+VVHgJx7nNj/CI&#10;XMSd7r0SkoKk26Uxh5ojKKkJIIKapxjEfQFG/DQUkhnIY9F1dwVqN+9C8Xe+AFujA+AdOwa5l1+A&#10;3LNnYPDoEUiIc0MePKQlQhFIWwkLBIhCgbQo0HztZus59qieLIKtlbCmQdpQTwZ6GsJVjo+nbLkV&#10;7TKU2hLZeZAC/KQAe5lMkoqqu6+/BfWNddi9vwAzopjqGxkWPxKDGJ6zXB64ACBBqw48XhMVREtU&#10;v01pBxxoSpXuCIe2W881ZckzoER+XaxFqSS9EwySjBvdHe+YgijaFotKwTvaRI5gPCoex88U2f+4&#10;CLXUhDjNmLXx1ZMJTU+KpCFZ/YxucpjXj9jwRkNaOY/kTEbAR6fVe+c0RFLvcOqaE59ZTNJruQQb&#10;gVarOKnkmEXRDIDyKBhjpljH3zX1irJBuKWrcWU9q//dnZbrM+I6YnHXrk1ZmtGnpD1xKXxQWRyr&#10;qQr+V6vUYGBgBAZGJonqmBYFONGvYnFIiP82SmuwX9xVwYgaVDHSeZjPRDwnajmw8ZPL91NmDdKd&#10;PEVF89Rn46npH76zQl8esrkc7Ip1vNFqK+8SO80yEx8AY+aggxs1RVAfj9lpPGtMwNwpvSf5ktiA&#10;wUejUiGAhO5/uD7iLzQdQW1cIV8Q6+gGHDtxIl0qVs6J83SFKYBom3/yApBNxJ4LVu/RezzRj04t&#10;Bnf+0I0i9Njncq12HREID3kH57ZLArqZsKit0VFJRiIvUIBerMDK8vJzoGz+Qj1m5471pHIq0c5U&#10;ZFGKAAFpUr5vPfa1WBE7UMo+UGn1nGhCpQFR3G4KcAIpGPZUWUDdaD9G4+bRsTG4efNmeOr0M18t&#10;9KXFhvL/YVRlXMdUZ8g9EaZLJjcW5N+m4rGHtWYbE+IFOEjCodlJmL/3gOgvJ4/PwcuvPAtnTh+G&#10;K1dvweVLVyCeShFgQptgpHDhqL8w0A99olA8dfoYaT3wZ5sCmNSaLaIYhUGo0t7l5lwqleD2rdvw&#10;9ltvwp3bNyEdT8DLH/kEvPTiy7D0YAm+IcDHhAAj+Vw/rG2tEWjBM1grl5//QbhH9vdrIMDHPyyV&#10;yr+CrklB0BDnpC3NDERxky/kIJNIUpGLLmHF0r74VYJxcR2g0xUKxOfnF+BrX/smnDlzAj72ynOU&#10;D4OTj//zN34LPvvZT8PZly/AtT/9Oty9cgPOXHgOPBRxMsPso0wKrGsRcOxv70Ci1oB6cxfSSI8T&#10;39QURSzRslAwvrcPO3sbkFO0lCaasKLOAiclynbX56xLUWiTqX3GnSwcWwijMD4joEdGvBaG29VZ&#10;GSpcgREvSZOEXCIFWbwmtysQbFyE+rffhA1xLa5MTUD8xHHIXDgL2WdOQX52DhKFHFFRKKxNXGvl&#10;Sp3u10IuBTFP5RpgQcakBa9NzbaLDVcR6FyliDNVZHpO/pDVgzFl1y1pJxkBvuMCCBSXV2Hxjbeh&#10;8nANEltFmJmdhUQmLZsOVGf64MVTAhymIExkoO2XgScqwCuivG97RJ9RbWNnGgFOGrjULehmCtKv&#10;UOuDE9ug1RCgwIfAMbsgsMKV65Mq/bRGV4MMT3XKQ9UeUWVbhA7FwX7OobLaTTLo0HqAY1bAzVQq&#10;jPh5ObMdpzkdMgfwOIu6BiquA5bnACPXhtd1wgrJXSkrQweJbssV5mAE8EL9nhWgqItrsCGONI0A&#10;gNLGuXE185wgQY+oSU5GTMeA2U653Q6aa5scKDMWmyml11/zvrk2TQgp0yMIWzA9fRiS8STRkpJo&#10;UIITZfFnnHqUBPgIxHpKjZ1QgqogdLN01LkX11Yshs+RgFqjJIXnzueKdGJpey332tGxUVqfq6Lw&#10;J11WoD/b0IAIeS1I4wYOKiiFktE9ZwaqsmU4RK8Wbq2MmWMnTWGrGFZL1r+Bui85WQHX600CUJvr&#10;a/T1arX8klhLfzOZTJt5n0sffKIV6D0A0nv0HgDQBXzoup8/4psZ7z69cKcmpkBwkmc7KUiPSg/W&#10;ieTc2c240y7DjW1tdTW1s711weUDa/EaVwujdgPBwgG7M3IKguK/FCTiMbEZ4Wi6JYW9WIwJgMJo&#10;0Qzsps1DUxIYF3smqRyhoSqrlFjfI4vEvr48/L/svQeQXdeZHvjd+/LrnLsBNHIiIZKgSJAEwAgG&#10;kRJFUaRGcaSxx2OPvVtj77i8Nd4te7d2vfZW7VaNXbNjzVgakZJIBVIUM6mRmHMAAwgQGegGOqPR&#10;ufvld+/Z///POffe12hQ1JTtmaH6FVFE6JduOOf//v8L9fVZDA4N9H/x7rveCo6L4yx9TFVkbBT2&#10;38JpSZSroBbzZVXN73mq09iQPZubmFKpeNY5OzGN1b09uOSiC3D4yHHs3fchNm/agNU97dhz7Q7M&#10;zeepMB5A3+lB9J84KYVYU1MjWpuahGuckDG/6dyK0NmTCUYhl8OZs5MYGuLnncDQ4JAIrlkcecWO&#10;Xdi+fTu9TjNefv4ZvPX2a9iyYQtWd67CBx++h87GFrE+bXabMT42vm5mZi7d3NxY/Ls7+ZhJHjl+&#10;+usEsv41b9tJOsZ+jIrjGBU+ZvoxPTOLKbqGGhrq0dzShI7OdslgGT9zBhMTE7j44gtx081Xo+/E&#10;abzyxl4cPnoct958A37nd+7Azx96Aj978GFcvGUTHbMmHHx7L9ZQ8ZtuzmJK+PrQbjn0XsW5ORQX&#10;FpCia3e2MIXGuHacinO6N5d6pSrmc5NIFapw/SIVZ7roS1gLXIRuRtbc1nado3u+7UJHnd+i05GK&#10;0TzxHcZCdS4oBIxgAbOiNyEw4iQ1TYSKLybSNDGYOT2Gah9dK798AWfp+hrp7UJ840Y0XHwBslsJ&#10;kKxagWRzEwqspSEgwvSZMv+ePkxchK4qoJnEjDKWhyi+BR2GnqN8VxoQfC/HpPDXNDknsNLWTYcm&#10;NhDIpAF6j/1PPoXJI0cxfbQfu1avQmNbE/N5BPTF4o4JXdRHKkYgy2W6STaNajoHn7vSZSr0igRK&#10;yywmdmsyiURv4fiRox2TyZGbiqEwN4uUUkHxFZlJBOL5QMsRsWRGZGJS63uFc3LRS0bxwdOCuBOG&#10;DDqRRHME59kAgZqZiqpZt2s0gVZHEAkUF0qdCpetGo1HzeRmsT5EydWaitfLOdNHztUmKJ6ZI0Xc&#10;u/hzFDlBnI5tPVuFO0pMNxRCu2YYsOLYoFjjhhiAKP47T9s4W0vp2nXVppc4gYmJUqqGrhsIu8XR&#10;rSrvV6T1sKOtG21d3bJuJh0jPmfaVDqNmelJzM9MGwBjX8+JGLjo88G02kI+j5bWdplCCxB2wmmP&#10;1m648r35+GTpvmppaUOBwAcDAnHscjQs9Xyj0XFrQxg1yPUj+7UK87Ts1AhhDzEStRWcO6Y0+qKF&#10;K9MvP9i0+fPxnsG03s72TtFg5RfoszWUrligY5RNZcMppgoGh0vqRpcByPJj+fFJnoaoc8GJWlSY&#10;qI8xEKkVmIfjeywxfo/SvYNFPTpBUeocG96+voHVC/MLW5TdPlVEMuloi0XNsXZlNM8dIx5782LI&#10;BTV3VVnEKdxY3ws2Xknx5U6ZeIbqAEMpPIylqKYGR5xALBdZOrUJAjZJ4fTPTc/whvbLSy+7JG9D&#10;yD7eGCoqml3qRNRyrLEEAEylkjNVz5tMJhPtvCkODY8J1erKK7bj+PE+vPfuBxjp6cIG+rtuKrI+&#10;felW+XX27AwGhkYITIzig74BzFABzaNz5vAyP5+7WBysx372VQIQFdpk2Bayub4B2y/Zjq7ubvSu&#10;6iUQ0ohjR47gkYcewMTkOL3vTqzrXYeXX3xeNlMGgUJPKBSRLpUvPDt29kICIO/9Xbwfxidm8cGB&#10;E/92anry37AjGNvNSqowFyFMSSLA1tLE3OaUiDw5fX6UjjeHDq5b24v169dhoH8Qb735DkbXrMI1&#10;Oy8TcPLoE7/EPff+GLfccgPu+OJt+PGPHsLp/n50U0E83T+Dlx57HFd+6kK5noqzc4jT5s6dw65E&#10;Brm5swQMM2BJQkGV0ejGxd2qSBdncXYBlcIMHd2qgBJlKUDWVUrSFHQx4Tnhhu8vofd0DUBhobon&#10;vlh+wP93EaZie+bCo/IPKcQNQNFmAwVHJ5DENSQR+1H+ThlXC8X902dQPj6M4i+fx2QmgzE6NvEN&#10;65G9cBOSm9ajkacQ9HdJnpi5utjTAW/KpIs7cn/DZm+YBHIBJPJhXc1z58aFsuMTLur43KWRTiVl&#10;avnuE0/gwNO/Qv7UED61ciWamxok58A1haBm4MT0lMO1lC46AlQoJ5N1VHwV4LFIPV2CypfgVOgo&#10;lyvS5OCMhqCFDCM+d1KIZbWDWalUQEMYLxlZE/2gJFeRNki0kaPXlUigXmQx8QO/LiUp6LqRrkSA&#10;HousqG4wBz6/l1bYFkEwY/EQWvAqA5aiuR6LLddtH6U2zhDn5GwkEw2aOqtUDY3NCcCEPQ5KaIGs&#10;d5NrMh4mhdui3jbMZNbtKEO1VUZPootsrfWOmemYCvYbXaXb51g6VASq2WwbniCwMYcfJqGzSQcD&#10;nq4VK8VpkT8ng3FxPGONE1vvzsyIqJyny1qT4YbmCrbZxjpG1lDQ+sL7Fk+f2ebd0rPiBoDEjBCd&#10;v1ZnZxeSKQI4s2fF9ltbBytjxOJocaZlJVgHLXv89QilxuEq2I99Y80LO5VDzXTRN0Yc1k0s0ASZ&#10;kOByMS+HNEnfY2ZuEp1d7euK+VIb2p1JEd+j9gJU6jcPP14GIMuP5cffdxBynqnGxxmJRvXSH2Wj&#10;t9h6MTp5qXk9M9EIMn/NonTyxMmdlWopqSe8jjiKuLY7aRZZV3grbLWbkCAlV9xHEtq3nAohsT2E&#10;DnFSrhIgAiOqcyLCw1DYagKofH+RM5eheMU4fLAO3Z09VOgfxsb1G55ZRYW+/U5OVAMSCRqE6cLV&#10;UNaiB8EP7YeNJ2RA9Vjq+KfSyUn6ROOFYqm9hQph5gwfP3GKnrYaF31qC9atWYkPPjiMV159C93d&#10;nVizegXoByV08NLtF2I7/WKr1LlcEVPTs5ibW8DCQg4FdnuqVI2tqx77swVvlorDumxGNrtjx47h&#10;sUcewomTx+U43PnFL6OztQ1P/+Jxen4eW1ZvxMjYMDqamgXQUEGfXpidX0Mf++8cABkdm6zfd/Dk&#10;fygXC3+UFABLxXUmReexXs53mQqfEoEoDhh0YgU0NdZjVe8KKCoYRsfO0jE+iPUb12HHVZdi3bpe&#10;vPjKm/jeyX7ccN0u3H335/HwI0/hwQcexa6rr8S11+zGG6+8CkxPyXGd6DuFA1PzaOHgx/EpuHTc&#10;U/T7hfI0slRo5dQskhw+Zoq5BE/8qABYyE+jnvMBBAIoCZjzDbBORDj/gd2+U9uBdiMFpE3ztqJ0&#10;S99BpJNti4yYsfq1P8vPbTBUIAbzZYeNfAnM8udUdCz9JJJuQoTDDALEu40bAWcmUB49g8rrb6PA&#10;Np5N9fB6OpBevxoJAnP1a9cis3IFku2tiBNggfD8PaFoKT0Kkfdj6k1cTCZcMcyN2RyDOCSjJ8Xv&#10;m03TufKx95En8eb9DwATc9jc3oFWBiVuJANB6Jl+aIBhtFZhz57NGuqEnuURmICbhyoXJdncLWoO&#10;vE4qt6F4xiKVAAh3tmN8T7luJNfciZZv52g1VGAT60ciDRGBKCpIkXAMTKuadZaviXrjilYNuJ1O&#10;BEioyBQkjDy0nytqyBuAV9QOal1Vm2yOJSYdiycq9rsmnTpaR9NBsrYyYEEXuY6s0wiaQnqPyTGF&#10;zS6VfhiTBAnmgwBWGJ2UMgCF9wpbkMcMLLQhguKSZScdS3lMGtASaBxt0wva9YpPd4HAaENzKxrb&#10;OrTbVSwjzRoOiuX3zueLGD8zJjbnFtz4Kpx8y7VML5qkny3TutvS1o4crcGO0Rsy0I65bkCBEjBM&#10;r5MmoNJBAITd+Qr5ggChwDjFXk9Gs+O67rkTN757YybwdzEzIXDmdUOhJUJTGOvMZU1rREdiri0+&#10;bWwbzPlPqbp6WjNn+Olt+VxuCx3n15V1RnZRG0S47IK1/Fh+/JaDEfXRACWcnqhgdGzjKfzI7rRU&#10;Q3/xny0PNCpcrOnK0gI1v1BAf3/fNbLcmXG4tRAUoSrcgCohtKhETOwPWSBtgQIDEZGgOnm96UB3&#10;TYWq4VW1+NexblhmczACdWUcdiwXm3EOj9a5s9tQz+K/LBX8J8d+/5/845e1YN5UducDZM55dmtn&#10;0WTKOVdBs5Sgs6WxfoGOwBla9C+cmZ3DqhVdYo175MgJ5AsFbFq3CrfdvFuK5IP0d+++sx9ptlbt&#10;aiOw0Ip6AiKpRFyOUzMBk2YCMSz6Z7tik/QoXT8WXDMwGR4ewSuHDuHwhweFbtRCz9lz4y245JJL&#10;MTM1gYcefkCEuzsuugx9p/pk4ywRWMnQe5To8wycGrrq0iu3P/J36bofGZ2MHTh84k8WFub/qEQF&#10;AOsT+PuyRoE1MVzZcNBjU3OTTNaKVHjOzc1RYZHHSgIhO668FJNnpnDg0BGcHhjCzdcT6PjibXjs&#10;yWfwox8/guuv34077/wcHnzwEfz107/C5Tt2YMu2CzG27wO5DhN0jCZHhlEtVNFVl8EUvXYdXWdF&#10;f16KqpRxfeLOZ0WFXeoqFfpFutgyxn7UUq2WulYcU0S657kXteOUngbGLZgwJZcbsUFYxBAMXoGd&#10;lwS40B/rnAwBo4R8ZoKd9JmpQKoWpWBjKhLTtFwnQb8nYEAFaMo3hdI83Z+z/ah8eExyLCY514AA&#10;r7uSruk1vQJK6tauRpa1JW2tSDbUS5q57t4a+20j1OUpJd/3CTqAZSoAj779Pl66/ycY2PsOMnSc&#10;1zU0oYmOa53tLFuxsVdbjHH+BndsXesY5TqBm148XYd4KktgPA+/XIJfKcPl+4ZPBl8/BOrjij4f&#10;AVmmieXmZtAkjlSqZoqx2HbXTq98C0+ciE5kUUhqCB10M6ZiQCQX9Z5MqSyU0MdIT43CfKLofEKd&#10;E8YaprSrqFmf+WwJ7nSbz2Bz7PxFEzX7alH6n0AsdlZL1Ac/o2zmk9IOVbp4drVNutVhcAghfztX&#10;a/yq9lObIlm0DxZEBnpC3bCCY4GMY+xuNdD0VEgBtqBTQERNPlSYF6Kzanzz+6pMKXjy1bNyDZIc&#10;CBonIER7UMJN6im6wxOAGUxNjYvYPBT0qyBgEYZGxuA6xkYFEkDo6/BcR4OAgNZsNlv+Lt3dPRJC&#10;OjExTiAkR5dcWYfmRgJ9g9zBIBdFbzABCPY1ElBBkK9r+mNO5OoKU+fle/MUyq8NzxSYykwE02zj&#10;7Cim3mYJgOQW8vz8RD6f2+jGnNedqhMmoVvig79MwVp+LD+WH9FNUZ0PfIRTD0sR8v2l6+kIyehc&#10;J5QakUik42+XPlrbRkfOZEZGR3Z4xlpfWwtGFuPI6CYRT0nRweCDx9K8yLLNp1h0lqtB0q3PTHFP&#10;t894ZE6VQ+ATb7uW1gmrZss3wWi8+XGIWXtnh4RKFculFy6//LKpaOWnakY/zsc42IuPvfq1YJAP&#10;FVOgaIM6xWJHFkGOnZnAujWrCBg04dDhE5igwnjLlnVY1dOOW2/ajRwVeSf7h8QyduBkP0ps9ZhO&#10;I0tFEgM3zmQQMWnFQ7lYlOyP8clJnBkbw+TZCZkCMEWAgxd37tyFDRs3SaDhK6+8hNdeeQEd7V24&#10;4YabcPLIEUzNTGJNTy8BlwWkGc9QuXFmZOQzc3ML/1tjY33pb/sar4pV8OAFQ0Nj/0uhWPim2Nmy&#10;UNj1kBY9Q1z0RDwtK5UrQrnixOHmlnqh3s1OzaLvaB/Gz05i95WXYcO6lXjmudfwg/sfwo4rLsXn&#10;b/8M4n/9Ah57+HGMXDWMa67djYnxCbz68qsEQj6NrpYWuV6F1sGi2lIek+U5uupKyHkE2tgVSIVO&#10;NPZyYpDB3P6qKVirSnd2VcTFzV+EdR11bqicb7NCmHDFKezKjXTibXnhBMGftuiNy6QhvE9VwN53&#10;bCmCNF2XPgN1ad5TMVwsizUv09oKBETZ4LfIkeYxbS/KwC5RTYkVtNhBe7o0dekaLO0/ivK7BySU&#10;biaTwHhdGn4jHbueDgIn3fR/Aijt7cjQ8eQCju1YmYd+9sxZArx9OPrG2+h/Zx/qCQh3N2TRRsCm&#10;oZQX16UyXft0sgUMpeIp7W4XjwvodAz9RWx8WU/hmsyGYHrJ6wedi0wTkLFCXQKvuTwKI6N0bFNI&#10;NTYgXp/BzMwU4lXP2IXXTgdCJVytZqJ2OrIYVEbJTSFk4NwXLzKZTrNuZpHSVzk648OPOO2Fr+gH&#10;cxYVmVgHQXkGmLJWvBIVsKulQW84YbP/KqQ0OuSN4rbgmDXXt/kaoeJZD45dFbg28do7zy5qPNlm&#10;a1hOBje22FZXx8W6b/QdYcK6E7k3nMCGN2qU4kQ2qSC9Xhmti+sEUzEBILDhfkoS7Rsammkv6IFL&#10;122CwHVdtgF1jXVI0rU1T9cCJ4KX6ZoPBJWmEQBjdiBHhNabSpmnH51m+gGj/dA/A5NCLt+PPgNP&#10;ott5+kFFfq6QE1tu319kdGyoWiGYUpF90/xylWYFWAhvnL4cEy5qCwHXiYhBxDjAEapuaE/vauBm&#10;h/b0MzxFbyYAMj4+Qp+P1rR8bpPvh5SuxT79yxSs5cfy47dl2qFqavdzbv6PWgucxQs3bNCTcfHB&#10;0oGJiwP11Mfw5D129MSGudnpbezYobxQEe9Y2oSj7XXlz6LN0F7pTPeoy9bLosgOJWLbaGwWDfsq&#10;7Ofa7pkVrpoSTtngL8cNuNDC740xpzyLTipCT5w8hlW9vU9u2rReGp/n/8K/4SRqiS72UueQdQmp&#10;VPJILldAR0cz5vM59A8MY+PGtbh69+UyCXn9zXfQvaI70IFccvFmbKdf8wt5TFMRPTwyzkGPGKVC&#10;em5hTsb5pZKeAMRM3klP9wps3rhFJh7tbe1obW2Wjt7+D/bhhWefwczUNLZfcjmu3LkTB/a9jyNH&#10;D+KijdswNTUhxR2Lt5Vfh8nxiW2nTp7affGln3r+bxd8eDhybHDr6NjEY+VKZZN0Rz1laES6G1kp&#10;lOTcc2hjA22kCSqoF+jYjFFh29Lcgg2b14PP+wf7D+LhR57GFVdsx22fuwkvvPg6fvGL5zFI5+Gm&#10;m65HqZjD88+8hNnpeVxx1Q6cOTOGt15/Fdde9GmkGxqRP3uWQAQVrordceaQlfwaXRxK5gfb1Rr7&#10;TAfaBStuE8IdQ7ly3JBPjgjjX4VaiZCzb6C12McmNMdfeTXic5uSHUOo/4gZeo9nwEbV3CfRQpM/&#10;X17lUZl10NDeiWrC+MYRcOB7MMGAt6oBiV8qo+jlqIhbQLHgI8/foRyjQj8p9rw8JXFZkJ6la1yl&#10;rFERVJ7eeWYUlYEBOQYVer1KwkFBxPlAiYA4T7DyxTx92BI20/W7KU7fK+XStVhEM1vx0s/Effr5&#10;hRl48/SZzZRAmhYxR7rPrBuTjrAUv7rpEEvHDXUlru3KXDegalWqdN8wRS+3gEY6rkkGH/S9CwTA&#10;83PT6HSSwbFVERgRkrsWR/c5NRGB4bSjlraFiOdR2VCLhIpH11SdgFg/8l6GQuOE72HTQGopYCoC&#10;RFRA3+NfSeXKpMUKiP1zPnUIXFTwfS34YKDXIFdWMEU3PRoTCRgB3SqYUEiziH4oL4W/ngzwefKN&#10;HtB1rHmG/q6+b+m1tQur64RCcsvxDaKozJTdsaG4vgpoTHa9lf2hqq3ceaJXKnLux2qkCRAkExkC&#10;zykJdmVzihgB2ompGcxOTGjzE3tclL5/YPNrzEHgJhID8Uq5IKDciVB+rUTDhiuuoPWYHegmJ6cI&#10;3BS1W2GURma0igHVKQLu7OTFMdMNz2SiaOmMngRZK+OgJWEngJFsLtadeY4vQFaysZgCJ/kmSiha&#10;5XweybYWad6UNaV3s+/5QQMx0C+ZdcxZpmAtP5Yfv32PqO35r52M1IAVw9l1ai15F3fAlmr2q4+O&#10;6Qv+9eDBgzcXy1SVmBwOO0rW9C1Hc1glnI0Ll7iEm6UzGfFSZ1cn9t/3qdgsmc6RDiX0gs3RFz93&#10;q1eNJC/7Tpj45+gOkIjP3Zi8dl1dnbgYnThxfOozt93+Uia1dPr533gC5fx6e0LeIPiz1NelDuan&#10;jBVsRzsmZ+Zw8NAxbKUCecdlF2MLgZEDh47ijdffpY2xEatWdqOtlRPQM2gjENXR3YlLsU3oDmUC&#10;HuwlzzaKJe5YexqtSfCiOJyUMT5+Fi++9BLe3buXAMxZ9PauwS23fJZedyVeeOEZvP/uXuzYfgXV&#10;fmXM5+bR0dqOMm1MlWIR9S3N8f3vf/C1v00AwpOPwwQ+zoxPPlkuFzdUeHP0KqJ54WmHANg46xWy&#10;YjYgri70Mxk3jZ6VXVJMjA6N4c039krg4GdvvQ573zmAX/z18zh09AQ+c/P1yGTS+PkjT+LMxCT2&#10;XHstxsYm8MrLL4tf/oUXXYSXnntGkuS7GuqRj6Q5Mx2oSr9LGVoEF+1e5OYKReEwdCzD3VeLi1Rd&#10;PLhOLS3GyHJFJs7PYf2Ia+iGUsD4VgnC9xbdM26sJps7MG8w1KyqmYg4sLkNRiMixfgcks3N8GI6&#10;o0G46Akq2pP0OvUp2ZSTlWZxpfKZypIrolwtoUTPrcwxuawObkMdcv48FTElpOmJWbY4lclUQkCJ&#10;fD9boCmdLq3zQ3zE6lq0nbHLMn19bkuqGiSK+0awHnNgLHO5u1+V57BdKufBc7e/ar57Pq9qOuRc&#10;dMVMARWTaZKPevqU2VQ9UJdGIptBjgDryNQYVhOYUk7Y9FABMWqx4qNWjxZOYhGAvUj7p2Yl5XWw&#10;JJYEShyw+JFywhSV2tSPkArm1Thq+cGncrDUVEM7rEXTq2MIm0+OCulWTgS8SjHr8D3VJCAkcCgL&#10;Kk+dgRFSvVRwvdsNhu+DvGfybyIFvLLT8QBkuIElrM2diGZVqSDF3Amb+mqRHkepYHIYTA9s+KC5&#10;fth5KlvXiNaOFRIwyW5pmSyBD9oXmpua6TpWmJmcQD43I5/ZV05YwCujr1E6p4pdpZroXlmg9dJS&#10;Cm1jTe9v2mCFn9NIa0Z31wpZq9l+nddkLvxhdBh836rgey7aUINNOnQAC7QmfC8Yy3rf0jUNLYvv&#10;FclA9J0a5oFo6X3f2NUrMwnRwI5BB78KU0zLBTY1KW30fY+2Ute3HDEdGmnP5zIAWX4sP347JiCR&#10;37vuuVORjzM5iaanh324WnErzgNG1K95M+5uTUzN4tCRwzfqxckPOnOuOFvFteDTjJnjqSSS8bjQ&#10;JzidPJPJmi6OrsA8FXE3ER0JpIMV8I0RjpOhQjASju31Qh0Xa98kWqiALxZymJude+Pq3buG/0YT&#10;j0gSbPSkOL/BOJqPU1NT49GJmYWS73kpFpL3rujB1PQ03t93EDNrF7BpwyrcvGc3ZqdncPLEaZw6&#10;0Y+jlRNI12fR1txEz28QugBrR2Imm4WtJLkrXiEQwXqH0TNjGDhFzz15kgDIuJSZvb29uPnmW7Bh&#10;0yZMnB3HT35yH86MjeKGG25Bis7PK688jzUdq7CQX0ADnY9yVbsEDZ0cuqu/b+D/Xrd+dd/fCvg4&#10;enrr2NnJJ0vF4gbeJH2TMs3nNZuIi/sLu9xUhCNepaIigzoqEubpOAwNjWLVqhXYuXsHRuj3r7/6&#10;Jo4fP4E9118jYWA/f/RJjAyP4K67voDP3nYzfvbgQ1iYm8fll1+G4aFBvP7Ky7jsyivRu2YtZmZm&#10;0NvSAjeelGvAM179MJkWfnB5OMbRyjWceUcKy5yBCnFbQEYyI2xPXOsYbOloEwH0pcavx+5VMSni&#10;Uig3UsHe2Q0nmyIAMAeMnUFsYZrOpRI3Hy+QOquAmBgAeQN4AqE6C4bzk1SEFVHX0g4nma5ZJ/g7&#10;il6YCx4GJSqBOBVWSfqJBjpHPhUsXtmjvyPAMZPDLBVbnlPEbBWie+HJZ4r59g5HvCWQievusQSQ&#10;KtMw4LehN+GCOabS2rnL0lQYaPp6OsQGFQzFuJCuikueJqhJ953vBcdHNLBAT4Yccww17UdomYk0&#10;kKFzSfcVa1OGpiZwamIM2+Jp3WmumS04NfMLoDZ2MOjdq7ieRTkKUS8ptchfSnzC+Jg6mgJXFi2P&#10;I3aw4boc+huGACakfvnmM0SBgw8V1IZBHqv93E7tnhAYcGDRFJyDBXmqlWykmyypNTJa+R2uc64p&#10;RJVjrmoEIXqeuW4YmBe8ChX6cU3R8jUtCzbJ3DVZRQYYRXWKNRkeizV3sNlKZl/w7cRHN6icoFHl&#10;h0CEXegIgGzcdBEamlqFmpmgc15Pa0BrRwvtD80YGhnH1NkxVMuVmj3QmrBYFywu+nnazK8xS+u2&#10;uDYaqpRrfwkdSuszelaugMPmFNMcGKunH8H5dBFYDwt4UU4kxDMWuK1ZnYelelnhvv6uYSigYx3E&#10;AhdIBI1A4wmjtR9OSOCzupwiOwnyxIP2ZJ5GViuVVdVqtT6RSMypyLViXQ4UloMIlx/Lj0888Dg3&#10;/fzjFby2MPYjAj/HFKw6uVZ3wxQWaSBsUR/Jv5DUY1+d/43ocezIiRVjIyNXclFc9cOkZF6gZRGM&#10;wbifcNpsEpm6eqTr6iRsL5nRtpuloif0FklhjohQHKHZVPTmxSNoPwzdsr/hRVXbNtqgQ01H4jCl&#10;zs5O9PWdRGNT66Pbtl1w/kGFwtLkaO4Ym8A11wQpuwbsKKXOmx4fUAGsZoWe2NbSdObQ0b7++obW&#10;rcVymcDCONav66VNsAkHDx7B8OgINm9Yj9UrO7Fjx8W4gp43OjYu1KvRkTGcOHYCC1TwVSR0ryqi&#10;cXbT4pC9Yj4vYVPcIWba2YqeVbj0sh1Y2dODjq5OcfZ56cXn8OZrr0nn7+67vyIF2ZOP/xw9HV1i&#10;CiBBVamUTKPY2z7uOq0fvrf/9wiA/O//Pa/9QrGMYycGt5+dmHqIwQdPNhDl4BMQKZY1tYTBWIau&#10;n6pfle/IhcWGDWtRJkB24uQpAhmj2LXzctzZfSseffQX+M73foQvfOEz+OqX78K9P/gxvvNX38cd&#10;X/gcdu3eiV/+9bNSnV2w7SKMjI5i/zvvYMsF2zCdm5cJU6oug/LMjGiTeIoQs3QrkwadkOJSdxuF&#10;HsYFNcLgt6TZw+ORy8yN4lsRh+viizPSWSXgQRfaMaRR7lgB76brgG0XwmFRtxT2BLbpe1f3HcD0&#10;M88ie2aYrnsC+k4iiMGz5Xg1YtlqH/K5eZpTyWF+okTgrAMJ1oXAWoI6Jp/A2K6ajIViuSQUKzdB&#10;/86/+AakP69q6ZLpiZcrUcFVQonPS4WuUz+HkuNhriy+SjqQTgToBAgInKT9uITCJRP8neIys2AK&#10;pWNdkGwBataXOHeSq0rMKVgHwo0NCQ8sVmGzw2PJmNh26+JUJ0e6jWm49PdxAlJ5+vNrg31YWJjC&#10;jkQTUsbaGDXT3+iZCiMEa6YeSh8ff3FgoZmE1DpmUcHHUzH4Qac/w+uiOGOF85bAWQuh66B+tk2K&#10;sTMaP6BOBctmpJ1uRcSB0R9qTRDCITl35NNIpZugXEP3MWs82+8KCxBhgrxMm6HNEFTN6zvSHCmz&#10;UNtN6imLcRqMuVr3wTeJDxXa8waQ26+x77LULC0894O/V35ksTa2wK5jJ+R6ouCZCQg3LrIEqrtX&#10;rkEmQ/uO7DkZdLQT+GhrFQA6MzuLCQIg1hExgJtOZP9jgEVrQF1jkwi3JZgRbjDlt9ezdYVsbmlB&#10;a2sHOFNjjtePSlGbZfh+xN1d78dBkDyDA1dbHfvWhtepnY4EQC2SnG7tj4P1xKxBdl7GYJ9zUKz1&#10;lSOTJg3a+ZizpqXqlUSPydTVSsXLVqrVnkQiOaePtY8oDfCT/FgGIMuP5cfiSaz6zQJIz9GJqDAV&#10;1zSxgk1Kc8xrU2iVHdvj12hMjHDw3b3v7y4Uiu3xeDgS4M2GhbtiaeiIDZYI+CRvgMBHc0ur0LCS&#10;ST0NKZdzMjFRpthXhttbVXrD4mK5GqT7hk5bgUbEfG4Rn8f0e9fT+zQ2NePFl16Y337p9hc72ps0&#10;QHKW+F4fYQfmWv44IunNH1OLExQg9AONDdn5RDx+dH4hv7Wzo0VEjMdO9GHz5vW44frdOH78pNjE&#10;nuw/jTVrVhIwaKVNsg3dPV1Ql31KXE04kXp2dgFzzFcvlMSvXnTAjrbg5WOcSqeQTiZlM+Wcihee&#10;fw5733wLVdpodhAouWLnLoyOjuHxRx/Cqu4erKHN+d19e9Hd0o4iFYssyuXiMZNtxNH9h37v6huv&#10;/v9aWpon/ntc9+MTMzh2fOBfFYrFf1Yul9Z7Ve3H70kh6RtOORWqLDyWIDTdr24gUMXTnPGzZ3Hk&#10;yBS2bN6Im264Gu+9tx8P/OwxXHHV5bj7y1/Aoz9/Et/9zg/wxbs+j7vu/gJ+8P0f4IGfPoSbbtxD&#10;52EL3nvrLVx+1S5s2rwV7+99GyODw2htaMJ8fh6Z+gaUExN0LmN6M3b11pwI+pWG+sKUO+NkIwBB&#10;GeqVE/bObefaNZ1P3f3XolIBN0ERy65VWeTXb0Hsa3fBzxex8PDPERseRLJC/0qAy129HpndV6Dt&#10;3/xrzD/2OMrPP4+muC+FpJ20yCUS0Zg4i0EIJ36rKuZnR5GuFlDX2g4v4WrAb7qjKmbsbqXgT4hG&#10;S/4ipvNLPAIY88UiGlo64GTTSFQYlHHYoZ6UKFoL+LWYRleh9+LMmhIBRbYCniV0X2Ehc1EnlMR4&#10;oiBTTBdJnlrQsUkQaGB9j6wttG64SbrX/ZTE0LscYlrx6HMxYLIWu7p4ixsLcD4WPHGYWSiif34Y&#10;4wvTWEXvdimBD0I/ep5StXalUettJ6IBcSLLhRNUe9EJSRhGGIKWCBuW1jFdqDMIKdPz63UpK5OD&#10;2FLxhY4lgdl3iSFUYoSi8aWWs2g3XzkRkwMnYlLCM7ZklgBblq4ZY5OuXAMcAlcRWIcpGC2Ab5zM&#10;ZCroG9dD1vKBLamVZIAgklLj11x4ThjgGm1+ObWuVkEauCm8RQMYCBpDNQy/v2/2Ct8+l93dCgWs&#10;6FmDxuY2JJIJAiAZ1Dc2oLOrDe2se5Asn3EUjZ2uqgm8CjdgbnTwtdtE1/aZ0UFZg6Szxs2umL4n&#10;rM6ITTFWrFwttK18bgGlclG79dksD7sfG7MUOJHzbfWZTmgvoScx+hpwI4GMrmtAUvA8DWFd15xx&#10;J2HyWjxNd7PrZRDA62uaM/1DtVyVMFe2KiYgn6F1dyW951E/il6VMg2+ZQCy/Fh+fKKnH85vSPFZ&#10;8jWCyceicCmntmu/ZBffcHI/aszC9cjsXA7vvv/eF+FqG9jgDTj3QGm/e96k4m5Cph888ciK+K8V&#10;2UxSOjBcXMo6R8/nxFbhxpY1scA3yVq6WFMBRUtFZ8PBxqUpJdr9Kk2bRQvKlSLGx0b37v4f/tkJ&#10;RHqYH2uKFAAQUwxa/rE691yd70j5ZjNjZyBOw62vz+6bXyh+YXZmAd1d7ZiamSHQcQgbN6zDRdu2&#10;4oKtG9DXxxSq05LQzSLJNu7WNTcik0qL+1U9/Z5/iYtoVU+GuKhjb/0cFXqTE5PYf7IPBw4cwMDg&#10;gIgQN23eLPSizs5uvPbaq3jlheek4L74U9sJoPwSDQTWhG8u58DT4kQOOSxX17z2/Gt/ePvdn/v3&#10;/62ve7bZPdE//O/LpcKfsGiUAyltGjKfVwZVfizkIbIANEaFcLlUxdTZSbQRWLv44m2YnpzGO+/s&#10;Q19HG66lwryxqRFPP/kMLvjUVtxJwONnDzyMe793P+68+w585uab8cCDP8eLL7yEbRduw+DpPrz3&#10;zlu46OJL0Uqvd+rUCTRt24Y8Ab16KixSdA6dxCwVquH0wvasGQqlzO7sGs1B3KntGi7WYdmJiObk&#10;a/pWVWCHp61QVQqFFWsQ++pdWHjnXainHkE7HRfOL5Dyc4Kux+MnkH/xJcxceRnavv4l5HpXYfbH&#10;P0ajXzVZBCrojKolilPIhMbjSEK61n0qQqbEXa25rRPzM5MoFueRTTcjQ8dTxWNmqkkwodHVn5vd&#10;jMo62yDTUCdgReg5cfPqfM4IkDD65+KMj0mKQU2Zbm5+HoPMCv0qlgQEVVWFilg6AvR35bISFydO&#10;j6+aYshzEYjOHaUnPbGE1n3JNWEdxoxsoUJAKE/gJ0+guqhK8Ok92+g5N8QaqCCla6o+KbVadbp4&#10;npaCisizw6mHTfdWUbKWcgIXv7D4D2cgTG2sOAXRfshkjBaINNPbaM1Snh+8lm4K6fmZdsLSKpAQ&#10;hMT1v9XCm5oQ2aCEdXQCek2+hNIqIKYVJpINdB/FhWon66pxONTgQOuCwiApGwLpy3fxJOXeNIVM&#10;M4jX/byvtNFIZGKsp2jWqhpBIGet03kYehvY9AaCaj7xoS5Q+5L4QbNK+SHw4EfF02TEFes3IpNN&#10;ooH2HZ68Nzc3obuzja3RMXhmCiO0RvIkzRqmWBtcG8QLYTa6oh2RNHW6TplG7JqpjqXmxozNMCet&#10;NzU1097IFuALYnPrGbc45YeZVgLN+M8xJwQgQe6i2aXcUKRvrw3dBHBCRypHhdkj5v/KcjotFrGw&#10;lkGT7wdzOTuF43stnUrR/31uGsbKlWqn0KadMLleBbSMZQrW8mP58VsBQqJboYOPPwlRgZMIou2l&#10;j+zUY9F72knEktW5+eGDHx7tHBocuI677+ycYWkH7BQChK4ZTLVgmkRdYwNaWtrQ1NgkmwJPQLij&#10;P4lZKTi5gKh6tvsVdqF4c3FUuDhHfASDniPrLDiKmjc+DuPr6OjCyMAQLazpxy6/7NLgtc45jktY&#10;gZ1jpYtwVL74uKiPAjFWrsKFRjrBm95buXyJ6q4yxqlQXtPbg/m5PPYfOCqUrC2b1hIo2Irt2zbj&#10;zNgEBoZG0XeUCswip+06/F0EhDgmJJEnIPl8ToDMxOQkZug1c/MLMgXqaGvFjdfvwToCN51dXTjd&#10;fwr3/eD7GB4exK7d1+BT2y7CL55+UorNtb0bcbTvMFobW0TUHi/FpaBLpzJ4/413/vnFO7bfv3r1&#10;ytP/La71Mr3/+NnpxMDp0X9XKZf+hGl4OvFayWSAr52QVuiLAJyLE+ZUK5dtltslI6W/fxDDI6Ni&#10;rXv77Tfjqaefxb0/eACf+9wtuOuOz+IH9/8EZ+n43HLrzXS8ZvHQTx/C7Xfcjh0EzJ5/7lnprm/Y&#10;tAWvv/qSAI+e7m6MjQxheHQYq9mqM59Hmgo2J5uBN6vD9biYZoJY2gZ2WtpeoMMwuR1LXCfc9/ZN&#10;Z5mnHzq6LaI64C408/FvvRH5AwcRe/QBNGc4fyAtBalrii3Ou2mgwl29/ibm+odR/8f/FP5XvoqF&#10;+39EoMkPJpyLS4fFxap2zWL6Fhftc5g7w2CgRJ/fQ7kwBZwlHNHdIRMHpSKd2Jhr7glPtBl8T7u+&#10;zoEITHQSelESV23RfxDYTSeCVOyY/PIJmAiioYtCgxOfxcwErv0SAxX6PH5F0358PRGrcIKJ6EMg&#10;E1KmupVhSEp26kQvWU+/2nmW5KQJC6Xg1lExWZ+VnBLfzyN3ekyAiWudlez/rQ7D8c3ZDIPePGN7&#10;6ph1DnDOcRpDxJ7X/l3JWCB7xtCgPsbC6CRifkwnw1es2g2GJqM/S8wYHignei6dwOPMNTSuGvmE&#10;0lTFMJddOyE5sRRS6Tp5X1+ZTCUr8K/6On/DMfRT+nlxn3MilsNBQrgVQWtnK+60czZMiX/vxnTB&#10;7To1E3gnAG4mN8QJsE1Q5FqzgvBiNVopqxvxFxsN2EabZzQgHirFAlpb2wlwtCKVzCBFILiuLo3u&#10;tnZ0d3QgU5fF/IlTtM4OaocDM+32/dDxyjEAmicvbbTOLMzPBBRl2W/YHtfVUzn+QGy7y9ozdnTM&#10;5+eRyxdZU2HuFVP4O06NbXfg9GWmC7K2+76xxXIj1srhJMiCDH3MXJn6ycTTUDmdyCbHQFG/ny9G&#10;DzyuDGwR+FzQPVsoFml/ahVqpScTZ68jUPY7n3jcsQxAlh/Lj8UMoMUWvE4EXPy6h2ucr6IOI4uC&#10;Y5cEPaH8cfFQfxG6MRvua6++eXWxWFyRoKJDRT4j06vKpaL8TJw3WCoiuXhuZDeSlmYCIQ1i4cmb&#10;Kjs5SX3v6U6OBE9J5oIJ0wrG8YhQoZwAYWm3Eh1ixQ5bTEPKZLOSvbH3zdcKm7de8Ks1q1dq+92l&#10;wEdUbLNElRbwqF2nBgXaTnYNWKxxHgs3DNu96upsff94/9BMW3tzM08sBgZGsGH9GgJLrTh67Che&#10;fvVt9NIGtmbNKnR2tKF3DW1mhbK49ExOTImd48T0NGbnCmLDy5sbAzamJK3rXYPMlgvQWN8oQYWN&#10;TQ1SVJ8eGMSDDz6Iwx8cQHt7O776tW+grbUNjzz8M8xOTeHa3dfj0P4PdL4Cd8iYHlMpC42NMCNK&#10;+WLn4w8+/qf/9I//8MvxmOv917zW2cmr7+TItsmp6furlfL2Kiex03HhKYxkPUgX1KR5s7WyHgsI&#10;XzmbSSOfy4vovr2rEzt37cDQqQE8+cQvse2irfj8528lgPUsvvvd7+MrX74L3/jGV/Ht//xdAmiz&#10;uG7PNRgZHsYTjz+Oq6++FqtW9uLAe+/hkk/vkOCwodOn0NrUig46XuNnRiVBOUufSRFwTLP1q7hT&#10;lbS7kykORQvC3v8y/WOgFNMARKTTKkiqNtgRaZUBRxRyFzkhuhIYgbsGN/x3uY0boBjwPPUwOrhb&#10;z6+pNK1LuuaxDBXOdP84ZcQyLhros1a+cx8a/vBbmLr2ehRf/BXdi4maSZ27ROMhVIro0NCETBzy&#10;2iYUOu26XJhFKlePON27fL9ZY1+/WJHCmQvYUm4B9X4HPDdCYXK1AFnAQEzftyrwoPW061BMT019&#10;V7Lv4NRZfr3RVbBrFq0JSZOurgigqFJFO3Mx+CIE4ortqqeLXrNGCPjiiyZBRSIHKzZmBUCqZEqm&#10;SNVCDsXxKS2IT2qrcOHWJWzuuCtAiC1dfS/U1CGEJpFwCidI8g5dmmxhr1dVz2VaqRcsO3y91FFh&#10;7NcRaCv7ck6lQGSan6G/KRM0Kp9BHJTcSFPJN1eMdm/yDYhVgcYkbhwQXWEMubE0XLp3IPbExtEq&#10;WOP0is+ZTFZy4dpKNqaF0pb2akGEdjkMKYYwQKTCYNI1gM1wv6xdrgAT09BxnAgIAcJEcCcUqfvG&#10;jERFkjX5GhVjAgNEVcQFSxn9h18tYQWtieyA1UC/2BGxrqGB7vVOAiaNdOkonOofQGF+Tpotvo3+&#10;th/ENI4StAgm6N+zDY0Y5omy0ADNFRahkfGkfNXq1UimM5iYnECxkJf1Ipw4uIE+0grXA9F9dIKm&#10;NGgIIKbrBlSw8CftZCmyoykNQ5VxkVzcDHOsJsnVVE835kGkIb4jgbZujGlmeQFvvu+12VyWoA/o&#10;4pyJ1TIAWX4sPz6B049zbnQV8nY/Hopxaji1cBbn+J4LepxFGAMfMQXhBXh8nKku73wtkTAbjOlI&#10;8fSDJxlFT3fBRJfAzkX1DWjvaEdHV4sIpRPJpBTQGiAZgZ7S433HWP/x31sA4gQuLudqMOzomam5&#10;SSosOC3cp8V/YHBg72fvuOMoF+Ln2O8u5iRHD/Si+YYTiHEiHPDFtsZqafBox+m8D7U0N45T4fze&#10;Qi6/p62tFQUCFx8eOopNG9fhyisvI5AxjePH+/AmW/G2NqOnuwNt9F0a6uvQvXoFVqxdqe0WPU2V&#10;4o2DJxic9cF8fS50K1QwTROw2LdvP/a9/x5O9/cL/eCmW27B9k9/WgK37vvhvfLZPn/HXTh69Agm&#10;Zs7iwrUXYnBsEI20gUrgXpUtfouipTmx/9Bdj//88T+568t3/of/OlOPKs6enUmMnJn8Wn4h9+8I&#10;fKxmEXylYogmxlJZDwJ8nXNCRZCEMNLmnKfNfYEKh1WrVmHd+tX4cP8hPP2LZ3HTTdfic7fdjJ8+&#10;+Aj6qbi4847PScH9l3/5PXz9d7+KL7Lu494f0kbrEGDZhYceeBDvvP0m1qxbT2DwFPqOHcbq1Wsx&#10;MjiIM2PDMjlix7CpmTm00XWV9JXw9pOcIE7gQRmpN1Nq0nStl5Xm8etOsI8Gzieha6asDCUo8FDS&#10;3W+6M+jn8sG0ECqMugMVi7jkIhTffRcNhQVCLBnp5uti0xP9Q/rm6zA/Ngm19zU4XEAnKkiODyNx&#10;+Dgabr8Vk8cOIT4+FIT1LTUJiV7pUaWBG+mb64ueIMnUWTSwA1ldWr5neXYeCxMTBNaa5XyVywvI&#10;jY0h3diMGP2M4gA6BgZFLuCZalXSr85uS9kUfNaWWHckm2GhTF874Lq7AkwYfHH6tBRT9Y4p5pQG&#10;Y3biYUTImjdvijEGIHGbwu5qoTEXwxU9p2ILYbbjdTQnRhth+HrqwRRAJ03flKcyFfq3oif/19oE&#10;+zlryE2RsEerTfMD+gvrXMqeFiILhKP3a+QOfQsVxMUF0WmhZKa9EgDoB+JmEECRyRJ/jqo5LwzI&#10;qnax9kWkLtMbei+XQQYviHzu40n9Zy4izfvbYtcmm9tQwSAw0DdAg+9FY4PuGFqOMnqDIFhK6fPB&#10;vy0yjZNAYT1PC023Xo5pcGWbQhleRCDvRCYfNg1dt8FEw+T7i5o8KqBb6e+iQ0KVFjuhQuCUgUB3&#10;d6/Yvafp/Gbrs+jq7MCqFZ0yBZteKKD/xHF6XkXuDxbnRMGQvVsSdI02NjShWiqJ+Qfvb1YAHjOU&#10;UH7vjq4edHb0YCGfp/UpJ/a7VQ4eVIYq51hLZA0+fGWDA00zzRyXIGQQ0dCN2qDT6N4S6B8NwAm0&#10;JLYJYP37+T7y7CzW1+fUgBgWqbOQn6m8vDZ7nte6KABs0b64DECWH8uPTyYAiVCCaqYgH0O/ELVs&#10;930VdFtCF6FICJVvbQYj3vPKdmSwZOqpBST8s++88/6q0bHhPZxCLb7+ZgNjq1i2HeSFNMVccU4v&#10;pr+rb2xEc3sLFbSNqMtkZTPkxNxiicXUhaA1y11B0TRwKbrYCSzoKFqNSsSy0tVcarb3be/ookJ7&#10;jDvRT11x1ZVqqQnTkjZjdkO1fzQhUVCRiYdSNa8THBNn0TBl0bFjoWRjQ71fX5d+cy5X3DM9PUMA&#10;owuVahqHDh+jgvwsNm/egBuu3ymWsEODIxgeGKJNsl8Kb95A6+u0dShvfGKzSsVEkS14F3KYnJzE&#10;2MgIhoaGMTVxVgqMbiqg7/jCF7B562YpyF58/nm89vIrWLt2LW655TM4fuwY9h94D1du34HxkTEq&#10;9JUIhGMqJm4vsTL9SrlooPd99rFf/F/Nra0n9tx07YN/02u7QkXfxNSMc2Z86iszM3P/s1+tfpqp&#10;d8zX5u/iOSYAzNA/BOzGdKaLIz71RSpwFLp6epBOxnHk6AkqMNLYfc1VOPjhEQJWD8p04xvf+DLu&#10;/d4PcM89P8TXv/YVnJ2YxPe/8z18+Xe/huuvvx5PPfkEbrjpRnzq4ovx1huvoD7bhN4163H04D4q&#10;IrrFPW1sdBi9K1ehnjMuZqaR99Mi/M4y2Gbahe8I8OAQuSLbAEPrG5h+wlqQqrFD5e8SUzC2uAxI&#10;4qg4FZScovzeMTkdUvMZoTiLsCtNrUBTHdwDH4j+BRFptPyOi+KODgIwDtJCldG0ueLcJOIL02jf&#10;uBZzN9+C/H33oInpT06YMxFtOkRxuXWBOsei1dBsPC+H6dEBpJJ1UoxWyvNUnBMwmde5BHEqsAuz&#10;4/QZpgg/aVEz06h8Lva9SpBmkVBJ5FO0JtB5dJiKZT3Gl1jefFt8uq6xaNVuYcHnt4I51zVNCsuv&#10;98MizDOSbbf2VndTdNbSmaCBIjoCKeo5sZoKMSokwaCAfq/YhZmF+SUlExi/Ygpvo+yWkpynU7TW&#10;ybrAtq7KwDr5iziBj4poWqwGJMX+ZqkGuPUtSNXVE8ClVY+pZ+wyxoCNP4fn6SFS3BO7YrdOuy7J&#10;m7JGaq5sbM11ZowyonsdcudqdygfwQRCL05ONNoj7HT7lgKlg2B9y/lybJNJBdOM2uD2cMpe8iWl&#10;JejY+yafKKBKiZugH0wO9HFXwbnSORkqoOGqKM3KTExg/50nddLGVwLKfUfnIZVKBazqXYc6Asa8&#10;PmTrtfVud3sbmpvqJaxyZmQCg/0n5J4J1vQIPUr+HNd+YU3t7eJSGI8akrhOYFjQQvfq+jUbZHo7&#10;PzdLAKQo6ee+8kIw4+smhN3jBNwpJ0Kv0ieDP4+2dHYiE383dLayGhEn1Ce6ujNXs5fZiU5wXC2g&#10;l6mVBuLWspjNPnjazADL8/ma85tqnBNqkuj9ZQCy/Fh+fFKnH4uZTiracv9YAMbaCNZ2TyyPMygq&#10;3Nr3DD3jndrE80g1bQvuKlVXL7306u20GbSC+dzW5p1H1Zk6TM9M6Y41AxDRf6TQ2tYiQuHWlhYp&#10;oNlGljfGMtt0StcFAjwcnnoYUWFQ+aswZMo6sDhuuAPKWFlC+GJSoDc1tmDfu3vL69ZueGrrlk1Y&#10;pFm3/IKlD6DrhEBM1YKVxdqPKCBR6ryS/uAZiVScjkHz85OzA/9rfUM9zoyfxYoVXbjwgs04fXoQ&#10;L736JlZzV3/tKhFNb6fjxLkgnBtydnwSE8MjmJmfRz5fQo4926nIYVGkBFzRh+FgvY3rN6DjyqvQ&#10;TeCmhY55mf79vXffw4svPocCAZU9e27EpZfvwNtvvopXXn4B1+y6Fi7tjONTZ7Guuxfj02epIM+i&#10;QuchwRMqZqQkEkjHEs5j9//s3qrnpW+48dofJuKxj31d87SG7XVPD565ppDL/T8EOq/i7q7w4M3F&#10;w5u1Y8CfZygdMZfpe64kvnNAXTtdP8l0CqdO9REwaMQ11+7Egff24/4fP4TbbrsJN990A376wEO4&#10;+rrd+IM/+If4T//xz/FdAiLseDU2PIoHfvQT3PHFu+j4riYg9jJ27NxF12U7Dh/9EBds3SbdUtZ8&#10;9K5YicGBU5il49XdsRL9U1PI0yadpc/BGRVKrGLZRKEiBahMA3gqYbQBlnQhjlimrvOBIDvBAgmP&#10;n6/Ce9Q317jUj92dKM3MIDY/Kfxu11B87O9ExFzRBap9PQYyXIhO//JXaLrjs2jffSVGXn0Z3qnj&#10;ku2gFgGL6Kqy+G7wTbHiBvndJvAMZbE31QGM2iFJSeEXWpLyN/OK86ZxavQLrmOIS458Uq80h4VR&#10;oHltrw4RDCgpzrnrXTCidRcheydw9XF9BGnNdt1StrMOQ+MLaKl6AdSUHUMvseVZnMXZKQGM8VQ9&#10;AYEiqrl5+rx57TCU0JMHl285poCVYCzC9XrFdtjxTEpyU6pME7O2qfS6ZXotT5s1CU0pEUuIYYYk&#10;TzuaAhZL67A8ne6tARG7KOlpB+sJqvo8xjQI5TT4WCwl4m/+eRMcrt3jlL4Sle2wq9ANCYbuZI+P&#10;F0kbF22SqzUodsIA40jlGzckV3e5TJ5E2LAp8blXenJlU7olwDMSpmcLcuWEWSXK9yN6jkjiu6wN&#10;qpYeENkkZWrAANGAeF5r+PVX9q6XzA+2322k/aA+W4f25jodkBmLY2BwSJo+sGJ3a2gC14ADn8Bh&#10;QvSEsXgSC5z9ETdUY8cxlFBaz9s7sG79Rpm0LcxOo5gvyP3BDRTfWg6bnCB+jo/I0EM5wfe1wYay&#10;7xg7XguKRONhOgUaq8eC9HrR+UAH8AotywYXBvQwx4jfXWnmaD2jZ+iVGsRUGOgacGowaL1jPPtD&#10;u2QLVJdF6MuP5ccnBnB8hANsICazmuvfZIKyOIBqKfvZpQqRJdIIa6YGLL47fKzP+fDAvm/GY441&#10;TZEFMUPFoSc8bR+xBIc+sdVuCo3NzeIq1NTYSBtCSjaqinRFfSzMLUiKNVs4srBYxMUWbCgzunei&#10;Exy9IPuepicI9cpV4lSSSnH4YAs9tYT+vhPv3P2Vrx1tbsyK2wzg/GZ2xrbuUWrJ56kInz86fVLn&#10;iUa3YKarrXXvkWN9Q1QgrOLwvIHBUXR1tuFTF23F7NQM+k4NYmRoBK0dbejp6URHSyNWrO7FmnW9&#10;QSI8i89L/KuiOfFMwYJxZeFNiYXkIyNj+OUvn8H+9/eJVmLzls24evduZOvq8NQTj+PY4YNUsH9W&#10;ckGeeuJhbF67EXMz80jFE/L6TD0oc2HFNBSq7rRn/nT28R8/9FejQ2cuu+X2m/+PzvbWKddFTequ&#10;/fYMKienZrMEkFZPzy5cWswX7yKweRNdH818jqVrWdU9d/78XGj5MtVhPnLM2Diz/qUspgUNjQ2S&#10;h8IH/YorLsfhg4fx6CNP4rOfuwWZ+jrc81f34Y47b8c3v/EV/MW3vyOFyDe/9bv40z/9T3jssSdw&#10;7Z7r8P177sXzzz2PC7dciNMn+3Dy6GGsWbMW7+x9AzPTU+jqWoH+/pNYT3/XRMdlcvwM1q/biAEC&#10;YEU6JlwIFgseMrxhO5oaVjW0q6i+QpnNjAvrOnGMc4L8HQ+Vcwr/MPrO/N+Pw2lvg5ogAML2tamU&#10;AA8tNPaC+5kBvubUh20E1lMkczMY+T//X2Q/dzsyV1+PXP9xNFhx9aJbvFY4XbsW+MZpSb+vH0bx&#10;2e71IugSTmhc7XrkRP8u+n9H5wNVi9Lld7jgDnKLDF0lukY5EdexmC1QEViYCmVQ1gX33HUrcGEy&#10;2Rx2LOWEBa4yFCIVbTI4prERq0MykSGwnyNQVQChYbonKjJ6cbwYYlmXL2CoYlmmIpwWXy1EgIcB&#10;SfzHAiqB1qdI13kjfe9kKo4Sr6uumRIoU4gbPQrTg5IpPaUR4ODovAyekDDYYTOCwBJZmSmR7Yar&#10;uJ4i+CGKc6LdGM8AX9+QeDjcU2kwyWtr1Yq95bMYEwFb1LJboR/mc9gITS9uaWDhJqbNAFSgk3Lt&#10;sNlqHyJ9G+VHsuCVTT/xg83Qd/Q02TpgQXnmO+pCuUTnhxtQzQQMuPnF4vMkAYimuixamxt1fg99&#10;n8NHDqPCjlYJx+SHWDAVml4kEik0NbfCq/C5JWBJYBGm0cUTla7uHrR39AjAm56bRW5hQZLXOZ+J&#10;p2a2oeAEwNtMF20iuXV0M8fUtXrBSGBjCEIck+6uJyQBkLNULUupMxMsWReMYYMOBjaTMJse74Qr&#10;gNw/ykzMRFel6szMUykVGg6YCPtlALL8WH58EkHIuRkefwM7XsOlUsraxy6iHqBWbB58BoVzHS+W&#10;mILw48UXX71qfmF2B9Or7FSfu9fZunoqdnOykCUllyKGRDaFZiog21tb0d7SIhsuF7hcDOTzBczP&#10;zmq6g6qKlz8nn/tmrG4tHy2NzAo8paPkhmNh7R7C+R9JtLe1Y2hokN/jr3fuvLJ6frj38aZJzhLD&#10;DBXRo6ga/3r1kaCQhazt7S1zjfUNzy3kCr/HRX53R6uklk/PzGDzxnW4etcVWJifx9DwCBXIfThB&#10;35Ntchua6lDPIY6ppBTorq4fxLqYN91ZAnKTZ8/i9OkBDJ46hZnJGaQyabGXvejii7CipxuHDx/B&#10;/fffJ+LIL9z5JdpcW/Czn92P1b1rpEt4euA0VrV3Y2JmWjqrjnRfy9JJ5KwFdsUqLOQT77306j8/&#10;O3Zm50WXX/7hqjUr722sz4zSZ6rwafC8qpsvlOtz+dI/8KrVndVy+Soe6zMgYbpEtViRSZdYg0oR&#10;4QcGAZrrrakDefpOfOHy1COfK6Cvrx8XX/wpTE1OEWD6JW6+bY9ws++950f47Odvw2dv/Qx++P37&#10;8M1/8A1845tfx7cJhNxx95244/bbcd99P5QO6K5du/Dkk0/QddiMtevX49CRD+XYsuCcHa82b9iM&#10;QXrv+bkZdHV0iS4kGadrOZ1FpTQnnUKPjgfbH1cTngTIMZ0m5epph4BAM220bkVceiQj4NczqehR&#10;W1ydEWYLIdPhTKcRzy8IfcuUXiaIzioNjFYqMINVweSC7W6rJw6h/EQc2W9+GdPNHfSlprQmAEtL&#10;oRTOteUO1wdVkwqOyPphC3+uiz3zd64pvXXisiV2RRoZlurF7l90XbjMb1KRbquyolcVaBR884FU&#10;JIgtEH5LsRXJCzfdZhVR0DpQkfs0sui5TmC9es73dMLE83iyTn7x+fdLeaFmsX2wiMt4GkhrT5xp&#10;SyUq+ktVeX/PZFPwcWcdi05w19cA/9eQ5ElJPDAZ8YMv4UamQCqi6XODaRjY3COWRrmaNynbThCT&#10;yA2D6EDWNUG01vo2yJ7gBlLVC0CCsm12PmtMq6V/Z72U+HbZmHU5vr5oeywFTk8ytBHDdCUn35VN&#10;GII1MSq2tvuMY0NulVlnQ71iLZU1fL6IzlWYreJHU9qNOxY3LTq6V0piORufcFOMgUh9NoMsu8jR&#10;ixZKZRw7eFhMr0WobynKct1pmpnQXGNxMewYGh2R6QefR/6cLbR+rFm7XsJume7F+UnlAgfClmSi&#10;r+zn9PUxDPYtm6VirjkbzOIEajID9qwLm9JaJntvSAsi0Fu6wUFyLQC0NDllzqWjG2iOq40tNDBx&#10;9QDEPF/7iph113LkfC9N34Ewo+MJULETsKWKlGUAsvxYfvz9fCxVDkdtCfER05Hz/Z27CDc4zvnp&#10;FjWuV4sCC2tBkgkYpMV0YmIGr7/62jdjbJthR8b8b7SZcseoUpkRyg4v+uw8U9fQiLaOdsmz4M2A&#10;F3amjuTzeYydGUcul5OFulQuSYdZRtemS+ZbbnDg7+4EExErcLQpx+K0leGgqSa8995er7Or+/GL&#10;qfBW0XHQR5yH6OAimnK+tBNx1BHGiXCIP3p95u9TV5dBZ0fLL+dPjfxefqEo77N23Ro6rhN49/0P&#10;0dnehnXrVuPiiy6UzWZudg4T45OYmprF2OkhAlZl2kBLQmHjIDcWPOpQwjKnl4sD2NYLLsSKFT3o&#10;oV/ZTBYDpwbwox/9CEePHsemTRuxZ88eLCwsEPj4MbraO3HRJZfhuV89jZVdKzCXm5Pzx8AjJvkE&#10;DueBSJHHmzqDw3Ixj5MfHtwxOT62Y+O2bd/q6e2tcgAinwOdR+m4BCYSDCwdX9MvPOWbAsLT55g5&#10;7r7SVp/CP9aTMwY6hXJRziVrhwZPncbK3tXY1NmO5559Abuv2Ylrrr4CP7nvQdx4y430Xa7FD+/5&#10;oQCPLxHg+O63/wr/8A//ADffdCN+/tOf4ne++lVcftmn8cKzz+DWWz+L3p6V2LdvHy4kYJaMJTE8&#10;NILurh4cPLRfqGzNzc2YpHOxfu1GnO4/KV3nuroGlHN5VBw9rSkzMKPdKoPQXtUx3P6YoTH4EfTJ&#10;Pg1lBouuDi5EADrMRCFIhDZ/5oZzigq6XNgN9hAWh/bndIaOU3OP2mTsWILus9MnkZil+/GCC+C9&#10;/pJQMNQSE5DzrQ1RMOIExK8IGybyzrbPa/+siSEx08FWNRnj9p0ERlW1IFZcmaIENft3xpXUUqeU&#10;H5m4udoRyYlQT2ReI3klMHampjR3F/lsR0CIFbQ71unDDW1hncC6TKOEWDxNxzapKUOVIrxCnkBH&#10;WYNBRotJev9sDF6eituizW2g+4n+jbVCngEbTMFqjGe1EJhBOPe2XRM6aKdL1kEqMgqSVHI7ATLT&#10;DgvcbFyGTHRUSEnzlZ1GhcfYt2J/27DyI7kljgUrelLlKpg8kMh54qK2akXQ5mDSGpE3An5Xit6A&#10;XxVOpSJhg5qS5YpIPaS6moaZcbeKUlyjINk3gEToXbx2iJbBEwOUTrrHRYjPxhF0rvh6aGysE+MT&#10;vgfGhkdoTew3UycneO3o9ZFKJ+m5tObR+slugQxGuJhn6uyaNRtksp/L58DOfbz2ch4RZ374hnql&#10;JyXhfmItnt3Axd5ocaCCCZmlsblmqhHQ26KuYL6m60X1nFab49ppWySk0gL2GD9HeeFEhf/s+MIk&#10;kLwlA+a09bKT0kjI9zQ9LPoBlwHI8mP58YmchNQIv83u/1HUq8XqatukUufQIs4FIf4SQGSxwHqx&#10;3RP/8dWX3+oZGDz1JQYSAhDEDpEK6/oGKYZ5sRIAQgs0d4iYq8+OT+ymxCGDeuNQIlSfnJqUoq9K&#10;G3iVw+eM+NMxm50yws5o0R8VrWhw4uqJC20WTU2N0rU/ferUO9ftuelwT3fnRx6/GlewKPhYzF/7&#10;yCMf5gBEJyBRkLL4qetWr3iur394PBaPdeYIiA1QEbxx/Rr0cF7H6WG8u3cfmlobBUB0drRi49aN&#10;Yv/IlqsMPIqlqojP2bGEQRsXJbzJSto801novVnIfuz4cezduxf9J/rQ1dGBu750N7Zu2YwD+z/A&#10;L558HJs2bMI111yHp556gjboJnHkGR4dQndbD2bmZyT1W+ey+EimtBsRvz6fM3atmhwdw/zsfGyk&#10;dzC2oneVpAwnU0kCD1lNx2CQ4WlnIe0mqsEIb9Jy3k3nlr+H5ijT555ZEOvMEl0fE2cn6fNuJeB0&#10;TFzBbv3szXjogYex/bJL6fe34kc/uB933HUH7vriHfgv3/4u/sW//CPs2rkTf/UX38HXvvUNbFi7&#10;Dk899jj2EBj54IN9eP/9d7F63QacHhwQkMGWu6cH+tHT060pZnPT6Gjnc9AnwVxcvHBHs7GedU1x&#10;+EwvqSoprDzjJCtMIhM66EeAv20EcI+VQUeRi20r/lWIpKKH16K2jnVEFOoW6diwc5FSNVWza3qV&#10;cm94poBYRJsKRNulAny6nuLrN6L86ksCmGImLyI6zXA+4t6I0qqWIheqIIlCBe+twjLX/N+NrDW2&#10;T28OYMXXSdKeb4PFTZK5G1Ag4QZjzuDV5T0lld6YhjuucafS9MxANsL3YEyZY68LaxcIGhu1920k&#10;kMLw9gMOfaAN82HtzZ1UHdxkhkCUASJWsM4su/o43ExMXKsYsCzM52RawNdKxWgiGrJ1wSQoZj6H&#10;a5ynHNO91vW8Cf+LxQItgHTqPde4WZmJGhfyKrQBDmg/ekQdWezcsFteQ38K60xtKhJRLTm6ARWw&#10;vbyoLbrNmiDMVdUhhdo+FoE7YrSBHqWBCfiwk2ZjnlKTBB/dm1SoCYQfMQ4wr8vW781NzbTnNImY&#10;O5tOiyYqk06gPpM0GVVxnDjZj+nJcQPWfKO/8IJJu1ibp1PI8ESf1ts852QkEwIQe7p6kKX1gBtD&#10;RXYuo3uV6cRMieX1Ts6BEeq7MWXcqey64IZ7TQAI3XDyZ6Y4QuuMxYKpjExBnPCshqFYevqoAvMF&#10;FVkHfJmqWi1OVMehna88fa2K02Tc9DEczT7Qbxi0VsKERHyifXiXAcjy47cTfNhVyXKfFxkzfazJ&#10;p19rsetE6FTqPJOPGt53pIhWS/CHWPOYz5fxq2ee/QZtTB2xyFiZi51UOoOZ6Ukk4gkR+XFBx90i&#10;dmJqaW5GNpORXAqmX3EHf3p6Fvn5eVTLmkJULhkxum/TzkM7wbBA8M3GGTk+rha7c7HY0d6J4eFh&#10;puw8fdXOnWXWqJxjvxv54jXAw1I0VC0Y8/2oeBI1Xbna81L7d0tORSSMzUNra/N4Y2PdX8/OF77V&#10;QkCDk78PfngMvWtW4lMXXyCWjyPDY+g7fhL9J0+JjS7zl+sbs0jTcebvmyJAlzS2oWUCbgzozpyd&#10;wNjIKE729WHg9CDKtHHyJORLBDw2b9mEYr6Ixx97AocO7sdVV+7Cpy+/Ak8/+ZiEZl179R68/PLz&#10;6Gzvpg03L+F+FSq2EwneIj0w24RdYHwOekylCTAWBDCWFhYwdPwEpsbOoKWjTSZQHPLFnvvxZMJQ&#10;Jzyd2q609ZpvOdxiQlAJqBYsqG8yEwi+VjoJGLzx+mu4/kYCEO+/j+eeeR533Pl5fP97P8COnVfi&#10;q1//Cr7/3e/hn/yL/xHXX3s1/uw//jl+/x//AY4eOownHnkU1117HX72k5/gwIEPsXnjVgJjb4mo&#10;vKutAyMjg9iyeQvcUw5dL/Noa2ljjQu2buxB38mKXGv12XrZkHm6k+BisVAm4JGTAsU3xPWYKYrd&#10;yPwwboPkTBM7iTDtXEVmHXaTt0W5DbtzfHqfqQmgq5tAX+1UIRaQo3wBQ44EHaoAzESdrmJUAFWH&#10;B5C+5hos0LmoU6HGO+qAtZiSeb61wnivYbFyRduzxiLPjaY3wxwf12hKwu+sXA/F+Sm4aQLPVNT5&#10;NYdFWROpiAmGDTe1yc+6QNO2rWE+QnRt8O04yrXUHjdsrgT2X34kL8nkknh2QBIKoINCGVHvbSq/&#10;k1n55VWKdF/MQdF955QZgJcJhMQlY6E4rbU/XKhXzYSXNWAaNPmir3BdJ5LIZwNQHa2JicXOKTQ9&#10;S0GKmHEoP0L1QZTJFdEIBN/H0NP4OHqeKZQdY90ank2ZMvhalC7jEHuhGAve4OzwtJQ1Pfw53IQu&#10;7vnMu5pmqbULke78oiVZqSioDVPN/chaaic7Ao4CgKSk4GYw0NrZI5MYPUXTFLhUPIkM7UdKHBaV&#10;rAdsecyhmZ6vaiZvDJ4494anJ02NrZhlIwjTBEulsxJuWCqYPatcFv0iT4L4vXmt4M8kkxXHWB84&#10;CNPMrTgf4bXt2H+PmsaY9dB1F99HhqJlbXlda+drtFN29mEndnBqNIlB8rmvhf2eNIe04YtrVhZ9&#10;P8cSjgmcCcxprFZKucsAZPmx/PikcbGcCDWjpju/SOz863lEjtip+jUWf1iCALF4gmIcUYyWcXH1&#10;wf+89+13M0ePHvlHicC/35FuTUNDkwj1ZPNLaO95Fuxl6xvR0tJCRWWTOIoII7zqYWEhj/Ez48Kb&#10;LVHRWSoUpLvvq1CArjtSi6lPWlgnbjQ2d0TctgjwEMDhAL73332z2tra8uiOyy8Nv9avOW42kMuM&#10;j6SDFRRdEerG+QTm502NRy34sP9LJZNYvbLn4f2HT3wrt5BDQ2M9HcMsTvUPYpQKeaZgbdq6Cdvo&#10;u80TSGM9x9TZSQwMDGuqGh0rz7jjcNHO3vN+WbsT8RSktakJe66/DqtW96KtlfNGCnjzzTfx2ksv&#10;03un8Dtf/pokfT/y8EMCGj//+bvw9ltvSOBWO4G4Q8cOYGVbN6aoIE/FINa8cTchwnDJL4i5qMvU&#10;E3BZENtG+mfkZueokF8Q2hT/ytD5YHF4gl19OIcAOiiNNz3HNbQLU1zxOWVHrwb63P19x7Fm7QYU&#10;8jmhjl28/VI8+vNHcOvnbsPbb7xFgOkpfPV3v4p7/uI76P7WN3D7F27HX/7Zt/E//as/xoH9+/Hz&#10;nz2Ia268AT+65170nTiOCy64EO++/w6u2LFLOs79/cfFIWzsg2FU6Hi10HvOzExjVdcqTB05Kzky&#10;SaageRVkCUjx+WJtUWv3CqTpOquOTEiAV5DObGtZ0X8g+BtbcPhm6hBzQvCh/y68rtxIUemakM3q&#10;mUngwgvgMYXEaiCC8sy+gtL200vc25Z+4c7PItZExXEmLYWxzRhQYtzryPmMIfwu4fNrk7w1fHIR&#10;tXOw1DPHFIQOUMN3j1b5mhwVfs6YoYtUywuYHsojnW1GprMNsfpMTXK0LaScmuyNcJ3UYl6dWuKV&#10;yihUNc0JMS3OZ7CeZmtc09hwrWbLsoIMxUX+F3OizWU4qKW/O5FxgQYjygAv/Z3jnC5O4LySzAkt&#10;y03mxQmL74+8Kov9QNUAkBQ9L0tFseeYMbdrCm1JY3SDddAGzinl1Dh8WdexGjG+CmlqIij3womB&#10;H2lyBcS5yPMsNyj4vVLB/sHvHTOvxwWo+Jw52vCgajo80ihydAq6dgrQDQcnblO7rSLK0N7gBoJz&#10;x6kNVbKT7miIruvo97I2vNykjxlfOaFfVaqyPrUTAOFJEU9AmBLMjl5xAhppWof45ecKRRw/dlQ3&#10;DqKAzE6s6RXZmSxN93y2oU4mpHFx/FNihMGW6DxdLsskuiKTXNb2aRqTI8nk/H89QXKDhHluHVjL&#10;e03PskG6iwFCqA2B4wShgo5xrbL0ZNGRKDd0cIvIhQK9kPLMPWpyV4xFmiNAzBNNnkf3C0+13Xg8&#10;eJ9YLObUdjat7kotT0CWH8uPTxr1qpZrHRnROmGn6tdpQGoddJ1zaBRqCfLQ4kF30JWJaDu0n7zO&#10;cHjyiafvLldLW+OSlqvFbx79nyk3C3PTWhxtcht4QWOnEAYF7E6lqTe+0G1mZuZwdnycgMicXshZ&#10;wFcpaUccs1HqBFw3UuDXzmxkSiwdorg4lzQ1tUg3auD06bcuvvTSD9evW2OoKksdLxVYryjUArVI&#10;EG7Nwa2xIjwHZKiPnlDVWEfqTWT9ulXPHu07dYI+/MaJ6SkR6m/ZtA6T09M4cvgYFd9DUij3dLVj&#10;3ca12BLXvF+mJjFti1PErQ2rL4WW1t1wwnwilkTFr2B0ZBTP/OpZ7HvvPZk0XH7Flbjqqqtwho79&#10;979/D9JUaH/ta98UetLQwAD2XHcT3t77Blpb2lHwynpiZTZ2pbSDjwhTqcCIETLJqjoUCRDpEEkq&#10;Bljb4+UIVBaQm5uDOxkXNy1X9EDxoCutGUKuPM914lK4ZNIZDJ06hQ1bt+DQhx8S8Pi0gNR9776L&#10;HZdfjp/e/yN89etfxy+efhr7P9iPr3/rm7jne/fiX/7Jv8KalStx3w/vwy233orv/sVfom/Valxy&#10;yaV45629YrWbcNh28zR6enpw4uQJdHV0oy6dxSwd65a2dgwMDaB+U4OZZkA0H1z4sOCfKRv8xdlg&#10;gcMGxzPHWPkPT7laBCta3gh9xvRTpWQxXUnmWifFetVoPyIdYBWZDtiiXZ5HoDOTacBsfTOchVmZ&#10;QFr6FBdJcS1l11kbEYc4P3L3y3tVJZwHinULBERhfLSsgJwzX/jnq46/aCqianODUOsjF/Wpimqm&#10;EExKFqcWmW+oQn67vY85XNIjMJsbLCNJ60WCCr9YNhWkpivHZkUEpbO+/0Uvo1BcKGKBrjFn0yZk&#10;LrkQ9b0r4KZT4lhV/OAgSq++IRM97TCmaoTOproVKspieb6KNCiCJoMNULIieENDtZMD/o6JdANU&#10;mn/XAo/uj8LAGSn2fGP/xJOLuJMgcM/3qR90yGU649dapPsRwBM1JbEgyp4fT6mImYmeRlg6aVRf&#10;YZssAd0s+DdrBW073aFDlRNQo6xdrwE61hfWgHFuTFSUJ8W344bp6dHPhcjn8YPiP7yi/BqrcxVQ&#10;xarm5xFJbveNBoavzZLQr1qQoXtXSQaMFv2zk5dMElxNCxsZG8Hw6QFak5yw4DebrDU9Safpvk9m&#10;5N7iXA9hQ7mc99EoBXuZ9qqqV9KaNgmFrYYTMqOR8Xw7sTGzTRfh2D0ACSFID6nXKnI9OOFrCjC0&#10;E0Q3PA6C98xc0bV5L45u4Fmam3EM4/97Rnfn8XdgzSV99phYT8eCZghnOXq+p0JgFAnkXRahLz+W&#10;H3//QUe0U+kvQcZ2akbSv27qEdWKKJNJ5CwJOizVYjHwiXqt15CwzCj4rXc+SHxwYP8fMcVKApbM&#10;xpzlzAgqbnmh55E22+EmY3E0EPjg7I+mpgYpdPlducs9Nz+PkdFRTE1OSqGaz+dQqZZoxasGvu62&#10;qxntDEXXPteoRDW/1hXdQWd7O0aGhjC/kHv8sqt2+XXZtDgtYZHbUA3FSmHJDlItYFM13UUsQV87&#10;v1REhbyByGiLN66Ghrrcqu72nxw/Pfxvm2ljm6WCnYXhPP1Y2d2NialpjA6P0HcaFkpTExVmDOa4&#10;i5/M1CNV5wQbJnezuJu/sJDD6eFhnO4fxKn+PkxQAc/UtyuvuAKXfHq7iMhffOFFvPbqK7jwgguw&#10;Z89NePedt/D2W6/hjs/ficHBQQIURWxcvR5Hjh5Eh9CSZqiAp8KCJx1ORRe+pjMZo+Oe5ILKWAH7&#10;9Fy2JOVrwedgBqZocUEmLkAasLrGSUaALW96vM8lY2JGwBMQnmJsu+gSvPbKy7j62mtx6MABnDrV&#10;j127duORhx7Et37/H+G//Nl/FjH9ZfSd7vnL7+CLX7ob3/3zv8DBnsPYftlleP2lF3DttdcLrWSQ&#10;gNWKFaukk7lly1bpgM/PzxLIasP0/Awd61UYPH1Kpn6s+1B0HdazhsVxhXqVJWDEFDm2d2bRaSyT&#10;hlPiBHqlg/VE/+HWTC65lE3qasBQiVyhYRUjBKaosDtmVBK+TCPiqLge4vPTQG4esbXr4O3bC5WM&#10;BeDCPo8Bu72+nKBYDUE2zyzSLnfZ4zVrS9TdijM8op/JPU+TAgGVyom4bhmqmYqW7KFjnT4WoX1v&#10;TcyHeR1XxcUuVmpzuhbKE7OoTM0hTiAk3dkCN5OCHy3a3HhAYXHp+08XqBDcfSV6v/klAh4rURif&#10;wFz/KVQK+f+fvfcAl+yqzkTXPpWrbtXNoXOrc1AHtdTKCAlkIZAE2GQwBmMGmMHg5zE22B7jeePx&#10;N2+cxzP2OAzG2AQbkFBGAaGAcncrtlqd4+2+OVeuOme/tdYOZ5+6t4XM5/c9wLf4mm7dUOGEvde/&#10;1h+gY/tWSOF5G370B7gGxfm6nKMwyHodUsm46i7Tc/qBpb24GjzhnFQ74fSiaYbCdKPD+jE8A0JN&#10;z2ia1tCUMl/n33TgtSVSyUij2RUECRMYwd/TOhkpI+GnDHgCqcGvk0Xn5HsEMmyoR+m1YSK3BWFk&#10;ba41KGEEk2MO4CkCm+9pjzNqQvlqCq4CNQOo0IQ65oUmIVpLAkFYnCvhdUylqjvi/8C5hj1PWHAR&#10;TrrUuqPsgQNLm6XzR4V0R1cP288y2ONAQjVhp7urqcHhocPHYHp8ROf0qM8bBO4mIXlCnUoloIqA&#10;vYl7W5womLiHZbNtqngPmkzDpNdk0bYjEudjbfUvobU0T4OEaRp4LZSqMBTS0IC9eeP/EAjb8w+6&#10;SRdEXcTcNHdL29OUMJrY1Jt1dgsjNgLtH9lMHteruLa59ohC1mTyoQzpY6D3mlj8p7dMXwQgi49/&#10;K4yrBXGEm2QO8EPAh/MDqiMIkVH9+eLw5rndSFiA6hRSitgPHguDO++85531WuVSj4Wx4TifxtW0&#10;UMfIFpI64xQel0hCOpuBAoKQDBa9cQYggjtFY2MTWOiewoW9yoJzSkGnjhLvlIEqiGRLZ0zK0EPH&#10;0/Ht5BBFezJ12Ok1yPt9zzNP19ry+bsu2707Wv+3TCvcgmrBiUbLEQv1INFUdgkLGGw5gn3ZItyz&#10;oAdUGvDaNau+fvTk2f84N1fM4fvmgvnAgcPQhUXT8mVLYfnyJZyMPD07w1SsydExBHFKJ8MbIBY2&#10;1PmrlCtYwJeZikWBaDkEhWsvWAPXv+lNsGTZEi5UXnzxZXjskUfYOeuWt78DNqzfAN978H548YV9&#10;8M53vpstZve/9CJcc9U1cPjYEdxsc0wtoGKCwCFv2GTZGVOBVoI54wLPdYxBSazh80bb1DqeQHPB&#10;2bffb2phrVAca1Bi0KDic9AXaVXI9Wp6ehIKhQ545YWXYPuOHfD9Bx6EW37uXfDA3XfBhk2bYGBg&#10;KTz79JPwjne/E77ypb+HX/rEx+H5Z56FvXv2wKWX7YanH3sc3vjmN2NhGsDp06dgxfIVcBrBxYaN&#10;GznIrVIuQoHA3swkLMXnGpsYxtfFYiOeYgpFBoEHnbNURhUcSbymaYrXaMxAMp2E4XoNEoUCiDKl&#10;VCsgyd6rZrKFnzEpVGYGUSBpMtJ0KEcenvM6CfqJPiK9iH2umRHE9AUSI3HokZOQ3HIhVJ/bC2kX&#10;vBhnI6LExGOW1tVqMMG6k6QCH0IHFkY1HVHY0LoeRacawmmchD/NVKpg/lQE7DRGLDDt1cUT51Z4&#10;EMf7l6ZkPh5XthklPv8MXs8VBAp97ZDoyDOdxeYk0PNgYTiKF1fHZz4BK9/+M3D2gYfh8H/5A5AH&#10;j0IC7weRjkPx3/8S9G/bwlQUOtolvPZ7fuP/guIrr8DcfQ9BO55jqSv3wHR4jRbM5IbIkMMpRGgD&#10;Lp2Ot3vUuFnhqemXCPBVaxUGrkaAztbZeN0U0ghkE4nQiarF/ty4/knHwUs6DQxhwvx0s0atayEH&#10;x0x2PSktpdQsR6A1HlKHCfpcWMZ0kakD6aTK1rDvzZMmpE6zcoSTlA42I5ICOYWXUM/hB6wHNLqH&#10;QK+PUk9azBsKHH8rU4AbDYgnhA0mlb6JdVdGJgqxBAwSaE0qIAAhWiqvWUGDp0sNWi+14UWpWof9&#10;L7/CBhpEzdNh8pqOpiaYbFOLf2hPmZ6YtECILMiJqlSuUeGuAiKVq5Sv9DvgRe3YhZrygg4olWom&#10;yhu1Z86RDcYMdR1mOmwBv4hZkMuUVZ1ZYgCkvT6EiEy2TD6OnRYGyu2KJuZEC6T1XupE9ra2nD6p&#10;OkMk5tWoy+i5dD1LIabPnFgEIIuPxcdP+iNo0Xe42/frnXRap8OwKQfSKUTOR7USnkPtct2lIOq9&#10;TovQnr0vpZ7ft+9zJK4LdOeFFrcEgg+fNzAfgUCSF/4Y5yZkIF8osF86bQy0AVDhSxvxqVOnYHp8&#10;kh1LKLSJKD6kBxBSZRtExhHg8GRDNZwlrtCHoI2zo6sLgUyNgM1TazdsOrjtwi2hTaUWsgvz7wjA&#10;EK/BlnKCmuT5iG/zNR5gN1nn+d2NXE9yCED0dncdXLm0/95T54beQ0F4BTxmq1etgEk8Pq+88iq7&#10;ei1Z0g+9fb2wauUKZd/ZIA2I0n6Q4JP+TTsg0eLIZpK0F+l0iouUkbFJ+MGTT8HLz78AFQQoO3Zs&#10;x0L9crZA/sY3vgbTU+Pwnvd+kIuBO7/9Tbji8qvYbWB0fBi2rdsKxxCIdCEgIHeoHJ1rSqsHX3PA&#10;wz4+bdJEyUon0tCIKVpYre5shNSLNy5Y+Ax0nVQZdKShXClDJt3GFLG4pkVkEim+RrZs2owA42m4&#10;6e23wHfvuhM++u/+Hfzv//UXsA6/3o3H6qEHHoDLrroavvfA/XDjLTdjUe/DsSOHYNmyFXDiyBHY&#10;vFEJ+um6I5e2qekZttkdGh6GbCqrur343smqmF6Y/qYNnyhs2XQWaqUiH0ua1BD4yuY7oV5oBx+f&#10;x68HHNpm1BMJEdNJ5cqZrSmkFaPTlp3SRXxd6zliztXUNEnj+n+c8hLHZx0cgfjlF8MMuXSNn2U7&#10;VzMZ5TgyKsbIlQxcKbvrXIX/1dsFQbmKoKmiE7EX1oGFBhau1W8UNJzPpjukfkRF5i5dyzhXSc1J&#10;jxkFrlQWoV4hw8e5OVtV6wAWvAQyqmcn+DcS3Z3q81LXGg/ABP7p/fxnoG/XTnju134H4PGnYAAL&#10;qfjSbojhtVqZmYVmPGa1XdSp9rZsArG0H5bu3gnjy5fDxN9/DTodq17HkSKkkjmBLVL/rFv087c0&#10;PYwL61g4aeWPhwVwjbJD6N7VVCcqqPNem3ouBvKxSCfD5p+YxVyCtUm1xWYgbXijS2GSEB0Xy9Z1&#10;H0JbX/P+6X6UfmA/qwwcQbSh9Fr3KnXdSU+lhRsTMsYl+LWq/pJyR/d0KruZAAgnH0dTGM3X+eWC&#10;UJOi9YjOyNrRRWi6GsN7wTTQXDbHphE0wSQARPcmGXM080r7QKGtk+VpOHzwVeU9RQDE11MQA+CE&#10;YL0IaQpJxzI9OcENLno9mujHcV1oNkqcYxQEMvq2rL2xtE0yRQWLaTdlYWlrUms0RCTrJQriDZhR&#10;a4qnA3GlO0tUONITLaY1wgGwZhv3lRsh/iF79ToJ5tm2uAn5fAEyubTVO1K6e8yLl9VHCSd56nlo&#10;4vbTK0L3FkvSxce/GRqWbJ06RLv14odMUNzU7Zbad0H6xEI1dPR55r8GLUgNLLxu/86d76jWKpdK&#10;awWlfoJcjqggjunUVg/BBwn/kuk0C8/JylB4KhWbCs3BoWEOyiOBMRWcNSxCiSOtVL2BfW4BIcc7&#10;sijbEbMqeknzQJSw3p4eOHv2FMyVi7fv2r1bdnflIQiiB9tM2UM/81CPIFuS3w0Vo9XxytIYFpga&#10;LZQ1EnF1CVr4dELxpzetX/2XtEMQgJudnYPBwSHo7umGtWtXM6g4fvwUPL9vP7zw0gE4hsduluw8&#10;cZNoa89DH6WlLx2A/mUD0N7VweXd6bNn4fuPPQZf/oevwT/+w1fh8P4DsGPbdvjkpz4B173pOti/&#10;/2X4uy99ielGH/vFjzNYuO22b8MlF1/C4XxPP/s07Ny6E2YRpBCgMenSTd1t5dBI5lb7XEgFmvJH&#10;H5boJkTJ4/OSSvFULEn/xr8TNBnjzU1ZiaYSaS50Mqkca0yIclLId3HX8YKN6+Hc6UFYt3kjzGKx&#10;7yUSCCqWwzPPPAtXXPUGuOOb34Kduy+Bl/bt410jh0Dm0MGDsHLVajh6+BDkCnk2OCiWixzeODUx&#10;Dp0IpKqlEk92KImLJhoZfA901mhaR38nM3jt4nPRdd1Gn0OHPhIIKc0VYfNFW5/Z/dYbppv42ajD&#10;XmP6UBICTaGS2umKqS0OFGhqUEFGoEaIbHyvwCo/Iu0H7lKmL94A3ZfuguTuK6Doh8DAAgdOqY+D&#10;o6mOSL+DAIupdeugOTkJCQSsUoio1sxpUjjzvgUnr61AJQz5U3QhIcMwv6jJb+jiIyDqbqEoNAE7&#10;4DVnK+xM1IAyArQqfreO77fOYXG1kQnwp2ZslkKxjAXnh98HfZfshH2f/Q0o7N2H18cSiHV1gkyl&#10;mSJE6fHxVEojB4+BdaJYhMaBV6F4ahC6r38j9H7mUzCjxdCBORjmntcFfqTAi4TlaTqMBQjOiEGG&#10;f9dLFagFKniTromGLvoLJLZ3aFw81QiiuRfQkrvi6YwIT/udBdKIyM0+IEMaFiiXOen8jG1OCQER&#10;XYlbvNoC3y0+dfddKj2TSBgrZ0/T41TwY9MUvRp4uG5jDNgM3Uhq8OxYnosI3Sd03PWlQwcLQtoZ&#10;6DWV6MDNZo3pV7F4wl7F1CCgphcbdpBLIF7/p8+OwDCuj7QGBWacLUKnQzoeNNEnK2yqs8kdkIEC&#10;J5/ned2j8Elp8kek0SNGgYO1HjbH2ZhttNxZBHwiLliihe7X0pAUBgiafdJTVK1wUqET0qV0aMxg&#10;neKU8NxXuSl6QySbfNp7GCwRZZP0L4lY0djgg2i5Pn6KH4sTkMXHvykelrfARm+mIsFr/arm+xp+&#10;5/m0CWb9D14D1MjzkrwUZ/+Jp5/L7Ht+z2+qblaYluslkryIEx+WFjC1EMc4kLCzvQN6OrvZUSho&#10;BFCWFZjDAu74keMwMTbKwKNarrBrE00//CBwuB7CbqRm9TSdMzOm5tehLjIusNlsmicHzz7zRLHQ&#10;1n7vG95wtRZL6vXcJKa3qsidAxWxOn4toZ2AhQMKX8MfvXW6FG4okidDPX09jy7t73n05ODQm6iL&#10;RwUv2ehSp35gyQAsRYBBwvM5LJ6nxidg6Mw5xSOnNG6aLGkbY+rWk8UxbTCk+1h7wQXwM9ddCwMD&#10;A1DHnzuAQIR0FdQVfPOb3wzbtm+HvXuehUcf/j5cdcVVsHnrVvjmN74Oy1esgp7+AXjllVdg09oN&#10;cPLUcWhvK8Asvn4GzzlRHJqB07Wkvz2pNCJUxOPPZNuyEKs1FceYwtfofDYVtY6p7nqyxvzjQjuU&#10;8bl7e/thtjiHr78SP+cYbN25Aw4fPATXXn89PPH9R+CGm26EL//N38E73vMuKE3PwsjwKCwZWAIv&#10;v/A8Ao9VnPK+Y+cukFi4l/B5Cvk8jE2MQUdnO4yMjEBfVx/TkIjyRaCVKBg0LaI3raYcHufWUHpy&#10;LIlwIaVAVEO7dvX19zzygQ+96+0T5ybe9dKd931Z1IaZHheoFAQOliMedRMLIhK9U5FIX0uR/oKN&#10;jAWksXir4M+WeSKi6Tq6lIuByrEwiRpe0oPpfc9C9wffBx0IHCfxWFSPvsDvz/pj4rlMdRSgbgo7&#10;F1BQUd2G9+C2C2H8zu9ApmWGIc9z2S60fiz0N7hhZ1ZnICJOUe5PBjbHpBXQBAw2miU8lgg4qAq3&#10;Mn5GNmQ33ITS2WEEmknORqlsWA9b3v0OOPB7fwQdR49BrqcHQYeelGqajiAKoM5I0d0USI4OQ/Gr&#10;34Dc9T8Dk7hODdx4HQS/+CGY+eu/h0IiHhbpnOWgufaBjHaWTQxDSyAb53RwgqQu2IVyG6rQfUnT&#10;XY46UbocCqYkoN50LHONhscV+pJjnDXiWIDSZuFeIB1bcb1G6mk1iKgVq3l+81qWJmoBiKY3gRtw&#10;Ke2e5LNAPXAyKYTOK8E1yfPYzMAzAZJNNiNjjRRPuQ2dChSlS0jn9RfKTRLRa8fQlgwQYaDeVPRQ&#10;yjBq+GraEQtUzkUzqOtgW4BSpUb5UDAzPWmPjVn349w4S+B+1OCJeozpjcrWNxmnJkqK17S639Dr&#10;dqCSxe3xDWzKvBBhd8+zASAyHBXq/Vo4INY23jwv3O94MhOLAH1wJl6eDqxka2srxFJ2x2Sm4YEp&#10;EvTkgo4V7bVNX7MYAm4U5SmfS5jsIjwOlHcSi5UC6aTDW0q2OO8UdBGALD4WHz8p0w/TLBOGB+ow&#10;dF6H5a6rF3ktOpYrNo/wuh3q7oIvJhT4qFYbcOutt3+sWqvupO61aWvR75JQjzpLhtMP7DJCDlhJ&#10;yJPtLhYLvPEQHadRh+HhMThx4jgWwGVc6CtMmWr6geZf680gUC03T4TuH6YjaULB1NRGie8Ebhzt&#10;nV28CQ2eOfPI9p27jlx66cUOW0tYKkQA8zUx0TwPV/C+sK3u+WlxMqzojBoUokYCC3WbaaNPxD25&#10;ddOG/z54bvTaSrXs0fHr6upiXc2RQ0e4mz/Q18NheZlMSnnM+022gLQuWGQV6wk+5kksouk5qghM&#10;RkZHeBpC4IPyVoiadsmll/Lv3XHH7bghn4CbbroZVqxaDf/0ja9h0V6AK668Gu6+6w5YufoCpd/A&#10;D0XPKcpFZc/Mdpg+O2QRfYS+TxsZnR8jbKSCPpZQrlzC0+np9Sp3QH0dTMhUK0pWx6PUhmArgb+T&#10;bhIg64bTx0/BZgRIzz55BjL5HI0MYHDwLKxcuhSeQ9C0ftNmeHHvXti8aSMHLZKrFQGPqakpyCNY&#10;mpycABL2nx0+C70d3QiCfZXSjoVEMpVgK2K+hgmACODPQi5clJOSxWOcZnFwwLqUMhb5y5ct3fuz&#10;7775A7lces5b3vf3SzZv2jo2MfE5L5nGY1nG4h7vBSizIxvoLneSQQgVSzFIxRBYcsEyB2RkXKef&#10;wUIt4Xjqq+szxv+rC6zcElgOHD4MQ1//Z+j/+Eeh+Z53Y6E8DompIZDsMofPfugoBAde4RBOCcK6&#10;W9F1V68hILruUgAEKI19z0GBRNcw33FPnmfCGrT8nIjQqYIIzUrKVpAi5ilLoq9n5j8UvBjwXEiK&#10;8Chwdrr1blCuUz6l+xEQweu/5903w8zLr0DzkR9AF641bEqMF+tcsQzVjjzEe3ugUZxFwByHLH6z&#10;XKxChimjKWgjQ4XvPQSIqOHA00/Crv/5h1A+dAyq3/s+n29+PeGACiGckFgZZrSBIzw22RZuBgn9&#10;u+7zWucL1cmnPw0y68CrIJ1IhVRXp6sUODoBERHqGWG61LQlqdPCpQMiAtcmy/oISxcwuSF4fgBu&#10;yoRvuzZg/d/5WvBMR0dTsgJyTwMWn3OuD4TuVk0zkSddSUwX56rdr35Or++e0yQKqbfhJMfaB4P+&#10;jGbT0ldmoAMIaS1Lp9sgk82rfUQ7cnEhz2F7Aa6VNSjifXzs+Ak2QknEwBb5NgqG9G38vFSEZ5i2&#10;aYBaMhljzZrSkwSOTbBni3tp3L9sWKYJytT0PKlt5WVs4RvOWBUL48ro2fPqWZG7hveBSTLV54f2&#10;Qx1KCFJYcX5gaACcF6V1Kzrwk56CGjCU9N601xGwm2LMi02HvThp3bpap3KLAGTxsfj4CQUf7pYt&#10;FuBJide41RcUjrd2MB3jpQV/H2TEFar1B6j4f/SRJ3v2v/zS5+M0spY+mGqeFilOUKWuFinBqWRg&#10;8JHAQg4L6M4OLIpSHJBHfNNiqQwnjh+DyfFxHomT5S4lTAecxKq7fEHgZAwoipWZSNg91W6sSvuR&#10;TKShD4vPM6dPEAj5J9IKdHe0cRPUjMbttMIJZpw3kXgda+r8RPPznAQnNA3kfApL69VA4Km/v+eB&#10;pQP9f3D89OAXqBjjArpD5aeQ5e6xY8fVtCeX47TxjnyeJz+U8kvlDB07EvIPj0/CxPgUDA0Nw/DQ&#10;WSjNlaCzPQ9XXXEZbNq8mY/zHizcn/jBE6Q/gY989BeZpvG1r/0jGwa87W03w/ceeICnA5u2bIEH&#10;HvgurFu5Fp9rCAq5AsyUZiCLoIHEwQgvFHWFtTskTk+oDRyL53otxmCFShMGGWS1itcDgdVmrE6M&#10;fkWjiyW5nOju6YLibBGWr1oJszNzsGzlSjhz8iSsxP9+fs9eWLNxHTyD73n7RTvh4fvvh4uvvIon&#10;PjT9oZCx0bFR6OjshNGRIT5mw8ND0LWygyucmAbFgrVJaaaDkdaDrF857RyL0lgywcVnKlPi645t&#10;eJuKj750oO/5933w536us6swTDzyTCYBGy+75Itjz73wRi8QuxszVdzAm/w6DfxfiohWpAeRWPwm&#10;s0zvqhQreN66oTHbgLjE40PUHJ3D4Wlxqiq9fQYmplZMtWWhdPftMHp6BOI7d0HvL38Wxv/8TyAz&#10;NQKxFP70yGEEMb5KaKciXAtqfUplHlgBnR/5EAzeh4X1+BCITDrSu/ReA3y0TkGso07L3CTMkHDs&#10;5gCc+EGYRyOKTl4FF05cAIogakOun8eTCTURwuNLf/zuHujYsQ2O/bc/hTxZd4s28PA6HK82IfHO&#10;m2D9+98JMQSTAa4v9Jk9LCwbv/4rUD1yHCov7OcpSAa/nkeAWt+7H179s7+GDb/083DsxRchNT3L&#10;LXsBYeCgCt3G9+YLnYkoF+xeW42Io8MJygiYyjUGIDqzj4v2jmQbg6Gm47wVpmW37hOOQbOh2gRg&#10;bc0jrl0qTMTa09oJufbrNUGEbledut5UVJvNQmhkIHUeVEirk/a1pfHmpT1BagU6Fu6+bqixmDsW&#10;5+YIyVuCwNF0CMc+1gALm+4N2pVKUeJ4z9GCc2k/k7THnvYPogB3dfay3sRnswxg0M/vnxEOAZAK&#10;ZxoNnjyhZ4wmId5zEZky16AhFt5P5bkiTxLodSj8lcxVirUy7i0Njc0ETzvVQfG0M7MXCR2U3ChT&#10;zo7KcU2ETlcuPU14TsCuDJ2xwAniFeHEkJtQkXtVAx+d8QHWTMHgOMngkvYaE+ZJny1D6yGunzFr&#10;H+6zYUzMExNmKhdtxs03114EIIuPxcdPEgBxwoLcDcc27OVCHcPz177uREO20LTOxwzyPCMsXJiA&#10;Rd306eki3Hbr7Z/HRX2F8WIH7ZrBjjXkH667VYRBaIxNdridXR0MQuh3SD9CTk1jIyPsSkRUIsr9&#10;IFtTn7tTaoNhNx8NOsDZ5F1qlDB5HZ4COzSRacvmmGLz5BMPD22+cPv9N990o9owbfPP6SjJVvAX&#10;dR2T8vxhgq8Hldgmo4BoZ3PB3wuiFsn4BrZuXv/bZwaHLsRjdjPlpsxiQU7WtDQN6evpBb9BQK4I&#10;MxMTMDJ4jjU0dAzpb8n/bqhJCG4oHViEX42gY+mSZVDAf8/OzsCLL70Ez+3Zx8XG9W9+E1x44YWw&#10;/8AB+O4998D6tWvhujdfDw8//H04N3wW3vmOd8HTTz7OyfKkmajWqtDd3g8Tc1MsxPREVVlvWv67&#10;4PE+FWCk+SCRJqUDs+2urDI3PBHXBTCxJIiyp62EEmxS4DOgJUetualZ6Onrg4MvH4DN2y+Es88f&#10;h57ePijNFPHzVyCHxcAoAoxCoQuB0Qh0I/CYHB2F3q5+mD57Cvq6e7mbSdcP0SeI2pSmqQbrOjJs&#10;kkC2xpR0TBqXXCYHcwiOcgjuSsUi02IyuTYoV2p4/Jbse8fPvvVnEXycqTfC4nLL5RdX9t565+9B&#10;c/BOUUkxqE4g9FCUHQQwqQLk8LqcGZuAPE138I/A10vhsUhMz/H9NYfFS1aklCiftz7fAa26/4n3&#10;WhaPS2PPYyBeegXEz38IBn7rt2Hsr/4aYkdeBTKXkzHP0gs5j6XWhGZHP/T9xq9DpexD6dvfgv5k&#10;woYGhlMN4UwjogAh0GqN1txzEZlxKF+sQBjhhOc4awFomXyruVNLvKFxaHKnwKpoFDLuOPXhq6Uy&#10;PGWNr13DoZulHzwFSabMUJJ9A9IffC+s/+h74Ojf/zNMPfE0xHMZSC9bCtlVyyCz9gLo370DYh96&#10;F4zccR/MfOcuKGSS0LN6BZz4p9th5i3XQufP3gKVv/4yC3LN1DWUCRhBsLRhcK3eXtYdy0xDOByv&#10;AlVZY0MCpmFJNVXpyCgHLC6oPWfBts5PXjgFMJ16EQspV/RvsmAGra3QnXy7fslQ4WOfBpxphAM3&#10;Oe6BzmZcUabUf0PEjcozQYZC6VACvVZSIdwwqelEw9SuUp6mAPGcyzeTLRWaF+oThHJjMHRMq70L&#10;Ql2KsaT11NTF19MQ1Y1X01eiouYLHSq8kY4JAxGf18sA1xlqJJBDYJncBCfG+d7jME6eSOjQR4vg&#10;PH7PFEQ6Xi7pfA3JkwJ+fXLV0mGIgZkaRIUuUUtekw/DAvQYtNrKgzQAI7BgyOyBapoR2H1PTZgC&#10;myHkOYGfzAYwk0nhhc5qAFqvAjbJ3Ng4U54TTX1Npg3TAfH+0qGEk8aFzFrxilAjtAhAFh+Lj5/U&#10;6Uc43X7NLvtrlcIRzYeM5g4v1Kg341TRyhqah1hCC8q773lw19HjRz9LQmgSkRuLRLJVDDi0S3fm&#10;dMATdfQo+bzQ0c3UG5Z1UDJxXY2+J4dHmQakRIGNUAinR/bW/cfZCIRDWhLOB6BuVxxfr7u7myld&#10;Y6MTt33i3//yeF9vJzTdislzXWTmw7GI9gNCz3b5eickuuKSQUiTsI7BsrXjG31ht2AgMLdsSW+w&#10;Ye3Kj7/06pFH8LNuSiaVgHtibAzGxyegE4FEV3cXFt55pr8RbUh5/CvffbZEpkApL8EWizMIOk6e&#10;HoSj338YBs8McqbF5ZdfBlsReJQrFbjzzrvg6NHD8MY3XsuWt/feey+cOn4E3vvu9+PXj/JU4Ybr&#10;b4RHH34IVq1cBeOTY2x1XMKiL5nKsnUu53uQi4+PRbQXVxxjomcwTUxyfVEjDQjphLwkFmM+07fS&#10;ccl/0zHIIEiYGp+EQnsHC0RJHH782Ak+jmdOnWZr3MGTx3iqdurUCeju64eRc+cQePTC2bODsBSL&#10;zMroCBbiqvinTh9NPHwOFMuw81MmneOvZRBskIaARO/k1EaiVSouiP5Fm3iCpjX6vli5avkT73jn&#10;je/p7G4fqjd8Ky6tI7BatnYVLN+x7cGzY6MHU4nUJonXNBUYcQ+vyb5unkIVCm3QiUBH4Hmka5UE&#10;rFkES/HpEQQrDajhtV3EY9MpSA3SiEwZ1OWrKRgEtlNYVATT0PjSl2Hu3T8HA7/9BZh74imoPvgQ&#10;4MFAAFrjSUKQLkBsx1bo++Qvgp/tgpO/9XnorU5DQLxuB0w45f95Lmk5bxLSmnJuXK1CcbmE0Cur&#10;NYJQRCx/+flsIGFg4QxENA6BntAKO5HlKc+K5VA6dRbk0BgkBnpB1gOoLl8GG9/7dnj1z/4Wal/5&#10;Kgzk83x91WvPwCwWohP4m/WVy2D5b/5HWP7xD8C5ZByKX/82FDpz0Ifg9MzffAW2/t+/BdO33QOp&#10;6SkuYr2wfawaGp7p/mtL7khQarg+WWkIXkiV2RKe56aix+kgvTpel23xlK6q/bDANNQlDVJMI0Po&#10;Y2VCDq0Prv1+eCZDYKTXZqPPsF1sr4UIKizNJggEGwLQdeQLsAGAptA1uSjK0EoXzNrIw9jYBkZE&#10;ba4kvOaVw5SGso7WA7SdrHQ2KRcU26YT3teBztuw+52ZMjcCfv1svt3a9vJUhcBQo8r3M/1ko+5D&#10;uTgNpeJsqPvzVIJ9jAGLej4WsRMlE9cIogibPA+ajnKIX6OpxU4hSDM0Pf6fBEt/AggnIgZYhV/X&#10;IMAATUd4Lq2xgXQ0JOqYeJwwLyOTReE+h9GX6NyTUNAfKMaCm51C+0U6q6czgkNkKcMrh8Ad/3s8&#10;0Mc7dOtaeOi/CEAWH4uPn6CHcBw+/kV5H6/xhJH09Jbnc4P1XkMrbatsqmVPnjzr3XvPd/9Qgp+k&#10;Fp119tAc14C81rUwnCEDuRthgdfe0cGFF01DiPNPC+jgmbNw8thxtkoMggbUcWPgAKegycWzCaty&#10;U2HdyY5w7An5fzFVuJA9Yv9AP5w8cay5dev2f7zl5hsXoEm5FZc4L7UtqgUR887VD0OKrdMraNGQ&#10;yPNMP5yeL9MMtm7ZOHL05OBH8Fjdjxt3B/1EDospwlGVYhGOT4yrjiBRhrJppkMlmFuN32/UOchw&#10;bnoOZmenWeRPWoelS5fA7ksuZkE7WfE+9fSz8MJz+2Cgtw8++tGPIjBJw7e/9S2YmZmBD37oI3i+&#10;TsKevc/A2266hTU75ATV1dcHx08fgw2rNsCx08ehp9DBIZJ0PmgaReczgQegoYssjy0fm0zlYrpI&#10;M2AxehPfI0hFnaAuNjmmlWoVLCSaCCi6YHRoFJYi2Bk8c5ymDzCMwGlJfz+cOXMagcZyFuevX78J&#10;SseOQU9PH4vu6XgkiVjhN9nBha4rCr6MsXtVhoXkGdxUYwTa8LOSiDtNQnkKF8OfT+Dna8u3sXg/&#10;g8e0gWBj1aplD77tlhs+UCjkJgh8KBezEDQmkx5ccsN11aFn9zzo1ZubPARl+a52qBMlpi0HS3q7&#10;SXmLgDAJotnQxhL4HrNZfE85aNSmIIP/PRVUIQ0U5igjfm+eQ3uywYMevW4F6t/8Kgwf2A/tH3wv&#10;9PzXa6A5NQU+AlQqXJJYZCfxOE09+wKM/+V/hZ7RE/y5YQFKlbDFfvhKsoU01QpWwrszupKElp8L&#10;JRwJk4AQFcmLKFlLOlMZ4SB4M4shq14S/ia7CtAYGgFRwesrrQBjast6qI6PQ/X+h2DJ8qXQIDBJ&#10;miiiagr2vIZqAsH5k/tg/w+ehS2f+RiceGk/1A8egtxAN4w/8xwUh0cgs3snNO69H1KxjA5904Ww&#10;NJ18EXL1WyoyoWMpVJI18GuWK3NsFNvURWNTN3jylJROzx2A7VZLxynETq9tmKVzJnTCuM1Nkoaf&#10;r57ACMjVpCY8TaY45gmGb2x+pRbNa3KPnlaQdiOILmgKYJgGlacofz4owbnPkxxh9RpCZ4zISENH&#10;ZX/EuaCNsU2umkRIWxTLICzGpck7Ma6ItM5pQwjpq3Qd0pylM1k2llB0UDWFovwVj3VRPudMVetl&#10;mJme4bBWEOGkXR0vn0EIHTeKzFFaNgSNfkM1JciSO5NTuRn8fgL9mdRntZkdwgmBhKhjVLi/tTQA&#10;hYx83dCO2TY+oikyroyBdV6TQpjU8vD3RWjxENPht8ZRObDTGo8njERhJl0Ln2/S5tG6iWtjNpNF&#10;rCyHw/1YnwdDV5OLE5DFx+LjJxN8tIIQgH81RqUUC7vXuJoQsRBNyymaBYfGAXz7m3f9h4mJ8TdR&#10;rc9CZ/1MzOsNmqFzC/Oy1cJEGwGDj0SCi7ggTg4wVTh19CjMTk0wn7dqbHdpc/cDG5AlhBdZmXlc&#10;bTjhdlatg+xAgQ+atlC3Zujc8A8++6u/ureQz2ABqMXqrZkmjrvVa4GPVnwx/1sy6kcqWuw3W55A&#10;ziOezPccsiJI3Ag7O/Nw4eb1zz6554WPx+Pxf8IvxYvFOXZtyhfy0Jcb4GNPeo96uQrVYhlKBOY0&#10;BSOLwKQHi9D29s2cjUK++PS8g+eG4L4Hv4fn4jgeszZ469veAmvWroVDBw/Dg/c/wDkjv/CRX4DD&#10;h47A9x9+FG648a3sAHPk8GG44fob4Omnn4TVq9cwWGjL5e10gTJI0ghyipryFGeLXUWrIZBK14ev&#10;N2o2ZfEbvKGTlWW9WVPXSqXGIGauOMNFW2WuBII6jeTwRYYFeL1V8WfqJBKlTIValb3qyfmLaFX8&#10;N3U6yeEqoahdJKxM4feCLE3lMsrSNqFoWOQ+xKAEi9c8HgsqisiKMtAF3Lo1q7/xlre96VPZtuxs&#10;o2EyIkQE0NPb23jJDjh6zVWPHr397s8UuvB58lm2giUgQ+eLhEiSOC0IxkmjQJVAE993qq0ditUp&#10;LMQQMOBlPySLsAryQDnp5noIdJ6GS5rS+n9IZgASr+6DuS++DLMbN0Ns205IrF4GPhZRM48+BfUX&#10;9oH3ysvQI/D4k42ynSeEV5/nXH8uu9tr+Tk4DxDxItAlSulqDSMM800Mcct97ahT1kLydcNNZ/E1&#10;6WYo0RzXFV4f4ip7JdWRh9rkFMTwWmh6Ke7kg1S0Ep4xiDjEqOh+7HGonzgF5y7aAl03vQWm9h/A&#10;ayUGBXxTE08+Az0X74Txe+6DpAwLTOtaBMpeNjBNE7eFYBPKlQaDOvBQa0IZQToJhPl9aBF6An+m&#10;PZ9TYATm00KZyhZoXY0uxIUBYyYokMGC1BMZ3dUGz4IQ91oNAudIR2zFtbJDi9sNW9VYahv3L6kD&#10;GW0+DOfYhLbFZjrE160fhFkV7lSHCmpfN6+kVjyZCY6ZLAWuDXvoDGa0LFb/Efj2M9JEvaunVxmh&#10;6I6/mQaTBTi7SOHXK5U6O+E1ce0w4MNQmQITaqgQAFufU1I4aGoTOTnSxLSE1xatpTydDwzdSU0x&#10;oKWZ+Lrsal37XZcYad3WpGOVL+xe6U7rXf2HcCYy5rkDbZ0c6CwWaaZnAMoJ0EzwqFGEa2sS18V0&#10;NltGkHc20KJ8Y7AgNRD2FkXoi4/Fx08HGpEtU4sfCXjAD7fSdOlGVjPSYl3DDhj47x88vXfjD558&#10;/L80m1XVldNOKNR1a6p2tnKiF7qHiotYOp1l4S5Z8HJYHtmT4kY6dO4cDA2dQ0DSUAI4LEr9lmwN&#10;d/xsFmThBBLayYunXpNCoqjQ7O/r4dyMLVu3/Y/rr3+D7xtamwDLXY6mM7Z4qwcugIhiB/fHhXDw&#10;RSRhTDqc65ZzGplviMg3pfNCbnIuO4jiMdqxdT2cGTx36+Do2K9nMpk/TXqKljYxNsEBhcRRJ4en&#10;7v4eyLfl2bEpnojZbh7pa2aLRTh58hQCj2EYHR4Bv1GHvr4+eNvNb+U8jdHRMbj1ttthZGgYrrzi&#10;Cti+czs88fgT8Pxz++CWm2/mrvm9d9wB1173JhifnGBHrZUIQJ566nFYt2odnDx+GLrbO2BkYgxf&#10;O6NS9SixNybZmpZyAqTwLLVOVa4xpmcRdYzCsEzmARURiWyOO5QETmZmpxhgFueKDGhKpQrV8Gzd&#10;TOYH5XKJbYYpyDJLIAifiwAFFWQprM4pb8TLULZHDj93wLSrcrLMuo+5mRkgahtZapJgttDZyYCB&#10;XLsoaX7N2tV/9pa3vgmPe7rZNBaurbRIIxTFY37le9/5hCzOTRdfeLljYOlytiiN03THb2hHnJii&#10;6NH9wo46CJI6OiE5cY7k5pDCr1NE3WBQgpUepbBXInMGAIcCYwlKgoFFGz3bwRcheAX/xASHGcYJ&#10;GHoqn0fqtOIAQmes1omcS8iRLVDZA1hQvyGcoEFTjkjnZvFsvokE1wDcmxdO6DnkIQU8PN2xFS3Q&#10;h+4TOh9eA69vvB5i7LoGTC1S97KyRFXBb4YpbwrMQL0STw7j0NfeBtMPPwbdn/4kNPC6IeFytqMA&#10;o/tehP7r3gBN4vvTxC4MzVCJ4aC636rDH3MC9YS1pLaib/xmvVKBcpMAkQ7sVnGckCIQGk/bhULo&#10;6YFxZeLX0cWjgNDuWhhDDn3UWDdlqFE6r8RM1iN8XEMZm5e4btPlHNqTsQFWHW8DPEyOCA0eqN72&#10;HZct1XBQa2/D2KlrFyxPG4YIA8oCI/uQ0bwTC6LC8y00yAIpIzknZoFm9z+816ihIrUjGO8RBDo0&#10;5YimoPSo4jUzNzXDz0FrCFORTACl4/BEWS0JuierNQ3oBKRSCZ66NwM/PO4yzLRxdTcMfuw0w4sa&#10;FTj7m9XA6NEUi8ADzzpd2UmHULouDuoUGvzqEMb5tCgt1o/QuVwBv7oCTU5IIpZSLoVCHTOaFKWT&#10;OVxb0yX8pRFwpqTGPvmn/bEIQBYf/7amIa8TfCwYJgiOu9NrTFJcKpN0Onat38e6ECYmZ5Pf+tbt&#10;/6tYnum0xSOosTQtmCTsUxsPLd5xbW0aYwpLvj3H/yaNByIEmJ0sw6lTJ2EWi75mU4eNmW49U3XU&#10;6NcU+Z5xEBFOF8kRwKkOsNKbUBe7u7ObqDV3f/gjP38PdakavnSEk63Mq/N4ULWADem4kxnqwMJJ&#10;5+c7IfMpK9Fvy2iXTDo9Y/2fVDxeuXsnfOfe7/0ZFtkDQqY+H097kEPQQV1zOgfjI2Nw9vSg3gwD&#10;m6xOUwcOy8LTgxsJdHd3wKa1V8CSZUvweZNw5uw5uPfe78LpU6dg1erVcONHPsyA8Lbv3AEzU5Pw&#10;nve+j13L7r7jTrj8yivZdevhRx5iLciBV16B/iVLuXAnzQSlHtPkAWtCyKZy/Hs0DanVGjwpM84u&#10;KqZAB4aRaxpdRyD12F/xkglj1co1yBRSFCbJvvtzpTI7Z1WwkKOE9Rr+TQJJmqKR2QE5qaUolwSf&#10;I0WBcwm6HgEyeG00EIQV8Hg1sJCga2WWJmb4WdhOGF8sXyiweJWE5w0SzOOb27hh/W+/+YZr/nsq&#10;k2JQYrj5Ee2QdClDApKdheHd7/u5p6c2b7qx+NxLECtWdAEaZ/671GJqLipjZIOJRQa+n2QmD43K&#10;BLuD5fDPpKzDGazMCIT4CEI8CzbkAs5TquilPHoCip5JYqfOuZhPkBLnaVq0qgHka/y8AwUiajOX&#10;thVObMD53sLXfjQpXURS4JnuJFpBvKbe16tQGxqBwkU7wCcFPhe8eB01lBU1B60hAPYS6igpmmh4&#10;HkkXEssXIEXgkgrpOAI1BOcxun6GhxFUIiTE6yYYHccbMWGtv1X3VwXP8eeU4eeLWp/rgg1/vkqh&#10;h0IFEFLjpkFDEbwmBuIZnvw1zWTWmz+ZDXUEwk4EDJff5HpQscu0JCqMtVOSNJavQZjhYHI65iXe&#10;m/AW6RxlTef1A2E1H9pDV9klx7TLlT23ruWvxwUulfz0eTnzJFCOTbYx45nAQc/StewaL0MFkaFT&#10;SaOt4Wm5Ope+7saz0QTe8Il0ls87CB/SsTTvMV6MvAFTbMxB6yVNUKulOQ3wFCgxSfZuLkdcX5kU&#10;iGmYVclkhtcs0qFIa73rO5QkTdOLRa/YIAjmgY/o/SQsaPTBCNb197xwwhjzQqAjzIjKC+8ha9Hr&#10;6esDVAChDEJDBwNGhEOVSKS0lbdQtGuaXtGemkqlz+D3K8JlCDjACcRPb174IgBZfPzUPRbqIs4D&#10;ET+EWinCaIkFkcn5KBOt0w+QC4MYnT8Fd9x27xeOHj58vQikDTbijZwCpojLbixzRbhp0AKdwUKO&#10;xMIc0OTjQl2TLCAeGjzLgIQ4teySZBKG7UKuRW4tdsRmsY55DvWF6F4xj3Mc2traYO36DeduuunN&#10;n25vb2s2nXXRCjc5Y0BGwsSiB6Vl89V9QtX5ah2LOMQUfTIiAVEQzTd0CzbV3XNeQ8p5J0XqjYze&#10;Mx2/gSV9cNmuHTSN+kIiHmtH7PYpKuxJJEgi9O7eLg7No24+CcGJs830Fvp3IsEaB9rEKOhxbHwc&#10;9j73Apw4cQo34SKsXLkS3v/+97Nd7fMvvghPPf4kLFm6FD7woQ/B4Jlz8ND37oerEHz0DQzAbbfe&#10;CldddTU7bY2Nj8EbrnwDPPXEY7DmgrVw5OhhWNI3AOdIEN7RydOQ9lQ7zJbU5EKxURSNQZLTkynk&#10;dDyz+rruavqCAw4JYNawgMylslAiwJFBoFGtQE7nmtC5J2c10njUSPOBQET4NbaSJFE58QcpU2R2&#10;ehZybXmeqhDIwE2VgV2uPcuvlyMAQvw2PF71Rn18w4Z1n3rjdZffqnjmvhWBguGz20lYiOSpYCAg&#10;FMST92dXLL+xemYQgvJweP3FdH/cXOtaBN4g++j2TgRWk1xH0KaXx889EVSphoKVsQwerSq4/eeo&#10;SxQ4QnXQudiOMNa5w4OWIh5amuNswQoBiBa44C0ATNxr1YsoN3z77lyPLTlvTYoG28G8ddGE98VU&#10;v167pEldfAekKQsyUDt8FHK3vAVkT4eaeNC9WKtCx6Z1MP0L74fyyRMgRychmJiBGF6LHp7nBIWz&#10;UbEVj6uJbjweFlbc2UDw2lSZOpDNI1BEMIIARMVuKPBhoJcnnJRv/e4Dp+nB2g58rjICECLVNTXN&#10;h6YDFJTXXiBjgphK3zYnSYRHKbD2p85ElYCW54VaPydczgqQW8CydLon4dFuSSLSORJhceo4+Gl3&#10;qqavKJXWWdC6l6ggPDsF0Z/Hs05dIhSqU3UeNMLlFoS24Y0OqQ3gknrdVK+vJj2BDpg00giif5Kx&#10;BIE5NdlI8nmI6QNE1tjUtKgjuCRBNuUqKQevULshTWijCCdQ5K5YqpZYFwLsiJVW2Rk02dQat8jk&#10;21jogmuB+1qsh9A1zZ2ehQDQ2R8c0b6hWQWGBiedvdjcv55wsq+k0qvwzzb1JETf33g+kjyFU402&#10;mhrShIPCHPF4HsHXC0KKuLu2iNcILl4EIIuPxceP5aRjIV99Ed0HdE0sbRfT3aAD+dqTkdcFhAzH&#10;d4Eno0L/6WdfvvG+Bx74nVqzogvFkGLAtobsaGJEsjH2y6euOmk/0qmc6nRT7kfNg8mJYTh97Bhv&#10;wrQRNLBIlDp00KT28ujXhAs6o3DrFKL7iZ7ejamgJqpRBovT3p5+uGjX9s8h+DjdlC2EJ+s6IqMj&#10;8sggQzpTD8d2ElpTIOXCB7JlCnK+pHnrfBKEqbthYrERl4Z0M03vZsraju2bYHhkHA4fO/YfOjo6&#10;sCbPfJi6itOzc3h8Jxlc0eQnnUxzeq2n9RYE+CrlMpQolK1c4dfrwIL78kt2wfIVy9jp5dChI/Dd&#10;++7nDuFbbriegwifevppOLD/FXjLjTdCHgHerbd+By7ctgOWLl8Jt3/nVrjmDdfAmdNnoBuPPXXe&#10;4wSAsLgnsWeSxPAkBOVwvwRv+CQwp89BOR1B3ZSmlGCvC1QWoAqmF0hPdfFVcePzZ6HOboI53L7O&#10;FKjxNUfdR3ruOF5PcQJaaRJxJ6Gts8Ai+/bOdvz8FchmM3xcSKBKlCt6FArtXECkMmnuoDb95qvb&#10;tm3+yGVXXrzHvKaM1oOR0hkMINZCZH7+TPqhRiJRTXR1pitnR/ETxrEoDlRYG4d3quckikUspjq7&#10;qfZuSIyexfNV5fI/SecIf3bUr7DYeXUsB01RUcVvZMUwnfcQUoSTDDFvLhFbQIUUBSXSsUFonUe0&#10;BphGIYRb2Eq9hggptHdd4MxL3KmMnAdJWieFUmjuufR0LaWpWZS1EsNr69AxtjTObtsG8vQJEAgC&#10;a6PjMPbEHk42T+TfwetUcxYBwNAwVPBPbXAYyqfPQmNyAuTIGF5LQvP3qbON11ecz6O6HSkRPdDu&#10;UjLkdZrzHmhLXNECx8zUiop1v9KASr3MnW0OHzR6Bvz9PN4rHNoaBJqGo0BHBJSZBHCprheja3MD&#10;Bel9mwwler+2OSRDsbi67pxGidSAKzDAKTxPgRRWDG/C7UxVpnQvHvsUMoyOCUv54dBEc5b1dITf&#10;i7n2aDLtBVZwzknoUn12mw8CYSK6zRxxreoh/DwmF4QaNWTQQSCEpgRC60OkdvPiKQa57TXYW5hd&#10;rdhFyhNWU8MmGXo6xNeCUOCX1kUjBKesJT8IwvtNhFoLzvkwEym6JiLBffO7gOa+9AxVzAnkNNNV&#10;4YIKEVrwmqaIyRmhZpPV23hB6HLmmZBJX4enh91N9zniyRiDLHrf5GBI54Q0lbinHDZhvxG7YDvt&#10;WxShLz4WHz9xMxC3CDhfo0S+jpv7dTlazStb5rOIzGpKuo+h4ckN//gPX//S1Mxk3PKeQTuQaBtE&#10;N6mdfo/seJMMQNLMJSXdBy2KM3NzTPGZnJ7g3Yz0B1JPP6KdI0ekKo3/ues7bsop1U2PsXtJjCk1&#10;a9auuWPlymXfCOYfwDDlV7fX3GPtal/cgCUR6R62zqxCaCEt11qe95wARIGN6YhrKySAeeQUXbQ5&#10;zxnoTfrqKy+B0fExOTs787FMsxnHgvsDubYMbhS9vHkyD5pobaA4zVQEJhEQ9nR0QA5BBAnXc3i8&#10;CJgQaKFJyMmTp3nkftFF22DD+k0wOjYGd9x+O7+H977n3TCL5++OO+6EHTt2wPoNG/B7t8Gui3bx&#10;6w2NDCEQuRYeeeRh2LplKxw5dhQBymoOmOzu7oHi7Ay05zthemaOMzdqjSoHUgqvzJsd/WG/+Zjq&#10;ANP74P4mFS46zMuXoW6GNmNFu4ux8DyJ1xxRZ9hSlxyRUilI5NLQrDWh0NnBTjVtWJSk0pNsfUup&#10;6LQht3d1KftfbafJnVWAb++6ePund+3aOkrWzX6g+dWGAiSiPfrQbMDx8sf3l8nn9len0i/HOzt2&#10;SwQkQAJWXdhQuJ6ioOgpWKBoKgE5mBW6oTk9aN2C0vh3F36+Eb8MdXxDG2Jd4HsUfFbjaz8s5EVL&#10;M0M68xGz0njOTEIuOJMQLZMUBVhMcgdo7yk3tUO2ULtEhKLJSdc+6Dz2qIjchS9K5yGdeUkU1ixI&#10;wSLRczNQCfN4Hc8cOAI9N70Zyn/1d7z+JAYHYeizvwFn29vBu3gHrPtPvwZzx05Ac3gUcuvXQucV&#10;l0G6I8+TiToCc590R3gf0bBF6IBT6SXUufDrvI4ZcS8rN4y2Qxh6lHZc8szXwk/L+g8EwEW8Dkjb&#10;0dQBq0z+wR/uSObA9TyTTnMiMMfSSbG20yZL6dFNHAtqgnCuId2prmraCKY5SptTEpkS83TYDHjV&#10;e/G0ZkX1oAJt/OFZOpei/+lcDxFdX0nnFAMjhNYTBeFZEGT0GaAnBkZHGFgqlAQjIzGTIJOYbqYz&#10;Uudv0H1MtErPU9wnctVifQdPY9TEtdmkvKkaZxLReRWRjA13GK7CRjgNXb+O0J8rgYCUBmNES2Mm&#10;gN8MG1ay9Y4yWpaY/Rm3oWZAr4g4wDmhlkJEdWYGNJoJlBThZExrXkKONehJnXZGo32qqQFuIEMg&#10;46l9lCZH4SRITa4K+RxZvB/n8ycdWwmTUUPUOH9xArL4WHz82EINdy/wxMJzivNSqmBhsejrARmv&#10;9V7sawZRDQJii/ZiqbL5q1/95v88fvzYUkpQphA541FOnUHi7quumKenJTGmJyTiKaa2pNIZ7hg1&#10;62SFWIOxsXP4Z1hZ7TYlU2tIUBno0EGz8YWajxZurKdTAQyY0AJNSqel1+vs7ilt2rrpt3JZ4v9H&#10;C52IqNvyGKLs6tAGWc4fasw74F6LqjwEH7L1+IvWIqAldE1EwY0UJmBgvnkph5jhQp/PZ+H6a6+C&#10;u+59iETRH0mlRRPByIdnp6ZZOJ3J5hCMZKEdi3CiIMW16JJ4z5VKFQHCcZiemoI5BARks9jd1QnX&#10;XfMG6F/SDxNTE/DoY4/C8NAwXLh1M2zctBlefOEleO755+HKq69iG9y777ob1q/fAOvWrYO7774T&#10;rr7qas7i6Ovt4cKv3qxA78AGODt0FlatWgVjE6MwMLAUn3uaAwxniXeNFxlZ3dI1QFkxrFeIpfh3&#10;U0SJoU0zpjp3MZHgqQFZRDKdjDp1ZBdJ5x6/R397xNPHa7A9186Upc6uHpidmoEOLD4pSJCmIm2F&#10;AldQnQQ8/IA1SuSWRTSsACsIX8r/fOnlO//blq3rg0ZTho47JptCJ1q76cTuXRWy6LAgzqZlLJO+&#10;LdHesdvL4b1Qqmi9kmedm4RuLgT42Txyw4oFkOruhdj0GH69bq2fybOqAwvhcZ8EzGOwPTcAGWiD&#10;Sn0GiztVVLlEKhGZXLjJOUFIa4wAFzmPRCFbyid3+hg4jletdr3uz1IkXJy3bxkBRu57s7BGRKF3&#10;0OKFZd1+NO3JDxS/MpnNg8BrPo/nZuyu78Km//Q5mPnO3ZCemYU0Pm3bmlVs/zxx6hQECDKKDz0G&#10;/l33wVQyCf6qlbDyd38NmhMzMP3kHsiuWY7XDj7v1ByJrng6K7JteM1hUTZV0t1p7dYkPQvkXN2D&#10;0HQXoStVYyFLv1UrlqAumqz/IIDd4M6/KsYL+DqshZLS2syGtL6QchUp7rULUsRlTE9eXZ0aW+L6&#10;5nf1kfU03UkLlHniKHytF7AGvLboNcMY1oxrK9xwCq/Bh+dZ+lbgpJmbiTW7v3FDJGYSYdX3aZqp&#10;QweVJl3pOox+xeoOjfaDCl7tICZN6jgosw76GVr/TDgt0T5Jk8ifXyuj+HfxJJSqZZsjEouIw/WU&#10;SQA7QlGqerUZMKlQNbw8nvL7JjBXhoDBNosYCIB2LNPXspARKq9pdnluDoj5eot/vr1bXWqWpnqx&#10;pszogoyIXQqtIREM7t2cGqlDENmEz5d2okj7BGVMsWifaKhNRUdtLxQauM8eDyz9NJyBuiB8EYAs&#10;PhYfP6Z0K7fgd2kMC7F4flSQE4CbFRAtIhZ6Tek2SVgvAFtwY/9YudK4aWR0ZtPuyy6HDRs3w5Ej&#10;R+DQwQMwNHQGyqUSL67EteWNxNOdo5jHxS93HlMp5uRLqPL3akUEIFjQlnADpg22wa5XaiMwdBJL&#10;O6DNQNsNGjCiShRP+8Dr4CVhOjZxLmqXLVv2FxvWrzlgpzEQJp5Lp/iXLRZGYYKuS7kK046lXOAs&#10;GjtKERJGFmRlQdihixR4bmaAMOFbLZkJEhacqND/1+p1WLZ8Cbz5uqvgvu891iiC/FhbW1s5m05/&#10;kvQgDdxsp6dnYGJyXG2wvAmpLjNtMIlMElYuXwad27tZN0Pdu6HhYXj4+4/A1PQ0rFq5gl2wyqUy&#10;3Hffg2xxe8stN/P5omDCDRvWw/oNG+G+e+6Biy6+mKk1Q0NDcM2118KjjzwCO7dfBOfwfK9YuRzK&#10;tRJ09PRikS0g397OBUs218aThTYEC+TBTwUD0fIKbVmo1sqs3aASl4BIkWgAIs7nmScelKGBnzGT&#10;zXBqb1umnekcuY48VCt16O7rhdnJKday1Ko1vhbbCx3MFe/q6WYxar6jwJ+NgAc9V6PROJnNpj99&#10;6eUX3bts+QCbI1hKntloTSFJwFuK+TesBSuKZEKam1Rb9p5KW+6L8e6uTH10AmIOtUTlFgQ23I/U&#10;qsSrT7TlIJXtgGZpBDd/ReNI2bDNJIz5NdhTGoRthSXQ07kMP8csNCpFvP0CC1qDiGeWCzjEPM2H&#10;XQdsK0E9Q2s2djg78SyM8Bz9gPlv2UIMC+zPOdMAp2g3drrCMtZN3CJEYA84ExG6drxEBnK9vRDv&#10;amd3KwazT++FysQ4tN/0Fij/w9fYFY1E3UQHpCKfznUM16hcTztTq6ZnxiGYm4XaoSPgfft2qOH1&#10;QG5t2UIegmQcZI3EN8vALxchmJpU0xxy+7MgI4RUMbM+aS2wdHMsOKnSh1K5xMejqelQvtaAtCHA&#10;IbqiLUoN3crY+EpDfQr1ZoGeeJhpB5+9QLs4ySCk11iLXmeiFKjza1yXOJ5EhtNsGxSiwY0JteXf&#10;98Dqb4xWItBdNbWU04bQVOGE+vzFad2BmKZI+QqoGO2ClM7HElajokTQBDTVAQiC+RCWpipNLT43&#10;lrCZRFodSwIPZCmLxxY446TBDnVGLE4NNFp71FsPKb8GCJnwSGYfMKJrah5ajBtwtPc1mobOBOH6&#10;EBjQ5zmdJu18Z8BIpCGmzo+nqWfxGITnRUb3KU+EZg/GeKC102i1m8IhXhrWoA65tCIjGViHNU5D&#10;p7WWjhffKzE2bkjgfZZty0/i7x4mgGfduohSGERmfIsAZPGx+PjxJly99jRDnL+WfV1TD+88oGeh&#10;/7aAhHdLcXGtWv+V6aniuyanZ7NzpQpbDpLFKXV5unp64IJ1G5iqMoNFLYXTUbgd5U7EdOhcnIV/&#10;SS4QORWdRIL43PVKGcZHR2CuOG3BBwnXlUDRD4sjaVyvwrLJDRtU7lhxJY7TExB6XXJGau/sOrdh&#10;08Y/6evrctypXDrba4nkhC0cIh714FhXBvNGF7oIiVqNBrJFROtwuN3cFYiAD2cK4xaJriNZi4cv&#10;Z37g5rl27Sq4cvYieHbfy81qufqparU6lUwkvkDTjw4swCloL4GFcI7C9pLU4Yzz79I5KJfLMDQy&#10;ClMHDkKFHKbwZ1avXglXLbsSQUANnn/+BTgzOAjr162DzVs2wdEjR+GFF1+Ciy+5BJb0D8CDD30P&#10;1m/cBP3470e+/zBcfc0b4ejR49DZ1Y0FfidMHtgPV15+FTz+xOOwZcuFcPjgQVi+YgWcPn0KBgYG&#10;8O8z0Ne/FE6eOgHLe/pgbnYO0ggq5FyMDQwo6JBCLNOUGp4QCDjauHDJ5tt4k2xH4ETXaCdem1MT&#10;k9CJxejkyBi+focGNRm206VT19nbCZTdke/oYACtwgjTTOHAIuK2np6uX73iil2nCwhiGo3W7HHn&#10;jnFoLCBdh4joBMyAl3Q+tz+RST+T7O6+tho7xjknQhd/oDNawHT7NeBu4GfL9PZBtTyh5gnGdQhU&#10;57krloQpPH97p8/AmmwPrOtfCalGN5RHh0HwPUfFDvfXI5OJllSBSJsi4oTERWWcAb/Qou/ATk6k&#10;hiCufiPmAIYozNHsD1C5doZC5U5OpE1LF6bj3jJXkU5UoSqE8fi0d0K6F+91mpzpbIwAi8tu/HP8&#10;L/8Otv/+F+HI40+Cj9eYR2JkqrnjHpQOHQd/dFyJhpl2EmcdkYfXWqqjDa+1nO5eq2KygutT4cpL&#10;oHL8NCQRPMh8viXZ2gOb6GZD83RqtVnLhSomgwrec/US+KZZJBVQrOEvLI9nGHTXjSuVcFIHrbpc&#10;5Y1YA4RARsLtJBjBt6tZ00J4GUQm3EwDREBEAnyTLO4ydhhkaI0S6ALdCOolQEj7IYDQ1HoUTaEL&#10;+BNqWytQ2RtkYZsJYkx3Yn0JD5DUtDsuAg0ybDiJOpp+CAJAZ574ZjKkO/rS+Xn+9aZyvqP1g96P&#10;p20SSfcQ46m95CmJF1Manwblf9hNEOyEwK7vfhj0x5N/LuIDiHv6/AQGrEgnV8ptOinpfUxrSCJt&#10;JOfcmXNCVFQpQgqedUP0bJ/KTgLNZEv9nLAmDiah3BNhQy9i82ts33n9kaHZi1QUVtJ90LulRla1&#10;UoU87iH59vaT+PnHmo4uJtyjxYKZWYsAZPGx+PgxnYK0ft2dRPxrAp3zfl8o08Fm098wO1v6tYmp&#10;2V8oFsvpEhZ0jVoTKvUqlOfKnKdRKldhdm4WC8Qid6LTmTZetFLpFGcvVKoVXlvdMTJrPPwmF85z&#10;5RkELNNa8yF5FC71BMEDx/tcOCNpLwqlQrCkvqc6VXHeVNraclgE9//x5i0bRqhj1pSRxtNrBgoy&#10;C0HKcDGXMpJGbx0pzX8ELgiRkUBgKd2UAzlvnBWCD2H56zJ8gRb4GAVNVuTXIqQnIHfRzgtZUPni&#10;ywexgMr8ZjwRG2r6/h9NT00lpian1DHjpHiPu8DmmBN1LZNJwboLVrE1Le1yk/jzzz33IkxOTUBf&#10;bzfc9LYboY4b9uM/eBIqCCRvuP5NWLAH8BACjo0bNsCSJUvhkYcfgt0ISihcbXp6kulYj/3gMdhx&#10;0S522uru7mW+NHWoswga4sk45BBMUNI6WQKToxUBpXQ2xYnlNJGh88rCcHxPBBqoyCFgUS/Xoben&#10;l6/Fru5umByfgK6uLn5vhUIBapUai+8JlNCp6uzuYA0SPWcRQTWdcAJntGfHE/FJBFpf3Ljhgr/Y&#10;sWMLv69mI4ik11v6koTIdMye+wVSjK1eCcgNKyGTbbmvJ7s7rhVtGQhKVPBoFyffDyd1ZnbpqU6v&#10;h8ApO9aFYGmMnczo/SRl6Izjx+MwTYGQ5TGYPFmEiy+7Fnqv3AWTjz8LYmJG01ga7DKmnHiciYYT&#10;rS20Ra8qkFSXVmirZM84+zC33tfqr8ABDr6ucwMu9pheIl04AdaZiPVapkg3gXKROYh2uoJYCygy&#10;wEN1aBOJHGTw3MYKbQgoYlY0zFa6+NbSeM0mnt4Lwwg+Vv7yJ+DU7/w+dDTq/K7bBvpg4k/+EmJ4&#10;jXt9Hbz+JPAaLL16FJpHj0E88JVtqy6Mod6A0pJ+WLF7F5z4vT+BHBWHfHLMehCEHX+QWrPTGt8I&#10;tltdR5BfwXNWp6fG/6Z8FhN215HN6gmwM7E1XCoPrCWttJSlQNN1XUoOhC589DVPryva8MI+p16a&#10;2CVKhgGB1lkp0DkbnrAhftK9bAyk1UACpKIl+TIUlAcuGNf/z0U7WYLT1I/SyMk9ShfmyjY4CCc/&#10;OuwvsMp3nebt8Z4VHg8IXbKIykvNslQ2xw0wlf3haUc3BfA5QJfpW4InoexuJnWKunQ1f06+irb5&#10;ZRc8vVYTXYteoy4aFhwtFDho3pu19fXOMynX4b1GSG7XeBGCeIjkvjh6Mw1KQQMeG5DaQo2SMjpB&#10;4u0sCMImoAfsnqhEXoKnRw1/Djo7+iDfltvbKqI/n5nLIgBZfCw+fsImI60GSq8HyMh/IdBxgUe5&#10;XI2//NKrv7J33/OfPzs41Ds1NQkNLDJImNzV2Q15LICITlVHMFKcK0GpVMTiDjfQSok778SJDRBg&#10;UOFCixZleVRKJXYVISvUhlAc0lqjDNNYzFJxSm9AZVEEdmOLLNZWzAngOvu4i7oJoqICiQqzVCqO&#10;hWfH0XVr131p5Yql4If7MLR4YtqutBB2th4pLKWUC9LgXs80KppeL1umFw76EC1uXLrd6GYHuIVs&#10;OGH3QptLLY41qkPaeC+5+ELuDh46cozcxf4cN4/Tbdn0X6Wymf40uVIRHYiseSkTgwtMbvNCDYus&#10;IoLLoeFzUCxWOehvYKAXdiKoqftY4B49DufODcOqFStg7ZoL4OixY3AUi7Xduy9me+VnnnoKAdBF&#10;THN66Zk9cM0b3gCHDx+Gbrx+ehF4PHnoCFx++RUIavbC1i1b4OzZc7Bm3XoYGxuDFatX42uWYOny&#10;FZwm3LdkCb8fmqhUEPT2DwzA6Ng4LO3rh5GzQ9DH1r5noaOnmylmbSQuJ4FpMgldvX2sEenu7eHv&#10;dfZ08YSnkGuDsqjxtUjOOMxzJnekSu0BrCF+Y9fFF764YcMa1tUQ7crQfjwZBYAu8FCnwckCcakh&#10;TkaO1ALWVL7t3mp7x1i8u6e3OTLBhT11dxkWNFWxpkpV31Jbqnge0v1LoXZimmAm+WeFmgi+B0hv&#10;BQhCmjDaLMEDz34frlzxYVj1uU9Dcc9eqO15iYEIVGtc8AljeBBX75PxfTyJIDQJMXJKS3j8XqVW&#10;9QY6BM4jmiQHVjBZHLymDvYDBaBYXS7VfEQZy/pW3s56F6Z1UFGa5CoypjMcwrvc6QqbYlgKC/j5&#10;GFGXPJbipHhKNpcIVKWMORQtdd7oZm7ia/XhuT/7P/4G2v7s96H/0x+H0T//G2inZxochR7KAekn&#10;Eb8W+GcyMP2VfwY5NwNp/D2z3NDzTVR96P3I+6A2OAT+Sy8pipe2447OcZRuAbSVa2SAobvY9P1y&#10;cRZqXpPXKM4mkZzjznTTLgTkPoWGyjCwj9cJEykhojRACz5sA0cVob7nCMlldIoUAmlps0PU7wWh&#10;3bGZqmhNgWcmK2ybbVysVLYQT3k08JTWKlejBZPjpPUiNGnJ4MdLNIG1F/E0gf26AuOU/eEHtsES&#10;GNMHPZlgoxIzcAykpUjZezDQ6fSg9pe0BnPKOjsgYzFe9/g+i3lcWNMURE3gA9aVyUCElrJC7S+B&#10;ySrR00pPOzQy9YvXUKH0J9RsMzkbLQ0Jt2gXZrQE84GKOafgDNtDem80lNNQ1yAmbFijNUYw97l5&#10;PmkojYF5Qv0sAe8bgdHPkNEHfo3cE2OgTAFUxgnlJrUTZfbZCJ0QfkSKxiIAWXwsPv7/o14tCD5+&#10;hOf7kd6DXqwHz46t27P3pT8/cPDwW4ex8CzNzfEUo4zg4gz+oZwFGk+nsbDr7evB4m6Apw31ehWq&#10;1TLz6puU5EsZHiQo91XYFxUks7PT+FxlLPa6meJSQlBSLlcsBcDYC3oOg0VERtKuG4iIJC/bMblO&#10;aI1j0ZTL5qC3t/9Pt2xZP5NNJ3j6EdIWhBX+uaJNyyGY18WRIbe/FYi4XNwgOqpaULgbWahNantg&#10;X8vknECrc28LcDF0jAh9TLT8rlTiz0sv2c7Pe/z0GaIY3d6oN041ffm35WL54lgs7MaylgIUJSbO&#10;YsoELF2ylN2x6NhSQOSrrx6CueIcdHZ3wrVvvBqvjSrs2beXX/PaN17DOpF9+/bBjot2sshzD/77&#10;qquuhLHxSZibK8Kll18GTz31JGzdtg0mp6d4OkEAgAq43v5eODcyDMtWroAXX3gBNq/ZBAdefRU2&#10;rF8PxxHcrBhYCqfOnGSHquliEToQaMxhgZjKZSDb0c72l9393XydUCYJXX8Dy5ayxW4ngpM5BFSZ&#10;dEZfXwKy+azKpcGiHjfdoWql9vudHfn/vXPX1qC7u52BB7TYSrqkOGknXY66iicDLSQmKW3RbHnx&#10;ZK2bTZ2NtWXvTQ/0fWQaAWIcQRYX7VJlVUSC1rAg8LmOw3KgCzf+yT4oTg8q9yVdlNPZywll7+lT&#10;cYXncKZWgbv/7s9hyyvXwPab3wn+VBUyuUEEIFXw50pgbgzKmWCwEYtZJzH+jJ4uWrXzkk0715NK&#10;lXfg26wW5szQ1yjoj0AJ/SH6F2ci+OpaZ8edOE/aYljgxalo49RsX1HLpMpv4B/T4mCOtqfih/Ro&#10;3BHG94v3dQzPoZdMqikOve9AHSObYme4kvRecd3pK1Zg+Jt3wcrPfBx6P/MJGPmrL0OhUsbPH7fu&#10;UjypnJ2FjkwCoK3fup0RWJicLkL8fW+HZdddDS98+vPQRcWaSZSTLWo6T4mmOeHb0MzcqQQVzLU6&#10;zJaLUAcVxhfomZcBMu3JnGrMUAEZM3QZiIxijeVsEKFa6a/RMddPKIVjsSsdIwXrmSrs9JcKduPa&#10;FBiDBZ5IhCngxkHQD4weRX9O6enPoVEGvYIX2El+SKsCBB9xSOE1l8DrsI77A93LNssEonaEwkxT&#10;3MmyFzVKkeBMWQwljShMeG0UcgVFDNQgIUJ10i9KHy8RV0nstJc0pR86h2ktvZmwxOy0RdgJBecZ&#10;2T1JfUbWUMgguo4L10xELAg81LnwtD5EhEG0JoRR74WeDicU2tbaBlxKd1Iu7bVDV5mnQxEVvDDv&#10;S913avoGNsOEqFeUbUJ7hdCfi5wUO7o6q5l0+mWmVDvH3PMWysUC+GmUgiwCkMXHTy86+VemWJ0P&#10;fBCN5cCrx2888OrRvz0zeG75xNQMB7LVqyUWGTcRYFDhkM9meLGnlNjjx47B8RPHoae7D7p7epg+&#10;Vaur6QeFCJLLVcDFierm0aZEnWfijqY5XTqmRdCg8j5koK13gzB4TG8M1llDd0g9ERbNnjCJyp5y&#10;Q8I/lLZdKHQcXLFqxVfWrF0Fvox2luQCCQOvfbzF/LHGeTpa1lFk3iQkmEeiAhGlkoHj/W+EhdGF&#10;XFq5QaBtEFuyDW2Ks33eQKWGX3bpTshk0nDw8DE6H89jvXltIpn8o1Q69ck0caNjCS7gyRWGNz7S&#10;5OD5KZbKMDI6ieeWzlsKBpYMwJaOjQw8DuNzFUtFuOCC1dDZ3sWGBCRwvwxBxhyC11cOHuR/z87M&#10;wumzZ+DyK66AV/Fr3b290N3dDc8//zzs2rETXnn1AGzatBnODQ3BegQbJSzISKROxUZ/fz/rMroQ&#10;8NKu29vXi18XsHT5cqZ8LUGwQmLdpQg0GrUG9OP7K84QQOri90LULqZ5YLGbR6BD12lbro3tNqnj&#10;qdKug681ms3fXX3B8mMXbl0PqXSSKVeu8MqcPS9CHzGGParbKIV7KZmCw+Qd6EBNT9vTStVhTbZl&#10;vpLs6fow5HJeszqpJgFU/Eh179hOsjUjwEINC9HskmXQLM5C1Z9TNBFBYl6VvE3vqgtfZ5pC1jhD&#10;woN9Tz0KZ/c+Des6u/A+7oTO3qWQX74UwUEDZKWkCndL0fF00ak1HfSUMU/XjKYJoGg2dL0YS1QS&#10;sRpdBxdsJO6lSQ4CK7rHY/i3qAf8HmNJleVCICJeyCg9AQGQZmCLY2DHHY9I50wnkTHlsse5DNot&#10;jPQCgQ7cU78TFWmFdazOYUjEoKOjAM1SBZIXboLl//kLMPzlr4P38gHIxgXnhej0QNaCcEMZ/zTK&#10;NRjFt5b9hffC5k98CA788V9D9sArEGfwbD5z6DYUscvlRkDM0tykNhqgb9Zmy1BuqvyPwFmGiA6U&#10;SyZ4mhiAa86ni0IT2Gc0ILQOBpbXBqaBrYpSVfUrS3BP5YHIsBmiUrADm1NhtB+2YDZrim90BSH1&#10;Sq3PKiVeTey8MMAu5oV810Cv4V6YuK4gDV4LPmlBKCiwpnUKMU3bMy5rJu9J6UmU6ZfSKfCEQoZ6&#10;JqkpVUQVC/SkjYEwYWvKa9GaDDKCcPNqzBTemJuQE1/QkPb+VlkcEE7fhck6MRkhiiroxTyHruXN&#10;oyaFegu1loiWYt2K0LV9u7t/CBPUaFYf42xlphsR/3hQzQMbQBizUzEOxoQw2Ddsnmg9TwDhOWbQ&#10;GVeCfempHBQ8nvR3d1fXIO4Zh2RLgnskU0uDnJ9WHfoiAFl8/MQ+fpge4//rB61dtVoTXt5/9FcO&#10;HTnxByPDo8mhoWGYHB+GcnEagUmDcxIC3ZEkO0UqzBK4UVO6NhWoY+OjMIF/qOOcwWJvdqrE3Hou&#10;UXxFqzIFAC189Jyz1QqLiFOpHC94fqCdryCIJPEKhy9ui3HbtfKU+M9T1jIqHCnGm0wKN+2Onu4/&#10;3LR5Q6mzvQ2acv7YeyFalbGidM+MlOdBdwvwXE1AlWz9BYdrLWC+O5JLLHMfgRYEgsP/da8dqd2r&#10;oKWzGjUSFrwZU/AUBRXmsikEISeg1mwUG/XGp4LA31spV/4fz/O6afNMsIuLx101KvyJntW+bIDp&#10;dAQYCUwcPnqcCxYCAxva13JeyP79+3kisW7dGjhx6jQD2Msu3Q3DIyMsWKek9FMnT/EmvWXTFgYf&#10;2y7cCmOTkwhgu7kYp8JlAAHHfizsNm3aBEcPHYUL1qxG8DLIgYijo2MMNM4Nj8CypUuYrtXbNwDj&#10;4yQw72QnNdKPeJrnTSCEKBXt7QWo1upMqyGQzOJXEilLua9Wb/xuPBG/Z/fObQh6BphyRcBGuOd4&#10;IeBuAtCkLsAsvcoUvZpjr7uX1qZSc/GVfgIglcs9EW8vvBDv6drVHB3XRb/Uqc/KilVqKpbRP9F9&#10;VaVckP5V0Dh7GO8fBFM0GRE6hFOGLnGzVNpSCGTBg0Esoqemp2BtvQiluVFIZdshj8evs9CL5x3f&#10;U6VCiZacDm+ceowTkLT0xYCLMztBNB1k/kccbPqHVM5SIoEFTCapghbJGQj/jtNz4vlulMsgG/T9&#10;tD3G/Nl9sHQdqcEA6Mkg46JAFXrgZPJYZyIIu/hqmuLpSYRaT0jPU3noYWgiECm87QbwCzlY/buf&#10;g7k9L8Hkdx+EBoLoRLWGRbHPTQ3yHWji+wu24/Xx4XdDz84LYf+f/A3AHXdBO66B5E6mxLqecw1A&#10;y2RSaQ28MEJOfRmvzcrcNFRlk6dbdHzrtM7qIMJ+L8WZOHXtDiVcCpfN6NDnINANB5+jvcM5jOYo&#10;UUFr7jHh0Ng0f0gVxJ6wx09NU/zQ8U0Lmm3IhgjBibCBeZ7VuwgVZRPCdDtNCddashZO4l6Swc+W&#10;xlKuVFP5T55xFNM6EEuRNVPfAKwbF+uDgnC6o8CBWjNjCjPx9JA6+KRh8nTGCOtZQB0TWucIlFE2&#10;FX2fsojYttdkOBkKlU4LD5PZ1X0ZWNE/AeS4BmcKgCt77iAqQBchwdAL5jt9ucJw+nxxLxadoDt2&#10;2gJci28DekX4es5ky/6CCCc2gUsLleFkLMxWCvg+jidUaGIS7x+iTWfSKejp7noe94pyQ09AzPsO&#10;giC6WMYWKViLj8XHT87w40dAH//SBgPtO+VKPf7S/qN/fPTY6c8OnjkHZwdPweTkOHOS/WZNiff8&#10;wG4CQSAdnqjiPOfb8my7e+7sOchks7Bk2QqoV6swhYWlriTUYgzhwkcd0Cb+DC2MnLOgaRceiEjx&#10;Lqx3ud5ktQjUs3ua2hBVwUxFjQfZTIryHfavWrHi65s2rnPMYqTlBYsW6pLpWJl1052St04ffhhS&#10;bAUfraABIGg5W8LxxJeRVIQQwERdl4RLBwsrjTDRWupupBHsi9CVa+P6tZx/8cLLB2EOC0D8+v/B&#10;ouzxVCLxx6lE8m2U1E3TAg4D40T7JszOldjVjJ47hQXRCgQDpAmZmS3C8eMnSFANm7ds5uTgw4eP&#10;Qq4tB9t3bIeTJ06wGcGll10Cp0+eQRBQhW3btsER/JmVK1YoP/l6HVauXAFHjh6FLVs3w9kzg7Bm&#10;9RpOZe/p62ZaSntHB08rOju7+Hd6EbDQ30QDo2uCMkaoMCAxOglROzvaoVKts+1zFa8zQfbCoPIO&#10;kgp4nK43mn+Eu+z/Wba0r7Jx81oo5LNA+R7CMbKaFwkDYURoaCZgrhvP0j+sWDQAW+hJPVFQ95Mu&#10;6HHjjqdT9Vi+7SuJvp5d1QOHsfBVOiiuS7ROINBaBqlrc+76U8HU0wGdsAYmBo+wuxXnFegCg95H&#10;VgUe8P5PwDyT9+BkqQbPTtdhaSaAdVj4Vk5MwlgiA/nOXtbL5PIdPBUJsAj3yBVIX0NWg2U66rpr&#10;LIUpfh3LaG0cQUGRbFlNnVgChSQw1kCCjy0WMlzCeZ7OsdBFakyJ001Kty3s+WdU3KE1kdMgXQaK&#10;iqJAiK8sj6VngYnN8sF/UAZI/a4HYHpoFOL5djhz5gz0f/BnYdUXfw2gVIEiXrd17YiVQ2Bb2LQB&#10;Mgi2Z15+FZ775Ocg9+pBaO9sZ6Aa09NYe4datyoVIhiYhGpT7JvLBo9JE8/FbHEOGkLrPqS6rlQe&#10;QwAdqZxy4nKsuEPNQ2Dzjgwdh899TOd32MJfBfCpAFKts3PbIKRTCELNiNHI2YaI0abRhUeZOhQE&#10;itcN/7fi5tnPzRMNP7DZMmraIKIW0J7ptOt0bXLBwvszX/dgFNcHmp57cf1heDpg9gVpqWf87CZN&#10;3BTRjvtSoAGgcZRr4BrWlsmEQYCaHcVCdDtVaLJsyYv7ysrdTJMJzxFw86WdnhhzFM6pMlQmQ41j&#10;Ry7VtJNG9+Twqa11vPAidsULTtI9Dbr1imEoVRHRt5MPIiAclRkalKFmqalHmIouNZ/M0I8F9xiF&#10;dfYKo0BjeNqT3DCg3yXNILkS9uGajOvyg9KZeNjPZl97UYS++Fh8/NgyrOZZ7sofcfKhC1QrY/gh&#10;gIT2wVK5VkDw8aWjx868+8zpEzA4eAamJsahUqkgoKBOVEMFemkHEs0g0RzgOE8ehA59Iu1Ae7KD&#10;tSLHDh2EC9ZvgLWbN8PpY0ehghusF/OsIFDRNZQ9Z7VagkSQUuNwU2S7eg8I+blGm2DgCH/fU88V&#10;04FSqWQSMpkcdHf3/fGmTZuqPd0dmm8cukW1BgpG8zwAbHpxi+PVAj84L2Cw9by6VrtCVZSWTiAd&#10;+17XFyYEJM5/QygeDa0aW6YztgxyNhkZ6O5sSLcjN5//l703D7I0y+rDzr3f29/Ll/lyqczK2rp6&#10;n+6ZnqUbGJgRKNASFg4bh5CEJDvwHzL2P17+IOyQrQiJcJgIBDLIChRICEYImQFGILAMYhkWzYAZ&#10;Zpi16Znp7uml9sqsrNzz7d93r88599zle5lVvQ0IevINRXXl8pZvuff8zvktZ1aX4YOdp3kSsnF3&#10;mza454u8+M9Hxfi/HU0mfx+L1TXi5TfwvDJ1qdPC4zvHrz9BsEkOaGMsTptYzD9w6QILTykdnSYk&#10;D1y+xOf4hRdfhIW5Obj8wCV49co1fg9PPPkEXLt6jQEDUUuIcvXgQw/CDSwAL108j6BhBLVWEzrd&#10;OdjY3GBL3jubW3B2dRX29w/gDBaB1MFfRgCyj6BofqHHYLfR6LB9MFk9Z1ULEywWyGqXhOsEigkY&#10;ETg1udnEb/2z6Xj6o81GdfOJxx+C8xfXnPC3sKHI1x4m+m6ujefIBAMD9xVKO1bh3rVlpx9pAdtQ&#10;jEnnVfQNLNzFrzcWuh+pLC/+PdNqnZkicK+FiYMP9XPFjqvHlYjANYzJvQfP5ZkH1uHmJz4GDSkq&#10;6H3URBNA5RvdK1r0v5fbdQQcOVzv53BzkMOlTg0eVkPQW9fgcOsGHn8sLJZWOZAx023ixdCYlCk8&#10;js6j3WeR/Ji0GxvME7hgjZQRXxArcULiKVHFgSOD60zM+PD1obviTQJKgthfxWBQ5d2QWK+gGYT4&#10;IsiJvrOY3h5c6txr1RoVMJ/9HDdDziCQ2Pmf/wHcOrcOzWeehjYC0tb6OS62hnv7cOtXPgr9P/gU&#10;qOdfgiUE27WFLq8rOl0DxP0qeEpIiCtlJlhP42Phsw7F/nDvEIbFmCX6oVy1MW9jZa4NRs9MVU1c&#10;F0FF3ZkNPDBvhSurQeGmpCoJ7EsBU1iHINqoWu9yFkTmPPYQ4JuHxUTJxpCn1J+wdqqQUeKBH+hI&#10;4RK3CwZpbVxHKiOAJgKk8XDAoaBG4ta1pxAFvGlinkVwc1LiWpUW+zFYVuFxr9MERDkRtUutd1S0&#10;zIMcOk8y9eK0UiV7nbiRpSmP2q+l3oHKqrAW0xpIWqZcxOwp6EgBhp9jzFKwUpdHHRVXEB0fZ6f4&#10;cRJoA/tWQ5pVqGTz0MmUDhIKl5XMD5abBNtgIxbvzvWqQpotEaDn4wEsLT84mut2P2lFK3SSyH7W&#10;HesUgJw+Th//UWHG8YmF8Y2xtxQ0qOD1KkDotQ6PRueefe7lD7/y8rVvvnrtGhd7R/v7XKhRQWDs&#10;VIKIhM0uRRPrRYg/q5yNoWWXENehogKJQuTqTQMvvfwCLHUX4eKDD8H21iZsbd6OxQKL5qLYmty0&#10;KqQxZetMxw/XUjR7W93ULlBLR44TvIMIz43RiX6DhdMXV8+e+7nHn3g4drIh8nxPgnj37tS4zioc&#10;G4QkSFF5r/X0vKrUm9LvLKFjDkEn4lxwonYkikdnRedpuyv0hJMsFChZMJZzQqxSyaje8gbZbDXg&#10;PU89Blevb8CrV28SHaLAzfhH8aP8Kv799/DPd+HP1whc0M+bseVyjkbxJBync0OZGrsHR/yci0uL&#10;XLyQXS9NHR66fJlf8+q1G5w70u10YGNjExYXe5wrso2F9qVLF2Fne5tDAGv1GvS3dzlN/e7WNpxb&#10;X8frdAArKytMA+z1FrAOnlCuC9OSKExwisVxuzPHwKXVbsOYph7k0DbNeTOma4oAF26gt/O8+FBu&#10;7I9lWl17+KEL8OCD59jqd1rYCCBsnE549yRQxzhtvpfL14ZNUeAssDUQOqDG2Mifl0RrB2As1Nut&#10;jebqmf/H9ua+e4KAi64VsgWtZpqPvfIUei9mdncKTPGLffzMnUvn4Mzf+Ouw8dM/DS1VBe/aSpSs&#10;BiWvWyfczmjiiL9bbSiYQ0B2e5jDlw8n8KVJAZdqGTzZqIId7sGd67tw92YVGt0eLPRWYQ6PdZ0K&#10;fDz+hgLajHS5leuk+m4uBKHsjJjWuOT6VI+hvGdUKIy9O5Ip5Rn4yUj0j/BhfJY57l4765oR0SzC&#10;CXOLSFPRMh4IYnl8B9LVRaQBy506FGSU8Uu/AoN/O4G+de9QZYZtaZfw+qwuzmMZrnkq5/VXVsWs&#10;jHDvaR1do1LAmhSbRD87OOrDEKYw9qDVxvKwiu91vtrl1yNo4jvYVoao/LqFC6mLNuUqNGesUL4K&#10;KdiNBBAq72jGIYyu8eOK5cRWl45fJjog6/QU/L6nebgW+RWU7D0W4uSPJi58zuPkw3ft/QTNZW04&#10;kFLgz3cRgFTxv+dUBoeDPmS9BZ4iKJseUznKSocJJF1T0SULvHe6gJMYXMnPhUU0rQU1spM2Gb49&#10;p42jCS91+EHAtRHBIB3vHNQJHFzJeOHplo5WtXJND4djMWMpkiZWmslyfL/xVsOz+R/J6i5MPt+4&#10;Msm9lk7YVbTo5XDDQg5LFnN8PIUrE2MGn/WiskCXBp/Ao53lNu/Nsp6y9AuPI67LL+F+/4I3AAhH&#10;J9WjwHFjllMAcvo4ffyJPV4fIDBvcVLpnaHuB4PoQWvO/sHwsT/64ksfuX7jzlObW1uwtXWHw9qG&#10;wyPO4yimY0ptCsVSYcTTXuwdjXRvGCRQUaMrvKmTk1BuXBdleWkVxsMhPPf5z8L5S5fg7KXLcOv6&#10;1dAVTTdMei6euECdFzgHMOwxv/SwACvXkfPdOi1C1Vq9Dp32HGVL/NATTz4+XF1ZDNQCCO5SZYeR&#10;kxLFXw94jMe9HOR2H2ZWohmBaJkaapOkC2mTGZavrpLQtZnQ48g3TwrlUrCUp7Ildr8+hIzO3+UH&#10;zsHCfAeByG0uiPBxBV/xu7Fg+ZAx6nsqWv8XeG6zTDq3nBI8ddeHrlj83TkuaI6woJrg9TOP/14l&#10;usruHgOG8+fXmU+9s7fPWg/a5IbDEZxdW2OdCDlsEe2Lxvpn187C/uE+bm5LMMbXaFP4IJ7zeqXB&#10;77mGADMT2gB9ukazxRs95XdQcdFo1iGfFqxbmTr60Av4Nn9yMp3+FH7sW2dXevDww5cQEHWYGpQX&#10;doY254MV4jQynhqTbOAguQoqTp1sWXcTAWW5RRA0Eyaeeyqk5s+f/Vd3Hrj03xy+fE1VipzfC21u&#10;5NhDRZKWe8UEO03RFODvHr7wMsx/4/th+Tu+E3Z+4eegRT79yrn0GOV48k0CH3hz1vDnB/hZKghA&#10;2h0NnWwKH5tYuDOaQlZM4RwCuBUsTCkEbrh3Bw5377AOobWwAou9FWjPdZm3roiiSbS8PF6jUdQ8&#10;EwSfRetVn5TMdryU1wMTN73wDk5KlelvoaPu6Vem5AjkHYA86De+APe2tNYla/uTqYTdYyE6H1E5&#10;m9PPNZoISlvsJOa4Y+55jYimXY6QdIZLy4ONIXjhNhSiE7sOKAmBlA+F110fgR9ds6NgTxyNDjgB&#10;Ha9hsj4vrFjNJtdpMDtQsaehlE2aFxDWDAdcCplAW6GMGaYl5tOpTANUzPPw/ripu7Q14b3zVMfY&#10;Us5InBqqiLf8yEnOBRf7IAGFRbyxcCWBJTzutBH2igx2hgMnGvfXUiaxlwkVD8Tml+1ivZ4qoR8F&#10;22CfT4NfrzebTH80mgCzayBoohaBDV1AtvFVyedKtB+RBKsDOcl6tXZy7GkSezg44M9gxBqYxPiW&#10;nanzsG57c5WT8q1iCr1KJt5atIQOHhhvseyNI5KEc62jK58KAZ/K5UulxgXa7cHGg3KbBBMKtYyA&#10;fb3m8n+IijZm844KLK+e+d16sz4uptPj9LFk6mPhFICcPk4ffyzTjRIv/x4FqDrWP7l32vlrQRn7&#10;GgBDJTQuNWMHS+Bj76D/1Je+dOUXXr166+EbN27BrZtXYHdnm+0PaSGZTkc8huZuLW9akYoUx8KO&#10;i+q7Lc7S0AnvKpnbRrnDjkVhCxf9a1euwCIWlJcvPwTXrr7ClJmUFOtTZckBResa+8JDwhO3gfaV&#10;2OUq16EifjQBIKLetJptWFhcem717NrPPfnkI2EIwYMHT6sytsR3S611U9pV6cypWQBhjy245h5n&#10;3X2HpZAp16oUtDbrcpWGQvnJjVFpp3iGspfqVRJufujK6mSC4jeXwAJ33dGl5XmY67bh+o0N2Njc&#10;dkAS4BP4RH+tKIpvwff4Pxmj/zOEIRXqXrogMBAwMeFj3Gm38VzO8VSEKFqkv5hb6MKgP3SvsdiD&#10;EQNNQNDSZXctst+lb47HQw4NJJe0uU6baz9Kafe+/hkXLZbtMQvjNlgqJhiMVFwHsSr+/Ph7+JaL&#10;38b3+tPjSf4L+LWj3sIcPPjgeTiz3HNFT2GP3YdKNnGfpFxqCpSsP+mfOjq1JV3S9FyEzqJ0LbkD&#10;jwWAkWKFL/uiEH69gebC3CfPPPWOjx987gvfUmxsATUwyQaYg80oGG7qRLFGim7w+RI0PcyqsPfJ&#10;T8HCN34DzL3vAzD67CdcoBvECEtnI+uEuVSE0m02xn9fbGl4Rk1gtV6BdzSr8Ie7A3gZz9k6ApH1&#10;Wg3aZM1rc9jfug4HWzehUmtCZ24Z5nqUATAHdToHCPqoccGp0t6RyEDQo/jr2LtsGb+OgC7brSYU&#10;xajT8jqO2LhIWCmihdBREO1pOGEyaaQLrEVrFoMVbCIJ97/n6WUB+1uTIvtETBwpT3Eqk4BKngpb&#10;N+31l1HhKD9HBwMYjXIYFDT/cMXz1Masd/rKXKXO+SLTBOZGeqgtNSGM8cWsCdQXNiQQF7zUkYin&#10;mTY6URGliicnoqHJmYbkjCtssqm4vSCl0hmfNSidb+dSxQZWxk18Cz9pkWwVvuZzkOhLV/Dn+Hsd&#10;us5wHR9MJ9CdaugfHUG72+Vi3lFXMyn2TaSZeTBuo0Ocy7UBnvq4PBQEBFMnkGaLcRWXSJqY83sj&#10;0TjTjRwQI21bTm9SxWvCeGqdGwvI9eLu60rYqxwQIVBE+VjUBHHYw7mqGe3sif1E+kTKQzLR9vdL&#10;FrCECWDOTzjKu42NWkIPjJwxcNxPlEr+VoGNUBQqONCHt6UdJc3KxIo0ILQmD48GrPs8s7L8y1oy&#10;a9JJjE2NVVKq2KkN7+nj9PHVnW6o12BfxfTWuEioJL37jUw+7P368qkrrBiVQMJNZvCxd/T+L3zh&#10;xY+8/OqNCzdu3IA7dzZgf38bjnCxL/IJO3YYk4tY1nHbrYmbpysa3AZInXMrf7upuE6agYrH2y7V&#10;3MDC0hLsHxxAH4vSlVWi12zCaHCUjJrdbUx83IkIh52VoRTSmXDYlQ5qUk5lJpGqqjA/lWx3250u&#10;+ZL/48cef7i/ttJzRi0qUgNOGkh4n3hfY6bALXa+k6rSlOlRJ2Qalp4z8HCiCCVYc3oxP8AJblw2&#10;EngDr1fNvg4cA0+BKayUdETjN9RMN97/DLtrFoaL2AcvnydrRbh1+w6CiCPn3KPUx/A5P4af/Zkc&#10;8v8aT+134HE/S+eIdDeVihIha862lbSxz3XnuGtPExDKfOEoOix0GhTYhq9FhUW322GqFG3uZI9L&#10;LlWtVsuFfGUqZLRUyfsfv1avONBBz0HaDqJxEQWrwgJR3pxfwNf+Ffz9n8WC/tPDSW7n5zvwwIWz&#10;sLq2xEVQUdgT7ynjj7mNFrrpMbUqWlNCKGmhvLGHzIFUBOo609YHgVGol3Y6KO7isyVq7ilH+dLD&#10;D/5fm+98x7cc3dnmfAy6cQvhY1MBVYyniQsOCBXLOSYRtar/yc/AfAc/6/w6jI5uc5ZLYRMQwFMR&#10;R6WrEf0RX3eA7+ndLSwC8bxdWszg4nIXvrg1hme3R3C1P4GlRhUeaNRgHu8zTuQoRrC/cxX2tomO&#10;14BmE8FrbxGa7S5PpKjVW0xc0jpWctJhj1x1byPqx79c8PuUbgEAMetCaIpCvfF2xCl3VUshqAId&#10;Sse8OxUzS4wXsCsIQmaTTFsYDKny2h40dbNZP65zks4kwjQlalDEYjX4Zrv1bnw0hsPBiIvcw2Lg&#10;2hRS2BO1i4EI/r1Ym3O5J7a8tqRrlPHHQIvjl7GQJM1FCiHMiJ25sC7KYEalgZYQsmeCJW/m8kx4&#10;AmJjKrt/T3wPGSFHWUfT0TZzgNvGCY4N+STJNB0/wHvWL8JLe7tQDA7hyuEegtw5maRZoeFBOFZh&#10;ou1DOEWXwa5p3j0thFAa5+wnoy8OHKVgR+OS7VODA+DmSsVRHZWzd2aXQZOuCdK4qgh1WqXTHpmC&#10;TKf8uWiNogadlutgPBE9SZiuwTHXK/4sOpl6AIS8JzX739KcY/tfRn4aUi/FCIp9VkxF+HsJsPRO&#10;cp52ZV36PK3rlkCOcTkgFe0ChIeDPqxfvnh7sbf4GV53TUKF9KBDRVv5t7sO5BSAnD7+9M1G7PFC&#10;NlKJYvfptSYb93veEo1LH2+oeL9+2je2tg+/9QvPvfizr7x8fYXE5lt3bsPe7g6MRkPIp7gZEu2K&#10;KCbinc68VhOdSoKDFS+yGRdUFVzMDJQXHlfMQtgImbaAG22z0YLxaATXrrwMveUz/GaH/cPEUhdf&#10;h0XCU/454vMr+WBaxVG161K7wo2mH7QoEn2n3mqTBuFL6+tnf/ad73xHQp0RioWCmY08jqvTpPlj&#10;jan0HyYWG7OAME0N9NaXqqQJUKXNxnO9Z6dLKWU8dWO617RLnUDD8xzwsEPFRKvgkFUGxf55Xct6&#10;odeB+fkWXh9HsLF5l6lVjEkz9Wl83k8bU3wfnvdvxy31rypjPojP0nJ6i4ob9ijXiSRw2KhnzikG&#10;C6laVufuKtteYgFAqce1as0VrKQfIj0GFuMk/C04u0SEyIVlC2CydnagY8rdxQmLzivP42v9Lm7U&#10;v4hF2+/j7+/TBt+da8Nj587AGgKPCgIlmnhQ1s3sWNAkN6craGxgoEAAJDp08FL3oLhxeztQSDJr&#10;pBDw9AfvQmqFdigJ4UYVLCan95bj56s06//v2te/7/e+8twLH7TbO2AqLiPBijsSFQDBqi1oQVzh&#10;kIOjxgz2tqC5sAw5FnGFHfK0QyUOqlT0VWXjJG0IOUL18SlHeIy+uJHDmTksBs/W4F1navCV7Ry+&#10;sD2GT+z3EaBonoqcr1WghWC1YG79BAZHmzA42MQihOyvO1g4LkKnN89NgWo74wWBwvYsrgNKhOxu&#10;wSINRtR3uXsnxHs77UEImoOQC8G/JzkNkOosCslN8LdiLtd4Jt0FHWmJPutCQ7Dwig0l76ylVLIu&#10;qBMolZ77n83ovWJAX7xGXLE6ReCxP5ywdqA/OoChnYRi3CaTalo/l3ANtMlaEdhHyb9LzRAbP4OV&#10;oDkWFwuwkHTBsqQhmJdIrkoBCYHMax3c9IPWZ7xxQeF1akYTRytKXlELxce5njmDgoImv+KgZWUK&#10;EJtIsSVCIHuh2YR6PoS1SQH7kzE7MdbxGEyKKRfEGZ9Ib1xQxH3T2JJ+Lt6bjnpGk/Vmo8HNDWqq&#10;VZKgVj+d9CYpDqjmkkklhhHW0wuzQEli34PccEMjCyjEclPMSpghWQxXyXI6c9lKUzaRKPiuLUrM&#10;iWhdG2xsJQMqnONkKhLysdKpuJV90WtOhFaXaSMCcy0ge4aqq5OsGu0zo7QAOuXS3q2bMGdyjMgd&#10;88zKmU92F+Y3jSTRpw5fs429tzsN6xSAnD7+lBCyjlOrUswxQxkG+xoUrFlgMgs+0u+HQjbJoBPT&#10;EbizdfCffv7ZFz/86rUb3atXr8Dezjb0D/ZhNETwUYzd5EMcRDz9pBBetO/AKOGbq9Als4GDWko9&#10;9TQW2cn96Jo61dTVbiAQubt5C7rzPWi0OzDq90u+/bhS43uasjUrJVZ78oaWD+O7Q9Ttoc5StV7B&#10;n6tysNj84sIPPfnEY/2Vxa64k5RPip2ZFp1U/L/WCbYzJrsmORs+r8PloBWx8xk4xP5cmdi9LF0s&#10;NhYRWh3DP7NvRqejEYhdbg8UQ79TRX6WDcVw+eCkehsvjl5cnofeYgcODvqwc/cA9g6POOEez8UG&#10;/vnn+CP/HM/9o/hm/xL+97fhn3fi9XLRdZ5t4NjTeS+kKCDdgfPqp+mJYuCRUVEjoZQESKbemUZO&#10;YFZxQIHG//jebuHfL+Z5/jF87Y8ioHmuKMw+UZiqCGrOLC3AOQQevV6XrxN2t/LsKa2j3iY2fZNU&#10;ad8wVjFPIkGEqW1penlJfz65+cri0ZJEVOovdlAiWyoSw1JdQ8UM5e0UJl986PL/3n36Xb/e/9j/&#10;R3Jy8JY7diIdW9+F5bBCuR7lZ6b0TXq++TZ0xufh6M5VLPomDEKM012XSh/SW9XATReb+N8khr5z&#10;gH8OLax0FLxjqQLvPFOF63s5PHt3Ai8cjeA5fIJVPNYPNmqwWqtwd9RoR1OZDvdhZ7AH2xv4nDUq&#10;+uag2Znn4MdGp+tCC7EgtES3pHOv6T3nwZDCSoedM/tsLIxUmqshBzHkXnh7PpV6naYNhvihnYtX&#10;7MpaFfMblLLhvKfUEXVs1GyEFuS7vJLwoZJ409JI0vXpB30sqoc5jLnQK2B3vMfFMB3zwocL4k/m&#10;7GCWwUK9Exo/3jY2hNOF4EcVtV2QUNOE15/55hEBjyJ26WP4XPQfMybl8MrXZK3iczN1Vr4kfHee&#10;55ad1YwAdpcpwghX7gsVaGjhUTjAFqyGhR5L76eNz0uaxCGuMQ8hGPmj3T2Y4NpQqVedjXB4ayKm&#10;BxeWapIAQu9S557fFfs57T0dOpaZ22To+OMek9XqQY/kaWKcdJWLuF6pmU0DwkTTX19GQCyLvFVR&#10;mlpQk4EpZNwkq3MYp9JOA8LpJsbE9+01IEqFdcIk03b3ZR2peFZHLaULwYqsROX2IqYcmtj8SCcn&#10;DL5nc3SS/cJf9zzclvRz2m9pHyeK2pm11V9t4P7M+qRAOUwn/nEOE4D+6QTk9HH6+OMDH8GyFRJD&#10;IhUpHKGRbtQb7waUXQDja0Lci3QqVLQuhPb21t63P/vsiz/90svX2hsbG7C/exeODvdwIRljkT+M&#10;QVXS4KeRe0ixlXG1q4GkwyKiRupus+d+ACguuM7TEziNWbpUhSykRLGiN09ajb3dXWi256DRIuei&#10;oWz4btFUWZ2tXmlsXsMiRgvFSwuwyZSj/pBDULVaZ1Fsb3HpSxfOn/8ZBCCJW849EJ6CY1a8s5Mq&#10;a2eqfxudp3w4rZmhRoSgrdAn12EzT4fix0TvIjgMzjYKTgQf4fzbRPTu6SRhVO/FimkHKku68TMK&#10;dl/ZqPjzfrOwYm262EMggn8owf7gYAB7B4fOqrlgncSL+H5exPP3T/FnV/HHH8HP9x581g/gKXsc&#10;r4Mz+FYWCXv6cD4d9cASjOY2LDqnNAmoZjRZMwd4Pe1iMXAHv/VlfE+fxef9PL6zlybT6c3COC47&#10;AZqFbhvIcGBxcR6vp3oAhgF4JGoNSL3p7czlYeI8I7b17D2pkKASyk2g8cQJUwpFyuLMaMDgdKcZ&#10;VGpi8EAd01r1oxc/+A0f/vJLr/6Xxea2KyqogMxcUrPXQ+hUrJ2Ms3IOxsF/nl2GNgKFweY1vBWH&#10;UNGqlOheJEUHvY06efzT/YlfGOIT7xxZ2EIg0msBrPcy+PalFmz3G/D83Sk8tz+B3z0cQBWf82Kt&#10;CpexSFxkpxzNBTRT//MxDA9G0N+/A9tUMDbaML+8DnNnVqDVWYBJv4/3egG61cKC3lG1CgmPcyA1&#10;drjdrZQJnU2F82WPUR2T2aAHINLh1XLPW7FxcoF9NliUusyQSC2CdAKS3N/2GNCUItYYYZkJtVEK&#10;WzMx0B9PYYjvY0JTBPyE+we38DhNXGp4iUNPFtIGOrSuNVui5fD0NQhUodBIAFWiVnl9kde2FZ6G&#10;lWZLJKnhHlmnOUTKJ437DHICSD6QUBJd+XUKCPeKkYR1W9igveB1Xw6p1SlZzcZsF79WUYMBr6On&#10;eivwq5tXoDHR8ESlCV/e2YbszCoDHq9NCQ18AXgZ66AUXzue65YJoKX3zdTPRkPCGOk+yphaRYJw&#10;xToQAUFG0uVJG8VCFROcwKyI77VoQGif5HwW7XR+ft+z6eQic4nwo/EY2gjCiRA2NTlMJ24GEmix&#10;NtKWYusiYwqjM9tSYgIQp1Xu/RTs/uhrjSwxgFASQuqm/gKOE8qFSidqQg/lzC8jzUfl6Fcs8rcO&#10;NJIT3OH+LtFrR2urq7/Da/dULgIjvyNruZoJ4gx5JKcakNPH6eOr/5g1oSpx9mezPV7nTWjvUTSr&#10;dGNMFpSk+cVj/Nsbu9/xhT/6yk9dv36ztbm5CXc2biL42OeCn0S/FhfDnAWJsmhwAm8ulBPNC3vI&#10;PlBaxvE6FHHOwcpwBzTYBlIuAS6KpiJixzxOVdxC5DYy0nkcHe1Dvd6ABi5szoO8ws9NNzQlv44n&#10;ExEOVmP3OMvEjQN4+tFqN2C+26OAuh966l1PDrpzTSw8ZaG+B8h4rXCkY+Bj5mFsecZlQ8o5JDOR&#10;FImqWPieBC6STpuC45OP2WmNCjkp0qVTcR4TEhnEqjIKgFMXeZ1cg54SASVKQHqhuuA8d87Iunfl&#10;TA9GozH0+0M4OBryf09GZN1sN/H0bhqtfg9f5UekqFnH97uKz7mCb2kJf2gZqMa1tm40ghIypdF6&#10;jBvXEL+3k2WK0iv3sAi6Q5kdeNS2iYJFGyNTeMjNhtyBOk2eevXm29BqNcPhnh0qwYxhQKrhSfNy&#10;jknS0xvamqBVCinSEBGgo1D4zrQq0w1CMaoCuDMCBpUIyJkmiZt5Df/HbnB43yxdPP+/rX7gG//C&#10;zm/+h7UqFq8kQLe6cJ3PfMqUlkCUoRpKRMEefNL/JviN6uoKzM21YHztKoz6O6ArCegQMEL9kGow&#10;UnD0ESpmGiTgBcrlM/DFgQE89bDaUfCBCzX4urM1uH5YwJe2J/DCIIfnBxPoIti5iPfrAwhGupmj&#10;bEyTwkNNBrBz4wXYvvkiPr+7pynzpZfNweDWJk+4yJSgSoFxRM1j8XTOE1oxxHX3tU5AiPV8f6ev&#10;cYL0FAFqdjyK57I80VJUZ/KyZkoNngA6/G/6KYynoVoTjSxU1HeloIm0PUQpHOFrTPD3x5niYzK+&#10;uwd7ox2e8k1EeJ7SqOj66NUaUCGtU0hPh9DtdvTECJD99ZZqU6K2w5ZujFAUWlumWiXNEpDOfqTU&#10;uOmAayQlVskJbtcquscZq0oTZavi/cWOS4mFbBHAJR6j3MCl7iKc27sLt8Z9eMy04b31Jry8vw+6&#10;1+MgS3LfM2JJnHb+VABmbhwj/8UUKaIAN+p1Nz1X3mLXvTk2UPGCb+OabyS2zsS6gQG/9Y0GI8DA&#10;6UR8GLsSWpawzWSvEvcx/Hs6HvF7qxMNq1Ln+9sBNDWjj0gzoAwLvzmE0LqwS3fZ+lwnG4xMgjFL&#10;Mn3JBNAERzgPPDMVKIxgJHNEO32esx3OQ86Juy5lTycAj8eKMlourT/4yeXVM6945zElLl8q1QR5&#10;cOUn6vYkjsgpADl9nD7e0tzDpjSLe0w8INEfvBW33ftZ7aZ0Llo8Nu7sfufnn33hQ69cudq6vbEJ&#10;+zu7WDAeMp8/xwWxKJzmw4iylsBI5M26To9rCGeuowIqEdVmcQOQDnqkNAh3m7ugqsyDsqnYVGNB&#10;0+LgQlNk0G62XchR5oqIWhU36smYbSJpfK1dKAhTdUhrQMCkXm+x8Hy+t/js5cuXfuaRRy5DYWPW&#10;hZ3Jb5gFH7Y0XtfHz4600kOiqzqe9WHLhOpE95FuyEL5kM7kSdgmJEyfgH28qDmte0sQIZlCgbVJ&#10;UJWGcga7dqBRpy0wEztx4lwz66gGJTDtjgMBvzb+WVnpcVEwwSK53x/g9TVid5/JdOo6h9bcwte8&#10;BYls2x8zrVwxBRCdZkB51x6Xd0EdyDmsfOtYjHXw9ea6Le5m1mqVUPwUJyEPNUN/PEHIW/YYUMdT&#10;70PStw7P5yYWMunTCVhLCjCVUjfSAExjZw7oDP2B3a4qPLrB71x74Jue+Z6jazd+2rz0Ku7vI1BT&#10;vD8IhEl5wE4/YgFqQVKjjXtPhaelEEUG77PG5Ucgu3Ubhvu3gGAFi+L9VWGj9qAIRqMW6gRMCHiS&#10;hgZ/YDAxcPWuhZs7FhbbCtbnM3h0sQl7Ewuv7BTwxd0JvIJA9NmhgBF8wovNOizJpDQXiqU7Uobv&#10;6cnwEDbMIbQRkEzxuimONrBQa0JjbgHa3R40Fuag5vN+CIRRtgIneucSUscz1siP55s8E95HFGQr&#10;sepVPgjVTzu00+OQqxkVZ0qKPwVJhoWNSoeS25mKmhXlFfNTw+9xjKB9QucBC9VJlaZNTsMw2d2B&#10;jf3rvJbmcu0aPpcRSJBW4Eyj69+Fe73CKX1CVodNKIA6MboAKCdQB51HbC54h6iU0RZ0ReL+pmuM&#10;atlMINUXRCtcG6YfIYXd0/rAOXoFkTr4jrpPQhdjBJih65D5BBb/37B8Dv79zZfhVn8fzk3a8Eiz&#10;Cpu7B3A412C3w0nh6GUmpUKaOA2qaBcw6JiwU75nMnZLzPg4MwRio4uqJH4ryWLSbNHrndRCs0cp&#10;ObxRYM8Bl0kqeUpxBQEJfk8kaukU30e92ubsqkLopn4SlfagIqCw4Xz7PcRTCOOapJKJEGl9KjJ9&#10;cde3Ba/xMGFvdgJzyYLxVDOv87RyxYnTHoF/1oJS5latiu95yvfK2bX1X1voLRRGrsWgPfTrulgA&#10;+0vQ2eSr17LsOQUgp4/Tx/2Ke3Xy3KNcr6ROjWUJwBt7zVKgmTrxJUtTD4hFxObm3t/+5Gee+4nr&#10;1243rl27Dru7d1nwPcZiv5iMOOGc3pxzqbKO10sLZcKFDzoC6xbCmJ8hHVIWEbuFXEl3kAKlCusK&#10;i4w7POJSIvkJnIgrglIWr+HPNOsNGI6HMIAhOyHVEGx4P0CiX/X7R25UXq8z8HCBg5R43oR6qwOL&#10;i0twZnXpB9/7nncOmvUK1ij2ROrVa04+ZANm/QsJpWU0Hwx3Soc+EYEGGoMJ1AUlIK5siZh25JNM&#10;ksCfg6BdTc9/OrkoiXtmtBuBJsYdXxvBsUrKGJVkgQSxoor6hWPARpXdvFTk9ab5fFUEAwQI5uaa&#10;ruuI1wUJxcmpajrBzRf/TQGBNP0qfKhhcOZyhaCn2NHmSK5mpOup16ucbE/Cc11RwTXOenqVtcfu&#10;hdn7sQTerSvWYhKzfAatZkB+vGlVMr0KBA+v5g4TjlR8mdxDM/evwyiJXSWUi1jX1a5wh5d+pdmb&#10;//Clb/6mb31lZ//vZPs7YMfUSlesHbEqdxoIKTy945LyHV4jDlnG6QuGNQ21C+cRsLdhvHUbAeM+&#10;FmpWgEo5n9PnKXgYTX+IC14REEHPt38EsHVUQBO/sTyv4Mm1Cjy1XoHdvoFXdg28uI9gBN/vc6M+&#10;tPBnzuO9exHvz2UsMBtkvUpaB+Hv03E5xK/UhX41zvsw2T6CnZ1bXCTW63OgFtrQxnu+if+d4Weo&#10;k4bIOAE50dM4i4Bc2Ci0kScEhgssR+l0Nsc+OV0ILHiMFLv3KNfqhsBF81alpZs+8J9CyB9W2QKy&#10;3fVBDlY5ApmCABvpFqjQ5JORsRi5v3UHNneu4r8LpuPYoPvyTmAQ3MxWOnOS46cSw6IEddDn0ToK&#10;880sDW2mKwYx+FKlINyWO2T+/3u3NTogYeqXXCRWQ0iU93qkQsTZ9iTBfmi+RAerQMsK2R2ap9dn&#10;u11433ANPrV7C3bw+lkaanhqYR5+5+4m3GrgOtPq4trfxMNadUYE4GhHmXwuw1P5jMXk0/EArxMH&#10;ENneHTyV1704gVldqYmmULNzXwKvAkXKSnaKdzMhgwz6nYrDTcBzey1A2GemOJtI1kmMRgNo4Tmt&#10;ViuQTyp4bU6PDcBVMovVINQqFfcBq2IDyNnf6wi6A80KRMsSLOSi62Z6LRemLGS3fnph5AO56ZQX&#10;1JO73WgwIC3X9Oz6uV/uzHW4OTibo+X1oNaqktOWMfbt6sJ7CkBOH38C9KoTQIkq9b4hzS+L1Cgb&#10;q0r1JtPOHfdUlekBJ90I+MWNje2//alPf/FDL716tX6HJh9ks3u4z4uHLZzVbiH8ViWbnvX2kbP0&#10;Iu0Sxp0lrlsBtefMWgdCtIyIuatmHH/YtaMsd3sm1Kn04kDjOLjBUUt4ovVqnRPY+4M+gw6ahpCA&#10;kK1CEWz0cRPS0kHMdI2LUhKzL/YWKDviU088/thHLpxfc0WpPn5yUv7prPD8JIsplbikhHOtyhoO&#10;5W21rJkh4dvQrbIJ2CiVAkm6r4q8i8gxt1aE7IkFL4jvvE6ScstvWjahWCQQ9USVyb5lmhWLXnVC&#10;M/G7yAkBkOo4EJ81VAhhlxWiyNU5FPDEbJzQSY0v6ScHs9jROdDakn2uOj4WnAEf9h48xvj5Qi6F&#10;bLAQgukgcYiJrlHKRrAYjJZ8LkU4PrLxK1W2cLYz09AQJpkGUXodlQ3TEuo+rr3jkf9l7+r19+z/&#10;4eeermZjPP8jMFNJ4SaBqXRIlfEUC6Hi+JTjzBW3BKrHdF6WF6He6YC+swnjvQ38vYkULNLASGiG&#10;5fA7moYo3mzp3/WMxOOIh7DCvnHXwo1tC506wJmegqcvVuDr8Ce3Dg1c2S3gpcMpvNqfwgtY1BL4&#10;WK9lcB7XhlUs0ttiuEDl2EimXmwPrB0VEz8sDAd3QR3dgQF/5Izi4fH/sGjMWlBrt3kaV9MNUJUm&#10;VDotnpjQNWi9kxF3colu5ULryGmPmy9TI8W7HMNpkeQjWLaU5etCJinWlNJz+PzRZIOPsQjxqbvN&#10;jRaaElOQJB2jg124u3UDDvs77MhG9NZchOdTMfwofDo6BRBiYd2pt/j7KoqGZizyjg3qpNOd5JMk&#10;w92gWTdJy8pC7HzT9wpbKlaVJKCHtUzZmGGhAkfHHWetynkoQWVSHkO7wMk4YSCa7yS19sCLbozn&#10;611rq3gsJnD97l28ZqbQzQfw7fPr8Ht7m/DqEQIRvC4MWes2KDeqGsIKM7HszWjAgHtKG891E49l&#10;1dgQJEonSmduMkM2wWzHW4nuin6tjZa/JqE3RS2dlekxg1IxXLFpn1852hatIjQhpuu5YMpTJXSD&#10;tAeYvslBe64k5ETHqyR7RfmtWUd79eDUq5O8DRPcEK3oxbwtO+tGrBXnTBumVOxG6MzkeO1xhhDE&#10;RsA9udWG3a1NuLB25tNn11aeh2BrnbAf0smbD8SE+LnUqQvW6eP08VbmICrNvyoVRCfdXK5mV0kh&#10;/EYmIEnjueRVf/I7o/X/5u3dv/XJT3z+Q69cvVG/fec2HOxsw8HhIbuAEMeTOkKGvCnFdYT4rUWR&#10;ptlGCkn08vYbmRujus5LVTYtDamommwHedGm7kphQreGR9u+IyvdMmXK9Vm1WmMtwf7BHjSbDU40&#10;p8lHsyXhbRzIVOUOErlvLHTnoNdbsKvrZ77/qaeemPgxeWlvNmX6wTFRty2bnPjC3rt72pmpR9iI&#10;Q/hVWoBHS19bokPIRn5CLaxsOdgsOol4rnlyxWmVbC6JXaj2bldp2mDm5xRJiX98jsfAMu3SCzqK&#10;/F1bSl3XAPeeOMxeuyXKWtrf8+5sqhQWBwn4VbNPrlQQ/s9OsuIrzDg0HPMntiWQEw0iVBCO2pmJ&#10;iX+6LGANFRrlxkJwIwq1gGMDlY9P+qFLEwZfpEklpyIocRkh8sOZ2nngA1/3X31pc+vjcPvOiqbC&#10;Gu8Tfj8cIGe4gNKOP8U2qP5jGIla19L5N6IvKGp4H62fg053HiZ3NyA/2iVlAeQ6XvM6aajk6SWa&#10;ADXipdfwXzThoKKFMg6u3KZvGOg2AZYQjHz9pSp8A64XuwhGru4YePVgCq8Mcvj9UQ75YAyL+Hku&#10;Vquwju9/EQFJVRBPjTQTPoOIpxia78uMpztUGA0RmwzwObbg8E54R6CqbkKaZXUEBnWo41pCuTGV&#10;WoN1JTRdq9ZaTreWuQmIlYyhTNkQrOdoKCpSA2Ut58PN6fP+ICkJ8XOjXU0WrgRwiI54tM9ug0fD&#10;bTy3haPf2NhbN0FH4u5YBiP4HEutLtSaHZhYE5QvznrWJrQ9N4Uz7G4V3Y9KPQl/vsQMJF2wbLDy&#10;tYn5hYT9yftyDfyyqUKYYhSiHknuoTA19PoEo4JzFdMDE4ctj+eNiutPcEMUt7anz1+CBTzQ29u3&#10;YWIG8N72WXiy/Tjcma/By4NDuH60A5vbO1DgdWSZkuVS76ntQdmZHQSpTQSpz8MA6lXntGftNGSr&#10;aNE1OgwhNLFApfW3n3vfRo5LoECJVorAQm6nMnwyQjfKkjXV3VQ0Fea9k647LcGqXrOUmlNASrdV&#10;5dU2CZMNYncxTdAqMRpQ0VgiUEv9+VbOedADk9gkc8ePtnBqUJJuhnOd2B7d0aPJGGZ55cyvL6+t&#10;5kwhg2i+koKQlCeQGh+8XR+nAOT08ccMO8oUldkcBTMDDqy4Huk3OfGYLeZKrkihSFQpMwZu3d7+&#10;m7//+5//yWvXr9fubG3B/s4OjAZ9zvfIyfbS+MkHiG2kK045FM0nq+pMBHVO10Gis9DDEiDhg/HI&#10;2xzEHcV7izO/mjna0dfcBrqRjhUMuELJCmDxx4w4upSEvbu7B93OAjRaTe7ALdcbcHfnDmS4q1Ay&#10;cKPdhLkFnn58/Jn3vvuXFuY77MhUavIn06JZKlaJ5qbK/561Rjae2+0djzz4SGhOQXOSOg6IDsYv&#10;xPE8qtLPAETDJe0pTomGRSVuBlapMghVkZvtOMM2TKoiZEiSpFWkQvjOW7y+I9BRSaKlPSEv5LVA&#10;iDo2mVDHphrxoKv7TxptmpljT9DHzE6BZt+MKhdtiWtUOJZKnfj66X2XNqJdYeIBlCPceUYYTxNM&#10;emTVMW9ulVpWS6WnJAXcmyeAdOaJHtle6j1//pue+a4rv/WxX6xVVMNpofCcTlz3VlNxQ/ea0O0y&#10;CfZjWps0cKnT6+43okFmXNwWc1jo4r1U219CIHIHYEi5PFPOaiiS86ttYjktNQ9dWYUASXfJOepQ&#10;kblreNy38OqRhWv473bTQm9ewVPnM3hPJcOCHGBjr4BX6c+AAMkEPovvvX40grWahrMIFFbxeedr&#10;FQYdVYGZE/qT5Opkgg4z6eS70LnCiYmnI753+4f4xyeMM2Uo4+NCdE6mMBEIIatXhWCF9G5YqLIO&#10;hwpWSp+vKEeh0hUuHn23ODChcL3LzYSDXC1+lgmuuaPJAevsqDB1ifOKLWCNq9tT6TivERV87yN8&#10;3gn+a4RF31pjwXchEnMEG1LluSOuhDaWZEoFDr8XEYvFrJUpeqnbnTbIlAk6M1tKpC/fz97e1qpy&#10;d8byVpAx7886Z7zQuWeXLz9JkAwQY73jn09+j2uRE0IDr/sUkvnwpQfgbKcD21sv47kvYNrEax/3&#10;g0fIme9uA25sO/BB0vQxCb5z/INvZaxy6LXa0NVVePHgEAoKLOVJmzRnqKlF1N4Ky72ZXuj3RLLo&#10;9ba4Uy+01io4Q6Y8BwK7ZjwWGp2ChPzqTdEYbOTFhE1V6vUmT+imsvjkUvw7PRyJvf25cFRa6yxD&#10;gqA7LnUJI8JTGaHskOkbHI6lIDMVPwULIEZz49AYl9/iAKhcNzIx6i0uwmQ0gGajUqyeXf/lufl5&#10;vu7T6wj89ZeswZ6a57UipwDk9HH6eBMA5Fhto+5TjNnE//otIB6tI+d99vVs4rZCi9Pdnf5f+/Rn&#10;vvivXrlytbZx+zbsH+ww5YqyNApyzDGTsLAYW14covhW7BM9OcUn+AZbUXcQyBrXb2TkWqOMC+Ei&#10;Ny2wrrPDNK9cNjvWejgaFgEMoozQRqKMiUWliW5N9DP7B/uwvbsFly8/4vjnmRPCD0djHgV35hag&#10;u7BYPProI3//4Ycv23wmAyyN3zixULUnNZZMyfc9drBtoGkEbrCKm75NO4oB9MjSLPxwJ3QNfenQ&#10;t7de7OgDoVL3GFvi7IQC2gMHUNHTKi2MQTj1IXmxlPehUoZV7JqqmSs5kaWcRDm817WdDh9KwWn3&#10;+Z2TOYcAs+oOb1tb+s4JifXW21naeE0rrcqmX2/wlkwPkU4mIybhWqrEO5/q2sLGULDZSYwqOZyp&#10;xEXJGzqYmHhMTlR5DquPP/xrh3e2/ruD557/l1m1qu1hH7IK3ttY+LJonVxsjMtosJnjeCsXNgKO&#10;Fpg7CiXXtZkEiFIQIhbWSz2odrtQ3TuAKQJ9Mzqivi4CERu0T8FWIQEjmc9/sA6IVBkPuEKHNMxN&#10;6zrgwz7A4RHANfzg7QbAfEfB+aUMHl3N8FVqsLtv4fpBDlf2DFwb5/Ds4QgO8WebeDy6mhyhMjhf&#10;qcEKeTlnmr9OKwrRmGg6M03Gy9o7fCkt58oyUKl4xhAff8NroqaiPHe3CR2PvixzRUKjjPMe5Wx6&#10;YcacWbmGDtGuKjFwgQ8WwhoGHCYEodtAPSxkqkK/MzFOO7c3ybFIrcCF+SUoxPocKjJeK2K+iDcz&#10;8IDEd7GdJ6EJFB4/sfD2s0H0bIPHkTSfxJbY32fcHILEvNo3WvBPrmLyt5x/B6qKpEg2zpUNdKDy&#10;BeOGTNzkKjq4JQXNIQnzrQswBRkmEs0va7ZhXNQA6vNwKJMiwOvk1q1t2D8c8v3D10JV/AfoI+L+&#10;s9xswDzuT13EE4fk0lfI1J5ey09/tRYnLNf5d+5euhTmqkPHwhXmbtLi1t9KxTXtgrOdp28le7if&#10;a5AOpNnsOIBLe2Fu5Lmd+5aSYxzXc8P7oU2zbSATwBJBiHsdHRkJqS24zoJLo18PteR6GNGBUpOD&#10;QEKeTxmUWWZGuOkqAabe4hICwFuwvrry2fUL575Qxc/skt7LU7zS1KMEeN/WJlinAOT08cc9/bh/&#10;IRYcLO7ZnX1zr2mS6u0YNx4czXvjzt5f/chH/t2//vQffrK2ubnBFrvO2cNwx45D+/APZSz4jcoY&#10;LwqzYfEKUx3tEl/919lrnBZoWait9X7vRdItiQFrrgvCyWrSVTGhk8KLHPmnQ+IMZI/34WlR3tq6&#10;A4uLy3DxwkVeIM+2z8Gdu3eh3W7DUq8H58+t/9zTTz/1cQq5ywt77BgaY18X59SHBaYJ12mnXUXe&#10;T+wm2shvLuk8rP++hMQlQDFwYaV882xhK0UhmOiA4jehZC4fw81KZVHZheQYvyyUjao8i0iE1sGd&#10;SSdsKFsGH+ks5eRpB5QohilFHN4o+PAYyNiEBpXKM0HE2sd/PtDEgsBdlSeWX6XNT6UxKr4Ah6gv&#10;Z5ton1yuXTc3UbfLQKosnLEqOcbywQtvpUzFI276F59+90995fBoqbhz94cUNQL6I6zuh0zFgqnr&#10;2pJTFGVqsG4hM+LPT9qHCvei3VTSsJ2164q7tOicLGKXFqDemwO1dwj5zg5MRpSkPnHGETOhijqh&#10;adkZSpsvuTIRrHczV9DlJGwdA2wOLdy8Y6GGiKXTBlicU/DUhSp83SWAftGAHQQitw5zuHpQwK2R&#10;gY1hDi/aIXfMqXvcxeddq2o4V6vDEv53C6+HaqZDxokHJxO5ZnIbGfUQqDXOO8tKXpIRqpO18fuQ&#10;0PNUMsmEmcmYVi4V3oYMoLh+GwEeAYAAlDrHY1wbB1jsbVJBPVXwbQvnOLF7ZKQ4zZzFadGfBnch&#10;gMR1yqcHyibE5gPKr8HuTSqTgnVVIi9aNbvyyfojP2H4qrHRmyQTCpUW0GLiFAY861Ymet7Zy3og&#10;oqOdMIMwuWhMyCBRroHlMRwF+OGf2zu7+LptOKLQRgIwFc2F8xivf7Jrz+VdZkazDqeCr1/Fi3ax&#10;1oBFBLgNfLIDCjklG9nJyEl+bIWNRvz6bqTrUcg6zIYnlSwA+GCTzLqgggXo3hUsNyZOn+T8ait6&#10;DFl+CwYgYwlCrDAVkAJXoSiEbRCPux8pKEhteiVrhe5EndClE5ZEdKMy0aXRSMChZzGkEzM/+fCO&#10;YtatD2xdzDWCgoWFBXyviq2EV8+c/cX1c+s57cdWMl7ilNoBG9/YtEnYZwi+PdWAnD5OH29g8gHl&#10;PA8/RU6BQmJj/sYKmPvQIqMHfVkAPLuB3rix8e0//MM/+q8/9alPNKbTUTK2F045jHiRUarCC6qz&#10;sxUxmu962UTgqAwvrFprEd853YUXnlMhReJOnlQIBYsWFqcvsUEIyc47/HchC5urUGiRrZBLTEi1&#10;LbvI+I2e3gptMDduXIXV1VWYn+9x+mqlWudFb3lpcfeZp9/1DxYXOjApbOLkkQyfk9A9a9OAOBVO&#10;nE3ciOL5jCJDlfLelA2bs/9u9DcHAX2ibUldjtIQQus2fP6sszQxKHfT+e8seqJYr8sJQmkTuvEl&#10;6UOJIaDDi+jECjrQkfzmoSPPSt2jS2XvMxVIJwt2Zmp4L/qveo17RiXAy5+XVLxfplTZGSerhC55&#10;HwrZVxWIgOPx+0wHdnk1sunrWLD66VQwNFK+OLbh6/6bOsEoNGGsYbV+/pn3/vDNT32ulme732+p&#10;QKpWwCII4VRjcoCiIoD+poCwzIWL8e1Ok5HC8amYoEM0SS0iba3FLhSLYbzXK4s9qHXnoHW4BPne&#10;LkwGu/g8E0efSV2ZEmDqqVqFKn+tKpSyKYccClVLHPbY2vcAYH/fXeX1BoKVOcuA5N0rCEhsDSYT&#10;C3tDBCEHBm4eISA5MnAb15sXBgV8od/nF23jcejhgV3Bz7tSq8IC3jhdfBMNAibU6VVRf1aIW59J&#10;AMTUepCQTFGStaSwttwAsmmmTjRU8GuGp6/liYNeup9wN5xyWsgZC8/TTfzB8dwy/LnuEjyKR6zQ&#10;OkzzLIIv0CoUwcE+Qd4QrbPBEEPc0CpaRxBv4+TFz2FcTodJjLOkuw9ebx0npjbJFipSL0BZt4OZ&#10;QtABeO2MtF2MCnbIIT9SNk0fppixu5rXkegSlZkcrHbxIlnDa/IApqBqHZ7gDSdHeE+MYs6E7JkZ&#10;ZQbhc8/jfTHfbEMbf7+Hm+XtYR9G0zHi+CSTyVOZ5DloWpBZFahrAAldUppC3viX9FV03LkpJ+t/&#10;lqw7RrnJmw5rtoXptHA2wQg+aI8tlDsLSrJsSlRvNeNyKHQ2n/mhbNpEEvwn16WjbmmXzp7YRrv1&#10;WItYvYg6IesmHrwXm6hxpJyaldU16B8cQrfdHq2vn/13y4uLLhfKRuqoTcESJJbB8t5p8qTVaRL6&#10;6eP08RpTh1nFx/GC4yQgYN9gi/d+k5FYtKmyXCB5XXrNu9v7f/NDH/rwj33pS8+2KhkV/C6x1Tsz&#10;UfdCextF4s6SL/2ocAnm+AS1as0JV8Ve0BVKVRl/u8WUXYAyx5m2Eobk34izLHQdFC2BavRv61W6&#10;ygsUtThfUVfId5FMoNXACdMk/xpkwXvjxnU4c+YsAh/FGRCk9XjHE4/9Hw8//MBLU2Mh0TVCOcgp&#10;bAUCysr0q5JzRzoN8cupSUMDTQJsBHgk+o6Q6mvLHvwx0LAszIulioXERTFQGFKKXZxAJGW0d62x&#10;6vhG5UseFYWQXKB7epdWx0BDiZakXmfRfRI4scetcFUygrCvReGyrsBVkEo3VOj2+cmHp7tpXb5e&#10;zHGzrz/ZplugYHj85zN1/L2ZXKdBHqIDSLUCfl3H2ITz7B9ExeqeWYH8nY/9w80vvpBjJfOPTKUP&#10;Gost0x+AIovtIgNdwd8lG6A8d05OxqEhduShpkMu958RES4XjROmhdCNzPkU5CS1MA9VBCLN/jLY&#10;/T2YHO5xojoVX1YlwDoBlNk9aHdVT9cCASLgBOX1zIaEmNFEwe6Wha0tBxLadYBWC6Bb0/DwcgZP&#10;XaqyRc/RyML2EcDGYY6FJQKSfgGbCLpeQLDyLAITomXVsOjt4HHs4Ofo4Mdfwhedw8/Xwc/bwfNB&#10;4KTClDEd1vVc6Ffe1dYr5YyFYyYSJpTnCQdexdDA4IQnzmgEYrzj1QjXyQNcJ7emBq7iwT7TXIQ/&#10;v3oe4M5t6Kydd45Yktlg02FmQqmjwl7JPRGotAASHisLotipzmqZgg24b6akax2UHX1LVvLCt+Nm&#10;kwdFmQPa3lY7pMl73ZbyFrZWtArAGqNo8S2gNnUZlJu4gmtYfzyC/miE10Gbr0syIaHvjxB0cyaM&#10;NNu0dP6pqG/gG2oT+MSvNRGczhOontIGRZqPWtiAjdDxnJmVDtOkaEyhozOfduu+ViqZIolpiQAy&#10;nkr6bAwWoruGINMV+elzpkRTM8053mk5Nirx5FZh4YwW796kw2lFlE1OkIpWvGwY4OnMHhjoaGTj&#10;E9VdJ0LAMml2isRKmt6jmfLzdOa6sLDQg6svvQiPPHj5E+fOn/tirV6DyXgi7x3K+2kawmrLjSJr&#10;7SkF6/Rx+rhXpkfIZZj9WT9GLI2o43rxVkXmqTWvPaGAChSP6HJIlKMPfux3P/kvr1692qDv5YUR&#10;jq8N4Uxc8JBoUkbKmSxslDFAStGCUpVxca6wL74Uq4GuozkQSkklZTkgqsIdEVeAW6f5gHLKtGZb&#10;SsWJ1SAFlC+8gNOs8zCeheAWFRcqIxqSOIXWcPv2Buzu78CF8+vQrFeht7L6W+97+t3/lAvpwp4A&#10;7BI4YdUMeUiVpx6pk1UyZldRKOM61ML7dViiSITRVgrFOHLWzKu3wv83IUHZO6eU3GpmcmO0UiUb&#10;R95WtT1mtzt7napj3SUtTJ/ollUagQcHpte3H8S3m0B1O3Pt3hdsq9c1AbHJfUbXWKZViZKUOqxk&#10;ia7Des61+o9vtsJvNYv+tbEzHCluqZalxLSTtGkIGcc2hiTKJIyoEb1LFyCf5v/n/itXDmwl+5Gi&#10;OqgprKb1GO/3CV6fRMeq5JDlFQYhNBmhvylJ3aWFTxzY88UjV0hV8K5pLk06Z2oJd/PbLag0m9BY&#10;WgQ46EN+uA/5+NDRs1Rg35TDHQFK+hEl4MQm0+SQ/iAnsq0lHV7oWlPERAdjC7t0i2kDDTyuzQaC&#10;kg6CCbL87dbg6Yqb7AywwNwbA+eQ3EFAsoUgZRfByV1cG6/j539ppGCic37RCqVS43PVcY1rU9Al&#10;FtYtfNVOFZ8f17iW1pwzUiNdCziKl565GWxqSiLjqlSbPZUpC33QEX6WA/zGLhafN8cGbuBPbRDN&#10;BX/yqWYL/jyua4NbL8KD7R7UO138+SKJuPXdeS1CcO+YpgSgSma3soHqFSijVoXsCGsT6ldoevgu&#10;P4TcCG8WErrY1qdZxw8X6F/0msavsOlaG8XzWvQZIE0spmHpNJ1EuaZDIuD2afO0B21vHyD4aDjT&#10;gGqNK3nah4aDkVtrw64lr4mfqYkXWr2W8fVSw68vVKtQJWoiIcyqTA3YcCV2+LR2HtY2sc33ifAM&#10;ITylSsJhlNUlsZ7Be47yRIy4ZikrjS+dBftbMmyZTIbQrnVZ18gNvUyFPdpPkGI4oXtN5z4pbnwe&#10;IsnYQ3vr4KR2oMkHJBRCFz6YBR1d4ferwrBRgnNxg6gHkeuvt7wMzKzA9726cuYX1tfP4bJgArjw&#10;tESfcqVVqnWEAIIYuAWD71MAcvr4Gn6omeLIxkZ0aQYS9aXqOHg5IV35foVbKoqepcykz3FPV6FE&#10;8Eq38ebWzvfcvnGrQcmkJPj2halbPGIOwZSAADguLU0OFBYgGZO3HSc3o/6frkjQm2aOKrlb0M97&#10;sCHLL4vh/LiHdBe0+E/yiXsNXsyKYFfpQwyN76DJBKGwZWs+M1NU+syUsGni/0jTcvP6NXjooQeo&#10;I/Pq+7/+6e/udhrjaXHc9q8MJmcpTjaIEuyx42xPHk35Dl3ipxrD5kwUg5po3WhnK3L5nErgQAyl&#10;82AjcnQDRQfSTAwVqArpBXry5MNPOErzkhL4UFq9ZiOqJFtPC0ZVBh9wAgh/rayblKZ10vvwIEJr&#10;dXwiKJqKUgJKNPn6k5943OczZir2cw3YEvUv8jrtsevXOxMxj17r0mQvEztQOhbLDz5A182/2L9y&#10;bVtVaz9eVKs9MxiCHmHBMHbGEDDGtSGvsEBdTUmtnTHnnIacFGTI7H6jxG3LOhqXkmYGNS9U4agf&#10;1jkSFVjO6aUaVHvzUKO14uAApv0DxDYDFsDbLNpNewPoY47KJwBWm2RZeLhFp7/qiygJNqcJwmiA&#10;YKNvWeRPzQGNAKSBP9hC9NJuk/C4Ak+dq/BCSThsNDJwhEvUwdDCXQQnuwjQKLl9H4HNHn68fTw2&#10;m/jZibFGNsTUndcCBitYkFXBsqC+pjN2USK3JA5lBCcg16EwdJCh0O6zD/A8j+m4kcaDktGNhgM8&#10;PgNy98IP9F4EHs/U2rCoJnAAh/h3Bhd6q5yB4ap6nUz05Ir3XRChTPKQQ9Z4L/QOrEsfbphMYX3z&#10;KE5ebZJXpSAa6LpjYDx9VATSIFatTv7hFeiO8uQn7zxQ4OlYpP9Akl0UfJ2kw2+1jpbjPiBQ2va0&#10;b2zs3YW1uXk+N7pekUkh7jXjSfidCoMcp2OYqxj8NwLMSp2n9BQ2uUD2y4MDboxVdTNke7Cdcq44&#10;5NRaj8ciVzXSeKN7mBbg4ZtJpCPJJO+qkSzQTiOhEgdJd/woMLOCYJ+E3ESX9LbdIf/JG1okYbUm&#10;mMVEjUlo1BC4MBGsqDDdl3DCpLLxWhsjae6eHl2wFkRsd+nYkl6m1oC11bOwfXuDwMf+2tmzv7K0&#10;ssj7vd+fs1JLSkWQmzZzE1OYUw3I6eP0AWVHBn0Sn0SdDEisfZNVThAZv8b7mtGXzLwl/z7W7t7d&#10;ff9gOHD8XO2n7SYU9G7KEIXAPjAoip7dGJdL1XqVx9u9pWUWZR7tH8DB7i5MpmOoNxr8gg0EKOSQ&#10;4Zg9Wp6/cCGFhZsIsKg1N7yIOc9zw4WLS1M10cmDO6x5qbNrZxCbShZ/cuS4ffsG55m8531P37h4&#10;8eyr0yQca1YXAGlXvPT1SJgop8db4fnaGQ2DCeypVEQe6A1Fwqu2qZjdRsCZ8hpUnJp4GpQHYypJ&#10;Nk+nE5GoIiFgM/xvdUx4rmQjisGCaiYO3F/795sW2BMAtAfBWqVub/eaeLz2BPJet5GZtUkOjjLH&#10;P68FeFOuVn9Si0zAfUJRtAoS2oKNNMuZA+fdeWLhKN1jG5kX1MxduHSe0qD/7f61Wxu6Vv0pU6s+&#10;VAxqZBeHgGPibGbpXplMpTWK990YgjcBp0Dz1BJCseqzDKxHdmLTTVQueiqaTLBgvd2ErNWCWr4I&#10;jaMRTI8OoBgeQl6MHK9dn6CvOr4kloDJDIlQQiDjL9Ss654X8gXWGtA0FjHXLgKM7TtyhVTxuxXS&#10;hihotDTUmxbOLyp46EzG/HueUOCHGRJWmxBAsHCIx+UQQckRgZNJDn1DlrgZDLFAHeB6NsK/x0QL&#10;5bA2w8d/ap1dcRDjKxuoRZqzHkiHksFStQpz+IGa+PVz9RacrZDlL4IpGMAY18IW/tqF1hIoBCXs&#10;1BSfMAH5NkxeeXrFvH1TciFy503NFH82mGNEG3cpkF2cpdCGtKSbO9JY4fUADvaHvAedTOUMeBc0&#10;FSZ2kGgeCFiYNIjVTz+SvApPvbIyIlSZ2BvgcRsOj2CM+9w80dLwa1XcY6xQzihdnI9TEZkKVQR4&#10;iD8ZTDboPBNNDctDAiAt0tuMcw65DFRqFWc3hicDTlxu5Vg6zYUzY+FjKytQIW5a/pNmmdsfjYo6&#10;HeX1mCqhJhEgpYR5OqJE0Qp7suzdSifHME7peb3O9ExxoEJuiEryulTIBomLbWg6ST6VttEohe27&#10;C9FtMqW64D1ncXEFj2cVjg734PFHH/yN9Uvnr9C9Q86aIEYHfihmxbpdlfpudqbZZsuNq1MAcvr4&#10;WgQeKp1InDRxUMcLKvsGi6wTf06V34mSBfykyYc6qTsc95Tz/f5w1Y1fMxbkhb6ScM2jH7fiRSfy&#10;Px3nm0VkFVUag2vcJNdW1qD72BwvMq++8iLcunmDO2xVmpWQ9V5ecDnsBeYiZ+UROztcUdHjg7uk&#10;02tmdBme9hSgQDIWchuCDhsud94qGhfBA7h54wb0evMfxG/9Jfyhj6bHtxR+ZE84pjYK0AO7Kh1h&#10;pe9NEoCt8GUCGcYmnTARnxtxGwnFQbBtmm3xxqo/LaK1UiUhc+jyK5UEEiYbGsQcEKuOCzc8fUKH&#10;wnyGo58489r7YGWl7jHJU2WKTcpnTJ1Y7FeJB3XM7er+t+qfurXG29MG0o78O4o0EyobQCoNkbVB&#10;zUyxrLNQzaiscjqv7oVVvHez3z+8UfmLk6zyk6pa/RZbq4LB6lrXEHAg+KDixRAYIetMvM/tGO/T&#10;iQcHGXeJiU9PN4euVBzgSNwErPKZBI5Oacjas3B8+ykJaru4PnTbUJkuQ204BNPvQz5AQFJMuNlQ&#10;SEGkZ+IxUxAy23DxlCc9cz8rmxDS5BqnSUmDJyU2gNh8omCEn3Fw5DQmfrpImRW1mktyp5qu1sw4&#10;NHGlDTwZcsYBNUmUxz9TN3khs6Lp1LkDUUDiVATtxqoIPoyjW1apyZM7ChlLD5SStHkHHnIYMv2K&#10;6EEEh1qqDosLK5xxkpoReOqODZbl5UaGFSG4B4x03rQ0HuxsmmdpMhvDM2N6eZJG7q89pgQakav7&#10;sL6obzNh2g3RplecE7jAzXyKhYj8VZxucVc/02EPyqV5ouRcEUVpY3cX2ggeDE3c8W9Lxifas3tt&#10;4kTo/MWamb9XLIfZMt0Qn7xZb0Ib/z6ajGhkAYYS77VQ2GhSY2Kzxs1FskDr9PuSFY2F4hyZaKXN&#10;H6OascWuO3RZWXuR7ObUECAdl3O9qjKYK4INt5F1O4q5fRiwt9sNcFCAigrTmLiueLqn73QwpZFt&#10;dYt4p5ExAwUNFs48xmlELVO56aKmCc2ZtTXY3d6G+e48LC+ufPjihQu8RmjW6bkARq8dDUAJ0glN&#10;1Fc6+ph+29aVpwDk9PG6BxFhg5spwsSi/E0BjXu9xj0LK3VckJv+3kn0haTb28YbW9XqdWg06rxA&#10;0KY53duB/uAICqJbaOnYZDUZwjqhOGsZSGCmMke/8gsbUQs4IbjGQu/FpXPwvmeegldffhU+/jsf&#10;4y5IpVrlQiY4YHDYOSWmFsGJxCYuPmztV7igQu8kys4aPovEb0IwS98pQNpkpYX3y889B5PhkA7J&#10;3/EAJKVEpYWvSmxZj+OMCDaUtceOsSqxWj34iO4gTKeSjZg3K5N0fGwEWI4JpRL6k0or61K4o3dc&#10;0ULLKiV3e+92D0BVdFBKVeSShV6iZ5WnayqAj/tR/dRrFNQBoCS0mVmq1lu6R2c0UX9WO2Y6EcWD&#10;grKlsBZ3IEhDFhPOIMQEeus71pAGwkVaB00Y2yuLxJG/cni78VfGu9s/YKvZf29rCCSGWAFXJ2Aq&#10;FKyHhRNRs8aFy5Nhu9MROO+uOhTDAYeS8uSPed4Zi9TpXnRlGWnGTLgnuYgKBbCbRhhcIyqUOj7f&#10;hdp4EfR4BOaozyFmZjrk52D3IBUbH7P336zDlpn5O/25FOvb5B7LlGeLRttCKyNmLriGLtSQVWx7&#10;NlhwG5/9QNOLihtCMUjJ/PGyLCGoCejR/r40acCgc9WiPwS/TPKmK/KJq5CFYjIzGVyYX4MC13Ow&#10;pqQMYnCjTACyNlB/TdIdFyAC0XbaHxhnweqmb4G3L5Qedw6FgqdcjgcL232zSFy4vHVrkYjqefoA&#10;iTW2i0x3+SEy9fBFO2gV7MV9CGcR9lwjAYaK9RAmcVkhqtLt7btwsbuAAKQClUYt3BtMauTfpZBH&#10;ywYrZAjXqLgzQKGRtWoLrzm89msaOghAFvFb28Ox2PYWXMRnSWK5kSmEL6z52GWZuKdFly0q1r24&#10;yWEUA7VKDQ6tE1NxWKVKXdMkzV6aTdN8winjWvbolIapkh1I+6vdiI7Qm4qERdfrUTTEfCfHbvCJ&#10;874hmU9z5zwZRPRCD+NrpOB9mqjclM1FgHNxuQdznTn4yvUvwjsff+KVtbNnf6vX6+E5yd36AzF1&#10;PV2njXdMEyBc6LKN/dtVhX4KQE4f9594wMkd3ZOyNcqhOm+s4EgLtddDQ1HJxprSrGYF7xBsPonT&#10;PG1/4fOfg8997pNwuL/Ly1W704BGex3y8RgOD/aB6FmDfh+mkykvZc6Ct8qhSe6NZsF6MJ9MxOYz&#10;5+5Qtd2BeqMJDdwQP/DBb4R3Pfku+Ohv/jZ87jN/KCnpEhiVi385LXK5gAzWruaysbjFOu3UeX1H&#10;YVXcbBK/cE8Vg8QGkRazSkXDNm5GL730Erzn3e/4y7iBnscfu2FPSjifpWWV4haSxd5Cecztv29M&#10;KEisgA0QOoIJcxtJmp65ePzCDEnnSiXUKq/7yCCOzlVpWuEFufaYzqMUJeif33cgPd3sBMqV1x2k&#10;w4TXtNS9zzXupj3xfWuAkhPQW75nbVmY/Wf5oWcdwzydgiw4vffTjBbM1SSpT7cqXR+c0Ox70uKM&#10;RF15mkB0KnpYaTX+h9H2zufN4dE/gupgAUakhxgjqMg48dvoMdCrWwkkMxOhXdBkpHC5BOznbwop&#10;dDNH2aTwMu3GApwBJDaq9B++u03rCrvo0DtFIKIQBFXn5qBKhdkQwUgfQQiuTaQZYUonpa77whqO&#10;B7gqOG73m7pMl37Ozqzj8p2UxmWVg1vBVh0k0wi8/bYOBTVNPjyomIi9MK1beubatPdwXqM/jZkL&#10;2KTXAulX8AVW59YAul2XJREmwmLkm1B63JoDSYcZ4iTEmxxo6T1b6agF+lMscGP4rDRVlKy9iWsR&#10;r3UqugJ6TVMRAmsjdYkLUgNxluWbOuKSVsjEStkoMA8aisTSPJhwcNhtBXbu7vC10llbB417kco8&#10;fNNOg1jJAi+U9pm5iqO8ORBRhZp3nkOA09Q16NI9Nxry/ZJVxIaWpx8m5JF48KSttwjWfO27xBjt&#10;ggoln8RIE46vqWqVPwcBixpnZTlAphKHyRDmKKfG7aOZgDzNx8JZ98ZpgQ1OkVn4HSvNiUhv8pbN&#10;MhkU10M/EaN9PSetqFwHuZG9Szt3TEe9kvwPvHezag3O4DHf29vD86BhYWnhZy49dOEw7J0+mFGd&#10;pHcM1n6lGsiCDcGbpxOQ08fXHOB4PdSNMHF4CxSSN0LNmrX0VffrCAMzpuCVl65c+off/wPf9wef&#10;+ASMxriJm0IWhAxq1Qq0Gg1oIoBY7i1CMd+D/qCPf4YwmU5gOsqZw1yv1aBSV44WTt1NXDApNf3w&#10;6IBtbwmQtJoIaBo17oqsrC7Ad33Xd8K73/su+KWf/wW4s7mJv6MkX0Txgs6jXBmD898ytrehMDAJ&#10;j93Rl7QchBSA+V1cp8W5r8fxz6/++1+Hb/srf7lXq9f+k8LYHz9+zBMqlilz0MvgI1KmrPXtLN8m&#10;FPDBBRgkoUri/uH9YswJLgQ2GZuXQqRktC7pzH4MHtZrsWJUCfiAEvUGyq10+boGVfIujmBHlbQR&#10;6gQq0xu1qk2pQOqE752k3w++//aN38f6bdYo89OtEM2mI6CwCa87WvGmduA20dzIBMzGMDL6BxUR&#10;5BLUWOpBVq/+xGS39anpwd6PFP3+N1NWCEzwHq1MQGHhRinUzE8ilbbGP+MRW/lauSa15CpQ+15x&#10;WJovLnzSiaMSUS+bO+yFCaDeCoee6WacWm3YCYj0IrrZgswsQnU8hXqOgGQ4hHw0QHA0gjGuNVqm&#10;IzGAVZW8c4oZAAL3mJz4Zk34bxuLf52AgTCBUTOmD3KbZSdOtW2SjR7T1cty30hu9caujuzmYYBB&#10;8KFhZe4M6IUurss23C8uKNLGyahNskh8WqW8B51BCBJ1Ba0q6T3cfWni1ESaB+D1PnQ8KlrOn+V9&#10;xJioY7ESrmf8Z9Y2Zn9oycug9037gYRthrQR4bx55QRrAV38jGuUWOmk63JIItGU6Cq7trkBi+02&#10;VFpNqOC+ZvyCwI5klAlVc9e9pYBBg3+sUIEtNBGwkF1vVWhPNNlfbFShPh7zXlXF73PDTY6LNwmh&#10;Y+EaTY5CRbRjAivs/AQg+pDo7uVJa3Q7VSQdnMTb2i/sVqhwIubnqShPGwqo1OoJYBPqmhytIrn7&#10;09hILvytDjS96NKlw6TB2xL7K907NXofN6fzEN0jO2gWTnzOlsYAC70lmOv24KXnn4XHH3pwcGZx&#10;6cMXzp1n6pinA4emXikAERKTDevAqolUE/s2rjuz7/3e7z2tvr8WAYctF+klKtNJlrb3qXjsm2jg&#10;KvXmpiXpBOZ+Setp7sfB/uH5H/yBH/6lK69eee/S2XXoLa1Aq9bkhX04GkH/8BD2Dw/g4OgQ+sO+&#10;BHshkKg3QsekQR7e+RQmCDhs4Nu6jYeZT2Rz2WpDvVqFZrPpwgY1cZkncPHCeXjiySdhZ28fbl6/&#10;HgoPFzaIf6ijCTEwKxbtKmhSyGkDhLvrLX5Dh1Pp0Ol1rlDJWFk7t5HNzTvw0KOPwqOPXFb4uX/m&#10;WAFdMq0vd2BgBnyUsn9tzCaOgEOE/cZGAbr3wPf/ndjvpieX33Pmxu7eS17LREQn4VRkr6gDDUsF&#10;fOHpNaldr4rfdJ053xnXSdJs4q+v4N4BfCqZeryVOj+I0dMsSzWzKb2OeyPVwYQ/b7O1KgVwVqmE&#10;H37yD4b8lpLtcix6bKrRMEJ5NG4yQgV/pVq5U63W/42iNquG94u1HV5zFRH6eopNxpNPndBRuAXs&#10;XfAMJADaTw61zG+kycDFmE7i0MW9i4OE3Pt2hafmdPeCijqiHOFaU5nrQKU9j2vTHNQrTXyKzFGb&#10;Cq/38EJ8CHarcMK0WMHxCQTMTFD0zL9VAkqymef036/I35lcnzoxK1fheeVrci9kVsVGg3wvE/Ev&#10;rT8NXYelLk0+FlzooHJWtMZ4kZYWbcPsPWJL5hYqaUpwd9xGWl+g8HkL3sJphkzphoXYZEmCTnzw&#10;ohKg60NATTJNCgnv1p17WpOcngBC/hOkYJE+X8VrFoSCrJ27hM3cZJ70fjTZGBz14aXrV+Di2jrU&#10;FhcRUNfkLQso01UYHvZhtL/PmRWdmgr2uPTEzcY8LM7PQ4sm+pQ6jq85PDqAKwi683Pr3HRzdDyx&#10;NxbAF5oC0tCp4M9R8y4noO4bOSqBoJJwTrcTUasmCPLbrbabbnlRvYrnB6QJ1+V08Qr08XNyYR8m&#10;cCrZD/397rM13PtkN0ovPs+iaD1oovz7814pAmg5hNMUsTEngLQQShgBszqCp0sXL0MxLWB8uAeP&#10;Pvr4rz/xrif/ycUHLjrGg9B4U3e1lDIYbHe9ED/J2aJj22o3T6QHn05ATh9/djf2exTz6nVkAtg3&#10;AR7ezMTjzU5tjICPo8OjtX/2oz/2b/7ojz7/PuqyTHa3mIOssiosrSzDypkVmCII2dndgd3du7C9&#10;vQUHB/vQarZhcXEJer1FOBz04Qi/1mm3sd6owh7+9z5+rT3X5R4XWRbu3LkNX0EgMTw84gJjsdfF&#10;BbXJi8lwOIJ6swp/42/9dVjo9eA3f+3XIbB5pdiw+VTE4ybQPr0rFI2BveOUTmgEXkBnvQBzhoYR&#10;NlSlGDz92q/+BvzFv/Atz+C/13DD2wjOU4nzSxC/JQBDhW5QpCYoFYMHre8oh06hn3KY8DmMSd23&#10;bBCAxsInptIGilVqgQsJuPBdVJW0AFXZblHNRG0HY4GkSI0tdhUmEep1hgl+NaeOX42ntPbtN/k4&#10;6bhnIOJllfr6R3qbnbXbSygX2hcroET47A+edBo5V42KPSzkO61+o177u/lh4zfyw6MfnA6O3geV&#10;MU87CsoWGGZgRiJInyiupHRew6+R9//UUSgzem95oPQYP97girwqExzD/HFIimYqjgrmnGcxrNML&#10;f2VtyJlnX8GvV0DXqli4d7gHXKFmxggLM8ogmIzATLBIMhN87ZypM7YU5KiO5Y/YBGQUJ0xM/MTV&#10;/21OAC7p91UySSl8I95GjzqTTEMyGyeCWQA2jp9aUTXotOYRcHVh0qi70MNChdDWGDDowZ2KHXKP&#10;blQUi3ODWfRkwRHQisA8LKLJlC1EPorg2pjYuFM6WJ+H/CcrdEATC1sXfGcEiCqmQ5FivwA3DQ8B&#10;evI7QQOjfCK73OMESKSY5uYTCd6thjp+npdu34RevQGdedyb6tVA+/H0LZpMVGsVnvpVKXAw85FQ&#10;TjtRq9UlmFDWbfx+p9qE1mAfhuMJOQ+4z6DjPsQibpnkha49XqsI4iHPxm4/Fo2Hy2IBcceyTouC&#10;zz8c7fL1qQKcjTMz97n9a5EYnbQZhQjhxcGsEKMSBUKjEtcq8WZ3IG/q2ARyX/kiXychp0Zs4sPk&#10;lUdORcl1j++/PJcgQvcZaF+fxz3/pee+BJcvX4ROt/tjDz74EIMk/zqFTPu8Xk0HK3yVOIDZMr34&#10;7dhROgUgp4/XLLReC3jYe//eV2Nk+HqeR92nqKO1/fqVG2s//I//yc9/+fkvv3+uiwuyqnA2xt7R&#10;AYKNbRj1+9xd6XbmYWVxGZZ7S7Czt4MgZBv29nahf3QIg6UjOHfxEgKVM/h8V+BodADr6+fZ0/vW&#10;7VucKstJ5hxaRlaBY9g/OoK1tVVYxz+1RhVqlQpUsKig0fEz3/D1vDD/5m/8Ggz7h7zI0WLqKFlT&#10;d1yNgADizYJPCI5puCEzo6S9VaFjFERuyrnAUIeQ0ts/+5nPwpeff/nsO598+F3jCQGQJDTQzoah&#10;RfABthyaGL4kFAbru0IisjdJl8hPPQIwFIrK8W6ODQm3JQeqMN3QoaudDtht2v33nUM1AzxsIjKF&#10;dMRRfg/3KuDVCdbSrxcUz2bjlPRK6rUBtUolDfcAHkp9raxabpMOhhc2cSCy9+mQKE+GEcMBLb+r&#10;kqmXcldPIcV+XigWoFd6C7/daDS/NTts/K95f/A/muGgiZUbGLKDqgzAjingbYgFP95nEyq26sBx&#10;4pqKtJz/WxHdU0AG5PI35xgU4o6kxc5agEiRZrhYpzmQws0KfYcKKyOoidPXPR+KHILm6ljME2WL&#10;mhY51Mn6dJhjsYTvLx/j+8R1pphgQZQzMAFvDDEzffNqBX2f6ziD8gRdz/x7FoTMru/+9ytp00M6&#10;SPQZ61kDa16a9MxBjoXzEKRAVDFbiCcBpoiaDgCxxYVonWu9vboNBhd+jSprQlSpWWHEBj1Mq2gS&#10;QoWysvI2VLB59ljWN0SYWaXjZMPaKEAmkwJ2AvOTbZ18dpl8KcnbKFRy3YrDFg/NsqrgJA1V3Nsm&#10;gzHc3d2Fh1fXABpNyPAaNcLTcgJrp0EkWtUUr8cu6y8KByjw7wm+ySqClwrrlaJNbLfdhN6ehTtH&#10;fbwf5jn/w3uy0bVrhG7mG2JMaaT9sDDBqljrCNpUMhHj71EKOhkPIFjGey2mlCdTDSUNK5rmj3mq&#10;YuLa7kF92s6yEKx5fRii21+y6DQGqREA3478vD7vhXNS8PUKsTKnNYHE5KzjMhI8iNddq9WEtdVV&#10;ONjf4+O5trb+3IXz539rYXGBp0B+HdcSyJgGiIbolNK+ZoNZhhUKmHqbopBTAPI6C4s/q5+p5L7z&#10;Fo/N6+Wjv27wcB/NiH0T5ycdwW5v767+2I/++M/fvH79A0SJIqoVgQV6JtJ7LDzwEExxMdkhsIFg&#10;ZAf/dDpz0ONORo+F23e3tuD2xi0GJZcffhTe+Z73ws1bN+HVF1+AxeUleOzxx5jatLVxHYrFFV6Q&#10;RuMh7B/swxaCk+u4AM33FqHV6SAIcdYfVDwtLM7DN/25b4bf+/h/gKP93ZB4SpSwwjg7PwoyC5a8&#10;4fwlyR/BA144z3aGYqFCKp2MwAEOcYH8xCf+AN715MPvx+f9aAlQpMc8cS6xpZFV9GX3Wg4r79Hn&#10;fASgZPzfZsbqtxyC6KcaWifCcy8IV552E1BFIjBXCZ88TUmPmg4VPN/litSxs5TmpgC8drggvI6f&#10;eyPX6P3uG/UmAL36GlqnS5PaRG9e0mqWkkyFmy95AeEHQ3eYrHYNC1mVUCVIXDshjjdRQ6rV/epi&#10;7+9mjcYv50f178sH1W+G6hAU2e4ORmCJ745rC008OL25qIAmesh47ApP1oFIdDre12TOoArXDwXJ&#10;j7BCabGmkK6+3Ac+fNGKbkC7Sov451q0BWBcCem5P14IPWVEkDEdlCyElW46fUlOjno5VAtnNaym&#10;OXeHiQpqpy5YDcS9i3n+Xo+hbMk44dialNx9pjQRscfASwSNlmlXvkudQZWtTPFYg641QDVJw1CF&#10;kRZ9gfFOdhLIGtz/4mtZiJbe1ifU26j5CALxxCnQg1AbJiKmlDHkgKIfqcWgO5sUjx6IOKypxTlR&#10;yYDNBMcxD4QK6/UhGmIMJQS6kSugZUMTGhHTzRiAVJwlrBzkOoLiKzdvQ6tWhVZvAQFbm6cknqLK&#10;b4nzMzRikxZfR/SzUwZRBRfO5KZFwbqkZRwjUK5hYW0qlHrf4bBHvbML2aULMGUjZEeOc8dJZk7K&#10;wxLjgLe8fsgz8W4Hcr55cqELBE+a6VGU89Fstvm608l9rLyBBF7HLGJny/oimc4nW5SKZiPeZc7b&#10;E/s9kX+MLZ5NMEDJrdMZBSALzvVKVWoMWnjCYxxVc5IbtuKle4aA3fLyCnS6C/DcFz4P73jkIajX&#10;qj/xyGMPDwrh5qmEUuJDKT2gVUnKsk20ln4iE1zVUp3iKQB5G04E3qaf6bWAx/GiydvZlUME7Zss&#10;EO41LUm9+0/qrh37HPcpxGanlBsb2xd/6if/75974crL75/gQkEJvF0EFXMIEkZY8N9GcLC7uwe1&#10;RgUWl5bhwYceRtBwgL/3/7P3HsCSXed54H/OvR1f98txch4AM8iBAAmAoEglKkfK6/KuXCtvecuS&#10;t6StLctauUpS2eukcljtyvKWyt7dEu1dWZIlyktSYhAJgAgEBmEGM5icw5uX+3W+fe89e/5wzr09&#10;AERKtmwJeE12zcN7nfvec/7v/79wAxrNDZiZnYPt23fCaH0Mrl+/Cu12G95+67gFJLfhyY9+Anba&#10;v730tedgbe0E3H3kXliYm4dTp96CdrdjAcwUFEtlomwt28er1etQQeoWaRtCEryXy1XijR+8+y44&#10;e+okbNiFnTpq8g5dKJPJsm/FrSPzUH838TIu/IEZbmN6ekCa0D6GU5Def/OXHnPOWZCjUZgc8Mhz&#10;UP1CmIKnMZBExVGuxIXGSAZCIgt1XuPxXsnrJFgNtNdpKEfGdbkfaLk4JAw33mWFyi4/FXF+8wDD&#10;RqXZRMTkTor3Ah7540z9MQtDPlDwm5mS/8esL+/2+OZ9vG59o0/R3BG856y5XfZD/vvJfGtNLg+E&#10;tRoq50gmFbb/ZFlvxFawm/0eTSfrSfT8iO5+PK0WfmJQCH9uUCjujMMCpChCt9fU3o4ch6I+F4+Y&#10;T4Ai41jTNJNeDnYg4kRcm4BoRHz4Jp4uhkUZpEIXM1rWBu6AGxE6U9o3nZcBU5pSIwGGRiw8heKR&#10;ppnAOeWublDAczGk/CJTLtPbx/wNhU4+OHkwNNKlII6UOr4xoagU7a2QyiX1PmYbkIZN6DGpawT4&#10;lSuvOVGexCTxdKRZYIewItFzlC2IVVCmcz8u2IJUsf7CicFdIWkcJUkSapVU4akHlkomSiorJk1m&#10;Q8vjESB3IZWbdGTji9y01/U9giz9PM2tf6Adwy6bIuO7Y1dCEMF56o+pxDVmVHYgsz7ETa8dsFJe&#10;/8G0IaFwIfAIuLjnRo39nf2sUGt4c2kR9tm9SI3UGXC6dU85AMNgrWyBRW16DIIIgyhlOmEwrb4I&#10;ZXu/fq8H2gLRAWbm6DIUiiWYscdJsdUgiiEJzr2DmPHTd3pLCbtekQec5j3PkOkKZMBRNrEk5pDP&#10;0B7LuGd2el2omzHOEnHpw4pF5njsVkN2zOphoJ9hwE6fMzgqpgP04rmoxeXQiXKA96bEuZHJxH4g&#10;9vb0l9zeFWrlgw+xL4CgHylVlH4uOSDj42MwZz/ztZVlHIzC/Oy2W3Nzc5+eW5ij70TpvOlymgNC&#10;2X9DPnvM0QmzhOH3qQHvFgB533UF1Z96S38nreNPIixXOSpQHqy8Qwh4R1L6na9hOA30vXNBpKao&#10;2R/vtdcDSWIOLN9emj13/vzolcvXRo+dOPngzVs3t2PHp2AX1I21DVi9dBGiaACTk5OwsH0bzMzM&#10;0XTj6tVLtPjNz22HgwcOwdLiIty8fgNajSbsP3AQRscn4OL587C+tmz/dgs++5nfgY9/63fAD/+l&#10;vwyf+w+fgddeeQkOHrobHnjkcTh14g0Lbq7C1PScfcwqdO1C1u20IEAqh108A7IZBBLR4cKEeST1&#10;0THq/GBeiMoJttntym12uSAqrXI0pqzDr/zGniXluqlAIMlgaMl7/vTb9j3f2Ld3z65CEqWDd+Gr&#10;eOqWS8k1kLkNZa676ZBNsHGi89zUYyiBWA0DEa11TjCeSx+Xbp8eosfICMf54mhHx4GcCD07erzL&#10;FWQULt9xcloCdYfu3kDO1vebAxTeWOePOZfUf4Lz8YM88fjjmiouVNJN1TSLPLgQFg6+D42TQ0hL&#10;IniWtYBdd5x+iPG+uBVhkUSiVcz3CDhItGWrxoJO41q88WvVNPlMFIb/U69e+Gv9YjgywKwfBCHI&#10;ee/ZwroYg7L/GlvAY7I62GKLKFkpPx7Iz1psPJUT9hKID0SykLBYNpGixEXC55pEXj2LQlfxzU21&#10;8QUx5Z2AA+suMJQ77omc2/h/NuvSYu5gnx9DEkuKJzAIpNxnngqPHYumOMmaE5z5nWsqSQYHMI3H&#10;UYB4AiDS8gCIIpRKZz92gXs5ypSRtcCFxIIU3vTekxxQkC9YuZRqlSeF5SYP/nt3DQSxhNVZBlJe&#10;gaCMGhrZpLnGg8l16PKOSn7a4V0Mc+5WLizWi6PBT3i5oGbQ6018Xep5GPD3iKYHLtgbpxL2+EB3&#10;xjOXr9oCPYD6+DgU6iOU/6EduwgLaAFo+P0Fdr87dOQ+WLlwCWIMGKRoTqQxlegzi1CziPhT9Wj/&#10;xInUdHEURhu3YaPbgXBigsTlytMY+c3G0q1HunEiG1SAAB2Bhg/mBB8Oi3Qq993hXkhOkoMeFNEg&#10;Bv26nG0tMDUS9SlKQHg+WBCfB8GkFh1F6mlOzvUuV8J7Z7SUKWIIqFPjg3HJGCblYNGUjCfY7TKV&#10;fY2mg0iVtmAETWrm5mbIpv/6lUtw73334v716aNHjyxrTOYkcmSetpxZP+s7wi4zXSXfTutsldfq&#10;/QtCtgDI+/ySfgMK1judWNUfCzyGQuvgndkd5r2LOFRsj9sFdjRJ0lqcJhMWOIwbkxbtCVkJlErs&#10;Ztm360m7UCiuBIHetPdZxYEGcPaVu+yP4+QnT586852vvvLK4QsWHNxaWobV5du22O9AuVKHsFyi&#10;AqTdbkKv14VioQS79++HZqMB165coakGjk3n5ueJcnXt2mW4ePEMzM4t0O9waoHA5I3Xj8Hhu4/A&#10;o088AWdOnYSrdpHp2QX4c7//7+FDT3wEfvDHPgVf/YMvwIk3XoOVlSU4cPguuHbpCizdvA6j09P2&#10;ecvQd+JxDIwqlOgDCii8sEibUxiWaCEulMt24e/wgugC+9Kc+ahbdMX5BZwLSc7TT7viWxbOJM3n&#10;pXChvrGxCafePj13aP+uHX0Dl5yq1QcLkrWi32qHeHesxRSr4Nx0I5GsD+MX6WHaFchjOtG5Fo94&#10;BBs8IpfiL2+pmwMLjtPLonOhV2nlO8b5wEIPPZzIVr8z1fzOxHGTRW+/Nyi/EyR/MEcQf+4uJKVI&#10;VUbzcceD0FycK66zU1Y++IsnbyCWpkGYEv0Ii2KajCTcpSdpLp6vthDDomrJjMJyUIYKtG+Oqc2f&#10;Hk1a/xoqwc91g8KnOqE9h7FQLGJieo9RLgrVqQgMybaXKFbEC1fEk8eUdZ3wxIG628gTp8KIrPVk&#10;qsfp6VJeccdZus3gwt4C5QEXOD2JkhBTFNPiuZZyURtLIayy2acvgkkNgMVcGHiLWZpGpmIHTh86&#10;LguaABfqBRLUlKgc7VH2nFRMwRwdJt+MTk1mSgEymaHgPelee2CgfO9YAAaQ4DgLoIMsrM85SbnG&#10;hHMVogJVjo/UrWPZhIZ5U4o9YYn6NKyFowI1lYwIAD+dVjJ1dYtC6uzRnduRygTwxgViKvmeVOr1&#10;RkSlQmyFFFxsMOksu8aI8xWmO6o84HQT44KCQa8Dt5duwsFt20DbvQu1IS7XgvQxsvayWxsX5aWx&#10;MRidnYb+xjrl2eDvipUyHSMRmhdgoGEUQGSP30K9CGPVGoxt3ILVzaZ9jnHSwqCIPE5TbxoiJDGi&#10;IuN7RACPx8fgjlwW98VxE0pb7BxRMDBOWnD6gs07nWbHjWscldB8II5oj1QuQ0U5pzHNmSQm8zrD&#10;44RzeWQiojidngThhqcYqLPhgOA0a56JEQxqNuIwtB89N8wo9wTpVymfz1NTMzA+NUfOljX7+UxP&#10;zjVn52f/xbbdO6FPejDlJ6s80XEOYGLpbPJjduOd2LLAUmdIE25pQLYuf85AhXrn5GCYgKDek75x&#10;Z0fxT6LtUPAutBMzZAc6bf+ZixNz1yBJ7o4Hg0PxIN7ZHwzm4oGZSgbRhD2RC4kUm7hY4WgTO4U9&#10;u9g1bBFOqd8pJrTqpWK5cH1qavLs2Hj9syMj1frV67d/6dd+9V9OfeULfwBr6yssFCsVqFMTCMcX&#10;A4GqIzWo10ehPjZONrtXL16AkZE6HDhwEFZWl+HWrRuwtrEK23fshv0H74KbN67D4o2b0LIL7L79&#10;B+HwPffC5Qvn4MTx16HTacNjH34S6pPTcPKNY7QIvvj887C2tg7f8cnvgUqpAi++/DVo2ee558gD&#10;EBaLdkO4BWPj0wR+cF3B6QvY9xiSnaaCSPMCVQi544Le7Ni1iogbLsJHZ7eb47Lh5+WtaSGjJmnp&#10;oCkJNcSChQR3joPqulRJH06fOj2Rfve3LdhbXlImQ5aZHiTNivKhBHQBGtIxytvrcnCV8Z0idpTR&#10;WXdasUWwS5xVgUu2FkGoG1V7a92MXpPn9SoHWFzHKHcg+gTcHOXKFUX6XQD0nb7N38h4YWiqtwU8&#10;/txMfzlEjTufLKtwfWgukhwMNybTEFExTqLUlLbB0B37g5RTno1YqtqfyTNHp5yzoAvUVGhGVbjW&#10;tudzDMdnCt0fmy32f312LPz5QTX86GanAJ2WfUYUhJcSDnHr9dkpi0whAnscR1zYJ1mqRiouQCxK&#10;51wF7CJwZzT2QnGduvaA9pQfZ5FEnVwC59y1xYRtJ8U12gViyuQxlWJaQEtuhsjgw4EGLdHVJpUH&#10;YKCTuKmEFNvKrxn5vIuc9WpiPBikWitJ/VRESaPCUyUdXY10cVkXOGPWKa91cV1j+Ugk1ZXNNxw1&#10;KwNxIA5OWcCfEiepNMmcCSloEsFQ7IrFNMulkGZIKk5Lac41iic+AoTdY4swm26rwGsiyEhAQB86&#10;YqU++8h9VwF/ZFoJoNHehhyPRQQXlaAEJ69cgKlKCaoTk1CojliAie+3wK83F1SIx18K2fNWxyeg&#10;ODICUZygNMkCkBJlysRpGwYBBmPa4rtvAUS1CKVKDeYtQL5m9zy7afLnKuADHy8RsT4dt+4zxmm/&#10;ZuE3WtXqXEggATY8trXx0+5qsQydbg9GRsUBLkdXYtewUJpysmcoR5d0UynlAxvZsCXxYJh7do4+&#10;xcGBfoKPoYM41UiF2Bfzca1ipvIhiEKbYwDnBKlg1NYW03NzMOhHsHT9Bnzk6SeRk/hvj9575CKu&#10;HxgWSo5eyq1E0uBKXVPYeKTuzAyUnJtpTvdJuij9/nXC2gIgfwGpVvnk8HcHIeobNmi/mdRxgGGx&#10;uHkn+Kjaf7dHg/jhfjR4vNVs3b3R6h5ot7t7B1Ff9ToR9Ptd6A/6ZBuJVCMWcUW0EODCU8Xgo1IR&#10;6uOTULeL4fjEKNnb4Yg3iqLZ9bXG7KVriw91+70f69vFqdvDXI298Kn/+r+D69cvw9m334bLly/D&#10;+toqFRM0khY+KWorMM9jamoKtm/fBYtLt6F5axFmZ6ZhpFqDy1cuwsULZ2DHjl2we9c+KBfKcNU+&#10;5tsnT1gAcgSO3v8gvH3iLTh7+jQ5Yn3bd/0AzNj7Pv/lL9n31YG3T70Fm40GfPK7v582lmOvvARv&#10;vv51OHjoEGybW4Bbi4tQtQsVjpR5tGtolO5sa3G0nVJ6sl2g+4nQi7gjSmuQs+d0/NqhXAPIHFVy&#10;CblO/KhlUqJUXpgeENf60oULutdLprRshK47afKOVXnbXJ/GLtDIvIvQ3E1F3G2Fh+1oYJ5ypXM8&#10;cGeji9OhPIcX8pa7kLMj5M5hJnFVOaAioESrIY6OGtILOJebjEKVL7q+GbqTUVv4488bJcuviVp5&#10;2mDqLE29p77OKKKGi/pA5+yfbcGO+ikTgEwPDMXfMXTh5GcCCLYoK4T28YuY31OCjgUsJ1d6cLzT&#10;+eIo9P5oz2T4I7smKj8zW6882mgp2GyFLE7HQMM+2vbGPA2JAqJmoRg90YktjhF0iBU3FsoJ+NC0&#10;FI95g6CF3YESxyXX+SlhItPnTBjM56D24l+2701JbJy4LBOtfL6B11i5CavyA0wGO0psasUO3FFj&#10;lHJ6lSxoTuRi0oDQUlxnE1EjhbXKkZYyN3ApUE0mZU+FVkXrWioOU64B4Y0xnO2t8pMTV/AFOufx&#10;6wPhclavbgojQCfJTX/cZ5GkGWWN7cdVZt+LEyNXoOJjJO5zHDbTMC4pXDQ8Eq5O7zX2TRItxggC&#10;kgJHM+UMGSXgA+10O802bKyswL6dO0CPjoqWhD98/q5csY5ANMhyj/D4r5agPjsNGxYcx93EApAq&#10;axvscYi6iFhZgG33YSyyy+URmLd7ZnFzHQZo8RwWEWHnJlBuyqUya76Up3BYkCfoXBWod0yOHZ0Y&#10;p4wlWwe0LXLvd7tkg586oCoLLx5r/TgZmn6xTxgX+qF8Rwz0+PtJfR4LUx7jQUzZHSBZVZxkPuAp&#10;vQjQXbo5TkiTkEFJKShCT0TwJVuzzM3NQq1Ws/v9G7Bz9w6olMvduZmZX9mzezc5X/F0LM2CbA34&#10;SQzk9zRPXXegNJvma3GF1IF+367fWwDkz/Yybq8Fbz+nlB+v0YKaCt3FiX39ieWCjnjsbtJ89LLJ&#10;0ZtygnE1vCUryAX52Ptg2iiNIGNeTIn+4rpK5l3oWLmOMQxTuOpxkjzd7w+e7HT6D/e6vSMWFBT6&#10;SF8wzAQu2YK7XKrC6Kgie1p8n/2IT/w+OmzYEzSyi1631YJOpwvXF9dgcOYS9HsdiNA2sliA8bFx&#10;yumYGB+FydlxesxOuwvNVgfW1tbAtFuwb/9+2LN3Py1OK6srcPKtN+HUiTehsb5MXGZc0HpRx4KF&#10;vn28MZianoSufYwbN29aEDIDBw4cgiuXr8Cli5fsa0th97699LlcuXoZTrz5Ghy97wF46PEn4M1X&#10;XoZb16/Dv/93n4ZP/eW/QgvP5//D74HptuHWzWvwu7/9/8K3fvJ7wIIkeMve78zZ0wSSZuxzLN5e&#10;hFJ1QBMaGuka4+lD/TQCndqNxLgRr6HFVAdGunHOgSXNjotcF5+/QxDQ4VLBc9+XFPTE45auH24G&#10;qHPZ3GzMjNXrBAQz4/rM+cpRC7woT8RxaSKjagEvbEWYp12JK5ebWBAlLPB+7RkYAT/94MmNylnu&#10;ZtOQ/BSPjVSY1+39+p1JoXfLememzbtDiW/OAeuPAyNblz9fF60y7rw2GQL1TRmXJaDZkSp11R+u&#10;swF3bkMqatE+l7UGuEPGnh5kSKitaF1GbnsISdkWKZEtnKIyXF9pJ29fXPp/imnzdw8t1D913565&#10;n9w5V38k6ivYaNjbYHZId0AghKqlSBP9RSmcqSDpvkBUJ6JfgRL9CZDtqfceThOZXnh7LSnuA2ml&#10;AjtupUJkMrnOFLAoOJXPgCgoOfpTCi5Y1VG6mK+kZe1gXXCaCZu18dlBvgmSpCKgzuYVyricE+PX&#10;BV/+e5ZKVpwaH9sxfDsKZcw76uVsKfyk484zG80GUum2S8MjTTKtGD+/OCWluW5FmmutO4c1o/wa&#10;6/QaLqmbpzV2fcfvR447JXS2VNbLAHgCYVTudYuTFU7w8DFYUxH4jBWfdaS12LFncY7FUMPpK+dh&#10;uj4KpYkpCygqdH8tANvIFASPDaXSbEpMk2j7CMUyTCzsgG6jYQFHAmWchqw3CGgPsHgnymARYgwh&#10;LI7AVHUCxpcuwlKzC3qyxCYAOeMH11AyjooFTD0mpB+onAZUZceN0O5wn0HbYHTh6nb7ds+syQRO&#10;TOjta4rt/loMa762CSV0MkmzID+3U9C9FJ8vqZiw4ASE8jtwEoI2wSkfM3RNUi8sx9dctp8NsihG&#10;alV6TQVkVaS8T2M22Pj0FLEo0kEXDt19FHUu//aBBx58C/WesQAQpkAOV1Xv6gLpneSMd1Vz5wlR&#10;t8P3b5mujDFbO9d/2kvVXj++udn6/pWV9e+MomQMBValSpXEWSCWq3Eiwj0VeNcIDr4B38mlRSQx&#10;PuggE2Y7m0B9h9WUWzCzjRZvsry0DLVKGerjdVqC8CSM44jGo1NTY8yFfo8LjtnRrrbfQ+Bg7xcl&#10;QZympTgRLrLQbHBRJ4eJwYAeH18XUqsQcIDYy6Y09eAQIKI9I53ICUft3zCwr9nuQLOxBovLq6TZ&#10;iGMM8SvCxOQULMxP29c7B2W7OMWDvr1tG1ZR/3F72W7SKWDWB05Tbly/Ca++8gKcevs49Lsd7E5Q&#10;DsaILbjnF7bTbW/cuG4BzpRdYGpw8dxZstrdtXsvHDx4GM6fP0eiMuSJ3v/QY7D3wGF49gufh9u3&#10;b5Cl7l/58Z+AjfVN+Mzv/Cb0LGjCRWZscgIef/xJuHr5Mlw4f5a2j5m5bfT5rK6sQKVWt59zicOW&#10;cKwaSA6wiF8JIMqiEyBNyy5iiSS9emBKVKKQ02L9bQWaKD2U/KwcJ1ypbB8lkBNDZWQU/vdf+5X/&#10;cd/ePf8EnTp8V0+mLnmbXfDJ5alQr0yWck5/i4WCJcczNaNCDzRAgIfW2RTEJbcTJ1nx69IAGfVK&#10;DYcMKknH9ba7OVTshPl5lKJylpDvANJb69MHZFrM/vmpMXl8/Q4BUOzoOimvYUi5QboIri9xzB1S&#10;SjJGoG2vkV0D8dzEvJ9BNyJr706zCe3NNjRt8dZE++6lRdhYvW0fvFc6sH3yhx+7Z/vfOLhj9omC&#10;BS3NloZmU0HUsY+DoYXYuMHuMLlOseMUalFI32F42oe0MHAdeecIJbagVNomJnOKkiLcZ1OIjozW&#10;aslXoPNUswaLOtNppmPQLtcHckYXrsg2AoAg52rnHaByFK406/Cm7nUpp9MxPogP8pN8MxQc74u1&#10;zKLU99+cxNvTsJQa8sfzJ7r/ltOc+4loMYZ5zMbbHLtuvEtTxMfHfYr2Km9UwKn0lHUBPKFKtVCK&#10;02ydRA1ECrL3OTdCJZxBmX6kwm5LvAuSJh0Iggb6WyBGCvTcgW9EFcslWL69SBP8g/sPQnn7AqTo&#10;EiU6OVyIUaSOFMKh9VLAjKspULi9evUyrF+5DvO798DqxYtgOtehXixALbBXZcFNWIGyBTmh/YK+&#10;dvVNeGPnXjCHD1iczt8EvWftdIbclMLnTThGnvaxdqeTnYTaDZckQ0SxCxj+d6fVhFa7BVOTs1BA&#10;LWea+qlbrToCY2OT0Om2GTyL+DylpPEgC/WDxNPr8DygeofObWRV9Om+Jt9Mw9co4iEUltfrNajY&#10;5ypaEIKOX6xX1JIvVrCfRdUCkhBee+E5eOIjT9rXNN3Zs3P7hz75Xd/xFgJQk6e/K5VzDBt2gsz2&#10;KJXbs/gYwMDIgLScIZnWVEcK78t1OviFX/iFrd3qP/KSsvjtwVY7+snLl2/9szdPnPmpq9cWH0xN&#10;UK/VRi14LhYGUVzo9vqFqD8oRPZnex9sfBcwMNSewPaa0L92sSqYxP63MQW7+RXsYWmvxv53ikcg&#10;/Yz3sQcrOicW7PGOKT72sZS9b/YYeF+62p9rtZFCq90vfP7zXyo0Wu0CT2VMod2LCj37mnr9qNDq&#10;9Avdbr/Q7vYKjc12obHRLKysNQvr60173569TVwYxPg6IOT9OCWaFKaLtztdaDdb9t82tOzP9n1i&#10;Ajl0LEDA6YN9Dru3DuhnvH2316VpBnYKuhYgYAARAhUEOrg2Y7DPtvl52LFtJ2k4EvuECCquXLwE&#10;Fy9dguXlRUr2Lo/UYGpiHBZ2bIdKfYQSzC9cOE/A68GHHobHHn8aarVJe/slaCCYQb2Jfc4J9O22&#10;YOT61atQGxuDhW07oLnZtADjJj3uPfc/aIGLBTjNTfu8V4jviS5XN65es7fbgJMnTsD9Dz4I27bt&#10;sa/pIhX1WIisLq/Avn0Hqahp2/s2203qnJSKJQodRCErVeiy4Tt6ghtDuaLdmGz074qlvOYjEBE3&#10;ncCBzgCIiLNZX5GN2/ObMov+Enj6o08/v31h/tmBFCDG2wJmXU3jOkOuQHO/S2XxTrOF2z02LdYu&#10;UNDpPrT7ncrE5+QExP9qdafzlZZQK+3ft6dj6Yxypp0mROfBB+S6rDA0QXmHxe7W5X1NzlK5qTMN&#10;A/Udv4Ps2BkOv8xPftVQmKUWagTz3BXnPMiUkgTmCF6QZpUM0IYzuXJj+cQrb17+v4+fv/F6c9CZ&#10;mJkM92+fLkB9NCBhcWzXg5hcbyxoZ9sfMPZfsjqlRSLg1xiI1bTrzHuBsWFqjT8vdDbNVkpUCS5r&#10;wvhAzlSE53m+vgP0RvQC3spaJhZMJ9FZ9oUIqLPJviLxerbY8Dns9RmeKprTc6j8DCPjTGZC3Axa&#10;gIi7hzJelEy8xJCDpkGyJrrbIw0tdXQpdYdxhYKc+Hd4YfCdepmg0PqoaExGGTA47Ul4FE3fQxAq&#10;SByekakHCttTmQh7Ubgws4zWPgxTFm1OP1disxvKREHzRIQmyUrsi+2xdur02zA/OQ21bfOgK2Wm&#10;8GCoHzUe3RVfb0g/YzGrQsmFEQtfPJxI/G3fCxbdq7eu2cfuyDpuKOAQU+gRYJUrJUj6bbhu9+9k&#10;bkGOH8noUAzgEtEJ8ffBkw0GiokHkkONMvkSEmmC4X6GtG38vLEO4MeQtHXSd4a0v7vsLCPUPh80&#10;qVLPAHFTMWR9IAjpWcCPACSRAEGqYRLOuimWihZIjMP4+ATZ5qNJDH5egWSn4GdWsL9DITzaGJ96&#10;8w3YNjsH+w/djc2CX3/6maf+dd3WEjRdy1hUslYMO6v5o8s1lVXGW8HPrYDC90JAFG18r9icDMP3&#10;Jw1rC4D8qTtsKCxOKrYw/571Rucfnjl76e8ee/3Ex1c3NqenpqZhfmGbPWHLdMC3Wx0YJOw0kZgs&#10;GAuLN0zUxg5WKoWd9wknYZSM2Cl5U0nRlxJidyJJpsDEmQOR4YKRu3cJde8iW2TiBGBqeho6tlCO&#10;Oj3YJHAQ0dSh04nstU/AodMZ2NuLYJM2tpDE3XgS96OBLbTt+7H377Rb0LVgY2MTgUYHOr0ehf3h&#10;75vNJo1REVy0WwxENi0gaVqAsLnRsP9uEmDBoh+t91rNNjTt7TBvgxaJfs++tp4FDRu0GGFy69Tk&#10;FE0/KqUybDZaFjxcIUerRmuTPqPqSBVmFuZh555ddiEtwaWLZ2HxxlXYsWMH3PfgYzA6OkFOVevr&#10;K/Zx12BufjuMTk7CubOnYWJqEnbs3A0bq2vUvcSF4IGHHoG1lVX7eTThugUhCwsLcOS+++HyxfP0&#10;ms+eOQ2HDx2BsSkcxV6nrgqCkIYFHvPb0QWjR1eckBTQ0tIuYGjJi1aCbBuYjfRNziIzo88F3n7S&#10;b/DADlrKTxIUZAniUoQEync3leO9K+OFpPSY9rh44skPP7937+6v4LHhbHad9a6jVKVecG5yv+Pj&#10;KjWpT0B3qbYObOSv1MVx/+2dr9y0Q2d1jAcgmt+7JPgGkEt4985YOrPfzWWi++nIu4CPPIVqC3x8&#10;ANZnc+fkS3kxar7QzDjx4AEt+G4zFzdKsnU8eKHzNWBCixRGgNQsN2pJuOAxcURTB1QtbG62T5+8&#10;cPM3Xjxx5dkLt5Yrqhjt3TEbFuYnC1CpoAGFBSJkhxoIYOeMDCx2jQAOI53rQIpYw2ppPoHoX5cR&#10;AkPmD+z3waYQIB13p8vAdQmcXsa51uasq7P+rAwjhLSuZGo+pD3UOtNApDnvY5XTJqosadzkvNmV&#10;85ZVmTOZn5rk1kjIlZfePc8Vm5Bpu4zJNGLe1tR3mNUQ8HEA1dmDm5w7kdN40PAItRgFpl6R9sUW&#10;iTxU0qw9CSQcUBpM6HrohNHEiAt4sWM35WxqmzpqmEyFNQZcKtdsYYE82TGLDqcUluDCufOg4j7M&#10;7d0HhYlxhopYnCsEGQUSTTt6K4ISnEhgIQsqE99TYGSakMV0pValrIvlaxdBp322iVdoO23XcFVm&#10;6G334ZI9Pm+s34be9AykFpBw/owaphOJzgpMzqEMGRE0qRCdg4GhqVUg51cgrlU45SiVCmTjm4Fg&#10;RXtPGATeMjk72Y2f3AeaETWBjDihczGKbN0zsLUFUrDiAQvR8bHsZ01mNaOTFESMk4dCoUzfYxhm&#10;zbRAgBu6Vd4im/5VMqbZbGxuHDl88McffPiBdfwceXKY+hXHUdyFETkUbqmEHs/fsX0+nHYUQgJZ&#10;CHz4O8Pn5ubdFgDZutA4td3u7221+3+92e7/6vkLF3/ylWOvH15f2yzs3LkLFuYXiNqEFrBdW5jj&#10;QooHOTthxCJw4hNjkDA4MFLM4c8kRkPETtxFLgZjcW7AkwcXeDyhHGcxSRIZIzKYSSSYJxXajL+t&#10;/T3yGbcvYAbGFExPz9qifgJGx0bt70egXKqQExOOFvFKBiz29aCdXLc3sO+nZ68dml40WxZQWPCw&#10;2WpCp8W6jEYTgcQmtCy42GhsEtho2ds1G0373w0CIOgmRZORTofGrC1bkPdwemJ/37PXPk5G8DYW&#10;jKyvr9P90JOc3Uucg0pAr7Verdm9OYD11Q24cukKaS3spwoj1bJ9T2Owe/cemJyZhcXFW3D18iV6&#10;n+hsVSpWYcM+9u3Fm7Br714Yrdfg7RPHYc/+AzBpARouLku3b5I9730PPQrXLl8mvQq6aN1z5D6Y&#10;t4Dm2oVL0LMA6crl8/Yxj8LIyBis2OeJcRJiAVNsP7OpqVmaogzszwimsMNCbhtRxH7moo3wdLuh&#10;kayWoCXHlVU5J6nMTUrJxgSO1iRd0EAHw2Ne55QlIAGPw0ceffQLdx069FxEoU4yAXGTEDfx8NS5&#10;1B9jkNeICCfQTyq0vkPnkSWcO/ChAgeWtHf+0L4IDDJLR5UBCtelzWhmkN0fhhPVhyYeagtsfGDn&#10;H7nwsfx8IzV54GGyDB3N9tUZ1s3l6/hjXO4jPlvu2KbJiBS5gQPVeP4a57bDflVYzNlfXL61tPZb&#10;x05e+d1X3r7evrGxsWOsno7v2FaCmakChaPGtshLFHayQ+q0U0eZ9BuKM0RCpugYb2UacJNBChm8&#10;YjFMr4266Nq1NbJU7ZygHHLuSyBxgcYH4LmcCp1NKbQrMqX4E4qQK+Zdgy2FzHSCVrUgR0MCRzPW&#10;w+4mJgdyHKVG3WnVnVGpjNCn3DhHeQcqcetSmabEU8F8jpIz9xCgGWjJ9hEkpnP0Zs2FNlGHuRDg&#10;aUbA7mUgn9UgGvD7xBeCwnSnxRGDBOWoXSLATx3ope9MC3XKpYTnKNayvmMjcdPueYs3rsDuXTuh&#10;MDMNcbFAzo9aM9DgcEeeogSSP5WfhnOeTEo0v2SQkKsjvkrcm5avX7V/iqAgAJNACHAauEEqUGUE&#10;mhvLcBuPRbtfcs5GNkVkB6rUZ114DzqsJ5I457SYc3rS2bFFrpYW2OHeiTTvSrnmnb8oZBNp3IHm&#10;bKucxik3Q/OUYWr6kv60z+yLKGadh7ihjYyMwOTkNFRrY2RcQ/sSgoAgEJqia6ox+MDpR8/WLqff&#10;ehMe/8hH6LuoFMu//PFvfeZ3MEsslSlPZqsLflKawSPj3cMcMCOAQ5OOkPQe+D0G9LN93oImQKXe&#10;pxvZFgD5Ji9ID2psdo40mt2/0+3H//zGzdvf+7WvvTBz6co12Da/g5Kz8SzDjj8W3omI3rB4RN4w&#10;ThvQihUnCTxNQB4x8/ype25/ZoeGxIe/kXOSp7wkXiyF9xmkDGYGBGCAQEpCIVHaL8qUREonT0Cg&#10;ApsSrP9IhNeaPR4CIvwXQRBOIRA84UQC3wv+u9Fo0Xtb39iwC9AGTS3WcZrRbNJEAylOjY11mmo0&#10;kQ9twQna3yL3EycgHaFkoTsVZmn0uhZwWHCBJzQtEDiZoQlMm+7XtbdFuhS+XtQpEFAhulafxOyx&#10;AC8M+EOKE051bl27BtevX4OevV+xXIba6Cjs2LETdu7cQXqRG9cuQ61ah137DtIiiROUu+6+hzik&#10;bx1/Ax565FG7sIWwvHwbbtiFePuOXbDvwGELPi7Zz7kLFy9dgCc+/BEaz960z4Mdlds3b8DufQfo&#10;e97cXKcFErNH8Eup1UaJXoaWfEhXK1rgRIDQ/ndAgIQ3OyUTC+1oC87BSisvWFTC23YWoZmQ24lq&#10;79CA5KcARgCA/B2BxKMfevyzdx0++OLAfuYMPFIPQryoXJyt8v9tnMWuL/q1t9h1j0/dG3Ho4WmM&#10;dHDkeFS5gEH+eyCNW5FYusRqH0yY6UO0mwDJcp6BstyEQ22Bj61LNu1S75JtZHLnyNDx4kC8K+LU&#10;MKAOcsWQA/taOtdKzBEUCUftmquL7ASnuYNO+gq7bpPINQyW+73oi+cvL/2bF45fOf/auWuzG93m&#10;jokJBTu2FWFiDKkYTNPBlOpUcwgdFrV8TnCH1JB9rBT3OqNpUBFL4CXIxQ3I5FBLgyrNHJN8SrtQ&#10;Ob1GIv9Z5VzrXAefXl+O0+jAg6Q+EpXLOCW7ApEmi+DaA58cOSWzvZPaP6fZMcqHAHrKWT5wNEdr&#10;oZunxrts+RlpznDFUcGUB1QqeyXK+PdipHiPjVMW8e9wCuIoZ0YahjRZUkJv8wDKZHoAYF0HC7M1&#10;0aVAKG+KrH8hBxLFIVDyTxBMaLvvnTt9GmYmp6BuAUhoi2haP4MCHxsBr6cBgY/Q56F4hkTM2iJs&#10;Lqakc4qpUMdaIOnHsG73M2UiFs3b5y/S84c8BbHHW7Fii2Nbp1xZX4Vk23ZyqgJw+kIzJK52DSqX&#10;CYJuU6SBFDDp9o9M/MMmKEq0LlgvYLMupIaoTB0V1zqB4r1kKAxX6h6WKvGehnUOmsMMCICw+yYW&#10;9BOTkzA+MQ2FcsWeImLhHzDI164hIQ5U+DzIwsCm2GuvvAhHjx6FuYUF6LW7lz/y+If+6oFDB7qR&#10;BDO6TBc3VWNtUeq1iplBi+xpmvdLpFvx5MMCoCJPq3ANCoac7rYAyAcQeCSwsdF6YnW99Q96/fif&#10;2E3jyVePvTby/PMvQG1kHPbvO0QHT6fTIhoRggtnhYgnSr8/oK4IFqDoNY3TDXxM+p1wEGl05ziJ&#10;AwYBCFhiAQbYRY/EDg8BB4IR+v0AwcuA/oaP7/UDDnwIr9RZk+KBHviuigi08PkjBEB9ElYisGi3&#10;GHA0NjdJFL62vkFTA7S1bTQ2LfBokhMVTjo2LAjZpGlHkyYXrdYmTTLQ0QopWEihwoIcQdgAx6D4&#10;PFiU29dLFDG05e33RSvSoYkH/je5aFDwD+pMIp4kRDxRQIqW45ZyN8HQyYoCMlx4bt9chOtXLpL9&#10;b7Veh1KlDAvb52H33v00eVlavA3j45N0XVy8AfsOHobV5WWalDz1sY/B8tIKbFowde3aJXj44UcJ&#10;zNyyCzO+n6Xbt+HJp5+B24uLBLz69j1tbKzBzt17aZEjgRx97z1KSC3aBQ4nIgTw7O+xa4ILYcG+&#10;VgQyzukRFz7sdigYLng44EkG5s6u1ne4WMiu9Z0i9DtASI52wWFMCTz11JO/c2D/3mP4Xfh8j3yK&#10;eW7q4f7bdZdU5n3LYCOn9QiCwE9o6GfSeGjfSdIONKgMFFH3z5FkxHyBOooCPug5IMsMcW1snQsr&#10;VHdw97cuW5c84U7ljpE8R/tOZOL9DDTIsQySW6P9OsqTBT7nOOdAasVQjnUsHJAOYwvAYmgLKFRp&#10;UMGaMBdDgDwev6UwaIdKHWs22r9+6uzNL1kwEh+/eGNba9CqT85oWLDXyXELRkqhPYdtIaZDCiaj&#10;zAnRCCii1jDQ4ERvp3/IFdoqo+R4xzzpPoNYwiqZTHogIQGG3k0RwGczDFEdjaODyuPIcyr5nbcR&#10;p4I+yDUGhB8vlDJvseJ0EOoOxKhdDtAdIVi5VHijsywIJc5ebo30lB9xNAMFw00eeU4PqLTyIITT&#10;2lFsnrIORWuR6EkLXmcgwk1YjDNBEIF6go8d6Axg0JQDeKrl6GYyhXHgQ0mAoLHXqt07zp05A0X7&#10;/HOHbd0xOkG/VyF37pU0fhztNWNtJKxjGXDWxQCBR8QTBrS8Nz58L4FVuzcm9u+GwDZhGpo2oPga&#10;6dimqGGkWIGVlduwXq+Bsfurs9v1TSXRxBgYpkHiL2KXtQKZ0yJPJmUqIFoeBB1oZ4v7aKVaZbOe&#10;/GJvOK8nm4JlCDYV6noSx1Lf9Kh2SuOYPvZJYn9M0dQICKwpwYC8P1HeCtKtPA0KQUEIx159CeZn&#10;Z+DI0fuh3e7CwvzcTz/9zFMvuuMgb/HtpnnaUfIcScyDE6Zc4TqBbp049UHASBQspF0FSmzC39+X&#10;LRve97jglGBlrfFEq937Gbss/IBdsIPlpdvwh3/4BXsCGzh8+KgFICMURkcLIHKA7YGHiZ4gJzqI&#10;v3ggBZkfjxvXtWWRIJ4AcY5igoW5D5azj1IoaG/Xq1QWVIMnIBa7BRJmKZkI8BjPYIqucIJVypuB&#10;LfdZKCY0MARDBGzE1SXqx6TnwGTSLjq89Pqka0CROQIJ1Ivg3+h+6GlvOERQO6cUw4DBdRzTnGuL&#10;5BKDyjGyC7LYIlAwEl5FExy70IexCJF16EfltKjKYo2vl7oTUtyyL3tK9x+t1mjhOn38FJx7+wwc&#10;uvse2HdovwUDBXj0w4/Bobvugjdfew2WbnZgYmKGtB7jE+Nw6eJ5OP7m6/DUMx+D3/utJfu+m/DF&#10;L3wWvuu7fxCuXblMuSM4Yfn6S1+Dhx57AtZW16DV2YTG+ipcvnwOZubm6T6bzQYtfpuNDRizIGdk&#10;pEaUNJx89GnhLEIfRenjJaE58Lic9p1AS6dHEoI1JyM7mhO5jWjXZQr8KDejWg0vWYHjZbuuqOaF&#10;tlQorBA1z2S5Hm5TcEGCjt73jq6xykKSPEgSvUceKLifdV4k76cf2vPDs/Rz4xdv17nObC8hx/fN&#10;igW/wZmticfW5ZuHJfkC1lMlcsJzf5NQJniYqizFVaATCBJMeI5tAZhI7o6StdcWFqUSd24DthUt&#10;V8tQGSlDuVKF5rpdMzbXaQJMjoGyfpbCApTDwvNxmjx/7fLSL164cOuT/1+l+KM7t08+cf+hHbWH&#10;Di/AroPjYPoaNjYMtJoV6HVSyg8iN6IBWupqyhMxGCwXSACG4YJZBYb2AXYsFHtanYrC2vhJI625&#10;xYC8hz3NMifGRk9bZtxkIaXepldoU65bTWW4owQz01+mBXm7cHR7SjIbX0mL5omso4xB5rIlRWsK&#10;edrYcCHrplh0jyQV7SW/ZpE2sl2tCIQdHYyzOzJ9jLckd9Gw3k2L3ZecKUCSC8vCOsC4oEDI6GZG&#10;JtUM9MCnvXOAo/LaHaV1th4KWMQaoWyL1JtXrsPA7i877joEhclJGNBnH/Ce6Gi5kOWDEYMiMUL9&#10;Ft1owns0vs6UBShEExwIPUqhIL3Nryeyx0gnxvpiAEXcW+0VczgKpSocqk/CrVs3IZqftYcKgwY8&#10;9omNESfe8YkzYXg/oVRyBzrSnPWyTPQh1+BCt8eR2ihsNNaJ2o37KD2Gy41BapWtAYIwyKZcnl7n&#10;xOmGGrSJWMXj445PTNnHmrA/h5zV4acRyk/gjeJGgpEGW8Gez2+98RpUSyEcvfd+ig4Ijf7yh594&#10;/NN4fiObhUFX6u3htSwoCeaPuHwZsYjD5w7E3SosMkUOQWZYkMnrB2h6vwVA7hzN20Xm1u2Vx5ZW&#10;Gj8dxckP240lxAPk2GvH4PVjr8Pc7DY4sH830WrW7GaSimMRdgmIu7jZZkcMzX7jdMwFOStU6mAH&#10;UAxD6cqoTFgsgm88YRMqOoGck/oRF3FEsXKcf/tgkRoMCb0wSZtuE8dCDcg6OOzYYhejQUqidaKA&#10;RSmLvgc9FqR3ejStQPoTidIt+EBNA05d8F8EK1qlXtjF+oRExqqQCfgk1Vc7jr4RUZjoGui92nVi&#10;oIETSCFzXnKd8tiP2QcslvQOS4Ff2EC6jli8F8QlAk9utP7D+4zXx2mReu3Fl+Ds6VNw70MPw969&#10;+2BkdASe/vi3wI1r1+D4a2+QY9XE5CxNlDBcELUhjz3xJDz/5T+AGzeuwauvvAz3PvwIidjxM3nr&#10;xAkYn5q3wOY+OP76SzS9WrHgFLM+pqfneHrV79GkB8HIaH2MaGJIL4vJqjYgu8/IftbVkVH6PAoB&#10;Hw/8/QZMcwrYfSUhL3v5bBzE8Nkf6o5iXPnukwbtRbN0TAJvdjjerVYrK0nKVDzX2vSdGt8RM3d0&#10;q3IWurmgQzf9cAutp2IJvcDrOuQ27vX724OEivkQwuy93VE2uiDmoY61A1dbl63LnwqQvMeG77r9&#10;2AVONTdDUGecxjyB1mKXjSx5p8VAwI+FRdHuBRSsVinSBLZcLpLLEFqJblYr0NxYJTOL2K6/uL4m&#10;ioNKMQxRFQo37abz6+kg+fUL5xePnj5z87s/8+XyDx3cu+2BJ+7eEd6/axJ27kbXI/v4LQWtBkC3&#10;qaDfRWcm+2KjmKzGgcLXNIMACu3RxPv3hhfYpMKpjHZLQMLZIiG7LaWD2HceKASQPgeV9QF4c8ts&#10;clOhz6icQB2DV4Xz7h2RnCjA0Y2kEDQ5W15jHIXFeN0EuEws0YcRBDCiO0jFx1cxKDBiMeuE5LQK&#10;aqaFubUsz+6iOCRx+FLSBHN7GX437EroslCUF8g77YsTmTh6HAnKIQM4qWhudIELzl4vYsqbu6s4&#10;d7nJg2tK4f2LpQK01zfh1s3rsGf/LqgtbIckwBKdCgRP4TUuvFEmDVijGMeuiCOhastemzBlG2ll&#10;CVkND2CA30+5BJF98doC0A6Jw7EOiewRHln0UoJyagtu+3nMzSzA7JWzsNhsA4yOMWPBOUARZSyx&#10;2D1kUbZYJZMspmDPmTjnAgkq586Wz/IAssGt1+qkGy1a0FOtVFjczh8uN8riPHjJT+1TsoiPBYDg&#10;Q9bGRmFsYpomD1qE6mAykwmauOuC/btLjw+okXDyxBvQ77XgmWc+gW7ctj5qdR9/5OGf3bVr5wCb&#10;sggaUsl/IVqjUPhcFoyWCRqFPxLwCKiuQ/o4Tz0Cmnhol+v1AbpsUbByl5XVxoHT56/+PQs+/rnd&#10;DB6wG4hGPcKXvvRFePONE7Bn3yFAhyssahHlD5DPT8FQXBSTviKNcyspO1nhwYe3x01hQIV7Spka&#10;2JlAKtYg5S4ae47HJGDvdDskEENqFB7kOCpNzIDGkrRhxYkIhVNb6Ma0gOL6O8DniJi+RdqKaEDu&#10;VJhCjvSqFuZstNqwvt4gPcfK2iqsrm7A7dvLcHNxEZaXlmB5eRnWVpdhHalVKCy3O1zXFs9YMONk&#10;AYXo5FSF1rlxRA4TbsEbDFjzQAL5NCbNBlGoJACI9CcxLwpIX8I8EuKkOk/ulG3xiGMbJ15AT978&#10;CVPO6F/MA8YMCrfQGhHlx4mAHf7scWlCsVnU7cO5U2/Te56emaWFcKReg0OHDhOo2LCfQ7U2SmK0&#10;G9euwEOPPgYryyuUdL6yfBt27dlnF6MqLN++Sa9nbW0F9h28y34+DQIWuKkjeBsbm6CNBydHNGVC&#10;qoVdcCqk/+D3bmQsj8tT1YKTYhEt/gIyAaAFSSwTsbvCi9qA+KeOaxsQUBUuuLfvVUNgIaNJcCcu&#10;cDQKBDuF0sa3f/u3/tOJ8fFVcuvJZXyAt+NNYShpXLQcNOIXW91Q6Fb0r1BUsvRW4SOrTEDvaQU5&#10;LjpOc1yKNYAettgdos4o1wx9Rxd7y9lq6/JnMSXJhMt5O19pGIkTFIlFHcU1ZDEp1ZM4lbaFRdEW&#10;Gki7xHMbgQjSOTEXqhyUoIQ2mwWhBzmbHONGDfI6ArVUDILn7fr3r67fXPnSsbevLZ06vVJr3WzO&#10;9+xaHlZSmJoDmJot2+JKQbGiiZJDHXgdSto4CPVJi0hZaI/ML8soP0yQHHKDYkqQIh1LZqObUYTw&#10;vE+FyiR3z9I4nEB/KCA1Z3/r6GPSwTdZjGQmIIeMOyfESwskskkEgxmmZTq3MG+vrJ31LXj73yyJ&#10;WotlriSp52hlRpLjlfsM3BTE53iw5bCjZvmUcpUFCyqZgpCuQ2g9QNOxIrlMaidAF82Gp57K2omU&#10;XMqDsHuAsXv4xbfPwPy2WZjaf8DigLLY8RZ9lpJzBSDTENwzB31I7B7Ne2jiXZ9ICI40LNoruU7o&#10;RQPay7u9Du1PDbTZTTLlPgKwgsKCuUTHNX5fJQsGgnYXrvVbEO7Y7gOONVHT+FNOJBgzy2fhppTT&#10;rbqGlKOOZ4YFRtzeFNHb8T0hxR33Zs5WyWx2nfbDHVcuTNKIEyhSv0l/aYHEpD1R8NxzLvfeblo5&#10;a+Igy6sKkRpVgTOnjsPm2ho8+fRH7W0KVM/MTU39o2/9jm/7jTsnqDBE+MxR0QTlsp1ugV4D0rPx&#10;GtLe//7XerznOrsVRAhgAe3EmXNX/saNlbW/aQ/EmVDzIoSd8T/87OfIAergXfeRo0iAXQShWFFR&#10;hTw+RLIKhOrCY2j0ceaTg4szvH3BicyEPhWIM0aSyszO3iYUOlUac9colTR0PMEKgfI2jMyxF/RM&#10;IqkSjcfJO1oWfBcI2BfdRWQXpX5vQPQpdJ5C96qo2yYBPFKH4qRPPEkCTiiYxykLuiRJBx0XJa15&#10;EoNTlMDxTIl+5nIpctxOY/wG5ASAIYU4JTQV0XkLRQOykQMV2K474hxqaLF3LpPOWUnEgEpcJLLO&#10;eUAFOm0I4seOhQB+lg0LQHBhvPfhB+Geo/dS1wYfq7G2Di989asWiKxBxy7EFGpoH/PFF54lwDU/&#10;vw0efPQj8PJzX4LVjRV6ZXv33wVj4+Nw8vjrdlHt0cZZs4ACQQhOS1APA+IxXq9P0OKIOSIkosMu&#10;abECc9v3QrlcYdEZWQAWfOAUda4GSItrgrEgTociZANN1r4gNoq5Btw7LiSSTDM/f7xvfbR+/n/5&#10;+794/8zMbIePZZMlFztfdfel+CTpICvAHCfeO3PpodDBoUwCZ2/qHFjc1M9RrXLEfO4AZUu4uYNq&#10;5TqvjqdvtoDH1uU/x1R8qLgAsarmwDUKLsTGQsSFjiF9X+SbDVhsDez6MUBHPLQvR3OOzU3o2XWg&#10;t7IKrQ2mmLTtf3e6Leh12YY8EUOShNKZmUJEbRcsHlNTHg8r/+ih8thP1fDcGy/DxI4J2LFnDGbn&#10;6jBWt3tIoqHfTKHZQLqWgX4XNQAy8cT1AP9NRM+A007cbxLjQwy10FnYTjX1gYPOapjWeJk0sElU&#10;Kvx3lTUvDNOaXNiss0rNlpo0oy45TQY/qP/Efc5DarJCVhpUfmziFwvjLa+czW62byg/icl/mQy2&#10;lDy+vHaVBRFqgCysjpph/F24tUnyeHli49K+Ay3p5wJ0tATDehcvCS30tsc5AbrQ/LCgwCK4YPeC&#10;s2+dhJotVueO3AOmPkq30wLa6HkSZjXQZI6Ol5QMXPBzQk0pmNQHJFIjD9kHKWdiYUMzQh0paiX6&#10;MVGbG+116Nn7hfYhJtA9szSAugXQ4+VpGBsds+CjRHa0RVtLfOXKeVj/8KPQLoY+TwpEII71Bs/f&#10;mQLlvnsUlycyDXNYNjUZSPHTCcW0NdwH11ZX6TZTM7NUZEjSi2QamqHGFYfkxlS7IMMDJ3tow1+u&#10;jPhDK5R6AVxmlWa3KWqoyYTi9FsnoLW5Bk8/8y1Ew6KpZ6pf/4Hv/96P7ti9o4mNTwc03EGlhXqX&#10;N4MhS2NMU8er0K6c1iP8gAKPLQACzIc8e+7yD506c+mX1pub94Ti612w/968cRXeePWYPRirsG37&#10;Hu66Iw3GpOJIVJCMBUHMssamUoQF4jaUOm2DElFfyugcC1DX9XcnJqZ4F+2BiXxPPBnxQAUu/wkY&#10;uIILR5uuE42OCdgt10LbCUT0SzZ0JGLnjRGnIDj5cFMMcqNCqlAvEnF85DebWJ4LFyvmtXKGCWs6&#10;kowi5MaeaSo8aPCdo5StIHgSGQhYcJ15rTJ9A4AvOk2aCRJ1zgbTi+uds4YI7JnaY3zHy7jOucqs&#10;XrXcBRcUDENEoILvC+lzM9sW4EMfeRImJieoaEBa2PHXX4eTb75pP7OEgNv6+jLcvn2LPsN7H36U&#10;cOKJN16h7xW7Knffcy8FGC7euumpRvXRcQKHGxaoYDGBnZVKuQqVkRqJ89GqGH9XrFRt0XCQ0l0R&#10;fBXtbfC4KONiJxkuSH3bXFuBNOrmEsUFbAFrRZgGB0NdRua8auq4uHBBXhRT2LV755d+6Rd/4RN4&#10;nGcCuVyFn3uczC5xOFjQA45AXLBANs2c/gNyNrz83xkFCzuqHhQp7Z1HYKgJ9u6Ls8cs76DLbBXL&#10;W5c/ezCicpNG0hdgRRczNRUNRRJ0N7SABCmdbiqMBX6MjSDU1bWb0MfMI3T7W9+AbmMTOo01aDXW&#10;KfwU3Qb7dr3GKWoURTJpZ/cfStZGy/U4CWvF0r95fGT6R+p9CzSQdoq0nHIJxudGYHZ3HXZsH4Wp&#10;qbItXkOakHc3MZE6hDYlsdvXGxmaniOvxAES5WPJjYTHQZaUjuszFf+5KtwtsFRgak50d9MJR/3K&#10;TWVZRyHp1y7jSEwuuDrU3j7Z2dMrOcFp/1Vezi6ULM8F40LUCyDAC7shlzcyVO+4yQHk/85/4II4&#10;9bkwTDFi3aTTuxAgcVkjThgXuFA96dHLhIisk4U/mopYX8ue5QwCiN/n1umChpItWHHyoZI+7Lz3&#10;PkhrY+SaReBQUubjQWYti3s4istBQjFjAZtkWoPHjjAwosQxCmyBnvTpGIgsmOhjBhgyLkJ7X5lw&#10;VfrJ8kgUnRstqg+Pl2swXpuEsfGaPc4qUC2V4faVK/D1Wgi9o3eR4Q5P6gMyXMB1HRkeSppYScri&#10;cDwv0NDFuYL55HnIBNpOyO9Mc3A/XltfoVpicmrG3qYgzTKJ2hQAEjgjATwksa6x7w3F5pjJ5hgE&#10;SjlnxsDXIZS1oQKqwbCpd+L1YxZsxPDhpz5GDURyEOsPuo9/6LFPPPHkUy8g2wGDJ/loEb2L1F6Q&#10;0xVhU7GIUw97XpJGDCl4+DuZfH7Qt6wPrAbk1uLK4ZePnfilS1ev/ygWiwkVcTEhVEzaPnX8FIyO&#10;jMOoLQ6xQxWTuJo5ljTNoJAh7tonJqOJYNc9zKd8KhYR8wAgzYWluaRQI+M/DOrpQd+eTl17wFJn&#10;GymeoaRh4sQEAQqFFBnqzhuiXAFxfUMReqFOg7pk6KYVsfMUTjMwe6Pb5ayNXtQTl62IFiXmjWKO&#10;yICmGTTh4FhZXsySVDimIrIyw04WhuKz2A7SCGBxrQ3SISCO0cbzZnTqulq8wSQ5W1fIFcTeaWUQ&#10;e80BFb24uAcMIF1ithvfZnkUsoAFIW0quPCyEJ+1KVMTU9BYWoff/+3fgUefeAIO33OYulkPfuhx&#10;mJ3fDi899xxYBAEzmPhq/7e0eBMunD4FR+97EMbHp2F1bYkobjeuX4Pp6RmanOCiios2hheO1seh&#10;agEGOmPhZ4hOHEjJwMkFLYYIIvC7td/n6PgElCzoKFVqxHlFOhZ2QtudFqhN+3gYUqa1fy/0Gaow&#10;2/wzYkFmqY8TFQikm5nZ4mK3a35u7uvlModkDhdXTH/IOpnGu+XkwwTdRiEmXFlQlM6LxnN2Ayrz&#10;yBUqt/wuR7XKeaG+G8DIYc/35sy8S5G4ddm6/JlNROR4pWm3vaqIC5nYFp1xwRY+ETaA7Dk/CLkR&#10;hOnG6IxXKcEAmxH2XK/UR6HXakC1MQojjUmoNRoWKGxaINIgV8UeZiV1eYKtEIwkvF4XQoibcf+/&#10;faG1MvvUyOxH67GGPopuexGsX+zB8sVVOGlfS6mOgKQG23eMwPyCLSBnCjC3UCRtQK9rSDuCOpJu&#10;p2T3CS700kEqIx4pjHGfilkrQgJ2FcpaYfw5TXsETsLR7h1Yu8b5B9yEApkIKKFDMT4Isp4HOnwl&#10;qY8YNI42pti8hIBG4DKInPOR6MYchz9HXTM6J8dW71LouYRq6ZgrJxrnWHv/2n2GNb4WLDhNLI1D&#10;t8ZJXorQs4yADHblEuAB2gcF4pRCO/GzBOpl7n9iT2z3hIoFH7cuXLV7dB/23XsE9NgExJInw3Rv&#10;phwTUwGbhzHrHTisOOG/2TsgaDW2doniRGjjAwEtCdGzByaCjgXFaS+Gvv3Ou8JgiMG8FhcK/y6d&#10;nfi06qW34pvLvxqYwV8rjti92D5PHcrQsZ/F/M6dMH/uAiy1O5CUy2w1I2JxZBeEQlEkobYOpHYq&#10;MqhOEl8DZQ6e4HNpjExG8HtFqhIGKa+urcK6veIejBMFkFpEKwfMEp5GAVv0I/URwUrqmpWpONhp&#10;Bxq4+YX1S8m+fnz8k8dfgyn7eX/oqY9SQ5eDDO33sGvv33vwkYdfoH0Zv7eEQURinCNnQuCcah5y&#10;witAhYAH06041yOgPCCtt9bRD+QEJOoPCq++fvJvvn785M9vdNrjeCCG9gDF8XalGMD1qxfg4pnL&#10;MD42S5xDPKmxaNdiD2cwXToQOpIS5x/UMLgPVA5omuQyQZX+h8VjKt0hLqZ5/IyHayi5BpTxIHSl&#10;NIlo4QolSEhbwIP3q2CIXcA0JZyE9CnN03WbFHXMUVBGQvM+Ly449UBrPTzpB+J6lbKtFk8FqJtj&#10;FyZ0aKJOBZ/0TphoPBE3odcWKJd4CzRi980fqS5Vzo0pb9foxpJ4swJxMQ29FreA5zsZKBRzQndH&#10;4zGSNJVPLnb2NUNhflQch7RxUNIvFuE0NRB715Q/e+yu4Oi5sbkBu/btgw999BkoBuxShlklLzz7&#10;HNy4dpUAT7OJtrxXYHpmzh4XVbh84QwMMLApLMG27TtorLxigSs7wGgYscVFyS5+zcYGdPttMhgo&#10;FMtQslfs/mOnMyiU4bGnPgF79hyihPfxmUkacaO4EC2QN+0VnUauWODT67WInmVk4hMGoXxuaRaA&#10;pFROLC4bq2IeLX9egS1gevCpH/3R7/qRH/mhz+JrNp4FcMeUKTc+dmmwXkgOuTwOD/iU93UfDnKT&#10;0LOcqNwnufuUc/Bc9TsLhVyumefjv1dXOhddsAVAti5/5iDEmAwsS91KhTtp83DigQBELNgTN40m&#10;utaAxOu49mIOT4x5SPZc7No1obPZgshe25sN6OEagJORVhO6aHFu16ROl+lZUTpg/V8SL4yH1S88&#10;U5k+gpOMyB//hvYkouMQaLG/s/tbeaQIozMjMLNtBBbmKzA5VYCRki2+AlsUDhRETcyyssCkbffK&#10;ri0ce1wEknAYi15pxNHelorDlqwiOEXhdhQLj4OcFauRab9yrns0rWBwkeV7GL8PAGSAwuVp+Di3&#10;fINEus952hexBlR+/TCZDbDhQpQH9DqnIQBv1OJua8Re2LEYKKxPpgn5FSYR2lU2i1GZJTBpRkJZ&#10;WwOicSMtFidlvmmGjAFnsmIfp1StwNLVG9BYW4Gd9x2G4viUXbdR08gNQdJy2IKeQAbZ2bOelEwD&#10;UFiexNRoiiMLMrDJKDkfkfyMtvs0meva2sYeR/jYRLcO1WIvgM/Zjes39MTY87WFhag6MWOPDQ2b&#10;Z8+F5vTl/2O+Uv6rM7PTMDE2BtVihbQg0dI6vNBvwOb9B+3zSZOVAm9Tv2cwldtI05COELKxdy0z&#10;LeG5fioi369zCwtFm4HfGzb78D2Oj09QtpYRUx60zaWZVM6ohoMpA6lLJHVdgqGxQYffQalYoPPk&#10;6pVLcPXSeThw8ADce+9D1Bil/dUC8mq1+tkf/OEf+N766GhCdRw1mkM/8U+FtsislDIUsdGADWOy&#10;2C0Q/T4oBBKPsLV+fiAByKXL1x54/qXX/vGVmzc+ESeiscCDG12p7AFz9dIluHz+PIzXp6kzjQca&#10;HrKJBQN5immgM3cLJzJSntvJjj5uFJekceYOZTK+iPeUl5EqiPDPWSHiQkEBOQELGZW4rOCEhvQn&#10;iMyNkQXX0HaDJzkK1xF8xFEPNyfaFFHDgPkZFKYUx77TQyeXCMXY8YQFkG7BNWByLoepf/3YNYhl&#10;QkNlpMlShd3UwykHlHBxUScD4qzkpxn5Mb2rME2WLeESQ42n7Wix7MvoXP7xHPjInd1KACJ32gPf&#10;eWf74tgXw7j44WKoK0V46hMfh/nZWaJKIM3urTdfhxOvvUGvo9FswPLKMszPzMKtG9dscbBOz1ez&#10;YAOva/ZvFEKIo9dCCLVqjfzHN9sNei+44JUqVerc4DSqWp+ET37fj8Lu/QdhYnwMpicn7UJXJIeS&#10;RqtLGSvnTl+A11/6Cm38xFeVAK9ANBj0taQx5A+vfJsW/eEDARKaFuZ46Wf/9t964OjRe24hzcNN&#10;J7wIMGfe7kCH2yRdvofLlNFCOYAc9S1z48qCAz2Yca/D+f+7dPSMcv2el29m0d6afGxd/ktMQoxb&#10;/3IuPgRCBjw5QO0Fdp2d7W6KnWfsREcCTPD3GFRrwQUGsnaaTRh02tDZaBIwaSM1q9Eg6iYGvHZa&#10;m9Dud+zawgYcnah/ZHdp9A8/VBjbhntWFPJUOZXNxK3B4ByPUln/7bkblgpQmxyB6dkSTM2PwJQF&#10;JOMTGO4aQhmpNP2Y9CO4rPW7GvptpKYqu5/Yxxho0QMyJcsYZ/0r9CVZU2iPkUm6qMYz3Ye7+BA7&#10;JV1012CSBpgsEmmWMphNL4ywC5x9rmvEOEGyX13M8BqhTO6xZfaiJK1aBsv5BhppKJDqJo2xBBzY&#10;cVoTJTksIuYXoxHOahFQFchUJQg9hVmJvTyCj/JIFVav34J1u5fsOnIIwrEJCxx4mkEmK+himSDF&#10;r0c1QoSfGwK/mBkPyGoYULZYRNbMZA6TJtR4JHZExLSkHh6TuNerdC3S+sUoDH4zHin+kZ6cuFad&#10;moagNkITG5yCkV4Vt5rlZT04c+GXZ3Xw0ztmF2BsdJTc3Wq24L5oa6cT86OwOTUB6ACN+18qND02&#10;jEnE2j2zfkdWBgInR+/NJ5o7NkMqnxE5KlLjLSAA1uo0qUmIznJoHhN6Ta0Wq4HM+MS4KbzKGBJc&#10;VxXpq123QO/CmdP0OT7w8MMwt207MUg0GeHQI17+vu/5rie37dh5oz/oeQOWQGyTPZUYA0aRyVAq&#10;k06mWOQJDO7VIeo9gq3d6QNJwcIR9tdePvY/vHr85C/EcTJuXBJoymLwQrkE594+CZfOXbKoeoad&#10;E5DjZw+0QlHG5+QWxAs5lbTiPoG8X1ccu1GuluIZ7+eKaXB2cy79OQGvk8BuNhXbgfbaCk0TAO60&#10;DPBgD9ktowehpK6yFiNOeZNDAMIp2zF12CnfAwGJdKVwM4hlkafTIGU3jNjxb7lN5YOVlNKe86Ik&#10;v9YVknESe96LMo4T6zYeTQtOfjumxX0wEC/wMEtLdY4nKntOcgxDTrJ2O7v23SeQPAx6vJR1BAzW&#10;YnZdwveScCeduKP4PYuIkW0QZfjtNjHUIWCWiV3UR0fr5ALypd/7DDz0xONw9IGH7EbfgvsfeYg4&#10;py8++xyMpKP0GpE7W7ULH5oUICsbHcuKRKGq0Kg2peOLAyWDoj2+eiF0B2zXl5C+xhCFasfOPbBr&#10;317YvWu7BTVTUK/XSQCHl3qjRcK1Kxcv06aiZXpDIESlXpCJHUhyvJHv0CfQkhtPIDQJ3pRxVDw3&#10;O/v1Xbt33kKqBQKS1GRiQDcKz48Z3ILtFnRvAy3UB8dHZgcryC38ORrWUHCZA5R6SPOh32Xq8Scp&#10;BLecsLYu/9m7d0NAJEe7BQn+xjyNgl1xkO89sOteXKB9J0ELTtxTigMOm0VwUo6hYNePQr8C5foI&#10;RO0uVMd6ZIle3ZyAeqtNU5GWBSKdZgM2Ntdpfer3+lDudk/e7Pf+qwu6+PtH0mI9sMtzR6cioGYK&#10;VCLdeEPBnsprKZJeD1o3ImhcN3CWgvQUVCohVEbLMLNQg9HpEkxaQDJRD2FsNoCSkqwEu/1EnYTB&#10;SSe1rxcImCCLdzDAfalg368QtajrnWR7hNBGlUvZMMbve9RQ89N34WylxmtJtJHHTEUrqLN9xxgv&#10;H6HnU0GWqUHgSDK48H+x0L24rmVXK3ICBF7bOIMEaIoUOMcwbPwZTbdxuRqpyvJTSANHQDQg8xnj&#10;AunwdYTceKEIFkc0w644cJo9XjFwb2NxGTZxIn/PIVBIzyMKLxDgwP3cDLjhRLqihIXnccrMBgS5&#10;PaTp9QdMKU+E8dCNaOIyQBAT45QsbcbavNIL9W8NKqUvDuqVc4XxSSgg6LD7aIRGKJixgWYp1KzT&#10;MLCvuzw3m5broz9z+8L5m0l74x/uH6nqMKzAZmBgj93H1q5fAZgahz66dNHAJ8uY0mLZj+9XEhyp&#10;UMepHn0P5o6QW6X8uq7FWUwTgE5or69Z0IF7Lp4fjfUVqFZGoFSu2DqplLN7dyY1mRsbhYQKu2Lx&#10;9k24de0qnVe7du6Cg3cfgXKtRhbJBD7snQf9qPWxb/nYj8/Ozd3AkGGa6KDORzSWWiyBiZ1CdtsV&#10;KFpQhvodcrQk56tM57p1+YABkCtXru/68rMv/LPrt5d+IJF5qe962HdfLIUEPi6cuWALwHEqIIk3&#10;r1kclqBrlLiauCAqWsRRyOWoL97PXHl7OCd4I15gKhQsl8lh0sw5AQtDBA6GbdpSAgy4ScTeFSKi&#10;KS5TbjgcjhdFTM5u2xOQa0zmeBIoShKxAGbr20DABE5HsCCnGpecMGJZHFy4ExelRsTmxnWgBEQM&#10;vUPBHD4g0I/H3VBVuJDgRu58f7IBFNG+dhxYFciGxB9jkmTTFiVCfsfxxdeIPM6AQjKyRG43rs00&#10;kWmudY6e8Il43mvEXkI5Ut5KFhekcrFM39Mrz70AKyur8OGnn6bHXdi+AN/5fd9LIGTp1qJdmzvQ&#10;C/tk09fpNglu4ZQJk9hxQoUif5w8IAApBwUSqyMdjrpk+ORodFCswr5DR2B6ZgYmxkcp1HLUFh74&#10;ejhHRkPHHnuYDk/BlOQfryHvtOGCwKgTqGUShUdZzuoS3MKrQ9Kj3H333b8/NjpO3SMHDN4RNgjO&#10;9jbL+nDHqsqlHxNf2W0Snn6XAx0efGivFcl3i+A9ph5/0qHs1tK+dfkvedHvapSQEzOhs2GQUlBg&#10;EAc0EQkRdNhzOhZqFhaKlA2Av7PrSKVsQUg9ghELMPrjY7bQ6kAdpyONJnQtABnfbEJrc9VeW0T/&#10;rLaaX73Saf/EbCn49EwvDbHSTcVSFtfeAdGldG4OIK9SqC8F7Orimo3BdK3IApw+rN3coLR1Tw2q&#10;FWB0qmTXrBpU6gFMjBVgvFaEsSncUwxrQNBivWeL3R6G1dq9q2fX1gEWfBaURAUYJFj8A8T9gNfp&#10;hDOOMD8hFRF56hy1XDZUmOaXO6b9hpA5YhFg0T4IkZqEqfa6Rd6sgizzw+3/vAmBo9RAkAX/ufUT&#10;p8f4fNRcFMtWAiMIBtIsEFGBa8RwFx5c0LD26a92L9Y+qI4LWdn/wgLpDxq3l+znvgbbDh0AValS&#10;IWwGaF5gUV7CYBW79DRNi9nFCo+bPmk8mO4XoanMgAEIAhEEJ0mE1DHTSkz6ej+E3+9U9efikdJb&#10;MWoRbSFvq2YY6JDfI+41KdcXaPsPBaAwPXy9bfs3arQdPvTLG0vLly90N391X606M47Bv7aouHv7&#10;TuitNqGxswbtQUx7KR7bSgQxZABDJgZMPytizgZmjA36vuuUT3D3gITClI03LHEaEdyvS6iXxOlh&#10;1Kcr0pRxv0WdiZsq6ZRJXwP7PvrtHhnQbKysWGDWhcmZKTj6xEdganqGJ0WYzwJsJIAOoY9/6PGf&#10;uuvQ4a+2iS2QmaoQHU9xTkrJPme5WiEAgqAKc1s45Vz7TJGtywcMgGAx/sJLr37ny6+9+b/1kmgf&#10;rlmU9klFOnd1MdjmwttvwelTp2F8dIpOaBRxgdiB4skOYoWLl76kuuKiFHlpmVgRJtxlCVWGvgns&#10;xzxhICAiCyhxItNIUqrFxg1F6IPIL06xC4GSgx4XFWfRh68nQmHzZuQLSJp+0KgylNAhSW7FVbeg&#10;KDPDyNQjMVrE9EnmpU7cW+dQIkUsZA4hWYfZZA1ysa/3UwXfunYOR2wR6E315Y7UdefxUaYbyC08&#10;zhXDUxxyQYWBrOBOQOh4wM4H3QhtKHXjdm580cKnyfs9kY6IdKpocYrZzx47NPbGkxOTcPnMObtI&#10;rcEz3/HtULPAoGg/q2e+/ePw5rE34MzxUzAxyRqTZCnmsEa7IZUKFsCERRQa8cZImwV/tyhCw+ct&#10;2L+jieDMwg7SnZSwPUKhgwyG3ASN0uzt61peXCTAgt8rU/eMiOxc8io7WQWQdfI4xVW6hkb5z9SC&#10;o8b999/7eaYIKn+sDXWeclW90hkNSyvIBQVmmhsXiOi+fuUqMvq9yfRAQp3Lp77pb4I+tdU42rr8&#10;RZ+Q0CGPGgFSu3LjSNuCPIztfjFgy1Ry6UMQgnz0mJ0ICaTYdaVSq0LFFpO9ThtGRsdsYToB3VbH&#10;gpEJaCMgseAE7X0bmxu/eavZnRvf7P2v9a6xBRdSXhRI8Dm9oNjpJXAtDEQHIRN7mgKIc2Cos/OT&#10;1hvUE6wMYHmlC7fObXKTzr6XQrkAlZHQApISjNhrfTS01wBqI2UYGTNQnY+hFOBKi3tSlxuA2IOJ&#10;7HMOUAOI03p048LgQ1ugDooEUgb4d9yn0ObYAhj8HY0jhEamxYGMAhfFk1WYVPReOINBJiF+e+B1&#10;DDvYOnV0ILa7NXlHIk8HZroxrqWp0JGp4R1ggalpjy5gsepE54Yfm6oGnVnEC+2B1mrOYJFnwuaX&#10;LaAxpHbFrvPdXhu2HThgvy9N3ylleNBko097CR4fNMHAqYbd47G52OtGROVDSl/UHQjNj4Xy9tqI&#10;TPpcpNQfdqv6C/1yeKZXqZhBpWjfc1GCEC14tPdH3hQV/xgCPGBmRmBfF9K43BQHX0uEuk37+krz&#10;s7+12m6e7/Wa//JwufLYTHXcftd1uL9Zh7daXYjK2pv0KFXgXdzZNisj9GrAQFxIWzFNFMIgkCZd&#10;+o79iDWdWUBlIJ+tEoDcp+DnlCiJbaKbawY7KdnUQRfz0LpdoqYjSJmdmoLtO3faY3WCHpvc4LyR&#10;gSETmPuPHP07R++///9sdzp0zlKyvOTT4N6KAns0lKlU8VqxILJEJjNkqY/H/Bb4+GACkI2Nhv78&#10;F7/6t06dPf9LyPlJJOQpNS6jAr2ti3D53Fl4+6237UlQZ5cGKXZxzBqTv/ZAgm20ODIkQhNiugqH&#10;4gwX5DGlgvOkQvlcA5WJ97CzILStQcIAgBasNLP4cRMaJaImtN5zAALESQJkHJmKrsI4fqWO5efE&#10;i/VQ6EhWeDKeSFKZBvj0UXnxMhqnjtcdHWnX0fZdJifuc25Wzk7RmCwmVyk/AneCaPeALgVeWFYZ&#10;DUyslVQuD0I70OJSZ93D5EKHnAewt3YUL3ESRabKZ6q498x0TAtHFC+8aWIk04IX5cnJCWg2m/CZ&#10;3/xteOpjT8OuPXugb4HGg488bDfXmgUix+xXMUeLGdr09uzmEcV97mJi2FLCVDgsJIg+J1RA7CjF&#10;KoCFnbtp4+nawoKMAuy/fVuIVEologcggG7Z519avGHBS5AJuv37z1QT3BQyIurWfjN23y2BVvt6&#10;tu/c9vmjR49exY3Mfz53aGiMfF84YdLCb1WQdfNo7Jz3XHe0L1BDVCutJGBQ3K6Ur8SGAwW/0RRD&#10;vQfdauuydfkLB0YcGMegQJx0hnatKtp9hArvxAKSIhWP2CRzYbNJVKSpeAGnqSNViOo9ynFCbVmv&#10;Ow39ZpvAR6fZgsnNFrQ2N36lsbqyUL1y628XezGkBdGjgEwcDNOAeA+zexBOldHJR/IyqOgNDE1E&#10;qNhKxQvKJXNj4aU4F4h0G227frUiaC22YcWw9oQIUch5L4d0rVYRoJShNKJhtB7C6AiK4TUUqwoq&#10;YylUiwATgVhzW5CiVcxTb7S87aOA2haIODlKNE1R+v0SRD1bKPewANfc4R/gzdmREpEVUawSmXxo&#10;k9l+Gze1YNtU4xwZRSviGA6ueUM7os5N/GXD0rZ+KMRsf6vF+YqLWN6KwnKZXgsCAsrswHUYLdED&#10;l31k19ZiCEVb/C5fv05gYhYnCCgW77fIjSwh0X+fJhvUdOz3yeoWv3tK+LY1Qa/Th7jP1Gucrkcm&#10;OW8/lmf7gfpKr6T+qFUpXO/Z4y2xrxcsuKX3LEE2ZHKjQShRKR2TXhCOTmd4/HlaAoi7E/8nTlyC&#10;Su2NXsl8+1u95t/fWy7+9b21ERhdmIP96ygS70Gb9rKEXjseg0gDQ8OdwLAVfiLp6aiL7NkiH9Sw&#10;tjMPQpRPns1cMkkbgplfhaKt50pEZURqGoJ23EuxEYvTRk20whJMTUzY469OIB7pzRQaKQHPbkvF&#10;14k6znsO3/NPH3nssb+LQBC/UGobhlrcvRA4lWF0rA4VChbFyUdRcrzYCW9L7vEBBSBnz1yY/sJX&#10;nvvVm6srP0Kd8Dj2YUPUtbA/V6tVuHXtGpx84017TlZoxIoWvEb8pxPqLseC0o3wQZVoEWI3w2Ve&#10;ayAiXt8GJhfsLCQJsxaSVBLTFYnFnB+4Hyt4b8FMxAhCS0oSlXNuAhpfJunAi/5SN0qXhZRs+Lx5&#10;II+utfPFdqJuH5iosmmFV21Ic0a7KYnJCcQgS+k1kKPm5HgzbgFxq4YLD5TPx4EddsiQld2kPlMF&#10;z24emARepM6Lfy5BlwNjc+F5QB0iGre6zleaC0N0Ggdwiy1A4jr8CBZTtqpNteMfEwHUbpRVot99&#10;+XOfg6MPPQyPfvhxaLfacODuu2F8agpee+FFtvuzoGNp6RZpSNAwgChddlMgbY9sUPizgT4tjDPz&#10;22Bhx06iQbXbXaiP1kS8GFB3TZkBOZW8/uobsL62ZF9H3XupqyEv+1Q0Ms4yUkK/RHRvxAyB6GC9&#10;Htx779F/Va/VSABP1AszDApdMKDL/3DCdJfKq3IAx00yHJDUMvFgEwIH88R8IVBDwOnd+kLvkaP4&#10;DvABPgRsa/HeuvzFuOQ1Sia33tPUNeDzA7ViAdqWDjivIYwHnNsQRtQwKgwsOEGdiC18ysjzt+tD&#10;eVCDZNwWW7Z463UsMOl0SZfW2dz4uX6lslA9fv7Hi6jzc5Nn2vE1OTkmpLVLyXGPMg4MOyFhAw2Z&#10;+tSsCVjjYGQv0+C6RcZHg1DULq4RQtENZS9U5H5i30NnAJurBjZgU+zegRpqLMzGCQpeuZOsyxaY&#10;1DTUagHUKyGMWOASlmyRXLEFX8XYIhJgxD7/uE6Jckzj7RT3CLvORpoKdrvMkWB+0CtA1MR07xT6&#10;Pft3C1gG1OxTfmtmC2Ete7OXIvr9kzM7QEJXDTtgSlAhmtSY0L4GDPKzwABpVGGlKOwKTmVHTUK/&#10;2/MVNE0dZB1HyhXqIhevXoZCKYR6bQZa3T4xHTDLgy12sZDm/yaKFTpZIq2qE9H0JUpQcB43+on5&#10;ej9MX+4o8wfNoj7RqqrGAOncFnAkpDNRUvjb151kjU6kJSMtkGxpJcslINaCfY1IqQv5fSh838Dv&#10;HacghqjinPdhQcuGrpb/+7OtjedW0/4/ODizbefOnbugao/FNzdXoVPkhi1NrYKECnykhRFbQ2hz&#10;5CZl/xstp5UOs4bnkHumc8vSWX0BbEoQCKWbgEC5yjuhYoClpABBMThFGlATE/UwKR3PtH+RRwJr&#10;ZbFJeHDfwX/x6KOP/gzmgDHoSMn1FLUwKDLH/RpNZ0ZqFSiLzS5OsgpFCRbcWvK++cbM+8UFCxfR&#10;F14+dvdXX3jp/+r0o0cdjYlpJKGIZVPKW1hbug0vP/s84n+LWEPJh0jZGZdOlpSF1yZzXjIiGOdi&#10;VU4Qo7ybldeDKBk7Cg+U0s2LJepaOKtTpTOxotTXPkPE/cW5VPEJKS4iUtal6YC72nJnpoDFkgyu&#10;aLrhMkv8BEKKfGfd6h2tcj0FJdxXJU4eWjan7DNmk0Xti1ctHGNWiXv6jXHj6yAHOlyhmXO1csJN&#10;nVF0HL9SOctdOT7RlQW5nsr5t4P2DkuQ6y5yiFFm+5qFE7rFLPN710I38E4WmLcSBiLGhiHgsry6&#10;CvO798DT3/IMjNhFjjYACyBe+/qrcPHcadKArK+tk4MN2h73Bh16/ZzxogmAtNot+jwfffJjcOCu&#10;ezkrpFYlQDw9XodysUgiwrbdtFqtFrzw7LNw9cJZErTRZCUIaeKiyUFFsREByOaYiqhfS3qslzry&#10;qL8Q6Jd//n/+2af2/v/svQmwZNd5Hvafc3t7+zJv9hkAM4PBMlgJgCBFyDLFyNrDsuMkssOKy3Gi&#10;VElJRXIcOWWVnFTFpVQSq8rlSiUpOU4lZSaKLSqyJIoiRZAESAoEiY0AiB2DGcw+896bt/Xrve89&#10;Of92zrn93gAQTWqbvtIQb+b1crv79jn/9//fctstA1pY1ZktpYnYrBQ2qJxXfLxMhX1ybWuIVsly&#10;N/wpfz9ceJ/jVMu8T7Fmx0nn4+MvLCBRSmn87rEjoXaKxEEr5z9DCpPNaSJP4YZYBBIlZ0j7CgXk&#10;IT3GV98dD0aGOFHd3GwMn/z6v85ePP3juKbloCq92BxCCi5OPnpI9bLalAIBImyxiwzSQnyFdC0Z&#10;yr6hk3AjidxKgzXSZSe3Rh1qy4QlBIyqNlCdrWQy4RKQRmsY8fgxSNaSY1eN/hioTlmYmKzC7BTm&#10;KtX8OlohkDLpwcukBy/VytAXtgPSCw7a/j3za29ncwCd1jRs93Ci4vfkYQ36RQ1bSP697ALLy5Om&#10;FzANTFPM2dqVKWu0R2S8BmLAZHe7TZ1vWoWFameq9ahpobeuRvlMCDjQavn6latUwPoFnkXkPdZ5&#10;II0o9396rR79jI8/8OCj1/WAajhodaD4TisvXmja/EutCjzfMsX5XtXXIGg5b7Mwya6oZbrh9bdq&#10;mToG4vyohb3uk8aykxTth5nQxqAia7FhV07SM4njpxUasAQB+xve6n/7Px5cWPqZOw4dpRyMt7ZW&#10;oS3ZafgHmSY9uV5ZY2OJLYAxAKhnxSwtteRN9SBUR6iDVbKv43VZSfYe1Dll+hkQOK7I9I7fh0zA&#10;byZMFrLPBdb49HsdOHn7yX/68IMf/kU2KrM01cDzwLpxenoapmZmyLESKVdksStaj1otG089blYA&#10;0vUL7+e+8JW/8uJrb/6LwhQH8AuB4z4cSaI3tBUxFDoXDXpdePLxL/risU9jOHJVUEG4ppIb4Q5G&#10;Fq901E3oPAdfb12EIZr8pQBDf8OJ0VVJDs9DsVWIhgG/KAiQyPZNAI0T1yP6munfaVDigp2hJQ4q&#10;by/GpbqNIsmLTdo7/HWTjpacdSr2ku62FbEzhwVGDUZwl1APdivdMJ5bqyN8pNxABG9K43IyTjXa&#10;zbaJZV6hNCmX5IeoTSw7orhkcQo+/E5Ak0wb8mIYLBk1dwJUb2MibSgFIKxFgQCKrMzTNc19fWOL&#10;PNo//iM/AoeO3gLNrU3qfrz12qvw8nMvUvdxc2ud7HibzQ16XLTcRTs+BMGYRo8CuT37j3Cx75+r&#10;4f8+MTkNE1OTFFyIQAOvNSwkkFqxen3Vb25b9HqxG4aApuEXPgQr2EVDe+NMiwrhx4qXS9DX4Cb2&#10;4Ucf/tTf/YX/4jeQRhYnXdGQwab0KbEppCTXkHyultFJ0GBY+N1OEKLWMJkNrlj6vtv3GH1Eqsr4&#10;GB83ARhxKSyJV32RxxRy1DkglYQotgJGKMlaxOvkhORBBE5XTc6uR2h6YZube9Y/83tfsK+cfoRs&#10;5bllDBo6rvbXbbTuTSb9CgychOfGeStStXhSEl21WG8X6JhFYN7K5EQbVQoq+IdMaGCaBWKMCe2w&#10;kL2h5oq6nzjxY1S9X2ALgKRZ+yKwZoj2VZ2oki5lbhY71jWYnnMwP+P8uukBAPSIPoVul90O6kvm&#10;YKuZ+/cPhd8IsCrksiWDcN5nqeaulPZK0sFgCKW/0aCDE6g22dkbbBKhDS3uN2Qew+8T1iGoE9j2&#10;+8PW6nWY8GAKJZJdpAphaDB+bsOO3ye4CdVx/k93sLo+6J/edvkL28Z9ecsVr/Qq7nRuLGVC6hSa&#10;abIV2guMuDJZyboi1h+FOtpAM85EbwGiOeQGKDebcBrBgvtKbPTR+s/5GQS8sJCnBmNOtUuW8RSA&#10;KOZF8Sl/z3+0f2HhGLpVDVHn4R8Cg3tbnR60u23OsRLn0EHepwkE0463ZUJv4h6t2sEknwrEmUyb&#10;WWj+UmjjEQT1EtsxEwt+J5T2itQZLExXfS7St04cv/1X7rzzrl/lJjJTqRoEPGZgz54lmN+DZjEz&#10;gCG+mGNGlCucXlYggL3xcZMBkOWV6/D5x5/41JvvnP1nvkic1GoGFxemx9RCkVqr1uGbX/0qCXtr&#10;tQZdeJmKxDQPQ+wAsQOhIIELsErQFzALiekvwdaWCrMiOmJAdHGg4BtI7G6BRdE6iifwAdyRAung&#10;E1CxNrhPFUYCmtJAEaHN0O9ctFbUSUU6dVAAEoCD9MhB3I6KRDyOgTmgXvG64Dq3QxwW9RhWYq+S&#10;cEClBIk2QEEIdvNzStVlkKVALeV86vupQVShE6IABjRR2wTHKE2ixdvWsqrQ01ygkAUxoIISogxZ&#10;6ZLExc5IcW1C4J6VTdhQ96Tb7cG2X0Af+sgPwAMfehC221162K3VdXj6q09SSmuntQ1Xl6/AoD/w&#10;m+EkLVQgqe+WinjgsKJ6A6ZmZmFpYY8HIFO0OeHGgPSKjfV12Fq/Dq1um8SnmrNRIQ1QTvaR+LlV&#10;K+g53qCODi/MdHWJ8A8EQLln/v4v/cJfuveee/to62gltTU6YJmwmKcAhAIwLVvvshZJqVYmTNMY&#10;fNjQTQsWiE4SggWM2+zGrlfpkUaRwHgCMj5ukqNwoxN95QM5ajxRo2vAIXRYFatQnXI/en3WixS5&#10;BB9KQB2ufWsrx678H5/+knn93HEMJMXv60CSvLWpVkAMfENaFFq79wtqpkvAoiEdRKGOhIA6NgYs&#10;DEjw3hmBkiJM22O+j07BbaB2Cv3X5MmKoJNx1a1JUK9z0T0PlD1kgqjeAIfnghhzUMaEgCYFQASU&#10;/FpWmcigMlmDKQ9KZucbMLeQwcJ8AXNzNai4PjRgSOLjfrcK7V4NOoNZ6BUzMLQNGFCQh6yXNmmk&#10;GRPcIMkMpt3xn0cXhl3Rflh2C5ycmvCPP4Bvf+ubcO3yZaj4AhZBX8d/BttIP/Kf52a/6DRhcKk9&#10;zN/s5sU3Btnw+R64t3JjzqrdL9KWaKLhtMY2kn/B+38mpiCk4QMR3GvnX3ZqK86PWF9kNpNmkky8&#10;Mxsei0N8XbDELYzklWBjDd9Pv3+R1gcn85Wa/z3GBTDtfVi4fR5Q/FJm3M81pqenlg4dookQWtki&#10;eMbzHzg2C6JQRJyKkHB+CFtba+TsRk2wzEieTBZT0kUsT1edJpmHPd2FvZ1dxmRqlVLDiWbP9ZfQ&#10;45u333r8P9u3b/+n8XVX/TWCtSKGAmP6+v59+2BmbhbqU3UCJBgoXMNE86oRtsv4uCkByLvnLsDv&#10;/P4f/pcrGxv/2F84lpbCAoJXtI4O8cuFhe/rL74Mb7/2Kol/C4gXM88LBqHYJ01I7BEHihQ3i22w&#10;xw2Dk0LbtrwqMvlFxq7qypSMdbXoK5RmlRb0UASKEZFwTRFC5qwW9q4I9BinKm4JEXRh0G6SSYiu&#10;xjr1KJ0upCJhHaeqS0X4n7D5xMmQEQetonDhXLJE6BcnFDZUkkghIgpB8pptKe46uTjTZG/NuhBh&#10;fpFctzZQ23gxsrKZWbmdUsPYwk9CiqSzT44pujgbpS+5mPptohc5TQQq3LVavb4Ch265BX7ghz9B&#10;SarYQUG+7wvPPAvn33nH/9yCLRSHesDCY3F+v3EC0sCQoolJmKhNMnhA/nCVaQvGX7u4CW63moBU&#10;KTIzIDvlnIwMsOjAc6z4BRItpKuWJyE6edACXsXn/UFv+PBDD/7U3/3FX/gidktLI+3S9EimILI5&#10;EVAS4KE0LPWyN5oDEqYsKRUrTtBcEPXDe9ruprkfKatulIKlGpCx/mN8/EWchLiEk8WFv4vfjxAE&#10;y7kahtLJEQnknC2iAGSoNq08KcH7Di9e+PD5/+3//AP71rklmrAKzQpBDE/kWQtRr3KSNOcKxsl+&#10;F3jqjkUeOWuJ6QU5P1oGCbgmEnXLSGcZ2Bp8GHYCtrkFnZTnXEGbJO/BjewBJgQTlvkEGHRnaC9w&#10;pFnI1OnP2URvg+t1ERuEQjl1kqeE1Co8N4Oi4bovJicrsLi3CpN7LOzfw0L5WubrCP8m93oVDxAm&#10;oW3noW88KMmm/XtQJ01IYdWqnJ8ZnY+KvgcgzRYU3ZxBl186n790Hl49/U3orS2TrnNzkG81h251&#10;O3dvtB28MCiKl/05ve3P9i0cSrFukkEECegliymDSKnKtLMvTT68RUVYADZo9uIUG0ADaa0U7BIK&#10;KbpFzYAKobJZJWSc5KRZqhGtiqxm/Z5Tr+EkoEEW8Tj9yKXZV6ALJ4JYrKOK/IF+v/cr/Xzw1/cd&#10;OWL2HzgAXQxCRJogugdo1EC/70Evg2nc45qb6+jqRgF+JtjBqwVvRtMYdOskJkfGGwiH8ya0Mw+4&#10;eYSWh7wxpfs5ii3oI0Xv+SOHDv7c3Nzis41qnSYp0wuzsPfAfth/4BAs7V2CqekpYh0gm4EZDRnZ&#10;61bGkeY3LwB5+ZXX4Q++9OX/rtlu/0P60sjiMxQRM1EdMxamNaam4OqF8/DM17/Odm4iNOMvpQqz&#10;eXEyOn1QClIqrrY8/aBusHFEv6GiTrQiQQAtSbBKR9LEVUuWqXEygRdzvz/g22dMd9IUWM7ksMmg&#10;Qz8nmYoYTQSPSnbnhqLxcIHWlEvgUkhyT+gtqgMICdbiJmWSYk+JZbqQl6xxIcmRSOUYyfMY2TTT&#10;sXxI3A75Ho44ltTRG7Xg04VSg6gkhZtdxmypU86ALxOuLoRODouzbYkWVsqrSIL0WPsAJSoRjtF1&#10;dG1kKoXPhcnoaOH42Md/GI4cPUKiQdz033rzLXjjpZdga3PLL7Y96BJnuyA3K8wOwckHdpBwwoDX&#10;AIf7cUYKUi0GOSckEw3LA5FOZ5v43RiYOTE5SyFMeO2BBExWaVJhyWUly1gzhN0k1rIUX/6VX/77&#10;n7zn7rvb6OoVwW05ddZImEdFdSB4fjKG1hwAEzYy1evo5uCCQFWnMBZMsOj9INqPdAKya4E2noiM&#10;j5sBiBRSIGnAnQYrmfjfEO4qad2Ou26cITXgfCpMu86HbEuK38neubM/de7X/6/fgu+806hJJpVO&#10;PagoKwxUraaQCwugiAu60oUxRnWgHHzcb4GFyukIh0/H0TREHx+xUm7ZElj3stwkrTcFXc7ENEFc&#10;v0CcmTTOwxe1VdwbcR8nkbUvXv262cJU+ZzBTwW4+HT+Tur4hcVpVfYQnGXUgelKalefS6gf0dPq&#10;/pVNVGBuzwTM7mvA7FIF9s85mJlE+pYlzcHATUHHTULXA5K+m4AB1GDgQQkx51BP4Nfv5a1Nd351&#10;dfvpN76z8dyb3znr/+11X9S/4Z/1jD+tt/3rPOPBU4+mFmE/Fcgljb/MKtgwATxVlOZNn1kWLdPx&#10;9kT7otSNoOm06m5lshDKl4WGlXyW1LAVp0OZqBgKQK6wyBrzrBqT0MDG2dQMUYZrFPxXEeoy62Pp&#10;8kW6OGWTFLSXIYWw3Wn9SKff+a/nFhd+5Ojx47RPNdtdMgXCc8SmW6vd5BqO6HE5bKO19MYqW1Lj&#10;ficMCCsJ82SOoo0rdWi0JtRaOhHRKAUj1zLqTfrdnt8m3f86OzPzD/fuWVrH/Q6T3Q8fOQxHbz0G&#10;+w8eoKnHJLpcIfDwAKSO+R6VcbbHTQ9Anv/2y/CFr3z1f2r3+r+EfZdKpU4FKnphqwe4EXF0Juj5&#10;a1/8IrS3WzxidJGzrmCEJwwORt+PwDOVQQN9iYEpVE74q6pfIB/rQoPzXGBL6dg4dONl4cUAmw7a&#10;/4pHuMtzCdQryl1hiJuRCuGMuHKBiXz+aA/kQt5I0HDIa3AmypM1ndOZpMMUsjUgcaHi/ypNCYvS&#10;AbXfTLTBTZKAQ+wHxClLSBORBVbfMwISKhh35enH6CRkFDSY5LyjwkXDIl3U9uhrTXmaOu1RZyYd&#10;QYcCu8LjW8sj5ywTwZ1JFnbUZXhg0GxtwR33PwgfevQRokng+71y7Sq86q/T8++eY1BFeR+GRIg4&#10;MbEyIs5sTCF3MsHa8kBhffU6tFobNAWp1ipw7NgdML+4RBOVbUpA7hL9gkR2GW8SSNXAAKZJvzlg&#10;qvr05CRMT9S2f/BjH33ntluOvHngwN6XG/XqN31h8qwHpluFiAPjtMeUckjo/MhSUIBHIk6PIM0G&#10;62LtsFE/VbJNjLW75n68PwBRp7lIUbEwnn6Mj7/4hzpMJfFGwhJW+/Mi6EOC57blzCl2M+L8JSqo&#10;8U/OJKnOxQv/8bv/+6f/+fCZl2GyYH1DYbjhRS5FJkRqBFYy9buEW48FvpHFPZcvJIKIoWAGBSPD&#10;QnKXgjW67KQWxBIYRJTONONCmoCUl54YlBSiRaGJBwWp+1v4tbAy7wv/fkGd9A2/PrY72zDsFXC9&#10;2Ya+GcJWLYerpoAtN4AOJ4HQ0l+VNb6OIXi2yp1+5wJ1GWlhmTY7xACgVzB4qjQszM7W4eDiNBzd&#10;04CT+6fgttmG2zuZ9acrtrOyba/9s2+uXtrKs/N+Rb6w0ty4cHFt9Vxzu3nWF+QXK9Z2Mm2KKQHa&#10;SGyhseHfQWNClNKKgENs8dXSHySjJaOJiDaGHE2x6P8ykNcWtRK0fBN9i90Ro726uhraMAFHgQ42&#10;3Wr1CWqQobPUxNQ0NKZmKXEc6cI1nOLX66R1oeZUoFIXdG3kvZwspSkssTuAXr8L7X4btrean8xq&#10;lV9Y3L/vE3N79tKLJb1Lty3C/sxvobkHLzlla/V6LVi7vgYtD0bItY1E4SboimhvVu1Q2mSUfczK&#10;dZaLCB41wL1u+5v+LfhvJusTj8/Oz8H87BwcOHQIjp+8w4OPW2FhYZHMYbApijVaBU1gUDtUYcH7&#10;+LiJAcizz72Ek49/PHTFf8V21oUURZa6GOyyZImugmADL6JXXngBTr/+On1hGHAngmah5GjXvHCx&#10;sw/gEpGsCSJabUiR6MlCFP9K4W7FhYIcFhJtQa4Wr1JcFRIEmIkGI9rXOhHnOTXWSnI4ApsqAgmd&#10;1Ig/bSrSG81nh7SIk8mNDsltiBqUaYeLYvDSY6YUKAPSURcHlNBd54AoW9jwPupEQe+bApWSt6pq&#10;NQCCcxgkr1OBiJXPUMMU02JaNSIqUNROSZiayCLv1A4YFyoBQxUxLiBBOyaqinMZvh80FRABHY/c&#10;WbOzun4dpudn4ZGPPQaHDh6kNiBOt06/+Ta8+OyzNA1BFw1br9DGjrxZm3Q58dG22224vrrs/6yS&#10;4w2ez+z8PNz7wMMw5Rf/ra0tuLZ8DbY8AEHgMeU3BexCUdZkrcGWgPQ9wOtsQFs6dfb88x05eht8&#10;9NEH4bYjB4usWrk4Oz39hZnpqf+vVqt9Uady6mpWrVQFHFnqMmUyYTGpO5bSrULWDUQjA5D3PzO7&#10;Tj9Sxt3o8mMTV2CX/D2JyRkf4+PmmYhA1DIUwvsvNGC2cMlaZgW4BNSQiNidTN4NdK5e/eWzn/nt&#10;X137/BMwvdWFujg3YV6DI0tyFr+TSFymEUaQvxm6kOVDjSPQZG9x46M8pYJ0IUM592HBZ4S2rjQR&#10;0cRztKrNWb9YiC4kpYSGaSc/CJfsUw3oT9Zhy+/t7S1fzPrCdXO75YvUIVwqOrBWGULTn8uq6/nV&#10;j+hXxDTzRbyJJuM6XgKdI0FkreJ8BTBFtoPB37gk+ztu+/tt+fdh3T/eugdhm87ZZV8ILzfqleW5&#10;qfrV2UblSrfb61xea3WHYjeZKfXJJIwC46JWTquCcCqWspOM7OuZjQ5VWbw1N8WSRpuVqb/uleok&#10;mRrJmISOxRkfRXDBonDGCouzkQqsSeJIEa5MTPg9Zgrqkx54+L1rYnKKqFdV/xnUJyaonsqIlqX1&#10;D4NUvJaQkoyTD7ye+v5zQlpgG90hWy1ot1t2c2PjJwaQ/+zswtxPTs7MVfFx0dQHBfk9ZAAg9W3A&#10;Ker4eIN+x+9/Tdje3qK/W3EnJbBkqujyGN4va1MLf0dTQHTX6jSbrw4GvX9Sq1Q+PTkx01+cW4Bb&#10;jt0Kd526G247cZKE5o1JpJfVWWheZeBRISoyUxDHU/ibDoBEJvhzz78EX/jyE7/Wz/O/p14/wZEK&#10;TBgv5pIEiuCjubYOTz35Fa7NtcgaARvBDQiKhGuopXghRXUspOPSJb+TkCNXlIvyGJ5jOF0cIq83&#10;zFZKVZhJeLCuxDtJgUt5KiC0I63aQCYlctcsy2QKAjGjIyn6U95tSqdioXLUkzhXBH6ljtVNknCu&#10;Y3WrryGtHh2E5O0baT30vBUkmJHbmiT8LlSoMnZ2icgRhP6lyeCp+DwFMeKzyw5VWQOmpmdg3/79&#10;tIEur6xCr+W3smGXJwAyzlVGcuDLYnFuMkpExd/jJGS73YETd94J9z30EEyjt71/jo3ra/DOW6fh&#10;jVdfIe7rpF/UscAvJMARO0Wb15fh8uVL5OiWCYjYt38f3HPvfX6Bn4AV/xhXl5fp+RYWl/xjzICt&#10;1WhyhkI+FKr3em0sIajowPRcnNZM+I0ChXTY1ZmZnoTZ2QlYmJ2mKcyehQW3tHffl/buWfrVxkTj&#10;qwzgLAF3TnPNWAtSycJrZp5tDJhUql/U2Rh2wsmstvJKwYOhuwo3Bh/jY3yMj5FdsFD3wGRSoqYo&#10;ZNMOobkWmlCQTLOdNjr877rd//niN57+z9/9vS/A8PU3YGKjC42CqSUUppvzbXOn2VPyGIXk/lBc&#10;kwtrOjfasqCvMzr9txCE4eSghZ1ox7qR3DmxBmZwkhcm+u+KNp32HMfAxS9esJVVYLPXgo31Jrl8&#10;XfZr9ErRh9VsACsedPSg6Pnnetbf/Fm/Sj3j7/Ud//OGP4uGKDZrhtsidZHC94SCjafV8bdDUQIO&#10;YYZAee2ok3YDX3j2g6Oks3Fab4owpcHXn9no2BhtztXEJboFsguYKSk1WcMRdTc6iSIGh2Sw0F6P&#10;xrjJJITvl8kEo2DDE2UHOKbUghiG8D5cAeJpSXOo6gEEFtpVX3BX6hMwQdOOKXJ7bEzM0ORjYtoD&#10;j6m6L8YnPPCoMQhpTBBQwekA054K2ndo+pHz1C0XzSK7TCEdsPBAogvdTgdaW9vQ3NyE9Y21D293&#10;2n/bn+OP+n3ndnIPw4m+B0L9YiCupIboxWieMMBMFL9H9sj9bUj7J2v9M6FcM1BHTUmn1yEHyU57&#10;+2v5cPgvqln2r6qV2vb89Bwc94DjngcfgDtPnYK9+/fC1MQUVOtVnvjgxAMtdiviGCbAzzkT9q/x&#10;cZNNQL7z6uvw27//hV8bFPnfw6JzQKnkbAMXMwB5NIwXP1JI0Kr0W199Eq5duuwv6ErS9TeJpiHx&#10;wnaFLBqm1J12CbXJpFMCE2lHiSkgJO6AkpgXqV1WFq/Y7WGLXif+70EjsQsIi4E8pmT7G2wLIVZ5&#10;6esLuN3EiYpOB1gnYMsAwERaEHWrXGxdGxP9tdKALeU/UfEpWhkNtIuvO4osDZRFl2nwUBBI25jI&#10;HiZdcq64EBeSWFvIQm+FyxpmTgJSNIkxfO7Y7aFgIg8e/M8Le/bBgx96BFZWl6HrC/fFPXuh4xfJ&#10;KxfOw6Xz79LjspUuENUJ8zesjnjF1q8irlGoAWk2N6EyWYe77rsXjp04AXV/7aFgc/X6dTh/5l14&#10;+/U3GSz4+7X981y9dg2ur14lm2gs+nHcvP/AQTh1110kllxZ24RVD4owwXV+cRHm5hZhenYetjB7&#10;hGx6t2GywTxV7AT1B6hF8QB8cpp4rdMeeNSqFUpvnZn2gGSGA5TwfOfn5vymM5H72/2TvXuXfsUv&#10;sj1yOalU2NZSQAjSqWyw5NXQQe2uCXgQQKh6EqNhhemCE4eJpQbujax3x9qP8TE+SjmvtOa5ZLJI&#10;7aU8bWzFhksx0s+Sppiv5+wP9be7D6+9/vqHlp95/sTGMy/fPjh7bqm2sQ31gSH7esisNJu4yVcM&#10;gbrl+D3HnBJjpAMNgk5QhxkGMEWcOeiUWs4lVxMWjGYtGG8YZRiIMxEbofjCtWohn5+BDX+fNb/O&#10;rW404VqzCZeHHbiUddBBarPv8m/4+33Orzdf9E99FmcmdqRhFyf/Jmgog0X+yNQl7O1CdQg24sIK&#10;KO2qAVTE28caIKOCOM17UaPCaEdOiEwmGkWgmRoFL8B6DquUYmkOZkrbsmoMwo5PKIxG0gFRs2Sy&#10;z+Akk8/LUm2ERbb1e2DDAwmabIi2A/eg6oTfHyaRajXLjlAEOGpkPYtOjdVaXYxTeFKOQn7aC8GG&#10;iTtS/xCIsHmKABK5jjC4ER0iOxicubHFQGR9bbG5ufWhzdb6T3W6vUf8HnavB74LeDnhtAVRRrPb&#10;JkoyaRyJcq/N55yF8kj3GtD0pOP/+6LL3dcrxv5WtW5e8PtzPtmYhjuO3wUPf+QjcOr+e2Hfwf3+&#10;NU1QMw6nOZjrga5euIdWRJdpR6bwYwByEwKQt98+A5/53c/9o/ag+yvYWaWkTomri7SjgvoYTsQa&#10;KJa6dv4CPP31J/0FVeVFGxJQkE4YwIWOES8yUe8QeO0CTkzqE6p5EjpJSEL4qEsEieajUPQzstqZ&#10;yMVUClEhInL5gEL4uLWpLWFSuaUp5s4lwYJJVacJr+qYJf9V8ASlTYKZsNxhi9eHS2hpgSJGMU4m&#10;AWkJgEjsWQOQkEnKCNV/h+ORUpxS0KTUH3LSosWtYCACcYXXbrxJ/MNdMmnhfaHGblf+XPbv3Q/H&#10;br+TXK1uvfM4HLn11jDixS7VmXfOwIvPPg+rV67A/Mw0ARG8HxbvmHrOrlh5dBxBr3e/sPeH6OXe&#10;IYrUbSePweFbjsCEvybJLWu7DRcvXoJ3PRg5/dbr8ObrrxDf9eSd98CqByJTHjTce+oev9gO4Lov&#10;CDY3NmBxfp4mHxhqWcW010oNrixfAeOfB18DVgd5MaCgp6LIYHpuARYX5/xmNITO+ga0m1skvsOJ&#10;yUQ1849/Nxy/4w7a9BCcNCam0NXkXx85fPhT/jV00JWLAgiJjsaOWJxlkwUDBBA3FpPQ6+jfMp1W&#10;vT9wMO9zmzH1anyMj1EgEkiypVXTqUi9GKFnudH7y5pM000qsrJeq3Vk693zR1dfeuXB1ovf+XD7&#10;1TN3uWurt1R7wwO1Qppkuk7jhHaQhyBSCufV8F0oN7lorafJhxqx8GTdGha595wL4nPVndCjuCG4&#10;qSp0Z2bgUqsDV9fX4XJ7G17tbMCa6Xe7HnT4G33G39eDDnMmaiRc1DbIlMKEeUJsF0LSlItNxUKV&#10;GEI93lls8lvM8xTci8n+XoTPAbwkbpMm6Z6E5PgAfJhOlSndWEoTnEoUFExZhH0v07wO2dN1gmK1&#10;GlBqrIySyYbXiHU65VX4IhuT2FFQ7fck1HJgAC4a9DQ88MB/a6BV8AQDkNrkBE1B0OWqggV6jfc6&#10;i0Js0gZyMC5pLcn8JCPw45KIANJeDFl7QVMRx81hBCjohIkgBAFFp9UmivLGGmZoXfN/1nAycmyQ&#10;D455wHP/wLhTm+ubt242Nxb87afyvKj532UD56FNXnQ8UN30H8oVvy+/7nft5/yl+rapZqezzKJh&#10;G0xNzsDdd5yCRz/2GNz3oQ/B4tIeasAh8EA7ZGxOI4uBSA02sf3HfT5pjKbarPGWdJMAkJXl6/Dp&#10;f/WZf7DRav33xE+1JllExenHF0tGULcW2ojUn/7yE7C6ssyhO06//uopXSSLpJFAGhf9y8MYNWog&#10;ojBbbGfBJHjCxakECzP42fQxIXEYSShHJlgRRjDgJLwpaHvVtUtDBKPUe0c1FzI3ACSxVCcIMsmQ&#10;hFBXmEQcDlFYIrQqXYQjiIpmLAG4pK0BBT1KBhXgllnhFctjk52fi5MTp+ecbqWlCYiTYMFih+Dc&#10;ACT5HS44eOmmYZMOEIi7GI9q+TwWFtDj+yDYRgb3f+RhmPGLcb/fIxCRS9Iw0vjQ3ODNV16HV198&#10;EbrbTZioT9A1hLpyWsTrkxREpHSvoJ9AG1z/eE2/wFYmGx6EHIIjt90KC/OLBCxb2x3YWluDd8+d&#10;gzNnzsLlC+egub4GJ07eRaFQKDbf2NiEhdk5mFtYIK/1emMaOmgDvHIVGpmDo4ePwHaz6V/bkESZ&#10;uBkcO36MwM6ld9+ByxfPQtdv4CrQUwoFnuftJ47Dxz/+cTh09DDRwCZZT/LpE8dP/C28UaBhZTGY&#10;MGpAMhHijziJ2ejI8kE6Re8HLsYAZHzc9GOPXb5IiYmgTJMTh0J1P5EmUemXI9PIQh+E6JWRMtte&#10;Xobt02eObrz0+i3br75xqnfu0qPF8vX7G84cLjq9wxWnbkmyX1giI1DRCSbJmRLAoRuNsXEiQh1x&#10;iFlaROUq5DEXpmDZ3/e162vwyvoKXOxtwToMXx2A+4x/3N/2xe53gq7PuOge5dTlCUosBt1xuIkY&#10;z8cF8BH3U53OE1iS1xFoZaW9N6gfS8wE1XhkdO9MROecwWFGbseZHfFfkOJaMVkogF0yacnSsFhn&#10;YxaTFsWkBTGSHl8lSlHNb1I4uWjgVKMxzfSqiWmiVmFGVXWiQb9DvUd9grUdDb+nIQWJQm6rNcoF&#10;41wo/6fui/WsKmwEzQupSnYW54gYoUQpwwIkboACMyl3oyCKFDo99rpDomQh46Dl9zGciKx5sNls&#10;thCEwJVrF2Fl5Rq0MeSR66lJf93Uh67I/OMM/KN1/WfVC7m3NPkpaP9dmF+AU6fuhUcf+0tw9z33&#10;wrzfQ2tIIZP3pFqtiMujCd8jk9Q0ZH8MqXYVgg5nDEFuAgDS6fTgN3/rd/7Tdy5f+HVcuQhNB+VH&#10;uVNOwwfhBNb8l2ZtdRWe+vKXmEMJUJpwgC03h4xL/hLa7VYGFiYU4alrlkkoUUx95bMyJoYQstVv&#10;FsELQEnXMEozguR+2rG3zuzcg0pTgwBtypoSx/oP0nHIDqUaj/T16CZkXKRe5TJ50ddfAj3BBtLF&#10;iUji1Z4CNTMC0LTiRF7qMM/LE48EWIRzBRZE439R58DTBwiaFrXjtbbsduXE9cRIHggt/Y7ZvggO&#10;0Ct/cnIapufmYenQPvjYD/0lSk7HD5JE3MhjdXmw/MP3EMfN6Mbx2gsvw9nTp8mBimlHmK47ATPT&#10;mJI6TZ0U/QTJrk+6gDjN6PTa9DyzfiG89fgJOHz0CMzOTtP5ocBubeU6XL16hX5eWVmBa1euEt8V&#10;x+K4oaDuozBVDz5WoFHN4bYjR2FtbYU5r/58pmcW4cH774bm1nV4/lvPEDDh8LE0/d0FLQ9ydPE1&#10;PPLoo/CJH/0R6mxNYjji1PTPHj58+J9rkiwHQgnHORGh07RD80AUiKSaENhdaK5ftw8CLMZL/fgY&#10;H+//3diJMVwpZZ2E3MbsOhVJsY4T7Z4h4a2AFJza+v106+x56J1598DWG2+d7Lxx5uTg6upDdqvz&#10;UGWY3+rByz5fFFccM4p4N9J9UfSE+uT0OxtzPpzuNzjR9uvn2swMPNfdgmcvX4CL3eZa2ww+54vv&#10;/9vf5Un/HH3KfJCSvkqOfRlUahyGR0UlTnYcm8AUknSt3fchO9cEq/xCtJ/q1AXBtF7tW11wbeR9&#10;0oomxkGSuStNtQhKjNNmjwtZX6pR5fuqdiQKzHEiUhHhvw2hu1aapkCvychkxwjFihs+0vBCLUeN&#10;dQxIqSIw0ZiifaPu/9uYbgjwaPg/EzT1qEyw6BqD9yp1piJl9Sonm6P5CMY/+fdVG1Gadk7BhtZR&#10;k4rPQybkRHnOYhaJTMqphkC63bCgvRM1jpT90eepfU/CNIf+v6iTvI505bPvwrWrl/1+uAnb2y1o&#10;oc6x2yaKcQ/T05HuRZMi0cj4c5z2r3v/gcNw6v774aGHH4bjtx+HyZlZmnLgtYHvDe/LUJpuqPuY&#10;SwWyCV1OcPWYfnUzAZAvPv61j//R889/3lVMA92K8iC640kHFpNsn2vCBY7XD3IaX/rmt+CdN1+j&#10;AlYReCAqqVuPjIV1MTDBscKFVFZdlliULRep2c0xCqL1bhSlhM4/BbsqTUsE8JkIm7UoVPBRSgSH&#10;GC4HAkhCxyihWUXHrESl4qLVLkiHiVyljNnh9WhkdB88OgxowiKfW5jkkK1IKcMDAmXMUI5K0H4Y&#10;E2yDo5OVBB0Oi3JxuYvtrpVUeEhyObBDRFaOogkJlsqQdOIDMw+fqyr0OKYS4ejXIGnML5z3PfIg&#10;fOSxH4Bur0sLMFsI5uKMZaA/HNDjINUKF0pcIHGxX19bg9OvvQqXzp2HQbcLSq2rVydgenoKZudm&#10;YAJdPSAmGmueCF5EbbQd9H8mZ6Zgaf9eOHT4MBw/fhvs2btEor2tZgtW/XNsegCx7AHJ9toWXF/b&#10;hFa3D1cvX/PFRBeOHzsG6+ur9NowRXZ+aQ987COPwJuvvAzffu452ZSqSUZLYjWsUyNciP35YDr6&#10;3fecgp/4tz8JB/YuQK/Tv3Ti9tsfnp6avGbUIz5LHLCs0KvEcpe7burAAiVOdfrRuvcYYY+BxvgY&#10;H989CncOUhWirD15COUjhz+bGkCZ3ScjLmkEQdRNcIEpN0F3o80NaF6+Cp3T78LW6bf3dN65cPfw&#10;wuWTw9WN+0y3+1A2KO709elCJavWcf0v1B3EOFAvSNI8YqPG8jR9uW7hNZPD165chsvN69/2t/kN&#10;f+6/XSngjDW57EyZL6LZnWlmdg5mZuagjho3tIz1hTIefdIfDKlQHQy6tKaia3y/3+asFP/3gWRO&#10;DXMWSTsRTlMOSMF2+AxUKJpR9C3abMuDK2JgMhg2Eg6tON5ypCaIgMUIj8Em1GIN2U0zQFwgjpkQ&#10;Kutkyo+6RW4KVYgSReG2dZxc4BRjimhU2GCrT3uwgdTaiQkWmU8wrQpzLTKkHiEFqVrjnKsq/4zC&#10;a7K6JfAhgYX4c0WyRIiqlFFwrjEQs6EyzkdxQheDEB4ogEr2CifgLydaVkH7MTpk9VG74d/fXrdP&#10;Riy9dhtanR79jBOSdpunJBil0Ok0MWDXA5cBeQXgflavTcDi0gLccttxOHLLLbDP76s42anVKnTO&#10;CFLDpMMkYcV6fWvOjlZAoUltymZz403q5gAgZ86cm/+Xv/N7T7UHg1M0rqXij7MvyDdckYB4lOuV&#10;5aST8dSXH4fm+kbkgiagImgjiiJ0H5wZWekTKlIQqYepRLqGC42qiGFKPIZ2IZgwAGqhQOXymOxQ&#10;FacdaVq6bgZUJGp6rIAWBRlFsvu40d0ocbQKOg8BE1jED1W0KMIwtZgrgoAxdoPEaZjPA9iVJA0T&#10;dC46epnSOJptFm2wMRY3rVQYCNHhKn0t0Xa4PPqJ2py4Q5rS9MNxdwYnJH5RpXAq/5ionUBKFS52&#10;eI/7P/Jh+NgP/xD0ux3quqHouoep5QaoU4JiNkcbFBf4kHiWZGJ3snF9Hc6/dRounvWb8OZ13tyA&#10;Ayqnp2dgYWEP5XHg4ptLxouK/nEDQhCy3W5Btz+gTXBisgGzs7Mw5TdVBDHTqDmZaJAmx/lrpeeB&#10;0pYHIsNOH86/+y5NS/DzXDp4AP7yYx+BF771NHz72y9TamusHiKY1ewVZ9iWmJyq8L3x54OOIR/+&#10;yEfhk3/1k1Aj3nD1H5w6dff/wFkjHERopdOlvvLKPdaFvTTKTrLJSrmTN1jE0yGkGQOS8TE+viuc&#10;MjoWwUaPMaHSChTfiFJiQyBMQSCGyTq328TExY63fLcLvyb1N9agdcWDkrMXYOvMubntc+fuyi9e&#10;vae7snE3tLr31wb5vRXnloyzNYoARpqp39+ue3Dxll8LX91a21prNX8XYPAv/Rr7JV9o97FYnvHr&#10;4NzSHti7fz/sOXAYFvfth8bcLNTQTdAX47lfl3BdH+I66tcr1NPl1FnvcQ4FOif1WBQ9HHao4573&#10;+pTGPsy7BFYG/SFZnw+JHtQjrR4WyMSqQJGz/73ShxxNVAoGDSS3ycWxi984ozUJRBdJSw01rWTF&#10;hteJkQqX5mFH5MZOFihWmTgR4iQC9zEUS1OYLaaRT83A1OQkTTxqHnTUREReR5cq1HOgNXudBeT0&#10;M+kWOTsK13ScHLHJCNvL41pPUw3Ldrak56P1nzOrjBiS8HnxtINcOGX9V4ovN1IzUJoZXzamFH5L&#10;UiWhvqOjFb739DniJGSYk44S3/McQzVFR0KWvMNBsKFG2iBa5iIgxcRymubgFAh1HZlkhmQypR+p&#10;5bRmSLtjSrEyUivpeQKMqcA3DQDBbvP/+1u/98unL577VeKQDlUQDcH+jgvgjP5BxdlAxV/NF4ar&#10;8I0vPQ4hfA/K7k4BX4SAJw1NYl5qKNSK+OVxIaXURWCSYJUIYuJqTbkRgVLoguaBwpUyW9oIRoP2&#10;VHti9RkCB1WciIgCJQVtkosxlGJZpeoJizT58rng7pVGbwQ3dHm9LoxuSl4i8f20aj3soqe5icFV&#10;JnCQYyfNlc4HStMeF157Ea0LtROhE6KSU5cTFyoBLPKC8De4COEGNxw6WrzxbWltb1OX5YGPPAKf&#10;+NEfo0kavoaO/3fM6zj92use6Pbh1IcehOOn7iYnDDQ8wJNAL3HcsECctBR4Ip2s22rD1UsX4cq7&#10;5+HqtavQ3W75Dcxvfv51YGdqYX7eA4pFzhSBOL2jgh2DnAwLBZ1OTJyFdaRjXb5IiyfSwSbRk312&#10;Gg4eOgSLe5ZgYnoWQ53gyqXLcMeJ4/Dqi8/Dq6+8QhtTNDsYDZbk6yxDMSKAmDlI7ol1tOD/jb/5&#10;H8BjH/soXLly7Y0PPfTgwxMT9XaYcBgOzCwJz8V7PnFcjla7N5iC6N/NeAIyPsbH9+0o3O4wxWmO&#10;SLrmFkVp4p9+L50r7WqJ4Um8taZhmyw2IfKeL+g3N2F7ZRm2L18zvYtXptfPX7x98+rqA1urq/ds&#10;bm6e2thq3n+13WoVef4bU/Xa/9OYnXpnamEB5pf2wuLBAzB/8CDMe8BR94Cj6otshwJt0VJSQTrg&#10;CQbljyBoGA5Y8DzAYnVAOgPMBEMbWAQmAw9IUIvQ7/ritt+l3yPQGPj1GiffmCCPVrF9+vuQAA2l&#10;ylO2xYDuTwAEH7vPNrMIRPB3BWlSh5JM75+/EGYBxaNzbL0Wt0G/Q4W8hsCaMFGwtkaNrCoV1Kzh&#10;QBpVfcKDDl9wNxBsIJ3KA46KX/Nrkw0SVJMT4gQmlNfZxRCdqmQCgPQsEFMRmqAYI5brlUCjYqqV&#10;CT+DnJORsTZnYJlgMKBakJLBTcm7MNpBj/qFupQp4nRf1QBK+UyJ7eBoUkX0ceZgS/1haeqFDAUk&#10;F+BrZcE+70eFiTloSldLo91CVIFNaj2TmvyY0hdhPP343h+VP4sn9fbps4sXrlz5eeIOFhqGJDkU&#10;MuGo2CqhZC68sfjMyAUIkW/bF5S4MOCXpTwYiDqIKH7mn4vkKtMi14lXqKJ65nVmvrDMw1VMQm8n&#10;Yj6heoWkzmDeHkd8KdBIwYYK39P2r02ufuWisuW7UKkS1yxNJHfihRt1FwWkDiBpB6JS0dA6HgaZ&#10;wHuUYEc3lPNKgwxjcKMCDKvC87Ti1K5Bcl8nVrk7MG9S0AfPLH1NLi5bCEJpUQQJHbQ2OJrodMLq&#10;50qaoZwsd5G3225tEaXq6LHj8IMf/3gQkuHrfumFl+CZJ5+AGeyg1Cr+5yfh7FtvwX0PP0Sv48wb&#10;b8CBI0fhyPETAQhpQCIujLj4H7vzDrjt9tuJztTabMKW33jb7RYM/N/xLOvVOswszMPUFHuoU1cK&#10;O05VXtAzsQ/GzaW93YZvPfkUXLt2mQTre/YdgGZzHc698zZcfOcc1KemYMlv0MdOHIP77r2XFs9W&#10;uxf0KlZsMElwn0yo8FpG+gKK5pFzOzB97kCZnDJ1s6wOT37lSXjooQf8hte4Y2Vl9dETJ449iR3C&#10;jMnGnK8iYJO7ZGWxuXExcN6NDuV2DunGx/gYH3+SHUf53irgUMMS2gNVxxBsZR2YtDkV9pCkvkyo&#10;yNSgydNn82vKwh5YxByie06hNKTp//HbvnD/9rDbg7zbgaLTWzCD4dBktonNJMw2wi49+P0d58mc&#10;K1EQnYqnEkyVIudhoVFxbZ+HLjlNovF+Q70t7x1DpFZhzZDzNAQfk5owpEvoU83Q96CpICCDwKPD&#10;wmmk+uA54DRk2KeJybCH4KYHgF36QU42yAp4hkPWJyCgASmmndCcTdrMFLcqmixQMG1Gr52ABArA&#10;MWcDAQf9mQLr9wYMsm3Up/zvGvQ7pE5Va2KJK2Jxiw0mMQ0xNM3IqOGJazhOP3DCoQGyGqpLaeaq&#10;WQxT7iw098I6b7JAc46BsiaEGiaodmRqZkb+C4HCFYx7QIIR6f3hvasmT0IAx0n6uRFljDAdrI3I&#10;wiYTdyNByzYNj3YxktKkrVmliqXOPIl19XivulkAiP/E33rn3F/tDfPDRcjhkKAjHYPZGi02ZAOn&#10;PXUUzCKSx6IyV3csE1JjnYPEbUrr6CIKwqVQKwXm8dXN41a9JjFtXb80EIMFnegg6PkJTRcx+0Kq&#10;r0IWHs39CGDIufAlL30Zk06/KWLRZ8hasCg9b655HkXsNPCjWNlLCs5twOkLTkpQ75BDEMzz4shA&#10;gjGfbFCJOD2I35POutXQxtKC40j0RSPs3EWqmjHRBUuzT7Q4NtHTHhdI2hjUUUXew2BVHPJATEKd&#10;c2HKkvlif0B0KKZLoRgbR/H1iUl47OM/RHkYyDmlx/QL9an7H4CNtTV459Xv+MdgjuzGtWvw9OOP&#10;08KOG0yn3YelQ0dg0hfw6o4SLhOiVvFUDn8/NzMDh44cosWecoJ1I0qIc0aDHsVHnh3DMjjz1tvw&#10;9Fe/ChvLK/Q61tdXUIIPd9x1D9x1x13wxBOP414La2vr0Ov0oLnehGMe+Hzy3/l34dzZs/D0178K&#10;6xur/jU0SOTnxEUMObs4lkeqGfJp9XqhzwQJ0hVOfF1eXoblaytw4vbjdnll9d+6/fbjT9JGROny&#10;wk8W4KGbktltn9ntqy0gfrfFfLy+j4/x8b09gnaw5JAFYV+LZitceLnMJNMRt8sXVDOhzGifKRSU&#10;pSwsSUccDtR9Sv/dF8LYhGlMAiyadWUb0JQfC3nHNCbaXwr+OcPufcF5D7S/B0vX+LOTILwi6DqY&#10;do00NJpSOJ5GkONlLjQqBDKDYRCrc5ieWMcSZXfAFKF+L9jJ0vuJU5UhJ3YbAjQDmrrgJASEipuT&#10;3pA7+KT3NEXYmwvJ/zJCc7JZjT6Tquozqg0PHvyaK7kblihTGek20JnKBuCAIKPC9KeKBMdmNuwn&#10;WMjTOl3hCTb9vmplehEnLpA6agnVKlCetQaxRuySxWjHlKMLopOmtk7zyHpIqBbKblD3n5Q4khix&#10;QZCiomDcWQlPlF+k2tugr4ktVq17TBL2qPtuaUSfSj8S6rgr+xWNj5sFgGxtteDqysrfxILIFmwK&#10;jgsOWfRh4TzMKShGV1YspgdDnkgQhxGdEGbmKOuBeH8kemNxmVVBd3LFh2lH4UZqaBZsFCIsw8WM&#10;tVUVEcEn9rxpgQ7RiYoCXY0kVaS6Cr3wTVl07pJE9JK7iRNwUGCnJHIYC/nSFnm033UmPgLXxjlT&#10;Z2Qi40DpaiAdroj4nXwxufBn4ZtxUPJ1Z6zhgm97nG2Y0CnD58LPxCSjDrU3tk5oaDStcWKL68Ik&#10;JwPWxTjYJaEdXLQa1mcuREujF3S1GgX7/nrACQQW4ng9nLjrTjh8260kbCNdiL/G0It8Zm4S/vKP&#10;/RWaPrz24rfJqQN5tjiyxwdD/uyxk7fD1MyU+Ju7ZCzLbh+Z+K0bAcx4XthRY3Ao76f/T8VUw4Jf&#10;9bf3Wx/9vd/uwre+8TV45aUXeXqBVsDDvgdSQ7jS3oYrF8/D4vwCLC4swjUPjnAhRo7zpcuXOXOk&#10;1YI7bj8B9917Cq5cuQK/9zufhV53hUWHtGExMG/320H/E2hUxgaLyVqjAnuWFmFhdgYunL/4Q91u&#10;nzzTeeTNXPJMwceNewiRlrjrFOTGhKsxFWt8jI/v4cQjbe7s5nwVDEm4I47NBTcYJi1qw00SB8HK&#10;3oALYnaTIo6kcRa1h7Fbnnpq876Ws7jbaG6JC50KJ0P16BxlyDwE94GKi02p2AAsaOJAYAT3DxGS&#10;K1ih/aZgfWYu4AQdCQ1RfCAI0Z00jEI9gLejyccw6mec6DUxq4QASy4NO+BmEzWcWC+ieSv0Wk3c&#10;+3nqXZEcQplACHPCCEWKphQScOsg+dkIhVcacXRfrDUqWXCeYqcqfdwsWOOqHigKxSGI3vW8YqNW&#10;TXVsNDhwBUQ/ZQUPwoYIANMFi2POJjGxWSjvnzMl6JrmBXNTTJgVkcqtWhm+r3MKbCQxPgFERp3c&#10;Stf5LhuNXP94v0yv91HADu+fVTU+/gIBkOvr67c1W9s/gEVOIRcgnmYGXNBhZ70QnQM2NqpSDDE9&#10;p0JC48W9e2HP/gOweuUydX2h6EvXQXGzzA8kJIkNqoxGZIiOwMrqqhQW0VlUqixklquyKOIEY1Rv&#10;wvZ9Nnij6yRGXZail3Cs1qIbsBNKjX55BZnTIu6C/zq/jPiNKeeDqPuEFn+ZvB6eosQIJpuAqYik&#10;Ao3LjQQXhn9Xn3Qo6VmMjPKNdn0UbOk5WgiTGr2/kccqJBRR7Y+tuqgHtwrR0xgIY18Nn6yQO0cd&#10;Ovj54KKPDk+dDkxNTEPXF+szs7P8XOiGJdaMqH+gTa1i4WOf+DgF+L34jT+C1tYWi/EmmSN77q03&#10;qOA/dPwYTE1PUyeMxXcmLNrq6qL/JYvgwlIwYaNWh8XZeXJow2u002nD+vYG8VfPnT4Df/TEV2H1&#10;2mUCC7iV9VBzInztfq8DA3/7QXMbTt57PwUxAulbBvRdWF125OqCYOrW247C/kNH4G/9R38bnnrq&#10;G/Dyiy9A24OTaq0SNmDV66jHPX2fMM0dKrRh4+NOTEwh2L7Lfxf3TE1NXteLE0V/dpcRxijYSIud&#10;neI9856gZXyMj/Hx/ZmI0HezcKJDFOMRawHSfNxqRdi7RWy0JG6LofCEEYc7FaS7ndORHV97E/vL&#10;JlbBYvkO0cadu0xBOcBB5k7saF1i/W7FschxUeMg6BNpCi+uVoUsTtrUJG2pE9DhioQx4UhcTuaa&#10;+m/SNHNyfwVeToGGuHHixMVak9TiifDN8RSH9g6NqRd3QgpZlgwwEniL2YmVKQYVyllFAIKVtdiG&#10;xhBTxTNulFIGWAJqLMQ93JSNdtJrw5lE05kU6hSlJnVAaP/RXwvRxJpS6CKYaDdM76GJaFUNCILD&#10;Z3q9yKVQkUhIZ7T+cSGDDMudwsTcshAA6WLUvEmmHa6IF2g0t9F6wgVAlWpDDIw3o5sSgKyvb33M&#10;X6xTE7WaL8L6tDBUMc8CvwRVLpa4I1CE4hmnAlVfuA2LId0WaTD3f+gh+HavB82N63HUKGNHuiDV&#10;9g4vPPyCWBftaZUa40wi5uXnGmLStIt6ibCuJBe4C+nlvphz/TiRGLWizWPXhyUi7K2tKadsi1sw&#10;HzKMuBUU6eRB3al4CS7CZpNkfEhGiXaUohOVLSWlR8GybAzGxWgmnba4PIi6wvSDPLVtmFzQAitB&#10;UzuSZGkMLrbG+MhF1FMotU0nJyZYh8nGCTExluliPFZAEFIRahta85GrB/CEwJBmhzeOaxcv0fQD&#10;E1CNGAEgVSsT6hleO/c//ADsP3gQzrz+Glx6523IcQqC9oDtNpx/+22Y37cXZmdnCMxZ6SaRiBtf&#10;f54H8Fiv1ODwvoMwOzXjwQdbHWKXjcTsGELYb5PQ8YWvfRNefuF5f64Fjdb7aJdpgIBza3sLWq22&#10;B7w9go4IWpx/TRiO2O13ucPmX1+n24Pi+hoUg4F/fR3yTD944AD85E//NDz44IPwxONfhNOn34Jq&#10;vcLXknHBfrCQzJOKqdD+NOgN4cKFS/DhRx7B817wj3VH5bB5Os/FQfoDkGF3E59/oE7t+Bgf4+P7&#10;D0Ss2Z2ePwoqIDa1gpkIBFljyKLSqQWPAKIpiit1F1zopCf9p9KUhnWWNkzxYzGrk2UXKMkl3aCJ&#10;zo3K7XdieU/7ezV09SJNxyU2/E6ak0LJov1ffmajDqFnubi45UURhNVKPzKiVXAulew7aULK605+&#10;z1o54rQyvTihNIXQVxtBmslMCBeOAcax0NYEeJdqNCDmYe1gLjhtZpqy/aBONUBD9yC+tyb9UCEY&#10;xXCD1yT30feGPj7ObZHJB01/kq4TRwCYGPAnYCWmpxWhxkndTK0S6gP1q5zrEYCx2HiGSYZziSOj&#10;K11qbux4dXMDkI2NrYdqvqgq/JctKypQE+oIDkAxKw5F5igKw0kI2QRSEJ3wHuWaxg7zwr498Mhj&#10;j8Gbr3wHrl06T6JboufkPMqsVbIgbMZpQNUyyMlNHkZ/RbpKCo2Kindb7vdGRhMXwxrYB25nGrRS&#10;V7irIgtkSD+Xxc9Kc4ieJpMOQxGseEPGE0RbRSsj1Rjkx97r9MV1EG2LQ1vGxi+ijLs5RE+0JUV5&#10;dwpdBpOFf2EQaENwoKGJDbtVMEzJOB7XRQtbSLpkcYrB7zOGH5F3vYncUUl5DPkVLon/NckolpLn&#10;UWxnarxZyAQCFzwSUfvP/PKli/DiCy/AR3/wMcjERYU2B6I8ZfRf9KQ/fHgf7Nu/BFv33wvnz56D&#10;q+fPQz7owr0PPUiZHYWM2y2BDw6+KuSNxLe56l/HkUNHaPPa3NqAax4UoEi848EDajEaUw244B/z&#10;jx5/ApavXObwpwoL2okzPcyh2+lS8BJe+9gBw9eEVICWB0IYTDjMe7RZkxtMgdMPB80t9lbv9jrQ&#10;bnXgsAdb+/bvg//w7/wdeP7Z5+AJtKZubhLVzMlnUkimjm5oeL1cunyVrqfGZKPa7fRu9a/paWcD&#10;oWJ30DFSM3xQb700imC86I+P8fEnc5hRwOFGvIuI12KT25fpwdRsCc1j1hjw5DcvP37yg+oVQYxa&#10;nCs/73s2LGRtKu9JI9waZUwURdQzQOzsR6CSiJDl3wg0uQxKQke3yyKleV9F3IuFAkDrPa+hiWOY&#10;uEIGTCJkiNxFGizIfYy4YYGFeI7GlrzLeeJehKwRZ3a+eSm8NAmYiHVAUbK/NHHMtUsul0kApk6c&#10;TGjAplkoNskH0w82rZXMjoCoqDFRkJA+ZaTwlZ204uuKuW4at+BGriG1n3cJTo7BjxH9FolJyngf&#10;ukkBCK5PrU77Tifj1RrZluLFhWPNPnWuacTa4IKssFFvYWQBIoF1wQ5Y83sX4UM/+FHYWL4dlpdX&#10;6AobdvsekFyGri/u8KLFpOjC5tIMECu58EUohN6j7hVFgqyj6DlMPaS/Q0tfIaLywgUql2Z96P0s&#10;Ltp5/GIVKY+0CMPKMIUIY+6E0GsS+pYz+mXMWMiHXXrLvuXUWdJFUZLBgzWunCNS3HRalC7EYYJi&#10;1NXLlroldM4EHJTIqc4VLHwnL3FyZbI0FYFkeuQS4Vc+6CerR3yxoSOH7x0V/BUWzWvXyqgFoAbm&#10;gQecPXJBIZBkqyEA6oVvfBNmZ2bg1P33gfX1vtoWg4jrVICI79ns4jzct7gId3kggrdBO0Ry1hIa&#10;Ep2HtSKEZArg1sYWbc6bzW3p/rDDFY7U61M1Oo/n/Dk88/Q3KPU1q9XoHCjJ1r+/PQ8acKKBTirp&#10;RuCY/wTNzS1Ymp4knjFSyaxel/4972GoU3NLAp6GZJiAFLR5/xow7fzkHXfB41/8PLzy8ks0vkcN&#10;CjqmIEATnEfv3+badXo9ExMN6HR6t4SG5weZfuwCMN7rbmN+7fgYH38GwMh7fA9NKRNL/83KpNqV&#10;JgNawamdeinTyZUXBJN6mzpOAo+0JROe27ndJzUp/8tYk3T77Q0Bl56LS5rtkfpjQ+dNNS7WqJW9&#10;uFpC1DPynhTt9bOwTzOti/dCCC6EVl8+cR1MLJZDUWwCBaos9I8Ub76DLQVF8v5tIUE+cQu1SdOu&#10;9L4l44wEBDnjdjWViTBUUI+ACWMjJFDGhFGnyzAxN6XrZsdnmfBvjdRThdDe6amcCWHQ4eYJsA2f&#10;qSnTeMP1EIxAXTBSSUFOuDTHS8HNDUB6vX6j3ercQicmRTRfVZbC1dCNqCL0qyIvTwyZz28pzAbd&#10;h9iCld2YDh49DIeOHoWmBx3OP8befQfgwrnzsL5yjQo+MAxYaAIg41jxpeUvuwrdYvQfRP8GF4Ti&#10;eGVnJt7WOdFWgCmhalyqiG9Kjhwm+lPTBCNJUw1f5pzHm7oRFOVikBdGAQcFSPIoi/wUmMVqUKzs&#10;iiJqydQ3Qsa9gTtbopWlcMiF81WnE91w1KgVTHQDo2mLf86BG4ZX5koOFVkQy5PBnkt5qAWAPCY2&#10;5Ei4JxMBnLYQsEDHDvrMUJvDn2Gv24ZBMRRnMLqgqOjG9/ypL32FnEVO3HEy0Kbo/SgcRLqoIVBF&#10;E41qlUDGwIMC9GbH9wfdSGxCnC7I7cUDijp6kjfoeTPtvFBSaw1Wr12Drz/+JFy4cM7/vQ62XqfM&#10;GxIo+teIWo0e0qzCYuuSoEfuWrW6LVhCwIdhTJpoLnsJO7sAtFrbLLb0gBKDDvf5axynhgsLC/Az&#10;n/oU3HPPvfClz38B1jdXic6FnxnbMbNzyvLKqgczQ6j519Lc7hyAnc2pD9xhde8DVoz74z/2+Bgf&#10;4+NPBpQAjDBztGjPTKDzuJS2U7GhuDUqCIYoJqdJARTak4t4xGpnXcrcBBUZiDoKl1gFp7x/t8to&#10;p8RTKFWnUmxr+Fyp259MTtSuPzTi7I5Oi0ksXZ3mhAkrgEMFIVrUa0ifPq8bnQiUEEmSsG4Sl01I&#10;fq+AD6Ck25APKqV0QckF1JTRl2HKuDOpa2aSt5W+pBQsmOi1qXWQSfakndMMVyr6zahDln7OifW+&#10;DQ1Is0NneMPmVQKoIHk8td+FQEE3O4wZxna7NzEAGQwGk73B4AgXz0iHqTDPPWPEX69Z7lADc+61&#10;Q0+6BBI7GbJQxcKxQp3lIV1sGAhU9TXq5NQ0FW6HpyfgwNFDsL3dhpUrl2H16hVYX10hD3CaPKNX&#10;Ngl9q+wtrpZ+zoaFFrvLWiimXtj6NQpBeYYnG2VePF/4TkGOU0ZjnA5op4F1gCYudPSkruRTDUF3&#10;IsFHpICO3u6lTlESRGiJOjQc3WLKi0kIABReqorCXJDlh66VSRy2mKJkBTwVIQMkrEkyk+ZAJEvO&#10;UyQRVIqbA5mYGLkWsuR9yUV/kUnuCudfIODEyUW70yGbXX2dJtCHOOW14wvyL//+56D48R+FO+69&#10;BwbdDgSXDjEIGKpRgBHnFFm0yGce349+nAooPQz/NHRKZ9lzHY0UWpub8OIzz8B3XniJEtZnZuYo&#10;db0QK9yBf+2tzW3ynXdJ2y/ye/1zEEZBQXqPdUj+A66IjNwlCzlRtfD97rA1JTqA4TQIKV2of1no&#10;LcL9D9wPtx8/Do9/8Q/hhW8/y5oQmRGhluryxSvw3LPPwcmTJ/1jbewrVNBphAKwC9B4r0nIjZyt&#10;3q/zOj7Gx/j4UwYhyV/e2yTCQWQDFJGOrFP2lHLkoKxdMFBa90pTcC00w16XTlCSfSuAoSL5PUQR&#10;uBU3JR3sB1bDyDAlLdZt4kd5g8rU7ThfU1rxtNGm4CNNnKd9ydmY/6XBv6MLphlBVMFtMk4Nyi4e&#10;MYQWSpMIgB3eheF53Y4JtwFTon+VAR1PuuwuIGK07aRTDePMjs7U6Pno4zBuM9E2Vz4D60KMIbyn&#10;dYkrXz9WHEeV9h51tO8DZsbHzQNA+v3BdH+YT4egHiyMMrExRX2GKxKAyzarSFVBoJITPQeIflUj&#10;LQFSuBrMqS9y4YYOQ3BgvWEpZXTP/iVf0J2C5sYmrFy7BlcuXYTm+hr02p1glVetNVhgRg5BQy77&#10;smpIRle7PZd8O5WWpULs0M2QIhEg5cGaMCrVBS2uQYlblTMJHaugxUpMscL0JIQsSncF3SbEfpzX&#10;9oK9pjDoKIAWEZ07cOVk9ARosFhLJym47ORhcoPAwcqURF1JgsOJzYQiVyTpuzLZMAwomd6VWOyJ&#10;fbIzRUgyzfH5cin4hYbFGRsDnhqhg0iRE+Vo2O9Bz/93em6WJgx0huI+hpQ3MjUY5h6EfB7Wrq/D&#10;Q48+QpMyLO7ZCYVf5pB86PPYgSIwJnOZQUHXpr5UfH6clJD7iC/8m82WB7fX4PSbb8L5s2foGtmz&#10;tJ+84VEcX61XMcMKWs0N6Pa6zFvOLHvdm8R6WTQq/IFk5HM/7PV4M9VMFOHAusRxhbUgiJK2CZRx&#10;EnCOlCr/pwMLC/Pwyb/+78HxO+6EP/zC5+DalSswNTUhYHAIn/3dz8LP/fzP4zW3RI1Gj6qYfxxJ&#10;czv2vfeoTdwNFvgCxl7r42N8/LkCI6UCfOct0kmBSfIV1OqbrdcLpmq5tHMubkSWKbsuTWuPEX4A&#10;icg7ZDYkVvHp+Rjjdl11DMTcLnVJCjoBG3TQorvc6fJXghkhYys5R5niuHSaIxQgsNFRMk16NKUR&#10;UzphiAW+NhBHKUShORfeE5cAR1OaQOgUpDSVMLsDgR3XwUilntjUQBpKmU45SpjEvfdFRk1Mec9t&#10;QhsxycUWPtJ0IoWfZcl+zQlFzIrYn6dlMfLA7Pg8x8dNDkA67d5Cng9tRoLgiHPZco8dqpRznwk1&#10;qUK3BbIzxe50A1M+8cK0cT5ZJQ0CO/2oWCqXsCMMLcr8fRb2LcLi0iLcducdsO3ByNrqMly7dAE2&#10;VtaJ0oJABO1U6/UG1rASSjSk4o7tDFkQXSQL52jieeiYyCrnwheEHZLoa4s5I5pm7ZKGR3DQEs2B&#10;KNHJzi9dPB0viE4E6eSSlywIhXSyh+JrrqLyIvFTp6VJQuZ4SmMTGhfElPIiUqWUNpVRcKPeT5Qz&#10;xgVL4phVkkxaoJztoV0r3XgKeWz8X5xqVU1cpArh09KGhVO0oYPBoA9bvrCfmZ+D+bk5WN/Y8I9f&#10;BXZ9YqE20ovwvXz2qadg+epleODRj8CBg/sJ1FqiUw39gpXTZ5oTtYyBluTEE9jF0Ch8TJyQtTpt&#10;OH9+BTbXVmHl8lW4eOESpaGj69XkxATMzS/C5Mw82z9urkK7ve3PcRNa7aa8fn4nSdbvXJhshPdU&#10;Pwb/T6gRoc9Sgps4VIrfd+PUyY0BKiazs1f9deh7AN4bdOi5t7e3Yd6/P6fuuRduve1W+PxnPwuv&#10;v/YqCs9Jt4LvE97XP9oczdwKlzvRR5rQRYRSh+xGC/lOV53xwj8+xsdfFEASgnt3FLEwAgagBFI0&#10;yNaZkbLexQJc/11tWMMUpDywZ01gKogsCbFtsLw1KQWpNDCwlPoVNBZJsxOStpkLa3Vyjs5FpaYp&#10;72sBEKiOJDXykHFIaT10kSYVLOeTBqEbnVCUfk7skeU5R8GAqlTT+7vSe1WmSrlE6JkY8IbHjTSx&#10;FIbcIGnW7Q44yoCGNR/ljIJdHms0aX03rSE15pJP2uzMwhnb7Y4BSDg8gKjnaFNFF1TOfYpCM280&#10;bI8LMtaGF8EBAYtAdB/KqWjMQyHMF5gvUSuGdCGIlAui9HBJifao+G8DorU40nDMLy34P/Nw7OQJ&#10;6La6cOXyFRKuI02r3e3Q1xBtVnEyQnprTEsVh6ycInQyWcCie4MJtqfiCiVWsaQ5oTg6EVxJdodq&#10;PxS06GJMSazy5SKmlWROZOGrz0UyLlqFBAoal3Q9TNq5jtkloVMlzlJly92ksxHG5hXxRS+Cis/a&#10;xII4WSDCogxR3GcElKAV7jAvEhtFySjJlTOrm0URbIgH+YAmGfiakeZkBCAhGKz5j7O12fVFdgs2&#10;tjY9AFmEhXkLGx4MqFsaZWv0ewTecDE+88bbcPn8ZbjFF+LH774DFvfvJwF2FaocYGld4I9iiB+C&#10;t621DdhaXYVND26Wr131f1+D7ea2Bz89qsxRK4KTuayeSbhUDQ4dPgKzHhA99eTjsHL1qmhMbAk4&#10;RnePgPZYDyVWZZm/jtvdttAEbfL5sAlzJtQB/mhR15JxIjp9L4Y8gel0YbvV8oC/Be1WG5aW9sC/&#10;/zN/A15++WV44it/COubGzAxNSWW13bav+QMMYwRD3w3svUxVzoRmyabiXmfKcd47R8f4+PPKQgZ&#10;0W4Vf+z7mxs3xBNKMxu3iGCxyEt8mVRA7nZ5NBNMn0xYhEpUoELyJVS6AlYcDZPphNjyW2nYgUum&#10;EtI4Mm60EVO2dy1PBDRfJdXQFEFraUaK/HQGFGcs5gZraeROWGNL+Vzh+RPP2RQ4hGmJKwtpnIs1&#10;hIIuDTq2QVQe7f2js+XIxCTJGNP3wY2cdQQE9v0BzMgkKkyJXNyvP+g1PD5uYgCiF1Bv0Lf94cAo&#10;bUlFRMUQxW2V5CLXxYuLuwFqAsiGFXzJWBEqE9vz5qGwtVCpcaJ5FScOOL2gbAYGNPVqnSYaIIE7&#10;eA6Fv//U7DTcPn8XHL/jJLSaTSo215ZX4Pq1Fej4Ig6/RLVqhbQn+GVEETx2vZHGAqLp0AUj126G&#10;UFJymmCwWLtAuhHZqubsHKVOU0XsUWj+iGaZmMQZC8FGJlbCvGAWQQheUcAWOiommZq4QOHBx8UJ&#10;g02KXycbABt7GQoIihQcK92ZnF9DGjmaaEFS/q+RbpP2c3JpSUTLYJcEMzrRhSgAyRhiFUz5wskR&#10;vhqkk1GKesaF/8rwKuV3IHi8eu0aZWLM+/dmc32Dk2FlOpTn7IuI10m33YG3X38N3nnrTZhZWIDF&#10;xXmYm1uAigci+BnhRAQpWlv+MTY9mNn2f3L/d9a32JAJknmgUUhauhFLyoH/z9ziAvz4T3wC/uCz&#10;n4Wz77zNbl30wpNpnTEhA0UNAdTeuKKvu5IRrWx7/Trs969rYmKSqGBMh7OQiu74reXvBk5eOu02&#10;gadevw0zvTl6i1GTgnqZ9lwH7rzrLjh06CB87rO/C5P1Opk+1Kq1CQ86LIGlxEEkWkHaoNmBpL+X&#10;dpbsCNgo3I7ByfgYH+Pjz+ERQ9tM2YFolzDCnZlQN25JmCQYl5tSsisZu/tZGChNNsLza8K6jQLp&#10;dN8LU1yxptdGSnpyTNWyI1MVCGJtPr9ktqE0ahczLfgUxcbF8aqYTmwonylpwoUyPWhqYmieuWE7&#10;pzw1cM7d+EPThp4zO2lSoZVZSKiwHjYyEzQnLQUZCcXJWBiZRpkSinCaQxYappA4PkLYB3dcPCMX&#10;liu9KK7zRuljiRxkh7nC+PhTbmLc8CL9UzhefuXth7701FPPYGMcCx4MtyuEthPt8wpyq7Iu47mB&#10;WKfiF4WKOhVku0LcNDLyJkf3LJAwIBDhOFFrrHh/EzXIUIGGCw5NGiQAcOABhVJU1eu60+7B9atX&#10;YOXKVVhZXobOdktATkbnR5qVYkB0H6LdSJCRLiSF6C/wxBGIUGpH2l1OviQKGiiYyHBxiqJt1Y1w&#10;MceLQ+HYGSrl4RYQ01UpwTVdZqRTzr7pBsr97XSsbMlJyhTSWQEGeRk6UrmitNjpxqHTEQUsCBCG&#10;wxgASWkh0qUxLhmhO52WqBsUt6c0/Rb/D0GHlcJ3YrLu/16jM0dXp0sXzhOdaHbPHgr0q/sifWnP&#10;PgIIra1NiO4kPJEKJgJy7kFECbERFhLaQ1VdCf7impCbbqyMHzJ6XJxWPPDQw1DzPz/x1SeCpXNw&#10;gjHqKxC4B0EzwZ95FnzL8Toe9jqwvHwZFhYW4cjR26DWaLB1s4y70FnNJZ9F6jmJYLnq36N6fQKm&#10;pqZhfh7B1iI0Jidg0j/O9OQUCfUbDTZiOHL0yMWTJ269c5gXbdakmGBVb2x0iWFtTkyEZxAVU3ZT&#10;XaUbTz/Gx/i4qUCKmkCVymX33g3uGzS9dz5+WriXqFtRl2lALWkh5ETtDn/MDl1DcKVNmAjOlacN&#10;NxS5KV21cLEod7u073eWzKUbaW7TThQnO3xwoixrRXajWcGIIU4KVmIzKU48yvkgowu4+R5cHd/d&#10;46QaETuiSzEJEE3fzXHGx3gCcsOjGAy7a1eWs+mleajWqiKmdqIb4AkCZhcMhkgNSRJF5cuGUw0q&#10;UmUSUMmsoPIsLIKVap1uZzNOIi9357mDjgtUrdYgigw6FLG+ZEi0KaRxVX0RODWVwfTJk3D4+DEY&#10;9PrQXFuHc+++C2srq9Da3qYCFDNGakjBcZyT4e/MgKRgcTO++4U6Okn3hYpr//i9QS+OcU3sUhS8&#10;gpYCfhyk9nWZFPVFXJDFxjUvzA47cEeTAxumFwYgWcwSH3bDn4NxCmj4l6PgA8JwNg2aciJudsGB&#10;gjmlthSsaMVCWDcLBU25JsYjjYgmQBUBTwyEMP18emqWJkD48AcOHoWrHhQ2W5t0/rXqBKz4z6Ux&#10;PQEzvuhGNygCmpKnyq8tp2kBdXm06yYXjTpc4U1zpxQ1TLmHoJ9hcFTE1+PY4SvzoA31Jq+8/G2i&#10;O+G1RPqbwkkY40j4EmWcxKAnBSA29I0cdPs9um+304P1zS3Y70EWPX+haff8huYusfEtGFD35TF7&#10;Ar5wUtfttD2Im4Tp6VnoLwz8tT0JtalF6A4KmJ+braL8nEIbrX7XhOgnXC/t/anfOru77NbXHAOP&#10;8TE+brouJ+w+7dzNVnU0mPADPf6o9etIgy0UpkXiLJhQo+N+5wINy4mmENdSow0wUwQzkuA2GVrr&#10;N2ixqMDcltq+ye9vVJCXkYm50appdJrikmnKTi2GGfUnfg/gtZvAfZcRyS5gKQFYBkqg8Maf3U6a&#10;2A3pVgng0cixHUgPygLzsbvVGIB84OPo0YOXhq3+b77w5rd+bGZ+bu7AoYMwszBHHWTO0jAU2qZC&#10;bKWZaBFNnWPLhRVenFjsZ5kNNq2Yco25D5QSrouRdv9NRe7nb+9BCBWT/n7VSuRTIrUKnY7wSakQ&#10;E5nHzPQ0LCwuwMFbboXt7SasLl8jITLmPnTQTcthlkRGuQ9VmrLkZAdMqd+5DWEI9Nr8jzjZYQ1L&#10;HpYBK6nVPKpVFykTphdRP2FZM1NYKI07jQkTg0ImSgH4FTdYlBL/QyMoIXRFrAraspDQnqaoukTP&#10;wJBlKEnhJvHigKAL0fT4NCCK0+3x/Rkk8elqpxdpS8P+kITmS3v20uddqwMlll84n1ORXgyvQ7Xe&#10;gH7ugYcvtqenZsD4z7HT7ZCIW/l+bNPoOHMF/xk/H8uGCC5tpeFrowrcBrc2pFuhUUGtwnS8aqMB&#10;9fokXXv9fpcE3Xg99v1z0ntgOcgrTFeEBlfFz9cKpcukvvhc1ONnh9k1BCoyS2B8s7kF87NzYUrD&#10;51oE8SVNc8SmGK+9HvQh89cagorQKfLnhkB64/p10R4VcOutt8Lm+vXaRx99ZHDkyEG2o3ZM1XMC&#10;+jOIPvxGtSDqkOVu3CQr3HhzGB/j42ZHJma0nk1q+DjFLcoZHDfqo7v3m5IkYEVWSBOGCvE5QuMN&#10;tLgPGdmgNKey4D3666aTCrKIF9pzubLebdbzXiDEhIJeG4u705t2c68qRm6b7fJcLtEdvtepfUDu&#10;kon5KM699xxrVwaO223aEYMI3wOJhbuOJx1/TpaAP0sULDy2m2345tPP3fL444//9Nlz7/6kr8R/&#10;eHZpcXLvwcMw64ssU2FbVxTbVshBw5COgKlJJugkKBXdyJWrbhtI38qqsjD4wjDPRTthQ5YDggB0&#10;1qKOMQqWc85qGEruhxbapIuQgisncFNhcXuV9Qj+DiR0Xrm2DMtXrsHq1avQ9uAEb4PuSUilwf49&#10;Pi49du6CgxZ2XwoNn3M8ZWAQUEDgsCae4urBkZkKva5CsjGMuF2RcI6ARJFY/kaQYczO2Lg02yTY&#10;IYrbiEtsjaIhhQkc17h0hphISCfWTCkqwvtpQworjIjOlX7lJBnePzdS5nwhXTUV1qBIN2o4QHBY&#10;gT1LSwQatre2YHl5hSYE/V6HaHo4kcCcCwQIE1Oz0GjUaQLA0xB+vgISC2H8HCQjA5JJDYiAvkra&#10;nwZU6v7x6hNQQWMCDPazJmS94P/0PABBt6t+b0g6jDzvB5MCJxbKWWYDNc2aSpLAq2bMOdn7os3w&#10;xtoqCcvnFhb96z1Ap7swN0vTFdLiSDI7PjibFDie0mjnCMX3NmMhOxkwDAiooR6k7l/L7OIcUbM+&#10;9NCjML8wV/R7/V9/7KOP/LcLe+ZWCKD795G+I5YdwXQ6xN8hca2D6I7y/d4M3HiqMj7Gx1+oI6XO&#10;6PpRuPeuf937Pqa7ob3s92MVogajaBKU2jtSVieAJk4DXBJ6WDYXcyOFu9mxX5dBx0iS/C6m6cak&#10;FDYb9l7nbmzD+0Frxh3On6XnHE0zH50fuRDGS1EDN8phSV8/hN7o+BgDkO/+2FzfhtNvn4az756H&#10;t99868RbZ9755ObW1k9n9cZjM3vm64t79xL/HfnsWOzwpKOSaEWixzdThbiLXa9WIv+TOhNGMjyk&#10;MPOPYZyUvJaBBQu2c6YpFTGZlDj3WPjmbJ8L4qxVGLaNZfpOzvkUiEe6Q1hZXfaA5CqsXrpKgnYE&#10;OQhYMnpennbg4xVK1XKcSzQkPg3S0HLhk+IZC10ooUCpfW5JWAajdsAgjl0uOljIIoHc/6KIXZWQ&#10;hA4Jh1QCCV3hSguI0nB2G7mqy1Z05XBRwAdlr3AjdLDQqVJthAIBOZPMVFlzACMLvL/dzMw0AYPt&#10;5hZsrG/44r8NnV6XqFr49JSoXqnQVGRyYpoAA9k503sZP0+dymTymaPAPKvU/f1qHrw0CMigLTMZ&#10;JODtVVMy4vuUF0MKR+xu+/Potv3nO2BQKe+dJepYDHmkaQiAmBZwJ43ogP0ONLea0EEg66+TpX37&#10;YXFpv7+GPADyYKrhzwvzTfC27JbGwVZINdRRBJk1+P/2/Huy3VyHQbcPs0t74cQdd8Ghg/s9qJmn&#10;19SoV4j6NjMzS8GJs9NTL87PT//soYMHnsPXnYmjGNscZuIyY+i9Va2OtWY85Rgf42N8fFcAxOw6&#10;OY0WtTeagri0yN0x/fjggGX3ovpG4nkXck5KtC/hpab2vOltI/iAUh5KUaTd/93FIhoQvNtEw5T2&#10;dinopfGY3kd1FGXatdtxu9Hb/puWjUYschOZyR/LlCT9rEePMQAZA5Dv+sDCe/X6Jrzx6ltw4fwl&#10;//OK/4N2p2uwtrF5d7vd+qQ/60/WJqcenV2Yr8wu7IF5D0gmfEFIXeO8CCJiLCopJ0NGjBWbSaq1&#10;C6J1tIC1JgbjkY4gJGhnBGooDJFul4XQPSrkhwgwMpmGaFBinFgQyPFgAgs6FLJbKXK7LV/8bWzB&#10;lStXKYW9tbnBIXlo24oCe6KMDakAdARIUDfSD+4YRc5aCBQbc8ieC5oFp4K3ESu8EHoohSJNSQpZ&#10;TERUTK5SSvsa6Zw4calyu45rjWhZ0kUvLrqgQDAZE7OjYg5Qetx059DckeS+LkbAor4HzxU1E9Zm&#10;wYserWYRPVZqVX9N1CjdvukLdqQtdfvo+NSHbrdDSfZ0Xw8A6/62CFgaExMw4T+rWr1OlDw8TwSt&#10;pL/PeNoBkrmhHSyTWBrzZxLtl0GcUZCa1B/0YHu75c+jA0P/WaKzm1VLY5vFzy/ZGkmj4cFKTrbB&#10;A+h60IDAYeDBFE5Elg4cgr179sPs3DzpN7odD0z8dTbA99VpJ6sIWhp8jI2NdWh68FufnIBbjt0G&#10;J07eBQcPHYGs5t/DYZ8AMH4e1Yq6cGXQqGGOyQzMzs4098zN/ye3HD30m9MemLBFMLtgUcAnARAb&#10;Jh+j4KNEmR5vEuNjfIyP79MswrmIYswIgNj1tt+jg/SdtixUdzvWvPIUYRTU7AQ576+luBFY0r03&#10;ve/3s+QzZhdh+0hO1AejSSWajhuc87i5NQYg3/MDv8CDQQGbW9tw+dIyvPHm2/Dm66/BhXNnYW1t&#10;hdOqacJhH/T130+brPbXGpOTD07OzdqFpSXYs3eJutMczpbJVIR56yDBeqmbj2pLOKCQi0sEA5q6&#10;js5N6iOuFnSVAEhiGrXTxUcoYSGBPSEjDUVwnhENKqP79Xwx2W1uwdWrK3Dl8iXYXFuDfJBTwYjT&#10;ERU04zQFn9MVQ85IocRuE2wGtSvhhHKzw4s7WRDARGcNaW3E3EaI42D+PJI8E7HuU7u98qLmQjK6&#10;JoQHXYhqVNSCGHi0E7QCCPKUYJaI1CEJjWL73ZisS9azQucCiFQsLvkzAkQIUBA0IDDqddt07fQ9&#10;aBwMhh6EtD0g6ZKpAM1RKpkHLXUPRiYoOLBWrXlAMkmghFzXhLKk1xGHYmZMdRPQqVqjyNOFYImF&#10;wADzOyipfTCU68Yk1x9PstjOuCCAlBOYQNvcPgy6PTp/snj2f8fr89aTd8Ptx+8gF6vm1gZsrC1L&#10;IKFQDuWd67S3Yd2DeLTb3XfkCNx56h44esutMDkz5c+rQPvrCNoJZAvwLdiOGvN1iuGQDCBmp+eG&#10;Swtzv/jIhx/6X/Yf2E9TPHVmw/fQJhv+rgAEYPfQqPExPsbHTQ0ayi2t791jvt9jFW4nzeuDF/iR&#10;MqV7XtrA+37UV2aX9+xGk5lgEezMDalQ7/cYf1wAojrPfxNKVAg6fA/AZM2YfDsGIN+rBUgDUIPP&#10;M7tedTp9Dzw24eyZc/Cdl16CN155Bc6cfRuazU2MpEObVVOrTXwkq1V/0lSqf22iMXHP1OycmfNg&#10;ZGFpEaZnZ8ith8CIYZEuTjkgET5bpW/JN4gmKcFRCFg/oDoKY0KOaGb5q4LCXkxTR0b80DH9Bmkw&#10;OIEZSLGZS6KiThjI3WnI1C4UtudCndn2rwszRi5evAjN9SZpBrCYRFcwEtrjS8CuOBWoeZhM5DQV&#10;AaICEThxZVmWLowlHqxMPzRciDs35XGvclKZMlUIKMh2LliGNSvBEji4apnUFIMTbUE1AtFmK9Co&#10;5OGqkuESMRK+8Ej10qAqJ6GImbGlMDw9NxbcsyMZnmOv74v4Pr9/OJVC7UOns01ibs7xqJBTWgNp&#10;Rv5zQZoWAtpGrUGTLMyLMZWoGbKGbZwL0T/wpsPTMie6EgJH6FrVaxMdrBgUIaWW/z+n81T6HYIP&#10;nNYg2BgE0OH/jp87gs8BT96OnbwHHnjwEf93DMs8z9RDw+AWndTW167T9BCBE+bY3HnfA3D40BGa&#10;nqA+CZ8zNSTASRvpkbAJgMGcAiBpcpj7sxz0CJghAN+7d+8vffjDH/61u+8+yZ+lf/FV9dWHG1Ov&#10;xha842N8jI/vHQD5/hah7n2AQPrsxf/P3pvGWHJd6YHnRrwt4i25Z60sbiLFYi0ki/siUhT3RU2K&#10;WlqWbHf3AIMZYAyPgYEH88M/ZjBjA54Ben6MgfkxBsY/7Jkx3Lbbbbe73TJa6gVSd0tiVeVSC2tf&#10;Myv37e0v4s4959wbEe9lVpEUutWieD4hlZVviRdxIzJ5vjjn+75sQKGrafT2CIvbk5mUtPSPRrk9&#10;8dK1+QTbBBcSnA27/RgCkt3hOxGS/jGz/nDyn+VsbB/b3v5Z6ud87gWfMwJC5W1GaaZjV/iyoBez&#10;N5aWluH8uUuGjJyA2dlp6oysb6zS60qlIFcsBi8UioW3c7nCe4aUPPjAwwehMjJCzlZFLCJLBU7Z&#10;ptwLDiHEwgtHSOIkeTpnCZEmUuCDHeNyd/itjsJL5ioVjVfRjXESRMdkv4pFGwqf3WgO1u89Gv3R&#10;1M0ggoIZI5YY+JSezX/W8HPX1zZNEbkEN67dgFVz3J1mgwpbLAI9Zj+0HbyjHsddayUb28Lb/VFk&#10;UbLzxErP9w6loJf2G7LWhFqllrEk2oeMaFynf4H4bxd+sA9Z53HluicZ2xNlHbx45E2lmgi77pQB&#10;k1HbezbVPU1wt+11zwYbatY34GO+dZRykn0cZaJCGwvznLVFRgJix5u6nQga9U1omPVFgoKdKd8Q&#10;FhSsIxmhojvvQ4DmAQXuimDeSN52RpyuL7lr40ieJR++JQU4htVptgwp7VjCyV0P3BfslvHjZr86&#10;LWi3O+baMOe1Z4kCEszMf9EKhgxNTu6C/XcdgF67zWNQdhRtc33N/J4sQr4UwOFHHoWDRw7B8PAo&#10;EzpzvWFHxWkMY2s3iYQDH8Q1waeQpOEhMMlV9Pl5Gn3L0T4OjaAupPZ3Hz/26P/x2LFDTGK1ywWR&#10;DodAIPirR6z1x7gj/fyJlPoE5AXuQLiyTpCfpMTuM3jZYV+y3297JygZjui3j1G3Ob6/zNL/Tl0O&#10;GbMSAvJz/GMCSeHvfgOcYBqyxaz5udHsmiJrDc6fvwizMydhZnoKrl66COvrK3RHuVQslopB+GVT&#10;qL0VVGtfzRVK94ZBCLWxURiZmKTOCIlp6e40Z3OAp2zIX2QtYO2IkLP+BW6CeFa/wKE9iubgMROC&#10;x7V4FIm2Z8eJiFzga3rsuIXFJhbeeGfb/QGNreUr3omn+Xsa6clxCrchF/XNBgUeLszPw/L8EmkJ&#10;gBy18mZf+e4+5owgGenh3Woa1QI7wsUdGJWMaykrlHZ3VWwYX0bQ7UiCE63jP/JenlLnwWlcsudG&#10;6UQHwV2B1PmKR7JUYhIQa7asxdd1e+30c12mixNDWIcocGHhyvp7xKntL42y+W4UjUftmIf4bENL&#10;BKTHTmE6DQnEjohvyQiO3LW7aJVr1rmxBVtbDRs+iecNXbOKREYUuWjluRNiCAiOZhULTFDwOUdC&#10;wba9iZxYcoqaFdSftLGjgSNVpEfp0XmiTke3bUfEelT8o+aH80+A9h87I2QlbbZVDIpQrQxhF4I7&#10;NX6ePgs1JguLc+SydvTxJwzxOAIjw8Pm+ukxgbFp9bh26PyFhATdtJgE8TWAJAjd5dARi7N1YiZK&#10;MQdnFpHkaHYUC0tBb2xs9G++/PKX/uUXH7yX/Vy0/IdDIBD8skLuuv8shOTjtDbpfy90epNRIATk&#10;53kpuwCZWOv+kFENiY2oLcmSJ9HJqtXuweryGly8cAlmp0/A9PQMXLp0njQjOM6SLxQrpXL5K0Gx&#10;+G6+WH6zVA7vGhodhar5Qt1IOQxMIVckW9HYkg20dSVnLSyWPS+5K+CK5Djm0h3HoiKrM8nbLgp2&#10;JVxxTGnrFHQHFHKIXQqPbH51cvdb2XZru8tjWzhqgwVeZK1+8Vk/x+NBuF+Ye3Hz5g1YuoWuWovQ&#10;btRpffIUfJfngEAbMsd5I+yqoex4lusuYfGr3Gr2RWvYtY1Z15CZg0rCB5N4awon1JAq4J2drk70&#10;IqSriSEhYzT25uWsTWyPiQOwnbATeCdOJ6Rl8CEJXbFjdLQuqDtwepPYJbna5HAFtF7ur1tMhEzb&#10;nA8eg0OSiYnqOcp9iUiwjsSj2WpRN6SBgu9ujzZBhga5An3H16P1LnbU0BGraAiAMuTMz/vUFcFz&#10;gB0w7Jx5ObKFonOD5K1dbxry0TbXbAuazRZlhJBjlTnnLex6xGy3S+NW+HjM3TDSDhnSE4ZlqJVD&#10;yjJBYmRoNnTM/i4tLiKNhIcfeQQee+JJGDUkO7LdDGfv7MgErmUTdSQ49oUdDuywmONEQoYEid/D&#10;14+2ttY4doc5IWht3evyeFbRHGc5LK/tv/vAW6985Ut/duCuPUm+x+DNNSX/6RYIBL8ABXN6M1No&#10;0uBrP+2I7GB3Rd1mG1kConZ4UjrmQkD+2hHrzPcBHz5tnauiRCNiExsSwROPaXUwlG513RCQK4aM&#10;zFAC9fkLH8Hy0iIV44aMjATl8JVSKXjPEJFXg9rw7mq5BkPDw1AaqkGlUoUgKELKc1IhtFNTkWsT&#10;2cJyp4IsXIFzOohYJEJq3wrWe7Yw5kKbK2Z7px+sPa3NHaE71SpHd8ttJUgFIhaHeKccsx5oH3y+&#10;u761tQUb62tw6wY6at2CzY11vkNtCnzsjoDLFUEdChISZwGrXZCgogKXBO06gsS1w3YhnLCelkNx&#10;AB3ZC9vxIppXHZgjjdMI9D5yqbyBP1c6m0zLz3kujd3REFpzHulCshBrJjx4HEkAXl+KFW8B7Xx9&#10;z1oi45myqekuZM/N67o1QAKKxKJnRd/4hYJxdMzCsawuCbVTfQVa7+byHDqIVr74nQgR2enm6TX4&#10;PBIUZXU+eN2gpmervsFOXKhHKuSJHG6trUBjc9OQ0DadJ+5UMBk216z5jLK5LkNye8POC24PPwvF&#10;541mG+7/4gPw5HMvwL79dxkS1RkQQ1pThC5rX3DbTUO28PrrIKlAh6wWu7QhIaJuVMyv9xQHJmLH&#10;B9cEXcGQkLcbTVo/JGl7du8+feDue158++3XlqqVYPt/pDL/hZP/zggEgs86gVEDNUsWtxNdf1xx&#10;v1OXICuOz462fhKx/E7ak8Hx2EFi8JdZDYodruAzRUDcL0NiXzf4mxRzNFvi+KT7U0WT8RdN6gIi&#10;IxubG3D58jU4PTsL0yePw9mzZyipvGOKNFPQTiIZCcPy14Ow/FKuUBgv14ahNjoK4+MTUB4agkKO&#10;8yYo9wNYkOusayMKLfSs/axmHyfNxW9kdRGeFYFxoWtzEyyR8qzwO3IaFM0OXXGmYsM71NhXIS0K&#10;Wf5GJHRHUTw5M/lMXvBu/8ZmHTY312DBEJG1pWXYWFnj2X47u+85EXu3Q3f6Y536lJNQ3t0pp/3Q&#10;iaPWYDeKyUgSIM4l/0CUrRPPpSni1ptcWfLj+KVLUXcCeNLWON2I9Qemwr+fmrguBkDWaSvbulUJ&#10;SQKr9XH5FK6XRpkfSGTpPHm0Ppxv4dPIExKPVrNFXYGWKcaxQ8Jjcz2z/qzD8WxHBAMI8+SiVaCx&#10;LJ/Gs2zGi+0c4flaXV2CLXOOIhqVY5vmVmsLukgIwGk9WK9C+R5hCGVDPjA00bd5IXgucQQP7YV3&#10;790LT77wEjxw8EEW4pv34viU7xy5zPqS05fmUS4UtyNBQac53H82SeAuCP1uxVFiB4zjWXhs2B1R&#10;Xky/T9psC0cZFe6nzdHCUzc2Nvovjh079reef/5JnYom5b9AAoHgl5eA3M4edvA96pNuu/8/t9tI&#10;BDs9AoD++C3eVvw+ICAH+Mu/OSSBgILPHgHpC5bRtiAaoOcZZ4as1WtsC16dSdBxjkgowca8D7T2&#10;RUH3qdlTcPLESTh7ZhYWF27Q7H0+X7jLkJGvBKXwG34xeD6sVkeqI8Om+AuhNjxqvgwZKQeJQ6wb&#10;y+JxMe6CKB0nJAoLUBac+9wxobl5lRTJzumCpCce55eQoN12FVySNhadKEqmUSN78Di/z4JrLjgL&#10;OK6FY180CmTn+02hvLGxAauLq+YYb8Hy4jK06ltUpGJhjPuF1AP3EYte56iVaG6QJ0SdRCDuAhs9&#10;L+uz3v9HLTm6gT98WQKyU3CS8yt3Og3PdoayDl1gxdxYNEe9OHXssNeJl7FJVipNe/WsVS+7Urnr&#10;IpHk28c0pY+TnTKOPSnWWuD5QOvaZqMFTczvoNR0TjZ3InLfYxc1RSGFOdKWFIvmKyhBOayQg5Zv&#10;dRObjToltJP1cqNpvjczxgFswYv/Q+F7aN4blg3xQI2PPSYkJEgcN802KtUyPP70s/DQ4aPmdSGt&#10;XmTtf/F8YpeERrjMz9jJwPOHjlod872Q82nMDDk1dkSIlEVWs2Ndw3CN8fF181nLiwtQ31g3Xxvg&#10;m03imFmpEsD+e+6DiYk9Zj0aUAnN8VYqv/H1r3/tn+3eNSZ/WQUCgeAXFv1huQLB556AZNlzlmRY&#10;KUEyj+58Grgb4tJOoc/Gle7sZxLCtbVtpaLbFFco6r5+Y86QkdNwavoknD41DfPzN6HbbIJXyN0f&#10;hOEr5WrtG+aX9OliENTK1SoEI6Mwgfa+w8OQLwbJB1PRaAMM+W67b/Us9q6/FbhjiCF3UCIqinXS&#10;6YhtErZNX1cqE96j7GM6dbvQmtyc2khEbNAdWNvamIpiJjw4AoRiZ9yTNVM8ri0twZwhYGuLS9Aw&#10;BTUJsUk8naPiv9dl/QFrBmLbHbF6ABu2qMGNaakkzdURJgV6B6u/dPbG5a24RPnkxFk75EzYuvUu&#10;15lEW+4WEaEDFtY7UTtkLHBBZbor1vCXUkZIlO5IlPX6yvgGuoT7JP+Q7I11kvOBI1hb5trATgWS&#10;kh65j3Wga0haTJofs455n9cTR+/MvzGDBDsYpZLNIjGvR71G02ynbshgt9vk8bgeEwUUs4eVqiEU&#10;VRq1446aJjKB+7mFCejm5wcPH4ZjzzwN4+ZapM82a4HCeOzOAI3madvFiaiLQYJyrek7Ioq5o4bX&#10;JpITFPVTAKFiNQ6+b3V1Ga5dugTLCwvQajaIRHu+TT8nNwC2lZ7YtRseOPQwjI2MmOPozD/66GNP&#10;vfHGl6/Jn1aBQCAQCASfOQLiWpGeSomFlS709UFVJlVUu9C+vm3FmQ1mpbAeWeai01C93oL5uVtw&#10;5tQpmDp5Es6dOQ03bl6lWf1cvnCwVAxeLQWlb5jvjxcCUx4Oj8DYxCSMTE7Q7D+SG7zr7dtANrTf&#10;pdl5yqZgguDE8+yu5fH8PxaW4CxivczR8xiX6/7gtnp2TAsfI3MlCkJkAXwu55MYH4tksv2lbogi&#10;olUo5OlOOOZo4NgW3vnGROy5+TlYuLUIq+arubVF+5azSexYjJNzEhIS7LhEXVo6LnZtUB4JyG0X&#10;QfFkFSQZI7aDY4XnSTrqwCiXe22SYg5JRqLZZpx0P9yYGOdNmCJf5dg1zK1YwnGc1iO2Qndlx71U&#10;QurINCDiEbYksNF+95Qdg3M+6J4lj8oG+2nuIjQwVd184Rpp0h1FlM1Co0y4r0gCUIPjc3hhLl8y&#10;hMIntyo815hh06xvUpcK9xpdqyrlCpSReGAKO5Fk1rgQ0TSfhVqfPXffDc+9/BXYvXcXdzzw/FpN&#10;EI594biesuQTNUKdVptE/hxgGUMLBeZWxxNZUkJC85gtkjH4cmVpGeZv3IBrly8akr5BnT5y+sKx&#10;MkOQcOd8cFbRmro5RfO+x596BqqGmJfLwf/9ra+//1/s3Ts5kGUr/XiBQCAQCAS/wATElSxa91GS&#10;JH3bdULirHeD3v5evovdpyahJ9KQPrBibKCiDO8C1+tNWFpYgnMfnYOpEydgdmYGrl27DM1mHXIK&#10;HikEpdeLQfiBKRQfHR2fLIXVGgyNjUNQLdNsfLEUkG7EZX+QtgPtS00hiRkLaOvKWRmGMKBzlUto&#10;12m3QDHrYEvgKE5cpPCl3ZhduXwiMpnOj7Opja32Ase/TMHLOgd268LiF4tiuhtutoO5FO1mG5aX&#10;VmB5bg5WFxeh0WiSyxZlkuTZypZ0JxEL2L0opj5CZAkIhehFmu7Cu3wOrSATLmiJovbwldz0TQiD&#10;SvUfTtOTdJViG/pozzlYzYfVg7hFw7VkAuOxWN52YhJbP45mTT4rCEqkZUBtBhIzt89k5WuJTt6e&#10;v8gK8NMwRs3jYZgdYop9zOpAMTnmdVBmh83riChQMEqyOcAvmM8tmO0WDandglZjk/YZhe+lco2c&#10;rYo5r49ZK7LC7VBIYmjICY5bHXzsUfOUOZ897hD5pFnJWaKSg44hLUGxQLkmPRy56rTZ6SrirhXa&#10;/uK1E1lBOi11zKN/nUYbbs3Nw4WPTlOnDM9hkUIYA3b1QmITxcm1mlg1I9HtoJ6qAIcee9wQ87HO&#10;00888fKrLz/7w8+L44xAIBAIBIJfSgJid7ZPPKX7xrS2Hxmkd9Z1P5lxj0PG7tcRAHKWxa8IHX5a&#10;sGDIyNkzH8Gp6Sk4NTsDVw0ZaWyuY3H5RLFUeqsYBO+FYeVouVrNh7UhqA6PwvDoKORNoVsyX3lM&#10;6c55lGBNaerAGgQqnGkyi/UBRDIsIfKthCEioTWQ6Jg7H57VHWT0DMnCcKdFUbhhj7UPNnkcn8Mi&#10;lITYdu26+LPNz2ANBdAd742NOszfnIPlW8vm53VTXLbpLn4+b8XUkSYy0o34zjkW49QJSETraU6H&#10;yxmJbLAg0Qp0FYtT5yxt1zzT7iIyw0V4mv6KonPKWKG1gySDpU81ZEevkjR0N7CHwu2c70zFwGXZ&#10;Z5WEmjog2jqVedyB0mmKvOvgxGSrHBOxQLKHpAzH3JotQ+bMd01Wtz0iAJRqTtbHdpQLheXme6EU&#10;kr4jTx0FBTFmjmhOR/etyUGz2TDfPbj3i1+AJ595nuyite5QTojrQCCJytsOiJekywMRDbwG6LUe&#10;u1gxIekkuTNtQ0BwtCvuoqZkCy6dPQfXr16EjiFUSCYwbLFQDDjo0eWuKGUd1SK7fJw+j+vWNccd&#10;muM69swzcNfePb//7W997a2hoUri1iKCRIFAIBAIBL/wBOR2JATSOjUpPkmekOke6KyFr44TrUiW&#10;gCTi9qzwwOpKYKBrgjd+m802LC6swPnzF2B26iScmpmGK1cvmYJ91VTm+sliofBusRi8WyyXj1Sq&#10;NYWWqUO798CuXbvJDrdYLJBLEpOBHuSwZMy528lcEHvWNpZ1BGDF5oqLSFNs4l13Giuy4Yn4HYtc&#10;vDutKCHdJ31CpHlsCwkG3+GPaSQo6rHAmnIcbKHOwYleMmYU23mmZqMJjY1NmJ+7Abfm52FjeYVC&#10;DlE3kiugFSvfPccRtnavQ3f8SUif7RiglsSOodF5QLtf3Heb6eJYZWRHulTGIJwJBBfk1FFwhEr3&#10;7DXgWzF5mgmTTNkBazKy9r6OmNAolXJp6mCJH8cy+u7l2GHymOx5fXocGzBpNTskWOdfItqDDmou&#10;uhGtL+ks0nYdjVLlCjiKVaSxKeq4dTnvQ2nO+yADAbPGmA+y7+4D8Pizz8Oe/fvonKMFLoVmWuc0&#10;TmDHcEiPukMYRonn1+WHdOnfPKbm2Xwb16VRNLrHzlc3r1yBc6dmYWN1jUT+OAJWNNcu5rQkOiCd&#10;knn+FtvldtcPrxF2zvbdtR+efPap6NUvv/TqkSMP/SDSSVD8tpsIAoFAIBAIhIB8pggIFYNaJ6M1&#10;23yxk0on5qQHVzxBxuY3M/ajHCmxI0BxRvCO95fTDolmMrK4ApcunIfZ6WlDRk7BxcsXYGNtOTDP&#10;P2kIx/ulUvBGqVx9uFqtQVgpQymsQHl4mALiymHIKdzAqd2o73ACYAQSEDtHld7Rx0Ld3bm3JAXv&#10;RCMh0DGHGaaaCP4X3h3HURvsoLjAQexWeFSze9xVMMUk3rnH+f+YuiIFLjyB72xr4EC/W3O3YG15&#10;CRbnF2D51gJ02g0q5ikF3OMARlwd1AT0bO4IEg0ak6POCdu9RlqnnQxLNbSlAINjd9raGGsnWrfF&#10;L3ZGKAiSSEjqUuBGuVjAni12bV4J5XR4CcFMCEmSVm9pD74uI053QUlJ7ozmz0fhi7Lnia/H2IYf&#10;ai72I5szQjyT1wG7Bvg5ETmLJXGa5EaFGo1SUIZDjzwKR44dM/8uEJlR1uCANEWoHcr7xCnxoziT&#10;htcNCUDP5qM4ly5nHoBrE5HgvUfjWutra3D5/EW4fO4ctJsNIkU0PlgspI5c1sjB5b1Qkrr79cpQ&#10;dD5GFuvj+jz13DPwxLEn/u27X339AyLPWdIhCekCgUAgEAgB+UUmIDBAQG4zaZUUhzqGJGBuGxnR&#10;etv7s7Ps/POAt6y7k5/ZD+3ckxSPaeH4zdKyKeYuXYGZ6RlDSE7CpcvnTLG+XI2j3hPFMHgvCIOX&#10;vVzhaLFUgUq1AsNjY1CuDcHI8CiUKiHkCgVI3bNie1OfHZl8VkEQ68KZ/14UpyNXlph4roi31r7a&#10;poTjq3D0CO+Eoy6F3K0oLNF1WhR1WRRpTZjssHMrj9rgHXkUTpPFr8eCaBRhb2w2YPHWLbh14yqs&#10;GCLW3GrSvpLlrM0l6ZAVcA8iK0QHK3QmcTt2Fuz5cCQycl2JOLJ9KMXWv5nb5+TQxHNQ6XmBHo8C&#10;2TEyepWf8Wrm6psjDhMSY6UhXmpDyCGJ2mpJXG6Hl9oPO2vfTOcocf9STL5IZxOxWAc7DGgCQDYI&#10;mW4bFfN2tzwS6mvK5cD1vff+B+Hw44/Drn27odtq21EnTiFHqQdqU3rWgpgDL7mbgWSUROvm47pk&#10;p8xLhpoQEqZb0t6zZGR5aQnOTp2Exbl56qr4+Zw5dyHtD4dSpqNnLuEm7YQ4OwV7WvrIHF83k7v2&#10;wHNfeqH+7W997cmJydHTyWlU/f7wIk0XCAQCgUAIyC88BsmI2oGYJNkgaqB7Yue2dNxf9WR1IllB&#10;iIadBSbMDxJ1QTLSQ7qKdg9W1zaIjKCj1sz0FFw4fwZzOCrtXudosVB8v1gqvlIMw2OlUplcj4ZG&#10;R2HIEJLqyAiUq+UkaRuLeBqzsbtQLOY4EE7loKd5FEonGfBgBesRF43YQQE3PsTvd6NbmG/Rs6ND&#10;EXVQ/KQ71KPiny1W8d+c0G41K16aqk2idlO0RpgW3mrB3M0bsLywCIs356Fer4NvnscxLbQBxu2h&#10;21OPgvfixFXK6W8cKYoog8QU/7ZadVa7TsVOQXmJJ2+a0s4Bhul5U8rrG5lKNTL2MiD9DOtvch4n&#10;rBMJ8mynSfP7sUPlNB92Z3il7R19nTE+YB+BmEX5VmOBT1G2iu0mJdkk1k2AJ+g8Qxhico868thj&#10;8IWDXzRr5lFaOjqSgd0vR1Q8Cp/kTk7PkF8c7cMRPPwZNSj4GV26RnjMj0T0HpMiNB9AwfyN69fh&#10;rLkut1bXSFNUQKF5ENL2cVvc+eBcx8RUwI77ucwdIiC2W+jIYkrGFO37Y089Ad/+1W/8w8ceefgf&#10;4L4qlWbfZDMrhYAIBAKBQCAE5BebgGSLykHSMfCzZ4sj3S/xcBXpNnIR2TvxrCpwd623r42OM3ti&#10;HbTsSrK2QHOhRcGHa1tw/dp1OH3mLEyd+CmcPX0KlhYXCu1O4xE/l3s3CIK3g7DySLFcyVeqNRjf&#10;uw+q1SEYHhuGYqkACoUPmMztufvQTnzsu48kkTnttUrn8WlEC7UT1rLXJ8F0j4iJyqwhie1tlgbd&#10;/dbOPYpf5VyiXNNF2cBE9+G+b0MWgXNKNjY2YW1lDeau3zSEZA421zc5KDFfpLEfUCx+RzISkwaB&#10;U7ddYnpPs64Enbsgmz9pE9tdAYsib+eINXhluEKXhr8S618s3vNuwVKr4GRkSyWFNFiy4FLHXYfG&#10;HbPS6ef0x+HajogdJXNZJ259OViSR9Nw3fA8K1Ooj+3aDYcefwSGh0ag2alDIVcwxK7nZgI5P4Xs&#10;gIF0RD1LKvABcr6ygnPnuoUdDzpDMRMr7IjgdtB299zZj+D87Az02m3wzHvRfQu7Ko640jVvx7XS&#10;MEmddj/cWFqm4+bWjnmVNXEw5++++++H999779w777z2iHlHM/k1URm3NyEgAoFA8BmH+B0KPgcE&#10;pI9D3IGAZF/r2X8l+gI3hhPrO86AxDo7kqWSArP/d86Kq3W/XoU0CNYSFgtevBO+uWnIyI1b8NHp&#10;0zA99SHMmkLw1o0b0Om0Hoe8/2qlXHm/WCofLQZhOLF7F1RHR2DPrr2QCwKyQyWCg+GCHueL5LEY&#10;7XR4/t4UstQtiTk0sFDM8/y/zQpRlsCgaBrHkzybBUF39X22fI0zNrqkN3GWvQCJviaKeKQIx4Dy&#10;eZ9tZ2MmIuTO5Xu2M6AoLXx5cQkW5+ZgaX4BWvUm2c/ifudy7P6krYMUfnYUcWeD7sDHbO3bo8BG&#10;e74iZ+GrEmepbAZMOl5lMzs87rbYiSjufLiC3o5BeYrF3BFpX3IJyXGEwW3T5YM4/Qh9ntf/HAni&#10;rf4kst0jdA5DK10S6FtylydrWw4ofODhI3D/g19gFzEkYL2OdTiDjIZF206N1V1gkn0xIOKJwYKR&#10;PQfuXGjbUeq0ugC2q1M3196ZqWm4euEcPZ/zC4D20XSee122aqbV9C3Jy5CLjBMYZHRUjly555S1&#10;OqYujNnm6PgEvPbqG/q73/n669Vq+J+znUfPEhz5T5VAIBAIBEJAPvsc/DZEJCEFWqVidXUH5pLh&#10;9HGfur2fhCg3G595k3Yp4emHsIAYOwnWDre+1YC5mwvw0ZkzMH0SU9hn4MaNq9Bs1R/N5fJfLhYK&#10;75sC9bGgUquNTO6CAwfuJpFweWwESqaAx7oPi1y0SyW9A469YPGost0fpwWx+0HBhz70ui0qHHP5&#10;ok0QV27ehgXOXnp32x0lEhwcz0Exey+ObPEZkQUtjoTp5G55TK/BMSAv57P1Lr7OFKSry6uwMD8H&#10;N69dh62NdSIxWFgXiyzGx3WhIhzHgFBAbQXcUdzlgMlYJ50G9obV9q59THaylJuBxTRbDiTh6knH&#10;y7mh8ZAZeG4iyopMPBuB7hLRswL05HEv2z9KRez0WksMlb2uKHVcp6nySCyGhoYgNi8Y37ULjj39&#10;JFSGRqw1rh3h6vWSAl3bwEe3TRy/4vyXHL0GOxsdDJ6kEEp2TCPhuWYSwoJ6z6z5LTh18jjcun6N&#10;NDRBGEAYVBKBOpOI2K2a7W7w+2Otd9BIQULgExdkO7Lo1g73O1cswlNPPwO/9je/84+/8MDd/0NE&#10;Dm6p/bFPnFhBZomFkAgEAoFAIATkM0hCduATSe652v6abJHdX2htr4bijHWs0170kQ/3RuvIlOSP&#10;gCMjA7a/ePeZUtibMD+/CGdPnyHNyNnTM3Dt6hVo1LcO+r73Sj5feKdUDp+vVIaqYxPjsPfee2Dv&#10;/gOcdN2NMByRXJEotw8LaQoatJ9jheixzYfwldVcaJuLYUeQrMzaajxiJjWxCzdkBzDfjSv5TD4c&#10;eXEEjQtZ7Gr0MLiERrMiWwjj2BaF5pniud7cIo3D3NXrsHBzDjZWVynpG7sFGKqHxIVG2HqRDfZr&#10;Q6fHHRH6CI3dhRwHIGInxHZ5tC3WXSmNY0Bptkr2PFuNiVY2nwNsUjo/z+5irnPUfxF4vu1y2CuB&#10;iAJwNwT3ndaAujld2ja4/A/zPnQ+yxdKcP/Bh+Hg0UNQKBSg027RumNnCdfUy+V5hAtJHo7N9SIr&#10;OI+JBOaLebbkxURz8zM6juEO4FgWannanTbpeairYwjJDbO+M8c/hPWFW0QOgrACofkiu1501/K9&#10;5Ny50EjFpzxzTvuJB2TW03W73Kij43quO/Lw4Yfhu3/jOz995tnHn4oi3lhKQnTSMbG/DkJABAKB&#10;QCAQAvIZJSFw+2BCL/NjFGcTCDPjU+Duiuu+bWbZi86M+/Tfv03vGCcOQVonjkGuO5JZ/GRbWEjX&#10;m21YuLUEF86fh9mpKZg9ZcjIlcuwsbF2rykKXy8Wim/kS6WXh4ZGhkfGJiCsVWB8z17qAIxPThCh&#10;oVwIO2qGd8ejmBPEldOOJPvHBCURUuf8TBdJW8KWtAnorjiPIOlkBAfvyLtC2+kRYjuOg4SBUuCt&#10;jkSDTjQkWPdS+nanB/XNOty6eRNuzd+CVSQjjWYyvoRLlVd8tx91DqiribptPh4s9K1jk8t9YfJh&#10;9zuOM+Lz1MnMFd1EsJztMqSp7U7T4Hup9bJSbmTIy4wb2UJdexnXrl5y7olQFPLkIob7uJ9yPZ6D&#10;CXOesPjXmq13lbMFTltXtD/UrWr1+LjsWF3HHH8hl6ME9kKhaL436dNa7Q6PytEIl0fX2PUr1+DE&#10;hx9CfXWRzhumqWOqedSLqVuS7VqAPZ/p8ULf6JX7yo5kJbp/13bMumGhIYL5jN1798D773+1/v77&#10;7x01D1904299JgH28ySoUCAQCAQCISCfbRJyh1GsbDCdE9bGcDvW0ldrbSckyWf1uwP1ZVYA7HAX&#10;PmPrm4wVQaIZwbvHmAmxtLgGFy5cgqkTJ2B25gRcuXQRNjbX98c6er1kyMjw8MjLuVIwgXfXD3zh&#10;ASgP1WBkZATCSoXGc1iYjPoBjzoevB+xISk+kQ922vJS0uZx4c6p3a4Ad4ngqZiaxdaa79Jb7Ufe&#10;y1EQHx4HjlORixOwboUE5jhylfOSghV1F/gzkyMWwK8ZArKxtgZXL12F1ZVlaNcbgAkmPjpqeXnA&#10;IHkc58Jji9BVC8eOKG08UyhTZ8bsF42HqWT/eWqLySDZFjsnLdepsCeKpTGcdK7suWJRNpKbnL3D&#10;7/Jj2ACAz7l1v+IPgBqOV/WYQDxw8CE49vTTUEDnsJhHzUjg79ltxZYQKUv0nLGyZhtg7SnK5yC9&#10;DDmU9ei4ei1zjlGfTiJyoCBB3P6Fj87DzPET0ERHMvPeSqXKjmQxj3nF1ubZU9BHLAaJAXfL9A6i&#10;c2dEphMBepbkeWTFHEPZXIdvvvk2fPe73/xWuRz8K1aq26T5xNVYJaJ34SACgUAgEAgB+UwjHmQK&#10;AH19jewdV20L0U+zFDrzXpU11UoaKzr93vem1EHL3TmOnelvX2Cbxpw76Jn3d9pdWFpag0sXLsLM&#10;1DRMTSEZuQDra8u7TMH6cq6Q/2qxFL5oCs39I+PjcNe991BHZGh0nMZz0HUKt100JAQTszkuw+OM&#10;CJdrYZ2zdDJ+5GgVh/3hyJNSKYHwsnfOrVA6tmuAhAT1GJ61uaUi0zyODlhBsQj1Zovfi8UzagPQ&#10;8tZ2LLBIR0vZTrtD+oWFhQXKq2hubtLnojAe7WfZVapHx9ZqY3ekQ+NfZJNMgXnWLFnZHBDlyJ9z&#10;rMoUwNqK91EXo7nAB5vybZeKNR6axftKxYm9r5fJF8FtYNp9xRDBrfUNKARleObFF+ELDz1oCv+2&#10;7YywkxfYwhsJlbMjjpLn2D4BH8P16kSco4IdJrxsUKyORT4mqQNlt/Ro3zfNGl05fxGmP/wptM0a&#10;V8ohFEohj6YRUYuSY2Jtj+obQ0w7QRnhOWSu5XigC2Kfc9dEak7NhAJJz+NPPwP/5a//7f9x//69&#10;/xN+PpMNL+koZYXpO3VBJCtEIBAIBAIhIJ8ZDOYR9pEENfAiO36SdC/cLV779Ha3V5WSi9uJ2GM3&#10;qgSQmVLJsJQM48g8RAaySXFs78YrTrvGsaZ2O4LVlTW4cvESTE9Pw8mp44aYnMOOwa447j2Tz+W/&#10;VioFXyoPDd03vmc3jAyPEzEYHhuF2sgo3UlH/QEH2OV4VIiyTBQVqCSqRk1BLmeF0Jwr4tlaEe+w&#10;u1GuJCEbgDQIdFff96y+3+VhuKA+SATbPSuWxrvxnGnBeSS4WCjKRuBn0AiXeR0SlrWlVVi4eR02&#10;V1ZhZXGJRN4lU+znij7pI9Cat4MdAVOUN63QPmk1YZGuiUold/DjRMlhHdJw7MmSFOWczWLuSDhx&#10;gxOn01rYjhGPPHGXp1YdpoL/+o1rcPe9B+CN934FakPD0Ot0OVfFU+RiRuLvyF2IPUtedOIyRmNM&#10;5tzkctz1QUcrTLRX6NRliASOrqG/Mjps4TrlcgqajSacnjkNZ04cN69HTU2B8kVoi5RHEtmuCiTE&#10;Mfs9Syiy33d8zDqoxVYDlV1J1zFBHRHqcA4+fAR+49d//f858vAXvxvbtaNRPhzhU544YwkEAoFA&#10;IATk84f4Nqr17IiUy3xI7h57/UmGfbqPzGZ4SseN/fD7Ym63JHayyYmw4z6O8bi7zun+6b4ME3wa&#10;OyOr65tw9fJlmD1pyMjJ43DBkJHlxcWxbtR+Mp/LfVAKyi9VqkMP5sMyVKtVCIIA9t17D+zZs5eI&#10;BXZYyLEqOXRNXRI6bs0J6FjLY1eD7WV5v3HMSVkRup/HmX8ruO7TVLjHVLo+tmWEbldFUyS32i07&#10;smPJjWJCgtvvRZENBcR14yR4HENaX101x3wJ1heXzb/XodVpUwFbzOeo8EaC0zWPsbNWRKLrOCGG&#10;MeefaJV2xNw+01mKUvKkbe6HTfh2AYh0tx4LZifyN68bGZkgh6lrVy/DQ0eOwCtvvMFaCGuRq5RN&#10;SrcuVdi9QAKHXQJ8DAmGZ9cFU+Jz+TyE5TKs17cgZx5vNjuGbOXpfaQhAVwnQ8LMed1YXYNzp07B&#10;7PEPKe8D9TPDQ2NECDrkxuW6G3GfzgPAS62HKQmeiWUqStfbvie/D2SF7Aiyl+hpOIuG0+ixu7Vv&#10;3z749nd+9YcvPv/8S4bk9nJ5PzFASLpHSrQgAoFAIBAIAfmcYVC43tef6DO20om+RHkD/qF36oa4&#10;boGTtye5IWnrI01izzIgnYQdJtzEdmRcGjc7UQHdFd/aqMOVK9dgdmaGxrQunD4Fi4sL1Wa3+VQh&#10;n/+qKWjfNITki2VDRMYmJiFvvleHR6FsCt3aUBWKpYDvqCMJwDEfKrC9RFSeJIAr1htgAUuuW5Sg&#10;zmSDtdQe3f3G0SefxOo2VwVLXNw2jir5fhJ+Z5sudkSJR7Eo0ZtKVHNsEdrN5qyrlM9J72b7rU4L&#10;1pc3zNcqzN28CZsrS1A3BTuOktHr7YaxU4BkJLL76e7Zx1olI0Q0hqWjJPyPtB38C8LjZvaOP4c5&#10;sqWvZzs7QxO7ze5oQ4YW4eU3XocnnnsOGvU6dy3ovLO1rVlE0sLw+Bivlwfs3EXBjuZxdMZC8oHd&#10;qWKhCFvNJh13RInnPtRbLXodCs2RcK1sbMKMIZ/np09AZNYDO1fD5pziMiJRceuJeh2VXKJsi8Cp&#10;8G4sS1lRfaqnIYrieYkblruWY5eIrl3/yHY/Yp2IzNEtDbNbaiPDGEh46dWXv3y0WCpuFYtFcvPy&#10;bf5MYmMsBEQgEAgEAiEgn0cSkhCBjxk811m9iBOPZzdiBcX9m1BJseY+xyWAZ5Tqfc+n8dP2gzLd&#10;lnhg77VKuyjYAdgwZOT6tRtwauYMzJri9KMzMzA/d7PYbDeeM8Xta6Ug+GpQqTxUrVVz5cowTOzd&#10;S8LtsDYKe/btgVqtSjoMHAXCgju2rQLP5mFQZgiNaQEXz+Dsfl2aBNvwepkxJZ/GrWK2BPa8ZMki&#10;jYQkxyTHbieK+W49ahfyhQKNd+FBa5vdgW9H/QeOKWGJj05QzVYDFm7dgqWbC7C0tAjNzS3WtuAd&#10;d1PoooNWF52nlEqKbnB0BAkKxNam14PIioj4br9OBOrYRXA2y1js79q/H9qNOjTMZ7/zwTfg4MGD&#10;sLa+Rp0MPkAmH0iCkNSgMB27IRgGSMU9cEYIHhwnzwMUSkUa21LKJ8G9y0nBa6VpCMpobRjWNtYN&#10;6ezC7NRJOPXhcXMKeDSuWhsBDovsJtkpng2U7POBi20SPI1NRQAqTQEZ7P6571lb3sG/G9omDWZD&#10;HPE1JUM2Xnn9tY1333r7/kqlvFQyx4ZEN1/wifD4ikfvhIAIBAKBQCAE5HOL+A7C9eRn554EA0Ql&#10;0Y/ssKFssTaw0ThrbTpQ1Dl71GTz2UTqbLAiZMTAlhRhAdrtaWjUmzB3cw7OnT5LmpGzZ07D9etX&#10;c/VG/VnfV68GQfButVI7VAxLxVKpAqVKDSb37oaRsXEYGhuhrgXelfc0W/eilSuJpV3wocf7iAV5&#10;rDOWtjZ/hPddUTeBckFwxMda+CbdJLx7jiF7tmAndYQlMDTGpmlgiMgH2fGaghxHjfA7EhciN4ZC&#10;IClqN1qUlbG2vAyLKGQ3pKRVb0AlqMLG5oq17o3IPSoRqGvWiYB1/IpclktSkGurj4mp+4LOVHff&#10;/yDUzFptbq7Cu1//GjmQ1c3noB4FOynYlcKxq3bbppIjMcB1IlF4TKNvOTvKhR0OFJzzvzVpczrd&#10;2PZOtNkW6z06nTZ1RpZX1+DszAzMfPgTiLtdyvgom33Bte22WeTvZTQW7mLNXk/pCKDu6+jtmIIO&#10;g9eeTq5dF/DoWSth6lv5ykYbanj22Wdav/LuOw9PTkxcMsSXUuAxEd73+by5TBnPk78/AoFAIBAI&#10;ARECcufX2hf3NUA0bHMK2vY++HixbX/2wrZnrdgX+nIZnPMXj2nplD7Z0Rvc34Ypzm/dWoRzaNV6&#10;4gScOjUFV69d8esb649pD94Mwwp+PZkPgkIZdSOjo1ApV8hZqxiUIGcKR8ygoPiKKE4zQdD61lr1&#10;csK1SmyI/RyL1SkZHXjMKocuTljMe9wt8ewddnaasm5aHDvCAnfSbnDgHt75Z9KScjYcdwJbyONo&#10;EhlHmf0LSgGsry4TCbt54wbcmp+DzdUN1lEYAtKjMbBeQvZQ0E4ZI1GckEUVWytaS0iQCIxO7iLB&#10;/PjEKLzx3vtQCQPSomCHA7s22NVom/3UinNQPC+POwkqx9bF2upq8It4D4rYyyGNeW0129QJwPfn&#10;SKcTW42IOfZexxxLC2anpuHMiZ9AZF4TlMuGfFRprbqtNmt1rPYm0SdZ8T3/n0fnj6/fOCNET5lx&#10;tsvhzBacRgjA6fttunzmOc/TdvtsJoz78vChh9tf/9p7x/bt3XsKdS2VSsVcS4EhtekIlu8pUNL9&#10;EAgEAoFACMjnFbcNM9yRKAB8qjV0OQrw8ba//VkhO+1l/11pV0Rqnbl7DToTvu6CD1nT0Wi1YHlp&#10;Bc6fuwinZk5SUXvh0oXcxurKQVMIvx0EpdfKldoLYaVcxAK3EJqvoAhDo2MwOjYGwyMjUDKFNxbJ&#10;NGKkVJJuzXoCZbMxYirksSDtUUK5T0wPdSA9qwHxyT2LOyGRTTX3FCROWjg6lc/nabzMs10Uj/Ql&#10;PjRN4Z+ngL42JZKTaXDsEtNj0hsgkLjEvRhWV1ZhY2UFbly9Dmtrq9BqNKlrEVOCudkuBRb6RJi4&#10;u5MxDzA/53N5aDW34L6HHoL3v/VNOl5MJY+sm1fkghOpqwPUZcGcFB33mNjQ8eYBbIfIM8wPuwIe&#10;hS52od5sQiFXoGRzctoyL9pqNKBgjn9rqwFnTp+F4z/6IcSdFgSBKeirNSJe6AzGuSx+QjrSy05Z&#10;nY3Tv0QpMUnGp+wgnc6m2/dfg/yNiWLsgjWTUEMeoeJsD49F9eY87N+/v/vNr3/w5P333nMSLYqr&#10;lRqUDNnK5Z0TljLrJuxDIBAIBAIhIJ8RoqD+irb7qTJBXFibSke0ksdVNmbdzSOlNr2DM179oy9u&#10;7Cr9fjsy4kIGeeNuozGF2ZF9bnqb2u1Coq7H53BcaGV5HS5evAiz0zMwffxDuHjpnLe0vPAF6EXv&#10;loLg9bBKZKSM4zPYCUEB+8SuSRgaHoJhQ0rQ3hdHoHBkCgvPNE3cFcPaJtIrm6HBO9OLuRh29r7a&#10;jjtlzy2OZyFJ8Kz1LxICJ2THAp86DziChe5ZvR65YWEHBDM9kHRRMrsNSSwW8uzEZY55Y30NFucX&#10;YGluDtZX16De2IKWKfI7lLjOIYu5fMkcS94U+V36ahriduyZp+GVN98iItlsNWmbmNjuU7YHO2Z1&#10;uxGE5YD0IHQO0A6Xuj0ei7TxWDEbxZCI4aEh2EThOhKJVodG3prNBo21YSfE5ZpMn5iG43/2I2hu&#10;bQIKumu1YQ4nJGcsTV0SyGS7qHQGjlPbNTty9V2fyfOQumI516uYBfKxdQRLOiOWbDKRYV9ity0+&#10;c6z9wXM2NDzS/o1f+1uP3nfgwJlyrQa14WEIDAHJ51kIr+z4lfo5/o4LBAKBQCAQAvILTXIGlyjL&#10;KfqJCL/D2dNuG8XKBB0oK1RPw/H6tzv43mzCOgx2T5JU9/i2B6GTUMQ0ANF1T5SXjuDgFrrtHqyu&#10;bcCVK1fh1MwszEydIN3I4uLcfVGv90YhKL4TVmrPhuXKaCEokSahMjQME7v3wtjkBFTCCpTCEnUy&#10;0GLXi62uI0N+nC0xu03FyZp5loRgsCEXwpA4RrkxrshpY+zd/h6F+MVQMCSlZ8Xu1GmwbDCOuUju&#10;UCCjWTsUgvssTMcxLxwpw2I/Mse9srICy0urcP36FVi8eRM61oWKgwF7ZI379EsvwJFjTxhi0KJi&#10;m8TkmskKngLXpXEaGBpHwk5Nu00WtBAre1wRZZlgVggeT6PRYPF9zCL8lvlsPDftTofOy+ULl+Av&#10;/vhPoN3YpHUql2vkxNVtd61bmeUC4NlVZkKqbZdppxGrRDDuRvUy5IOzVFwXTSfXkUtBj/tGBC2J&#10;SBLllR2Ti2F8fKz7d//Of/NAUMxfGRqdgJHRUQgrIY1gYQdLtB8CgUAgEAgBEQwg1tsTzz/NvHq2&#10;Q6L72UqyIeVIgnXFUnBnHUm2cRLfVriityVd61glWR2sx4BENE/FJN7JTmLCFdnGbm424Pq162Tv&#10;e+L4CTh9ehYWF27e0243v5Qvlj6oVapPh+VwTykIKZciKFdhYs9uGDZkpBwEVLSTfa3mu/hIDtxI&#10;lrLBdJ7igD6wIz4UkmjHlTCfwo3ouCTxxExXx5l0ey/JGPEU6ysoUwSJiSEdOJbFQnhDRnpRcm6Y&#10;3LFbFp4X/OyNzS1YXV6G9ZU1aNbrRGLGdu2Cu+++G4aGa7Bung8N+Wq32lAsFZNQRXLZspoWFMlT&#10;t0H51Olg1zNgdzDcf1N8T06YYtysWaPRJOvhlrXhxS5L1OGuRsfs6sXz5+DHf/qnsGH2CUfRqkMj&#10;tI4RdWo8GnmicTNmdtTtAEsSPOXcruKEyLljHyS7jpiQHgfSwM30uuRrV6OQ3oZYQpJ+rhKrZrzi&#10;fTIXi2DX5OTif/Vrv/FgdaS6Njo5aQjJBASVEpFHsuOVPzECgUAgEAgBEexEIrbll/fHgHzsSkOS&#10;rm0nVLYRimSb2pEHSCxvP+6DEhvhHciI6yRovcPeJ6NZPM/vUsEzAeAJkA9sbrXg5s05+OjUKTj+&#10;4Ycwe2oaFm5c228K5+cKhfwHpUrl+VIY7g/DCgwNDaE1FoSmWJ7cswdGR0ahWi1TVwSLVRxV4qLZ&#10;Y9Ljxn7IFcmO8ji7XlsQY/Hd7nWJwORR+G5tcz1nh+ysYoFTx/FYutgpUSxQz9vE9k7EXREOGAQK&#10;DOQ8EKs/wdTyQh5Kubx5bY+6LNSVQZepbmSey0GnzdoTfG3X/Bs7Pw1DIJAMoD0wikmQmOT8vPne&#10;pfdSUGK3R/tbNeszVK2SpmR1bY2202x36TuGDG5ubBEpujk/Dz/6/g9g8cYNCm9EtyscdWs0tjgU&#10;UXE3RyteC7BZLPgdB9P8pBuSSa931roRh00OEpAkHwXS7ghoNzbIj7rATCKtdrSM15CZCgrm7z5w&#10;YOr9d975r/dOTP4IXb92HdgPu3bvhlIpT+YEnijPBQKBQCAQAiK4PawGuZ8DaBcvuDM5gdv87ErC&#10;vho/ITmu8BvYYPbfWu9IgAYaHjblut9iFXbc/wwhSVKvHXOKiRSozP7hWjQbLZifX4DTp87CyeMn&#10;4NTMCbhx49pko7n1Qs733w0rldfCamV/KSiTG1UhCOnO/TAK2M1XbbjGXQJIiQONLtmxIArt87TN&#10;iuDdy5tiHovz5DBx/CliYTvSmbwNztOeTaGPWFBOY0g28A8Ldvwcl/XR7XWsxsS8BsMKMWW+2zFF&#10;cmB1GzG5Y+HIVbFQ4sR2n5PIkZTgaFfOyxFX4qBC1ppgJyUReNv9QZQMifBM8b1rchcUcwUiQ23M&#10;XEEHrFaTCMvaxhptZ2llFX7ywx/C2akpSqhH4T92Vdo4noXi9nye80OU76ijHcGC5ArjESvb0QDY&#10;nueRubZ2JB7QL0hPL2IFWbM1JiZA5wOP/8ihQ//snTdf+/uVIFjCLhN2wu66/z6Y2DVBOSCs+xAC&#10;IhAIBAKBEBDBJ8KdQtAHheOfZns6Q0QSzUR2+4MM53YfYNO2VR8ZgURT4Qo/7bI4IBN+qLaxLFuo&#10;pgcUKxetyBqAVqsD8zcX4ML5C3DixHFDRqbg6pVLw/WtjZdUznu9HJbfMmTkXhzTyuWLUCiWoTI8&#10;BOO7JmFy9x4olEpkn8t6CUMOuhgMqCkng3MqvOQYyJ0q5xExouLbuj7R2JVNbe/qmDogrrOibNYE&#10;kgfsTvTIKjftBmQOzdoHKyJdSC6w+MZOQT7vU5cIgxOZeLRJd0Jyk2QUiRPNUWSOWhAkCBik2EZi&#10;YciGIjLjw9joGNx3YD+0mi1otNuwUW+YbfmwsbXJVrxbTUop/8mf/4UhIH8GUbsFlUoV8madYnTY&#10;6napg0BkA8ehFNMOz9kxA49eufhLDSlpJVcy1/GwnR++TDIjV5lORqoDyV7crnFmiaoVviP5MGuz&#10;+ujRo//9I4eP/NNKxRDPUoGII5KnLzz8RRjBbBkZvRIIBAKBQAiI4GcgINmAwOyiwqd30spyiuQH&#10;lY5UOTctNwLT/8ZMgjpk8hS0E7pnJCc7fKrWKgk5zO6z3rZTmefMfsXKitidONlaALdMQb24iPa+&#10;Fyipe3Z6Gi5fOldeXV/9su/p10th+Y2gXH2wVAoVpmIHlQrURsepQK2Zr+pQlZLRySGJsj/QzpU+&#10;lLo5mDDh+c42NuJRI+uKFdnOAzlS+Rz0l73GSQSOeRlRjwL/cDueSlPqKSDQfG4XAw51TASi1WLx&#10;OB4n6jTyhbxNiSfak5Af0oGQuB3ovSjOR+0J6Vl6XQrnQ/JUDitw7137YWRkiETurXYXmobMrK6v&#10;0XgXHkO90YALFy7CH/+n70F9awvyhmwM1UYoiBDHuWhtPCuAt/kqlHpuSQMJ/T2Xa2M1HDa3I6sN&#10;csYGWe2Hu/YSkprtjtn8FbDHyJkvmsTweO6r1eofP3jf/f/t3ondJwqFHIQhBg8GMDY5CQ8cfAj2&#10;3b3frIsv5EMgEAgEAiEggp+JhAy46w7yB1evUWH7Mcu8k7zDc+8b6KQkxeMO79FWCJy80bY2dIbU&#10;bPvsAevf/mPUKR9SGT2KDTtU1n0r1rZcTW2QqJhttyNYXVmjYnoKx7SmT8DFS+fDzc31Z+I4ersY&#10;BK+FYfkoCtexC1IyX7XREZjYs998H4UwCCj/AgXP3MVgtycK6IvsXX4rwCadCI4l+R6NU5EWwmd2&#10;iI5TFJaomCzQ3XpbmGtg1y3sjnBPx7MJ72A1Eh69n9ytzPuQJFAmiSExsRO1G0JSyOdogSOzKKjV&#10;wPRyDFyMWWQCxRKKy9twz7598PjRQ0Q08PUrq+uwsr4Om/UtEqPjy69cuQ5/8oc/gFtXrxLJCKsV&#10;OqftTpP2Hx8j22LsfrgLTKU5H6BYII4ky2V3uHErj5XqnKWSEaVTp8e6cKmMYxtfQx6TPRs06ex6&#10;yX4XiVou15oYn/xf90/s/kdBsdRGYX0BNTSVAB546CE4/NgjMLlrTDofAoFAIBAIhID8lZETSOrw&#10;vp8/brWzpEJZQTbxidiNEmVcr3aa8cqyoT6rLN3fqcnc+b4DN0k7Mcmoje3EuDfYnAjXaond9kgf&#10;kEQu0su6nR6sra3DpYuXYXZqBqamjpt/f1ReWVk8qnX01UKx9EoQlJ/CUL4grEJ5aATCoSHYu2cS&#10;csUyFeGBIShKOZG1Hc2yxbPvWx9aGtliy158HXYzQOvkfTnUnaDOI+IwQ6XYmQpHp7A4j5Fo5Nx4&#10;lqI7/eSmRQGIUUJQ7EkypKDHQYq2eYC1OgYe4jZyil2/SkVDSHBsypCGx48egQfvuQvq9SbZBq+s&#10;bZIIHQnO0uoabG7V4cc/+hGc+Is/p/UsFgqG8BSh1W6SsxSGLTqdTHpSrdtVZoTK2RFH1NWxbmvW&#10;3cx1QfoyP0gzEyei8pSYajvqlUlFt1ks+FhYKh0frVX/u2oQfh8DF1E7g9km9z74IDz9wtNw/wP3&#10;QRjmt5k4CAQCgUAgEAIi+KsiIgNc4JMQkUFOYWu9pLOShMgp6HPNSl4PKlub2kaIHmA46V3uZNQL&#10;2IoXbGp23CexTwlJ1vq37xLKfEZKunTffuF+YBdhHbNGLl+FmelpmDl5Ai5cPFtcWV463O12fiVf&#10;KL5mCtmnyuWyjxkjxVIVamNjMDo+DsVKANVqzRS6RSgW8yw0t5kT6Wd5tujWNquDOxzKCqeRCHR6&#10;XXKTwhBDzxb0SGRyODKFr3UOXPYAfWv/i50XImGYP2KtbSMKIeQU9NgmuyORscHzTGzMMdfMfj/x&#10;yGHYNTZKjy+urFGbbGlxGdY3Nsx7fTh+fAr+6A/+AFqNBiXMYzeh22onNrpu/AqSBHNL9KyDlxuN&#10;cgJ4sInyg3a7WdB7Yv6usq9NGl46OZdOTO/lc+2gVPhNL9L/S1AsNUIMqFQ+7Nq3B1589VV44tmn&#10;YWy0LIRDIBAIBAKBEJBfBMSfYtm9jI5D9/OAHYkObd/mZcRxZg4sww9S56KdN5hcFxpua//bn/g+&#10;SERSxyyX7UGjSLYm9pIOjKJMjg1TfN+8foMctaZOTsG5j2a9W/Nzh9vtxlv5QuGrxSA4FpbLQblc&#10;hVK5AtVaDYJKDcpDVRif2AVhpQIlctTSNH4VaRaw46gWjRUB/5sdrHy604+6DiQfuEMujR1HpsjW&#10;FsB2PXwiZBR6mMM8j3Q9cFtkmYsdE9xmL0qsk1n7gansXd4uflanA/v27Iann3gM49/puHG7G1t1&#10;SkFvtluwsLIK3/vd34cr5y9RpgcSGiRWnV6b9t+z3Q97li3ZcmvJmShxZAmkzVjpP2e6LwHdjaAx&#10;2YwzuibXFYn7zjOeaOzq5Aq5v9C93t/vNut/jKL+YiGAPXv2wnMvvgSvvPkKHLh7L3ggSeYCgUAg&#10;EAiEgPzCIKsRiT/lKch2QnbSo/cVmJmUdbBhiJ96Rwc/Y6eU974CF7Z7Ayd31C0D0a7TYrfFueGk&#10;WWjUG3Dzxjx8dPaMISMn4MypWZibu36k0dz8sud7H5TD6mOGcAyZ75AvhZTJURkZhb379kFteIjG&#10;t/ycIlcp1xVAQUdsReIuPC/V0qhknEhbTYeyo1s5stvl8S4idei0hftpBfGo4yB3LXvcuM69riU5&#10;VieBHKDdbtMY1uT4ODz0hftJM9KLNW13Y3PTjq558KM//zF8+JMP4f4D98Gf/ekfcY5Ju0Eb9rxc&#10;YlPszum2ESqr63Akwj3n8mQG8z4g42CV/Tl5HqwFrz24QiG/adbkH9fXVn+zU282/bwHtdooPPvi&#10;i/D+N78Bh48+ZAhKwjOFfAgEAoFAIBAC8tdNOrI/UMmpttv4fhIC4io7ytFT/YL47Cl1mhGXUp2S&#10;n4Ekdvh0+5AlItnMkUEy5IrddL9S616V8f/VkOpI3AFikU9ZI3OLcPbsOZg+cRxOz87AzZtXH6o3&#10;6i96Kn6/Wht+anzP7jEMNQxwJKtcgZHx3YBjW6NjIxBWytR9wM8rECnQCRHSwIQCux95Grvi4j3t&#10;Gtm0byroFYc1xlZb4imbMs5kBrsZJIyPLSGJIks+OM8ELXPROXhkqAZjo5wQ3+60odHiPA889q3N&#10;Bvzgj38AKFkJ/Dz8yff/EHLFPKWd4zbRTQusjW92rftJCGep8GdnRsiUc/jy2MFMx+l4nF1vlRm3&#10;yhIQAO5Y+Xn/t6N26x9srKzM6l7bEL0KPHLsKfjmd74Dz3/pWSgWvJQY2/MoBEQgEAgEAoEQkM8K&#10;QYGdbXydrkPBp7f53WnbSqVWrUkOxM+y44MB65ZhZe+sa5fuviMZy6Rtu86OLe5jDTb4sAm3Fpbg&#10;8oXLMDM9Badmp+D6lYv3rm9tvqw8/U4YhC9VqiNjpXIIpWJIo1pDE+MwNDoCQ8PDUEFnpjyHA8aJ&#10;XbFOCJpjP7i/FPCHeg7siKC1LnKEiIXXzjmKNSYsUs+RU5a2GoweOFpHTlc40oXHFXVhYmLEkJAx&#10;yu3AkSwecVKwsVkn++Lvf+97hgwV4Mb1q7C1tso5J5qduHzf69vHpLuR6YA4oulyPPrlOZnMl+zo&#10;lY6tFTGvf6x1eh7MsYelwulOu/k/r68s/79dzCspBvDw4cPwtW9/C1557VWoVQObL2J5m7AOgUAg&#10;EAgEQkB+NjLw11VHZR103c6oTKdksIC/Xfr6jicctutIkpEqNTi+9Ze4CHqg2B9013K0RQ8o7u3j&#10;yjpwaXKs0hR8uLy8ChfPX4SpqWmYnTkB165c3ruxsf6qednrQVB8LaxUJ0tBBTD8MB+GMDo6SsGH&#10;4xOT4BeLaB3L641Jglg9q1S1gF0GbCCQO5bH+Sburj4+5inPdkDSDgPa/Crb0ootQSHbXhSjA3dd&#10;hmpVKBRK0DWfGZp9wDySrUbDEJ4CrK5vwO/9m38Lq0vLbCmsOVGcHMw8ldrsJiNYalsnhMepOLMk&#10;theOynZ9MLMD2B1LZxIuuSOVjsqhi1i+UNhUkPsnm+tLv7myMLdUzJfg0OGj8ME3vwWvvvUqjI7U&#10;WHNiQ9Kd3ET4h0AgEAgEAiEgn0Hyk2VA+hNkiAwSEKcP2Dl6MO2gbNeQDBAQYCvgPvKSjRj5pAfj&#10;PlRlDyodG1IZ5yx2b0rTuxMS4uxv6bXKunEBtNqGjCytwMWLlyj08PTsLFy5cm5iY3XlFVNmv1ks&#10;ha8YMrK/GGAoXhmGhkcgqFahNjJKAXlhuUy6D9fJiEj7wWJvfkxRx4Sdv6JkZIqL7myQoSYBO35H&#10;3QjY3fTsCfHN42FQgkJQJm+uqNM15KSbJLlfvXYN/vB3fxeJFAwPj5nXx7QdmnKzi5QVlVP3gmbw&#10;BpYb98G5WTl3tL7OVEyaFWWDLrXt3DiCxRkj6rc67dY/nLt29YSOIzh86BH45re/A2+++waMjQ0l&#10;xMPLduTsOfSEgQgEAoFAIBAC8tknIslcPXwyYpJY92aCEPsMrz4hiehzzcqQl6zIOB4gQ/q2G9qu&#10;mHc34fUOLKo/HDFNbE/HtNKdcsVvyxT1a6vrcJHGtLAzchIuX7gwur62/CXMGikG4culcnhfKawA&#10;EpJSpQa7JnfD8MQk1IarZO3L5MPjLoSvyFWKAgWTop67MGi7iwGFKtOuQh0IdjXIktcK1Cl/BK1z&#10;zWvLqEnJlyCiXBQMKszD5tYGfd7y0jJ87z/8e1heXKIARhSD9KIuEx6wAYpev7lA1uaYCZHNL7Hp&#10;6AqPwQ5bAWWaRKRr0S5DBY8jn7OBiwDFfO5Pe93uP5q7fuX30Azg8KGj8K3v/A1491fehbHxYfqM&#10;yDmZAfR16iTnQyAQCAQCgRCQXxI48pDW23ZUCfozQjAPItaqrwh0egAY0AN8HDe4MzOyXZE0jW+H&#10;7ssAK9mBXdk4vL4P17eZM+sf08oK3vmFKTnzEq1Dp9ODVUNGrly6DNMnp2Fm6kO4fOni6Ora8hOG&#10;XHytFJZfCsPKQQw+DA0RyRnyMTI+CQfuvx9KQREKhSIV9DTOZC130wKfOzKOhJFVrz0uSlVHv15L&#10;kpCIFPIF0IaYlIISeGa72HnAxPZWs00BhUEYwLnz5+FP/uA/Q31ri0IRdRSxWNyeWw4D5KxzJxTP&#10;jrPhdcLjYrwUEZKDXkzvxaT42LYtYp06ZClLWgqF3FQc9f63lcWF/6+xsdU7+PAh+MZ3vg1vvfMW&#10;jIzUeHt64LrSfVEyIKa7AoFAIBAIhID8kmNwugmybliZnz2djlHtRBR2Kht3eixr/+ve7wIJ1bY8&#10;EZUSkaysQ+288dvpWPquT739udRpy/VhvIGCmDsXGHy4smLIyOUrMDuFwYfH4fyFC7X1tZVj5ije&#10;Lwalr4S12pGgXIZiqQxhuQrVkSHYtWcPDA2PQlAOaXuY9YF5IEgqMKEcNRoqpVJ2REoTEQArniey&#10;Yt2pkEQg4cGRr54hHvR689J6owlz87fgj37/D6BZrzPxiDp2fZUt9BV3Zqx7l06sxDy7po6cxEkm&#10;CEV7kCYlgr5ZN9wT30cSdDbudf/35sbmP9/a2qyjuPxXv/NdeP3NV6FSDZl4xCnRUMIvBAKBQCAQ&#10;CAEREnKn2Zc4Cf5L39D38tuMc20LOux37e0TkYMN3+sjKjqpiZMRKn6/2iZEpw6GdWGiu/pgexp3&#10;SFrsC0ocELRnuyNK9S8M1vPdbnZMawZmpk7C5YsflVbX1h7XuvduKQzfLperh8Jy6OeCwJCREaiN&#10;jcCu3RMwPDoOxWIx+WwcsaKARc1Wu5xnqKEc5NkBK+bnuQMRQaVSSUhB3myn3WhQHojyfJifn4fv&#10;GwJSX19jIXvUY40HZMTnGaMAIi/a8gqPR8Z4OZCARExedNpKcv9CAuV7/qlOq/VPNlaW/kWz0dg4&#10;cPfd8Hf+3t+D1996HcKgkGo8rC5fiIdAIBAIBAIhIIJPTE4cERgkBn2EAT5e7N5HSgY6G0rtbCPs&#10;hPBKpXoOtb1d0tdNSeAUzlrf+fb7QAZJ0nWJdf+nJLzEZXoAtDuRHdO6YojIFJw4/iFcvnzO31pd&#10;ewp8/WoxDN+rVIYOFUpBKR+ELGIfHYOJXbtgdGwUgkoZdI8zRZxFLx5rwRCKoMQdkrYhPI4cVcsh&#10;dR54hE5BFPdohzuRJgKCI1ibSEAM+cCk9bgXJ+SOnLcgTsib8pTtvii7fjGnmcd8rDEK5sGFMSrA&#10;xHJDhf6i2dz8P1eXV/+Vp1X9iwcPwptvvwVvv/sm7N+/JyEetETqtrz2jmRVIBAIBAKBQAjI55B4&#10;ZEv8wVn97GN94vYscfm4z8i8PytmVzu8DjJ1/8fpTXSfwDwN1outEMaa4TLhyNotxTvYL2n3lE7Y&#10;GJMiJyZXSW8AX9M1ZGRldQ0uXbwM0ydOwNTJ43Dl8gXY2lh7QnneK0G58iulsPxIWK6U/XyR3LOG&#10;J8ZhfHI3jExwZ8SnVPSIJqNKhTwRk1a7a4MEfSiXQpyJo3BC0oEUc9ButcDL+bC0tAq/+2/+HXQa&#10;W4Z4dJlQRHGaVJ5YWSnWeiTZLR51PBKDAK2ttbIHfg7T07222eD3NteW/6/11Y3/aPa79/Szz8LX&#10;vv51eOa5p2CoVu4/79lzmiWsO/sISOCgQCAQCAQCISAC+Njb0tuyAzMdDUcWsq8bjObY0dQqs82B&#10;GI+0Q5K1F4bUSWsnbYmXEVRT8F8Ssrdd5J7NMtmJjCSjYpnQvv5L31nW8rgUkobl5TXOGTFkZHZm&#10;2pCRi2qzvnoo5/uvheXq20G5+mypWCjnigGEQ2MwObkLRneNU/o66jx4+Mqjka+859H+h6UAleL0&#10;+eiY1el0wKOAQQ9uzM/D7/3274But6FnHkcHLO0yQDLrqmxeCVv8ZrQgyfr51GUxVGiu02n96/WV&#10;1X/ebjb/fPfuPfDya6/BV9/7Kjz62JFtDSbYgWRkJ934NTohgZ/gMhMIBAKBQCAQAvL5ISC3bzUM&#10;ZnkA7FCIgrubvrO1rtqJvcCduyd3svzdUXOi+vdhsDB2d+VjlwCeISPuxVrd/gPdtY+dBifuToNG&#10;rN7CPNds9WBpcQU++ug8nDxxHE5Nn4AbVy+renPzC7lC/s0wLL9uyMhLYTBUzRVyUAjLsGvvfhgZ&#10;G6EUdnS48lHTEffIWatULEGr26OOCGZs4Kd1uujYtQb/6Xd+B9qNJnRaDQo81Db00B2HB9C/Uh4v&#10;QiFXsEnputtstb+/ubH+W/WNtX/nq9zCQ4cOwdvvvgOvv/EqHDiwNz3f0D+aliV3SvXnvvRdTgPj&#10;ewKBQCAQCARCQAS35yW2eteJQDstImO9gzZEZ/I3Mgxi0E0LbpPSvu011rRJZe+sf4Iq9me5TLXe&#10;rk3Rt9uwJTLuyLUN6su+ITLr0G53YX7uFnx05jwcP/5TODV7HOauXzMkpX53MV96M6xU3wyGhl4s&#10;5oujfqEAxXIVhkdGYP+B/bBnzwQ5akURu2R1ehEFDaIbFmaPrG+sw7//rX8NzbohIM1Nctyi5VJe&#10;2p2wpAq7KTi2VSyVkHzFht38+cbq2u8tLS38dqy9mUq5rJ946kn44IP34YUXn4NKOUgOdycTgr6T&#10;p2BbOKTKnkO1ncAKBAKBQCAQCAER3LEoh4G6M6nFM7P/g69RO0ss0gRz4hZMbvrHe7IevNCnGcnu&#10;zzbTqx3uzO9wAScWw4P19McSsYHX9TlrDRzb4PZRqF1vtuHW/C04PXsGfvrTn8DZ2WmYv3EV2p3O&#10;PkMMXikPD32jGJTfKgXlXD7vw/j4JBTCCtRGapD3fPANeega1hcYolKpVWFxfgF+/MMfQqtehy3r&#10;hJVYKXse5Mw2sGvi+6jrgJUo6n3YbXe+v7y4+B+a9caZ0fGxzrGnnoXnn3sWDh9+CB4+/DDkfZWQ&#10;y8EFuB2pVDtYJA+O3qltV8/Pdi0KiREIBAKBQAiIQJBgJ1337Qp5NVDkehmdR/Zu+rZskAEhfF9J&#10;O3AnfvDz7hh+CJ9s5GuwO0Khg8n2dCYwMSUog3QHyUij2YIb1+fh1OwpOP7hh3D21BTcmrsOrW77&#10;iWIQ/O1qtfb60MjoF5VXgFanRYGRedRpkGuWoo5Gq92BzfVVKFeHodtqge61wcv7pLmIe9EVQziu&#10;tLudH7eb9e/X6/XZ9lbzcm1oCA4fOQqvvP4avPzqy3Dgrr19xxPrfl3O4AJlH8um2w+SA3ctuPPp&#10;CWsQCAQCgUAgBETw88A2rcYOBWn2sdu56GY1CDvljQw6aw3mnegdtCl9r1P9xOROZGTwALXqJzt9&#10;T2u9LaE9q4dBYrFVbxAZOT09Q52R04aMLC3M1zrd9qOFYuHpYhg+l88V7ikWisNaeaEhKF6r2+np&#10;OGr2Wu21ofGJhUK+cGPpxrVL7U7rTLvdutJtda80282FbrcDQTGAe+5/EL780suGdLwCBw99EUoF&#10;PyEKg+L+7Nq79bmto/HAaJyyW2ACIpJzgUAgEAgEQkAEf40EZCdy4erz2zji7li+7kRYANKfVYaw&#10;QDbp3Y5fbeuYZP6dPJXRM2Qfu9Pljx0Bz353xMSD/uMkN6o4kyqvNaWc43Notbu11YCrV2/AmdkZ&#10;OPHhh3DmzClYWpwDJBKx1mOeUpVIa/MWhWEhm2YLa57yKbQQRegokNdRbAhGAPsO3A3HnnoKXvzS&#10;S/DIo0dgZLhCexC5NR8gYzuN2n3c2FNq5eveb3Nc5NIXCAQCgUAgBETw8yYbHxtIN5iW/ik/a6cH&#10;d8gs7O+GZFhNlrjEGaLSF8S4w2d82t8Arfvdtfo0NANWYs7at2dYApKRG9duwunTs3BmZgauX70G&#10;W/UNstvt9XqU5cG7pEiUjjqRYimABx56GF548QU4+uhRGButJWvAwY1sEED+V3foGu10TrZZMW87&#10;x0nSiEAgEAgEAoEQEIHgM0/wcGQrjiwJ6v89pJhE7O54KpMcLxAIBAKBQCAERCAQCAQCgUAgEAg+&#10;MTxZAoFAIBAIBAKBQCAERCAQCAQCgUAgEAgBEQgEAoFAIBAIBAIhIAKBQCAQCAQCgUAIiEAgEAgE&#10;AoFAIBAIAREIBAKBQCAQCARCQAQCgUAgEAgEAoEQEIFAIBAIBAKBQCAQAiIQCAQCgUAgEAiEgAgE&#10;AoFAIBAIBAKBEBCBQCAQCAQCgUAgBEQgEAgEAoFAIBAIAREIBAKBQCAQCAQCISACgUAgEAgEAoFA&#10;CIhAIBAIBAKBQCAQCAERCAQCgUAgEAgEQkAEAoFAIBAIBAKBEBCBQCAQCAQCgUAgEAIiEAgEAoFA&#10;IBAIhIAIBAKBQCAQCAQCgRAQgUAgEAgEAoFAIAREIBAIBAKBQCAQCAERCAQCgUAgEAgEAiEgAoFA&#10;IBAIBAKBQAiIQCAQCAQCgUAgEAgBEQgEAoFAIBAIBEJABAKBQCAQCAQCgRAQgUAgEAgEAoFAIBAC&#10;IhAIBAKBQCAQCISACAQCgUAgEAgEAoEQEIFAIBAIBAKBQCAERCAQCAQCgUAgEAiEgAgEAoFAIBAI&#10;BAIhIAKBQCAQCAQCgUAIiEAgEAgEAoFAIBAIAREIBAKBQCAQCARCQAQCgUAgEAgEAoFACIhAIBAI&#10;BAKBQCAQAiIQCAQCgUAgEAiEgAgEAoFAIBAIBAKBEBCBQCAQCAQCgUAgBEQgEAgEAoFAIBAIhIAI&#10;BAKBQCAQCAQCISACgUAgEAgEAoFACIhAIBAIBAKBQCAQCAERCAQCgUAgEAgEQkAEAoFAIBAIBAKB&#10;QAiIQCAQCAQCgUAgEAIiEAgEAoFAIBAIhIAIBAKBQCAQCAQCgRAQgUAgEAgEAoFAIAREIBAIBAKB&#10;QCAQCISACAQCgUAgEAgEAiEgAoFAIBAIBAKBQAiIQCAQCAQCgUAgEAgBEQgEAoFAIBAIBEJABAKB&#10;QCAQCAQCgUAIiEAgEAgEAoFAIBACIhAIBAKBQCAQCARCQAQCgUAgEAgEAsHPEf+/AAMA7MzYsXCB&#10;ZvoAAAAASUVORK5CYIJQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDOquDtKwMAAM8GAAAOAAAAAAAA&#10;AAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAA&#10;AAAAAAAAAAAAAJEFAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAEWL&#10;i43kAAAADQEAAA8AAAAAAAAAAAAAAAAAhAYAAGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAA&#10;IQD6i04IkP8GAJD/BgAUAAAAAAAAAAAAAAAAAJUHAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLBQYA&#10;AAAABgAGAHwBAABXBwcAAAA=&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId12" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="6D6CE3CB" id="Rectangle 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:296.5pt;margin-top:350.1pt;width:316.8pt;height:440.65pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDOCgZnugIAAPQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtP2zAUfp+0/2D5&#10;fSQtLYOIFFUgJiTEEDDx7Do2seTY3rF726/fsZ2kCNAmTeuDe+xz//Kdc36x6zTZCPDKmppOjkpK&#10;hOG2Uealpj+err+cUuIDMw3T1oia7oWnF4vPn863rhJT21rdCCAYxPhq62rahuCqovC8FR3zR9YJ&#10;g0ppoWMBr/BSNMC2GL3TxbQsT4qthcaB5cJ7fL3KSrpI8aUUPHyX0otAdE2xtpBOSOcqnsXinFUv&#10;wFyreF8G+4cqOqYMJh1DXbHAyBrUu1Cd4mC9leGI266wUiouUg/YzaR8081jy5xIvSA43o0w+f8X&#10;lt9tHt09IAxb5yuPYuxiJ6GL/1gf2SWw9iNYYhcIx8dZOT0+PkFMOerm87OTyfQ0wlkc3B348E3Y&#10;jkShpoBfI4HENrc+ZNPBJGZbaeWuldakcQgcRgYbnlVoEwxIruQbjXog8DP+nS4Z4ivL150wIXMG&#10;hGYBCetb5TymqUS3Eg0WeNNMMiM88AesNrHDBxCBt7FCidX179jmqEB5qD1aaRNPY2Mvucv4UhwA&#10;TlLYa5GtH4QkqkFIp6nDxH1xqYFsGLKWcY6F5+Z9yxqRn+cl/nq8R4+EvjYY8FBtH7sPEOfqfexc&#10;Ze4uuYo0OmNh5Z8Ky86jR8psTRidO2UsfBRAY1d95mw/gJShiSitbLO/h0iERAjv+LVCLt0yH+4Z&#10;4KQiS3D7hO94SG23NbW9RElr4ddH79EemYNaSrY4+TX1P9cMBCX6xuBonU1ms7gq0mU2/zqNTHyt&#10;Wb3WmHV3afEzTXDPOZ7EaB/0IEqw3TMuqWXMiipmOOauKQ8wXC5D3ki45rhYLpMZrgfHwq15dHyg&#10;fpyVp90zA9cPVMBZvLPDlmDVm7nKtpmLy3WwUqWhO+Da442rJRGnX4Nxd72+J6vDsl78BgAA//8D&#10;AFBLAwQKAAAAAAAAACEA+otOCJD/BgCQ/wYAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0K&#10;GgoAAAANSUhEUgAAAyAAAAQnCAYAAAAD0gheAAAAGXRFWHRTb2Z0d2FyZQBBZG9iZSBJbWFnZVJl&#10;YWR5ccllPAAABCFpVFh0WE1MOmNvbS5hZG9iZS54bXAAAAAAADw/eHBhY2tldCBiZWdpbj0i77u/&#10;IiBpZD0iVzVNME1wQ2VoaUh6cmVTek5UY3prYzlkIj8+IDx4OnhtcG1ldGEgeG1sbnM6eD0iYWRv&#10;YmU6bnM6bWV0YS8iIHg6eG1wdGs9IkFkb2JlIFhNUCBDb3JlIDUuNi1jMDY3IDc5LjE1Nzc0Nywg&#10;MjAxNS8wMy8zMC0yMzo0MDo0MiAgICAgICAgIj4gPHJkZjpSREYgeG1sbnM6cmRmPSJodHRwOi8v&#10;d3d3LnczLm9yZy8xOTk5LzAyLzIyLXJkZi1zeW50YXgtbnMjIj4gPHJkZjpEZXNjcmlwdGlvbiBy&#10;ZGY6YWJvdXQ9IiIgeG1sbnM6eG1wTU09Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC9tbS8i&#10;IHhtbG5zOnN0UmVmPSJodHRwOi8vbnMuYWRvYmUuY29tL3hhcC8xLjAvc1R5cGUvUmVzb3VyY2VS&#10;ZWYjIiB4bWxuczpkYz0iaHR0cDovL3B1cmwub3JnL2RjL2VsZW1lbnRzLzEuMS8iIHhtbG5zOnht&#10;cD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLyIgeG1wTU06T3JpZ2luYWxEb2N1bWVudElE&#10;PSJ4bXAuZGlkOjEwMmU2ZmQwLWVjYjgtOTQ0NC1hYjFiLTk3Yzk3YjNjZmFkNiIgeG1wTU06RG9j&#10;dW1lbnRJRD0ieG1wLmRpZDo3OURDQjg4MTI3MzAxMUU1Qjk1M0UxMjQ5N0VFQjg5QyIgeG1wTU06&#10;SW5zdGFuY2VJRD0ieG1wLmlpZDo3OURDQjg4MDI3MzAxMUU1Qjk1M0UxMjQ5N0VFQjg5QyIgeG1w&#10;OkNyZWF0b3JUb29sPSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSBXaW5kb3dzIj4gPHhtcE1NOkRl&#10;cml2ZWRGcm9tIHN0UmVmOmluc3RhbmNlSUQ9InhtcC5paWQ6NzYxOWY2YWQtY2RjNy02YjRhLWFj&#10;ODUtNmNmOGY3ZWU5ZmNkIiBzdFJlZjpkb2N1bWVudElEPSJhZG9iZTpkb2NpZDpwaG90b3Nob3A6&#10;ZmY4NmI0Y2ItMjcyZi0xMWU1LWI1ZDQtOTgwOWVjYjJiMGY2Ii8+IDxkYzpyaWdodHM+IDxyZGY6&#10;QWx0PiA8cmRmOmxpIHhtbDpsYW5nPSJ4LWRlZmF1bHQiPihjKSBHZW1lbmFjb20gfCBEcmVhbXN0&#10;aW1lLmNvbTwvcmRmOmxpPiA8L3JkZjpBbHQ+IDwvZGM6cmlnaHRzPiA8L3JkZjpEZXNjcmlwdGlv&#10;bj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0YT4gPD94cGFja2V0IGVuZD0iciI/PuETIqcABvsFSURB&#10;VHja7L0HmGTnVef9v7dy55x7pnu6e6JmNDkoeJQly5awscHGxgaDccBg2GUJNvCxsMsDC/uwLGHh&#10;g/3ggcU44DU4yBaysjxRk6d7eqZ7prurcw6V8/3ec973VveMR7YEsizJ5yeXqrqq7q1bdUuP33+d&#10;8z9/y3EcCIIgCIIgCIIgvBbY8hEIgiAIgiAIgiACRBAEQRAEQRAEESCCIAiCIAiCIAgiQARBEARB&#10;EARBEAEiCIIgCIIgCIIgAkQQBEEQBEEQBBEggiAIgiAIgiCIABEEQRAEQRAEQRABIgiCIAiCIAiC&#10;CBBBEARBEARBEAQRIIIgCIIgCIIgiAARBEEQBEEQBEEEiCAIgiAIgiAIgggQQRAEQRAEQRBEgAiC&#10;IAiCIAiCIIgAEQRBEARBEARBBIggCIIgCIIgCCJABEEQBEEQBEEQRIAIgiAIgiAIgiACRBAEQRAE&#10;QRAEQQSIIAiCIAiCIAgiQARBEARBEARBEAEiCIIgCIIgCIIgAkQQBEEQBEEQBBEggiAIgiAIgiAI&#10;IkAEQRAEQRAEQRABIgiCIAiCIAiCCBBBEARBEARBEAQRIIIgCIIgCIIgiAARBEEQBEEQBEEQASII&#10;giAIgiAIgggQQRAEQRAEQRAEESCCIAiCIAiCIIgAEQRBEARBEARBBIggCIIgCIIgCIIIEEEQBEEQ&#10;BEEQRIAIgiAIgiAIgiCIABEEQRAEQRAEQQSIIAiCIAiCIAgiQARBEARBEARBEF4lvPIRCIIgCILw&#10;/cYpOCg4BRQKBTiOo+6xYFvq37YN27Y9loLvNE9Xl7y5FgRBBIggCIIgCMLNiUWjGB4eLg2Hw3UL&#10;8/P1y0vLTZFIpDGeSNQ6TqHahlOjdEaF7fEEfV5vyOv1+f0+r98fCFilJaWeYChU8Pi8TjAQyAWD&#10;oXR5eVmyvLQ0EQgG530+71Qul5+KrETCqXhi2BcKLDc2Ni7VNzWjvKJcPnxBEAEiCIIgCMKbGcdx&#10;QtFIpGRyYqJ56Nq1TZf7+7cMDAxsnpiYuCUajW1yCoUgLAtU3FCCAx6vF1518ft86rb62+OFLnuo&#10;f2x9y7apMuJWRyz41HY+9Xyf1wfqLM/lskjG48gV8hklSMbLyir66+rq+lpbW0/u3LvnePemTROV&#10;lZVycgTh+4ily5yCIAiCIAivGI9SGSWJRLI5Fou1r6wsr4usrLTNz821Tk1Mtk2Mj7WNT060zc3O&#10;VcSiMV82l2MB4fX54ff7lcDwKMFBu2C1AkerCtIkWpSo2/Qcj+2B5bHNfRaLFMsIF5IlDt2vBQ+1&#10;a0HtCfl8nhu0SJA4BbW/Qg6lZaUrTc3N3+pY1/mVDT3dj/Vs2jhRW18vZ1EQRIAIgiAIgvA6xJ9M&#10;pLoWFua3zs3Nb54cH9s0NT7evbC40LmyEimPxaKheDxmJ5IppFMp5PI5LSyghQKLA49XVzCUmPDY&#10;Nlc46G8tJJSUULcdde2QD0T9o/0gSuWo55PosOk56jYJE9vW4oRfoShG1NYWVU6oYqKu1fNIzbjP&#10;zRfyauGjNlDXStTM19bWfWnnnl1/eeDQwbMVUhURBBEggiAIgiB8X7HT6cyuqYmpfdcGr95x7erV&#10;/eNjE03zCzPl0VgEmSSJjKyuPqgFvlct8AsOuNrgKJ1QYCmhW6VoqUH30fNIKHiptYrM5Zb2lNP9&#10;XPYwFQyXTC6LdCathIijRYgSFbbHx9UOeh61benOLBIkHt4frWpIgHgs3dJlm4qKx+fjqosN3brl&#10;sX3QVvd8oq219W/uuvee3+3q7pqW0y4IIkAEQRAEQXjtCCSSqUNj4fBb+873PTwwMNA1Pj4aiq6s&#10;IJ1NsRCgxTtXLWAVR1DllOqwLapGOPwcunZMe5QWALpC4VYjWGKYx0k8cK+U5fo8tOeD/ldQa5RM&#10;OoNUKo18Lq+FhRIVHhYergDRQsbiY6L79OvoYomHhZFlKiEBJUB8Pi9XYny2l30mVI2hJ5f4g1du&#10;v/O2jx+849AzlnwPBEEEiCAIgiAI3zuUaNgxHh5/z4Vz59/Re+H81tGxEUQjUeSdPIsAmFqBu2Qo&#10;uIJBSwX1N7VKWTAFDS1OLEe3TPHtYoFDCxEjTGjsrlXcyDFbarGiHyNTeYGrLVwJUTtgozpVO7w2&#10;759EiBYfZmSvac/iSoqjhRBVT1ieUKWGDOseP/w+vzay+6h649d+E9tK3XXXXT933wN3/3/yrRCE&#10;7x0yBUsQBEEQfjAJxWKJB/p7L330zIun7x28ctm/tDivFvoZLTzYhVGUBEZwONT7BCef14ICRlAU&#10;TDXD0VULWtiTf6NgXsitgOTpPurR4vIGWKTox8H7gKWN5FS54CqKK3goH0S9ZjZLlyz7QTw5Xblg&#10;AQJd7bCMn4Rvm31ZbmVFvR5VO8jMrqQGvH4lZCwSMlQl8fHkLdv2BB//xhN/lXfs7IMPHv57+YoI&#10;wvcGqYAIgiAIwg8WNbNzC++/eO7CT547dXr3yPAwYpFlZPJZFgiOpYWEwwLAKVYoCm6Fw13Ym0oF&#10;P1bQjg99O8c7KOT1dConr2UIiQ1qz6LAQViuWCkUJ15pbPOQU5xw5e6fhEdGXcjc7uE2MI8xsett&#10;tL/ENqZ2G6aLS0/FIt1kaZN7URDRNC7bq70jNI2L2rK8Pq6whEJliff/+PvvPnDg1pPydRGEVx+p&#10;gAiCIAjCD4jwmJqa/fDFcxc/cv7s2a7JsWFEYzEkM2keWUuighf+jgX3x0kWBrSAL5BQ0PUQGAFB&#10;4oHEBE+tItXi6H2QyCARQrKDH+eqh74u9mgZYeO2d1H7kxY7djHrnCsh1KZl6ih0jLlcjsVIPkte&#10;lBy83gJP0+IBWu7UK2iTuWPEBxvTSYw4lhElppqjLhlk2TPi4V4sGverRUgiGS/58r985Y83bFh3&#10;T319dUq+OoLw6iIVEEEQBEF4E6M0QPn01OyHLl3s//m+i+e7J8bDWIksIxVNIOPkzOLcmMdNZYCF&#10;hFkeuN4NlieF1YlWXOVw3KpGQbdckTggMcPjc13fCDtGdLVD77EocNydW6sGkesXKcX7wdWZbCaj&#10;REieX8c2VRB3GpZuw7KLZndTZClWO2ys3q+PwggnFi+6amLz5CwdbBjwB/DD73rPB9717rf9g22L&#10;LV0QXk2kAiIIgiAIb0JoXT8zM//egf7BX+vvu7BjfGwMC0vziEWjyGTTutJh6cqCO3WKBQsJCvZp&#10;2GY/2uyRZ8GRZ68G5Wk46pJ3dEsVtVnlnVyxxYoFhgkWdIyScUXH2h8+i/kgSjgUCtqQbturZnd3&#10;JC/twzITtPhIHAoaNA4Vi2M91rRxubedouldX6BFhjHIq4Nbbfcyr8mtXXkPcvkMMkrsnDlz5sN7&#10;9+36fGdna1a+UYIgAkQQBEEQhJdgfn5539WBod8euHz5rWMjw1hYmEEkFkE8nuBKAi3yeXKVcYkX&#10;ilOunOLCXa/OHdM+pascJDzoUjAVDp02rgMD88WqB4qiwclfLzpcwXG9UDAiyLZuEBG8ZVFA6EBC&#10;rxIJ2g+yuh+Hx/MW91MUKte/ni6kaK8KZ5NA+10cvaFpH7PhsaiSo96jB5idnT5w6tS5jo6O1kFL&#10;iiCCIAJEEARBEITricVS9QMDw7+uhMfHxoavBpYW57AciSKysox0Ls0tSjz+lkoG2mluHBZOsVLB&#10;y3Q2iOf4Pp5ARf4NqoIUcmqtridSuYLDvXBGiDGoaz+JxQt+V4BoMbBa8SgKDVN90XkeNlckqBKx&#10;NuWcoAlWurBSQCZrKxGSMQLFY1qwrDXVjhuqIWYOMA/XKgBrJNAageSa7Qtc5amqqiAzSbC399KB&#10;Bx+6e7CivES+YIIgAkQQBEEQBIJEwcjI5I9d6u3/nbGR4e65+RksLy5geWUJsUQCZOUm8aGrGXnt&#10;59DLd61DjP+DFvc8gpfFhRmly+1WDguOfD5nTOaF61qq3Mv1YqPAVYZVMaCFgQ4QtE0IoVVMR/cY&#10;H8d1gYVmwpVlcjwcM2uLggmzWXfilg3X2VHcj9m+WCXhKVheVh8Fy23LcoxJhP7l432zf0X9VVdT&#10;h7r6OqU/fJicGNudiMf/QQSIIIgAEQRBEARBMTe31H6pb/D3r169+r7piVGsLC0gnogjEokglU4V&#10;F/R6YpX2dlAlosCjdI2JnJbmBd1OVaxykBjJF1hIFPJ6kpU7LQuASTzXmR5cIXFlhuWKAfq3p+jr&#10;0PfZLBBcs3hRZBRFiM1tVmv35ZgpWfw2jCAhk3gqlaLOKeTUsXm9DmeD0L5oipX7XFd8aB+Lw4LC&#10;64okj5tyYkQUtOAqL6tAVXU1vH4/5mdm4fX528rLS9/036PVGpAgiAARBEEQBOEmpDM5XLky/MGB&#10;/v7fHQ2Pts0vzCAVj2F5aRnxZFw3P9lm1C2XM7T8KP5tFt7av2GZVis95panW+XyLEZyLDoKa0QH&#10;zG0etMuPadFhrxEfeqoUXZMw4BRyj10ci0vXJEQcMxaXxYPHLq6CvSxCzFhg8w9XTWi/aiMSIDzG&#10;N69EUU6JJL82klOYoIeFiMUTrXQ6u2mtIrVC1Q7OCtG5INoPYvP7Im8LBRJWVFbz8S0o8TFw5Qo+&#10;/DMfny0tffNXP0R8CCJABEEQBEF4SWZml1ounr/0+9euDn5gfm4GK0uLiCnxsUJej1RK+yUs01rl&#10;tls5VnGhyf4N6KqH22rFBvOcrnZoo3nePO6YvI4b263cyVIeU3Hw8KLeFR0kMFyx4VYntNmDD0mH&#10;CHqMuGDBYMzjtk4qZ4ECXbWxTQKizTkdBQSiUVMdKbBxnCZa+Xx+vlDlgwIGwSLHDOPl4Vle5B1t&#10;APGp1+bRvB69X24xyxd4/wG/D4vzCxgaHkL7uvW4577DR+UbJwgiQARBEAThB5JsLo/BgfDDvX2X&#10;/sfEWHjj3MwskrEooupC2R6kJsiQzTkclhEOWoMUW4zcXI48VzvIq5FnbweH/OULRb8HV0TcqVh5&#10;d2Ct3pFlX28cp789pp3Ka9LJfQEf53TQ6p90hcejhULBVExIJHk9uk2KFv4kFqhqQWrG5/WvTr8y&#10;07o4WJDu85LA8ekPhFrJjCfFNkntJCBofyS4vD4PG8/5fdkOAurY6L1yaKG6WLZdbA9Lp1MIBELI&#10;qM8hPDaK8ooKbN6yCfPzS6FoaxLlZSH5AgqCCBBBEARB+MFhZSUROn/+0m9eHbjya1OT49bC4iJS&#10;iSSi0RUk4nG1KEexqsGtVgWnWAFxO6dIbHB7VV6byylLo6AW3Dknh3xutRpCcR+8ib2aZK4rHSZN&#10;3F4VH9r0rY3lVHkgcUD+Ck41NyZvx7H5ptenxEqeaxm8LQkI24gXEi68H1IMllthoXarAO8nl83q&#10;vA6T56GVEB1kgXM7WNjY+ji0mPGZoEK1rXqvfHw+asvym9BBJVYCQe13ocfV+/OHQpgYH0MwEMC6&#10;tjZMjo/j6sDlP1+YW6x+6K13/fdAwCdfREEQASIIgiAIb37Co7Obz525+OejI0P3zMxNIra8gngy&#10;hZXIErLplFr0+9UiW1ctuMKxavPQo3ShH+NRuiQ6WHDQwj1XFCO8LU+9QrHSwcrFDS2nf7jCYhVN&#10;48X2KhqFS5UQD8+ZgseYvuHRJm8SF9y6lbd4GhULITPil4QAiR46FvJvcGWCJ1vl2X8SUGKAhAcb&#10;4LMOCwqdqq7H8vIoYTKjZwssoigpnSotjp0velO8Xo8JR7RQVlbCoimfzXMqCO2LXttL7Vvqn0Qs&#10;jqrKSlRX12BgYABj4XBgZnr2D0tLQ22337H/l0Ihf16+kYIgAkQQBEEQ3vDcbApRTomES5dGfrTv&#10;4sU/nRgfbViYn0UsFkEykcDyyjInkPtoMU3tVNBmalpk5wt6jez6N3iSVUGrElqg5wpZ7fPI0mPG&#10;eA6TXu6YXAxqsVILeapGWG61g0sfjgkNtIuBhpytYWmjO22apW1NlgdVIRyvxUJCt1xpUZDNZ3W1&#10;RYmEdFpXMDzcluUzGSC6ApJTQsEyQoaOmTRFntrF2ANfMNWeAr8vvs6SqCJx5PBtr8/LL0niyu8H&#10;30cTtAK+gBYilk6Cp/auTDbDFRE6Hg47VPuenptDS0sLTrx47Be8/kD1tq0bP1pfX5mSb6wgiAAR&#10;BEEQhDc0N4qPeDLjP3e6779c6ev/5cmpcWtpcZ6FRzwVw0okAi+VDtTCPEvVhLyWMHkzMlcHC+rF&#10;uWOCBB3jlcjmssV8D5jpT8VMcQerpRP3uGzt8eCBuJb2WehKilrsQ4/ydVzhQiNz+R7zuqYUQ5Or&#10;/FzJABvFS0vLlCAhQ7lX70ct9nMsSPKm1csd1+uFx2tzVUS/Qy3T0uk0V0QKPKJXCy56X+mMRwsZ&#10;O68rKWo/JCromLVvJMMBhlQMSvpT8KtjYRFCCerqGOI82lcJlGRCfbTkIfEhHo1xtWVichLhsZEP&#10;Li8sl953/x0fKCsPJeVbKwgiQARBEAThTcH8YrTt9IsX/2po8NJbpycnsLS4iGQ6pUQJeT4i8Hu9&#10;utJQWDWaW0ZoFMxoXTffgisdNNnK0S1KtNimRbblChZHZ3nwDo26cLM7bBNUaBlBQSGGbL+g5zha&#10;JNDoXstMsSIRkM2bqVVkIDe5ISQ++PXTuvqwsrLCU7BCwRBKSkt0aGCOTPaUQZLRmSCWEig+Lyx1&#10;P4sJx2aDPYmULFU5nPyq+CnoEcLZdJarMTmPEiAkZPg92PwG6DOgVis3+yObyyDjSSsREtAhhGof&#10;yXiKP4ac2pfHp8f5ZnJZFmFRdcwJJUbiK5F3HT162rrj8MH3lQS9afm2CoIIEEEQBEF4QzM2Pv/Q&#10;qRNn/2J0+GrH1PSEWqwvIZvJIB6PIUG/zHt8xTwPPSq3UGydghEUbl6HflwHCPKUq4L2eehqyGoa&#10;OqeCwwgLa9XfASNiaPHPHhDqwPJYvJjPqGPi5HQTXIi1CejGzM6jdNUfVIXgaga1VtFELC/JAgdJ&#10;9X5ofHAwGIDf7zfm8rwRUmq/jqc4sYrEh03Vmrxut9LvQQsfers0Icy2c7p1LKfuswucg+LmgFBL&#10;lW3S1rU5XU/dStkZ/tsf8CGnjhNG1PiD1DLmMR+Lw6GOiViCp2n1Xuz94ZLSyr/duq3zgzXVZTn5&#10;1gqCCBBBEARBeENyZXDsN06dOP2bU+Fh/+zcDKKRFaRzWUSN+PCZ8bNuUnnBVBh4wc9ubJ1e7oqP&#10;HIuPHD+PTdwm/0NfO6tGdYcmUemFPFUueNytY2IA1ySZpzNp5JI5FiOOETMFI1rcKgMdj5twzuNx&#10;jX+EhAl5WjhwkMSPEj0enw+BoF+JmSxXRoIhbTinliwKGbTo+VbOpJrrY6EjyWTSJqXdMoO2HPaF&#10;ZEymh57WleE2KpicEljue9EChG9bOquEPfMoRyadNuGHDtava0c4PKGO18/CJZ3NI56mcxBAbGUW&#10;M1PhH4tGliL33nfbx/x+WU4JgggQQRAEQXgDodbMNZf6hv/81IkT7x0fHcHi/Dxi8RX+1T6aiCOp&#10;FufknXAnWVEFIM+VCTPxquCYfA/H5HhowUHjdWmTQk6Lj7xJNGeRYK3xdfCd4HG4XDUwPg6b25jA&#10;4kBPntJtWUVPidnWMRO46C9qrdIp6Xp/ehyvzidxqxEEiQo2jjt5BPwhFgnpVFo9z8tGejKfs7ll&#10;TRVDiwZtQtfvgV7H1u8tn2fRk80WtACiz5WFR+E6/4ptDPQwKejc/qWOnfwg6WwaGfWZlwWDqKys&#10;YhEUCAZge/1cYcnRZ64EHY1AjiUimJ6d/mjdhbrFfXu3flq+xYIgAkQQBEEQ3hBkc07P+fNX/v7c&#10;qdMHJ0aHMD8/h3gixh6FWDzJHgQ/iw/t9aDRtIViBUP7H3TxQ/sYOESQggULOW5X0u1MMIGEjjGc&#10;r1Y3tK3bCAQT8sF5GkYQOGZSlc3VBkeHAjqcQkhjqYyo0Z4N7cUoGAO4Zfwl1La1Ghzo8ekJV3Ts&#10;1IpFQoYqK65YYfGSX80fcYygcEUI+e2pnczFMRUY9rvk81zx4GqLfofqvTirgosM67yfXLHVzDLC&#10;hnwl1FZG1ZTSkhIMDAxiaXkenV0daGyq59HBPtvHLWckChPpPFaiEZw/c+5TZeXloz3drX/pBisK&#10;giACRBAEQRBen+Ijm9976nT/586ferFrYiKMhblZxJMJXmBTHkWmkOXKR95djHNIoGm7MlUPC67w&#10;0AGDVP3ImQqBKwhYB3h08N91A39JWNBDRnx4zfjbNE+KMs+zuOahp2bRQt/ShnVX8HDGhqmIcAXE&#10;touedvZaWNrITq1XtvFU2Gu8FZzcbmQRCRcyonOVomAVJ3LlTHXDNdYXin4TFIVJMemdjrqgW8rW&#10;hjDmjdBw375lFYp/W15b+2W4RcxCIOjD6Ngoe22qKqt49DFtVqKEyfLykjpvaf6so/G4eq1pXOm/&#10;/Me5bGZk+y1dj8u3WhBEgAiCIAjC61N85PL3Hj9+4bMXzp6unwgPY2F5AYlEnH9hj8USvOj2+Xza&#10;cG0mWzmm0qEDB1crIOSH4LG0jrnO54vTsIzSYH+IY6oVa1uh9MLe5gV7hrMv3ORBEhWW2cZh8VEw&#10;+6DOJw4kVOKDXosOjMfmklhw9Arf67XNsTo8tcvNDLG9XmgN47DgYDEB3RZFCeo2e1scDiXMc0WC&#10;fetGeBR4pK/7lix4jI6yjK8EJkXd0d1b6r3l2ROiB3zxuGJLp7jrIcUav8fPY4Adk6bu9wewML+A&#10;irJydRwenD1zAUF/CE3NTcjk0izk6KWSiRR/FpHIYuD0qeW/aW9vuruqsvSKfLsF4TsjtUJBEARB&#10;eI3JZPJvO3bk7D+fPnGiPjx8TbddxaIckheLp5DlVHBbG8gdXdXQ063yenRuMdMjz8nmOVPpYFO6&#10;mXzlChY3WFCbs93/23fMJKhVg3jWVFa4TSuvX4PajhxoQUNVFRJFOrQPuv0ql9FTrcy0qxwlm6sH&#10;vSQsCo4OFiQhAfJjKIHi8RsXiQ4cZJ+JyetwxZDf6+PXs0y6uvaimEoN/+1KJCOkbNuEHpq8EjPR&#10;i2ohOVYc2mzPFSKTfE4ij94bjySm5HS1n1Qyxe/FR5kjtheRaAy19U1Ip7OYGB9HbU0dSspKsbCw&#10;BK8vyNvEqUqVSlElC6Nj4eYzZ/r+TyyeKZNvuCCIABEEQRCE15H4yD1y7NjZz59+8cXy8bEhLC0t&#10;8IQrbrtKJtl4Tm1MTp5anHBdtkfejN0tmGwPqn7QL/ckBKh1SV/yvNh2R+Hqsbh54xkpmFA+Ly/W&#10;3SoKS5J8zozV1c/VvpIcL9ALZjuaKkUCh/I0Cmqh73UN4wVdOaApXSwVbP0aVOEgU7rf7yv6OGgb&#10;twWLHqP7PWZqFtdOeCRugF/PR9tx65aXt7PM8zzQ+R5kkvcWTeXau8KVFFsbzNcKLi1ZHD3dy4gy&#10;y6L3qv0g6UyWqxp+fxCJREoJwADq6hsxt7TMAYX1zc2YGJtEX18fqqorUVdbpcRHkkUNtWQtLS2q&#10;x8f2nTnb9yfx+EvHgxRF4Xd5XBBEgAiCIAiC8G/g+pVkNpt/6MSxc589ffJk6Xh4BMtq0Uo5GFT5&#10;SKbS3N7j8Vjc+kSVDa545HWLVYGrEnriFf9d0JOtcrncagtWwVRHSHCsmXiFNRUGFh/qttfWQYI8&#10;MctUCnTooGWER1Yv0s0UKj4mEj5KeFDrFcw0LA9XLfzGdE7FAw/vl6oW1EZFHhESCpR67vV5uXJA&#10;IYFetY1tUs/NnFz+2+H2LW8xvZz3RdUNj5uObjJBWJhooUH3kQHca9l8zR4SE47ojgT2mClYWki5&#10;cYT0uJenaZGoon36g36sRFbQoAQHjQWeGh1BVVUlKqurcfXaIJJKJNbXNaC2rg7xeBzBYAnSSqRF&#10;VpaUcIlh5NrVD/X2Dnzs5X8rvv2xwncQJKJNBBEggiAIgiB8B1a9Ftmcc/jk8fP/ePrkidKx8DUs&#10;Lc1r8ZHLIJFJIJVJ8a//+bwxlXOLk2mryutWq7zJ89AZH3mekEUVCtcn4pjUchNWrhfiplXJ69XV&#10;Bqqm0MKehAsFHMJ4NvKOxa/Lo3ELWrSQOOD09FyejejcUkWVhnyBKwm218ctVHqmls0Cg4UBCQGf&#10;X4+9Vf/yGyHBCefFcby0va0FAYkUj56yZTzscCUCHTcJC59Ht2RxHcPSvg+uiHi8ZnsPiwm6z8uC&#10;xFtsM/MakWKZ9ip6ES2sPGzypxYqenU/izNbfbYWOjf0IBKJYmZ+Hhu6N3LlJzwyjMryClRUVuHM&#10;2XNYjkZRXlHNE7Ti8YTaLovllUWqkvzBciS152aCwRVB1kstzMyAMWfNV4hFyZqqiXPDhR4riDIR&#10;3kCICV0QBEEQvsco8bDn5ImLnz9+7Fj15NgQVz6SqSR7PGjxmjL5F4W8s5pWDhTN57oFC1zV4EoI&#10;+TJyug1LG9IL5lfyNT+XW5apfgA+r/FS2HpcLQX5EezdYC9JjlPUyeCtDeK6CkKLZI+lRYLDU3cL&#10;2rBOXg42letpVNR65ZiqAlc8zMQtEgReM+WKBIGSF1ydsYq/fxZYOBSMO5wEEx2PbtXyFIUT2Toc&#10;8ppY+nOhgA/HPN+zJrfE3MuflR6v6/pFCmbRY6+2nDl6hC/tn1rf/D4fj9+lEchd3dtQWVmJwct9&#10;qKioQvv6ToSHhjCnxMit23fxMZ49fQqloRKsb2/B4vIiUukMf74LkSVEo/HyCxeu/OX27Rvvqa4M&#10;RV9aln432fryHnNe4m9L/tMTXqdIBUQQBEEQvoeoxWDnmVN9Xzh55EjjWHgI84tGfOSyyNAv50Z8&#10;6BwLM9kKMJ4PPe0q7wYNmvYq9mWsHbHrONctQ9cG9wUoQ6Rg6gnG88HVA8th8UOGdxghQa/MxvdC&#10;ftXgTa1VbOAGiwLdHqUbhUh4UEYJiRGfEh6BQIB9HVQ5oQleXnWhfVA1BND78pjKhBsEyFOuLL9p&#10;ldJVGz391+KJWdyGRZUV28cVDH4eVWLoWMzx0Gtr4UPVEJ+pxFB1wwu/l9q//PB51P0siHymtcvW&#10;FQ96f/k8KsvL+LPyeoPYd+Ag5pXYmJ2bw/6Dh/hzHxsZVoKjFHUNjZibm8HU1CRq6htQWlGO8OgI&#10;AsGQOj6femyBx/NOz0ztPXO29z9T+vvL/q44317N4IqWqYp8t6rJ2v2Ij0QQASIIgiAIP5jUXjh/&#10;9YtHXzi6YTx8FZGlOaTJcG4W/iRE7KIZXK8cXc9H3ggMuoZrPC/oSVSccp43lRFntVpirVmA0uKe&#10;Wp/4/+w92qDNXg8WNFluwbJNixS1F5Egyjl6IhQt8rXHw6FMQF6wey3t66B9e5Sw8CmxQYt8qqIE&#10;/AG12A/o1iv1XPqbRAC1Pfm8AR6Xq4P/PEUDOLVccVuRacfS99Ox6Nem55K/hHwkHq/f3OcYseMz&#10;nhKfFjwsPLzGL6LFB4sWvk+3hbF/xPhTvOZ5Xr8f6UyG084bm5qwFI3jjrvuRTAUxNUr/Whv78Cm&#10;rdtYfMzMTKJ702bex9j4CBwlZhoamzAwMIBzZ8+ivr4eASVQVpaXOKE+kUjgyuUrvzA2MfPAS0rT&#10;G/6yrG8XE6+yGL7JqwqCCBBBEARBeLPgHxwY/Zvnn352d3j0KgfYJVIpJT6y3PIUT2b4F31aa7LQ&#10;yJsRu6ZKoUfpuuN09XUuv1r9cNZMc3L9Eu6IWl5wq4Uy+UQsM2o3n9emcsdtYzIm8nwuX8y/YKO2&#10;ow3ZdO33aHM3t01x9cIPv1qsk9Hcsr2cl+FXwoMX/yxK/Orab4SAT1d2TFI5PcexHFPB0GN6LY82&#10;izumAlPQMSXcSFUUKrY7etdkmNjaiM4Ch8WFd/U+FhzaA6KN6uo4jTBh8cHH6TUTu/SErpQShC0t&#10;rchk8+js7sGBO+/Epb5LiCsB8Y53vxtLi4tKjFxBVV09Orq6sLAwi7HRcbXNOq6I9PcPqG0LaG1t&#10;x/r1bXyeg0EfkskoJsZHPVevhv9nLu9UfrsYsL5NHTgvIQ1u9IB818XdS4gYCzdWUaRJSxABIgiC&#10;IAhvGsYn5n7/mW8+++jI0AAWF+YQTyX413Zd+UgVl5juiF03x6OY++HeV9CCwK18OMUQQlqQFzh4&#10;zylWQcykK1q0q+2oDSqb04KH/R1kNjcTs3hfBcekgtta/FAAoKOEhRl5q4MMHW6hInFBFQXw4t2v&#10;FtlBbWynSgRXPPxKUOiFvs0iRAsQfzCEQCjE1YpQSQkCgaASLl6EaHvLp4SDmXRla99HgY/Tw++J&#10;tqdRxLo1Tbcy8cherxYdFjvWbRYSrmme36VtxvRyUKGtn2t5TAuX3i4QCCnxkURZeRmqqmuQUULs&#10;pz7yUSUuRpXgGMA7f+RH0NjSiIvnzmFxZQlvuec+rhoNDw2p9xhE+7pOzm4ZGrqGurpGVFXV4PzZ&#10;szzNLFhSzrkiS4vzmJma2nz5cvi36T3cTFy4f99oTL9RGnwn4/rLwXmZ9wnCa4GY0AVBEAThVUNX&#10;I+YXIx998vGn/8PgtX4sLM0jmUggQ+LDyfO1YyZTFda0WblVD1dg5N2MDjMRK1cwgsGY0vWiVIsK&#10;rEkWt8ykK7qmTBHbjF3Km5BCHUhoRjFBj/rldHDan9ejX8NZzfLgKoJlmxG+HuOb8LDp3OO2OJGn&#10;g8zo1BJFlQXbx6ZuvxIb7uQr2mEml4HNVRclwtJpFkw0/atAZnz1WC6b54oL5WqQyAGP9jUjhx13&#10;jK7bzgWT82HBdalrAabPAyemU8XFtHZx9ohpWaPpW3Ts1ALX3d2NmZlZ/MzP/iwLxKPPvYBDtx/E&#10;O9/5KL7whX/G5UuXcOCOO9De1o5nv/kkZmdmcOvufeq9eTF0ZZCPtb19PaLRFbzw3DOoqKxGTV0D&#10;JkbDSqDQlLM0tWJ9IhTyf7FrQ8u3XH8H130sfcvCGs+GtupcJzisl/ymvbxvpDsd7cYNpP4hiAAR&#10;BEEQhDc8FuKJ9OFnnnj+jwf6L2JhbhbJuBIfapFKbUzk/eCEcCMStLlcNxfx6Fsz0apgVqk8DYuq&#10;InnHLMT1+Nvi4tIYyul53Gbk0Qt2MmLTfbapYhQ4ZBDFn9rdwEF38pRrUFcqRWdmmAqDNoPbus3K&#10;o0P/3NYm8mVQGxSJlIA/hECwBMFgQF0HUVpajlDAiBESKEooUIsTVWIK2QyPrE1mU0jEkyjJlSKR&#10;iiGd9iHjySKvRJM6EPaY6GPPrMkjcdPbreIKnGoeXMixtOhyp4FZZpwvtaMVTfi0nXpyaSklms+h&#10;rKwUc/MLOHzX3WhubcVXvvRVrFvXjl/8xY/j2MnzOPKtI2jvXI+H3/Y2HFO3hwYH0NzSho7ODRgL&#10;j2BYXVra1inRUYHwyBAWldjcueEANm7qxrmzL/KYYpr5NT4x7g2VhP6HEiB3qENIu7JjrYiwrDUD&#10;zIxycG4iRnCDWHl530qjN1+2hBYEESCCIAiC8IYgl3Pan3/2xN/2njsXnJufYyMy/bKvTeN5Tin3&#10;cJtRYdXjYdqnUPylf9XbocMHC0WhclPxQZUPqlTQmFwlcvx+vzqOLI+q1bt1zGLX4UJBzuE0QxZB&#10;7ANh47n2WvjMlCkyhpP+8JgpV+4EKq9XPccfZJM5GbdLSstQRpfyUoRK1CVQSov7TKAkGPF77DqP&#10;2Re9BxIg6VQKyWQCpRVZRJaX1X6CXB3yeGmcbhJeJUDi+RWUV1SCBv7GEjG9gLa1Id3NNDFlDpJt&#10;2vNiRgfraV7GWF/8nEyQIrWqqc+ipCTErVTpdBo+n412JTx27t6L555+DsFQCL/6K5/ExOQsHvvq&#10;13m/H/+5T+Da8Aj6LvRym9qhtxxGZGkFI8ND8Ab86NywAalYFFcHB1FVXY/GxiZ1+yquXLmCW3fs&#10;4vc+NjaKUCi0d2pm5RPNjZV/xJUnx7quKuGY2/wu1igAOgYewYzVt229AoVgvQKh4oobSxSIIAJE&#10;EARBEN4Q+F988eJfnT5+snNmdgIxtShNZZT4UAKEKhjpjE7adlhQaLHgFLTYoGqExROg3BG8a3wh&#10;jh696wYGup377qhdtyLgcMCgEh+Z/HUrTvZOkKgx2SI85pbblQqmZclNHjeLdo8eW8vVjWK1QwkR&#10;JRbUIhqlJeWoqqxCeWWFuq4mD4VTXlExVVVV8UJNVdXRUEnwxZVIfGR5Jfou9Roft2x7K70OiaKs&#10;WvwHkyEk4gkeiWstL/JiO8clijSy+QzKyip4BRyLxeBRIsrisEPo7BBqBzNjiulfeffzoOfZKLaX&#10;uZ4Kx9iuLdOi5vf7+L3OzEwhEPChvr4W999zNwaVeEgk0/iV//QJRBNp/NM/fRkLi/P4zd/8NSTS&#10;GZw+dgKTk+P4oXf9sBJgfowNX8OSEpg79u1nQTkychXL0WXs2rmPp3O98MzTLBpoZC/5eiYnR9Gx&#10;bh36Lw18yuvd9KX62ooRa/VUXld1cNb8UayO2Nc/9zqx8B0EySupZrivK+JDEAEiCIIgCG8Qrlwe&#10;/Y0jz7/w0PTUKKLRJSU+sux1ILFBt91xu25Fg6ddmcqGrnisjtN1TDUk73o2HHe+lYvrhzAjc6kK&#10;YhnTuKV/WaepV1R54efq6HC9j4Ju89IBgh5dVXB0q5WPplrxgt/maVGUEu7zKeFRWoqqimpUV1ei&#10;qroWNXW1+Yb6+jPNjQ3frG+oea66uupEWVlohczlRFaJoOGRyT+7Njz6t3nHeYcSMe9VC//7bdsT&#10;oOoDiRsq0FBVKBaNsFcik0lxNSWbKyAZj/B7JsGgNmHR4HaJOYWcaVfTLWwFN7SRqiG2DkrUxnzj&#10;ZTEGC4/l4erQ9OwMAn4bHe2t7O0IT86q53jwS7/0cSRSWXz2c1/ijI/f/q1fYzP5Y3//OTaiv0OJ&#10;j56eTXj26acxPDSIDZs2o6m5FVMjQxgPh9HY3I5K9dmQR2RoeAhNbR3cijU9Ma4EVxQevwdT01N1&#10;6th+667D+z9krR1J9RJKwb2bJ6WtudOyvl2IAK+CeJDqhyACRBAEQRDeGEzNLL39qaee+/REeAgr&#10;kQU2M+czWV41ZtVtvXy0i9keBTNXVVcnYAICV43oeTOW13Gc4sVtt9K+DRhjuGUyNXRvjuXkjbdE&#10;7TJfKE6FompLwUxhIqO6x2MXhQyLDc7x8PMinfZFPo5AqASlZeUoL69ATWUtGuvr0dzWfHL9+vbH&#10;W1qbvlJXV91bWhJI3+zz8KnF9saN7WhorIkPDAx/Zmh49DNLS7EtK9HoO5cXZx9OJlIHY7GIJxGP&#10;cYWA/B30mgUSbeq4KdTPy6OE/dx65fN4tQnfyXFbGk0Fo/HB7udEYX9U4aF/HPMZ02ejhR6KBvr5&#10;uVlUlYXQ3d3F6eaXr46iuqoWP/0zP0nnEF/+8mNIKjH06V/9JMoqK5UY+Qqef+ZZrnzcfvhOPPn4&#10;k7jc14v65hbs2X8Qo0PDGFZigz6/DRu61DGlMDjYr96PH+0tbchmCzhy9BhKKyp5TPHMzDRSicT7&#10;9u/b+b/LSv1HCmsW/M6qtrxp1cK2Vtu03Cv3b/oaWbajhxv8G7/DlnVz8SMIIkAEQRAE4XVGIplp&#10;e/bJ5/98ZKDfs7SyiFQ6hWw6y0IgQ9OdCnmeEkULay0w9OhdC+Zvx5jNjQihBfVqzodjfpW21ogQ&#10;veqkBSMtwsn4nTPbFJyCWUnqXA9tXtftW9QqpF8TbDLgrBCfDvTzmERxf4DG65LwqEAFCY/aejQ1&#10;NU11dnZ+ZWNP5z+2rWs+UVYaTL/cz6aqshT7992CjT0dCI9O9Q9eudZ/LZv+w3wmtyUUDD7q93rv&#10;UQLtgBIUJblCFrY6nnJKLVfXlKpO145ZYXNFKJcrhjjSNDFq6+IxxVRpIo8NCS31uMOeG6qJ5FiE&#10;kQk/HltBd1cnOtavR1IJg74rw9i6ZSseeOv9uHxlEN/816fQ2FiPT3/qF3nbz3/hK3jqyW/i/T/x&#10;Ptx3/734+mPfxMkjR3ik8Nt+6J0YD49hfPQaItEIdu49yAJuQv09NzuHjZtuQXVNJU4dP4rwtSHs&#10;v/1OJai8GBsdRqGpzT82NvXbGzeuf8C29EAz14Du+lleUiS8hGiwXKPHGtVwfcPezbf/joJE/tMW&#10;RIAIgiAIwusP+nH96Aun/rz33Nl1C4uzSKYS7MGglHJKFU9l09zSVDAtV25LFNwxu2YSlRuzVyiO&#10;4nWuWwm6AkSLECUcTOXD5/fxqF3XaWzTeFzK+GChoZeQFqWgF8WMxZUAzu7wrmZvkPmaKhAlJSQ8&#10;KlHbUI/Wtra+zd09f7V5a88XW1sbJlerJq+cqqoydenBls2dWF6KZMNjUxdGhkcvLC0t/dd4LNat&#10;BNjt6o29VamivUo4dXl5SpgJXlSfJVWUMqmkeq9agOTyWZOZor0lDpvcs+qxDAc9ppUITNMI4pzN&#10;z62tqkZPz3719j0YnZjgaVq3HTqEdRs68cxzR9Dfdwm33XYQ733vuzA3v4h/+fLXcbm/H5/8+Y/i&#10;0KE9eOxfn8e/fv0b8KrP+wM/+eOYmpxDeOgaxsfGsG3HLjTWN2BiLIzw8Ajq6po4VZ08LOfPn0VF&#10;VSW6Nmxg/8zwyAjaWtowPBS+17I979y8se3/wnGN3zevOXynSoS15obzEqpBhIQgAkQQBEEQ3kT0&#10;Xbz2yRNHjzw6tzCFeDKGlFokZ3I5NlanUhmufDimpao4WtdZ9X3oNHIzipd+5c8VtCHbBAAWF6Fr&#10;cj9s87M5J5QXCiYLxGG/CAkfqn6s/oqu7s8VuMWJBITH1tUON5uDDNWhUJkSHkE2f1dX16Otve3E&#10;tm1b/2THjm1fbm2pj1uvYmQxeUQaGmv4snPnVkQjMawsR6+mUqmryVTm76KJVK0SGrckE6l7Mpn0&#10;XcPDI5tePHG8kTwUobJS1Dc0obqyBpWhcg4OzGQo3T3PHhYSHJlUSn3uKZSWlpl3X0BNbS1Kysow&#10;OzuHWDSG1tZ12NDTrc5XHF/92tfUZ+HFu971DmzfsR3Hjp3FN5/4ptJBFv6fT/9HtLQ14RtPfAuf&#10;+8znUNdQi5/6mZ/CyMgoLl28iIGBS7hlx250b96CyfCwuv8aj93t7O7mStbVwWuIxKLYvn0PGpSg&#10;u3jxHAsof7AES4tzuHA+/uvt7Y1fKw350kYq3lQsrK1iWC8thK97/NuqH87Nww5fgdAWISOIABEE&#10;QRCE7zfTM0u3Pvvkc787OT6O2EqUR8xyyKBa5WUyuWJIYI69HCgmeXM7UdGAvmo6d0wblesovq4K&#10;YsSHmx+ip1Y5sMxELTi5VXFCE7b4pQpc8fBQ6J7l5UlZbo4GpZFzInkoiAolPOpq69Hc0npq0+Yt&#10;f7hn745/Xr+uJWvb39vPz+e1UFNTzhc6ZhIT8XhqIRqJPre0HH0uosSCer/rlG7aMTEWvnN8cuIt&#10;g1f6N+SzuYaamhq10N+EanVN1RHyhXh8flRWlCOgPptYPMETyGz1uWbVuYgsL2FdSxNqGhsppwVn&#10;lYBQr4PtW7fgwKED3Mr2+X/6khIWvdi3Zxc++BPvZTH3hf/7DXz9sW/gwMF9+MmffB96Lw3i5NGT&#10;OH/mFHbs2otde/bi2sAgRkeG1WvGsVPdFwz4MTM9jYmxETQ1t6O5uQnD6vEXnn8OnRt6EFCf+djk&#10;BHwe/67lpcj7SkO1f/tyRt9+pxatG4WHdaN4+S7Cw/lu4kYUiCACRBAEQRC+v6RS2eCzT73wF8ND&#10;l0tWoov8q7uufNjap5DL8fjaAgprKh6F4vLQKbgzjXRlRPs+zPPMVCc3u8O+zv/hwOfzsnjJGU+J&#10;XmmawEFjQmeDOifxaRGks0J88Pj9aoEc4GDBkrJSVNZUo7GheWhjz+b/duDg7r/fvHFDigzkrzUk&#10;doJBH19qasvRms0rgZDAwuLyaGtb6+jC4i1fm+JF/Wj7C888fWt/38VdNXUNB/cdOLDdcpy66sry&#10;UDKVRbagxcb8wrz2zij1wmns6p+VSATnL/az0Glpbcadt9/GOSZnzlzEpd5e9dpevOdH3oXd+3aj&#10;f2AET3zzGUyOj+FDSnjc85aDONN7FV/98mN48cRx3H3f/di1by/6lGAZujaIaXVs25UYqaqrxfzU&#10;JFdDgiUV6OjoZBF46sQx9pWsW7ceVdUVOHrsW+jq6Mb01OwvNTbWfMHjseIvZ5KV9d1Eg7nzxoqI&#10;heurIq/YCyLiQxABIgiCIAjfX04cP/OpC2fPHJpfnEciSW1X2WJmB4/cNe1ROnCuYCodKE66MkNj&#10;i2ZznfmRv24V6aZ/ExQ0yON4Odlc74yqIavTssx2avXqtS1TSbG02VwJjwAlmdNYXSVA6Bf4ysoq&#10;NDQ0JVtb1/2vffv3/uHePdtnyKfxeoDesc/nYSFSVVOOdDqDpaUYmpsaqIoxtnvnjrHK6qqvtbS2&#10;oKqqorS0JLg5EPD2LEeS7z7yrVPvmkvn4PX4uCKRTKfU+UnxlKjSshA6OzvR3NKsPlBgcmwaV68N&#10;8ZSyHTu2Yt+BvXCUSPjiF7+M8+cvoL2tFb/5qf/AxvQjL17E5z//RYyOjeLDH/0INm3eqETECVzu&#10;vYhweAi7Dx5CY3MLpkfDGA8P88SujT2b4PX52BsyOjqK9Rt6sGXrVv6+TE+O45bNWzExMb0tEAi+&#10;b9u2zr/GdUno3y4T3LyPG6sc1z3H+nahYt1EvNwoYG62Lyl6CN/T/85vLPEKgiAIgvDSXLs6fugL&#10;n/3iU8NXL4UWV5Z5gZwnI7R6jBa8BZMOx9UMnsRUKK7oCoXVcbsOm9ILRfHhihHLpHo7JtWbfBsw&#10;lRBqnyqYRHNOSTf7cpO/CyZ00PJY8KntaHwtpYiT8PAFAigtKVUL+wY0tbY8s2XTlk/deefBE11d&#10;697w2Q9msexXIuSfTp+++Oj42AQyGQo21NPAHK+HW9+SiTSWFhexsryihJmN9nWt6FCihIIXR4bD&#10;6Ou7yBWsBx+8D/fdfxcikRheeP44nnpST8j66Z96P0rKqvDNp57Bk48/gYnRMdx29z2ob2zA+NA1&#10;DFy+xKN+N96yHbXVtVhZWsBAf68SfWXYvWc3ujduwhNf/xof8113341yJQQ98Fx65NEH91eWB+M8&#10;Mtj6dhHg3ESk/bs+r5cxcUsQvpdIBUQQBEEQXiaRSLLk6aef/5/jY0OhaDSCnBIfNGUpbyY20YWm&#10;SpEhvOD+wEdiwikUW7Bc34fbdrUqPky6OW9X4LwO18ROK0UK78tlcihYWoDQKpTarNx9ueGCeqSu&#10;DzY3/ts8KYuCBMsrqlBbW7/Utm797xw6dOBP9+/dma+qKn3DCo61i3GzSM9UVYQ+tPPWrY/lstmD&#10;ExNTWIlFlOhIaJ8IeWfUZ1FdWYmeni6UlpchlUpjYHAIw9euIpvJ4pbt23DgwD5UVJbhyadewPGj&#10;x5RgWcI7Hn0Yb3/kPszNR/CNbzyFb3z9G0ipc/+Bn/4QQmXl6D3fixElQGbn57Bp2w7U1dUjurSI&#10;8Mg1UPxKV1c3SkpCePH4UUxOjGLvgdtRWlqhRM8IeVa2Li0tv6uyvOnv14qOmwkOVzjc6Ol4paN2&#10;/61mdEEQASIIgiAIr/Gi9/jR0/9p4NLFfZHlRaQyKWTzmaJvI8tp5x4ziUpvoHMGC8XKBE+tciz2&#10;atBisrCmGmKtacEptmBZum3La3t5ghILDMsqbuemgJMQ4UlXXCHRHhNvMAg/jdYNlaCqqhq1dY1H&#10;tmze9guH77rj9LZbut/Qv37fbFitmSG1WFtT9v69e299yvb6OgKzczymN5fXoej0PEppn5iaw9Kl&#10;K0pQRhEKBrBl8yb2a5RWlPH0qt6LfZgYH8e2rZvxcz/3EXS2NaJ3IIyvfvUbOHLkKDZv2oh3/cgP&#10;I5ZI4sSx4xjoO4/p6Sncumc/j+RdmJ3FWDjMFZSNm7ehqqICc9MzuNR3ATX1jdyK1dBQh6899hXs&#10;3L4DiwtLn1y/rulz6gAz3+l9vpRw+K7eEEEQASIIgiAIbzwu94/sOnH0+K8uLswhkUoWQ/BINNDE&#10;JW3DWDWcO2umWTkFp7g8zHOoHrjy4ZjxvJbpgdJZEHpJye1WJFg8evIV/e0UDesFroq4rVc8zpee&#10;o+72+jzwBwIIBkOcKF5VVeW0r9vwBzt37vrP9957Z6qpqeZNeHauW3IPKRHywe3bNj5+OpUumZqb&#10;Q3QpilgygVQ+zZ+hzxtAkxIAW7dsRFV1tRIlaQwrwTBwZRCL83NYv64dH/qpn8D2HdsQWYngM59/&#10;DM8+9xwHGv7cxz6MQ3fchv4rAzh98hSHE8bjcdx9/4Moq6jE3OQEezzmFxfQ3bMZDfX1iMQiuNJ/&#10;SZ3DADrW9yiR0oRjJ08gpvYdKi3B5OTMnsrqmrdu6Gj88suZiPXKxJkgvA7/ixUPiCAIgiB8Z1Yi&#10;Ce9n/8+Xnjx39sThxYUZJFNpDgAkoZHN5ZDJ5uChCVhm1G5+TbL5aiuWrmawcZy8IGoxqxPRURQq&#10;7sKTKxqgEboeFhoFmrDlYI3ZHFxeKVZPQC1afh7Py4nmfiVAQiWoq2+c69zQ9Yk77rjjnw4fPohQ&#10;0PeDdNo+PDo6+9fney8jFosqwVhAhoz+ljbnZ9IZ0KhfSi5fUGKBKlXNTY3Ysm0LNnSuV49nceXy&#10;AM6dPYuVpWXcc99hvPdH36E+1yCOn7yIJ7/5FI4f/xZqqmtx34MPQclJDA0MYvByPyYmxtG9cTOa&#10;G5tArXojI4NYWljE5q070NXVpb47GTzz9BPY0NWDg7cdRHlJhTo3JU89/LZ77i8J+ZzvVtGQKofw&#10;RkcqIIIgCILwHaDF3tGjpz96daD3cHRlEclsmse9kgCgaUeUwE1+DQ4SvK7yUTDbO9pU7uhqh8O+&#10;j5zREO6kK+1ioEIJeUjoLxrjywnpGR0kqMWJyQ6h6okZzev1eLVXxJjUKd+jvKIC9Q0tJzds6P6J&#10;hx66//KuXVvh8fzALVn/d/u6hj2xROpj/f0DWFmcwXwkym1TJC4ooJES10OlAezevZPDAkNKXKxE&#10;o3jqiWcxeHUQqVQC22/Zhp//5MewaeN6JSzmcfTrz+DZZ5/DzMw07r/vAdxx150Yn5jGhXPn0dd7&#10;EQvzc9i2azdqq+sQW1nitPSF+UV0dW9EQ2M9opEVJWpOw6fOL7V9UUp7X28famrrDq8sR/aVhmpP&#10;rhUYjvnDuuFLWcCrZyJfM0RNEESACIIgCML3m8HB0fWnjp/4rYWFWZ5ylaP0bcrgKDgccke/ptM0&#10;Kx6sSwKjKDqcVVPHWs+GcRKz+LB06Dm1Xjkm+YPbuCzjaKDHPJaZlLXqLaHtbNtr/rRYiPj9fpSU&#10;lPGI3dr6hi9s2br9429/6/2Lm7Z0/sCeO/Ux/fKGzpbdyURqP41GrqytRSKdYaHoUat3n8/HVahM&#10;Kouha8OYmprG/OwcvD4LGzd2Yf/+/ejp6kA0kcAXvvg4zpw9g8nxCWzdsgk/+4mPcDr6+XO9OH/2&#10;LE4cO4pC3sFb7rkfgaAfy3Pz3Io1PTuFdiU0mlpakIonEQ5fRTS6jJ6N27B3zy4Or7xw4TzuuOMu&#10;byye+qg67JNr38NNgwetV/1zgiPiQxABIgiCIAjff+LJDJ575sjvTY6H6+OxGI/cpUlXFuV9ZHM8&#10;7YqzOfJm9K6pUMCIEK0wnDXekDyP5l2tkhSfyYtAL/s9AL9aGNM4WH6s4BS7rtgrwj4Rm6sgtKim&#10;gEHyegSDQZSXVaChqfUPtu/Y9elHHnkgv35d4w/6KYwFA96f7uhoeW5mZrZmYW4Oc0sxJUJSSCeT&#10;SKbUdTrNnzW1u1HlaP+hfWhb14aK8nLEY1F89WuP43LfJcwuzKN7Yzd+6Rc/gT27tmJqPoIXvnUc&#10;Lzz/Anp7L6BjwwYcOHQbkkpkjIdHMRYewdTkJDo7e9DS0oyseq2ZyTHMzEyiuW0DNnR2YXklgm88&#10;/nX+DgWCPkxPz7+zubnud8pLA2H3DbxUu9WrrRdEfwgiQARBEAThdcCJY+ceutTX+56lyBJS6ST7&#10;Pdg0rpQDpZ2TQVxXPZxiQKAWFkaQmMectfkfpkayuryEDgz06JBB/lU+vxpKqBPQC7xApNYtEjXu&#10;r/e2hzwffhYs5eXl+ZbWdb+yd9/+P3rkkQfRUF8lJ1DTW11V+qnNW7r/XxpJXFa+hOVYBIlkmgWk&#10;z+dHaUkJQmUlCKjPMZvL8ASso6OjCA8N8/Sxzg0d+MiPfBi3KXFC5+boqT4cO3oCp188yZ6e977n&#10;x9C9aSPCI2GMTIzjSn8vlpeWsOmW7aipqUEqHsfs9DjGJ0ZRXdfMrVfq1OGpJ/8Vw1cHsefAQZSo&#10;15+YGK9WWuRHbz906x/eLFRQEESACIIgCMKbmPHx2ZITR4793sLclJ1MxnlhSuNziTSNxLV1LHVR&#10;UDhOsZee2620EuFJV2ROd9zxvGvQ4oLaqSxuwKJ9ro7lta4TLjCTsPgCbVKn28FQCNU1dcmWltaP&#10;7D946B9+6NEHUVlZKidwDerz/avW1vr75+YW3j02PoVUKsMCkgRIOpXF4uIyEok4BxRGVpZ5wllZ&#10;eSm2bb8F29WlZ1MPhafjyAsncaH3EgYuX2bBeN999+HwXbcjlc3jzOlz6L1wEb3nzyph6sHe2+/k&#10;EcixpQXMzU1jdHxUiZFGdG9Q+1I7G7o2iIErl9HY2IxN3d2oLCvH+Yu99P35YHznlj8tLfGnrhcf&#10;Yj0XRIAIgiAIwpsWmpj0wvPHfnZ0dGhnIpFATgmOHKWaqwtNsCLzOYmAvJPXqeSO21blFAWIm+XB&#10;pvM15nTdbL9aKbEsW5vI1XMokZt+UefJWYUcb2tT8KDl0fkflmnJUgtYX8CPsrIKVFTVxBoaWz94&#10;+x2H//ltb7sbFRUiPm5GwOf5xa7u9Yci0Xjr5MQUZmZnsLhAwiPNwtLjtVBeVob29hY0NTahrr5W&#10;CYggt2k998wLuDowgOnJCZSUluK+e+/Ggw/cg7raCly8EsaRo8dx/MgxjIeH0dHZhS07trPIoeyP&#10;iYlJTIyNoa6hFZ1U+VDnfm56CteUAAmEytG1cRP27NmNIydOYOjqILZ099yivm/3WvA/doNc/Z58&#10;Ljca0EXmCCJABEEQBOH7wPmLA52nT5391eWVJWTSSeRzGRYGFouTnJ5qZSYTFdbkUF832d7RfpCi&#10;eRwwI3n16F1XkFD1gzJBqI0ql8usRupxuKAOMqTnqlfl8bzs+fD7uPJRWl4ebWxoec/hw4e/8bZH&#10;7kNZaVBO3kszUV1Z+ivtrc2fodBIbzCA+uYm9Znn+bP2eL3weGw+o9l0BlcHhzAxOYnpqXElUpJK&#10;lNTjoYcfwn333YXmpjr12DyOfP05vHjiRVy63I/KqnK874MfRE1tLcLDo1iYmVOipZ+nYrV1bEBL&#10;czML2cXlRYyEh2B5vOju2YTWlhacOnUGj3/tMXR19SCdzyMST72nqrLksddMDFjXCxIRIIIIEEEQ&#10;BEF4DYlEk3jh2SO/PTs7XpeIxTjvg0a2kuk7V9BeD2p9ovad1Z4rfc2zrNa0YDkmqNAxVQ0dOLja&#10;ZsXhguaaQwehx+3qBHWnKF5ozC8tjul55Dvx+QIor6xMtrdv+NE77zz8+COP3odQyC8n77vgsa1/&#10;7OxseffCwvI7R0aVSFhYQjQW51HKGbXwT6WSSCYSSoCkefxUWXkJNm7qwcaNm9G9sQvlpaUYDk/g&#10;iSdfwLXBQczPzaOqshwfeP+PYfuOrZhZWMT5sxcxeGUAVy738XnfvnOPEieVSMapxWsR4ZFrcNT5&#10;7O7ejLqaWiyofZw+dRyFfAEtrW0IhHy41Hf5kZLA9pa62vLJV/L+nG/XEy9be/xbthUEESCCIAiC&#10;8Cpw9Oipu65cvvj+eDSihEeWqxM5VhEWVz8ofZzFR3HZZlwgzhofCFzRkTfhhNqUvjZ4kMWEpdux&#10;PMbMTlCbFwsZixbM+jmubZ3atUpDpaiuqU02t65778Hbbnv87Y+I+Hg5C3O38S3g9/xKS2vD3dHY&#10;+qrqqioszC9gaWUZqUwOTkUFJ8lXlpepz7gGVdWV6vl+pDNZnDtzjkf1ToxNIJ9PY8uWLfiJD/4Y&#10;9u7ejrQSDydPn8d59Zy+8xcxOh6maWRKtGxRr5hHfGkRKwvzGBoehN8fQld3DyorKnkc7/DQIJbV&#10;6++4dQ82bexGLlugTJGqpsa6H1YC5M9eiTD494iHG4WIIIgAEQRBEITXgPHxWe/xI0d+Z2Vp3s5S&#10;5ocSILmCyfyg1qu1izTX0uG2WZk8QRqzS5KDgwldgWKKJOxbN5UQV1gEfP5iNYWnXdmWCSkscDuW&#10;w2Zzj875UOKjrKIiW9fY/MFDBw595ZFHHkBJiYiP7yY8rOIim++52tJc+4fTM3O/O7+0BPgDqK6t&#10;d+cc62pUPo+lpWWMhkcxNzeLeSVS4vEYykpLsG37Vtx1+C3YuXO70hZ59A+EcbG/H319lzB67SqP&#10;Q37rI4+gqqYWs9PzmJ6axFh4GLPquqKyBh3rN/C5jMUiSsxcw+LCAlrbN2DbLdvR09ONv/u7f0Ao&#10;GEAkEn+nOqL/ZQY5878s65WLDA4sfAWflyCIABEEQRCE12iZSpNvn3/u2PtGR0fv5DYcar1SYiHv&#10;6BDAPLdeWaYtatVEzhN3LdNWVRQnhdX2qxtWdUXxoR6g7Ala7FruypK8JZRyzvu24PF49MXrhY/z&#10;PoJQ4uMT+/cd+uIjP/QQKspDcvq+A9a3nWWLF/IBv/dPtmzqek80Gt+xOD+AyekZRGJxpJJJDgbM&#10;5rKcDULnpaysHB1dnVi3bj26NqxDY0MDZ8E8/ewRjI1OYF4JlGgsimAggHe884c4D2R2fhEDlwcw&#10;EQ6z2Twej6BtfReampq41Sqhnj8+EcayEjnNrR3o6d7M5/gz//hZ9PddxJ1vOUzHcbv6pm1W7+HS&#10;v0cZvNJ2LBEhgggQQRAEQXiNlqmXL1+rPHfqzK9HKPMjk0bOySOrFppsAKfAQQurSeZF8eFcVw1x&#10;7y+YqgmKP13rxS+JCk49N6KFxIXD1Q/tLWEfiKVbragty/31niogJeWlaG5p/41du/f/9Tve8VZU&#10;Vcm0q1d6lh1TRVBXsdLSwG/V1VV9aV3nequ+oR5LKyuIxRI8CIDyVQIBCnYsR2llCUJK+NH5nJqc&#10;xYmTZzA1Ma6eG+Xgwlu2bsWjb7sf3d2dah9xnD3fi0t9l3Cl/zImJsZ4albPxn0IlYSQTiaUGFHi&#10;Y/QaItG4Eh/rsb5jPY/lvXDuNHovXMD69Z2orqlGKpUOhEdnf7hjXcMlVxk4zitPQbfwvX2+IIgA&#10;EQRBEIR/A8lUFs8/f/ST07PjG1PJGAsOGrtL9g2qfOSNQdwVGEUBom9owzkcU/VYTUNHMXjQWl3Y&#10;8WgrHTiYpwlMNN3KzL7ycBihFj3UwuX1euH3B1BeXon6+sY/27R12+++89EH1e1KOWmvEO2hWb3t&#10;9dr/0rGu9YnJqdkHlyNRxBMpUnrwqM+bKl25fBbz8/MYCcewsrKEhbkFRJR4oF20tbRwG9Ydtx9E&#10;V2cbovEkei8N4lL/AIaGhzEWDvPEq1t370NjUyMS8TiWFxa43WpkdIi/U+s7u9DQ2MgCNKzuG7o6&#10;oMRKBbbecgvWtbdjbn4Gp19Mvr2+7u7/Vlriz173Pl7+O5YTL4gAEQRBEITXI+fPX+641Nf3C/FY&#10;FPm8Dg3kKoaSFrl8rphG7hSKumL1Bs/jNaLDscz43cKq78PWbT8sNMwKmFuvzIQriyZhmSlZtJ1N&#10;U7HU47YSHwFvgMPsKiorvtbTs+U//tCjD6O9vVFO2L8THp+szklNddlvb9u68Z5sJuu7pkTG1PQ8&#10;llfiSGWpBS/D7VJKkiBYEuBckFt2bseGzg6sb29DeWUFVpSweOxfn8PCwqISMAksLS5y69auPbux&#10;vqMD6VQGY2NjWFJCJhwewfzcNEKhMjS3tbOfJJvJYHFxFhPhYSVIg9i0dQsOHtyPmNrvyRMnsXPH&#10;rj2RSHxLWYn/wtpjf/nvUhBEgAiCIAjC645ILIVvPXfklxfmpmtTqRSyuTxXQGiCFS1AqRJBzVDu&#10;lKq1/g/9VwEWedCNXwSOK170o5x0boQHt/9YZvwuVVWM4RkF7QPhlHOqkCjR4lH/F+3zedVCt/pC&#10;V8+Wn3r47Q9nt2zulBP27xAd7tmzVqsDxyrLSz8fDJX9eEfnBtQ3tyASjYG+B/QUEoqhUABlFWVK&#10;MJTzeUyn0zh3sRfTk9OIRCLqHDqoratHS3MTdmzdhHXtrUhmc+i/PIDh4SEMD13DeDiMTCaL1vZO&#10;1NfX87knoTI/O4OJ8REEQ9SmtQ1tretxZXAYTz/9JEr8QTpEr/o+PqqO84L7Jm4MDhQEESCCIAiC&#10;8AbjxeNnbxm80vehVCKGgloUFvI5roJQgYIzPywtPopGczKKo7C6nDX3821q18oXigvevMkFIdy0&#10;c6/Xp56T101Zjmnt8nhNS5euhPgsr1r4BlFVWzPf2t7x/nvve2Bu755tcrJeRTniLuBrqsv+oLW5&#10;9t3HXxwNLiyuIJNNwyEBSAn1WQvxWIzTzGPxBKJLS1iJLfNY3mAgiPZ167Bn1y7cdmAPWlsaEE9n&#10;0Nt3GX29lzEaHsHo+BhW1D7r6hvR2NysBKUf6UQCsVQUE2NhHgFcVlmLrq4u1FTWcKXk2JHnsbi4&#10;gIMHbiOzPLVyPaS+Qr9H05/doy9YUt8QRIAIgiAIwhuSpcUYjhw5+psrkYVQOpPkdituwXIzPdaE&#10;AsJxfR+67Yr95byULRRH8V6Xes6GcsuYyrWL2DLBg+79et8Fzv6gVi3b8sDr8/HitrS01Kmva/zI&#10;4bcc7r3r8H4e4XtzpNf/lUmPNWOU9cd2sae743OJVPon+y/14+rVISwsLSOmhEcynWYviKOW/n6/&#10;j43kbUp0tK1rR1dHJzZs6ERVRTki0QieeOYY5mbmEE/GMDs3j5VoVAmPBmzfsQulJSVYWV7G0sIi&#10;5uZnMTY2okRMBvUtrWhtboHf61GiYx7j4WEsLs+jo7MHHd1dKK+oxOX+a3tLSkM9zQ2Vl6X6IYgA&#10;EQRBEIQ3OEeOnbojPHztnTR+NZvJmdYrU8nI5SgJ8DrR4a5YHXeSFVc+bCUh8teN23WKqefuoldX&#10;SSj/gUzmVFmhqgpXUtR2XjflnEzQNhnPg6ipb/qv+/bf9s8PP3wP/D77uyyphVcqQtbi99v/3ef1&#10;/UhZZU3pLbeWc2r5ciSuREKKz6OfBGFZiIVERXmpOlc+ZHIZnD51hv0fyXQGJSVBVFaWqesQero2&#10;4PbbDiAQKsHs9AzCwyOYmZpEeGQI80polITKsG69EhjlZfw9oyDCmYkRRCIxJUrasWv3Puzfvxcn&#10;TpxCMhoLNDbW3k0CROSmIAJEEARBEN7AzMwu4/jRE78Riy37Mqk0CwP2cFjay+FYVtFtbhnXwGqk&#10;tilfqOeQTwRm9K72fDjXBSq4VQ+aaMWihtHBheT3cAUOGd/pOSG1yG1obPra1q23/Je3ve0BlJUF&#10;5WR9D3DWtDF5bKuvY33zl/ovD35gcmIG8XQathKFXpqPq74PGSVE0osJTE1OIRFLgIYVxGMR5PMO&#10;Aup8taxrQXtbN7b0dKK1uQHw+XBteBR9Fy/h2tUhjI0OKyEyxV+njs6NqKmq5m8UZc1El1fUfsNI&#10;pVNoauvEpk0bUVFZjqefegYvnjiJ7dtvQSKZeqva9C+uO34RIoIIEEEQBEF4Y3H06OkHJ0aH708m&#10;4sgUssg5BT1ul/QEiQp71XherG6YJHNug+FQO+PbWJMPop+vJ2O5ieY2LWRpyanu8FIz/5qsENI5&#10;5A/xBQIIhUpQXVUdbm3r+NhDb30g297eICfqe8SNi/ea6rI/2bdnx3sulQz4e3t7MTk2w4b0RDrJ&#10;QsExmTBer1+JwhBqa2vR1r4O3T3d2LqtB831tWxQvzoyhqvXRjA9NY3piSlMzU2r+1No7+hGfZ0+&#10;n7F4FKl4nNPR5+dn+Px3dHajubmVim5KuJzHRXWpUEKltLxcfX+wTx1vk/qGTbvfR3eSl23LuRRE&#10;gAiCIAjC657pqQXvyePHPh2NLtsZtTjM53PcFkUrOy5omKyOYkXjJktWx4gLHQKymm5uuZUTXhza&#10;XE3xUHuVpduushw8qNM/aLHptXX7FU1cCoZC2abmtp+974F7J/bs3ion6rUVJKd8Pt8THp/v7Zu2&#10;bEFbWzsWl1cQjcfYowOLJmL5eSJWVUUlKqsqESoJ8paXLw/i+NEXkc5m2CtCQwayuRxKysqws3U3&#10;KqsrkMvmsTi/iKW5eczPKnEyPYV0Momyyio0NbWyqEln04isLCE8fI2/Ql3dPairq0Y+5zQtR1K7&#10;qyqCX79hnNe/KZxQEESACIIgCMJrhl61HT166uGJ0eG3pNIJ/hVZBw7qKkbepJG7SefFLR13upVl&#10;wgWNCHFWH9N2dWvNNrr1il6kYF6bpmpZtlUcB0uTsjxeGyUlZWhuafujg7fd8fW73nJITtX3gZbm&#10;mr+4eDH/9isDwzRcGf6AF+XlpfBYXnWOvPD6dCVrZWUFU1OTWIlEkIhTenpWJ9U3N6O6uhpVlUp4&#10;bN+KQEkpotE4hoeHMTz5/7P3pjGW3el533P2c+6+Vd3ae6tustncyeFwGw45mzgzkMZyjBiBEliO&#10;DSjIhyhw4A9BECRxkC8G4sD5ECdO4gSWZMuAE0O2o0Tj0YyG23Anu5vsZu9d+3r3/Z5z7sn/fc+5&#10;1U1ppJHk0Qxn+v2Rl1V1695bBZy3wP9z3/d9nlvYWt/gFPVOpw3TdrB8bB4FJWRItI5HY7Qadezt&#10;bnNn7f77H8TXvvJlGIbB4YaWbX/16afO/e7dYYqauGEJIkAEQRAE4bOOhu2dmvXWm2/+5zTHH4zH&#10;vJcRW+dqcRfkrsfeERXx17EgiV2vEpXC4uNO00MHEotejfc7JrxHQCNd3CFJckHCScCvbhmWOlha&#10;LD7UwfWNM6cf+K+//KXn4XmWXKqfAq5j/f7jjz/0QaRpj136+BPcuPQJuoMui4N4zC7EmKyaSViq&#10;6+t6LkrlEhaXFnHfA/fj4XP3Y2VhjgUlhRqeV69x89pNFh37e3tKuDR5J2hp5TjyuTyP5pF4oaX3&#10;nZ1NNBs1Dio8ffo07j97FoORj7ffeQO++lgqlb4wHIWG5xphFH1KTwuCCBBBEARB+Czzgzc/+Nb2&#10;5vrT4+GAR2WCaQo5kpEq4I8IkTgFPQ4O1FhkRBxQeHcgevLIeC4/Gcei7gc/V4uSMZ6IH8NjV+rw&#10;Sba7hhIhXjrVXV4+/h+//PKXh0tLsvfxU2RkWub/kcnlHjv30FlUZoo4PKxzp4OyP0hc0nXzUmnk&#10;CzlUymXMzFYwNzuLTDaF4WCIN946j4ODfXa2Gg2HaKiPfXV/Kp3B3MIiXWu29SXR0Rv2sL+/i9rO&#10;lnr9AMVyFcePHUcul+FU9XfeehP7B3t4/ImnKLDyPlU7q0pvXDkauxLxIYgAEQRBEITPNnt7TfOd&#10;N9/8271+C6NgjDE7X4VHo1dHg1XaVFXcGbfSk23fKNkLiRL3q2j6uCj+enompDErWi4OJ34cNpjs&#10;gcQvHbHoob2PVDqLxYXjf+eLL37p/GOy9/FTp5hP/3av0/kvL12+PmM5NrKFgroV+cRvmTqPTrnq&#10;frJOplo4PDjE2s0NtFttRHqAXD6PUrGAUqWMfn/AeyDkbOV6HnrdHvZ293Cwt8c7IAd7u+j1u/y9&#10;EysLZEDA84BUWv1OB2vrt7Awv4DZmQps18koQfs5VW1XSAOL9hBEgAiCIAjCzwBvvfneX9pYv/0U&#10;dT/YPjeIjhbG4+DAqchI/qNFyaIH7tyP2MFqkoiP+N3o5DtavONBGx+GbvBjKdeDLXpJoMTtEb7P&#10;tExk0hmUy7PfffDBx/7+F7/4zKeyQ4SfDq5jHjzx+Ln/u3ZY+7XLn1zF7t5+suMzYVFJXTA2EVDX&#10;NGBbZU2JAxe5bBZzi1XMKOGxvDCPSrmEdCbNYYYbmzu4des2Nm+tq8/XY+HR60I3bSwun0C5WGSj&#10;AhrNG6ra7HTb2N3ZRq5QxvMvvITTqyf4591a23l59eT8bx45RMsOiCACRBAEQRA+uxzW2tY7b739&#10;nw26TQ4dnJCtKnc9NM4AicVHvCyuJSe76Cj3I555IYEwHc/SjnZCjuaveDhLS3JCTJ7vDzjhnA6w&#10;nGRuKPGh6fFCs2EilUo3jx0/8etfe/lL42IxIxfpM0Iuk/0n5x489zdL5ZJx4/oNFgzNdgu94RC+&#10;EhRUIaZtIV8oIJcvYF4JjmMrizh56jjngFjqOjeabVy5ch03btzEnhIxhwcHqNXrSnj0YLkpLFWq&#10;HGyomxoLUxrXqtf20awfYjAcoTq/iLNnH8S5c/fzGNj62pb6zfSnF+bLqUzK7kciPgQRIIIgCILw&#10;2ea9d87/0trt60+PxyMEYaBuIYJ4oCp2qEqaHXSqo6+nexx3u55OR6cmyfI5HwLvsuwlqNthUehg&#10;GCbWvNz0SIRJnKJO92eyOSwtn/i7X/rKVz46e98xuUCfIRzHeL3dbr93cFh/qjwzi0KxhN6gjxEJ&#10;SvWP41hwXQeZTAaptMdJ6VQv6+ub+OjCJQz6IyU8J5zREYRKsBjg0a3q/DzvgliWpYTMGP1el/NA&#10;SJjsH+xi2O9xFszqmROYna3CtjT8/u9/D1ev3sDcwgKWFKOR/4ASIO+K+BBEgAiCIAjCZ5h2Z2C+&#10;9YM3f73XbWHs+5zFEU2Xy3HHoYrXP6Yp53osRlii6Npdc1mJL9a0M3I0hhUfCemVNG2aCzJJEtIT&#10;YUKuV5bDh9BisfzOuYce/PvPPv2YvJX9WRMgthGeOr74zy+cv/jU+voGfCVYaczKsmwlPmz10Yx3&#10;glStUJdrNBpgHIw5PZ3yQWYrFZRnZtTr2Aj8MRYWNBjqOSR86/UGDvb2UT+oYW9vG/XDfd4VMU0L&#10;8/PLqJRp38Nmd6zxyOBQwsFgiLNn74dm6OolrUfUr/juD0+nEQQRIIIgCILwmeD8h5e+evPG1S+M&#10;1UExVAe7eH/8Lscr7S7L3cTSinfKcVfQ21RsTO4sm09T0ZOnspihg+QkeezRAolm8EgWOV7R/kfK&#10;88Yrx07+7a9+9Sv9XC4lF+gzyNz8zO88/9zT/9Xtxfn0xQsXsbu3i1arg+FoiIDCJBEbExhKlKTT&#10;KSUo8yhXZ7GysozTJ09gZb6KXD6LsSq27e0D3Lh1C+u3N7C9tY19Fh6HSlgMWJhU5xeQz2ZhK3FK&#10;NUR1qutpbO3soN1u4cGHHsfqqRPI5rJUr0+qivrfRXwIIkAEQRAE4TPKcORrb7z+g1/vtJsIfMr8&#10;8BOxkFjpHomJ5Ala3AWJxUfcHaGDZpQsnk/ucr6aumTxmBXvnMdL6OSoFY9wafHux1SHqPtoMXlh&#10;cfl/e+mll75/v4xefXaJoqvjIHzVy+RefuDhh7DYWFACpIveYMQChKyUbcdGSl3PQrGImUoJ1WoF&#10;xUJBiVADjVYbl6/dxNbWDg4ODtHttNBotNDutlQd+qoOstwl8by0EqaqSMIIY3+MbreNXrfJNr6a&#10;OqY9cO5RfP0bL6vXzWFLCZkr19Y+9/CDp6hLI9dIEAEiCIIgCJ+h0yOm7w9f+vj681cvffzV0WiE&#10;URiyOJgk3Y3Y+Ur7VOI5L5drcaK5jjuTV/z4aPqIOwvonEadjFuR7S59TeJjknRL6GtKs6a5/1Qq&#10;pQ6r5a1z5x76O889+6Rcps8wFAbp2Nb/9cEHF14mYeClHXiuh2I6C0sJDAqQdGxTXVe65qYSF01e&#10;Nu/1+pgEgbrWNnL5DLLZFEyrikbTUacuE5liHo7lsOL1lRAZDQcYdrtoNps4rB2i12mQhzO5o2Hl&#10;2HHMKpFCSehbm1vqd8qSGD5xfGV+caaS3ZKrJIgAEQRBEITPDLH4CMMIP3j9zb/VaB7odNijGfyj&#10;LY7JH3p8MmsV3RUzTZ0Qsl7lLgcLl/Do4VryMyZRHC5I95CzVWzNGu+B0E4Akg6Kxu+Ye1hcOvbf&#10;fvGlF/fyhbRcps94Bd135th31tZOtc6fv5i/fOEGW+TSlTbUddWUAKFcEJ2tlw0lMuKAwmK5yMGE&#10;1bkqhxWausk1tbS4yJ2TbqfLHZH9gwMewzo82EW9XuM9EKrBdKGMaqWKQj7HNUSL6jeuXcHO9hbu&#10;P/eoen6vEIaTs+r3EwEiiAARBEEQhM8aN29uPvHxRxe+MR6PlRgJOPsjmMTHS5q159Gq6a7GXQP1&#10;fJeuxTey6Q3DRGjclZI+wVEOAz3e4GC6STKKlWRF0AhXvAKCTDqN+fnFH3z+2ef/0cMPnZaL8zOA&#10;41i3T59ZfSNXzH99cWkBO1s7aDSbbKU7DkbxPhB1t2wH2WwOJSU+lpbncGLlGI6vLKCkBAglp9da&#10;bayvb2H99iY21jdQ29tFo1ZHvdXEYNCHoVsolMooqNfwVJ1QbfXV/SV13+zCPN5+501VPzkszM8i&#10;k0np2ax3n/r1viNXSBABIgiCIAifMd56651f39/bsUPf5+7F1Eo3SuaqJkddkGkP406mB0uPqXUu&#10;7YocJaXHiiNiNRJBS9yydEM7WkqPkt0SwzB5+dxLecjk88Gp1TP/xQvPPemTWBE+++jqwtZrrX+x&#10;tr7zdUo0Xzq2ArLlJRc1XV1jSrI3XZvteEmAZDNpZNMpdb+OzZ09XLpyE61GAwe1A+5k+P5QCZgu&#10;2t0eIlUb2UJJCY8ZHu2i+uFyC0IMhj34oz467Qbeff9d9doFvPzyL+DsmVPo9QM0W70HU54d62NB&#10;EAEiCIIgCJ8N9veb959//8NfJkchPwgQBhPe/5hum9OCOCWYs2ZIoqXj5kgSNKgl3Q8auwonydNi&#10;ETINK+QEdFo0p7YHpamHUZz5AbDjFY1g0eiVaTmYqcz9s2efe+Z7i4szcnF+RrBtHUuL1VfefPPt&#10;7s3btzJ0YTOZLNxUCq5j8y6HqQRDvzfA/sGhqrEAgfpaU+Ikm86gUimqWwFzcxXUm03UG00YblMJ&#10;iryqC4NLLRiPMBwO+dahRfX6IXdYwnEAyzaxsnIMJ06c5EX3G+vbvJnk3Vh/IJtNafmME8lVEkSA&#10;CIIgCMJnhPffv/hra7dvZOhgRwKE3rWmESwcCQiWGXEMYTTd6YgdrjhccJqMzt0O9d1JFC+hT8eu&#10;kj0Pei7tAvDyeRSHGsaBhTR+RXsfDioz1e4jjz7x3z399ONyYX7GWFmevfrcs09eyOezz169egW7&#10;W+voD4YIQp/Hq6ibpZs2C5JMNoNMXomOchkFJTzKs7Mo5PO0e86ipVqdx7FBH+12B7XDOg72D9Dq&#10;dbFPI1lKoAxogV2JZMdTNVOpqtcpwXVdJUw6+MHrb6jnNLB65gw8x13tnj6eVgKkK1dIEAEiCIIg&#10;CJ8BxuPJ4kcXP/4PvLQLw5rDxB9jSGFxFEJIYsQPQHshQTKWlSiQpOuhx0GCifigA2GcGZKoD3Uf&#10;SZPpKoiexJzTu98kPExaWlc3Gr+i0LpsJoeFheX/5YUvPHM5o34f4WeLUF3UTC7//54+u/psLp/G&#10;/u4umkoQdLp9rh+qE0q+d10P6WxWCYdZLCxWcWx5AfPzs/Ao9XzsY0cJjtu3N0DBhrvblANSQ6Ne&#10;U6/T5n0SarSRNW9aiZhcJgOTnhf4MIIQp44fx1s/eB2Hh4c4fmwF49GwpDTvivr1LskVEkSACIIg&#10;CMJPmU5n8MR3f//V/+HWzStlCh3sDzp8AAzGIUJKPVf/kCUu2aiSiPDVAc8fj9TH8VFWB4kKNuEN&#10;g6PMkGi6AZJ0RHTtTjuEltRp1EojwaK+Z5AAYecrA8VSeefxJ574e+fOrcrF+RnEsQw0m+3vvPfe&#10;xf/GcVzdy+bh0HhVqPHeBtWS41hIpdNIea763OH62dnex61baxj0h+h1u+jTbThgtyt/PESgqlGp&#10;Y6RyeeSVgLFNm2uSaov2jWh0cKJqk173o48ussXvI48+inMP3A/1O7jZTHpVBIggAkQQBEEQfoqQ&#10;HPjgg0vf+n/+5e/9xqWPPsz2Bm2MlLAI2H43ZEveMFlAjwMGSWwY7IRlqwOkqQ5/YfLYOEBQn+YH&#10;Ho1nTZ2wcHR/BFMdImMnrEnSFaFuic7ZH8ViESdX7/t7L37xuW0KpxN+Bg9KSmSsnli69OEHH948&#10;//77q91eW4mCFNLpLI9HUaeCxrBIiHDnLFKfOxoc10ZZXf/5+SqWl6tcFfV6A5tb+2i3mrA8DzOV&#10;OFNmSN04dSNhQvsf7WYTw35bFVWIjY01eOpnPf7k5/DSi1+EqWp10Btje69++sTKLMTPQBABIgiC&#10;IAg/Ja5e23jqX/3O7/3G2u0r2XAy5tEpsrmKJhpvfMTbH/FoVTxJNWFL3cCf8B4IuHNh8Fw/vfPs&#10;ByOER5a7092Q6MhJi/If4pEtsGjRks4HLaSTmHG9FIqlmZtPPvnEP1xeqcoF+hmmOlduP/XUE++U&#10;Z0urN65d50yO+sE+Rj6N3flsMmDZthIeNnK5HMqVMlKOh2w+j3y+gGwmy10Nx3JRLs2g2+9z8GCr&#10;Xket3kSz3UK9VkO7caiEx5Ato6nOvFQKx05U1evNIJPy8O677ytR7WP11Co213dWZ8t55LKOXCBB&#10;BIggCIIg/KQZj8Psu+988A/r9f0s73qMxgjV4TDww2SPA/HoFOuJMBYn9HUiPMjJihbUySkrzvSI&#10;l9NptCoWK1GSU6glKeexnOGAwWnQYBJiGA9v6byQfObM2b/7/HNPtcUt9WcbcrYyLPvb5Znqv2fq&#10;NmZnquh0e+gN+qpGAh6/0ymI0PWU4MihMjOD+bkqlhaUeCjmYJomekp0bO3sY3t7T912sLe7q0TH&#10;IWqNGvrtDnwSHWTva5lk2cyiJaVEB1llkYWva+jY2dvjhfSU5ylBklod+yd1wJnIFRJEgAiCIAjC&#10;T5ibNzd//daNm490Ow2MhkOM/bG6BbwkHEZxIvokig1045wOje/nMSwSF5PYTpegR9HY1rRLQt8j&#10;gaFH0xDCZChLA49ZxWKGxrb02BXJVOIjl0Z1fvHSs889/RuVSl4u0M84jm2i3+n84O233h86tuXS&#10;noftpeFlPNi0T2TZsF0bnpfiHRAayWopoVC7WMd4qGpxOMJg0GWr3dFopIRLF4PRECGP8NlIZXKc&#10;F6NTroh6Pfpc47olW18fc9UqTPU7bG6soVSuIuWQxbN2OuW5KfXriROWIAJEEARBEH6S+P5k5cLF&#10;S//p4eEuL/uO1MEu3vsgARKPWUV3dEPcEaEdELqLggS515H0KHT1fZ9yP7j/ETdHeJJrwta82lFG&#10;CHB3dDpnOiiRYqkbHUBTqQxWT5/57594/OG+XKGffSxTw+qpldsXP758+aOLFx+rN2uwbReO5/Li&#10;uK1uBi2RU/AkLZTTUrrnIZvNYLZSwsoKJZifwjgIUas3sLa5gWarBddNc74HjfpFlFPjj9gwgWq4&#10;3esiGPa5ypqNGndQlpeP45vf/CbclPpZpjtnW2ZVBIggAkQQBEEQfsLcXNv5T65cuVZuNRsYDgcY&#10;j2PxweNTiMVH3LiYWunGTlhsrctjWLGQoHejIz/uZkyS7kgQTmAbBo/g6Hp0tPMBHtMyuTPCYzOR&#10;HndWNHJF8jA3t3zx+eee/+18Pi0X6OeE2Wpl9LknHnu/Uik+Ru5Wu7t76HXa6CqhwA00nUawXN7b&#10;8NIZJRLScNPq81wemVxBfS8OLaQuGQmTXo/yQNocUNhstFA7qKPVbKPdaqjvtVlEU41apsWJ6WfP&#10;nsTCwgILkYYSLwuLS/btjYMTJ4/P3pBEdEEEiCAIgiD8hAjCaOn8+Y/+2v7eFrsHUbZHRJ2PMBYR&#10;AXcu4h2PKEpEB+KdjthBN4kjVI/TJ5z5wLsgkyTrQ4sXP+DYjnrtEbSp5ZB6Gr3TTeKDlIfSIXyw&#10;dB0PpXIZZ8898D8+8sgD0v34OcJXtTXR9NdzpfLfOKHpqJSL6HS7LBSoQxYqFWCpOiF3rEKO9kBK&#10;WJirolotI5t2VV1FaHd72N0/QKPexO7ODvb391E7ygPp8YgWooA7ap4SMGklZPJKwNiOy9ODtb19&#10;bNxe50V3y/a0TCpzYnG+pMSNHOcEESCCIAiC8BPh9trOr1795Eql227CH/URjuOgwXASj1nxsji7&#10;YE1nsBDvfiD+8u43jnnRnHZGJlFiugsWH+R0lE3b0MP4SZySDrDoYH1CMdfqPkN9JOvVQql89cmn&#10;PvfbmbSDo7kv4WceCpXstDtvv/3mB6FmwHBsW93nwrNTsG0TpkPX3+MRPFt9j0apbimxcPX6dYxH&#10;Ptvs0mjVcNDDYDQCZdRQ96Q3GCBSxUR5H67nwVJC1lKvQba+5MpG4mbQ72FpeQXFXBavvPZ9NNoZ&#10;lGbKKOYzJ6S8BBEggiAIgvATIgyRu3Dhk7++t7uJXrfFzlc+5X0kyeXTzI4JPm0SpP8hUUCdEdoT&#10;mUzCeDck6YxMohBxpofGo1j07jYtEBvq+5wRol4/pCRsst7VYvveXL6IBx9+9H967NFzyVy+nA5/&#10;XnAdA6dPLa9fuXL1xuVLH585PDhkxyoSGxZ9VGKEls9pWZzyQUiIpLMpzgKZm5nBzOwy0ukU+kpw&#10;7OweoFarw6rXoBkWu7WRuxrFoZMblj8J2MVtqB7rK9HieTaCYIS3P7iiPk7w8MMPoljMqnrLrXiO&#10;HOUEESCCIAiC8BNhc+fgF698cvlkp1nnwMGh76vDmx8v9PJQfiJCojivg8WCFmeCUOdCTxKnSY6E&#10;8ZTWUehgdJdcoQQRGrOhpeLhZKiEBs1bafFiuvpomhYs00Emk0W1urD+uScf/8cp15IL9HPI3NxM&#10;5/HHHrowP185s3brNvb29tjtajQcoa8EAyWjGxYdrSLOBHEsVRe5IjIFdUtl46RzVVFzs7MoZHOY&#10;q86i1eqg1Wyh02lzAGG720W33eI9EF8JXsqVUd/G7t6uqq9FPP7FJ/DMM09id3uXgi6XwjAyDUML&#10;5OoIIkAEQRAE4S8QmpK6eP7yf7SztYFur8ediSAI4k4GCQ9M4pGq6T+Rzp2NMNku16J4fIqWxmOX&#10;rMlRNgj1PfREjWiJJKFuCLv0kpChxXSTrFJ13munzA8SJelUGmfuO/sPHnro/oZcoZ9Pev2hErna&#10;h14q91fmFpeRLeTRV/eR8QE1u3h8SolPckErlouYKZdRnZvFTKnAVr5kZtBQQmPQH/Hy+f7ePg73&#10;D9Gs19Bo1mjEi8e0yDaa6lXXTe6kZLJ5JTYKqsZc9LptfPvb38PJk6toNjsLO/ut9NJ8oSVXRxAB&#10;IgiCIAh/gezuNZ699PGlp1sNylno87hKGMahg9Fk6nyVWOYi3u+YOltNHXR5f4Pvi59DLlg6hwgm&#10;2YTJjkjEygXcLaF8hiiMR7xodEvj3A+T8x/mF5f3n37m8/9nvPsh/DziKnFxcHDwwQcffqyKI1SC&#10;wOG9D4PGsGwj3glx6D6HzQz2lLjYP9jnET5/5MMnm93BAH0lmvuUVzMeY9gfsIECiQ7T86DbDted&#10;S7skZO1rW9xxCyjXRgmYQa+P3f19dZ9JmSHz+Xw2s6gEiAz7CSJABEEQBOEvCJIVH1385G9sbdw2&#10;B/0OgnGgDnYhC4Tp4nkUffrxsZhIggajoxVz7mrQwY9EBY1qRfEDkqV1slaNhQyNa9E/FDo3CIbq&#10;4GeyqKFFYcd2+R3q06v3/+MHzq7uyhX6+SWbcnHq+NLFtVs3+1evXk1dbdRgu5QFYitxasF2bOiG&#10;qerEoKRyZPI5pNMeCqUClherKBUoFd1GV4mIzZ09HLADVgOReo4zTsdBl0oQ61HswBZGIdf2xPdh&#10;p9JK5C7iyqWPlADfw8zsLFrNw4wfjGZUGW/J1RFEgAiCIAjCXxC1emfl4oWP/lKzVcdwNGTXK7Lb&#10;DXn0Kkp2OaI7ygNxgOA07yNK7K+0xHI3dubVku/c6ZpMs0K0RHzQfXTQHI5G8QgXYjcsSkOvVOb6&#10;jz352D/KZj25QD/PhyZTw8rywv4jjz54ZX5x7rGbt26h2ahj0O9jNPIxHsU5H9HEhu053LkgZ6tc&#10;Js+7II76nOx4Nd1EIZdXQtZGsVBAd6aCdruDQS/ujnS7bfT6XSVU2pyiTgGXg14HBwf77ML2xS+8&#10;gKc+/wR2dg+xsjh3XP1qH8rVEUSACIIgCMJfEJc+vvZXN9bXisNBn61Nfd79SHY0OGcwFhq000Gu&#10;RCEbWWlHI1W8hn6XMdYkDO5aOk8kShTLkWnwYLw/EsK1PDpT8uMt00TKy6BUnsHZs2d/5+GH7rss&#10;V+fnn06vP7Js7+NsLvvYseUVdrkakQGCH8R7IKalRAd1xdLIF/OYr1YxN1NGLpeFY5kYq3rtdFKq&#10;NjV2xKK9j9rBoRIyDTSUmGm1WqDOHtn0xnk0OgLTUGLFQalSRrU6i5m5WWzuHaCULylBPFmhGp9G&#10;1AiCCBBBEARB+DHS7g7dDz64+Ku9dgO+EiAj/y4BgiRgMN7i4H8nE+2otzGdkeedDhYZEQKy2mWv&#10;3rv3RViWJHsiEW+FRMlMl6EOgtMUdBq/IvvVXC4f3v/A2X9QkNTzewKqh8uXrl/Z2N6EqUccGEh7&#10;GqblclaI49JOkAfbdpWImGB7dx8723tskkB7HLRkzi5X3R76fep2xAGEg2Efvd6AQzRJbJimyyLX&#10;UWLGcz1OWdeUaGl32vj44iVkc0VUn6tic2tvJZVyUMy7cnEEESCCIAiC8OPmyic3X97a2HygpQTI&#10;QaPBlqXkQBRMArbdpTwOSih33RQt6LJ9Lg9TxamC8XhWlMQS0tiWT8+5k46uA0fdEF27Y9c7PXry&#10;UoimcReE7nfUz1laPvHqI4+cfU2uzr3BzGwey8uzl3Z3NnGTQgZVjblKAFB4oK6Z3HVzXZvH9Twv&#10;zZ2QUjmPUqGE+fkK8rkMLx81223s7h1gZ2cfB7VDaJ0uTHvA9WfQHoimswUvBV7SbgiNG2Yz9Fol&#10;bKyt0TI8isU8jh07Nr+8NCsCRBABIgiCIAg/boajAJ9cuvYfbm3exq2NdfS6A/jcARnHi+O8mBFA&#10;80cYjkfsTEW3iNyxWGNER7scYbL/Qcu+nHyu6Un4YJTsfXwqqvBI2HDQnLpRKGE2ncVMuYozZ+//&#10;n6szxUiu0L1BNu1i9dSJS0EwHi0uVp3trU3e3+j2++xyFWjxoB+UeHBVPbluGulcEQUlHGhx3HFM&#10;dDs9rjkSKJVKmTsmFDo4HA0wGowxpsT04QADdaMOia/qmfJmsmmPrXv3lHA5deKkem0dg0F3Jp12&#10;j2pVwi8FESCCIAiC8GNibX33wXfff+9rt9ZvIlAigZyoaOncdOxYVqgDHe19UBgc2eoOBiPuWKRT&#10;nhIV0z2PeDk9SpbW42msOC99mptOC+u0SMzfnCRL6MmZju6nr6lTots2MvnijbNnV39X1+XQd69A&#10;HbdxEK6nMvn9vI9lyzbR7ynxoITDJPZ15lR016X8DtoRKmBufg7zMyXklVAwdB3jYh7NYg57+zUl&#10;LAxMggBDJWAGSoQ0anW0my0lPFoYjYfxLpNucL2PRmPk8yU89tjjeP6FZ9GsNzBXXSjnsy4pkKGI&#10;D0EEiCAIgiD8mKBRqPc/uPhrW1vrDr3LTMnjKXWYIwer0ajPs/W0C6LpcSgglAix1UFwHAYwA5+z&#10;OqgTwudDaodM4h0QLZq+frzzESelxwvsdJTTY7ssTjyPF9mV+FA/m0a88rkilo8f/60zq8c6mIob&#10;OQD+/NeiusadVm9w6fL1K612c5k6YrYSo7ptxONXSnykaG9DCV/XUeI3BA72aup2iDAYw/d9tFsd&#10;tt8lkTHoD9Btd9CjDsigj/5wQG053lsyDBuWZbCYyWXSqubT7Ko1mQR4/fU3sbK0gpMn0pWDWi83&#10;U04P5eoIIkAEQRAE4cfE7n7z3LtvvvXXtzdv8/JucWaOA+Ba9RqPqoSTCXc9qAsSDuNU6ihJOB8r&#10;cZKyzLjzkex/BJMwHttKbHYjttyNEuerO8vn8S57bC/EnRD1qa1ei4Lmcrlc577Tp37Tc+3ktxTx&#10;cS/g2ibmqpXIdY2rN6/vfeVwf4+zQBwlQjRTZxcsPQ4JVHVicwdO1Qqy2TQqxYK65bFQLaM/qKLD&#10;1rp1bG3vwm73lBBpw7BddmozlZimpXMKv7QMk+uPhbY+xkg3MGh0MDc7h2arNaMbRjaf9/ZtU6yw&#10;BBEggiAIgvBj4c0fvPu3/uDV76Ub9T24XobHYAZ9So8OOM+DRrBoDIpcqcgSlbIW+L1q2u2IY9Hj&#10;F4pi8RHF2+jJVkj0h6RD/Fr0WF0dAiMWKPFjKLCQnLAcdeDM5Ir/3/1nT1+Tq3NvQUvh8/NFnD5x&#10;7EY+m8L62hrqhzV0+wOMKBRzFMAgkUoiQokVumUKeczOljA3N8cChByx/IMawt6QO2q5XEEJFxuZ&#10;dAaBqulwNIpds5KbPx6rmh+yy9bc/Aq6nQ7WNm7xz9EN3VNCuqBhSS6OIAJEEARBEH4c9Pv+ff/6&#10;X/3rv1qvH/K7wXSgG/S7vJRr6iY0M14mJ4kQshMWBcbpce4HO1bFG+Xc31DfD2i8hUeu2F4IOIof&#10;jMMJp0a++jRoMLHtJTFCwsRLpVAqV3Hq9Jn/dWl+Ri7QPYgfhCiUK7f8icYOVaViEV0lJkbBWInU&#10;eIfIdm02Qcjnc5iplFEuF1AtFVEuZLhW89ksKurr/VodNSVGarUaZ4JQDshQiehWu4VOt41hf8hC&#10;23YM5CY5XL92U309xgNnz+G5p5/GQaOGYjFXtaT7IYgAEQRBEIQfD++8/eGvffjhO2l11INhupzt&#10;EWd0KCGhG7z3wV0Q0hS0iM7PmiazRZxUzla8vBMSsl2vRs9l1REdLaHz7JWeyI4ozjPUpmJEi1+L&#10;XLJcSx0s3dQHy8sLr9q2kfyWsv9xLzEe+thY215f29gcjsd9l8auNMOCZ9nchfO8WHzQHkgqneLM&#10;GFog39zdwe31CXqdLhrNBmp1Ch5s89e9DjlpdTgbZDQYIVQih5baqW6p60ZObKSXbcvFzNI8lhaX&#10;ueuSTuewsrQ4J1dFEAEiCIIgCP9WxAd6dd6f+/a/+f1faTabvPNhWDYf800NnCQd0oYvQ4nnAXcr&#10;yI5X1+PdDepn6Ga8/8F7IlHignXU80g+SwQGkg4IORXFBlnxAjp9PU1Wz2RzKFYq//S+08fvWvoV&#10;8XEvkctnUCjm1j68UO/evHXdDfwxsqouKKCSXNjI2cowbTi2BdtRIsR1QWGBuWyKuyWOY6FYyCOj&#10;xEk920S9XoOpHjvhcT89EdrTbp4J17b5tUnw0m5It9XFld5VzM3N47lnn8P+YWvOtAz1erZcHEEE&#10;iCAIgiD8ecUHcePG1q+8/vprs9TesByX7XPZ5ErX4jEq9a9Ohz11KCNxgNCHQT0L+j5b6NL9FqIw&#10;YBcsfk4iNO78rOmnsYUqEiesI4veKEryQeKdEi+dac9W5/9ZpVKSS3WPkk6ZWF6arT1w9tTe3Fy5&#10;srmxwSNTg36f94Q0pZAtW4mIKAXDdeBlPczPz6JancXifFWJEhvtTl8Jh0O0+yPoVgquFyBX0JRQ&#10;ybBbFltFUw2rugsnoXqtEIPhEGnPQ6U8i0argY3NDezu7sL3g/lU2hEBIogAEQRBEIQ/H0fdBPd7&#10;33vlr21urcOyHBYbvBg+3ecg8aEZLBDCIIiTy2P9kIgFjZOk6YlhFFvvItYs8WPu0h3TBPQ4hVrj&#10;B0V68rOm7lnqRlkMKS/zu3Nzs+sZdeAT7lGJrGrCcb1oYWn5huM45zzbRKvTxXDkcy2y0FWi2HIt&#10;ZDIZlAsllItFVNQtQ45ZjhIlpgXPtpFLZzDXaqF+WEe92WCXt656rW67h1G/g06/i1FvgEkwhJdy&#10;USwUECgxsrOzg2y2gN2dbTRbzbmlFZnCEkSACIIgCMK/FZ3O4Ivf+953HwoDn52vJupQZxkaj1eR&#10;0qA0c1o2p6VyXY/DB2P5onN2B4+w0PiVFi8Kh2y9myyaa7jT8Zh2XLTE9SoRL9M49KmgoddzLBvF&#10;UvmfHFtekAt0DxOGEQ4PGrh9a2ut2azDD8aqdmxYDnXIKIQwDiJMpdLIZrJIZ1Lqc48r7bDZQqCE&#10;SqfTweHhIS+h0/J5p9VW97XRU4Kj3WlzMGEQxPbSVI801qX7E+zuHSA76OPk6ml8+cUX0Ol2VZka&#10;pcU56cgJIkAEQRAE4d+Kd945/zcvX7rIQWyabt4lGDQeieIdECUqaEcjFgxh3K2gKXr6mrITDAOh&#10;H6oDY8iCJVYgWiI4EsGiJeNcmI5tafEIF7+OwaLE4IBDOgSalzOZ1HcLhaxcoHsY8jWolAvky7x+&#10;48YNHO7vKJGR5XwYqitywTINS9UudTtMJUZsJV4t2JSOnslwNoipaswf+3BMDWPbQFvVcjDxuQ4N&#10;VXeO40HpXRbXVH+25bCzVsr1lCB3WHy//+F5lAoVPPvM53PqeXSmC+TqCCJABEEQBOHPgdIBq9/5&#10;znd/odluqMNWmu6J3a7I5YoWypVgIEveSRDwgq5Pc/fU+9CmaxvxuBSJh1E4YhtTuo+ECe9zTKap&#10;53G+xzQBfTqCFd83DSLkL9iVSN3+zeL8fG9mpiwX6R6G6mimnMPMTGHjwXNnsV8sYHt/j7sW8b4G&#10;lHhQgsH2VT26yCvBWi6VMLcwBzKsogV0qr12s4Pt3T1s7+yjPwgxpho2++x0NSHHNu1OfbLGVgVO&#10;OSHjQYSO+jnj3hinT90H3w+zu/vtzOJ8vsniWxBEgAiCIAjCn41bazvfeuutt7JakihNpzDT0EEb&#10;HUEUZ3LQGAzZn3KYYJJ8PhUMnGyuHk3J0dz9IP9SXgGJF9DjrsfRzjn/R+dlEJ0VjGbo3CAxNOp8&#10;6Px4CjccDkepXLEE58h+V7hXoc7cyvLKHpVVKu3opUoRg0Efnf5AiYSQ64ocrGza93BT7OLmWE5s&#10;kjCJuJZtVb+5bI7tdT3HRqddRE+JmG63j5F6neFQfRyOMB6PMBopcaPq2XVcHL/vFNv6XvnkGkz1&#10;ukr0ZBcX5tNzs0qAyMlOEAEiCIIgCH/2s92rr7z2Kxsbt/ldZE2LF8k5s3y6YA4jtsVV4iSc+CwW&#10;uIPBXQ49FhLqY8ip6JPYXvdoOT2evtIQdzri14v3QHgqS4uO5u55+XxCz40tfMNoslQuFzXD0CO5&#10;TPc2rXYfO/uH+41Wt9do9rJUb4aq17ztKnFCWTFKeGRcFhi5bBqZbBb5fIbvp3pUYhatXgf1Rp1t&#10;eJuUB9LqKPHR4zDCrrr1B10laoa82G7oBj+Xxrj2Dw7Q6w4wN7eAs2dOYW93J1spFVKmId0PQQSI&#10;IAiCIPyZGQz8Z179/iuPBMEAmXQ86sRuVnriWKUESbyArkRI3NO4IyZIqkRx9gd3LcjKdGq/m7hd&#10;4a5VEE79SM5sJFB4/EqLF9o1y4gDD+lzPc4ECQJ/LpfxXPo15Urd4wcokzI5tIOdzd3utevXsmHk&#10;s9jQEvMCU9WsaZtwHBe2SeNYGocUWo4Hz7ZgqRodjgYY0tJ5t4teb4BOt4N2s827Ib4/RBAqcW2o&#10;55h2XJuGob43Uc8LUJ2bw3333YdsPkd/H5lHH7k/LdNXgggQQRAEQfhz8PFHV//dDy9c0A3T5AVc&#10;drMiATKJxUXESiTkAyDtdlDHYzIJKaecpQiNZ1mGq77nK/EQcHdDO7LajSXLdE6eFtmPIkFouZ06&#10;LRONx65YrEwzQeixuonRaDSjDoWOCBAhn6U8jkKtVMp0Th5bnL+9sYFep61EarwHTovo1MFLpz2U&#10;K2VkCwXMVmaxvLSImdkSXMcBBRjuH9axs7OH3YMatjY3ldA1uTsS+CPu3lH9UfigTa+nBIxJYYeq&#10;9ge9IS5d+gQnjh3H5554UgtCLXcnQUcQRIAIgiAIwp/6XPfd7736rVbjAK46uE2SjgcLAWpDkJWu&#10;EiQm2QNN7XK5mxEdCQleHlf/BmNyFZoc2epOJvH4lX6XqIjT1nkjPR7DumsvhI5+RhS/XpwpwiNZ&#10;RfW5p57YlEt1b0NOWAtzlcmJ48d2y+XimUKxwFa6ZKM7GI+VACYhS8votqpdA2P19TgIMR6NMeyP&#10;MfEnHCzY6fSV4BizyUE2nYU9b6I/GmKsRMjED+BTrggJbFXLEyWoR0qYOLoDy9Mw6HZ4PIvk9/b2&#10;YWVpuYJMSsIIBREggiAIgvCn5uCw9dU3Xn9tid/1NR0WAZoRD1hFUTJspYSATZ2RabggZ4DctVSu&#10;m0qn0PL5OBm/og5IGI9TJSpl2vSYTG13E0EyjQeZcI5c3FPRE68sctUaj0Z2vdEsqrt35Grd24Sq&#10;9vZrDfghdno9XwkSF24mgpXyUDEtXjB3lBjwUinkcnmUS3mUinkU8hmkHZtrsK8EiGkZMBJhTDk3&#10;PT2ux2DsKyEzUiKjy7sgo+GAxwTTqQzKlQJS6TTW19eUIAlhey4q5Up5ZjYvAkQQASIIgiAIfxbe&#10;eefDv3z95lUYVnyIorl3nZfDo2S/YwLXcvndYBYRmp6klE/i7gY9WjNYgLCNKZLuCOLF80g7ijbn&#10;RXV+jaRDcrRFosU/T0t6JDSWRW5Y9Jv4o4G+traeB56Vi3WPw+GWYYR6vbl7+fIn6HY7cJX40E1V&#10;K+RyZehKGFjsgOW6B7itvrYsSwnrWJxQLZOoaNPCebeHvroNxwMMOj10++pz9T0SIRMyWaD6MwzY&#10;ts0lerhfR9cd4OTp+/HC889id3uHOiHFTNqVCyOIABEEQRCEP/2BDguv/MErL/f7HWTzRR65MpLF&#10;cDrs0YHNsT2ehaflXD3SY3ExSZbJuUth8+x9EPiIQup8TJLRLD3ZEUlyz5PRrangmIobg2PWcdQK&#10;0ZKvoyQSXT1Gv31rPSNXSyBb6OpMCZ9Y5q6rhMZBrYtOt82dMoRjVXsGTNfmmkylPcyUi3CKJVTK&#10;eVSrs8imU9z1oDGsvf0a9g4OUKvXsb21jaiuKbHhwvfHPGJFXT6dwwhN9Tfg8utlMmmUCkVsbm6r&#10;38XGc88+WRJ7aEEEiCAIgiD8GVhb3/7Gu++9UzSSw1YYTuDTENYkXjLnBXQzRKjd2fng7gfCJP9D&#10;CRDH5vEpCmub0NgVaY6IRETcDWEnrCQDJFEi/EGPcJQNEoe/JUIkisevdMPkrgu9q72ztWH7QQjL&#10;lMPevQxp2EIujcX5mR3bPIv5uRns7+6j2+ug2x/EY3ymEtGqTnTLwUTddNdBNpfj1HQv5SmRHKLR&#10;6aOnHj8e+xiNfBYsmVwBAe2RUN3TmGE04b8JPengTVT9ddttds5aPX0fnn3mUYz9SWk8nijhosvF&#10;EUSACIIgCMKfhjfeePtb25vrcClYTR2wioUSTp85hersHEzbVge7Lvb29rB24wbanRaPstChjPY4&#10;YgVixEnpk4DdsVg8RLHz1R2nK7pvGm8ef39qvatNJ7CSw+Wdg6YSNoalzoA+O2/VG3Wtrw5+lOkg&#10;3NtQ9yKdydSara6qURelSgnZbB5jVYMkPKhLQkLDddPI5bOolMuYnS2homrHtiwSDTyWRTsh+7UC&#10;i5N2s4kejWENehj1h+gPBxipn+OPR/BpMV3VdjqdxszsjBI6faytreH06dNUuwX6W1iYy8uFEUSA&#10;CIIgCMKPIggmx1579dUXR+OBOozl8cyzz+PFL30JmZzHS+Wmbqn/Y2m0BI697V289cbrePftNxIH&#10;Kz22yaV3mHUavxogCie8nx7xP3eyQuLU9OhooZ1seMFBg9FRd2QaQMjL7VH8eJ7Dp4V1dd9oMJy0&#10;Wh0RIIISxSMc7NXb6+s72N7djE0QqK5MHa5jQaNlc6qvSUh1gxoFCHY62FDihOqSQgZbjRYajaZ6&#10;rR4GSlDQbTjoo60E93AwULcu54JQqdumyaNXlufA8Dx01etlPB3rt29iZ2uz8ORTT4gAEUSACIIg&#10;CMKfhqtXb//ixQsXMrQk/s1f+mV84aUv4vr1q7i+1uVMDtuyUSjkMTc3hxOrJ1FdWMBMtYrf/Zf/&#10;AqYZJ6O7nosgjNh6N5jEsiPe9aDOCI1g0U5I4nilaUd5CTxkxQdHPemEaMlIF1hwUO4I5TFQSoil&#10;2eo+o9tTB0dByJIYcKx2p9Ma7u7suKNBD146zaKV2ms0ukf2zY7r8thVVn0vn8+hWMwjm83CtZRI&#10;KWQTgRzBHw0xHI94CX00GijhMVavZcJ1rUQw69BNC71ul3edTpw4jqc//xSatZqqfS27tFCRiyKI&#10;ABEEQRCEPwXam2+8/Ys72xt48ctfZfHxxluvYawOY6ZpIpXJgPZw9w/2cdhoYPXESZSLZTz/4pdQ&#10;q9Xx+h98B+lcTh3ILEyCIY9vsSsW73lEOEr9iOJOB3+P7uWU86TrwVNcyUL61BWLxrmS2XsSIiRe&#10;1F1+ykttUSihIOSyFkrFbGdxabZXKmXdzdub6PS66I56CFXtmKquyGbXVQKkUCyiXCpiaWkeS4tV&#10;5As5GJrBKejb2/vY9mwMJgHcoaph6raZlKIeIDGh5jrlkE1KV1fCxVL13u8O8c47H+DYyjG88MIz&#10;bjbt0gLIRK6MIAJEEARBEP4EhsPg5Pe//8oXKC36L/+VX8aHH7zLM++2bcHxXCVEfJRm8hiNx9Bh&#10;4Nbt25gpzSCTTuHp557H+2+/Cct0oE588CkrIRjDmJ7CtCRoMNn9iFfKp70P7SiYUDt6bBQLjiSg&#10;kJ5q2gbbqtL31IHxk1J5diuTzcqFE7gmCoV8e64616vXauVoZYH3MsbjEZsokIsa7YJ4lg0vk0Uq&#10;lVG1anFxTkaBKll180N2X0vZLgtryzDRVaJk1Buomh9x/U9FNZkphIGP/qAPS6lyfzTmv4PV1ZPw&#10;xxO32R55+Zzd0yQPXRABIgiCIAh/PJcvXf/mRx+d9772i1/n5fJaowbHcfh7JAU8z8NAHbjS6iMd&#10;3lqtHi+kz87MolKpYOn4CbQadfi+j2Ac8Mz9JPbmxXSrnOfwMc36SLbNj3ZEEjmSvMM8PViyMNHj&#10;Z9C72bQuYlv2q8vLK8NSQfY/BKDf93GwX+v5I3+4t3OAUTiCz2JBh5ty4fHolYd0Kk3L6sjns8hm&#10;U+p+B0EYsp10fxBnfgwGA0wCn8UuS2X1cTQcq5/RQ7/XYVEehGN1cNNQKJVw8uQJ9ffSxSdXriqB&#10;XsXZ+8+45VLZy2bmeoYYYQkiQARBEAThj0V/5dXXv2nYJh597ElcvX6JXYHY8laJDT8IYNkuW95S&#10;sOAgmPBIy3A04neESTBk82UlSlrqsbFD0DRYMJYW8U1LLK7YchdHDrwsRqYjV1Phwb8UCRE9Djmk&#10;IEJ+TQqS87xXjp86CdeV/30KcZ2YttXfPagPbtxaQ6vTUGLD487HJOm80Q6T56XgOjYLD9tJIZ32&#10;1H0ZmKbGwqPb7qgabqLX7aHT7aCvbrS0PhwNMVKiRGfraXLVMmArYaPrJgUgKlEywsMPP8wZIx9d&#10;uOA++tjjnq7PyYURRIAIgiAIwh9Hvz868fprrz37wMMPYjjs8YGLHIRIIZAQ0XQDumkmweXx7Pth&#10;vYUUH/I0TpDe29tlx6sw9Dk3IZYQUeJeFSUWvBHvfJCWoHV0XdPjJWEtDhikE14sQjReGtYT8WGY&#10;ZjKBrz7XzXa+UH7tzJkTcuEEJuWZKJKlrhl177//FI8HDsi9KhnBIh1LuR6hKj7LcVCpVjE/P6du&#10;VVQrJaRcVwmMAPv7h1jb2MTBQQ3r6mP94FC9Tg+2EhjUKSEZbFAwJxky2HGaOnX8ZqozWFxaUH83&#10;A8wvLjjnzh53ZfhKEAEiCIIgCH8C5y9eefnG7VuZX/nVfx/NdjMOXaN3jU2DF3Edm7ogPo9fkROV&#10;6RrIZ3Mo5PMsEvb293l8JQpCBGM/yf6Il8ypcxHntsWdDxrfIkFDYy7xfH68mA5NO1pUn+Z/sFuW&#10;TvkfJluoEkoAvbuwsLy1vLwgF044olTMYnl5pVGr17g712m3OR9kPB4jUOJiQgnmtq0Etc1mCv0R&#10;jVUN+UYjg93eADUlqtvtLj/PVUIlXyjApST00YgDNUmEcBihKlDaF6FCJbHdUILl48HHeOKpJ/Hk&#10;E486KTeZXRQEESCCIAiC8EPRXv3+a7+UzlCo2iyuXL/EXQtys6JxJ7LFpXd9zaQDkk6n0Gp3kM8V&#10;2P60qw5wW5ubfDAjUTFRpzuSERNe+rjrh0zTo8MIxpEVb5Q8Rjv6lDofPDqjDnu6SfffGcui79mu&#10;970Tp06hXMrJlRMY0suHhy0YhtFsdwcY+SHCSNWt5SKfzsJxbDgpD7lMvPuRy2ZRLhdQKuThWHGn&#10;L5VyYbkmh1ymvRS6qrZbrS6G3S4npPcpF4TCCEdDDCgdfTziMcJCqQAr5WA4Hqqf41KKurN72PFm&#10;KxklUqQPIogAEQRBEIQ/Qrc7OPaD19946uFHHlKHfp9n3ikvgfQCJTrT59Sp8DyD3wUe+T4f3AqF&#10;MgcONppt3Lh2DZYSKDT2Mpm+S4xYO0ym8efJKgg9jsZg6F1lGl/hDMNp/LmehA8mAYU8fmWYSqxM&#10;koV0Y5LJZF47c+aUHO6EI6g+h2MfjXanvba2jr3dHbbJpV0N6n5QDZm2pWrY4dpzyQ1LfU61TSOG&#10;ukajVAM06w12vhoOepx8PlDiejToc1Ah2VGPRmPueNAfR1q9zsxMBdX5BV5Mp7GvDz88TxkiRrFU&#10;cYr5MzAcQy6OIAJEEARBEP4wFy588tLW9kbhy9/8Gvb2d+ldZF7cpdRzGpcylMigwxyNpZTLFXVQ&#10;m6DR6mJ19X6EShTsbO6i2WqpQ2CA8XjIc/LTbkZ0t/hggQGM1GNG/pjdrHS6Q489sOJeS+x4xcvv&#10;hsEihMIPJ5Mgzl8wjK3Z2bl3Tpw4JhdOuHOIMnSUijlc+mTYSbs272gMuh3O8IiUaNYiVWlKaAz9&#10;EbLpFDJlF6WZEuZmZ1EpF5HLZLjr11JiemvvADvbO9ja2sbhYV0JGCWmfSViIgceiWFNj0M51d9G&#10;qI5vu7v78FI2XnzpRZxZXVV/TxehRLJrW2KBJYgAEQRBEIQfyve//9ov58sldYArYOfyBkzL5KVv&#10;TDSkHJe7IJ6b4oPXoD9AOp3lHZFcNsMJ0devX2GhQRkJE3XjzkkybpUMYmE6bXXH9ko9fhJ3OeL8&#10;j2nkOT41csVtFCVIJkHskGXZ+qvzi8u96qwkTQt3oJIq5FKYnSm3oyhAsZznBfJOt4v+YMgublRb&#10;pq7Eg6ZqWzdpnZw/Ol6K08ypG9cb+bwbMiILX048N+F6Hgscn53d4r0mXalnQ70OdfNIiNCeSKvR&#10;xuXL13D27AN45umHHV06dIIIEEEQBEH4o3Q6g8W333rr6bPnHkCX8g/of0iawSLAch22Hs1m0xy4&#10;5qU8Xkqn+fdqdZYPX/V6DWu3b8NWJ8DuoMcjWhNod6d6JPa6d9ZBqLuBRHDoR2sgdyx4Y+esaQaI&#10;wV/T61Lquevkvnv85CqyGdnxFT7NYDgmU4ROo97kY5XtZZC3bORLGu91OLa6z3GQSqeRz+c5DZ26&#10;H/mMxx0T3zcwUfdReRoRZc2YyOWz6LV6PGJFnbsxjWAlYYRUs4H6+wi6PobDPvq9IV7+xjdw9oH7&#10;EIRRSv3IIzMFQRABIgiCIAgJH1288uz2zvbMS1//Kg4OD9h6lw7+5PbjGga/s0vdh1Ixz3PwqXSG&#10;AwgrxYoSEho2NjZxuL+PSThml6yj/Y0oOlIc8SHsU9vodzLQY/MrDnujfRLOK9TvqBXDsLkDw+86&#10;a3ovnyu8eebMSTnYCZ+Cyq3R7FEgYLfeaGFra4dDM2NRG8JWdWx7NtLpKBbIqt4oJZ1GBykXhIb/&#10;SGB0KAdEPb/d6WAwolDCMe9+DNVr9Qe0iD7AWH301X00cuip16zOzaGkhMvBfg03rl9DdXYG3Y6X&#10;mq8W4LmyAyKIABEEQRCET/HKK69+K1cooFAsYnd/i98JJltd102xCNE4B8TkJV86xNHn2XwOeXWj&#10;pOnr124imAS86Dv2J/zusT7N++B+SnJAnHZFpna7icAgi17aA9GnkdFJ50NL0s/pgTTWRb+TbZrX&#10;5ubmLh8T+13hh0AuVsPhsFdv1pUA2VA1q0S0l0IUDEGzfAELWp2d21zHRb6QR7lS5lrOq/v0KLaB&#10;plT0bqerBE2DBUmn3cSg3+caJ0tqql3D0GCr1/BSGaQzefW3EA8bUjDnxQsXkMnkUuXSkyJABBEg&#10;giAIgnA33e6g+M7b775w5r7T6A+6CGnMSTOU0HCUkAiRzWUx8kdwrSyHuGmTSB3KuihVZtThy8bh&#10;YQO3b92EZVjod7tJTkcUp5az0IjiHJAoERW4awwryfuYfoVEoHAwIZLMkEiHxUGFAYsR07G/u3js&#10;xKRSKcnFEz4FNTqKeY8CMnuzMzPIeDa2t/fQ63cxnBhKJEccRkh2vFTX6WwGi0uLOHn8GObnZpBN&#10;x7tOne4A27v7WFvbVCJmC4f7BzAsA5bjKYE9jrNtIk6qYVtqsqpud3rqNTN46vNP4dTJE/j4o0+w&#10;tLzsZdIyJiiIABEEQRCET3Hp4yuf39jaWP7C115Eq9XgsD96pzhUhywKa2PrXeqEBGSBO+S9jwAd&#10;zM9UeWRlc1Md0A4P2NGKRlQmUcCBDHEHY/JpF6y7T4rR3WGD+tHux9EOOj1f1/hdZiSihhbVPS/z&#10;3dXTq/KusvBDoXqZn5vttzpKDIdjzM6SY1uWXdvI1S0O1rTgeg68dJrFNo0VtpttTPx48bxRb3EK&#10;OmV+kAmD4zrIZrMsygPfZ4vpeDdJ51qlwENaVKcu3Y1rN9DrDvH5p57Eo4+cliR0QQSIIAiCIPxh&#10;Xn/9za972RSKxTyu39hn5yvawwiDAI7nsTMQLYHnchk4ts2WpGM/xGylxI+5fuUKguEQkzElmvvT&#10;6ar4YxTvecSdkLv1R7yUHiVrHjruGrnCVJwgduzVzaM0dc3Q94vlyvunTp2UCyf8UGqNHhkpjGnn&#10;oz9SUrkf72pQDduuzcvnmUwaaVXPFERYKORQyGWRTbmcKUMTf36aggRziJSgIOcrx7Ew8FI02sX5&#10;OLQD4pON9DhQH0eYdMc81uUqgUIdkUcffQLLK0tod8ZuOmWp1xAZIogAEQRBEASm3x85b73z/i+c&#10;vu9+3tQYj8fqkOawEDCU2CBrUVIHnhfvgljqQaVSJd4FUYeyg4MGrl+/yTZWAY2mBOFUN/AoC3Us&#10;ptEf08Er7ohMYlteHImOWJRwFyQRIWRfGvFHA5OAUgp1dcizPqzOLewsLszKxRN+KBOlavu9gb+1&#10;vY9Llz7ByB8gk0oroeAjCEakaOM9JtuE67rIKEGSSqVUjXt8o6pr1VpotZrodlvodDv8XBIf/UGP&#10;bXrpFirxQSOKmno9EufHjx1DNp/H+toa3nv/Pc4XKeSL3vLiLIp5Vy6MIAJEEARBEIgrV258bnPz&#10;9uovP/PvoFE/jLsfhsFCwFTiw7FsttylYMHqzCx6vT72Dw/x+MOPcnL59uYOarUaL+XS4m3I4YNK&#10;NlByuTqYsdEu53iQq1YQC4xpiwSfdsia5iXw7gh9TZpD/Q7RJMkRUULEcZxvnzpxEsVCVi6e8EMp&#10;5lK4GUW+ZerhytKCsbW5xfa54zBgcUHdNs3QqJZAeyKLS/NYXl7ETKWEnBIi1PFodLrY3z3AzuY2&#10;rq3dxu7ePoJGHaYSMBMlvmGpvw/D4sI1LYtfqz/yEannzc0v4oknHsfG+m2sTdad+epLclEEESCC&#10;IAiCMOWtN9/9smHoxky1ilvrN2DaJgsBGkUh8TEYDnhExTId1Jp15LI52Kat7ivAD0NcuX5VHe4G&#10;PIo1UYezaBoyiAl3LzQOE0xcsLTpUnnEblZTHaIdhRLeGc1inUKBcaYeCxalSHQTQTqTeXX1zKr6&#10;fWSkRfjh2EoXLC7MBPV63fc8x6BEdLLO7ao6HZNIjuI6o5Gp0XiMZqsL123AMlTth1BiOsB+rYmD&#10;gzoOWh2MRkkYoeUgldLgOgGLkKMdJSXQTcNg4WIrAV+Zrai/myGCIMITjz3olEsZuSiCCBBBEARB&#10;IIaDsf7OW29/c/n4SXa3ojETje13I1i2xWNSuXwO3d4QxYKLlDqA1WsNzCqxQpkJB4cN3Lh+gy10&#10;acae7EmjJEww9r2KhQgpjLviQBKRMUkEiHa0GzJ9Fi2uAwZ3PGihOFS/V6RzR+XGzMz8pePHj2H6&#10;jE8tlgiCYjAKaJHcz+ayfqPdc1VVw59ESHtpVcdFJTYcuLQHkvKQK2RRKpVQKRaQT3ssbAO2mrY5&#10;sNCydKQ8G8VmBp1Ol0MGh8OREi4jJbgD/hvhulX17Csx0/bHaLU7sI0UfuHlL2NlsWjLFRFEgAiC&#10;IAhCwrXrt89eu3H9oa9842U0GjXQsodp2Dw6RWnjjuui1++jVC5jNBohm8rC0seozlT44L+9vYPG&#10;YY2T0Nt+j12zeOODMjuS5XNEiQvWdNxKO1Ib0O4SD/pdiYKaZiZdEJ0fE3dMaNTFeXt+YaW7MF+Z&#10;PlIuovBH6PUpv6MftJqt8PatNbR6Ta5DcqiierKVsCAzBS+TQVqJDsdLwXNcZDIebMtiId3pdNBp&#10;tnjZfBTQzscQ/mCMgRIe1N0YDkbc+QuU6KAbLbzTHkhZ/a0MlWBWcoSL/LDec9JpR72+HO8EESCC&#10;IAiCgHffO/+l4Xjszs0vYO9gl4UEdSTo3V/KOsjmC+pA5nDuRyGb43eGM/kcZtQhiw5p169dxzjw&#10;4/DBcXBktTtNQacwwqOkcyUmoiQb5MhsN3m8pmuf6pmwICE3Ig4lnI5kGXBd7/fOnDmjDoqy0Cv8&#10;8SS5G+FhvRmMRj206occFkgrRhRKOBwZqrZMeP4Apj4LjxfQHZSLBeSyGa5CSkA/cB3s7R2gfbCH&#10;/d1ddNtdDEZDjId9BH5wVJckWjLZFGaq80qsV7C+voaNjU1c+OAiMrmcfeLkCo4tleXCCCJABEEQ&#10;hHsbykR47+13v1IsFdTB3sZoPOS9DE2LQAamJDgG/QHblFrqgEUdisN6HadOnmTnoN29Gq5+8gmP&#10;nowGyYGM5MJkmnoe8WtNBck0fHDqdpXIkmQXXWMnoWQH/cgNi2RJqAROPK9v9ArF0punTh2Xvofw&#10;J+LaOoqFdJDPZcJHHz6H7a0CWp0e+qpOycmKDBMMy+S9JjJHMB0bBfV3ML80j2IuwzXZ7uT4fk0J&#10;FUpOH6j6NkwLFnVEXA+h+pokNf3NkGkDWe92+kP1+CZOK5H87NOfx00l0HcPDqzTZ47LRRFEgAiC&#10;IAjC2q3N6rUrl79QmJvhsRJNp7GpELYe5xhQYjSNlFCqOS2iZ8plLM0v4szJVR6j2t7ZQavdZlVB&#10;DkNkucu2WNpdyx64IyiAu/LOE0GSJH4kU1nJcro6zE3zQAzd4NA3GglTv9P58szC7aWVRbl4wo8k&#10;nUpN5qqz4cbmDpxUGhklctOZTDxeaOiwlIj2lJBIpT02WSjlc7BVzU38UAmUUIlqGrHy4QcTmLqJ&#10;ck4JdVWPrhOPXfnJ/sfUScE04yBCotfu4gdvvMs5IN988XFrvlqUCyKIABEEQRCED89/9MV6s16s&#10;Hl9m692QDlq2ARg0gmUhlYpHVqAZKJVLqLc6ePiBB9VBLYt2b4h3334Po7GPsRIIZNE7NbtiURFN&#10;5UacFo27na14n8OI80GSbol21B5JZAlZ8KrDHN8VxeNbju28fvzEiXButiQXT/gT6fbG2K+1qCUX&#10;tDtd1BpNtFX9UnUZSuDS3kcaSoRYVGMuonCC3mDAYYG08zEJA/SGIw4YpA6f51iYKBFD3Q7LduCP&#10;RryIPh6N+RYEYyVWulzPhireeqTjsc89g5e+9AKyKUvOdYIIEEEQBEEIwwgX3n//qwYti9Neh5dG&#10;tTKHeqcJ31eiIWWqA1sPC/MZJUpsdcia4KnHH8fK4hx3Rj566zIuf/yxOsil0WnWOJSNsjp4z2My&#10;9eGNna9w13I5f4/HvJJuSOLBm3heJXfGr0PvJtNBcKK+T7+n56W/feb0aSVEDLmAwp8IjfNRkW/t&#10;7EU3b91CvbHHQZokjsmG97CmhILpwHFMpDwX2WwOmVwW+VxBfZ7h0cFOq43Dg0M0Gw00ux30uz34&#10;wz4Gg6Gq9zF35sIghB/6nHPjuRZmq7NYWlpSr9/kPZBbtzZQrc7aKddGPmvf/acgCCJABEEQhHuL&#10;9bXtzI3rV1+kxdtOq8nWoguLS5iNFuJRKiUAsmmyLC2gOlvGfLWClDpg0fnp4uXb+K3f/C3YrhII&#10;gY9ut33X8vkE002P6O6wQdwRHBwyyI/T4+/RqBV9rh89SAkOg5ZJ+LG2ZVPQ206pMvvBiZPH5OIJ&#10;P5KUZyKdckM/8MMHHziDjQ0P7Xabd0BY3NJIn23By6Q5fHB+YV4JhwUsLy6gXFCiW31/oATGzu4h&#10;tja3sbG9hfXbGzjc3eOOIIZKaFMXz5rA1TzopqX+Ply46TwCdYyzXQ/L6vXWbt7EjWvXtXMPPqDE&#10;zZJcGEEEiCAIgnDvcv78+UeajdqqZdqo1w/w3rvv4rEnn0BlpoJCvoA8OV2pg1k67SKthAe9odzu&#10;jvHqa2/gn/72P0en20WhWEK7X+f8jzs7HYndLibsYjVJ3LCO8j+Sj5E6BNL3DE2f3sP/8mgWBRQm&#10;d0+T0Q3deHNuYbm2sDgnF0/4kVDVlCt5LC0sYGdnB/lCkZ2uAn/MVtEUEEj5MqbtKLFhod8fodlo&#10;w7UcjIcjHj1stDrY3a/hsHaAeq2F0TiAph7veLTAbmEShiCbNzZuoEV0Pe7+jQcj7oKcPnMMWxu7&#10;6rGeWSrmxDhBEAEiCIIg3LvQwf/8ux++THPr6gjFIX/vvfkq1m/fwNLKcczOz2NmdgazlRl1aHPR&#10;63WwvbGDjz/6CLdur6FUqSiBkkeoDnO9docteElkaFEsPLSpBEnER7L4kZwMNX7cdEeE90GS79Mh&#10;TkuewyM0ye4HOLfBeXV1dRXlYlYuoPAjIbvoeqMb5LJesH/gqHoy0Wjus62zSyNX+TTU95DL5Xj8&#10;qqAEd7mshDflgJgGV3DKc+C5DihFPeWo56Qz6NIo1qDPOSAkNELfVz8rTDJtwMKF8nJuq7+TXneA&#10;F196AY88eJ/luXK0E0SACIIgCPcwezuHxrWrl1+I1MGfrHPpXVx6V3hz/bYSITc5fZxGSkzD5DDC&#10;CeJxqaw6pFWUMKHdDEqBpojA4aDHI1talIxaaSQ87jLBYicrnR9DgmQ6qqUdJZ5rR4vn8b06CxCd&#10;hYp6jnoxwzLCTK7w3ROnTsLQ5foJP5qRP1HCeRDVG63o+s0b2N/fQRxKQynnAReoaVHQph1ngLgp&#10;pNIptpzOpDI8ItjttNBptdDt9VhUhEpo++q5vvqbofqnTgm5v9EuCO2ERKHPrm3pTJp/h5WlYzhz&#10;+gy5ukWB0iimrC4JIkAEQRCEe5ULFz4+VqvXn+AD/ySKBYO6WYaFSCe5MQ3/C3lUyrJtdv6h3IQw&#10;JFHgc6hbMKYD2IgPc7FImcSdjWnTI/l59A6xpn068fz/Z+/NgiTLr/O+7968e+5Ze1VXV+/ds2Bm&#10;MANgFgAECQIECREhWaIkyg6ZDouKkOQnR8gR9rPtR784wmE7wg9+sR1hU5YoWyIFmiQEEhtBYKan&#10;e6Z7erq7qrtrr8p9z7v5nHMzq3ooPWAZzET3nG+QU1m53CzE/d+Y/y/POd93UvkwUgGZ7H+GBBJy&#10;9YOdhBg+UiOmDZxxa35x6fbGOe2hV/1k8lxLqhf7B8co5H00CZpH0UjmithqWta3wbNFLvL5Ag+K&#10;Y2VlCasri6hxDgj9MxgOsXtYx+7OLh49eoi97T00Wi0Mel0M6TnOp+HrgeeebNuRIMPlJTrG2bPY&#10;3d3D5tYWB31iY2PNqZSKWFgoQPlZpQCiUqlUqk+cGDTe/NH1L9HmKR/R5l7AQQL/spkM7mPnqgfD&#10;Q2aVm5OBdG5JMelBth91/QCOY6F5dAhOmeYNHR/X5Fg2g6Ehmd7HSevVLNdjlpBuTIfTucWKgSN7&#10;Ps02czlHfsqMCNue2vafnzt3fsyD8CrVT6IcLa+FeW6rqtEvqQQT9np9gYrBJJT2QaYBXnNRFNM6&#10;HomtbhRmQG7TAdgG2rJteEGAUqWCbm+ICQGHSaBueyPEk8nJNcUZIJadQ2LYaLXaWJqfx8uvvIJe&#10;t4lv/fFd840vvI4lAhCVSgFEpVKpVJ84dbt9/MUPf/C1w1YTcRIhShLwF8KZY1UqLSQc0pazffl2&#10;mC14uffd9lwJY+MMBYNuIW3aRpMBJlFIGzbjdPh82uaSTIfKjQ/AT5JVS6ZzIBn4zHJBzAx6ppWP&#10;LAk9g5N8vvjtSxcv0d/h6AlU/WSgTbdwEmFleQn94Qg9DCRQ0HY8LBQr8FxuvXLheXlaXwEq1RJq&#10;tYpUP3j2g9egOYqy64FubNZQKhUzu10/T8AyREIgk9A1lIi1tJFlhNhsJs2fY2Nnd1eurSvXruDC&#10;uRU9KSoFEJVKpVJ9MnV4cFylHdNrxUJekpz521/uiedWLA5R4+aUkP41mXQETnKmLTkf5VoVc3OL&#10;mF+cx+qZdWm92nz/XRhJOm3YMrL2FvkUY+q+O3W/mg2hp39lh2jMwGdWITFPAwoZSmQixOxWqvN/&#10;duHiRT15qp9Yw1GMw3oHiEO06g0c0a3VOKa1lQowiAWv76GQLyEoFNBst3B8VEexmEeBYJtX7mg8&#10;QW/QRZugnWc8XHoPCFBsh1sPHZkDicdjula4FSuSearJaIheL8XRQR1Xn3HxH/7238TyYllPiEoB&#10;RKVSqVSfXP3Lf/H7L3Xb9Q3O1pi1RXFVg+1uTcuSRPQUU2Dg1quUYCCaYNjr4f5xA3ffe5dAZB5n&#10;zm7AIIDhaokhffXJNLE8e68ADXDadoXZc1myedYMf5JGOK2CQGZApHWLe+vpd9u2/3JldW1n/aza&#10;76p+io0UV/GsHO49eITDo0Ps72xLixTPM4XhiOBijOEwRIfggisbk0mFUzLhBZ5U+LgPazyK0Gh0&#10;sbu3g0a9iX6nM23VGtLPibi/JQQ4CV0fSUSwTm/LF3nWYwXjeCJVkpCOMxjGsC2DPt9UK16VAohK&#10;pVKpPlniZPNb77z7m4aZIo6SaRggW94i63cnAuCBcYaOzL0K8GwLZhCg5nm0iXKRc3MYDka4+daP&#10;MRh05bW2bU2drpA5V8n3x7zVSqZVj2kwIWa5hDPbXe5cMU/hhGse6QmTyIsd1/vWuQuX0rlqSU+g&#10;6ieWYxuoFAMB3YuXN1AtB2g2WugMBohMW+xyTZsteQOxlF5cXMDqmRVcPL+OWrkoMyBxnKLeJvDe&#10;3ML9rYc4PDhEnW78MxKzBVNMGlLLIfiwZQh9br5Gx1rE0XEdk3HI81aYZ2CnY6+v1aAEolIAUalU&#10;KtUnSu+9d8/d29/5imHMTG8z0Miy/lKEnGdgGKfMQP8S1ysjghGF9JSNUn4epbKJQa8Nq2VjTBu6&#10;yXgizlgMMVzBMKczIGliyEBvNs+R5YLIZ5rTn9PPMab98xJeyEPv06R003TiUrn651cuX6YNpfoH&#10;qX465fMubfrP4OHDRzAIEvxCAW4+n1lGE2BwhcS2bbiuB4crI5MQx8dNpGEkAN3pdHFw3MDu3j7q&#10;Rw0Muj2wbYOXDwhebKRByhZvsp55zbNtdUTQ0qX3nTt3Di+99CIe3t/C9qMdLCzWYCh8qBRAVCqV&#10;SvVJ01tvXn9+PBpcM8XlKhTwiFPjpFUqm9nIhr8xzecwbQuW5YLfw5s2zggZjbKBXnG+yuUk2I37&#10;6kMONgxDgQlT8kMyR6ypT+9J1xUPoxszlyxjOgwCTCFk+nyWH7Jbqy388Oz6mp481U8lzgE5POqY&#10;vuOYhXwBx3UCiYNjqfLZjkVr1kfRyQbQuQJSq1VRrZZRLeWl6sfzUGY5n3UJ0lr0CFA6pQLavS5G&#10;gyGGPQLvyXjahpUFEXIPoXRv0Vo/ps/63nd/gKtXruILX3gDZ84s6ElRKYCoVCqV6pOl0SjEuzdu&#10;fDWOI2c4DnnEQuY3GBL4m980iWF7XhYAOJsQ56oFslRyzgjhYV3uca/f28WEICRm4OCMD2RD5BxQ&#10;yDcmEx5w56PkTPPUHWuGGkmW/2HMWq6MWZUkJ5WRrPrB8x/Od86cPdtdWdHNm+qnE7dPjcaT3OFx&#10;PffW9RvY2d+B6zoEDAa6vSZBgxhL02M2ioUAhUIJAa3twM+jXCpKxa3RaAq49LodTMYjcX7jBsM4&#10;jMSCdxzS+mcTB/opQYRJlIVoEnzzOv/il76MX//al+Cc7OpOYVulUgBRqVQq1VOvBw+2jTvv3/7N&#10;tbPnce25F7CwvIKANlqcUN5sNPDg3n28c/MG6vVjqXo4Vk762q2cIzMePKAe+AWZ3+j3+rS5G04D&#10;B7PBcsntkD1W1l7l2LYATrc/kMdsK8sWkW2fYXwgmPDUAWt2H/K76xf+5OKlyyiVfD2Bqp9KnpeT&#10;lPP9owMsLtUIsgcEHl2MJxGtTh5GN6WaVygVsLKyjOXFRWycO4vFxRrKeR+uRWt3MMb23hFdOw9l&#10;DuRo74Bd5NDudRARgHAFJJ6EkiXCizsIHPqsJcwvLOD4qIHtnR3cv7+NpaX50CPQ8T2NQlcpgKhU&#10;KpXqE6Q3f/jjK1/40pde/I2//jeIIQyMw0iqGyYPotOG/3OvvYa/1hvgzbdu4Ps/+D6ahweI4hCA&#10;MQ1mM5EvFDHsd8Xdh12uZGych8/jOLPOTU6/4eVvhrmNxfU8lOl9nXZbZkxmbVjyYwohp05ZxrQ9&#10;i9uvrGG5Vvv++YvnpjMqKtVPLl5nC7UigcUyDvb3sLQ4j0qljOGIwCEMs8od595YDj02JvBuSJp5&#10;jl3Ywpjg2UCLQLvd6WZ21BYBtecjXy4jpWthQgDCtruchs51O3aPc1wLXlCEmfOwvLqGZ565hnff&#10;fRc33zHjF196AZfOL2r9Q6UAolKpVKpPhgaDEbxi9Zf+xt97vXB/8z4ePthCfzQU+91yqUybs2VU&#10;q3OwPQuvf/6zyNkm3nrzJlqtOvrtlmzWeIPFuzp+jL9NNqaJH5iGBp4kgHBBhLNBaCPHG71iZU7s&#10;T13XhU1wEUeR3LLqiflYIjpO5kPEgcu2319bWXt348yqnkDVT62Y1uBwGBqL8zWD11u7P8BR45jW&#10;ooWAoNj3AxRLeYLqAKVyBXO1CqqVEkp5Dw5dF8k0t4Yd33o9F8VCASGBSi6Xwqe1PB4OEXIIZ5Kc&#10;QAWbKXAbIQP5yvIqPNfD9sNtVOcXUCn6Ch8qBRCVSqVSfXLU6Q7x7AvP/eb1m9fx59/5Y9qY9eEG&#10;DizLlk3Su7fewuXLL+DZZ54V16tPPf8s3v7xj2hzVkI6GcuGir8djicRet229LwLbxiZo25WuTh1&#10;05oNlqf0IosebNZbiKJQoMSmzRt/UxyHsfTUs3OWhA+aWXuKzJJYJjzP++ONjfPxwnxVT6Dqp4fu&#10;YYR6o5Mbjca5e1sPcHBwRCA+ILAI0ZzwLAevRRv5fF7Web5IQJKnW5HuF3xJPB/S63vdPkb9PgaS&#10;eZNDwfPhmhbGBDHj0UjS1jMQiWW9TyYjmReR3JD+GF//+ldx4fwZyQFRqRRAVCqVSvWJkWPby3Hc&#10;e/36m39BG7AJbbZ8ggBXHKxcx6XfLewfPMIzzzyDfBCAQwovnt/AX/zwR3C8gGBhIsO53Pc+GvQJ&#10;SJLH0suz9ikZXefB8jSz941lKN0WWOGUaBloTxKMhkM6fk5SqB2CH9ogyubNsrzp6zKnrXyh/K2L&#10;Fy/R6/Q/iaqfXjwDQmvTIPgwOt0uOu361N2N4ztSqdylIHigNWdZKQp5H/MLNSzO1+h+Xtytms22&#10;rNdmp4ODo0OCigbC8ZigY3LigMXVQf6ZxiEsYmh218oHeYQE2KVXPosLF9c5T2ei8+cqBRCVSqVS&#10;fWLEYxmpaX7hxjtvL3T7Lck9cBxb5jN4poNbp7g9KuTed/qHh8fZUrdcrYq97iSMCEI8GULvNloI&#10;RxNkLVOnCecsrm4kyex3us/fGDue2PUm0/FzYxpOKI/1BpK9wOFtXEzhagxv6iRPwbSOKtWFH52/&#10;dE5PoOpnEs8sVcuBRevdWj+zinLBQ6/TQ48AekhQIZk0BOCcOxMbbM3rolAsYXlpWV7LBgrDlSXM&#10;021ueQlbWw+xufkA7WYD/XYb8dTVjdc6g3zO8BHkAyzT67mVa2f3ALu7u3jr+ntYmJtPqtUiykVH&#10;T4xKAUSlUqlUnwAAoX1Ss9X+6nt33uHve+Hk8vKY4xFopBE810cUcm+7L9UP8akyUtpgGXD9gGCh&#10;Tz89RGmMbr+DkF6bTW3gAxCSTmc6Unpd1pKVSpWFe+WNqdduFoCYk+d4+xZFHGAYwaa/gasgDEfc&#10;7kVg8vb6+fM7Z1YX9QSqfmYFeS937uzZ3NaDbVq3ptjuloplVGtzBNouLNcmyLYR+L5kgQQM4qMR&#10;+rT+Q1qP9Xob+4fH2NnfQ/24IdDBLYMOvZ6H0hM2WkjjLA9H8kXY5jfFcBTipU+/iOeeuYabN64j&#10;js3xl7/8ywQg83pSVAogKpVKpXr6FcVpcHfz/lePGgdwadPEMu0cJwhmbVNplgNSrs5J65UM1XL/&#10;+3hw0jLiB3lxtRoOOrSZmlZAgMdS09PHPjGDEIYTM2cQUISnCdDGaRfKqQNWTmZLxnGCgD7HCnhT&#10;6H/z2atXUeUgOJXqZ9BwGOHouJNzLStnWzmMJmMcHDVkTfKq5epeoVhAKanAtggcwgQxrduQ1qs5&#10;ycka9wnSa5WSwLHvOqjQfa6iDPqZDXU4nAiQx0lW4aOPEghPUgONoxZ+NHhb8kVeevFaurpS1pOi&#10;UgBRqVQq1SdDvf7w1Tt339tgdynL8aaskCKlDX+aS7O2Kz8bxLX5W904koHbUW9AYBDDpE0Vt5gM&#10;JftjnLkD4bTywds5Dirkli6GFx4C4ddYBDP8GVmV5BQ8ZnMjAiDckz99P4cP8nB8xa3GC/PL3z6z&#10;fgbTYHSV6qcWV9iGo7G59Wgn9+Prb2P/cA+lYomnkwikh+gNemjW63CdPXh5nwC8Ii1Y1XIZxWI2&#10;w1E/OiaIOUK73cJkPJE1zmtZnNzoOonoFrIVL0ELmyyk01BOuT7o/q99/Rv4u7/1dQ41nOgZUSmA&#10;qFQqleoTo4ODo189ONgxuSc+++6XB8UzC6scQQJvtLhVaqG2IE49qWmh3+thMBoLLHheQJupFL12&#10;h4Bk2n6VZpajfGfKMxmIMFCw1S5tvtygQJuycfa8kT2PqeUupgAyS1CX7I9pRaTb69x3XeedtbUl&#10;PXmqn1mBb9HG38o12+3clUtnUQ4cGSZnS+osZyZHa9sVK95abR4bF87iwrmzWFmcQ8nPKoWDcYS9&#10;g2PcuXcf791+H/t7e2jXm2i16xgSkCSSAxIjTmJZ2q5tYW6uhlKljGajhSgMuQLJnB3T5ad5NioF&#10;EJVKpVI9/YoiWPcebH6t22vB9Sz5VpjzPHizxEPfbB9aypcQJQYW5uaQgwnaUqHVahGYTAQMCoWi&#10;3O/22wQiEwlvS0/sdo1syASYgk2WnQBxwDIRjrLgQXnYzMLhJLgwTR9rxcJjcyM5DoL7YRhF3VIx&#10;0BOo+pnF62tluZpbW13NcSK5l89jngAhrlZkToOrdaZtwMrlpKGQraK32bWNwKJaKsiabXV6OGo0&#10;CDi6cu3wrJJbnKDAVcNxSPAxmYZv0nMWAY3vokrH9wnaS5VFuX6+9/03USqVJxcurGGuomtapQCi&#10;UqlUqqdcnf7w2qOH91+AkcgmiwHAIgAwCQ7YbYpdqEbjEQrFGsrlCmLaMPEQeKvZwngSSi+773lo&#10;N+uZ/a60oBgZhKTTZhOphEDS1XnXx60ppm0Ldcg8yawFa9b6hQ+6kSYpp6ibGdAQ/Fi54N+cP39B&#10;rFBVqp9V7LTW645zi3OVHIP27VYTh0eNLGPGD5APfJTKBRQLZVRqHERYxeJ8GQV63KLFGkWcfp4T&#10;m97JaERgMpbEc4cAPnB8jMdsxTs8CSJksM7J+o+lEnjl0gUsLs7hxtvX6fhz442zK3pSVAogKpVK&#10;pXr6dXR0/NW9vR2HoYOBwXJsjMMQbs6TBEEJ/6PnyuWqfGsb0qaq1x+waxaiSSRVDA5f4w1YLI5V&#10;SQYW0zkOZEyRzYNItAJt3GgDxhu8kD5Hnpta78o3xUbWhmVOW7DYdpfnP3xx5OJQQrufL5S+9+JL&#10;L9MGUS1LVT+7hqMIjXY312i2ctffuo7D+pG0QA2HEzQbdQIMdltzxfggKAaS3ZHPB5ir1lAo5GWu&#10;o9vrodfpShbIJIpkTolT1Llq4nAWyNhFEoVZDkhG4QTwKTr0nrev38Da+jpefe1zuHrl/KRWKehJ&#10;USmAqFQqlerpVpzA3Nnd+0pv2AFXQBwTiMIIrufL7LfrueLuw73wZ1bW5Sc3qrfbHbq1ERIc5PMl&#10;jAZDDHptpLzJog1YOpvnkJapaRaCFEGSk9KGbbkYjntZ03uczZtwpSR71/QtUwvfwC/Qy5LsDzat&#10;G/NLK1vXrl3RE6j6ucRQSzBsP9rdsYK8B7tpCHRIJdCyBCJs10FQIOioVTC/MI+VlWUsLcyhHHgy&#10;XH5Qb+DBwx08fLSNvb19dNotyRAZT0YE6KHY8LJzFsN1IgPoKa19E7bNblg2fuM3fgOvf+5T/OeM&#10;9YyoFEBUKpVK9dRrOIpWdvZ2Pp8gzsIFaYNEey4JaOM5EN48sR2v4/hYWV6RCgRXPI6ODqXdiisY&#10;tbl51BuHkuXBjj8fcNvFY7+cZIEkUlVJCTakFSULC/mATa98U8xWpXEs9qUMIdkQr7htfWftzEao&#10;A+iqn1dsqLAwV7LyQUEAwWUnt9GAbhOpgoyjiYA4rz3O7RgMx7Rm2b3NguM5Aui27xGgFFAsFeAG&#10;AQ73D1Gn66PbamOYDhCmY7qOElnTnAFSyLtYWlqCRQB+dHSMrYePcNS4RpDtTFwnR9CjU+gqBRCV&#10;SqVSPcXq9vq/cnS8X2YrW6k2cO2B08rpp8XfAtN9z/WwvLwm7SdpFGI0GmF3f182YznaiLmBh9HO&#10;SOZE0iSrZKRTBy3jsb2UkWa1Df6G2aWNWBqNpwPpp1WSLAed/waGkUTcgyxJkOasEvoPn2PCtZxv&#10;nj9/HqWSpydQ9XOJO/4817XX19dxcHiE2/vH6A1HBAoWKrUSPFrzvu/I2i+U2X63iGqlCJ+gPAwT&#10;ycZptDrYOzjE7t4+uu02JnRdcHI6B3TSBQKXrhkTU0c5utAc1yGI9ujYAX7py89zAjq++c0/IZCv&#10;Td549RWUS66eGJUCiEqlUqme3s1Xs9H6WqtZz1ynaIPvyZwFxCY3e02CwWCMjfUN5IgC4iRHG7U6&#10;ms02+oMBXNfHiDZhvW43m/94vOLBDVfJzMkqPZ0BYftd18VQrE5nI+d4nFSEPxheJvRHOZ4vqesy&#10;GpIa+8VS+c2rV69AvydW/bxqtodod4Z2yrMc3R76kzH6wz4m7ZHMaXD4YLEUSPZHmQCkWyoSZJQl&#10;ByRwbcGKyXgs1cNKtQybrqNqvohOv0/XzVBgfUzH5DkmvqTYS4vnpU7npsbY3dmRisuZtZWx5+nW&#10;TqUAolKpVKqnWGGYlI/q9V8aDPrZbl+Cz3PSCsUhasMklHTzxaU1rK2u0uOxtExtbz9Cj1Oeh2Pa&#10;dM2h0+6g3+1LoODJsDlOU8zTk9Yr5po4CxQ0ctKuZTweez5rwZr9NGQsfdoaFmWZIDnzB0srq0cX&#10;L57TE6j6uWVbFlrtjndvcxO3bt1Fs9VAoewjZ7oEBxNMwjHavQQhXQ8R2+myFbSZGTNMQpcDPHGw&#10;f4DdvV20Gw2pAnKLVjIDeFq33EIY0mNcPUQS4aQtkV6zu72Nr3/jG/jCa6+gUg6GekZUCiAqlUql&#10;eqrV7Y8/22g1zsZG5mTFVZA4jKStyqKNGbeKjCYxnrvyPAp+gOFoiG67gf3dXQy6A9pkmdJmcnR4&#10;iPGYfkdycuzZ8PgJfEzbsaT6YXvTVq3s+fT0TZnzFTLb3kQGzqd/F+/7eHDXcv7s4qUrWFyY0xOo&#10;+rlVyNvc3ucxYFy9dh7HBwV0el0MCLC57c9x6FqwHQR5H3Pz8zi7sY5LBL+rCxU408TAYZRid/8I&#10;t2/fxe333sMeXR+degOdTg9jtuYlCEnYHSvJBtBd10KxkNlHx1GAleUlhg85lJ4RlQKISqVSqZ5a&#10;TQgsjuuN38zxLAZti8JoAs/3EaUECJYrlY7RKMTzz79CAHI5c+7JWdh68ACtThedbhtBsUBEYWDQ&#10;6dAGKwskTD8wc34KIKxEzK5S+AQ20WR88kXwNPf8sZaqLI1kQgCSs12BFQkwNMwkKBT++PKVK/C9&#10;nJ5E1c8tZoiz68tuvdUBBxHGKcRqOsgX2XlaKh0M5A7POrmu2E/v7uwjHI4Jyl2MCNjrzSaOjhs4&#10;atQxDmPYDg+lV2hBWxh7Y7mWUiZoOnbOySFP8MGBnmzLmzNM3Hn/nuTZlEvF4XytSPCvzYUqBRCV&#10;SqVSPYXa2zv0dvd2v1Qpl/DGG1/F5uZ7GA0HMn+Rs2zaQPm4duVZfPG1V1EKXEQEDgcHdTx4+IjA&#10;ZIxJGGLt/BLi8Rg9gpHM/WqGEh9swzoFkVQog+1Nw1nb12NtVxJSmGabvnQa1hbkbRlU5/T1XC53&#10;q1abf+/y5UuP/T/5q5GFKtVPrk53guE49hZqZYLyCTbvb2HMZgr0HM83FYsByp4nAZzVuSpq1TLm&#10;qhUU6ZqwrBzcMJZq3SSKMRlPkNCNnbQcOycOWZyZw7bWSRJNgwgNqS7yfMn83DxeeukF9PtD/OEf&#10;fBOXr14bfvmXXxXzB5VKAUSlUqlUT53e+vGbz+zXW889++KLWFxYwdrKOuIkm7PgjZVtu1iYr8LO&#10;2bIdmoxD3Lx5C53eAMf1uqSScwvKYbOOyagvsx0nre2PBRCeNmBBHK0MK7P6lV56PPaaWesVM4iR&#10;Zu1X9I9FMJJMJjI3YubM76yfPT9cX1997P+JbtZUP5t43fVHIRrNpvf+vS385Y/fQpJG8Fwbw8EQ&#10;rUYPR0ccROhIq2GxmEeegKRUqGBurgaPHh/Q9dBq19Hr9WXQnEGaVzLPTrHlLkMJO2WxGQObNJhT&#10;Zzl+HQcR/uAHf4mFhUU8/6nn8dyzl4ceB/GoVAogKpVKpXrqNl6087p588bX3nn3XXt5bRULK8vy&#10;IEOFRYDAGyTeBg37A/RpE9UfRPjhj97C1qNHODo8og1bA2tnL8Kk17YaLdlkzZLPTz9jWgHJmqcE&#10;EyT9nDZmPOA+iymcvcN4rBrCFqacv2Dx8HnCCSUpHMuE63jfvnz1KqqVvJ5E1c8tXn+loot3bh35&#10;w/EIZ8+syDwT3+d1J7NQnistU+VyGaurS1g/u4YzK0uoEow4OQuDwQhbO7u4t/kQ9+9t4nBvH71O&#10;R1q1oiSU/A8Bbpl3YnPrRIbPLZ5xovW+sn4B//Hv/EdYX6nxn6QzICoFEJVKpVI9nWo22sbWvc1f&#10;Oz7Yxv/03/93+NRnXsOLL72A+fkFBPmC5G7wTMeg38Hm5n3s7O5hnzZW+/uH2N3Zk4pJtVZFFIYY&#10;chhhFApkpNN/GxwgSBu4kyoIu2PRfe6vdxxbvjWWdqskPbXgZbternIYWQ4If2Psek42uGumyBlG&#10;r1Kd+7MrV68gp18Sqz4k5T0LZ9dWgjqBtOt6knTO81DjSSgzGjFX4nKZOUO72YHnBfAdHzZBskfr&#10;MySYYIveldVVWf02HePw4ADG0RHByQDjeESvSTM3LLpZBNLlYoEguoohVw4JTriqmKJGax1jXdsq&#10;BRCVSqVSPZW6897djYOD3U9bliObpP/vX/1LfOdbf0pQMYdStYy8HwiERMQGI4IMbp3icDWeDanW&#10;5lEslGAQU3D1o9ttZZkh6SzvwzhpwZrNfkikIG20uLWLQYTT1WfiqotUS7LxD7ll6eiGWKRK2wqB&#10;iZEzf7S2dvbRxYvn9QSqPjSNJwkqpVJw7dIl3HvwEA/e3qE1mUrKeb5YQSEIJAckT9BQq2YzIOVC&#10;Hp5rSXJ6OInQbffROm6i02phPBzKKnaDPK3ZnGTYBEkkoMHrmN3meOCcj7ecX8eFjXO4c/sOdh5s&#10;Y2Pj7PjSxVUFbJUCiEqlUqmePr311vXXx6NRxchlyeR52mRF4QSH+7vY29uRCgR/62vmLLo5cAg8&#10;8qUySmVfrHZHkzEKVg3NZl1sRsX9Ch/M/Th1v6Kj0YaKB3FdvyhDuZkl7+w1U2wxsoYsTooO6W/J&#10;ubYM90rbimERjHjfunD5Srq8WNUTqPpQxHkdB8ddTCZhsLO3J+2FSRyKoUK708BkvCuWuQEBR1As&#10;oSJhhEVUeCC9UpRqXkyAPphMxDGLwZwNFMqlIvrDEUbTIEKeDeHXJdLmmGWPEHpLurpNx9jb2aU1&#10;H6fVubmRqfChUgBRqVQq1dOm4XCCWzff+QZvhDiKg6sNMbdLQdqcCAAyKEmlHSpribJth26WAAO/&#10;lr/VZUjoEIAwuKR/xfkKj8HILOec09Ud18Ow3xGwwEk+yOlr5d8EJtz64gW+vIn/BoKSpFSu/vm1&#10;a8/A1SFd1Yck3uxzJePWnfeD/cMD7OxtY0Tr2XNcmJMcwQGBssWObKaAA5sjMDDk8wHBgycVjYNm&#10;C1tbD7G7u4dWq40xvd9Mpw2J3HpFnxNxxY+vHW7nYpc5k1Z9z0Dz6BD1wzq++tWv4OrVi5O5WnGs&#10;lgoqBRCVSqVSPXXa2nxY3tl99EbKLVbhLJU5ne7+p/MbaTYizqPo3KbFmzAeCD8JKKSfvXYLvV6H&#10;gCTOEs4fDwCZSuZApmDC7Vs5CRQMT8CEweN0cJ0rLgaHrSNKZkGEUQZBOWtvcXn1Ly5d1vYr1Ycn&#10;Xn+los/D5EE+7+PShXPotJroD8a8egWEpXyHrFWwWCxgaXkR5zfWsVApiDHC1csbePGl53H33gPc&#10;39yk2xb2d3YIRug43S6iSSTmC9xKKIub1r3nOnRzxcr6zPoGXn/jJQ495A8d6VlRKYCoVCqV6qnT&#10;zRs3PjPoddZTI0GcRtLHzsCRTjdZjB4yCG4SMFgZcPC3vswJiVQ/XPiBjyPaZPFcSDoFkNmGbgYi&#10;syF0qZpEIVyvkLlfnXRdnc6KGNOH+D63v1iOC5uAJRqPJPzQdpzvnL9wsbO2sqAnUPWhim1vL108&#10;H7Dp8/37m+gPJwS8OdTm5uCy/S7BAud58PB5oRDAojXabrURTyYCE/3eEEetDvb391GvN2SNO54H&#10;v1Ai4HbkdzZpwDSI0PZyqFYqKOQLGI5G4ObFd25t4dzZ1YnrWhPX1gqfSgFEpVKpVE+RuAXkxls3&#10;vpKkiSmVhxl4mIY8l/FHhgMMA6ZpwbBM+RY4R5syizNB6LGI4KLVbmIyHmLWafV4FeTxHBD+ycfm&#10;dOjxsDc9/Gnlgz8yFQjJqi/8Wk6cllwRI8tMyAeFP7169Qpt2lw9iaoPTVGc4rg54NWeL5UK0vZX&#10;v9/K1jKBsM8D5Pk8qtUKrX2HrgGLQMRHgV7nE5jwWuZqoGnbmal0ml07DM++n8doMEA4GWeVRp6T&#10;Mk2x32W3Lc8NcO25Z7CxsYE3f/iXePNH1vj1N14dXbm4oidGpQCiUqlUqqdH+3tH1tbm/V/n3nXu&#10;S8+yA1OxvDWm4JERgiktUDyIzr/lzFwGIAQjQT7AeNRHp9uchgn+ldTz5LFWrOkwukHvZ5BIovDk&#10;8awIYpwMn8tHy1OJDL2nBDkS2JbLDWtzS9+7fPXyCeyoVB+GwihBrz/C4f5+8Ob1d7C5/RABgQW3&#10;Gw46XbQ7HbR6HTTaDfh7DgqFIsFIFbXaHKqVssxPNRsNHB0dotvty+8s9nbwCaIZTtglixPWs+rf&#10;tOJHz4f02p0Hezg+bMjw+vr64qRWKWgLlkoBRKVSqVRPl27fuv1co3F0bTYUngggTJ9keJiGAbJD&#10;FStz7LGz4fScRfBRpI2Vj72dRxjSxoy/1WV4ebzikVFEdhw+Cve/52xXwEKG3Q38e216BYp4A8cz&#10;H3R/EkZwcpzI7txbO7txc/3Mqp5A1Ycqz8lJ6vn27r63sFAj0E7QaDUx7GfObrZjEYxYqFQqqM3X&#10;sLa2iiuXL+DM0hx8OyfcPBiO8P7WLt5//z7ev3sXO9s7dG306PGBVD64FZHbrAy2qkYWzMlGD1bO&#10;kGvwa7/+Dfytv/nXUC75DB8KICoFEJVKpVI9XXr7retfjKKJh2lQ4GwWg4HBnFYj0imMcF6B0AL9&#10;z7IdGSI3DAYCD+16kzZX8QfAQxx/aEeVy2UVDTmOzI1EKJWqCNmqdAo5kgYNfKBNi9uv6G+DY9ty&#10;LHYoYhBxveBPLl9+Jq5Vi4/9Pzm171Wpflbx8lteKJkXzp93bt25S0BgolQsoxAUwNnlScqTIXRt&#10;WDlavzHq9RY2rW3E4xCVckHaqQajsZgnzC3W0OktC2S3Om2Yxw30+31EE4KZKJLQToEaAhffLxL8&#10;2PS6Lq1vj+GD/xwdQlcpgKhUKpXq6VK71cN7t2//Opc1uNLAm6vk8Q19akznMyzZ+HOeQc5y4Fqu&#10;/M6J5J7vok+bq267QbAQTisopy1XpuR2zHJAID6/jBuWbWLYG2ZVFmm/mrZdTXeBBj+WZpbAQZCX&#10;1q4cMiesSqX2p1evXgZnGD62ddQTqvq5FRMwD8exu7Q457C5wne/+xd48HAHxNky51FkGCE44Har&#10;SrWG+fka5qolFHwnC+qk9/eGE3R7fbHgHRGMMNjnCKbzhaKASxITXEQZzPD1wnMlxXJeKi9Xq3My&#10;BPXn372O5eXF0erKQhL4urVTKYCoVCqV6inR3ffvLhzu777KO54MQKZzF+l0+ILhQdqfjKn1rS3Z&#10;HybdcpYp39RaOZNApoV+tw0jiaf8cAoDs2DBlGGGgYI3Y7YnQemchG4w2AiXpFlxZTZ8zoCTJifD&#10;7hzaxgBkWXZ9efXMDy9cXNcTqPrQ1R+EOKx3vW6n47z11rtotBqozZUw7HfRqB9jb/8AtpMTKC4U&#10;CygViyiVy1ggECnTfV7Tw9EQw8EA8WiCIkGLtbiE0XCE8WREz43lfjQeC1Tz5SFVPQ72pGOurayK&#10;y9z3v/cDzC0u977+G7+CwC/qiVEpgKhUKpXq6dCN6ze/OBj15yQijTf70wJEOgUAmNZ0Fnw6hM5J&#10;6Fx2kOcMyQPxvTweNu9jRBuq+N/jeJUByYxGshyFICggmowxs91FOquUpB+w3+VgQ06WFijhv4M+&#10;13H9ty9eurqztFDTE6j60OW6Nrq9nn/37pY7CQkahgNpD+R8DovWouW6UvUrEGzM1apYXV3F4sIc&#10;apUSfMdCbzDE9u4hHj3axc72IzQaTYzHE7m+suDCaUuj+Fwn0mbI1wcxC3q9Ho6Pmjh/8SJee+M1&#10;XDi/0ZmvFfSkqBRAVCqVSvV0aDIOcfPGzV/mPX8k3e3TSgVttrJ5c/MEBPg+D5xnm6Vsw2TmHBlA&#10;H9Nx+JvhJAlP2q2A0/yP0xyQ2fEhlrpSMXnM7UpeM/t9avnLjkQF30caxzIrwrdCofzNK1cvw3Nz&#10;ehJVHz6A2AYW5yvu5n3b4Wyb9fVVgpAR+gQiQ2mnyrJxOEyQh825xYpNGUrFPEqBh6X5CtbXVnDh&#10;wjnc3dzC3Tt38eDBQxwe7KPf6RJoDAlmCNZjuupCmSqBxcYOXFnkOSvLxW/9nd/Cq688w39OW8+I&#10;SgFEpVKpVE+NHjzYcbcfbf2qSWCRyDCskTnz8D/mScliCiKZBS+3hvDmy6INl+N4yHse2u2GwAT7&#10;987sdh93s5qFCmazIdx+lYEDuwGdDLnPLHsxy/6YtmfxsLvFf18kn5+z7HhxeeXPLl86pydQ9QvT&#10;3FzJf+H5q87d+w/x5vXrtBYjWu8OKpUCAoKS7BYgXwqk7YqtdYfDCRIC5sFohMNGGwf7+wQdR2g2&#10;W3JMx/MFzm3PRUTQzgCSCFgDft5FsVSWighb9DaOuWqS8JxUJ6cZhCoFEJVKpVI9LXr35u1Pdbud&#10;q9JwlaSPVTvSk2oEV0LYzYezP7h1hAfUs2KGCdt2kaNNWY/gIxwPM+vd6XsNnDpZTSfQTwbKLTeQ&#10;/INpI4q8b5Y1Io9Ngwal5YVAhydEIno/D/jajru1ce7i22urS3oCVb8QtTpjDMeRF0Whw9WJUPI6&#10;QrQIJHj92q6DYrEg2R/lQUWc3/h6sLg1MYkEKCqlPN1dkPXPs1I+gXre9dEf9mU+hAEkpdem09ZD&#10;bjP0gzyqtQquXLmEwaCHf/77f4iNc+fbn37pqiSzq1QKICqVSqV64nXj7be/HMVhLpm6T6VT56kk&#10;zdDAZNrIZZUPfolp5OhXkzZUFkxOdS54tIGKpP0qjCb0/sdcsx5TVuFI5JicaB64rqSlA3jMLSvN&#10;6izT/nhGGG6/8mjjxt8+8zE5+NAL8j+8ePlKt1jU9HPVh69UIDnFzu6Bu7n1wLl1+z0MhkOUy3kx&#10;RBiOBoiTED0ChJAgejgcQOZEJiFGkxGBgoNuu4Oth49wfFzHiJ6XKgddMzatX9/14DouvXYyrTrO&#10;LpLsx6A/wr27W2IC4Toeg0/DVHM3lQKISqVSqZ4GHR41jbv37vwyA0UaZ41WgghZsULmPFIzFSCQ&#10;AXGuPpgZgNi0meJBXd/3EY7HaDebtMkijDmdYT8Fi2kVZWbDG0tLVoKINmCz1xnTXBFp2Zomr0tQ&#10;m+QjWFMAYfvfHBYWFv/w6tULarir+oWIl1+x4GA4GPnjydi8dPEc6kfHkt1hsA20ZQoqey4PoZdx&#10;Zj2b9bh0bh01et9M9c6z4Patd27ewubWJrZ3tzFodxGFBOrJNHxTqn18TWUhn+z0xg+tnDmHv/fb&#10;fxdXLm6gVHJbelZUCiAqlUqleip0+9bt5Xp9/3X2v42iLIvgdBM2dbKSQfAEZmoTiFjifmXlLGnH&#10;slyHNmEBbaw2MRz2pxWOmQPW6QwIO/2kWW+XDJLbjpMBiQQePtamBXHbFTH0cFsLhx6yPWkcGxJk&#10;aFv2YGXt3PfObqzpCVT9wuTYJp575rw3DkOChy3J9XA9n4Ajn0GCXAsmXFrL3Lp4cHjEZRMszlXF&#10;XGFCkNHrD8T5ygt8VOfnBDTqFoFMt4sR2/OmExlij6Ihrf9YWrBM18N4NEBK1+O1a5dQ8OWCaOoZ&#10;USmAqFQqleqp0I0b7/5SNJ5UuMtK4CM1TiDCOHHCytFjtAmyTamASBuJ48KijZdDmyXueW+26gQL&#10;I8xSzrOhcpxY63KpQo5PwBFGIfxCCZPJZBq2/lji+Qn8ZO1gDDsubdpSrn6YWQXGDwo3L168fH+u&#10;opkIql+cBqOI1psVXLl4TtblH//pt6YzUQkCnwMDSygXyqhVq5ifn8fcXAW1cgGek5PWqVFo0jEI&#10;MKJYLKdTnhFBFjbI805s45vw4wzhdFyb4NoPAhQKebi+R8ddxJtvvo2L58+iUik2A9/GycWkUimA&#10;qFQqlepJ1Ggc4vatd7/MbVZxEtOmKcs+l8LHzDqXgwdp02+YNnKmlQ2o50wCEJs2YXkU83npb+80&#10;Dk/C1AykeKyQAjw+gI7sLgPMiB2zuMXr8awQ+ZFOmSQbOOfnuN+eW76snI1Cqfbdq1cvRZa676p+&#10;QYriFPVmH/1ev3jjnfdwf/OBVDV838Hx0QEOOx0cHh3TOrYIGAooyq0oA+m1+TlidQODYR/d7gDh&#10;ZIR4EmZg4dG6L00wJjAZTwaY0M8JATkkId2QVkOGjzPr61hbXcGNt2/gzR9fxxe++Pn+yy9eUvhQ&#10;KYCoVCqV6snWwwc7/v7ezusxhwly+jnw78AAw8nMjYpDBy2bE9Dp5nqSRs5Bgt1uB71BP7PLnQIG&#10;ThqxpkCD2WBvLO+T2kqSfODvkapLOmvBSmFyNUYctZKs8kLvYwg5u3HhDz/1qSt6AlW/MHGrH883&#10;/ejNzWJEcO77NsbjHjptrvKZ8AgSLJtdsAg65ipYO7OGMwQMK4tzyHuOWEvXmx3cf/AI779/iO2d&#10;bXSbLaRxgsRIxcKa2wpnBUL+vJDWehTlpCXrbv8ODnYPcPHyZZxbPzPcOLc61LOiUgBRqVQq1ROv&#10;27feu9zvdJ/lHVDyWNUiNR53pcq+c+XwQZn9cGzamAVivcvhbLVaGXuPHsowudjozjqupjmCGYsk&#10;J8fjoVvPD2ijFc6GRE5ar8wZ+GRllNPnJG/EkZmTQrn23d/+7b/5Zwtz2n6l+sWJl1+15GN9daX0&#10;3t1NApC8rD+2jQ7DUMwWIs6yITCeDCdoNloIeD4kyMNlcwbPxeryHErlIiq1Gmr35/Bg6wEO9vbR&#10;qh9J0jlXP+IkEijnn2bKWTemVP0YYP7aX//b+K2/8WtsQNenP0cBRKUAolKpVKonW7zHv/XOO78S&#10;JlGOSx8xD6An0yH0KTikRk4scQ0zq4JA8j8SGajlwfA5/rbX93F8tEdAMTmhDjOzspIZkoSttXBa&#10;WWEAYftRti01TPMDoINp9gdnKUg9hH7kxJLXlGPaTjD+R//ZP/kvXv3cpwZ6BlW/aPGyv3BhrVgs&#10;FfFn3/0B9g4Oad3bsuYLhRKKRR/5Ykkgo1qtoEw/i35mCz0kuGg229jdO8Cj3QMcHR9LyyNXPbyg&#10;QDDvIBxPpPWR55s4Y4Td3biiYhOADAZDxClbUMfIObkeHVLXvEoBRKVSqVRPtrq9ATbv3fuyRfv9&#10;CW32GQziaWK5MIGRShZIarpsYCXwIEFptsMuVMgXfMzNVSUbodtuw0jSk1arGeBABtgNsdHl9zPg&#10;SEsXO1qFU2A5nTpH5sELAQ7DTE+qH9x+xQ5E//Af/O7/8I2vf/m7evZUv2iNxzGOW31EYVh88OAR&#10;AUVfKn4TWu/7O3W5VlzXIQApolwqo1wpY26+KtdErVSSeY4wjpHP+1hamJPKRuA5aBOgDLp9AvAh&#10;RqOhXHepzF9lQYUuwU2FjnXt2jU6hok/+Nd/ipW1le4z1y72ykVPT4xKAUSlUqlUT64ePdiZPzw+&#10;eiURMIizeQ8BByOz301PhjHAiQeII6SxJeGD3KKVL5axUKvhwcMdjGkzlVU8UmRTHamkQGczJadz&#10;HpIe7XgEE1HmlJWRx+kfZUzhw0inwJP1yU/CCP/B3/rtu7/zO3/3v9Uzp/poZKBHkH7v/mZxe3sP&#10;+/t7WRtizoDnOwTmHMRpiwMcGzK49Fg+CODbjry3PxxhZ/cIm1v3cHx8JEPnFgN1zpTjOAQijmMR&#10;4CRy/cXcfsUhm1wlnMTY3d6layHFZBRxNaV7/tz6UAFEpQCiUqlUqida7713+4X+oL2WRXQkWcUi&#10;mblPGZJXwDd2wTJy7MxDm6t8QWY/OJW8UKygVCqhefQmRkNuUU+y8MApuySzOQ6c2vFyO5bHA7qT&#10;8RRTjOwf4zQG2sBpcCG3eY3HY7z2+i/jP/2Hv/tf0t6voWdO9VHIdU3k8x76vUGJW6w2chsY9HuS&#10;dZNLDEwY2glCGOC5dapM18LGxjrWl2vw7Mye7dOfuoTtg6t45907ePfWe9jb2cYRQUlf0tMz5ys2&#10;WcgsqxNpveJZJ0tmrTx89Wtfx6ufewmL87V+ENipnhWVAohKpVKpnmjduXPn19j5ivM9Zk48XLbI&#10;3G+zxwwrq0Kw/W4GEhwC6MBxXFTKgTy3u7uHMJ6cJJxn7JCeDKTjpK0rleN6toXucCDtXDO3rNmx&#10;JbQQkNYTTjwPwwhnz17E3/9Pfuf/8jz7n+lZU32UWluu4LOfeal449272N49kJYp23ZQnq8ISHML&#10;FsM4O2L5rodOq4M9WsFB4NPajVFvtXDcaKBBj3PVo1Apg0MNDSsD63AcYhKOJbAwl4TguqDnRuj3&#10;Q4J5G9euXsb5s0v8p2gIoUoBRKVSqVRPtrrdobl1f+uXeL6C3XxkQPykamHK7Idh5mCZjkAGf9Nr&#10;WJYACldFOO9gsVaVb4TrR4fiBpRldxinEMKAkUzdr9LMctci+EjkW9/kxPnKeCyEkF8r1qRSRkkQ&#10;5Av423/nt+tztep/ZVs5TUBQfWQajiOEEc952OULF85ic/Me6t02hsMRcgQhHERYYAveWg2244s9&#10;Nc9F+dJalSNQMRGjRMeI6DoZot/rYjiwZcjcNCxMxiO69iLEUSzXHWfwuAQ1nLIe+AFdY2VsP9rG&#10;0lKNYL94LOGGegGoFEBUKpVK9aRqe3tv4+jg4BkJGzRwGhpozNyqTAEQ9rOSNizxyM3CA/18QGAQ&#10;YK5SwP2tbbTbzayVJD3N/ZA7cYKT1GaeB0lS5ANPskJmO6l0arc1c8PKmea0a8uU13/ly7+KC+fP&#10;/te2Zd3zPUdPnOqjA5BRjIPDurG9s1t4++a76HU6WF5eRq/bQX8wJojvYjAcSAZO/aiOcrmMR9Uy&#10;5ueqKPieuFjtHx2JQQM7XMUEGB5dP3bFIbiIMRkNCULGGIt9dSLe15wF4nsuFhYXcfXyJezv7uP3&#10;/s/fx9Vrz9S/+MVX4LuavKlSAFGpVCrVE6p79zZfHA76FRkbnzJCMnW/Mo0MAIxcNv/BOQc5ghFu&#10;i3JdD7VaDXOca1Cr4sc/vkEbqRFy9L5warN7wjIywD4dSafneAPG3xxPhn2psEjGR/Zhpxkg3E9P&#10;EMJtKs8/+zxeeumF65aV+5+DgDZulqknTvWRKR/YaDTb/lG97qyfWcXBriHVj8kks6r2fBdBEKBS&#10;rWJhaQGXL17AxXNnUMk7sp6jKMHOYQPv3L6Ld969hf2dXXQIYhhG+EIzecQKuSzgkyCf551sy0AU&#10;Twhe+tjdPcSZM+u4RCBydmPt2NH1r1IAUalUKtWTrM17d34likMkbIebJI9lls/Mr6bD5FOA4Lao&#10;fD6PfKEIz3VQrZYERvYODmijFcn709mbkU6rKGLCezJoyxUVvvHG7NRyN5UN2CmG0MaNXl8plvDF&#10;L7wOx3V+zwvyI9cLtP1E9ZHKtU1cu3y20Ov3nYcPt8HE4Hk+3CAva1zWLQO6bWE4GGJ3Z0/aqJYX&#10;5hH4jlQ1bHpueWVJTB4WFuZw//17BBa7UjkJewOMCGi4RStNQjkmg7mEEMYRNi4+i3/8j/4B1pYq&#10;/Occ6RlRKYCoVCqV6onVeBKZD7a23jiZ0eCNT4ITCEgfq0gYYoNriPUuD5BzgGC5UsFcrYI4TnB8&#10;fEwbrfAkZHA2zW7OMj/SzNaXoYKToTlwbdbixXhiGjNo4VYw2nzR4ww0L7/8EhYXaqHjuN/k1HQ/&#10;cPXEqT5SxdwyWPDzn3npeVq6Pv7gj/6I1nwEx7ZRyAcoSPZHcVoR5PyPCsqlAnzHpnWeZEPojTZ2&#10;t/dxeHSIxlFDwMLzeV7EQUgAH/gTTGi9S1hnEhPcs8Oci9FggEqpIpk7Ux3oGVEpgKhUKpXqiVW9&#10;3jh7uH94wTRyBAmzMMBZ+KAh2QMMHQIeBtuC2gIPbt5DnjZYJR68LefR7XTRa7cyqOC3TtuquNoh&#10;w+yS8hFP5z9icc5i+93MZSt5zKLXmNGPwMfy4iJefPFZppjbflC4zgDi2Nr7rvpo4eOo3mMXtvy9&#10;+w+du5sPBLoZPg529+i2i+3tHckDyeeLKJbLqAqYV7EwX6W1zlbTE4xovZtmikIhLzDuBh5K5T6G&#10;vT7Go6G0GkZhVkHk6zHwPBSLeVy4fAGlfAHf/rffwZn1NVy4cPZooVbQE6NSAFGpVCrVk6ndncOr&#10;7U6rlhIcSOtU1jWVhQhyEUOSyrldyoJpWbBoM8UWovmA4KNQQLkUYIE2Y7dv30Wn1ZIKB6YJ5zzn&#10;IbkhAiHJX7HZzWHCFqQyJ5KeOlpJuSVrAeMqyMuffQk+QYfl+N90/WDM3zbnTO2/Un10MqYtgjfe&#10;fT/f73VcuiHktqmBKRkdQbEkMxuFQoAC3V9aXcba8jLm58oEDr6s+/39Izza3sXm1kMJIpxMQtg8&#10;58HXEx2fqxtmjkDFyQwc2PuN80SSmODn4BAdp41Op4e9/cOB67o9BRCVAohKpVKpnlhtbm69OBoP&#10;p1UKQ5LKs+3/1H53mkBuSCgaJz9bcFw/Cx8MApSKebiOhW6XQ9nGGWhk+DBNUj/N/+B9HH/Dy98I&#10;p3E4fcw4mfeY8QnzRxTFuHj+DJ65epENgVKCkN/nz/PU/Ur1EYt5t1L0CLjzhXqz5ZQrZTgW59KE&#10;bMuLURTJwuVKyXgc0nUwlOuoWMijVsrDItBYni/jwuVzuL/1CLfevYO7d+/jcHdXKij9QR9pEtH7&#10;YzF84M9jkwXXssVpjogbz73wCr7ylV/B8tJCs1YrDfWsqBRAVCqVSvXEavvhw1e4Rz01TmEhlRAQ&#10;SJVC5j7YlQcZiDiOLQPnfqGIIO8jn+cAwhwOjhoYh+PpcHhWSZnezcDCyO5HcSwbsyjM2r2SkxmQ&#10;DFAyIywOOLTw2Vc+LdUW07LvOJ7/pkcA4qr1qOpjkOdZePmla/lKuYJvf+d72D04FpBmKK6Va3Qd&#10;sJ1uAR7Pg+TzssYno7EkBnIVo9Fq4+C4jqOjYzTpPvdgeT69rpLAtC2E4xHiOJSqYByOMI7omiQA&#10;GQx6BCgD/NrXvoFPv3CZ/5QW3QZ6RlQKICqVSqV6IhVGSW5vb/d5YwoHM04wZGTDBKa2vFLLmDlV&#10;if0u2+Dm4Ho+KqWivKZFm6pkOlQ+c7SSasrUzpffzg4/M/erOBo/5mSVTkMIs9+iSYQrVy7i3LkN&#10;GQ9xHO9bQZDvcSAbf5usUn2UmoQxQcCEB8nzbKZQLBbgd1z0ewM0CCr4UvHzHhhOOIhwbq4m659n&#10;lRjaLcuk9wSI01har0acej6ZII0SWfMOwTZXU5IkmgZzppIBEhQC0LqH7wXy+oPjDuZrpRZdAn09&#10;KyoFEJVKpVI9kWo12xtHh4fLqQT9JQIhyWwOxMhsQLnlStiEN1KOB1sqEoZsqEoFH65tIYoTNOvH&#10;BCCTDCfkANPMjxnbpAZtviaSZh5H4Wl71kzGqdWv41h45dMvZEPwtgPPK/wLPyhI1oJK9VGLnaKP&#10;6h3s7u7n79zZxN7BnoRvOlWbgNgQswR2gesPh7B7XWZ0uYb4cQb04WAs8x+Hx/sY9AdS9bPoOmK4&#10;4GpiGDKQRFIVjOjaSONUZkocz0GFYOa5Z6+hedTA7/2zf4mNjXPNL7zxmbhS8vTEqBRAVCqVSvXk&#10;qV6vX+h22lWx4KVdVjJNMJ+RQ2pM27DYCYvDCI2sAmLlHNiWK3MgnNQ8Go9Qb7WnLVxZNSOZ9VxJ&#10;frqBMMoGzi1uN5lMHuMO4wMMEoYprly5hDNrq2ILbFvOQ8/1fuD7BDuu/mdM9dGLE8cZGg4Oj0or&#10;q3OwrATddo+AYyTeblLloFuhWMDC4gLW19dpDV/AUtk/MVfoPncRt+9u4Z13b2Pz3n0c7R9gNBpm&#10;uTt0oWXzVSZyFt1MW2ZAuB2Lr5XvN5soleewtDCPcrFQtzSEUKUAolKpVKonVQf79fPD4dDglg+G&#10;h+Sx57j1iSsd/Ci788jz9Dp27eHEZ57RsNieN2eg1xqg3+kgiWdHyOBjFmjIg+mj4RClCueFxJj1&#10;ZJ0Mn4tbFhDT4/m8h8+8/IJUYHImgY7tftvzvabve3Rf5z9UH714lV7cWEQaP1t66+ZtNDsDWdmF&#10;UjFzr2IAobWZs20B9Vazhfv3H2CwMIdC4Mtw+XA0ElerxaVFyfrg+/XDY7RaTfT7PSTRRCqEiVQH&#10;M0c6m46X0PVSm1vGf/5P/ymevXYBjmPuqwecSgFEpVKpVE+sdnd2r4XRSCYwTm1yp5suI2u/4gF0&#10;rkRYjgGHv52lx2zXkywDroDkcjm02130up1sqzYbKMmKITBTA4NBH67vi5VvPBlPoQMnA+vZEDoE&#10;YJ7/1LNYXp6X53O0ubMd91/x8HkQeFD3XdXHoSjOjKLPrC2WuV3x3v37GPYHGIcjeHQtFEsFVCpl&#10;5Ms+FuYWsLBYw0K1hMB1aA3nCD5CdHpDtFtt1I95CL3FmSIS6OnnCwIu4SSUIXQxhIj5OUOS00ej&#10;CbyghPn5ObiOXCf7ekZUCiAqlUqlemK1s7t9LUmmECDf88YZPHDTlNiBmvI496un4liVMYZL4MFA&#10;YTu2OPy0en0Mpa0qIxiJ8mDrXvq11+tIawlneXCPu6R+yLxH1qglkGJmtrtLC3P49AvPCfDkCFbo&#10;iQa971u+n4fjqv2u6qMXr+hWe4huv49Hj/ZKN2+9J0YIZzfO4PBgl8C7i52dNg4PD8FVOp5xKhN8&#10;VKctU3nfxWA8Qr/XQzSOYJkOFmpVFGlNDyt03fRHAuiT8VgqIIw6OXabIzgplkq4eOkiCsUifviX&#10;P0Lr4nmsr6/tl0selMVVCiAqlUqlevI2VrTHPzo8uphOgwGFQ6bJ5VkouSkhgsgZ04wQ+o+Ia6NQ&#10;KMKnnwFttrgXnVuquAIiqebG9L20QYvDEF0ZyDWRL5XF5Sdr6EoFTGajH5ywzu1dtmXjc599GcUg&#10;EOAxcg5cx/+3QRDse/RZnmM9tiXU7ZfqoxOD9p3rDwki2sVyoYA+QUfz+AAhrX2u0hVdn66LAuYJ&#10;oLnF6uzGOtbmawi8HDjNs9Xp4+Z797C5+Qh7e3t0XTSRS3MyD8WGC7TY6dpykaNrwJgCuTm1qGbb&#10;3jHb+dbreLi1jTfeeGP/s5+5oidFpQCiUqlUqidP3f6o2ul056bGu1kFJJ1VQkyBBa6ACDKkGTTI&#10;rAaMk2DBnJFVSjirIIlD2jhZAjCj0QCDfleqJL6Xl752TkfnyoccU9y2EvkUFldRXnz+Gi5snJHj&#10;clXGdsTm99/YtDHzA09sSTMpfKg+OvFqKwQ2zp1dw413e+UJreVysYAoprWdxMjmpxKhhtFwhMZx&#10;A67touAwQJfhuRYWFsr4bPlFrK2v4v79+7h16zZ2H+3i6PAQw34H45Cvj5RZBZaRpauzuxyHEFoE&#10;JWfPXcIXvvB5nF1fSZcWqnt6BagUQFQqlUr1RGrQ7y81Gk2v0WhIsjl/G5vjjA4jJ9UPrnzwN7Lc&#10;KeU6nrRQBX4e5WoVtbmKVEA4z6PX62N3dwdDgo7RkMGjJ7u2SnVOAgojHqxN0qnb1bTewu1dHG8u&#10;8BHTxmodLzx/VYbeOXHdyFnsCtSnDdg3s89Vy1HVxyeOnrl8btmo1SqlP/nWd/Hm3Xuy9tkBrlws&#10;olwqo1AqoVIuo1rln0WUAm6TMiU/pNHqSHDhzt5uVtHgViwC63yxLHNWFocQhhOx443pNppEmND1&#10;xzbY7XYPn375s/jyl16W7w3o1tEzolIAUalUKtUTqU6nU5lMRm4QFNDp9RB3QwEHbn9ipyv+5jUJ&#10;sxaTHKHCME2kXepw5yHG7Tpuv/Um/Z6gS5urH/zF99EkkDEJHvK0IeOEaJ7p4MFaKZZw5WPmjJUk&#10;J+5YXOpYmJvHyy8+g0LBlwoKg4okopvO93zPf+Cx/a5j6wlTfSziAfR2Z0RLNTY2H+6X2HJ6YW5O&#10;ehh3CLwPD/fg5GwEnH5e4iDCKhbmK1hanEeNgMTmdkR6bZ6AZKE2J+DtmDZcuq66Xp+A3RWHOM7/&#10;MCS0M5YvAthyOl/Iw3cCsAX1cb2D+bnSIf1JQz0rKgUQlUqlUj2Rarc7waDftRza3PM3thyaxq0g&#10;Mf3kYdgJfysbd6azIVwQySxw0yTOotINE2fW1nDl2jUsrqzBtDgkMJGEc36/9FE9lgMyu8+AIfiR&#10;pKhVq3jhuWuYpw2bQ8AjLV2SHG1J+5XreQk7bdmae6D6uERLt90bYnPzgXV03Czu7+3T0o3FkY3d&#10;r2JaxwzOed8j+CYIoWupXKmgFATSNjghEN96uIv3791Do9lASlBvTd3k2KLX8wnWJ5HAehRNBND5&#10;GvFcB6VyCS+88Dxa9Qb+2f/9/3AI4dGrr708qJZ8PS8qBRCVSqVSPXlqNttZ7gBiRHEsUGDbDiw7&#10;A4E0SyFEKm5YPCzrwvFssCVupTaPy1eu4Dd+7UtiD/o//k//K771R/+GgGUs4CG4wTCRnsYR4iTz&#10;I5bWlCod4+qlDYKYBflMSAhbLrP+zdkTx3G+6Xi0QaNNmqFN76qPa+NEpBEQJHR6wyKBg7e6uoR+&#10;p4vhaAjT9QnaI3GH46oeVwjz+QDra6vYWJ0T22rWM5fX8cxzV3HznVt4/877ePBgC82jI0RszCDX&#10;lyGWvJInYjlSQQwnI4xGI3zn299FqVim66VGsIPDKEomelZUCiAqlUqleiLVarQHaRJHxAL2SX2C&#10;s0DoZyzfwk6rDpIHYk5n1U0CgiLmls5g/ew5FEtl9AYhmq2OuGGJc4+0UJnZYG5GIpjZ7fJjjuOh&#10;NlfF+uoK3RbEYYg3XLz5yj6PU6Ht647rveMFeXHcUqk+Ti3PF/Clz79c+fHb7zkPHz3i+Sl4BB9e&#10;sYjK1CTB9bKsmsD30SZA2ablzFWRiC6xHr3+uNGW6iI7ZQ245YpoYjToy63b6yCaVkB4Joqhx5h6&#10;PeT9En73H/8TvPq5T9Px3UPN4lQpgKhUKpXqiVUUx5thnPQtw6wAsypF1iw1m8OQvA7+hpY3RJxN&#10;wEnPdJ8D0+IoREJw0RsOMBmOBFK4ssG98WlmrCXwMYMadvbx3QIq1TJWVxexvDgPJ/BPvvnlgXX5&#10;HPonl3P/tesGse/5BCe641J9fAqjhNZ7yrMc5SuXzjl3791Fp9vF/uG+VA4dApBKuYRqdQ7zizUU&#10;innk857cHLom2F46SgNY7YGED7JlNYOIR2vbnDrN2bZL8JEQfIwlhJBnQdgFLuTcHMPF+plVlIvc&#10;4og9PSMqBRCVSqVSPbF65bMv7eaL5Xe67cbn5YHTXikxwcrcqrLfU4kth1iOhuMJwADCMx708Hgw&#10;wpAghOc22O3KYhvdNEZCUJFO09TFVtSxUatVaTO1jCpt2HjQnTdn/D4GHoYPhhDLsiPbdf7IC9h5&#10;y0FO489VH6MGwxgHR00cHByUb99532k0jrG6soQ+gUaj3sSIIKHTbktWR6fbwuFxHfM1gpG5Koq0&#10;hvu9EQ6OD9Hr9qTlkeGiWq5Ing6HD476A/RHDCcxkETIcTtWLkcg4+PcuXOoVuZx6/b70uJ19szy&#10;bj7vqhG1SgFEpVKpVE+mrl45h6999Wv/y//+f/xvr5lGmsvJYKyZ5aBzlSPhnI9UwggFEAzO54gl&#10;76Pf6eD++3cR9ru8MaNNVotgwkAa5hAiEjAx0oxqXBlyL2B1eRHzi3OwbEeqIvwZDCZZ6xVXVfix&#10;FLZn3XNc54d+wO4/rp4o1ccq37PERvfh7l55eWkhl6aRAMdwOJbsj4BNEhwXlWoFKwQmFy6dx6Vz&#10;Z1B0s8rdeBLRexfx9ju3cfv2ezjc28dkNMpmrlxH7K95iN22HNmmWXKtGeDonPpRi1g/RbPRwr17&#10;9/GZz3xm94tvfJquGz0vKgUQlUqlUj2h+t1/+Pf/BeLRf/Pd731n7bBRR8hD6SmBCP1j53InkCDD&#10;4QQHJm2+omEXx7tdtA538P7NVIZxuY89ok0VW+9yejO/lm1HK6UCFhcXUC5X4PKguZG1ZNl0PP7J&#10;r2W44c/iFi++5Sz7DzzPnziuR/Ci/9lSfbxybANXL53hgfDynbv3MRhOpG2wUvPEGU66FGn9WmYO&#10;w/4A29t7SOk6WF2sIZ/3JdCTs0Gee+4qiqUi7hJIPNi8j8bhMdr7dYzpugmjKAv7pGPxtcGmDK7t&#10;YZdgvba4iNde/zzOnTsbrSzP75rakahSAFGpVCrVk6wwjJ75yq9+fv4zLz+D3cND7O4foNFso93s&#10;oNPtCSBEYYwo4WwCG45rwfPzqFVKBBbLqM3XOEkQjUYbB4d7ODzcBwhibCdzA/IcV/q5GCwyu1KD&#10;jmPKYzZt4mxxvMpJHzyy1pPUtr0/5M/g8EErp/a7qo9XfA1USh5efeX5ckLQ/Md/8ifSfpjQrUBr&#10;nMMHy8U8QQbnf8zTrYZKMZD5Dy5ztAYj7O0fYXdnHwcHh2jR9RXT42ywwGGG1nB4EkLIXwDEYSg/&#10;x0YX3U4H88vL+PrXfwWejZD+nH09IyoFEJVKpVI90eq0W1+iTY7L3+SuLC4RVMwLKHA/uu14cN1A&#10;YMHxA5QrZeTpZ74QoJj/d8MB9+pt/L///PewvXVX7EMzVx+eAUmkr92Qygi3ZmX2Phx4yO1X7JgV&#10;cVWEAIfuP/Jc53tZ+nmg9ruqj1U8fN5oD4ipQ9y996iytfUQa2trCAIf9+7dRaNeR73egG3bAiOl&#10;KsEHwfnSwoIEETqWgUkY0fUwQUDP1ypVgXHPsdDudjHq9eDTsTiEkKuHnLHD1wpn4vh5T7JAarVl&#10;9HtDeFX/CFkSukqlAKJSqVSqJ1NRmGDY63yZ/XHDJEIYJwglCA0yOB7ShihfsAk8qiiVKzJAbhF0&#10;eNa/nwr2d/fQ7/ck0JDnPyw7J0PrmbMVZCBd2kzMbOCch2oNds4S211LQMRx/T/1vKDj+bT58rTX&#10;RPUxi4B5NI5w4533ae1GC0hDDAgaep02HNtBuVyka8WRgfJqtYzl1WWsrvz/7L3Zk2T3def3zcy7&#10;5809s9beF/SCpRs7SAoESEKCpNFiSfRIdth+c4SfHGE7Yp5sh+b/cITD8ijCnhmFpBlRFCkS3EAC&#10;JHag96X2qqyq3Ne75c3075xbTTlIdOuNymacDyK7qrMyb1bw3sM+33uW7wKq6ntHxYofhqgftrC5&#10;sYONzS10ex2OBdswuI3LdfNKgKj4i0M2KKSYo9gwdI3NDJ9+6hIG/QH+5m//DqdOntx97rmnvVJB&#10;TAgFESCCIAjCY0rgBxVvNLpKoiCmVblUoUAGk3SMWTqNokqAbPIxoLuymUyySvchG6lClTy1my0l&#10;aib8SCob5CcSP/A/T1ZrpZPqh0HtV5rOS3953S+v6tWUaDH/1rRp+NxhUSII/5JQNaJYcJDLZbGz&#10;u7dAoiOfd5VQiGBGJnt8xHFiQjge+xgOR4iViHBMJU5yDsppl2dBzp09hRu31/Dptc+wfm8NO9tb&#10;7AVCr2XfG3VcS9d49kPXeRMcfC/AoNsFiXESKoeN9u5g6EciQAQRIIIgCMJjy8gbPxsEfoVEAlUs&#10;pjF5os/Y9XwWg2c/9LxKjFwXuqnDUg/tISMZnh+g0+nwKlI2HJxOOTnjAd3Z7GilL/XNq6ROTzxF&#10;0upgNP/BbwAnYYeGYf/E4vYrCzL+IcwDOUfHF168nL5frSz8/T98RwmBOgyLfD6yyOfycNTXXM5F&#10;IZ9jcZJzbRUPNK4RgGZGWiouqArSaDQQBxNkc+p11Sr1PyIYJR46o34XHao+RiGLGZp90nghg4E/&#10;+bP/Fl997YsoFLJ7lm3ICRFEgAiCIAiPL+NB//lpHKV5JGOW+H5QwmSRK3lG5xYRGtogHWCZ1gOL&#10;kM9lMBzB80bwgzEP6EZxxIaC1LI1jWcsPqi6gkyK/USm9N/0yPqQ1vrQJizDfNc0rQPLotkTcT8X&#10;/uWh9isyIgyCUA+icCFXysFUgqSlxMTe9jZ21CVs2lkU8wVUqkVUKhUs1io8iD6bJZVDXtFbyLNf&#10;Tt8cwNQNXt07nUxgKIExtSOoY3M1ZDaNEMchxxx9DUPgifPnsbJcol9nT86IIAJEEARBeGyh3H84&#10;GL40PapOxGw0mGbTP/pZOhEEPJfhZl0Y1BbyCEPAnZ091Os77I7Ox5+S6JghDmNuu1JH5S1aWsZI&#10;hMzRH3E84VasTJrMCo3/ZJP5oOPAkPW7whxAl+/WziEODxvG7na91jpoIFdwkcvlWVhTKxbFiWZk&#10;+Hqmql8YRRh7Pm/J6vUHWN/cQavZ5qUM8WzCyxfKpQoKSrT4QQSfW7FCnv8g0WKoY1mmjVNnT6Hg&#10;5rClhE61nMPySm3XNiUuBBEggiAIwmNKFERO4I+f58HwmHumuApB7VeUCNmOiXRGCRIySVOPiZIQ&#10;D6tJkC9C43Af/njMD9rmk+JDptT7JtxqRdO8qdSE3QlJbBiazYlYIk1IrKQHGU3/QTL/YSKTkfVX&#10;wr88lPCToGg0O+VSKe/E0zBZtBCEHBtUOuR2KSXQs/kczp49jXNnj6Ps/JOB5qWLZ/Hpjbv47NPr&#10;2N6qo9Nqse+HrmtcAaG5j8yDmaiUcbS0IYN2o41ZOEG308fG2vr06nPP7X75S1dh6NKbKIgAEQRB&#10;EB5DwiA4Hwb+MpL9VEeD4mA/DhqCTSsBYJomDMPi1+sqyXpYAaTT7WJ/dxe+P8JEJWvUux6qxIkH&#10;17m9K8VCg6odNNeRMpSoIWPDTGK4RtWWjG585DjZdRIg1AIm8kOYB1Qo4OmLJ+BaxsLPPrhm7B02&#10;QR2DtuUgZxXZF4dW8FIVhIbFh4MRNjd2MaqUeBCdxMso8EGVvdNnTsKyDPVzA/v1PQwGffjDsXpN&#10;wG2LFHuGEuW6ofOMCQ28Ly4u4+qzz2Jlddk/trq0m0lLZAgiQARBEITHlLHvXY0nkZEMgIMFAvVe&#10;xYhZdFCrFG3isVUiRILAOFql+3kcNumObsAKhjw+eFuWkcGUCh7Jiit1aOqHTzZjcdUjppmQGW/B&#10;otYs07T/wbHsmD7PkPkPYU6YTKZsFriyulQ70x/pa9ubmEYTNA4aHB9Z10WpXEa1YsB1HJ79qFYK&#10;cG2Tr33yt/G7IZqNNur1fTSUgAnCkLa9IZdNKcFhIlCxM4lCTAIVQ3GIwB9jPOzw+t2V5WP4wz/4&#10;LdhmeggxIRREgAiCIAiPM/5oeGVKCoFW8E4fbKlSYkCjNaBGMg+iaWwcCNpU9RD14YcT1Pf20KIV&#10;vCqxovaRWCVoKXYcpNW+ad6C9YAH8yVUHUnR3V7TUCLHjbLZ3DctlcCRKZsuLSbCHKA0MppdD91u&#10;H5vbe0t376+hUHBRLhaxs7WFjnp+0OnA98bottvYq9d5dXVZCZKlWoVjoU9mg77Pbuq2YbLRp5vN&#10;YlgYwqOWRc9DoIQHeedM41jFRmLc6ahYoPirVBeUYImUADF36b6BnBVBBIggCILwuJL2Rt4zySB4&#10;isc/iNmDP1Wy5Ni2EgkaDKp+aJmHVj/6/QE6zTYP5MYqiaKWK5rzoIRLS2v8lR7UXkKreenHpmVC&#10;z+js8myYJpTwuGbZ9i3LycK2pf1KmJMgIR+bWYybd9aUADBWFqtF7NcPsLezw62GlhIUaTsDJ5dV&#10;QqGK4yeO4Ymzp7FQcmFk0txyWG908MmNO7h58zYO9/fZ8VxXMUWb3sjtPFcowJ0mw+w0O0VVQWrB&#10;ItPPJ86dxeFhE//xr76BSxfPb1595sIk68gaXkEEiCAIgvAYMomn+cD3LlOiPz3y4CDRQd+SJwgN&#10;n5NDuevYMFWyZGoPr0g0mw30+m2VbAXckkIJFtVT0rxNa8pbtPgTaB2pEjLUYsUChB7UN++46pH9&#10;vuO6vkk/0yXBEuYDahesKTFx6cIZfHb99nKzPQANgLjZHNK5AgvtpKcwgzCa4OCwwTMcs8kSapUC&#10;D6cvL1TgFl/E8soy7t29hzu372BrawsjJdwj32eDTpqHonkrWnVN4sM0bfgjDy0lPhwlyg0VK2tr&#10;25snj68g61TkxAgiQARBEITHjzAIz3i+t0jbp5L1uzNMyCFwllYiQQkOw+EWrBl1XqXTR21Tn3Oc&#10;yRQHBy10Oy144yHS1G4F8HA5tVnxNiwkx6A2LF0d0yZBY1iwbZsqH3CsLHLZ3N9lVaLl8PrdjJwg&#10;YW4wlPi+eHYZ1Up55d//1Tews7uPqRLpJJbzuRwKlSLKxRKq5TIqtQLKhRxcJRgorEZegP3Djnoc&#10;on5woMR6G1QidN0cC3TfMxB4HkI/gDfoq+OSB0ishEvS8miYWfzZf/3f4QuvPEuftZnLmXJCBBEg&#10;giAIwuNJ4IdXJpMoPaHZD/VIBsJp5a6uEqM0t1EZ1F6S0llMpB6x/Wq3vosoCEBuhmEY8POZdEYd&#10;E7xulz1AUskGrYyegW6aPGNi6HTHl6sfa6bjvGeYNpsPypIfYV4gE8KRF2E4GBvrm/UlWqxw5cpT&#10;aDb2lRDZxZa6/lM720pQZFFUIqRYLKBaK2F5aQGlfJ4rgVRRdF0H5bCEOJxgGobcikjtiZbhI7Bs&#10;TCIl/mOaAQnYwJN6ImmuhJT/lacv4dTxBfp1duWMCCJABEEQhMcWbzR6ZkqtUrN/Gj6nbybq71nD&#10;YjNCesrQyadjdjST8cvKYNDtY9RpsvCY0MQuLdKirUHIJMcEWOCQDqHhdnJX100rWTFqOVwJsQz7&#10;B6ZpDajNxLHlDq8wP0yVqN7aPqAKhh0E/rI3GsAfDhBGIXI5F1k3BU3LoFgqYaFWRW2himq5hELW&#10;5ipGs9PD7bvr2NjYwrDf41igpQvUVmXZWd58RQPmtIaXXNHp56ahI6vef+bMCfVcjHv311Aq5ye1&#10;cn5X02Q5gyACRBAEQXg8SY3GgwvxdMJtUvFserQ211AJF1U/0kjz3VmdhUjiO/DL4mMSz7Czu5e4&#10;OFMCNY3YBTqpYCSu6rMjc0MSJGQ66DgWeyaQ8KBEjKohpmV9mwbd2XNEl/YrYX4wjQxc18Zow3Mn&#10;cbiQz+cQej5d2rzFLVaie5ZKsefNaOShHAOFQgErtTwy6vnlxTIuXTiNuxt7+OC9j3Hr7h3sbG9j&#10;OBxyldHUaN7D4kUPVHmkrVeUpoXhFLt7DeRcC3v7h1hb2xy88srLuy8+f5F9dARBBIggCILwuFEI&#10;/PAJqlA8MB6czeJkBS85n2fAwsFQiVGSEH0+NHTb6XZ4/oOEB72HDAgpKaPB9hQLmxnPf1Clhe4U&#10;k7+HYRlcBeE2LMPqZEzz+2k2cTMf2uolCP8SULJ//vQiyiV35Qc/+dD67LMbHCeW7fAq3XIxC7eQ&#10;Z/8PJ2spseJirAT5YRNcAfGDAO1ejyshaSWuF1aWeMED9vYw7A9U7LQRhaGKmYjnSjTeOmfBsZNF&#10;DQtLK7h8+TJWV1b7lXKhLuEhiAARBEEQHkuUQFiYRP5JTvaPVuRS5k8eBDSrQdUOcnSeTCcqKZpy&#10;leTzaLXaKoFqIgp8pGdJG9fsqA2LetzpznBaS/NsiWXq/KCkimY/aAWvoanvTeNHhqHvU/XDseSf&#10;J2F+oLDwgojjIYri46ViIbW8vAxbCeWbN29hf2+X56QKSoCQEWGtVsHi0gxZi9ZIJ9vf1PWtrnlb&#10;xVYPoTqWPxwhCAMeYKfiIFUAKX7iKFI/V18ngfp+hO64y+utT546jT/549+Fberb6RQCOSuCCBBB&#10;EAThscT3/MtREGipFJU6kjasWdIx9U8VkXiCDD2ReuAN8gvJmXqQo3NdJWG0IYt64mnjFUF3eNPq&#10;2PQ8T4+kqU9eU6LGhkV3d1VCZnD1w6Ch9+9qug7HNnhlqSDMjVBXj07Pw97eAYntkxubm/ysrUTD&#10;0kINA2qjwtEGuSjA2FPCoduF0h7w/JA9QA6b7cT5PAihXqTEibr2a0vwCwFGIyVGxj7PT5EA4aoh&#10;JWkqLLOurcTIFLXqIs9hqRC6J2dEEAEiCIIgPLaMhsNnaGaDhcRsyl4dNDY+VQmTY1pcydCUQCBh&#10;kOL/fplIiY12+xBTlTzR4CzdCZ7OAq58kGrh+ZKZpnKzFA/Vauphq+Qr8TQw2OtAt8zANMzvUCuW&#10;bYr3hzBnyRJpZ5X579YPoaTxydpiBd1WG83GAaY0TK6uW9LoNNOUyxdw6tQpXLxwFiuV3M9jZqyE&#10;yLXb6/jok89wf30dvV6PZ0NM62gRAxkSKkFD4n16JPVtdbzFxSpOnT6tBP4+/uqv/gFPPX3x3vlz&#10;J2DKjJQgAkQQBEF4HBn2h5ep35yNB/kObrKpinrWtTQlOEk5JEVpF22w+hwF0m52sbm1ze7NiYNz&#10;slr0QRvWjLZopdN8PF3XkM26sF1eucseI7TxyjCta7pp3CZHaF2X6ocwfyxVc/jCi0/jvY9vrd67&#10;cQ9h4LFXjZ3NomTR2miNRQQ5m/uej/WNbfjjKsp5l003aTZqeWkRaSUqSuUS7ty+jb3dOg4O6xgP&#10;x4jUz8m4UNfUcWw7Eem2ifFogPrBYTKgTuae8XS9XCljZaEgJ0UQASIIgiA8Xkzi2BgNuqep5epB&#10;tYL+ow1WVLEgzw/dTLxAyI8gq9mfe5z7KtFqt5rwfZ+N0xLDQXJSJ+GRrOCl0ZGMluE7xVmVsFnZ&#10;nBIeSoRYJEBsev5bmm7Gtm38fGWvIMwLVOWgCkitmtdffuXqyubODoa9GAcHDURRoISIjUKphFql&#10;AtfNY3GxhqWFCvIObbRS4kO9v9kbYWt7D7t7e2g2m/DGIc995PIl9tjxA59X8Y7GQ/R6bV7cQJ9J&#10;BuvZfBH/xdf/FFevPDWtlAq7pWJWToogAkQQBEF4/BgPvarve6c4waLWqzjm9iua+yANwHMcSkTY&#10;dJeXWkT0X/4nozf0sLu7g4FKmKhtC0emhbM48RR5UDLh5bvqoNQzT61X1GZFq31Nm1zQndgwzbfM&#10;o+cEYZ6g63jgTdDrDNBotvLr2/Xjs2mMy5cvYv9gH7s7uxgOR0pUNNDv93HYbGFHxQSZES7Waijk&#10;HZ6Limj2Q8VYznYxK89Y4JsdHUNawqCEOc1/UAyFYaTiJ1JBGSKe0ErfIb/2C6+8iNPHqz2ICaEg&#10;AkQQBEF4XBn0e8uTKFig7VaUZNGfvOkqo7FJICU9NDBOg+m0rSrzOf1XB/sHaB/WMQl8rlzQS0hs&#10;zDIp9jbg9G1GVRDqk8/wJiAyUKMWr4yhcbuKeuwYhvFT2zKRlu4rYc54IKHvbmxjPBoW84653FNi&#10;/P7aOjxvrK5lHfl8AaZjsu/H6vIyzp47haVaCZa61mnDVavTw7Xba7h18w4ODg4QKWFBgpuWMJSU&#10;UMnlcvCjIFnDG01ATY+WlUHWdfHEE+fQV+Ln3v0NVEq5bt419+SsCCJABEEQhMcO8uIY9LoX6U4u&#10;iQ56kFagjVXJ+OuM26OsrEsua0pMTH9pAD2e0farA5WUdZQ4ySCahTzrkYyqp5K5El7JO+O+9oye&#10;iJokn6N2LJM9QDRd/4FumkPLkuqHMJ+4toYLZ0/i0+u3T27t7mve2FfXfBqFfJ6veb7Qecl0Bp1O&#10;F7u7dRjqWl+ulmCr955wFrCwVFPC5DQ+/uQarl+/jvrOLrz+APGR6LeyNscczYukNV0JlzQCP8L2&#10;Vh2mip0PP3gf9+/er3/5y18cX7pwHNKoKIgAEQRBEB4vAULbqaLgkmkYie9HBE6kyLpjSpuvyI3c&#10;MtmRXM+kuGLxi4y9AAeNQwwGA0STkEVH6miNL/HAHZreS8PnmjqOntbYE4F626nVi8wOtYz2j+QL&#10;QpURQZhHaCv0seUiatWXz33j22/jg81Nvo7JNDDvFlAo5VEuV1CuFFCrlVHI5ZC1DYSTGMFwio4S&#10;Go3DFhqNJq/szToOytUqBkqID4Z9DEdj9LodngFBasomhBSbWcfl11aXV3H67FlUy5W7KSkTCiJA&#10;BEEQhMcF8iPYWN/6neFo9PTO5lZ/a/3Om9R4pRkab9sh12Ur66BYqqi/O7xS1GLzNIvvyv4ivV5f&#10;JU3dI8fyGQ+vUzsK0hr/naos5J5OjuiGkeEVvOl00qKVnqW4GpJKZ3oZXX/HZsM2QZg/wskMo5GP&#10;IAyxU2+dp3mOq1eeUTGRxk/few97+9vYP8zAsrPI5ZQQKZWwsFjD8nINC+UCtzFSPLg5F2MlNEwV&#10;NxkW3ykYWQtOasYVj0kYqUeoxLyPqXqEwQijfkfFrY//6oWX8K//+HcpDm/TljiJFUEEiCAIgvBY&#10;8I/f/v5v/eVf/F9/PxqPeLCVhszjaZw4NadTLBYc20axWES1toCzZ8/huZdfwYXzZ1B0nV863u7u&#10;LlqNA/hjD/HRwDq1ctHxwDdpk+1XZCpoaImQSdMgeybFbV00W5LJaJ9ZhnFf1+WfI2E+oYrefqOL&#10;9Y0tars6O+x1WYwoya0EhwtbxQyJbCeXU3FTQamgBMhCFYWco657TQn1Ae5u7mB7axe+N2IBTtW+&#10;SqmKYi6CHwQYDT0lOAJeYU3iIq1ECQmUfD6PfrePWrUK1+EWxTtyRgQRIIIgCMJjgedHeOdHP/4f&#10;x/0Wz25QwhSnJuAZECUcaNtOKpogCiJ0OwNsbG7jww8/xje++S0sLy/h8lNX8Jtf+wrOnT7Bd3LJ&#10;26PXbWM46CNi52Za4zvjr5nkhi+oupJJaUirZCutZ7jtKpM+untLA+uJ58G3LMf8XH8RQZgHdC2l&#10;xEQWcTwzut32qmGafA1TJcR1sojiZI6KQsD3A6TLaSwuVLBazXOLIY7V8NSTZ3Dz/i4++PBT3Lh2&#10;Hc1GA+S/Y2o67Cytok78RACbFQ+1Mlq6gROnj6vPzuOgfoC///aP46vPXN5eXipJBUQQASIIgiDM&#10;P6EfLP/Ob3/l1dd/4wpv2RmOPQxHQ/QGQ4yUOCEPj35vgK56DIYDbhUh47SZSq4O6ntKtKRx7sJl&#10;3Ly7jnt3bmPQ76rjeNwqQjMiqVRGvWbKhQ8yHySBQb3qdBdX0xNzNdqsxXd3SYhQBSSdmemG8UOa&#10;/xCEeYXE8cpiHuXXXyj/5P3rq9/9/tss2C3TQl6J8UK+iJwSKLSxKs9fHQyHY9SVCncci9fv9scj&#10;+KGPhcUqwvAcm28e7u8rsd/G7t4OVyOpLYt8dyzbQtZ21XtdFaMjuG6Wt8X1r91oqnCsf+31l+HY&#10;kr4JIkAEQRCEOcfzRq8VCnbetWt8lzZbiLGYAg+JU/uVYVlwVSJlOwUlJGYsUvq9LvsbbO3WUSpV&#10;8fRTF/HDH76Nd370I/WzlhIoEd/hzeWzqJRKqJTLcNVxqJWLjNtIbdCgrpHWoSmBQtUPEiEZWvGb&#10;ztD2qy3LMj/NSPlDmFOokOcHMQvnsRdWc667dO7sKTbT/OSjj7B+v04Om8gX8qhUiqhWa1hZXoS1&#10;aPDSBbq0qe1wigxXFut7+2g1G9xupWsGi5aMlpgQhp7Ha30H/TbaR1UQqiKePH0Rv/eHf4xTJ1cb&#10;lXKhbhgyhC6IABEEQRDmHBID4+Hwq1EUIiSfgTgm50EEk/CoakFzGRMMRz6yuQqWFqpwXRu/mOb4&#10;XoBXX34O++tr+MEPv48Wbe2JJwiaXTQbbdjmDveqr64uo5BzE8HBGRht3dUSfxHafqUSLt2wYJjm&#10;+7ZtduUMCXMrQKZAb+Bje3sf/cHgzNb2dsZT4qHgOji2vIy2ZSKcTLiiQYqbKomdfp/jazj0uHzS&#10;7XTQ6fbZ4yOlhAXNiNDCh5E7Vq/pYzzyVFySC/qEFzlMVZxOphP+2uu0ebD9zTe/AD2FbfUhEzkr&#10;gggQQRAEYe4J/CDrD/tfSVFVQiVA0TRWQoBMAHXEnhIhiLkiQYkOz2toGZV4zfCLgxmWbeLCxXP4&#10;N//rv8FrP/0qvvfdb+PjDz7C1u4OwijCyPMw3t7Bdn0PC0qInDl5jMUItWDRMakdK51Js2eIwWt+&#10;nbdMQ/4ZEuaXlBLPhp5Go9VWAty7VC6X0G42sb+3By+YsLeNSWumDZOrIidPncCli2dxrFb8uYDv&#10;D8b49PYGPvz4E2ytrWOs4oSMPWl43bIS74+JEjGTKOCvGrViqfhYPbbMNwP2dg5x68Y6Ll44dZPm&#10;UQTh14HMn//5n8v/CoIgCL/G9Lr9lzqtxv8yiaJUHE+4AkIDtARtwWJzQCVIytUa8llXJUQWe3c8&#10;rDOKZkbCScjVjtOnT6hEymCfhEkUw/dD7mfvDQbY3TtQnz1APpdDRSVu5Pys6RbcbBGFSnlSqVT+&#10;bdYx63KGhLkVIOphW7oS1GUMhv5/f+3GraskRmazNEzbQq5QQLlURLVc5uuc5p4CjoGZEvVpNhkk&#10;z51iqYBKrareY/PShmariYO9XZ7/aDcOMez3EQQRO6DTzQDaEEexRBuyaJ31rZu3Ua+3/s+l5ZUP&#10;HVtmpoTHH7n1JAiC8GvOaNB7QwmPVOJ4nlRBKMmJwimiyUQlV4s8tzFT4kSpEYRKoFipz09yZixo&#10;emyDfnDYxPb2JhzLwDNPXsL50x526/s4OGihfnDACdX6xrb6/hCXL17AF7/wIk6WF9jkUNfMTcs0&#10;7svZEeaZ6TT5ms/ZqWefvXyOqnv1+pQXNmxvb8PJOmxCWFUxtFAz1dcKlmolFFw7qTBGEzR6Q/Xa&#10;Pezs7KLVaXMMOkro0xaszGiMwBuj3W7ysHqK1u+m0lxttO0s8oUyVk+ewInjx5Av5u9Gk0hOiiAC&#10;RBAEQZhXSCqkEEaTtDcevjabxbyZKlbJDw+Z8/B5mr05JiqpsR2HhQHYpVz7+ft/EWoRodW7+4cH&#10;GI8GbJxG7/dVIkUiZnV5CadOnMBwPMa9e2vYWN+BN/bx0Ycf4979NXz1a2/gj/7o6ygWC0qAZGT+&#10;Q5hrqM2q2R6g2+1VNjd3V/u9Ps5fOIeh+rp+b4aR7yvx0MZ47B1ttNpHqVzCYm0Bxbyj4m2CydFW&#10;uFwux4sbZpMppkrkp8kENJOBbZrIOln2Fokij2MqDNTxWgfq0cIff/1P8PKLTw8Nw9g1dRlAF0SA&#10;CIIgCHNLIh68kXcy8LyXp5MY9EixsEj8OmYqOTINF4Zpw80VeEOVaZlwTO2h7VeDcYid3Tq2t+6j&#10;rxIvukUceP7PN15ljhzTi/mcSpqex1NPXsbG1i5u3rzNq32/8XffwPbOHv63//3fHqxoFTlNwlxD&#10;lcLdvQb29vZWCoXsStYxsbu1ibG65tO6gWzG5MUK5UoJy8eWcer4MawsVZHVM+wN0uz08dmt+7h+&#10;4w467ZaKuSlsJfqpwrG4sMSzU+Px6MgBPeTNV5o6nuPYyNk26vsNLC/VkHetHfXr7MsZEX5dkBkQ&#10;QRCEX2NajdYf97vNr0/jKW+soqRoEsdKgsyONlRlkCuUoGs6rwTNUetIJs0O5p9Ho0nmg0OEQYjt&#10;zfu03pc3adFQOUFfU+r9URhxQpXLOjh9+jhOnT7J635brRa2N9Zx89bdd774pS/+HfknCMK8omkp&#10;9vLo9kYv3Vvb+G96vT5XEW3LgZPNskdHVl3juq4hVgKf5p8sw0Q+p36uxEqp4OLc2eNYXF7iuOi0&#10;O9ja3ER9Z0fFQlOJ8hHfKtAMDZppqeOYPICey+aweuoUqpUKNjZ3EEWzT4rF4v9hGBk5KcKvR2zJ&#10;/wSCIAi/nsS8fnfwW2wMOJthqv4Lab2nEgwp9ZRuWZgppTEaDVEoVbj6QcOvDxMfk8kUrXaX14m2&#10;mk1QWxf7eWipZJhdvZEG0dOpB0nSjJ/v93o8pPs7b76Bc6fO4L33PsD63Zvpv/iL/4D/6X/+H2Dq&#10;klQJ8wmFQrWUxddee/YppGb44dvv8gyHN66zc3mpXFQioYBabQFLCzUVRwW4lhIjKr4GoxCd/hAH&#10;jUMcNjsIwhiValnFUYh2o6VETQ+dbhtREHFMkohxbAeuOm7XzaOpxEredXhj1rvvvncHKQ0vv3Dx&#10;ofEpCCJABEEQhH9xPM8vjb3xK5SvUOvHLE6Gz2n4NVIJj6XrcJw87FyePQi0dFqJiUeIAXIwV0lY&#10;4HvotQ9pLSkymsGmarOjfvapUjZKwqiEagbTMLjhyzAt/vxIve7q1ct48vJlvPOzD9xur49Wd4SV&#10;Wl5OljB3TFS89IeBiqMAjUbrmXanixeffxZuzsE7P/4JGs0Wep0W9usmsu4WyqUSqkqEkD/IYrXI&#10;gkIFHJxsDrY6Tm/WZ4FOeyBoI5zr5jhGwsBXgibxAhn2Ghh2D9l/JK1pePaFL+CVV76IpcWFG7WF&#10;kogPQQSIIAiCMN+Mh4Or04l/MqZkSgkCWufJlRCV3GSUWKBBdM3QORmyTJMFxqPym0ajiUAlS/v7&#10;dZ4focSK+tencaiOp/GMCQsQ8jFQyVeGPEXUEXUyH0SKBQ6tJy2UyvjTP/2zWv2wq34mQ7XCnKKC&#10;odEe4s7deynXMc/TnMaeEhzTvRks20KlUkU6M0MuV0BRiY/F5UXUqmXkHVNd6xkMxz7W1rawsb2r&#10;4sTnSiGJ9FqthkDFDomOkXo+Cj1e5EAtkkq6c4UkVmK9cXiIZ556Gm985QX6ba7LCRFEgAiCIAhz&#10;DWmN4WDwu9NJMvehpAFSKvmJfI9nNjJIqh26rvNGHjJYs8jNmRXIL2/AonauQW8AXR3DdR3UZzE8&#10;Tx0rCpTgyLDzM92eTc3IbDDF3iKaEiWGEhi6+kobtzLqdWRKmNEN8kNYevaFE04ua47lbAlzmSAp&#10;4VwtOtg0jMWN7fpyHIUqVmYcWxbNaxhmEioqlnwlzEMlIshH5+Rqhd9LXDx3HLfWd/HOux/g1o0b&#10;6HTa6tUZ2I7NcZTLuyq2HETRhG3XqRsx62Zx4Ykn0O921XFDNNv9cbWc35IzIogAEQRBEOaaIIh0&#10;fzx6nbOl6QQ0B0KeH1Tj0HRTJVITTpwI27JZP1BveyqTwuet3w3CCGP1aPeG2Nhc49fMaJj9SHCQ&#10;c3rqQX9IKqmkkAXbTAkP+hU0JXSiWB2j2QTlWtXF5VM51z1mGNodOVvCvFIpOXjjtedOfPDJvYW/&#10;/btvqrghfR7DzWVRKBZQLBRRKBVRLOWQVaKCFi8cNvvsjROpFw9HHq+uPn5ihZc+bG1vYX9nF/t7&#10;u/B9n+OEBDktgCAndVcdg7h5/RZoQQO1N/7ff/nXWy+/9ELjpecvQdOkYiiIABEEQRDmFH88fiL0&#10;vaeo2kHVi9ks8R6gakiazM40A4VyBbaThWGafMdW1x7egNXrD7C3u4mB+horIdLrdhFPJskPSYSk&#10;j0RIJp3ImlnyowyJEfWzw0YDd++vodPpw80X8cFnt7K/9/t/9NxrX7oqAkSYO0g0e/4EsYqZkeef&#10;V5e4dv78GVy6cBHf++5b2NnZVvGwAzub4/ar6kIFK8tLOLG6CGRtxLSgIZVGOImVIGmr1+6jRS2M&#10;nq/EuBIchTxvuwoCD95ohEG3zRUQEuqWSRvpaLBdHe/kSSzWalt+MOkH0VQEiCACRBAEQZhfRoPB&#10;q9PJxKLKR8yVCuqSSvH8Ryozg+vkkEKGzQNpjaihEp/0QyZcaaB8MBzx/IY/HrG6MFUSFT74+TTm&#10;41LyxKSVCCEhoo5HW7bub2zhk+u3MFCJlmtnUSjVsLe9jW9841tff+Lc6f9nebEgJ0yYOwHSG/i4&#10;eXcNKo6uNlotjMdjrG+uw3YdLK+u8oY3wzCViLfgsKHnBN3uANOIWh5nvDGu027z/BWZexaKRaS1&#10;DJt/WkNLCY8xwtBFLheqrwGmoacEiXrOG2GrsY9yuYrf+1dv0patu6ZlwLYkZRNEgAiCIAhzCq3L&#10;pfkPWpM740rEjNurdE3jpGl21G7lZF1YtnMkSh5e/aDWqtDzEavEiDb2kAt0HIc81E4VlWSgPWbz&#10;whmSQdsUr/NNYWtvFx9+fF29L+Jj0bA6t4EpgdJq1J+7fvNebnnx+YGcNWGeoN0Ilkr4o3CCg4PD&#10;q7qeUfFjoNlosjohI0G69lMpjb07SqUCLl+6gNMr5Z83MPaHY3x04x4+/OgaNtY3eHucbdvIuVmU&#10;CiUUckVuw4r8gB3TyX+HZrIWl2poq8/JukWcObMMFZrX5IwIIkAEQRCEucbzvEXfH7+UCI0pr/Sc&#10;8URGCrplwqQBWlMnD0KV3CQbq9KP2O858gLue8+o94z9MQ+SkwCht6RVpkafoSlxk8x+JC0iVAHp&#10;K6FCDtDRJKnC0FD6lPvi+ygWKxiPh7lbt25Xv/ylZweGLq0lwnxRylt4/UtXsp9cXzv3zX98C/3+&#10;kE0JC4Ucr9BlE0I7y2KEtsgd7jeQUrFQKmSVWFHXs4qtS0+cRaVcxmfXa7j+6WfYr9exu73BK7FN&#10;h2Y+HJ79SCvhQUsiVHCpoDRx/sIlFjt//bffwUsvXPns+GpNVvAKIkAEQRCE+WU0GL04jcJFmvug&#10;KgXNgdCQeRxPYGVd/j6fz/HaXGqR0rj96vOPRQWUbrePO/fvcwI0CQKeJYmPHg8Gz7niQaaE6aT1&#10;it54d20bQTjjWZGkBWzKW33GYw+249OArb5x/67ZaPWxulSUEyfMDdFkxjNN09ns7OLSQu348VUU&#10;lfC4desO1tc2WEy7xRwWKhUsLS3CXXWxsFRFRYmPjIqBSL232e5hc3sPdSU6ms22EukG8oUCx8qw&#10;P8Co20a7UWcPHsMwlLix4Shh02s3UcwVeTB94/56P/Si9Td+81UsVF05MYIIEEEQBGH+mLL7ef9N&#10;zCb/JD5o8JyGxNM6r/uk9aEqveIhWMvQH3lnNaIh2kYTnXZHCYlIiZFe4qROwkXTElGiXkOD5pR4&#10;UWKG9Az1/UP0hyMWPfR7pOmOMLVsKdHi+x4GAzZlS+1sbabq9YYIEGFOmHGlcDgOlXjYx2g4PNds&#10;tbMkvLPZBZw8eYyv40D9na75/nAIHJDr+Rj1gwaWa1XehhVOQvb20FIZ5JWYoFYuakMMo4C/n01T&#10;0E0TZhjC81SchIESJW30OwfYi4FKbRVv/NabuHDpwt1KqdjJOoacGkEEiCAIgjCfBEFoeqPhV2OV&#10;JEXk/0EtWJRWTWc8AJtRIiST1tjlmTZg2baDR5mfhxN1nDBCJhWjP+ixCJmoZImVxyyZLUmqICkW&#10;GrNUzM81221O5cIo5ISOhuEToTNNnJ9HJuubTA7B1tYmXnj2vJw8YQ5IVkhnlLhoNNo4aDYu53NZ&#10;3ky1fvc+fCU8dBUwqbSlBLgOJ+fi+PEVXLpwAcsLRVgqluLJFPXDFj65cRd3bt9Fs9Vh/xzLtlHK&#10;l5Bz8xgrweIr4REoAULrsTPk0zONefakcdhALp/DH/z+b6NWyd5Xv44n50UQASIIgiDMLaPh6Jlo&#10;Epylygcl/ThawUsigdbnzoyMSoLycHMFZLQUVzPIIPBh+GMfBwf1o7u5M57/8MZDPPBMpxmQDJsO&#10;0katDM+b9AdDJXxS7P4cK6GTfiBQ1IPattQbMI0i6LY9LpbKo5hEzgQqsZPzJ8wHedfAyy9cxrWb&#10;a1fe+emH6HRbXNmg2Q87ayoxoXPrIrUdhl6Erc1dFUdTLFeKMAwNp44vYXl1CbS69+2fvIebN25i&#10;Z2cHZGZo8XEK6jgW3wBg4T5T17+KzRMnV1EpFHD37jrWN7dQKl26I5t3BREggiAIwlwzHvZfnUwm&#10;5mxC4oOtANkskLxA0hmdEx4n68Bk7w8SDg/vv6JKxtbuHhqHh7SKFIfNBnzPY5dzrmiwyWCyCYvu&#10;4pIYoRmQgRciUh9PLSf03IzWbLH8SAQLiZWp+s+07FGhUOrVqhX2Jvk8A0RB+FUznT0QIab2/LOX&#10;nqHWKqtusIv57Tu34DhZ5EsFLCwokbG4gJXlRSwulODaFsfDSAmSVreP3f199Np9zJQwWVxZ4lW9&#10;5B3SbTdRV19J/NP6a1qJ7dJgey6HtXubOMw6HCPf/c73sLGxc+ONr34R5WJWTowgAkQQBEGYP2i+&#10;YzQa/m6KZjKQ+HdMSITMkvSfHMt13lalKaGg8VDso7ZfkYkabbuiZOiw1UZKJUxpauhKqT9JMKj3&#10;6rrBDud0FE393Q8nyBg2PP8gOUjyMl71S8mZoWuJ/0hGg2Pa3Vyh5FcWKurvIj6E+cD3ldju9DHo&#10;Dc4cNjsr3V4XT1+5jPFgiA8+nGIwUj/rdDDqD3CwV8f6ehFVJaJXV5dQVcLENHSODxIqve4AKSXW&#10;J6HP8x+0LWuWK0C37KQFa+ShMapj/2AbhqbDshyUKxWcOHVWHe9YbOrmtcHQ/wUBImJdEAEiCIIg&#10;zAnjkXc88LznSXjEyQYfHgyn1bekF9JpnQfQM+ovhqlzy1Qm/fBEpj8YYdAfIu86aCiBEBw9z6t9&#10;6di0WYuPTQPoGTZcIwGSTmV4yw8LD24vmXG+RB7pNLhONm06b/3JbZfLNVTKYkQozBHqwt3YoO1V&#10;h09WKnnX0jO4+dkNeIHPPh15t8DXcT5f4MrGmTOnUCm6sLQUz1YdHHZx/e597O7UMYsm0NT7XZt+&#10;bsLNuhgNxxiNB4hyLqZhSNvglOgZ82B7v3uIiRIqX//Xf4Znrz51oMTMlpv9xQF0ER+CCBBBEARh&#10;ThgOB6/G8aQ4SyXu5DEZER5VPmj0gnbtUuJEjsy2bSnR8PBjkWYYe76SDBFarSbCyYSrKTRLQqIm&#10;ZofDB48kaSMn6Bn5f3RUckVbglJHB0Lysgx5fdBfMxkWIFk3e79cKSGfc+TkCXODZWbw5MUztB73&#10;yVu372A4GnLFzrYNrmqk2eKD2giBXr+Pw0Nam5tFsVJgg82lWgnnnziFz27cw9s//gnu3bvPrue2&#10;pa75XB5Zx2UzwnASIVQCJE36XImUYyvLMNSx6TNPnVrFYtW9oT5CTDoFESCCIAjCfELD3uPB4HWQ&#10;0zl5dNDguUqSyIODnJqRnsI0LJUAZUENWnSnlhKthxFGMerbO9ja2ARt1p1MlQCh4/I8RzLLwcOz&#10;7ISuceLlBxE0p4Dm4X1e+zs9em2KB9BnvDWIDBF1zVS/i0OD8DdrtQocS1aMCvMDFQVrZQdffe3q&#10;1SgK8f6HH2I4HmN7t6fEcgEVJTCqlQq3XdUWqijkXBbl7d6Yt12NfB/tbl/FSoRz587ANA1sbW3j&#10;YHcXhwd1RCq2DNNELq/ECA21WzYyKlQ67S6qKh5OnjyJt777AwwHL9688tT5qS4mnYIIEEEQBGEe&#10;Ccae7Y/HX5sdVT5IgEx4hoNcyMfQTBumbSMIY+RAlZA0i4SHMRwPaUsVLCeLtbsbsFXC5JHnwVFL&#10;VZpvAyfvJzd1qowoyaN+Dx+DQQ+Jn8JRASSVvJ7atEiU6JrBve5uLneXkri05FfCnBBFM/QGHsa+&#10;b7W6vavdYR9f+o0vwNR1fO9730ez1UK328buzh6vyl2oVbGyuozjK8tYKBeQsU2ei0qpmGg0O6jv&#10;1tFqtvhGgO24LMf9sTq+N8Kw21HxMOFtWnY2i3y+iI46fqFY4nj72c8+vpFV8XfpwjE5MYIIEEEQ&#10;BGH+GA5HL0ZRcJIHzqeJ7weONlRlNJ0TIhIdtqHxC+iO7aM6yT0/wsb6PXTah/A8Mk/zucWKZjpo&#10;cJ1ECC/XJU8EEh/q8wzLxUF9n71CEp+QaTIMr36mmfTPTWKISHMolmU18qXiTrmck5MnzA2kl7fr&#10;h1hb3zrtutnVOAjJjZxnnUzLQnVhARn1KmqlKpVKqFTLKFfKXAEcKfG9t9/CzsEhhoMRH82yHVSr&#10;NZjqmicRM9DVV9OHk3XhBSOE/hiTyMew10KvsY99y8aLL38ZT7344nShWrtRLuflpAgiQARBEIQ5&#10;TJpmJED6X51OJ5nJLOb1nkmVIsOJ/ySKkYrJvTlCpkTVByUAjIf/3z+3c3kesraNw2gCU4kMbxgq&#10;4ZHmAfLZLGnBIlGDaQoplXyxOFFJVqPR5J9N4+nRdEjyZ9KyBd4QZKiHSsA2a9XafqHgygkU5gZd&#10;S2G5VsHe3uHV9bUtK4gCpaMnbD5IA+Q2Hih8wA98rl6cPLaM5fI/Xcen2sv46Yef4cMPPsbBwT5X&#10;CF3XRZ78d9ySEh4eAn+khHopEfJKpVNMBqMh1u+v4Y3f/Ape/cKVnvqImzJuLogAEQRBEOYSJSzS&#10;4+Hoa+z7cbShih/qZ4YSBYaehm5YWFhawUwJATY/w8N36fhhiEEvcT0n5+cJeXaYFnzfo5H2I9HD&#10;DiPc804+hlGcwmjgodft/vznqaM2LBIfD9q90prGrWBuLnetVqtGlin/DAnzA4mBpYUc3vzaS1d/&#10;+M4n+PtvfYdXVk/iCKVCHsVSCeVqTX2fQ75I8xsmup0uz105tqUu/Ik6xgxPPXkBubyLa9eu486t&#10;O1hbu8+vSWY/iixIqDpCQUjeOZVyEadPv4QTJ8/gYP8Aw5F/z81aLTkjgggQQRAEYS7xRsNTUei9&#10;MD0SHckK3qRNSstoPHBuWBYLjmI+d1QhSeNhFiDkVk5CotU4VEnThIfX++0Oi42p0h/Uz57iFi6a&#10;+1CfSaaH6u/9QZednumO71E6x7+Dzt4fKc7uTMOGoVnI5vPvVKvlR64BFoRfJRQ35AEymcSpoedf&#10;odbCF56/glMnTuBb3/o2dvd2sbuzi5wSIqVKCStLqzh2fAUnjy+BhDSZevrBDLv7bWzQ0Dm3Yo2R&#10;zbkoh2UMBgMyCkW70eAtdYZpsLN6vljCeDRCp91DPpvFvbv38O9anU/f+Oqr03NnVuTECCJABEEQ&#10;hPmj3+f2K4sdxyfTo7aOFLuNk9igmYtcoQA76/BmLHIyf1jeTwIm8MYqUepBJWEsLOIg5vW9JDxm&#10;qRS/n0QGb7qaUfUjRsZylWA54PkQ+tzZ/29NL5sfqm9JiFAfvZ3Nzkqlygflkvh/CPPDdJrC9n4H&#10;62sbRdPQr+4f7HOb1c2bt1DI57ndKlaC/IFooOt5MBxgc3OKds7htsOhEhIUczTzUVAxF09iFU8+&#10;LNtmM049rcGyPPgqxkI/QLexj+bBHlcGi4USlldP4OzZs8jlCtc7vRHHl2h0QQSIIAiCMFdEKsEZ&#10;jQZfnZHnB22+mk55UJyGz6lKQdUM0zF5FS8JAZrB0B6R0KjDoT8K0ekMkoSK7tqOBknfuxIXNPdB&#10;rVU0lDubkqM5PdLq95ii1+3xSl5qV3kw+5Hi99AirJn6bAOmbsDN5rdqCwub+bz4fwhzlBBlwEsa&#10;BiPv0m59byHN8aVE9zRSAtxALptRYjtCRktDz6SwsFTFU5fOY7GYXMeeH2Jz5wDvfvgJ7t25p0SG&#10;B0cJD1qzu7S4jMCPKFbheSNMoojjKwppwYOHYb+rhEgdX/jS6/jt3/nNWc51buZdW8SHIAJEEARB&#10;mD+8kVeKPO9Vah8hJ3IyIZypP3hTlfq5Qetu3awSBROyCFGJ1KPdz+l1rXYbaUwQeEqEBCEy6rhU&#10;5aBtVul00ual6Rr3xsdKeNC63vr2AaaTCCklQGbTFA+cz7jqoSfbsqhyQhUQ06YWllsLC9WWLf4f&#10;whxBQvnksTKK+RdffOvtD1Jv/+RdrvbRwoZivoRSuQA377KosKzkut7c3EXkkxeIo16Xwfmzx1FZ&#10;quHO2bN45513cff2HfR6fZ4VIef0bD6Hkl3maiKtySYBv7y6hONLS/jpT3+KE6eP4dypRdpjfV3O&#10;iCACRBAEQZhLhoMhrd89xi1PPIQ+O2p/IshoMMX95tz+ZJuY4dG3VJvNNjqtQ3j+iFupDMeB1xlz&#10;ZSOVmnJlRWNRkYyYx7xty8Bh85C3bpHRIFIxH4t+DWrdmrELus5tKbploVJZeG+xVpmJ/4cwL1Cr&#10;EwkCTow04+rKyhKeffYZnDi+im/9/Tdx784tGEo8F8sl1BYXcezYEk6eqGFlsYKsbXDBr9kfo37Y&#10;xsFBA4NRD7aKneXVVV4E0Wk3sLF+n9zV2ePDyeWUEC/BydrY36NV1z4WVpaxfu8+vv0de+uVl6/s&#10;5HO2nBhBBIggCIIwZ0mTypqGg95v81D5NFl7yz4dmbRK+DOw7SxSmo6CW1CiwVAJFjmVG49MwsLA&#10;R7NRx2g8RBROVMIUsNhIWqmSR4aVQ9LmRZ8VTKYY9PpcdYlnD7ZwHbVe0R/kEaKECBkQZrNZlcQV&#10;vlcqZuUECnPCjOcz9g8H2NrZUyp99vTWzjaLitD3sbKyAtNy+HWaqXML1c6uipHRCPX9Em+wcqia&#10;p655kvyOEtndThsBtVepmKMYsW2X56+CsQdPvW84HCjhsQ1DN5FVYqRYLqNaq6GQL9DMyUe6ac1e&#10;/eIVHmwXBBEggiAIwtzg+4Hue6PfoPmMeDpl13NKgliQxCmEkwlcK8ubqigJckzzkUOt5BPiBSF0&#10;nQZq05wsxZOA20SoNYtmTKjKMZ3MeL4kSchMNNsdRJESN+p1OLqLPMOE38dZHJsPGjAMB7lsbr9S&#10;Ln2ac2X+Q5gfaKECDZhv79SXp9PJJaru+SMPt27cUTETKwFhccXPVNd7SQmF82dO4fzZk8grQU+D&#10;5r3+CHfu7+DardvsfE4VQ8swUSmVlSBxMHDGPEs1yfrwc64S+gE8JfID30NHCf5uc1+JkWfxwnMv&#10;Ynlp8cNqrQKRHoIIEEEQBGHuGA6G50PfvzI9WjhFAoEqIGQMqOkmP2wnC00lQuQ7QKLhUQPog8GI&#10;kydNo01WQEZ9DcPEeJCrGcj8fP0uiYsoDLnKsr9/LzE+p+H32fTnLWCapvPvRcIkrb6n9qt8sfRe&#10;tVppGkZGTqAwJ6RYlJ86XoFpPPfs2+9+7Hz0ySd83efzORTUo1oowbJNnqGiFx+qOCFjzjOnVlHK&#10;OVhaKPHj7PmTePe9j/DRBx/h3t27IOtOWtubV49cdoHbvHzfp13WHF/0M0rEaP7jheeewx/9/msU&#10;zjeS30oQRIAIgiAI8yZA+v2vqZTfmB6ZD05nib0gtWNNolCJjjx004RlGjz78ah2Dnonba9q7u9h&#10;a+MexsOhSrA03qIFFiDppHIyS15LrVWzVAZeEKHXbrIgoVmTB0KEfg8aUk+ESAaGEiBZ20GxUvlB&#10;pVqSkyfMEUkLFlVBVpZKX7py9Um0Wi2emfrs02vY3tlCTsXS4nJN/XwFx44tY2l5AUXXhq7E/tAL&#10;2bCz1e6i0xvwtreLl55Q4t/CxvoGtjc2ECrBYRumEiIFFItlmComWcwoibK0uoQvv/46H2O73uoc&#10;X67ckXMiiAARBEEQ5o4wnGA06r8543W4wBRx4vGhkihazes6LreN0Ppbcl/OpB+9/YrmOJqdHg/M&#10;UqVjOlFJlR8im3V5FS9wZF6YniGjaZgqYTJTXw8bLfW7BFztoM0+3AamoNW8R1KFX0/bsNysOy0W&#10;C28V8zL/IcwP8TSFVneEg0YrFQXhsxvbe6jUyrh4/gziwMfm9g63IDYOW+ioGNne3kWpWlFCZBHH&#10;lxaQdx2esSK/nSDsoKli4uDwAD0VNyTMc6Uit3N5oyG2Oy1s4j6be5IYKZUq6Hf7XGmZTT381X/4&#10;z9uvv/4b2888dQ6ypEEQASIIgiDMFaPRcDkMvBdjrn4ksx+U7ydVkDSSIoQOy3GOHMgf3fI06A+w&#10;u72FXr+LVCbFooU28wS+nzh60HatNB05KYPQgG3aKSoBssHPUP88fSj/lNuutGT1blpTAoTmP2zk&#10;8rmblUr5Ztax5AQKcwNV7fpDHx9/cmfRMjNPxnGE4XCIH//kZ2wYmHVtFvemZaNaqeDs2VOo1qrI&#10;GmmOh25/jPWtNWzv1mkvnLr2deRyJaRTGVhKeHc7fejqOcvQEVgWxuqYZHDYONxDa38btpNnA8KL&#10;F59CbaH6ca/vzcJoCssUBSKIABEEQRDmiGF/+Hw8mSwkf5vxRiyqPdBXchu3bAe6aSAMoyMDwUcf&#10;L4qS9qm+EiCDwTAxH0wl26x4mJzERTrFa3apNSudoX8+Uuh32vz9lHxG2AyRV1/x3Ae1hulaCrpu&#10;wHFcmv94q1op+Zom3e3C/ECFwRPLJUTPXn7ip+9/urixtcHXNvnnuNkC8qXE9Xx2NGvVbHWQz7s4&#10;vrAE29SxvFjGxXPH8OntDbz9k5/i5vXbiQmhEv/FYgFLy0s8+zFSoiZSwoNihYw8dS2NbquN+s42&#10;Tp85gz/4wzfV8Yz3LSXQTUPEhyACRBAEQZgj4niG8WDwr2a0mYq2X1Eb1tGkeIrzFkr600ip52ns&#10;I/3PqA/Kqwb9PsIg5BasKBzz85lUBpPpJHnNkbMgu6vTpistg4FKqGhTVkZL/EYSA0LyBUnz62ax&#10;+nwaPjeUAFHJXK5QfKtUKsoJFOYOQ8XLpfMrXzLUtbq3v6fEgY7NjU1k0hoq1QpqtRKWlhaxvLSE&#10;QikP28hw5WNkaByDVC10shaeefpJvtbX7q2p929gZ3MduhIp+WIRhXyRV+5StVJpe6ys1HD8+DG8&#10;97P3sLS6glPHqxSKn8nZEESACIIgCHOH7/n22Bt9mdaC8tYr2uKjEn6qftC8BVUqomgCvWjCzjrQ&#10;1M8eNf/Bg+T9HtqNJg72dhNPEXXcMAz5uA/ETUapGxpGn8ZTaJaDFnklgKdD+LNZ+qSmyGQMljXk&#10;Ik2O6ZZpUVLWKBWLb4u5mjBXYl5dtoNhoAT4EGM/+ML65q4SBgu4eOEJJQwy2NnaRqt5gE6nhV0V&#10;G8VyVQmRBZw5eQyri1WYphLfuo6xEiNbWzvY3txCo9niGCRPj9RMiRMl1LfW7ilBPoNjO3CLJa6q&#10;RNtTNFpd5AtF1Hd28R//5h8PvvLaK3crpZycGEEEiCAIgjBfDPr9p6MoOD+dpX6+/YqGZJHW2dhM&#10;KQAebqVyCFU0NP3R8x/jkYemEh/kVl4o5NCIAkSjUWI4eFQ9SR99T8Psvkqq9LSBZrPJK3+TIZGj&#10;/hQctV/FKi8zNPX7GGzilsvlfliplprOI4wQBeFXDV3d3d4Y771/ragbmcuTMEDsB3j//Q/gq++L&#10;lSK/ilzNC4UCFpX4KNDqXHXdd5VoOWh00Op0uAJCMx+5fFHF4gyxig3TtmCFWbo9oGLLQOCN4Y09&#10;JXh62NvZ4GNWyxUsLK6gUqmhvnuw9tEnd+qv/caz3J4lCCJABEEQhLmAxEa/13t9Opno7PuhMv1k&#10;81TizzGJYxRyea6E2LatEhntaCPV50PFjbZKoOiO7dgbotvtq2RqzAPk5OlBx6UXses5VT9SMdKG&#10;jmgy460+D9wKqAKSDL6n+PNofS99NgkQuutbLFW+TeZqj6rECMKvGrocq2UXx48vnfv4o+une8Nk&#10;45tlGcg6Ls8/scifTjAJJ4iCCLVKGWdPLOKBrD9s9/GzD67hw48+Q0sJD10zlODOoqLEBVVBaIuc&#10;Nx4jnkS8MS5U8RX6I/R6bext9XkI/eqzL+DE8dUPFpeqHIuCIAJEEARBmBsCP6INWL9D2T61SrGJ&#10;GvltqKRlOk3apWj4fHrk3aHrGTzqXqofhDz7EfljBN4AYRRCU+8LcTTLob6nz0kdmYCQwMk4Dvb3&#10;9nmYlp3RqWVrOj1K6DIsRuh56qPXqP0qmx1VyqW3amWZ/xDmD9fR8crzF14pl4rpv/h3/54FyN7+&#10;kBc5VCpVLCzUUKuWUFbXr22ZvBlua7eJXNbi2RHL1PDyy1excmwJ7777Pm5eu456fYtjspgvolQq&#10;walWMZkoETMJoau4Ii8RW8XGD77/A3zpS1/En339DaofvguIAaEgAkQQBEGYM0aDwYlJ6F2lJAkP&#10;zAdTVPmY8rYpcj6nO7CWaSLnZpM2qkcw9jxeoRtNIugGeXmEKkmKEmNBqqykpkciZMYVjSAKYGkO&#10;GofXWaCkuVIyO9qYNYNJQ7nquLqWUeIj+T1cN/9BqVy557qmnEBhbpjx9R8difDodap+nL94Hk9d&#10;voC3f/Qj3L2/jl4n2VJVKpexsLSAUyeO48ypYygVHI4HWpe7s9/AxtYuz4lQzCwsLyOja2jsH2B7&#10;awNr9+/C5ipgEcVCWQl4G4fNLqpKmDxz9Tl0u23cX9uJzp45dl3OiiACRBAEQZg7BoP+F+NpWJwe&#10;iY94MuXkn3wKaFyDKhjj8ZiN0tLaUTXiEQ7ozVaXHZxb7Q4OVcKU1nSkJ4mnR+ZolS6OqiExrdlN&#10;a4imEwx6Pb7DS6IjplawZAad3xPTMHxGYy8Q286S4do3qP3K+GdmUQThVwlds832CB9/ct3VtNSV&#10;0WiEUMXOtevXuPNweXlJCYoZLMdEqVhgcT8e+1hb21ECosMiO+ZNbxkU8zkEgY9+d4SIVl+ruLCz&#10;NseN53sYkwnhehs7qXV1HJuH2bvVGirqa0ZL4W//8z9uvv7aqxvPXjn3z67MFgQRIIIgCMKvjDCK&#10;MRoM31Q6gJN80gZpTvhjdk2epabI5/IquSmD1onSjAj9/GGQ+3m/P8Cw28Yk8LhHfRpNuFUkWd2b&#10;ZEL8XSoxG9SsLNqtVtKqpWs8g0IiZHYkWOjVqaPPJfNBy3ID9fu8VakU5AQKcwV1FboOVemsi3fu&#10;3z0542UOEbRI4ypiIWeoWJgq0a0eKgAqlQqevHQeqwsFbmscjnzc29jDzz76FFub21xSsS0HrpuD&#10;aZlwsi6GgyGySoAE6rnAG8EfD+Crr7sbHTTq26gtHsOTT13B6urxu0EY96J4CkMG0AURIIIgCMK8&#10;MB6NncAbv8bT3lx1mPKmK5q7IHNA2njl5HPQlPiYTmIekn3UPGsYBLyZp91p8owHtWtFSmQYpsFr&#10;fMGzH2lMeY9PcsfYNF0cNjb5tWRLyOIjTmZA6PMTHxASHxY/3HzuZqlS+biQy8oJFOYKCo1KycFX&#10;vnz1OSdn6X/9N99gEU/XfKFQRKVYwsJSGflCDo5tsaje2akj9ANUy3klNjQ88+QZnDi1Slu08O67&#10;P8PG/du8vlpd99y2VVuoqVgKMfFDnp9Smp2P12k2cOvGTVx55nn8wR/8FrKu8342a8PIiPgQRIAI&#10;giAIc8Sw338pjoPjlOxPp9Oj6gPdnU2zIMhkaEA2gOU40HX9ket3ScP4YQwvDLh9q9ft8t1eSpK0&#10;dLL5iv5Lk2kaiRxusaI2rBS6zRZnb/Q8ZhMWHfQ9HYfawqjVitfvmhatLP3G4kJlYtu6nEBhbqDr&#10;P4hiFs5RPH2tUi7h8qVLuHjhHN5667vY3ljHfnqLDQSrS4s4deIYTp8+idWlGvJZi6/zVm+M/cMW&#10;2u0OgmDEQ+iansbu1g6ah4fY3t5QYt5CUQmZcqnI1RFqybLtHE4+fwqFUg1Ly4s4e2aZwukdOSuC&#10;CBBBEARhriD38+Fg8Fo8jTVqvZryFiywSCAvDqo6kK+AputJ8m/oj9ymQxUOSpzoGI3DfVDXxyQK&#10;WFhMoijZfHXUjE6rc3nQXNMwHA3g+z7SmcQRnQfVwY1XvH53ysPwpnpphrZfTXLFyjcpuZP1u8K8&#10;CZDD5gB3761bs9TspZYS1ekUxUQLZXW98vU9JVNNHdNJhL36PvqDITY3C1ioVVHIuyBR7WYdjEZj&#10;HB400O10MBqOeCbELeaQGWcw7o9YzGxuTpFzXFpHrY5TRqvVRi6bxfbWOv7y//1G783ffPVGrZzH&#10;Ay8dQRABIgiCIPyLQ0n/aDh4k9qipoi5/YqqDmRAmFFJC22wIjGSVUkNzX9Qu8ij0phAiYzG4SFG&#10;gx5mcYwoCNlkkOc/eHNWKhE3SjhwG5b6nFyhhDv31jl7481Ys4n6PZIqjG6YPDdCoiWjKRFkOHBs&#10;9365XPyoWHDlBApzBRXvyNem0eo+3em0j8+omqgia2t7hweeyANkop4jAVKpFXH2zBmcPn0CBcdA&#10;HEZodYe4c39LxcMafM/j9bxuNseLF6iFUetkYNA2Os2C59kY0+zHaIidXgf72xobFi4ur+L4sePo&#10;tnu3Pvn0fv31V6+q94v4EESACIIgCHPCoD84H4X+lWT8gwbQU5z8U5sTVSZo3S1mKTjcfqXhnys4&#10;UN1CCRq0201OxsgojQoeJDsogQr9kAUFiRHapBVHMW+26jQaSmwYSQWGf5kU37M1dJ3bwgwlPnTN&#10;5N8rm899u1oujnM5S06gMF8CRD2OLefxtddeeOGHP/7I/MHbP1aCY4ZysYRqMYdCsQgna/N1TCKc&#10;NsVRle/MqVXUii4K+SzOnFjE2bMn8P0f/RTXPv1MxWiPN1yVS2Us1JYQKTE/Gg0QhCFmXFVUgl19&#10;PTzYw6DbRE0JkBNK2BxfXf1soVYNZfuVIAJEEARBmDMB0nsNs9h5sHWKWp2mKvWP1N+LTgmaYbHp&#10;H60AtSwTj7L/IPHQ6fRQLBexvh5BS2e45SqIQr4rTEZrbDNCHh/TCQ+5Z5Qo8cMJBkq0ZGje40iA&#10;kPigygmJE2pV0SyNqzGaYaJQKv6n6oKs3xXmC7pmaYscCexyMff6089cRP2wgeXFKvt/HNa3YLtZ&#10;lKsLOLaygpOnjuPEsWWUlejIZFLoDjyMvQC9wQB+EODs6ZNK+Fu4efs2ttc2sL+7xzcBCqUKKpUy&#10;SoWs+jwVGyRgzp7mdsR3fvxjvPrlL+O//KM3KNTeTSV2PoIgAkQQBEGYD4Igwng4+CpVPKa8KnSq&#10;BEYqyaTUI1bP0Vpct1DgVhAySHtULkPD5qPeAPXtLYz7HbSbrSO/DyRfucWKPD5SPMtBsx66k0Oj&#10;1eLvM3qKBcuMfh+VWFHFg76nO8Uard9VyZeby66XiqX3y4W8nEBhrohjoN4YYHuv7syms1d293ZB&#10;W9qWlVi+cP4sdg8OEKnrPAp9bG5toNE8xMZ6BStKjBxfXVCCIgfbMRGqA+0fNLG5uYVmu404mvCG&#10;K6oojvt97G6sKUFyF3bWRblWRaVUwp379+E6WZw6cx67ezv47Mb92VOXz/5MxIcgAkQQBEGYK4aD&#10;YTHw/NcSwTHj9imqQGiagVlG44HzskpuaAicHJhTqUcPsnqezxuyMmn6JyD9/7H3Xk+SnFeW5wn3&#10;cBFai4yMlJVVhQJQUIQGQRIESIJipnfGdq3Hensf9n/Yl/1X1nYfxmxnds2mbaaH7OaQbCpooIAS&#10;KC2yUsvI0Noj3CP2u9ezOG2201Xz1AyY3V8xEJmRIdLo/lV9x++95/AVWYeqF+q9aKCdwtU4fBB+&#10;GYWCBiOhEKr3H/I8CF2qZY8s/n18kUIfSVbANP9h2zZlIXyYSqebsbjY7wqzBa2MbreH+/c2XlQn&#10;cImc3NyRg6vXvubKSDwS5/ObWrAo0HNxcQELcwXo6iR3lTA5rtSxvXeEVqcNk8wWQlFkkmpNeFN4&#10;o5F6LyXGY+AZkMGgh0FHiZ1WHftKnEficRSKJeRyeXbF+u1vP14fe9h68eIZGT0XRIAIgiAIs0O7&#10;1X7D80YlcuWh4XONtkdKBFDPejQa5qrF2J2oDZN5WoV4fJaAq8TCzs4uDo8OuMqhsYuWxkGDpG40&#10;bsnyd2oULuhnhATRrFW5wkHCY3L6u0zVkwxqvyKTLCVqgpYFwwwhGov9p0w6qTZnphxAYaagvMzV&#10;xbw6iZ977YNPPg9ubGwqER1EPJFAMkm3NIvyacBvdaxWa5x0vrpURESJ/ZWFAs6dWcBnl2/h888u&#10;4fi4AkOtj0Qyrl6b4wyRTruDQb/HGSAjZwCn3yUXO3QbVfTbLbTbXVx87kUsLS3fmHjo0JyVOMUJ&#10;IkAEQRCEmYCuuPY67e/7aeO+fSgVHmgCxLJCnP+hBU3ohuHndfCo7D8N2fmeVE7U+45gmTqakyH6&#10;vZ6f5aF2ZhRgSLUPEh3UI0/uQNRC0mi2MFQbKXIFYscg6lmfamzfy2GIU09t4sgC2EYoHN1PptKf&#10;FnJp2VQJMwetHzr3L5ybf3vsvoJataEEcxg3b95mB7lMNotiMYfCXBHz83PIZpIIqbXRaQ/Q04dc&#10;6RhPRlhbW0QkFsL1azdx69Zd3Lt3h6uBqVRa3VIIR/NwRyOM1VoL2SElNhaws/EQN69fw7vvfB/f&#10;e+ct2JZ5JRK2ZZ0IIkAEQRCE2WHQH5rDwfC7Uw79mHA71CTgtztRRYQqEBxCqB4jdyrKIHgc/aES&#10;HN0uPNfl9pBeu8vzHtR25YcNggfPabCc2rPIljceieHh3fu+6Aj4Q+z0fPp8tYEiJcJVFHLCogyQ&#10;cCTyUSaTPkmlE3IAhZmCYmtqjR5l4CSGo9FrDze2sbyygFIpj3anhXqthnargX6/i/3KMTa3tlFW&#10;IuTM6iLKhawSLiEW8ZWjBjY2d3BSr6GrnhtNxtl5rlGtYGdrExsP1xGJRpV4oYpIHBO1Xqq1Ogql&#10;MjTNAKWel+cyap3hCzkqgggQQRAEYaZot9tr7njwIgkQ2vBT2rg+ASeSU7WDXLHskMU5HEEz+EQn&#10;nVarg5E7huMMUTmpqvd0aYzjdK5j4ueHBDR+X6VxeN6EyhwNtdGiGRHw7Lv/IfRZ9NhU7eqClH1A&#10;AYi2jXg8/p8prC0WteQACjMFWVgfHjdx5drXr0RsqzBQ68BxHNy73UDYshBIp5WIJwerJFLpDKiN&#10;MBGPszg/Om6gNzhCp9dh0U+zThQu2Ov0EZywDodpRxD1ApyM3u+0sV6rchtjkhLVc3lkUhnEYxGs&#10;P1jHf/ibSf3999/+OhkPy4ERRIAIgiAIs7JZAjqt5g+ncIPUN0LOV96Y2j/8fnESCdTuEbZDMNWm&#10;iW7Bx7RyUJsVWe222pRNMPYzPjyPHa2ok2rKlZCJnyHC7z/l1q5hf4iu2kzR5/PgOTtgTbjZ65Eb&#10;l3YawBYOh6rJVPKPuWyGN2mCMFObnmAAS+UMmo3Ft7+6ek1rtdpKuJtIRCOIRBOIq/WkkdGDUhOD&#10;bg+jSAjFYgZLhTS/ntbHw+0jfPTpZdx/uK7Et4uoEiHxWJwzeMLdjnqdug3CcIYD9HsdNn2onRyj&#10;UT3GgXpesbiAM2fW0Ov3r6xvHNVefmFVDowgAkQQBEGYDQZDh+Yz3mGHXNr8u+o+cDodrsSCHQrz&#10;/AU1YgUtgx9/XAFkqEQHJZ6T40+73WbbUB4m9yangmfKrVekMSgbxFMCx7QiqJ7U1HPHCCiBQyKG&#10;Hqc2LLqyi6mmfrUpu1/57VfhD+KJ5JG0XwmzSjJua9996+K3aY7qb3/+dzy7tLe7i1QyiXQ2jUK+&#10;iPliFtlMCpZtqTU4wO5RAyEryK5X86Usfvzj72HxTgmffPIF1h88oL5ERBMxZJTwzhaLcB0HjhIe&#10;9BmUERIMBHH35lXODZmbX8CFC08jX8x+NT+XncgREUSACIIgCDNDt9MpjIaD16nSQVdeJyRAlMSg&#10;oEHXm8K2bB56jURiLAa0J/RfDYZjvhpLA+hOv8MzG/3Jo7Rzfx/kUZ4H1UMmFCxILVkmjk5O/GyQ&#10;09mP6alosTklGtwWRuLDNG2Eoolf5rJZJKStRJgxyGK31Rmi0+0Vh8PRK2TF+9xzFxFPxnDj6jW0&#10;mx1srjdwsH+ARDqFOSUk1laX1a2MlDqfaZ00u0PsPNzFweERer0+8oUMi4zawRGOjw+ws7OFUCiC&#10;vFoDqVQCdlCtUd3A8vIicvk07t9Zxw/e+x5ee/kp0iyXZPZcEAEiCIIgzBSdduvViefleUhj6v+N&#10;TVUQEgvkgKUZptpUBXiI3FJi4nHz52STS3aizWYLzVqD+9MJapOi2RISMCQuKOWcWrEM9WYjEiEB&#10;He1GnW1KKfCQ2rKo+hE4HX6nigg91zJNRMKRdjoZ/00un2GXIUGYJUi0b24f4ubtu29FbCtGg+bu&#10;eITjgy7NLcFUa4oGOeLxBJKpJLdmtdot3Ls/wX40rNYAOCfHUuuOZjp6vQG6LWq56qqFBMRi6jXB&#10;AYWG4sG9E2jkiJVIIZvPo9/vIRaNIFfI4/PPv0A8ZncunF/+Uo6KIAJEEARBmJ3N0thTAqT9M0o/&#10;90P//E0/VUJCkRBstu7UeQbDNA1/ePwx70fOPeR81axX0Bv0MFaiY6TuacPlp577FleBgM4zIGNv&#10;pDZgtnruAEO1eaLB3MDEDyikigxtrmhYnX43amEhB65IJPJBIpnez2RScgCFmcNQ4iGfSyFkR777&#10;YGNDCe8xmzeEbUuJgzhi8QBn27gTX+SXigU8/dQZ5BNhXh/VehvX7z7E1Wtfoq2EScQOwbAs9Z55&#10;dOyIEuIt9X4GO8P1ezacQR/12glq1SOEQyHk8iUsLizCVALm44+v3IyEYweLCxk5MIIIEEEQBGE2&#10;6HS6oeGg9ybPXFD7FYf/eSwS+koUBJQA0HULoZDNVYkndXL0hw5qtRp6vQ7I24o2SmNHU6Jk7IsP&#10;9T+qfpDdj0fVFvUfcrSqV+u8GdNp7oPbwFy26aVNFs2Ysw2wYauNGImiyK9S6fQ0lYjKARRmDjpf&#10;F+ZSVvpHb73xi197+P3v/0CiGePxGKlUUgmEHHKZNNKZDJkpqPWlYX/vCINeAolYCPF4BG+/8RIW&#10;yvP47LPL+OrKZbQaNBtiI5PLIZ3NIeEllWDvYzQaqXXlcmZOr91E5eCAW7T0oImX5spYXFr8fHpq&#10;MicIIkAEQRCEmaDd7lzwxuOnNN6jTE9vYKtdnRynDAOhSJhFgmUaPECOf7KhfIpuu602RQ5cz0X9&#10;pAJv7GDkOPADDk8HyuFf+aWNF/XLG6EQKtVjHkj3f4UAt1/RHAolopMgMkwlPgxTCZJQL5aI/zqb&#10;o82bpJ8LswWdz/2BSxbUZ/r94cVYJIRXXnkJWSU8Pvz4EyUOjlBRt2gsinxxjgQCzp5ZUWIjj2jI&#10;gjNysXdUx9HxCRqdNhKpGC4+9wwePniI/d09VG4eIPhIiKj3jNkJtrhOxqNYW/s+rl+9isrRMf7n&#10;/+Wvcf7cilqq2lexqKwTQQSIIAiCMCNQRaPdar43xSQ4YctbPwGdoD5233XKhBmKsBCgEMDgY/42&#10;p4oGZX8MOh2y/uQrs+PRiFuoPG/M4oM+kz7DMIL+5wUCGIzG6vdocYuWr3989ysadrfUZstVP+f2&#10;KyWGlBD6PJ1OP8xl05DBWmHWGI2muH1vG5vb29+3LcNo1JvQphMlCiooFYtwXI+FeDhkk5Mbet0e&#10;bt66i93dfWTSKaTiEW6jIqesjlpDR0qYn1Qqaj2OkUyleN006g1sPriP7QDNgySQLxQRcNXn3rjD&#10;3+u6gVq9qr6+0DOD2mU5KoIIEEEQBGFmGAyGgUGv+77foKFhOnF548+VCrXhN20LBmd+aAho/tD4&#10;4wx4h0MlJDpdjJUIIetdeqarNlwkbh45YPFQuRIiPApCTltqs9VUr/Gc0WnthSoj9JMpO1752YU0&#10;rK5+HyuMRDzxy0w6jUwqJgdQmDn0oDqnLQvNZvedTrvJxglU6aMbDZ2Ppx6vDV09nkgksHZ2DWdW&#10;yggFaf2MsLtfxeeXv8bB/iE7z1HrYyqegq62UY1Wk3NxCHsQwqDXQatRR6t2gqAVArnCzc2XkMmk&#10;cfv6bYwcd/P9H769HpFKoSACRBAEQZgVOq3O4thxXqQBb1IEj+4DSiCYtslXW6nq4G+igpyI/v/H&#10;b5UiqNXqYHeHr772ul0WH9Tj3uv14Lne6fA5TluxNHbDCimR0z084K+p3YsE0Hg05lkUqnqwY5YS&#10;Qbppki3wMBqP/TqdzSAaCckBFGYOUwmQ559ZSCcSoVf/5j/+EnfvrSvhbCihbSOthHMul0aimEA4&#10;FFZrS0e71cbW1j7m57Jswfv8Mys4/9Qyvrx8Cx98+Alu3bgJLaAjmUogFo8hHo2y01W/38d4nIGj&#10;vh4OemrN1bG3t4WTk2MlQpZw8eJzav1NP67WOl4kLAPogggQQRAEYQYg2dBuN1+dTtzkFBO408mf&#10;pkCo9Wk4dNhxiiZqSZCQGAnq/y0B8l8fa3d6fuUiaPKV27HTRbfd9VurODuErHUD0E/dtqiiMlWb&#10;q2azzhUSgqokY9evlJjq83lWRAkguqpshcNXE4nkrUI+w0nTgjBL0PyH0ss0s/RCLBounzmzgkQm&#10;jYip44MPPkS1UsHudgjZfAHzC2WcWV3EmZUlP/sjMEW92Uer3UF30EdQiZMXXnoeqVQKt27fwfrG&#10;fQTU2slkMsjl80imMzx47o1TKM+XlDiJ4MPf/55EB9769ndx7twqctn0p7lsXA6MIAJEEARBmA1G&#10;zliJg85PA7oSAuPJqT4g+XDa4mHZsENRmLa6V0LANPTHzlzQ5qunNk6abvAcSKfdwHg4AnWMaIYS&#10;MRN/wJ3mQQKnwiVoGBiOXHQ6Hf58nkPhGRE/L4QzQ1yXh88tM4RoOPrzTCarNmFJOYDCzNEbeLhz&#10;dxOVk5P3qZWwUa9CU396PQfLy8sYOA4CahFRdk2zUcetWwPs7R2hWMyhVEgjlYwpwRHnOZGdnQPs&#10;7+9zCGEsEcPEy3NWyNHRPna3NhGJxniIPZ5M47hSZeOHp55+Fm0l+F9+5SIunl/sq1/pihwVQQSI&#10;IAiCMDN0O73ocNB7+1Hg35RSyeHyrAW0IMKRCEK2nwGiG7pfxXicoBl7qJ9U0e+2lbBpYqy+d0Yj&#10;zv+gRHNSIjRH4hdDdLba1SwDzVYbQ2cIQ33OWIkN1/PY9cq2Q371Qz1OeQaWZTqxWPy32Wwa0Ygt&#10;B1CYOQLqXO/2hsGHm3tvBzQPmkaVPJ1XViweR2g8hjuZsKtcaX4Oa2dW2I4XYwdtJTTuPdzD7t4B&#10;i26qICbjSV47g+EAjhnGOOSpzVQQA73DIYTrd+s8q0WiPF8sIpvNsm31b371D2p9fW/z+afP3JOj&#10;IogAEQRBEGaGdqv10nTiLfrBgFAbltPwP2qhYscrnV16ouEQO2AF/tGsx3+LWq3OOSLdfpezCWw7&#10;jNGwz7MfXNmgd1f3lHQ+Pf2jayRADjGl3A/KBgn4Llz0/Eg4on4nl1PYyYLXtiN34snENeqhp2qM&#10;IMwasbCB1751blXTphf/y69+h1anyfkfCSU+0tkUkrksIkpY6IbBLYi7u4d8wi/P51HMp3BuZR67&#10;x0v4/R8/xaVLV3j9RKMRRGJxTjaP9KKchj6MRTBUoqTfUWK/00HlcBfVyiGSyQzOrK0hX5jD9ev3&#10;P50v5t1sWswaBBEggiAIwgzguhN02q3vqs0PqQFun6L7oGnxzygV3VObf3fiIUDD50ocaI+pgNBr&#10;jo4q2NvdQeX4UG2SOhw8aAYNDE5tR300FjHkcjVwRjADOjpN336XkqFJeHD6uRImVCoZq9dGQhYs&#10;y0I4Gv9lKp1xszlJPxdmD7aXVud2OGy99cJz5yMPH25iMBpwQvnGwwfY2w8jnUljbi6H8sIiVlcW&#10;USpkENQC6A9HaLV76DtDXgsvvPAMEsk4bly/jgcP1jHY3GQRk88VkMxm4I5ibNQQLC+AHOFOjg9w&#10;99Z1KlxiotZYYW4e5fLcB3pQtl6CIKtAEARhRuj3Bxj2u+9TvYM2/lNv6lvkqg1LQNMRDNpqIxVm&#10;VyqNLXgf337VGzg00M5tI+5YCY7TNip37AK8McNpBQU84xHQKfZQfY4dQrfT5fcnkTJRQoaqKOS8&#10;5c+LKMliBmFalheORH5NNqPJWEQOoDBT0Jnd6Y2xvrGPdqfzk/6gr077sRIHSSUw/LrhaDhm/V2r&#10;1pT472Nv7xCluQJWlkqYL+YQi4YQNILY3NnHw40tNBstDv9cUCKDggtPTio42t9VayyCXLGIVDrL&#10;a9VT63ft/HkeWjeMMP76r/8KuUyiq2mBK7alycERRIDI/wWCIAizQafdPue5o+f9dHJw2xVtoqgL&#10;i6xBQ+EQwmqjQwPlNAhu6I8XIFQtIcGyvbXJw7Ajb+y3VSkRQpPr1DA14T4vMtUK8NViwwrzgDpZ&#10;iJLQoSrMNODxzIhpmdwSRta/tkkp7JHNRDJ5uVjIwrLknxNh9hRIXwmMrZ2DzN7e3mtBw8+uaTea&#10;VF5EOpmCMx6TxwPiiYQSHcuYmy/AVGvLdUc4Oq7h6KSBvloLISuEZCLFa2WghIx7asKQSCS57WrQ&#10;7ePe3Tu8ZigNPZvNo9PqIh5LY+SMcOPmbfzo3Tc3TEN/IAdGEESACIIgzATUbdWqN95WoiFCX0+8&#10;Ke35eXNEFREtGEAkGoWrHrPoL28aQH/C7mtMoYMBDY7j+NMdU7+ionHWByWsB1h40BXgAOV8qM2Y&#10;lUygVjvBRG2wJprOIYgcskY5JJiyqDFNmy19I6Hw77KZdC+fF/crYfagSl0hE8ar37rw0sgZlC9d&#10;vsL5NUklNhKpOOLRCJI0+xH0K3vNVgtBy8D5tSWUMkV+D2pJ/OLaHXz26RUcnxwrIWIjFokglcog&#10;pO7JVa7X7yuhH4Hd7aDXbeF4bxOVwz0kY0nMK1FTnCvi3p37sAzzs+9/7xU3qEsFRBBEgAiCIMwA&#10;zmCIfr/7HmeNTyZ/mr2grA8iHI7xldSgYSIaCcN4wiaGNEPl+IR73XWlZDxnSA3xvNHyuAoy5RkS&#10;bsKaemqzFuTX5HJZ7Ox+zbs3cuHy6OZN+XtyvqLnk/ggN6xwPPbzNLVfJWSgVpg1pn8S2Aul9Hvf&#10;f/fbga3tbTijIWonJ9jb3eXEcxoiL82XsLAwh1KpgKgSJBMlxPcrTc7zoNefPbPCTlaXr3yNzz/9&#10;DBvr9xBS5z8NlScSOcTiEw4enLgjJWY0Dgbdengf3U4bmw8fwp0E8MJzz6nfR/v9YOgqASMJ6IIg&#10;AkQQBGEG6HS6iZEzfJurFEoQnIaf80Zq4o15boMyBpLxGA9/a0+w3613etg9PGRb0CBtimhoXfNT&#10;zv3MD78iAurGCuo8/xGKxdDp9v80gO5x9cN34eK5D0pM1/wgQisU3kvEk5cKhRwsU/4pEWZMfijx&#10;0eyMsH9wrPX6/R/UG23E41ElFoqIRsNKhNSUMHBRrVXU85rY3ttBQYmR1aVFrK2UkUtHeA0eVhvY&#10;2NpArVbFYNDDgvo52WBXDo9w985NGKaFdCaPfDHHsyFUUFw9s4yl5SVc/eqyuj+D7737DlKJeCcW&#10;C18Nh0R8CIIIEEEQhBmh1Wy+6XnuHGkCuobqUU4HJjCCttrYWJiq77WgwVahk+lpgPlj6HV78MYO&#10;uuq+qQQFVU98N6spD5z7rleP8j/ITUvHYDhEtb2Pfr/vf8DU+9MgfFBjYy51r7Mrlx0Of5rK5KqF&#10;bOqJv4sg/LMLEHWrNbq4ev3Os5126ymamaLWp367rdZUEJRbM/Ym3MqYzeW4ChKLRXguqlJt4uCo&#10;yqYQ9NxwOIThMKrWaAejwYiFezgaZYvqQb+D3e0H2N++j2Qqg8JcSQmTMaKREMpLyxzqWcylsLSQ&#10;u6PeelOOjCCIABEEQZgJRiOX2jXeoR4NHkCnDRTNXNDlVPU/0w4jHk9Cw+RUBAQeO/9BrVQ0LG4G&#10;dTTqx+i0O7AsA0qC+HMhGvzyypT9tqBNAixIaFak1x/xLMjUO80hobYt9fMAi5UAgkElPqyI+n1i&#10;v6Dsj1QqKgdQmDlo6czlY7hwbuXbn3x6ObR5sItAUEM6GVfiIIpILKbWhwnvNPum0+kgr0TJ2dUF&#10;REy/7XFj9wgff36VLXdpJisWjSCqhAe1WVmGxdWPkFpXg5CNXquN2kkVJ8dHnA9Smi9jXt08b4xf&#10;/P1v8S9+9u5nS+W8K0dGEESACIIgzAS9Xj846PfencI7nc+YsOuUppmYUB+72kyR8xRdTTUti1uq&#10;Hgc5++zu7XOKOlnnklyhFGdPPa6pRyn1maoeVAjR2d43oJ6nYaR+3u12efCcZlD8Ni3wEDr1wlML&#10;FwUWGpbVjiVSHxeLOYRsaSkRZpNIyMDLL5z9Kc1r/J//17/FdBzAg8oJDNvgnI65wpwSCvMoFjNI&#10;JmO8zg6PTti22lLrJptJ4ac/+h6uzc/ho48/xd1799iEIa1em06lEY3HuFo4UsLdzY/Y5rpRr6NW&#10;PcT2+h1UDg/w9HMvKJGexebm4W/LpZxab1IuFAQRIIIgCDNAp9U+P/HcZ/1ZC972c1K5birRoTb9&#10;JD7IDjdi20ooBPGE8XN0e0MMBwNUTypwnBGGvQ4Pto/VBonzPuC3XenqRtUU+gxqrdKU6Gk3Wzwn&#10;QgKIhZASQNymRS1bmkHiA9FY7HI2m9ku5DOn7VePT2MXhH9OSFh3eiPUa61S33Fe2zk4xOLKIlvt&#10;7m3vodGuo9WooVE7we7+PrK5DJaWFvDU+bMoZuOwbUsJ8QEebOzi+LiKtlo/5XIJtmlia2MDeztb&#10;2N3aRCqTQaFQQiyeZNveZCKO9957F5c+/wz7e7soL65h7cxZLC6U6wvl4teaiA9BEAEiCIIwG5ul&#10;KVrNxnuBiWdytYEmP6ZTHgyn9ihTiQ5qjUqlLe5F156w0SfN0Gx3MRoN0W03uZpBLVdjtt2dnlru&#10;6ixA/IzogD8Doml81XfsDLh9C5S2Pgn41Q/+A54ZCSkBEotG/pjL56bpdPz0U2VjJcwK5NoWwNZu&#10;BV99de3b3sTNkIlDJGxh1OsiGY/CtHSuApohG9lMVgmTOFfyDvaPlGipc+YO5+7YIa50dHo9NOst&#10;tum1wjYLj06rjWMlXva2txFPJlEqlrj18ebte8hk8zyvdfbsOfzrf/VjBPXA12o578kqEQQRIIIg&#10;CDNBvzdAr9f93qO5D2/icT2BsjYmgQDCkRgPgwe0qdrI+IO0/9TGi4QACQ2qoTQbTU5jppYu1/VF&#10;hDd1WSuwmxU1aKl7EjpBtVkie99IJAJdCZGJN+HANf854CrI5LQNzApFEEskf1vM5xC2DTmAwoxB&#10;5gpAIRtHJpX+wdc3bmCoRLVl2Sw+bCU6ItRuRec5zzepdaWZOH/2DJbLed4UtTo93Li7iU8/v8ph&#10;gjT7EQ6FkMsUyCxCCfgAi3Naj0MlTjrNBm5RRkg4isLcHErleSTicezsbOPDj7/Ae9979WONFrAg&#10;CCJABEEQZoFOu5PzRs7b5E7lseOUPxxOV2hpk9TptFCgq6tKLLieqwSB/U9uvIjBcIyHlD2gnjsc&#10;9NUGquUPtIM2TMFTG14/AyQAP5RQJ4cr9f7xWByGafAQemB6moIY4JIJB62Zdgi2Hd5MpzO3aP5D&#10;EGYREs3FXDz8/g9few/aBD//+S+UoLewvT3kNqx8oYi5YgFFdSMjBRIn3W4H6xtjtQbCiEdDeO1b&#10;z2B5aR5//PBzfPH5JbVOW4hGk8ikM8hlC0jEHPR7XThjB8NhD4NOBw0l+rc37uNofwflxWWcWTuL&#10;rY0d3C+Xf/v0+TKkVVEQRIAIgiDMBK1G443JxM2QSNB8T1wWIDRnboVsrkyQA084FEHIth5reUsC&#10;hobIKfuj3+lyG9WUB9qpNcuFoQQItVTRFVw9oFNJg9PWdUODaRmwzRiSnAXSZeFB8yL0e1kRC+FY&#10;lFu14vHE5Xw+10qnJHxQmD3odO8NRuj2Bq8Ph6PFhDpvn332aURCIaw/XEe721eiYB37eztIKTFB&#10;Q+hPPXUW584sIJeMYex6qDU7ODjaRK/XQyIZxQsvPYeNzW31uofqdZuIxhIoleYRS2UR8cjeOoml&#10;V8s8U/XRH/4AZ+RgPKKqZRDlcnnPNI0b//gigSAIIkAEQRD+bAyHY/Q6nR+RKKDwQep8YlPQqT+v&#10;QSIhZIeVODBhGkFugXoc1G7VJxer08IFJTFPJt5pomEAI9eF3wcyUX/5kxOWzlURqrRw3kEkjKXF&#10;eezsHarHghiPHWhKCdGGazQcwTJCCEfjl0qlovq95J8PYQbXlOPh5p1t3L23/m4g4Gqj0QihsMXp&#10;5nPFOSSHQy6RhNS5TsGBlNdxdHiERrOFVDKBmPo+mYggl82wK9zu7gFOTuq8hGj2IxjU0W40cf3r&#10;Q9ihKFdSEpk89o8qSCfiOPfMM2jUGnj9zbfw2qvPq3VlXIrH7IYcGUEQASIIgjATdDudkOP0Of18&#10;+ujiqEdfU3+6EgzjEeJqwxOORHhA/Anuu9y2dXh8zBa6jtp4kRNWQKNKhsf97oHT6sqjQotBDlvq&#10;/enCrE4hh+p2/tw5XL5yna8Ua3qAB2ypSqLpOiegq83clXK5IAdPmM1NTTCAaDQUHDnuD4+OD9jI&#10;wVYCPhmNIRq3kUgn2SXL9TxY6vFFJbjPn11V4iEK13Gwd1TF5Wt3sL9/wDkhoXAYiXiKK4mTkRLw&#10;7hQ6DPR6bfQ6Lazfvwfd2EC+UOBB9IRaL7F4DDvbm3jlpaeRzSc+lKMiCCJABEEQZoZWs3Vh4rnP&#10;gEPHJ2y1S+KBZjIouZkCzYIm5WxM2ZI38ITI8U5vgP6Ahto7cJwhp6bjVHxMTmdKiADVP6ZKmGh+&#10;wGDEDsHQDZiGifTSMp67eBG/++ADJGJJJTyC/DvFIjRgW9pcWVm6lkxI+KAwm5iGhotPlZ8JhawX&#10;/sPf/AJ37tykuSUlTNS5nU0hl8+jUMgjk0lCPYdd5fb2DtHtJpBJRnBmucSWu9du3sEHf/wU165e&#10;5apHKp1CTK3HUDiEwaCHfj+KcSqpREgbjWYThztbqBzsqfefw9mzZ+G6Lv744SXvpz9553fJeEgO&#10;jCCIABEEQfjz4yrB0Wk3f+h6rsYtWBPwRoetcgN+D5Wm0xXYOOxQGEZQf+z70cu6rRZa9RoGSohM&#10;RgMlPly4Y+/UatdPVaceLKqKUHWD2rGob32qxIdmGjyoS5u19977AW7fvcu99HTllwZ3y+WlnTde&#10;f+MvXnv5xZptyT8dwuzhqUUwHHoYjcbv25YVPP/UKtzJECElrDe3trC/v4uTSgXb23EU5wpYXVlW&#10;YmEFi6UcQkrgU9Xv3sYe2p0uGzE899zTiMZsPLh7HxvrD7gtsaAETDqX44H0kTPAHAUZKkHz8MF9&#10;bKrn1GtV3Bq5ePmVV9W6jdxsdwYPRIAIgggQQRCEmaDXGwT6ve73SRP4sx/gTQ8Pf4PscYNsieu5&#10;fnp54AkGOtSvTinNltpINWsVGm5n614SEJReTj9/5IY1nXrcB08p6LoRZOcrmgHRDUt9romVc+fw&#10;b/7y3+D//nf/HrF4AqX55ZNvv/32X33ne2/eyGUTcvCEmaTVdnD12j1t//DwPWq9Gjl9ZNMpuM4Y&#10;S4uLGAxHMCyTq4rhkIV2u41rV2/i4WYCxVwK+WyKn0+Bmw83N7C7s4dhf4hkMsXZPLVqVQkRJTQ2&#10;1pHLF1CYm0fQsNFTzzn71NPspjVUov1b33oFZ86uKuEe+SibjjtyZARBBIggCMJM0G62yqPR8GUa&#10;CKfNDWcSUJWCEsnJIHcyZWEQDGqn7lePVyDtdg9bu/uo1BqIRWPo1OtwJyMWJaQ3cBo6SGnMFn+G&#10;5osQnYROQH2WBYPmTKjlSv0e773/YxwdV7G1c/CrH73/w//tO99941Y8HpEDJ8wsVNnzptOl48rJ&#10;m/1hD4Y6zyPhkDqvLWQiEV5nYzJlUOd3LpfFmbVVlEt5tR4CSrz0sL65jwcPt5RAd5GIxZBMJNmK&#10;ejgYcy5PXH1vKIFOTnP7u9vY291BOp1FcW4O2UxK/TylPmuAaCyMl144Cz2AD+SoCIIIEEEQhJmA&#10;2qUa9cabE2+amp5WP2jmg6ofZN1JP6dhVjsUQjgUZtHwOPFBlY1mu8OBaFN3rN5biQ93hInrcuXE&#10;I8crTfMFCPxWLGrJsiiAMEizH9R+RWGEhl8NUb+DFjSO//Kv/+p/P6mc/NuXX35+ouuaHDhhpknF&#10;TLzxyoUfTCZu+O9+/ks0Ow2EwhElyOPI53PqlkU27Q+Jk7BvNTpqjXgoFbMo5JJYLClRsrqATz77&#10;ElevXken1UEsEUdciZFcroBoJMrWvNFYEt1OS/28jkrlANWTA6SSGaysriGv3uv27btKkCSbr71y&#10;8ZOAOO8KgggQQRCEWWDQH6LXbf0kcBpMplFiubq5ExeWHYRhKBGivh57HieVa0/Y/DtjD6MxlTkm&#10;GPbbXNEIRyPqM7pwR2P+FINqHpT5oWv+91xdCbLo4FvQ5DYsEiS6Hpx6k+n/Ol8u/ZfVlbIcMGHm&#10;oQLi2COHN+39C0+tYePhUziuHKm11ketXkWjWcX2TojnNyip/MLZVayuUPZHFJ4SIQcnTTRbbR4e&#10;X1tbRjgSwrVr17F5/yG2nRESqRRb7ubzeTiOAyeTgmWuUs4h7t65qcR/E19f/RJLK2fx9DMXcXBY&#10;v9TuOkeJmCUHRxBEgAiCIPz56bQ7sdFw8AaVJ7ypx7MYLlnxTqYYqc0OzV1QP7mpB7k1Ck+4jEqW&#10;u5TU7Ay6PC/S7XTgjse8maJeeHr12HNhagYm3oRnS6giEqRskaDGFrsUUuhXQEwSPZ+YhvEbQ5dj&#10;Jcw+VDE8rrZx/eaDYq1Z+7Y78tS5rCGbSWMYCSOZTPIMFM1VUfZHv9vD/fVtHB5VkM9lUJ7LIqOe&#10;Yylxsru7hwcPt3FSrbL4z82VUK9XUK0c4JDCC5NpFEtFRMmhTon5+VJBvX8Cd27f4cyefKlM4YNY&#10;XCr/0TT1qRwdQRABIgiCMBM0Go3nPM9dDfi9UBjRnAZZ7QaUKDAN2GqTZIcjiEQjXJV4UvMTVVQG&#10;Q3Xrj9BWm6uppoSNN1b6ZsLtVDzofjrp/ih0kD6b2r50zvewT6sgBosRTQv8H7ZleI9sewVh1hk6&#10;Lionje/s7+/n1NlPAYCc/5FIxLkiOHI9dZtwW2Mun8WFC+eRS8UxGvRRbbTx2ZU77GAVtk1ue0yn&#10;0vDGLvp6T72PxXk4g15Prd0qjo8OEI/HUCzPo69en4hGsbC4yGvrpz95D6sri25Qn35kGbJ+BEEE&#10;iCAIwgwwGrnotJo/CGCiK0ngh5STO5UegBbwqxDTqcZigFqkDP2x5lfMyckJtjbWMXAcjMYTtRlz&#10;+OrsdKJh4lFrlsbf8yxJYMqig0LY9KDfekWfya5bhkntVzvqc//esg05WMI3AioQLs6n8cq3nv4f&#10;mu0mrlz+kvwVEInEkUqnOf8jnUlxGKEdDrE73NHBIbyRw9WPZwtpnD+7hOu3HuCjjz7H9uYeXwhI&#10;KdFBDlhh20Kn20JfCZN+OOLPf7RbaNyuqc+IYam8glKpxELn8ldXUZ7P7kbikctyZARBBIggCMJM&#10;0Ol0A/1B90c0Dk4WuexOFaBqhBID5EQVtNQmKYyQHWKh8AT3XbQ7A65uxKJhtBs1GNpEbaxcJTZ0&#10;tdHS/1HyuXZqsuWHHNL3QRIc1IalHjMNS4kUqogE/149Xqc5FEH4JjD1G52yK0uFt99+6xUc7O/B&#10;dR202w1sPaxibz/EWTbFQhHLyws4e3YVC6UChxYOhw7Wq030h0NYtom3vv0aYokYvr7yNW7d2IYZ&#10;sjjlPJkqIhZ3odYuilN6bRCVowp2d7Zw9851HB3t4ZlnnmOHrK+vP/jjd958fuCbRwiCIAJEEATh&#10;z0yr0VqbjMfPsK3udMIOVrSBohtZ4IbClNocAEmTycR7YvvVyBkqAeKRsOEcEcrxyGcyqJ1UfXED&#10;njxnO1ESPY+G0HWuruiwePjcZAtetuENav8PZYkEZfMkfAOgzsL9owbu3994td3rlJ2Bg6XynFoX&#10;DgapBFcD2V1Onetjd4DtnW0cV+vchrW6WMJ8PoNcOoFG18TDjW0lXvbR6/aU6MhDN0lkHOHOrRuw&#10;rTBK5QVkchmeeM+o1zzz9LO4/OUXqJ6cqM/QQZGf6WwO4XDkt1OZ/hAEESCCIAgzsVnypmg3Gm8G&#10;JtOYSwPoLAX8DJCJG0CEB8MNlg3Uvx5RYuRx0KsHjou9/QM4wz56vRb6vR6obhI01X/V7owG26na&#10;wUIHVAnReficKiRUDTFNvwWL2rG0YPBqQA9+YRjmEwffBWEWcNU5flJr4f6DrX9F7VdUdaCZDdu2&#10;YIUseGRDTQ5zrotoLIrV1RWU5+cRsQ21ZhzsH1axd3CM0XiEaDSMRDyJ4XCMdqvDIpwydfQAVS47&#10;Soh8jZBlY26+jJF6bavRRjZfgBkKIZ8r4gfvvqfeI9RKxMOf6LqsH0EQASIIgjAD9Hp9dHvtH08D&#10;8IUBBw5OuAUrEotzlWI0GiGTzXJIoPYEETB2p+j2+9zL3qxV4ToOtImHkeeBDKwCU42H2yfelCsf&#10;phIWQQ4eDPKQrqk2ajpXP0zoJs9//NwImiPTFPsr4ZsBDXqfXS3Fm/XmO7//4x+xu78DywpziGAq&#10;k0I6rW7JBCKRMJ/7JByOj46xuFhCqZjGmcUCzp1dwoeffInPP7uEbqfPLVhhJSoyqZxaIyElZGz1&#10;PWWAdJToaGD9zh1s2xsoKSGzsLSEeCyJTquNeqOCp849f1X9WttyZARBBIggCMJM0G61k2Nn+O0J&#10;tV6dVj78digDYyU8zJjFg+caVSM07YlFiG67g82H62rjc8JD6/RmLjn92Bac3tDv66L3oTkQgFPR&#10;DUP3B9yNIAsP+prujWDQDQb1v1U39bUIEOGbQzxivvLGay+sjt0x/uN/OlZCI4Djwz0cHu4jHI0i&#10;nUmjXF7A2bUVrK4uIZOMcXXwuNpCt9tHQIn9CxfWEA6HcemrK1i/9wDD4VCJmBRyBQopLMJJOBiN&#10;BlhYmMd4OML29jZ2dzbUZ+yp930KS0vLuHnrAZYWF345P5eWgyIIIkAEQRD+/JAWaDaar06n3hwr&#10;i9MmcU3zh8FJkFD7CM1maAENVvDxAoReTdaiZLXb7/XR6bRZxJCo6SvxQR0gZsiA51J7ly94qApC&#10;A+haMMD5Io/EDrdg6fqXAd24bliGdF8J3wioAri9d4Kt7b2/cJxBgIIEn734DGfpUAgnVROp/Ypy&#10;b06Oj9FqNbCxuaXESAlnlsoo5tJIxKPYO6jg7j0SE0eIRMM4c34N25ubPFi+v7+DTDqD4nwJ4UiM&#10;wzzPPLeIM+fO4vJXX6LTbqvn7CKZylJFZNTtDT+QIyMIIkAEQRBmAnLbURugd6gmAZ4/Px1AV2Jj&#10;PHaVEKAWKRuZTIbboywlCh6nAyaTKerNJqr1OqhqQeKChtZph0TJIdR2NXLGfKWXXK58G176jEfD&#10;5joLENsPHlTCR/+FpmsTU9yvhG8I/cEYDzcPI7du3/mRMxqycI/YFqKUoROOYjL1OICTzv94PI6F&#10;xTJKpTwvwF53gKs376PRbHPuTigU4uDCnb09DAcDniPJqO+7StxXKgc4ONhFIpNFubSAu/c3EI3Y&#10;WF1dQ0sJ/+WVVTx/8XkkE7GN0lzmuhwZQRABIgiCMBN02h3NGfR/RLMfHrVEUWuUEgxswXsqINgm&#10;Vz2uG7oSJk9KP/fgOA5yuSxqR/vwXJdfP1H3OocPauobqpNo5H3FlRX6HE6DDto8fK6T9S4JkqDh&#10;qNf8PVnvmhJ/LnxDiIQMrC7PvbqxsXnm/v11tt4lIZFIppBKpZFOJRGLh2EpMUFro9/vo9XqYqlc&#10;xMpCiYXI/a0DfPTJl7h39yHMYEAJlaQSF3H1tYGO3YFhdfliQKfbQaN6gurRIc+VLC+vsONVLJ7g&#10;Nbe6UkIxn/hAfcxQjowgiAARBEGYCRq15jNqo/I0fxPwKxgaVS2mE57HoFkMykMnoUDViid1Qbnu&#10;GO7YZScfGmp3PZetQElsUPUjAN/9imdJNN9tyzZtnu+gige1fVnsfkXCJHhV04M3aNMVFPce4Zuy&#10;gVGCYW0l/5PIz97Vp9MxLn35BQa9MaonFTZYiCoxUZgrYGlpAWfPLGO+NIeobXCL1vae73xlmga+&#10;8/ZriEQi+PLSl9i5cQ2GEueZbAbJRBrRaBT9eBzZkcMzVM1qDUeHh7j61SXki/N4+uln2PL3ypUb&#10;+NF7b/4yGJT0c0EQASIIgjADjMceWu3GdwOBiUX5HhRe4FJvuhfgjAKay0gm07DVJsgOhWBZBp4U&#10;w1Gp1nF0dIBKpQJn5KoNl60EyZgHagMUfh4InIYYTtlulwQOtWgZhgWdWrCM0yR0g2dBfq4H9alp&#10;yj8JwjeDgeNhZ69inlSqP+0N+ojFQ7j4zAUW5f3+ADSQPppQPk4TGw9GONw9QLaYw+rKEtYWSyhk&#10;kxiodbOxuYNd9TNKOi8vziNkW9jZ2sSDe3dh2RGUy2VOU59wW5eNb3/7TVz56gq2Hq6j2azj+o2v&#10;8crLr5F1b6XZ7n+ZTUfl4AiCCBBBEIQ/P51Oj/I5vk9ygPrSaSB8OglwRgENhPvD4LoSEX7+xvQJ&#10;8ecT9QRy6Tk63MfUc+H0OxxG+Cjx3Ju6LDx09QBVQCjwkFq+DJ73CMLi7A91M3kWZKTrwV9TErsh&#10;7VfCNwBaHrVaD1eu3Xt9/2Dn3EQJeqqGULWCrK1TqRRXBMmO2lKCopAvYH6+BCtkwh2NsKkEx9Vb&#10;XZ6PSsRjSKYScJR4bzU7vDZT6Qy3JraaDdy8cRW2HcZ8eQnZXBp3H2wik8tD13Reg5nCHM6fO4+F&#10;xfnLkYh9KEdHEESACIIgzATNRiPrjp23/7R7ogkNferPZigxYJg2V0I0LcjJ59oTujjanQFZ+nJY&#10;YaVex0Rttujmhw5SorrOsyV+jsjUnytR709Cx3fBolkPy6+G6PpNJVqukfgQASJ8E6CzOha1MVfM&#10;/fju3bv6/tE+DHVex2IxFh/xRALxVBJKEIBboiZAS62XuUgeq6uLiIUtdHpDfHb5Fj78+DO1ntpI&#10;xKI8uJ5MKfFh+tk4NIjebrXUrYl7t7/GbjiC0sICFubnkVCfoavnrK2dwbvvvA7LCv6dEZT2RUEQ&#10;ASIIgjAD0KxHu9l8W8Mk62eRc94gC4MpzX8E9dO4Dp2rFpYRxJNkQK3ZRLNe442RHbLR6xjo97q+&#10;AFHvSSqErEepyqJzoKHGrVn0uGXbfvCgrlH2B81//C25X1mGDtk+Cd8UEnHTeP2VZ/4FCYx/9+//&#10;X7QaVbUeatjf24EViSGdTSuhUMLC4iLOKNExl0lydaPe7OKwUqeVifNrS0pIxPDV5au4ceU6p53T&#10;UHk2n2VzByceRyKZ5tbGYb+Ng4N9PLx/Bwe7O3jqqQuYny9jd2cXO3uHg6fPL/5ejoogiAARBEGY&#10;CXr9AQUGfp/FCNnuPsr/0HUEleigKkUsGuFqBl1VfdIQuDP2U849tSkaD4fo93vs7kOD5yQ0WHg8&#10;mv5QYkTjwXRfbJAbEF3dDeom54DohkHtV78hm1LTMuRgCTMPndnd/hiHh9XXao3mU71uDy8+d1EJ&#10;ixqGjgNnOMJo7GKq1se+EgyVkzo2t3awWC5hbYWqFznk0zEc11pY39jGyUmVRf+Zc2ews72D46ND&#10;9d47yGTzmJubRyKVUmtthOL5Nbz0rZfx6acfoXJ0jOvXrqLb6+Hi089he/vo2urK/LptSgVREESA&#10;CIIgzADtZsceOf3vUiAaCxD4GSABJT7oe1MJAbLTTWcL/P2TcEZjtDtdDMZDBJRwCKiXUJUDStAY&#10;VpBTmgPTwH99Lx5y11h80AwIz3qQCCEnLF2/H9AC10xT5+8FYdZx3Sm2tg5x6fKNnzWaTd3zxgiH&#10;TCSTSZYnE9fDUD1G7YzxeAzZbE4JiTzIYno0dHD91gZ6SrDbZhChUFi9LsVp6GO1rkIhG5lcBq1G&#10;E5WDA+zvKCGSy2JxcRmHlSrClo2z5y4glUzzhYVcoYRcsYB8IfM7tQZdOTqCIAJEEARhJmjWG09P&#10;PO8Z39ZqSj1Z8L8OwDRMaEqARKJxFgCG/uS/kvvdHpq1Go4P9jnAkAbZaRNGImTUd7idi+Y/6BP0&#10;05kParmiaPRA0J8DMTmI0KS8kF+q7x12xNKkAUuYfeg0jUYiVjBo/IySy/vDHizTUGIjwanmiUQc&#10;yUiYwwVJnZNdNYUFrq0uYS67CFOJ8e2DE3z6xVXcvfu5Wo4TxGNRhMMRdoczqEqoRHrIDvMQ+snx&#10;ESqc/aGEyNIKspkMMpk8YjEH33vnuzh//sw0Hgv9nSH2u4IgAkQQBGEWGDpq89Nq/khthLRHrVec&#10;fj71QwI12uhY9mnux/SJIoAsfGmYtt1uqs1WHFu1hxiPhtzKRUGE4BF2mgPxrXcn8IfSdbU54mH3&#10;oMlXgsnhR222PC2o/5KeZ9vSfiV8M9CVkF5eyryq6a9c6PXa+OCDP/BZf3iwB8sKIZ5MIpfPYXGh&#10;jKWlMsoLc4iFQ/BGY+wf1tgdi+ym33j9ZeRyKXz66SXcunUTgUkAKSUsUpkErLwJRwkMcsMaDPpo&#10;1KtKiByiWj1CqbiAc0+dR1iJnK3Nbbz84tN3InbwhhwZQRABIgiCMBN0WpR+3vve5HT4nO4CFD7o&#10;edAMEyO1KaJsDg4fpOHzJ1xFHY08eCxCWmg06ixcHHfC7+uq+wD8ygcJFc7/UP8ldyDj1NXndO4D&#10;QYuH0Dc0Xb9Cn21I+5XwDYCqfZ3OANVa8182W21tsVxUAuAl9PpdJfZHGLljeErYn5wco9tpY29v&#10;H5lcDmsryzi3VkY+G1e6P4Cd/SNsbu3yOioUsyxgtjZ3sLnxADvbGuZK88gX8n6LViqJ1996HXvb&#10;W7hy6QueD2m3GnjmhZcQi6exsXnwwXPPLvfl6AiCCBBBEISZoFFvznlj51VNC6iN0YRvVJIIaEFu&#10;lTJMA7YdgmmHWSA8qQuKcgf6nQ4LFmodoWqK4wy5mmJovoigj9A5+2PK4YM0YE6ZBWZA9ysgpq0+&#10;h1uzfq8e75j8HGkfEWafXn+MazfWQ3fu3v/JYDBQwsFFPBFFKhnnlPKh62E0cTn/hoQHZX9E1Poi&#10;Sb69e4R7D3dZ8FPLVTadhqcEfbXWwGg8Vu8TAy2hhhIlD+7dxvbmA5RKCyjMzWN/Zx/RaBxPX3wB&#10;J0fHaHd6an2R7W9crUX9l3JkBEEEiCAIwkzgeRO0Wo1vTwNI0qA4+1LpAYxJLFAWh0aD4TascIjn&#10;MvAEE1x6fb8/5ORzvuI76MNRN2rbIjEzPbXf5RYsqoEEOO6QNkjsuKWzA1aQP8tQ90rw/C0JD1Ps&#10;d4VvCHSemqb1ar/vPH1weMDnfDgUQjQeQzwaRSIZQzhsc/shxX12uh0lHEJYW15COh7miuOt+9v4&#10;9LOvcHR4rF4bQTgS4kF0w7ARUGuFbpZhoNNq4v6DO9jZ3mS73VK5jFg0Br2kYckO4ztvf4eCCQ/L&#10;xdSncmQEQQSIIAjCTNDrkv1u+8fUCkUtUZj4aeR0ddZzx7DVZiZoWOxSRR1QlOT8OCEwdidKgHQR&#10;VRsmTDyMnAG3nPiigxqzdHa/ojchQWKqTZhB+R8BEh8mz31QCxaHDwaDu0oAfRkga15b/hkQvhnE&#10;IgYuPr3yr6kSeHy0j7v378IiRzd1TkdiCSTTKRQLRSwtzWNlaQG5bBpBJdDb7S7q9Ra3LJaKObz3&#10;7ndw7etbuPTFVzi5o4RIOMS2u5lEGolwBL14Eo76vtdu4uTkBA8f3MPewTbOrZ1HeWGR1/LA6ePs&#10;ylMfqOVWlyMjCCJABEEQZoJ6vR5zR4M3qQrxKP+DLEKnShTYoTBIKWSzGYRM3x43+IT+q1a7j3qr&#10;i77joNfpYOwMecaDgg4p2ZCqK/T+1O7FLVgBstkNwuThc8NPQX90rwc/CWh6zfCteOVgCTMPiepu&#10;14mc1Jrvx2MhvPTi87As3Q8JdFyM1X2v08L2YIDjyiE2Nrc5sfzMmSWsLhYRV8K9rtbQ5s4+jo6O&#10;6IoAzp47w9bV+zu7ODz8GqlEAvPzi4jHUhjZDpYX55WIyeDzzz7Hw411fP31VdSbLTz77EUc7B2h&#10;Vu/8JpuOycERBBEggiAIs7FZajZazyrhsQY/gJwbo7gKYdsIhUKcfN4bOognU2yV+yRcb4R+t4PN&#10;hw+otYtzRLTpBFMaap+Ae9s5YwTg8EGyBaXBdqV3WIBQ3gjb/vrWvL8IqB+YpsGCRRBmnZNal7I/&#10;Xt/a2Tk3GA64TWqhXMZUnfcuZX+MXRb65E6VTKWQy2fZYY7CAq/dXFc/m8BW53skGkY2ncPe/r5a&#10;T20W6+lslg0gWo0GKscVrqQsLCwjqH4WmNaxdvYsQuEIjg4PQMGHvf6Q1nDLGbn/IEdGEESACIIg&#10;zATkyNNpN34UCExp/IOrFDSH4XoTTJwhLNtCKpXjx2gWhDY6j4OKHM7A4eyPdrOBZDSKE/UZzniI&#10;qeepTZTBgYRgMeJb7/q6IuALD5r9MP2BdEPXG2rT9QH1yVMeiCDMvKBXt/HIw2A4/p8qlQZ6vS4L&#10;63A0gkQsQrkgyKVCsNS5rlQ5v2bkOJgvFbBQyiOszv9ao4Mvr93Bp59fgTMcIpWIKRERRWqiQw8E&#10;Qc7Y1MrVbbbQrFVROz5CKpNFeXEZOc7+yMBQ6yWTTuPiC9+icMMPs+n4nhwdQRABIgiCMBO0mm19&#10;0O+9x7nnNIeh/ngkFAwKOAvxVVey4qX0ZpsscZ9gQuV5U05ndscOwur51EJC7VYUmObR+MfUt+Kl&#10;+RJ6K43+0OC5oQROkO5N9VyTXbHU959OteA+VWMsU9qvhNmHtHShmEi+cPH8D09OavjowzsYDsgN&#10;zkJIiY9EMo6sEgvFUglLi/OYny8gpoTJxHNxcFhlo4aQbVJmBwr5DD759AvcuH5TrSdPvTbJt3w6&#10;j2GojwGlp+fSaNbrqBwfo1o7RqFQwvlz53m90lpaUZ9xZrXwKykeCoIIEEEQhJmhXq2vTifeczwQ&#10;PvEbo6jIQW1X3uRUL0ynPPuh/3dkcHT7QwxHY34NbYA464PexKVqh3Y6vD5lm1+qplBVRecKh8mJ&#10;5wHD//r0835N8ybUoiXtV8I3AVoz3e7gzel0svL8s+fhjQfY2dnCcOjAC0wxdkbYPzxEpV7F9vY2&#10;coWcEgjLeOrsCuYLGW6vOjiqYfvBNlqdJlKZFIcJbm9vYW93C7s7U8wVi8gXigiFQ0qYxPH8Cy+g&#10;1+7gs08+wvHBDmrVCp57/kUszC9gd3e/pwTIb+TICIIIEEEQhJlgPPbQatTfmGIaCwQC3KNOGoTc&#10;qJxBD7lcjPvJY4mknwnyBA1A8qXWbKHd78G0LNTrNbUhc9lRa+q6LDZImNDAOYcaav57TtSuLaAb&#10;LHDMoB9AqAeDjqGbv6IcEtsyEAiIABFmXHyoc3trt4ZLX339l8cnx5iMx2r92Dh7bo0F93DkwqVA&#10;T/W8SDSKTDaNSCzG6+LBxi42tvdgKQGeiMeRz2V4XVSrDTgjBzH1vKkSHdXqMR6uP2BBUiyVMVcq&#10;oVZvIpmI4fmXXlICZVuJjj083NhQ67cAxxlfGjruelgc5ARBBIggCMIs0Gl30Ot3fhqgHA6O5iAR&#10;MmH3KWqBGnsu53CQaCCloD+hCkEzHT0lOupHB6hW9tn9iqoqruOojZXJrV3UeKWTJ1bgdP5Dvadp&#10;mdx+RY5bpmn7bVhG8JISLpsUZEhzIYIw8wLEm6LT6Webzc57x5UTDIYjnsWInc5/xKIJhCNKYOt+&#10;Hg6f++q8X1lZQLmQgabWxObuMS59+bUSEbtqzdiIxSNIxZMIajrPTlF1kgJBm7UaNh7cwd7uJubL&#10;i5grziGuPmdhYQnxeAqF4jzOnj2HpeWFX1iyfgRBBIggCMKs0Gg0Uu549AZVPAIBj8WCPxQegGWH&#10;YVlhRGJJFgjk5POkDPKhM1abriEnPddrDd5okYUoOWfRFWDacNFnTKYeb7amNAeiNlYkdihkkFqw&#10;aBDdd8TSfhfQdZcS2OlngjDbTJWY0LCyWPhurbZc2tndxqYSCBSsY4ZtRMNxpNJpZAs5lEtzmF8o&#10;YX4urwRKEN54jL2DCrciJuJRfP+d13HnThYff/I5bt26BduykEwlEY6G2ao6GokhlUyg1W7h5LiC&#10;B3duoLK3jdWzT2Fufh7JhKbui3j9jReG2WTkt0+a2xIEQQSIIAjCPwtUrWjUGi9Pp5MyTsfBOQeE&#10;Zj4CGrdTUfYGtYdo6nvLfLILVbPZQavTQrvVQFAJCafnQFevHU/HYOsectKCL3JIfNDPOAuEqxw2&#10;W+2y/a9hTNRm7Ff0M9sKSvuV8A0gANcDRuPxX6ZScbz+2itKOAfQbNTV41MeIu92GnCGPRwdHODe&#10;w00sKBFydm0F55bLyGcSLOB3DyvY3TtEv9fDyuoytyNurW/g/t3biETCKJTKbN0bilpI5/J4+623&#10;8eDeXVy7+iWuXf4ClcoynnnmWdSqDbUO29cL6cgtOTaCIAJEEARhJuj3Bui0mu9qbL87ebSH4paR&#10;8WjElQlypqKWLKqAcHuW/5R/kl6/r963D9MOwR3uYzAYwCMHLBIaVA2h6gcpHD3Ikoeu/lL1Qw/6&#10;6eeaEWQxEtSD9/RA4GtNC7IoEYRZZ+C4uHNnt3zj9u13SIhT6aM0N4dyqYixWgMDx+FznxzfQuEw&#10;cvmCurfQ6/Rw5fo9WJaBqPo+lUiiWChgZ2cfw0GVLXyz6rmGEuP1WhU3r19DLJHC8vIiotGEEvwd&#10;nFlb4/mT7a0NFjeWFcKL30rjpNr6+dry3ET0uyCIABEEQZgJmo2m7jiDH1A5Ysrp5xOWIbZtwlQC&#10;gcSHYdoI27ba0FgIPqGNgzZZvW4H1UoFlZNDFh+WZWPgDWAoAeONxmCHLRpmn05Z4Cjtw/a8JE7o&#10;Sq9p2Dx/ojZp/6Dp2pAqMIa0XwnfBAHSH6Naa/zguFLNNptNuJ7Hwj3G2R9RpNIxhGyDK4oTrgJO&#10;kUzEsVieQzYZgzN0cHd9G7//6HN0mg3EonFYau2lldjQPCoZetCoHbHRQKNRx+VLh8jk8igvLCKT&#10;TiGXzXGrVj7bQn5+AYW5uVEul/6NLz6edOlAEAQRIIIgCP8M1Gv1p5XouODb7gYwUZsc2vy7nouw&#10;Eg42Z4DoCKpNjfnf0UR+XG1g5Ix4n0O1ErqiO+wP+cqtN3Ko54pj10NqU+UPvIMzRnRD442aYVin&#10;1RB9SgKErXnVhsuQBnbhG0AsZmNxce4vb9+/j93tbdRbdV5PkTDNUcWRzWbYOne+XMLKQgmpVAK6&#10;Wif9bg87vT67X60uz/OsxxdfXMHly1fRabeQiCeQTKYQV/fhkM0zIqlUCrVaFSfVKqonxzyAfm7t&#10;LKLqc8LhGF761ku4+NyF27l05JocGUEQASIIgjATUK95s9V8e4ppSAv4jjwkHKhdyrB8O1yaEaHU&#10;QV1/cgYHpz97EzSbDR44n7guempTBW/qu/ecznqQi4/rjaEFdCVMgr4ICQZPW7D8Nix1f6Te42Oo&#10;11E1RhBmG5qcYve4s9Gw9dYrLzyHqBLZd+7dhjMYsK21o0T9yckJao0GNre2UFBCZGl5CefPL+PM&#10;QhHRkIVGs4uHW/tKUNSUaAnh2WcvYH19XYmZXezv73KqeWGuiHgqjUgkjpW1VbU8g/jik09wuL+H&#10;eq2CCxcuolxeBDlwvRV98T8bemAs1Q9BEAEiCIIwE3TaXQx6/R/9abh7SlMgAXbhIZcqmvuIp2N8&#10;9Zbas56UATgauaidHHMA4XDY5+F1sLjgnHN4SnSQf6gOX+wETwfQeWt0moLO4sNvv/qDFtCahnpc&#10;3K+E2SeAar2Hq9du/2xrZzc6GDrqvA0qMfAUZ92Q9XRvMFRa3Le3jieSyOUybOpweFBB5VgJDpr/&#10;iEWQSSa4Kri5sY1uu83tjyQ6aicVHCiRsadu+bl5zM+VMHI85PJJvPLqq7h39w52drZx4/p1UG6O&#10;Einu4dHJ359dmRPxIQgiQARBEGaD2kktM/GcN2jAlec/JhQEGGRBQPMYoUhMCQKLE8nJ9vNJUMrz&#10;ZKw2W+6Y36vVanGGwcQbqZvHmyrK/9A4ddCPV58EpgiHorwpo9BCasGiOZCgrv+GxErQNPlngjDL&#10;UPJ5o9EPHB03/sfDoyrPPlHFLxyxEY1GEYuGUVSigwwX8ChnR9NRLORRLhUQDZmoN9u4cu02/nB/&#10;nX+ejCcRj1P4p8YXBki1kzlEq9HC7sY6Dve2sDC/yE5ZkVgYK6urStgkUK01EU9mkEwkb1qWLe1X&#10;giACRBAEYTZwXQ+Nev076svclOcy6FGN2zlctfkJWTZXJQzT4nDAYPDJVYhuf4haq6M2Xz0061Vu&#10;sSLBQdUUjfdP/iZqwtUPjcoe7AaksdCwOf2cNmiaHmwHNO0DepzyP8S9R5h1aEQpn42/UJrLv3zn&#10;zm3cu3MDIxpAty0ePk8mk8hkciiV5jibY6E8px4PsTCvntRRC2oI2SZeeflZZLMpfPTxJXxx6TLI&#10;RSuVptmPmHp9FmH1fvF4HJ12HJXjY9y7dwt7BztYXTmjxEhZvTaHufICXn7lFSyX5/5uvpgcy9ER&#10;BBEggiAIM0Gn01e3zvf9pivNn/0goUBXWc0gLJOce6Kwyf2KcjkCTxI0NPvR4o3Y2HEwIrcrzb/S&#10;S0KEE58fDZzzX+T+XAlVVygrhO+DfhK6pmtXENC2gkqc2JLeLHxDMIzAXxRyKfO733kL8ZiF/f0D&#10;JTAmcKce+r0unNH/x96bB8l2X/d937v2vkzPvi9vf3gP72GjQBIkBZESqdWiRcuOqlxRqlyx40QV&#10;2UnFqeSvVJRUxUnFrlLZlUSyo5QqkRQpEmVL5iIQEEEQwHsA3r6/N/Nm33rfu++ac87tGZIqm8NE&#10;C0fC7ws0eqan+9470/fXOJ97lq+DMoH58uo6xsZGcPLkAs6dWsTC3CitE10GONx/+hTVSpUgYlz6&#10;opYfP8HKyiOYuonJiSmMjhKEZLLIDxVw6fJl7G1t4caN67hNt+L+Hs4/c1EGRtCy9hdmR35fvStK&#10;SgpAlJSUlI6NapV6zHN7nxEzQAqQIkX9GPF4TBzQO50O0ulMVAJ1xBjPdqdH4NFBr92kZwQUAPkI&#10;fU8a0LkUxSD60AeZD02gJxRvg4MpWCb3f/B4UQIfyzT/UCZvWcr9XOn4i8uvVtf2rTt3H/70zt4e&#10;HM/F8Oio9Hi4rifZxj7dc0khZ0TYQDCdSspKerS8jrWNbTrPLeSzGYwRYPDyqa4+hev0JHMSBC4q&#10;xRKePHxAUJOUkbtDwyMyRGLp5Clpf19eXsHe7i48Opjnn3uBx2DfanWc2+mkGuCgpKQARElJSekY&#10;iLMR1Urlchh6pw4fZBLQAim/cl1fWjSyybRkKTgLEWHHvzsN4rqujBIt7RVRLO7AMHmkb7SvgABH&#10;Ruse1L7TNmW6VogITrjEy47DjMW55MvRdf3r/Lhl2bJ/JaXjrF7Pxe5e+WPb+8WLe8UyeuJ9YyOZ&#10;SiGeiCOVSWOYwIMzer4WSskhD3ZYmJ/B5FhBhjGsb+/jyvs3sbO9KxcAUskUAclQZNrJ3h+6Sdus&#10;iKP63Vs3kSUwmZmbBze7Z3LDOH3Kltc4Lht82rATiS/5QdhX746SkgIQJSUlpWOhTqeHRqP2GV3j&#10;Jo1QIEFKpXQLGgVH7KAcG2QjxDCNJ/EeUYLVarfRFpdnX0pNHMeHERgIdNq+78IjQNENKwISPzIi&#10;NNjxnODGov3ZNgdoDDraYzqGmxqDT0x93Csdf9m2gdHRoc+buqWvP13F/v6OZO/iqWTU/zE0TD8f&#10;xdT0OGamJzA5PkavMWVNbG0XCbR1ZNMJfPoHX8ade4/wx19/GztbO0jRa4cLeWRTGcRpfaQJWtj9&#10;vFYro0j7uHW9iPHxKSydPI1cLoN5ewHDoxM4f+4Zf2Fh6ouZVEy9OUpKCkCUlJSUjofqtYbe73Vf&#10;RVR/BbEM1CATdgzpwTAlG2HHLOnNOKoHvE+w0Wx1pKHWpMAqnojB6Xa4xxzwAgnGdD+USVvxmI0E&#10;BVPtVoNgJy4/Y4d0uWcgiVl/pBmGw/Xvtur/UPpLIMvUM4WhzE+ePr0k2YoHD+6h22kJZPdcB5Xy&#10;HhoEDZvba3iyPIzpqQmcPHkSZ0/MoZBPC4isbu5ha2cPHVo3p0+dELPBx08eY2d7XZrOxyen6X4E&#10;iVQW0zMzSCU/gmvvv4/19acolfZw/uwFzM0vgEdqLy1N31ycGb6l3hklJQUgSkpKSsdG5XJ5xu33&#10;XtZNPYIPsSTXBSAYAqSHg6dV+YH0Zhzl/8FBU7NRw9b6BiqVkjihc4+HzwaEBvd8sLs6l115A96J&#10;3NYtg4CHbjo9x+IRvDaXXBlf4qZ1zsBYqv9D6ZiL4fvJ8tarDx6tLBXLJYSBjwvnzsD3HHi0nrr0&#10;c8f3JJOYzmQwOjIsYF+v1XDtVkemWsUTFoYIMngk7+raJnr9PkzdwsTYFCq6SYCxj/3dXYyPTmCa&#10;IIPBhssTX3rxRXk9mxrevHUDLq3jM6dOY79Y+hIBiCq/UlJSAKKkpKR0PMQNsbVq5VWK8VPRI0wX&#10;utSYc4bCtuOSCeEGjVgyKsX6buLX7Ozso16tydXXbqcBt9dDzLThBQ4i5w9N+j84cNIoGOOfs9mh&#10;RmRjs88IwYdtMoiYm/SMD7gpPU6Pqem7Ssdd1Woby6sbf3NldQONVgOO6yFN6yaRjCGVSKKQTUjW&#10;j0sbA1pTnGEcLgxhbnYKI0NZ+I6D+49W8dob30S73RXPkDiBOGc9GGD4YoBF8F6plLGzu4HtnQ1M&#10;zsyg35si+Ehibn4RiUQKa2tr6LQ6PHEu8Lzg/1G+50pKCkCUlJSUjo3qtRbazeZn+Ips1PsRSqTC&#10;WQjOSnDvRSqdicqidOPI3g8/jKDGoUCKp/bwuFA9HkOv2xPosAgstCAqvzLYV0QfjOSVXhNLjAa5&#10;/4NLrkzLeofApMxGhPGYpd4spWOvuG1NDOVyP9LptPHg3l3xwLG5zDCRQC43hKHCGMYnxzA5OYH5&#10;qQkUCjlaayF6nQ622C2dgGR+nmAincC7V2/g+gfX0SEQyReGkctmJGvCY7HT9HWz2cT+zi5Wl59g&#10;b3sbi4tLMhFrZHScnpfD7MISFufnr56cn76t4ENJSQGIkpKS0rFRpVLJea77CgdBIk2mfhJJ+Egm&#10;kzC5LMqMIZlIySSfI4Gm0Ybre+i7jmzHDwPxAbFtC37XFX8QSyZZcfe5Bo8b0OlTnGFHDA5jpkCI&#10;wRBimH8g5SVcfmWr8iul469UOv7jU5NjIxeeOUtQHWJ7eyvywAF77dTRbndQKu9jZWUVIyPDWJif&#10;xZmzizg1N4VEPI4GrZ/HT9exXyojm03h0nMX8ODOQ2ytr2CDwJ3hYnx8Ark8u6kP4fTps2jVa3j/&#10;yru4c/sG9vb3ceHCBWQIVAqFPF566cIf5NOWp94ZJSUFIEpKSkrHQpzsKBdLL0ILFrhcajAJN+rB&#10;sNgB3YfOjeSWITBiGEdfR2Wfg/L+HiqlIjrdduR6bpgw2G7QCMTjQ7Ifmk6P8we4QRzii1maZtjS&#10;92HL+F2rQU/9BmdguOzL0NU1XKXjrQ4B9p17Kz/7ePkpGq0WxsZGMTExBt/zZV30XRc+rSmeJhfj&#10;cbzplAxpeLqygd2dEpKpOIZyGYwMj0gv1NraBrqdPnKFIVqbAYp7u9hcf4qd7U3MzM3S9sdlwtz0&#10;3Jws3Af372CTfnb9WheXL7+IZr3hOE7vi4DKHiopKQBRUlJSOiZqNzto1Os/xk3nnj8I8PWoSZwj&#10;Gp0IIZPJIs4TsExDSqi+m9j0rNdpI0kwwbXsCSuOpl9B4Lhw4MEyogZ2jXvaCWwCroI3NbDJINdh&#10;WTELlmlLmZZpGtc1w1jj3pB4TJmnKR1vcRnh9lb59MNHqx9f39qSMdS8lpJJAo14HGmCjexQXsoM&#10;NfG/CQVCJibGMTs9LmN3a/UGrt98gMePngrs5/I5Gb3r81rxI+PCWCKBSrmMh/fuYGNtDYsLS3Cd&#10;Piza1umz5yWLsrWzi1K1ioVAe7vd6d9HIXNwlIN7BfNKSgpAlJSUlL5PqlYqtuv0PsG9GEEQRBOp&#10;BsFJr+9geGxazNK4BIpg4Miwhfs+tnd3wQUnumVKFkQc0INQGswjo0Gu8Qqi9AubExKYmEZcIMSy&#10;YzL9ypARvPZXCT4CvhJsq/IrpWMuXhumbX3etPQUN4Dv7m7J+c7nNJsP5gsFFEaGMTUxhpmZaUxN&#10;TSBHUMKT4BoEHs1mm+DBxvOXL2B4KId33n0Pb731tkyNGy6M0DYSGMqb9BwCmVwetUoJe9s7uHHt&#10;PYGYE2fOIpfNYmHpJGYWT2FiegbzS7P/aqSQC77zKJWUlBSAKCkpKX0fVS5XTvmBc8nUBs7mWigg&#10;wmmKTDorjeE6wwB7geiROfp3E/dz8KjeRq2CwPPQaTdh8JVeyx5M8IlyK1ziFXAZFnQI1vAYXgIP&#10;k55nxdgLxPZ13fgK78+ioMxU7udKx59A7KGhzBeW5mdRf+4y1lYzqNbqMkKXCBwtWhOtZg2721t4&#10;9GQFY5NjOLm4hAtnT2B+ZoIzftjdq2J5ZQX1Rguzc3PwaC0uP3mKRw/vS1nixOQE8kND4qszPDyE&#10;F154Afdu38a9+w9QKpVw6ux5LC0tIWWauHjhXPvyhZP/OpNU5VdKSgpAlJSUlI6J+n0XtVrt05qm&#10;2+G3RVE8fYqvtiaSCfHq4PG3CI++duoTaFRqDbSbLayvrcH3XAGX0Aull4TH6oqXSBhKVkXzuQ/E&#10;YLsR2g9Pv5Ksh9zo63uapt3TdBOJQcmKktJxVrHcfO7mrUfPbWxt0/ka4tTJE+CFw8aDPHiBG9HZ&#10;lJB7nGJJbiBP0Rp0cPPmAzx8tIp8Lk1QkcfkxDjxv0lrc03W4uTUJK0XELhsE2zsY2h4GHPzS9zs&#10;zkWSePEHPoJ4PI6HD+7h7u1rtK8+Tp4+T/DfeSudtJ+od0ZJSQGIkpKS0rFRtcITeRqf49Cesx4c&#10;5OviQ6jB9TwBCs/1kM2mxZdDO6IJPKDnd1otKcPihnW+0st+IpoecGJFmmilTEWPsi2hTuGTpQuE&#10;cKDFmRbejyUZF+sbdBxdi2FIjd9VOubi5vNHjzd+9tGTFaNUqaDX68vghlQqLp4cyVQGIyNx2PRY&#10;KE4egfh6TE9PYnxsGBatubXNXVx57wZ2d4rIZVPIZ3N0y8tc63BkVGC+WCqhXi7jg71djE3MSJYk&#10;m0kTpEwL2Dx4cBdbm9sYm5pFs9X+3U7PRSqu1o+SkgIQJSUlpWOiUrk06fveCyZPtiJ4YFM0PwBi&#10;FCRx4M9AwZkQvjdMHeYRWYh+rydZjz43xOpWZCxIQOF1exI8+QQ1MSMWNaGzo7puQA+jZnftoP9j&#10;YEJI+/9DLv/izIhyP1c67grDMBuP2T/drDdx9+ZNdPsd8c+JJZLIZBgkhjBCoDE7My3QMTE+Ats2&#10;4bsOKqWqAPjoSB6vvvIybt66j3evXsW14jWkCVyG8kOIxRIoDI8imc6gPTyM3d1dbG+sorS7ibml&#10;k1iYn8PI+DguxOJwPR8TY+P16amJL/M+lJSUFIAoKSkpHQuxUWClXHmJmGIs5CZxDEwIB5mKkZFR&#10;cMeGmJ5ZlozOPaoKqtVqYfnJCprNBgVWfXRbjcOG85CCsYSdgMaZlsEkHl3TZbKPRZATi8ejMiyC&#10;D920dohIrnD5VSxuiVu6ktJxViJhf3JsfGTpmfNnpaRwY3MNnW5Xxk27Xh+l0h6qjQo2N9eRyw9j&#10;ZnYap04t4tzJBYwPZ9Dve1jf2sfaxjatDg/PnD+H1bUMnjx5hK3NDWSyOUxMTCGVyiKVTGF6Zg6h&#10;7+K9d97F/bs3Udzfw7OXLqGQG0Iqm8XHPvoDb5xaml631OhqJSUFIEpKSkrHRc1mB61G48e5syPU&#10;GD40aTjnMqt4PCbN5OzEzF4gXF9+VA84I0W378s2mo0a6tWKvDZ0AzEjtA1THM958JUldV4BdArO&#10;QkODRjc2IOTsB3simJbxpqaFZW7KjcfV+F2l4y3HC7CysvO3Hj5aQalWQX6Esx1D0vPheXSjk97p&#10;8whdWlOplNwStMZq1RquXr8rvVY5WmvD+TzmZmewsbGBSqVOUBPD5OQU9rRtVCtFlIr7mByfxNTM&#10;LIF9gKmJcbzyyVdw/cY1rK+u4oMrHVy6/CLiySStG+u3UgkVGikpKQBRUlJSOkYql8pJz+l+SqZR&#10;EYToGtemh4ISHPhz4JSiQCaZTEVgcsT2PNdHu91Gt9cVz4IUBVm9Theh70gPB5dxcfO5lIQ4vhBL&#10;qBF80LYtOy43O2ZLFkTXzdf5cW5Uj1nq413p+IpXzP5+fer+g+XPPl1bR73Zln6qeNImyEiIB0iO&#10;AIONB8XoU6M1YNkoDA1hdnZCxu32+308eLyKL7/2FpxeH/l8htZCgtZfAC/nM7cgmYijWCxide0J&#10;tnc2Mb+wgL7TRZJA5uy5Z5CKpfD48SM8XV3ByPjYTrVafw2YUm+QkpICECUlJaVjEjQRCJRLpcsB&#10;cEKPSAB+6IO9QDgbIaNw7RjnKOD53qBk6rsjSIMCrz7BR5rAw3Nd9LptxG328zARuI7ADTuZc9kV&#10;R1S+7xJsmNyRzsABg6BHej9isa5h6F/TBz0h34vzupLS91N+4P84wfXIxsYm1jeeSnkjw3SSJ11x&#10;I/lwAWPjo5iemsT85DiG8jlaB5wVcbCzVxLIXlqYRTaVxvXrt3Dt+k1pYs/nh8S8MJ1Ni0FnKpVB&#10;NVfD/s4W7t65haGhYZw5fRYjIwXML51ANp8nwNGQTKe/nMvnSuqdUVJSAKKkpKR0bNTp9FCv13+I&#10;gMAkJCAg4KusZjQFS0qxDMRikRs5u5KbR0AAt6/X6jVuakej0RCY4JxJi75OxBKIGSZtI5AeEt9x&#10;xfdDJ9jhfhMeN2rYhnh9sPmgaVnX6GerREKw46r5XOl4i1dGYSj7NxfnprCzMw+N1lK9UZeMYEhQ&#10;X6tVUGvUsLO9g+UnyxgbHcPi4jyBwyKW5ieRpvO+XGthdX0bxf0yQUcW5545h/sPHmF19QmPisPE&#10;xChBxpj0juRyOVx45qyUad28cQNXrr6DkydP4fSpk5iYnMTM3Fx47tzZ3zoxP6HeHCUlBSBKSkpK&#10;x0eVcg29TvtHxXSQgiQ94CSIj8APKehPIU7QwDBiWqb4gBwlzw3R6nTR4RKsbkeMCKMyrDRCDsR8&#10;DzE7LhaEhh3C7znR1C3av2XokgkxLBuxRJwb3l/XNc1niEnEVP+H0vFWu+088/DR2sfX1tYRTyVw&#10;/pnzUpfl0znvunTzXLg8aIFA3o5ZSGeycr+yuoWN7SJyqThBRxrDQ3lZb09X1uC4fRQKQ9Bpbe7v&#10;7+Pp8hOCmy3MzZ/EUCEPn/Z78dlnZVLd3du3cf/OLVl3Fy48w/t8sjg/+XbMUsadSkoKQJSUlJSO&#10;kUrF0kmE3kVNejv4Gm5UGqWZhjShO65LMJCCwWNyde3I/o++46BVb0hpV6/TQZ9uXAfPHiICN6Ym&#10;kOEzjND3gecPGt4NcUQ32ZjNisEwrUDXjdc1g8uvLPFRUFI6rnLdAI9Xtj5/6/aD+H6pLFOvxLiT&#10;QDqRSiGVTnMzOGw7JhnBgM044zFMz0zLGN4kAXa11sTN2/fw6PFTeR17fwwRpMg8bFosPMo6Houj&#10;XNrHrRvvE4AMY3HpFK0xD8PDo7h86Tncu3cbm+uryBO0jIyO/36t3mxmkgX1BikpKQBRUlJSOh5i&#10;9/NqpfxKiDBjyPSrkFtApIwqbrPzOTfL6lLDzlOsDP27X0nlqVatbl98Pnp0zyN9DR6ZFZrSPMvN&#10;t5xEicqtKAjzHOhmBD4MO+x/EKMAK5ZIcO/JGgHIVZ5jGiMAUddwlY6zPN+zXM/7G812B48e3CeY&#10;KMtEOR4pzZOusnkCgpFhjE+MYWZqQm7pdFJGTzcbTTRpDcRiJp67dE7MPt/8xru4ee0GkvEE8kM5&#10;ARL2AEnQ9nK5jEzB2tvZxfv7RcwtLOHkySXkCDrOX3gWpVKFDQ+DRDL1W9zDpaSkpABESUlJ6dio&#10;Xm+i3W19LqTgn+GDzQf5nlCA4CGkgChGwU6eblkKfGxpHP9ucr0AW7v7cAP2FdmX0ivfD2AQbMQI&#10;ZjizwkAi8BFELugICVToeYZtQpO+jzh9zSN4rdcJSjrcg6Lcz5WOu+Ix++Pjo4WLC3NTKNG5b8dN&#10;9Ho9Oc99p4/K/g6q9Pj6+lM8yA5hcnICJ08s4vyZJcxPjwmE7xYr0v/RarVx6uQCUgQdDx88xM7d&#10;DYKVLMYmp8QxPZ5IYnJqEi++8ALeu/Ielh/dR7m0i4sXn8XIMEHO+ATmF5feO3V66cZYIaXeHCUl&#10;BSBKSkpKx0eVUiXnOs4nuN6cMxDwfBm7a5oxKbfiunK2KudxuMb3UH7lEUhwVqW4W5RRuzzZh1/l&#10;Bh4StiEgItO16GeaFkpZCcTsMBRHdItH79qWZEoM0/waP5czL7YCEKVjrnKl9YWnq5tat9vFwvws&#10;lhZnEdB64NJDj8C877rwQw8WndtSkhVPotPp4tqN+7j/MI5sJkXwkCMwGYVF5329VuchDJiYnpDB&#10;Dzx2d//2HsZGxjG7uEDrI45UNoeXP/ZRxOIxrD55TDDyNp5/4SVMEagUhnK/c/bEpKfmxikpKQBR&#10;UlJSOjZiQCiWih+jAGUi5EZx6DLxintAPN9FSIDgCyhoksmgGOpIA8Jms4V+u0XBU1UCL6ffo0d9&#10;JBNpcImXNugvYeNBDqqIS2gfAXQCHYsCMssiAInz+F2rZurGNzTaoc39H5J5OXr8r5LS90P1Zi9/&#10;6+6Tn7r/8DFqtAZ8ty+gweVX3PeRJLgoJOMyZIHXE4+AYwfzickxjI4UpCxxbWMXb739PmrVOvK5&#10;NNL08wyBSsC9U6FG20qIw/n2zgZ2d7cwP7+Afq+PJO3j9NkznIHB/ft36XafsyWteq3xe75kGdX7&#10;o6SkAERJSUnpmIhhod1ovKoTEUj/hW4MejYsyXrEYknpycjmsgQQiShj8V0AwA9DOK6DcnEXvX4f&#10;mUwG/U6ToCbq35AsBxd36ToYeAKP4IYCK03KsmTkrnh9cA+IblrvEXxs0oFIGVgkBR9Kx1OdjvMj&#10;nU5ndntrF8urT+D0upI1jCWSSKaSGBoqYHRsVMqupqbGMDZaQIpAmzOEBAribzM6nMMrH3sRN2/c&#10;w83bd1CvVKVxnUsgeS0Oj5jIpFMYGh7B9uYGHjy4g52dTZw9ex4T42OYX1iS/VXKVe49ecOM2csK&#10;2pWUFIAoKSkpHSuVy1Wz2+v+CJdacYzCU3k4O8HZDstOIJ3NIpPLETCYcsXWOiL94QtU+DJilHvV&#10;O60WGCDAk65cD3HOcPBkrdCXoIinYLHfum7YCGjbbFLIDug8BYsg5cvsScLTsuK2+khXOt7KZOJ/&#10;Y3JiHJMTo2g362i262JAyEMWmvU+uu02dre38WR5GYXhYUwRiJw7cxKnT81jLp+FS+C+vrmP3Z09&#10;JBJxPHvxPB7ee4ynT1ewubkuADNGkJFKZwloMvS606hXS3jrG2/hyjtv4cTpszhz5ixmZ2Zl/O7Y&#10;xNRvnjt7YpA5VFJSUgCipKSkdExUKpUvEjKcHxRGifM416zL5B4zJt+LOznFMPr3EMhUKzUsrzxF&#10;t9+jgMqV8b2cWYkZFmyepqXrAimaZhB4eNAJOPhKMWdZ9IH3hx31gPQNw3yToUfKr1QNidIxFp3S&#10;s+Vy/YdLpSKBQhaXnrso2UIGEAYLh0DbcTwe74BEMoFEJg2b1sT29i72yxVkOEOSTWO4kMfs9DQ2&#10;sC1GnrmhPOb8BWzvbmJrcwP7u9uYmV0gyJkQP5G5xUV8LAhw8/p13L97B612C5cuXkJeL2xefvbc&#10;l+Ymh9Sbo6SkAERJSUnp+Kjb7aNWrfwQ95lzoM9jcV3HFUjgZnOuWbcJCHT6AX/P/RpHIUiv78Aj&#10;6OBGczYxZJhJJtPsTChjfbncKmZaUhWigxtyAym54nIvhg8zRqAi5oP2E4KSG+z/wc3omrqIq3SM&#10;tblT+emrH9zNrW9uifcH904xOMcJ4Ll0cWQoLl9ziSOXG3IPSCaXweTkOAr5NFxaN/ceLuPd929I&#10;VrCQzyMRo9cN03NpjfCSSdB2ins7uH/vFjbWV3Hi5Gm4PR/ZTBbPP/8Cbt+mx9fWkEnnkMkP/atO&#10;t1dV74ySkgIQJSUlpWMlzla0W60fOjAeZHEJlskTqghC+v2e1J+zfwFPxToqAdJzPFRrddpuBdVq&#10;lSAEMAg0nF4HNgVehmQyoo9mw+eJVwZ83xEPBD0hTeeIcYkWB2qW+RrFaZ5psP+HMh9UOr7yA+iN&#10;eusL9UYdy8vLKBb3xfXcImrgUqp0Lo/CSAGTE2MYn5zCNN2PFvKgZSbAXy7XwIMWTpyYRz6fw3vv&#10;XcMH738Az/MwXBhGJptCMp3ClBUjMBlCubSH1bV1vH/1CmZm5nH6zGnks3k8e+k5ZAlcQt/npo/f&#10;4AETSkpKCkCUlJSUjpVKpfIkAcfH2V08gpCoNIrDFm76jsUSYANAg40DKZg6KgnRanWkd8RxHLr1&#10;0KqVpYyLwUXG+hoWdHFypnsCHS5PMUyd9mfI5C3d5AxIXEDFMIyvSGM6AYut+j+UjrGIHZ4Zymdf&#10;Hh8Z5rG38JyuZDR4HLXr9QnI91GvVbC1voZEKouRsVEszs/i9KlFnF6cRTYdR6PVw8rqBnZ2ixgm&#10;WHnmwlk8fryClScPaV0YGB0Zl9dlCWYYUi5fvoxbN2/hzp3bKFd2ceHiZUxPTdHrLjKMXJuam7sy&#10;Mz2m3hwlJQUgSkpKSsdH7ElQLpU/RTF+LnqEsSMawculWGGoSbYil01zWuTI5vNw8N92oy6wkYwn&#10;0TfaUobi9/sCNpxZ4fKr0PUR8GVjLaQAzYNmst+HJf0mFgGIadrbumF8wMfC7ueGaqJVOsbqO/4X&#10;KtWaHRBcsxP5mVNLEYhzDxSd377ny/ecVWSQT6VTiFkmNja3sbdXFnPPXD6DfC5Da8TE+sam9FuN&#10;jReg0WLc2d3C8vJDut9mY0GCnDw4Y/nSSy/JQAeGEPb+cC9dxsLiIkbGJ377ox+56GaTyjdHSUkB&#10;iJKSktIxEo/9bDbrn+FeDSEOLQIMcUCnh3wCFENcy82odt3QjgAaH9VaE5phoVapoNloCJCwhwhD&#10;hYz3pQCNHaH5cY391gVCovIqjQIpNiCUBnTLukrwsa/pUf+HktJxleMG8Tv3V3/6+q07KFXq4npu&#10;m7r4fvAoafbxsBMJJPi8lvLDUIYtFIbzUpKVTiZoLTbxwe17eP2PvynDGkYKQ8gkMwhpDWqjkAlw&#10;xXIZ29s7uPHBVYxNTGJx6QSy6TQBxwmC9DhuXr+KB/fuIJnJtCenm79rKGZXUlIAoqSkpHTcVC6V&#10;M47rfoLifgzQIzJHA/eAxJHhKT2WAYNu7EB+VDzT6bloNVso7e0il82gT4EYN6DzxCv2/OBpVwwh&#10;UnLlh8I8vM8g5DG8hmRAGFQsCrZMw/hDnd3SKVCLxVT/h9LxVbvTf6FUqlzY2dnFyvIy2u22TLri&#10;wQqJZBK5fB4jI6MYGRvB9PQkZmcmMZTPCuRzmVa12QaXQD536RkCigyufXAd77x7RcoVs7kckkmC&#10;GFpP8VQS+aE8tje3sCPTsHZw8tQZnFxawOTUJEHIR/FkZRWddvdrtL4e87pTUlJSAKKkpKR0bMRZ&#10;jv1i6aKG4DT3foSRAYjUmvP4XTseB0+fisUHU3u+h206jotqpYQy3brtljieM2z4cJGg7dk8ZpfL&#10;unQLXuDINKwAUVZEtyyYFLCZMZsb0DuGYXxDFxNEghI1flfpGCuRSfzsyOiIPpLOokYQnTU0WATY&#10;Vq8Do9cG9vfhPHiEZjKGHQIKb2IM9clRjC7MIp3Lwms2sf74KZqVKmKJBD5Kz1vMprFFQOM26DGC&#10;j9zQMEICeC9XwMWFBTRbTbz7zjtYvnsT1fIezp9/FoWJCbwyMxskUvl/eeLUItKpmHpzlJQUgCgp&#10;KSkdH7VbXTSq5R9lo0D2/uB+D8MwJQDiBnJu/s7yVVfbHmQktCOAhqf59GFSkBRP2Oh1QnQ6bflZ&#10;lgIzkz0/aJt6ECJwXdhWDJ12XeriDTYlZPfzRAwxW3pBbumm/oTr5blOXlMOzkrHSyc81z/bqdUv&#10;9yqVj9XWNj9dv/oBZlfWMVUqwWs1oNFa0LjvKaD1xZ46nI0gwPcDH47nYofW3JoBGTtt0JrgMbuG&#10;FsLRTFkPGYL18xZfDNDg0+IK6Hlc2qjFCSrSKYwlU1igddWg9dHyfGirK0hPTQGpZGf+xMnwmbML&#10;BUPXKuqtUlJSAKKkpKR0bFSpVA0CjVe5x4LtyhlCDIMCHgqSYhTs8MhPjx3RTQIQ0zwSAQJ6XalY&#10;xM72NhqNVjTdyrCkQVY3hHKkAV36SDggo58zrHAJCjufc9BlR9kPLrv6Gh2Xbxi2ZECUlL6P0pye&#10;e7ZV3H+mtb7zg6Unj17urm8s9LZ3hts7RTilCvwmAYfviudNh0Aj5PM+lYJuJ9AnEAkJ4F2niy6t&#10;ETOVoE0mxJBQ1hQPV2BvHYKPkEDEJADXCVDijN1uAIu4xeKerF4bAQGNGIHSv5YXwKY1U6D1MkZr&#10;uOd7cG9epx9Y6d3XvvZ7pd+Y2sjMzTxKTU69lZmdfTczM/EoNTaymh4uyAUFJSUlBSBKSkpKf+Eq&#10;FotLfui/YGq6lEBZNgX6FAT5FPyYiSS4/8ImMEgl44e+Hd9NXH7FARQHSGEQOT6b+mC0LgVMtilj&#10;dSGoQ/vstjsIaF/QQwKdAIlEDDYFbFEPiPUlbkw3rAhglJT+IuX2nKXG5s6l4r2Hny3du/9i+8mT&#10;M72d7XRYJbB2emKmyfYanN/bJ+DoEGA3KNwwxofwyl//Gdi5DNafbiBNsPH46lX02j2061X4riMT&#10;rjgL4krW0eclB4/uOcvhcRYkcODSz0GPhXxRgM08eQId32s+0rQWRzJ5xHQLSZ5U16gg6TtI0ZqK&#10;8cUDl7bcauv+ztZ8/8qV+ZJp/rDPZiOJeNHI55aT01PX0gvzX8/MztzOLyyuZuZmu5mxAuLJxL/j&#10;r8GNWioDqaSkAERJSUnpT6l+30W5WH6VwpI4xxfcDOtRcMRN4pZpI58vSPYjkYyyILHwuwch/NN6&#10;oy2+H26/L0GWyVkVeh2bCOr0dcBlJAwoHEi5nvxMH2zVkP6PuJRgGba5TI/dkfKrmBFd8VVS+nMU&#10;nb/ZVrl6vnj7wY+Wbtz6RPXO/edaa0/z/XoNXs+lNUCAbRno0nndcX3Uu210CKgrMYIJen2WIMQO&#10;NaSaPZS/+iaMbhfB7h4c38MznLBw+rBCQ9aZwaVYmiQdJesI6b/iFRSNvg66GoGIAY9Pezr3XdpD&#10;l57WpW/bWownbsGttdGzbewEHsoE/j1ao76myfbTgYUMPbcQt5GhB3IEHxnaT8r3R7FfHG3v7Lzc&#10;ev/9v7+raw5i8XtIZ+4lJqffyZ5Yeqdw9vTq0Iml8tDiHFKF3GDFq/WnpKQARElJSenPQLVqHa12&#10;63MyfpcDF12X4MfQTYEFBonsUEH6QAz9aAhwKULbq9RRKpeRSCWk94P9EHQewsMQQtu0KHgz2AdE&#10;k+G7ME12WQ+l6V0zTR67C4v7TazYO4Zp1vnxuBq/q/Tnp6HWbumVnRu3f3zn6vufqN6/f75bLHHi&#10;AWY2i8TCEuK5PPTCENKL89C2d/HuP/9VcP7j7CufgN3pYPv2HXRLdRQMDZPpFFBuw3+yA4vWTYHL&#10;FqUBJJQMIDeDsA9ONGUugoUIPgYh/uA/0U/1aCyEFg2rNnldmlF5pKFbkoEJe330aY11aV89Wlt1&#10;ApsSfd2kDZbhYdVx0KEdc29VwOBDrx0ikBm1EhgzLD5mOxWGl5ON7mW38uDn9u/cxt4fGCtaKnXT&#10;GC5cy5w48ebwMxfujZ4/XRo+uYRUPvNvueyg4ERJSQGIkpKS0veo4n5pNPDdj+iWLoDA8JFIJKXU&#10;w3Mj87RkMinZEJ5AdZSfgOe5CL0eao0mWo0aeo0W9FAXTw/D0GU7XIrF2RAtiAIX3/Flf/QEWIk4&#10;zHgMFk/csoyvcuTFI0h5BLCS0p+hcr1689Pbt+792Pa713648nhlTidKzo6PYfZHfhjZ2RmkxkZh&#10;54cIPjIS9CdSMTz9+rv4zf/pl2FMTeHn/tE/wOTpk3j4xtdhZDII6DxO0nmesgkMej2eqwvNgfQ4&#10;6X4fodtDv0P3BARh10FA4ABaX9wHpfseIOVWDOsRfEjmkBMjTC20hngdaAQYnEHkqXQeAoEYXjsG&#10;LaW0FyLtehil151kXKF7n57fDW30adM1em5J97HrhtjWfNzrN3GdLzhwozutycl4HCNxGzNWGrkw&#10;XIr1nCVtffPzleUVFP/oj/aeZNIfxKamr+XOnn1n/LkX3hu7cLqYm5mGZau1qaT03aSF0aB5JSUl&#10;JSVEzeJff+Obn6uU9r7E3gPhoCfDilmIJxLSSBsn+BimoGxsZAyZVOLIMbjVehOPl9fx5PEyVh7f&#10;QTqeEHNB7h1J2jbidpxgwoLFtegOhVCtJpy+h26niZAeTw6PoDA9icL4WCuVzVwwY7G1DAV3o4U0&#10;1FVWpT+lrMAPPlXZ2Pnp3ftPfrKxtTXH46CzkxPIz88hMTYi4MsFgTypynd68Ojc9BxXYGDjzbfx&#10;f/7CP0SQzeM/+fX/jeAkh06zIT1N3J/EfjY+AYAAAgEF91Nx3MHdTtwTRaAPn6AjJEgP+j16LsF6&#10;n77uduE2W3BbLXj1OtxaR9aF16bv212g2xNoAW1fp22ChzZIOWOUGUEYZU9kTYcHa9uXMkcOe8Tw&#10;U4tyKtx7xdnMPr2wTRBSpGVYosfX4GOPbk0eGxyLI0a/77BhE8wEmI+nMEJgpTca0LvtqBfFssr2&#10;+Nh7qZOn3h67/PyV8eeefa+wMFuNp+PqLFNS+hNSGRAlJSWlbxNPqGo26z82MB+XwASDUZ+u5yGV&#10;TCNOAGFbcQKSmAQ931X8OoKKZqOKZq1Er09R6EXBD9e6UyDEpVfmwRQt+p4DMO4DcXpd8AQu3bIl&#10;+Ikn4jBs+4qu6xvsvG5zU7yCD6X//zpDt7/e6/T+VnF154LX6ehjJxex+NEXYCWS8CmgdyjIdzt9&#10;dCvNCAxcn+77AhSh7yNOQPGlf/LLuEPn9dyZOWilIpxqHaZtwqdgnYcncFmU5wdRuRQBgCbQ4Q3g&#10;IxAjzqjnQ5eMCgi4tSQFJyNDsAX+hSbkTOcR1V7fgU83BpSQ7vsMKZUyvBJBCoGPSzAQELCErQ7Q&#10;cySTogk+RWO0udSLeSSgBa6HUqwl6zqILjUgo4XI0j5P0Lp/iTMlmoX90Mc+/c5PGUiMLp4QgFyn&#10;v8VcehLziyeQp9fapRJGXWfY2dn/nLO2/rnGW++Em+Nje/bs3PtjH3nxzfHnL78ztDT3XiIV76tT&#10;T0lJAYiSkpLSd6hUrNh9p/dq5Ouhy9Va6QHhYCqMnJPZwTmTTsvVU+2o8isKmvb2inLVOJfNottu&#10;wvMCeb2tRxAhRoP0NXsd8H77ji/gwwGbSfBhcwlWjGDHNN6kxwO+YptQ43eV/r+LsfqH6fbzdPuc&#10;74c5jv+HpsYlC+BQwN5tdNHaryNwOdB3ETgOnbuufC9lUvSCwItKowwKzJMzE3j0yED/3m28/ou/&#10;iPHZRUydO4u204NB56xlEjgbMfralpsej87bkLidz22Dsys8Rc4wpXSKJ2CFuobAtAUUGA0IXyQz&#10;eTCW1zBpG7SWuPcqOTaCYHY6ykDwYmSw6XQQ1GroVmsyBtitVOCUa/A6LfmZ3/Wg+27Ub0LrjO/4&#10;MkLIo355X5KlgcASWxUu0hMWQg0v0n4b9HiRIGbd6WK58hBvJkzYuSzsVBIFU4elRdmRacPShorl&#10;iXBv7ydWPnjvJ1ZHCl7qzNnVsZde+tr4c5deKyzMvh+LmavqlFT6sEqVYCkpKSkNxB+H77x99fmt&#10;zfV3KNi3+aqsiO7T6SySSYKBWAL5wjCGhnKwCUTSie8OAs2OgxvXb2B15QmajYYEeVz/zg7qKbol&#10;aXu8nwRti6/oehQg9VttMTsM+PGhAnIT4yhMjoXpbPajsUTiSiKZxthoZnB1WEnpSA3T7Wfo9nco&#10;pn7JJcCVMirOJPA5x7def/B1j76mxwkgAjYLdD3JhkDMACNDQAZyBFGQzlmKO7dvY+3WLUzu7kDv&#10;tqDx9pttOs89GaVramY0Ltqg11uc8SPYZv8bK46YxXBCayCThJZMwUomYMYJTBJp6PS1niAE4O/j&#10;Nu0sIQDC+/Vp/1xS5fE64cwKZxF5u5omFw3A5VhcGkngEDj0O/Dv1O3AazXRK9Xglyvo1em+1pS+&#10;lJAAK/BC6TeJoqIITpjYfAYi2l5gROSkWxZ8+lnH1rBJ4Pa4XkGVgKTGU7/oZ9y3lbYtzBgWpukl&#10;J+i4hsBlZwF6tPH4zAKGn7tcHHrpuTuTly5+OTOa/2M60uv0VFedqkofFqkMiJKSktJA3U4P1Url&#10;U2zxIaVX0rQaeXVYFDi1O13EuYSKApJYzEYiflQWIkS73UGTgIKvMPNVXC7b6lMgxGZnlmVLQJVO&#10;pSVA4l4TbXC1l2Mok6CEjddiHICZ1iPdNG7x5VqbAh0FH0rfgybo9vN0Kv2Hvusvcl+R0+3D6zrS&#10;d+H1evC7fKOv+xSE9zvw2a+GywN9L4KNg4lTB+V+fG6Ka3ko57dLa+PSc8/hxRdeiEwzud+j36V9&#10;uALafruB7vY62ivL6DeaUkYVSBkX7bfXRLdZpe/puaFHAYkNzjEGcOg0t2RClRGzCEgSdE9rwErB&#10;zKRgpwi+kzExMtQJPGKpJEIK+H36OhysWwYE7wBGuNqRy694e4VRJDN5hHMzSHCZY7uLoN2T4wkZ&#10;uui4PXFoZ/AK0Pb6Ajg+l38xIbBZYiKJ5Nw8Lv3QJ/GxsQnUt7Zw/4/fwN7yE9T2S3D8Fqr0+bBL&#10;kHVXc5GwEpintXyeHluw4wh2trC/szG69dqXX11ePPnq6Msvh9Mff/n2yIm512O2+fu0m2t0a6jT&#10;V0kBiJKSktKHQOVKlUfk/qQYCx4E+HwxlY3UGjVksznk8nkkkvFo/O4R2+Pyq2azISVbHBhx47mU&#10;rhgW+wsiRo/z6F0O8Czah+tGF0AZfrjnhI+DS6/sOI/fNf6YQsEuw1BclV8p/Vtg99t6gsbo9vc8&#10;P/w7Xt+ddToRdHjdnkCHRyDtCnh0BER46pTGpU+eH4HGwINGtiplh5ETB2c+uPyJR0Lr3PvEU3QZ&#10;SDwXvR5nTFz0OZCnwD4goGbvHHAWhQAheXJR+isOPG80eq7edwV4+LkCALR/hpFOucrGO/B8R8w4&#10;vXqNtutFzeZaKON6xReEy7HYGZ2nw8WT9HUaJsGJnU/TY0kClxTCBAX8+Sxck34v+l1NgQtf9qv3&#10;eP8dAq8+3FaXYKlFx+vTIdOxExAZfIHAMNCo1eG0emKI6GmB9LckaL/nJ8cJiDIYGTmPV59/Fk69&#10;jsrTVezeuIHdW7dR39hCjY57O9bDttnHA0PDTC6HS7lhzNDjeToe/85dbN27p22/9pVnC8995NmR&#10;l57/xdEzJ+9nRwpvxGLG79Iv+j7d6ur8VlIAoqSkpPRXVPv7pQUKtS5Hfa+BQAiHXhwwcbaCAcT1&#10;fWlmNb+HEbjc69FptdAmCOm0OvS9J9mNXCaFdColMWOSm8vDyO1QauApYJMAkCfzUKDH2Q/dllGj&#10;b3DAxVASs9RHt9KflMBHhs6kv+u5wS+43f5cn6/st7mRvCvw4Xfa0dd9HodLsMF9EGGUyWCY0CPi&#10;kOxGqEXToQw69/h813klEBzw6/t7exRs1+DRue1zX0W/KyVMoKAa3B/CPU3cwzTomYoOT5fMoS8N&#10;6VGWQibp8n6S3GlhS7mUSY9zyaHOTuc+QxEBjhPCp2MOA1o/dNxut0swQfDgdokXCKbaTfTq1ei4&#10;OWejmwjY+dzKwMiPYPRnfgrjn3oJzv4+Nn7lN9DeWAehkvzOlm4RnOjIyD417K9vgDAIPkGORbCQ&#10;Hy6gw2MjxKeEPgdCzqwYmJ2bF9PEbrkkMBYaUY/LyPnzGH/2WZylv3X1yQq2rt/C3O2baGxtoUQQ&#10;uNWv4G3OupgGRmm7l1JpLNoxpIpldL/+Btbu3MLu4slzuWcvnBs6feLv5yfH7yfS8S/HYvZv09+P&#10;MyOqiV1JAYiSkpLSXxW5FDxVyuWPEgQMHTS7RvM6IXDAV2473Q6yhSFxMv9efMYEOihI6bQbaDUr&#10;EmDxBC2Xr+rS/hKxWDQZSItcnqNgUBdI4TpzvtrMQY1pWTXD0N+kEI5AiANCVX6l9J2i2Pvfcx3v&#10;v3I6vQtui6/oc7M1wQKPsW23ZbQt9zrwlX85vfkf9p3h5m2eRiW9HZqAr0k3GYtL0OIU99FvVNEr&#10;l2UcbsjBv+dIJi+a3RatkYPMSWQiSNvUo2ZyXUq4IqBnANH1qCwq8jYf/IzhJohMP0M9gpKABzSE&#10;BPk2pwoJUvLJaM0RNCTZC4S34XsENAxSXOrl0K/Xhxe40iwfDOCFiAmVL30JzWsf0O9Oz2lUkMyl&#10;YCUKMLJJWNx7QjDQJ/BvrFZlnfNBsYdInI6132pG2RrO3shxEwzpNtKFHHq1ipSM+exFYrKHiUFf&#10;G3TsJoGbieEzZzB24QIdwl9D+fEKNq9exdzNWygViygbAZ5aGv41HfN4MonTto3L9LkyXG9Cv3cP&#10;zeIeWvfuonzy5LnU4vy59MjwP0hk01dTmeQXk8n4b9Nun6izXkkBiJKSktJfctVqDAnVzx6M/eRY&#10;isfdcjzCDbSceUil0sikMwQG+pEDcDlWqjeb2NzYkGquRCIOtxdNFUqkUlKOZZlRQ65MFuJxvf1B&#10;4MQGhBwExSzEEjH2CHnH0PQdNlqLx1X5ldJ3nGfPO33vl5xW70d5eIFH4OHyEAO651G1AZv/eQMz&#10;Pyn1I2wwoslP3OPA5GLQP1wCGPTaBBoV1Pf30S0XETYb0DjzwHOoOCsXRGCuEUhrA5DgbIb4AnJp&#10;VTSxWnqmAi0aa8s9I/IaDJ4vFV1h1MPE//ohnGZdjsMiONe4vJBLFAmyGURkG9GIKq6+kq8lK8mv&#10;l2Z2vhGY5yBAxNcNdG4658ld3KTOfiGhD73bIJgxkZwsiGEhb4wngPUbHen56NeaaO6V6XEXBjef&#10;23HJxrRqNQKZPsTiMJSpvpg6v4TxuRmCk65kXEKtJ+BkWFFzvWbZCHsmgV+HnROh07aGz5/BxKUL&#10;6Faq2CEIWX/7bcw8eoQKgdO6W8fXiXjep8+L59JZPDuUw7RFx9DtoLu3h+bdB0icWERyYfYjsdzQ&#10;R+xE/L/ODmW/lB7K/N/xuP2HfK1DrQQlBSBKSkpKfwlV3C+lHcf7Qds2o+k3g6vDfJU4mUgilx+K&#10;vAMogGOTtaPsPxgkmhRQ9PtdNOuNaJsUVOghN5/HJJNh6lYUlIXaoMk3jMb96qZMAmLvD5OCGcO0&#10;XuOgUcqvbAUgSqKk63j/ea/V/y+cRjvlNJoUyLcl2yEeGdLXEUYN5Ny7wVflucSPAdf1pZxJdx14&#10;zQ56+0V09nfQZ+jodKMRtXJORqWBcqozDBBYGGF0f1CeqB2MqRY20KKEiB9ECcTAFUDhdaQNmtbl&#10;VXxc9ByPm88JgoJmS6ZT9dk8kPtL0nGBomi7kbGgOIEQNEReHvw1PYOvDgz8eRzaDl8oYI+dbrVB&#10;v0df4If7SHzNibIqsh3aJq9jLqHkRvW+Nyj14tJKWmu6LRlJjYCgU6/T63vAoGTMjscwNjWBoek8&#10;Sk/uwUylYaVyMNIZ6LReQ96X/K060fAK2xYYCQx6nGCkT/vUY3EsfPIVzH/8Y6isLGP1rbcx8f4H&#10;OFGvYc3p4pv0eXGt1cAnHB8XhrIY4Uxpz4FTKaOz8hSxxROIT06kajv2F8yE/YXsUO5+bqTwf6Vy&#10;qd+ybeuxWhZKCkCUlJSU/pKIIaBULP6AruuzB5PJJQthcDAVjf3s9vrI5HLR9J/vYQJVrdGRxtm4&#10;HZNyK9/3CDrYJyDyFjEpIJRJV+xpEHAA5Qm0eHTTY1x7zxOwCEBsyyEIepOv2rL5oG0b6g37kCsI&#10;whd7zd7/3K01P+HWW2LGx/0YPEaXy5F4gpVkAuh84fuAgmsuwZKAn25+q43e3g7a21volUtApxOV&#10;GDEGB5GDuMT2HEsbkRkgZzxkXfihbF8I/NBqnMNubbAuwsM1xaDBmQjeJwhqGHo0ScaE0vjNk98Y&#10;Eqx4dF7LGNyug16tBjpaWAQEIfdCHUCPGAdGJV4MJL0BvEtvFfdtSJbF47RK5Asix+TxrC6ZYhUM&#10;jAdZrhN9PehGkeyNEfIxGvI6wg3oSRtpu0CQkUKqkIl6sQhynHZTGu39yj66Ia1jgoyo+Z2em8vS&#10;8zOS+eDpYn67O8iKWNIwr5l9+fuDtpWZm8cL/8EpnP+Jn8D6lauYfPNNLGyv46nTxjfCLTwkgFsk&#10;sLqcz2GiMIQEvSm91i3UNtZgz83BHh6hv1XjXHFz97+NZ1L/WWF89ItDo0O/kkgn3lZFmkoKQJSU&#10;lJSOuZqNNmq12qcM09AjH4GoBURG4tI3ccmA5BHjiVSWQbHF0f9773GA5fTRbLclMJM6e264jUee&#10;CNzQyrX2XLrCV3o99iJgszUOtDjDwgASt7msY5kA5CY39bJ3iAosPtxyeu5/2i43/7t+tSFZD7fF&#10;k5uikbc8T03n8iWLm7r9yNdDGrYp0O900S0V0dneRHd7GyGdl5oWyAAEbRDUR6mGKONwYNAnvRYM&#10;4zKA6gAytEF2ZdC3JI0QDNChQLTW96PRtex43mFPkS46YQuhNHIfDvSNsiTMLx1OGnApU7TmhDXo&#10;nw6Bg+5pUZlXEJVghVp40HYSsc9hhiTqP/HFTDA47DOJ+lOiQwwGVxei4jAj6kExTAQEP+ZBSZhm&#10;IJXIY3hqAuByRykt0+TGoCPZHf6V+XfjKVwaoRKt8369gv7+JjQeF5zMEIgMIZ7Lw0hnabOW/D2c&#10;Xj/KRtHa1mwCF+6x4TLMRBynf+xzWPzUJ7F1/Rpm3ngDG08eY/3pU7wVM/BedRcfb0zi+fFJjI+P&#10;IFGpolWtojkygtjcrOyr0enmW/uVn9/PZv52bmz4j0YmR/+XVC75bwxdV94iSgpAlJSUlI6jyuWq&#10;3u/3PnvQ2yH18RRg8bhRHpV7cNXUouBCylCOaALnxvN6o4FWu0VBR0+CDw6quOmcAzAureJafG5m&#10;52DG81ypm/dl+lBUIsL+Hza7n1vWV3XDcLn0JG6rj+wPsfLtWvuftfeqP+fUGnAIPEL2jgkJInQr&#10;8sXgpIQXRGaWdP4xdHh1ei73Eaw9hVMpythcfXDlX/oqIsoY+H0g6g8JuN8jGFh9hDINaxDBSz9J&#10;KNk6VxzRA/b94MwKj/Hl8zdwI68PRgLNl8xEaISDYCPKN3wnGISwNEOeF0SFVvAHTe2HLer0O4pH&#10;oJR86TgwCNW+vTwMEUBIWZbAk3n4ei6r0hn6jchEkHYYTfei53C5I2cn5PfmvhYZE8xTsDTJ9nB5&#10;FgZHHRmn61FzfXjQEx/9LdmPRKCn10VIQMJTuTp8HLzWswQj+WHYBCQarWk/4AZ/eg1nTvj7PpuP&#10;1sWQcfblj2LmhRewff0Gll9/HXOPH2O528drzjaulvfxsb0xfHRuHvmRYXo/S2hWa+iOjiI2OwvQ&#10;Z0a31TLa1frnqtu7n8uOj1wdnhj95Vwh9zv0mdVTS0hJAYiSkpLSMdL+fvF0GAQXTcMWWBC3Yz0q&#10;w+LyE4+CLo+CCzYf5FKRo7IQXI/e6/ZQ3C3CcbpyRdY0LCm3MgeN55bJ+wojozS6+Y4/8Ejwo1Ir&#10;9v6g4MSwjNd5rCgbF9oKQD6UotPj2fpO9dfae6XnuMFcowCXR8Bq0fkhXjIhgYDXrKO/vYf2xgZA&#10;4Os0alJm5dPjuu/LVX7x4NC1Q9DmkiipoAqcqFSQYILhgkuXtJC3bUm5FSEOfAJl1+1GvR1hVPR0&#10;MM2KV4Uv37M5YXg4JE7Kpw57nKIbwzZP2xKfcYEIc1DmhahhnXswBAairIhM0uJMIYOCFw7c0EOB&#10;DMlnmHrUXRK1dcjj4aBHS35fnuolew4FMCIW0qKjlfSJJ6WWWjCY5HWQDcIAOAZwI197vL3BrxKG&#10;g0ypGTXG65FnSiA9Lq6sZy4/6xFc9Hc2CEaSsNIEI5y5GBqWXTmOQ8etSdN7aLloETQylEy/+AKm&#10;Ll/CxrWbmPzqV7Dx9Cke+z18cXMVNytlfHZmDufmZzA6UkCTp2qVyoidWJTtNqtV9DsttGuNj9R2&#10;ir+eHS38w+HJkX+aHxn6DdM0VEZESQGIkpKS0vdb3a6DarX8ad3QE34gVeMyKtQgUOAYhMfm8rQq&#10;Nh7koIjLpo5SvV5Dq1GnbRhodzqS7eCpPjxel8EjZkWN5LxdzfNkfOhBiQaX0PA0HVvG75r7hmFe&#10;4aiKzQwNXRVgfdhE8PuZytr+rzvl2gT3TXCpE49m5vOIA2KecuXs7aP5ZBntlScCH16rAc4pMJRE&#10;MX04GJFL59EAekOXQMHpEVCw2V8fLgfh3EI9KME6iMM52WdRZN9liGYQ4GEKkmEw6HsDUet5AMKf&#10;CFYQGW5KEznfG/phA7s2mGrFgxx4LUlm0RhkQgItgn4B/yjgD6LkTAT8vO5MBgnvEKIEgKQPJAIC&#10;BildelhcAQHeIGdPNM89LB2TpM639bREo3+j0bvh4DUH9BR5iuiH4MQZHSnRDAZTvRiOOGOpc8YE&#10;khWRUcYCQxHg8JqP+mo8mSrWp/emX96CHkshNjKOxOgEjHSK3oMuPb8LzbYR0I2zWKD3efr5y5i6&#10;eB6r717F2Ndew+zeNh50u/i1lYf4OG3rkwtzmD6xhBRt79HtOzAnp1FYWkSXs19O9NnS73SeaxQr&#10;/0d6OP8fjUyN/Q+FscIXjaOmaCgpKQBRUlJS+vNTtVJFu9n8tD7w/ThwauarxVwCJZ4cpoVkKoU4&#10;fX8UA3AZldNzKLhz0e13wVkV3k6CXZW5tZXvw0EoRMERZ1l8L5Tacqm1J9DgZlcrApArhm7u8dVi&#10;Nf3qQwgfjvezpac7/8KrNtPiAk7nTiyVlNI9bmTuPF1D7c5dNB4+hFPcRUBBK4foFmcIuGfDH4zP&#10;5XCZy4ronOw5BBtej8JhR84/bVALpQ8au2N61LzNp7kRuYXA4owCPWLTuSyPBJDRtoFY9nF5VQxc&#10;Y8jQHupReiAYTK0SDWL4gx4Onw/OjaZihW4UtHNQH+gHz9eiSVmDPhQO9KX0q49D751wAA/aoPFc&#10;O8hsSAokMiSUAi0t8u4IhYP0Q3BgODrwPtEEIg6gI8piiFkiP84YcZAuOsig+NrAWJGfE8jPTT0C&#10;rTDUZAuSteGZw+wLIo9zBsmnzwcvKm/rO2i3amhtriKWH0FqagZWPk+Ph+ixYzv9LXmyVpu+NmJx&#10;LH7iFcw8/yyevP4GpglG7rVr+GZxBxX6PT4b6Dh9/gyePX8ad+49wnavjYkz59HqtBHn36nNo4Zd&#10;9Nudl1vl6u9VRke+Ojw1+kuF0aFv6OqihpICECUlJaW/eBX3S6OeH3zC0qNxoeHg8i8HFV7gIx1L&#10;iGs5BwTW9+BA7lCQ12x1pPeDR5YmkilpUvV1D8n4wExNpl9FwRx7EHANvcO144MadTuekDIMApAv&#10;S9aF9huLqY/rD5Ncx/v3yyvb/6vf6MQ4k2aYcYHSgM6t2t3bKH9wDa0nTxDU6zA8hyAhlN4Jzmxw&#10;kMtToKKeDTbZ7FP8TkEoT3mKjDiiq/QHV/kRAQgDhyV5DVNKqgwMAnzGDN5+QOcpX8kn+PAixBgE&#10;Eg7F4QQezoHBII/8taW06iC4D2V6XAgjaUmSwe37YuyHQXnTYcnWAEAOSpyijEVwuDZDRB4iBxma&#10;cOARIs8RfxD9kFK4n0pgBsEgpcOO5VHZFv8ODPxRskWXHhGBFBkfdoA4fuRtEpGN7Jf9TcKBg7v0&#10;zwwyO/yHDqP0aVR6xX9NbqaPajllC5xFtWmDvlx48GFw+ZvbI+DYRGd/G3augMT4FBJj43K83PSu&#10;OTbXdKLX6Uk2Z+7S8/Q5kkHu1jUknzzCtbWnCOm84P2ce/Y8Ll48h+s37mBXe4jE6Ci2djZR4P6T&#10;ZFo+R/o8DrjV+ZFWtfpqbXT4X45Oj//jbCG7ojBESQGIkpKS0l+QPC9AsVh6RdfCEYk69Kg0gydW&#10;mRSQJOJxyV5Yls1mgPhe7M/bXQe1egP7pX3JgqTTaXQaUSMr93ZwMGnbtgQjYd+JAhNzUALCmRce&#10;nUr70y2zaxjmN/jKLu/bNlXJxIfmvHS9v11Z3f3VoOOabM5nc4M5BaGV23ex++abaD95AL3Vls4D&#10;jsL5yjqDLPcn6BRFG0E0hYqHG3hhf9Cd4X1rlO4g4re4xEpwgbHjoGk7agd36RWuZDgGxn/hgY/H&#10;AFi+bR1EvR/eIEzn7wlIwi5t1YYVJiBRPPeBmHRzAzpW5zA5AnHuGEDFYMJV5GaoRSaGg8b1qDZy&#10;0HQ+SKeEBz0cB2kSLi/jLIoxGNVLfwNNxyHacKkUu8FLz4hkf/TDDIoM+NUO4If/MGZUjjYAF/mT&#10;cbO+bhz2l0S9If7geKPjPoASBpLAj/pYpPRMhkuAh/uCC+McbtznY+AeHs728HtY3EetXEJzPYPU&#10;xAwShWE4Th+tZgvFnR3US0U43Q58nl5mmzg5Pgps7uDqg/vEKD4SiSQWz57A5WefwbXrd9CkX9ej&#10;5y7fvYNUKoNEiiAkkZDPoFgiZmUKQ3+3uFr4qZGFmX88uTD9z9OZpKNWn5ICECUlJaU/Z9XrTTQa&#10;9c+w2aB+ONkqHDg3G1JOESMIscR/wzxy/C7HTr1elwKsHuJcx+06XN4lpR48TYuvssZsIwreZLSp&#10;L1OE+uxYzSDC/R/s6hyjkDBmPdR1/T43GKvm8w+PfD/4fHWj9Cvo+2Yyl4FlGKg9fIj1r7yG9v3b&#10;sOj8ivHQAr5677Pjt4Ow50cjZQO+at6DHzrohz0pD9IG2QUdkamfJae3KTdTXoWo94OgwRmUVBmD&#10;QiT9O1rHtcP7gSE5DnMNEvvrhzOu9EEDNx9DKNuLS6O8NLx7gz6Kw5lXUR+FZDvCqKcjlOlwUVni&#10;QYOHQIo/MD809MPeD/leYGXQZC4MpUvCIxz88uHBLyEwEMq6jkb5+tIQL8cQRA318KNSNM0c/DY8&#10;wU6PTAwFPgjqeNLWYBODPwR9H0RUIg7tnGUagI9O2zkwQJRmeHakp5/FTRNOELmrSylXMPh9+Zj6&#10;LdQe3MQOQWWHQLPfdQU6OEOq8TAL2g5Dn5GwsDAxAr1Uwwdba/gteuzzThvPPH8Zz5xZwu37T5Ca&#10;mYFbKKBVqsAlmIn16L0wbTSrQGV3F/FUZnJ7ZfWfrI6O/rX586f/0dzp+avxZEwtRCUFIEpKSkp/&#10;XioWSwnHdT4Vt8zBldBQAoSoSDxEIpWQyT92LMpcHFWmwFeiy8Ui2u2mNI2bFBzWahVk0hlxoubA&#10;jKdh8chOzY/KRXzfEfiRfXNdufR/WIhZsdfpuR67pydU+dWHQhSDfry+W/013Qti6eEh9PeLePTl&#10;r6J85Zsw6zUkmFkdl6CVgmXHEZM/UyZKmWI02Pe7cMKuNJ0bAzI4yNmZMquJglctLgG4ZcVgpehR&#10;2la/00CbsxYDxPD/BHjoA39B7pvQBx4ag7wEH/VhXwUH9I6MzI0ABvJMC/ogbxHigFi+lUmMesMH&#10;zeQHmY7wwNgwPNz+4AeRs7uvSd7kID8ivfMDSOGJW+Knc+AU8m2moeGBUaIWDZoItYNSraiBXdMH&#10;U7N4qpg/8BL5toyHWB2aUaZGemyiB5lepN+D/66H2RFpdNfFn0XjUb+GPwCqqDQs4MlimhVNN+ax&#10;vEH0M37fnEYL3XoLnV5PQFPg0ZSDhkfQAjFVHGRqk3HM5DPwqnW8t7qC0u4+/mM6/rMvPofzDCGP&#10;VzA0N4dOuyOfS8JhpisjxgN6Xq/ZQa/dR7Nc/8HS5tbXV+9O/tOTz5777+fOLjVNS5meKikAUVJS&#10;UvozFV8hLe6XzlMocP6gBl1qtwfjdsXFmYIHMR80bbod/XHZ67sSEnEwwSNN262WlG8xusTjFPDp&#10;lgQ6POpUnND5KrbD7udRQBFLcMkX3xJ8lffLgVSCWGJcqPRXXvPtcuvXrdDIWskkNt74Bra+9G+g&#10;7W8TeHjwHU9Kl8K+R+eMB53ANJlJQuuDgss6HL9NAaX3bf0UmvwPPsIFm4JdO/Kw4WBYSokg2Ten&#10;H/WGxHiGLWfkQm6UBj0WREm6gH05Drw7tAFYiEVnlLUbgI498BPhUVD8JfdUxbUYG4JH/RmDgF8L&#10;I1A4cB4J2Ln8YPs4bP2IWjYO1uohSIWHoKEf5mK0wzKx6LmHWBJN2QqjPUnPC2dYoA8yNqE0kHBZ&#10;VjgAnoNmcynj+pbn4iDLEiEX97poWtSYHhwUhBnRTfJMQQQhcnRSQqZFjex6BCRSHsalZAEbHEav&#10;Z18hNkTk5/WbPbSqNfQIMA+a7Bl6xAiFYcSICurg8odDQNDpE0gmMNVxcKnXxpVOHb965Qp+gT5H&#10;Fi5fxMWzp3DtwSNMLy5ifa2PTqc7MDTlfUZ/T87qMFHR2RXfX934L6t7xc9srWz84unnn/nm+Oy4&#10;WplKCkCUlJSU/qzE/yOulKufo2AgmpkTRlc1OUDgK4uxmIVkOqqb1k39aAdyig+a7R7anTYcChDb&#10;vQ6SyTjBhoeYbUupB2c/OLvB1fZ8FdMjEOErnD4BCDeda+L/QfemuWXoxnUGIj4ONanmr7ysXtv5&#10;F5amL/YqVdz7zd9B+4P3KIAPxOzP63YQ9DzxwGATQC6R4SCy3+qi1qgw+h66iBviu21LeZWUU2km&#10;wUBUUiNX6T02DfSkVKvnOujw9glwXTpX3XQOQSyNWGEIYSEDLZ+Dmc3xLGro3Ldk6JF5H68YPzIf&#10;dNgB3XHR6fbhNBsImx2g0YRDQbTfbsIgwJGysa6DGAF9nALtxADodQLyg/6IA4gY5D4GS+qgSCs8&#10;zH9EGZFwUCiGw0yHdogn2iGMHPSLHJR7RT/3BfYPJtGxe/tBpudg9K70q2AAcmwkHkbBvjzmBTI6&#10;WC5Y0HqWXhQpF+MHzEFJ2rcyIRHIRDOFeYxv6OtyYOFgwpeUb/mGgAU3iLdKdXj09+TKME+T4b0C&#10;bbocaxANGuBJfVr0uEavcwlWksMZzBQD+rqL9whI//d338Hfo/d0/OxZnJubw/2NTczNL2F1eRkm&#10;bYf9RyTDEUZg5HmcUSOY4b4ULXxx8/Hjr1SLpV9afObM/3jq8jk/nrDVKlVSAKKkpKT0p1WpWNZ7&#10;vdarpmkchipiisb+BlZkGuj7vtwSiTiOGpvvywVKD51mC06/R7c+AYcuhmv8P3iLthcOggnZlReV&#10;VkgdP2dCuDmdpx3xqNWY9R69qMRXq+MxNX73r7o8L/hvNDf49O6V97Hxu78HbG8hHkbgEXLJVd/l&#10;+DfypyH44CvrtWKLzp2+ZB6CwTmlC4CYg6Cbzh3Tis5sCi77bgd92k5bD9FLp+COTCN2eg7mzAIy&#10;s3NITY/DGi7AyGQJgul8t8zBlCnjWyG9Nsg5SJmSNhjfi0H/xrfO7dCPsjVujyCn3oBbq6O3X0Fj&#10;axPl3U04W9twt/ZgNmuI0++YcXUkLR1xKw6LgvpoM/p30P2g0GtQjhXBSfht+ZjDaP87kONbzfLa&#10;t+VYDHwrY3J49QAYHP9BL0Y09UrMSAmaOFMpjvHSrxGlR0KvH/mGDEooGQbCwWCAg0le/Jh8Pfjb&#10;8AdFlGkJoiwUZ3B0T4CuU2pKT8//y957QEmSXdeBNyIjvS3vuqrtzHSPxQwGZiCQIGhwCBIERSMC&#10;XGolUbvSoaiFSNHvHmlJGUq7ongoUdyzS0+ROhCxBCQSEAEMzMCb8T3Tvru6TJfNrKz03kTse+//&#10;iIysGaIHJFeH0xOvT3VVZkZGREb8jHj3v3fvZY5Hj93o2XuF1t/vDRSA4tY6x1QO9SHl2K4KOVK9&#10;QHIyieXdHjr0nmcImH70ylV8TyqF5TMn6dx3sZnPY+n4Cm7dvIF0LK5paB3hnlkRApY9vt4xd4dG&#10;j+0kW5XKv77+zPm3HO4X3nffm163ObM4E3xZgwgASBBBBBHEXyTyheKy7QzfAO26LGkI3dAjlASx&#10;WhXL7iYpUWPpyuFQ6fl/7SSyj1KpIhUQbsHiJGZAmUKCSexWRABIlNuxOGEZDAV49DtdWbcRUgTV&#10;cIQSv4hwRB7n6gf7KkSCPuw7Pb6tV2z85Nqf/DccfuZTiDabkoSygRxlnpTzDoW/QVhUmWNSssgd&#10;M5lJGpfNFnrNPgaGMaoQ0HgOm3FEKFFlxaRal35iFgbHCHA8eB9SZx/A/Nm7EJ2bhUXj26Tx3edq&#10;xlD1W7F6VpcAizHs+ZJyqOTbTeH9ToXuc9o/x/X6EKdzWn86m4F58rgIMFiScdtikNdr1NA+OEB5&#10;Ywv1q6s4XLuO9s01hEslpHtd5MwIklH6HKGo/mwKMtheHcT2SPC2BiJASIMPeIR4F6wYmoQPj17v&#10;8wrx2CwjQKJazvT7B0P1Kh1TUcUSxSxXXnhIx0pVM8RB3lRcDSazG9zKNdTeIS54C5nah8SQ6oss&#10;S4k/cz567a6Anr44KjrK5JCuIWHay76W/w0JQBoICDKFjA7FCeEfAhG5hQmc2j1Egx5/bHMVuUgE&#10;35FO4NTZ06h99TxqNL6mlpZQ3tlDKh6TqthwyCB3qFpQB446ikzKH0p73Hcd7u7d+/zn+j9y5sGz&#10;nzp570ktOxxEEAEACSKIIIL4uqJHN/zD4uE3UtqQMXSiIQkF/dmkG3QonCW8oWaSM+kUoq9AArfe&#10;aKPXaQmw4PVZqvld5HwtTWB300Seye7wrHSvw07XSp2HtheKWrCikY5pWp/lRESUtwLH4js5sgcX&#10;Vn/l5h/+UcS+eR3hRhN9GkdDAh9iPMjJoHhZ0O9YGKE4JeRWCoN2G+1iEd1mmVNTKDvxCKJmGBFa&#10;vk2v72CAzsllJN/wGBbe8kakT59EOJsVDz0GNww4up2OcEi4HYfHP3vNSJVBVzdc7SvDndV33ERd&#10;cUhcyVzTzdVdH0ExwFAKUra0DtF3omegS49YDUsS6UwKExMTmL73Xpjveqd44bQPywRINlB44SK2&#10;Xnge7as3kCwVMUHrnY4mCMDHAA9iuDDBa5bSDVyjGofLBDE9xgq85V0wExIJYfX+UcuWjySvhYXV&#10;u2zNTVF8EnY4V7BFtZEJ6VwUsIYCLAzNB2FSjQElDGDbSu7Y1kpZJrdDNbtS5dJiXiLLOzQcr+5j&#10;axd64YqZimsT0qDDYP8SR1WlhNNDjydmJ3Bu71DI5R+8fhUxAirf/T3vxgOPPohnnnwOodlp9Kan&#10;UScAmIiGZfJDrlDMAwrROvssqGEKoOJJGdqT03UcfuTqMy/+bKvZ+tWzD5+ViZkggggASBBBBBHE&#10;1xHlchXNevU7WNnKNJQBId/mmaNhJcKIxRKIxWPifM4eHKHbye9SAtBqNMT/o9XpoVar0XqHkjBF&#10;I3Fp55LtaCIqzyxya4d4gWh35TCT1Hl7kciL9PwaV1yC9qs7O4qrWz977bd+9z4rvw271oDd6AgZ&#10;2OIyArfo6fYe9nyIpHKEQyy0D0rolIuwB1riNpRAIplBmLL6eukQ2zG6rRPgmH7nO5B9+CFYuQz6&#10;lNz3uapCAMfxVKVGY5crc4IfHF9FwzFVoq/VnVyQrt6kaOCizmRrLw63ZcmwPSleVpOCK5VraLld&#10;Q7+fDRLtnkjDCkGdYQPt68KbHsXyX3sMNoGi5l4e+xcvYOuLX8Hq008hubuHefrOzMRTBMSiYuhn&#10;eKDCBSLKQNADSoo94aOsj/53ayIj5ogDjB8dD4i4pHkPZXntYG61xJZKhOKJcHViqHkgprRh2drc&#10;1LCVUIUok9HzA+Z1cCUUfTk+tgY4YQIvfXax5yFg6lYwR30qBi5DLdaniOmKQ2PSmOF2zgGBg1w2&#10;hfurDTyJJt5/4QLSBF7f+Z7vxf33n8XTL17G1MISAZQWgdCWjB0zHBIDS1cBwCAwO+g6IpohRo8O&#10;GP39+42L1+7udbs/df8bH+xEgutTEAEACSKIIIJ45VHI5yd7/f6bmeDtqAxJETEJGERCMSheCHuA&#10;xIV4e7tgx+I+G4kNmHBOAIZu9kz2jUWibOygxIG4pcrUmQOnRLT8sNeXOVipflACYEUj3Pr1Bcsy&#10;e4H7+Z0d7Wrr9Rsf+OMfs/K76FcIfLQ70vYks+YDW8aKEabEMBZjrwbYLQfVnV36XcLAoWWNGFK5&#10;GSRTMbQOKrjV68D8trdh6fu+B+lzZzGgbLVP6xzUGxpQjMjatiS2pg+EOGP5tqTahla8chztITIe&#10;0pplqt+eO7n2HTF8VQTXE8Rt2+FtqSTbFhNEaBK6wiVDtc9GV5LrxNIc7j6xjHPv/k4CIwfYevpZ&#10;rH3i01h7+mlMlopYou9nlo6Pq2rltl2NCOl6X+HK+Yb05xj6azuyL6aPJeJWNdwGrxEoGei1uaDE&#10;ra7o7Tmid6WOH5eatI+J62UorI6+IypkQmTnSkN/KKpWJlQrmRx3afXiYoQjbZwhVyJcWqOUApiA&#10;L+kBg6iXiTwwAwm5nA1gpSKYHsTwUKOFLzkN/OnqKhY//1U8+LbHcG+rjRdurGH+2DFsrK2y86Vq&#10;9aLr3oDXxdsUfr1Yucs5ET6NOkD/cOf6+oleb/DDD7/l4YNoQE4PIgAgQQQRRBC3D+ZcFArFh+hG&#10;f+JoYhSJRbT0poF4Mim/Q69AgYpVr/bzB6JS02jUhA/CWUdv0EOS1hOORBAjcKF6uvsCPHitA+1Y&#10;DYSlAsIEdCNkfoy3Gw7TcwH/444MTkjXPvzRf95+8ZmEUW0S+GhLsinJPI0lg9tiwiaseAyJZA7N&#10;wypa23sETGhZp0uZaRSTS8tMFMburVtonb0HS3//h5F55HXoE+DtdjvKZdvxJdXGiLztjWive8nw&#10;VKBkttvQ7T3CWzBFhtdw3cbl+6HUkzxHQmNECPfEcn28cMOHXng9IU6ybeWzIbwDTqpZYSsUUn4Y&#10;vFp2eO8PRBGK5YPDkznc893vxLnv+naU1jdx7WOfwKWPPY7Qjes4QdnybCIhFcWBVG6GvjrG0Nek&#10;pSohQw9gQBxNxhu6HO/QYKzFyw9mRtwS2wMxrjYXfKpb6mQzh0QpaikXFVeOmCc8+sPuqOVLb8r0&#10;1W7EU11XVgxnhIkYDNgmASBbQyrhoZhKXYsLaARsQuk45ntDPNhp43q9jAutJlIvXMLpRx5CrVzB&#10;5kEBS8vL2F5bRzpiiZqWnAf2JxoonosolPUM9Oy2VFeiMlvjfGd+Y/MjzznD9z7y1kc3orEAhAQR&#10;AJAggggiiK8ZjUYLlUr5O7iy4Z8FlgoIJTvxeBLxRErar1hG95XwLZutDiVMNmJ0E+e++pC+icdj&#10;CfHx4Hv2kJMsS1VCBiy92x/KrC0bkllsPkggJRKxtq2Q9RwneHGW3w3Inndk7H7l/LtLj3/iO4x6&#10;A8N2F2F22mafD5ZsTkYQ4lllK4ZkLIPqbgHd/TzlsXXxzAhFMpicP4Z+rYrVag3pv/U3ce6HfgBD&#10;GkPtZls7n2uY4VYoHMeTh1V0jvEmI+8v/ZrtevjB1K1X45pRTK42PBtw50hL13h1xf1uCZhxdKWE&#10;E38t6uA6matuItV2ZmvAI4aChqHlcgfoNAfyOH18GW/98R/Fo3/rB3Hzs1/Epf/3Q7jx9NM4Tis5&#10;lsxK9ch225UwEvF1AUXIp6dlw/Zghav3NXqX6Xu3rd9jjAERdy1Dr54CXWkZtWo5WmQYtqp4cu1H&#10;uboP4MoKKxsV9c6BoQAGA0GLRTLoePS5QmEoE0ZZm+nCHl3RYmGLkPrMUkFh5S56T2wihZOFISrF&#10;Gj554yJSPeVzdO7R16H48U+Ld1FmZga1wgHi4TAcArDSHsq8NZP3sCdjYIgw7I4txHn2R0pMGG8q&#10;7hQ+/sJXXvi+R77h4UuWFaSTQXx9EbAbgwgiiNdUFPKHVrfT/uaQZY6p+HAekcnmkM5kCThE5ccy&#10;b+//wWnAYbnCwlYolcqiVOQmUgw+IuGIVDNMd12cWFBiwLPUvByTSEPsE8IKWVb4yyHDKHNveDTo&#10;r74jo5kvR9bf/4Gfx0EBw0ZHKh/DQV8kVWPpOEIxBiBpGn8ZVG7torO3R/kfARWbUsDYJGZWTqC+&#10;X8QGJe0r/+Zf4Pjf/2F0ab0DraDk6GqGLkx4CbRGB15KLGmxK58LbcxnwHMk95gPpm8dhgMtc6XS&#10;a1O9bmgOCP82NdgwfK1X0nalKxvuNse+QI7ariwnLYuOBh/mCCxp8KI4FgM0azU4lEjf9z3vwt/4&#10;vV/Hm3/t17D7yOvxpXoJe+L4bWDULuXaF7oghPdl6G1c1XlcDojpSfcq4GB7n9/wgQp46b97+fDb&#10;IQ6gKi+OFkQ2vO070m5la795W9dQXHK747WLMfdGHXpblg8ZGqjwY2eIEB8frlLw+XK9TLh1jyc6&#10;eGW2qvwwmT0xlcJ9iKDxwhU8vr2G7WIVzUoJD7/p9XAOisjFEzDpWLLkOK+Jq2hcQTFEpneAfq8j&#10;MsHMN2GhDW7J6tTqGLQa9+xvbH30wtMXHrZtJ/hyBxEAkCCCCCKIPyvyhfw5umvfa6hsy5PGFN6H&#10;SGnaBBgsdNit/BXwP7q9IWrVqgCKWr0uF9UYgYlEIiHqVgO6mTOQEU8Qbmegx6xC1Ov2pCrCBHTm&#10;e0gVJBz+DBuSMRmeye9B3EmhuADX/vC//A/9G9cesVssdTugMcGyqg7iqbh4O4RTWYQjcZTXb6F/&#10;cEAJeEdaXyKJKUyfPIHy9j4OFmdwz6/8ayTf/HpJxDkxlCqCkJwVMVtVFUbA4Kjrhes07lYrPMDg&#10;cR9cTwtHS8vCk6tWy8Pz//AeezjHGVvny/3t/nDblLRhec9rAGMqwroLqAy9ny5QEUI8/W41mujS&#10;d/aed74d7/3938Ijv/xLuHHiJJ4q5dEiYBc2QjrN1//bQyWrLY8HHgBxPJ7ISJx3HHA4Pi6JM0JO&#10;Y6/Be7/jkeHVtixdeXGVuRS8GWjwA6mgmoYLWNznHA8oWVptzNTywyHbYMEqD1QamjciRHg+PmJh&#10;r5a14hFkJzJ4yImidOsWLqOPS08+jwxdo+45toBBvoC5uXm0xVxSjR/mmHT7XXW86GdAIKTHBonM&#10;SyEQ0m02ZewN2+2V7eubH772wvWHgu94EAEACSKIIIJ4mWi3uigdHr7VNI2YMh00PbMxSQtE2nIo&#10;qlWp+O0J6JwIlUpVUatibof0bFuWVDh4BjHC3h+RiDcDLCTV/sBrReHeetby50qJFYl0Q1bo09zv&#10;Ho2HadtB+9WdFQZufe7p1OGnn/gZs9cT2VmudA3pN/fQDx0D4USGnouhsrqFweEhJd9tAazh1BTm&#10;zt6FEoGPyspxnP2lf4HQyjJ6jZZI3vpZCpL82qrKphSNINUV/sNVjfIU2TS5GfBpSJmqJQqaTK5c&#10;wVVKrhJ/ZYg4AhF4WZDhf3y0KuIlINLuZXutX4a7I/BVULS+r6Pbsvzrcdx2Msq826zoRN+xB7//&#10;u/GDH/iPmP9f3oev0gKr9RLtOfcm0XfKCCMzE0d2IaGPmyM+GNDgRFUw2PSv77E7DB/AULBseASA&#10;2BqUGJ4viSKnq6qK4YEN1dJliVO9KxlsjxHlHV81xtBVElbTc7fnCEhRHBrD0NWQoap4GHIc5WTT&#10;c0N1/vk3T3jQGEPCwkwmjuOHFXz0Ex/H5XYXz3zko5jOJrHAFdhGHZMzc2i0W54VvXBK6P02V+jY&#10;lLXXFSAylKpIH91Wh457g2Whj21eufnhrdXtB4LveRABAAkiiCCCOBKHpQoazca7uF9ZtauoFCIa&#10;ZbNA+glHkcpmhKPBTtC3558bcjNmL4+DgyK6fINmgEH/wqxgZKiZTDY25LaOfrcvWv38m2cTeXaX&#10;QU44JoTzZylPWyc0Ij3aAfy4s6JxUMH6+z/wd8KN2jl2N2ePF1uED8Ii1xqOJ+i5FEprGxiUDmCb&#10;bWUQSKBk4aH70ej20L37DE7+s5+GPTONfqenKxm2l6gLmDC1QR7chF3P6HOlzQiN/Dxc3rOX0CuZ&#10;WcMFHG4VQjckiR2JoR47vsrHWDeVMw4UXg6U8H640tdu1cPxsTRccrrjua0bIwK9yw3Rvz1goz8f&#10;C0Z06k2YqTS+9X/9Cbzzd34Tu/c9iAs8U28r3krPHiKejSCeiCgJYc/l3QUgLvCwMV7lcFuyjgr/&#10;ugDF9oCH4bVujVdLDF3NcHT1xfFAh65qQCtk6b9D8ht03jyuvycFbLiv8yTGUP/wMeHzxyR1TVwX&#10;Ja6BLW1r4XQCy3Stm84f4r88/QV8YW0VfQKxZx84iygdo3QsCjORQKvTlckYkQhmAMJ/M8eE5Zxp&#10;7LLLvU3rG9AY7NKy/X6PXu+urF25+SeVYvVM8G0PIgAgQQQRRBC+yOfzC4ZtP6qIto5uwVI97ewG&#10;bIQoIYwSCEklEHsFyi4MVHr9LsrlkrRthdmpmisozDZ3TDFdc5NArqyomcQBhnTz5tYrNgAz2HVd&#10;nNdDnzMNa8CO6UxmD+IOChpi1//Thybs1Rv/2OwNVDLJ4JPGjGERAI1nKCHOoby5hf5hiYbjQHll&#10;WCmsPPoo2jQm7fvuw8z7/h4wN4Nhpw3TGCXB0GmtqcncLIAgZoDiO2MpF25btS2xypFqfdJAwIXS&#10;buXBbcnSP6YPBBhHfo4CjJfjgPhfc4+FH6y4rznOCKDAtQs5soz7vpdMA/hf4zZK+p7xzPzxt7wB&#10;7/m93wC++7vwlVoZDUqmeyUb+RsVNJttOCGfupUzItQ7+gA4Lm/E8HE1BDgMvcdqy7ane+Vo1a2j&#10;4MT0lmdgMoCLAA3Dray4VRN4HJTR+VUckJDh+MCHEkeWSQ5NYGcQ4lZCBIgMVWXG0Epc3A4az6Rx&#10;2g4jU2vhyVYDT1+4igiNiTNLxzAoFDA3v4AOX6PsgXwqUeqj93E1RYERWyoq3XaLjjMBj+4AvXab&#10;gF+DfWhOXnzqxQ+1Gu254EsfxO0iuMsFEUQQr4no94co5A8eo7v2rKvKwzkAq/Ew8IjxDDQ7LbMx&#10;WzSuPDtuE612B5sbm6hV63RDZlL5QLgk0VhUzN2i4aj0uNtCFoW0R/RZWpRv6px0MfckLO1XjmVF&#10;nuDHLL0bDgdzQ6+yeJh+uAd+iX4S9FOlnw36uUI/F3aevYy9L33xfbF45FSfskWLVa8oUeVWGofG&#10;WiQ2heLNDfT2dmh49iVBtc0oVt78BgwiUfQIEFtvewvCx5fR73RUkq7J4yaLGLBpg6n4E55WE49x&#10;TSjnNpo2jU8er7wEg2yuvDmikKX4Ix6XQPJwc4ScDG1c6FOKxREjQ8UjeXneh6Eld11w4YIE6Pdp&#10;5d+x5T1ulnm05crx1LPGFOw8KVyXm6Lah9qtFqITaXz/r/wf+NjCPL76f/8GHkslEQtZGDh9NQNr&#10;jJrXxMfEMbSs8MgbXVUzTFGlguP4qhqGB1J8nxrwzB5HvBD46h3wARXliq4kmKFcgaQtzHb88r5q&#10;fSFd/Rm6x8rRSl2O2/ZlMh0IjD2HjppY4UqIHTLUa3QNHFgGMhMp3FdpEiir4onCNpYvXsTdDz+M&#10;/f0D5Gs1TM/MoJjfQzaZFP4Rt4XKEWB5315PFLKE39bvURbZxqBpotHuEhjp8nXwwcvPxj/w8Fsf&#10;eTeNsVpwaQgiACBBBBHEazqq1Rrq9fo7rFBImY45KsHh9ii+zRMAoEQwphI6mR2+/TqbjSbdhPto&#10;tZpoNZvynpC0d7G0bkSSQAYg4iXiqNlEblvg9itOcnhZKxpjELJrmqGneDnmjBhBA9arJb6Xfn6s&#10;P3AerVQqiWq1ik6HkrDuQBJCKxKrO3374tal64/vPXDfP2RfmAiBBXPABHQCoZS00cDDsDtEJHsW&#10;0XtWYDTqMEpVTOdyaExPShtM9NFHkH3dAyJcEBJ51aHkuWYoLEkqcx944jsk6mkRJAgAx2JhxCwT&#10;sbAma9O4u7G5h3qlTuupI0zfg3g6KdU3Fl5wW6JMjEoravZ/NBodZ7zaIBUPt1zhAx1H/1ZAYyQB&#10;PGqlUiDH0N9HfznGAyt6W6ZuCRvfvqY9uDK27q6YrseH4thwW+O7/8nP4L/R76/+2v+Fx9IZxMyI&#10;kMD9Hh7i/q73QSAVcy4cDdSYi+GYY47qtscLcWHKqJrh+GR8vU+pXeVd0GJ673H92hVQUdtWtRIG&#10;GcwZGXiA0JFzbfD+SMuVo/1CTG1OKAccisOv/VbkA1kCOnmZAZ37xck0zhEAuXZ4iC9t3ML84gLO&#10;PXAPil99GqmlJZQI+HJ7VYyuR6parFTJOLjNFO54oQ11oQQ8GPQkad07a7felp3M/vpdD9z1Q4Bn&#10;EBNEEAEACSKIIF57kd8vxHq97rewv4abvLgGbLF4Umb1+Hc6kfTaIr5WcGJYrdaRTqVQq5TQqNuI&#10;RROqnYpu9hG6gTsu+Ve3Rnh0V06aQoYAIKmAhMKfoxt5zaSkKBY4C78aYqbT7f/aCy9c/oEvP/kU&#10;trd3UToooFpvoD+wRdEoFOK2u1B6Mpt+bG5x6bHs5DSa9Pru9ha6wx4mchNiQtduVqR9b2AOYGbi&#10;mDw2D8shcMJ9+J0OwjRuJm+tY+nLYczOz2JqaoqSwiisWByHNP7YMC4ajyFM4y4WY++aOI3hMLiL&#10;j7GHa2WZScVpbMWxtlUg4NNElBLYSMnC5Ows0tm0+k64AEFZlY+5hcNnLuhWJaRFyrBf4i0CD7A4&#10;HgDxt04Jz8Rw16np3YYGERqAeBwQ9z26WsIJtYhDOC64cSskbvKv1hdyv9+mSvh7vQ7e+TM/hvcf&#10;HOK5D3wAj2UydJ5CkljbunogtQUGGcYIGNiGTuodtwKiaeaGOl7+WoihnxsVjDSkcHzVEGPoudJ7&#10;7xOCuVvRgGdCKKpdhlIIM51R7cn0eCIKOFm6gqVwgmovNXxSwSHuoOIlTVVFYdDCDKIzyQyKjRoe&#10;v3kVc84A737P9+PM8jG8kM9jenYeu5tr0rIXNlWqOGAfGkOZRQ76jqyrR+OU+SE8kcJb7DUjNDaj&#10;WL9687256YkrMwvT/zy4XAQRAJAgggjiNRl8YywWio9SUnJCetyl+qFu3112/zXDCEeV6aCoUoVu&#10;f2msN9rSU92h93faPUoKY5LsmHpGlnshIrROCe6b7nZFAavb7YusJWWdiFDiaLLjddh8gpMqJiZH&#10;A/fzv9IxtJ3Tn/7Mlz/0Jx/+yEMbN1elL15kldkngVWJWFaWxlCERQxoXO2169je30GUwOnKsRUs&#10;Li4SYK1ge3NDPGIyuSwms5NIJJO4dWsb169flb8nsjnMLczRuIzi/JXL+OxTX8HC/CLmZ+ewtLyC&#10;3NQsDBovIcPCYfEAtVoFQ0cZ9bGB5uzMLE6cWMZdJ5YwlcvJvscItHAzT6nRQvOwCHPQRfLWFlZO&#10;ncDxU8clXR0OnFFLlTH65fZfHeVguCRyj3yuAYT7mgtEPNdz6dnyv9ctWCj1LpjwDDjHeCY691fr&#10;8Klmwa2EqBKI4xK2DZ9Zu1a6M6MG/vo//Wn8Dp23m+dfxD3JhFQWFNAYenwLByPXd8c7DnprbnuW&#10;M5It9hSsdEVHdZm5++54bV78yz7C3fEDEVEFw8ibxd0fwwl5Duum4dZY4LVwDbUcbwguaLOkFYsL&#10;FrYuEwm40a11DhcsWMY3YuJ1dgqfIRD80WvXcfdXnsbdb3gjNrd3UKVrVTIzgU69CjNmaCUxG0ND&#10;rZiPp93viWcIV+KEXxJPotdqwYqE0LLCuP7CtZ9PZVKX48nYB4MrRxABAAkiiCBec9Got1CqlN8W&#10;shhZODKr5yZM3ILFpn/pdBpJSkjC9HfUun0LFFdAeEab3dMZUPT7XVhWXBKVSDQiM7P8E+Z+aVEO&#10;6qPdY3lMumGzxwebE1rM94g0LSv8eZHfpW2HzKD96q9qXL2+Nvubv/kHH3z++Wcf6vWa6DQblPg3&#10;pC/epDHDZF1OxKSX3+RxFZVKWHZiQioV129cE3GDlaVlAgensb65hs2tLRkze/t7MCiRu+vMWayu&#10;XketXFWeDrQu7smfmJjC2voaDktF9GkMzTSb2KNEkdv6ZqemMDM9gxaNr0qtjuLOLq6cv4CPd9tI&#10;ERhZWJzD7PwCEulJ1S5D45/NL9vNOpqNOvKFA+zS9h9+5PWIEpAWXojL/ZCEf6hS5CMqVH7vEMer&#10;ZjijyomviuGqVXnViiPeJDAMnwHiEbd2x/H4ICPfEpXoKzK+A9M1TDRUqmyYOkl3/TO4/ag3wOTc&#10;FL71J38MH/kHP445SqBTluZYCOCwRy1ZhuN3Q1F+LR7gMH2fW6uQKTaHVzlRQMXRlQtHHtuGC3Yc&#10;j3riSve6+liGB0l8NorGSOlMyOqGAmGOY+qKiKqG2AoZiTEhGxIOLT59FoEG/V7mg+hrG19n+Lgm&#10;YxYeRBrPdBr49FPP4PjdZ3HuzBl89vIl5BbncUBjhN3P+3T9YhU1AXUE1vg8sJ8K+40I2KEx0oHi&#10;FMnxIgBS3N03Vy+u/vr9b7z3Gp2XC8EVJIgAgAQRRBCvqSgeHKLTbr+DKwx847SFzGqqZMWwEE+m&#10;pI2Fe+ytTPq26+P3V6sVUcDqdNqeazOrW4VSBGJCEWlVkG0NlXOzZ4DGCVGIbuSWhTAlp5Fw+AI9&#10;vsEAJEYJaxB/NeNLX34OH/rjj/yqZRmv+5Zv/Rb0aaxw5cPhdjuudElbkCmSpNVSCa1mG10676yu&#10;1ul0MOx30G63UCXAstpZx/T0NI4tHsN+fh8Xr1yQigUn/1f3dzA9u0CguYaLly9iZmYekxMZ1OpN&#10;LM4v0fK7ePb5Z7BIy0zPzEkb0dUb11E8LOC+Bx5CLksgg/atTuCIZaFZDerW+i4unL9Ej9tSUZmc&#10;mscMgZa4FWXiiJCJr165hmQqjdc98IBUBT2JXm0I6LY6+UGIBxQMjHmCuxULDzyMmYW4qTV0JdLj&#10;t49J7nqgxZUI1gBDVZlMTX43pPLhKXjB5W6o91pS7dTcBc1fYF7Dfd/4Fjz9zm/DjQ/+MR4JxShB&#10;H3p083FfjhEosPUWbFdO1/AR8x1DgwTba9FyfEDE79OiVPd8n1kDF348GB1B7/WQfnUIpXYlRHBH&#10;sXW8HjANQoa6vTPELXzMCuHdGaiWNdtRSnywWZlPecfYhgI+S7EkCvTak+UDPPzVr+IN3/x2TF+9&#10;hhKB3FQ2h2b5UEQ17JCtQDFdq6SKC1V1MrjyJsIHbbWnFj1Xrcq53765MTkxM/Hbx04tfQu9oR5c&#10;SYIIAEgQQQTxmon9/MGpoTN8vaF7mZlkbugf7r3m2Truw88S+OAqxO2i1e5LItmoN9ChJJTbbujt&#10;YjzIwCNkur4EbOSlcoQBJaK23ZeET7mfhxCJRREKhx/nZcPcfhXI7/6VCfY+qFTpHDfbsXqzY9Va&#10;/e/9Gz/wnvfwOW1Tgt9otSXZZNGAUFjNBjMBndWmxPOaxkC5UsHu3j5a3Q7ilPg361Vsb65hf3cb&#10;RUrqGJxkKMEbDAfYI+AxP7+ICK1ve3sDy8snBdDu727SkDnODF9a1zYWFpaws7OFtc11UVFjR+pY&#10;IoXDSg2f+MQn8IZH34SJbEZa+VqNnuwrG8zN0E+33USDf6plNEoFBr+IJ5ICwMPRONqdHg7LZWkr&#10;Mxkgh0JSxQlp6V7x8NBtVLyMB0RejoQ+BkpGPBDml7hSwCINbI7I6a7vh9sy5RLVxQ/UUWpMLhHa&#10;dUyXFiUtJ6yxird+lZibSiFMyxQr75UQHnvv9+G/fu4LuKvaRNoKK3ldDWYMjxDu1nJc8DCuAuaS&#10;520XZDiGp3Hl8lwclzai12N7FRMcWatLStc4zHFGQM3lo3gO6VBr8kwi1XmwNHQZGq4buhSwlAcK&#10;/5PfId2qphXKpJoBnKMx8JVmGV+4chn33n8/7j6xgs9fu4ro4iLqYkg4UG4lfDyHugLCeyuta5ZS&#10;3NLVD6PdUACQjmu7Ucf6tZtvyE7l/lU6m3xfcGUJwo3QL/zCLwRHIYgggrhjo9vp4+KFS987HPS/&#10;X0nrjpIcli/lFplkIi4mhOlMihK3MIzbdEE1Kfnc39tjXxFK6piE2RXvBQYe8WhMtd6wIzpXWjhB&#10;6bNhVwc91uLnlgUxnosjlkoOU6nEL4YjsfVUMkEAKB6csP+uMUopOaFutrpGtdY6VyzVv+PWdv5/&#10;3Nkt/sTO/uHP7ReKP9fp9t9bb7TMbn+g1KYiYTGhrNSa/D5YlPSyfwsTwdudNoHULiX+kzh+bEmU&#10;hEoERlK5HO6655wk/Tu3NlTDDiVtSXrs2AMcFovI5SYpsRyiTEBgZm5eqhMHBwWpdnB1pdFoYGlp&#10;GbVqCcXiAWZnFlAqF5FKpQXw3li9jlx2AvEYjUMa2zzO9/d2pLqXzU4inchgIjMhy/NHb1GCWKtW&#10;MOBqSauJ7b1d1Ns90XJl0nq5XEGOvhdiZGhZIoP7kr8J2Cv3dEOZ5Zkj3xDTBywUiBkl9Kbp87vQ&#10;AMXwDBRNrXxlKACiZ9tNzwDF0FUO3YallzVCyt8kpAGKu49qF0wNYExkp6Zw4bnzcNY3MSOcL+2x&#10;4fI+fCK8/vFi+NgZjv7TNW+Er4HK0MR6tZwzBmXssZEHT31sDJoYfvkoxyPXu8s4PlDiLu/AGPMf&#10;ga6UeDLLBGK5AsY/tqO4Maa0VRkypmN0Tq8eFjFHL9774P3YurmBqmkjkkigS+PO5Z+4QNM1wmRS&#10;uiESwLqyrA0sQ5ZqM2W3exrSb5xZmjtP67gWXHeCCABIEEEEccdHIV/kpOynKEF8QBIg7n/XN8mQ&#10;cDDCokSVTKbAIOB2VQi+j5fKdZRKJXZVJ6BhSjuOVDTCMcQjMZlZ5vVyQijmg0w+Z3nWTg/tfleI&#10;obFkGpnJzHY8kfgnpmV1s9k0JY3h4IT9dw0Dvf4wub13+PYrNzb/3uXrG//n1RvbP7u1U3hPo9F5&#10;CyVWZ8IRazqdTiYJWJg9Oo+1ZgcDdp1mGVs6X6wuxbKktUYLBo0nS/hESeH6HBQPpZIwPz9LQGEG&#10;hf08AZYazt33ALLpHK5euyxjj2eXuf2uRyC1Wq9jZmpWzC3ZtXtycgp1Ai/1ZpPWMYfDw4Ik1bPT&#10;szgoFNDqtLC4sIjdnVuYotfZ82Pt1hqtY85zHZ+amEK5Wsb+/hamCXxEKeG2pOUvjkwyQ2M4IvyV&#10;SqmIyuGBABuTlrnr7tO4dPEqfSdC9JkyYJNMV+JWzXCrlkY2VLR0ou8dWQ0+xtC8q56FUcuVcURe&#10;19DtXrIuj/OhwYUyKRHVJ1XlwLgyl67QuG1bUuk03CQ8BMcnuhtPRrC3m8etp57BCVsrXAm/4ig4&#10;GPf4MMZGj67e+PTCHO9z6aYtd33OiNA+9BHkRw1b4+7qLu99rA3LgacUJmR1w/SBEf23K8OleSMi&#10;0suKeyFDWrDkuEkrqvqRmooh9HWkafzW6K/D/X08ctcZUe/b2NtHLJtBt9vR7up65wU8DxUg0pUf&#10;Bhoi2cvVMT7etmLGsNhCr0djPJl6S3Yi/Z95Die49gQRAJAgggjijo7V1c1sIb/3S5ZlpsUdWvTq&#10;VdsG+3AkUklMTE1K0hiLJSjJ+tomgKz6srtXQI9uyPVqBbVqVbwGYlz5iEXBPHeRSQ3pPuuhjT5L&#10;qrJreq+PNv3NEqrJiQyyuexHo9H4+6UvfyKtCetB/P8ZnB8dlqqxta39b1pb3/vJm5v7v3xQLP+j&#10;wXDw1mg0uhCPx6I8q1tvt8VcrT9wZGaXAWY2nRDRgnKtgQ6dS1ZO4+GSJBBiC+AoUy5nIRmPIkPL&#10;xglc7O0doDMYYH5uCivHllAsHGLj1jpe/8Y30fmfwqULLyKXy6FNACNC4KVaq0qynSGAms/vIpud&#10;Eq4Qg4JwJELrzWCbwMbk1AyB3SiBih0ad3GkEils725hkasjlTLyBwXMEPDgsc7VnamJSbTpM61v&#10;r2F6cgZJAh8OJZgMIqxwVCp3iViKwEgUBgGiEoGbOoEhJtqXCJScOHMP5uanZV88k06u8ElblKou&#10;8JjnVkZJ+HUlYZysDg9UjHmE+NzV1eMQXC6JR143FaAQCV4tWeu911RlEOZ8iMuP8BIUEd003Rl5&#10;R1olDZcfwu1r3QEufvaLWGp1ETGHymPDT5z3gIYfcrjUdLfA4SelOxoA6OdFphgetHA9VoaAp2Ll&#10;Eyf2VUY0/dwn8+v4JMlGPiQYg0kuZ8VdBoZPjJfPM/30adwaDBj5PNK5Zi6aYxqeY3qKxsJmo4Yc&#10;Xa9OLi/i4upNDBMxARGO+NCYHmASuWa1edWKJy7sSraYvw98LAZ9/Rxd2/rdQXZ2cXY6HAn/SXAl&#10;CiIAIEEEEcQdG5z8X7x45Zu7nfaPMDBwExaZteWWA0rcsrlJTOQyktzF4jGlqf81guV3y5Tg7W5t&#10;odVoqOoHZaHses7b4N/ccqO8B5W0ZocSv3ZL/XDyESXQk5zIUeKa+reRaPQF9m7IZZOe/GgQf/nR&#10;7Q343L1ufbPwvtWN3X9XKJR/In9YfgOBkQmuXnQHbBTJnUcGspmk8IF4/JQrVfQYgLBBJCVRiWgE&#10;aQIYlWoNNTqfiWSKwGeEQEdc2vf28gXYjkmAModUMg4CNNi6tSMmbYsL01hZWkSBgMqLly7hG7/h&#10;bVJ52Li1RuuJo9NqShLNVZDcxIy4nlfrVSzMLaHbqMjfk9OzQiyv0dibO3YM7Vod1WoZU9Mz9LuE&#10;DoFhJrTvEUhhsJyMp6X9qtvvEoDKimjCxtYGJiYmZJyy0zVXHBiMczopVcFIXB5zS1i/1xZQdO3a&#10;NVy5doVAVgnxVIoA0KRqHeOZcPbmkO9USJJey1JSxAqj+MnqxmiM+wCEl4L7VK5cFTnVRuXjd2j5&#10;Xbci4lZLLF0x8VdV3NdMX9XG+wkp4PD857+IqYNDpF13ckMpObmow03gTV+twquKGKOKhAs8DB9i&#10;8Qj0jjHiiRh+UOHzPfGDZB+QMMZLLppkP6K0K6K74ZlGwgdqBNA4qpfLlT+W6hEr7iWyMOn82Qwa&#10;xfxUzj7CvE0Cwje3NvHI8ZM4oPFfaLfkWmkM+sIjkVXa9qilzNaKYYZqt4IGZ0NePuRKOmv5ZcN6&#10;3ezS7NP0143gqhQAkOAoBBFEEHdkVCo1XL165UcpoXiMW13kJqlnacWXgADD9NwcEomUJIrxiPU1&#10;DQj5Fl04KEt/Ps9Y99hleTBQM688851MCweAZ4J5/TZzPno99NrsFdKV5XnGMZZOIZ3L1Al4/Hw4&#10;GjlM0+NUIlDA+ssONkjb2ilOX7y69r2Xrt365Zsbu794WK5+EyVlMyw2wNyGTDYjuRGbCDaY+0BJ&#10;rW1y2whXPJJIE1gsl6tCOudZ4wSBj7hUIpLC68kXDxGNJyihzxAQCdNrCoQwmJmZnhBjQN7WzbUN&#10;aZlZXJwhIDJPACEvCf23vuPb8OLzz4hPCMviMo+o1WyJUAGPi8LeNhLZLI2tJA4Ke5S/0X6n09jd&#10;3kR2aloqH1wFCYW56pLF+saqgBRu5isUC5I48my/SATTWOVWw2arjp39beRyE/LZ+5QoMoAY6H5+&#10;5rZIC1NopHZk09gtHRzgmSefwoc/+Ef40ue+IFwo9iSZnp4SsCbqcpYSYQjpioTidhgeeMBYpcMY&#10;I7ePJghG6lfqlyOtZKJyxRwPqCSajfBCzD/RVQ2uxggQ0km2+7znom66ZHUXOYRw4YtfRpwA4iR/&#10;dkPVINyqi99vxPARz00v1/dxQeB1p43ACTAmK+yCj1FzVMgDCv5aiGoaU0DMLTIMMTIvVG7qI18S&#10;ewRFdNVJV0QcXwsYC1j1lVeNRYDZiBLITBGInJyhx1Fhqwuoo/PN4gPITKJXPsQsfT9ulkoyFiwf&#10;yJLqDtPQHcdjtgwdRYznjdquX4yj3N95J7gdcdAfIjU58Ugqk/x9erUXXKUCABJEEEEEccfF5uZ2&#10;dGd7+xetkDVvWorz4bYxcEITjSW4CiGcDa5+cAvU1wIgrHe/tXuAva1bAiw6rZZInbL6VSKRkOpH&#10;2FS98OFwRNKLYb8rbsGcVHJPv0EJalwASO48gZ5fisTizkQuJQlvEH950Wz1llbXdn92bWPn3xfL&#10;tf+p3mifqjUaIa5atHsDSsYd8XLh6lU2l8QEgREGiIflivS+8/lj4BBjnkeSwUEHtXpdZpuZr8PA&#10;glus+D0FAiHpTJoS8UmZ/bdobG3t7AnYXVyYlWU5m722ukbjLYOV5XlM5LK4ePkqejSO7j17L84T&#10;CJmYnEa9UpYku1IvY2ZmFt12m4B0GcsnT6NVq9LfJal2cGsU8zpOnT6DWrmEarVG259Fo1YRs8uF&#10;xWMo5PcwoP2N02fh1hsBwzQe4/E4KrRchdaXSqTpWPTFx4Z79x09g81cEk4iuUJiswKSOJCHaZ9m&#10;ME+gvVGp4guPP46PfvBDqNG+nDl3D4GwnCh3GdrVnNt1pBrCXCjb1l4f45UI+B57vA/f6wImdJnB&#10;raoobosGM7rCYWiytQduzJHvyNEfdz/ClBBf+upTGKyuYq4/ECldz43ddfww/PAD8DkzepRvNgr0&#10;CjvGSKFXLep4AEWMHp2Rc4gS7nWVrQyvKmL7tjjEqC1LwydPoQv6/X5fFcdwwYECJVyRUC1iyivF&#10;5KoXgbbY1CQm73sIU+fOIcNiBywRPhgqXgeNk8n5RWwXy5il9+92mjAZXLMUL1dA6FwKsd77oKNy&#10;kcgqO7bm8ijDQv4MXHFmAMIvDPr2zPzyQpOux18IrlQBAAkiiCCCuKOC74tXLt54oFav/O90ozNk&#10;BlVLg/LNnisi6UwGszPTSgkrGZcZ1a8V7K/QItDB5m0ssdppt0QfXzlfx2TmkNMA7pfmxHbIylft&#10;DrqtjvTf87xyhJLRNCVqiVTq92Lx+BOJWAy5TGKMwBvEny8arS42tvK5S1e3fuL6ze3fKFWq32ma&#10;oYkkgcNcNiU/3CZS42oHnRNuT+dkT1rnKDHj1/l80PuEq8N8jhyNEa6OJeOKqF2u1IVgOzWZQZrA&#10;K1cXet0BvaeGTCqBmdkpSYj7BHJu7eaRy2WwOD8riXiz0aL928HxlWUszc/QcxF86ctfxdn77sXe&#10;9i0CwSkBEDyGmo0GovEk7U8C+d1tZCZnCCzQ33s7SCSz4M+0t7NFieISUrQMy/XGEyn5HLzM3OIS&#10;fbiBgJckPd/v0/gb9gRscGWIRRIO6TWWAI6yr4M2UWRCPTuqC/DgPn4o/xpHt9QwYOLWriwlsKfu&#10;JtCRyeLLH/1TfPbDf4rM1DTuvv+cMtazbV2FMOUYcVXQPuKibuo2Kgc++V4BHOaovcrASGELxkjR&#10;CqqiYRqjqompk163cuJVL7weLnjGfYZOii89cx7NC1dwjKuThu1VP/xpPwyP9u1VQ0YVEdMji/v5&#10;HMqTxPFec2OogYLtu07BtzX/si4nxH9lGB5Rv3I8orszti6fhaKnjsXdUBaNqTCNs8TyGbz1fX8X&#10;977jzZi56zS9EEazROCbgCrPtNSrRaRXjqG0l5f3RtIpMSKU9XsSwWpLTK3jajJXzky3hU27s3MM&#10;tPiwZUZUoxuNn2gy89DU7MQf0dOV4MoVAJAggggiiDsmWs0OLl68/HeG9uDbOPlT5ElDfrM0ZIwS&#10;zVQ6Ky0p8ST371tfk4PB99JyrUkApI3DwyLqtZqAC15fTByvI4qIboXVzC2tatDpocOGdO0u2pS4&#10;ObTdKCWtmYksz5j/fDQa3WACM3MFAvrHXyw2twt46tnLf/Py1fXf3dsrvrdYqWTqfNw7feF/DNiQ&#10;zbIEZMxMZkQ6tUznsEOgckDnlt3r2TU8EYsgQYCj2VRSupxIcytVOpmQc81tTFUCEpxYzs9O0vhJ&#10;YNgfEqipolpvIUvrX5ydFufzCoHUQwIzXAWZm56Udpq9/X00CfzcfeY4JrJp5Asl3Lx5EysESjZv&#10;rUmrFZPImT/UbDYxv7BIj4u0n20cWzmOw0IeHRpLM7Oz9HxJTANXTp5BcW+Xnu9iikBAIb8tLVmz&#10;84vCBYkmMgibjoCPXr8nVQqequaEsaHbvgbOUEBTn57rD7oCTHoMVvpD+Xs4GIo8MLdaMXmd28+a&#10;nSYs+vz3PvIGqZ786e/+Dra3dvHQm9+MJIExbt8ytTQvfwd5jPNMu1uZMEMuWBhXsDJdcAKMqWGF&#10;PFBiekai0JUWdx3iGxIab+UyjZG1H38vQ7pKwb8vP/8iGs9dxHJ/oHgKhpKvdWV0/XwLxecIeS7n&#10;kuY7ioDPJpRKbte3vE9n1//9Hr7MZMlIoWsETkbtYtDVkvF1OEcAjB8UuIUJ9v2woZzcZYUEekME&#10;SMPpWSTmlnD84VNIZOOYPr5E5x+o7h9g0Oug12xwqxTMXA4RAtdGLCbgya1EDTAyQWRgzueEx5Cj&#10;pbqGPkUw+XSCpkatbYO+nZhZmk/F4pEPB1evAIAEEUQQQdwxsb9/YG7cvPlPw2HrtNw3dSLj9paz&#10;8lDYiiLKikWpNCLhr12B4ORxa2dfZp2bDQIflOy5s6FRTlpjUYQNpTTDLVlsM2xTotflikmrqW7e&#10;DHzSaaSy2U1KXP9ZNBLppCkJjUUDA8I/b5QqDdzaOXjj7v7hbxPA+OlMJj2TzaRgEaCsE4go1RuU&#10;KFPSLSbVSjqWlaxymSSd9xQadH76lHyyxC5XxaaZtxGOCBBpdQg88mu9PubmpoUTwrO73XZLXM45&#10;wVomcBEl8MIyy6VSRaojSwsztO6kVMz280Xpi19ZYq5RjABsD6tra5iazOHUyiKMUBTPPfscMjQe&#10;8/vbmJ6awQGBCQYFDGBmF44JcN7fzWNxeYXATg/FgzwmZ2Zh2gOR4j126jRsGo+Fwj5m5+ZpX9qo&#10;VOs4fvJutBsVVBp1TExMih+No/0hbE0+71CyyRURThJ7DDzocym+SE+khA2uhBAQYbAiFRJu16Ll&#10;RHKVXm+3Goocv7KCqfkFPPfxj+HFJ5/G6/7aW4Sozu1b7neP+RkMOriiYvjakhRnQxPPDQUwTFOb&#10;FOpKh4APltA2tZGoBiAuGd0roIhEb0gTvtW6R6BDVQtMY1QFuf7CJTSeeQEL3a5I5xo6YVaVElPn&#10;2Bo0OcbI8NCFCMao8mBoZ3LDVxHx6inGCGi4QGLcD2S8huKPgYORszrG1w+MOCQeWDLgQRpoTohi&#10;ovOHskSGNxSNo9k2ESXAOrk4iXDMQnJ6GqWdEhr5Ahw6/+WdXcweX4DZ7yNEY6ZDxydkaIUrv1ax&#10;EVK8Icf2WsH42Nky1IZCXLdtBrZDGXcsAS0cvEjk/oWVhU/T4tvBlSwAIEEEEUQQd0Rcv7a2XCwW&#10;/qUVMmPuTCsnHTwLzpUKdizPTk1IJSROyebtJHA5Sa2Uq6hWyiK9yz3zDDS4+sH+CLGw+s3JqMj9&#10;UrLWqdXRa7fR6VLSRjfnEG8rm0U6m/kkbfcPWD51MptU0qJBfF2xtVvAV566lDt/afUXNrf3/59K&#10;rXm2QYCDKx2csDKvY2F2CrlUQtzA640mur0hAYqhCAWk0wkCGWGkk3HhRnBvfpeABrcJLS3OCijk&#10;ZJiBZm+oJJRXluekOsJVh06nI5wgHlvHj81Rku6gQdtotjuIJ+JYXpxS7V4EBA5KB5gkALA8PyX8&#10;kkKhSM9VcPbu05jMpbG1ncfm5qYka9wCVhdjwI6opkUTCSGSF/Z3kGblKmnJ2hHAwmOvSACEn8+m&#10;M9jd2kQ8lUU4ZKGQ38HE7LxwnJiwPjk1R/lhXxJ2rmIYtpKiZk8TTgxNnvV3lHIcJ5MMQrhVpi/g&#10;gxXChh444cqGkNXd35Sg8j6nCTzNnj6NteeexVOf/BQefts3EKCbliqS21Jl6bHO6bFnIKhbpQSk&#10;aKAizU9WyMu2FSjRLVemm/BjVOnQvBCXJ+K2dGnVXvWa6WuH0kn8NQIgtWdfwCI72IurtwIVHr1h&#10;rLEKnrmgv03LTfI9NxBDgRX4HNDdFbigw1/lgA+EOL7HDsZleA0cBTajsoqNkY+K43cvMVxRX03Q&#10;4OPA1V6H+SgEcstdWJE0po5NIp6Jobi2i8rqDZk4oUGIPh2XEoHMnE3Hnb43PcfWjiOGruQ4nhKa&#10;OjwKbMg+ax6R43JhxL1dtdTxRECv2w9Nzs9OpdLJDwRXtACABBFEEEG86oNndF88f+G7KHn8Qb7R&#10;qeRE5kdl9jedkRYopJJJkSNlVazQ7eR36YZcrjYwoGSLDdu6lOzyzZQTUouAR4TN3ayw54tgU8La&#10;aXbQbLbEB8KmTIgdhTOTOSTTyV+OxePnY/GkuJ8bQf/V1xXbu4c4f/Hmt1aqjfe32u3vq9RbVrne&#10;RKvTF7f5Ps+4DlWrCBsFzk1PEDC0JKHn3vkWq11RSjRLACVNACVKQIS5DaqPXSXkJ1cWCFRGpIrR&#10;p0SMkyauAJxamRPlJa4w8Iwvk9kzmSQWZyfQaHZpjFTEdI1leBemM+KSnj84pATewXECMGkaL7zc&#10;2tom5uZncIqASrtv4vz5FzGk7aheFQNVAi2cuDOgmpuZl7YqwML84gIKu1uiWsQS0vXSoSS8i0vH&#10;xV3dCIWRyU4QYNlFOBrHwtwCAZZNhKIEZCJhAcYhPctva+fvrmzXEA6TIwmjLa1SCmQo/gd/dttW&#10;z9mOAikCTPh5Ol7c1sVEeJaYnj15EvnV63jqU5/BW77922l/UnJcVcXClO8Ib2PkN+6aBhraMFDp&#10;zXL7EO+rZShvEI/DZbrtV+pvR7t6K5UrB6auFYQMzQuBH7DARzQnAPL8RVSeet4DIGqPTOGDmOPw&#10;4Wt+Tw0YL0EUbteTn5jO14yjTuj2WAPWCGTY8O34kS25LVluvWZM2lerUKnjEmIWj8/gkPkjqo1s&#10;QOC63eihdtBEuzlEZjaLGoHb65//LBPeBHSyFHSn3aQx28QMXStrw76MvaExApDO0Pa8Rxig8u4y&#10;eBV44oz2X/FDHJGptghoO+rg3LV08tgTdB5vBVe2AIAEEUQQQbyqo1gs49rV6z/H7uci26lnWdko&#10;MCTtGSZiIp06KbPhsfDtW6BqjTa2NzdQLZfQqNXgtmmwhj5XPdhVmlV1OFFyuG+eb9ytjvTcd9gN&#10;naVdCfCkctlWOpX638KxWIln4ZOJSHDCXkFw4rabP8Tq2k5qd6/4i0Yo9GupVHJxIpvB1EQGcToH&#10;zQ4rVTXFJJBn6znBicWj0k7FSlZJSv4ZmXAVjJdlZ/qlpXlpxeIUrtttS2WkJy1ZfZw+sSDVBK5s&#10;cJVqaCvviuMLU+j3bXE1Z/NABhxLswxyoqiU62i0GsLMPTY3KeTraq0hSlnTM9MCSnp9W0QM2Mvj&#10;3rtPSiXjyuo6DvN7UlFhU8ztzTVJxuu0zOKxEygf7tH+dbFy8i4Uabk2JcyzBC6YtN5st7C0soLS&#10;Pj1Py8zQdurlghyHxZXjKBb2ZLY6l8oSIK6rxJSVqRzVWsSgjY+JoRr1PQ8KN0VmcOFo9SZbGxsK&#10;EBk6nmwvP8ckdVbtiibSSC7MY/fqVVx9/gV807veJRwQRwMerhCakqTawNGZekPXAXQ1hI+Ho1uK&#10;TF1FUYjCHPMMMdy/Nc/DkbarUcvUn4UdLhMAqT1DAIS+q0JC99n+ue1Y0i5k+Csefir6yCPEfdnf&#10;duWCJvc124dTRl4gL/VaH+d2vLRBa6jbyBytpuUCHMdzXOd9thRZ3WstMzzTQAatw86Axk4TfTpn&#10;e9du4uKnvoTD9eto7KyjR2DdMFSVIxw2UKxXkGTh4EQcfXGMNwScikwzgypH8TykiuaR0FXFw9Rf&#10;YBlBpgJcsWhCxD8atYaZnZ2ZnpjK/mFwlXttRdB4HEQQQdxxUcgXc5SAviUUtXySmLbM/kbjccTo&#10;JppKpVUvOm5ffeDlupQIMqm8ya08lORxa0cslnQ5ll5yxM+zkhC39cBRiSy3J7DbNJvZhSPhF+gd&#10;a5zQcmIcxO1jP1/G0+evYHf/4I39gf0frFD4jcwBYMd5lpRNEIibp2R/aWEaJQIAt3YLUtFgxaou&#10;AcCVxTmpgsT43McjOKRlQpT09ymxvnFjHQ8/cBanThyTsVCuVTHDpn4EGnb2D3FyaYrW0cfG1i5i&#10;mQi29w4wnUvhrhOLtJ6aJHNMZN87rGJhKou52Rm0b3Wwt19A7cQSpum5xYU5ASur65tS8ZghwDQx&#10;OYEba6so0nYWZrI4c+oUbl6/LGBienJR2rvUVLeDg/yOyAJzG9nAHogBYC2/j1ajJgl6p14XEBEj&#10;gFsmEOIYykyw2qij3euK9G+5VALmFmlc0ngMcXuVpRNkGrO28u8YdFVboZop96lJMfgSPwetBMXG&#10;evKlGihwyGBEmoC4stEVP5MIAfzFRx7FhS98Hv/x3/0H/OjP/WO0eo6nTxuOWFKp7Itsr6vkpDw+&#10;WJ2KAbtrYuh5hsDlF4wcNjwndJ5R1cBFKS4ZYz4cf1bwd9PUzukj0OV44MMFBQ7GHdGhuRxjzxkK&#10;ATjGSC3L1wz1ssACwBhx3Dna8gWVwAuHTHtu2Pq58SqIBj7i5q5BDPMvuBJES4vcL70mXh2DDoyW&#10;gT6Ng069I8pXNosS0FiJOgRIzL6ACDMUkcoZ85TSsQR28nmcTGbQCA2lhdVUdCIRLlDu9Y6u5jge&#10;8DJcvkiIW7IITBJYh0nAp16T6yHLmF997uJ3Lh1ffGskYn0xuNq9diJoPA4iiCDuqGD1oHw+/7Bh&#10;2sdNN4lxBfLZbG3QF9nVSCyGZJplS28/D8MzyS0CH0qRxpH38h2VyZicMLGkKQMKbkVxKKFiCggT&#10;0Lnlh3voHTbxCltCVres0BfCUWsYsaxXtO3XenC70uUbt+gcDN4XTyY+ObCdNxbKFewVy5T0l7FP&#10;ifVhtUHJdk/anGZmcnjw3lNYnJ0igBiR8765U8DeQQkZlsQlMDBHoCDk9DFPy3KL3pWba0glY7jn&#10;9DGRuq3WKgRmZlEollBvdXFmZQ6T2ax4abD87fpWns55CKdXFtHjcUH7ubNXlKR8YXYCE7kcWgQk&#10;1rfzIsecy6TFa2Z9YxPlegu5XFJI6s1mAzfXNoWbcPr4MuIEaFsEdFmpiD0TuPLAxofVcgEsLtTp&#10;EECgMZjIpMRbpHR4IAk0t730+0N6Linjr8FeItwyxvwV5pFQotduNeW7wHyNPj0vvBcByn1KJh3x&#10;d5D2IN3L71du4n3hConl88lR3wWXaKy5I1wB6TRxsL+LTrsBm94z+8D9+K+//Vt49snnkIioNiqp&#10;StJ3gqtTokoXMrRviOEZ/LmSuiMfDpVmCzldAxbD56Ru6ozdI5y/AvAhEIonExzVNiTwx0UibqXA&#10;658yXgIYjJdABr2njqn3SPFqFCjxM0ZeSjd3jjxvHPkNx/E95wIMfz1m/DV3P12oxPsqVQoXEA27&#10;sDttDOk89Qgst3f20M0X0Kq3hQ80pPFr9+j1Xkfew9Uzbk1sVipIsAqW5gOJwplhqQqHJqEb+tgN&#10;9XOOMRRgYg91a1+PJ3IqKBKI5vXtrq6H1q+t/aPgahcAkCCCCCKIV23UGy2US+V3KS6GIb37PCMZ&#10;0oZofNnjpDPGoMF4ZZfAQqGEDiUqFUp82822qLpwKxdL7zKwYBBiSx80zyLSjbk3kORxKBwBJUhp&#10;WFz9iFEian2cW2sYjHDCFcTLR7HcwPmLa3jquaszvV7/P1HC/quLszMZbll68BwDjBwG/R4q9QYK&#10;BET28geo1NoyE5tKJrC8OIvZqQwBhpjI3ZbKNaxv7ohM7smTy5iemEC1UsUMAQb2bbm+toVcOo57&#10;7zohHIVWs4m52WkBETxMzgjY6CJMgKLZ7gromZ/LIRVPSMWLndT3i7S+qbTwghiAXr+5IZUJ9gzh&#10;Sk2ZAM3G1j6PATEijFkxXL28Kp93fm6K1dEEIIT12BKFJZbHpc9pyMz1QKoa3FrDfBFWu+I2GK72&#10;8LEIh6NIRGNo1g7hSFvUQKR8GYAMBgRGaNz2CTTL8sO+rMMWE0IGJUMZozwjzSDE0Qmj4ybPOjMW&#10;R2zL5VRpeVwC9Az8eT2moVSuivv76HdaCE9OIjw1hd/6t78icshKjlcBCgY1DN6VXKsCE7Yv11ff&#10;Xe1kYSrA4UiV5aVZvKlbrhQ4emXgg6PX7amWLfef49KqDXi0cmfEtVCJkzHWPmX4QYSh3Mk9Q8ej&#10;YOMI8jA8evko3MqGKdMc4wmbH2yYujXNOEJJNzX/xPS1g7mNXdJUJZURVq1iJb8una8WjY+GPHb6&#10;HQFl0iJHY2GoQQgDxolskoB8AfGubtVz2/FYdNfQtQ/HGVWuNNoS80LhCtGxZsBMY3XQbRMoroii&#10;YLNaxeXnLr6r1ezeH1z5AgASRBBBBPGqjIODw0in03k73zBZRUf5AoTkasezxPF4EnFKULmqIRWM&#10;22QqfCvlWegwE3hDivMx1L3zpmnJrKmpEzNT3+55dlCcp2l7YGIvq75ELUTjsVtWOHqeSczMGwni&#10;pcHn6KvPXMGHP/ZFfPnpC2+6vLrx6Zvbez+0vVdEnhJ8NhvkZP6e08fx+gfuwfLcJKJhUxLr/YMS&#10;NncOpJ1kenYSKwRCJglUWKaD5aUZUbm6fnNLJHjvPr0slYn8XgELczOSyN+i905mEwQ2juHwsCLE&#10;6BCBha39MnK5OGamcwRkKgJgNwiY8Oz8HG2HieIdSqo2tvckkc6mE8KP2N7dxna+hAw9znLLH29/&#10;9aaMqWw6hWQyI21ZbfrMkxNpZHITSm2KxleUgAQn0jzeREhBpuhttCipt1gmOJ4SNTcmY0vlgRLF&#10;MHs10Hsb7ab07rOy14ASSjbiSyeSqBR3ZTkxI9R+INwiyLPSvX5bVQiZ/0JJObcZMn+J94c9QAzx&#10;3lAVEP5usXBDOKSek4KBowzmZH32gAB7B3UCSwzaMseP48KLL+CTH/sEIj4FK06u+XvFsqwCNhxb&#10;e3ZA2ry4zUepUhmjqofOpv2u5jqTH//9CkKRpm2RmPXsPqT5LORrx3IrMOqb7ih7QY8uPhzDFc5L&#10;dsE4Aohs4ygWGXE+jCM/wyP76i4jLWbS8GZoMKTX5HJW4NpvGB4nRQEC48jaeHKkRwu0aVECI2Yf&#10;TJMy7L5SReMtEXAdtgmU9FtIpZICNpqlKhJSAbb1DtkCQE0NQKQy5fhI9Y4ipYsrOnvRDJVogTFg&#10;SesOGrUqChub8dXL1//n4AoYAJAggggiiFdl7O7mz9mOfU7aQgZDLYmv2jYsTnaiUUk6knQzjbwC&#10;EMCzukwYLh4coMHtMbZS2WFyscUAxHBndG01s6hn+Hh22lFOaiJ7GabtWmHrK2bIKnNSGw8AyMvG&#10;6vq+cC+i0fDf7g8HjxfLlQf2C9xyVcHuYRkHLIVcb6Pd7VNCFMVdJ4/h9PElTGRSyE1k0KPEZnV9&#10;G/VWW9qtVo4tIEVZVYces1wuJ0HXuNqRieO+u09I9SOfL+Dk8iJK9RYqtRYW53KYzGWwRYCCqycF&#10;Srh4eysLs8ozpNdFsVSh52vCPeFkvVapCffksNrE5GROpHMPD4q4sX5LksFEKgGDAPG1G2todAYE&#10;PuLIZLLcLoh84VCqJqzKFgpFRFXItCKiHMVyv8qVXGw00af9EE4GPce990NK9tkgsEfPMzDITeQI&#10;8GSldYg/62Co+vUjNFbblOhJvz+tnwEyywkrX48OPe4IL4PlhrlywjLTDDz6rAJGIKJPgEKSRvbG&#10;0G1a3DrFAN6tanBLDgMP3mdWi2O+lFQC6T1pOnYf+v0/EElkttyxdKtUhN4b1uDd1PP9jgYXjlYE&#10;M8xRy5Eio/uMPOBrufo6Wq8EDHBiTOcuPPQzNXRNwlH1Blery9F/G864c0dI5/LjdQbHy/P9LVX2&#10;y+0DjjZxjT6D6YMKbvXD74zu+JZzn9HOKZ7wxjilfSQl7H4uW9dbTINdzIeqrcrNDuUiytczAqPt&#10;lgDVHI3RQrmIGE+uaE8QW66J0KpbilejFNz6Uolj7h00F0QwC1fW+qpdlassrWYNdQL2V5+7+J56&#10;tTkbXAUDABJEEEEE8aqKTqePUrH4Tez94fWT6+TF1rKQ7EvABmnsR3A780GOSqVOAKQmf3MSxz3i&#10;zCERfgndTXkGmFtQuJ+e2wy4t14ZbpniLM2z0Ey25J9IJPIEzw4yoZhbeYJwE0EH23slPHP+BrdS&#10;RSYnMr+0uDD7e/fefSr70Lm7sDQzIW7cjWYLpUoTu5TY5wkUdAaOVEO4CrE8P41EOISpyTTS6TTW&#10;N3akNWuZQMddp5eFd3B4cIgTxxcl4Vu/lUcmFRMQUq83RVaXeR+3xDjQxqnjC2iy9HK5LipVN2/t&#10;I03LZ2ndtXpDFKyuru9ICx4rZzVrTezt7BEIOZD2OnECp2T78tWbaHZs4Wwk4gns3NrCPgGOcDSM&#10;cCyMRr2OTQI64UgI0QhzIsIEJrpKdYoSuwbtG+fh6cyEjGFumeKKSKVUIgAylHHFrVmc7Bk05mu1&#10;GiV0beVDIZK5jqhO2V4Gb4hyESeTUgkZqgoIVz54TA8JzLA5IUsPsxmh8gPpq2pJm56nfeM2LeY2&#10;Sduhrxpgix/EULV/sYQrgZGegJEe4pPTuLG6iie/8rTnRM5tVQJG6DOYY4pSXClQSb9wPtzk2e8b&#10;YhhHWpF8CfYrDAZYA0qsraGrfmVqODDUkGNEJGclKT8p3YMEhqH5HUc4Gobv7yMgwl+sccGHiZdX&#10;wPK2ZBhjn8+tuLitcEe9QeyX5Yf46zkQ40W34cvRIgLKuZ7eHAnJ5xIjSafH2ubo0fchQohrSGCl&#10;TuMsIZLJtuvwIcvzeR8K2HBFC5RAAdPgCckIWKYDr8AxjTnVjtVDp9nA4dbu/I0L1/92cEUMAEgQ&#10;QQQRxKsqDopl1JuN7wxZeu5Quyq7s5npTIZASltmcaOR8G0vgMo4OIwkJbl1ShR5NdxnzklWhM0L&#10;oyExH7SsiEqd6A7M/frdVkf3Rqv+eTPMbTThbsg0PxM2TTHAM8zXOv9DpVD1ehuf+OwzePyJJ/HM&#10;i9emb2zsfGBtc/endnaL9FpHAMa5e07izY/ci1PLC8ikI5607frWPkqU+KfSKSzMz2KegApbnk9k&#10;EjixsoCtnQIBgjyW5yZw9sxxmZXlagc7kHPbE1cwJnMJqZIwYOGkn40p17cPkEnGMENAdWtnV8DP&#10;XrGEg1oLs9OTaNVbOKTHaxvbOCRANDU1QUAkhP29XaxubonreiqRFGnmq1euEWAqCYhhE8FqtYz1&#10;zW2pVnDlgJOwTQIltlQSLJUimtAVNVuPtTjiqYzsR6enxBA6nRaS6QlkspPKuZx5IjS2SsVD8f8I&#10;x6JSyQhzixZXSLjlaqjm4Hlsiqu5PZB2QfqDwHJbwIqtOSVdAiFc6eGKBreYMRjh7fN2HNpnrvow&#10;L0q9Nm5YyL+doVpPlYCagBIG7nQuP/WxT4wlwxxhTUqHqYjnzM1yJXnHzPkMY+x742BUCPnzfJtU&#10;daeJqF6D60ti+OjlbvOVZwVoKMAsxHKMgIfh8h9c4KD7oIQPopcYehyTkc+HOebh4fiao8b5I7bz&#10;Ut0sw/coBJ9UrzMOal7qX+JWShzt/u54RoEWHX+WoY4RgLZoDCkgwe1TTDrvyfUtQ8+zOWGMLojR&#10;sG4RNE09GaO4doapvV1YkQPKq4VRkUHjhIEIoWbZT+Yh8dhr0fqa9N248twLP16tNIIqSABAgggi&#10;iCBePVHI51ecYf9RUbPRCjl8Ww1HI4hTEsfEc/7NJONX4j7Oztk8282JWKPG/g5NdHWixT3+IccU&#10;QMIz0C4R3eZkjm7S3Avfs4fSdhOJxjiJfM4MWeshAj7xeDQ4WTCkYvWFr7yIza08k8nv3T8oP75f&#10;qv71vVIFO5Tg79Pvcq0pCmTMmTlzfF7AA7dbzU5OiBzt9n5R3p9KJ3Hi+BKOLcyg1WxIYnrXqRXk&#10;CyXhYSxMZXDu7hOo0fpKh1WcODaPPAGQVrtLwGZWFLNurG0QwEnJdiuNlhDZ+TaZ3z8Q88Lr67vI&#10;ZFLSPsWAdGtrB7d28rIfiVQKg24Lq9fXUCZQxZK/zPE4LOzRMnsIRZQIATumb97aocTLkfY9Tta2&#10;9/OUhGlJXHb/tjkJ7OoM0xayNrf3ecnpQAEF5omYxshZ3BmoqkZuZlYc1BmYWHTceBs8jllS1ZXB&#10;te2ezG7zOGagwhPTIcNSCSdXTgaOKGRxyxaDnQ5XP6S615dt2Nr7oydApCUtV7Ie29HVG2VY2KXX&#10;un3u/beRnp7C+eefB53nsZFA2M1LXL3kxDmq7GSM/vZVA0xjnD/x9cRQVOtshD2Q41HR1d/G+DPK&#10;70IvZzgeZPE0sYzRI/e98K3Xq+68BAwYLyGru5/Hfsm3BhoiwQeaMHY84P72HRTvT0PzRrgya2pz&#10;QD1Z0yGA0SJQZtHDOn1n+q2OAoSmEuywdLU3TqCjSec9v0egnZaxufrLZpRcueMKHZ08S7vPi1O9&#10;axLpVq24PZCO+7CvjDdVFYSusY0qDnb3Fm9evvkjwfUxACBBBBFEEK+K4FnYg8LBY3Sjm4BW2eFZ&#10;ODEu41k+ugG2KZEVE6x47BUBEO5vbjWa6BDwYKf0FIEXBhh8Fw3LjdmSG7ki4qqbq/TJSyVkIH34&#10;zDuJJGKIRSOfp20OuP0qGg2/5s9XkxL6rd1DTM1M4tw9p99+18mVT85P5x7htqEmHW824Dso1wRg&#10;7BCIaHcG4jQ/O5nD8tI0EjELM7kUFuemUKNzdOnqGiIRC/ecXsbKsSUcFA/pHLRxz5njUukoVZuY&#10;JxDCAGZ9a5e20RZvkJu3CpLP8vOlQ9rezj7CVgQvXr+FOJ23ZCIu66pVa9jZzaNOCdcE7QNzeA7y&#10;e7ixviWzuwkaG8wnubWxjp29AyFXx+m9g14Hu9u7ijgsSmws2buDTn+gUknadq1SYplh7bUBUc5q&#10;0f7xQOP2qHAoLIk9vxihvxkAcDWHpYCl9YVeilpRGqctGfPc7sVggVPbCH0Wfr436OHk2fuVvC9z&#10;Hgg8O0ND2ryErM4gWoCOAiQ89sUJe6hVsuin3WmjS4Ct1x2Iaha/R9q5pAWsp4jLtvLbcbQxHfs+&#10;9LodxcOi5LVcLuHF58+/ZDxYSopqJBVrml727Dij9NyvsmQZDv4ihUSRIyZgZQ6HPqhjeukRTzC4&#10;8ENxunWNwTgqd3u0BcsZK18YLwMijnqKmPizefRio6Fd3f0AxjySxDkuOBH+jJbp9dzYx1u4VKGN&#10;rml0HWTRA4tej9PfTfYvYpU/GoMRNk+NJeGYMRx2bKw3elgjcLyZTKFx/Bh2pybwAn03ntvfxYv7&#10;+3hhbx+X9vZwiQD2je0d7BCwLh+W0W02he/haQaYisPDEzdD5pKwoSVX3ehcsN/SjRcv/oN6vTUf&#10;3NXu7AhE6IMIIog7IqqUYFYq1Xdy+1UorI3F6MZmUlLKqkF8i5+YmkI2OyHSn68kcWk2WtJqsrF5&#10;i9Y3lJsly6FyosngQ9pB+GZPSRq3U7OEKs8Ec7uLo2+0IVqWl7fC4Sc4AeWZ9tBruP2qTcDj+Qur&#10;0h7FBOqQFf5By7J+PRGLpJmrcfrUsrRXHVYalKT3JSHlx6Ku5Mzg5LF5pLMpIWwXCgewzDDupvdU&#10;anVcvLaO199/GnefmBduweYu8zZSOHV8Edt7BfFdOXFshtZdw5XrN/HAffeI4d3q5j5OrMxjciqH&#10;fP4AqUwKRQI/e4UyZgkgbWxsokQggSsI2/sHss5UKoMeAaUbN27gofvvkapWKp0mQLJGn20H9589&#10;g2gsKu1/O7u7Qvpm3hHj3kqpIq1U3NrCWXqHxxl/Vm7bG6pknsngonDFBiAhU40pHnuxhAA0fi9X&#10;hSrNhszKpykprNdKkoRyZYS5SJwkc+vW3uYBH2dpOxR+ie2MpG6lN9+UpJ6PMXs3uKpXqj1HeXfY&#10;WoWKAUfIZgUjUzgnJgEi7usfDrQ7Ohv7mboFkmVaRYmriz5957jVigH5+Rcu4h3vePt4Ui4VEOWg&#10;bXstRuMz/KKw5Cel+yRyjT/HV6rb7Uniazne2iS9NzwGiCbB81FyhrryYCmTPuWsIZUQ03GPpzYe&#10;HHct9CobQ8fxwIdf0Wq0jJ8VMsIwIW85QxsKGqpdDuMVEuVb6UrgGt6xVI1lyv3cFeSQ6xU9FzVD&#10;iNNxb9M4S9M56gy7aLGnTCqCMo2LQpeWmpvB0v334d4H7sPC8RUkM2kkU2lRQvvAf/4APv/EEzK2&#10;e6woplXZwrTefqsBo92EVasiTUNiIhLDJH1v2TDTCSlQxMDEZhU0rqoNaNutKvKbW/M3L9/8u697&#10;0wP/KrizBQAkiCCCCOKvdBT2C6l+r/dNTOZ1pTzFXI0SOfZUyFBy6Do7i2HWmML+S6M3sNHqDdDv&#10;tGVGcKBNtbgFwWIAY6r3G7b2K2DpXe4p7w+l+sGzig4bHkbDnCjuRsLWkwx84q/h6ke90cYTn3tW&#10;KhrsgN0bDH6CDuu/icYioUwiSUl9AolEDFOTOflh8j9XrSxKqDlB53YqBoH3nzuNY8fmZKZ/a/v/&#10;Y+9NgyTZzuuwk1l7VVdX9b6vM92zvJm3YyUpgiAAkgZA0hItkZIY1EbKps2wwj8cCgX9g45QhGxL&#10;lhRhhhySQmRIEaZpmVIoSFAAQQAECAIE8JZ5783S03t3dVd17ftelenv++7NquyZAd8zAZBvgLqI&#10;xvTrqsrKyrxZec79vnNOEtVqGZurK5JivnNwhltbRGTW5uk9LNFp3Kbnz3Omx3kONzYWsLWxhD96&#10;5R4ePDzA6uoSHu6fYHx8XJ5TKpZV9YTO68Mjeu32Ju1XFOfnZ6jlSziZnsKta5ui7/D7AzghcpLO&#10;5iVoMByJSitJiojP9aubog3iuZdNq2R2FSZnoknArNlsCXxkq2Z+jFucms2GOEtxxY3bU2R1m+YR&#10;2+tyuCBX1phEVAs1nUMTQKteF5IQoGN3drpPczPA9lRCUridi7UoVToubD/NVb92uyWVGHeCha1d&#10;tvqyT5zZYEt4nLQNmZqMmJ6B/S23GkprDgFUrtBwKxb6ykGJFeYCern9ULclWXTuWEPQpU/kJ1J2&#10;sL8r15PXRcS5HahtaA2GrgTZjuOVY7mryYeba3wrXL7X7vKFTu/XG1AC231ctPpjCO+dxHVz2JYl&#10;n3GoxnA+s+2iFE7bkcp1eVRkfjl60J1sjkd+h0NGLoUSqkqG5bLiNeyBNdeAlDiOWn24HMN0YGDA&#10;YwqZavbpu5JgYc3048QTRPyl5/Hhj34U15+9LaYKXMniKhiT42opJxt58dlb+OMvf1n0QI6JAU0w&#10;2Gy2EYvJQk2fjm+Z5nOx3kSykMcUEfC5eAwh/k6mOcxaJH6Z2fOi02yKFmT3zQe/sP3stX8RDvmL&#10;o7vbd+cYtWCNxmiMxlM/+H6bSmfebxu9ZUkh5zYQzt7wEQHg/A5et/T6pGVFMYa33ybrPBr1Kova&#10;ZRvSRiBuOQo6eJzeZrGdhLgDsUMRIUfVFsMALRCAj8Czzx/4kuExy1yJkXTu79GRSOUFHIdCBKib&#10;rX94lkr/k4tMzpPOFnGSSiNxkUWhROCcCBwDbW6vmp2Ow+uxMD0RxcrivJyXnb1jAvEtrK/M4vr2&#10;hrTfnZ0nsTDDz5/C8VlORNZbRDY4mO/B7jE4eT5Ex373OCUC89XleaToPc/P0zI37u8dSc4Bh/YV&#10;s2UU8kVpueKgw+h4FCF/CKV8FqenKdQJSHF7Vmw8hkIugzN6HoN0P4F/vqlm02mpeDAgY4vZYj6P&#10;WrUhE5VXz3uttiSoi5aIqwn0vxqRs2q5Im5dzbqqcBhCAFjoS/OPgJnhVRWEZq0iuiJumWILU3bd&#10;8tL7FwsFhOgz+GhOtmpVBMJjUuGplEqIT88okXhP26Ha9sBpy9Zg1eP3qscHwYOm2KaKlS7nQXDr&#10;l1Q61DXGJJIrLdxKw/8t4Lt/WcptujIguK2LLahzRNgqtcZlMKKTz6GTNoa5HLYr9wODUofu4oFt&#10;/+nnY5OOqafdgb+vLblcpreOK9cw69yE4xbF1MyS75FhaqL9SOXiUU2KPfxAsC49x3BZ8dqXQJl7&#10;G7YmEu6Kie1SrlwKHHxUvO8QJfsJrlhaq8HtVtwVmCMKUr51DT/yy/8Av/A//TKeeeE2zd0ikdtj&#10;pC9SKNNcYitobt/rtHqYoOvtxrVrog2y9afjarEyOFD5NBZXiFk/QoTEmptDNhbBbrlERD2JXqUi&#10;VsYSZMkLODSfmvSde3F0vHayd/zXRne3EQEZjdEYjdF4145avYVCofBDHo/pkbA0TQ64Tz4QDAqB&#10;4BtgIBSUVWOv+fZffezc0yOQyDaijUZdkRJO8tUp0Owcw6vbvCrd77YFBPQkW6EtwMwWQbGPAGOQ&#10;80b+QFpgiJD4fZ7vufOTL1Tx5v1jFEtVTgX3Xl1f+tX3PHvjH7z47HWsLM8iGgmKfoOrAsl0Dqdn&#10;WZRqLQQjISwuzmJhdkqyCIJ+A9e3ViWj4+HhKXKFClZm47h17YpUEpJEYOYmY5iYGMfpRUFa3a5f&#10;XUGTAP+9nX0iEmPIEcE5OM9hcX4asVhcSAjrQc4vcsjlS5iITwpxyKczApQT5xdCmEISJNjB+dmp&#10;pKozUeGWK6vdRDqVEvDFlQUmublcWqoZHhbj0t/arQb9tIRcMCFhEsIWtT0ReLdkftYJdBXzGQHh&#10;tUpB9oHJAaeb+2nuNBsNmsshAecs1g2GIgIhObGdW2K4clIn0hElkMdzkMH15NSUtBixNe/c0jIq&#10;5eLQrUlrPxzBOAvdmYj1dNubpW1UB+Ca9RBcURThelesedkVi9sOhaD0+0MIrluxpNVLWrqUaYMt&#10;lnAe1FpNEfbjEbDt9TqVDvNScoXh6BkeEZ8b32InI1eavLT/3j4u1SsuEw/HUUrbArueZWp3PSYh&#10;/D0wqJvYl6G/m0w8mt1x2dvKRTYuEY3L23C0H+7fYTivs3WmyvBzOLoah8i534f5Ir/eZwSQC4QR&#10;/uTH8Lf+51/BreduI3V2gmQqKdWNgVOXtOq1xaZZtEL08573vpdIckDsi6HzW5hw2tr2mc97T1tI&#10;i01vOIz2/CwSAS8OidS0cln42KGNtXMcgEnXRjmf41yQX6Tv0sjoDjciIKMxGqMxGu/KQUDRbDbq&#10;P8KWuM4NlxEKt2vwSvNYZExaVlg8y2DG5/mTkQvfOBlk5nI5Ec1aWpRr6xs4BxBye40TjMYAzNat&#10;KJ1uX7VrsdMWgepAMND0mN4vcutWOPi95X7F4PPVO/v4nd/7Y3ztlbt4sHMYPDg6/9fnqdwvNglo&#10;LMxO47mb23hmewPLRDJWlmalgsEtHvvHZzg5y8Dj89HfF7C+tixVBU4in5/j587j9DyDdL6C6XgY&#10;N7bXUCpXcHieJBIREXvk4/MsxsJ+CSq8SGVweHRK5CSK+3vHaNN5mpmeFLCUyaSJCHSwe3AMf8iL&#10;CPeoE1jKpi+IDF1IXzvrKvgnl04imyvQ9r3idMV5Lmy/y61hXLVhIFan/eCWKm7L8mir3X5ftfp0&#10;uy0hxyptvEHEoo5weIz2vYRyKQ8/zRN2XGOzAnafCoUjQkQYLHPFpdtSr4nGp6Q9sNmsY2p6nl5b&#10;lPDL2CS3kRVFz7G4tIpKMSdkgfVPeQJ7YnfrrJdrpTKDQnbLYp2DRZ/D1E5WYiVtDSTYg/ZF0Xqw&#10;cLhvDUCpo/+AJjfiCGfZ+nrsq+vHVuCXiUu+mH9svhi6RdLQ1y4jFAfLOxa3wLDtyriM8f9/DzaY&#10;MLq9QT7KQKsxUFw4yeduYqJgk2nrY6L7nIZWt4+mb+CxQELgsnbDHTLoFpjbuGyt67hIORUUU7+P&#10;6cpEGcroFWWw9OvgIizOp3H+5rE9OIEXU3/pk/irf++/o++vDhKnx1LBYMdAac/rK42PWDj3FPnk&#10;6h3raOaXFrGxsU7znM+/qX8wsHVmq2b+8pTgR9shIvT6WBSl6RiOaC5UkmfwcpYNmzAQqe/SvE7s&#10;HdxIHJ7/5OgONyIgozEaozEa78qRTmeeIdRzS1yvDOU/L4u3dCPkVWpe5WMgxwF17yT9nJtJGOR1&#10;CCwyaOL+d6mkSN6HIcCSARWv/noNj9hTclo0g0oJN+NkYK8pIuFAwHfP4/M+ZP1HMPS9pf94sHuG&#10;197YRa3ZQKFWH0tksv/uJJX5ubNsHhf5IkrVuoQ2xmNjWF2cwzhb19Ix2lxflBapcqWOnd1jWT1d&#10;X1nA9taGANGLdAaTBF5Yy5EpVlEs14iERLDFzjzJDI4TaUxPjqNYayCRzmNhbhrTrAEhAlKrci6F&#10;IW1cnJzO+ok6AX627k2lcxJ2yK1YEfppVktIX6SlghIMBUQn0qxWkc3muM1dKhdcCSnlMuj2W0JG&#10;WB/UISLAwmu/x3F3slTuAYExbh3jlikwGWl1xeJ5YiKOfDZL+1ah+WShzeF4NOcY3I3FpqQCx6vC&#10;cSIdjUqF5p2NyelZVEslITcL84soZjNClKboObx6zMBxemYWycQJxuMTGB+LSnihZI0Yl0EuE5AI&#10;XRstnr+2SlZXIXIKQMqqtSYjyrlLtx721Uo3XCCX/9u5DnU8nZwzae2CTsKGh45343FA4nAiy9ag&#10;WrnYOe/nvEffHoL6b6UI0qgyAWGxfm8ge7ddPlhDqO5xpX2YmphoobpoKXTOhfMcw8U84Fjywukm&#10;u7R1+xFC8aTPo1qljG/6Wd3p6MNwRkc8Dxd5sgf7INkhpvqs6Z4B34f+Av7Sz/88ykRY8zSfuWVM&#10;GRKoxZe+Jh8OyZR/DYd8AS+9/JKQZqmaOa1xWmMibV7aF1gRV6UXksoZXUMNuj5PiYwXE6fwddV7&#10;sENZLV/Azuv3f96yYYzuciMCMhqjMRqj8a4anNWRTmc/TKAnYLjW9ZRI10dEwAOTqw/hMMKRd9YC&#10;1Wq0JTeBheZ832SQ2dVtJqpVJIBQMCLkgzUl3LfMXviS/sz7wI4+rD8JhTnl+bMEQm12YPpear9i&#10;ANJodzExGeVjOJbLZv/vQqH4UxUC+plcQQICT84zyBWqrF8mABzB0uIs4uMRQpgdzE3HxN2KE+3v&#10;7hygUCxjbT6O29c2BVwlzlNiZ7y5Oo9MuU7nq4HFuTiW5maxu3eE83QWM9NT2Ds6R4FIw/LivAix&#10;T0/PBcwdn6RQqTSI/IwLSchlLmhfSkRu8jRPggiHxiR47SKZQL5URiToE0tek84xV0Z4hT/M4YKB&#10;MCrlsrSOsMYkyMnk4orWEyLcoWPg57Y9AfY2zZUWYtExAWS1Slna+mZnpnBydCwAlImQrA5byuko&#10;NhEjglQRUsxp6MVSEZwlE6XjlM9n4aPPFCRywZkMEXqc8z+y2QtEJyekRTCVSmBpbR2NckXaCQeg&#10;2nCCOul3Ov6T0Um06X0M7ZzELViGbes2LAW2LY2ULS1al1A+ISjWoAIiFQ7OD+n3NQhVREZWvrkK&#10;ZKp1+1q9/kQCYhjmZWStiwmGfq9Lz/0W52iTzpuvY4lOxYFE6hvEg2F94UmNVA6oNzURGjZnDYTp&#10;cFqWhtoMdyCgIwh/3P/KeCTt/DJZsZ9AP1RVxHalrTuCdqVVc/ZGCeSHLllMDtpdA/krm/j43/15&#10;1MolFIi8Ku2PSjS3dKq51R+6nFlwBSfSPGCnwI2NdczNzriyPobZ7MNqWl87mBkDoskMqUN/a8zM&#10;4Iy2UzxLgOvE7S5X92o4erj3F7IX+R8c3elGBGQ0RmM0RuNdNfKcfl4tf9TrVZkKCvNocGT3hTgE&#10;gwF4fMo16G26r+TGWCLAqpW26BII7fXakvvBVQzHrFPyP9j1hQAm/3BPNGc3DKw56bn+oN/2+7xf&#10;YhIUon0wvwfsdxmYHp1e4I9f3UWj2cLczNT4ze0r//773//Sx1+8fQNrRAQW52cwRQC5R8eXhd6H&#10;pylUifSNx8awsbaI6ekJAkIFafG4ub2JlcU5ye44yxQxGQsRCdmQ6sHuQUIAz9LcNM5zZdQaLVzZ&#10;WCRSEcOdtx6iTiA3GAzhzXsHYok7GY8LqEpdJEUncXScwFiEiOlYTFZji7msBAsyOGORObfulelv&#10;mXQOYSIXnMru85nIEllhp7NwSJkMcMWDCQhXvOh8y37LCrOH269atB0/Al6PVDG6RAI4sZ2BYYpI&#10;Q3QsiCg9vr+/K7am9VIJYa9ftslCc27bq5QLRKAjLJ9ApViUNisPHWfet5n5ObSadRQLecyvraFV&#10;LaNazmN5fVPAZKPexObVG0gmTsUFi0m1AZemgh3cvF54AiEiZEVp0ZI5bphDabOtW69sW4vXtb6D&#10;oaQOmHMAs2MDq8DpUAfigFJTlQwEjD4+nBYsc7h/TvuQMQyy836bkAsL9X1EFkWrYJgarBuunHHj&#10;UkigPYD27gQOV91CnmS6qIoxCEq04bYXBobxkY8SC/sx0qHIhP6bYVwiRoMlF9sYJp8PMlMg+R7u&#10;rQ5duDhI1cCZL4j3/Y2flSrcRZrIucfUhQ0nS0S106mQSb0Xtq6CsCGBrYT5QSLnt5+5JZkwqgqi&#10;UtZtl8ReEVZ7mOou39FqjvRYW0LXxVm9gspZUixaW80mKpm0sXt35++M7nQjAjIaozEao/GuGpls&#10;dt7q977PFPG5WpE0RMBriaiWgZsvEBLyoPsR/mQATTdC1gOw9oDzJ/x0g+50VJ+4uMX4fCqnodUg&#10;ENoWByC+Mfc4SE5anU1BSEQ++LkpAqFf83q8qu3mu3y06Rh8/suv47N/8A3cefMBHuwdTeyfnv2/&#10;F9n8jzL5WiYisb2xjsXpScyMR7G5vIDl5UU5LWyXmyAy4g8FcWV9GZtrq2gSoStXKlhamMbVtRXJ&#10;BrnIl0XX8cy1dQHXO/sncr7jsSj2TtPoEDHgRHRuR7rzxj2pghXpdSeJC8QnopIcXmV733pDckKa&#10;7Q4i4YAQkUa1gItkCg0iCWNMDMYmRHORzaYF+EWYgPiDUvFoEUEIh3zy2l63I33trAvhlX4xQdBG&#10;B61mQyyguRpRLJRgETBbWlyQqtkRkY4r62tSCWEywn5ILCpnt7RqtYL4zLysLpfLRcTpmDUbVdSJ&#10;bMwtLBHJKKNO+7Awv4xsKimtQcsLi8icJzhUA8tLy0jQ9icmphCNRpBJJqQ9DNrwic+HE+jnDwTQ&#10;ISDeFEtfOBEewwBALVYXcm0PG58cIm7bQ1mz/M0pTziCcp2Krhy/LMnGkfDOR8m//N9QzO0gZoeI&#10;uAG5/S3OVc5XadL1He4NHaTYOtsaBApacP5rWBUxBq1XDPctac1S/+KRKEH7Urq5cQn8u7UebnH6&#10;Y2QDl1u0HAKIR9qxHNJ0yRnLVtUPh7S4MP+ADDY6NkLveREvfvCDIjg3tH2wVOB09UoRTn3MrP6g&#10;nc7SLXXOued5un19GzG21jWG36VqujifwlKVN92WB9tp4VPVrQY91piO4TyXQYeucz6yrXoN+2/c&#10;/8latXlldLcbEZDRGI3RGI13zWp7OpX5kOkx4rLyqO+uzk2YQR6vT0YiIQFfvHr99sBE9R8XC0XJ&#10;a5CWmG5PyI2Pwwf1ai736LN3vfTHdzuqxYAtOrl1xeuV1WufP/BVIj5F//dI+vmbdw9wf+dQsiFq&#10;rXYscX7xm6fnFx9NZgvIleqoNYnY+U0Rkc9MjcPo9zAVC+PG1rpkcKQzRdx/cCgAZ3N9Hte31tCo&#10;NUQIHokEiYQsSVtXtljFOBGE65uryGQKuHv/QBFMGncfHkurFIvUmYwcHp9ISCATFd6vSGRcQtKK&#10;BTYYqOAik8dYKIxQOCruRflMCvl8CdFwWOaNkNyLCyGa42NMVELoEBHg6k6AyEiYzqv0udOUk+oH&#10;zYMQAXp+T66+cVVsfm6O5oQP52cJTMTHMTc/h0wqjVw2idu3b0gwH+dmNGtV0Qu0aP51+h1MzUyh&#10;TPvJYI8drQq5HLf0ITo+jjQRiiDt4xi3XKUSmJqdE2OEZCKBWSIlhmUgnU5i88Z1FC5Sci2wVsnj&#10;VBIMU0gS6zjGxsbQbVSUsFgL02Xleugyq4i9roTYtiv9zyEnTvQ2P2Rx0J2pW5u0s5XtEkV7TCJv&#10;ocfmjyMql8KM59GVe6dl7NszV9nytV2rwyMidAcQOWRDVThMnRVkDyxuPS6DYTfVcIILTUVUbC8u&#10;06jh/18KVsQT7HofISJDOcmwegL7svrF3bp1SQPiHEtgUIkxnX2njaeDQdz65CdofnVQrVXUZ1BM&#10;R85zXyfaDyoiUAs7tu0yHWb+0FfuaOM0t7euXhVLXueocTXL7w8pQttXGhDnu9vSCzaWQ1DpdR2v&#10;B5WJManYWXTt8JzMnp1FDnb2f3Z0xxsRkNEYjdEYjXfFqEj6eeEjXtF5DJsj+KbH4Gp8PCZtJ6y9&#10;8JrGO/rCq9abUvHgVWlx+RHXLI/KOXDyCGxlDSrJADoDgcGm477lI5BI5INbaj6jBOx+0QF8Nw/W&#10;cbB71XhsnNuTYsn0xW9Uq9WPss4ilc7jMJGSnA/WanDFYmZ2EsvLC+LWVK3XsTg/iRvb60QUPbi7&#10;e4RSpYal2Thu0t9Y3H+eysqq/RIRlWq9g0yhgtnpKDbWlomgJMXBittIsrkijk7PCbBPYDIWk0pH&#10;sVwSW9rTsxSiYyERmDMArRbykuHBORvRcEjSneuVApsaSGr6GJGeEIG0UjGHZqcj5GM8EpGWPItI&#10;JwvTTSaldGo9AY+0N7UJNI1FI+KkVSqWRA+yvrFO799G4uRQAFo0Ook7r9/BzGSMthHGW2/dI9Li&#10;l3yPIO1LsVjE5MQ0gjR3C7k0YvE4kSYDxXwO8wtL6LVbyOfU75VKCbVaDZtb15AlolEn0ry+fgXJ&#10;k2MC+j6srGwgcXREnycwCPSTSqGu0jDwGyNCU6Z9ZXLirNJzpUhAp3bEMlwVCCVcHxKRQQuWs8rO&#10;gXuGUzuw9GsNsePlVsl1Ou+hJ5hBDMTKznWmxexwAXWP8adPPncPtnxuV2vwibpmSCd0ZrimFtwI&#10;5JP0c85t5n9tl5eUk1oCF3HRMnn1XWSbrlrR41a8xqUqyWWC8qQGNXMQyOimZupdpTprDO2L3fUY&#10;t+OWpSiSLLSYV7Zw/aX3IJtJ6xwXZSIg9LOvLXVd+h7DHir/+VcRqNuOVkRVRm4+c4uumbCU2VT7&#10;niU21IbeN1U1sSTnxpkzyqlL7Tlvs0Xflzm/jezpMTNFNIiY777x4K/QPo8seUcEZDRGYzRG489/&#10;ZHLZaLfT/pBH+tBtAU3QLlhBugly20t8YkJAAvfXvxPQ0pNE85YkSfM90SPWkcrZx9Y97MqZR91I&#10;+5z90WypFiyugtAuMPkg0tHw+31fYdchzpH4bh2tdg/3987w1Vce0B3Fi2tX16PP3Lj67977wq0f&#10;u3H9KtZX5rGytIgoAfJKpY59IgeJi4I47EzPTki7VZDAfqlYkST0G9sbEih4RISFScZkLIxnttZR&#10;JUKyf5RAl47xLLdpZEpI5SpYXZ4h8jKLh3uHOD9PIk5g/eHeqbRvRYlo2LYHWSIvnOFxdnYhEChC&#10;JITPSbPGovMUao0GJsbDIki3rTYRphSBIgOx8YiQjjoRg3qjJSJ2tszt99QKMDuqdaXVz0vbjBEB&#10;66NcLmNxcY5AWAinpydEimJECDZwcnQi+R3vfd975bPeef3rePm9L+Nr33hdGn040M8mANclQlar&#10;17CwtCwuV5VqBTNzC6gUygIe52ZmcHF+RhPTg9mZaVycnSEamyJiNI7Twz3Ep2akMnJ8eoCr126g&#10;Ua2iQaSEWxSZcDAh5n/Fjtc0paLCBLtZrQ/axkzXhWKaw8QKp3ff0GKrwWq4Q1CMofhZVTO0O5Qw&#10;d35fdc0wGeN0+ScN27V9Uy8kuLUgDlH5lgXo9SY89Rb8nFECJ3vE0DoN4xElxlAbYkoVxKNJic9V&#10;EXFIi+UiMpeJxZPax2wX2XC3mDkOZZZG6U67k9uOeLgNWyWkDxq+jMfyRoS8uFy4ajS/F97/Xqks&#10;ck6MqSsRYijgtHoNND/Dti5xPuupUEl+jB3quErBizbtdhfzS/NYpLnLJ0kJ2OFyw3KsnDEgwTwf&#10;1N+UkF8RG7oOxqNIl0toZbL0nl2cHx1fT51lfmR01xsRkNEYjdEYjT/3cZG8eIFukVfcy3IMVngl&#10;t8v2mgQMDY9XwNaTes4fHe1uT2xa6/UqAc2QZCzwdsQWlFcOTa+EyZnKkkcBRgKOnAzcl5Ri5YDl&#10;CwZZ/LxjmN4dn9+HYMD7XXn8G40Ofv+Lr+FLX3kddx/sY2f/KHh4fPZvypXaJ1n3sLm+hFUCJBNj&#10;QSzOTOIakYuZqQlk8wU82D9V9rnTE0Q6VjFOYD99kZF2tuWFaWwuL6JQbkhwILc+XbuyLE5Yuwen&#10;cqynCNjvHCZQJFKzsrKEWHQcb731EFUC3Exu+HncQsXZHJzgXSoV6LlVpLN5xIiYjEcjNE9sVPN5&#10;pHNFef8IkQuv6ZcQwjrrQIg0BcIREY+zbWyACIifwD2v3jLJ5WwXFovz87j3ncXiDPa3rl6T/Jnj&#10;g108//zzQlpee/UbuLp9hX6u44t/8AXEiFh1+jYe7OyJjqRRKYmNaZoA18T0LCKBEM1vFqnHEKb5&#10;xHbAi4vL8lny6TQRlEWpthSJpGzduIVsMoFSpYiNK1tInZ0K4N+8ukWkZF/aDw2PAvOMVPn6YJte&#10;Pk7B8LhoabiFxtYicDfEdciF+18H9koV0PQMSYmbFhiqksDvy8eJ3cy4Rcz0+OlFPswvzD9xThm6&#10;D0ttz3L/UaofJr49nqwNusb7HETY40NiDsx3FdXw8pKFqwXKLRYfyqoVVVH6j2F2ule7Yzm2vU5e&#10;iItg4fFwwW9mv2u6Pv9l4HaZJEkMpO1UT5yWryERcbq2JKjQMlGneXX1/e9BrVKS8MlBhcsyHjv3&#10;1oAAQblh2SrEUlXBNBHld7V68NL5vr61JfbWGBgUGMMWPde2HVG7oe2e3fbP3MTVjIdxnjiD2Wqj&#10;nM/iaO/wbwIjS94RARmN0RiN0fhzHE0Cv7lc/kc9Ht3Trr3p+feubovyeT1yw+QV3nfSO97t9iWZ&#10;OpVKIUM/bm99Dh/km6Nqu+qrVTrOTZDKh847oEcZZLFNKpGez/l8nj6vknM7z3fjeOvBIXb3DgVN&#10;FSpV70Hi/F8eJ9M/lcoXUa42xSI5Fo9gZWlG8j1gdUWI/sz1KwSqQ9g7SIgDFlcqbl1bxxyRFE4e&#10;ZxeycQLoa8tzqDe7QkImYhFsr6/QuckQ2TkAEzt2nXrz3p4AtAUCtJFIWKoODLjPiMyUiXCw5S3n&#10;etQInDM5SCSzQko4E4arFrVqCankhSSBMylhEsJ2pDUC5ePxGO3/hLQOdXodIiNBmQ0Mm7jKwMFr&#10;tXIR83OzCBM5OSOwxHbPV7ev4fjoWPJFPvB9H8T+/iHOab8+/vFP4OT4DG+98RrWr1zBH/7R16VN&#10;kFuBDCIjjUaDjlkHG+sbEo5YJ9KzvLKOYiEjxGFufgFJeg8OGJmanELyLIHZhQVxyjo4eIAZepxN&#10;Es4Th3j2+RdQItDWaTZFHO8VS2kFlxUpkJmM6MS4CNrNgTZEg3/jsm3sEPYqJCpAV+sEhiJnx6nK&#10;VNeDBp+mJj+8GGDZJiamJolAjj82n/oOysVgPWEAsr2G1jEYl1uK/tTfH3TM0WrAxynoxpASOITB&#10;uqTtMOD2mHL7ZEHXT4bCcp4fps4LcZMOdzMWgEck6pb+MV2PSCUCbmcxXCJCj2aKXCIOrrdxWta8&#10;ug2Ks3f6C8tYJjJcLBREcK6IhD1ouZOKCJMMFps7QYS2NbDxZfJgapLo5LTwG3Eb5tLqCibikzTv&#10;AlId6WvnNMsehla693NYYdFzj84J59t0iXhn+0SyU0l46Bo8fnjw4Varc2109xsRkNEYjdEYjT+3&#10;kc3lffV6/YdMwzNIJOfsDb4LcgtUJByRMn+IwKfY8L4DAsI9+2zdyuCY7VsZpHGSteSJGDpUzlLQ&#10;gm/IkDAti26yNpEXFp974AsFEaQff8D3WRb9hun370b7XV49z+ZLdHxMAc7JVOr/qFRrP5vLF5BI&#10;JHF0lkKaHm+0enI8VlbmMTE+hka1grGgj0jIBq5uriBHZOXe/rEc32sbC1hfnsc5kYR0tkRkjojF&#10;zARKNSKF+TIB/bhoPk5Ok3jz7gNMEkGo1prY3T8i8hDC2HiUAHhAh/J5xLo3GgkQwRkj0hGSnIts&#10;Nosq7S8HGXJIpclJ6BdptHs24pMx0W9wVaNcKglJmSCCwCYE7ODkp/OLfhuM3eMcSkhzJZ/P4+rV&#10;qwS8Oth9uIPrz9wUQvXKN76G5154AZMTU/ji5z6Hl9/3HszPL+Ezn/odmhtefO2V16Uyx+vsHSIa&#10;7JR2fpEkYrIJu9uW/Xzm2RcQoOdkMzmpZpQLeeTpZ2PjKqqVElrdLravXcfJ3gM0CPhtbG7h7PgA&#10;sakZLMwtInF0qNLYTVW1M3TrFbdhMaj0+4OwOd+G3s80DZ3DYej8G004jGEQoIDeQauVIS2OrL9y&#10;FrelMKgtfA1tt2volkhDKkYeAfZzs7OSrfPNhqO1Us52QytbwJ30/a2NarkCs9ODB07OCXQ71RDO&#10;m5dgfV8Tk6H57VCKPaxh2IP/Wa5KkjFIVx9maDgKmceX9J1Khjvh3AIu2R3bTyIfxvB5liNKN9Tn&#10;cKoWTECb/S4mb2zTNTOGeq0mz1dBgxhUOnpiu6vyYCxtPKACBK0BgVCvscSSml3hOLy1QOSdTxDr&#10;ryzLdrmmabrmIh+KjNg6K8UcVEJsfayY4HbpOj09P4FF12wlXwyfJzJ/ZXT3++4Y3tEhGI3RGI2n&#10;cVyk0psECl+EGRj0iAvQYtE5gZtAKIQYAVR2JjI9bw9ZuJeZhc9tDmsjxBMIBFCTlWEGQj6Vd2Ar&#10;q19ZJeS2q05LWoZ6va5ycyHAbPgMTk0/9/o8r3skqO67y/2KrXaPEwTia3XO+MDk5ASRhdz/EgiH&#10;/i6DHJ/XL4natUYT56kMmnw815ewsjCL9bUYKpUqcrmCAKPlpQUszU4iUyjiweEZrq0tYmV+El46&#10;1gcnSWl/W16Yw8xEDA+PE+gS2VtanEOOiOLdB3sCVngfHu4dIUgkkTUbxWJZkso5syNb7ImeJD4e&#10;FlJQpvetdgtIZfK4sbmMWDQs1YNiMYtKuYrpqThiE5MiqmXNSSAQknBBj2Ep1zMCSdVqDTEiNONE&#10;dvbuPxBgd+3GTZyfntJ2CvjkT34CBw8finvaj//kT+CVr3yNCLGJj37sY/iDz/w+jo/3kafnGb4Q&#10;ponw1LIXRGwMJFLnRIBYyzGGCu3/FG2/R9tIZ1OYW1xCwBvAydkhrl6/iRDN752jA2zdvI1ysYjT&#10;xDGuXLuBJhEsthx+/4c+jIO9+2LDKi1Sg+RzW2A0Xw6NdgvR+ATqpbIAfMtQjUS2bqsRPKtEGwPQ&#10;6FRJHLDL2RDcaiPtNtChhR5V/RhYYvPrvB4VQMcdYLTNrStPdlS1Xe9puMTnHgy7kL5dVL5GcyjI&#10;9tqOPazeA2OQ0OFUGQy4msEGNRHn2RBqYVzSWwz3XJYqtDJkGDUI/Zn6rs/trnzwOkfPZbcrj2nx&#10;hOMUZtuPO2o527XgbsNST3JICDeItekaXXz2lhCIRrMp57WvKxmO7TITA8f9ynKS6Q1D60xs9Lp9&#10;cQtkUsNGDGx57qVr0E/PGYtEBVy2Ow1pWx2cW80uh3PMIX9K++EQ4IEQX5LSAyjQg5nzU8xtb2Pv&#10;7sO/vL659L96PEZzdBd8useoAjIaozEaT93oERDNZHIfNU3T70QOmBrw+OhGyCvW7ETFdzUfkQff&#10;Oyh/NNs9AWjFfF5WxNkFSylt1Uqdz/TplV22k+zJSiCv/DFI5kA9zj4wvV7p4/d5va94Pb5cQPQf&#10;3z0EpNHq4vN/eAdf+NI38Ppbu7i/f4JUOvf3AwH//7i1uYL15TkC0AFMx6K4fXML21fW5RAeHCZw&#10;dJoUALS6soAr9Fx2v8oQ0I7Q87c2ljE1EcfpRZ4AUQcLs3FsLM/jkEjI7lFC4NtkbBwP948JvJeJ&#10;uMxjnojFDgF9rqBwNscu7QsD80gwIJqbQlEJz7kKwgSEV3uDYQ74q+DsPCVAeXJiXFqmWo06kZa8&#10;2NtOEAGRjAQC/wyaWb/AgImdfVjXkc/nsLi0IpWW/Yd7WN9cIyIxiTtf/wZuPnMDEzH6/bU7+NAP&#10;/RDyF1kcn54IEbnzjVfxqU/9NhJnZ6KDmCHiVqdtmYT8c0RI+jS3lhdXUSYy5iXQNUnb4WqRn953&#10;irZfzWcRj8a4xwUnR4eYJVISoecd7T7A0uqGvO/h4T6uPfsckYqCtH/xfHT0247DFGs/VIaDklxz&#10;holhDHv1nd+VG5U9SPA2XYGDg9V2y2l71GCVrX1tJb829fuxQJ9/nPYlbpPburrxTeeYE0R4iZgM&#10;rvFv41wm4hXs9XXflznI93CDZdNFRoyBga01gPiGKzNkSAP6GDZdMVNw8kMed6MaEqzHtyLH/JuQ&#10;NNhDlyv7CWBuKJh3WubU37yqRIVeKIYlIqxtmveO5sJQLGVADkwxELAHrV62zvTgikej3pLMo0CI&#10;ifgUItE4vIExeHxBIu0RnB+dYGd3Z0BCZf9MU2fQmLrCZgg5GXyn2k7NyNakpy+kixcDMBHFyfkx&#10;mnQNnO7u3shmCt8/uguOCMhojMZojMaf+SiXqqiUSx/j9ihlF2oOWiG4OjFGYJXD1aKxOBECzzv6&#10;omNbTl6t9xCBYdtXWYnr96E0JqZya4FK/xVXGovdsnrib8+ORFz94Nf6A2F2R/o0EyHOgvB+F9nv&#10;PtxjYHEgIYvlWg2nydQvJDP5f5gpVFGj48f2touLs4jFxtBsNCTl+/lntrC5voJypY67OwcolatY&#10;W5rB7eubAnaOiSDw8VyciWF+dhLJfBmVehNLC5P0vAUcHJziwe6xuEpxtsrdnT0hoHNzM9LedHh4&#10;LECXBe0XmRwm42N0/sfEJKDDFQQik81OFzNTcYyPjYlWKJfJ0nt0MDs7S3NkQoTdOSKePiIVMZo7&#10;fMY67aYSw7a7IjRmh6wqgdYKkYUbN2+glMvj/DyBD37f9+P84AiFUg4f/OAH8eYrr2BVnL382Nt9&#10;iA/98Idx9/U38K/+5f9Jn/WUjp2qzNXyBZg9Wxy4yvR5r6xvoprLolgpwkMEqlKvot7viqNQuZiX&#10;dqQpel2dSEkoGiUCNovsWQLBYATTE9M43N/HzPIKEaoAcqmk2O6ylNo0HWtdQ6+uGxK0OE5kptdu&#10;6yRzJaI23RoQpxbghADq1HRDt1Pxa5hYOC5Zhka67rYkLpwEOQ+HrgVH+D4/N4/11cUnzi+P4aof&#10;aADuNRwh9rcePjgA/7RfzTKROyLBsK2BxHxYwXjUB8sYpGzYAwIi3mW6tmENiMdQZG4PWonwCCFw&#10;ZYNr4jFs5HKL0wchhE7eCpz2qstkZmhvOwwjNN2fQCeO921FMPrxKGaIxFcrFWnHE2IA7XBlOGJ2&#10;7XQm7VcqrZz1cc1uR4wZLCJWxVIdF+ks0vTDrYEFOqZZIt2/9e9/E41OS2WEwBqkqcv2ejrcUAe+&#10;DJzXPKYrfd3SFtCWaFB6RFTq9PTjnQdoFUvG0e7+Xx/dBUcEZDRGYzRG4898JFOZhU63/T6PqSWh&#10;OtyMhcnOEqEK2rWlBevtAYkteR4MRDm5OhgMyo2P9Q1MQExHyKmb3futrtim9rkNgX56slpnwUfA&#10;PBgOtbxe3xc57TnE2QvfRePw4ERalpiEpZKpn0gmk/98/+jIPDg5QSpTQLnaEoA0NzeJxfkpOoYd&#10;cZDaWFvAC89dQzQSxsODYxyfpREncvLs9joCXj8Ojs6IwHQxHvZjjojCWaYkqecbq/NYXJiRjI+d&#10;vT0iF+NEFPvY2z+SVPLx8bg4ULEYm8/z/mFCjAcmImP0eJTIQ1Pa6M5SRExou6z5YH1QvVYm0JSX&#10;lqfp6Wk5ryUiFgySIkRcfaah18QN1GoVhMfCiE/EkTw9lta8a1vX8PCtNzG/uIDZ6TncfeNNvOcD&#10;H0AumRGSxNWIdCqLm7du47P/+dP43//pP0YqnZQwwYmJCbSJyLColklGrpzH1toGakRgzi/OEad9&#10;5EBCJglLiyvIplK0Dw14aW7liZz0iYgsLCyglM1K28ssfYZMMokQHYflxWVkT04F8A9XloduSqwz&#10;EZJNx4r1TFbX0mFxKvjP0GReSL1YTXsGVrhCXrSF72BFGxhYUjvExTRs0d/wNcjhmz46Xtzqo/JS&#10;DHEI42rUE69D+3I4H3N303Dni397Bls0t4iw+nssdjAuZZwAl92rMCACfUBnhtg6Ix0uMmLoxxwJ&#10;+7BZaZgk7s75MGA8rv145F8HpLmzQ+ASmBtw530Mc5AcYNcfiLwV8eRKFfMAc3YGsclJqfLBdHJd&#10;nGBBQ1V36bvQcjQaFqStUj6hZeIskeIWWAnjZKcrNnDgakbY9OHLn/00LmhuciVYSA+7W7FWrq9s&#10;ygfBlXC0IBhYREO3X8lrnPNgK4JmxeM4SZygV6niZGf/xzrd3sLoTjgiIKMxGqMxGn9mg29e6VTq&#10;fQR8ZiWbg9gBr54xKO50OwSuTNWvTzdOj9N7/jaj1e6iUquhUCjIKl/f6tK2Wrp1wdQBaKo/3pL2&#10;q66s5LFupGv3Vf883XC9AT9XP+7SDfnAR78HQ/6n/3jTT7HcxMl5Dhsb67iyucZM7ANrS8v/5sbW&#10;dnBjbU30CWcESHaJoKRyZToeTEKmcGVtRXBRJp2TisDt6xvSbpUtVLCfSMPrM3DjyrIkh3N1JVdp&#10;CmiNj0fxgEhJtlDC+voyZogkPHh4SAAkidnZCSQI6BfosfhYREIEW82aWODW6g0kUhmppMRiUdEb&#10;9NoNHJ+cw6R9nJ6ZofcictlqIn1xIeYCnKXB4YeVUlF6zllUzViMc2S4hauQz2JpZZE+owd7O/dx&#10;49ZN9IikXhAxeOGll7B/9z6WVpfhtw0BWeNj46gWq2gSuPsX//yf4dd/7V+LKxuHBk6ORWETmTDp&#10;v7OlPMqNCjZX1sQiOJVNYWV5GQZhtFarjYX5eSI0KToGWUwS+amUSlJpW1pcQiFzwahNnLhYU2PS&#10;sV1bW0fu/AwKx2moa6hmHJ67fI30rR7q9NljLLQnQAlHaK7Bn2qbYgLiERJh6koHH0duJ3RXJ5x/&#10;hbSYHp2sjoGDlljvcjsk60TY6JYNGcJRvPzS7W9KPiwbA7OIgYTb+PbkfrhHg671XrmKAJcETHsg&#10;Ch/CeeMRxYZDLhwCMvCpop8ebKOvKInRg9vzSrWmqQj5yzkg9uAzuq8zNwFxt2PZtv0YMQGGgnYH&#10;zNmuvxmPvN/gk9A8jRJR5SoGEzEnkZwHf5+x8FuceHXVlxkAz1/eQJWO2VniXJ4vQav0HSffsXSC&#10;2AXuwRuv440Hb9K8DOoqh60rN7bWrWjiodu5eOHGgmN8ZqjFHjEVMXTwoTrx7EDXoclZ7rRxcXKI&#10;Urowc36WHmWCPOVjJEIfjdEYjadqsOsREYVPSK6HU5nwOP3WSgTt8TPYnNIruvbbrp0y6WBQEiQg&#10;zNkf7AzEN1Wv6VMrx15e+evTPdmrWhs4+ZzAqbKlNOTvvKocCHIPdODLPr+vE2Qy4vM81ceaAeHr&#10;dw/x4MGhgHQWdtMxura2uvwb9Xpzkn5ktXyeCAKvD1eqdSTOklL1eObGFSwvzCJORCB5kUWKCMpV&#10;Ih+ri3OYnZ5EvlAVUrMyP4Vrm4u4t3eOe/f3sbG+JO1O3HL1Fv33ta0NrK0u0vOL4nx1fXtLqh47&#10;e0d44Rn6PRxANDyGdCaFyPiEBB2uLM5gjohKJpehc9tAlgA7Z4AsLszhND6J5NkpMrQ/LGrn/JAA&#10;AeUmkQrub2dXsz4RzBiBfnZKKhAxeOF970eePleLPtd7rn8QD+/dw+b2VdRzRXHKYoBfpM9YIBLD&#10;Tlb7h/t4sPMA7U6L5uG0aEQCBNJ7RJDYXahcLdEcDWIlNo8MEaEeTc/1xXXJGrHoeVOxCZyenKBH&#10;5Pbq+hWZm1xRi8encHqwj3q3jVUiK8VCHjadl9XVNRSSKTG/5bkoNri2SiM3dR4H/69MRGcyPiFB&#10;cralAuBMw6PX921ttGBKHoPTgjPI5eDHrB6U1a4TPjhAj5p4mOp60EGCHOrpp2uCqyt8va6uruLm&#10;je0nzjWn4sH/cmHCy3qV75B5XJXmgl0nAiLkQSWW24/4ShlakK6UCXq1flAFkfqCbolyyJ7zKS77&#10;WlkDI9/hX003wXqEgAzS0rn6cCl3BZdIyKPi8/7ANtgevIdTGXHej//t0zYjdF1yBYwtny9t11DO&#10;W7Zu1XKOBFcwCsUKSnR9B+i69Aa88AV9Qtb5XPvp+7aSzeIPv/h5mqc+PbfMAXlybJpNV4q700rm&#10;NK2phSJuY1WtfiJAp+9cacySzBoiK+MRJE6PsHjtBo53j/7yxsbSr4/uiCMCMhqjMRqj8WcyMpn8&#10;GBGGH/AHVHVDCVZ1mwOhCe6x5/RpU5ysfJdSnZ+4wk+vqzdb4m5UYeG5tptkMa3hgCy9Uipgo9tD&#10;p9WW/A92v+rzah09x0c3Xg4gpH8/ze0HoWDgHSWvv5vHWTKLN97cETDbbfSQr1Rno2OR/ycSCq3x&#10;5xuLhqU9iFfho0QaFhdW0Wg0kckXJauDQcSNrTVMTawjkczj+Cwl52V6MopYeAq5UgMnqQKW5ydw&#10;/coSXiUieOetXSIhy5iZmpQ2qbce7GFrY1XyQ8pECO69dU+sauvtjqSlM4EpMlEoF9CsV9CzPERs&#10;sgToZ3BK71crlVCjx09OzvH9738ZcwvzuP/AK2LyVrONUDgk7VtsY8tgqVWvCeycn5vGhbQzBbC2&#10;vIKdO2/i5u3bKGRyQo76RIR79Jq94yPsHDxEInVGwLYMq9uV1X8mXuHwHMIEztgUod5uSP5Ch6Bi&#10;MDQmFbo07UMkGkHQF6DjSOAuoFaOT85PxVJ4ITpBpKGC0FhInN2O9ndhEllaW1qR7A4m2rNzsyhd&#10;pHW+h1faZRy9gaXbpLiakS1kJH3czxqnTpuuC69atTcVdGUQrnr2oS13DVdqtXZj4sqivIGpgCJ7&#10;POl+fWeymw4ZofMshgx8XbCNNYHWF154HrHxJ7dfGUrzPnj/72R7BhNLo1GHwUzHdrdCGYMWq6Ga&#10;xRGV9wbCfecxp+rg1o5YQ9amPottDCogw6qG4SIQl/M83ARDHKYGWx6miLufazzhddYj21DHVr24&#10;TX+dXFyQSm6b5qpyxxqSDdtyJZ9bSnTO1zhrrDiEk3ONvB4iH0QomYCI6yDNi9/93O+hQMeUFylU&#10;irr1SGubaq3ymIoa8fsMXNa4UqTDXnk3xSjBUJUSbhnz8Vzjdi76Ps9nCzTfz5E6Ov0L9UZ7KxIO&#10;7I3uik/nGLVgjcZojMZTNS6S6Wdt9K6q9irtUkMMIBgIS3++3ExNscKVQLq3G3yDzROo5EyHSqUi&#10;7VucnWDp4C1ZFZSbLYG7vtKKQNxgutKawCu+bLfLvf8Bvz9FN+VX+fWR8NPffpU8TyMaDWF2lsB4&#10;Lh+4u7P3b/cOTp9NZrJocE84HYfpmQmpUNABQ4WA3cxkDO95/hlsri0LgXlrZ19WRLfXZrGxNC/6&#10;j1SmJNufiYcJFIfx8ChFBKCD61urkkB/h0jPeTKFpaU55ItVHJ0kECUQvjA7I8Bnb3dHtCi7xydo&#10;03lamJ7AeHScCAHBq34H+wfH8NH5YAvfoJ8AUbeDRCIhzjoM2MPhCJGSAupENtgkgNObOdSQKwj5&#10;ixQmJycxHYvhcG8XN24R6bjIIjY9DV+fgHqpjM3ZOXzoIz+IH9zextQf/BG294/wQruPZ8fi2J5Z&#10;wOz4BMLeIDwEcOtEbBvNBjqWam3xcSWEwB8TWs4SYaLLFTieq5VGhchwncjPAkL+oAjUOaiQAy+P&#10;T48wHo9jkR4r0z6EiPDxflYJkAnmZSMEh3zwirNuW+K2lmK5SNdDQFq2uh1LrYmb1mAl2pAMEGNg&#10;lWuYTiihVyedG8LB5XkeryYiKqdD5YqYA7Apq93yPGVlzdcTXztTU3P4wPte/hMXAhRZUsLz7yR5&#10;rxVK8DbpHLQsTSkcMK9ogm5cczVTueP/hrUK5/mX/ioVlSGgf5QgOP9luYTuxiMHYVApMdw57Koi&#10;aRjfTDtiXwL7wOXAQqVFIUDvCWB8fh52T7l4SbsTdAihQ7107gfvTqvdRqFUFS0PE3W2pQ6F/fI7&#10;a40iwTAevP467tM1yd+5tiM6cn1oyfawnc/gClW0XPJ7Z7FH77U4p3lUSYwXMiyagFwpbNH7n3AV&#10;MJuPJBMXnxjdEUcEZDRGYzRG4zs+Wq0uMpnsxwgAmapCoe50vNLKXMRx2/GzHoN70N8BiGm2u9I2&#10;0O72VDq0yf71bSEh3L5i6h54sS6lH4ue1+8Q+eClOUOpZJmEMAEJBoNf9fl8OZ/f+47E7+/m0SHw&#10;PDE1gYm4AvYRf/BX56emf4QdqNhS98H+AdK5kuSCjI+PSUBglMhDvlikY29j68oKXri9JSDmrYcn&#10;KNeamJ+J4drmEpLpHA4TGXTYYTMWllC6N+4foEPn4tqVdYxHwnj9zl0kLy6IdMxi//BMcjri4xFp&#10;aWLAXsxnJS/k/sMjTNJ+TtF+Bgm0M5zKFfJIZfNYXVvFxGRcVk+zRCw4u4S1IWORENqtOtrtphBN&#10;FtxOxqOw6LymiPiweLyYyogd7iwRj06lhsj+Kaz/9GlsN5t43/tfxPKVNbTfuodnL0r4RAP46WoP&#10;P1c38TPxRXz8Qx/BSz/wAzBoHnSJqBpe1VoiWQlevwBzBvGdbhs9qye98B0iJdFIRAhZt9OCj+Zv&#10;yO+jz5KlOcp5KCvSxlWpVTE5PYOg4UGzVBHyJDk3zko3W5caipAwMSiWy9IyM05kp88r3tyWpR2v&#10;JCCQQT9MreUwVSChaWrBuWp/4f/m64nbtZiAGPo5lgUtWtfA2KN+eNvswsXVDy8L3ul6fP65F7Cx&#10;sfwnzjkHzn+nK4ecfRImIsZEQaqcl6jCMPpP1R368mPC1HowrQpj3Yc+lty2NqAJrvyOIRu4XOVw&#10;azcMV5Ooo63pXyJEj6ecP05ohs8yXFbCpjGUuysTDdp3IgnjMzPotdqyoGIYTgudzhaxVYI9t+8x&#10;Ya9V6lJFCYUDRNyD8r3oE7txn5zjKl1rn/vCZ0T/Jrkz+t1kbhnD/VUGBY7rla20RryIpCvNToii&#10;rVv5ZC7pAE0mHzI3eAGIro90Po1aLoPTw6P/Ct9eedBo/BmOUQvWaIzGaDw1I5cvGdVa+Uf9kr5s&#10;q3K+WEz26OblgS/gI3A2LRkNPgZNb7PEwje1izQB4XZbQCprQDoNpWvglboQAScP35TZOtJS+R+8&#10;0t/rW/Jj8Zq5yW1fPnEp8ni9X2CAGQxxivrTeV+s1Ns4ODwnwtBQ4NYk8Bof/+Xr1zb/dplIgEnA&#10;o0NAgPM3Dk8SqNXruHZ1Taogk9Nx5LIFJJMZCWZcWZgmAD+BYqmKZLYomoApAvo3CIi++fCYwHST&#10;iMuiPCeby+P1uztEXNaxStvilrg7r9/DlStXEInG8NbOAV66vS0kZGZ6HqnzY8zOzOI8mcb62pIE&#10;FHKWR48AkdVuSGbIlY01LC8vYX9vB5l8HsVCWaoi4ZCqijCpbNWbkgOydPsWCqkLEeKurawik85i&#10;MRZD8/e/iImjBHwPDxFdmsfC1Q0YnIJOnzH9xa/ImnGL54vVpflCwI22vfWJT8JPzz07+AS+8JlP&#10;4bWvfVV0MTxdWQhu9xVIYzDPc5CDCKXZp2dJCYDndavREA1APDYhvrGcNh8KhDA1FkSn2RLQJjoo&#10;F3B0oq+5ysLzOVctipg+HApIcJzTKsXgkssxwp/hGbRZCTA0PErbpAGsrIwbzqZVyKDpEG/oninH&#10;ildqSJDWHCbkBgNMIl1j45P42A//wJ/YDskPeR6D6t/+wZ+1zJbLGuY7bmFwRREOxeZDTYZSyShB&#10;ubLsdTJChiv+DtxXugdbLVDYDgWwB+TDXSBwjH1tuC16XdUPQ1UNDNeBsh7ThegqxyMlENmePdw+&#10;/1+XviOjRMpbHKIq+UXDZ1uWS75uQxYEanR9hEJhMZHgTCWPV2k/PPR7kL4L/tN//l3ky0Ui9TH6&#10;3H2lHeEqnw2XefHwMxhOqKXWiYiRiGu3Zc7ptj5uZZRARNOWfeV+LG7na9DjqcMDLJzefKlSbTw3&#10;Hg3fGd0dn74xqoCMxmiMxlMzUqn0ddvq3zJctjhqxZaADt2fuDefW1lkZe0dCMAZlAW8DLJtubF1&#10;Wl0CpA3ur5IeZS79szc+rxr7eJWZyAf384udJN/2PWL3I44wgUCw5/V5P8fvHQ4+ne1X3a6FV17b&#10;wZe/ege7u8p1qlSq/tVmo/0rDBRCYQK/rRb8dCxubG/i+dvXpYXp3u4B9g4T0h61fXUVV9ZXUMgV&#10;kc7kCbiYWJ6NYXN5DnU6vqlsSfJBbm6vIZsv4JU7D0TcurS0iFqthZ2HB5JqPrcwi7FwGHfv3qXt&#10;QvrV947PMD8zgYloRITn7FzFQO/egz1MTE1jbnZW50fYODtOSJr5PBGTiYkpAlIVZAs55dhD4Jjn&#10;DFe8GIx64JUKw9H+HtavbqJNpCbKeSe//htYYQKyu4uIz0Rwex2R7auy2lt44x7qtK8en0flhbCb&#10;EAH95ngUGA9LkOX0wjx++m/+PH7hv/8fcP3Z55WoWPe4iy2qrP6yG5BuyeG/cVAc8xC90txmVzYC&#10;b+ORcQTp+PLKtWSyawtqw9J2rNJGpRzgeN6WagWMjUXoswZgdXryPgY8g9VottgV7Ye22VXhcMM8&#10;HbV9xS1UFo7jkgUdTa7BuDhfeZSYXaqFXgT8w+uQAevL73kZ17Y33tEc/E7T9g6HhxKRDjl+VoaC&#10;Qgqgm4NIQCU47w6crWxdKbB1BLlTrcEj9QjLsIeZJRqEi4zdSZd3EQ7gsmvVgMS425Vs+9KxMezL&#10;jloOaZLKg43HKJzHcOWBsEkHzQnO62myjk1scm1tt9vD5bKNjTqRXpsd0EJB+Y7j65I1RPw0JrX3&#10;Xv0GXnvjDn0vRGRuWJaejPypVD/gpUR7d5Dl0CELl50K7WGLmwjXOWtGEzk+9rzU1I+EcJ44RuUi&#10;4z8ftWGNCMhojMZojMZ3cjDoz6TT3083qwhnfni8WgJqKOAlbS10s+p0ukog6Xn7rzdekeeV9wIB&#10;4UwmKyCXk6El80DrPhgsSkAXPcYtWPK71ZM1Uml18XnFBtXv993x+P2HcqN+Su13S6UK2s0GtjaX&#10;pV0okbx4f65c+dVKo2naHi8mJiewtDgvDjqsa4hFw7h9Yws3rm6gUCzizt2HqNYaWFucxLPX11Gt&#10;NnB4kpLjGSCgvjw3iRaRvv1TAviRIJ65foWeX8PXX30DxWIJK8tLSCXzSJwnER8LYXZmSl53sPtQ&#10;2rKOTs5RabYlY2RiIk7nukOP27hIp4lclLFxZR3R8biAn1Ihi4uLjAQLzkxPod9pE2EpKLJA22Db&#10;UM4gOT8+xur6hjIaIAQ3mykg/Jv/ATO/87uYTqWlzYvF3BaBnugz1+BfmJO2rcwXvwajVlUkVACq&#10;ib4ZgG9lGZ5QSMAgW93WGnUsb17FX/+7v4if+Rt/Bysr6zoToSftV2xE2iUg2KZ5y9WXHu1HX9uh&#10;cqZJmMhOgFE/zT8hvsbQ3hSuqodqmQKdlyYRvQbGonH4TT+Rj77c6h2iMlx6d1qPzIF1rmq98srK&#10;M5MKXslmVy1bflfVPhieQQuWvKdHPWbo/+aWK7ZnNT2qRWdqegaf+LGPvK0ZxJ/VaBDZ7dNPSEAt&#10;UzLPQCxuGNagmjAgBLZKhFFidceUW5FH0x7+/TKBMgbicxguzQMuO13hEomA9tgaPugWk7uNf40n&#10;/F22YeDSew2fYw8T0SNjCNO1xFVfcUkTjY8pmhdF3bVWhL7n2KSBLXVDbClOhFI0d3RtcTteKZPD&#10;b//274j7n2jidKCjO2SQtSROtUYVjmylB3FzDUtL8u2h/bGha0EeXR3hSprklfD2OAiWrq9MrYT8&#10;2RnODk8+oSnxaIwIyGiMxmiMxncCHNdQLpY+zqTA0G0J/AvrPSQR3ecR4DPGIWc6RfntRr3RkuyI&#10;cqlEBIOdrVoIBYM67MtCr9MTQCaWoiy67vakdafDRMWSBC1pSeL39fl8Xw54zDann/uf0vTzCIFs&#10;tqqdnoqjXC6vHJ8m/q/7u/vx49NzAvQVyUuJjAWxtjKHGBEEdmhie+KN9UW878VbiI+P4cHeERIX&#10;eUUwtlYFyOwcnotgn/Hr4uwkKvUW7u4eYYzAzY3tK5I2/uqdu6jWq5hfmKVtnMh5mZwYw9zcrDx+&#10;kUxKFsWdNx4gFo8TqZhAgEgEAyIPnasHD/aIbMSxsrYiq7StahmniYQA4Xh8Qlryus0W+gSq6rUK&#10;Zmdn0G00iPgUcW1rC7UHO1g7TWHq97+EGQ724woAZ4JouXBgbgaxWzfgpfnVSWVR+NprUhUbCHhp&#10;37psT7qyKMLeQUMOzUUmSi2aMzdeeBE/94u/hB/5xH+JqakZaWsJEkgPe/wiOuf+egZ6HIYY9vql&#10;zUclSFuDTIZhv88wkZzBPa/sV1tNeP1eqQ7ZXdqnTk8BPUtnUTir57YC1oO0bMOl+mZiYiohuYiA&#10;Tf2YaQx0IoaudqgcEUfAbkoYKLskmaIR8NJ5COIjH/5hbK4tvWvmeL1cgUUkjeG2ZQxDCB2Ebmh7&#10;XQe+K7cr+0kUY0Dg1FkxB7Jy+08gA26NBh4hEsMQQeOxLI9HQdvlNi6HsGjLWxfJGSaiK8E5twjy&#10;9xXbiPO+sL2tLPBIJcRSO04ThOcs/xoOBpWeTeYPE+O+nO9P/cffQiqfkQqXye18fWvIt7SAXQgJ&#10;my9YiohYtn1pX5yAF0uIiuUiLGrvHXcuZQ88NBzp0VxseQ0kE0dEQi5eLlfqz43ukCMCMhqjMRqj&#10;8R0Z6XRuttNtfcDjtIwY6ubPd0m+8ccmJhAnABoM+KRV4B3kD0q6bzDIDlYBWV1mPQC3ZcmqnG1I&#10;exG7XTm+9tya1WX7XXEiVe00JrcliAtW4PMsto2Enr70c/482WId6XwF5VodXcOIbG9d+bfP3bq5&#10;sba0BBae7x+f4CjB2pCWfN7VlXkszM+gVK2iWq0jNh7BczevYntzDblyFcfnWamUXN9ckorUnfvH&#10;KFSbAm6XF2aQzZdxf/dQhK1su8up8q+9/pZUpTjM7/W3HkpoYDzKJGSGyGeBgE6HiZG0Yq2tr2J2&#10;agqdVl9CAk+Oj0VwvbyyRORilrbXRvLsXETgoVCQnuMVwNUgYsKajytbV5A5O8P83Bx8r93B2iuv&#10;4cp5Gl4iJJYHWvdgSCaGRSQmdHUTkSsb8ND5LhBZap4mpPrl5GJ7fQG0CNyFiQD1e10HQg2AIZtO&#10;tdst2q4XH/jQh/FTP/s3cPP5F6RKII5RHi+8Tnq5bouBo/PQuQz2oOqhwD/vW7ffkbwR3gs+XtLS&#10;RWTHsNV+GdKupear4RlG1Q1W0c1h0B+vhntNdZykwgFjIB6WtjGPZyBSd37kevQo8bqXjo2X9oGr&#10;Z0xArl67iU/8Fz/8rprr7NTmpfksae22Dh+0h7UE9f9uG17DFVQ4/HH7YjnmvY+Kxg2XUcajZMT9&#10;N/cY6D1s+1KFY0gyHn/NUL2CYTYShtkezu/82lA8pr/vLGmbE93OIBNGvS+f726nLa13ftEZWbLQ&#10;wAswXJX4wqc+hW+8/opcu7CGrlnWoJ3LmaumO8L9Uor7wHPZ1ha8etFo4AA2cGJTOh3HbU3ICufY&#10;0LWWSp2hnLrwJM9SPz66Q44IyGiMxmiMxrd9iFg8dfFBuhHNMtARD3lD96lrpyq/P4hWpyMtLO/E&#10;gard7uqWqy6KhaIQED+REb4xOpa7yjvfkvYVXonmHwbIcqNl5OZVLScEIrN0s/4qr9CHnrL2q0Kp&#10;gc98/uv40pdfkzRydgOrVmr/W6vT+FCEjgdb3968fhUba6toNlt4sHeA02RWMifW1xaxtbmKarkh&#10;wnMW3rPe49bVNSF2x8m8rMxvrc0jGgnh1Td2cHyWETCxsrKMw9MUTgjIx8bCWF5akJXUN994U3z/&#10;W52uEJQlIiucHRGPTaKQy4vT1oMHDwnb+LCxsSatdv1eH41aFYeHJ+L2NDs3L0Qnn0mj02jBQ4Ao&#10;QCSC3a8K6TTGwlHMjMVyvVQuFf/SVzH1hT/EAhGIDn2OTrOuQLnUVdSKq4/eP/b8LXhnpmji9HDx&#10;lT+G2a5rWbIl+g+DAFE3NoHw9JSyataQ0BFqOzkXPJ+aRBji83P46E/8BH7yZ/4aNq5ek2oLryYb&#10;5rAawUCur22fHfGxhCVKq1aH3rcn5I5dxHzSptUTkiyCbiYHtD2bqzQq4kNnVKg7v/XIqrxpmAPk&#10;KuAPl4mGY9frXG8DtyyPcsHia4ZDB1Ublh+xiWn8zE//RUTp3L6rCEi+iIg6sdJe5iB0c0A8nIjA&#10;Yep535WS/sTEdHv4mDmoYRiDvz1qnDuUpA8TzAeP6fDBbxY4+GgL1+VKiEv0/YTHef54x6LiYNVu&#10;NkVbNAgKhLIkl8/PJIKuKf4e5bY0fm671RYi+8ef+wI+/ZnfFR2UbJVNOWgedulf5ZxlSX6I2mFn&#10;e7hUZVNJ5/oY678bbnIiPV2WdnZTc8/WYYZyljgok0hUqVJEOnGCxNH5j9EDvtGdckRARmM0RmM0&#10;vq2jVmtycNxHJHlXFn/tQQsWW+YGgn4iDH1pn2IHKvMdfLPxLb5Rr6NLoI1Xaxmw8cq1h4Ct5Bdw&#10;37HcTG1ZTe+3mmJHKyuUrAvh/nhx+2EBuu8rdLPO+YNssfr0mAsyWDg4OEUuk5Wk8VSG07wrv9Rs&#10;tv+bcGQME1MxEUHXuR1qKo6Xnn0GV9ZWkM3n8Na9XZQrNUkdf/aZTdne/tGZhO35iIjMT41jMj6G&#10;o2QO1XoL21eWMD09ibt3H+LgKCHC/rXlJTzYPUGxWMZkLIz5+Vmx/tzb38MMPffkLIkkkY7VlQV5&#10;f2mto3PP2oo37z/E6voqlmgbHAjI5+jw6Eg+0/TUlOSCVMoltFrq3LGTz3Q8hovTM8xMzRzdevG5&#10;v/XBjbV/Ev/6HSJAEYAIU7NYZMszLS42xfmIwad/dRHRm9vwEflppS5QePWOAH8Bp0wKGC9xK+DC&#10;FLw0/yTMTc8yS4U3aLmGhocspm23pZo2tTCPj/74j+PlD34fQtExBAmwM6ll0sDkgdtlerauZZie&#10;geMUv4GHq38MGvvqPdg2OMCORfRjsisbERMmA6YEx3l1W4wC2oL7POYQgJs60ULneBi6widE32Nq&#10;+1RFQKCtUtXfPeKUxu/J1Rwm4f5gBJ/85I/j9s2r777vEprnAZ9J130Xpme4GG8NiIcTNmhoOuHo&#10;PpT3laEbpZSg31Hkq5Y20YtoXYjAa8O+1HI1rEwMHbGsRxZaLrEGXK5+PLoo85gE3r78mmG9S39G&#10;BvpiAW1IC5alBd+OsB7aGIGvoZ7lfL924DG8aFXr+J3/8Fv4j//5P8IIautn3X4m88/S+oyBi5Zq&#10;p1JFO0tE7kwcnCqeanszlO5Ft2ApxzVj2MLmYlq8z9xqK+2EXKQ2POjQ3M4kDpE9Pn2pXGveGN0p&#10;RwRkNEZjNEbj2zpy2by/3qh/1NAWmEwAHNtQ0YMQCAuGAgKyWLj7TuSudQLFvGpcqZSkNUZaD2yu&#10;cHRkRV0AnkdMSpXzjFRAIGJNhqic1Othy11OBw4G/sBHYI9TgM2nKP6cQeXkRBwvv3gbiwuzODo9&#10;+/B5OvOP2YK33e0LqFxbWxRtR6Nelf74jdUFvPjcTUTCQdzf2cfBSRLjET9ub68iFolg5zApDjs8&#10;YpEgZok47Byd4yJbIvKyJCJ2dq268+YDBP1ezM1M4dW7uwJAOBOE26fajTZSiRNM0769+to9Sfxe&#10;WZpDlEgFk8ZIOICHOztEbNgC+CpiknHRxjm9plSpSpjhWHiMzldXgH61VMQCEZVOrVkiIvL7P/oT&#10;H/uZl957+7dLr7/6kwECU974OGzOdqmXpd3E0MJkaU3xBxEh8hFcWZEU8sydu+jQZ+Z2kL6zuuv1&#10;okdzxbuyrPI3XC06CovpbAuNzQwH6ItQvY0OkefbL76Ml977Xsmy4dRzJjjdbkfIX7fblmyQjpDg&#10;jg7JVNeByfoj+ry+SIjID10DdF74dz/PRV6l9qtAN1vvgNMqY9uW1kc7f9d99oYxWBXnH4+z44YO&#10;HjRV5dGjXbN4DgVDQdrngLh2Mdl5/wc+iJ/4+EfedfO9T0C5wcnytI9iS2yZlxLPjcfUH/aAZBiX&#10;1BfGoJFtILgeZG6YQwJgD7eiCMfwv4wnkAmnImHbxhPJxqM/br5iOsn1sAd7+qiOhAmIf2xM2UHb&#10;yvK27xKKD97LVoGrvM1uo4mv/+GX8K/+1b/AV772VflO4Mqa7tfSc0XthdJ5OGL0nppjTn+fMXT0&#10;Un9X/4ptr3aHcz42f+/qYqFuYdPHlr/36Tue95kNG+zIGJLJJCrJC8/FWfqTozvl0zVGOSCjMRqj&#10;8a4fqWT6PXQ32lSrrZ6BaFRaTTw+af3gSga3gQTegf1ut2eh0Wzj9CyBSqkk1rKdRg02gRK5udqa&#10;dFim3AD7nZ5oFLrc+sJ/5354LwEuTlv3+7pEPr7IScGcL/E0DRaexuJj6OTLfHtfbzXav5aoJf2F&#10;QhlLS0ui8ZiZCGJpYRpNOl6lSl3A5/LKAlYW5iQ5nkMF79Hx3F6nvy1OIVQM4uHxBZbnJzEdjyI+&#10;FsTM1ATuPjzE+uoi5lk3QiSBW7lKlRqWFxclpft1IiEvPXdDckUatVmcnh5K2jmDoFfv3McPvP9F&#10;FGg/dx/uIRDxolGtEAHaxXtfeA4rq2yhu4tiNot8Jov5yQmE/EoIzba1tXIVy7OLr9249cyvPPvy&#10;zd8NBgO98snFs9Wv3XlpjACZl8hKq1ATpywYthbuWmKdyuQk+swN+GmbFm0r+0ffgMGGBH7dtsJg&#10;is592+dHfGlF3K2g3YAsyaqh5/VsV7vLELQN2mOI2basDrafuSmmB69//esa7JvodHpSFVKE2CPt&#10;M1zZUCnkXjFf4N9FK6JFyBK1wGLhHs9bBQh7fWUfzdsSgGko8mR6tJCd++u1BoBdsGxto2ppy193&#10;2AW3HDm8hPM+mHyYrJeibdy4cRt/++d++l2Zg8Nkr1uvIEiEoiw6HaVtUKTThFP9cEgEMHSdUqS0&#10;66o6DF9h2nClhijRukM0NeJ2UQX7MfLQ1881cTmA0Boc70eF7I9XPx4lJk6jmLNXXdF2eBEcH5PH&#10;2/2OIphMpHnO2tbARtfWmpCTh/v4/Bd+Dxe5NDx0niNjY7LFvu1UOKDMEGxjYIYgBMrqq0qZts41&#10;B7bP+igZQ7WM4VQHDS2i14TdTYb4O992qifOeeFWw4BPvr9zqXMkDk9+5Nr19X8EZSY2GiMCMhqj&#10;MRqj8a0NTtrOZjM/5PUZXl51tm17YIfp5b7+8XGEwmHO4ZC2Ec87UJ9zr3Mhn5XWHQZPbM3JzRZ9&#10;Q4EAJh/SZEF3RXa/stn9Sgsr+eZrSfo0fYEGOfHct+vzeu8yiA4Fn4425Gq9g2yhgiYTLwLVvb4V&#10;npiM/9pzt26stnt9FIkgXGQyKNcq6G+uYX15HrNEQuKT48hli3Q+cpgcX8Xa0ixmZyZQoG2dJHNY&#10;mBnH9EREdBk7hwkU4lWsLM1jejKGXGESb97bxfaVNczPTBJ5qWPv8AilYkX0IInTBO4Sobi9fRV1&#10;IiG1+iSdozymZuaIKCaRSK1i+9oW8vkCvX9azs2DBzt47tZNzM7NYnJiEmfnSRQLecyNRWEQ+J6b&#10;IeJULDD42fnBH/7+v//ce25/1jkGF3/8yg8Z+ULIPz8NL4H4aqVE57er3XY84vbD+dehpQWENtZg&#10;0vltHJ6g+NodEdc7omNll+tDPxJFeHYWVldZ5ZqW0+ve16RjCKygMxtU+7sGrPT/LQLIm9e2pT3o&#10;8GAfzW5bqkksCO6JroRewH353FLFRgtiR60IiKHdqKSthVeHe3rFmUmH2Ef3VRuO41TEREXyGtRm&#10;Lf0vC8jdK9e27sEfJHzrH/7cnFUSDIbEEps/xer6Vfy3v/i3ER8PvyvnPTtg2TTnJQSPXZv4YNh9&#10;STV3FCCXXaYcpzDnO8er6UH/UlChgvqsgehjmEuoSaZtuIgJ0HO+g+DScegVFbf2w21Ve5m+uGmM&#10;celvjj+XPVCx2C47LhsNq4fZ6Bj6NDd6PUVXOOBPtqF1P3zumYw+fOsePv3ZT8tHi9B3rGjg7KGX&#10;s205xEIbZ0ksq2pBU9NQJ6HzcbE8g0/kSI2cti+PE2ipM9TleuEFHtOjq0G2Ioi2qrzZXgu9riIw&#10;Pd56wIOL0yMUz5LvrTXbV8dCgYeju+aIgIzGaIzGaHzLo5AvmdVK7WOGFsLCdfO1NKiT1quAT9yE&#10;3m7w/axSa6DZaIoAvddTol1usWIxrynL2qrn3uKVQR1GyCt+3Jpls5sSE52gAoG+QOBzXp+3GxT3&#10;n3d/+1W11sbnv/QNIgQVTE3FxfqVgOw/atQbH+rxqjDd6NdXlwRyFQoFnJ6cSb/4jWsbRBymMDs1&#10;gfPzDJGHMyITy4hHghhfnEKz3UU6X0ajRSBnMoprmyt49a1dXOSKsr1peh0HDzIJuXl1g7YTQ6Mx&#10;j/2DAxy2GlhcXMbhyQnGw1Fs0vNpf3BabxIYbyI2FsTXX30df/HHfxTXr2+jXMhJK1IqeY7kRRqT&#10;Y+OSC9Lvt4W8tJstSfheXVyp+YPeX/srf+tn/uny+tKR+zjkvvhHf9XPJJLbtxoddLkCJjkQXtUq&#10;I4mBfoSurgkJYbCVoX3opC7gMw1Rh7DoVhJh2NZ0ahyBWFSE4WqeMmhS4I57Xkx2EdLAS2F7W1U2&#10;YGqbUa6YGOj0Oti8viWOXu2LpJCjTtcUgCh6EiYXfC30TSU8d2Aobberc2ysvi3al267qfry5Rrx&#10;SCtb0FAr3l2r63IrUqyELa2dcDi4LWp5L8UNSbUa8d9D3pBY/ophA33O+aU1/L1f+q+xujDzrp37&#10;JZqffsbQPTovPZfuYUAqnEqHPYDy1qAm4SKPAp2sQTOWihY0ddijzlI3egPnLBv2/8fem8ZIdqXZ&#10;Yee92Nfc9z2z9iJZXJrsJtnNJps9vc307BiNbNge25BlQ5YFQ5ahH4YtwDA8AkYaSYBsjO2BBBgG&#10;3BY0wIxGs/T0xp3NtRbWmlWZWblGRmREZuzre8/f9937XrzIqm5yuslmDSYukcyszIgXb7kR75z7&#10;feecHjcrf5ZHp/vJ1EMyjovQcYyE+BRFqiIATS7R1ZWY2lTY1I/tcFBkKi6fbyI4dwwdIOgSHUOE&#10;+fVSCW/88FWYYVPa6ngOeUnrers2cI8TGLQ5gZv3IaYFcIMZ3QR5VaGWagncxwU06VVVP9FQ+fJT&#10;lGDdEecyJiaWED1HWiDDsThy+xnkdzKR3e3s10+dnOsTkD4B6Y/+6I/++OlHZm9/ybLanwlLIq5y&#10;3pHQM/q3gCpD2UgyeGLB7YcTEFtWlDmpmXvsude51WwohxhpdTGkz1gShNsEJtsKSLbb7DxEvwvR&#10;6/HrBsOIRGMIhcIvh9h+N/5Xw3632WxiaDBFhKFFhOCIdSv/STwW+buJVBLJdBKHR2WUjkpIE6A/&#10;eWJR2jGy2QI+uHYHnZMWzpycwyPnFrGbPcSdzQxWZscxSKAmRgRwbnIEGyI6r2F+Zhznzqzg3YtX&#10;8fpbFzFHIH56YgzlUhWXrt3Ew6dPYIT2ozo1gfW1NVnhHxsawvuXrmL4hWextLwgIYV5Ihvj4xNY&#10;vbOJ6zdu4fzpk1hcWkY+n0f1qIA1eu7EE08QcYlD4lfomtVKRaSSic7i7Pzvv/D1F/+n9ECq2ANE&#10;13cerly8+lCCwEuIvmp0LHarofva3eRquu7JJAbOnkZ4aAB2o4GDty+zd7OED8oKrKAwAvQ0F8Jj&#10;YzCZBDcsWZm1DR+MdFS1hDdviQDc9lbIHZ0WLc4+hqHbWoBzjzwkf79z5xaataoARhGGc8WDSQLP&#10;R85yYDEwATOuRIyNjuL8mTNYWV5Eneb4rbVNIYuF7D4qR3mxH+ZWlkg0ilggLm2LbLxgaw9WEWZr&#10;a12v2qhJjmqFMaQdhvVOQtbpb3zdpueW8ff//t/F0tzUg02+ac5EjCAset8btkrrNo6B/95QQbUy&#10;b/rqDLbUxdw8c8MjGepZASXwl1Yi3RLnow0OnHuqGW5twHZ6SQbQSyZcoG8eSySxfDURNx/J6HlO&#10;l8ywwQbrhRwRjCvqo0C/oXRvDPLpmlbLypyDSafMO8PXB+YoExDT0RUyndthaAtpaV01DM/Ny41Y&#10;JCqj2rLQbcEyjK57lyIu6mX4Z2UNrLfD1ZaAW11Rxgc2W00TMec2rKPiIQ42t7C7vs0E5J/jXqfi&#10;/ugTkP7oj/7oj48+WKOQyWRfpLtaTKUzq5taUDIJTEVA6GuQgGuUHbC4PeVDttlha1PaLid2s8NL&#10;o1ZBhMiIaDs6vpuepdpTRCjMLktcHQgodyL+HpT083A+HA69zk5F0ehfDfvdQQL9J1YWMZAewB/9&#10;6Xcf65jG787OzMIgQsfC8pnpcdRqdRSKZdSqQdF/zEyP0k2+ht1MVkjbhTNLWJgaFuKxvV+QKtLo&#10;UEraKZZmxvDBrU1cub6GhbkZnDqxhPcvX8OVqzeEhEyMDeMDAoKXb94SElKrVlAbH5cWLNbvDAyk&#10;8Nob7+BrX3sBS0uLODo8RJVIS5LO76VLl3FieQmTM9MYXR+RNqWduzvoPHIBYbom8XiSwHEQRWIn&#10;5y888i++8otf/t1kKlE+fg6y71z6OeQO4sGJEQGYLSIsFlp0Q1QtNpbQBBMJ2v8E7b8RDqG+uYfi&#10;B9fARTbLsH2r2gSGOD18ckJAkpf8zODR1EJ26YtXQWvCkSx4oWyGb3Xc1XDwY7mt8PHPPomx8VHc&#10;vr2GwZFJ1Bo1AYYGO7XFIkgkU+L4NU6vPT83i3OnFjE5PuQd553dQ1y8chvbdG73t7dxlNtDLreL&#10;/EFGCMwAESwHUQmj4/eFaXU8By9Di85VL79q6AkQ0Q6LQ5yqfHB72OlzD+G/+Tt/GzOTYw/83C9l&#10;c0gw0SKCLG1YtmtO3CUiXNMyfK1NppdRDnQzut1KgOsypc6PqZ9p+zJF0PP/3qE0D1qAjfuHE/6o&#10;399j33tMX+Jvy+poPRK7lbGOQ3RAhmuS4LY58cTuyMIOW+66egzXItc24DVKyXdXPwJ0rXL5Z1O7&#10;hhlqLsN2tRy2tDcaOrxSiIYX5siftXpxyTWKs6ENPUyVBaL1ItD20OwQx+1jHXovNGmTue0N7G5s&#10;PVVvfWYuFg5t9u+efQLSH/3RH/3xkwOGYoWAb+HFsO53VyY96k7YISDGq768Uu+GX4U+QgtWs2VJ&#10;yb5cPBQNSIedkuoNITQsWqZfwOLVP/qPV5jRbEv1QzIYAtK0LD3vkn4ejr0bDIf22IErHH6wP055&#10;gZMT3BlQJeNhVBPR9PDw8L/ezeaGVu+soVQew8L8jFgQjwwPCBHI5g+RKxSwnJrDyeUZLM2PY3f3&#10;ANfvbGNlbhIDqRgi4XGsb+WkrY01IUxCFuen8O6l6/jgxqqQjpXFeVy/eRtXr94ksjiMMQLNaxt3&#10;cTOwgVOLC6jUahJmuLe3i+WVFcllufTeVTzx1AWaA0XcuHpNWsW2dnawtraBlYV5THGAIF2HwsG+&#10;CORt+poen0TcCHXOP3b2v3ryuaf+zY8yJDt4+bVfDwdovnA/PLcq1avdpGX+j3NeOKH89KK0X7Eu&#10;Ikv739jZQ5grbmhLlUM0FWFTLHwHJ8YExBsuYPOWoF3xttFd8dXJzrZu1RIwaerUc8NWK9I6oXpm&#10;fgFjk9MYmVpCneZrMBRFPBETIplOJ5EiEpiIxRClc5GMB3zkHZLbwuAyQPOaCU1gfApDY+OwO018&#10;8MH7yOxtS3WJxezRsKktU90sB0unoPOKdEgyIVjzIavP9Ld6vY3nX/wK/tZ//h+A82Ie9NGh93Ht&#10;sAQ6WqnyBSxmgR29Om9pAmL7MshdgtH9naPl6Y7XguT4ROEuhbFdKgn/FDCcLkngq9TRpMEjAuht&#10;t7KPEQmX1troFaGbfse1HoqiW7109UJmN13PEF0rJp+mTjS3bI8uey2u9WpF5c8EFfl0DL8VseO1&#10;4tk+8mFowmH4kuKFLLA5gaOyO2Q/bOVy5RIKj1hIzowm8JYrVDJ1Foghi0YmPdkkgiQBh4ZqBGNt&#10;kxWLIpvNoLS7O5jZzX1haXH6/+nfPfsEpD/6oz/64yce+/sHw41647lEMqrXC1WfNQvOWe/B96o2&#10;95+nU+Kk9KM8872bOgGrw8MjyapwGHywla4ZhEVPahMQDUdM0ZNwewH3ifPNjYEYgwq+AcraaCAg&#10;IVzBcJRwZ/DPuUc6Lva7D+55zBdr2N7JS7sMHzcLl2v11j8fHEg/wnkZDfr9QbGAm6sEsudmcWJx&#10;VvQhg0MsOi9gezuDeDSM8ZEUxgYSKJYbtM0Skbk2/S6Nk0uTuLa6hbcv38IyPTcWj+LEyhLe+OG7&#10;spo6PTmOifERVAgQb25to1IZlN/dJOLDlasTy4u0Pw3UaiW6PgXMTE/hg+s3MEfbOnv2HBHGA2QJ&#10;LHMS87UPrtHrLUrgYCqRRLVckhaldrNBpGgpvzg39ztPPPuZH0k+ilv7JypXrl2IsXg6EkeTtm23&#10;G4JpbDc6kK5/gLadoP1ijYhD82X/nffhEFGyA2pV1tE2oxZvZyCN6OiwEnprwKfcfGSKiWDbceDZ&#10;38oXrK7oWCNIl/y4HkE8N1mUxNdLcj7Y9pnJLuuPAqp5n4Fiq91C0AihbXFF0CWclrTZxCNBpIgc&#10;t6NB1KwgiH9jcHgCX/36L+AP/+23sJfZw8LCgmf/aujUammj0TCaneFMIiAMYqtE9OLJAfxHv/Ub&#10;+ObXvvTAf4ZIGxmdp2axgjanoDc7sInsRixbEw5LSIXhycJtD0B7eg6PaHQtdrttWP6KhK8dyh+r&#10;5/RWK/zkwn3A/ZytjpMSU5PX4+1aTo9+xLnn+AOa5NjBCCLxpGjfWCfUo+KQKojJYh/UG3X1PE14&#10;lKubJlzavlcqZEyiHTdg0PXd0vRLQh7Vgcvj3POq3ba4gux57TpapeKoKpIjpDfgWULLXNSHxQtP&#10;ps6nEaJM8zxI78HCQQGl/T3srO98s09A+gSkP/qjP/rjpxp7e5lnTROTjndfV1Cg2WpgID1IQCiB&#10;GAdrcSJ5wPzQ9ivuuGBnpTq7LJUIkLAjTkCtyIXYRcsw5X4oHvgsvGS3GMuRNOyODmgTk04mH7Fo&#10;OxyJvMrEJx57cFeAGezeWr2Ld9+7hqHhQSSTcYTDob/VbLZ/i0EqOy+lBwcxOj4srVfFwyKu3VzH&#10;mdNLOLE0i4mRIexnC9jY3KUjn8AkE5NUVITh2UIRG7s5zEwM4+yJeVy+sYa33r2MKSIQnC+yRMD2&#10;4pVrUnlhAXulMiT6m53NLcntmJqcwFvvXcILX3gGZ04so1WvY3NnCwMDg4gR4Xn19Tfxy9/8Bk6f&#10;OYVq8ZBA0y421teRJxKZjMUxmBhAoV5Bg0hILB5/59mvvvDfnnn45KuB4I+OuMq9d/nnnexBPDg0&#10;LACLn8v2qqY2QlX2uQHEJ8eQOrWCAJHLeu4I+YvXJBudA9AsDdtYyG1GUugMDSFMRE6saz3EqVZx&#10;pWontrVWz4q4tsVSYlzT6EmkE0Cr21F4VZirP512HfE4ER0iEsppWlnrsuCeX5fdzGpVg65tQNyd&#10;SuUKOrUK4nYTQ4T1UqMDaA+npYrSIhI6TNfjyc9+Dn/xJ/9OA0RH8iEMvT+m66plqhYYDqRkDdRn&#10;Pvc0/uP/8G9gYXbir8RnCLdSckWqki/AJAIZaND7utZAsNXRVYBu6rnbUGX6GuNMX5K57ZEUw0cO&#10;uo1ajsHbDPjglWrf6gYPOve0VHnOWJq4Hv+7+wqGj8x0yUZXQ+G2c6m/OZ5IvIfQcDglgXU2IXAM&#10;lxCrIECXrLARQ4fIPIvAu/PUp4/Rc8TQOyVCc6NLjpQ0RLURmoopEDmmz0+o3BiunglZs5XOijV8&#10;sg/gKHPdWGa4GhD3hd3W2whCRGzaVlu9n+hJbW4NpPcEv25uawvZrZ1n2tYTw6GAWejfQfsEpD/6&#10;oz/64y89arUmCge5rwZDGohpGMCrsWFJdzYlsI1bhlrNNpLxD8/g6EjGQQBtFt7Sza9B4C3o3vP0&#10;3V2JIW2x3w3YqmrCrTHcG41gBDZXPyIcFhdao325JNqT8INrv8tggcXBfPZu3t7AUbH8eCqZ/KdM&#10;nGZmJ1EuVpAjQO+YDqYJdJ9YmEU2V8AteiznJjz20EmcXppAoZTCdiYvwGNidFCuycTIAJGQEq6u&#10;bmJ2ehwnlufR6di4dm1VXKnG6O8nlhakmsEAgu13qxUiDMPD2NnewgxrQkZH8YPX3sQvfPXLOHXq&#10;JAHnMnYISAyPjODGrVXcuH0HK3OzmJudw931O8jl97G3u4eJeBRsOsb6lUapcu0XfvOXfnFmcWbv&#10;w05H/pU3vxqi6xsmItbmYL9GTUCXDdOz/TTCEcQW5xCbmZa0+9LtVdTW7yJsqhBKySSgjTUJyEdi&#10;hO45/I8IkeWJmntXoN0WQbUCrAhJt/8e3b/5QgDVirQW6IaCaFbLqBRLSKaSsoodCNYRpXnIRC0a&#10;Zl1GQAE2bhUkcteo1lArHKFK51MMvbiKwvObCEqM5jjP27GxMYyNTyj3JFO9v2T+B5TBAz++3mgJ&#10;SV05eRq/+mu/jOefffKvzGcIv28dHSp6mMkhTMfhHNZhEFkz2OHO4NarjqYPbrSgTor3mdoavtYn&#10;w2vBcrzAScPViMh1tT2LZkNDrK6o3PXb6s3zULbG3XYuJS7vJQ/+Viyjh4B07XhtX9hfVyOi9liM&#10;mmNBRJJREZZbeu4Z7rwzNBGhuVivl+XnkByZ1nNAicFhag0Id0cZKtfG9JzEdDqKm3Gjy5BMdDgv&#10;RvQgurJhuOROt14p80FbtsstWJJ67rp6Wba2mObHtOXsGK5RglgJ0+vS51kut4fC3v7c4VH5M+Mj&#10;A9/u30X7BKQ/+qM/+uMvPXIHhVitXv1iMGiqm517i6ObDa+ox7kFgMgI2zLG4h+tBapRb6oedgIl&#10;sXAUDe5pp23WWZTKglszCLvtIOio3ma2dbWJrKj8DxYVm9KDzJqUSCT0ciQSbkoC+wNtv2tgYnxQ&#10;xMO7O3sDb1++/vuz87PJifExsXgdGxvC4FBSckEKhUMkiZScOrlAJG0G2f0cLhOZOHtiEaODCaQT&#10;MSIhBWzv5jEzOSQAYJxX1YkAXrm2hvm5SUxNjQlovXHrNnb29iTZfG52Fh9cu4GHzp7E8ty0tEvV&#10;ajXan12cWFlBksDwK6++ia995Xk83DqPd995F/VyBdGAgffffg9L9HwGy6NDo9jd28ZBLoMxIh5D&#10;qRRGJqauPfrZC3/vI5APVPcLE6VLV78YJbDCwWqNQgGddkO5S2lSwBgrEI+L+JxDCE36xcGVa3BK&#10;RdgBBS8tfV7ZDjSUisFJRAXYc+XM6MYueNsTQMs2u17vje0BRVnphcrk6AatOUqsq0EXz+14PIRm&#10;o4PKUQG7m5uo16oIsQ00azMM16VK9cU3GhVUj6p0jitSHUwPDCGVHqDrPILUwIC4WN26cxs/fPMV&#10;STHntjxuyWkRKGdSz8CzUqtLBsjSiVP42te+guefexrRjxDy2bti/2FNkZ/cUK1Xloif+DOjtJdB&#10;hM5fK5uH2W7RdaUvISC2W7/Qeo9ujr3TA/h7KIM8x9bajq6Gw/RRDXcbbiXh/oTCJTbmsfMH3Bs4&#10;aNyHlPj3yQ0zdMmLqq5oNQq/EM37KH1WNjqWsrZ17XEdwztGbhmsN1RFUFVGfE5uJrTA3PCZ++qG&#10;QXeRSOubHDclnf8kfYGqEuQSDrgExQ3rhHbQ8h2oa74lyehiBtKQBSS2SpZsHR2iyNc3QMfF1e1K&#10;/gCZnezX+gSkT0D6oz/6oz9+orG3u3+Obi7nwuGo3JEC0hZiiu0op1ezqDaRjIv2I6BB2o8brXaH&#10;APYRisUjFA6P0KiU0azXEdKiYb4Js05SEKOlEtv45mYROLO4hYZX5EyOhuDkdc5ACP85C3Mf1PYr&#10;PoxKtSVZJvFYCDHaz/Tw8G+n0+lHM5ksnYcKFhfniZiE2LJWNBW5g0PsEulgTcvs5AiRhQn9uwLd&#10;/FuYHh/C4swI/fsIN25vY3p6FAN0DSYnRnBUquHq1VtYXpjBCBGa2dlp3Fpdw7Vrt4issAZkHO+8&#10;fwVPPH6BHjOLJpGQer1KhGIXC4uLuHFjFRcvfoALF86LCP3K+xflumwRUL5LgHucgPPY8Ijcthh8&#10;18plPPTQQ//ymZ/7wr+YXZy59VHOyf57l3/J3t2LB4dSQiSk/UoSltFNcWbD0NFhJFn/QXOsQ69V&#10;eO+qOKRZAeVepXiEjRaD/mgSIQL3BmuS2o5HIrS+XMEzx61oMPBTyeaWrR4rING2vSqIph/KZUiL&#10;dQX50eSL0nUJR8PSNmiihfLREfKlEpoEqGFbXuuWfLFIV4vIi+VDIm05msN3MTU7j7t37+LqlYve&#10;yjYHF8YTKTz8xGdxmC/g4GAfn/3C83j+i5/Ho48+hNiPaWlzyVan2y3jff+0yIe3U5bKTelwy+Ve&#10;FskmvZeJaEfafu0HPBcsV3uj5c1ahO543lf8+WP7Hm86fhJieI92r2G3QtJVZ7gEwe+m1XVEQw/p&#10;8f9keM9xQxG7JMRGt+Jh+z8D4Fd50L4EIpLrUauW4eozVMaG5VpVyTxkTZGtE97dU+mnVQE9wV0B&#10;uaNtnN2qkasfcTQbF7OGtqWrJ4Zocry5GgjoNjCVVeMSHp6TpnZi45/ZBdHbC9NvVKz1TpEISq06&#10;akTQj3KFFy3HCQUMo92/k/YJSH/0R3/0x0cebQJ72f3c1+mmY/KKl3uzYhEui8K5PM8C5JCkNjuy&#10;kv9RtskgmgMIh1JJ3M1nZTWNV9VCXAkxghKI7FhtApK2ykdgIbqtVtrY/YqD19jmNRwOF0Lh8Dsh&#10;uunFH0D73Rbt/527e0QyquoY200GpH9je2f3b09PjXHXtGgEtra20WjUpHVqZmoIQwMpFI6K2Mvs&#10;i5ZgeW4cC9MjaFtDyBNw29wrYHI0jemJQbn3X7q2huGhAUxNTWB6ahyVSg0Xr93E2ZVFjA4kUJuZ&#10;wsbGFu7cXsckve7kxDjeevtdPP/s0zh5YolISEvsd0tECGenp/H2u+9LqvmJUydxRED4+gdXUK0c&#10;4ub165h45hmkIlGMDA4iTtedLsvr3/jNb/6DZCpR/6jn5eD1d78YoOsbjEdhNVpol2t0bW0JOPOA&#10;nxlEcHwMMSJQgUgYpfVNFG/eUUAIHZXjwfNJ1pYDRB4cdDic0tAy5G4XDLw0bEMTEx1MaGkS4nhB&#10;gLYW9Nq6imF4adEqFTqoXYIMhMwohkfCGCRCxi1ybIVbrZREjM/aJgZrNh0jJNvBRqPdRiQWp/1t&#10;o3JYwNr6Ol3PFoYGh8X9ih21Bmhbk0RM5haWkaI5cOrkCubnpxEJsM7FC0G/L8mVPBRLg2sDWjvy&#10;adY+NPTm9iuLKzstAqVltHIFRPhc0VwzO/x+UA5YhldPsH2ViG5twfRsdV3I26Ua7r/hkhDDd9RO&#10;4FgdRVvi+siEVwHxOaf59R/OMRpioxsC2PtYo8cauCfI0HXgov3psD6I5iq7/xmKdWuirCq8Lk1i&#10;1z/Pjlxfe3ltQ+uCvI36AhodVdlg/ZFLSrzcEreXyteoJZ/rtiI8Ab0fkjkSVPojw+myH7Hddbo0&#10;yxb3Mq5GG5Kyzg5bcj3oc3xvYwP5nb1T5XL1/GA6ebF/N+0TkP7oj/7oj488DvOlQLFUeJHbr2xJ&#10;wDWFDHScjgjPU8mUrHoxoUilk+JH/2GjWqvh6OhQAgiPWIxK4IsrHGql1PY6s+UWJ8BFtW7ISjWv&#10;bjMQZP1JNMIWvJeIgNyNxaLKuvdBIyAEMD744BYOCkUC9KOsE1g2A8Y/C4dDRuGwhHg8gaX5OVn9&#10;3z/I49qtNcnyOHtqAWdGF3B4VMLO/gGBAAsrc1MIEfmaHBtEtd7CTvZQ8j+mxwcFsl26chO7mQMC&#10;rDPidFUsFfH2pat47KEzGB1MojE2ilajTkRkTVqxRolAfP/V1/DVn/sSzp05JTqcne0drJw4QTck&#10;B6+99gZ+4Ztfx9LKEg5zOSJJG9i4cxtPPfq4rJyuLCwiEY6uPv70Y38p8tGqN4fKFy9+lSs+gVAc&#10;jUJFgLqKuVBXXxyo4hEkOP2cjoX/XbhyA81clsC45fX3808tpyWzxWp1EIrHFeBy3OViZTsqWc2c&#10;gK7nmRLe6kA729bBaxrI2S5JgV7hVW1hhm5nMQ2zW90IhIgIR6UFkUMxuSrIbYgsFK8QsayUj+jn&#10;ujhk8Rxv1Gtg1y/+GhkdEcMGhoY8t/m9k0inMD0zjYXFWUxMTiKdiimQys5XpnEPmRBHON5fDxOq&#10;softvn80ajY+LQbC+8aObxxW1+ygup8HMWuEiJCjVhfdh7KT6LXdPZ5Afq/Vre092m0q6uLv441R&#10;buXC7GrM0Kvx8LtgOfcRofdqPe6fDXI8p/24F1ZXd2IhSEQ0QvOf3+sC6G21V5bjijbUHGw1W9rp&#10;Sr0n+AfTdcmCO891A5ZhetdbVRC1EkQcy01N6DSJM9S+mdrxSs13UxwNTbGhVoRb3Af1AbMzmy0W&#10;vKotUfESFZZpS0WqI9thQ4ZgPIy9rU3kNrajmb2DZ7sE5NOlw/1x/2H2T0F/9Ed/PGgjk9mft9rt&#10;x1W6ruF9WklLCrd7WAoIiC1p9MP1H/zYeq0hpKJarRCQrksLEANQJje8As7Wu9KxogkJEx7vhsgB&#10;hHxDlp77KPfef4fTz+NERh5E+11OZf/i5x+Xdqijo2KoXKn/b82GNTlK4HNxcU7OQ/6wIO1kp08u&#10;4dTSPAr5Aq5cW0WFztPc5BAunFmmG7+Juzs5rz0oEQtjanSQyEkea9v7GEzHcfbMiugF3n7vEjbu&#10;bgu5SSTTePPtiyKQHh9N09conasU1tbWRSgbjUTxF999CYNETh565CHEE0lsbmxgdGgQ67dvY/XG&#10;KoaHhzExMUHHEkeJ9rVIX6xGfebpp/7Hb/zy13713IVzr/9lzkn2/WvPtTfWhwN0bhy63q0yC21b&#10;in/qWcKWoubwINLnzsAkkkuTBNlLl+h7A6o7T0HWjtOmLyWMrR8UpA1Q5orRjf0QoGar5zCRsPVq&#10;r1ghSwaFo1tvdFCdY3vrwyzGFeJtuuvgOpdCb1twIxGPGO3j4MAwEYYBxGNJRAlgDhDBGxkdp++j&#10;iMZTiNHvQ6EAbbOlKi/snNVqir6Jq3fsWLZy6iyWlk9IPguHcgbNoAcsGX9yFYSrHA36oUaEq96y&#10;0KGfVeuY09Pvr1zEXPD46REQfg9bnN9Tb6O2m0WwVANKFQQd9mNqwdT5K1359P1A6vGEjfu82d1q&#10;j9P7S7/vVbcdzemBw/6tOb4Ay+N7YBwjRN3aSHd+uKGIQLc6YnjbVRbLkUhcAiQZrDtwwbzjzSsx&#10;I+600Wo30LXmdZvUoFzebMfTeig+4uo6DO2KxaRZV/JYb8dfPJe4ysic29a6JvpMjYjzoCGEiKsf&#10;QQ6StdVnLrTo3RIva31WDbNr0qB1Uvx6nJnDjzNp/peqJRS2tpDZyny9fyd9sEe/AtIf/dEfD9Tg&#10;G8ze/t5zdENLqzuj4/2eCx28IstfkahKH+c8hA/jAJYmLBxqZ7WaYr0ZoZtdu9kWMG6GlHWp6hlX&#10;N1kGidwS45ghSd01I0G5QYajYZuA9Xc5eDAefzD1HwwOxkcH8OQT53Ht/137B4dH5a/Ozc3ScYYw&#10;kE5iIJXEXjaPg4M8BhIzmJmfwsL8tLReXbt1B62lWcxPDOPU4gQyB0Vs7R5gcmxIVk/ZeYldtd7/&#10;YJUdtUQcfpIIzM3VdXxw7aZoSQbTKbQSabzyw3fw7JNPYH6yg3argXqjgv3dDE6ePimBgt9/6RV8&#10;5UtfwqOPXsAbr76GSvEIAQLJb//wTczN/hqGCGAvTC9gt5BF9aiIkYnxP/zGr379fxZHsr/kyL/9&#10;7s/blRLMiTGaD2006xUCRqrP3HC0CJyAd3RqUhLQOXSvmT1A8cYtZRUKDajZIlSv9vL0rGUOtBuP&#10;WtF1dF+S214l33n92Va5HNzix98PDw+lYsEb4X3gdsJINCpzjPv0RbjrVkO0qIJBYNA0pSVLgB6B&#10;yCAR4fRQGDZd00ajLttkbVMq3ZQWrQb9m62PW2wtbaiee67cRWMJxFMpDBHRS3GmCpHJgA7ZVG05&#10;ily4x9LWbl5uK41pmt7PfucuFVqH+0d//8wIiISvwOHMj3oD5Z19RKoN2CW6/nT+TcOffu4a6QY8&#10;m1y/gxSOVSMMXwghXwFL2y33UALR9jheu5bj1Sh6aYQKq3Tuscu9l4Q4HkFwSZM/a71Lj5xjVRKn&#10;697F8yYSpmscEhJqoRu3qOI4LI9IcmUZXguW3a3gmPDCKQ3dbmhoUYjhsys2DaXlEIMFfm+4U1g7&#10;ZEnFkeYjmzrwEFIuDoVBmmNs5BAUl0PLUpUaNg5RbnHq/eorvan7AT2eu7Js+oyu0REf7G2gsLP3&#10;VK3ZmYxHgpl+9aNPQPqjP/qjPz50sI7gsHD487xSJyV8usEEGNQQ6HLFinzD4ptSIpnARwg/R63e&#10;pO1WEE/EcVCtokPArN1swW61vTu/qZrzJTfAbrfo5teiG2dQnK8YDBohUyoGoXD4djAYuhYjsMiA&#10;/EEajZaFKmcc0P0/Scdaq7c/H4/E/lEml8Pq2hpmZqaFuA0kYkQa5nBIBCJfOBQr47nZCTz28ClU&#10;6fxzAvp6x8Lc5DAmicgUy3Xc3uSKRxTTE6NIREM4tbKAt96/gnKliomxEUxNjkqY4N2tbRH5T4yN&#10;IhqO43uvvI4Xv/AMFtltjIDx7u4ODvb3cWJpCW+9+x7eG76ERx86jzI954P33oNBAHHr7jq2tjaR&#10;IKAcp3M+PzmLRrmy/4Wf/9I//UnIR6fdSRdef+uFcCyEAF23TrlG17fugSEVNEmgJhwh8jGH8Miw&#10;tDUdrt5B7e6uEN+2G6UmFRNLAzsLzU4VLuLmljYT3aA4R7eZiB0sWztzKxY9LpvNCrkdHBzS4X51&#10;VGleHhFBdsSyNIwUkQO23A0zKWEBrqwuM9ILCDAMaOLiir4ZXHIblrjEEYBscdWm05J+fqkYMkJz&#10;TAmAU0J2ev8kEkJGQnTcESIyfG45KI5XwSVLouNTIRjKBCJg6nYat5XMta7WgNRbSddY1fxZt2I5&#10;+j3M55re4x2anxUi1hF+v9M8htMSAmL2FjHgpxDOfciA0/Xh07DdkBYs93o7vqAO01frcO7DxLph&#10;hl3HquMOV/fSH9xDYgyfgsU5JoN3iQ9XHFVByEEokaLrTISg1ZEqhey3rbVJhq4wdMTPQFtQwVcf&#10;cuT6w+i2pClbrO5Z6UpgDM9e+H620l5lxVbp61xBdBm+YbCuquPJ7FmYzkTGX6WRRSXWjhiulS/k&#10;vceEJRyLIbu3i6P93Fjh4PCz8ZmxP+zfVfsEpD/6oz/640NHZj8/0mw2nolwtoabkyCAKwBbp+oO&#10;DKQJOMXcxbgfvxjqcOWjRKA3gxpnI9QqBLLLArTEXYs9+DmUTC3FIaCMc2RV3Lu5y8pwSCxKo5HI&#10;D0PBYJndrwIPUP/VUbGOO5t7AgU6dDwd2xrO5o5+r2VboYXFBdQbDezvZ2VFfGV5ATNTSSwOpYiY&#10;DSC7n8cWAZKHTi9hfDglX+xqxdWPgVSCvmIIBMYk7+PuXk4qHqylOX1yBe9dvEzEo46p8TGMDA+g&#10;SeRua3sHlVKJSMkYYgQuvvPSa/jyC8/hHINxArebW1sgEoeZ6Um88dobmBwbx9LKIqrlIr1uHpW9&#10;Pdy8fg2fe/hRxOganX/kkW+dv3D6X5179NyrP8m5Obx592Tl5tqJVDxN1zmMVqVAmKut0LHb9sTp&#10;5wT247QfkaEBGB2bXbPQ4fTsALz1ZFuSQGwP9IksXQe2qcViR2Us2CpTQVr5WIvRbsoqM58fbntK&#10;pweIHCigP0B/Z3MEcSAiUsyPYeKwt3dAr30oRGRgaIhISUyIUUC7XClNCDzRhUU7EpTWrBDi6RTN&#10;ZRd86uwSW7kK8bxlETBXD9mSl+d2iHNEtB6GCVNbJUAoW1Xlgy06B8mrkEA5W4fQmVJw8JxVGRwa&#10;DC5Upcgwfsbrz2qVAk67I+/n1lEZ7WweqTqRkXqN9qfT074EXzXBE///iEqE7WuHc3zVDf9ry2q/&#10;45nawq8v8ZMHr03KzcrwAXW/Q5bje81u5cO/LeO+NMcly44mS7yAYxBJ5cvUZtc0Q+kzOP9H2gMt&#10;dT15Tlr05V5vlzQEvIqII89hIizubroFyz1Uwxcm6JIP13pXiER3uqqqIb9ngkG1XUtppthkxCWF&#10;bmua+rjm9izHOybFvOkV7YAkpEvFmgh1vniISnYPezvZL872CUifgPRHf/RHf3wkArKXfYLuNjNq&#10;gc1306ObF6c3s36A3ae4AvFRxOc8Wh1LAJdoQMoVET12COCFAkHJPBALUwZRdEPteOJdzv3QN0fO&#10;GxEBepj76f9MXj8WfaDOW6lSw9vvXBZXo6HBNK+i/2Pb7pzjYy4T4WIb3InxURQrVdxZ25RV8rNE&#10;OOZnpzAxMoytvSxu3r6LcyfnpT2N9R3JeBSZfBGlchXT48M4d2oJl6+u4uXX3xfXK7ZDXppfwJXr&#10;N6Tysjg3hUadK0zjRDLuYn3tDhYX5ul8WvjOD36An3vxeTxkKJCzvr6GUydOIkLX8Pvf/x6++c1v&#10;YmJyAhOjE0SmKjg6KtF+VzC/uPBnv/QbP/+byVT8Jz432Xfe+xWnkEeIiBMDrSaDfcP2Rc0Jy0SY&#10;QH5iZhIGXesmzZPC1Rsw7A5df9Uv33SaYGje8YW48fllkYSIZV0RrsPzx0Fb8hba4trDfe4dOm7O&#10;kOG2tcNCQUBim4ATC76lZ57mYzIVxfDoqDizMcBjp7ByqYxsJic5LdOzM0gmwkIW3NYw1Xfvh60K&#10;DLPbWTBsKqtpKLGvOA6J8Ff/m44tyBooAn2ufa8SxdtCdtxKThfwKgjZXd3WCdy2ArPuLjimzyL2&#10;Z1kCcdveGERbHZSJXDtEIgN1VdU0TNun0NCWsvCt6vf8219f0KDXV9noViAM75zIXzUhNXwGvIaX&#10;T96tuHgGv44PsOO4ZNrwEZZeAmQek593XbL0dvTGZDHFpLkQi8ijW7ZuwDIUpfa2wYsxTNokz0bP&#10;KUc9xtWQKwG5oVPO1R7w9pUuwy2MufbR8AgID8n7cLRWynGzbugy0XuAibCbrM6f62wy0p1jriGy&#10;JmpsoWyqZHVubXSDSJjgOLSdWquEfGYP+5vbX7KePM/T3O7fWR+80Reh90d/9McDMxqNFrK5zDcM&#10;Az6vd72WSP/mtiwW2XI2CK+SBQLmR9hmA+ViUVaWuReeWzNsAicMUngVX/7NK3MEsuwW/60jq3oM&#10;pix2CwqqDBAzIu1X5XA4/Bq/fiz2YNnvzk6P4KsvfE7OUbFY+fVarfmfJRJJnD65jEQijv2DAwEa&#10;K4szOHNyUVqtPrh6i8B+CSMjCTx6dhHDdG43tnNo6tY0diGbGR+Uf19ZvSsBkCvL82Ax+7Ubt3Hp&#10;yjUUSiUiNhPY28vh5q01LMxOYmIsLWSC2z42NzcxMjRIQD6A7333VYxNT+GRCw9jKJXGxq2biBHO&#10;Xr95AzeuX5OqwOjAEBYWFpFKJAhEHODCZx//vZ+GfHB3ycFblz5nsNYnHIHVbMJqVEUH5AJL6UIx&#10;Q4hNTSAyMSGhgpWdPRTvbNIcU+iF220YqNu+FWqphXTakjPhteDIarIjbU8s3GahtqUd1Th8kQXe&#10;XB3ic8mthHyOo/E4onS8ETZUoOvXpsfXWM/RborOaWJyHCdOLGKciOJBNis6j6AEZ6pKhum2KgYU&#10;kQiIdW9IPcZLm/atpweVeFeBuIDu6zdlldvxwul4RdrxMhNdK2GnJ5zO1tUVu9sepMsmXbmI4bWk&#10;/UyGrjzxooLdaKOyl0GIyHGgxa5lbQQ8L6su6XAJgd1DOGzv08dPNrqEw/DomOG3y3W6n1qeXa7T&#10;faZzjFj0ECf0tmDZPbUNp0eH4m7rXueuXvWKMlQj0k3/hVJJVQGxlOGBCvXTJMXU1JJzUzicE453&#10;XWX+eLutjtty3HQRozesUZMO6PeJS6yksuaWxFyzY8cXTOglwbMovWtHHZCynO1tQ20yINtwO7nM&#10;gKJdTFq4+tYJBbC/s4VCJnuqWKqc7d9Z+wSkP/qjP/rjx458/ihSLVdfDErCuSlASm5C0h5iotFs&#10;oUFgmEE2r6oGP0ILVLNtiTC2TKAvl83B5JtUy5Jtd9otWb0Lmcp33tTWqMqhSK1Is2++GVRiXyIg&#10;7xJp2WbxefgjpkL/zD7M6VQsLU7iwvlTM7u7+79bKtfNRrMtadknlxeIoEyJvS5/DQ4kceGRM5iZ&#10;Gsft9W2sru8JmFiYHsbU+Aj2siUUy1V9szewNDshK+hXb94RED01PozFuVmpVFy7sSrZIZMTY8gf&#10;HOLS1ZuYm5/FDP17fGyUgHQbmew+Ful35XIZ33vpFUxMTeKRxx4jEpdAuVAgfNTG22++KYQlEQkj&#10;YfJrLhyNT4/+X2ceO/tTJRpX84WV0nsfPB3h3JiIqmzYnHCvc68tKO8BFuhHZiYRHh6UdfHDW6vo&#10;EGnj3iI3zRzaMcvSYJG9hFhnwQTX0KJbsai1VLgbAziuuLjVDyYc/J0DMfm8su5jY20dhXwOtWqF&#10;0V/PyjcDtjYB6RbPWXrNZDqNseFh5AtFadFy27CkGmK6pMIQgMbLvozTDDFtCGjzBkVWREMSMDwX&#10;IVVB0dUUQydjG0YPYPbnmyhBsK2S3ZmAuCJsW4NOv7DawT35Fp9g+UNVEwjAgp26qjVUdzKI1ptw&#10;pP1Kmd+aPVLt7k9mT2xgr7nFcRtdVVMyfPJwQ7ckwduGlxVuuGTk3nx4y3Hu+d1xkuIXqdvH/hrU&#10;++GSHRwjJbb+B+vZAsm4Is+2uiLtjkolkXmgbXW5OskVEsfVhDguAVUVPpkb3K4ok8tQGUmm0b3G&#10;XhlEBw36KnOG0T1C1UYIaYXl90mbPtdZu8PPZWtzJr+uXkTCCqXS0t02O7op62pDC9FNXZGkeUmk&#10;PZ8/QO0gH8tl85/v31kfzNFvweqP/uiPB2bs7mYeduzOSdOMeB33QSIfrL0IBiLi4MJCWbZAZWD9&#10;4XAEqDdakjXB24sQuG3RjYsrGOJ7RISGwZqs6vLN2FKtJrx6DRa9y801gCBXP0R0HnslFIlasfiD&#10;0X7F4KJYbkg7FVvkJhJRo1yu/bNOx55dX1vD5MwU7fs0InT+ZifHMDI0gL39HPZzhzh9Mo3ZkwvS&#10;O723f4DVu3uYnxpFOhGhxw9gJ1MgoFvG1NQIYnSuV5ZmcfV6E9dv3ibyMY2hdBQLtP3bHDS4tiH6&#10;j8FB2n4mizffuYinP/OYAAzWo+zs7iIWiWJ5eRHvvPsuBtIpPHL2PJqVKm7SuT4gsLC9sYbtzU2E&#10;g2GcWFz4oy9+/YV/ODU7fisajVg/zTnKvfPBk+18Lp4eGZK2ulajJm1U7gqzAswEhlJpxBcXEEwk&#10;6EFNHF67yeUzdEKGSM6V+qPjkQ/Ll15dyefVKq1ta92SJa0s3AJkC8hjPXRDHKy48iFgjkDeX/zF&#10;n2F7fU2qPcmhFFLpYUxPz2Jqdk6ybmLRhAbxltyueeU6nkwKKarRvBb9hg5qYxIhhNxwBcDQZMRN&#10;YlAkxHDBmkteNNA0vBwIn8ORT1zuOK7YV505BSZ9ZrJ8/BKm6EglxRb71IAntua5GvgZdGIZUvzo&#10;iI6hVSyhTiQyTWTEYmtZww/RDZ8TVjevwr2qpq/+gftSEvdxisQajnv+/NUJU8gst+QZXh45fLWV&#10;XsJh37P1Xt1Ht+Wqt+3K9ilRvJbVHjKlaZc2zZDPN8M9HdJXJZUuKTZYKnzVczeDdsLSLVkOC/jl&#10;M9PROrkuPXIDA9nFCprouAYFhmejZfcGGLoEjlux6D0RjtDnPH0GWFI5VGYjdscNRjT1di3VGhZw&#10;83L0hJdsGku0LqXDCkrZfWS2M8+dPrnwe/27a5+A9Ed/9Ed/3Hd0Og6LpJ8n0BMJBNSqVkDbLzKY&#10;SxFAjCVicp+JRsL4KNJWXnlm4XmzWZf+Y7bObVQtsWHlage3qHSabUQJyHGvPoMWi8C8iIo5Zd0M&#10;StgbawKidGMMhYJ/QYCYwH7sgThn27sF5PJHslpZIzBv285vXbu1/utDo0OywlgqlXHnzgaWiDzM&#10;To1jcnAYIyNpaZdaX99CPLqMiaEkBpMzkv9xWKqh3uxgdDCBxdlxrG5k8MP3b2B2ehzDQ4OSeF4q&#10;VXD52i2cXpnH0EAM0+NjArx3tzNopGMYGRxCtlDAqz98C88+/bQ4N7H709rqGpZPLmNhdgZvvvIa&#10;hgcGMTM/hyMCiAf5fSSGRrCbyWAuMYiVkye/vXRi7vrHcY6yFy//SihgI0DXzGpaaNVqni2ouBBJ&#10;m0lQKh9J2jczRCSVjjFPRAuSsBzQ9MMS4qubUsSWVn4K0LkngsWOUew4xC0sYjHKPez8eFu1/LUa&#10;TZm3kvwcCOL22ioK1bxUHJq1CiqNItbWb2Nvex14R4mGxycnMTQ8Rud+hH6exdjEpKwOjxOZPDw8&#10;ktYutgs23UqGboExdcuVqfMZVMuK4RESaXmB6QOFXYcl0bIYKvjQrWg4puk5WTmu/sXNf9CCdNUy&#10;o2CyJRbFRndFHL407U+UkdsCQAWgst4rV4BTKCEkAuW2qu741BfGPbSjC4gdH+XoEYJrsKscrLo0&#10;QWXzeTF8OqjP8HQwLoGw/CJ0v0MU7m+/26UR92pAbE1x/LoRG712wd4+c/UrHBKyxIsOPBds2/Cs&#10;o91tidEV75Ol3c08gmrIe9kwHK3r6bbh8fxy22FVNc3RCzuaLHmVD0sfs0pBlyqdR5jUPjfofRII&#10;Wl7rF39uSxisVB+1fsfRZMS3CMCth+22LXPPDgVQs5so7O+gsLP/+ZZlJ8MBs9K/yz5Yo9+C1R/9&#10;0R8PxGAL0lLp6BvBoFv2dwRgqf7kgLRRhVkIznahRkA7E31IBcRhC94qDo+KODo6QqvVpG0EJeDN&#10;1O1bsojWohteW7XLqDblgAJy/CJBg7hIhMXDG5FI8BJbRtL3B+KccY7HD9++hM2tXW5PWy5XG7/N&#10;pKpYLom15cnlJQwMpLC1tYf1u7sixp8YHcYj509gZHiIQPAWckdl2RYLzmcnhuRmfnf3AE3WeyxM&#10;YnJ8HJeu3cbr9DqZbFYE7vFYHO9eui495JyIPjEygFHa3n7ugDNcMDk2QoC7gZdeeRXzSwt49MIj&#10;GBsbx/qtmxLuF6Lr+p0//XMBFgPpNOZn5jEzt4BUMkEkqFBdPLXw5x/H+WnXmun8u+9d4CoaE8kO&#10;gRtumYLRu9pMVxhR2r/I+AgRkCAqe/so390R8G7rVHPeV7GhhemJzVmMztWI8uYmmqwDIUCnwvkU&#10;EHZtd2VeMVmgucetI3zn5ZbAcJzmEn3xc+LjA0hODiIUJ5ISovdD9RAH+7t49/Uf4M///b/Fpffe&#10;xGE+L/tRq9XlenniddPRLVi6HcVUc1i1VwUVYA6oikfAUI9TIXJGt5LhGD6VQfcN5Lh/1j38/OU5&#10;G/nE5SL81noQL+FdZ4d03JYcfLKtWLJtS2m5aLKjuLuPQLUOs9GC42WPGz2VDH88YG+ah7/tynec&#10;xv1IgZt4HvDOpZvY4W+Y6tZAlPjd8KWf32+42Ro23MqT0dOC5W+98nUn9e6/4Wq0A4jQ+xY6yFVq&#10;YlrI7ZoMOKo4QZ+tmnAeb8Nzqz6uGP2Y5sfVaShxue21tLnzwTB854SrZJZqW7Qdx3s+E9d2S1Wm&#10;ea5ZtuP5+7qVPtMNR5QqjNND4BSZovdoNIo8fV6Vcgdz+ULp0f4dtk9A+qM/+qM/7jsymYPFdqv5&#10;hAgjdQWEbymcUcCrwZz0zNa76RR/jxAvMD4UjBRLFRwRSHe4gpJMoVKuiMWpqXueufmfm0RYF2IT&#10;OXF96R3tK+owUOMWsCgTkPCrwXCkJNkjD8gn5yPnl/Hk4+dQJBJRqjR+NxAIji8uzGFhZgZHh0co&#10;EShm96uzp1YEEF+7vordTA7JRBSPnJnDicVZ7O4fIn/UXRwcGUwgnYjh1p0d7B8cYmJsEGdOLKNG&#10;QO49Ih07WXp+OolkKkXk5yKaVhuL85MYG03T1wRyB0fYz+5jbnYWjXod3/3BDzAxM4nHnnhUVvK3&#10;7qwi3Gljb3Md7779FgYHh2HUW4gFzDsXHjr/D5//+ov/6cKJhdsfC6nd2H64cvP2Sbpu4vbENqwc&#10;dObCFYGkPA+CNJ/GhqUKwvkIxdu30C4cSgaMqnqocDVH6EfIcyti21vura/u7qK4tyugigW0/PeO&#10;aEEsseFtsdYooEGiTpJmK9QwzePkQBoBItUjS9NIjg7SrkQxOD9GZCSNSCompCQ+EKG5e4R8Pivg&#10;UETuHUclWgsJCnir6W55JxBwHYjcfnu1amy6Nr6KpXRBsHMsjZvJg6GF0Lq1zNN4+Ai+41NCe+J1&#10;6evvfS9a2hL4E+3C0kndXP2waL6WiERGOGzUa79ycFxR0UNe4Bd0+010jxMJRyuI/Fkc6tyYTsAn&#10;2jZ7Avqcnixz/eo+gff9cki6j+v9m1vLMTWQC6CbCeN+PHVbs4hiGyEkBpKqkiBVZRZtt+WUMUnt&#10;itZNsciGBvaOj8So+WHqqiB08GFXym8Y6nNbVVVMmT+O15bmGhMY3qRRHVVdnYz6nekRp3A44h2/&#10;nFO3WuOo6+a6aknQo05hF4LIbVhEQAqFA1TyBSOXyT3Xv8P2CUh/9Ed/9Mf9Cche5vN0I0kbXqO5&#10;gWgkhggBMl7N53A0yTAIBkUX8mGj1bYkfLBer6rEaiIfYX6eBkcMyCQDhF1fiHw4HRVkpTzt6QZL&#10;j3XCHNzG7ldB+or+IBKOPFDuV3wennzsNAvM/4tMNveLbJ/JLUWzM+M4feYk6gRy97MH0vpz/uwJ&#10;LC/OSNr5BzfXpdVqYiSFs8szqFSbyOSKyqWGxtBAAjNTo7i9sY3t3T3EoyFxv0ol07h5awO379yl&#10;88VBemm8++5FIjAlnDm5gpmJYXHIEp0Jve7iwiIKuQP84PsvYXxqAg8/9igmZudlH61GHR9cvoha&#10;s44wXdezy3P/5MWvfOEfP/nM4//mY5tTb773nFk4NALcYsf2u0RAHIkUtDRAAxEMAjZ0TZNzUwgm&#10;klIJO7y9KZUaSMUgKLa1LbuNttPSwDOAtm5bsdh6tlzG3rUbijSLpbNyYuKVZq46tWRF15Tv3NvO&#10;gE2csWgLJXouX8dWtYFGpS72vQPTY4gPpcUmOj6SxMD8KBGaKlrSSsgVGENVU9odInktoUVuWJxa&#10;ZQ54wmGu2ch3AYda9aBbakx3kVsjVyUuV1UOr7lIh9W5KeeqJacXtjvOMWahAabtOlJJYjjucXn6&#10;2Osfljr3Bn1VC0XUMhlE2ITCavUQkF63K8fnLNVN3OglI10LXtvXFuX4ntc9Ol0NgNETXOinGP6W&#10;KQfHbXd7iZurVjF7Ukece0iTrSsCjk8lYvgqJVZA5dyoqpYtn6U8VyynDc9WmXNeaM6y5bi0ZBnd&#10;tjNDWy4rv2XHmzddoqmVJmbA18BmSkp5l5CpeSLi9IDbCgivjY+/2BhERO2dtkf3THd6OS6BVxbU&#10;QnZc4meo45Hf0GSzgiaK1TJKuQxyu/tP9++wfQLSH/3RH/1xzyiX6yjk81/jPmKvxYN+3+40xEaX&#10;f9fhlGldgv8oAYDcS1yhGxALsBnstdo16c9nQCa94p2OvrHr4DLHlhs1ZzdYnP3BK8WhoCIg0Ug9&#10;FA3/IMrJ3JFPl4C0CCBnDipEGEoisK+3nOVSufK/7BFRuLu5hWq9iRahgnQqjgtnTxJpiGJje5cI&#10;RxsLs9NEWM4jnYjj1voO8sWquHktzIwImFjd2EP+sCSvMzqYxPLCHLZ2MtjNZBEjEsYEg52tcgcF&#10;rN3dkvA8dmW6dPEy1ja3cebsaazQcwYGhnHr5i3kslmcXl7B7Rs38eabP8TE5BSWT57G8MQ0FldO&#10;4Jlnn8Pm5l2EozGMjI3smB/zHSn//sVvmK2GiFrFiUrarxxv9VghRYLvBPbj8zPihNUpV3F0Z0O5&#10;8UTixEWVBsTQwtmO06H5FxQSIoZL9BUkPrP51jtECCziH21p87LFpacjVQruuWcwxqvOboggi/Ot&#10;UlXaqLilau/KBjqlpvTm1AoVmeel4pGsAkeHBlGvNNCsVX1WuAZSA2niSQ2UiGjzdkOSV2NKP76p&#10;na2kFUvbWCshOnwVChcsQ4PKruLBW63WRRV3Fd6RKo+jeIW76u7TMfS4Znnb6gJzt5jyiQ16X5sd&#10;4PDuNkya30ECso74lXUrFr3RgJpI9IjHnZ5WJ/ffLhExjyWQK5gstVQfaTF7Msm7jz2W9eFZyxr3&#10;TWA37tlKbwK6n9QYPf/v/o0/O22aE6FQhPuvpE1NuqRM3dakSSSDew6nZNMNdxHIL+KR/8QByyeR&#10;N40eSiVts+g6Xjm6WqFESa5ixYZO7fQcudwqCDscBk03Y0cZOPB+8XZdu2lLjM7oM11MRNzym9KG&#10;2I4miUTemcIUsxkUdrOfrTSao/077YM1+iL0/uiP/vjURy6XT9frtS9G6ManxIy6pK6Wy8QFK5FI&#10;0I0xqDQcH6mPg3uJLQnR4/aVdqNON9cgAbaaZH6wEJhXSqVnvKO0JpJpQL+nF1HfAyFw+040HHkv&#10;HA6uR+JRAnmf3roN27uub2cJ+DfFTSmfL6DR6vzTjc3tUQ78q9RrWLuzjtnOjFjspgfjOHdqWYTq&#10;Ozt7iNL5O7k4jeHUFGpE0A6LNWQIHI8MJTE5mpZMipt3tuiYM1hamEE8GZcgwctXrkuY4dT4KCaH&#10;U3S+JnB3ew/btM3x0UEhJTeJcNTrdTzy0HkEiKRdvWLh1vUbWF5axML0NN5+6WUMJtKYnhhHNpXG&#10;4OgIRqcmEbDZqSx3Y+Hk0msf57mq5o4WDt+5dDoUjzGBRKPMAZNNbfpjKAteASsmoqOjiE9NEAEJ&#10;oEKkqUzglQkAByi22k0FvoioBATqdNCwbGnFsgjYdcQwLYjc5Ws43L6L+MiwCNTFctdSmggGTxxA&#10;yKCpYxtotBtiGlDZKxOIIoJNpHIgmSZ2aaBKJKO4VoRj2ogkaLuVPCKtEJ3zpgqQk/Yqg/arI65u&#10;CbpG1XqDrkVGUuejsYhUvNhNiOdqwFQ2pm67i+2otiyhU4bRA3aFhBvo9tijG7jokQzOBjFV9bAn&#10;kdtdnTa16Ni1bDW6a/F8vj+xt4/LpNj2uNHA/u11xDlMlN738JngGr7agHNM2+GH8349iP93zrHP&#10;mF7puqYGHm4P+B7j9Dxfidi7w3ac+1Q+unSlW3XpkiPjWBVEZwv2uGx5RDBEn6PRqOQcafaoQydN&#10;aUtUc9wWI0DW2TE/EMsFN95FktO1y5rRvf4c3grTX+nRBM1xXdh0QCCL1W1XdA5PV+TpR3TrK1dG&#10;4HTrOEw6VDUG8p6SFi2nW52BTkh3j9fUJFAWB+jzbn9/H+VcfqyQLz2enBn7dm99yejffPsEpD/6&#10;oz/+Oo9MZv8ZupNMG7rnQ/nHq5s3O1QxsOJKBoe4GR+h+sHCxXKxLK5WklTNQLHFgLAFu9mUHmfH&#10;UjdiXtFjoMlOp9I+wFUY7nPmlgWugIjwPfgSkSA79Sm7X/Ghb97dwU7mANMzE4jEwr91WKr8UpuO&#10;o9ZqYWx8XLQFR4dFEXKGQwtERCaJJAzhoHCE/VweITqukwuTiNM55a8qkZlM9hApArJc9TBPLuLy&#10;9dt4+fX3JNuDLWI5Q+T2+gbKpQpOLM6h3WmjRV+ZjIX1zR1MEAGZn53FLpGSKpGQzz71pLTPvffO&#10;O1i9cR2DBNDjBEC+++f/Hr/6a79O2x2l39+0Bx595F+vPPXYvxsZSV1NDw3kP85zVbi++lhzZ3ss&#10;lkgJDmzTftl2U4C9dM7rNhmEQoiOjyGUGhBAViJS1cznVU6MXs11A9nUKnhADHltWfEOEqjuwGLb&#10;0dwhrn73+/jc3/wNAUrcyiJKAV6RD5jeCjK3VTGY4zBBnnthM4SG0QKHRlYqRVS3isphKOAgymSP&#10;ntuO0JwdScAOB1SLDFc4oML2eM6miGS16Byz1oTnfZX2R9oVedWbnsMtXkEm09GQVFQiRLQcDizU&#10;7TBA15FJKkSuKNk1MNJ5ECIb0XkRLjHpCo/9agjHe55HDgxD5z7AC238eOGfoQgQbf9wdx+VrR3M&#10;cfWpVUfQcHz6im7rlOnVE9x8DcenmjCOkQ0/QXG0BsLwjHwNuSJ69d8x0PXbgicl9yx7tSQeuPc8&#10;GJqYGN1agVdxcXw2vv59P05c7j23tHdESNlFkHUfrpcWL7jIzDZsbd0s5uSIcQVYyKgpgaweVLdV&#10;tgx05ouSEZme25m4WjkqLyTg6vEddYaESOhQGMPsWkX77NXU61taCc/XzO7aDktlXLtymV5lxeip&#10;JPFxyG9dI4hIFIXDA1QLORzs5V6Y7yEgffLRJyD90R/98dd6tJpt5HIHXwrQ3c7QIE21AwDhSEhW&#10;JoNEPgYGh+X3H6X9ivvzD0tFZXlpWNKOBX2v4955cSSiG2Wn3qQ/K5GuxRkPUupXzj8SQEgEJBwN&#10;2aFo9KUI3cA5gPDTG8oW8+knz+Ol1y8hmz2cHx0Z+F8nxoelOrSxtYtC4RBzc9OYnp6Qn1fvbMkx&#10;nVmZV45WI0PYymRx++4+lmfHBaAm4rxSHsDGLt2kjyoYGx7AqRNLuHV7A9evr4Fth8eIwEyMjWGT&#10;yMYPDy/jsYfPi4Uxp4qzyDqzlxWb4uWVRdy6uYqXX3oFX/z854HHH8f7BCj2VlcRIJJ3kNnF2++8&#10;jcfOnkfENszTK3O/s3hy6foncbYyb116zq7WECByAdtUlQZXUO61BjHJJGA2OYpgIiptecX1u+jU&#10;agKsAgTUG01HBxEq2NbidW0C+E22KTVCAiVbBHbCRI5Xv/0STn7+GSIOg9IewuSj3W7KudLL7KoN&#10;iQXAROCYJLKjweDQIMrVorRYjQwO0nytocXajnpAghmb5Ro6eSLUk20vSFCCEOncthstAd1Mlpho&#10;xFMxqbaYmqxL2oWl5nWTyGa92pDVaxVECHlcUIh2kLgYEaQgEf2Q1o24TlmeUNjU+Q9QVr0uADZ6&#10;DWy9Z9hKyK5ad/hMqTV70zA+fvgnS96WaLl2btxCiN3dymVlfOsC7J51b8ezrO0lGI6PpOCYgqOr&#10;A+mtfvj9stQWAp4LVrfxykFv6KAH+h3Hq4gY91Aep6ci05sHgmNpH929sY+RRDsWRTgel1ZEEXFr&#10;XY+0NHV01UtkNJZo7rpVJbcFy9UAGT5Nh7JsNtA1M7C1PsTRllpC9Nx5o9sYXX2St2+O00O23Ipa&#10;y26peSjav4AOQnRZse3lgjDx5L8LJ+moqo1kmdD9o1IuopjPI5fJPWXLuw1W/677YIy+BqQ/+qM/&#10;PtWRLxRDpXLxK2Yg0FUaGsojngFciIMHbUtagOKJuLQJfdhgwtFuNHB4kBeCw70fhqMqHKxF5SwF&#10;Xv0NMNngKkmnLf35Qljo9fiLhZjsSBSORDLhUOjNKAcRhj+dNRt/zzw7WH35i0/CdJzfLhyVJjuW&#10;gXQqgUfOncJQOo0MEQxOFV5ZnMG5U4uoVau4euM2CqUKBtMRnD8xhzgdy8ZuXjQkPDgfZWlmHNVq&#10;HTeJeLDYeWpiFEsLcygRiL+xuobMflbafTjj4rU33kIkFsHZsyfkcemBIaxvbGF/L4fFxSXsbu3h&#10;O9/5PsYmxvDQhUewdOYsbLq+n3v6WXzmic9gL5slMpdk0PuJCGoY4BcuXfpaiMP5InFV/aJjYjWr&#10;u8LsAiEzFkeU9tMk0MVOaGypy0J0Rt/NdkOtVRuuYF3jXMcUEA8J3QvT9CIyy0ArU8Cbf/AHNMcc&#10;EdPajhL1MmDihGkGSZLgDFtnVigbUZPb4aVNK4IEXUPWnqSHhjEyPoqmtg1ORpMIG5pUGCrVPBqP&#10;Ymg4jaGxQUxOj2OMHp8aSMm1CUeCUv0I0fcokcxkOo6BgYTYKKfSKSGt3KYl4XG0Hw0iJ0dEQA8O&#10;DpHdJ8CWO/S+CodHKJbKkqnT5qqQqVyXunPTgXEsVc/WCdfug9wpbHm+sB/ze8RWK+3VwhH2Ll9H&#10;qtyARXNf5Y/Y6CownB+zBm74iIJ6junP+fCAk7+e4tZPOr7aSsAXZegcszd2euiLV3m6hyD1tlcZ&#10;Pc1jXVpi4F7XLPe7qU81myjY9LnJhh4cZsmOZBz6J8TA9nyWlTWuzSGvMV9YoLZ45uPh9joTnhuV&#10;G1Ro+PQhpt/mWFZ8DE8g7zpfSQXPd8ymj9g4WuSuXNogjohuG6PbOiavywGFbsaIoeab6WpSTFXF&#10;s+hvLXpzFfMHKGbzj1XrrYn+HbdPQPqjP/qjP9RK9V72LIG1812PeEfaofhOFeHwOF7ZpZvRyMiw&#10;pJ8HjA9fO62UVLYFixgb9aq0YkkWBFRPulg5diwBhFyutySorKNWeLk9hXvmmaTQz3TTfiUSjZSS&#10;RH6MT6lqz45V25kSMrkjScAulhu/ks3l/ubq6h1ks3mxfA3Rvp4+uYCF2Skc5A9xVKzJObvw0BlM&#10;jo3i7mYGmwSQGQTMTAxibDiFLfr3diYvORT8/FMrcwK7bt5eF1I2NpzE4syk9ISvb+1iJ7MrlY44&#10;AZlXX3sTFQKkFx45h+XFWaRSSdy4eQN7e3uqgnLjKl7+wfcJRI9hkvZpem4e5x59jAjKgoQQBuLR&#10;14ZGh9Y/ifNV3sueLl29McMrvgEiFhwCyEGT3WAEndxAgD40lEJ8YpwIbxDNoxJydOzi+iOBeh3P&#10;VlbXoDwA1NFf/LiQEUCTgF3UDGPnB2/i2mtvEFlOEJHpCBkK6NA06AocxMEnIPOZk81dwMZ2z4wa&#10;mSDz+Tf0SjDMIGIDaZWP4HRBP783bMvwBPGGm/XBAZraape1TlwRYb1IkK4jO7pFoiEiV2zSUKGv&#10;EorFQ7Q6dSHYwyODkmjPLXlMurmVjukGh7yxWcQBzbcMkdejUlU7QqmeKgVkNcDWAmN0De10Lojv&#10;Ejgfsxhd2imBu1dvwmL7XToux26KrbLSfxjHcj2MYwTBXwVxzWy79RDzHloAHwn5Uea4uId0OPfU&#10;NhSgt32kxK8auV+dBfdUZ7QDlq4++KTeCujRienwAg+B+bYWdpu6Kmc7VndLeq5L5VlXLqCrF57f&#10;sqN1IDyltQ2u5iWq8mEoWiSf50y+JbTc0hUUR+aouly6TcolKl6eh9q+rUkHGziIM5ul6mcBLUR3&#10;J5Do92zl3uZa8SrXNUcCKR2a+7nsHsr5g6FC4ehC/4774Ix+C1Z/9Ed/fHqDbhKZTPaX6eYe1MuY&#10;dGMMSdYB32MYkHHPPLcRcevVR8gelMcyUON++OJRQQSpfNNyeOWPQJcAOL4JsxkMp55rkCjPZZtS&#10;dg4KGpp8MGALfS8UCiGRiH4qp6jZsrCxtS8tNsViCfsHRyOtZvt3GDYMDg4SKcig0WpiYWEG6XRS&#10;yMAoEY+9/Sw2t3dxhsjAicVJIVkHhyXsZAsYHkwiTccTDY/j1sYO7u7uY256AgMDA5ibnSaS08AH&#10;N1ZxankB0+NDEirI12prdwcV2ocJ2j4HD773zvtYPrGCh4mEJImAXL5yFXdWVzFNIHaSCNtbL79E&#10;YDeKU4tLyIbD2L595/Ijj53/75569snG6MjgzUQqWfokzlnh1trTjcx+mvUfDKLanP8hnjhdb6OO&#10;o4BieGwYEdpfM2iims2hvJtDjK57y+locKYSr21lliZkzdJ97tIGRSAnTPM1aFpo0PxN2Sbe/Na3&#10;EB8ewPjiIhqNlq4GKPTNAClC82l0fEqE+wMECpm8DcQGZN5HiKBU7Q7aRJi4ksf7EAxHxXSAq3RS&#10;NdFEQ0B3SIfgucTdE1o4nl7KUmEPbv+OPDZO5CxBX7YWzPP7hd24EqmUaJ/kveioRG+upjCY4/dg&#10;kLUxRDaq1SpauRbNtUFp4RM3I0dbozrw3JEcx8dEDAWp+e3mL2T+9LxeAe/6URmrRIwHCodw6hXa&#10;F1srd+weS1r/KxuaRvGxukL0e+H98dhB+Jqg/I1Djn4tRSds36sY3Yx0n57D6AHgds8RoccY2DlW&#10;OfHTGLeVSxGK3iqKrV+Vw1TF7rnW1HbjphAT081mFxG4JZ8z/LknpMi2vUqGY7qvYQkhlUqIr/lL&#10;QijdSogI2922Lkfa/FyXLZ6LAV8boUvo3WNwW7OkBTKggz35PRBQc9DRrWKOrpx0RAfVbfOC4WtJ&#10;4+1GYygcHaFayCOfyT2/MDP+p71nuD/6BKQ/+qM//tqNw2L9m6Fo7L83gxHs7O6hRDcKrloweBki&#10;kDtHAG5xaRmjYyNyswiaH6X9qoFSqYxqpYJmo44GgSp+Hq/q1VsNtVIn9kcWkQ9L+oaZ2LRlhY77&#10;A4KSmq0ISKgeiUReZbAWZWvKT2Hw/fb69TsS+DdOYDmViP+jO5mt5SqB6vHxcQyPjqBcLmPj7rbc&#10;cNlqd35+kh47gM2dLG7e2UDs7JIQjumJYXFPKhxVUKk0iESkiGTMYXV9Fxcvr4JdvqYnx0RU3iTw&#10;+857V3BiZZFIyYSI2zvtCSI2GdxZ38Ds7AwWFhewTj8fHh7iqSc/gxiRjfdph+/eugaDrsGwGcb3&#10;/viPkPqVX5Mk9P2dndGF2fGXY/F485M8Z5nX33naZPHxxJjADNZ/KAWCby3ZUaAsSnMrSKCbAVRp&#10;cwdWsUp/4laplq91yFHWn1rHIA06juEBnlbHQYxIRZ3mbpuemzys4zv/x/+Jr/6d/xrDkxM4OMgh&#10;GotJPgFX2lr0nIcvXBAL3mwug1gyguzOHhKhsOhFeA5zdglXZRxOsI4miGyOSgWDW1KEUDvKOYmz&#10;RdpoqT55bjGUlHO2XA3fo5cyA11pM7fBSMMMvQEYmDLJTsaTYuWrMiJU640tlq0iipKfpapicQZM&#10;Uux4C8UKhgcS0iqpVrYdHSKqzrOy/fX9zult13K0le9Pu5DBYYzX33ofrSs3kazU4CpO4LPf7c08&#10;dwmArmoZfpWF3ZO6If8WggKPfNg9RMVGV2rueM8N6EqIc0+FxN+8pc+J90qKI9relfJparxn3Vs6&#10;8vQhSnrj6VRcgXiI3ptMLBvtqrayteXL0RUrt3mKF2PYddB1GjS9xHtH5gqfZ0NXEfks8JxzVDCH&#10;CnjVhgXqOaY2NdAZIo4myvp9I250ugxmui5rWhMT9BM1WwUnSnYI/40zcDodLUxXxEPE61pf5G5T&#10;CFQwjHq1jPLhAQ72sk/ZOK+peJ989AlIf/RHf/y1G7VqE3/8x99+7M033vi/9zN7iXqzphyH9I2J&#10;gRqvfoWjbxLIXcZzz7+Azz79Wfndj1sF5SeXy1UCZU3Uaw1EOP+Bsx3YLz5IoIzL99JL7Ii+xNbJ&#10;ybJGys5BkTjdqek7i3hDbMEbvU7E5Tq7xwQDn84Ni3M6nv3sQ/jeKxdxUCh/MZ2M/5dLy/OI5mLY&#10;z+bEpWtmZlo0B/v7ebTpuM6eWsLk6BBGh9LYpd/d2cxgZW4c9Fx29KK/DSJXKOLW+p6sYM9Oj8nN&#10;/RoRnXd2MxgeGhTxeXpgAO9fuoK5uRmsLC3ICj2xNmS41WV7h0hdFMtEEtfW1vC9734Pzzz7LB5/&#10;6jPSyrN9axX7G+v4wuefQ4q2ky/uIBoIjLZb7cFYHPuf1PkiUGIWPrjxZYZ9bL9rtbTY29D2pY62&#10;3+V+dSKViYkJBGNRaZcqbmwRuLZgma6I1pReeTfCTggI6z1sVRFx070t3Y7FWSlFaT8KI5Vr4I//&#10;ye/i7M+9gKm5FTQjVYzOTNIcjojrGuswXvzqV2T7XHk4KuRRL1eIPJfozrwp11MyN1hvEo0hHE8g&#10;Go8rBzeuTpgq00NcubhVzO4ICHNXi0WYG4h4LlcK56pAQkO3ZwlZkJXmAM0Lw9cKo1qWLJ3RAN3r&#10;z48zXUtWg0laG7FYBOVaC4OpsNIkGE63YqBTqrtGR9p2lYGn7tIKfhxvK9pmaWcfV//s25jIH9GF&#10;auhqi+3TSdg9zlZdSO/cx9TWn3+uKxCGq8Owe0iF41ddMAB3DI/c2D45u9/y1082XCMoNy/F9JEQ&#10;t2JiH8ssMdHNXYHR3W+pT7iA3leBEX4WjgqxKHU6+qNSkUwXwHc/Q21FQrXGgv8UMHRLlXYndI/N&#10;E5ebZrftyj0yx/DsccVdkOZlIODKOGz9ENMTrxtuRU9vwavS8JGY8EhSSMiHWkwQ/ZKu8CkpiPo3&#10;E2iu5vB85/cQ5yKVD49wuH/wcK3RnklGQ9v9u3CfgPRHf/THX8PxrW/90eAf/MH/96867cYAA7Du&#10;DVTZlXJ4G9+0GkQcLl+8iOvXruLb3/k2vvG1n8dzn/8cEvH7aZcNNJtt1OpNVKs1AXBcJeBAuAgR&#10;ChZmS6OEBc+hR7QgthJlggXCIrgMElkhQKZu2H8RjsScRPxnb7/rtq7wjXVyYhjPP/to7Nsvv/M7&#10;Jt2BE9EoFmZniCgMYHM7g1w+j+X5acxPj6NYqeHGrXU5d6cWJuSrWGkgS4Sj1bHFapcPf2xkQNrV&#10;Vte36Hdp8DZPrMxhbX1bQgV59XsolcTk2Bi27m7igF7jsUceQpLIWIiIyNZuGzdv3JSckPn5Odyg&#10;n//0T/4UX37xBZw5fx4GgWE2DfjCl798lB5M1t/IHUYDKetKNBY7+iTP29Ha9rnK6upkKJoQhytu&#10;XepYTQFblhuIJ5iNgDcRj9jYCEwC+FargyM6l1BdRwrA6AYeyzF1C5YY66rv0o5lyDl0Alq2THMp&#10;TfO2ZNCcIqI3UbWx/iffwfrcVSydPS2ZFAPTU0gNDQmYa9E859XcweERjBMRUgLzkLxq8fCQiHod&#10;ldIRGpKg7uDE6dNd5x+Bl8EeUTVXMdTaMadZG7rqoJ2IfKFzhgBCR2fuoAuwTdeFTrWaGZL3oIiL&#10;C5KFtBsKevMc4Yoa/1xvNpCg82l43S9KcOy2ywjh8xERy9u289NXQegFXv+jP4F59QZSbG/MSd+e&#10;nNzuAf1mTx3C8MD6vfa1/p/MY0RFPafjmff6gi29Mx6UF7Pte4XiLvlwt8iQvu1lYqjfWT7dienL&#10;//CIjXGv5a6N3nR1xyMlHGkUFmLBZgi23lelG3GPT5E1Nk0IsxMa2z8rz1w101xth6OqLPz5bDmO&#10;1xIFN3/D/Rx398zo2jRLzhJnfRjue1DXo7xWLdNr+xJy4zvrvQGXtpcRBVvPY1u9N+H0kkwxTQgH&#10;cXCQRa1wOJLPHz2UnBnrE5A+AemP/uiPv27j5s27ePmll/4Hw3QuKG94W1bFZAUrEJBedP4F34At&#10;m/UgCvixtuD37/7veP31N/Cbv/GrOH/u5D3b5rRv7k1n4XmtWlZBg/TVtlXLFYNi7rkS210Cf47V&#10;1jdyUwSVspLHzklc/YhEnEgs8pLkZcR+9u1X9YaF/YNDESoPJNm/H38vs7f/mXi5gjkiH+xuNDE6&#10;hHQyid1MDpn9PBJLM0QiFmBzSCEB2BtrHSzOjNPzowQOw9jLHWF9ex9jRFzYTWtybJBAsE2EZQ3D&#10;g6n/n733DpYtOe/Dfn3O5JkbZm5OL4d9i80EQAKkkGGChEwxmpSLIGWXKJdJVolWlWSLtGyqJNP+&#10;QyqzJFFlUixbRdomRYIUCQIQQWRgAzaH9/alm3OeG+ZOnnPa/X3dfcLcC9kmsLsAOL17690w4Zwz&#10;PdPfr79fQF9/ARPjQ7yALyoQMrewjNHSAAb7+3B8dIyvPPk1PP74I3jk4Qc57G5uYRGz6nWpVU8w&#10;OTKMuzdv4pN/+if48Ed+EJMT46hsbWNtaeG3P/zRD/33H/3RHxxNpxLtVDr1htKvDpdW3u3t7uao&#10;g0NWyl6tznSccBfZ7mC7SBT6kBoqMuWuWT5AY3ePO0ScZI4wHE4aCpYtgDxDceF/ed7o31MHQnYk&#10;+ojqouZZS02uoVYCrfubmN3cwfr5Rbz9Ax9AUQEQuj0BhhQ7q1GwoMcAIEFap1QKQ6MTGCcjhISj&#10;rVPJ6jeVNoJ4ct9ydV4IaS48XaKynW5SC9KZpqUZM6YgFFoMbGhX9lws756LQkrCTjiBqxG9OWyy&#10;tX6jhAa0dK70fNRxU9UzPNfoXLg4NingJhuEE9kN8BC6ugzE19L5xlsgt59+AQuf/gzedlhX7/GO&#10;6cJ4iJKonK5cj7AbEiPmRTI2wtv5Z5jdyi5liO64SOMEheD6OUFWSDRpPQwZFCIeHAicJXMPOzQS&#10;8cBCC6g80/0wlgTGa1YG4JI+SKmDzBs+Ql8Nx/gxaCqWFnPT31312ULdY7KQ1mGC4THp2zrkwqcp&#10;V44NoNROVETJsiCT55W9QkY0rrNmHKbF+sbNijreDLCsy5V5HgTdFRnY9XbUZ5uTcE2HTt+HrzcB&#10;bGuwLbUVO4diErxTn1WHB/uoHh1hd2vnPeenRv68txL3AEhv9EZv/BUalEXwxx//xDvX1pd+gWgj&#10;Xqet98sMZ51rEU1gNqJEgiFJdT/BtBJVmWH23l38y9/43/DhD7wfH/7w+1h4bQdRbUiovb+3jyZl&#10;VFAb39FuWC5bnfradpf+pb/5qjjgXbc20wFkgmxbXd4tzGQyZL/7PFuaJt/cj8p2x8f27gHb5C4u&#10;U+L4xo22J/87oQrleqOB5bVVTE1NsVh6eKgfpWIBmztlrG/usnPR5XMTmJoYQuW4gr2DIwXMshga&#10;KGBmvISd/WPcXlhToCqthef9/ZicmsT9u7PoV7eh4EIS5hNtbVsksL2zDdoLpU4I7bc/9+wLuHzl&#10;Ch586G3IFvK4e+ceVleWsasKl0yrje3NTXzyj/4Y73/ve1BU4Gjl1p3vz/7oR/5RcXB09c24dlvP&#10;vPSErNeRVKCJio/OCQGQVrB7zLv4UgPNlAICycEBru3q5TKaR4e8Q9vmsDZtGcvFrKHVUFHkS6sB&#10;0eWgL0LFAFFVOsLnkMY+NYeaaj7V6y30+y4GKg4qry/j+a3fx8JDD+BhNX/7cn042NnBsAKUOXUs&#10;mWyOAQQVVR3Z5qK2w3TEBH9p7r1vnH6csDAkwJEwOe3tDms9pKWomBv4ftjx8A2dhWh3QZAgO2n5&#10;nBliCz7WiXAdbYLgTPHI55rQ7kbknnZSqakDyHHxSunr9HsGHdINwAfOLKq/cSvOndVNfOm3/y3O&#10;rZWRbXZ0gF3QPYhY7moO1ZmEK3lG4R/ssn+dESVwhcGMYWaH8ZelfQ9DpXKCnI/ouVvAIxBPQ3ci&#10;gEcgetwiFnBoB5Xk5LbWNMYJ9piCoyVNEVGoOl7gCWCtcVn/woYDvgYRSYcpqKLVYJBoJ1qQUm7Z&#10;VUJ3koWxT3eFa5LOZQhcTIAgQzHhB8nnFqRwoKHr6JRzm65u7IA1lcrOO4RGBr7RkBgArkMSpTER&#10;0IDadZwQgCUSODmuo35UQXln/109+XkPgPRGb/TGX7Hx3HOvuE89/eV/rAqaDKfcSp2PQHoMDycm&#10;JVqBDbIMdZJ698tYQQbLtJtm0e8Xvvwk7s8t4EMffC/e8XbtrnhUqaBRP8HoyDA2NtfRpsW4pXfS&#10;aEGjDzwq5Py6Kpg6eheXnhnEq2cBb0KL0Nm2NPl8Kp3ey+Wzb/piRQvzqzfvcsEyXCqKQqH/127d&#10;vz9A12FybJQpahvrm1yGpFWhOzw8iKGSAhd7ZQVc9pBJJTh4cLjYh6HBAg5Vgbixc4CBvhxGFWCh&#10;/Idb9xawsLyhrtUQ06rIRev+7AJ2d3Zx/eolTIwOKkBHIG6IQcj8ygouXpjBzMw0FhcXFcjbwxOP&#10;PYp+BUKy6QyW7tzFwX4ZyUYTKcjbtUbzTq5/4MfKyysPri6uPnr1wWvPvtHXTb3S6fKtWx+i5Gtk&#10;CLi21fxqBAWpb01VqTOgQGVmqAihin6aW9WdPfgKrFABTo5ZtuCzOg/f7GRrqpWlgpjEZmh6Udvk&#10;1wg1P8nBKpfPIJ/Lo1apM5wpqfk1ftxG9cmX8LUXbqFVGkDf8DCmiE43OYGB6Unkh0solEaQyfdx&#10;Fo0XUFIkJ7Db/ARNqdLHRwVjyojWmaIlTIq1r2ktwnGMfkqaAk+/n9gGlYGGy9oRidA2l1mKgcOQ&#10;1pvQoTCPn66RJ9i9QYvPfd6ZbndSuvBjS+CwT2DjGoKdcWl3/sOt9b+MFqR6VMWf/avfxMCtexhh&#10;t7G2KoK9gLDkBHLv00BDBHA0pEM51k0s0uPoBivdQYFRu1sRABJ9zQPnMes9HPHO4rlldusZmAgd&#10;1tjdCQmLZREX8Mfgj6VfyVMULAaY5NJWyPLZ0ectbFHviRik4SwNSjtPpDiQkrUVZG4Ao8UwoEMY&#10;8bhDn682ryPamZHh1aI5aTsgVnQuWFslzVyTYZfNnHQAtoQISG4WzFAyu95YEkxf5BRF4YT0NSGD&#10;rEJ23fLIcCGJhjrWyuGOAvx71+vt9ngumdzqrcg9ANIbvdEbfyW6Hz4++xdf+Ckh/I/wThrZ7Dop&#10;zihg33ayyVWLSb1eR71Z545Hoa+faSc61dllukYqm0HfYBE5Vdht7R3gX/3r38a1a5fwwz/8w8xb&#10;pm5HtVpBu1FHp9WCbHvIqALZ85sMdMgBixemNnnMe5zk6yuwI6l4UwWfIPerTFoBkPSfp9NZvBX6&#10;DxKeP/zgJXzh6Vdox/3HCrncDz/8wAOYX15R57yHS+dmkBxM4PjwGPOdDu8gTk+N4frlaQXCitjY&#10;2MH86jauUNo5OYr15xUoSWJdgZB99djDg4N44OoFzC6ssV6Erhs5bA2rYnh9bQ3PPP8Sbty4isuX&#10;ZzT2UwXtlgIh9xcWceXiJS6YVxeX8NnPfh7veve78OijjyCnCuDNhQJ211bxd37xv/rbEzMTN//4&#10;d/+EkvDeN1gqbrwZ1+1oYf18bW55WjAVKcMApOXXmRselHYWOFDQ5EABSbJXVoV2XQGvVr2iCvqW&#10;5rYb9YDO+xABJcQz3TnOOxCaPgjH0l90Z4Sl4epnAh6Dg32YUa/D1taeOQ6BUQWwJyiscPcI5c1d&#10;rNybxUp/H/opI2V8HMWpCfSNjaNvdBQZdf+Bos7AgXU3srvXVFxRvg0BCBEavzomRE47CxENUfDf&#10;dYo6AlG2Y7Qgutgzsmfm/PvBdZLS2un6hs5lAuN0rcd0GKKSNVVhG8Z/2PshpgnRwMmJFfD+XxJ8&#10;1Gt1fPzX/wXaX3gSD9aIc9MymR+6z+BEIId+vWQszC800Q1F22HSS7SHIgN4G31U2+uIWedai1hu&#10;Ebg6KyMANyIWwR1QuAwFypHR7gqsOW5AHQvBhQwgQxQciYB2FVrQ2p+oy5sp5LXbX6ejX1fPhP1B&#10;BhHsHaPHIatlonjqLptj8kC0xsI1eU2ueZ2tVsWK6YUICW3aetfnz279VL76rEmGrlXmUEUwUcz5&#10;ma4ZAxNpbmcVMcbimeY8d/iEfm+6uiWCiLQEgW0ZHac6/oPyHmrlw4mDw5PruZFiD4D0AEhv9EZv&#10;/FUYX/rys31fffLL/6P0WppHLP1ggeC9R6ZhpRVYyPFOXKvdRKVyDHl8jKGhMfQNj8BVhc5AqYSh&#10;kTFUTk5weHSEVrOJJ7/yFTz7ta/hp37yP8PUxCgOW2V4zRbTrNjNRRUnCZOELr2GAiUtdg3i0C4q&#10;3vhLsPjcSSQUAEg2Uun0UzkFPtKpN0//IWVopXn54hQaTa/48q35X0u4bXalorTzlfUt7OzuY2x0&#10;BJcvnUOr1SaKFpqtpgIg5zA13I/RwQLWtspYWNvl0MGcKnizmRQuTA3j3uIG9svHGBkpqms1wlf/&#10;/uwKbt2eY61Lfz7L/O4Xn3sZM6ogJnA30LfFuQ0bmxJ3b9/BuZkZjI9PYGt1FX/+yT/D9773fbh0&#10;7Qpks8H5Esls7qQ02H/yEz/9Ix87PDy6MDI+8qbQr8qz8x9s7WynMwRaSddBu+KeF9YhsJF0Ls+l&#10;7FARiYwCKuraHa1totNsMwDhgoVKU8r78EUgOmcHLCmDVHRfaOcjT9rsbF300+4/5UrQAntyeIKU&#10;unjT48Mo7x+oAq7FBRTdI68AeCmbQlLN91pFgcNXDrCrgPCaAtdZdX0nrl/D2JVLOCkNIdWXR25w&#10;APlSUYHwHINGLtQcLQzmXWqa34i4I3FNpq15XdcCCRFkLtgOCO0k6yRxvZ9va0htv2vUCqa45gwP&#10;sukNxMOCc0Bq9YYBOSJwi2LhuY9AOG8fw27x81yXAS481WH4euPk6AT/7p/9Ohqf+Rweq6rjaXkG&#10;2vmx3HIR3d2PfG8dsLxIj6O7kxENLYwK1n2ESgwfcXG5sDl9MkzkjgMOJzg261IlzWtnbQVk7Hm7&#10;hOUCsd6MjHRzvFgqSLyLwgW6mmf0LGxnSwDS1foelgMZIQpdI5rfGQKViRQbeKhXlz+PLQjQVLzw&#10;erpM3RNx0BDJ8+Bj4E6Kvfqe0X7oDh0MaKf1gCh/rpmXvhGl82PDCXQm0goGubvR5iYO6U7YItqc&#10;MF9Nzn7SToec+q4+xw8OypCNBsrb+++aGil+ubcq9wBIb/RGb3yHDwrT+8QnPvU3W63G1YRVPkIv&#10;OroI8NTC6KLDVBHJ1JO+wSEMDY+pwqbKFqUHx4f47u97Hx5//AlsbW6jpoDJwd4+C4ZJP1I/qeJ/&#10;/+1/gx/5Gz+EkbEhphpQ+F4qk4CgADcWCHd0BQVNv+IFn6lXahlNpDn9PJHOEEXpvvq6QwDkzbTf&#10;VYADG9sHnISdUcc9MND3Dw7L5atsSZkYRF82gweuXVQA5ABb6tzzCixcmJlQC/IQatUa5hfX0Zoa&#10;w+RwHy5OD6trVsfqRpldw8aGBrhQvHxhCncV4JibW8b46BD6CxkFKEa5i7KxsYmtrV1OQKegwZXF&#10;Rexs7+DRRx7BQw8PIKOef2UZmJ+fw+H+PoYKOXiHh/jkx/8Q7/3QhzGiQNHh+ia+/KnP/MrFX/hb&#10;PzNQ7DtRX7ferOu389KtR0XjBM5gUdUoCXiNCqeZ27rX7spTwZMgS9tCHxdCXk0VJeT8RV0J1i/o&#10;QkbnfugCjQovz+zksw5EGNKL45siCZrCYzohnKPB3SwHjcNjiFwHE6MlBUgOkBBE/PN0ZgN9pwrV&#10;TNrBFaFJQI2WAtfz93A4dx97QyUMXLiEhpNAv7q+0woQDk1OsXsXgZJ0/4Cas9o5i/QGTJdKWJ69&#10;qws5LrZ93Um0mILoYo4blKk2ODBoFDEa1lQu0sxYq1MCGDZYkTUlUovRfeNwBMPPtx0VmNJaCDfI&#10;f4CMtEY4t0F/64r/dwSyMr+EP/nn/wKJrz6Hx5qOAm8UpNgyzldhGod9XlusO5HuQKjBEDEhd3cq&#10;uugq86P0KR+hBsMPkAdC4QVv+XcMmDm7i4GuLg1ivwk1ItHfR4GRiEQh2h0Mm6dhKV3sdEXgIKmd&#10;Azuc5QJDgbKZHERW63DBru2nBdJESzX6ECEswIhrj4QVnNtrJJyARha9Xo6x0WX3M8+k0gfdkvBs&#10;w7tGro6IXKOIsN0RpuvIf/KCY4Fxc2PTEQfh/dJpHB5X0KxUKA/kPfKhK/9LTwfSAyC90Ru98R0+&#10;XnzxZubWrdd+kXZtdVtd7z6GC2CYG0DJtq5MsH0q7cyWhsYVoJjG/u4Onn/qy7h27TIXx8899SRa&#10;rTovpApp0DYY2i2JT3360/jA+96DvnQKmf4++C0tdJe08+drgSoFqHkdafjLqsAi+hXlf5ArUSaN&#10;VDb7lUQq3aYC/80adB7HJ3W2P529t4DZhaVHspn03z2uVXFcr7NtaVIVmqTvuHh+AkPFAQVW9rC8&#10;voXrV87j4sy4AjBNHKpid6XdYq1HsT+LggIf86s7WN2cx+jIIMaGS0zXqtbquH1/DuemyM63nwPt&#10;qHBb29zB0tq2un5JjA4PctH93HPP4/LlS3jobTcwODCAdCanCsE57C4tINdWr2f1GJ/7s0/U3/uB&#10;D9dHx0dK66/P/eS91+79rw898bZn36zrpy5fZv/mnXez0DaZ5sKl02pyeebLsLDUZjwOEgN9SA8P&#10;8dxrVSvoHB+p7ykjgaGBej2skoBc1AyXXkZ3vUWQKs51jx/h8BsaFv3ZFdpZqtOs4uhIopDJoNU4&#10;NoJdAgd+YPPagc5cSKcEZtIuLlHHpXaI41dfREU9Zln9/dYzRfRdOI+ByXPIqTnQp17L/MQEZh5/&#10;VCeYU25JR1Oj3IRjNCFaL6K3mkMakm/zE4RrMkGsnax2xbKp0uyOxUAdxtRB76LzLrSjOyh0YUgA&#10;72dSRn9tkqiFNDvYpmQ3VR+LjB0nSO62ReXX64LQ7Z761Gfw5d/8bZy7v45rbTquppExWMer8Asx&#10;j6toACEigKJb3yFiXYTo7QB0wZFoormxbjZicyGNJkFE7X5Dula0eyIi1rtRwOEhLmqXwbwy90Go&#10;oZCBxkaE3TgZSU6nzlg2ozeDCAj4OjtDGk2Jb4ChH+kBkctdkJZic0ACVzM3BHMi1IZICzxFCJkC&#10;4Gke1zFGCNSJsXokEczNMKBQWpATjTuxHR3q3EgNhhnUaBd1Y+Xrat2Ub0CQtrODp25Q7TRQVuvI&#10;/ubOg/W2N5BLuke91bkHQHqjN3rjO3h85j/8xQ+1m9WHaadUB5EZIoNxS5FSu6fQbjTRoKzQkf5O&#10;nOVsoQ/vePf3olY9wh/8X7+Dy9ducJfg8LjJLAefQ6doAXOxXz7CM08/jQ+993vhIqmAh8eUiCTt&#10;kHVaCqs0aQUzi6pe6EmkSduviXSCufapVOLPM9k005berEGH/8JLt3gxHSoNojg4+D/fvDeXHSgU&#10;MDjYr4BFWd2mg/TMJPK5HKamx1AsDWBrawfrG1ts1TtSzGNkII9qvYmDI6L+JFFUP1+7MIGFtQRm&#10;51cwv7zBIGRAgTNyCrtzbxZDQ0VMTU6wPWtH/Y78lna2tnBUWca1q1cxPVjC0vIStre3FQh5kPM9&#10;qBuzMj+Po7UVhT8q+Om/9bP/6OqjD/3plz71F7/jeZ13JZNvrnVYZX1nvLq4eIOoI246zQVuk8P8&#10;gn3YwEJXqNfbIapYIcdc/dreoQIgFQVg63pHXsMWA1ZMJgbCUAvP0LDCIk+GRaGpLBOmq+AYihTn&#10;KrQaQFILtV0WrvuBqNzkSxtMo4u+DtFLVHE/lhSYNlkJTQVejm++isPXbmJHvVcWFGDG6DiufOTD&#10;mH70MUxcPI+DlQ3uThAAT1GnR71WSVVQkl7EJZctctYiQOFG0snpmIRJeGfXLMPiciKdAypeOyG9&#10;hg7T1TxGptZwujZtILhJsxUNdEuppZSn5j1iyeg4lQly75XX8Lnf/Xc4+vxX8HjNwxCBXs6okAF5&#10;yTEUrG5iVLeUXMTyPYwo39q3dhGl4jAjom+BjCSMaMqVFDLom3AngLpNfhM2ZaPDxL+E+reNqH+V&#10;jAAFBoqm69YNjxyjY4ieU9CJECFFSwQ0ThE8tkKjSGf1ZooWfNv7m05ZaEulxfOstUvHXyu61jrl&#10;L+h2IOi2BK2G4AprobrtflgQ4RgbadtmA3eujM9C8B7yzW18hNPICupdk2VD729yK3QlTEfOAlUd&#10;UiiFaadRJo+x6u2oY99RAGRy/2jq6KhyIzc8+LXe6twDIL3RG73xHTru3V9WhfXz/yUVP7wzJS2H&#10;1zG7nk6waybYbtRlChYlPidIE5LLotBXwJAqms9fuoDDg2M897UnMTl1Hkl122ajrgtF4g2rxZVA&#10;ztr6Jm7fvotHbtzQiyqlW6uixeWdNy2AtEulQ24v7JGvrU6TyfR2Op19icTnZCn6pn0Yq+rv/MwY&#10;nn3hdVpcf2J0uPiDD8nLmFtZV4CigfGRYXWuTSypn2khzhXy6ndFjJT61KJaVr/fUNdxgvUfeVU8&#10;5BR42j08wfz6DoYG+jA5WmJh/53ZRbz4yl3++9DggLr/EAcNEtXqxo1ruKKKVddd44V7Z2eHAcr5&#10;mSkMF0so75fxxS98CY89/ihukA2vKvRXUxlcf+SxJz/643/9n9N5DP30j//I7O3Z7794/eLLb+Y8&#10;25tdeEdzZzuRJTqdmjceUfD8li7CRFgccT2WSiFdHFAgJMvzsa7Oq31cRVMVjBRE6dnAQTIg9rX3&#10;VZvAmX0MYfUfGpZwHgFZ2/pmJ1+GgmbqBDjMU9fCdJr+RENMEOjmngdMp0Twl00HdyKFHIMgU4im&#10;FSCZVPX9eXpu9byNdgPVlXns/st5vKxeu5dHR9FUr0lavWfyoyPoGxlDerCI6YduIKeAbaqvDwl1&#10;/vRFhgts2WuC5dgtSRV1mr2lOfgElXT2g+bi6+w3aYpHERb3PkwCRTzzQwROUCKONkTI5xdmxzu6&#10;eV5Xc/3Oiy/juU98GjtffBIX9ip4TF0zcl7yRQdOAAl949Ekg05KlOYkzowBtO5V8Y6HD8QyQRAo&#10;e8JH8rv6JdFHjvVLXLP7Hulg+NDAyTEdDsioxB0MPuw5RJUs3UPEvo8kocsosIv0egQBCg1AiIrK&#10;ABw6bNN2PviVdoztrSTqYFIDAMeYDrCXgdDZSqSXk7aj5YRAJniZtdYjpFjJcB74IoBzBNDbnmdy&#10;aIwrGwwI0v0c87giACjctTOtMtL4aWcEQ0czuTWuyZcKr5O2+/XVe+fwcB/Nk8NEeffgkYkeAOkB&#10;kN7ojd74zh2f+9wXnzg+PHi/7n54TH/RmsZQJMuiRLK/JXGrSLCmg5LI09kc+vr6cUEBj/GJMezt&#10;7jM1pjhYwu7WKkbGJlDjdrzmnwsbXuWm8Nqd+5hWfx/q72drSbIP9VQhT+ph36T5cgaI6bq4tENM&#10;hWk6/VIyld4s5HPfWDrz/49BuR+0uD74wEXsH1QGV9Z3/4lwiAI1jKy6Botrazg4POZwv1RK4ODg&#10;gLMWLp6bxvTEEEaKfdgrHysgcsgFxJgCJfR4o+r3tBO6vLqNQiGLfD6PKxdneFd9fnEVW9u7HEg4&#10;qIDIkVqYn33mOVy+dgUPqK++3DpS6qJtb+3i/v05BVRKODc9iU69hs//2afw8Du+C+fOz6BzUkN5&#10;c+Pilz7/1Y+974N/7XcVUNwees93/86bPc/Kt+9/n1utwyEApeZaq9ZgRzQEO/imNKT55yaRVKAs&#10;kUnD77RR391Bu1Vj+hXNP41orfhcosWFkculoQ2lo6ZZR4ZdjiCvQN026ej57TqSKVgMQEx16Eot&#10;4E2wu5AGHkKGRacw3RBbSDuRitMNfJiEDkFU982o1zKvvqYyhvO/s4GWqsua6jYnBK7UvY7UvfaK&#10;/XCHh5BWgCQxPIr8+AhSpQHkB4rIK3CZ6u+Dm9EURCeRVtfQOFkRJUz9vtlqI5XLI5PVFCvSV3kd&#10;bYeaVGCW5srG4iIefPRtWvAuNN1G6wfcoEB09MZ57PxY1K/eA7s7e1ibm8fscy9gXs1FeW8BM8cN&#10;vFeVKlmGGk31sniGZuWYL+v+JQPtR6TsNFfLORMmiK6skCjsOJuaFf5NBD0XAxGk7WaZM7PJ4QGE&#10;Qcz2V6CbyhVmgvhnHJV1drIuZt3naalswfGZolxT5VymTRLoaav3RMf3wwfztRsadZE1LU7T77Lp&#10;LIcFag2Qz8Ccuw9SBHIXEXSrwgOLdk2EERyJqAuaSe20FLJEQgvIpXkvSZMcr+8XdjKkEaVzB8e8&#10;1/wAwCKgiTnG1UCL1q19u7b6Javq4+MD1I+Psbe59y7cuPhbvRW6B0B6ozd64ztwHBxW8NWvfPVn&#10;XFchAib1Wl9K36zRhibgIBDHupz+nFaFThbpXAajquienp5mN6o9VaDs7+/qboVabE6Oygow5FGt&#10;1XSqshHO0hpXa7Yxu7CA0cefAO8ft80XFQ2epooQHUaSnSOFbqmqMZkh2lX68xTSl8ul3xzw0fax&#10;uLrDJ08i8Ymx0b+7tLZ1vdZqcL7D8FAfCv1XsbK+g7ICHpfOTynQMYK6AlNr61uckn1xZgTjw/0o&#10;9eewTmnn603ujBTUeQwPFlTR4WNucQWUot7fV1C/y0NOT2B1cwtrW9tw1DUbV7fvz7mYu3sXOwM7&#10;uH7jGopDQ1goLGF5OYHN9TUcHeyhn6hq1Sqe/uQnsffYE5gcG0czmZj63Mc/8ZujI8MLDz5y46k3&#10;e54RM2P/tdsPuIItmpiX3iGnM+4w+IEsWZr9Z9oNzpOrWioNTxXWx+vbXJgkHcmidW2L4JiOhy02&#10;w6nL+7SO/r3WQwQKE619YCvTsBC0AITmd5K0KX6Cu0etTj24jStE0AmxRSqBH7p9OlJAOyKkajmR&#10;3XDf+JkmUwkQcbBf/TAuHWOXKtEha+qjY9RnF1BRv2uqorOmgEE5kURHAQsUCxAKlMlUFoXxSQxf&#10;OQcvk4FUf3c5M6WEoQszaKnHT6Qy7Bh2sLXDrmfULUnnC9hcmEe/moPD46MMTqgjyS5k6r1GFttE&#10;h2yp16XVaKJeqar375F6jE0cr21gf3EZdfVvYm8fIw0Pj8kESrQpIagD02TRv+RXxY0Iui3wkEGg&#10;YdzBKm6DK2KKDBGz0Y2LxbvBiwUFPoCoUl5GbHLd4E581YVr1f6wcncRdDTCnIsgHdwU6B5OA4yo&#10;dL4btNhzC7hXEVBisQDpx8jtLUiwd5Kc2xJ0YIylspTmvUKZSQp0OkEnK5JhErh8OZF0cwvTRPC5&#10;HnQrpBWcO4GIHJEOGWfVCJ2KbjNpbFdKmu5fVDckROjMZoGFo8VL2orXfFG312fHLU+bQxDWSghU&#10;j5s4OT5BeW/vnR2SL9k2ZG/0AEhv9EZvfOeMp596bnB9ffXHUqpooQIEQZKz5MKCaVO0gHLooA4C&#10;dNiRinzo0+gfGMDU1CT6+vLY3zvAytIyaqqIpkUrmSngpFJGKduvuxk6clgvqiaAbW55FW+7cAkD&#10;VEj5Hf18LEo3C6J6PkrJdSiFXT1nOp32Uunk57PZjAI8b/zHIy2ux7Um081m55cJJFwt5PO/tLm9&#10;owrJFGbOTfOu3aA6//7rF7C9U8aW+lLHiHMzEwy6Kup6zK9sY2JkkAHIxalh7JQruL+0jbQCMONj&#10;OmiQxOZEp9rbL2NyahxDCnC0SQ+jCoTN3R3ML60rAJJWAGiEi8aXX3wFMzMzuPHgdZRKJVBHaGn+&#10;Hpa3N5A6qkIeV1Hd3//C+Xe/8+P18v6vOCtbU+sLqx94KwBIq1YfOVlc/m4IynJJQyeCt5laEs1M&#10;kAYEk0YkMZCn7Vf41Ro27txT8+JEFdwu62yk1DSsmPuRCdCzxZOlsgtHxKgeLnc3TMfD7BQnhK8d&#10;nqgUUr/O9hdYk9Hc39e0Q7vPbkMGLcigwtFoUtzIsziRsjYKQtygy2PFzCF9iJ4kow6CwEmRc0o0&#10;LOuo4t6rNtTruaeAkWTBPccmKpDmKDBCOpSmOobm8CD21DEfUZepbwD9E2Nc4KXSWZQ3t5EbGkB+&#10;sIhP/8a/Qcf12W1JmmwfdqGj7hLn8Pi8EZBudpDzJDLqQubVe/EBkVTgNoHi1BgK10ew+wpREZu6&#10;S0pOYwwdhdZ8RUpUB4hY2wZpEYjE9wW3RqDyiBfztnz2cXZ3QZ4yCRYxPyxLIYO0RbjD+hoBRKyA&#10;RddjxT8IRKy7En5ZEhgioZfRx7DRiXEbYcTABTn9pXJJ81TaAt03GhppgAffW4YJ7kTBoo4HU8Ic&#10;my1in9A6mDmmG+IEm0lRUX0ANIxGRLJjmWfc1Jzgdr5nxOeGeuWbDoml+flGJCJMro3r6G6kBSdk&#10;kMA5UgFAibtm2cR1epiGun/l8ACVvcNzlZPalWJf7m5vpe4BkN7ojd74Dhq0gHzpS1/5AbVgTOu8&#10;AZM7QLuYvqsTbdm0PcEUDfqPdR+q8CfdB1GPRkfHMDUxjrwCEC8sLWFza0OHCwqzP0a7uPUTDkKr&#10;t1uaBy7D3cVKrYGFlXW8/eoVtJtN5ljDNwsw0Q4opddkf7iq2FLF/p1EOnM/T6FdzpvDv7p56z6q&#10;CoQUi/3qnDO/entucZAE4iQiXl1dB2amWQw/0J/H4NV+1nvs7R+xI9bV85MYU4UhaUOq6lw3FLga&#10;UrcbVeCCNB63Z1fx3Iu3UCoOYnioqMDIKOYWFvDqq7dw6eJFTE2OmYLEw566HpR4flhZwNUrlzBc&#10;GsLKyio2Nzdx/YHreOK7HmFB+9LsPPZX1pAqdeb/3q/8vZ8qDhd3S4MDd2719f/cjcce/MO3Yq6V&#10;Z1fONbd2ByiVm8IkufBttSPp0CLCUxda65DLsP6hosAXpaDrNHCprXcJrMqU0XboUlAnomtIA8cJ&#10;Mgn0Dq8GJNSAcZnConeFA+qV0LdxRFIHvam53qypees4sa6HiIqIDaBInAE8wiRvU3BGNSPSltOI&#10;kZQQKYDp37YIXan4Nq5+LvJK6qO/UPHfaATP1FkqsxaEHbPosV6/pYC7pqSN+pQfoZ3Dvle0Yja7&#10;0tBzXOEYShAVrS61dRhgOSIM3vNVcdpQYKNzdKzOo6HfgyJS+DMzzou5jCGw2RWR3kS3V9XpFHLE&#10;nLKiqouzNBeaauUYCl4oRg9v4cjQjpc/n5hO5McctboJX35Ep9GtJZFdzx8LP5T6Ooqu7shZ9C3+&#10;yCNtWyrFDgy0uUBdPqLJmY9DmOrfiHA0VEqoz1TaDBIGYARuVXACu7IEv2fCVouMdEPsvNQudIiF&#10;UVpKVXB2ThhgKM1nePDKSRusaUC2G4IZeyMGHxxymAi1JDbXxpqeGEMJLyFweFRGrVwulMsHD/cA&#10;SA+A9EZv9MZ32JidXcbNm6/9FCWdawAS7jkynYJ86F0tHoVp85MGJJ3OIZ3KoDQ8gumpKU7o3t7e&#10;w73bd1CvVdUi73GKb4fEhqrgbKhCLj04pMOxfLuLZxxW1OMtrK/h0XPTqkBweVecBYye4EKVeDJO&#10;SkEf9ZVM0XOnnslkM7VcLvOmXCM6zLHhATz9/B0qKj44MT7yN9tticX1dWTyJQwUciwEJ21CMuli&#10;dLiEG9cu4uDoCFvb+1jZ2MbVC9Pqdhn+qtZb2FLghHYvSwMFddsLWFhOYXZhFbOLq9wJGRgYVNfi&#10;CDdfeZXpbRfOzaCPBPfq+qUUGNvd2cWrN29jenoSExNjqB1X8LWnn8KFi1dw6cpl5FJprChAmEwm&#10;dhuex8rWh59425fo662aa+X7c++XtSM46SQXTkQz6ciO2dXVPHIZVjCcLp7s7+f5eLJ9AFlvcEYG&#10;0TV4l5a55S117yR3BWSkPPWtWNoxu8e0uy+08FzrPHyzY8zO0FwUJoTWgqTUc9AvnXpbHV+NAYjl&#10;7rt2zlKxTh0KEeZTBMoCm4EAIGqPEBTiUsQAikTYCRFdHQHEYvkQSc8wZaATLW91SIfOv5aGkEYc&#10;fU/fNyGNENxFi+8SFse+0ICfYhkddT09UeXgPV0/Ovr9TEdBF0LNq76pSRy/+grSqpjskNicNDsi&#10;ms7hhwycAG6EpCrfnHWo04gCjrBDIk51N6Ip491i9DApXXRts4hAF2TsaHlPJcFzjruy5tXTiUfy&#10;zMeODr/LqQs4rRexblGIghYZB7AInMrULXMJCgdlm+SOEX37nPkBbR1NRTv9pwCgY3U/6n1OG0K+&#10;RMSVEAGdyrqiCQOkeBPJdQJ7ZWEQNX/OSz/I/dCdDz/sSEYyPuzJChHmffjSzjUZy/IJqGHG6ljT&#10;sExXzHXMe97n6+EbWhm7YalzOlAAt6XWjd2t8hOXz0/9YW+1fmuG07sEvdEbvfFGjC9/8ckrJ8eV&#10;D9llFREvGb3mkahRU694hzRBHZAUL3rZvn4GIJfOnwOlWt+9O4/trS0OF2yrRZ2yQoSv3U6IA0yL&#10;qiNCCouIcJMPTio4OD42IEcXfD4tVgRAKPuDAghVsZNKpyiA8DP5bBa5zBufft6m3d6mh/PqHCcn&#10;RpJHJ7V/0u744sKFKQUcLuOkWkNLFdJjo6NoNVtYWd3A7t4B78JfmhnHo2+7jEwypUDIDhotTWPO&#10;Z1OYGh3EyUkNs0vrnBY/OlLElSvnFLjKYHWNXK0WUadOSWkAG8vL+NrXnuWi+sEHr3GWyPT4CIoK&#10;0M3PLeLVV26i3Woho67zC1/8PJ5/+mn0Dw5ifEwBk/397/nd3/g//nRxfumxt3qu7dy683ahzolL&#10;lYTWZXSYvuObzoeIUDocpAeKcDJZ+G0fJwTwOi20pRcpDgXPMeaPU9K5Hwp9udtBTkxkIOTZbVV9&#10;H3K3SjpOQLuhcp1+p/P6tE6iVFRgmcMLdQGouwCGSiVCsBGpx0KdSKwYRswxSZhuh4gw9qOgI2ot&#10;252SIWKkpNB0VsaOIOw1WAgiTaaoY0yEO6KNtEwixT9rWk9C6o4Pl+mirvn4wSPqboZjQVhmEK2l&#10;NXWfjnZmsm5i5jbCWsHKeFK5EyM6IXIFok5IftANiorLRaQMEl1Ff7xXEn5+ia6rEqV7ieAaCZN9&#10;gggokgbCxR+bj8JqgGJHFAc7TqQTFNCzZHgE1lwj5v6k/m+rJ01lM2wc4BuQK33HZCGZc5M6YJI2&#10;behGqURGffZmTYdCxHR6GnjoBHQOFjQAhbNkgnBLY08sHSMOT8AmqctIdLyIOH1IadGTFqrrjrnP&#10;GzDWWjjcvIk7YzHtkEAGdXg8zwjiETwfz0Z606o3Y7V6gkatiqO9g3fK3lLdAyC90Ru98Z0z6vUW&#10;nn76qR91EzLn+9FKyjG0GFfzhw0/mGhXZAmaIjedDIXn9asidxhDQwOoVeuYm72PxkmVFxPaKdW7&#10;d52gc+J1moGFJMxut23RNzsdrO+UIUgUS849HBft6OQq2o1zBXdSUunsYTqTeSZXyL3h9rt0aCtr&#10;e5hf2sLCyhay2ezH1O/e1eTj6+Dc1DgevHoFLVVUH1VOuBMxXBrEfrmM+eU1lI9PUCxkcOPSJIYH&#10;+rCydYD947q2cFUFBAUN0lhUoOX46AjZpIOZiWGcmx5ni9q55XXWjRAoSagnfvmll3Bvdg4TkxN4&#10;6KEbuHxpBufPncNJpYaXXnwZy/fmAPWcC08+hS984k87bjLx+aGhktfc3nnsi5/47H/7Vs41r+Vl&#10;Du/NX3YMx5sKKM9raYtOU/zFOhhqnpDZgEudEnW9m3t7qNarPFc6nH4epqXrLopnaB2WWy+4yHK4&#10;8BFB6JwjfLNDLPl7Ah7WUjchdJGcSmbgNzpaF+KEGg7XUJEcS7kS4QItIoWXH/xOhiL0yG3DAjxu&#10;EtvdF/G7imkbuIiugtrpAiOhMayMCaE9naaj5lISHVDKezvQY4TARhfgjhE8G3ZMSBNz08jPTKF5&#10;uAPH5nlYLr/NcpFR2BRColADEu1rdKeNO0F+R7TbILt6JLJLxB4CC2n6L74BFDKmCJHBTHNMsa4N&#10;MRBx6JJdJDAb9sjnJ2UXKEGXzW+kAyNC8BkItCMgJNoV4X/VXE+kU2j7uitIh+UYfUfHsyoT3+SX&#10;6FnBOrxMyjyZdURzNaBgvZ51fnNYkE7gxWo4tDhcG31Yfb0NDrThhL450MAdi+iITthZ8aWmhHEX&#10;y9DNrFA9CkKkjGbMhJ0R/pxHaHZiURs9bEOtF5WDI/V1/GCt1Rnsrdg9ANIbvdEb3yHj1VdvJ5eW&#10;Fv+Gtt7lvU0NDhiDOEFAmQgcU1ykkyl21OkrFjGmCvCxkWEFRDJYWFrG2toaPNkOhOTChMRZ4bmm&#10;VpnEK7uw2bVfLV6bBwecvNuxtAPDd2bxuQI+ibRLLlvPplOpLbKlfaNHrdFGMpXGxtYuvvTVZ4v3&#10;5hZ+mbQWu6oYbrY9Vfj6mBobwgPXLrBOYXt3H9l8Hpcvn0e/+ndlZVOBjjJTCsaG+jAzOojDoxPc&#10;WdxkChYtwlMTI6yNmV1cxvFxRd0vg9JgHhOjJXVtx1Bteri/vKGAywkG+gfQqFbx8muv4OikghsP&#10;XMfjjz/MoYOjI6M4qdextberFuwDvP2Jh3/tB37ogz9+4drVX80U+nfHp8ZuvqVg9/DwXHtt/QYX&#10;m47ZiWedUCeym29LLAcuJUKTww9RA5stlNe2FBBRAFYk+e++DAk8ki14O0yfoWLR86VJRBdMA7Q1&#10;O4MHo/NgIbrQXQ925TL9AsdNIpvKMqiEmsuuKT6jO96OASya0iJjf0vwuyjca7cyCycwhEVsJ15G&#10;dvplZBfeR0gnkl37934sKzwaxoczewO2QHb56Mg5rMNaLksJ87tAgCsTIc3LONbRrYi/72YGUJ2f&#10;U7fpRDQuDk5Djri2JXqUfgAxRMS5zI+V8CJWAEUfJ+yJhNQ1RICOE4FzYQyhiHRhgv4HF/e6ANeJ&#10;3n6s8xLTdxhAdlamiH9qtovYeUS1I64I7+uYBwgKvESac188Y9Chi3mfwzFJ++QZzYR1wRK6FYNs&#10;Lq+1OwZBkIaOnPpkJEXdMR0/Bg+B1gNhBox5f9jOSXA9DeVQGrMH3zwmE+eEo/U/UndRtIuVCLNl&#10;DPigTodvjtsCE9d1TCfRAqaQKkbnTqTBtrrgR5VDNE4qw/Vq46Heiv3WjJ4GpDd6oze+6ePJrz75&#10;ULNVf0c2kzUZHXpVsruswqTo0k4a+cBz7kc6h1Qmh0wmw4LryfFhdky5ffseKsdHQdHi2+3pwFce&#10;eifaTQQLlCEPB5z4iiqgq80G8moRJvpRxxeaoK8WX+oYJBQYSKczX8kWcn4u88bb784trGF9aw9D&#10;pSJ1P35paX3jcjqdUud5zIvn9MwM8uo4JkeHMFwcwOb2nvpSICSXxoXpMbRbTRxX6tz5GBrMYSCf&#10;xeXpEQYl99Rj0zkPDxf58X0FaAjE5QsFzExNMSiRHeLWj2C/nML23jb2Dg5x9dIlDPb1YX1lBdtb&#10;27iofn7k0bepx+/HysAAygogSa+z9cMf+8l/ls1mKj/wo9//T9/5nnf+69LQYPmtnGs7t+auNnZ3&#10;MykWhic1IO20g6KPqSVW9CodtlzOj41CpBJoHVZR2d1lY9eO1PxyXZyxDDcQxGptiKGimL10LuRN&#10;hUf6mYTJTzBUdAYLScd2NiSHarrsakVVVcdsyFqtR1hYetKKz+M7hdIAEDfICkGs22EdukSQemEt&#10;YqO6hu49fj+SZREtkOOC6bMyKWQEDHjQVqek8vDY1VR2dVAiWRrGySkU29OFSKPwjkdx9PRTfN4h&#10;ZJCxXVIRsbO1ACJajEevlYxoPk7L0dElN5cxYX806VwEihc/sGRGrFehn8MPQIrLP3ekH8wTDY68&#10;2LWUkR1gmhfW8llG/nY6PvE0HIne1tL3vMg5sekB6dzoOTrcz2MKoOOb68Lp4uaqm3wNnmuJBAoK&#10;gOyJMHBSa8r90BXL2qibjI6ISIXfK2yRaz7rabPIMWJz39OaEO2AqL3bTKRH2J3y/bB7Zr53nDDk&#10;0nZNLBCyOTw2/d1mm3BGjzR/942DnfoMqFQqqJ+cJI4q9UeGi4Une6t2rwPSG73RG9/m4/ioiudf&#10;eOknUqlU0iYmSxkRXwrdUueWOwWU0fcUBJhKMgihonl8dBglVXivbWxhfnYWnXYz4Jw7IfbQu6om&#10;7Mxl33cZOKcErHX1fa3dQq1WR7vZ4t1Wnyg1tFipY6CMg3QmIzO57OdzCjC9Gfa7A/05bCtAsV8+&#10;uDw1PvqLw6USavUmBy+S5mJJAQbSrRCNgdyrHnrgEibHStjd28fu/iH6CnmcV4BjfKhfnVcLa9tl&#10;1NS5TU2UcP3yeb7Sr92aw2u3Z1kzMzI8gkNVaD//3POoq+tw8cIUU7KGi30YHxtX1UYKr9y8jXtz&#10;C6pA1ynirzz/AhZn5zE+MYEbDz6ACxfOq9dmOPnnn/7SLx4dn+ToPIaGi2XxZqU1fp1Rnlt4nzp5&#10;LrSoaKLXt9VpBZJfLzJfCESQQFgkU1zCt1URUlXgizpw2tbTD8pl3wgcmGpFXHdpAvCMnoPmFWs+&#10;XB1E6AbBgtC/s+GBZvc342bVa1WDS7vi0gv49CKW6xHeDxFbWBdx4blxfD21kIewIixG3YhAG4iq&#10;RcL9fidy224rWHT9bN9jboTYlWQIpzcY3DOK5LCs9/T9ZLz7QFqP6rMvQrTrgZ4gyLdDZGs/BgWi&#10;wAGxnA9EtB1+DHAhRoOSXaAkBAb66JxTJVK8LyQi5rpR2MTfmR19m4FuX8Nu0OAKEbfPjcyF02BD&#10;nnLHEl0dk+B6CHOdJGXDZJFMZ1hLZjsCwflzV8RoZYQGEi4LyhPoU59HTkKBSiEDjR1ncRj4a2lT&#10;WnQeSZWX0uibtL6PAz2ZIuno96DrhAnn9rZOXAsSPp5tZIfgI5CQCJvSHnZUPE8HzfoR+99okjp1&#10;LikX5Uh9vlbV10G5/Hhv1e51QHqjN3rjO2C8/MqtzMbG2l8nS1Tftr8ji5MQ4XJPCxR9JRNJ5At9&#10;KAz0YWxEFdYjw6zDmLs3i53dbXNbvXOmKQTaEhXGkpJ35QjMSBnseFlHGirUWl4HzVYdnqsKpVQG&#10;IkUOWCn1f5K1AMlUai6dztzMF7JvaPp5izQHLQ/9/YOqmB/ESbXxy/l8tnTl4jl1DEnO6BhSgCOf&#10;y2Jjc5vLOsqLmBguctr5bvlIgZBDXlgvTg2xWD6XGcDOQQVLazsoKGCSy6ZwSQEMcrEhvcjNjTnu&#10;MhXJWlhUcfvVl9BXGsbVK1cVyCtieWUVmZSDPXU91te2sLG+ifNTk8ioC/H6M89g5fXX8cBjj2Jw&#10;cFAV7CdDr3/l6f9pf3XlnR/7r3/2P0+n0/W3dLKp13fv9XuPCb8F30lxYUMFEmmE4m5PhoLFqCGB&#10;BHPbJWqHh2hWTiI5C07g2GZ7B7bY9U0nL4FkULhRIy0d2I76pgOiHa8SJgVdU08EJ4WTFXQq5aNT&#10;89hlKhCf26JUxDsODqKWvOGOv4z+bOZ4tLAVpoiOF87hI4qYLkZG0rrDHoAfKXqjovegUxN0SfTe&#10;fkK67Hhld/pFLGdchgQwKSKCbtLZeEheuwx/Y1WBM18bRES6HUA8sdyJdVdC8OVHyvhQMt9Nuoo7&#10;ZuFUhyEwug2ul4iR1M5KEAldt6Kid5qDTqAWCYlhngF8PrqVNd12vN2KFXGK/Gb/7hjxefdj6IId&#10;HLhJtt2tat2ADxFk2WjNt+AuH3cIhVWbO0jmUvx5StktdJswXNAzGr7wOmsnKgdtynqx8C+gXYmI&#10;PkTb5tqsm6i4XPphdqOMgBEYQBdAzEjWiAbjIrgslg6JaPYPNBjhRHfq/JB7YqOO+vERytt7T3i4&#10;TorAXiBhD4D0Rm/0xrfzeOqpZ57wvNbbEomsZoFHI3ntsu4Y33m1cpIAPZmkBTKLgb4CSoMDKJYG&#10;cHB4gtdeex3tRsO06E3KObno+l4ojqXshYQbeMUH3RYZdkDovh3pmsXIUbdPwqOdO8qDyGSQyqS/&#10;nEona1T4v5Fj/6CKja0ye/InU4nvqtbqP93s+MhkEriqQAg9/87+gQIo/RgqkptVFStLq0yNOD81&#10;wiGDo0MD2No9xOr2ASaHB5BSQI3ACV3iZQUgyE54sKCu40AW/swkNpMpLK9vYHdnH/25JAv8KYjr&#10;2eeewcy5C7hw8TyGR4ewUlhHNpfB5toq7t+9C79ZQ1YBptryMvaWl+v/6c9+7Nc69eZHvaPK92zc&#10;mX9ftVrve6sBSKvWHDxZWDjPoJPKk6QbcNmB0PrZD6agw4BOTTiuVBoHR+yGQ8Qh2p21IvNABUHW&#10;zp4V0Gq6R9trI+kmtchcGuJNYBtqOiGmzE0E7lZOAGpY90DuXIF3VOjFZMED3S/RBUpEVzkdJESL&#10;sOMnIvkfoegc6CYgxdLTEc0Vkad0CPb4/C4dhRafU/dDFZ1U/hvNin10e3s3MMSNJLzHBO9JDDz2&#10;GPZ3NhWICQFjWPDLLighupLOZddf4mJu54yOzGlQEu/U+LGc9EhyeQyI+MH3fuxKmcBKL0rkip5v&#10;/PnCzjBi7lay64jRldqOM7th8lSYIkvmSevhuGi126ZDocEvm035xpbA13lADDgcLTTX2CQRGDSz&#10;qTDhE19zDK29rjSaC7bgjboRGqMG287SOio/9lpa/Qc/l+uEuhADJKzGPJr7YR5cd0ocx1j0+gG1&#10;l7R+nDdj3ihWhB6EFKpjb7SbqB0f4Hh7/1ql1hwfzKXXeqt3D4D0Rm/0xrfpOFSg4dVXXv2RVDLp&#10;BB7zHNAVLgBsxyg09zehCkYSgpNAMq2+8vkC+voLnEvx0ku3sbK+zsFZwfYYNEdep1KHhIdkUi2S&#10;rmN84HWYljSWML5JRW+RLoAXLLUoEmBRhbpICnbeymQyX6biP5N+4z4SGy2Pz73eaOL5l26i7fv/&#10;WB1XKtPpYDw9THmMuHR+EoW+PHb3yty1OD81znSIcrmMdqeF89PjKBXSuDwzgt2DChbX99BfyLJm&#10;pkggRJ3r3dkFdXsFTkZHkVfApjiYV9djElvbu9je2cXqxjaKAzmMDBWxv7uL8u4+Jqcn8cAD1zA2&#10;Pqb+VsDq8ip2N9dxsrON2v6u//M/9zO//P0/+L5fL+8d/Oarz778IwPFgdVSaXDnrZ5vle3dK9Wt&#10;zctJoTU9UuiSzrM79+S2E+g6yKLX1Vkh2TR8dd0PNrbgt5oQKYctj51IWCHrQAI3nmiiM9lAtxhA&#10;JzlEUzteUbfDNQhCO2GFeXwJoQBP20EqrY6n1QjAiiNEABZcIWKBejBARCJOx7GuWbZ8c2VYFjun&#10;SnaccmwKKC3B/n4IVHy7kx3VpERu4Uf21kP3LAJLCeN+JQMwZW8fIfsgGvlnf6bjP/nqUxBHh/we&#10;lpHH8BHLoj+DMy4imhDRRbaKUrLkGTko3beSMYKViChmnK4QwyiZzTd/Dzoalu5nDDKCDI2vI+n3&#10;ZPxxReT18SMaHnRBongvxGj6T0UdagjocqaHq12pTCfQ9yPZG74h7AVp5JpOmE9kkFJguyEbmpBm&#10;7W2dSEFvw18dJxCL68sg+RqIiIOVZ7ok+n1lu4PyVIJ6QK0yoENEXOAs8HDMv75JP3cMAGJKbuS9&#10;QselAY4MpiFdBwLNh0fHqOzvFyrH1Ud6AKQHQHqjN3rj23jcunknu7m1/tEkL3Y6RZpDB80WnxPs&#10;qhF3PqG+aGEkC9w0F965PBXGg0ypun37NovPaRHjIkh2NOjgfAYTbGVzAmjDsdMKuSjBMh7uklKs&#10;HFnvSvqiBc5Vx6CeN51KVtKZ9FcKhYI6ljdOFkfUqdfvLWNQFfi5XPYj9xaXf4CCF7NEA1MnMDk+&#10;qoCYg0vTYygpELa1U8Z++RiXLkxjfGIYtWoVq+sKEBT7MTbUz12PQjaDpY0d7nyQe9fgQB8L2Bdm&#10;53Dz5uuYnJzCkLotOSt5qtCm89vdS2J9ews75UNcvnBegZcMVlfXsLa2gempaTz4thsYHRnB8kIJ&#10;lbFxHJ871ymem7lN51AaLu6+/6Mf+K1vlflWvrs04x8csu2N5I6WQKNaV9OnFSvudB2oiyShijHS&#10;gSQ6Htbv3+d54kkNOMJMBVMk6fqFQaxruOzMa4dnSvu2urauoX3oKpCutYLfYUeDOfgZBr6pVALV&#10;djsAH9F87jC5PF5guoi6XxmAg6juofs+IqAnIVZOIxY0GNtMNkAjpFrJWNcjoPrEMkR098NjfYN6&#10;L8kEPOEbm1rEFBQygEUyJjDnHJXBIjqHh6yNgePEgFM3mEBXBkc3QSt+TrLrbBEhl51FTxOxAMfT&#10;XRhE4FD3EYXPJwx9yfE7QEwjEtooR3siTkSATnMsOmej/Z1uABM3WTYdgwCIRK4xBTmqOU9dYt2V&#10;0Zolr6N1SPA9o5/Q6er0mcS6DnVL2hAi04bg9XCNeYiwgEVTAEWUOiijlslajK4PSnTZ5srIppQT&#10;AyEWVARdHBNuGAUoUsapWH7QKQkBryX6uWZzyo+0Dcmv7YTyQI6Psb938NjMeOnTvRX8zR09EXpv&#10;9EZvfIMjXOifeebZt3fazWt6WdRAgddGQ5+S7Cbk67Y+U7AcdgfK9fUhSSnIhRxTsA4OjnHv3h00&#10;arWQ08zCQi8UtUstCKbikDooPu/u6UVOSJzmf1OgHO2IuwnOiqBEXAo+TCYzL2Uy2ZV8/o2lX5Fe&#10;Y2+vTGGCibGR0v8wNDjgtNsddgAr75extrGNalPbCZ8/P4mHblwmcITtnT0uFs5NjuHcxCgvxutb&#10;ZRwc15BRj3nt4iSDtm0FWJ57+Q5nfwwMDqJfXdPZ+/dw984dplZdODeOUQVaiMJ1YXoGRJF79eYd&#10;3Lx7l2kRviqM7yrQ9/qrryGTTuKBB6/j3IVzGBkouc987qnf+qPf/8Q/bTSa6W+lmbe/vPhuNJu8&#10;U0zgg0FHp6UzYuzrLzUhSgMMCgPMIpnP43h7G1t355BS88+H1RP5Ov9DFY9C+JH0Z2EsRxH8Xnch&#10;6J4dLtVdk/+h/y5ZfJ4wxVpS5Lh4S9GxeG2+fyLCW492Ppwu4OF2Mf+dMyLyECnEna6IPEciUjpH&#10;i1cR0xh07/L7ZwTv4YxdfIcpWJ56b3lGq6LhUJSylWC6mcOAhWlqpltD8y77+KNIjI+A0x5jAYsi&#10;5kzloFscHxdgo+tKeLFeRTe1SZ66ft3Ri/IURInCxdBjKuo0FmhPgsK4WzYe70CF52rcq2R3UnpE&#10;2I1u56742fumy9Dt9EW5NolMmu1zyR1Ozzcj0LddPWGJZ4iBEc+1Zbx91Ywyh0FChzeDAoqZ7HoN&#10;hLXmtS5Z0BRaA7qs6FyIMAndAo9uY4vgekZyQKJOWDYZXkaovvaxqO9C2sHAEAXailhyIGEV9UoF&#10;e1s7PSveXgekN3qjN779hl4sKpUaXn3llR9KJhIuC4H9cH2nxcZ3dN4HF3J2l02BAbLdpSK8kM9h&#10;YnRY/ZxSj3MLmxubatHQicjaStUx+7ShnaVNus1m+3BytGcCdM2uo9TCRd61hn5OX1VjPi1YSZdF&#10;3xTOlculP5fJZtRjpN6wK3SkwIJUoKukin8FHH5ioFB419VLFyAS6+pvVYyNFKGKe6yubSDhTiNX&#10;yGNifIjBwsb2HnZ2ywxGyLWq0JdBXQGVvb0DlI9OuOsxom6XSiaxsLyhgMwOlhtV5NJpDJZKqB7u&#10;4flnn8HE1AwmZ2aoi4HVlQ0k1QKcVdd6a3sTu+svolTsx1BfP3YU8Ft++WWcv34dfQMlWchm3PbB&#10;4fkXbt/7leGR4tx7P/jX/u23Cu7dvzf/Dod20YnVRxa86vXt+PHAN84g4MLFVUVHgr9SCrC+9NnP&#10;q0lbZRW579ldVF30er4BHHZX2RRArgh3m+kG2vmqA00ucTkF3TVghbNAhO6qEFAkCp4nFPigwsgN&#10;VRq0M+zGODUiYrsbFv9OJCU98PaR0V15GVN+BPvy4rSaIK6zOHtLQZxJO4q/67XrlctJ5555XwKn&#10;c0Y8E97nxPoW5IKdhFhaQ3tnnR3MZFfh7XT1QHDq/KLFfBQcyQCM+V2QQ/xHIFy8wxH/jR/rkoTP&#10;5J8CLQa48oaIfwrynN62wSkXrO7rHBoRiIASd1pPgq5eiZkflLmq5h8Ve81mS7u7UUdPfR52vJZO&#10;5qMPUs8ae2igTV3ZDs179bmlOyKmzUCdFCmMVkQ7wum0cY8/Y7UrlaFYmbRJYbqD0VfQUh1tUyIK&#10;Omy3w9r7+r7ZUBDiVEik7ZzYY2SNiXFZtLRJ68yluymSNwkIgNSaddTrNRztlx9p+jKbdkS9t573&#10;AEhv9EZvfJuNu3fnMmvraz9IuRrWBlHXV7KLKKJTcIlHTJkUtDOXyxZUET6KUmmQNR/378+icnis&#10;KQM+2FqVvwnX8wBYUMeANCBkMSkibkA2+JB3zUzaFy06UoEPwVasZPub6WQyuSfzuZwqSt035Lo0&#10;Wz4WV7Y5AMt1EvmO1/mHbc9HmroXl88pwLCL6klNgZNBZBQgWlnfUNegjYQzjQkFTEr957B3WFFg&#10;o8JFwWipgH51X3d0CGubO1hYWUexrwDKESHQQtdzZXUb29u7aHgNDOTT6nGzWFtewoYCdecvXsTV&#10;a5cwph6THK8K6u972zvY29nCxtISHHUshU4L2wsLzb/9D//Bf4ELk9n7L9/6eVVQFc+fn7n5rTLf&#10;mif1fGV+YZJ21olCRRx3SnX2O17gwONJva/L+7TSgAIF5Gq7e7j3lWfYNazerkWMVH3dKeEdVB0V&#10;Y+09Nb1FZyAY/GH0HQZACJ26TKAkYXaR2Z1HutyhS5EFtHo96HjSpnxKIEqniu/2x3I+BCJ0prCz&#10;0V2Mdxu3RnPBo9Sibm+oKM1InJGtcbp7ojsd2vPKYwAiAs8nRDoDiORpxDsuLhWug0XUjitwqifk&#10;JBHQxJwz4FC0IA/BgYzRy2QMvCDILBexQER09Tbi+gyBKAUNZxb5sksHEwUiLnW5CARTSF6kd3IW&#10;EHG6zteLgA3/1BYPTl2Dbl1M9EoFtDzCG+baesYdzmoySJOmM270Bg3pzRJugueyzzRVB/lMCtVD&#10;Ne+Tjvb4krrA586Fb4IGHSM2l6dpVb797IYTdDe0JkMEwCOabm7pVtGfpQxfceGEoMWP0Lb4ekQ6&#10;LvQU1BXVrll+AHgcC8jVOZAQvVmv42T/8Eqt3hxP5zOLf4l9EIje8t8DIL3RG73x1o1nn3vhiWar&#10;fpW6CV4nsr9KvGaiXnACuRHessuK3uclf/p0Ns2CdHLBOlSF8e0799BUhaHugMhgv5V22XyTeuuY&#10;hUyBCCTSSbTbLS4wGWz44e6a5L1pl2lfHomG1QJL3vaJZIo0IGupTOb5QiH3hiwi9PzNtg9KhL91&#10;8z5WNrd+JpPOPEy7j26yH33qWl1XIIRCCQ+Pj5HNZTFZGoOnFsbl5VV1Th4uTA9hYrhfAZEctsvH&#10;OnxwIM+7+OMjJQZeK2vrTLnq78+joMAJAReyQd4ul7G5vY1Ou4HBbAr9KYEVBUQ2t7YwNTmJ69ev&#10;YnR8DJuDG9hU999Wvz/c3VFgZREf+siHP/5973/X79F5vP1dT/zf6p+kem0r3yrzrXZweK2xsz2T&#10;cgXTTNgW1NMuVT48A3ldY6Vruhjq+2xfHquv3EJtew+DwyXUWw34MiztOLNA6rnT6mjgmjY0D4dh&#10;gTSuVzoHxAp2UyI07RXS1S48kuZnH885kW7Da7SNYD2cbTaIUCdZh0DprB1zt0sDESZ6yOD7qH1u&#10;t++VjGSLh0z8qOGsPAVMotkfUY1Ix2g/YL4PBfChINvePxE7Lpi0+iZyjz3GafStr67yNYp2PQRO&#10;E76iNKpu36u4egVnnmMUwsmYB1W8c4BTj6k/UtzY44XkJD+qqbHWs35bh6QGVw9dnZjwX6/rZwtK&#10;uotb+XXAIGJQM9rV0dfdVe99TfHyDTC2WhE/tAf2jBZECPPZDBTUZ2RGfUnHCbQjQXK5DLtyOtfG&#10;ajScuLjcvKrWSS4AEb4M7hOCEkvFMuJ1KzgP9B8y0Jb4gfJeRvyrZdze11AzKRtEWm9239K1wBsX&#10;9UYdrWo1fXR4/FhRARDfdmT+P34O9cBHD4D0Rm/0xls4Wq0OXn351f/EdRNJ37fdCRFJo9aLhLSt&#10;dmGC3NTiRtSLnAIglPidUwX4nbtz2NhYZ6oKJ+byjpprWuciSEFnfnO7jbHxKS6qaMeRAuZ8u8hK&#10;UzaYgo66LcJNQnLxn1DVdArZbPqrmXSqms9+M6UNYYlAnvg3b80yuMqk04P1RuvvH1VO0FSL3vkL&#10;5+h36MslcfXSNLb2yiiTLWyG9BoTvJNv3a9mxoYwUMjg3HgJu2Wd+UELNgnaR0ZG+ClXlpawsyUw&#10;MT2JwcE80yt82cfJ21u7+9hUj7V3eIQZ9feMWtAp7HAjscmC80uXL2B0dBirqyXsbw2r20zDT+Vv&#10;3Lk7/103Hrj8ogIeDXU6jW+lOXe8vnneOzrIaHABtg2ljgc53PgmH0N3yjRopf+SmTREq427zzyH&#10;fvW9L8J9eubfy5A8ZIx9dIAatLg8VAM4DEJojiWcMK/CFj+akKXrnXQqi06zzTao1JFKCCdmkxuU&#10;j1GtCSKhhDbTxuL5WH/DFqpOABTQVcDHxdnyzJkaTQ2PukHFhd4yMKi1RbfkvHjXuF0ZV6sINUkG&#10;km8ZZLEEwIkoV/cW0K4dsy3216coyUBWH31edPU0ZKzsxqmOTrxotF5cbuQ6hH0SP+YiZvu2IlLi&#10;hw5YYfJ85BXp0OeOp3VwETqYF+mIWEDjdRWz9rz9U+AxzD85/UqevRNvneASGa1vI6c3GHDLH6W+&#10;BQd+8JkqHDMHExTQmuVAQrbblQnuRGhA4AZzUncnDDA3JiM2nby7TCdgwXk5TkJTYk1YY9T1ioG+&#10;pU0FGzkWzAjuZrCdL70v3MD4WM8vtQYwlc/Y8qqPUO5I0vohZZs/KPi9bDolDfUaHdcr8OsNHJWP&#10;H8fU6L93zBIjesjiDR89EXpv9EZvfMNjfn7JWVxa/CEq8qURiXPR5/uhBaKw6bx6aaV2v1rdkKHM&#10;imIR4yNDvCi8fvs2TipHQeCg1nJ0zCIU7vNJ42oyPDKK2tGRETz6DHb4frS4me4/54Qw/99lWoFJ&#10;P6cF9nP5Qo45+t+8Ea5cKfU8B6roJ+vb/v7Cz42PDF8kAXxTrYxrq2soHx6gocBbJpXkTsgD6svz&#10;22zDm+/PswNWTv1tbXsPazuHfNuRUh8uz4zx49+dXcJrr9/DSaOF0fFxdc4dvPbyS9jY2lTApITp&#10;iRF1+35MKnBBjliOk2GA9/rrd1E9qaJZr2H23l289srLaDUauHjxAq5cvYwiud/UG0986vf+6D/8&#10;ye//ya9+K8657Zuz171qywSpqaJevcZUgPjGfUhvkPqRbAXJ+SsHa2s42FgFdeqaCsC2fV0k6q6a&#10;dfDR4MPSNto+pat7gUiXxOZuBHAYF+AAhFhBMelRskNFtJLkGCXUz+1YpyEMDQz34ROR3wVyE4R6&#10;FJeOTZ4VkxfN/w5n4mnLVnlKayG+TnEQlV7HE801BUsrsvwYZcyCEfpdQgG6RCR73QrkOT9FzTEu&#10;SMv7DB7jzxNNaY93fZxIpkjc6cvp0neIU45W3RoPEUtPOd1NQVcHJe5JFb6G0bBBX6j55zXV55Bv&#10;cly6NSjx4EHHzhkhukBEvJdxFjg7q0tyKnZRPW46neGfOh39gajfFqZDZeiD1PWgY3AdTSF0jAVu&#10;W5jNJGEpiE6QtSR9HfyqAYQTp1NJu9lkjsPq84QGK0QH6xaUB3a7pssdDRtk4CT0WbO1utA0Sabz&#10;+qG43XZ4tGW20BReP9KhIfDConT1HI5EvXKCdrOupuHBg8EM6YGPHgDpjd7ojW+P8fKLtx4/qRw/&#10;KIOdUBlrh1tSPtNWElogmCANRiaNTK6Avr4+FAf7sF8+wv07d5mC5EUcr3TL3VMLRzsAIbRAplJp&#10;DAwM4uCgrMW/tuUvEUtfJ16zSKbZ/UpQ4AZ1QFKpSi6bf4bsd13nm7/iEH1qc/uIj69Wbw03261f&#10;Ojc9jsmRYSInI6GKAtJkbG7uotZoIpl0OcH8bdcuqsMjcfge2mqRHh8bxpQCEq12C0tru9jcO+Ji&#10;4crFSVy+MMPmQbPzq7g3vwbPSXHK+tbqMl547lkcV45x4fwMrl6cUc9bxNTkGMbGJziN/dVXb+K1&#10;W6+rhXcPSzdfw5N/+gm88LnPo1Yu1wf6B7ZER/q1jd2RuVde/9i34pw7Xl55r9vxNJw1hY70/KAP&#10;EOQimK4C7XbT67y9tKLqrbbuqlGHzXFjhZCUXaWeTVYObHh9pFyPv5KOz8Aj6YT5HI4pYJJMN0yg&#10;rzjMPCsnl+Kuns32sCGDX0/BEVukRZewPAYfEPQmnKBelZFyHl3FtegCJ3HxtuwqgRH7qzCdAP1f&#10;0nQQvFhfIOwCkS1vdCfb2gzLVhuZh28g886H1WvWOdWfEYjLvaOEKQCnrHijXYMwSDLq7HVach8l&#10;LHUDNSe4dvZvfqwrIiLnql3WQkvkUOli51T86ssYjIkAQ9ltjSxi1xNnnIU8BUjEabBDc0+BbTYD&#10;6LSMQBuBOQhMt0KYeU6dCfp8os0hqt5d6iy7ZoIbgKG7IMZiVyD2nrHZIPpkzOaTYz+TXXPhNWXS&#10;3j7qYKVBjB/rfPj2QkaeQ3aBZP6944TzkN/3IQ1MRACOMNksdD7lRl19HjZxsFe+3pIyL9CjVb1Z&#10;o0fB6o3e6I1veLzwwgsfdlyRFjJ0GwnN4W0RZ4uuBLfJnVQKmWwe+XQaI6VB5BQYoR39zfVNtD0/&#10;9vi2i6LdZXxe+GgHbWBoCI7voV6taoqV3j7Tu2AmwJAWM3KQIk0ELawOgQ/1nJlM6nY6m5zL5TJv&#10;yDXZ2atgYW0LtWaDFvZfaHf8yUw2jYsKDCRWt3B0UsNQsZ81HMurG7ponUhgcryEseEBbOzsY2vn&#10;QAG2JEYGc8hmRnFQPsbmzi72D44x2F9g6trlC9PIknhdPdfcyjZkp41+Vew6fguzd25hfW0Q5y9c&#10;xLUrF3F0VMHG1jbymSx2szns7e7g3v05tI4OkPc7WLnzOp74+//NLz3xPe/49OLsyrtXZxfe9ch3&#10;P/oH32rzrdPoiIP5xSsJRzJQdZMZnmBe22OgyqJYGe42dxilKMDRbCuQu8uOYTTFmg2iqbUNn9zM&#10;MJNwGWaCaAoQ2+o6nvrykXHBNA6rRUoHjjtWz6G1Fo6bQuO4BrftoJNqwZXyVBHtRLoSpzUeprvS&#10;pXgIaT8yLhrvqpzEKZLVWTvpIuIk5QAx2IJYEJ6BewEVirscxgHLN89nuxz2mL3A8DdSPKvi1ptd&#10;QePeHAdDxjUd3XbA8c5NSHgLYFewk+oEAYYhNIn2RKKC76jTlw8ZszuWEVqV1UlEaVZRMCSFF1DN&#10;4hDHDyxmYelDkF9f1yHCSj7MbAk7NrKLFiTO6HL5iOtJeE4TQM5rjZvX1iYKrIsj7ZSnOwOI2JoL&#10;0khI/UW0wQxl2LBzlgieP+pSBd8PZ2CQYu6Yp/cDN0IR/Z3tYdlNIj8OLqJWvBqMGMAR0YoEa4yx&#10;27WmJDYd3Q+oXfp4tcbFzBuiYrGjl0CzeYJGrYrqfvnqSa01WsqnF3sreg+A9EZv9Ma3wVhd3Rb3&#10;5mY/miFOPYcF6jLBt10Q1yzZ3OLXRA3HTTJgSClQ0F/IkxaDgwvvvn4XR4eHJuU83BGjIpG922W4&#10;G9xSVWVpZBx7O2Egt23dI1Lo0dqZSaQ5+JA6H5SATpSEbCb72Ww2K7PZ5Df9mmjxsqPO5Rivzy5M&#10;dlrtn7946QISCghl1XW6duk8Vje3Ua3X0deXZ5H6+uYma0YgJzE10ofr58dRPqph/+iEqUUDhRwG&#10;FOigcmd1ZZ3TzoeHS+qUHBT7cvAnRpliRLkhq9v76mI0tQOWAmpLCwvqb2mMjo3hsjqOqfExBUS2&#10;sLpWwOHeAKUBo7y7hUS+r/aO9777z4aHiptjk6N/8D3vffsffCvOuer+wfnK+nrRDVKXdUHhMVVP&#10;0yuiZCTjSYCTkwqbG+SSWQawvsmlsVol7cbrGI2S2X0WmprlOibbw9HajKRwAu1rznHjad0GgCTd&#10;DOrlMlIK5NZODpAy9rsJkwMSpRvZYsw5RaKxAvTozrgtuJ2uItRhAbwUHZxF3YkLzU/Ls7v1Fh0j&#10;5gdCEbwtH10DLmDE6CJIhAj1JJx3Ik3mh+2GqOvd6R9AcmgI8u4t9Z5InJm+EdW0iDP+HhKv4r0a&#10;GXHCi+dtyC6CFmKAIGre7MQ6HW7Q4QnhXAhlREAJCztDDs624LVqCS/yc6hrOQ0sokcvRJwwF00Z&#10;iQJWNwBVuhj3yJUtpS3GiQLosTbFMS6FJgfEAA7bHaHPYsEuhTavydVdk1h3wrphOeb9Jk9NOa29&#10;8LVmJOieiAD0eAY8aJ2Jzuegx3Jd45Roc0ps18P30a2dguPEukihxkUEXRTPbGhpsbunN8PoONRx&#10;0WZXtd5Ap1ZPV44rN3oA5M0bPQpWb/RGb3xD4+bN2w9Ujspvpx1h3zOEBSO+EJFl1uFdZJ20S+Fv&#10;WQUCSsUSSqUSZ1BUqlXcu3ef3azCIEG7YxX1ojHhVerP4+MTqhDf0aJCo/mI7f8aSk06k9OJvuSA&#10;Re5XmQxS2ewXKX09lfjm2++Sq9XS2gZy2SxtQf7iwXF1dH5xCTVK6VbAiTQn169c4PTzRr3Ji/3k&#10;xBikAiDLq+tYXN9ThbKH0kAOF6eGWZC+tLaFla0dLg5mpqdQyKWwoIDFpvodFXGUaD7cn8PUWAkT&#10;6rHcVAFr20e4u7Curm2NC+71tTXcvnsXlVoV0+em8fjjj+LGgw/g4rUrePiRJ/DIo9+V/b3/89//&#10;8c1XX39vpOb91gMgu3s3vPLhsBC6eGVXNd8YEZggQCtM7RhATLqJRr2ibutzwUUifRaqGi2RF0m8&#10;tDQqBBbSvuHq65KfrXfVvyn1vNT9SJrikBPB6Xfqdily3MoU2FGLnBlkvab+pua+um1W3Sar/s2p&#10;22WEvn8yuODyFMUozAyRMdWCXcRPgwicWaTKLj+mU5kKsAJ4NxJEeFrUbXVcCekGNscwwMqNFONs&#10;06tej46I7JK3feQuX0b6+tVg99yW1E5wXCLW0QjPMyShCfgxgln8zPwz7YYR637EOwhRSlqcSBW9&#10;TlE1iB8BHFEdiRv8HqdeT3HKacvSVXn+iK+XBSIinZuzu1nRc7FluqYOJrnjqzsN5tFMO1r6cQtc&#10;WD2HowE9dao9AiEEMmAtccNOhX1WLT53TmWiWM2HbYzH7K7pfMkOXUSAsINYiCNMOKEFEoEQ3XZK&#10;7PW14bRAjE4Zdkt0sKJupjjcFuIuekeyML+qPg9b6v15WD56IgoYZW9573VAeqM3euNbd7z4wksf&#10;UR/0mWbHtzbwYZng6LLM5eRzbb9Lu11uUhVp5EKVz4MoUJSAvjC3hLW1FRYRB8QHgbDzEd3FVT/3&#10;9ferAi+jFo0DQwnQRaP0ZbCA6cRq9VxpVaiqTzs35arFOIVUOrWSzWZeLuRyb8g1aVQbWFnZwPjY&#10;0MzYaOnvHJ6coF5vYWF5BVcvnVcAJIFcPo0rF6coGR0HRyekE/l/2HvzWEuy8z7sO6fq7vvb3+vX&#10;+8yQHA43kaJkSuRIELVakGPLVgJFUhRIlq1IQOzEQGDASJy/IiQIHAQIEC9JECuObECKowByYi1W&#10;RGrlDGeGHPZM76+73/7uvm9V5+TsS93bVDAakd3GPYM3/ZZ761bVrVvn+53vt8DO1roQgfIJ8eHh&#10;DLY3qlAt5mB/u8rATAoODs/hydE5+54nxlfZ4wkcHnDa2jFcunIVdnc2IM/OK6Jytb6YzcB5swnv&#10;3nsMOVZIrK1V2LkuQK/VEHqI9coGbG9tMqBTgaO792HY7qLMaPrt/+y/+8f/70/+7Z/77Ic/+vLv&#10;P4vXXPPek30yGoirRAbaYcMdpzoIzlmRlfa2EUzJVFwPvGSM5pG6rjRYQYtaAyVolQ2KyKFYYQE0&#10;3KI9AjB/N7azYYpdz+yvEwaqyUwAkAx7UFqBFSlkB694MyCAgkrXUAUz9d2TkongBqAnggeRE8b3&#10;tELcFTUTnWydyNjQjw9N+U9EUaePVZfjgSMFF3a7aluxpjEFAcxv34fxu7eFE53bWSCJItoXWdOE&#10;oxU2/Row76Cf0YESPl7ueUkK8d3txx7tKtmXoF6HwgvXS/QnbCdAhaY6XTL33FOEFvQsaEkRbKlW&#10;fudKmyiQpfAlFNo38TjRXcCyMMcqy4XroJBsJGgbXtG1Fp0KqZ2TeEV36ajj2GY7IkjZXIsuhXaD&#10;08YOqluiqWjy+VQ9l9p5w6WYCe5hoEJEVSChY78OivanvY8RDhLdF6dLoqyFkeh4Sqt2Y+XOnj/s&#10;9yGez9hc0vkYTXwwtLXySheyAiCrsRqr8QyNXn+Ib71z6weQ4eLKACjq3Pj5hIdVCrpMQJcp5Nl8&#10;ATgA2FqvQpoVavcfPoZWo8GeHJlVR7G6ShwjUCopFvP5HC5ffwFGg65IEM+lw8QUrQpLOY+KcD4h&#10;qmT7kmavnc9kXsvnsu38+2q/q8/JGMZsn7gEhX3/CxtrtfXheAoXzbZI437EgAk/Ik5v2FgvMEBy&#10;BdqdPlwwINVkj9nnQvGNXeB2vccXLej0MrBZK0GZgbQPvHAVHh+ewcGTU3h8dMIKYQq5fAXSkz7c&#10;vfVVBmpKsH/1GrzwwjVo1JtwdnYuRP8c5LXqLXj44DHbrymsMRBCxiO4PRiyfViDrf3Ls83tvd8P&#10;KLraPT27WS2Xz9fWayfP6nXXevLkJRpN1ZKpLERlfkdsk6KpFRLLwiUWiRW87JoTmV3ACyCZjYAc&#10;IbPl62Nji2tLeU7B0k5VLo1K2H1qcMCvOb5vgzEDu3l2DY8h1Na8sChADpxi1nV7AgVEwLO2XVy9&#10;t9oIq5MgXlrFYhELiQIXJXoJGogRr1DXme+yo0mAGI8rrLoCsRdGKItcY23Lbg7TWg0qL30QBl/6&#10;QyMadl8BAyxkhgCAB4TcBA9izhV2OjTgAYindRWIQ9TyKVkkcb6SAAEthS7YZA9hA2kFOKWwVHju&#10;vgbx3Q8WAAmAGzzpU7aMrtvtAOjuBLfTzWXFfVnnYXDgyGmdUgvOthZJ6CKTzVWnRDnCTUYTIxKX&#10;gEOCB0m/siYh5ph0GKBy9jIIDDSdlhhBOlWU2UCFC0oalnTkAg1w9OfSaaPITohadECL9DV9DrCD&#10;aPjnXSMKAdaQpFJSdn/sjvowm06gW2/dnBOaTSE0WUCqq7ECIKuxGqvx7Ix337m7f3py8pkwlIm6&#10;YmUKydBBaa2iiRPY8IWlXylPLxdCcNHFGI6mcJeLoWdTm2jMny9yQFTDntp1Wv46ldoWHB4+YQVh&#10;AKbTTqwPF39tvnrGi8Q0pyCwCQ/J8EEGfvL/d67A08/f31vgnNW3B4cXMrU8HV6ZEfozXP55eX9H&#10;nIdOfwhhNgMXjaaY5blmIyeE5Nuws10Tzldt9lwuVt/k3Qq2j3X22AcMcFTKJSgWsgyw1UQI4eOj&#10;Uzg8uYDzRgeyqYCBsBz02k14u1WHysYWXLp0BV76wAvQaXfhlAvPM2koMcDXaLLn1OvQb18AYpPu&#10;w9u34dUf/IF/8Tf/9t/8qXa7u1Y/rd/Y3d8+XtuonT6r193w8MlnQn698UJKtkDENTEnc6+E42Xg&#10;nMrvIjpT11GgAIdMSJbiWpkbouWuurzFeNEbCStQGyvaDM9UoUY/LIs0DUI43zzFrYGjodCMJDsP&#10;dq1cgR5q6TbYWcVfLMphwRMrGbaHF2hJ0r6XIldYTpdkaSyuvBuRPJVaDqKAhekaiYUBKv5OkS2c&#10;I7Efzja5buvmi0AqZfY9KwjTwaIbFLh0Jeqt8i9a5bpJ68ssdpcDPup1KVxlBzFww5fuEwCvr4PV&#10;o6njPKV6UyLmyHaRaAL0JLUnGKzTGVW0UZlz4XdLFvUkfrI81uF8znZ5yR2x+yMP34wieX+WhX/M&#10;bo8ylI+obkasspsAy66I2E7AwHaYlhoeSlVGiHXCsiGC1Fz/vFPBxe1cx6FdszQQoMopQdOjBHVS&#10;3OaJPbu6s8jpXh6A0EJ5mRPidTqWqfQV8HFfX5ynwKI1cf7Y3wYMgMwnMxj2ejcmk/l2Op9+7Epa&#10;VlqFFQBZjdVYjWdsvPXmV75nNpsUswxEEG1hShQvWgVKAbIBa/z7PCuCc7kCcNBSKhWhUi3B6ekF&#10;HBwcyImRUsdlX07+SIsL1SoYDzDk4KV1cQqpQFtBIrE+666C8dW2VJASkyinfvDiP1sojtLZ3B8U&#10;WXGP38eZRSRnz+Wa8MPDUzir13/x6uXLG2lW+OcZYOBhg4endej0+pAvl2EeU3j46FCsAgZ4C3bW&#10;i7BZ3oezZl+kwfPjqLLCgXdEThkwOTs5EyuZlUpJrBjuiLTzgP2tDacXDFT0e6zamEGBFXVBtwd3&#10;hrehWKrA9sYmfPClF2F/NISzszqcnFagU61Bv7sBw24HmvkLmKRStVk8z29tr7f417N8zU1640zn&#10;0fE1UQCrlUyqqCCxCq7UigFegMUq8ZlzvRHFan17LrUhKu8jZIXYlDjFuDFwI6oL4qgAqAQf/D2Y&#10;s39T1O9aRCqYOSVeJxDULZ7tkkHIyfyw3Q43+RypREJ3pd2lJgH4AmlwwvCo4/q0PKROrhbbItyh&#10;fMladKG4X+iUIEXbEb2k2OZ6IFlsR8i1o0WeX5W0hMXQ/8rb7BCnohOpy3DsOGYFiZwM8LLNFxek&#10;k12gZTDDdk6WmfJi5/y5Mn2aKPSJQ/iiHvjTcFdoCwA7lLWkKa8PPqj3hRK1M/LMNFyfMuIdM6hr&#10;nSrwY7t+/Dt+jeJ0ShT5sW4hU+10JdeItEMUAvua0oGNQjqMRW4Sd9cznQWX8qrc3wwYUf+6nQhj&#10;sUvlnKCiQh0LYKxoWsiAD5Tsnuj3MgEoKKHOY3WnXBmRKBDjAVae+8MNsHAo9WIoFOBsNBxAPBxX&#10;+qPx1TIDIMn3aEXBWgGQ1ViN1XhGRjSP4Y033vq+kK8+ixUtNR1i6SBEldd6oJJ1Q07FCiQlK5fL&#10;QbFQhEIhJ+x3j4+PBP1KdlC4mJgqJ0c9Yaq0Xr6qHEVQWluDaDqB8Wgk3K2MaNEsbDq+8ir5PBDu&#10;VyFPH7/FXv8+f+339XywAvfewyMGLHjqdWq/N5z8h/fvP4APf/hlEUhYyKfhhWuX4LTegt5gCBUG&#10;vnhHo15vikT3ON6B3Y0K7G1WYK1cEHkf/f6IPS8DZQZYOGA7PjyERqMOmwxU5It5KLG/xWtFAcIa&#10;3Fq3XofjVgdwswXraxXxnvCQRg7AqutrDMzswM72trDfrZ+fwYgBHXr1Bhex//A//Af/6I++5Vs/&#10;8Q9e/fxn/1eE0DNLPBg3O1dGp/WioJFo61uzaqvKcYdrrosWgmKVdk6kRa4oeKUjUCbghfxMgELe&#10;vyAqzFKswKJYAWlkg9uU61aILclHp6Jj9XqiqOKBhTQQPHisnK+wQzVyi5wAZMgggOuvhJxuhb82&#10;75fj1iCWau9Vd3XYiVKny8TnHvKiS2k/gTq70gELO+JzKsTo4rNpSnXqhQbqlOp47xLkb74Aoy/+&#10;nuiEIs+0li4Y1brOUn5uySKpzNKykAMQ/C6Ovw3snAsX7iUTR/xui9+Fsccg7nkGXlITwOeGSWqI&#10;Ezs+WsRbxLC2vZDs3Dg/INP1Acf+WHY8jAuZegLhXQweECtCYanVbPBrBEmT5AD5trWCEiUc39KQ&#10;ZVCaiuA+eU3r4h8rOha4+6fFLg5AQEqzofM+QAEG/hoxccyLtRhdfG6QBTrq2hEBoMr+1+8jOkCF&#10;qC4Wlfd9ceUQZdasP6sIm/wTIcJn348JT0QfwISBkG6r+7FLG5Uv6KlnNVYAZDVWYzWesfHo0fHa&#10;40cPP8eLe92ydzNAhOYDW+6voF2FKbHilE3zoroE2zyUjz3l7oOHMOj1VLdDUl+QWGn2pZjCfjeO&#10;YH1zB9rNC1s88ckippZHrPnKhJrQw4B9hZx+lUl/sVjIRbns+2u/yw/1yeExe60ANtbKP186z290&#10;+z24e+8+vPzBlwQIqZbz8IEbl+C83oVmuwu5bBp2dzbFc49Pz4V25NJWFQrs99cvrcNFswdPTuow&#10;ns2hmM/B+sYW4FYdDu7fgXQuD5cuX4GtzTWRccLT4jFaF/StdrMNB0/OITyqw3q1BPxYm40mw4YE&#10;ePDi5s4u3Lz5Ipw9fgStwxNIzzD06vWP/snv/uHPfed3f8c/DcPgmQUgw2bzZdJvl7Cg2BEjvOVF&#10;DqGyBON0u1isdAamuBWpyQqnEkRN1oEu39OYXw8Ru76oqWeQWZuW1CsOJELlWqXZWULIqi1onfDN&#10;iK/o8rqcFU/YpaG4NrXIUnAQdSGGX4ojVeDqHANYKL/93yNEfem1okjZFXRkRNv2b3ShgHfBQaBM&#10;f2XyOfa2FSuXKw62+LnVVKZYqUREZ4K9NdW9yzDn9wV+v1AFYjKPHBLAzI9bTP4GFiCJqx/TW3G7&#10;Qm6fCC/Aj2XeWdYEmTq9KLRgXIDEsUvjAmk3DCoMD1G7xXjJ+2doVkh3BazYO/n2+ucMFjNWICFm&#10;x6Gw/55rzQd/Kzj9TbhCObkait4kuiPKJ5iye2c6lxO6PayS3Qm1QFHfZ8FxoLJp5jKsUGd8uF0K&#10;MIJ8fbzUCQ+lTs5ILD8pCUG5eJTSqegFAX3eRIeF2t4a1i6KOotEuTMS49kgqXT9bhdm7P7b6fY/&#10;Dgngt8IhKwCyGquxGs/QePONr3x7v9/fS+fSDIBQ5ZqiQgOxEp6DdU/hnGCe/5EWFrhZYUXL3a+a&#10;nQ48YEU6dykCvSKoJgzq8LrNSi+bDGtr6/DgnbdFUBZQl38PJiuEr/YhxRsJwgwEmayw483l8/9P&#10;vpAXHZn3bbDXOTlrwmw+h8ks2i0V8j97ZW8X7j+hggJx8OgxwNVrDPykhBPVizdLsNYqQaPVht5g&#10;BNf290QwWK/fh4PjOqxVirBWLsLWehn4vj54dAJHJ2cCiGTYNvLlNRh2GvD2l78EJa732L8iAgnP&#10;Gy1IXyDIsWPjFLNGqwVHp3WYjXrA5S48tHHe7UExW2AAsAIf/PjHfvfKizfbk16/gmmc/vyP/tDf&#10;Y+CDPMvXXfPg6EY0GqE0SAqUuNYUh5043QgBgDkQINRYwkoakuLKOyvKMjOBd0ICsT4dEdVZQWrV&#10;HEtqH8Yy+yNQYYOaNy8tT1UBpMpRrLJvOKjBcbKwlvSwEADwksJbF7jY7YAg2+kw8MJoWdCCB5ME&#10;LY5kWn0WNNXKqBGQX7669rFu8J4GHoHIxSCmSxPqVQBEFRABJxrQlsMkRND98luCfhV62iu/q5Ds&#10;cPhWu24Rbgt/cB7jwgk/0E93ILC5r8QLnSi/E0KNQF0BGZGxQpf0XtRZolofEpv+hO7Cxc7jsRNc&#10;6B+jAx7o4t/03mja3dPczcxx865cht37sjmYM9ARx3Iv+HXJaUfaXYr/mqpyXRDIlNYjDNn9K5pK&#10;GqPIdApUlxqZzA2dlilOiwIz4rpF9oh09yJW4bAaYOh3FKkFJ6FHcTKg+GvxjrkGYrEC8tQxZhBC&#10;diTfV6IF7G6XRL22CbNV4nfZ7ZH23fwxI3YfjmczGHV6HyBKm09W0/wKgKzGaqzGMzbYPfv1N978&#10;YbFyRYit+kG35lXLGyv7QywnfYrl3/gq/cbmmgjWe+edO3B+eipyKpDKYJD0jhjAhGUh007PFUoi&#10;xHA06MnXUEnregXOhBU6ccCYTWIpkbyeO87m828Vi4X39XR0B1N4ctJk+8O7QfTn5oRsbW6sAbcm&#10;rrc6gAIeNHjGEQADQRnIMwD24rVd2N6owelFEy4YcNjf24Ire9swHE2g0e4IZ6z1Wgm4voaL2HP5&#10;HDw+OmPbuYDReCRoQ5kwBxfHR3Bxcgrbu5fY147IVOl0unDGAFGWHXORga5utwOtxjn02L5MBx04&#10;OTnmBUn8U7/4M3/3Qx968U+ep0uv++DRPsRzVkjLFXRRKSCuvYgl1QqkpoKogkYYdir7TQC3Q6ak&#10;xU5XgYOQtADPc4hiC0J0joDM/0AmOZtnePC18Tm1QXGB2i4vxbOUF+uThQRrq1Ni+4aoSUC36/yu&#10;2axPKUIUjDuQqvsX5OQYEqnaSFJuDChBtuPi00x8upcr6NYEN17ohboDQpEhHQmXIkRUsU1Un0H1&#10;GCJ2jNdvQv6DL0HvX/8rBQJ0Me53MvCCXe6irsU+Lgma/GNxgQVytB40GWZn7xSes1XSDFeLqOXJ&#10;8w0KBOWUWghBEE10JfTWF53MPDqV4xjlakCSgEXrP2LnPY8odQCKXvwJhOMeiSPl+qYodaEEBDLb&#10;w4dgyUYbXxwhamVIdJVDbLocyM0fVDa+5v2kFjwTR9dhMz1k6CclTtdaXTcEqEPfwuZ5xOkQSUE8&#10;MudV2/9iJ4zQ5oXYsyfsiAEb2mDMHtMfDwWtt9vuXJlFZCsb4nNXiL7qgqwAyGqsxmo8A6PeaOfv&#10;3H7nc0EqUM4rSBUfEmxgio2oUayq8d+xIpwL/4oMQJQrJahWyoIe8ODBE+j3u6pkAyMgBAUmRCqv&#10;CoSbR3PYXN+EYa8L83kMmXSgHm8nPF0vePJQ3nnh9Kts7jVW0NfzufT7di44m2E6i0XY38Hh8Wap&#10;XP7r2/l1UR1cu7wN2VQamgwQpNhr9ntDeHxwKC1cU+uwu1UVFrvnjbYQp3NReZWdG+6MdXJ2IUTq&#10;pSI7X6Ui+xuC/Z1NyGXScHrehJPzCzgfDSEgMYR0BnDC09GbUCyzbW5swIsv3YB9DmbqDTg/q0O1&#10;XILR5haM2LkeMvA2nU3wr/9f//q/zOVyP3f16qVjNlHHz8Glh3qnRx8Jeeo5lsVXqFyoYpNornIK&#10;qC02pQBXlXlKhEt068xw2u1afAbzEntmc0YEZ10+RgjQ2c9z5eITO7J36hTHwoKW08AgElkZsLBu&#10;7hfUNlvbFqyuQawFE1aajQ2AWOxiaNBj/4Ltuj8FTyKOlsjPsUcEowJ06ORzvq2Qut0GaTHMtSca&#10;UBEn2US4hYVpGD1+wjA4FQe6qGIBD4yAF/CXhBU2vRwrCOSmYNgMEbSgJnFF72BSY8Dr+iQ7M24P&#10;xfWxQiokRlCvHF8raffsgwa8YHQMnhOZ7ljowlnrQ3yfLvfLUur8LBXq/Mu+MiGkszmYjWdgnN04&#10;7ShWWj2QlD3hfMt1ITEyhTwHVWl2j+VOgzNFXeI6Ppl8jhTdzDg2ONkg0gBEd1uok+Uh9o1QY+fr&#10;Aip777YkQfftx0rk7n6ANGChCwGcqmvj0YDB64lJIMKuVvbhnsym7BxNYdju7Q5G471suXDuziVo&#10;hUBWAGQ1VmM1vvnj7bffeaXRqL+czgQMFBCTFa01rzgILC0ByYmDU6dy+QLkCwXIZoqwXquJAKh7&#10;9+7DbDqW63YUmdRcITwHGUqovCLFhLKztwv1k0Nlp0jMa3olCtUFmExIhxRmACDLC/vfLRbzkE2/&#10;fyHf3DaXBwTyAMFZFP/0g4NHl7gOZHtrnb1OCq5c2YFMNgU8jDCXz4uVx8PDI5jxxHeyDbvrJZF2&#10;3h9OoN4eCB1IMZ+Fnc114AL/k+MTaDUbsLGxKYTohWzIzl1RFN4NBmzqDGC0um1odkfAgVWpP4J2&#10;swVZdrylUhk22HY2tzag0+5B/fwcBp02TPtsX9JplEtnv/+///v/za2/9tM/9h//he/6jv/5Wb/u&#10;ZqNpbnB0+govGjSVCmnrUwLKqMDScvT/o8SaN1FVhSiltZuPswZMqAUkWKV7h0jmfrjFXqxdfFTn&#10;IwCZvJ5BykiX21PPqUpKRya1HDlgwxWlY4CF9G1iCvGk5sFXJNAF41wkOhRaBa0paHrDRHdCHJAB&#10;6jlucrd+Aq9LAxXipkv+r0ebwhCYfYrYdTw8OQUybIrMn6dZ6vor/GgpOHFpbCgBsagBLhjc/HZH&#10;8eL8xuptkgL4ZPyDd+5RMlcFOcej3bKU7gMlezJJZyX7PKNvcAw0yFP3Ay3JeJHvJ7+eI+exJBuI&#10;xHFuM6sL/lhxEIVmSmhBLHxBxkmKiM8ANxuJaCQBLMUe6IEE+HDfDmnYgGwQIP+8xvL1QFGrTLaH&#10;Y6sLUksuXlsK5a2w3Xbb7XWnnRbdRSi/iySBhnTaWkxT1520KZlDbzyEzdEoHAxGNzfKhTdh1f1Y&#10;AZDVWI3VeLbG669/+S9G0RzxkDtQ3v9y9U4JyAPNf0dyZY27X4UBYAYEOP+7VMpDuViAi/OGcHaK&#10;o0i18omaGKmanJzJja888+yQTA7ajTrDFKEVE1LwaQRUWjvyHyPewmcFUL6QjzKF3O8US+9v+vlo&#10;OGaA4hTWapVKrVz6+U5vAHfvPIAct/zNZKCQD+HmNQaaGl1os78FxSzUGAiajsciy2M6m8PuRhVK&#10;hSwDHhk4a3bhyemFsJTlAYI7O+y5Z2fw4N5tKDBAsb29A5vrVbmezQoDXhQXGahrNJtw2miyfTmD&#10;EgMieXZ+U+z9SbPio1wsw/rGOly5dAnm6zV4dPsO9NstIL0AijhdzBWK58/DdTc8b62Pzy9K/BqL&#10;VKAaLwj5NRAR28ChogMXiMJD0zbApFzzRPO0ah0QsCQiXdBI8MuFt/za4YV3SoEPDiRS6pGBClqT&#10;23S0IKDtZDkQZ9ufE1PEWCtdMN0LLXFGHiCx1CQMDsVkoY9iiy5rk7Q82UNa5SLbO0EOTcdJgEcK&#10;OqCE95OxJaDY27oMPdSr1fLDKOyP2X/CUpcdf+bjn4DszavQ+bVfVVoxmiBIQaK/sDwwERnggxY6&#10;Alh1XZKmuz5AAKeExw4dy5byOHGmSeL1XOggqZ9EnjHqAkTi5aEQgAQdzAchnojescM1lrsmdwYt&#10;9NJoAv+5oJR/Rgi7Z3ITjjmlqltttXKcMirMGrjLlJtWrrrP0uhB2+RK+p7ucHhdBc92l3puVe5j&#10;uWZPHG0YONcsGPte0JoUSpSIHbsXuf96TrdbRk5hky9igI9D2VoAgw7liwOyKJ6ze3kXYD6FQXf4&#10;Edjb/FVYIZAVAFmN1ViNZ2eMRpPg7a9+7fOcLqRXUcVKtE6v1ZMqBwxBKKhXqTANqVQAIXtOsVQE&#10;ro/gOR6PnhxCq3kup2xCzIQuaVXEWEZKfWMMtY1t4So0ZsV7JpUWE6ew/6W+qtjYLAoAEokFtnwu&#10;/1VWad/nblLv15gzkHDe7MB4ysXn8x/f2ly73h4MoTcYwO17D8QEmgo3oFrJwo1rlwQVq9Hqwogn&#10;ue9ui1TtVrsL08mEgYqKyP2QYCQPD56cwZMnxyJbhCe2l6rr0Lw4gdPjI9jc2oXtvT0os8cXGm0G&#10;PpDQhBTYsXH9R6teh9OLJ2wuHUIuzQqR/oAVghEDfjXY2t+FT33yk/+GRJffDikdb//Q7u9/9FMf&#10;/Y3n4tprt2/Ou/1cSqzQRtIlRy2ScqFDTJVmQyc0c2Ai9B+6EJQ2n9Kpk3rFL3LLSy6oVrbPoeoS&#10;aF45v7aw0kSkwKeOeLojnn0eq5KQYo8yQpQYPFD2tpSCEzrodyCwVzTb0tUrp5EfS4iWVEyYokR/&#10;QX2vQANfbZZsFQLJHA232PW7CMhQwYii5AibU/F3adzL9Vdwegr9Jw9Z3YlUB8GPBkROKe4KxakH&#10;jCARC+gDE9vFwOAb6iZzRKzAnBj6DiylWhEDsOjSbSHDzSEq+BTMfrtUsQAWKVzIAa3IoWE5cjpp&#10;kcv7wNQHVC4wpF4jwu+CcWCUSqcEtbM3n8nwv0Dr5qih4vkOahzUSzDP7+m8YxXwEFeshOSqC6GB&#10;CFKfCWuAKO11DaBGPjAQ+8t1J1iJpUTIIVEOVsgCD03b0poS196X+pk9xpnLOGEh26FRrysyglQm&#10;lQYwwqhE2b1zKmW/24fJaAydVvejC50vtQt4BUZWAGQ1VmM1vjnjwYPHN46Ojj4m7HeFgBG77vdi&#10;5RmEBa9c1xXe8ViCkEKhChu1DQZAamLV6datd2E06LMJSVpEUmIdrSSnBswkxKkA2zt70O00vPVS&#10;XnASQr10XurwkeWECZz+9AfZXHbKs0Dej8F38/S8C/UGd5hK5+bz+Be4uP4KK/APTy9EtscB57yz&#10;48pmeSckDy8yELK9XoXTehPaDChc2tuB/XIRer0+HJ+x33WHwgGLdz5evLYvtB8PHp8Ih605KyAC&#10;zP38Z3Bw745Igd/euwRbW1uwvlZj2+uITJF8Ji2ASL/PftdoQq/VgP54BpNBDw6ePIHdQRf+2k/+&#10;5H/+0Q9f/4Pn7dprn5x9NBoOglAFrknb20C8/7FIQaeWduEkW3uLmAaMEHDpL4ZahCRJi68MpwMs&#10;AIguk21wIIhuSFpRRwJlyxuqjAfZ4WCfj0i5Zz0l2Y8qMTM1AXL22sJP0T5gqoW+1LPmNc93BOZm&#10;cfoppsqiK6Ld6/jxU+S9rlv4k0Qfwk8i1xCACP0XGLG+RArk4oydxwhIYEtxnDgu5OWTE+9dQ0s6&#10;IYuL03QBfCUBg3ivlPuVDfHzOwsuPNOgFQAcSOG4jWnwJkop3vVQIIQS02EiyF5zJhNFuzw53Q/3&#10;iOXzfBG6hZ6LoMyFch41i7+36VAABJ5OzvUbunMji30i7rOiWUyQpSLKX4jresruO9N4zsBjKI/L&#10;dA7suSfEd67CypmO6DBAFziabokWiVOpR9GARh+zeh0NZlwHLn1esGP56yQjehoQ/WJyfQwrS15q&#10;Agv5vYPTZyk7vh4DH/NZBMNu/4UZgTCFpJiH0tW8vwIgq7Eaq/FNH6+//tZnx5NxIZsLwZlJ2CSg&#10;k8+xdCYCUCGESLimpHI5KPHwwXxaFOT1ZhcePX4EUTS3K39AlSsKMavCpoJi28qXyvDw3a+KTopc&#10;vbNe+RZ8gDdB8umIZ4fki8XfLrPiPniflrBmc5l83mXg4aLZ/sv7+3sf5nkP6wxg8HPAtRl8wms0&#10;O2ISDdAVSKcCuLy3CVsbFTg5b0Kz3YG9rXXY296A8XjKzkkTHj45hkqpxM5VQQQn3ri6C8VcFo4Y&#10;qDmvtxiwmAFXYKfjMYzu34ez02OorW3A2vo6vHDzOlyezqDR6sDFRR2axQIMN9Zh3N+F2XgAs+lU&#10;FB2/8r/98//x4cdf+V+++/tf/aeVarnxvFx7nXtPriIG7HSnTBRSONAxACqbQAdX6qKHeOnMboFP&#10;dXq04uwTVnSFQgMSQwrzbBAONHSuADW6BE5tSSl9U6TKq1jl/wW6hA10lwYcebJju4ucrozI0qBS&#10;j2LsY6nXG9AlMkHUZoUgN+XcWZX3K1ZTGEMik1uLQEyfBSkHK4q8fgsGG46Y1FtJKhNSxCtQyg/5&#10;OQzVI2go+wDY66k4OhJVO3IAFKNFwOG/bziRVW6F5RZu6kz1pP+RG8SoBOQCMNr+hCmkExAoUO5X&#10;2hEMe/tHJLRRxgfIoV9pl6jA26btrrh9Gfke6GBD3+43SSJbZryMtD7FOKOxV8ykRRc6ms1ksR2k&#10;BFi37lfOuyF2WoXB8ltuoBzP2O8iFQZo9BWOdsqEG6rugrZi15k7gsoFlmZlunkUTMcDq9wmfb2R&#10;BMDUQISDokgBEUO3Qnr/LQhCKnhQ7i9KUMew47AoNTBciD6a9CCesvtqr7czmc7307nUI32Svw6O&#10;X40VAFmN1ViNP+/B7/tvfvmNH0aIqOTzwPC5qVhJCwz9hU8qnIIltB9BGtK5AhQrZVYsV6HMCuw3&#10;33xb2O8aulUyvdikq8s7f7ZQFkGGPDCKv4zN+QBTxJh1T0t8F5PjbB4N84XCa+8n/ero5ByarT5f&#10;mQvr7e5/xHUmN65dFsXMpa01yLDjZr8XVriTyQzuP3osrIb5edlZK8GHru9CqzOEZm/AQFgk6Vc7&#10;W3B2VofjoyORl7K+vib0K4VcmgEVtk1WTDSaWai3WtDp8+TeHqSbbeh0B+x5F5Bjz6nUqlCtVGF9&#10;40UYDSfQZqCmwx7DJlWIBkOoVSuA4+iVf/Urv/rfvvLxl//weQIgw/PTbVGkSMsl2VnQ4lJEwCux&#10;TZeEeKWiKPuQvXakza78XaCpUIgaK19+XaZN1ggIgMKLRBmyZ32adBaJdrzizkGEFXrIW9lG3vWK&#10;ALyCTq+KK/WUKdKXC5FpojgFY81rVsMTQeguSKFOS4g4oEycMyVm9l8viWsMJLK5GUilTlMLVQii&#10;nnjcpxLZ6k5w8RFN5HpAou8CpguE1OtRJ+/DdA8ceICWwhm3U6BLdQrg0LiSvZfIOF1Rx88KO1Q+&#10;197YvjfLrOVceGfF8P77LK4nvbDiSdbtdbLY/1E0IbUHEceSqSykw0B2grEM6DTOgUqoIjppOjiR&#10;F+4xkbQr9tmKgHh6Du3SRdXnAJkOA9ZeIdZGVwMlQowQXed4cEqt63JG5UE7tDQwjlfa2l0AizBU&#10;QEfpPvgrEZnvgVACIBtAiBywZY0ZNIjjlDN+/UTzGQxHfRj2+uvj6exKmQEQCks+AKuxAiCrsRqr&#10;8Y0dx8dnG3fv3f10aOxvtc+7nFhk6BNS4EMm2PLWuUjpZo8rlIoiiZvrQe7euSvsdPXqmU4gFNsl&#10;VtHJJ0ESzWFrfR367abg8mIUehM2pdTxkwfD9dXe/NF4fFosFvo8efz9Gi1W1F802jzT4/OlfPE7&#10;uKCci86vXbvEjg/D1UvbUMhzsNCFdCoD1XKBAZYWTKYTBjguwc56GdaqBSgXs3De7MPhaV0cayqT&#10;g91Ll6BxfgoP7t2BUqUGa+ubgo4lfPvjmUhV7+VyDMCkodloQP3RKaRYAc6DDjMZKX7nX2sCiGzA&#10;5cv70Luow+lwDB0GVKa9fvTZz7/6v+9f2X/rObr80r2z8w+J7Enllkb06iexNBnl8mrSyIU4HSVX&#10;v1Vpqm1AUWw6CkiIzbEBODpQM4VsoRQglEjedvIsTDYHd+qamc6HnmyxWg0HpLsldn9xojhdlouR&#10;aG44DlH+8SEHlVBFZ0yCFL8klzQuIXqnFJat+dIl6+/UZFpjATyo+g1W9rTLuhhW74H898MDHCiR&#10;2OFsAeGFBQu8AC8WLX5JIusdge+o5fZBwNF+2D3yE1c0+YwmxPTLAIcPkPyuFngaELpYSC8V5yNP&#10;xeSCWsfTDELeAWG/nM4jaeQhMnPAaDBoFMv3y3Gi0roX/jsOYmbsuZkwVJ0cZAwfkLrZIiwdrbQR&#10;iHE+NJ1JCyiowwkUeTqueByrcED1OPM3RcMFk/tkaVyEOOdQ2we7nQ7TocGOK5ftkgjAJpIMA5jN&#10;GAAZjmA6GqHhYHQdqoUv+OdzNVYAZDVWYzW+KeMrb33tk51u+1I6E9rMBVPMISOiFTd7HEj3qyAl&#10;7Ge58LxcyEK1xDUPQ7h3/z7EnE5jFuIUvYFTAwix20TS4WiNFdKNs1NhTWsmYyQtJY21okrXJUqZ&#10;qSkJw8n4fj6XG3Fg8H6M6TSCNjuG0XiOquXcL25uVGA0ncHBkyPI5NJw+dIOFAoBXL28LRy/uPCc&#10;r55vbqyzSW4Kx6enMJ6MGQipQYUBkEvbVSgNM3BwfAFnFz028YaQKZShxI6ncXoMJ4eHsLGzw56/&#10;LYXm7Q5kAxBp7kUGRDr9vtB7NNotmA6PxWrmdNgHMhlBloGfNHvO5Ss34aMf/8RX97bX/+tarfL4&#10;pVde/INUKnwuWAW8SOgeN9Ym9cYLoVOYchd/sVoPYJKOddYHFQDU0q+06w4SxXgoNUaOZ5AuArFT&#10;JErRqeWZZzH2qFzaildXNVgXRTxFOsYwo5FZ0Y1B05NcApANF8ReZgWYYo8uBR5WAu7SorBFHKby&#10;pkrb4VKdFoAHSNoacvouyyknCZAD1vTWze+wQnXXZWuxKE+GLi5fZE52LdBT90sXtcjLM/GdvpKP&#10;cTszfrFJnLBD15AYL3XwMrkYjrLDFZe7xTj1zpZ/LZggV4SeSvtZ1tNxKUum68IXgNJpc+EIKh1W&#10;onGiNFB8oShy3zfwDBN49ySFsdFlCI0TslkhhFj6FXatpvg93KVs8b8rGhXv6mpgETuaEdPt0VQq&#10;LXL3OhjOeeAgJfD/RqlvTazt2IWwXRuWYPkzUt0Y3cmasn0ZDntAphPo9wcvszv2inu1AiCrsRqr&#10;8SyM115//fspUaUUcVZpg9CpE5BNmeadEPaVyWZF+nkmnYJSuQhHR6dwcXYuHKqAUK9NTogj+6Ry&#10;skynua1sETqdlqHIUGO/qywbqRYxSttfaSeJxfNHo/G72VyKvC/FMO8EnbehNxjzFbRPzqPZ960z&#10;IDGczNnvQnhyeCJWgnPpy5CpZeDqlT1Yr5XhrN6EwXAkgBgPGhwPh3B4fA69alEkwnOdx4duXIGj&#10;8xY8Yts4uWgBjQmk0iWgUQ8e3L0Nx48ewebuHmxsbEGlVoEaAx7Neltkg5TzWahVy9DtVKHf6TKg&#10;E8NkPIVOqwXjwwFMWNH96c+9+sevfOIj/6xaKzxfFx57O/tnja1po52nlDoZAJKGQURZpCkdKpWa&#10;e/vH8wWiii2tkqvQKpDN0Q9xlzIOMLjYXIhqQTpfSZqJzu+wXQz9r9ApIFlchU7nxLVlDZxOhc/s&#10;lyNYiCCk3tq97yOl9VDIccQClQuBFroQLnWROOnTYPYNLaznkyX7SBVdDExhby2HY2SfiRZSNpJr&#10;+W5hjkCXhCRx9FqJg70OADgaDrerAUYXgjy4RZ3H2G6NT67yFRe+d5V24fJ/L45UgL3A78xol0AF&#10;DNz+EYBPS+PHFS0BFzgBLPz33W6B+FZe8hrOpMWP87lMw4kpqEUeC5y99wLr1HP5vbkPg7Q0N/vs&#10;0K8QxkvvkxqgGPDPf+ZaEvU7I1Q3iwMWTLigQ3dPPB0X7+Zwq+xYnjFBAXPctzRNS3dkKCXGxU5c&#10;WUR2BnWOiDi0VAqGoyFMBn3odbofXqBfrcYKgKzGaqzGN350O4P0O7dufS/XdBBFlyJqIuLzRIDt&#10;OijVTkHcfjeThXyhDPl8HrY2N1nxnYWHBwfKfpcIwa8uCrQVr3vT5xNndXNHUAVm4wkDIylrz0tt&#10;8nVEFc0EJXz1sRAtfiX1PoUPTucUJqy473T73F//5zMMVaUyIexf2oajUyR4xGeNhpgwP/SBa5BJ&#10;hbC3vQbbmxU4ZeBiNJqIc7C3sw39wRCarQ40212oVitQyuegWs7DiwyIFAtNODq5gGazA6PJDMgs&#10;EKtz3X4PTk+OoFzbhPW1TQZw9oVDVrc/gBZPVO+WodcdwM72FjtfY5hPxuy8RmIS/sJv/MZPvvZb&#10;v/np//S/+DvfX61VLp6Xa4+75ESzyf6k1wszfDU2jpQLjiqaiXTS4WSS0KxbU5jRuaJZIScvAS1Y&#10;vFrgoLtmsijN4cAptLG14uVp6W54GlXUQ0MbDERwBo6JkzoBCzkOhg5FkRc4mFztJo5YGyvBOVWd&#10;DvV01TEEh/f+lOKJggeINAyLOQ2NYuVetfyJPiRCJq0dg80EoaoQRyq0EDzwkew5PG1tn3r7QJdC&#10;Fv874sQLLsJN97Vpws4YnIR0vUVJ2FouZQfP4te1F+Dgg3rpHvbxUUJTg5LHRqVjlqsLogkhuskF&#10;cY4ZO6DIE6vz7gJ7D3LFsgzInM8lpUkBC6Or0F0HQVfVG5DCc95dJiK7Q/5ePx8rAbgGDpqOSx0q&#10;lxasa1BBEwAC9GdJdxgZMAkUzcvN+dDCdbeTQs1DiNEbOpxd9TwiPrNGr2Iep52yiKFo6euZg+bB&#10;YCQ68+N2/wX2noWhzDFd0a9WAGQ1VmM1vlnj3XfvvXJ6cvyiTLCVqeUY2bRzs/qoePT8v1k0h7xo&#10;tyPIZgpQLpVZITmHh/cewWQ8FCJd6jpZ6ZU5vcLN08VnEWzt7kGnWRegRk/MQu8RE1NwUUWFoYAs&#10;50GuurEXoW/+2bwUbcnw6PEptFpdvsp+7dHRyY9mczkoMpBRLeUhFezCab0O8zjNQMME7t5/DNHV&#10;uaA57G1U4cM3LzGwMYSLDgMSbHO1UkFY7tYv6nByfAy5bA5q1aooZiulHASXtgTl6rzREiCF2+mO&#10;2z0IGz0o1dtwWjhh4K4IlUqZfVXg6rXLsB/tQb8/hH6nxVfxYNIbAGEghG931GjmuqNeLpVOTZ6n&#10;a282jqBzePwimY9NyyAWItaU7HbEyAhkiSoaIzqTRQhS4ljLK1FF0tystGJtZYvsCnmWvWeBspOV&#10;rkDUFGFu4aj1ILHmqXPaCmWFVBSJVfJACHL9dWYE4BTuVniuQX3grbTbEkmKvJ1iCNGFtXrnML3w&#10;NU+MDjrwztFRUNW14ftMcUI87/VZHNgByv/K94SSblBSyE6R7oG4/QRQSSFy8UJbILuGvEiBqxjp&#10;8xLLgtLksLuBg7AQTuiCptjreljZva8LogZu6N+GDhhDztnCC70gldptlCaxYwXrdy5cIOG+O7LD&#10;Rr2/YZ1XAYtCfP/ZVmhBqT07fJdoKjS20+KdIyr4j6iQPuG4y3dSpaKrLgEhEjyEWAEzR19h80es&#10;7a2kYGEvqyNpie6BavN5sZ9J/XhwuiBaN+LqYpB6CAF/G7wTY7oyCKuAQ2I66eAkoJsuogZIRLp8&#10;jcc9sWjT7w03JtNov5QNHy0C2dVYAZDVWI3V+IaN11/78nfOZtNMNpuVUzGyTvpKh64cT9jNP5Sr&#10;bKkwFBNLLpeHEiuSy+WiCN57+PAeRCIjAcswOY8F7dAl+MuwbWxubMGtN/7YUL3Eup8CQWLy5N8j&#10;6q34ap/3IAyOppPJveFoAqV85j0evZ12LuoN6PNtlQs/E5+iyp37D+FjH/mQmPI3akV2rCkGQtqC&#10;d5FJh3B0cgZzLvSMKVzarMB6rQDVSp6Bii77aougsEKpInjRPPG8Wb+Aam0NKgww5HJpqM7Z+aYV&#10;4abVZWClmc6yc9iG+mmLFd6n7Pcp0WUJuFtWvgA1BkRK5QpUiiV2vAXopOrQvZjCxfFJJ5PGd3/s&#10;Z3/iFwqFfO95uvaieXS58+joP0PR3BQoRJWCwrWJSFc2rK1EEYFxPAXjU6vBKcVqvV/Jprntrrrs&#10;tBeSSq+xhQ2SVrw2jdoWu6LoAhs0x7/S4rmB6YbwkVKBg+A8Fi8pKGkiGA8lVu/dQjs2bllJTYEC&#10;M6qAJ0sqJor8HoTw8+LHQrH3SfS7MAggUYLLxwVOrB9VEMGN4vO7OMj7fIKxtnU/vNjst+9Wpfsi&#10;2LxLi9kYNjjQkr+w07NwoYuOLbT9j6Q5rgtxln2vSHzqhFpqG11w8MKQTEanCe8r6nWmDBBxAv+S&#10;uSwelQslzZrYcXKdWDajqE9EptzzFRlR1McSnDOgzOm0AQqVlbJr5oFMSnmgF3cM9VVRtNzsDWp1&#10;VJoyhZXQW3dItFVvQGxgqO1oJKT36vmWpgXmw2rcxjSAUKGDAsBj7LiCuQDI1blooKseGUgL+Wg2&#10;FUYho0G/Op3OrnIA4nXTKCykqq/GCoCsxmqsxp/XCvQ0hjffeOMHePdD2MLHagLUAc98wsIg7XH5&#10;jUWICgMIUingHYJqtSB0EJVyAd595w6cn3GdRKwmKbkCJ6hYykWFUqJCowgUi2U2ScQw6PfYJKgK&#10;SELMKiZRNKwE/lBRBqKL8iW2rTEPmPqzjv5gCt3eGGbzeK2QyfzUBjum44s63L53Dz7+kZeBZqkI&#10;GuTuV5yixZ1nOCigcQxPjo7FxMYteqvFLOxtVWEwmsKTs7qw0eXHnS/XIBj24PjxIzg6xLC5vQu1&#10;tZrQzqS4oB8i4caU50GD1Qp0my323Dacnp8BmY2Fh33EvqbDMXtMAVKZNGzt7sOrn3v1X3zykx/+&#10;u/tX9g5Sqefvts/AZmrQuNjFVJaWQj5OlQku0u5GsqwMeRFB5zAnsfg+duw3pb2uKtMpdWTNSPwe&#10;K2pTqDofCNkOBO90hMhmUBjbXdVB0SJkDqtTIRbFUOis+3vCaLToboUS4nS9Hp+A1KZItVQpvzT1&#10;BNXJbJBEse4mrGshPAZI/BU8vyuteLEFts7/QHqN3dN5uEBEJS5aUGUCUTStzOujJF7f7Q0k9TDI&#10;dDrAdGiWi7gJJMMKXRBHl2TJoyU/u++XDF61tCvf7tUFE8QBWNTpqLgADRKAxd9PlUVC7bEkBfEY&#10;ZMdFrMvwsEx2rxAUMEGZihXtSJ4FSX9VQIKq6wfFCqBa+lTEgwjDICE4d8CDKvpjRaGV4aCxpV2h&#10;hOeZAjiSQiudr6gDcTW4N8nmJpxQfe45wEBOiylBzzJdNkO7StxP1D6KdHT+WE4z4/sUIpiwe/V0&#10;PAaYzoLhYHx9o5L/vVUFsAIgq7Eaq/FNGg8fHuwcPH74rZyjS0xIoAIKOFSTmqJSISn8RsqeMVcs&#10;sK8SFAs5MVncvn1HgAmiJh9KqZdXQChRK198Dohhb3sHGs26CMIKuIuVmMmJapsTL4zQfIOxEQoH&#10;OPiTVCqlXF/e++DizbNGTwQGEoT+ShZnrmyu12AcxdDrtOHWu3fgYwyE5LNZ2NnegI21CpxeNGHE&#10;Hl+tFUWXYjQawsHRFDZ5VgcDY4VcBj54fV+I2h8dn8LxWUfwrmOcg+moA41bb0OOFRDbDERsrG9A&#10;hYGOXr8P9UaHvU4ARQYwqtUy9GvrMOj1odW8gEGnAXEwg0a7LsIhB5MIrl2+mttcL3/HteuXH0OS&#10;/fGMD14kjLuDjeFFi9VPwifWrq4GyCnsqKEHjeO5KepszUiNRggjZbGrEs2RIr9jRWFJIdmxkAFq&#10;Lg1Kro8H6u+6AyI0INxWVwWc8dToOYyEuxBy8gYCAZCQ6VyIS5XaEhoSHQLLqUEqu8Mvqd2OgieJ&#10;dnJwUCIvxNXDaIAiE9DdlXv/dUgCAiHHsBYS1sa2yNdJ4U4XByVF3/b31DHepQsiewzWM2tZ78gv&#10;+dFC/2ExhBAtcT+j2skKUQ8CoASBS67CgBNApHtXaEnuiS8md80IkAe3/D0m7vE7xgKEJo/XdlE0&#10;+DB7z229c3mpP1FZGWJPqepaUBmqiZwelzjb2Oo6+KKT6CgQ6mk6wLHJNaCYp5Wz+zTFxAED9toR&#10;AbUxqAR2BOof9XmWq1nYu5+7n2H/84HVfV53XvQ+aSqXseo1drsqdBCBmgtkqjvFSDdSxP/4OtVg&#10;OIR4PuX/vgCwvuQTsRorALIaq7Ea35Dx5htvf2bQ729ksmlWIGt3EjXlYis6lDMkEZSjIOAOTmlI&#10;pViRXC7C+lpN6Bju3rkDcTQHniZHqWRn6xa7l9OgJsnNzU04fXyggt2oWg1T4AccmoIHMKQIls1G&#10;UZAK3yyXy2Jy/LOM0XgmBIr90TiVzWf/esT2pVYpi8mdWwOPGbh459378JGXPwDZTBZqtRKsVYoM&#10;tHSg2x2IEMHdnW2Y8aTydgda3T5UKyUo5dhj2fnJZK/B6XkDDk8uoNGLYDTlDi9p6J01ocGATLFa&#10;hbU1BmzW14WzVhzvMCDHQEerA+1OD3q9PKxVSzCf7sNsMhYTKHdvyudy8OTdWz9y9vDg5c987tt+&#10;LYXD8fN07XHAO+0N/pNJsykXarX4VdFe9MpxpLpnvPMxp9rMQBN3LG+fFyh6DThQTjnY0X/w7l3K&#10;tPbA2KFiRcvSIELz3wPQHRClP0GSPy+BNBhrW95hCYWuQIMO6zjlF5Ru8rgGCdQpQpEHhgxVxhHY&#10;e+vvyGAvH4sphywR5qdd6ygkXKNc2hA1QnpbNlMHHPggwKUbLaziLynOUcIlCyVoZX6XxabBu+v/&#10;ONEDIo6+g5gi3YcpCz0m5AMZlLyngBWLS90MEvoPmoBloOzA9T4T8EMJkdOnkcBhMXASJQAJOFQs&#10;Aouk1UTUHkTsWk5nU+LBkbA8Vx1D7hwIOhsGs+MhoqsMAF7ooAAZ3OqaWq2f6YJg7Gk8qEOJIqrw&#10;d+LdZbeDOGnyRrNHPTxp4Qz2ekraeUuL54WVLyFGa6KtgY25gNK5+Ba+1NoPKwc9vXDFwRnv4HBb&#10;3wk37uBC9MHoJbrsHK9oWCsAshqrsRp//oPfu19/7fXvwqpNz1eLpYAQ2ykaaXt1leHMV94Y+Mhm&#10;cpBJZ4B3ICrlEty6fQ9OT47VhBQ7BUxshYZ6UmPTGE8DzxcK0Gu3jMDQABVVRMWELvJ9ZVXJ9+eC&#10;AaA3Nze3BW3pPa/Cs9c4eHQK3V4fxtPpd3UHg09lr+YgxXZgb3NNvOagn4HpbAq37tyFKLohVvt2&#10;Nqvwweu7grZ13urCeDxhoISBjkIOGo2WEJ5nsnkos3OTDkPx+8u721BgoOG83oR6C2CCsjBkQKPR&#10;OWbn7lSc02qlArW1NaisVWFvbwd2d3fZtsfCfrfb6cCI7ed8MBB+9uulCuRGE3j5M5/6J6nU8wU+&#10;RMHICo3pcIRnnaaTwxDbcpVToeJYWYwy8EuI1/0wmQrICsZNYUqt9a5b/CPLD7Ihgchfdw8ShaIu&#10;bDlNK4wwdz4Qv0shYYglCtGQyudhh0BElqzjoyWFqFckg7SYpogamYspmqlh0zip6H5hamJCkO07&#10;iDPIwRlFBvzYY4OFrG4/uE/rL4j9LIIf/vd1DLkSBR71BOWQAD3IeQXqrP3bHBAJ8mInFwQSXRcA&#10;3xVrsZPjAx+3+wOKriaCJpf6cjkACWmXqURaPSQTaOjC+QBICtapcY1ysy5cvRBRT9ImABG7aMNM&#10;RnQaiA5rFdRFajsnlJqLUPyWC9BjYrQa4jlxBJhvR3WnkXLBkt1uLD5/WDtsISdMkVILzDlgiKmi&#10;xoIHFrHupDiJ6WJvEBgHLCNIV0DEuHC5i1/u9UQtFdA6aIG5Z5h3i6gOPAcrARaifd6hj6ZTGA9H&#10;L8XK0XHV/lgBkNVYjdX4Bo/T03rqzt3b3yMtEqm5sSMZE62EjXLFlwhOfCDDoRCnoqREIjfvfgTs&#10;8XffeUcUyJp7LAANRoZOZRjNPK2XTWrbW7swG41gygrpIFARdCrrI1YWksQJrrLLUlTGiOHwtWw2&#10;37185QoUCtn3DsLY5HR23hBVaKGQ/xtHB48wD1e8fGlXFMhXL23CeTMjOiRs9mbn7JyBkJlwarq8&#10;U2Ogg4GGUg7q7R402n3IZRggq9XE9upn59Cqn8Ma+7lQrkAmhaGUSwPerEGGPa5TzEG7XRR5Ho1O&#10;C6bjFgTkidAZ4DQHLVx4XoVSuQzFQhE2GDCJeUo6e+1ZEMyncfTFj7/67f/n5//S9/0Pz+P1NxvP&#10;0KTXhemgLzsW1DoTRey7lF51VVbMWvPBr8zIiF7BClXB2u3y/1IYGZY/325KZX4gh+yDHR1AgGyB&#10;nkK+boODi6zwvYpEecoF6SkVzsmdpbBZ87aCaF00L0tCRwAeivAF59SsxCYpP1oPZVyvrDGRT1xS&#10;2gtxThSgoUtAEHXOgW+pi4zDki2UdTyhdvGyWyIJNyq8YMwLSwpxmtBtuEQwC1aQk6WR7CQkiWo+&#10;6EGevsTmhKDF3BIjrMGGsGQBgI0EpH/K6rgfb+iAbfB1Il6XI9HmcI/ZNRQGF3yzEo+L0GNKTNda&#10;3ib5PZvKzBFFPTLXBrWUL2sJrIAusTZq2sKWgw/bGZAp9QZ2Oo5YhCiwR60QHbTmjxhVu6FCgXbD&#10;SojcsZOro7uQrvMWmE4IGHAODlDBLm1MgTLJqOMOjFiAkNFgANPRBMajyd5sTtZzadx82nvpO9Wt&#10;xgqArMZqrMb7Nr76lbc/1Wo3P8RBBaF21Zkvq/HEboxlsmwAyi8ey8ks5AJ0VvSvrVdgY2MNhuMZ&#10;PHj4BObRXCXcKvoHjW09RexEEUURbF/aF65QpoQwfHiinFhoIvnWTvGCahPgLxbLVbjx4k1Ih++9&#10;Z97pj2EwGjNAkPlgpVz8gWq1BgdPjhm4SsHV/UuQToVwY38L6q0O9NhjUwwYjGcRPH58KJLP93c3&#10;YY0Bie31MlTYv8dnbag32+I8FBh4GLIC+9HjRwxkpWFrewuq1Spks2ngWmZ+kw7Z4zhoKZVL0O8N&#10;oNmsQ5MHDA66MJ8OxFc8nQv+dTZfgEyYZoBmAz75rZ9ufvbVb/9bL7/y4tvP6/U3GUxeGbc6PxxP&#10;pgIs8MtF2t4SyWs3ZWOs+PHIoexY0bjWKcmcDwUssKXypISoHFtBOYBD21KdC3UJaR2HFoPLvwUM&#10;bBDICKLVnBNXJFih8j3EnsyYevQhk0GyUIJTz35UrwbTRBsCuVF/agXciL2pD0q84htZzYU4Brpc&#10;W+F2OvTPMfhBjq5BsAFQat8Iol7pT5/yKhqW+SDCltk4IUwPIFjoUizb32R3iTgww30sSQjok6DG&#10;78gg5cLmStepscSlaFGSjryi1dfLYHNOFzshJi+DUq9b4sJF4sU4SgiDcQpSuSxEJGbXdixorfyL&#10;LwAJCpap1TWtdfGc8YKc24jbMEFZ1XP9FQcf4vUca2phZ4vxAk3JGI7osEzlWuVpALEDPNSCkqZe&#10;meBCkM5VxgLYFaCLLgpVAYpgt+F01g3wMO+6pTGKs8s+x/PpBKbsfjMejcrT2fR6Pp1rPq0BsgIf&#10;KwCyGquxGn9O4/XX3thmN+J+oZAvA1Y3bLXsg7GeTOTarRR7x+J3IZv8eNu9XC3DxloZTk/O4PGj&#10;A+F+FZPIcNCFfSexYVN6cghZUV9br8Hje7cN31hz2Yky/dRAQ1MJDA1FrGrhmIGg1za3d+DmjSvv&#10;+fh51Eiz1ePOV+z76b/PzkNhe30N5uznuw8eCRBy6dIOFAt5eOE6A0ytLjTaPdG9yGUC0RV5+OQU&#10;BmtV2KiVoMCAxc2rW+wxeTg4OoOLZhembFsRLsBo2IaLt08hnyvCzt4lWN/cENkpXHjO9TOdXgiF&#10;DDsvpRz0tzZhwMDIsN+FVuMMht0Oe34f2p2OOF+zOIK3/uiPNif97t9nAORHn9frD2OcHdWbOTqd&#10;ilVU3eXg1894ysDeOCtcv+ZkZrQKepVVOubI7oh0wFKFDLb6DW25G6tMgQBhrwSTHQ/bOVlWOHLw&#10;klFlago4/Soyiei8sNfBfIFRpCATdkgT4mhdDmKj6YDFst0BFQi5onO7zm+6IzqI0aIOs2buOSgJ&#10;sISWFlRJqhDyfLTkNoiX1m4fQ9AivSgJQJK6BpJ4XWuSDOCKtm3yOjL5HighcaeOwS6Aq9Bwt+z2&#10;MXwylZFnK3GIoK3RxVQObR286J+1nFpFARZUHxioJz4HcH2/nLef+ufJs+el2hyKHXGK3YfTGYhn&#10;7P4SO69NrE25vIhUF8AJHOHUo5Q6Jt6d1tdFrMNfY4cm5ySWC/cQ07FI0p8s7U+nllNncUBHsHtn&#10;xc0Q0YtNS1PS3fOTCC6kvqbJ/E1bQevuEL+3sHvDjOvIxn2Y9weZ6XR+DYq511eVwAqArMZqrMY3&#10;ePzoX/2RX88Xst/yxS9+8ccuLs5/fDKZvsJv9MViUTlgUUE1CoKUmMfCVBpwOi2WizO5PFRKJaFp&#10;uHP3HrTqdWV9KEs3wTzXabqmaELCwrFcrQl73gErsMMwlEUWt+sl1nxUitfJQrkkpjiMT1Op7Feu&#10;XL4Kuzub7/n4+4MZtHp9GM1nlUKY+0m+n9xqdxZF0E0FcO/BIwG08pk0ZHNZuH5tnwGuPpzV22KF&#10;vVItiu1woXi/P2A/l6DCwEqplIcPvnANTi5acHh0DvXxBEYkzYrXHHSFGP0YypUybG7twtbWFuzv&#10;78EeO/Z+bwi9XkfoUTrdAttmEWq1GpswhxCzIh0Y8MjnMnCZAa+Dr94KapXy2fN9BdJ5/6IBooKi&#10;stTVDjoRmTLwVWdFzUzkGhDiUDycKtesT1OrU3VpJjpST7tbaXoQdrQUAbIlN7aeSbZTgiKV/aHE&#10;2ggZobF2unJl0O4OYrWqjMwKva0o3W6APi6XrkVpIgHbgRZEr+xSP2NcZKcgCyXE8VDqdDQW5L8e&#10;BPHJUMSxybUWuIBsMU0T4CrZBfD/bt8z6nWJkqGArmh9Ed5Qh1ilXyt2hOo00dFJdkwWwucQNV0P&#10;qs6d1Rno4EUt6qcLAM7mfzjg1jkmvl8RWH2Q/xGQ4DmikKCwWYMA1x2K6Jqa3ZdS7F4QsXsCUdbm&#10;vPshutkqkJDTjiiRoZlGuK+S0MVnSThgyW0KkTbGvhNXwhnL6vDsPdp9rFhHIsS5ulTXgyiHNIx9&#10;8Ka6HERn8Ohui+O+JcwoCDULYuDkgiBKfQcrl7KFFHSm2HSCuKXylD1vzI082Nd4PL4GUJbnFrkA&#10;TzvcrcYKgKzGaqzG+z46vQFki0X6N37+5x782L/7Y//VwcHhL50cPvre19964xd+/wtf/JGAAYWU&#10;EJqnbcIwF6CHaSiWKlAp12CTdwtY8fjurdswmY7EBCgnHRkkqINFsHag4VaI0znU1regfn6mCiNH&#10;Aks0xYFIHj9FRhxpJhVeSAbojVw+171y/QqUCu8tgJBPcrzLwZPFe/3BX4rm0VWeVp7Nh4JWxTM1&#10;xuM8PDk+hTmb5D/04nXIhAFc2l5nx12B8/MWDBkoqFRKwgms2+3D6VkdGgxQ1WpVyGZCEY547eoO&#10;lBkgOWZgpN5gBzAjMOp1oXtch0cHRwzIZUQ44TYDImtr67CxsQHbDGDMZ1PRYRmwx/Z7PZgMhjBu&#10;tIQD1vCiCdt7u1/9wb/8g7/0vF5/0SyCSX94bdxqyuwXXvyI9WhZyqV53kBA2emKjEAVOyufRNY1&#10;psDHWmGOVLGNbNYHRQ7lCpTwVI0U8g1dIbFCq614NXCJlN8RWsLbwIm+AqLIozJ5K7MeSPG3h5Z0&#10;Kazdq3aAQnbVGHzdAVb7S1WuRJC0xjWgIukZ5WZwuJ9NN7HbBx++JS1yCufkMbg0KOR1KHzvKmpA&#10;iT1mbApPS58jDpyyWfOug5YLkDwr4wQosq9PZcS4erepm7lCY2UEoK8xC3hx4lxEsKiFAR/CuReZ&#10;cW2jlPpdEVjilqW3FISQyWYZhJ8DFp1DKfgWVrlUdaewchAMsPqMBMoiHZTVbmA6cdhxPPQS0V2t&#10;hgYKCC10MqhjGKJF61TbumMkKJO2yUcd2pe0+OW6QEwXP1TaAQ6pbBMZAU/89HQlXMeuiJ7K/BIx&#10;ZxBhzCg+D7xDPxj02Tw0geFwdAOWdJpWYwVAVmM1VuPPcfzLX/uNS//kf/rHf2d7e/vd6zduvnX9&#10;xguPP/KRl3/zu8uVW3/8hS/8SDwZwHn9AlCYgmK5AiUGOsIwD7lcFjY31xgAyUMhVxD0q8MnT6Ru&#10;RK0i8Tu+BA+OgFx/z/5dZ0X28aOHyj5XTkbGulEtwRHqrl/aMobb4qbC1O+u17bghZs33/MqFadZ&#10;NVsdLjRH2XTmp49O64ISFaZTwrEqlQrgvNkWx8vDBN+9ewAxp3uxF9xdL8OL17YZiBtDvdNj20IM&#10;lBXZvqWh2TiHhw8a4nzx7gU/9Fw6gB2epJ4OoVMoABe5tzo56LZbQi9yeHwO78ItMWHmcjm2rbIA&#10;NTz5nDt8lUslwAzoRam0CD/c3t38h6/+4Hf9vbWNWuN5vf54kTAfjX9x1GhIjjxRJqxKPC247bzc&#10;V5bMeoVShNIt0C7saqsGHsisOKviU/0uQLYEz+EQcigFM5gLdQc4gXyB0z3hP6ccJUfglNHLnKx0&#10;4WQ6Aty0gbq2su5afVLf8HQQ4r4GSkjKjTsYsp0Tq8Vyc8eTJZdyMlqUWyudjU2kcItCK8ZOQhhY&#10;kpKOTPgiSRTVVouBE2cjsWCAAHyvLKcLBRpkUQd4UM/2FyX0KXQh6FFBKESkNS0Ck02CPIWH1WXo&#10;DprW48gUe3AS2NGS9y55/A4tDSFFAfM1KTRB6BKAOExDKp2BKIpNdo64j/JCPJB20TQmAmTITkIs&#10;gKmAiEi9C4r6ijUQ0vdhoCZzQ3cqdDcEJRZxsKJlaU2T28EwblnU0gXtpYcNqLFudrbnJWhcGhwZ&#10;IBqAwqLG7tfQtLC6frVRhc4gAemahglWtsTs3jIaQzyecROM68Q2Y5KNqZUd7wqArMZqrMb7M+wE&#10;EEUEXv/Saz8UzSZ/6+T4CTw+eAi/85u/1cRB+G46HfZCBjpSmSxkY3aTj+Zwzh5zNJ8L29xKbR06&#10;7TqMRwO4fnkPThgA6XRadgJF1Kzwms6Gk2ybYgU0F1N3u6L4F1Qs6kxo+uZvyAeGAiAnLYpQlE6n&#10;X9u9tAtXruy95zPRHUxFkGA6l/tUtVz6bKM9gNsPDuBjH34JctkQNipFyDPwcdHoMKCVFQF3B4fH&#10;MJlNhUBze42DBAYOilmot/sMSPRhGkWQYcc2m0fChvf0+AjWN7eErS4HFIHgUETs35IAI9ViCXq1&#10;DXb+2tBvN6Hf6cDZ+WPR9ZhNhkDmU1EIiPcjFUKluAY3Ll2B2vZa4XkGHxqUztn5n7Bj19z+iMhA&#10;Pko1hY+oZHR5EREFRowdKFhHK7tcqtPM9YquzqFBVhDLk+kZ+EhBWuhOQhSy7wL2ihNLNUkUjLI4&#10;FCWMKuSQ03Ww/3dyEU3age5IgFkVJwaYYLpo97psFdZ1dgKH2pPs3+h8CqSqY0GvQZIqhhMuUQh8&#10;q16cAFHEew2lB1FdFb69CFEvGwQnPmPgqDaepmsAT2/iggxwwglhqbgd+f1TJ+eEOPbBi9norkGv&#10;7igZdQnVGSyxYpsFChzFy+2Gqb9yHqgOiOlseefUP0oXrFm66tPv3O4eoBSDxGEoE8qVcXQcz+T1&#10;rnh+MlUcGYdBeVuWmg+qHRgccb2m6pkrADmgHrTdrwUZHiBByyluuhMHzgIBdrosEiyozkUCBbi2&#10;wK5jmMkmUXoxhLDz2bN0MbezgxXdDIdZGE0mEM24EH18I6bCw2RK6IpytQIgq7Ea/9aW/d/0is98&#10;d3x8Affv3/9ePoHxeSOdFRPZOtvZ7+Q37ihixSF3Z6qsQS6Tgc29q7JlPeqL8ME7b7/JQMljuPXG&#10;lwQdaz4dCYH6bDYXlrwMyEgalqZUqVk6Fu5XlxnoiMX2UmHozFTUaCbd4CugNiVZrGIHwWE6k3v7&#10;6o3rsL5WfU/vB99+tz+COdeszKOfKBbz4bpIN2/Au7fvwSc/8QpMMylYr5agVMzDRb3FQMUc0qkA&#10;Jmzyenx4wsDLCLY3GLBQDlhV9riD07oIHBxOuLd+ASbDLtx595bITdnZvQQbDIzs7xVhNBwz0NGD&#10;TrcHOW7Ny87/qFqG0WgiAggF7arbgEm/y7bB9jOaCceabC6EOjvvRxuVa8/754IXBFxgPmp3pIuU&#10;cczRwmf5H9JdtSX0DKrE5a4EWQMSrfPgfwt5ZgLYFVYsggNDZTHL7XRTII1/rabD6yrwDgjF3qr1&#10;02hS2h2KIuqApOX3AkTR1wEaSYWGqx9QlBZH7qzLxtBL09AgYPmdwJduwyI9yBhCOO8btdvl2Scx&#10;etr2XGD19M6GSylzMzr8yEVLaKIJJQl2XkEvWmBIZpC7BTH10ukp+MGGIlFb0UA5b8f2xXxHPp2M&#10;rmt3z9Vqyfn0KVR+Dghxi33wKVfElzUYOmyYlUGwPJhUE7t4RzkmVIV0KsqXBoxCI0IMlREhl8Bm&#10;i39NETSaHEcH4v7rXa/csp3agEBBkVKdEW2NixywQYnNHHFteDWw0cAh2UkBp3spc02cVBvHNUs2&#10;iSxoktoWKu8HAYLBaABTNlcN+4OdeUTWwhQ+dZ29VjSsFQBZjdX4t2I8i6sqb77x1ma703o1zGDJ&#10;3SWa+qS0GuIXvIXPHVYI5AtF2N6/DGUGNgr5vJjwSvksTMYD2GKF9ZX9fWh32nB0eAS3vvJVePzo&#10;EYQMhBAeZMWT0YmcACfRBPYuX4X6+bkMjlOVHHLCsoixVERmhREr/gyfSMIw/HKxVO7dfOEFyKTQ&#10;e0qvbbVHcMHAxnwWb4Qp+lf5ZLe9uSZ4yF0GCr7ytTvwyY99GPLZCGq1skg9v2i0YDAcCherdDol&#10;uiecttVjwKNSLkAhk4YXruxCrVphAOUMTs7rMKVZiIIi9LodOD17i+17AFs7u7Czsw3r7PU2tzZk&#10;yGCvD93BQOhR+v0CjGslmIzWRXFBpjMI2IRdyKXhxetX4Oj+AXzbZ//CP3rePxfT0QRN+gM8YYAr&#10;r+gSWvIcq+tP64l04RUovryJFgA3cE8V5sgWk+7qOzb2utKxil90AU1DiFIiYJD/F9PZgmbDL6yp&#10;oXVhSGoq/GfIrgdduhCxzIr1T/see6v8tkB1QRHVQmqIvcC/ZfoS3d1wwQty9Bjuq9Ml6g1XLB17&#10;om/0FPtSS4oiiSIdFihcSdUMQFLIzo8RO7JulOiWWNUJKLBmnc4IuAGBBFyynoEX1L7TFGIHhvjn&#10;MrBMpgURgfsj+TrvP3beywW9B1q8hviRRux+g0OsgjqJyFLiC0di3wNJ5eJ0RgFyqQoWVI5ofENh&#10;gL1UdxEgqGhRBPmcJDcVHSU6HWI/CfGvL8ediirrXdPFcbsZSrDu8p1MVyWx4KA7GTKtnSTmB/BE&#10;8h5Ick4qf27MtsMXkeLZFKLhKD+bTq/lU7lT3R19NhcPVwBkNVZjNZ6yov6sA47keO211z5HIdrC&#10;kFG0FxDBgvwGTdTNnE9o6XQGMums4BqHqazI/+De89euX4dPffwV+AoDG7/9W7/DCvkIfvCHvg9+&#10;9j/496DTHcMv//KvwP/xq/9cFOw8T4QGchJKZzJQLhTgwde+KrskanDneqC+m4kVgDpSTrZfqSD4&#10;rc3NLbh+/aoz4f3p7xFytn3w6BAGgyF0hv1/Jw7wXi6XEc5Vu3RT0Bp6vS589Z078NGXXxK5H1vr&#10;VfjQi1eh0epCvSGtcLc2N0RHp93pQot9cZ0Gt+vlq+2XdjcZaMvC+UUH6vVQcMqnMYZmuwXHp18R&#10;QYM8D2RzaxvWautQqZbhcmVPFDhzBjgmDJRwG97RaMgmyTGMGk0GRqbw+O7D7rd857f+0nd8z3f+&#10;8vP+uRkPJ982bbc/Mx8OBDjgwYLcCShUXRAqjW6EuBZUMR9T2/FAmlKlMwgE+JAhlimeXYORs9Js&#10;i1hNi+HZCYHovMzZ+5kTRQ0vOrkmZEKnCzarkn6kClpqszKsGiG5Ck4XiuandSGeHtSX/D3yHK/8&#10;bbkQwF/VB0fcnfSXcilUiwGFNl1d29O6n0uj80L+XmsdhE1wR55lL3a6NMjp7xCvw4QVfEBmGxS5&#10;QAvZe4cHe5B35lHiWCGRjO72WYhKQbGifauLEcYYsGhbrIGNdseKIelitUzJBt5jwekO8PtTvNA9&#10;8cEsB+iY3YdTYQri+VwW5sqWmr/yXDhEOfCO60BER9p2E4TmygB9ajKezLlSHQyhKeEdDkef4drk&#10;atAA4Gs/pNjdUrlcShdVgYJ62y5ViiactZI5HwibBEL2twA8Cpl7/arui9CMEasx4Z3k+XgG8wnP&#10;AxmF49n8WhVyf7R03qA2K2g1VgBkNVbjmexw0CXFLqH2xqUX9NHXKTC+UaPZ7MHXvva1v5hhoEIu&#10;XMkbuSjkAizchAKeeM4K8TBMC7vdXD4nhI1yIpDPOT2/gIcPH8PB/Xvw5htfgl//9X8JH/3Ix+Bb&#10;vuUTsLa1Bp/89KfZ325Dt92DyXTKbvYTsep29PgxTCYjab+rJq5IrVIJq1UUq0BC6nOOBcUAz9OZ&#10;7B9fvnYD9na3/n8DROS8ByQmDCT1OSjADHT9+PHpOQMPRQjZudhcL/PXEPkf4/EIbt25D9F8Ljov&#10;qVQNrmzXYKtWhrNGmzuoCIH4+voaAxl1ODzk4YVpqNaqwp2GB+tt1PKQYdsrFDOQ7xShUKhAq92E&#10;dqsBDw6O4O7dhwxwjCHHHl9kwKxUrggL5DwDMrlURhSxw0GPAaUeZIM07Fy78fp3//D3/dK/DZ8b&#10;TKE6ajYydDIEyo4fmaJdrnBSJ49B8tqpcR2SxYkjEUbIiE6F3a52J1IfsgD5q+wp5ZYlsxkiYQ0t&#10;0y54/F1WpH1oEooTG8gKP/k8vtAcUH+F3td+QKL0p14ZvCwn42kZGlZG7RvM2i0ZTyzVjbDr+4EJ&#10;saMJLYT72bClO3VKeeIcNygLWgtCwBEW+3DKtftF1EmadwTbfrZ3EjRYmpGCfXKryE/QQI4fFzKJ&#10;HtgTtxNHy+K+EnU0NHQpQcwNRlTOWmznIwQLHl42/BC8gEv3PcRqK67aJTlnuBoQBEsMklWLJdZX&#10;VjotFnR4h1pYpqvuggGBlKh7ngbq9j5qU+uxeTGBRSjxaYbCRs5JF0dLaHSOS5ZNQbcaLAMqnGBN&#10;TckKFbDR1CltJyy/p8oVK+FMZ0wlpKW748ctQYYD1jWW4XMaVk5dhN14ZvEcxpMpkGkMk9HkGqyV&#10;V6LzFQBZjdV4voGIt4JpXHt8ziwsWWn8evSL960NrDb0ta/dLp+enb0qVr9wAHEUw3Q2FBNsmk1q&#10;QSYtVv1F6CCb0FLplAAh3H0pk81LUJIKBV3o7PRUrMJVWeE8G4/h93/vC/Bvfvs3xUpcsSAtfFNB&#10;yP6eh6CUk5SFeR9q5aIQAgpfkzAQwYTzyYz9OId4EoOWW2JkJ68gFN2P2/l8/t4LL9yEUjHz9foc&#10;T32PBpMIhtM550t/rFIpfe6i3YVHT47ggy/dFBPVld11BghS0O5mRIfj7KIlnGa4sHx/Zw1qxSxc&#10;29uA3nACZ/UOTNjvGSiCcgVDj4GLe2enUCyXRXeDd1YkvyESkykHIzz1vFatQrc7YECoA+3mOQMl&#10;LSHmHw04WBsDnc3E5MrPI584s7kc7AmxenN9OvkrGbbd6fP+eWGlTjxoNCCeRQAZvcIbMTDKXX0C&#10;p8xWDHcnt8MKvm0RiJRfqkhU1yvwyKFpYF0MqzBM9p9M247YcwL2ujOhbwhUeCEALHG6is22sae1&#10;UPatuhaiy+L9wAMPX+8eAk4HQ28FeyGDvoLBJRMhJ3DPFprg6ULQAtHKLY6J8qRCjv6DKkvh5ftr&#10;3a2oKTIFuFPCff9uRj3gQzyAlbTFtaQwYo7O7dn4KhFw9B3yfcLOu4DMOcUL74GlXgU0SMATbe9L&#10;bKI5lbLvGFmKqHHxW3LdUHA0Fcm7le7qecGUix0bagp4RUdk9ygsNB9EaS4C0R2gRDlYYTsPqYtS&#10;ZIfInYxUdwEboC87Dcgvwqlvl2sF4cgkklMnYNB0SZSbIUYu2JHnSHQlHME38Ry2HHCNXB3WoibE&#10;75Ao0Og8Bwz1C7kBQYIWzNVe88kYZhPebZ5dXlUvKwCyGqvxXI4FDmsChCBASzsmaAlwQeB3TN7P&#10;Toku3P74D//ok7lC+ca3feazUGGFMJ/AxsMBNFkxeHZ+Bq1mU0xQnFvM6Vj8X74yXMxXIJtPQ7nM&#10;cy+q0Gy12GNbIghLHn4AKTYphimJvOasMJ+JQpqyxxKora/D3s4OZFlh/dL+VSDseTyF/LTVgM5g&#10;YASSZhpyC05xIjGnR71WqW6MbzIAghfeB/TUZGL9DZ8ru70ROyZBLfiJUqEQbK3V4PSiDgcHj+DD&#10;H3pRFKpX93egWuxDo9ORfGsGRA6PTmDCJi2eA7JeKUK5wEBHYQfOGz04PKtDbzCCOU4DCTPw5PAI&#10;Hj1+JNyvdnb3hJ1utcxTzwcMbPSg2w8gx4BXiYGZtVoFxgyMTQZ9GDBAMuj1YDYawnTcF9kDBQb+&#10;rl3Zh0xEYG17934mm37uwceUTfzjwfjGsN1hP81F8S8dm2LHWFWXmXbp3P2MKB8pUXRkWPEVqGqP&#10;u1qllGZI23sGukhB1DhBcQqWWTGl0nFLBtrNzQp44JWmuvwElSqOlURbStkxslAjVsJfcICKdKJC&#10;iyF4S+4N4CWo2224md4edccp1JKkr2XaE1gS+mc/eegpxb29h3g6B0WPw5oLaVyXHLihWpA608F2&#10;OVSHQInZqaf+QA5dCwH29iiZ3A4LgI8+ZWkCLfReYCGRXv4uNq/qdrTMvUQ/Up0Q12kcYNEJChLv&#10;kbbsdZ2kXGeopHMXcUAWYegizObEX7iRBqVS7SLE4zxPA8v3KlI7RNx0QWoBgwguxIGX/QIy6FWe&#10;gShWJg72bvv/sfdmMZak55XY+ePua97cl8pau6uqq3rjIonS0BQlktqoZaTxjMaGDMMeQ36xDQP2&#10;gwfwPBswbNiAbWAAP9iAHzyeMWDZwNiwLAlDSaQoNtlNNnup7uqqriWzct9u3rz7jfj971tE9sYm&#10;NVO8ARarOvMuceNGxP+d73znHM4G05gqiBmKi6ijhyFODooUjOtrBDrDJ0dsQK1a9BIanqXKaIBS&#10;s86mxrLU9e0+N1LCcwmuItPQ4p+VW3wP2P11NOpzM5SL5txx0t29ZgmdjmFNAch0m27/0rIffqgV&#10;+RAGI+v3IXD5cThxnJ7ybI/j3/693/8DVGsNUeBy0FArl1Bmf1qssD46OsYf/V//t0jQPWHgYMKA&#10;RIktdnwkq8Qeu7A4h7n5Obzzzl1hH8sBTJJMxOw9v4Hzv3PmU8qRruFgjLmFVRQYiHn91e/gfVbM&#10;X5hbwFUGSq7UL+Pg8BgP9naxN+qKRZnrASS9LsOzeLctivIMgBT/ZOXCRVy6eCGze+ymHrujcLpD&#10;ftzuYuPJDgcUM/lC8fcKDAQsz8+yRTzGAQNUd997gBefv4FSheLixWXMztbZ8ToUYw7cipcDkc3t&#10;PQY2+sohq4LlhSYDZXUGQg6xubXD9j+PfGUe/c4J3nvvId5++47QeVxYX8fi0hIuX14TjEq310en&#10;3WGv1UGHgZdut47BLGeShmxR5KnnY37gUMrlsL6yiG67c/abf++3/8voKZgTSHh2wWD073fZuca3&#10;MU9r5mOAapglUcWR0QKo7rLbGTeaoEiWZzFkV7pAZPe+nGuw77XrFXTEAzAJRhio7Es+iDVGiT13&#10;pCbziVOi2wKfKgtePepki/iJen/jgqSLIgVGpLOQLZIjkKDY9BkV4qWLJ06hTUBTvXLfzcn9vEkG&#10;Z5E46gbbnZe8hxWHp6MGdbaJ2yghmcCEAy4HSqiiNCFh00WZDhA/R16/v68VCdPUz2OTEgUXSQYA&#10;o5m2uNxq1zhhCDiZU3yH6yOWBn0uEKI0Ww8YBkiG41kxfDMAinRSu3b7migUznVRuWJZjIuOJ9L0&#10;l18/POsjIWoITrg/2VBEne4u3aPUlSUYkMRYDHisA7swRE6T1oG4FsGRBDJaeG9S1V0AoICo1l8I&#10;wbmlN+wxU+GLrnCcED9DynMG01a+zvvxJpnMlHLJG3/MjzMy/Jql7DMXechsdyDYV3avvcjev8xe&#10;ckCn9ldTADLdptu/WuAjTWNkgQ6a+offsaQO6qDEt/UEyRq8yOJisro31q99Y3Ov8sytF75SqhUw&#10;GJwJ+0Q6ophhBfSt565hfXWJFW0U/VGCb/3lt3CwvY3heMwK5jEKlRJmeGL38rK44fPwwV63IxYn&#10;KWZUHjwkMl02a1HF7vCVGjYfvi/csfqjEe5ubeLe5gYahQKWShU0RKctj6Nogg5bTHk03Ji973g8&#10;FplVuXzhrFQqfvfKlUtYmG9kamnMQI47q+78/gl3rTrt8uL/V/JlerVYLWKmVROLNNek7B7sg9x5&#10;Fy8/fwtF9t8r3KlqtomtvSP0+wPUmw22/4QdkwkeM7BRq1Yw05CuWAuzDVQqRezvH2Fr91i88ZB9&#10;kacM2Dza3MX9Bw9FJ7E108Li6rJIPm/Um2gx0MGLWm7zy9+jy4XngyEG7TZO9/YEgup2e49++Xd/&#10;4/evPHvle0/LRZOMRsno5IgBrDIrJkoYxmfSjhfWbyjWFsyEwnXiNQnfKhF9xG1JdfddzbtX2LEd&#10;tXuiT+smlOtCip8nIwZyiuzkislQ2ohyEwBIAC3DByH4EOIIr4lT3NhCNEpdh7LOUuJp2P3WAIbq&#10;3+ncHMLzRdLSdeKxAf7ru4JzzRYRwNN0uEBKj0mFjEiUkrbb0i1RGSJK/uIBI+IJuqWzmA5ajPR9&#10;y0Er4vMRO2yVM+SWvZotQ+C0ZbzgQ7/pE4IZF1iFjmDuc10gwwt3wI6LmYJcnT1UMV/mWcGNRb4G&#10;NVqz0MnKzfDIDiUMTX59xsTJZDX/LtSrgvWbjMYqiVwC50iBi1gV3YadV+sL0doQdZXFNPaMi7Xr&#10;gPjsNFH3dGLSy4lxo9JNAXW09SiZZl2oTSbX1r+gFmK7blWumJ04n9GAT6Lguhqlok6AoTh/c/bK&#10;yKnPaZzwCIztrwY+CVtfuMaPxhMuSL84iWktrwAIIeesrlONyBSATLfp9i9lR9ebac2gOQKw4orS&#10;vR6oyTywNzt/Qc7ewqUtPWQgt06nd3t+qXX7tHfKiq8xilEBJDfB0ekR7ty7j95ogrmZJn7367+E&#10;aqWCf7J/gK0nD9E/6wrBY6lcQ7VcwS4rjJ8w8BBz+j9WNo6i0IrhjXcQ2a4rltlimY/QFoGFVEzf&#10;ixEWVrAcMzByNBwizw4KF4LzGf5asY4md4damhOakwlbQLa3t9+oFMuPb9y4zsBBlGKQPPFmsFLo&#10;Ti1nGrjVLluw/mBvfx/NmZpYZHmOh8jZKBVx3D7Ga2/ekQ5Y+RxWF5q49ewFHB6fsT8d0UGbaTbR&#10;7/VwcHDIAMcBe50mAxMNsXjVq2UG5ObRqJYEa1JjPy93WmgfHrE/B3j33kO88dbb4pvlr18uldFg&#10;IKZZ50npZTniwHb4mL1u5+gQdBIzkNOqPHvr2TefluuFfx+jfj/pHR6L2fWESMZDj23EdGKuB34B&#10;JEFBRmj6/I6c0Qw+6tHvdBjggxHihiJsRyKr+As+clXksMS7evJemU0dVygH1Dh2tZFT4motiLl+&#10;g9ElEhSWiV8Wp0B24uwz8TrmNBBf08zRIvdIWucn2fF3C3mrCyGyYIWbLeEABmWBLJ2NqHARE2Nu&#10;ARsgXLC8NHVfhh0plyw36cM7AsRa1eqhqCQAUtYa2YVsifrew1cNPcXgcLZu8gcM90FcTohkj9Im&#10;NH3/JQEDgoznUdici4hquBOwWM45JxQpRa4BkdeNYEi401WcCMZZAItYDYmJAL5EqcyJDULiwDuJ&#10;FWhITLMqUj/X/TDZAIhMZod7sDQg0dqQKNVoIwZsmPEpCvN+br5HrJ5vktWJHzQpPpswSYlstpQB&#10;LRbMJDQDyhF7/DjRFedybK0biDHgQX/YHMXJcqGQO9TMj4NVPkKLb7pNAch0m25/U8UU7IiPO+5D&#10;3c4VCW5gJAAsnt4BniUt+ZA7n/cejh+99UeXv+LBS6N48ms0mhT4AsNF4jxhm9/cq6wIPjg+Qm84&#10;xt/51S+LAv+rv/gzeLLxBH/0fx7g9OxUFNfLCy1WVFfw/r33cdpui65bnExsR40XkTpUMJJz8qNk&#10;hLnZJXaj72E8HoqZY6ryRoRbiqLph+y1hpB2nzm2OMTdM1yavYG/+/f/Pn7hF36GgZ7dv373znvj&#10;689dN0WsexyzhP1uEcTthsUxGE+usmL/K1u7h3jyZBfPXLuIEtvXy6sL2GcApMoAxOnpKd5+9z7G&#10;o6FY0FbnmliarWOuWcXewanQrHAg0mg0cHx8gocPHomk8sWFJcwwMFIu5pFUi+z4VFAsRAy05TFT&#10;raI3v4A2e+0T9pz2ySG6Rwc42N1Et3eGAfvDvelFAnMiRZ6Nag2r8/OoFIr5eBKX2Iv1noZrpnN4&#10;emPcH6z32XEsRXI8A4SYnA8IS15bpOoCFgHINOMYUOJxFT4oRqHoQDpjqRMiR3COiJqoPAf+fC5N&#10;H3vJ2oAOjCYecwnokSvXGNY/G2nQPPDGx0xhGhmb2ay6SR+FyGlGuDAlyeidkyDtO+u9rS1xLpW5&#10;4Y8z+qNAcETepisewArXFSxywu7MjcmwP26CCwlGyKhjhetfy+FnpkGQIeBrNjT3EwU3WSNJIMSB&#10;kNR8L4kR5VPP9jhklxJHtp58hCI183ipfZjAF67r+7gPNgnKpYocx0okCEiU7kmzVNKxLFJgXY1f&#10;OZqISI1XUbdho4CkBpwCVBLfZNo4WmnQr0endOCgmwHiGrCY38uxWlDqpJpTM0IVhg9SZecLZS5B&#10;EzuaBX2PUPklcDQ0AuxEVsOj11n5/mxdGo6Ew+Fo0MtP4vgKCrm3zVlP08YxnyRvagpAptt0m24/&#10;/o3Ye6JXHHtDqP6i4/mLhwACaiSZOKwIfDtZ9310IZ4EXebE3otZUd2L2I32N3r9gVyuiewkiY4S&#10;d1oql9GoVTEcDhkAqaBeKeDa5TU0m3PonJ0IsNKamUG338fO9o4QrlNTJCbWhpTaHeA38Qmr/Ofn&#10;F9FhAEd/JhFGpRakmFLVnZNUOf/dhEwwONrHn/3J/8uA0SHG8b+HL//i3/rTS+srSjzpAzXDFlGc&#10;m+rM80mGI265it+pVkvNpYV5bO7uocRAx41rl8U89eX1JewfHaNULAhwtc1ACj8e/f4aVhZbaNVK&#10;WFtmfw9q2NxhwKw3EBaYhXINRwf7DNBss2NYweqFC5ibW8AqBx3seB+fdlBmoK5fzDGwx8BIs4H+&#10;0iKG7Bh2hf7jTDpgsb/jcU/Mc88zcPP8czdRy+VRbtb/11KldPK0XC7sO/7ssNNZS4Y9WcApvYce&#10;OYwEQ0aESiMJMipsQSy7tfqakOLznBEGG6tVQjK71bECLcLNSIxdRarkS4zmw7oe2cfJjn2quQqf&#10;k1PdZkd1QlPxejgHPGSDkATpZHQ9/JUExXkUwG+a4j3UuAqs9S41OhA4vEliuvd+aocGhs7tSzn+&#10;xXCsUjP6xrIYJEEqiWI2dEHqsUEB25zyh0IgQ0cmE2zlBxrsBXnp1M/bSNTolu9g5vqF+a+v70OR&#10;w4SEgNUFov6yQB1Ql7bo1fc2U9az87xSqwktiLCnVpazcow3MWN0PGopnmjr25wakbP2tLJmd4Ic&#10;HTYBxuRahYS6OguDASTzITFAwCYFwYCGldLPMetZEG7oMhsGY9jRL3dsi8Lptjnv676WBshivdNh&#10;hISbpIzEeK8IJByOLqNSNJPDIOePXE1HsaYAZLpNt0+Nufh4zwDOmw9FmqE2/+2yHqaBRDQIsQPO&#10;jqGhabi6r5E4q5ZLdQcNWtupcVbI4/bZs8dnnc+M+Myw7iaJRNycvLnHcnRl4qTa8lC9aqWE0w4V&#10;2RiNRg0PH25gmxXaXJ9BxCLt3JGJk1ytbvwc4PD09J1H903oFJRNo5nj1Z0u5XgVU5k5wOeZX3/1&#10;e/iHd9/d/71//d949T/5T/8DVsDnvEqSUATBY2apMyBvMBjjvfsPGZAY5dnr/5u8CJmfm0GfLUBc&#10;VF5k4Oq565dQZSDk2qV1HB6fiD8RqQogwse1hmyhajfrWGzV2TFhoOXKKg5aM9jY2mMgY4RidQZj&#10;tsjvssfef/hQAJvV5TWsrq1hdraFhfl5Bi5GOOv22PHsotPtMtBRR3/Q52MAGLN9HAy6rEZgx3U4&#10;Rokdj/i0Cyy0/vi3fv+3/1FEyFMkkaSTQecUk8FA6SoSL0zM9lwjYZQA+MUhcTrWHITklAVnRNQI&#10;jcgDkeBWZoQ4v3OKb/6zidAiEBTF9TgxxbCbop5TYF2f6iRVUOpyLZGMBnU1G/BCEP3ClaQ64u7d&#10;JvIKeZKynM3KjAiDBYkykSUOONFHMg6uG+qNbyXwDR3saJJgKoi25vUNdAm1WeY6rDA019XvpPNB&#10;TGYD8Y8IOacYz2IQwt+HgDVSoIfnDBHH2pZQ90ha0Tl18lOoyVZRY1lUamN8QTz17tce4HKYmhBM&#10;umNtkRc06Te1DBgWon12zlekDXkymQixuSjshdVaToyZ8oZKwu7RKnJcahuow2bQAB7TDPG3ExrI&#10;NXKhDS49pxo3o5AKNPhgBI51rsz48fQgjq2uewD8JHbXsYp4+6QBrCue16Glmk4SDAi753L9DB0n&#10;GI0m6zTVBMh2xZqCjykAmW7T7W8AiJAPfB6lGZ0SOCO37oLpgAuaOYlsGWaCDHBD0u8ZWkA6Y7cM&#10;VFAcn5x+uT/o1bk4sJgryps0T4zO5UXeBQ8m5MWc67I06A+kqI8tany0iIuot7a2sb+/I7ppmg5P&#10;aGK81wmxi9t4MkKz1WLvQTAc9u0CoueA+eMdIJLojhUh0PV2uVzk6emvlEqlvbwWG9J0R0ouOrIF&#10;GXYgufvX4ckp+qPhZ+I4+VypXEK1VsHa0oL4/I83N0VBdPvWdRQZ0Lp2aQWLCzMMeJwI56tSqSCO&#10;6km7je5ZFw0GROrVinjslctraLWa2No+xO5BXpS2o1wJR0f72Pz+D4DvfE8EFi6w91pcWcXC3Lxg&#10;QObnZ8VOcxcbDj44EJkMBxiy1z/dO8Kwd4b28dHoV7/6O/+oWqu2nyrCkKLYPz4F5YxUTop/Tegk&#10;8bu9cAo0PXoVuZkIuqgg1p1Ki9P5z/JBxRB5nXh5beWJVBXEJlhOvmteB79RpSFwmgU2YZ0YlkC+&#10;irL7pNa9CF6qSXaxSTLuQ0kwSETPsfQ+j2GBI1EH0ra6bnfetfKlTjyfH57njNZQR1tCtJsUddLT&#10;/TEc6ow8mdExSvwCXt0PE5IGF978KtL6L/v9WmthDRbEOUWoGU+i1tlDfZ0OqqTEy0zhgHJiVBk0&#10;xTQT5/vMciCLnX9LJyt/LdDnKRTTkMl+wG84xbkEhXJZdOyFBkQwypKFkLa8snkjL6lIhBJay2DF&#10;1bGfi+BX+J9fsxp2JEre52lkM0M8IOIADfd+bDNGnN+rzypH92QOldHIsMfEsUxzF6x/ooFJYtYN&#10;w5wQ17FLp6rHNqckyAnRzHyktGB8XG0UT0R21Xg4xGAwvCAPDVHrkdNPgx8umdZvTrcpAJlu0+3j&#10;FkGfgPsAsjUHH2XTnuTmXhx6xutZXzcDxBlz/bD9Ow8QifC9sz5OOp2/3en1RDCgtESU5cpoPEKl&#10;VBbvVatVhfsT1MLIC/d4krACvISlxQX0WYH86OFD9LpnqljIsRv+yFqcqlEqXXCNhxPMX11G97SD&#10;JKZSFOwsDnxl5cVdInQkyhxe9WnFIsoABxcpV2v1b7700gu0mCceuHBCeM3xSjKOVX8wElbAhXzh&#10;93YOtguVehWFJCeSzyk76BxgbO/zUa87eOn5G+IYLM/PYHm2IcIGTzpdFDhAAxfyd3DwaBPVShWz&#10;rRkGQvLiO11igKVczqPdropU89kZHjZ4goP9Axzu7+HB5utsH74jjgH/DrjtMX8cT00vFQoSjI65&#10;9fE+jvYO2OLY4+nnxd/qD2afOtDP1vhhmwEQBlBpVJC5BYkccYqU+46cwVcBZabRqspglUxI5Gi4&#10;6cpr1kIyHjSV/+AyEhFcICELxcRxkcohSKUm1grXei35ao9IARUtM8jRKKNABsKcCmSyIjSj0A5Z&#10;D+KJxpGZL55ul2T5ZNDAyiIJhpuoAV+2m5IofYBhBBwtmwSabmq6s4fKMYpQn8nR75MEYEqPTsEb&#10;YSIZY3kWYBm9jNHfJYpRs45VbrdG6x64MUaOEjNyReVNyoAjnWtCAw7KhQ6JA+h80KECGuGmjbtF&#10;vetVFugILTeOCRd+F4tCmM3v5blCUTgTastaztjROLZOYUKZrsaviHVW5BlOUcgqOYCCaj1JZAt+&#10;XeBnjVgBflKLZiiol+1BzXtI1tsHNPbcVC5cUWQaDfI5emcTxTQmYg1xQYnPS1E7yqy+QT5QOeb5&#10;V4OecHgcDYcrCk9T6iwo8q9ENjg4cEkAl9CbgpApAJlu0+3HDkQ+6Y3GAy6O9zmQwWxQqpUUrvmL&#10;LVxI4DUfFt8fsB8nJ53VTq/7BcFY5OWNmieYi5A2Vgxr68IiW8i4/kGwH6xoP213MBgN0BTBezVW&#10;SB9iZ3NTLmZ81jiJ5cLgqexlgSgXk0Q4RG1vPJJhVnrhUq1n0cFLEkOZW8/2xCwa+VyOLq9d+LPr&#10;N5/1irgsXHYeThuOY4wmMcMd5b/DF7SNrV3cvHZZvP7FlTmU2WJeZYCgfXyM115/Gy/cuiE+0fJs&#10;Xfx+odXA7tEpznp9lCpltnjF2NvbxZMnG2jNthg4W0RFvEaBATbupFRloCJClQGLmVoDy8urOGEg&#10;rH16gs7hAdpHhzjY2seo9z6G/S5bAPtKJEpQZs9ZW17GZ1/+DEokv3nt+tXvPE3X25CPm/UGa0N2&#10;bhVoLBiLmMpiYcJPT9UxTZQdnOkKO0UYHw10x5L0mIW+TsLBfOKcnmFoH1FgQ4e28Wsh55TzkVPc&#10;Rx7QcTOeg7Rq6qVMfCSW1e98u7kY1LPJ9R25/I47QTpHIty0U1SiFC3EHBGYEEjiGcRaEGj2wFCz&#10;tjAnrl0utWW5AYWOPkvW81EqD8VqSTRIIc4xzBrOIqnk8RBumREsj6mxid3SGYoGx9rNXEk8+1jT&#10;LIIEVWltDjxT5iTYD5oG4wp0wVOGyPNSgpcUSOXMQS4S47JxYveHs7WU2jx7movUBCO1jIT6LJJs&#10;TAcyapZRG0OYz6HYB86M0IDuN3a4qiPgulJRPQrFgUTksxiA1nm4om9q2A/tHKcZNN1kItq62rVL&#10;UIujfo8oIsalzR0rk4wpFWYf8XDEPidh998JByBV9ttummV0BuymiGMKQKbbdPuxdGU/ITNC8BFD&#10;A4MqhKYRygcXJQH4MBkh53ZS5UvyBero5OSLw3FvgY9C5Qp58WKFPM/ZiFHkLAP7w0XmvBCPlJjw&#10;tH2Gk05bpH+vXrognre9s4uj40ORJOtZLLrFnipHuJi8XKuygjqP7mlbCn21DSOhJpVM/htm7te6&#10;6qjZ42Lp3o2bt9+6sLpkPl+ScciyBKf8o3S6I+zuH/Fi4Yskl7uxOL+ABxtbeLK7h5u1S8IK98r6&#10;IvaPiqhUi+gxkMH1Ity1a8g+9+JcE41KAVfW5tHu9LC5c4R4nKBSq2PYbuPe+w9w/717WFhYxNqF&#10;NWHR22Bgrd7t4rScZ+/Pjms3j2oxj9lGFaOFBfR48nm/j94ZA3i9HuJeF3E8FCF6rWoNz1y9girb&#10;r6vP3/gv6o3a6dN0nY1HY4wHwz/knz3RwuVEppfHQsRMzQgWCQeTnKyFfGS74XnlfgUFJsIrSf8s&#10;suaytpgxAF/+NO8ADWKc2iKD9HWmQ+SMVUXOncPP4LBub+ddp2mfChp0kknK5Yl4VrnU08fYoU5X&#10;PxJ5zl5utnj4HJcVSlJuF9QAGEr98TDHmTd1TyTwhekJLABwTJWCz+5CTMAdDAP8LI/s45ghEtf7&#10;R5yRMkJMmrv75ETwu1Teprx8CKq66e6IFIUfJJluMLksdcrNjPpuYHrfXBbHC/lj9+pStabGVuUI&#10;rMjMEZa7suDnzK5QqQdcjbTmVdfiZGS6WDKpXI0wBftI1Idxsze8e78GFM7cL4XN3wg1Hva15OhV&#10;OtlcrwWa1dbTA5G4V4gxOTPeJQGRGBMj0ixCj4YREvkACSoXS3Qxcuj3RkJDM5mMVtmPa+znXa1D&#10;1O/vNRBIoMWcblMAMt2m20+KCcnqrn0ab5C1UH5wh/R84OOCD/6YXm/AAEjnN4bDsbReTGSHmdPv&#10;vJvFQUnMgEi5WMZMo2Ze5/DoBO2zPmcOcPHSRbE4PdnaRadzKpgPfjPPsxv8hMZq0dJzzHIvuOXu&#10;0tI6e/8eKzpHcqExpQ9bNIh0HCIJNe5CJvxMgBW2b1EetVrzm7dvP98rFUimG9B5x0c/6NHjbZy0&#10;Oxz8/F6c0KjVrGN5cQG7B4eolEp49uo6SmWCq5fWOFDD8UlHjDOcsf1+/+EGur1FzLXqmG9W2fGp&#10;ol6vsue2GRDZx4gBkUkS4eToGG+98y5+8PoP0WrOYO3iGtZWVrDI3mdxOcJwMESPi8/PukLr0ev2&#10;Rdp5vz/DgMgIlIct0gki9jgynqB7fIKZK5f+8b/2tS/946ftOhPJ9qwKiHmIJTvOZVpiYCIRWeTc&#10;UjSndEiJDhMz4y9SSOyi7oj4ItEcIR4wjQhSIyauFa2x7+UuWsR1piJiAVXYWA2GxZ5+BCaqzin0&#10;aVoInbgM4Tnna2jfSjLYkLQZrr17JE4oYKgpS0MNywgk8IeHonOHtjK65A4U0u9Bid8lsXxClJlG&#10;7h4EDXjcMbjEY3ZIZqMh3L8k9X3791YRBpkBYsLnROozxdAFdYJgFsq8Nh/Ziok/+mVwm/MEKyT3&#10;9ynyI0/gyPi9vdPjS5TdtwvlitDuJSqzIydYQzlaC5X9Ibr8jk2t2DdNHyfu6KrK4VAXTkypJ66j&#10;AaOhWRCpz7BCczOeBZg8I+okl+vf67wRvvYkjulJ6GBFCDwdiAZH8rGRMi/Rr58z2SQu2+EGHboH&#10;nWOzs768B40G4/lJTGeKEfbEPhv/bu2kRaa5IFMAMt2m2786QOWTvh75gO4oOaeAyQRKav1on3bq&#10;nV73q+MJFTd8kRqrRqQ42zFmBW+jXhdMQKtRN8/f2z9ClwEQPiJz6dIlVkT3sbXxWIxm6TEqTXvL&#10;eXBNhSci6yNmr7uwsILjo0NZgKjBeKI6YzoPQDIgFL60U/oJ5fJ5VsAvf/OGGr+i9OMd10mcYP/g&#10;mE+MNQa9wW8WGOAoVvJYWpwVXcXH2ztiUb9946oAI1fXV7E4O4PdwxMkk5roLHLAsLM3xGmnhyYD&#10;aPVKETPNmhCW77PHbe0dolAoCUbk+OAAuzs7uHvvffb8AeqNpgQiS8uYm58TgYNzsy05bsQ7b+OR&#10;sPkdsWPaO23jaGsHR7u72HqyiSsvPPf2U3fxsC+w127PDTvHPCkFCxcvgfK0+34Xg3GfnQ5jJ/0h&#10;sgYOZvxQJYlHMCnHkdMld12m3H+ToHTX4FznJ1NC4NpB5JyOZyQseDn8mMCVTLvcjHBYIi64seVj&#10;5M6in1O0ZIHq7PFCmvnfWcW23tPEDFbB40pCM1s3nC/JiDZ1UllSmjOi3a68MG2iROmuSib7GESB&#10;liWBtbZLZYsEbEKk0+Q/oDETIVsnR5z0c5oB8RKlb5EfzY5bhSL0UDRPz7nLJxn7oUFqOKKlIU8S&#10;fHYpQo9QrlcFYE+oI5qWtIPnnMbvxUlsQz4FO83nsiJlh0ytXoMqEJDTo1MOGxGOSunHyoaWslZX&#10;DIc7ehUyIOaMEyOnkQc4ZIMisjkiNAAmWmOkX4v4Z7AWucPLIvG1JQKoiGAg9j6ToViLhv1BLo7j&#10;NUT593yLyfR66loYu82O6TYFINNtun28ekj9n3sTSQKrTRoUvpETJht9hJvPh41ofRCLQT8F4HPS&#10;PvuF/nB4Uc7F5qCtD/VcMOHdLLbSzLBiuV4ryw4YK9y3d/aE61O9Wsfa6jKOT46xw4rreCSTonV3&#10;zXW50fQ4uA1kuYTGzAw237+nnE0sQ2KyDRI1OqDobur0/iIpDu9du3rtL9YvLH2iYzyJWcE7GPLX&#10;+qWzfv9ysVJBsVxAq14R3x0PD9ze3cNoPMRnX7iFfDGH5YUZLMw1sHfQZuCty0CQDM1qc/H50TED&#10;azUBQDhg489fW+Kp51UcnpSEWL/WbLHjdsLAySGO9/aw+b0foN/lrMqYPb4gxOflQlE8l4+9cQF+&#10;76yL9hEDfOx4c8vi9fllrKwubz9t19vZaQdb7z/8d+69+fa1V7c3UZqpIuox4MGOZTVpITfsMDAi&#10;GTYBAxSVpQu0iARdcJNjY9kPPUoVFm7674ka2cpBZ4HwP3mliojFv/QTRHebo50kkq5vgebDLa2J&#10;sdJWolfqj0almwnE4StoRqYFDTri590DTFZ0cA1Qj6GJ4YvvXcARAYHRbHD/M9kZxFOjhMyPJahk&#10;orcFC0mmVbDNKw/GztTraHF7lpDfHEuSZobc0bisezwxGh7AiywkVuPigiL3WI5VMe6K7V3NjnHg&#10;CjV7Hpt1vn2w/h4SBxhSSnwmKFdk/ythMp6oUTjpAmVGygwa0XbnMOneMZWieqpyl1wHK5eBEIyF&#10;Bi5mfMopxsX9W+WqcIaQpKtxzpQIVsYFLkHQoGWTfFW3zQGh5ndG2+GEIor9pNRLitfvwceMY5Vh&#10;Ys8Vdd5xK14eNCvcsIa8WbWOYsaCD28C0YAOOh3DmgKQ6TbdfpwMBz2v6079rshHoiI+hf2iH/Dy&#10;qe4n+8FwOMHRcftr48koEsyHcBCSziL5QlG8aiEnO0KzMzXkFKI6POpgZ3sXh8cHuHLtinCJevDg&#10;sSisxY2ej00pFkTP8YtFW9H13Fp2ZmEJo2FPiKzt4iXtUnkHjrti2WOr3Ey076HwnY9QrlTfuH37&#10;9oN6tfCBRdh5a0G/PxLhg1G+8NtVVtg/YYDg2cZlsSgtL86ipMTnhwwsfPe1N/CZF2+JfVhp1XB5&#10;dQ69Vh07BycMxIxRqZYxPG7j/v0HiHIES0tLWJifQ4Eds2KBoNWoiJ59mYGYOnvsDA9tXF5lRfcp&#10;AzJtnJyc4PTkCJ3TExx0jzDonyEZjdm+jJGP8mjWmrj13C38rZ/7WYzOhm889+LNv3jarq1qo47m&#10;wsI/v/riy/9xfTi59Cf/3X8PwgDIiH0fx+w8jMplLFVnQbtdJQzn8+ETD4jk3BAyYi1v9aSJTjU3&#10;YzTEdp9z2h5X5RvoESyi0sBlro0/xiPFwFTmhQBOnoZzXRKlstDiZNO9V4wNsjr51HOfokBQEPvC&#10;8/D+RDNhCLzudwLqMEE23YM4ImuYESoamO06/Af1C2RXLSIZAOqluSfaMcx5ngY59vm+gJumWIUw&#10;YvD8Rgw10PAc1sjcV+AZ7JIM6/Sc+f71UJjSJJHQrSsNJl37X0LTY6E5ZeucOMyX0VhQP7DQzf3Q&#10;+52oczfK8/t3QQnF2auSkYRIkUomp5Ld0OYORDmYiPfieDqWYCqauPBK7ZMSOHC23LOxFYnrbv4H&#10;+++ctD7TVsJJYMmrxeQaULjjVu7J5VrbUurkizgOK3qMCwGYka9JfKSpnsvXIf/7VSoiflxyeQxG&#10;PA2dgZDRgAfmXjgvgFCzKyQimdk0UxJkCkCm23T7+AxIBosRCpsJSWd5fJTi1/z+U+Joz3sfTwPu&#10;CACJYD86ufZZ99eHY8laFBjo4LaDHIDwEaB8IS8Cq3iXv1m341dc63F4cISz7imeu32TFdUFbD/Z&#10;xFm7bVOmRWsyEnan0judQCEQ8R6rS2s4Y0U396nPk7x0bhGLrGRJiBdCaEOqxArJ9ylXQGtu4Rs3&#10;bt2I3a7bRwJr3GJykuDBwyfs73immC98nWd1HHbOsLm5g1vXr4nFe21lngGLEmqVEtrsd2+8dQed&#10;zkWMr65jabYhxq2uXVzCyWmfgZcjFPJFASwODg/ww9ffYAsixcrqKtYvXBA5Kc1qDdzqmAcNVkoR&#10;uqUcZuoltGabWObJ56ORGGUbnPXZ3z1Mhgyc8SAxts8NtiDOMxCy8/6Ts6//we/+h3Nzrf2n7Xrj&#10;BcT8ytLdQWfU4aN/+eGAAbgYFX4esd91e10cMtCxzI5Db9AR3dWIEiUEtl1YosCDLvYLmvWgOtPD&#10;ngd6/ChyzqEoyMuIReK6n3NNnD671A1Qj7UgQRyhFjLrgtQd7fmg4jmBPzJGg365L3SHSbm2RsCh&#10;7sQ36JWvH3mPtWNqeswncQBJ4hTVIbhxGSUnVC/IbXFH0uDBKBo4VVHHFkA+NyZQ45rpgMUkdUdM&#10;C/+RKqkto+WN41GredF8A0npaaQdtB/M6I9aufuV0Ozi1AIOmtKoIGNtoRkfM6E29T5XKIlgWH4P&#10;4wwqoRyESEdCafSRKIZ5Ir7jPB+JTWLv/ihDIhM1/ZoIRoDAulxpsOCOUenFMMUAKECvxdtulpUO&#10;mZTSFGKYF8usZIX9EY950eAhlazuiuC5+1VsmVI9EkZ1ijq1ifF87eGkJh/R5frEeBwjnowvEFr2&#10;90NpQcxIXkxNTonXoJxa8k4ByHSbbp8UhHwwRvDd/nWhEPnmT+eNjv5kP0vwQXb2j14+7XZv8Rsn&#10;BxlcbM7Ff3qh4Va8/PM3WOE8N9OQBQBbkR493sL23oEALNeuPYN9BkY2NjbkfDFN1AKSaLxhZuhl&#10;mLkUBFbqZTy6+5C9X85xmkkU6EjUv9XAgVmBVfowAyzFQgEXLl765uXLFz82UOPfUfukg939Qy68&#10;/+U4Ti5wBmN5aQEbm1t4sPEYz998RnyO9ZVFNGsV1E9KbDGaYc9r4867fXTXL2Bhbgaz9SpazQpm&#10;mhewI8Tnh0qfUsbO7g5effUH+M53XmGPaWH90kWsXlgTIYP8vUbjsQhz7J/1WHHN/rB/80T10XAE&#10;nkif8CKcCywHQ8T9LsaDCU57/d3Vi2vff1qvt5ODk1+nk8m17skRxgwYRzn+fSdi7K/I59XZOdoZ&#10;9tFgRVZ7NDCjecY9R3X1I1dwrijAQmTZjoIKHXMFx0kggBaYWY0P8iK8aExpiWDJcsTtbisQBZKW&#10;glPLLOjqUheMvj4jTA6xf2LPApY6eguaWXz7AYHa8jbUEWRJv6kHs6yzlVY5hHvov6/euySgZQ28&#10;IFlxiUQd/wThIBpNwTTJoPhmtv7xckGYZX1IoGtx34MaUKMDS3kBHrvKFq1Ro3ZEy1XM6Oe7507Y&#10;HoqID0JcVit7z/y1w/+eqZdjon8rzBnKZe4OKNwIxXiWCNAjivmQImqSyDR0LRaXzARhz5mY9U78&#10;W92/I9PpT9JgAHBSzO3umBGuyA0KJIaEMKOTUZAV4o19KTG546pIHU2My16EbIarF9GBiGLcMI7N&#10;fsufwawz/FjJPlcOowm/D4/EeOxwNFoF8WsBsc5FkekS0OB7C00GptsUgEy36faRN0I+ij+/ky+Q&#10;9RrI9nf/iQAOpH3n1fqK8STBzs7+1ybJuCDt2bmF4RjFfNFkgPA/PBRvfraFUlHeMo5OzrDxZIcV&#10;27u4dPkK5lgx/c6dd3B0eCS1I7zrprpRkVrwRL9N5zawha9eq4PVleh2OmpBipyywQY82eRzmKRp&#10;LpossD+lYmHv+o1nvz03W/9Yx1Z/Tdz5ajSOMRwPv55nxSwfIVicbYp54K3dPbx99wFeeu5ZlMsT&#10;rK8usWPQwMFRG81GBYPBgIGuQwEaTpp1Bj7qqLNFv9WooVqr4oABke2DMgqlChrNORzs7zMwso27&#10;976BeDwUAYPzcwtYXl7G/MKCTE5vsNdp8fdPhECfg5Nu5wxHOzvY2NrAw4f3Mer2cOv5FzuFYmH4&#10;tF5zDAxfYt9BpX/WhagzRbgkLxgYIEuKwj1nNBkiKdQlHBCdXdsmtha6VCUbu9+9Iw53Rm50cWXc&#10;q4gctXHLhigYTNKsREQJXMWDZgciU4gqZsYRQ0cUQUEMR3GRHsdyGQfiDUC51qw0+JxUDIxFGR5R&#10;EfxxHtddjnhsCjXPTUMNd5iLmswMA16M1al6LyqtI0wvwRmD8122qCdm94tyKkeITO6D+ubUaFtC&#10;kCri5agSSQULEm//bQCf36NJVGPEtRt2k8vtq+jvNovByipDkxCcwA27tCNW+MC1w+1syefxeyMt&#10;s+ukkEN/ODTBegLEE6KS0eUxFAJ04TIYSyYRaoxqIpnnySQ22hY9QpX1KXWhTxyXKV7AC0khqCcW&#10;d12xiHqOBgzEyQixoEa5WAkAY0UWQu+h/u3nhCAjBFEDIOrsB/G6jDoHRYxdqoWfW/By9oPrQMaj&#10;0bye0PT40QD4JNRadLt60KkYfQpAptt0+3gA5CNW+eQDxrSA8+eyfxL7n/UZ+LpwcHBMTk5PfwXK&#10;xjBOJkL0rEV7PH2b0/L5XISV+ZZ57sbGDra2ttHptPFrv/5VASQ2H2+ic3ysRktUMcLLDU7rK6eg&#10;JJILIU9WX1lYwsnxkXCRkgyIs0gIQSAVdLaz5tvZXr4Y5SNUmzN//fzzzx/myMfzXdcP5eLzSZI0&#10;KCW/xu1vuWtVNZ/HheUFcQz2Dw7w2ht38NkXbqJYLGBprskASgO7h23heMX3ndPze3sHggHi+R4z&#10;DEQUihEKbPFfWZxDvVrDcYPbFzcwv7SEUwbeDg72sL+3wwDOfXz31e9jMuqzgiDmU2Xs+Ocl6OUg&#10;hB2HPgM4vf6ZWBBv3byFL33hF8aXb1z7o0qlPHparzme0Ay24Pf5OF/iCIgpNX5NvPiYUG4RXRLj&#10;fKZNTKiXGK5Tn02hS6lhRnwmQAGMVHCntNt17V/dzmsEV3Ku3bGoLY4dwXtkNBA+z0GNG5afheGX&#10;yOeP4NihKHjAxB0Uihwxt03ctgDDHoMIbs64cQFT3f5Q++JmdhPqDllZvYcLSngyekSpI8+nXk5J&#10;co6exQVrNGR/PO2GC94sLEvpcRQKiqjDzrpsgnMeUTPy5RTSnhmuYsRgx+ViEh4neMAFAShOFMOl&#10;P5d1JfOF6llmzfr1dIZSzE/CSlGYh8RC48AfMbHAgUhGhMZ2cI43PTjjnWe/G8WJytWAtFOPiAcs&#10;3DErzWrY8EA37yMR47I23FCPSqWHzPQYF1RmCTlnvEqDIP1mKedHh/VwbX8ptdoV97F+qrsD5vku&#10;53hA7UgcQ67NGY/iBfYSVbYDXRmmSA1b5oMZmBwVu35N0ccUgEy36fZjRinGtIP44VkUn77Og2R0&#10;1sK//ZugD4zef7h5OV8o/HyOi7255zq7EfNsjXwurzo5CSrlMprNOmZbTfGz/mCMB4828fjxY1Qq&#10;Fdy4dRvdbhcbjx8J9oQvDhI38EVgYmcO3AWYPWZmtoW9rSfGzcpkhAiXLDgjV+4nzckCgUiB5erq&#10;hT995plrH+vYaWp8OIpxeNzlu/alWq126eDoCXoMPHAxfaNWFiCEz1AfHB7jldd+iJdffl4sVMtc&#10;fL4yh95MXSSfd6OcSIrnAvL37t0T/15eXsT83CyKbEHn2STNSkmUdcUSA03lIlqzdaysreLsrIez&#10;0zZ6nTO0T49xdnKMQbeDkRA8xnwAmR3/Ghbn57HOANv1K89wjcm7X/jFn/8fnubLiX33JOZhhO2O&#10;OAcpzYnzUzBpVLpTiS5+uYAa6uzYd1Sn0ZarPIQwIlb4WtRhZho4OG5Zec2KEJ1ebXrfZpFMhDOW&#10;PY8KUKe2eH6kRocsi0KDrn1EzxOMkyB93QVQ/r+pp8JAwOzAgyA0dbdIp0boVO/EgQMkgC8u25K2&#10;3g3fz/XrssnvkRI3JyQdZmiPkD8ilhkQyBkdJSbRbWgT5gfTw3CORzZ4c8eWqKLCIkeH7rFeNHLY&#10;D/lsabmcpL5H97txG05JsB9JZlPK199ETpEMda7pe3jkgLDI+Wz698L0I5LKlITaWEmoUSutx5Ah&#10;hbEAI9zOnIrUdPV+eTmWxDv/OpQxctC5+caob/sk1z+pi5FjhlImHznXnrHdTayWyB2V8ke6fE1H&#10;4l1Y1GM/3L/dcSyXATHhhZE0SNHgwwM8VAr3+eP4ABpnu3kzbDIaz7LzhQshu6D+OLM3/kWmjMcU&#10;gEy36faTKJaChcTtoCZGwE6yqoRP9D5ZTMp5QVnngSQxEsF27q233v3q/MpSvZjPq0UuJ3Qg/KZc&#10;qZQVExFhbWnJuF892T7AgweP8GjzIV76zGexMNfC3TvvMjCxZcSqviw2Ua4lidFvFEpVISDvdU7F&#10;2JfriuLO4mpXFjf9XHAoOc4wlIZXrz37rdXVBSQfEydG4nPsocOAUxTlfrNYKqLRbGBja0eMT1WT&#10;GItzDVSrJVQZyDo97eDNt+7ijO3v+NpVLM3z5PMirl5YwOnZANv7xxjV6qLQ3d/fx2vf/4FkjZaX&#10;sL62jubMDGrc3anbQ7vcY4Cth2ohQq2Ux0y9iHiygNFwDf1+HyO22PHcj8loiCgZCXapxPanli/j&#10;aO8En/3yF/7n1mzr6Gm9nnjeyWg4riYT7r3fl+aw7LwUjj2J7TrmWFE0mgxQLlZsAar+lHIyKC2n&#10;ig7teIVgTEMXb8Ju2eEt8qqbTWDzASIXTCBMUydmZIaYWD2H9YBvQWcGh/zMxMyxK5pxAbuOVWFW&#10;h2/dayGMLkO1g5PLIXiJ5qJ4tMNk1Iv2zBa0u/efJCj+tV5CMwpE5QERqjNAIsf9SsvNEbyPHS+L&#10;nETyMGuDEl+Dl27QWH2Q91xqR7eyGjvBoJaCFD7HknzIvTn8OwpeP4RvfoZKei1IZT+pcylR4vBc&#10;ucJARFEEoQpROgfgqtvPtVR6BIuPHU3iiRqTkyNK/P6aKLA1ZmsAf7yxQ1YshGUVYhle610r6htQ&#10;371f3FMvf4Oqe7xhLZwPLNiLSLMtkX81BAcl1H+4zIkZ16MOcEpUQKIJLyQGpFDzvEicUxyATNhx&#10;mIzHc+zHdfaY3XPXGIJUs5H8COv+FIBMt+k23ewC67hiJdR3mHJvOBmW59nuIJ8KI0IDR5rzPeT1&#10;30fHp/jBD1//2s/Wv4hKrYxilJeuIOMxCjkinJg4k7Gw0MLS0jz64xg9VhzevfcI7959T3Tof/YL&#10;PycWte3dXZydnYrRmUjpPcQCB9VMgrWn4unec0sXxE19PJogH8FbvIhakPTC5MxfqYU7EixDtVK9&#10;98KLt98oF3JiPz9ys0kJH7d3uVCc1uKYfoXv79zcDHq9Ie7df4SXX7jOFt4JFhdm0ahXcXBUxGyr&#10;hpOTY7xx5x1cuXRJZIHMNqpo1sto1Faxd9zB1g4rY1mxXChWsceAyA9+8Bb+6luvCF3H5cvrWF1d&#10;Y68zz153Thxrnn4+4AnovT6Go7EIHRyPYuHdD945TCYYd7ro7B+w19vB9tY2Pp/7+f7TfH0N+oM8&#10;Ow5/SCfce7+vdEkygVm7UMmCJochO249drw4a5eoznhOsRIq7NnL/o4UGNE5IHqu3C38tQQ6DzlO&#10;5TpLuYGGE0jQYjUMidcJd8GH7tanCmOaZkajDNCcnYDuZ1sgxW1QTy+S1TBBKoNEF9eRF5hIA6hl&#10;AQ7JDD51tTQuhAF1uBmTXk8yRpLgybvDcEXTiqD0HAdBHyydZ4vq5YZQC2BC8JJzWCLqjehRB5Ik&#10;AXtlX0tb62o3JDfB3den0CAUE0arktCwCeU6qnkEjWA98pUqSpWSdLlSWotEnXO8mRTHKuQVCnAo&#10;PYW2zRVsE7epNTkgsiB3GQOo54YMhF4EJZlgWQ0t/NbZH7o5AJfQiNxMEXUWRjChtq52I3S7ohkL&#10;q8eMmGs+Uo5ffnYQNexIZMfL2M84Kz0e9rkYvcaOYZ1ozRHxz37iuHZxzCZsihGwdNMSagpAptt0&#10;+6QsR2jBq91OPFtycp4/zI/WCQnTcdNONtndNv0fCSx4uvvuvbk3f/j6l1/83OdQqpZRq9XRmmmK&#10;UaLJOBaLBLelvbS2is5ZX1DQu3v7eOe9+3jn7ru4duMGrj97Db2zHh4/eizSwKHcRZSDoggblIWj&#10;ruyImNdvsWK/c3yghKuRHYfhXbA4NhQ6pTRIupWzy8V8DnML89+4/tzN8cc+hnxGmoGnbk/Q6i+P&#10;xqPnSnEZ9VoFF9YWsbm9L7QZn7l9A8XSAPOzM5ibqTEAcIxWs44+K3q3trbQ7Z5hYW5WJp6XSphh&#10;YISzRscnTezsn6BcraHJwMb+Hk8+f4K//OZfs4WsKzJVZmdbmF9cRGt+Ds1Ggz2/IrqIfGyIskpo&#10;kozQP+swwLGJ+wzs7WxtYGV5BbefuT585sa1f/GUX2x5VkE1J9x/fzgwDjVyBCSSycyQycqEDuTI&#10;nnDJiaVwXHVmC8qPnxdbcrwmGANxWRCnjUyyBLbq51EGQLAKjiTlLmUC/RydcOTZ1fr/Om+LkB7r&#10;IR7IsJ+Iuq5OAWjIyi4PnbQA6/gVZZb1tvMPVVj73lLU2uQqLkg4VqmRSj2iGjmZFtQRXbtHJMm4&#10;13nchb5vUMsmUWJHnryRLKpBjzQC8EpHd7yJOj8zAIEaTQNVb0Toea2gNHtFM5pPWSxG6G+mGzHG&#10;eYnC46OI8eKC57A44QCiVBRWu+NYj7RaXUek2AX9upLhsMdHXE6JzW5CFHkWt1bvoeC3TfdzHKoi&#10;oWujFJ7blGY29N/uz/i/tRtWklA7OkVd4XjkC90dnYfQLqpQw3Cky1wdVprljXB5dJhqDAjSnmti&#10;xgN2e5kIZ0KaJEuGpTMzgIohonadMqNeJFj7pwhkCkCm23T7UYp/92eRK36kPtMRFr7AjzYbSj6k&#10;i+f9t5+tZdgE3TF87Xs/+Fsnx/urf/Wtv8Cv/87fYzfWCbvJUlRKVczMNDDbmhHFW58VzWLhnVDc&#10;efs9fPuvvoXRqI+f+fxnUSrmsLF9iJ0n24jYPXhsQq9i4YTFF4vEjGDJdPVisYRGpY69x4+l44my&#10;PBSLFx/5oolD0TvLtA6GY68f5Qu4fPWZP710cfVDHUbCDiFv8PGueX8w5FqX3+r12yhXKohLBWGp&#10;y1envf0DfO8Hb+OlF65zpy0stBq4ef0SDo/aOG6fYcxA1JAVx1s7u9jZjTDXagkXK348eDji8tIM&#10;GvUyjkQiegOLy4sMmJzi+OgIJ/t72D3Ywbv3HwhAMmavEwuffpkcT2PJgHAXLF5a8OyV2zdv4ouf&#10;/zk+HvZ/XL526e7TfaHRPB/9SxgAoaOBmT+X53fe5GvIMyNW+d1UhQHKn+eDwDIOXHJeEWjtOEWp&#10;5ExIRi6cJ8SwICSA+bkUf2CvQCnkhiriiQkaFKUKgUeB+u5VIZTQ5X6USmz3x6B87QjximESpGvT&#10;YAzI76TruEEtRieeSNyqRBIDBOTRcRPOc14oYWLsa6WgO/E+la8eIYYPSBzliztQ5oIDN/AvrbtT&#10;MUTassgIzqkHWlyQRx2XMuIktdskd+KBQeoyI94euuCHGqyk72YumIxT93HfcUwX7wlND+O5r5XA&#10;z13JlaQInd9LJPjOiywbA2r056X+WJNOShdFOrswJvFYjSvBAAUSdP49hsGwDv7jspLONbOiG0sy&#10;rd1NRbe2uwZEOyNcGnCEr4sM7YgLhKTOUAKtdL6IZm/UN5qLMB6MRGON50bFCV3NRdlsol3naeoB&#10;xGUBpyBkCkCm23T7qMDDLPrU0URTxy6WZHfave4W8UFBFrCgH7IPWf9NzxsDc7ouJiNB0eKDwRiv&#10;fv/7X+cd+3d++H0RKPjFX/oaqs89h3qjifn5OZRLRVloxROcHHfw7W9/F9/4xp9j4/FDfOGLX8LF&#10;9QuigNhmRfjx8YEQL+qFxxQOSvSol2k+a1xttARbwjUOuoNmhI1uYi1VIxbm9eSvuEalXCod3Hju&#10;ue/x8ScdFHneyBnJACJPtvbQH8aFRq30FZ72vnd8glq9IkID11ZmBYg4OjrB6z98F/3+ENH1q1hg&#10;q86FxRkGRurYP+qg3e2x/Rixxx3jzTt3UCgUsLa6jIX5eZFPwoFOo1oUclWuSaix4znHwEh/ZQW9&#10;wXWcds5EAnq30xXja8NeB6N+T7BGOT5Cwd6vViyiVa1itt7AxqPNvX/7P/oH/zCfzyVP9QWn9Elj&#10;dn4MhiOT0sEL2ZwI+8s56dXq/HfzG1xXKeKnnEdquChSgva8dughJKW7iM45d3SxqkXvNOAS/CwN&#10;EoivYa2CKVJuVx5Q0GJrR2ZMMxmJNDPq86I0BVvcnIys5kVOBDtSDxiljXHh/Dfx5uvhRTHqGD87&#10;jiYKTaL1HDb0kWZoTKjzHsYJizcpzMimFdKEjIK25Y00sHCbRSQcdQoZJarAIj89eMEaeWyWyzsn&#10;SmyvoRWID1LMkaR+4nuo99HfSaK0OvQcdsX9iYBsVt1tQFOxUhOMMr8vC46EyDHGWDAhcj5RHEed&#10;3k21YF2yH+Kx7IXjSSKuFw1W3KwP/vhclPMARjgS5YIECxyIx2yLNHRo8EcNU6T14EbET/zXdQGa&#10;BRrUpKGHwnChX+F6FaVFlNbdic0BUcwLXwesboRixNYrPi7Mx0LZMVmhRLY67L0jOnfdnpIeUwAy&#10;3abbj1IPef+hGFq7OJIPBy+uUDBL/0E/hG0JKX2vA0qymRVqR3HlgqMewwvjhw8fVx88fPCLPAyQ&#10;dwV3Nx/in/4v/yPmFpZx7fpNrK2vi4KaU/Onx0d4/717eLTxmN28CW7ffhEX1tcEQ9LvD/DowSPR&#10;yRd2upALnFhKibKt1Asve6NBr4drN57HoH+mxIt5NadPzAJMtc88JV7pAZVTkmcLyExr9vXbz9/e&#10;zHKUySrM3OM/GI6xtX3AF85n2YL0Of45Hmxs4+DwBNXyEqrVPC6vL6NSLqHWqOHxxhb6vTPcfu4G&#10;4qUWAwNlrC+3MDeoYu/wVHZ883lsb+3glVdeFQv32toqLl5cx+zsjBC119lx6rFj1On0cNbnTliE&#10;AZIChs06hoLtGAs73zEruHnwYC4Zs+KYosgWw3wMdBk46Q6HSbP19IrP9TYZxxM+/DBmwC8ZxXqW&#10;T42+JKZ1ba4j4dwWiRwDwT4QO/pE4Kea25ltaq15iZp5J7agdgMDSUZRS0iQAq5SvYFsS1yd+m2T&#10;lqkJ3vQYEfdappHiIhJHUQGnYKeZYucwhZykuVHb8c9oWYh3JNQRrCuWyNjzBiyDUYyEKSRwzHwt&#10;O8JfO0clT+SL+xNvL9zP6o+UyoIvUpoGSmgAQtxME5h8DgQFv05mT0haM+e5CZJE7Ycc9ZNZGchg&#10;sBJzXCeqKRIH5w8NLJ6p4XzSBgQJrEA9p4rzcKHQEFc7ZHEgIo5LPkK5WlYavFiNUiX22CkHhHis&#10;wIBjYODOiRExBmXF2ZH6/gTw0OevdrIyOR2JZyqiQYIPFIgxQuGvb0IIqSP214AlIwUdSiwfRcR7&#10;fSt0h2fZbgASBxoqN1CCKljG3Q0lpLYFwY++SEMf8pFQbskbL5JCTo2o4UNHGqZuWFMAMt2m26cD&#10;RrK8bj9ii0ODlvNE6GH3PrxxZRtpBBwvgkx2VfiEN8DXXn39dvfs9FahWJTAgQEB3qU/OdjFt588&#10;kWMTPJuDL2psAStXqpidm8XS6hqarGDneRk19mf/8AhPtp5gPB6KBVKOCTg0ufZMNFaSefbcMg63&#10;H8vOIJHdN1ktUO9gmXwAXSDy5+dzothfXlv/46tXLzmPtSm8CJgm96viBVW32xf6D7aA/vIkjgvV&#10;eg1rSwvCFateKQnnq3KpjKuX1nBwfIzZmRqOjo7w+g/fwtm1S1hbXsRss4ZapYgrFxbQPqvjyW6B&#10;fY48KvUZ7O3s4M133sF3X3kFJfY6axdWsb5+AYsLS1hZXRKLoOjws8VsyP6MReDgSARecacV7sfP&#10;O23tg31s3r2HN+/fZa9TxOc/9/m/LBTyT7UAnX9J3ePTX2Hf3fyEa4pUCrNOVOalVJ5Y0CkMIRTo&#10;mCRE5KjwIowbG/A8g6KyIgWRY1g2/8I3aSXEvWqsFiFRF2HkMCIkKPIjZcErrUddfQT1Cmipd0qX&#10;uLqu1DV0ZMaPbEkeBSneIXOCjMIZcLUjNJXWTjKYDRIY49IUNEnf6qKUAoQ6bk52GMxkb+jnUZrS&#10;rrnRilmfy+wZoZ4vFyVB/ojzLfpNCgeckIwGU8b92OhKiAUtXnp6SiCfZrnd0ZvzA2mp0ZuQcxpY&#10;WQxY4ryvcQfjQKlUkponNTomXQjluS5csHQYI7W/888I6XDFR4+MTiJPjHuWjRRRZwCxGghKXYYy&#10;zYzoo8tF2i5zIYFEToCCRAu9I7uwSbcsm6vh6QTd8Ttl1W6cE535Z/3f0pSRiqaaNj9xF8pEBRLy&#10;7KqxylKZsHUuTpIlb2UJLgqbjUI/sDE5xSRTADLdptu5HcTwd979ifiMBqHnLBAZYOM8B6xztRzB&#10;AuQFamUs4d7nCO6PfOaV3xi/991Xv57PR2aSlSZEjrgU8qgzUCK6QGwhKOaKYuQpzxYznlzOFzSu&#10;l2g2m8KZaPvJDk4O982bUeqHxqnQD3FDnozHKNeqotPf7/akLaRQOzqzs8pCUpdfibLulXaJ0h44&#10;VypNrt+89edLCzPGKhIq+NA2v2yXLRTkD3i+xCTmCei/luM+Rmwx5gnnw9EEDx5tCZBzaT2HCgMj&#10;1y+vCe3GTL3KQEsXO7v7OGMAZnFxHnMzDdQZmOK5IVcvLmN2timE6o1aBa3FJRweHmJ7cwuvv3kH&#10;3/zWd9j7TAT4aszMYJZrRhpNlMolETzIPyY/Pr3uqRjp2t/awubjR0KI/sKLL+ALL/9M7/bnX/on&#10;+Xwuftrpxjiht5OYVkfDntDDiPJbCcypw0PwcyovAiyJymSgiuEjGdeT/ZnWh0SObe55bIdmOmKn&#10;oA+zH3hH3Nq6Eq+ENgCBWDYPsKNHieneO2M/gTw9HzAAOlTQwgSX0UgXrnqLMzMxQkBCjQVvAtfq&#10;lzpjUn7nnzpgy0Imamx9Pc2ENypKPV2NL6H30+CTTFBAHTtiW+qTIHrV7xXRTJChR6NikmGB7Dso&#10;s8ckZoyMOgAo654NOIa9GVa6UfDZsphvq33QbLYLYqgBIHpsS79mvlgWv+EhejY1XgEP6joTylGs&#10;WP0iEvdaOcbELcG53k2P1rJbGIwbLrG5Glq7YbM2dM6G2kfFilDqHx2lRRcgwx3LknvFHp+TAYlR&#10;pK1x+f4roXqSeLqOMP/Dt+H1c7ASc80Rp3lFLfOjDCz4DuajnGgMCaE+B0bxeJ6Qciow00LNyFv/&#10;p9sUgEy36faj1kXnAhRyjoAjvOkZAEM/mhGWq+vQ3aHoI+6r7WXpkSZ5q+XF2dbOYe7OO3e+Qni7&#10;OKHOyFOk5m2hCj4GGoSYnCCnnIYqNTlXzFPBuQ3v5sYWOp2Ox7pE0M43sQEV/Cej8QRryxcxHgxF&#10;vojoSDsOJiIxXY9FJIlTnhDTaePFer3RvP/8i8+/xR2jJklaeKrtf/Virf/W82dHhx2273SFFHI/&#10;d9rvoVqvoMLTz1fnOMbBvYebwir49s0Syuxzrq8tYYEBlP3jU8wy8HB2doatJ9vY3d3FXGsWrdaM&#10;ACFcmTDHQEiNgYyZzhnmZ+pYWlzEaedZHB+e4OBgH0ec1djax50799DvnwnmiIvNeadfmgBIpxrO&#10;eCyy93rm5k2szyzwIuAbL3zm9j//aegCsIJjws/JUW8gWKJqJDOcc4LlkN1vPpPPAXAlVxWF8YT2&#10;RYdaWOcSOyoFxzI7gmRF/C67FpPbay0x5zBJhcshKPaJc3MgwcBTgtAo1/mdycGAq3BO3V3s+9pS&#10;m3iAxA8OzCq8sxoY54WVWvVWEryXVnH5YnYfTvhFtatrIKoDTwCvwpdFc2T4HNdiF+eAhazRLHig&#10;4XxFXQS/ce0CTUodxiYYobK6EWrYHF3JU+JklMCOU5EMlsgLx0OoAUnvNzHfFzFjqRGhHggR70nt&#10;vvI/Y7ZPhVpdFumxGl8UL5iTWSAkEffgRI0hSWtrn2fRLAdNEhUUa12sDONkwgETO+5EHD9js5b5&#10;VL4VastPp+15CbFnljhfqDsSJUeodLOKaJ0HoJgeGojbYfbRHvbIsOoyhJGKoEmTT0Kczy2Jd7YG&#10;EowF+JIGIeNJMuMy7gT+zYDSjGajvgeRaRzIFIBMt+n2SUCIWTQ/+PdZTEeW9eKHgQhdPGvNCSVO&#10;fyVY4ULrX7PwK/cpN0X3h6+/deX46ODz+WIRY9E71o42/IafEzawhOQFFS6chRhQKfNQq1xe5FvU&#10;my1RdLcZ8Hj46L4oErXNo+gWuxa6sO4yHFS0Wi20D/dUUBVxulaJmutPTJquPxcvPwO3Bl5cXPrO&#10;9RvPdMODn8ojoH7RwrtaXP+xs3fAsdTnKpXKykm7I7I/OIBoNioMWEntx+7OHvv5m3j5pVvi8y80&#10;GahgQOW43cUh14bUeSZIG/fffyBcZhYXF7Cyuox6tSo+U5UdW9JIhOVurZjHTK2CxYV5dAeXhZ6E&#10;BxHyP9zSd8hA0GjQE2NXsuNGxfOa+Rxm2OtNRhM05ma/WygWxj8N1xkDonl+HgzYseEtVwGUqe0V&#10;J8pNjZcSccIzayIURGpxLMBHTjhXEaMb4s8q6Nemcl5etnFhLaKzQDxxNSQ+A0J1mJ4C29rhKef1&#10;QSPPBtct212sETnFjnEG9YpqmjntmWQmmyPDMyqrSP+gRkuSSkOHc0+JUinr1C/wHbbDZPpApUZT&#10;eLOo2orXZXOJyxoE4CPrZ66jVASSDicMgUuGYQV1Oj5auB4+P3QLow59QjzVD1IgMKuBZc5o4msK&#10;Q2YElnAQ52+WE1rijORxDR7hRh21klhDEp13Qaz2yJzgsTQIAbXHjigPXqoYgESBAxMUSHzoKt2u&#10;ItNkk4+hyvVQAUs3fDBxWAZzLkSGRYmMM5UTaakBjk5aJ9SADm1akTr2hgmJLAvi7LlgUdRn0Wnx&#10;cJt9at+TSI4hR4l0JxyPJw32qxL7LoYkeE743tbNkZzTGpgCkOk23aabU8hn0aY06IJ+nNGqj/sY&#10;eF1VPfcapDGTYAF1LQ6RDkV0q/FXvvPdXxwnk3qel2Wq4Bd0N3G81CEp8zwDHVR1tjjrUSqWxKjR&#10;TKOB9959Dwd7u+zmHZvCKqGaJlcxYnzxEwvERIxx5dnCeHbWkfUfsd0x4YKiHFAklR8MS3AbVVaU&#10;F/IFXL16/f9ZX100IIU4QXJmYXOPt3Ln4YXp0TEDHP0BX6B/lc8fcyC1tbuPSrWICgMN83NNMXrF&#10;R6s4UPnrV17Fi7dvYHz5AuabVcy1amixv/dPukIMX8gXBRPy1p07+O6rr4mAwctXLmFleRnN5gxq&#10;1QkGgwq6rJg+O+uj389hWMuj16wJYDEWuo8x6DgRixx3eSpzYwA+jnV0gkcbD0TBtLK69OSn4vqT&#10;o3sRL0zGg744b5Jc3mOzZMdX24JybqQg2THI7rBmMfKOdgPOmIZbJOsUdJIqbIkB/brAy4XjjtRx&#10;WFLFkp/knZXD7aeUu6ngYQPB/DdF4K/l6yS8n5HEcX4l2Y/RIzNBaWTvLyQFMbIYGZLRxYfD7kAn&#10;lofOU9TqXlymihJq7HdDvco5ZJnZVyvyJ9kug8F36X7KcLzMf6xVe3BnsAnx9TRh9GvyAee1e0qY&#10;zBH44EOn1OtyOPbONTuK5X4fMazJgg45ZDdLFMsVwzIRiw6MLiLiwJ7EIt9JiLNpYngofn3l2d7I&#10;wtwOrxlNd0Ksdg+RuryIAh626Hctcl2RuLX7hXdmWkMVCneci9/7XV0JUUCGBGm/htnwrIKpM6WQ&#10;mDdMFOMl1x8Yloe6IIK/R467gwngIcxC6GRSZy/A/mB4TusiEwwRd347yOSaApDpNt2m27n6D70y&#10;ZXUcz0sd/6CF88PuO3belxqK3BWZm8Auan3Xw9fX1LP+Fc/0OD3t4odvvvFbvHAWDiSJIvcpMd7n&#10;UZSXnUs1oCvcgtgCVShVUKpW0KzXhH7jyeYTnLXb0FlVbpdLR8EStWrxULnW4iJGowHi0cjQ5m6X&#10;COo9xRgSHEcUtTJzbUalUj259cLz366W8qxwz046To+W2Jm3004Xozjm0oEv8c5ea6aGXm+Ah4+e&#10;oHbrWZFMvjDfYp+xIhLOT45Pce/e+wy4nIjQxaXZBmZqJSzP1bEwU8XO4akIH+S6jp3dA2xuPmZg&#10;5E+QsIVqnoGRC2s8/XwZrdlZLC/Ps+OWF5+Nz2WPhaVjzBY26S8/GQzQ73aws7GBN17/Pu4/vI/P&#10;vvwZvHT7xXeuXH/mj386WEZBWeT4dzPp98Q5KxfvnBi7otTXQ0Sq0AmvubzI/SDOdeMO9GlgQjy7&#10;3XCEJyIkYzxJXUtOsZcYoTM1r6uLTs0YuCyKLUit81YSCGg9zQJxK9dzsojMfSMc4aJeV90Dei6j&#10;42gJIud31GFaiBuqqO8ZGfeySIue1ZhOpNO/uesSoXDHybRcXDflE0+Tknb68lPGjV+SKM4jPp9P&#10;fI2KZoE1Pe3motCAMzIsjz9TY86ZJKU5oZmhgwjWAU+Ir0a7iBPIGBrsuha9eqQLik3S53NMqbI9&#10;UMDceX3JNrHzv1gQTQ0OLMR1AhXQp0YZzSdWad9CsxFLB7RIMRqi6Gb3JqKT0BE5rENiROKERKlC&#10;23W+CgGCzwqmi3RXt2F1HtSyLU5TAWofbHAhPLYmFLlTg+7VUKH3+rrhF5mRMPHJ2T1a2BlLRqjO&#10;HlNl/3Xofg6xlkbkgzuZH7FGmAKQ6TbdfhrBB8n+eRLcMD+Kle55W/QRHxsCD9NhdDp02gbQ9FeJ&#10;f7MnDj3Nf3X3nfcXtrY2v8C796JLBL0QWt9z3T3ioy+8S1ZiwKNQLCOXL3AAILr8XCPxZHsbQwYm&#10;ZOw5NXO6rpu/7rbyoL3Z2XmcdU7NnIlgWqgtBRIzqxt0V1UIVbEQYXZu/vu3nru+oZmO8wAkCfrO&#10;+ojz8EH2Hjcm4/FzeQbCyuzLWFlZwMZmjDt338dLzz3LPmMf83Mzwulqr1HH4uIc9g728fbbd3C0&#10;soqVpTmRel4uFLHIHtdsMjByPMPAzAwWlxZxdNTG9vaOTDH/5rfRY6CCjwdVSvz41VCrVlEql+Wc&#10;MgMh/fFQiPLbhwfsuQcM1J2KZPUb157FYqXBwE3jf7twceXxT8M1OOELfTwZ8ZN8xL8rvuCTnHC1&#10;ShIJKSJCTWGmc6AL7FhOqDN+5cxcmzLQ65T63X8fgPguTsT3lfPKRb4PBWVPG6XuAv4gU+LJtSWk&#10;STzHrDA80Gc+dBFsNQxyhIUq/YJIG4edkReWxQ5dmmhW0mlkJFS7c8mcixDEuwDKmOSK14ns/jru&#10;UJS4qR0OUNBjMx60QJDUnk48zzbiIEqhYo9XojI7DBNDHZbYeTOdci6KbNikdlCb1WKskYP3zmoy&#10;pc8MeGnuWVBEjCZ5Z4E9U1z9SBK8PiWuhsR+9pxmB9WYKn/emLOolQrXK4gsD2PBJWxoJSAx93kC&#10;lbWkhODadpmHGE5kM0hoMfiYowOcXbBAaeCXpu7rWudHgwXTFYy7rIgHFODkZ4VnAom8RThJaGbo&#10;oQs+7Pvo30fetS5tfSPTvDP7w4EYnQiXQv6T0WhS4wAE8EcUfUeDoAVG/XV8CkCmAGS6TbeP0ZnF&#10;R+pmfNqe39TtBmnrQjjTsdSh151OnscsONsrr3zv88Nh70K1UhbqDz2XbdKh1extlCtK1qNYQqFc&#10;EgUzD9ebbTWxzIrsR483sbWx4aW72oWIv1hsCik+RkNyrPgu13G4tyetU0nkuY8Y7YcWdSaJd/Aj&#10;9vwoKmD98uVvXLl6iYaCTq0ByRbeymPEna929g45w/Nzk8mkykex+LgVd626emkFj7d28f2338UL&#10;N59FsVgU6ec3rq3i6KSLRr2GTucMx+0THDKgUGf/vbS8iFatJjQi+UIOSwst1KslAVwW5lq4dPmS&#10;CBtsn7SlAJ2Bi/bxEbb3NoTug7NC8Zgn7E7ADcmKrMquMHCyPLeAOQY8FhhgOzo5xvrV9Vd+Gq6x&#10;d+8+vr4wU98Zj8Z/lwoAMjDfcazOGenUw4siWQzwKZJIjNfBFkZq5pwD1JzqeLruVWZcxOvyW/2G&#10;BfoKwDtMQeg0ZSMS4Ym2nYEeTxtiGxpJ0AH2B5pocBew7lmRFUIba1udJUJUZkUkgRclnkOTEdci&#10;SwNBTMYRCbLPqTNsZIBQ4ADkwS7q8C9EjlZ6xhvEfQz1WBb96ZNz77H+SJd/9AKhM0ItjcPKOHxQ&#10;EnSfrKOVBCkx0jqONENjQUVMLHhA8K1Sp0GeYjk+MGiSGP1S4oQgEic1PTZ5LPyEy7N7dkUYNSQk&#10;gsfd8GsiUvdqqpPG7T2cM+ACnCREsLRJPEKUL5qAPyvqDnhn4hwT6sDvQA+hjUfOY0kQnicmvZwq&#10;rYn/fLtPNMWyZIEeCW4sG+rvhwOgnDR2fsxjkQjPA1LHtUgwIEHH8oNsNKfbFIBMt+n2I7Ejn5BB&#10;+aRMCRwfdENFB+MCtu1G7MwqsaJ0YtPVMBxO8Nprr/46z9EQdLJu1CjNh+yASmtc3gUs5PNGjMfB&#10;R6PJtR81MY/75Mk2zjodtRAkVsSpQ520swrbr+FogFqjKQpFXngT5WDiZiWbwog67Imx35WduSID&#10;QTdu3vrjVrPMp7scH3oFYghJC0sVeONkw/5BG6fdPvK54q/UKhUGRvaFmLxUngiXK/4ZN3cP8Obb&#10;d9HrdfHcjWtYZD9fmW9grlnF4UmVAY8qTk45w7GLhw8eoMoAyPqFC1hanEepWGAgIo9qucDwV4m9&#10;D08/z6PJAM78wizGQy5AHwoWZjDsY9TrYzIZsz8jgIEj3l8sMiDTYJ+Vhw+2O2228Bc6hVLp5Gm/&#10;vv74//vGP3jzzTsv/eG/+2/953Gc3OQjWON+3zAeseq65wgfYYtN15afB4Wc/MZl6rl8PT42qDMQ&#10;IgWuqQpS09eRFqBHAiCQYCjHanVd4JJQX0SsReiUw3kiXwfUBSg+oCAZ5tk0gzmB19t3zmuSVhlI&#10;w6FYgXArTksU42BKVF5EESe7nQaORoLFiTI797bcTKwA26mwZbigVtJrfQtVoX1O8rthS/yxtDDP&#10;xAAY725HvMI+0/ac+uJwve+JZ87kDnFFqXuzy8q4pqrue0UIwyaJFc6HgbCG+fDhJEm9VvooUO9V&#10;kNJ/hInqVAfKsJtPsVSQvxMi8pxkExMr5ubXlXARhHJkU+n0Ws/Nr5exyCcaI18om5BBfk+W2RxW&#10;aE5NpksCeEy876rlsh1yhIt6IYLUcWtxx6wsu65T0K3bVAg8QkG4OMZR5DAhchxZgxg7rmXfx4xg&#10;QTs6SsaIA5DJZMJP7Uq2vJx+ZPwxteidApDp9hRtn1YD4pN6VHyatKpn26tvssQfbQCFuUmaW2Gw&#10;+OqZVp59cP/hRvH+g/e/ms8VzIgGL+JEZymyLAJfrDj9LjQvvLtfLIjX4wBkfn4eg8EA7999FwMO&#10;JsSNXA/rxmLUyBQCasEfj8a4cHkF3bMO+IpHc34CshZG0sQKJN3RK/53jhfmzdm7z79w+22x6DoU&#10;Ow1oJ4o0OOG/PTo65QVRle3cz/LFuVZvCN1Gs3ZRsCN8tKpcKWG/WcPm5hZOT0/xwvO3cGF5Tug+&#10;VhebmJ2p4uC4gmqlhr2DA2xsbOAv/uKbotO+tLSIy5cuYWF5UQCOWfZZBzzzpCeDD4fsuA1VBolk&#10;PmKxb6JYjljBwI5lr32CB++8gx++cwc3n7uJl1986c/XL1147Wm+bo+O22v/zX/93/5XX/3aV/4n&#10;diyo8COOJwysDoygWLMG7CgZISk/N2QCeoKiJQGldsMJ99PdWT0iJc4nQnwtlR7rorYr7RfHGTk9&#10;3iik7rpKoKRhw0SxHzTDZJWABGyHa3prc7XTpbkP3B06Aa4Y3d4FVLHoWJzKoop6w1CEpuL+Uu5U&#10;XqHvHD9pYuGnIOhiX6eOE9XFhyn7XUtkH/ZE3pFwlTnp4MXwnk+d13A5HEp87gIGUEWW3fEAjFc+&#10;WyhHrWbHjk8l3uN9boA692ZqGBCPgQkAKQ0ZlA8Z+TXWx2oHEyVC52ND8h7D9TfOuKHsFQkGkSby&#10;aCcKHRJ2D+ejt1znNxhPRPEtmUCXAUkrkTgwSVSnTBf8iWqIWaMRkrLKdYGI/nkSO6s5TZx7uV4b&#10;CVxnr1B3wkBCADrcxyh2y9j7IhCsB+OW6h4y4S5Y7NgIO17QZgZidRzCptsUgEy3KUvxN/g6H/t9&#10;NVXtCuX04uNYJ0p7RAVIiD/aYO3ViXEK0c977fs/fL7T6dwol4qioyyWX9Oui7wbOEck3AGLu07x&#10;zlm5WkW1VkGd/Tlpn4rCm6fCUj0woRcVA3rUmEgiO8/cfvfJg/tmEZfCRWIYlIT6Kep2caZyPImB&#10;ppXV1W8988y1jsUt1LEjC5KiSVCXsa3bG7LPTZ5nb3SZF/9LS7N4vMHA1OMnuHXjquj2rSzPo9Go&#10;oFWvYv9gH6++9gMcXL6Iq1fWMd+oCXZjfXkWc806GvUKZhgoO1hdw9aTHTx8/JgfY+GYwj/vyhIH&#10;IkuYnW0xwMKO31xLjp6x9x7xGpst7oP+EB0GOg52t/Do/n289+7b6Jy2cfPadSzUZ+jyxZV/VqtX&#10;h0/zdfu//9M/+s82Hj2Yq9fqbTkFInMB4uHQeEqp/qx0XFOFnNB78LBMJUrV+R8ijE25XZmihljB&#10;chR0tj3NMfEts3NOgecKwPWplXMK6CjNvznidNtPp/CF2DboL/IsZWmgDgnzfdyRMA16zLM4u0Ec&#10;9sS4Q/lwBx7AUI5SGXdD91ka2kTB7232OD036VuPZSWeDiJKKUCoV/an41bDMi+BGxzpM0uhUJx4&#10;R4CkCvosMwvXClmP5bn7EtoG08xjSM15d95jCTLsgWEt3iWopSmezA2jFGOK7L4tnKOSWDWiYtPZ&#10;16JrIdzWGiJhJc1PGXl+yvHDSDSPJKjghiJ5U2R7Vs3G9QqG/TC6Q2JHmlJBjM59nqixW9H4UghX&#10;54qQKM/DgQzzYcevfIG6a/dLAmcs/TsNhrRGhZDIbwk4J1BEiLe28vu1YGa5ExYlc7pBloa1H43p&#10;+LTHtacAZLpNt6eITflJ3xtoykfcoZ/1fC11igia4vq9Fcy6jUi88up3X/0Su6WWEmn6zh0YRXPJ&#10;dLeILUOIyNzIS7qd/Z0vVtBkBTjPuXj93vtC1yD3KRb7EWvrXEod0aQMb6rWmqJY7PXOBDCKIuIv&#10;3oZBkRS3VzJEUgyfKxTx7PUbf7a01FLYK0iuDTuizriDcHOZJDg8OeWdvZ8Zj+NivpCgwn5+YW0Z&#10;Dza28M69h3jxuWsoDgdYWZjDbKPOQEQdJ+w53Gb36PAQ6+trWFtZRq1SQimfwyoDMC0GRObnZjE/&#10;P4f1i+sicHB7bw9bW0/wve+/gS47TsPJ0BTMRQ7o2HHhIY48EX7Ql85XMQNzHGgtsNe6fvEylpst&#10;HBweJysX1954mq+z0053/hv/4s//dqlQYIA3Ggr4wTuiwn1nLAtnf4IdeVIQTIVwxeLjWLSKuWIN&#10;Z5M2A3YDH0w7bEbaicodryJmZC8HLdDWIXMZCelOJ1WW3ROnhHfD8qzmwHVtokGhrYetkEoGdwtw&#10;osakiG8Aq53BghlQ1+rXL7lVAKKT0k6MToYgHBLyzXuDyDyn6UFI9viQteeVxzeiWcW2f+RoZp9f&#10;AR/jppVmHCiyzI8RQK10MKP5tghNPTd01EsyjkzmPQhuyjm13wUJwAU8o1sDdtwwR5s/5RoVOMeJ&#10;UMM6iyG5UhEF9mfIQHxCEycDReaEUEdBQh3gSlVRrTVUZ2enurXvuTBygCuNr7TtrbXE1anpIGEY&#10;rw8QJCOW2KaX41xlgQANAhyJYIuNe1eijBUoUoyIfT8FUYlv/+KNNhOrg7RfPPfmle/F7zejCfuc&#10;oxijEW+8JTMkcGyzbEo20Jimf0wByHSbbj8SC5KV//FjeX/v5um4Xek56oicnzLmFiNEdo22nvD0&#10;7Ttfl4wGVQwIRHZCQu3CIZiJSM7Pi7/Zn1qtwf7UUKlUBCh5wgr2ASuaIzV+pQ08qbnb2t3g+o/1&#10;tYsY9vtilph3uHRhKBbLxFYxVMf7Oh8iEunnOdTr9bPnX7j958UcEXP/oQDdXxwVmxSpCV7218FB&#10;WzA3pWr9y0O2H9y9a5SUBNvx7JV1PHq0hdffvIsXn78BXgxzd6v5mSqOWg0hKN8/OMTG4yfscRtY&#10;WlzCCgMinAHhXeZSIcLS/Awa1QrmZhpYWlrA1WvXcNru4PSU/emcoN1u44z9u8f+DIZcBzNBgWtG&#10;SlXMLyyinM+jwYBNs1jGTKWKCTswuUL+UT6fP32ar7PDg8Mbu7s7l0k+Qr1R74sObUIJ18bEg5Ep&#10;3GVRlhPHm5+7JXYexlQUArjHiqQ2Kw4uM6DLHamGDISEeRn/P3tvGmRJdp2HfTfz7Uu9erVvvfd0&#10;90zPDAGINLiIq2gFZcEKORim/MNh/6H/kQrTssIR/mXJEQ5H+J8sMWQqHFbINu0IyrZIUSRFCgQI&#10;gMAAs0/PTO97VVfXvryqt2den3O3vJnv1WBAEBY9XTkoVHXVe/lyuXnv+c453/fFRmAhWznwAb9f&#10;JREZ0BKbCouTvc48draPn8OhHBLn6hjC8w/Jsgli9+4gk/1P5/8DL/j12qGkUcVy2W/huF+u/0wY&#10;UrUMnNgEUr4iSYuLb38XeMAAjoQuPaJB4nmSKOjZVqtEgSqwKCUTqgsHz9K8rcCR0kev80mJonFg&#10;J1shkSPVmkwwn7mWWUCTFRZIKlsBUuaSmePwFbH81jCMcD2k93phRAoSGDnEeKnxxLVd8/jsfnLF&#10;klIvbPU6dKDazFN7vQrnhaOki/2KnEx7Z/B4H7Rb+kxF0t5rTQfZ4FCDASSVBcdbNJWUeDQod61U&#10;QSIh77fe+mA5256lnhrjzD6u9Sr7Ows+9JqTBjMWvPgSwhqYBIkqmBBGLYs9UXt6X9xGHKOePJ3B&#10;d08uSpk27zrdTgHI6Xa6/UWqgGQXr1hmQI9IFHxcY7DfnuX3jniRBv/0wY0Plza3tn44XwyVz4bw&#10;OCWq/z3QRn+65K1NqnjizRfztJCVMDU5genJSRwfH+HJk0eq4uFntngBHLJrtTkuK/HL35kbsbe+&#10;rl7j2xpIm4mzbTUCTs3HRnq80OQJgMzMzn376tWXniWn55XdzeUIZEI8t2xkG8Rsb+8xt6VEn/kj&#10;rGC1tbWLar2COBpgbqahTAgfPl3Hu+9/jGsvnVeZr9nJKhamJ5SqVYPeMzXZxMbWFoGQJ/jggxuK&#10;53H+/DnMz84o8nkpn4MsF5QfAbuZl3JCuad3+xPo9Qbo9wj00HduXYvoHvQpyBZ0zXihr5YKKNM5&#10;tTZ38PGdj3D2/Fl84Qtf+JPF5fmHn+Xn7NGDJ81et60CgcbUhAzphlPQItgnZaj8Yqy7htTmmJID&#10;Hm5h6yMvdOVtrkQANXeMRzQ2p/M1VQ3pMzhxxmowpoRibKbaD+pCvxLhKasFSBPQkxYs3fceBzoz&#10;P87LQnqZcJ9XgQzB2ljAedLAIlUTSSlFSeF4K+730qsfmKqGVRGKRaTeYw37pPTDcm1Cytlovz3N&#10;tpUlsEEHUbZhykrusjJXJGKP5I1U5VV5C3lTla3uhhAjTuNxxoNktKFqPNfP3SfvGLIeLv6/A8cM&#10;MWcq/OuRdvawFaM07SHwtMLS60baPNLGncIz+Rs9s8DjGcUZ6r080RRSuAqva1Q0lRCUyhA0H8Ud&#10;E1ArjZHALSSRbc2Khwn4lmm2C4/r1sGBC9AF0h4XzmHcLFIWTCT+IEHSzsS8Dlsl8at0iu8Rj2kZ&#10;9isTgRuv0hmQeuadGdDhA5VsNQRIV2Rsm5e/D9viBdOipsFaTPN2X3FqlBoWZB1eg6TwM2AnBA6x&#10;TExPx+UPTwHI6Xa6nUKIT3y7xA9ex1ueUAVJpZJi6adXxjYU+yHOW2++/WOxHE4LT8TXGjdpkym9&#10;cOQokFbGg9BVkHK1pr5Y7ak5WcfT1TVsbW4kqjbOvImCFzvDGqdj7tdn8FIq5LG3t0ufHOrKjbCS&#10;n8JUdWK1CKljsQu350OSy+Vx8eLlP1lZXoytZKa0uu+eaVvs2wt7wQCfMatfiSB3neK7pRKBBD6f&#10;9fVN1C6sKFCwsDhDvyth7fkm7tx7xO1PeO3Vq1gkkFGv5BUBnZWwGIw0m008W3+OBw8e4uatLys1&#10;meXFeZw5ewbzc3OYaEyg0ZxUgIx7qLsEPIZMPh9QUK3azKzkMJ1jzGX9Lp6vPsU73/k27t+7jaX5&#10;RUxXJ4czK4v/nBbuz/Q69ezZ8+vcpsc3MUfgo98fKIkZORjQeBwY80/fAUIHMaGInCpVI1fASjmH&#10;Dr1+u3+MtV6A+XwFhZCDvYEj59og0Ceg29xl0u+tKxi6VUUaM0KpKoUYfcTMg5bIT4uU9V9SZQhM&#10;cK1lXeUY9oHvVh4gSwcH0g1eiVSsx+VwUbIYU5UQjt8ifGUq2DyFcG08QcqJI/Y+xwIVQGQCcGOO&#10;7bgy8PIk6QqETDmQI+MlHqeUr05OzmTbrYQjfYmUypUz95Ppa5ZttPLJ9pofEGt+kdKmS+YZBluq&#10;8U9E+nusJZiV/LFIWDFS+FUP6SSd06BDy+/6fJJojMO85cukQZRM+YVEpoWOz3PA51GgIw9CrbBn&#10;gngRmwDenCnLo8MKDQvplAmlUS9kkLKzv6/AQ+AbDZrKhl03kuPU/iLCeI3Ydit+fxTFYyv8SYbN&#10;Cqj5rVnp9ijLTXQS7cJX1rKmhbGrxGS9RSzISHgkpkLC7zH+J86c1Ko0SrgWNq748P3m6jRd71oY&#10;wLVEj/I/gtMQ7BSAnG4v7vb91S/+IvRrjmv3khLj4c+IcL41kwL2D47x4Qcf/Vwun1OGgG7p8tul&#10;jHpQbKoH3D9cKFXUhFws5VGrVxU4efKE5XePEq1+7gVWvd+RC3gsOXxAgf30/LxSgWK+A7eBWKlU&#10;zsjFEolCjXH2lW4lMi1idAKlYkVeu/7KlyvlnGq/sv20WTPGET352Cgb0Qd2CATQ2vV5Or8SE5zn&#10;Z5t49LSLR6ubuHbprKpOLC1Mo04gZGZyAqvPnuONN97EhQvnceHcCgGPijISXJqfVO7pDMbm5+eU&#10;r8iTp2u0r8d4570bKkvGzujNySaBkIYiqZcrdeTp2udMto5NHJlDw0BuY/0ZnhH42N7cRLGQw8r0&#10;PJamZplz0lk8s3Dzs/6UHhweXuTFPyfo+gS51uHe4d+k21hl/oeMfZu+0cx0qDL7AYYUDB7HWnr3&#10;bKmMAb1ve3iMwTDAZD5AKQhTPg6xUQXKed4XtjtCGoO6AB6RPcPrGO31D7yWnMQ7InmNSGXzQ1PX&#10;EWM4I6MzV8IGSPtHyxEBUGHAUFIx8TsxE9CRKFMJTxkrnWXPtgc5+Ce9T5eJK7ovPeurTQVejhip&#10;ypBvsZiuF40meMadeXaeNgG6SKo10gM7AdJ8CjmW/atbU9kDqVycwLPBELfbbRz3uxjSnFGkMVoO&#10;i8jRmJos5DFTLKI51UCx1UXYO0Zv0EZHGEDiDZTAVWmlP+26MZKdvkfGgUgq2T5nJsWU8aoGiAPk&#10;uF02x1Xp2PjBBAbe2Wg+dggxNC1GSu5cgSXdctXtdLC3s6OADDzCt/CrJZ6CQ8rlPFORSBsXmjMw&#10;XBHhLXZZLkdqOlfIN3atki7UD0aFkgMRjDiguy9XwfEJk0lbs/CQTxgE7pqxI7y6lkOVMJsATmqp&#10;Gu/+nm3DSiqEL25n1ikAOd1OtxOC/7+YRR35PbxWL7y3bt3JP1tf+1leSFTWa8SVVZfuYdqwglyo&#10;Fp0gFCgUy4p4zv4fR+0u7t29i36/n24P43I+T/iqO8ZqzQODaIjpmXns7+6aVUE6+UdbreB2Ja4K&#10;KGKkW3l1FouPgTknzenZB9devvaeXUzcwuYHjjIhnKeyqrSoHBy0VAtWoVz+Yrfbp0MsKB34C2eX&#10;cP/xGm4+eIxXr1xAiYDW3OwUGo0aJpsT2N3d4ww9nq8/x5mzK4qAXquUUCAkMU0AhA0Mp+h1i/Mz&#10;eOnyZezQ6zc3trC18RzrBC5u3XlIi3gLg25PZSKVDj/LYvL1CQP0u22lNFal/Zw7dwbTtQam65N0&#10;HEwgrTynv7U/689Zp9Oe0eo8IYG0wgFdnOt0L/PKdTjWRNbY84VmN+bAI38bR0oaQ3qBP6ZxXGQg&#10;QuO2Q0HjAY3BDu1ngsZ1ma6181zwPCmEHUAWlCAJ9kJvLMkxWXgG1TbjHcg0t0B4740zufl09SMY&#10;az/oAxh8gtqOTOXL/UDfa54S0rnG65Yiz9BQeKwGo1DlV298uABjFJoogqWJ+oHURny+8Z50wChp&#10;7RJjArWsepavv5VVtIIhoidkeBM8p+wSvassZFIlEYmWV2DMG237V5gr4Tgo4w9bO3i/1cKZ5jRe&#10;Xb6MGnS7ULgwg06zgUP6G/sKddlLg13p1o4xe9zBUrmEfChUsoGrGUOhCcyxp2lmKx+BBxJ56hxm&#10;QKAPeLMAZYT4buY/5VZOc2lIACnI5ZRqk5LhDYXi2ympZMOh0xWM2O1Umh42dTz0rDzfXcfR4QFy&#10;xYInoZxUKRLZWZH4i/gHDo+QjvFyuML4awB+tUO4yknsGdLadq845fuRvGecE7p/XH4LlnD7lgko&#10;k4mSlm5h5CpopJIV/G9uCeWFj6v1BNJqggCp/6R9kgpWqjs6lUw8rYCcbqfbZ3T7s9cxxCfsUv5/&#10;VB+RJ4m/B8I/GN8sZOw5vPWdd3+o221fYj6HqTgr7wQr5eP+M1wONnsL8zmUONguVykYLmOyMaGI&#10;1Jub60onXhHZ4zgdVFkuhprcI/W9Vq9jY/WROyDhadHHkWlFijVpXMo4lc9Vflr5PM6dv/CVc+eW&#10;29l7IEwPjgqIjEWw9Ii2MNWWre19RJGkUwq/2KZ/swM6g43mRA0vXVzBw0fr+PDje3j52iXltj4/&#10;XcNUvYx9Ahlz09N4TqDiyZMnuHvnPhYIbKysrKDeqCvwFNLKP1EvKQPBiWoRc1OTOLpwFsfHbbTb&#10;bXToe6t1jPbxMbq9HgZ9TWRUCk90vAUCIuViiCZd58IwxtPVpwiLhehzr7/2O42pxsZnHoC029Mc&#10;7LA4QZgPCSuozm0lwxvm8hhw9UJ6JntmxIWAAyIpJwb658AQagv03mXaNwPcAwLe+4MBKkEO9SBI&#10;JGlNoFgy+7CBYYisSlKag2GVk3TVMDZxbeAM6fxZIhtsJ600QaY2Yh3G01wEmaIjy1QFg/+LRFJV&#10;EMYYLs5UCgJX7RAOEPjRomVDWB6Lzd2PKlJ5/ikCI9WeOBuDpqYuG4ALR7YOUkLEWX0wMVIVcW1a&#10;Il0p8ZWc/JnfDwylSDtnqKskEmKyEHkco4B/sfMAXbqov3zpczhLz2e7tUfjsa9FBvbWEeTLiusV&#10;TjcQTc6i27yM1mUadVvP8fTD99HqttX4mwyLmKSxVqGBWg40yOx7SgC2bSpGmqNiTTEjpB3V/bsS&#10;ZVY4d6XoWRnQX3PFojHbk042N2ld1Ykm7UMUOznapGoQoFAoYE1JrUc0/2tSdhAGnlt6MKZCkRj7&#10;ZSsYPNcHqqU2VKAoBZaldMqLdj9BEGSc1A1Z3G9j88pMFmg4XooYs35aIr3wxovhJer9Bu549HwT&#10;O3lgBSaZzM8AnY4/jiQtjIliVmqcZarx/nFIo2Zm9FE+dT7xFICcbqfb6XZSrP/n/znwsYUYD0b8&#10;JXjMis/v7fZjvPvee39Z5MKCnfxkYBxskVg9c18sZ8+4pUopYYUC7JieL4RoEPhgl++Ntec4OjjE&#10;YDh0Ou02i2TL+XbhYSOoyeY0BTQS3XZHZbhFkJTlbQ+uleCVqVSRMR9kM61yGVevXfvqVKOKKB6H&#10;xpCqdihLEiR92LwdtI4Q5IKzg2F0oc7cj81tVKslpYQ1N9VAhRbrR09YBesm2pfO0WefxWyzQl81&#10;NOsVBVRmZ6bx7PlzPHn0GB/R62qNGs6dO4ulxUVU2SOlHKrrlguZNC9QCmPUyzn0q2X0Jhvos/kg&#10;Xzde1HjRp9cW2TW9UEI87OHejY/x7rvvIF8KGeB0Vy6u/D470X/Wt26nmxsSMBAq6MgNIilDBqP9&#10;/hBFuq5xuYSIgFwSeBgJWdOznRNi1LTNBHc97ZmOCgUZi7mi4nTsRUPsUgDBbVk1bjVkI0Mer/S+&#10;iuJ/6J9twJ/zWmZ8Qz5bNdAaOIEKUGSqrUp6tQuRUkMSKcHVbOjsW+TJVP1Den4h/hkHrqVIGj5K&#10;Qgj2i6aOC+I/QTbwkpaxnrSHBSnQJN18EUhkxFuzT2S2HuOBBGnPzW+t80jumdpQmv+Trtp6Hu9p&#10;iObJno6S2Eea1lyQWG5O4Zu7zwh8DPE3CFTMtPax1TtQYwxO6CJA3OtAtiIM15+qJExA88dstYFS&#10;bRKzuSo6NKZ24wE2+z08oaB1IDUvYo4C8Ol8DlN0uUvcomo4TH0PRsuMh4zIkPLTEsAyMSkU8JTW&#10;aO6keZP7byOjs27HcGDMAq23lOD2KunxlbiCYkDe/Tv3EoEPA1CsV5NWt5IjBoLJ2igNGNBBvAIf&#10;puogUlK9tjUKjotkFa70IfpmgrHjovhu6vCUrJRPkPSAhFsLPZK7WSv43IWwv9NAQ6+FgWnpDbTy&#10;njlHBQil9iKiYyl92hAgK9gI735J8YNKoZ4CkNPtdPu3DRd+QHsVP3AFC4nEPXYEWZxkjWsCeOGM&#10;lICHDx7i0eP7P8lStkr9SuhSvFY90UQ7lR21pD1WwlJeHQUCAEVMNRqoURDILRuPHj9SXh56YYnc&#10;xOxcaaUxwaLf9XtdnL34Eg4P9mHr+9l+bB3WREYSWDgVHnsuHIA3arX9a9eu/AmvCcPYv60iUQXL&#10;WAK7iT1WDc4qmA1E7vNxJGtlAgXcNvWcQQidF7dkzc1NoVIpYX19C4+fPMXB3h6uXr2MlblpOvcC&#10;ZqeqBELKmJ6sYnZ2BuvPNnD/4QN87evfxLDXwwRdo5XlZcwvzGBycoq+GpiebqpbxORLZarHWTPO&#10;7bMJIQXc7aNjxf/48NaH+PCD97GzsY6ZRhPnZs7jqHUYzS/P33kRnlC6PoW93R017pSvptSmFsrw&#10;i0BbqVrBcbdnqiABEnUqmzXVYya0bRsmYIo8Wd2BUVvj9qr5XF797ZjuxQF9Rk6wH0yAKg2woakC&#10;hNDy1InSlR5PofSefBP0Dz2CunQgxKdm+4FjMlg1AT4beIoRX3D7nqxbtjCeFWlKWJDSo3CHKhLw&#10;ITMBvXb1ts9d4CS1xUmO446/IEYCpLR61SggsVUTP+qSmYajFJ8D42j9J0vlpisfADyyfwykfs5W&#10;ZdjnqEUHuNU7wqvlBuboVZ3+MfJGZtbeAWk4HjwWOakS2g892kfncA+9UHPoZmg8zefK6rXHkcAO&#10;AZKHBEhusLACzUflQh7LNKfOFHOYobFfgW5d60OLH0ivTuM8XqQc4QdZUYbITHc5oXXUwlJJPQvs&#10;NySMbHscpfcjITwVK3PnlBBJHnu7+7h/944SEXHqUAakKuleq6I41vQPzozQr0Q44ZBslcDbj+NJ&#10;2LupKhD6LidcjywX0iuLREZMwbilC88TS80bwSd9vm7NMhJe6Y4DBl9DbayrajORLAHp/SdLl/hE&#10;CJGy7pKjvxsBL59hjsgpADndTre/gNmHEz9b4JNluAKRmCnR9v47H0wdHh78BJfUbebL13pXu+Ny&#10;tyEaqspHwMpTAcrlqjIAbFLAvndwgCcUnCsQY5djY9Zkg46hUVjRplkBGs0prD245zJcwhLQbQZO&#10;ynTDhc1cmswcLzgLS8tvXbp0flWecI386Mgll5xkMQWIkUS3N+CF54di47A9OzWlZHHZgPDqpfNo&#10;H7cxN9NEo15R4GTt2TO89fb7WF9ewqXzKwTCahQw5Oh9E5hs1On7JBaX5vF8a49eu46nT57g22++&#10;h9bBHl2fIYr5HPLlIsrVMgqFogZXDESGXUU+b+0dEsjZBt0XdcST9TrOs/lgYwYNAiHlido+HXvv&#10;RXjGfuqnf+o3//Xv/d4X2fCsUirvyjgO1V00ACSfL6FYr6F7cKiqEfDUmwJhxQsCQ/+OPIArHE6P&#10;jXP10AQKvJ+5kB1DQtwfHmNvOKRAU6AuQsxwVcpkeq1aVeBED2TKzFAYCenI8CA0kBeuXhB4zg8S&#10;PnpOWpuclOoIHyJtZOg7XbvWIuVdETuT0kCdq9mbFN61MjwPU/W0rUixNR80ylmBtNXMcKSK40ME&#10;28JlKwJKAcpVSsbr/1jgYknLQQqgJUpncQZCxFmpYss/kTKVPU7xIoTwyP++OhkytYPkk4YUnd/f&#10;eo4ivfflQh19evwSnS+fK5L9TOO1xMceenEwHfnAXk26IEsEMpbyFTVW9ooxtujz1mgOerc75J5B&#10;1AsCK0GeXkegpBAiD/Vr9D2nPOl5uHjsjQQoO2XCAIVKRWf06SYzl85BYuPvpPnckZ734XMjgGKp&#10;iA++/nUcHe6j1mggabsTjgsiRCb49pcgVtCKYlc5ka6tySTHpMfukel7pvFRnBDEU94cgO+qbs/F&#10;Z/w7XpNVHRNBioNi92UlekOd+HAKXol5r74Y/jXvM48vmRvytqXNtmC5JsJYOqDz/UYW4jNeBTkF&#10;IKfb6YaTsw8nZSZ+0FK8KYdmf4L/hA8VJuvP7T3CkA3feuud/5D+Na/Ly1IrT3mZKFUFse1XQpfJ&#10;cxScFfNF1XpQ4kCaFrPbN+9iZ3tLTdR+akYaXwZhSI0cgEesBFWvqratNhsWWoUR9TbTo8veAdyD&#10;bBYCXU2x03iIMCcU9+Ti5at/NDc/kxR8fL14T4NXeGpeFoAx8XJn94gd0EWhUPpcu9dDPs6rpfv8&#10;8gLuP17FrTv38dorl9V5zjbrBAaqBEIa2NzewerqGr69uYG5hTmsLC2iMVFDIRcSMMtjWVU7JrBE&#10;f7ty6SJ291uKtL5D79ve3qTP3cXG5gF67WP0u11FQuesPl93zqpOENiYX1hRrWBT1TqmijXs04Lf&#10;l0Ncv3zp/6nWa5svwjP21/76z/2D6el//PFHH338V69cu/zRk9sP/5Yap+yPwuZpfL0mJjDs0uLf&#10;76JgMpNWzZkDOu6vD2SO7urQBcmqkiHESPBuh26XgsmQ3nE2V1Zj7TDuYzse4k6vowjrC2EBFZXh&#10;Fh6wkcr3I3n+Y/VJ/Jphpq5hbfoSuOHo7x7gyBoS+oFeukUrYcAkgEUpdhkAoPbiydBa0jlkwstw&#10;akXWdM8FV9JI+CaWiKNMN2G4CrpakiQL4lRFwVYYAidRpzPaaj6CdUFPN1sFyDqipG0YpYVdal9e&#10;Y5gHQkIHQodjaioeV8DsP/AACf+8F/XQQh/zYRG1QFfNhCePHInRKk/saXs5vo3f+iUTwnnfM9qr&#10;07hu0teVfJ4+R2KXgvUnNN7vd3p4k6bT/DEwmw9xrpDDMo3tOs05fN14jPXNdfQNatOgT4AzF41K&#10;yQT+saujcLXQGuwJI3hs2+7sJQpp3LNq4Te++mVFPreAwnIrLF/E7yMSmVa2ZKpOt85BptdU4VUf&#10;NHgw18zxS2w7btoTJEVMT5HMY1f5SNW4Uupcpg3MrEdRZCpEGdjsjpMBXE43PSohEanTHVE0zAk/&#10;jSDEyHUQ4iRS+skVkZHqBz7bgr6nAOR0O92+Cwj4twuC5CcfnBydsPgbz47P1jfDm7c//k9ZaUlK&#10;n+Rp+R9molepUF125rYCVsEqUVBcm2igXq1Q0J1XJOzjo0NDWrQSgkNXYlc5zFg3ZvQHPQqu55WJ&#10;VTQYGsKddZUVhrweaeUtTzlIGilgpTZDx1Gt1vuvXH/lT1h1auixNLMqMUiZn6WVdA4ODzAcDCuF&#10;Al4vFIt0Dl1UCWxU6wVce+kc7j9cwzvv38LLVy8hoOs026zi4sq0+r40P42151t4+vQp7t17gMlG&#10;E2fPLquWrSI7ylPgUMrT4j5RQomJ5PR9cX4K7e4F+uqh1+2g1+sSAOkj6g+VBPJQycsO1ftLtMBz&#10;1aW9s4sP332PgNI2Xn/51d7K+aUvM3h7UbZ/50e/8G/4S4U3USxUtjmOU5nZKoHC460BBWxDZUBo&#10;45NImvBT5Dz1JhPWS80R8WVpczZzLXXVQgfUAaYIdExz8BXG2CEw8ogCUo74FiggnQ6KiqQOEdGv&#10;fIaIlem12foIaV0jLbgbeXRqCyyEF3p7FGK/toKkXSs4wVgvcfV0AbA09GqRRKi2ZSZS/A3pefhY&#10;cGJbnIJM3SBRvLLZ5UBmlJmklb4VidO6rRb5HTLmJbFqZUs/q2nlsHSuJXT8moTLIr0qjp0DIrfH&#10;wNVRkgA9YU2EmWlTKV9x0M7tTzS3zdEYkI4W7kswy5ShJLz6zehULFPQMka6ahFJC1H1qyZpvmVA&#10;8gWan7o07p8PIhp/A7zf7uGbdMGrdOOWCiHmaM5YpLmxnNPS53xdBsbJXjl60O7yJqINmVtG8/rQ&#10;qGCpSoFSF9Sk69iATdX+KrXxLLeHVmje/z//93+GjfU1NGdmnZmsEDJVObdGsiLlD+Lz+0b5i1a1&#10;KuVE7nt1WDUs+zyxyEcQeKBDuP2NGgvGCeCFVdEKvWqKX1dMFo0gSKSBZYY34ldeIo1WNBCJlB9I&#10;XgiVtYv+PBObWWDyWVfKOgUgp9vp9kkTADBGc/67A5c/j3njk8HHqNxMMuHr33/44Uc/vLO786Oh&#10;ccKF6a/ltUhN/mphCk1qSbdd8SRcLJVQLOdRZwfwiQml6PR8/ZlyDVfTtF0MROA4J1pG17RfUWA+&#10;OzWnuBTCOKs72Q+zOOgSuFbBEr6qFUuh0gHmCQzMzEw/vHr18jveCmGkjxJ99+SmGKJoZtZud/q8&#10;EJ2n4H+5UqujfdxB66iDSqmopHZffeUyHj5Zw537j3DcbuPqS+cxNzWBRrWECfpq1qtYmJlWBoUP&#10;HjzGV77yJ2phW15ZwLmVs5iemUK5XEapVEaNrlun0keHwAdLFRPuYfCjifax1tZnL5UCXWc2KNzd&#10;3caH77yDD95+k5c1XF6+ADmQxxcuX/j2C1lxjPUoUMZtkTE7U4ERm3zkUJ5oonOwbeRGdYVDmEx+&#10;PihQYHAMp0UlhJcd1i0ZUkhXHYEXgCpLOdWeFKFMQOZCWFF59AMCOwdsbkigcUIUCIgUUEOZAFCE&#10;ARshenwOIRNlLPspkQl9AycQG8N3FklL7MYe8Ego72KEmp04cyfyuonlZjowT6R3rVO18+szqCBh&#10;qwSZhIDJnHuPmJXYzbqCpx3bE1AROjO+2MlmBx6tWo7hvCR+FWl7Rp9+LQGPvO/XNjTki06Yp9ON&#10;pwns43f2OLNNJ1UVgce4GeWbBKm7NVqYdvUFj4uHjO9H6Bkf2qB34AlxLBZzWJY5DMvMH4nwfBhj&#10;NRrimzR3dehV1UBXRs6VCpgXLC8daqCjpr6hEhkp1WoanBuTPfUdVhXLmllal/RIBdeNySbe+Oaf&#10;4g//1W9jamrGBeDwKtjOu0MGhkNi/TMSTohNNtkqRlYG1469wDmcI80NMckDAZE2F7REdNtmnHkq&#10;YOXkrfmhUWJMJ+jidMbK3TyZBlMGLMVSOn8sXuMiNkgdKAVDwvJc/peRbWu2yQx/n9mBaHkxYUol&#10;CyfyPMRn3CDkFICcbqfbdwuMkFXi/y4ow/hvxN83ChHj5QSz6RSjaGJ5FXaxePvtD34xGkYiKCQO&#10;t5Z5mhh2aXJvYDKl+XzeLQicNZto1LG29kyZ5iUmg6aNSy1ivIANjImUTq0VSxUCLk2sPXqg+p8t&#10;eRiBUUUxHBDVfmXDCVP9CJQXCR1HoYDzFy5+eWl5fhD5a00sRytANj0qR2fsXp/5H8EPcXKQF9qZ&#10;uSmsrq4TaCiiSJ/RnJrE9WuXMEPfHz1dxVvvvIeLFy/g3PICmgxCavqL+R+LC3NY3ziPR4+e4v7D&#10;h3j7rfeVotUkgbTpuRlMT02hOTlJ4K0IJv3n8iWA/scqT8wzOW61sLG5idWnT/Do/j1lQMjvX5qZ&#10;xeLULOZm5jGzOMfEkP6L+6zp8C8aEoDrtFCpTWpQSZFvgUBePp5C+2iHVvChC3p5UbetUQGssVcC&#10;NvxWCZmE1m74xAYe0B2j73llZMjB0TSBjvkQKst8JAfYkMd4TjFHjUBKQ+Qxwa2CwhLcpWn/8est&#10;0p1PMofELgj21Z+Eo6TLEbYCRpSmkl76rCBGYIxxYo8sLyASozo+HpFwP6TwORhZCnfWsV0fU2yU&#10;sDTg985NpJkuXhONMw614CfrK5/1R08qJBkRYpEEv6MNVqlPQ1q7LGtgmL5TVhq1gnBEMECkQly4&#10;cYbMFXPTkEiDj9ADLFm1NjseQ6Hb+GITjfYNICkGIS4UQ5wnQBJVJHYGQ6wRILlP89qN4wECAudL&#10;xSJWeKwWimiiiEGVjr5SQJHm8rn5Wezs7KvES89IgNtAXZqkUT6XR7laxTf+9Bv4p//TP8BEva4S&#10;JQ4UmJKJcK1R2iWd+RM+TwNyjCgIkPLzUNUMwxtUxxHArR1SJj5O/vfRdqY0oLEGgup3kVn/zFqS&#10;VcJKQJTHe7F+JUibKKpER6BVuViOOMopfTFFRo+Zq0aPPQv2+Yd1kh/IKAjLPuHfPf44BSCn2+n2&#10;ogVE8nvPRHgc8O+/AiNPSOPFEo4da5VNPAWS1lG79OGHH/0Vbr+C1/Lg3FdNZgtBkBQQ6I2selIs&#10;V1AqlFRQztWTtSdrONjfNxnqdJ8vtxPZY+QZudvvojk9p9qwuPVIGFlFNXWzklU/NotNZBS+LKE4&#10;SQFxK1SJQMz166/+Ua1S1PK7PsnDTzka/4/kgPR14UCAXYA3N/foc3OvCqMI06xWsDg3i8dPnqkF&#10;qlAqYG66icbFZUxN1rG6vo67d+9hfW0dFy6cw+LsNCrlvHIpP7c8Q6+ZwPLiPK5dvYznW7tYe7pO&#10;r13DjRu3sH+wh4gCg8Gwl2jRc7l+OECv28Vg0FUVEXYeLleqWFlewTQBlplKEwWhuTjzy0t/VCyX&#10;D19YpB/L0MhgaTlN5XCueUYRg1u6bjUaO8PerqkumEy+4SbFxmEwSPVki9FMNf2qqPrldV2CwjX0&#10;ehJPaMxUahVMUcBRifvKzI33NUOh6bQooisixRXYll08lUPU6Z1N+n2dAsC8yKu99RUQSbuLZ9t0&#10;pJff1yFL5JHb/WBZppxHvFDcPO+ajJ4KUmTivu2p8zrpYOEFygk/xdQ9WBFLwhPhFSlNqsA8+7GA&#10;I7rbuTEaUxHwf07c4lNnAaSukxwTnqX9TJLmKD/096M1OXK1/boSvPqGcCCRAnElu+y1s8Hw27x7&#10;6BPTkbkjkdcSF9h/u6qH3gYZ8DFSXfH5CuZ1A/NCTsQ0CSzM5CVepXnriOaWdRqnq/T9Rq+F3x8c&#10;0Xim60M4I/j7fw+v/+5v4+rrr+PySy9jZmYWk80G7Dyo5GRprHcHfZq/VvF//Ob/iq/84e+j2WjQ&#10;fFfVvEATwCfyutKRw13ALrVzjpTjknLjgu6kfUqYQSnN/K9brYZp13TTTii8Nq7YyOXayowvrKC9&#10;QpJFWyANYGz13U+yqURYDFeV8YET72kwHJhWNKOGxsAtjv/MsMDTFUjJKL9o4OMUgJxup9unAAF/&#10;XrHVOBzx3SerTw9lbF88L3YPHjx5aXV19XUm0EXG8E8HaLEpbQul+c5fSgmEJwOjG1/gFqxSGfVa&#10;Ff1eH6sUYEfR0LU86VJ1ZII+HSy6Hm9aQKanZ7G3vaXL/qwrr1zN9aITxZHLeFkwJN1iwTLAOeTo&#10;eCYmJjZfuvbSd9x1ip2QvZdCPAHpGRXF1lGPvrrIl0pXuR2GF95hf4iFuaYKxh48eKraDwqFPGan&#10;Grh4Zg5TzRoWZmew+mwdH3xwA/cqFZxdWcHs3LQyL+QrxdK8xYVZNCcbOLu8gFbrCvZbx8pv5GD/&#10;EIcHB8p4sNPtECDpYdDrm1YFqaSF+fw4O8mKW/Uwj6f3H+Lu04dYmV/C5EzjzWIxH7+YD5tOsMfS&#10;GGXSWOjRtSuxDDQHRBSBddrHaBA4VUHj8FDRvzmE6RMgSDw3RKrqAccMSAJBBVBNoBKqrGYOT88v&#10;o/5XfhbFahnbDx4DN++h8ewZ6nQMTFTPBSXU6B7WCIws0vNwJDvYoZBvQw6wSQOqQB8wKXKYEGUl&#10;h6r5HwN9LsBI2GqD9gJ9/lC91obWsUc8t8efVEKEIZKnjfVMQCgEPH55KoARmfhcpIqJQnEEVB3H&#10;mrAZZS1fxStdBdaheug5lshPmPOsnLElbkUpd5QY6dqIHKkZCFc/8l8rFBFf8Ruk8I5EjFzxcZ7V&#10;AlpKme9DTlhnFzkK9tz9kiPX86R0U2CAmu8XG0pbcUkLHacqI8KTx/U+yxoUDo3ceYkmuYulEOd4&#10;XqU5ab0f42Glhgf01a4V8cd//BX89r/8XRSKJUxNT2FpZRkzs7OqXZQNAXudLp49W8Wdm7dUdYQr&#10;sCV6rWrN8qRxrRy885aRiRt6EOQ0PPUUFm2bkW8smJgExl5FQKTka31lOK4EhcaMkFtYY2P6aQHR&#10;0JgVwslG2zXEqjDGI+2WtiVMVWQcAvCrKGk5YeUiH0XGFFFLz/M6aKoy3LucG13QvWRHSiZ+FErI&#10;MTFGtoJyqoJ1up1uLzIAOSEbIeX3xvUYt6x+Kj7JSUQ0nvCHsem31XKBMk72+eEHH/5Mr9vOhXkX&#10;ciH2SZ9Sl+FVftNmSOm/AgXIMQXq3KJUrZUpuD7E5vozNflKGbvWFtVTz9kk6fVr06LAYKZJwfrd&#10;D2/oAClgqcO8XhAGUSoFZN9vV2j2guDWJa6ALJ05/87FC2ef+VKN4y+oHHtteBLv9pTvcCWKoiss&#10;ibtL4KBaK6lF5OK5RVps83j0eFU5o1+7ehGYmsRso4YmnfcCLdjr27t49OQJ3n3vfRUULM7PYWVl&#10;Cc1mg4KVUGGhIl9f2icrbtVKBcw06uj355TJIcs2csUnZuI5HQi7pfP5lUtFldV/vvoE3/raV7H1&#10;/BnOzCwqcFKqvhjqV5845s0gzdP1GtI9HAwEyvkCjR/g+PAIKA0xV6miFx2ZoITCfAIgfshowcZJ&#10;qtVCeC019By1Zqdw5e/+bSy+fg0RV6vaXXS3D7D70W1sfvAhcnfuoL6zjwkV+OUUOJoMy5hSVKgc&#10;2vTMtHptbA72sSmY/B6gLvOYoL8VVctTrECGrYxEHn8kcr+3zuLSqz4ASJkcajAQZAgGgXVFd9K7&#10;wpHSpckOBJ6/QooLYqss0iMEuwBaev4TmdYpKVRQHAukuCrjWlb9TK+0boGOXh4n3j0ZjxA5hguT&#10;BP22zS505nPwlMCSY5YnZpSlUTAbShvkyxSoCMxvpDnGrDtKulqVrvQIb52wU1X8CetDNGZ6C5GQ&#10;2LM8E5uXiQxomSsInIl7ePkQeHtmCrlXXsPezh6B9haOjo5x4/0bGPS7iIaRAg7c6lqkObBam8Ds&#10;7LyR5zUGgiK5Yc5N3c7btmHOCDkoJaogcGtJYFptbQXFVjR89arYBwPsNG7GGK9lypUdhlOI2Ek2&#10;O0lc817VmhkHpgtMqvc45MOJON63UR6Ep4LlX2C1/gjD3BCJf4mT7KU1iSv/PL+rqUL5qoT6kZAy&#10;kWG0180z7BQe10R6nKA0J95wZzCeU/SpGeunAOR0O90+e9uJuvbihDTf9wFsRlo15Jj42r4oDHRZ&#10;Wvp8Nz1Z8QT6wY0bP6kmVxka1ZPEL0BKm32Ca9/iiZYJ6dwaxLK7IldQ08OTJ2s4Om4Z0jgSgqDv&#10;EG0Wl/5giInJKQJG7H5+pBetQHhykLqUHskocbq1p8TVGHO+OQrQr127+rvNyTrsmpXtwDoJnfkB&#10;FC+09CnT9K9L/OsaZ7a395TzeURB50uXzqJRr+LOg8d4+90PcfWlizi7NI+pOrefMQG/hKXZJtbP&#10;nMH9R0/x+NETvPP2e0onf3lxAQtLC5ie1iT0afpyqjOxVAsfL1aRWSz5585xB9tbG/j4xnv0dYOu&#10;7SPUigWcnVnA4uIi5paXt5tTkzdfxOfMVekiHrCxCyAEgTIm7FcKReUSXy6VVJvbkThU/AvhEEua&#10;0GyJ6HEqFPU79aTL4vJYCK9fQW5xHvsHh8okrjTVwMTcFGavnkfn534c+w+f4PDjm3j6wS3kH9B9&#10;2ztEoxcjT4FJkCfAXimiIIuYCWbRJ4C7L9vYRw878VB9MPNFmDvCJOc8rD6WPpqhq5AYBTsdfnmv&#10;gLMJtIySIXTwH1pei5CmJSpdTwDSik/ODNBdJc0JUZUMaYGMdTCJtBO022PiYO4AgkiA0jiuBKRn&#10;DGq4IxqwxI4XEsj0+3zmh+6wk46Wbj89lHCtObEwFaExSlrCJFtiAwJHTOHMFeUqSEEERnQ5cQ6J&#10;FDxJ11Pk2Oy0SBHj7b9thygyAOKkFrVsG5pPqI89V/TYdZ4mTWx8jXo0t1YHR1j96GN0r15U7a+1&#10;Wh21el1VEtg7Z6gAiMeLUa1P5qwVADDQTCln0bUbxo6TkbiOm3Oz4CSOUwA1XQlJKheu/cnce7Uu&#10;+RcJMNwUcwzWPDDFdbQu5aZaBM8nBQnh3u7TAVkLPqxBopPKtu1kErq7y1MxMz4qCpypncWKtxJ7&#10;/EVhVB4T1plMlMYC72mxwhE2KSCSdThpx0pc4YUAJD7bLPRTAHK6fea3H0QJU+DPJpEnMgsOPunY&#10;xHf5HOG9wPIwaP7b3W3V7t6986oiCRpDNavBH/taMBz0c46PXseVD25FGhiOQr1eU5nltdXHBCY6&#10;yYQYm/yeBSOxnlhDVbIeYm5hGVvra7p0nctrKURLYrTLvUTKzV0asiFLQXIVoFat91++/vI3FGck&#10;kplCh8ycfxqEJIElsL2zz4HtlVIpLHMbFBsqckvP2vqmqn4Mh0WcP7ukiPYPHz3Gxx/fUj4eFy+e&#10;U0pYXNGYbtbQnKxhYXEaly+dx+raJh49eoRbdx/gm298R1VTcvkc6rUK6tUqKhX2lcirmLjfHygp&#10;3oO9XWzv7mJrcxv79DNXRCZqNZxdPIPFqWlMlCoY0LWuNyZuLC7N33/Rns9vf/vdn3/jjTf/o1/9&#10;lV/+ZXuvGXxwZapZremWCwYJtJg3mpPoHx6h1z9EMRe7DDpXHOKMrpS0CjaAEVk4wT2bXlCYnESJ&#10;QGSv10Gbxmqfxl0pn1eCAsXpSSzNNLHw+is4/nf3sU8A5ODGx9i78RFKD5+iethCtd1DKcciDkWU&#10;WcZa5rFAnzAY9rEXd9Cj+G4z7qGLDsosMU1Lb50lVdk0zgte4zHHZ89pCKsdBfNM+xUfqVSnTGHC&#10;I4Zbg0aPuG5aZaSwGe3EjBCmPuPn5bPEbRf0irQhoN8WZs37YiEzRG3hAIcKYlOmdHY2SIjxUiby&#10;wC6s97xHhCfzCiEzEMN8tkga2bLzcMLtgGtzC0bI8L4hok9AT8BunKnLpCo/GWAmXOXLBmHCCCEk&#10;V9wmkyKZMHQC79rH3udYlSY7xplnEnM77WCgW4ZsYMvzqWlljd0cngT0frXCH3kaOEj4xQNdvU5A&#10;olaRMwG3qcY7eGRKF0k7sSfbbInm3pW26ooOQGvyhQIi0jdmlHDVv+SBkakKiQVLfquXdMIu1qw0&#10;dhOBGxOBUK2ZemHSF1Z5DbnXIqLrNPS7IdIL+XiVrmzyMrYVnVirUzrlTa9aEuO0Bet0O93+f7t9&#10;Pw9vcFLV4nskmmcNmOQJU1UWnMhxDSQ2eLeZIyGcpQC/+vGDJys7WzuXOGCLYi8L6bgfNvNCy1Cs&#10;jdSkN6mzHlCNAmku229tbBMo6TvFKpspcrjHUxNh1+8rL7+Cb/7R76vFUhH6hIMYTkaRyY+xle0V&#10;1rBKKADCLUqLC0s3X7py6WZqtpYpK2U7cyeztXeZ7OKytb1PICh4RRpnXq6InD+ziHsPVnGHvq5T&#10;gFmgr+W5KUxNVLH+fAcPnzzGm2++g4X5eZw5s6SI6RxY1sollFfmlGP65Utnsb13gK2dPWxs7uD5&#10;+royaXy8uoE2XbNOp4MBBbJDY3LFKx4rzVQqdczMzaNKge4MBbwLjSkcbu/i7v2bmK43+Nrer1RL&#10;LxT/o9cbVP7RP/z1f9jutpd+9Vf+s1+W0roLC5SLZRy3OpioVw1/CEo1rFQtoC8L9MK+F36n27Bl&#10;KtgTqSxyAZak7i32sQ6kOdvJrSmc4WQvly4FcQzM8wUC6KU8GmcW0FhZwOCHfwgtejYOHjzG/kc3&#10;sfHhLZRW1zDZbqPKzup0rHl6HnIESObzdPyhDqo6vWMc9o6wG3Wwx2OSewTpM9l9nUFJWVieipb1&#10;jL2seIhESSp0GfFENFfAywwrwBIhZysFXsXCb0pyhoXO28H3IvEt9uJEMUt6jVBuokoAjA2YYpGu&#10;SAQyO5emG5h0NUaaKoz1KNHRbOJInW6EksLz45AJz0R6n2md24VrYhM6OW44L5EBLvkURNXcIA3G&#10;5MhcnG4zkymA5KohcrQqlK52ixPXJ1tpDjAqO5wJZ007U6JLMqB3dZS6IRxvQ2fzta8Gm++5iNl6&#10;PNqKoZFHt5wN2yobhCLxj/HI6FpKXQfPvgmsTKmdSQdyrISuTQ6o18ZwRPJkmg88sRPmBupxoCSt&#10;vRKB9LgcoWqNYiNe43Rueot19cWsd6YqEVtOobl2nHSLLa/FA2Ha9JauV5BT++V2SygfKykFMkjT&#10;jDMLY4WPtXyPHK9dC2M6rJw1l/AYIZ9RBHIKQE630+37rYR8mtd5CEMKjFG3P6kta/zeVXZHypEF&#10;i3+6+fHt671et5Ar5Ey/uM6fDaXI9I4FRjWEJmSa4AdsRMVZ2UoF5UIBz5+t43Bv34UhvtGhmsxt&#10;zy39gnuLz156CQHNnMdHR0rGUXqGZ8qs2S4KsEZwtndXk8YZsIT0vguXLn5lYX6mHwNjDReBE37n&#10;RaBcOeko8ndwlZXAOnR8XJFg5/FXXr6A23cf4v0bt3Dt2mUVdM41awRCKlhamMLqsw08fvwUbzxb&#10;YzI8lpYWMDs9jWIxpxbBYj7ATLOOeq2M5fkZtC+fVd4i7XZPeYB0u110O12lBMb6+gMCPuygnqMg&#10;dKJWRaNew4AC1Te/+Q3cvvkhpgh81OsTaEw1b79oz8/v/M7v/5fvvPX21WsvX3mUpGqFyq6WCQR3&#10;KJjvtruq9Wo47NF1a1GgwGaEOpTMBWkFJE9MTcs6e09TkDRImORCwi2IB92kPcgGH0ZlLmIJTrqH&#10;vU5fjWsNRoqYJiA6fXEF0Y//JQIju9h99Bh7d+7i+Ue3kHvwBBP7+6jTKOaWv1y1iKBWQa1KX+06&#10;FmlsDPp0bgSiDqI29oZ97KCtnuE8PQcVkaNnUShZ2KJImoAimRB1Q2/Y57wsPAME6z0yFAOvecnW&#10;NsLRRIuwln3ihIdKmHYnAwHMJObmJ+G7c4/WnC2JOJDp6oHwmq4sTyVGuh0pAUlpXohX40hkfkfm&#10;ST9gT5Il7jyg1aW4BSsvfF0ugdhrZBMZ8GHpz6lqimcKmWTak7yJlGnrSelVQbLVmFEvk6xjiq46&#10;R5lEGN/ZAYOMHAXU9OzotLqee3meU5y9MHCBt00ScVIoMQX0PDlEAkeR8eRwilZAyvLCNx702658&#10;A0HhZeMScntyL7VCVqwq7hoESAeY01lA7RfkiOWGo5IFXzaxoa55JN358HMdxQPlwzIcDp2BYT5f&#10;UAp4BfpuzzES0rVFpVTMRLrmFow0bVsyv80bGmd6w5/SXBhvDvPuufjzMhU7BSCn2+n2WdkkEo3y&#10;7x2xiDHLe6Y4PaqDkSm/iCDJqdlWBev/cevu7c/HMimxx9LrCdcv9ECRzrFyJYCz9PliiQKsvJpI&#10;Dw720To+sPV0wMvqxTKt0MV+GxcvX8GD27cScitLJHILVjRUi4MCHbHRn7eGVkIYB3aoCZ85KC+/&#10;ev33OMgfyhE0llR+hCcvI9NpJj69aKDBDr30PF+DHJ1Tq91Bhcn15RI+//rL+PjOAwVCut0OHd8K&#10;5ho1B0TOLM2rVq279x/iG3/6Bu0nVPK7y2eWMN1sgp3K+Yv79TlwYYJ5vVIkkDN0PBA+HjZ3ZH4N&#10;K4z1ez1sbWzg7Te/hffffhu99hGWZ+ewMr+C5twszp5fufVCPUV0ib79rW/9NZbylLFOKNrOIHV3&#10;uX+dAvbD3UO6byU1jqJ+B1E4UGOdyeAhkHTpe4WwnCeWFnp1ksC1XUhXKVG96DQ2+KkIw5x76rS4&#10;gwl5Tas6g9g++7oEXeSUXHQBeQJKUwRCpy6dweBHv4DW1i4OHq1i9/YdbN66C6w9Q3VvD5MEzCfp&#10;GStwQDbkYwgJZJRRy1VxrllCX/ToORpiu3uIYwIom1EfA/pdjitoNP4mDDAhOIOCSEvQSlMB0IE1&#10;AXkZqlYlr9/Rq2vEScAPeBRrK8MrMv4fadM/KdKBv5vHjCeKHJuc8WoFziXdMFpE7Ezn4pQ5osfr&#10;kKNpn5SPiUy8IxwHwHOSlRmFLn8/1qO1KEaNDv06TZA5JnhJpGwq3J+yAtNK5RJFmXk/AFJ+NVHG&#10;bV5kajCx+WPkHUbsVYN7FNX2QqnHCKsX+h4UGV8MaZzQ062tgVPhkoZUnj5aP21vroiX4h/nt5EA&#10;gTgdsHsVdFcdMaatVjXLttEFtiri7VOY9jPnri69JmNpbEgNkFH3mi5er99Gr9NTKmCdXhuC29Rc&#10;S7H5PK52MEm/VEGV1qTG5CRENVTJJd7fMDbUoZFl2vUjesY3trUtSPudJPx17xmCV91x9LZTAHK6&#10;nW6nm7eMe7w5v0vouwVcWXf1bNUjyCxsmTgDMotavMwRB0hHRx08evzo9TCnNYBiDu6EIdd5JWAl&#10;LciBf6hJh8KQ2IM4Ar+13Y+w+nRVuYMHtl0qI27KgYpyQB8OMTk9g5XlRbz51S9rQjt/efwUldWz&#10;GSpTFhFeV7SgwKpA75mZnn36ystX3x0pBcUZAGbL9yPlEB1kHtJ1ODru1Aql0rkBBYwNAhfPt3aw&#10;d3Cs5HRnalX88Oeu4wGbCj54iK2dHbx85SUszU0pIDFLQGSa3sMyu0/XtnCXXvPo8UNlVMjH3Zis&#10;K+PB2ammIngyMZ1NHEvlgmr36g/66B53sLu7j43NDaw+eoInj+5j8/mGIqhP0fuuEGCbrzXR6hxx&#10;r/bG5PTUBy9cBVGEA76VXHVzRoHGI4Dd0HN5NlQroHvURimnQXbOGFsqLwMTriojNxl7bS3CVDnG&#10;yMGKRFzVqgzFFFgIelYYMPueAzAGmW7MGrIrZ4xZ5Ywd7/lZYh4QV0bU2Lp0FrOXzmH4Y19Ae7+F&#10;/bVN7Dy4h9Xb9/D4yVOUd/ZRGx6iMeiiYkwUZZE+t1pCbXkaU7Sv3pPnGLRaSrb6iIDIseyhNRxg&#10;J2aPmZ46r6LIo04grET/VVlBjUB7GIWKUDwUBKhi610Al1X2XTB8WAIkJoKxSILdNGdNpNqApFEo&#10;SreT+t7kCUgJLPCxINHxNWKvIhU7hSftum6y9IZbIhI3RXWModO3lU6CNUbatM4awga2auzgVlJj&#10;iUyVJXC0/8Sp3k49fisUMr/DCNBKs84jKVNVjuzUFnnHqsQFjJGkX3FOEd49BTermCZEohPWYREM&#10;1e4UqGy+C6o9Qnj2uw7+PXAnpMevMSuTzeI7VDQGdATCU6rSAb1yJY9ip46VrRrYf/NaZfkfzuPG&#10;q2DYtl3r/WHlfa2bvFbQCnXtKo5Nm1Wk1sUhPTuHhwdK1bHTPdJVTXpfjp9dbrvkL3WB9CjgZ4gT&#10;HsP+AJ2jFlp7uzgqFjFZrWPu7Fk+YKbaDBJglyQAU6poaux6SnN+tUsmHCU3XCRSQrwaWGoPrVMA&#10;crqdbi90zSMdgjsPvE9ZBfE5IP4+gfFEs2DMouXKLtIrf9tAiX7c3NwubG1unQu5Z9VXyBLSC/a1&#10;OaAFQ9ynrnTX2YODgj0mpLePDrCzs60DwdiaN3lHHCfyuWyy97N/9Rewv/kc7eMjFIplnUFS6ihG&#10;6pezsbFdSJJgzmWy2AE9H2Ll7Llvr6wsbScCXeNTQO68RebSmFfv7R+xKlezWBFn+LcDAknLS/N4&#10;+HhV+XEUSyXl/fHay5cwP9PEzbsP8Nbb76vXnD93BjOTNZSLeUxOlNGon8XZMwvY2b+OZ8+28Pjp&#10;Gp6sruGjW3dpYdqjBa1LAWlfZ9qGsSrl93jx6vXUteEWuCDIq0zamfOX0JyYxNL8PPK9Ie7c+Vgd&#10;8Nz80u7cwsz6iwU+gPpETd1hrhSZyMWFv0GoA81ao4r9jR0lbZzzQ2HbPhhn26qQWujDbABt+s9t&#10;u4sKTNtdF6kGZuzGVn5WaDNEW71zLhm2gjJk0voAg94AXfYrCTv0DORRKBRQWZzFxMo8zv7wdXRb&#10;R2jReezR+Nm9/xD79x4j3lhHfmsblcMWmu0eARKBiZkGoiIFj8MqgYgY07TPKT7mSEv2RjR+j6Mu&#10;Wt0+OsMOtqN9DAcUTA1ZnofGGX1uma4NA5MKPcvFUAc7whDCuIUtlkPX72+rQdZB3tKxs/PPuG6Q&#10;2COmY8RE0Cd7S/g+D76NoKoAyLQ7vAKKMgNuvAPIGWUrHcQFzgHeviSUGSdzo5glhVeBMQIFkdl5&#10;zmtP9QGGGJuEGt8+G1tZc4ETLBVHf5dTkWwWEooMPDTV7JRtpByjoMUVkEh5f6gp1zNmVc+HqkjT&#10;GFLAwK9UpN26NU8iqTJIt5gIF2gnVXHp9oFYehWThFeS6IUIr9XLQGGHtPSZCWOOa5XPXHXfVf5l&#10;ksxznBMDLIVUhqW60sIcsy4O9/dxcLiv5mn+XBY6qVbLSiSFK5gsqT6UsUuWxZarSPN4PKB5fEDP&#10;db+HA7qub737HSyeu4Qf+xv/3jApwfuCz0lyzO8aUEAk8GpZhufh+1pZwrld8xJlrM9uGeQUgJxu&#10;p9unBh5I0Qa/l+4rkcpwjFZCstk0gZHU2pgyi3RlEru0rz59tnB0dLSg5G+jKPHcsIuZCI3WuS55&#10;q15ybhHiXldOs7ASVaFEk/ahDp5dsBUqk0HIIZxWiOF11BpNXL56Df/3//ZPIWhSVy66lvwhDe8j&#10;NsZsiSVzYkDIAV4uRKFUwcvXX/2Deq2ogZ3Tr5Qn35gxgQFvR+0273eWFsMGKyixt0mxEODa5XO4&#10;deehUvvihXJ2OsTFs0tYnJ3C47UN1XL1xrffxtzcNIGRRUxNNiiQ1J4fUxM11RK0cmYRnzu6Tp9x&#10;TECnhV0CIQcHhzikAJNL9P1uTxE9RRzpvndubaNrXKtVMDsziTqd590bN/Ctt7+p2reuXnwJ80sL&#10;z2lxjV6056tYKHW5zSEkgIaMMZ6TzcxRUE4gpLXdobGq89c5JK0riuSv7PDiVBUxxKiEtt8XHtgs&#10;PT8PnQ5LriEsFjVXyXT6SY/ULb1+iDBI2lTYiiDwAouIApc2ja+26KpxneexTfst1OuYbU5i/tol&#10;RD/1Y+gS6Djc2sH++ga27xEgIVArNzcREvCvdXqYIoBR7A+VUWG+nE+yz5FENVfGRImA/qBGv6Mg&#10;iaLNAf2xPeijPeziSEbYUaRbqc6hKLhdLackhtkEsxiXUZV0XFw1UeQXOuf+gL4PnQSwygJb1TrP&#10;q0N4Fm/SBcTp7G+sqiNJRdI2VoWqPcxkmb1gTfp8EiMNbMno0iPjSmFbzUTKWDE2LWjCA0Subcnz&#10;F9HvTaCFVONmoIWOfPJ6piodZ0CHX5WIR6YlU0ExbVJ+E1xWcCTL9wg9CBbjBG8Ir2qStbZTbYLs&#10;q8EeRVyFjodJFSpAQuwWPs8jrRblwAQSc0G7ZthexCQ5hLTvhZHmtRUSmVEo9H9O2q5spUS4qT6W&#10;HqdI+BxH835rRChkql05NtmIwaCDg/09NTeziEo+V6C5e0Jxt9j7JKB/l8KCShRoaqQWn+C1kMUj&#10;+JlV4GkQqcrc0VEbrb0dtHZ28K03vo7/pP2rgzCYS+6DP34zUvGBd75CJKPH4jTrp5K8L3tvPrvz&#10;/ykAOd1Ot+8CHIC0mWnK3PR7ADLpzOFJGcXvJdchRtKUjx89mh8Mh7Ns4hbryF7J4+r+2aQvNgg0&#10;MFGLbixVRoz/xCpUzGE42N9Hu9vR4YSaHCMjgxgoYrVtTWl12vjSX/8SHt65hfX156iUK0ZO0GS2&#10;YtNPHZlMq800edlG1VZDnztRb3auvnz1qz7pcKR85Es5jmOdmo2zVrl87iIvSMz/aPe6qHSLmJ5u&#10;4nM/9DJufHgL7924hdeuv6R2PUsB7g9dO4dzy/N4+OSZasv6xsOnKFdKWF5ewsL8LC1gVYQqABpS&#10;EEdvqhSRCwUa1RK6czPo9Yaq9WrInBfWzqeTLxVztOBV1ILWp2N4dP8+vvqv/wBPnzzAHAG384sr&#10;qE5MsHnjmxTUvnAO6JVq9Zm6//mcBaUyNhWKwKjmcOa/QOAtomB7eLSrxhO3YYVeVth6aSgpVlMN&#10;FEK44NA3JfSrjnpo0atbHUR0f0L6HMsfkI7Ubn8OkqyrmwNMxlYm/gUut6vQCLdqxaz2RQC/rcY5&#10;c634fCsERqsMdGkMxj9DgOSoi9bmFnYer+Lg6ZoywRyuPoPY2Eahf4xqu4NaP0KZTrDSNo+l0K2U&#10;zN3KMWeGxhJzqfg8gkoZw1aXQHEf3V5HVeW6ckDPQht79Nz2KPAe9GMFCopxiFLMbWSB4oNV8hSE&#10;ESbLcVdMnsN0CsRUFUa3QkUiNr7kFkpI5/eTJv9Kl3UR5nqp11u3SZlk9e2cZsUAfNNUpGSHpZMX&#10;DzxyPDIkdyc7IBNOCZ+r9c8olxvYomux0evjOQHGK5W8q6LJFGcGqWqEGKOGFSORyo09cUJkQIbE&#10;KAckzrR7mULCmO5TmQI/8dgVRN+HPoHgkpnTYYUVhA3cTRUhhkc6lyNtUdZIMJl29UmFpvLuix4k&#10;plAG2Hmmg1nOR+I1YsCKGzvC8SSs5JYwSlvK7JB7g826wK2Jtu3Jktw5QcaKVYetFja3nqsEWqlQ&#10;QL0+pbiFefqZ24M5GcTkcq5QMo8vMM94FJsxTZ83oLmcOV7cDVAu17Cwcg6TtToGR8d4cu8h1jc3&#10;rrz2ysW/TB/7DWFwmQjTa7NfCXHPg/MgkR7BXHcK2GqI04YT4jM//58CkNPtdPte0Yif9fgeSehy&#10;/K5Gfvdpiq5yjEvq46eri2q6M7Oi9EwDLfiwHiCBk1qMlbxpjiZm1o0/bnext7tHAR+T8wLlB5J0&#10;pgZGVYtlbQeYmpnB5fOX8Jv/yz/hbLZ2lQ0DI9urwwb+OTau57aFxTnTmj5lDsiWV1a+89Klc4/g&#10;VYhO7GUYMzn7y/GQe45z+Uu8qFSLBdWr32q1lQv5zMw0fvRHPocPPrqLt9/+AJcvXUD//ApmJ2uY&#10;rJfw+esX6ZyW8WRtEx/fuYd33nlfVTYm6hUCInOYn5tFo9FAsVSmxa0EUdctauocOfsY6TasDgWM&#10;rYN9PH5wF7dv38Jd+trd2Ua1WsHFs+dxdmoB7c4xNjc28NNz028nrQsvzjYzM3O7YPlCycqdtIVw&#10;DB9pLwquJgxNi4Tq3zZBVSDS3tSBk3Y+IZlgAI7L3nNA1Oki7rYRBjMQcWxa0cVIiBfHSepAmPEZ&#10;+dwTGziHIZxlQSh0Tz2Pj2GELveftyIcFXKYmZrUmVxWn6PxV5mqY+HaZWW22COQ0Nk/wj6Nj8Nn&#10;m9i6T4HP2jMMCKTkuErSPkb5uIemGKI8iJWcb4GBAoGEKOzqc6jkUKPxWun2EORL6roOj4+VahZ3&#10;wfe6A/r/EK14QOCkh37rEK3jNrb3W5oboc0h1TUt0JxRiANVf2JnaAY8BW7bZOUurkJJMzeo79qX&#10;PczrK8/tnaqtR5rQWcZuftJ4IkjXEmLvWlrOhkikt0ORU5Una4rKgSkb7PHZaAUwwwWQmtfBzfqs&#10;AsgtbF3+fw5g2/tYizs4pHva5CqwSdLEKfu38bK7adCRjK/If48cP5dnhUeCTEUjdpWjkzkmQqaP&#10;Q3iVl17E1z2nxqWai6HHnwripa5OGbqD41zIzEKWAI9RgBPF0tMyCVwSTMZxqrUqRXI3wN22UMWZ&#10;frTAk6WFkcu1diCBUe9SSazYdV5qT47IABDmefS7Sg59b39PrSvTM7NKXbBA4z42lQTmk1XZNDSX&#10;V8Ip/X6PCV36mvgNnCrnRk8I/f2wdYBgd1t1BrA8+8tf/BFuyZyiV/0mPbu/EEfRx9qdMAERvhS4&#10;ueg2K+K4SImEskxRahL5Ya8adSrDe7qdbqfYw3IYguDTzQi+o2sqkZ8JmrPqV5+Ea1ISvJaATsfT&#10;6w7xbHXtYj4nvEKBNG31iYRg2stPk2pZ/pbBhwre+7p8zRNzYoykib9SuZjHKsBoU1D+pV/8Jbz1&#10;7T/F/t6eCshVGd1N4Cbz6dRXNPCJrZdIoFu7VPsVTe5Xrl35yvT0ZBSZc8xcxLSe5Rjw5Uid9Led&#10;vQPu9b3I/2Yn7fnZJh6vPiNQIlAqFzHdnMRPfPFzePD4Me7euY+NzU1ceekiludnMVEtoV4t4vqV&#10;M7h0fgnrW/t48OgJ7t5/jBsf3cE3vv4GLVxdlZGrsGoYS7PmdBPOkIBOmwLDw8MW9vcPcHzUQq/X&#10;Q44WPG7nevmV17Ayv4SpSg33b32M3YMdnFlYQalU6r6Iz1WlVl0PODj1W97NfeaWCFVB6HTUNQwJ&#10;1HHrU2iVZaD79q0iW+A5CMMLDkMBq8rvxpH1B+H3qLbAYQeSAGOowIBGPkrBjY+Ng67hIDHTFNJk&#10;MnWlJGRAZKsRRlZaxDpslimpG0P8VSXCgMZGBxV6Zmq1km7dYqCljAI1Wbs4UUel2cDMxWXFLZKD&#10;IXoEDtoHBEoIhBw828De01U83tpGl0AKdnaQa7dQOh5i8qiLJh1DiT7reP9QyRgXqjEFUWX1bA1s&#10;JEfjtlijY5hcUIElenT8wx4EBV6SjezaXSX106dxHA05+AzQj3oE8I8hWGIafQxp3y0G3Z2eIu4K&#10;AwA16VyHdQ1R0cDEAjU2yotZonXgqhax9ICaBZ8y4ST0RKycybsxywt3jS+Mks7QbWhcaWI5VZqj&#10;apzlDjT3zVbK+H4p61U2nqT5IE/neKXVxzY9w22uDMiE+5HlEQmM8jiyPJnYhwmmChJ/QkJJelBW&#10;+C7n8JztpPQqdh4cNi1qka0fyAS8HFt3eMVq14LCzl/HIAenxCRliozugwfbmhWrdUCkqiJWsSrh&#10;Ydh2OuM14/rZREoePTFTFAnQUz4jgauGqIqiAkuWYB7pGN6BEn3MygTXkLvbR21sbKyj22ujQnNr&#10;vTGFRmNStVMxcGF+YZWetVwo0Wm3sd8+SrPFjCIkA2FL6LcAXCnjCe2fwp5PmxvP8XTtCR4/+sUz&#10;f+uX/oPfqpZLP9vt9TelOX9b+VDmoIEYvflWgc/r40s4j0gZECdSyKcckNPtdHvhthEFEiTOup8W&#10;ucg4iZv9hL6vsPJdii0jlZfk4KxSD7B/uI/tnZ0LnDHSngGBznxJXWngiTzwnJJhJvOIFm+WF82F&#10;BUVIZ/fuXudIkwdDniR0BiqOEtOmFgUkl66+gi4FRG9/5w0UCwUdPPBn28WCFzXTeiWl/eC0DCMf&#10;F3srsPP6K9df+YPQufV6hoM+2LPEvfhkiMb8jnanz9bqy0E+R8HWULWFXbl0DjfvPGRcReeax+x0&#10;A5+/foUAwIIioX9w4yYeP1nFuTNnlOFgrVJAng5oYW4SM/Ta165fxd7hMba39mix28TG1ia2d/cJ&#10;fO2j1WJ37q4OVOk65QsVLC7RAljkEn6JQE1dVV7m6Wt3Ywtf++M/xBHdr5fOXsCZCxc3q43G/Rfx&#10;+ZqbnV3jfmxY00ohVDcNq9IE1oeDxqakoIHbAMPQq3SkdNQC19aQJp+LkQAykEm/v6V1cLDNn6EC&#10;HPolO5r/qz/4Y3zl69/El770C/j5n/1xdA6PEiO/QHqBl1XuMZUXYZgI5mCsRKxlTgjbtkUH0SVg&#10;Va9XTD+4UfWxinUU8LAyEAPcIB9QcB0iz+prNBanLy2rySPqDTDodtHjatv2Ln1t43B7X5kk7h8e&#10;ggYZhgSuo/0jFPZbKEeHmCgWwZpjBXqG8twfTwAvf7CvW2lYVatZYwKBIrvHBa7KNFGlixl12igU&#10;axju7UDuHJhAnc6FgHVYr9NcUUK8v4uIjiFiHhRnlgOd5Y2kbvNUbXHdPp17HmJpVtUmBmubkL2h&#10;vjf5AkqNKuL+UHHJ4kIeUaWEw/U11A57ygguCMoERrW0dkh/y9X537ECfQWVIaL30uczp0UF9PRM&#10;KmUpGagWrIgruvMX0Trcwi4rHDFxWhqjx8zcLzNrgBwzR/uCtFkFLDGmOuuvK/HY13hqXxinRCZT&#10;tRldxYNztG/nhebzGYO/2MjaWjKFyEyl6tmxJQ3P58M5oweB41y46qEHWqSXIBJeZG0dxdU9jyIn&#10;miI9sGLzYbHXsmXBvW3FshWO1GuY5xHr9eyAxtwegW+uNM7MLqJan1TmocznYDBfqZZVtW7Qb+N4&#10;MHRGp0lLdZLQk8ZIUB1jbJxghAY5oVnfGCzt7mzgN379H+HNN9965Vf/9q/8z69cufA3e/1hJK3K&#10;YyZ3ZmWjU26pPvTMOqn6tpenPiCn2+n24lY+0uDje8xFGKJdCjh8Arj5tPuU1qTITNb84/7+IS2q&#10;Rxd54lXu5TYjHFgdfd0vroIlmfRsq75s5okotZwhjluaSM0TLbcTKdIh975IvZBzDznL7l66eBl/&#10;yrK70OR1EeolXBqFLJvRik0VRqZkgzWRlz+zWMhhfmHp9ktXLt9IVn4r25IBH1aNZVwFyiR12VyK&#10;fg4jyOlSPlTqJ2wQyByOV65exsc37yp1FFx7id7UwMpCEwszn8fq8x3cuf8I773/AQGxPBYX57G4&#10;MItGraaz4RTYlGl/C3NNTFGQdu78MjqdLgWRA9Xj3+v2VFlfqadwZpcOhsFHvVZR7R07m1t445tf&#10;x/vvvoMqBYGXzlwgkFMnkFJ4f3F5/s6L+HydO7e0US2XlX+xn/jlG8kZ8TxXPFjGU5HBI1NBSABE&#10;aJtinNN1VmUuWeSFcUCPM1ltRZVioQICkUqGN4xVNfALr72Cxdk5DAnEaj4J7SU0gEImqkyqTcTP&#10;fHotZEk8GeghKzy1I/pfn8aNUqALjClobFtbtDhEqVhQxzwY8hjrozfQYJqTAEEuVBnWkAKseqOG&#10;xuKc8TKgYH/AwITG43EHfQInLAfc3idgsrOHo1YL+weH6FLQFtDfBbee0b5DAgZ5el++1UHY7qEU&#10;smKQQIn2x5ynUrWig3vmyphkRp+uU7h/gCFdO/B14mPP8zxQgKBzy0mm8EbKGV5dLm7rDIvq/CIC&#10;Hnw9aiAwQs8bzDXGsb7PnPQI+W+CjmkgUQlKCtAo0zl+5ZBAxlEX8njfcEmAnpU7lUkQx4h2oAaX&#10;DmAjtof/6AMCWBE6NG9xu2RdiBGCeHauxokgwAMA6byQe0GcKeAmMEOOcEJs5CpEIiOcrEVJpcTG&#10;+rZ9i0EeV6sIRqvKrDGzUS1MPI9bF3RNSBfuwJ24AX9m6MP62MgbC+PwnZaRtS1XlkciJFIEd7sL&#10;9nlxhoQOXcsU6T85bemOS3pyvj6nhCsyOiEWK+Cxu7+lqu/NaZqrJxoEYvPq+dBcjzythT0cHR1r&#10;onuu6MjuCVDwztjlvsw6Ffhmprq1l/9jU9lyLo+P33sP/8Wv/Z0v/ed/9+/8t7/wMz/xX/f6ulIq&#10;A7uP0a5hn0fmZAuCpCtAyj+Dv9gpADndTrfPcCUk09rx/WQl0hmtUTAiM47OI1wTkc662T/lcjlR&#10;KOaWj7qRXpSM+otT7xdISsSqNSI0PfShmrB5cWLydrvdRj+OkjVEkc71AtZmImy9iVde+wLef/vb&#10;iufAwbrJ8Ti+iM0OuwyZiJ1eu60i8eSupH9zBVy+fOVPFhZm23H8CTcgsbcdEx0k0at6ZSgaMo6m&#10;efEtFopoUaBSLbcxPT2FL/6l1/HujZt4572P8Ar328fTmJmo4OKZWawsTuP5xi4+vvsA92/fwwfv&#10;3kC1XsXC0jzmKRidnJhQ2TUmMHLbWqVUUtctUrrzSGRNaRHqdDrY3d6mWOd93Hj/HTy6f0+d9/LC&#10;Is7NriiJVa6iTC8tlsrl4uBFfK5mZ6dvXzx/4b1h1F8xGVLtEJPTHCUamSjR/WuLY+PwnRCKA78i&#10;aFuwkCa9ek4zzmOkYAIm6bKfjFYjDPYO1bPAErV8GM3ZKchyFV/5ytfx+vWXNFdDQyUTsOk2o8CC&#10;DSmsXQKci3GqbClTQY51m5DmoTc4xSQUAmWayWIGAw76ZZLB5lYp7lpnWV1pMthhYFTtpG5dCwk4&#10;FGplFGjs5gwnSwVvQy0vyvwuBsyDXg/D4x49x8cY0HgdECBpE0AZttrYOzpETAB7eNRG3G4ReGDe&#10;RBtHey0Mnj1HgwK4K/MrEDQHxMdt5OKAAgqJfCmn3NxD1ZIWw3qmqopJTldTlXdKTpNvA1tL4Yw2&#10;HWefjsFWfxjYBJz1kH30A0tw7nmKXLbdxZd19eZV13Zq74cBohyUs2SrjBToKSDIeL4KzxAxa+co&#10;R+bxEaNAjBoJ+tNU0rIlPGn3RHFLGknWEQ/azM+j6lwCHdb1GkbIBXkVrAdu3MTO6M6Ji9jPFt55&#10;+/JTMnGp1xYecQLePYleVy1xalqx/tlULlzXQJCIAlgxgBRYd9dJnxmP6SiyIMR4gagqd5/m1i3l&#10;61GvNVRCrFipGtU5Gn8Ehnm4dDvHBPI7er3jVipzXP6VD7xxEwQivb7YY7T/hZrnxEkuFhsolYro&#10;Hu7jv/t7f/+/Omz92nd+6d//hX/BZqLZNKPjMMEpjadeI2Wat+ZSJqdO6Kfb6Xa6AZluIC/J80nZ&#10;ipFY2TnzjrZe+UZTI+/JHohbYBMAsr2xUw/DsMGGaEFfoDfouYAstgGSJQeKJFCLjEoWr2L5MK8V&#10;iDhjpYh/ejHhiZmzSPl8CRevvIJ7t26gdXigyKjKY4QrBDoqM8lHbRRnj9V3Dw5stpG192lRqNYn&#10;cP211/6Ncj+PTqp8YLwtrBcB2C6DTqfHyj+TpXJpho2kGpMTeL65jc2dfZSKmoT+kz/+Bdy8/QA3&#10;bnyI7Z15XLpwXpkP1ijoO7s8g+XFGWy/+jIePF7FnfsP8N57N3B0cKAIuOVqEdVaBfVyBWWWQg11&#10;i8GAFp5W6wB7+wfY2dzB1uY6drldhQI+Jp4vn7uIhfklnJ+bx+bqGu48vINzy2cwMze3/hk3vD1x&#10;o0Ch/xM//ZO/9ZWvfPnXrGu0VbBSfAwaQwVWGWsTyO0MDYEzeVrygfHjUXyQVAOLa9GKvUqIrYCE&#10;gHM/Vs/CUGK4t68JzwGUqeTtj+7hN37jnxE4voR6tYb2cSsFrA1VxFOsYf6BVJ4hVvfIJQgsgPD8&#10;g0wJ080RA5Ol5tMuFHOqlbDb7qJUKXnj26+sCBO0aNWhOJauAkJDzpCMzfU0gZW6pjltmsiVE95x&#10;KBNeizo9JSFN+2DgMzCmbr0B2nR9jvZ2cbixhztf+zq++i//L2z02mjm8jgaHphEBn3MsVCggoXi&#10;lIqZtAAkUMGXBpaaI6OuldTtdCwJvMCKQ+UCBu2ukTkW6DOFXMR+U4pHAJcevAycsZtPJJfWWdqB&#10;Ap2FHypOicRAStWiIzy1LYGsc3naAd2z5xtt0RJJoRZjKtwyHZamQASQVtqKR0COPpJhprJij5EB&#10;di/WSmMMpKWpFls+RcpXXUqX+1eCDJ7qlebrGeduZ3YIt36kqhXQiZdIATszhmxFxAAJS6y2wg2W&#10;fJ3lnVggGjtCu+GBxNL5l3DL8MbmGoHmLppTs2g2p50KHCeHOOE0HPZxTOuVUstyfiRSgVmuLPIY&#10;147r0iUjCqUSzeF9B1xTohWmGpNT/K3YVGik4hfydQujYfBPfv0f/4+VcvWtL/38T65ypdKqvLlO&#10;BBk4IQVpnt0Uyd8oUiacy+8z03kKQE630+2zUP5IKhLZxST+lO7nPpAYV+YXn/DvsWpbiY6hbqui&#10;rdvtTh+3OxPdTkcFA4V8EX3W9eeWJEtcN1G6+8/8zBNzkYLzyEz+KlNk20Ho7QeHLdQnGlhcXMaj&#10;ezdVljRn3dRzgXqfXgAT80HplG7izHHrSTkwJfL5ucW9q9eufA0mUBpRXnELnxydjr1zsveGAcgw&#10;GtbCfK6hS/UDXDi7REDiMZ4+26DFqoj56Un86I+8jrVnC/jo5m186ztvY2V5CedWltCcqBKwyGGG&#10;AMnM9Mu4/spl7Owd4fnzTayuPsf68+fK3fzxwzUcHbfR67aV94Pmu8Sqd50VwSamFrB45qJSz5pp&#10;NjE3t6BcB77z9a/h4YPbWJldxMzUNKZmp26KF/jx+pmf+fHf+vijj/9jRcIORAyTzbfyrgGBYnab&#10;P+r1TB+1kdoVSVXDNlrFJs0ceE7Kvuyu8w5B4idin8gBG29yYML94hR4X7pwFv/Df//f4PbDVey3&#10;jlDJh8rkLamyWNKySLkhS5n0yysiqgi9ikiaqKxJvtK4s+t+d8V/oZ/5M4uq/UujJQVOWEZWREne&#10;3PTuK+68Cya9vnKlGJZkPqz8bRRYPgz9ztgsC0MeFrmc2n8pLKtscrFYUGaGDLDf+9ob6EZtnL18&#10;Bp0zS5jfWsMMc3RzVef1oXwYEDuisRS6PYgxUJ4+v0/Xh8OzvDoiJ6CMVi/GdvcQh/kJXAonVBY/&#10;9MJvmZLHTdzc/Y75INs/n7JJ1GG6JUIPoa+NAj8jju5jlwEHKcfxQrKtWQHSHJII46sZYswK4Ctj&#10;ZRNUUeqK+MksqaqwAwkl9ax8V0LhFAjdMVp/CQNOnLu4x7vQLVOWfB54TCrPod0jsDuJ6kj+v+y9&#10;aZBcWXYedu57uWdWZu37gn1pAI3uRi/Ts5FDzpBDieIiSrRNh0RLClEOUbZlhe0w5aAVjpBs/pAd&#10;IdqWFSHTUkgmzVXkDGfhzDQ5+3RPd6OBxtZYCkAVqgq1L1m5L+9d33Pu+rIS6G5ZjtAAmT0YAIWq&#10;zJcv37v3fOd8C5jA+m5je0eorZdunZYutzOblK6dG7ly3sL30G43YHNjjSivI6OTBEDilGUj9xKc&#10;fKDdebVSMe8ZzARMXZttOaEImbbxlicRwUfEDEbrGEEF8XrymsbMojZvmQwuev/iHkp6MP3bv/U7&#10;//PQ0OB/+OrzZ3i90ZayGgjt+WGeNXbu2OfCDstek7XCAXoi9N6j93hKH25o4IddBozgDqIUrm6i&#10;xk7w4VKyDvy7Qy4N1Wim2WoOiEU4P9A/APvlEtTqNcUvj1FnkpOzUNxSsGIeFUc0Vo5LShHmhzRb&#10;DTn2FjsUAg3ktI+OjUMqmYLV5QdiAa8T/5w2St8zkw7ObR+PqL486p6vo9AJfHg+0a8QDBw7duI7&#10;U9Pj67aDyLqeFA6dJ5B3RWxksQm8ILYWj4uNrVZvQi6bhjOnj8GV67fg5p174rWPwahfgOOHJmB6&#10;fBjmRZF5e/4eLC08gMHhQZiemYKhwQKkYnECPn3ZOKTmpmByakxsfs9Q961UqZFlKbqBNRtNaLfa&#10;YhNrEO0ENyoMucplMkTTwq9fv3oZ3vjut6FS3oej49MwVBiEtfUNeA74xtN8f41NjN791I/88K+J&#10;88fE9epz5epGxXwgy9pURhS4fS2oFTel2YGTPixzCYIoLQs6LVJZx+VkR5nUN8fOrbjWyTUo7qvC&#10;owU379+Hr/3p9+DHfuSjcP7cSWigyYC690I1gQxMQnTULY+5R8l00Sq7oJ7mJWneN5YpgRSwZkQR&#10;hcC2KQr+VDJuKCuW5aXsTSOlq2duC8/eME6JqgTguqmgeOaoj0AuvXXakd/nqcKw3WrShDQhQHQs&#10;IYFJ8e594FtbkBLX+0QsCXkW69DQcgMFVC9dPTOPfCh6QtXWBZk6DzWoQzmIQwatdnnorJWhKYU9&#10;p3S3SRL684TIrIJHIg6VDa2eoqhDSmr9ySOmFS64CTt7I3CQUtuZIu+CB6/j3zvpVybN3aGBWQN1&#10;bgbEAbcra6DE4Wg8EijQYDUU3IQEyo/Hc4xRuBGHB0Gg1nRn/sOYcT/W1wZTYYPMmb6DCzqYpcHp&#10;BkDo3A+hK3LgYPQhmtJFAZhk/x5SppIGAIG4Fjc2HtJ9MTo+BQWxfpIOSuxBSNPE38uVEpmodLOJ&#10;sfRfc5narBacijg2wgyiYk9DrQVpB47XpaTvgXK+k85j0Kr//B/87r/53MjwwG8dnZqkqaaO3Qy5&#10;ZyldbjaK0kriMUCE0qZc9PiTGw/VAyC9R+/xPo9OIyYwC+r7P7TYz6XVQpcNrFun61ETkKi21S61&#10;pf3yYKvdRrt+yOUKoujmpNloNMSWLgpg5H4zJhZnAULiiTikvSQBAC+RwEA4elPLi4uwvbMF5VKR&#10;JiD5wgBkRPHXqKL707rSgvhyS1M0LcmFt7wDWkDJRpE7x65zP5jpsMXE62azffDMudOvZZI+tEJu&#10;S6pHnRjOozw1Zl9XF1FEBYnFx1EwmE2noFSuQVoAhrFcDl65cB4uXbkOb128AmeeOQEzE8MwXMjC&#10;82cOw4kj03B/YQWu3ZqHb3/re9T5HSch+ij0Y+5HIk7vX+A2SKcS1F3sy8TFJtOnsipkWRRTzj/V&#10;WhVWlpbh+9/9Fly7cgmKxV0Y7B+C8yefhaz4DJYeLsHY8Bhk87mVp/n+8j2P/+iPfvxfS44641QA&#10;Yy4D5sMgbcKTFKvcQAFioiBpVLekYQKzNCrT2e6w4HXvFddeFYvNmPp+X3WCw70StBotoj8hiMSi&#10;55tf/ZZ4zQCmJsdJCM4ifWfnMvVUUabpLMxTwWqSiujpI2I80qPHvAY9+cDyDxsCeDnv71foOAyo&#10;Vt1YopBx7bLlRcpsojRp/bWyM+WqvWvWIQCTCm672TyyXnFlR4uACF+p2aqbd9wo7UNDgA9P/M4q&#10;FcigK5XSmbkp3sz0llkkCd1MlOlsxMwUxzjziZ9J0pSnLb6QoM++ie5nEbBx0MBDxw66tCXPmXwx&#10;Bwpo2hGKrlp6SmWuF6vIYAfWYn7APr3rmq/bMJb2H6FsdZuqHNCAgNP4jqz92u+t4zWZhEgtAiCc&#10;QKMfT6j4cj0R09oMBdV1yra+j9TabNzd8PoR177nexDRhjhNNVDTR8lRsgG0TE0YPOdNIAjXwCV0&#10;12xu9SQSBHEyLuAqCAjprWhvvr25AUE7FOBjGvoHhigElpHGL0E6p4oAHy0CHzYwNOJCpQX1oAwf&#10;9PxLZ+2q46JzhA0yT4IgcDReqEtqNDjtgfE4I+vnkKhZcTXFDKG6t/trf/j7X3ztl/7WX9nIpZJE&#10;hzQnWmsiPUtH0/ehDjL11HG4eVk9ANJ79B5P6eNRQUAfNojQeHt3NPIfBT4MP/gxr8GdgyiVS8OY&#10;Yu6RoLxBACAhCpxUegDyoUyKbbVa5NyEwXztRh2KvGgoWf0DgzDQ3w+ZVAayqRRZ8tbrVdjf2yYa&#10;l6+dTMTzo3ajpdJopU4ElOUvN1qQUIvQQ96xdQPxcDEdfHR0rHH6mVN/Js8zkxrFDzWaOmh5WELR&#10;bMjHSEcgCrpMOgGb23uQTqcp0fwTr74I12/cgovvvAtbs1Nw8thhGB3IC7ASh7OnD8GJY7OwsroJ&#10;7926C7fu3IW33nyLzmlfX58AIv1Q6O+DvlxWHH/CWBnj+SyXKhTguL6xBqsrK7DyYBn2BejA8zY0&#10;NAwvvHASjs0chpLYSC9fvwwjhUEYnZyojU2OLj3t91it3sjG47EKY5KJT8F1KK52qBhYYPcNDYrP&#10;IoBWdadj4sC6Anv/EW0CW5yidgSgjZt+cR94rQTQn4awFRKf/O/+V3+bEpQxFBCFr8z0od1ckWjx&#10;JQPGyFHYut+oVHc9vSTgrjQdkvLITfe5XmuQO1YyGXdbHjZhnLmzni5J0wDGTYe51qg8GhRnJ7T6&#10;/CHokmtBwGVStixYpbU1ZXHsCPBRb0O7UoNUUBfrS1aGRDrTJNcgWbLHmHOOVNAft1ksAXOEzuh8&#10;plLuufo7riZxiAJLl9IUBYSemXqYpPSIF5r8U6AoWG0FPnxNxTGCY26mEEEH+IgEUx4AJFbJznn3&#10;EMKD2hD36DQAscLnsIMcZgMM7THjM6G5wrY4d624R1Qkojbp59T5NBq0ajc2riiDzIIMnVUjbXRt&#10;Pofs1oeRPcf0itSFzhRa5k6ynjZAwKm6yRNR/8eVHoLugdANQAzIjh1zZWjyIdZMvP8mJ2chJ9Zg&#10;BBwYnOsrJ7hypSydDU1Aoj1m95qnz1T6n0BbWlXRcVFDDPckcd78GArNYxKA+0ozRM2FGCTTCfo+&#10;vDcwnJapc0SGCyCF/uLenlm6P/+rX/rKN/6zv/yzn3WG9cpVjDMzCdHHR2tCwFVwpE2uZ49sU/YA&#10;SO/RezwVj0hRzK2elDvdp8dpQSKZeTw6au+m/YAuXb7HPq/6oWqtOh7puFJYkyjW1BgbCzrM3CgU&#10;+kg0jgW03Us8OHnmNIwMD8O1d0VhvrkmgMeuzORQOSLSy90j1yoS5oU6FTe0oUn6HHHZBcaOkaaN&#10;GN937GyL48Cx+dHjx6/OTE/ekHQCx9u0UzjTzQHLdcZyuMkVdNEBNoJdqlqjKd5TvwAIm3B/cYUs&#10;fzHj49WXz1NX+/LVG/Dt9U04dHgWDk1PwUAhAxnxPYdnx+jXq6++AA8FGFkQYGJB/PzC4jLsXd6F&#10;arUMqLVBwIe8ZOrStaRbEWYVpASAGxqbEO/vNAyLonl2Zgr6+/Jw8fXvwcW3vw9j4mvDAvDt7RVx&#10;mwue5vtrc2t37M7dB8++cuHs1yS7I6ScDeKlh7LMogg7Dzf3GOSHR6G6E0JQ26eNHwwNCkwXXIcS&#10;hqYzL0W19naxXQASReMP7JfJijc2PSFtS0Vx87k/+iK88f2L8OpHPwKnz5yEI7PjUMfrywMjKCUd&#10;h6FNeLbby0PntUJFK+HkxuMrH1/d7dQsCwRcSOvjzFJZTJi0B11631rNIs8DUqo07cWFSRq88AOT&#10;DyXO9axQFxTFjaspEBVNuAiKa3xvdZ3OZmt3F4a51KSgKa4v/YmJ3mPLfec4uJF/OyBQGQM4yc/a&#10;tYoEu6qz7oU8khrOOtZPu0Z6hiDl2TmEY3TrGWtmbEq3jQ6ImWukc8IRdjnjrMu0w9LE7Mijc/3W&#10;39uR+R4RokeNYW2fJWrFa+lXHrOfJX4GWBI3xElMhlr4bfMmwNAArR7CptPrKQFEMpi4O7tSBg4e&#10;s/ojA1ZCZyLIrLRdedoZsG2xigY79rxL2p90Ugy5NEdB2+ftnR0CwGMTM5AV4AOpwgl0u4pLOnG1&#10;Uia3K7MdhBYW6tfxPM/slRRgiGuJ2BvJyTCdomR01IZUa3ViDKBbnHTFkogF90qctLTDBBlSoHEK&#10;vj7mP5H5hHiuOEhHSdQuJZPwS5fefPM3Tp48cvmFZ04IsCJzbZgDLgn0KwDGGItAXG6ad/CBQ497&#10;AKT36D2ewMcBEMA77BA/zBSEQVexY6cuhD0OfLBo2JPeEpuNxogGAKGiK3HZcpSFGZNcWpkcjGLz&#10;BulDZPHB4da163C1WaMfRu5qyJTtIe3EUpDoiYWaEp5xrsyV576Th8Adfq/djN0SgFH3CrtMmVwa&#10;zpw78+VMKha2A261LZ1I7LFNIIfSollZ5PjD+0GN9HHic+zILMzfW4Zr782TFgQ1KMcOT8LM5Cjc&#10;nl8gXcji4iJMTEzA9OSEACJ91A1DOtW0+J7JiRF44blzUKk3YF8UqsW9Em0+VQFC6o06tBpt6RaE&#10;fHpRNCXFhpXLZwXYy1Oxeee9W/DVL36eOMzTI5MwLYro7d0tGBwaZdF2+tP1wGLg5p2l46K0ibne&#10;01j8o0YJ2rL4pZwNnSvDBAgZHAW+54viY08lXQdKUq663hwivXGmvtZJgaTuOkcVdRti9RoEAnRr&#10;2ICTvSOz05COp2Du8AwMZFMkxJZce+U7pG9FY/OqKC8cFGhy1gdV8En+vtRg6YKIutWqW4zXmBdT&#10;8nim6BqKP25oZiqtWVJgPGuxbXrobnqBdp3jKr+ERfk9jlWqDkwLVdI0Xs+xuE/AqFIWhZ4AHnFx&#10;3M3yHuSZLR5tpoIiUmmdDo8uej5n7hFFqFmeAkYB09kI4it4HTSYoa51To6jq6CTFUGg1WpDdOHn&#10;dZCp2jw8MFFRShgzPejmR8Q7GkVRIfrBsbXnTG/CRzSb9E+7NCyPXLoiKjrT9NIYss21jW4MamHT&#10;GAzIDAu1vATWywvUuq7X7KhWSIfWdkwQnEwOOeGw2hLpnubolByROVdmBAysdsQ4Qar9iSs+czuw&#10;NLF2O6Df98T1hmvs+Pg05PuHae9IoHU7XpPYYKqizW7DzsLUtM2lJ2qBOxgNSkj3UyaToWsGA2HX&#10;MCdE/FtC3OtIT46n4mQBTtRKmgJyojHXak2olCoQ29qBVCYJ6XSWmmkB7YdAjQt86XbQSrBq/R9+&#10;7Svf/Mkjc7OQE+AlUJlbOpVear/EUQXS2ts0AMBNRX+yfXh7AKT36D3er0iCaCZHZ2HM39cJS9ML&#10;uElE7lZy8o7Nyjjn8i6jD719q6EBdrGazWAEhXghNiubgdkcZGeRqYmETAym7zN0KdJMQBxpL+Lr&#10;deTRcvoq5Q1QIBhzOkhtFQRlOql2a6QRvfaO552pt6Q+V+5XSRgemQqOHDnyjceOdw5YiDkJ6ZHz&#10;ZrUh+N7ERjRA0xpP6mCq1RQ8e+YE3Lp7Hy6/+x7Ujh+GmZkJGBvIwovPHodTR+fg1r1FuCWAyO1b&#10;96DQnxOb3hiMj4xApi9DgXjEhxavk00nISGKsP7+LLRbAYVTaVEQUsswdLDVbpLA/OL3X4fLl96G&#10;jdUVKOTz8Owzz8JQph/u3b8DuUwaJmemy5lsZv1pvK/EtcHeeffWS3du3//9wcHcl8Up/jIjhTlS&#10;8eJUAno66AwpgHQNKvqO+Pe0OI/NSgmht+pjY8kfmJJTd/x9p5NwgPaC7lJcPq8vwEVrY9sULS3x&#10;2R49dRQmjxyigm9AAGYEszzCdVcObCxaVhrXPDUJZMapzaNakDQfOh2arEUDCvPEUDykmqRiMeNA&#10;JMcCoaH0REA6d1yMwEaqhWCF+iFNKDzbEedc0Xe4s5bIiQfXhWGoJhaqe4yAqLK5RWnwGFrIRRGW&#10;9n2jreFOPosGGhaE6NewSg4O2lspNLoat1sfYzGydG23GiaQD+yqF6Fi8a4dCg07PWf5DJUFM2aA&#10;BNKCV/xKs+g0BboAiG7TCrc5xRx7da4mCV6XKUhnLsjBJJAoUOEdJDN93kJwpxk45UsQ5GpiE8TX&#10;Ux/lIYamB77S9LgD5o5APHOsYZS6xCNW547DmmPJG5lSc8d6RF37Wo/hJqirDoQ5MRoc6CK8uIeh&#10;mfswNjYBQ0ND5IaHJikxNE/BfUqs67VKVU7ZdePL0bFY4GGPG88kTjIQJezsbNO9hkL2bL5AzoXM&#10;cc/TVwO51PkyO8ZXOSY4PcEMLLSmHxgcgnwuryywWxQCisAZ/PAn1paW/vx337r8xT/3wx+BoB5G&#10;9nOdX+QKTA8azvAnuj/VAyC9R+/xCCAA7iTCWSciPN4P0JywY2BmnidCseLdjZ8+2DiFKxoHclIb&#10;o3qBI7Dh8YgXe6gIsq5jjp0YWAGqPjoSluLUxLNfwQ0j4KFykJFgxljrOieDRTZJsFa5ZFnoE0Vp&#10;dm7uwcTk6Pc5PCYN/kM0gPTPV0SRKIDUIDqo9OezsLNbhJ29oihYU3D+7CkY7i/A9Zt3YGtnD06e&#10;OAwTw/3Ql0nAhXPH4ezJI7C4tA7v3Z6Hdy9dg+9VKpBKx2FwoB/6xa98X57CpxIquRlPRLPZoPDG&#10;YnEftjc2YHlpGR4s3oe1tXVKmO/v74dz5y/AyWPHoF2tw8U3XyfhbiE/iQVnJZ3JPJUuWPcX14Z2&#10;dsv/aGZ2aqzZalQr5Rpdt/RfzJOp5LoAQ240CmuRLsVlv5oyL7EcIzcnX9KElB0061Y4cml3K0sz&#10;24n3VPWDaeitVftRpAXQ/Po334D/+1/9PswenoG//9/9XSpCUEultVlhhLjj3pZSK+W66oSKT6UD&#10;DXVByHUQmXhuLIiQ1hjzmKJecKOtAjP5cIAIg44iEJwAOQvMDT2SyQZB4DRHKN8Au7gBWeopzYCd&#10;LCDnHV9jZ2UVoBFAC8XnjTrZdoeqY+854CPU9nccOkpsl/6mC0JZansRi13ZLOEUuBhYPYhdhTqc&#10;ruCA4xYzgCZ0tBJ2fW8qGha+5aTndXyClrYHj5hIRwEBTm3sz3ZzwOo+uYFI8d/5Ohygw/IADszL&#10;td9YDJIEtqrtFviJOE0C0KXJY84kTGFB37dUNW2AQBQl9z3bMYUDdCDqfMUP7nG6s88UAAUH0Nip&#10;Z9gBbtRkHgFwKN24kOKKOVNDQyMwMjwm3lOCGhAJzK8R1yM2yaq1igQfob03XNdJvR9pS2xsriXi&#10;CbLoLRaLEBf3d//AMInZWwG3LmCk6ZATJG7uH2Ymm7gWYRBtOpMjHcj21hZUBRAZGxuX6wOGaIYY&#10;TtsSL8n+23feevtPnj97KhgT+047CKJgQzUQdMcikpKuAZv35O4BPQDSe/QejyhkO/f0yMLBHtso&#10;OzABsb7mrm6ho4sGXbzl+SNewmNm+kBWlu0ASpXyCBZhlPdBBZvu+XjEq9XOPO6mQd1SsSjGYnFo&#10;ouAvaNtOl8oF8HnMcNyRBw5aNOs47oROJ5VyBmgz4ZH34jEpskXxeV9fDo4cO/xnhb5cRTv8RP0v&#10;ubUf65Z+7jkqT89SPPBLlUodf6APf6TZRu7wCOk3YirB/PjRGZgYH4aLAmC88cbbMDs7DYcPTcNA&#10;IUf6jxNHJ+nXbqkGi8trcO/eAiwsLMGdO/dhf39fih0xeFBs9rhpNZstKeqXrW0qXLO5PJw997zY&#10;PAdhZmaGckDu3LoB3/ruNyAlPqOjE4egLJ4rN9BfYewJ9ll8xGN7Zz998fJ7/2Bre/vTRQy0ZN7P&#10;XHj25C+LHTsAlRFDFCVVYNG1w6yNpbxh4iqwUJx2zF7JFqC+v0EuZTwi0452or3IdJMb2TTSEoOH&#10;azRtIZck8Zm+cP4MnPgfjsLlqzcpdExpdWVGjrNahI7wWFOlZACcpppw49Ekp5YqxdDzqPAnkwdx&#10;7dWQ4hVxB1IwiTsBjA4FE5gDbkBa2SJdzefR4lVPNjzuUjykUBv/8d6DVboH8N/Repfp6aiySUWK&#10;SVEAa0+sI5j8PChOgCgF1cTJ6dEbpyFXrh+11jCaFXIi80AblRq7We6btGoJBjyHUgXAHrFO21di&#10;kbK+g4inrH9DYw2c6DL3OKCfgYO26e40REl6DrivQRfAER54rYPEraBjd2BwMBdE+zjF8ZNg0hq2&#10;3BLXaCxBFEbuWjVSjoVsmFgNggIwev1klgZLRbvO5AAwts/aRUvTthiAk4LuJKOr6YcGoUb34TpB&#10;6ambAimSihiQBmNrawMK/f0wOj4JsVSGCnsKHcXJZKNJVua4V+ljlKF+B+cFpvnnS6H4JjppiXV6&#10;YHiENByo20MnK6kR8UymiQb2BF4ZN+G8vjMBwufNZrOQTKVgv7gn9pgFmBJr/cTYBGlWcFoS82If&#10;39/c+vNvvf3u53/yx38IeNspHRRYM9Q47lxLSlvzoZ1uegCk9+g9nrCJiDO10LVw+CGmFhFRKLNW&#10;oR0Ny4g71vsiJB49vka97pX2i0MQYE6B38FYorQE2xd04txlABVQpz66uTLq0iPfHsW/DL3ZQ5ke&#10;a/qXCgCF3Ob1WhjCTBEVgg2riovCMhlPwsDgGBw+cuRPMP0Yu0/MYx8MCT7me8iKVBVq4lgTeELr&#10;9RYU8h6cOnYYbt6aF4Uep44XCtE/++mPwvzdZbj+3m1YWlmB8YlxmFX6j1TCJwcxBCtYmOHzVKp1&#10;6pzt7JVgv1SmpN0a6j+aAXW2sExCjjKGt6FjFk5N4qIweLBwH/74j/5AvNYdGB8agWMTM+I5dojD&#10;PDU7faOvL8ufpvtpY3O3cOndW/9pIpn8O3Nz09BujtN1JbuwsoXMCYDEaMOnojaQVBNPu0Hhf6LI&#10;SqChAcXZtSGb7xff14Bmdd/6+zuXiUlZ71IcUpHrCwCyvg6h+JxjfRnqyiaSCehPpWFrdxeWV9bg&#10;yNy4DDJTyd6SqWS77J5TTIahJe/rLAOysCbnON1VlRMOUCABKVjawUoL56Pj2A7fJ/V9nqY9Ir0I&#10;X0cXw8zVWdhGgSmK0SkvkYLrAmDdubdIxeinPvoSNSzoXkenIfELpx77q5vEv0dqTJ7ZM+m5qSpO&#10;U0SfD4gcQQA2xYM5RbWdG3j6LGI+UfsgGIjq5VjEWMAlMykymLM2WbAYOtL0pCuOjoBT+7yBoZgd&#10;nGiEHX83kwRr/uWI2g86Hbr0J/d13fcRQKcjkp27+SyJyJPObU3dF5K6FxofYDmQY050uwYLgbkO&#10;wVyPPq317psywYGem96urk8TLsjNftSp59N20HqCIoGMBJlBKClUbQrNbcHu7g5ksn0wMiYAsY+T&#10;hqxyyQpo4l4R1yKuuVrHQiYQABEKorsf0XRPALOtnQ1I5cS63Fcg8NKoN5X+UQXqqnuNqekjngdc&#10;fwK7NklQ4ns2s0QcAwKZ4dFR2NnehiUBQpDKNSb+jk3BmI/NhdZ/ff3da1988cKzwbjYE1CkzsxE&#10;ilud1IHNnztTxB4A6T16j6d2IhJ2mDGZScgHAC96CgKOtV63YPNOvbWieMMBoYm7KDFpXVutVHPl&#10;UindbrVMf49rfrqmX+hNkamRtBKy4kIru1VSCCupI6RcJ7pLoLjijDscVlcrroWMWoyoOq2hes9S&#10;OMuIypFA15FsFianprYmJydet7t9R9hKZOQEj7BBjqYXM9V+jMV9FvAggUntLQHIisUSTE2OwXPn&#10;z8Cly9fJsvH0yWMwPToAZ07MwLFDk6L4WiLa1Xfm70NWbFKTU+MwPDwIuWyGhPq45SIdrU8UpplM&#10;CprNQeoUI/AIFb/ZV/kV2MXb3d6FG1evwuWL34f79+9DOpmCs6fPweGxKbgngEixsg9Hpw9j92yH&#10;sadLg3773sO/XqrWfnVvdw929/ah0azhFCD17NljBVEIBAR+MTDTl1nZTOXDeMrFysMCm8sxhO9L&#10;kIKW0BgElhseh/oWg2p1TxXvzICPzkmjp4pRpPkggaUtPrtgVQCQvT2APIpLfdhY34Z//I//KRUg&#10;n/2xT0LQjlqm6gLT0E2YyuMIVa3HwAkf86Ilp3LJos6vuscQ3PBO61XXdU+LfRmLcO0JeqD2S3eU&#10;FbczZKFqzVszWcadxYXJ8LZ5ce0/WFqHX/iFnyGQRN1l8e94DyFlp7i1DbWdbYyLBiau3bwoDA2w&#10;M0x1L3KO9fll6t88xxnLvjUeMaGV+MUnGlGjXZP6M/W8YcToVk80QkO38rnMnnCfFdyGiCEecfQ2&#10;EAUvUPaQ57PH9jbCLrLyR9NG7WfnMGkiv7si8yjgsCBFF9MBP5i67lLDYkRZjNH7xtcrxWWBrDtm&#10;XOVuME2v5dZViS7HkFkAoopvUNMOYjSavA4vAnz1hCQ0xgdWYG4dnezExNAInekHUZ7UvY1mB/i6&#10;CG4RbKDoPCuABx4kTkTiMQmEy3tFEp1rxzkTYmg0KV7ks08i5apaJnpsYXAQMums/HmcrCHo8FRj&#10;jiap4kyK74+LXwha0M0QT2Wz3qS1nrweVACRp86pZz2IxX4xQrbrd27fJJouNqBQRxaLxz5e3Nv5&#10;8avXbn5p8lOvot+FmfjzTv61Ew4ZBtx+Tj0A0nv0Hk/h9KPLFz5oP6IzwMoI/Bwg8rgckAjVy3XD&#10;4LYA103W/VI5X682UtqLPCBrzRhRMsA434QmaVZ3tNBxX1ItPEnVCkOwPGZGDivaQcjoONzRvOkt&#10;SkqJ1pC4AWF68kNj8FicnKEE+Hh7aKiwEnZYCX+gD4S5H0ZHYq1YtFutdiLmxxNojYgAYm+vJDae&#10;knjNEfjkx1+Ci+9cge+/+Q7snzoGh2YmYSCfhrOnDsGZk4fgwfIG5X9cvXId9stl2kiGBgdgZGhQ&#10;AJMsJNNpmnDoTxXdwjB5tyw2uM3NdVhaWoHFhfvwcHlFbFw1yOcL8Oyzz8HJU89Av/jZb3z9NQrU&#10;Ojl7hFyFKpVy5mm5lxqNJrx79fYP3bw9/9fEBp7FEL7+gTy06kk0ChC4IoiLYjekYpWKgThdf76i&#10;FTLjR6s6uCEzmRPEIRcVJUsmIZHMivO614FhFZUL3FRpVQyKIt0LY4hsIC5AUWN5FeJzs+JaCkFc&#10;o/Bf/hd/E3L5PqINUhJ6R4WqwTs4XfhA2eF6zIt0Y3W4mr3mPesgJG4Gcv9R78ozk0Ql9g0dZxzH&#10;3CHU2SPm1DgUm4ApETcn5y2dxC7pkeTxKcDyngDhMzA4OAwnz5wSGKOh0qgZ5f1gkba3sgKtWg0Y&#10;3hPVBsRTafE0QfS2ddzuOjvS1OlWeozOaQE7kBGUoJ9HEOSZn+aRZ6N1yyn2feUO1rnm+h0AICbW&#10;uSYG9WHHnUu75oQj9e22DHngBgZGk8uj0yT5BKGzZLsUWsai+weLzGXsz+ljDjqAT/TntL4lZkBP&#10;C9pQJwtqX4VmMlWgc5vRAdxoDs06rqfkKo/DaD04i0zaIntgJIxQvnnSHZrn9CIp625DzlzP2CoT&#10;x0mhg+LncT2s1aowPjULeXQPxP3Cx/sypkTnZajWq2R5y6SVlwTYLKTJt9cxHUwlU1ApFmG/WoLh&#10;0XEC1o2GNjXw1TbMKRA3La7nVDoJyWRaZhBh1ocSm+PeidMZnBYxZVet3y/RpEBqXvC6QM0KTtlv&#10;vvcevPTyK5CIc3qPfsz/Ozdu3PrSKy8+BznUTvHQcPYi/Sf+dNVXPQDSe/Qe7zf9AGsb6Q4j3o+e&#10;6UqyrSEHO2DHCF0mHwCuAxZ/xHTFbkl7e/v5ZquRIpG5sfsL6Bc2msjBg4XqoJVg1+negHbJwnRZ&#10;PX3XYl8IVQc2MK9pDi0MrcQ0dGkKNp9Dd+DwGFCDMTAwAqMTk39cQJpL57Tjca3Ijj9zF6WpTTNo&#10;kztJXGxGsUCFJw4M5mF55aF4bR+mJsbg0z/8Ubhxex5uXL8Jy0urcPzEIZgcGYJ8NgVzM6P0q15/&#10;GR48XIM7dxdg8f4DmBegZG9/D5oNnHq0KFuF+MNNDMpqkHiYxLzxJGSzOThx6hyMjo3B7PQUjI0O&#10;kyj9c1/8N1AvV+HUzFHSjOD3Z3LZ8tNwH6FO5tLV+Z/b3S397zNTk2OopanU69R9zvVlkfYWxGPx&#10;Gm8GvrR79sidhjZ87La22wS2ccNCIBuq8DCcTtHkiYpted37KtlB33IeY5HisjOykMpmopK0wUer&#10;TXFtZF99SW6QAmxOzU5REUdWm6pP76sCKzRFFifKIgF9LAw9Nyla3weevfuxs0+0D3t/M9OhBkPb&#10;sk5XoIALM0WeBi6eTl9zWu6BAjegOtoed3QKofwDFn5Bi8PU9DScPXtagOPvwubGGhyaGhfXdSAp&#10;YzHZoNheXKLnqBX3YAD1H3qqg9QfLMa4NavtlnMU9bkCo9AJI9QmTlkpWPyRWF4U1L75xJhjocvc&#10;FdnkdbjUIAsFo5oAPFZ0wGqrlQ3/LcHASS5xwYALjqCrHxHrWK/DjuvLiNTBoSZFGlTMoVjZ1wr0&#10;6zN5XWgALd+rC7wS4utxIiHiAbRVYetTWF5ophpGHA4HQYJ+HXvgnRMkhx7MtWGCMlhAQxJlesI7&#10;9EWhSmHXgFc3zSTwaMvJMZP6RdRXFQX4HxgcoV+URO7LqTnHfandhFqlQus7MEvhYio7xLpXeVK3&#10;KK7bcnkPSrUKjIxN0GuiM6FMPlfrgVhHkN5V6MfJSJKc98CYc0n4Z+41NeHRr+E5Jwz3NeaI4Mcn&#10;J2BhYQFu3LoJz587r85Z8JndjfUX5+8tvv3CuVMQNELnenJ0Xcbp2DqW8Sd4QN4DIL1H7/FBGu86&#10;YZV/uJ+JMH11WBqDruFWnZaNj6R6OQU7U/+4u7tdEAtsWrpcBZRFIXmznhL4yW4n6V592f3ETpkG&#10;Hr6nXJ3EIh1qTruiVAWSsK6mJEFk7G7cbEw6o8Mz1/QxT74GbiZZ1EYMj9QmJse+Se5dobMAu282&#10;8vdO70IwAVemvAvtqJrh6AdzJcQGU63XKHAQv+/mnfu05GOux/NiEzg6Ow2XrtyAixevwN3+AoGF&#10;kdFByGdSEBc/Ozc7LsDIJNQ/9gqUqjWapOzt7SHYg/1yBRr1hjhdLaL/kLcYixHAyubSMDTQD0lR&#10;vCIn+I/+8Pfh9s0bMChe4/mzz0GzXIfNnU04dvgI5PP5lafh/rm7sDY3f2/pfy2X9sfKlboAbA1o&#10;tlrkZoNWxmG73X/61NGTw+nMCrL+mKggvLjcnnxV5HsmJ0G5R6FzFZMAhLcVAAFJk/CZdUDSxZvt&#10;aLOOIlHOHND5Hy/I1vX3IKzVwE8mxP3iU8eVJopgbXf1iFI7x5kwNpUYqCmOEeKNWUQkoNB2o7ow&#10;xaITu/Kok5LCe2boK9YWNIw2L7QYWBd/jBvwo+lWofoe7lmXIJ1YjROOP/r8n0Amn4Mf+tjLNFfA&#10;rBNiYPpSB9WsVmD/4ao4Px6UtvegwOLGDtYIl3UuBHfTub3IOZcSfK0McdViTgAgUlx8mVOkqUAW&#10;Erjfzbs4RslZgAU//MAsWrdUdO/CN7L0qOOVxxXti/FHT6jdZ2butMQBPjZ/1TxC6ExTjzZ1gshR&#10;u0oRt4WlwxYTCpIwaIpCvMkxt0VaOGNh3CarZ3UcaurlisVDA0x0peuoaRg3ZgHmvTsOU+ZaYjY4&#10;D8yEXVpb0/M751diEuUdh45XbQl0MfQ2l83C2MQ0hQOSA54XA6b2rFKlRM0fbRtpplwOo0BvADgt&#10;KZeLUK5UYXxskuhdeExSxyEBCk5XB/oHoK8wQBooVIeTQxW3AZw4pQjaLaJfoVEEalUwM8hnmr2o&#10;LIbVFefpKZI4pEOH5uDWnTuwirlPk1NIN4sFrfpfv3PrztvnTh+XPxeEMpww6l7cEdrIjWNfD4D0&#10;Hr3HU/ggwKApS8xuL++nAWHGvs92612xdSfo6AZCeBeQomfo7gRme3O3LwzacXm8XFGzmORyM8mp&#10;p8RjUKI6kOnP2G31Hb/0IJTFHWV9gMonCLlyxbE9zNAp3lxfRr0JuXxjCT6kBeLA4AAUBgrXpifH&#10;bjkVlH3njkmYHf7wrpMQN/xK2xdi0ZROp6DaLEMqERdFbh32iiUBJKbI//3ae7ehVq+LzWYKxofy&#10;8GM//DJsbBXh2o07cOXKdeq8D48MwcTYGBQKOfEzMo8C7R6zGRzRDxMtJ8D8D/Er4DLxmuxjKcch&#10;gJ2tLbh25TJcuvgOLNy7A+lUBp45fQ5OHz8F68uLMP/gDsxNzkKtil292hNPwbp7/+HkrdsL/7y/&#10;0DcxMNAnNnW8rtrqd1EOik2+vF9qJBOxZjqX+V2x+f6a2NwHYuKabenqCSdzxLaQ116CqTKWe4qy&#10;IgsEmoAkfAK7xCvvyHhwnbBcEXFbPHmKJyHw69CYn4dgfQPYoRkSCujOrrHNZGry4YGdvulQNQeY&#10;6E4mAX33FUnYKkXe3GgQlEaBvq7yehzbU+ueJ19fU7CIykEifSk6ceP6dM6AtCkOabJJZhRM069i&#10;sL21C0sLq3B/YRFajQb85Gd/hAAIvhwGDvpxH4qru1DZKYLXbIJXKULBjxtqVCSx25kQaxtur0MW&#10;zJlumriSaqagic4bYgT6wPn5EMA8o+eAEO44W8nJgWcAp/5qANFmhVTJcfqFAnQfDtKbOAs7Usn5&#10;+4bFanCjgZLWb0jbZ3Wdqe/Vfw/NZMN+70HIxDv2BQ1EE2YuFCp3tYa6DnF90gCCO00c0m6YJHMb&#10;0scdJKwza6xeI0qAI2Ch1jwtMLd5TyEBHyn3cCT6ho4mgQfem+hGhfdBpVyi3+dmT0I2VyAdU0xp&#10;BvE5a7WyWCfrtG9pO3udnwPKWMJTDQfUM+KkpFKqCjAzRdbdUgcjzaLxZ1OZFAwNj0G+r0D3ZkAN&#10;hlCCI+X+Zpy5glCtI6G6LkOZeK4aClyZUdjrWJ5b1JHMCeAxf+s2jIyMQcyjcJafXVpe+e8fbmxt&#10;zY2P0vUn72HuCP3l+bFNB4gYR/QASO/Re/xgzCwA/h10DtwGvKfpEPDBn9rN4IMOPix0ARmPAx68&#10;Y2TivsPNra18yGVBYikBkhetNwTZgZIhhDpMKQw9Cvzi+ucUzx4L7lAV1wxstoHpb4bcCP+4EriG&#10;EE0r9owVESNHo1gqCaMj4zA8OPzayPCgDL7tKEWMdWnn6KfTipd3O5+6qxfEBRjAPUyAhgzs7e5D&#10;RoCSo8hz78/DxXeuws7ODpw+dQImRgZhZLgAP/LJF6FUrsOdew/g5u27cPPGTXrvmPsxMNgPOfE7&#10;Bgemkkl5LoKQuL3VRh3290uwIQrWlaUHlKa+tb5N2SCFQj+cf+5FOHniFExOTMBb3/+uADmX4ND4&#10;FCREEdcUP5/KpCtP8l24tVuCO3eX/36j1fjMyto20dgatabpXGKWRL6QhZGBAb/RaB1mMf++BMyM&#10;bJNpo/eZDAvEyZ4vtR/6msPrSgcKtnhbNghoAoI6glYkHK8TfHiRwrFFwYblSgv8zV0IREHuz86o&#10;ewJfM4zqBDz5f9YVTmudQucVdQaBq2MAQ7WQ1ERJmfQcFwp933BFXQRlUyvvTWXjq5PeGXMAuc3X&#10;wGP2HAtU4vMzpZrgUjzsx+Ow+nANJuem4MVXLgigHKMGBCggFI8lCRDsPXwIQa0KgSjs0uJ6TyQz&#10;4jnaHcoM2yvo1FLYtHTUYBycSzBnFiLBmlxNfIhmpUel6tyRlttX0rDDN7oT7qQaycK/pby4WhwB&#10;CFCxG3BXA8LNtRFCp6tW97Xb2uSyiGDeNHage9Cs08bpCCCMLn2RcFon+wP740il80hUzyg13WeS&#10;pshV3obWCWraEAu5BebG5lk2i0In1dxcV6GdwOlMKa0xYo4VtAY1XF2jAE5R7UzGgyA0uR9IXcUM&#10;jYmpGegfGCQtR9zViIh1tFIqGUc5zwFHWteCLo107tCtrdmCUqkMw6Lo55THwanJxmgZ8cQ63kfA&#10;JCPWchkiK63nURAvRd8KzmHCPK7xgTPRUo5YXAXqauql1m+JHUfey+hEJ55rYGgYdvd24e78PXj2&#10;7DMIdMZrlf2fXXqw9M8PT47Ze9hpKnJ3ieBR2loPgPQevcdTCGOAR2M/unW/3h/IOAFJj3stiDb7&#10;IxtV5xdVsnG7zWFnd6cfGDejYwhlqixnOkCKWwGr7qhyZpxLcPNpKwcenZgcSTemP3CzWckCySYp&#10;u142jDvhg6pbhd3s/gIF+fHhkcEvpVNxab8LB980d3c/3cXtBBsdhH7aAJjMNGm2WlwKDltQ6Oun&#10;DtaKKLTQUnV6fBg++5mPw5sXr8Lrr78Jc4fm4PDcNAz190FfOgkvPHuCfm1uF+H+4ooAJAuweHeR&#10;AAuGDTaaSB9qkZUi6T5ICxJSgYH0q3w+D+fOzwqQNQiT05MwPjomwMk6/PHn/wCWlxfg5PRRGMj2&#10;w+r2CsyJTTeZjD2xGpBypZr8/ptX/vPd3eIvIy1kaGgQBgcHRFHRFJ9RG+q1OpT292FDfDYPFpaS&#10;2XTyxbmpidcYoggsIcXP2NBAbnjeusBG5594QtKtkDrU5i11reLELSE+o3LkunmElEh2xUWhA+en&#10;IL6ZhtbNBagLkJr4yCvAPekQR4Fnzr3s6Y6uCjbkhrPtdawbqrD2LEAGxxJXA21qFoRqsmHoV7Jj&#10;63ksYkwRyffQ+QzaGzySuWAF6lqPJV8/lC554l7J53NQKc/D7Ttl+KFPvkSgmqYzKM5GKo/4/u2F&#10;JfDFBV7e34URrjrOahbhOVqMg+2f0Cm6mdIyWFm5A9usAa8fIyMJPI6YSTIPOvQczGnUWGpWqOxy&#10;3elCSEUOi+SJtxwb3jhnBhR4aprA1b9H7XY9Y+KrNR3uFC2IgIfoCu9Bd4tfQ0vqWNojVr2cH7D5&#10;DSk/BVNYkrKLrowFkH7VxrA+BOVM6xYU9NF21uDawGvtkKtxMN2eSNClNhfRblrc0SuYAbWiSxHd&#10;1+g+eGQPpEmDAgZY9BeLe5ARoGBkfEoKyT1uJzDiaWrVCq23ktYFiuoYmiqdeb6hOyIFdqe0hxRf&#10;CRYCqQEk21zx7Xmx/0xNz4nrOin2nqbMcUItCh2P1X146vNHME6GLkGopifyzeLzesp+WK8vmo6l&#10;m5TUwGMJmJ07BLfuzMP+7DQM9PcjteAXlhaW/0X1+fPtmKJtWhDIu1jsP8k56D0A0ns8sY9/u9v2&#10;cYnc2im2cyKq6RddpyfgdoLe/7AiokbOu49HnNfEdbBWrkNxb29WhbeqbV9up1h8a966Gsgrfrdn&#10;bR/RESYIFX+XK9qIoiZwtRxrwMJDG34W2l4dkSj0FIXZnrOhXyViMDo8Cl4sfmd2bubygRFR55l3&#10;QwadztAjbcPMUMTH8Kd2i4dt7KKXKzWy1F1eXoX5Owv0OUyND8JnPvVRWHywAleuvgerDx/C6Ngo&#10;zE5NwKAAIikBVPryWXj+/Gk4e+4UAZlSuQrFUgX2UDwt/lyp1kQB3bBcaCxmYj5kshkBsnKQisfh&#10;4cpD+PKXvgBXLr9Djiwvnr8AA6k8XLt5g9LY6xVRgBfLQ0/i3YcA7cr1e58S19N/k0ilAC13MbkY&#10;O44oHE9TCnEepmcmSfNQ3N1B3U1GXFO+pwK4PHHOaHpGxasqdbW2wpMFrR/zKMxOgs+2uv448eC9&#10;RjTLUhfCuuhz3Y3wZ6r7Rcg+fw4at+9D9bvfg4G/9FPQGBuhaVWI1CA0dNDTUKcbTJCBakBGydqu&#10;XkNrrWwxB8a2WV87nr7rPfk+tPW2tsQ2RStX70Ddg/Km8Az90DgxedymtDMwQmZty6q8f6nAOnXm&#10;FH0e3/7emzA6OkxFGTHeBBDAc9gsV2D7/gJ9rbW9C3kl1JXJQpbWhOfH1wGL3Mq/tJOG0YxE5p3c&#10;mZ7Islp6nQbKopg5gnWHRkRpMNwp8FlkusAM9OGkW9EidU8BlLbq1KP/UgpzjrhWUXjKcoNHZma+&#10;Uv94ZqWTMArff0s3aYwhn4VEWh8T8k7NBzgkMoiAkMBZ4gxA7TIxEiuNsWLGzn6bt6GBAnsBPuj9&#10;Bjqjgyuqnw6/DA1FUIrQrbJGW9hqRzdjp+uGYnIHWHtq4u6koEeO1eEIUzNMAxA6/20CF/j1mdnD&#10;kMB7HXOUyPJcBnfWGlInhoLydiBpgVyF4Godi0+01zbE0ymivvbl8rSeoMkH/hxTYjGcYM8dOkYO&#10;hk1sIjUl+JATkFCeFgX1QqPRCtREU9lI02RJ7TRcT1C9KMAiAwDZNsHnT2cyMJTPw/LSAxgaHsQ1&#10;46PbmxunN7d2r06Pj1D4rxfROHYyKNgT7YzVAyC9R+/xPg9XNG6GCG6X4jEj0ohdYUeZzR8BmbgL&#10;WrqiGUtRwsWrLAri/WLlMOeOPacnwQMz2Rxkry87aqogYVw6p2DBR927IFQBg3IzCUHaDpIGPXII&#10;zKQk20LKMxa9uv7yNH0/FodMOg0jI8PoPPKt2dnpskk/77a68i5f5k5V0yUOWTu9IOhIpuKwv1cm&#10;C14MCizul+D4sUMwP78I7169LgDFUZibnYTjR6YoA+TewgpcuzEP31l4ALlcBiYmxkkHkhObBxZh&#10;WruTF/+WzaRoY2m2AqJhEWVFFY6h2Cw3t7fg+rUrpP+4Nz9PQXlHjh6H584/TxkK3/7mn0FWgJOE&#10;KOTa4mdTmWz9SbtfEMy++c7Nj9y9t/jrojgYxgoMwRlS2OqNJlTrDSiuleDB0kNIphMwJsDf3OwM&#10;DOdztWatUfNw1xefY5zobp5NWdYlq+4aUnEeM0V40NTdYEnNAtAdSW644p0g3zhlie+v37sHfc+d&#10;B39qDNjiKpQ+90VI/dVfgFZSW+uq61uZLriTQKa0IWj+wEzH2eqbrEuPT3QuoqCAnDxyxUX0dGYO&#10;l4oItwvOuWtwa7vSGnxoqolOSQ3VvcDUv8lD4paqJf7XqDbg//jtfwnPnD8H/9F//HPQbNQkUBIv&#10;EU9Jx7otAdKr29vA61WIl/egj/I/2mbqqW/NbL5AYnXeagBEpiLcuu1xFqHDQUcRTnbLvpwv4H8J&#10;xyeKmxmrF5megHLhsmtnVANCdr4KVPjq2dqq1MT7LxZjZuLQVnMP3zy/TRpxFyWEvByi4as2RNbC&#10;pc7opigtjUWmI9zR1YEz+dDUqdDoSRCmJcQxphVQ8s06HMSw6FXJ9WRfDY4/sENF9LVttD1aS7Fl&#10;YJwU8Z17np3uOZM+Q0MOnefXE0p1bQN3XKS0ToTc6gIy76iWSzA9dxjyQ8N0zSIQ1s2yQKyVpdI+&#10;6ZIC1VjgmvLkMTPNR/CBgvJSsUji9bTYZzDngxz0FIjH8zE9PSvW7jSUMcRQgGyceErReSjvFx7Q&#10;9waG+qSyrJRuJuQtCTnx/vV06G1onl9fzTJXxG5ZeHxjUxNw8/YtKJbKkE4mE9VK6WeWV5avzk6O&#10;mi0tasUAHdPWHgWr9+g9ntq5SWTazB8NILpV0tolJ0K/YAc7WgcGHZ1ibNYdseCX9/aKmCdxBJ08&#10;JKVKhTFxK2IjLQgKdj1ZRAVqpE18cOTMJ6Q3eRi2wQpY1Q6jf2Osw4fGAiVphwjW9lOmNpG1IdKv&#10;CgMD5Lc+0F/4/GB/TtKv1MJ6IB2+U+/RiQIjXAYeGabg5hDzYkG7GVCgnVjwYXNzl4Tp586ehOWV&#10;Prh67RZsb+/ByRNHYHyoIIDINP1aXd+B27fvwd3bd+Gdty9TonA2n4MhUVzhZCOZwoCqOL1ztOBt&#10;1OpQFpvk5sYmrDxchZXlJfHnDRLxFvL9cF6AjpMnTsLszCzcuzsPr732ZcinMuI1x2B7bxemJ2dw&#10;s8w/SfcP0hOuXF/4+Nb27udyub7Bhihc0ekKaRRYEBf6szCWGoUEZnyIc7i7W4StrS1Ye7gGc5Pj&#10;v9T/wnM/zXy/n+LVknHZqTXdZWb48J665sD3Ic5ixONHm01tXxn3ksq1zYIPly7EOotC7KaKwqVy&#10;4xbknj0N5bVvQfH3Pg/B4DAkf/qzZOKgg/TITcgpujw1deGhtjO14W3Ms68mCxluQshCN9dEgxRK&#10;fwOamqAI3ExTmC641Wtxh35lutBygeKhUyxyK/qWEfMyrBDP/9vX3oX97SJ8/ct/CmkBtM8+c0xO&#10;9Yh+5dPxov1uWK9DC3VU9RYkxH3kcXf6ID+bqigAsY2sJ7Ceu0ZxO/cIIXRKezsnkm/LU0WlwJ8h&#10;62jcMCdDJDTfi2Jxj+h4oYEGHkiRudZd4N/jKnVdf43yZfB9Mtl8iRGJT66ZbRaagpJT2n2o3jOD&#10;aA64LRk9FYLohgQay3YHi3bmpABELYTN79i40RS/jvMdR/DREWobj6WgJt51W+A/XG9DZRmtw/ks&#10;jUq9Hl5ngTb01RuS/n5moDlRhHR2DOeRQEMLgNX7CGXDSiUcKrCupuZKe0T6Dw4UfpnNYR7UIZp6&#10;BE7+FD7nPk5LEXwozYX8bNS0SdEQdDZVQ4AJzPcYGR2j6QYdLrPvO5fLwfDICGYNQR2BR6OhJh8q&#10;vR07bEoHFIb2vmSaqMekkQTaAiO1lwAcC509XV0ZyvnLVwYYnicbDZlMFvoLA7D04AGMDg8jKPkL&#10;K8ur/1Pr+aDNQOd0KccwFjVt8BjrUbB6j97jaX58mODB6Pczs6iAWkw6Pb278YOZbWR22NLyrge2&#10;vbWdrVbLcyZpVgEBPfb2lLWlx619qInuwDG03wIW4HLbdrzw1aYYsQQEu/E6DlRUTDl8X9o0kQaj&#10;6Feo95iYmEQKztqxE0dft2+HfzimnEuE99jBU6EOIeRBy/e9VlUAhLHRIWiK97j0YJUcrU4ePwRT&#10;Y6PwhgAY3/z263Ds2GE4PIthhFmYGBukX5/42IuwsblDk5G7iw/g7t37ArBsQ6lSJf1CC3/hecPA&#10;NrF54QaaEoVZYWAEZg8fhyEBtlB0PjY2QtSir331iyQ+n52YhhMzR+H+vTs0XUFNifjcCk/SvXJv&#10;4eHk/L2Ff1GvVQcbTcygaREgrTfaAojUodGqUxGSyWXJInPu6BycOHkMNtfWYGd9a6zVaI1RRxG9&#10;/AVgpW6sKGzIahczIlCL4UlHLOp8i+sLHWb8AG1I2/IeQwGzKKgpQ4CE6dHij3eZRJJAWVwf9Vvv&#10;wXDiBaj2JSFXrcP+//Wb0JfPQ/bTn7TUD485GimtT2KGu+6xqA5AF2m6sGyJ84HUEjfJPFSOPlS8&#10;6M4nhQB6jqOQGiuGzCRBu79rEbCs+KM8fn0AWjeCP9MShf7P/Ad/CQ5PDcNecZ+ua5ouiXOaEuc+&#10;FABx6/59iIn6rLKzBWNeoku2hv57eDDHCBzgwWSQpDYM0FqZEGyoKYI8+bWWhgMm3I8BRMCLKZYV&#10;ALLOWK5QnRHw0OQa/J4WC6jL3VYHmEb6EvW2QwUkZYJMSx0ZHkecTppnhq+hmYQwM7ngHVNyd2nT&#10;TrEhdydwHKLRla6kX70Pp1GlIU8CzaK9lIQNCoS0yXrXF/cYNxo+3/fsOu2Aj6ijOXOmG9HmmLmW&#10;wNLqdOCe/h5TMCNmDnR4FFMuUtHMGtJTtCUIaTaqNOGYO3VOrJtZukdZ3DPgsiVAREOsjeRsxwM1&#10;YbBIByfPJvFc/FNlvwTDQ8PU5ABFL9b0LHzk8/00HamRbXpTOvBpcBTqaWZopn8aYElM5JGxhcwk&#10;4irE0FMaEHl+ZVgqk/a8XLnxqfsM3z9mRk1NjMP8wgKUxZ400Jd8YX1z+9xeuXxpUKwtaEXMHHj7&#10;uGZoD4D0Hr3HEw42uk04WGcR/AGBiuubbgRr0N1L/uA0hEetdyMHab9zY3PrULPZ6Dd2jKA0ItoF&#10;Bzf+QBVOSqeBizqOoLF4M1MacidReQqa687t5uepBGFwahppV+gI1XU2guLLxsXGkslmYXh4CNY3&#10;tr9z5pnTW53Zio8FeJ25IN3+zKPFXiKWaIpz3VIJ8TAzPQErK2tw89Y9+taZyVH46Z/4YXjv9j24&#10;/t48PHiwLADDOG0SA/kcpFI+9A8W4OWRQXjhwjmoNVpQqaJgugrlKqb11igDBHUO2EljCuShQxbS&#10;jOKxOKyurcJXvvIlePft7xPl4MJzL8LR2SNw6eJbRAHIxFPk5JTL5qpPyr2zuraTure4+o/i8fix&#10;djtOHcMgkFSIQn8MkvGETDRuNGjysfJgEVYfLsEhAQLPnDsF4dE6NKs1SPpSfB2PJ6lTS8Whdu5B&#10;CgRe44ipQ6D8GunvD8SDp6oB644kpifHSczcbWP3IOqK5alqLyaKk/LVa5AXxfZ+vA6Fagl2f/2f&#10;0WfV92OfEsVEQN1w2UyQ0xDiwePFTh3Q8EDR52o9PCaVE4HKLJH3nqdoZYz4/AhqjbkV6ww0VIWg&#10;MV+QNJCAuYWsZxOtQXYRuAEnQGCuUqnBG6+/CV/7+nfg5/7yT8H500ehWZeaJhQxxwUAqe3uwe7S&#10;sgwm3SnCgB8nBYU9Cp16wZwiVk0yVEedmZwSMrM2mghw/ayokIsrvrsAmK3AdH4508QrcHIqmKFA&#10;GRcsJ2Y8ZPYzdi3D8e9NJJaqbjP+XIJ0Isw4Y+kjk1MRq3ORtrx6AufY5jrDA86sYiUAaVSgnf46&#10;ey2Rz1IDYDWliShQeNSC12MpBZWkVoODFT5XKXFW0c60Po9ZUxHlmuskone6LEV1ihrgRMXRqsml&#10;KIME00Ibaqjpgu60P1D7Chb+OGEvlcswOjYl1thR+lB8ca95XE5s8LZAB0GcIGCTR4Z32n3AZpjI&#10;QQtOoHOZnLKcb4pr2zfgQwaWhqT/wGkrZg/hhBYLfgkU1PlRmTMRwxl1f5PWCTVc2hjCU8YQyqkv&#10;MNoXFnGUd8X6bQGM0HUrKZ5nfXUNhvL9fqO6/+e2NrcvjfQXbEglc7RTHUyIHgDpPXqPpw6N2JRY&#10;t5H4YR6GL6sKHMa7B3+zLgAIeFTIFwUq9olWH64dEUVLRgr0gDZLxpxeG5cbqKc6iiFtjFxNLkLV&#10;yeIR4jIu3KZAMEJC67FJG2Y8RgnVXPcEydISTDcYi7JYIkmuJLgJ9fX1fWVibBiMiQl0DHce43PJ&#10;HN2LmX64VoXOU2SyKbHPBU10vao2mgKElODUycNw994SaUBQoDg7PQbPPnMUnjlxGO7dWyYwsnB/&#10;EXK5LE0uhoYHxMaWlaFeyF0XhVEmI4roZAHC/j7aSJHkxVURiIBke2sTLr1zA65ceZesF/EwDx06&#10;AhcuvAj5TAG++tUvQHF3E05OHYFieQ/GxyfRPGDySbhVVla3Uhffufmrxb3if1JtVKWjmtjYG2Lz&#10;bTTa5HqFHP++/jyMTYzCiZPHafq2ub4Jy/OL8HDpIZw5dQL6xfcksxmimHgpUZigBqchrmdfJ+qF&#10;RgDKVLgeppXHm1KIK51vYnQhIA0rhOoBK97O3Aemiji8ilPivzbSEMXLpMT2WE80ob+8C8X/5X+D&#10;1toaDP/8zwLP5YjGQaWmp1yXOFc2tyCph6o4YyoHJ1QglW4h5XZF0xJPhnHqNSEe96FVD+S948cc&#10;fK0AC70B+TMmc4cprQe31rQmYI/ZTrYOUmW+D6uLD+GEON+z42Owt7Ut/uG4OSeYlxOLie9ZXoH6&#10;zg7w/SKka01Ix9PiXyvO1CjscKWyUC9kOigv7AAbdoIaWUzwjaKAmiRXQSQs0qgh1Ld63OrjQjf2&#10;j9upgW9Sw8GJGvRoxougIFABbzH1Kj7oDA/5dc95X9zALeakV1vHP87AGAe4Frwhj1Kt9NkIwM0W&#10;cQMSIQo8mCuF50Qw81kSs2XlAIhLrYZ+jxVx3cZUgYzv0SdqU2CMQzzuS+F4yM2UnamLQq6tck5k&#10;087VBMPpihkTEn3Bht0XbKYohhQ0iABduXFVa1Vq0Bw9cQZSmQwESM2kYl1+Eo16CerVitJwaNqv&#10;M9lSgIwaAGGbGhJIcUKap+/7igblKQE+oxwbzP1othDUtGQCu0poD42eK1SZInoT8Z19Sd7jrKPx&#10;xZWWiu5tpgCNyeZhxrggVMJ5fK2R0RFYf7gCx44fB7/Z/ImNzY3/8dTxI9z69DuboRuh0tOA9B69&#10;x9PxYB3gAXg0oRRcJyz2/oCkc3AR6W506f57HX9xnUV0p49pjqo4kGYrhLW11aPESjdFiGeEqboD&#10;ixVLqO3+VBeWFndMXVZptm0KQbN2i+AI8vSqy51wKpkjEpophA6a0vaEWMSkU2miX21sbFZe/dir&#10;r5Hdb6A2Ke99HD5CCzYiTbjQCtKZrBydwgAgLTacVtiuUY6H+PPW1i6kEyk488wJKCzn4Pr1W7C1&#10;vQvHjx6CsaE8nDwxS7/W1rbhzr1FWFx4AFcuX6H3g5z3bF+WNCS4cSJHH0XoOM4v75dgf3cXNtZX&#10;YXVtHfb3ijRVKuTzcP78C3D8xAlKxH1w/y783h/8FhWtzx0/K45nk8Abbpr1eiP1g37PPFzbzrx7&#10;7e4/bfPgF9PZJMTTMWloQDWlT1QivE7q1SqFQt6/cx9Ws2twTJz/cy+cg1Onj5P25q3XL8K5I7Mw&#10;dPKYtKDFEEicgtRbKsBOFySedU7zZaHlK3BNQWGqQ5pIpgX42QUnKsNYtBruvCh8EJwHqhhEOB3D&#10;MDOoQ45niC4VxEMYEAVM6Tf+NSxfugpDf+XnIf/i89AW76vZqEvah2fbl57K9tA2ujb+Qy4a2IHH&#10;DrV06UEb4VA2APB4xHsOK1UD9j2mg8h8U6JyDcRUV1Zz+j0uBcCm6FWWu4GjIUG6S8JPkbX0nigG&#10;f/oTL0Eo3kND/NKTUcxmwWPeuHkbvGYAVQFCxsU96yXkYug7EM7N5HDXM49DR7nuybwKZ3qrvJdI&#10;/I06HhDFIvdDqVlhLCrKdv7EmS31XfqSnUBEJek2pJAbQToWiwlco5SjFj5PwjikufOJ6HtzJObv&#10;25gOOxoj7S6Tdt7xS1+noeb+Ow2opJ8hCbrMxLDhejLdnNMERArMwYZUGuAkX4DuS08p+VxXNJBg&#10;xFrx2qNinHVoFHUIoGdoVnoCJsXysqY2uRqoOeSSjong4uix01Do75dACJtYPFS6pRCq5X0o12oU&#10;hEs0J2eS7+5J8UQMirv74nmGaKJM1z/z6WdIp6HAFdIwMc+m3apL8IGNNTwWwsWBDdJlbkNL3ruk&#10;DcEz5WsGQMzQswwsEgfuK4qYPHfyXHCVMM/VpA11gfn+AVjb2IBKqQypwcK5jfXNY81WcMfzbJ1g&#10;joc/RvvZAyC9R+/xFAxAoGPhDW3D7sNORpkDPMJHAB5304qAF6cp4kZi4XqM1rCbm9tnrIufJ7uj&#10;Ji/Bjq1BC1exMySKH3KN8mJ2Ywdp08j1Ihq4fkGW+61l6IEKYbNe5ZIJjus1irWxMz3QX4CBgUFY&#10;WHjw+gsXLjw4cELYI06EaffCAQBmOkYdvDV9uohWBl4JpxLoXIWTjMWlVUikEhRGODk6BG9fug7f&#10;ff1tmJ2ZgsNzk0S9Gh0bgvHxIfgEvCAAyj4srazCwgMBLtbXYEEUbCUBOGr1KjRQ7KxoBbjZocPX&#10;7NwRyJ/Nw9DgAIyPjcLg4BBsbK7Dl77wObj27iUYGxuDj154FdaXlsVntgszo+PkFiU2taFisRwv&#10;FHKtH0zwsRN/69L1XxHA4hcx1wMpTy1MiA+lvz5RoMTniCYEYyOjlI2CPGzMZbl+9T14IM7Hx159&#10;CT7745+EudkpuHf9PQoIo5oZrXRFQc7JFAuLirayHXWBvCgivQTRiijRuCleL5USPxOIIiWletyh&#10;k1MjrxP8Kk7r2qqoj6nueZs1RZEcp++tsQYUeAr2WA1asTb0CcDRungJtq9dh+1XLkDhJ38CBl56&#10;DlguK3Nh8LVV+ev5vs3sYJJHLtObpVC/Lb4f3XtiMY9wRYDzElGwJZJxe797nsnwCU0AIYeQW0MI&#10;PVWlxgjpYjzTtdbidAt+uKKqhAIcH4F3fucK/JN/8s/gb/3Nv0pAEc875qokRXHXEEXSxvxd8ETR&#10;Fmysw2A8rmTsMQISvinGHXjArfMuc6a+kpIU2sYNdz8LCSLwPvKTCdIHeMo0AyLkKRvwKE9PYMBA&#10;JxzgDmhghrKlskGYFEE3xWvkmacAnl17PX0+WXRh4hHdh51YGFYSs4L6blSrELqa90XE56xjb3Cn&#10;zwztglkysnOYRHNPdtorODmK+UoHyBV9SYJTrho+JNjnNoiQO77y0kktqls0hsHGMMSnyQNX3FsC&#10;Mw79LnRF+CrIFsEHPicmnueyaL19hCYjqMvwBOgkNCD+vVTag0qlJI8vtHuSBXHyoLF5Q/ThZJqm&#10;iggssMlB94tyUsOv4/cnkymIi++vVpv0mkjT4sBN04roV0a/pS+u0Obi+ur8eJ5ykfPsnsfs3oqv&#10;h9iP8oK4pB/jsSQSSToreE8iGyCTScHa6kMYHRnOl3aLL1UqlTs4dZd7qDKy8Lhrq/Yk448eAOk9&#10;eo+DwMPSrdzthwxqHBX5Y6cfDmBgrPu0Ax4FZDrFIC5/2NCg5Na6vbXt7e5sn9F0BG3pyFSQkyk+&#10;VDFP7idOh4bWdOxQc7kxc66Bii5cQsflJDRFld3ctdW/onGB5cgmk2ixOg6tWhV1IH965PCMHH53&#10;iPEfYfDVPXiwsyjQdr5OpxAzR3zf28E/75fLMDE+Rtz6W7fuER93bmoMfuIzn4D7C0tw9fptWFxc&#10;hrHxYQFGEIj0QUoUvclsGk4/cwxOnjohCuo21ETRXKk2KDwPNQzIl8ckcx1KhZal+H652OQWFhfh&#10;D//w9+Dq5ct0jl+48Ao8f/45uHH1Xbi9cAuOT81Sl29ocBi965+tlCvjAoAs/aDdJ8srm/kr1+Z/&#10;XYCxX8yK85UR71+GWQJ1HtFJCYuJakVmqKCYP9uXgUOHZ+HFly9AqViCO7fm4YtffE2c6+PwI594&#10;FfZW1wXQK0oqiQCxRMFSwnKmKEt4oTI7eBOFTFJ69NMEpAnS4Ed8Lxb4BARkkaspLjgh8Xj0hsOO&#10;c4x75IDUErBEKk0CqLI69PEYVMTX6tCEpAA3Aygs/eYbUPzu27B9bBYyH3sV+j/+KmSPHQGWzRAY&#10;QUtmEgProDQ8DjWdwONHTnqiEJP6DbA5QWiUkMRwRY8TQKLSm8tkcg8nNYoao61ZdSK1dv8isb6y&#10;TpU0FWYmIXrKgp3o2cMz8Pf+3t+GBysPJV1JgZZ0Kimu5ThsvPceVFbXoFUsQrpahXS6X4BBUTS2&#10;sGBUAmA5WwHeQSDVNE+P2UKKKYqUcg9QRXeoLIxjUoAujqFdr5EzlQYeWuvhRRLNubHj9bgHHcEj&#10;B5pI4FB4Gup5cAKSZqogd35Gi9VD9/0YQMMjonkegUZg3qfOzuiMcXKPTv9cZ8ig12Vygn9P+TnJ&#10;oQu1tkS+QKiE0Pjh1wLMzEipQDxPjdOVXgKUNbMJz3Md2ByyW+iQfLm1bWbqOtSQkqmsGRuOqT4G&#10;LgXn2qZWU3yxEdFuNOHYiXOQTKfluRNgKR5PUJhrqyFtd8N2KG2qmcrH0VISRRXD50smUlDcKUGh&#10;f5Cor/RWlfMVTUB8X91PDFKpDP290WhSThBofYoJTLSUN7OjMWYtiVUjTLtVMc9mczBNNVbXK04P&#10;cRqL7x33gkymj6bme3ub0GoGkBJrwiCt+ZsEHqu1yqf3ivu/1Z/P48TeQjc1ceq08O8BkN6j9/j3&#10;GDQA/LvVazGnn2Zq/w84Eo3oxB1BHnvEcYPTBQOXmaSqrM40dBqd+wwerq0Nlsqlk4xr5xzJNw8j&#10;wmwG1gLToyLF8yVHNkYULBDFdKC0G/JFAqNh5BBNJXCpA9xaTDLj1UvtHxxLp9M5GJ+YhHv35ttn&#10;zj77ZeystsODHxLv8hfeMQbq9N6BTgMtblOFc6IYFkv4JoIO3Hh2dnapu46ZEzdu3IGaABFzh6bg&#10;2NFZOHF0BhYfrMGN23fhzdcvUlr60NAAhUbl+/rERhI3TkRxcb5jmRSkM0magMg8kBbsiyINg6Zu&#10;3bwFd2/ehrWNdbI5PXH6DLzw/AUYHhqEb3z9NXjv6mU4c+gkuQs1eZvcXtrNZlyAon5x2D9QAGR1&#10;fde7fO3Or9QqlV+siyIAQRlqJ9qUEC8nHzhcy4lzODY8DGOTk+Qatr6+ATeuvQerorh99ZWX4KdO&#10;fAauXL0J33njbbhzdxH6ai1IiuJ4WJz/pihQYqIg1uFspMVRJZpxjcEiHwEnXddt6s5q+10mPoN4&#10;LAON5q6kY6h5CKYotMT3kvsRZxRW12LK859H7VUxj6IuiuYsR6tfAUgEDEHhO1LzhkMf2ncWoHH9&#10;Djz87d8DOHoE0h95EQZefgkyx49AHB1usCBrtamgQU0EdoObTcl7R7ArLatBggbVfMWCBNupOB1x&#10;JwlUdmtxqymUuCq8rOOQ7sxqW+CI9QWT61mz1aR/m52bkp1h5ZyUEfcIFrnLl64Dqzeh+nAVDouz&#10;lhzMieMR571akQ6kAnjzKiP+O3MbAXrN4U733DXv5kq9w7gqwENKrWfiM0RnJI4Bck7QIHMUEAdX&#10;H2yixOV0yJmDmEyWjl6OpF7Z5TiJ0yIID8xywg7HEe78TkdiRjxhdK0yrapusKxTd3TQ8CQ6/baq&#10;5DikSPtBAYpMAzlHP0LOagC1UObM0D97Ok+Gm3wLpgp4OZHzQDkZq/0idCblzFg8U8NKgxVQQYCK&#10;WuRO1blxyVJgTRX5MkmcQ7VchfzAMExOzZEdO4KCWCwhDRfEfoH2uNVKWYKXwKah69ejpkI7JICO&#10;+SEpAfQDpVPUrlRaIE4idKTKiufp6ysQ5RfXJToWR4Bo8Rcz4EsaWjDr0ugEizLPAdNOtoqn7l1i&#10;Foj3khT7QzojAxFL+3tk/4u0L6Qj5/IFsfatEn03PuB/ZG93JwGz0027T7t9RqboiD0A0nv0Hv9e&#10;P/7/uEdduhN3w8w+gPYDVC6G5HdGgwi7jeIPvjjvOmbRHU+9WC0uLJ9ttdABSznyUL6HtC6VUxuf&#10;NllPCWOpWPF1eJtHG5acSmCR3YpMFriy9KXXDNvRqYPjBW/fh+TgeqJwiieS0CcW23whj8Xm1b/2&#10;N/7GDf2Nj8Vwna5XGslFwFwH0NOWwEx74pOgcQsdi/r7c7C/X4GH65twaHoKhgYKcOndK6IQ3oST&#10;J4/C1PgwHDk0Qb+KxTLcX1iBewuLcPfOXblxIOsau9LxhBJwioJUFEllsVkWBbAp7u3C3u4+0Y1Q&#10;czA4OAiffOY0HD5yBKZF0b24cA/+n9/8l7CztQ0vPvcy+GITvX33JkyNjNOmG4v7ueLu3qA4uB+Y&#10;e219Y4+9e33+11ut9i8j3QFpQ5hILqcRHtF5MEkbC9s9Ac6QypZK7cLMzAQ8+9xZqJaqAmzchz/+&#10;46/Acy+chY+/9DwJNL/w5ddgZ3MTlkVRi6ncGA6YSCahxmV3UVbqivjiyRtMhaJTDohPWSBtU9RT&#10;kZnKQk0AkD6CHQJos5YAf1LkjBOGQFFwYqrw9LnudHMjhMY7qSZ+TrxLyIuqrSr+jJkLWBSiZiMn&#10;CqqsqADb125DVRTuD//V7wCfnYTEC+cg/8JL0Hf2FKTHRoGLc8IFYE0JUNWXSZPVLRZRntMVRw0L&#10;Tln8mB8dxYKkb2lOuaScWZcjoqapnJFIPo+ekjBbIFJ5r26YoBUYUX9OgCqkjOyvr8PD6zehtV8G&#10;TwDGwcERyAwW6LwGoqgSSJKAAoG1uvxMGDi0EebqQzppSXpqY4s5cjIT11BT3FNks8yszDt0JOQm&#10;24hZPUbAg+jzqjY8jwAVWUA2WSBBiNIqJMndyE4+zKEzDzpJXYb26ry+FpRH7Mn1n7id0GkuP+Mu&#10;2HAsmLs0YzwjQPQhEcsZJzEdIind1sDYPtfEX+riXPjxuEpCl/a1NHXzZdOJqFW0Ibk0LOZ09EEF&#10;yeqU9FAnzUZAJFOTdBd4cKIeMTOlQDohuU2h+1XQhFbYhCPHnheFeQ45spBBnZF4DrSoRSF6cW+H&#10;KJTkKsis4Dx0gYAK/EMgksllCLAQjVHZVRvTFiZ/x5DJ/v4CTb1x+kHZHwi09ERHOcghotZUMje3&#10;xVghm7wTN4tGTTXdJoAnc39iXpyu3P1SBcqlIjWpcDKcrNXJ0htNHnA/GOgfPLSzu3dKfC5XmNt8&#10;c6zmOfSS0HuP3uOpAzMH3V9ZxInwg6AXywpyLHhdm0N4RBDhY3if3BGnYmdnYWHxvChEvDDUY3PF&#10;jDbOgCGBDCmO9WU6MovJAgw7zDHpHELivFCHK3l2W9R8dOZSHwLZYdRcC66F53LvxkIICzO0ti3u&#10;FsUmkfjKmbPPtDQv+HHJ8Z26D31CTL+JsQ4KGHdwCzPifLERr7aJa89hZHgA1jd36NwfOzoNP/7p&#10;T8K1a3fgrbffhXtDA3Dk8CyMDvdDIZeG586fpF+1egu2d/ZgeXUL1tfWYXtvTwCZEtRrNdpQ8EwM&#10;DY3B5NQsZNNpyGYy1O0fGR6iNN6Hy0vwR3/wu3DtyjswODQCP/VTfxEaAtB8+1t/CtNDo+RZnxQF&#10;X7lcZSsPVj9+7vmz3/xBuDc2t/a9Kzfu/oNatfbLGPqFBYQuNlqtJk2cUBSaEgX24MCAAB3T9Jlt&#10;bm7D/O37aMUML774HPyF08fhyrs34PU3LsKtm/Pwoz/6Q/Bzf/En4Ttf+Crcf+cinH7mBOVy+OmU&#10;zJUBLWxWycNtWXDzRgvKAgASXQlpKOIYwGHlpNI5yFb6oBFUIc2kWJ0rFzhflVR4Cce5zY/wiFzE&#10;ne69EpKCpNulMYeaIyipCSCCmqcYxH0BRvw0FJIZyGPRdXcFajfvQvF3vgBbowPgHTsGuZdfgNyz&#10;Z2Dw6BFIiHNDHjykJUIRSFsJCwSIQoG0KNB87WbrOfaoniyCrZWwpkHaUE8GehrCVY6Pp2y5Fe0y&#10;lNoS2XmQAvykAHuZTJKKqruvvwX1jXXYvb8AM6KY6hsZFj8Sgxies1weuAAgQasOPF4TFURLVL9N&#10;aQccaEqV7giHtlvPNWXJM6BEfl2sRakkvRMMkowb3R3vmIIo2haLSsE72kSOYDwqHsfPFNn/uAi1&#10;1IQ4zZi18dWTCU1PiqQhWf2MbnKY14/Y8EZDWjmP5ExGwEen1XvnNERS73DqmhOfWUzSa7kEG4FW&#10;qzip5JhF0QyA8igYY6ZYx9819YqyQbilq3FlPav/3Z2W6zPiOmJx165NWZrRp6Q9cSl8UFkcq6kK&#10;/ler1GBgYAQGRiaJ6pgWBTjRr2JxSIj/NkprsF/cVcGIGlQx0nmYz0Q8J2o5sPGTy/dTZg3SnTxF&#10;RfPUZ+Op6R++s0JfHrK5HOyKdbzRaivvEjvNMhMfAGPmoIMbNUVQH4/ZaTxrTMDcKb0n+ZLYgMFH&#10;o1IhgITuf7g+4i80HUFtXCFfEOvoBhw7cSJdKlbOifN0hSmAaJt/8gKQTcSeC1bv0Xs80Y9OLQZ3&#10;/tCNIvTY53Ktdh0RCA95B+e2SwK6mbCordFRSUYiL1CAXqzAyvLyc6Bs/kI9ZueO9aRyKtHOVGRR&#10;igABaVK+bz32tVgRO1DKPlBp9ZxoQqUBUdxuCnACKRj2VFlA3Wg/RuPm0bExuHnzZnjq9DNfLfSl&#10;xYby/2FUZVzHVGfIPRGmSyY3FuTfpuKxh7VmGxPiBThIwqHZSZi/94DoLyePz8HLrzwLZ04fhitX&#10;b8HlS1cgnkoRYEKbYKRw4ai/MNAPfaJQPHX6GGk98GebApjUmi2iGIVBqNLe5eZcKpXg9q3b8PZb&#10;b8Kd2zchHU/Ayx/5BLz04suw9GAJviHAx4QAI/lcP6xtrRFowTNYK5ef/0G4R/b3ayDAxz8slcq/&#10;gq5JQdAQ56QtzQxEcZMv5CCTSFKRiy5hxdK++FWCcXEdoNMVCsTn5xfga1/7Jpw5cwI+9spzlA+D&#10;k4//8zd+Cz772U/D2ZcvwLU//TrcvXIDzlx4DjwUcTLD7KNMCqxrEXDsb+9AotaAenMX0kiPE9/U&#10;FEUs0bJQML63Dzt7G5BTtJQmmrCizgInJcp21+esS1Fok6l9xp0sHFsIozA+I6BHRrwWhtvVWRkq&#10;XIERL0mThFwiBVm8JrcrEGxchPq334QNcS2uTE1A/MRxyFw4C9lnTkF+dg4ShRxRUSisTVxr5Uqd&#10;7tdCLgUxT+UaYEHGpAWvTc22iw1XEehcpYgzVWR6Tv6Q1YMxZdctaScZAb7jAggUl1dh8Y23ofJw&#10;DRJbRZiZnYVEJi2bDlRn+uDFUwIcpiBMZKDtl4EnKsArorxve0SfUW1jZxoBThq41C3oZgrSr1Dr&#10;gxPboNUQoMCHwDG7ILDCleuTKv20RleDDE91ykPVHlFlW4QOxcF+zqGy2k0y6NB6gGNWwM1UKoz4&#10;eTmzHac5HTIH8DiLugYqrgOW5wAj14bXdcIKyV0pK0MHiW7LFeZgBPBC/Z4VoKiLa7AhjjSNAIDS&#10;xrlxNfOcIEGPqElORkzHgNlOud0OmmubHCgzFpsppddf8765Nk0IKdMjCFswPX0YkvEk0ZKSaFCC&#10;E2XxZ5x6lAT4CMR6So2dUIKqIHSzdNS5F9dWLIbPkYBaoySF587ninRiaXst99rRsVFan6ui8Cdd&#10;VqA/29CACHktSOMGDioohZLRPWcGqrJlOESvFm6tjJljJ01hqxhWS9a/gbovOVkB1+tNAlCb62v0&#10;9Wq1/JJYS38zmUybeZ9LH3yiFeg9ANJ79B4A0AV86LqfP+KbGe8+vXCnJqZAcJJnOylIj0oP1onk&#10;3NnNuNMuw41tbXU1tbO9dcHlA2vxGlcLo3YDwcIBuzNyCoLivxQk4jGxGeFouiWFvViMCYDCaNEM&#10;7KbNQ1MSGBd7JqkcoaEqq5RY3yOLxL6+PPy/7L0HkF3XmR743fvy65y7ATRyIiGSoEiQBMAIBpES&#10;RVGkRnGkscdjj71bY++4vDXeLXu3dr32Vu1WjV2zY81YGpGSSAVSFDOpkZhzAAMIEBnoBjqj0bn7&#10;5Xfv2f//zzn33tdoUNSU7Zmh+hVRROiXbjjn//7/C/X1WQwODfR/8e673gqOi+MsfUxVZGwU9t/C&#10;aUmUq6AW82VVze95qtPYkD2bm5hSqXjWOTsxjdW9Pbjkogtw+Mhx7N33ITZv2oDVPe3Yc+0OzM3n&#10;qTAeQN/pQfSfOCmFWFNTI1qbmoRrnJAxv+ncitDZkwlGIZfDmbOTGBri553A0OCQCK5ZHHnFjl3Y&#10;vn07vU4zXn7+Gbz19mvYsmELVneuwgcfvofOxhaxPm12mzE+Nr5uZmYu3dzcWPy7O/mYSR45fvrr&#10;BLL+NW/bSTrGfoyK4xgVPmb6MT0ziym6hhoa6tHc0oSOznbJYBk/cwYTExO4+OILcdPNV6PvxGm8&#10;8sZeHD56HLfefAN+53fuwM8fegI/e/BhXLxlEx2zJhx8ey/WUPGbbs5iSvj60G459F7FuTkUFxaQ&#10;omt3tjCFxrh2nIpzujeXeqUq5nOTSBWqcP0iFWe66EtYC1yEbkbW3NZ2naN7vu1CR53fotORitE8&#10;8R3GQnUuKASMYAGzojchMOIkNU2Eii8m0jQxmDk9hmofXSu/fAFn6foa6e1CfONGNFx8AbJbCZCs&#10;WoFkcxMKrKUhIML0mTL/nj5MXISuKqCZxIwylocovgUdhp6jfFcaEHwvx6Tw1zQ5J7DS1k2HJjYQ&#10;yKQBeo/9Tz6FySNHMX20H7tWr0JjWxPzeQT0xeKOCV3URypGIMtlukk2jWo6B5+70mUq9IoESsss&#10;JnZrMolEb+H4kaMdk8mRm4qhMDeLlFJB8RWZSQTi+UDLEbFkRmRiUut7hXNy0UtG8cHTgrgThgw6&#10;kURzBOfZAIGamYqqWbdrNIFWRxAJFBdKnQqXrRqNR83kZrE+RMnVmorXyznTR87VJiiemSNF3Lv4&#10;cxQ5QZyObT1bhTtKTDcUQrtmGLDi2KBY44YYgCj+O0/bOFtL6dp11aaXOIGJiVKqhq4bCLvF0a0q&#10;71ek9bCjrRttXd2ybiYdIz5n2lQ6jZnpSczPTBsAY1/PiRi46PPBtNpCPo+W1naZQgsQdsJpj9Zu&#10;uPK9+fhk6b5qaWlDgcAHAwJx7HI0LPV8o9Fxa0MYNcj1I/u1CvO07NQIYQ8xErUVnDumNPqihSvT&#10;Lz/YtPnz8Z7BtN7O9k7RYOUX6LM1lK5YoGOUTWXDKaYKBodL6kaXAcjyY/nxSZ6GqHPBiVpUmKiP&#10;MRCpFZiH43ssMX6P0r2DRT06QVHqHBvevr6B1QvzC1uU3T5VRDLpaItFzbF2ZTTPHSMee/NiyAU1&#10;d1VZxCncWN8LNl5J8eVOmXiG6gBDKTyMpaimBkecQCwXWTq1CQI2SeH0z03P8Ib2y0svuyRvQ8g+&#10;3hgqKppd6kTUcqyxBABMpZIzVc+bTCYT7bwpDg2PCdXqyiu24/jxPrz37gcY6enCBvq7biqyPn3p&#10;Vvl19uwMBoZGCEyM4oO+AcxQAc2jc+bwMj+fu1gcrMd+9lUCEBXaZNgWsrm+Adsv2Y6u7m70ruol&#10;ENKIY0eO4JGHHsDE5Di9706s612Hl198XjZTBoFCTygUkS6VLzw7dvZCAiDv/V28H8YnZvHBgRP/&#10;dmp68t+wIxjbzUqqMBchTEkiwNbSxNzmlIg8OX1+lI43hw6uW9uL9evXYaB/EG+9+Q5G16zCNTsv&#10;E3Dy6BO/xD33/hi33HID7vjibfjxjx7C6f5+dFNBPN0/g5ceexxXfupCuZ6Ks3OI0+bOncOuRAa5&#10;ubMEDDNgSUJBldHoxsXdqkgXZ3F2AZXCDB3dqoASZSlA1lVK0hR0MeE54YbvL6H3dA1AYaG6J75Y&#10;fsD/dxGmYnvmwqPyDynEDUDRZgMFRyeQxDUkEftR/k4ZVwvF/dNnUD4+jOIvn8dkJoMxOjbxDeuR&#10;vXATkpvWo5GnEPR3SZ6YubrY0wFvyqSLO3J/w2ZvmARyASTyYV3Nc+fGhbLjEy7q+NylkU4lZWr5&#10;7hNP4MDTv0L+1BA+tXIlmpsaJOfANYWgZuDE9JTDtZQuOgJUKCeTdVR8FeCxSD1dgsqX4FToKJcr&#10;0uTgjIaghQwjPndSiGW1g1mpVEBDGC8ZWRP9oCRXkTZItJGj15VIoF5kMfEDvy4lKei6ka5EgB6L&#10;rKhuMAc+v5dW2BZBMGPxEFrwKgOWorkeiy3XbR+lNs4Q5+RsJBMNmjqrVA2NzQnAhD0OSmiBrHeT&#10;azIeJoXbot42zGTW7ShDtVVGT6KLbK31jpnpmAr2G12l2+dYOlQEqtlsG54gsDGHHyahs0kHA56u&#10;FSvFaZE/J4NxcTxjjRNb787MiKicp8tak+GG5gq22cY6RtZQ0PrC+xZPn9nm3dKz4gaAxIwQnb9W&#10;Z2cXkikCOLNnxfZbWwcrY8TiaHGmZSVYBy17/PUIpcbhKtiPfWPNCzuVQ8100TdGHNZNLNAEmZDg&#10;cjEvhzRJ32NmbhKdXe3rivlSG9qdSRHfo/YCVOo3Dz9eBiDLj+XH33cQcp6pxscZiUb10h9lo7fY&#10;ejE6eal5PTPRCDJ/zaJ08sTJnZVqKaknvI44iri2O2kWWVd4K2y1m5AgJVfcRxLat5wKIbE9hA5x&#10;Uq4SIAIjqnMiwsNQ2GoCqHx/kTOXoXjFOHywDt2dPVToH8bG9RueWUWFvv1OTlQDEgkahOnC1VDW&#10;ogfBD+2HjSdkQPVY6vin0slJ+kTjhWKpvYUKYeYMHz9xip62Ghd9agvWrVmJDz44jFdefQvd3Z1Y&#10;s3oF6AcldPDS7RdiO/1iq9S5XBFT07OYm1vAwkIOBXZ7qlSNrase+7MFb5aKw7psRja7Y8eO4bFH&#10;HsKJk8flONz5xS+js7UNT//icXp+HltWb8TI2DA6mpoF0FBBn16YnV9DH/vvHAAZHZus33fw5H8o&#10;Fwt/lBQAS8V1JkXnsV7Od5kKnxKBKA4YdGIFNDXWY1XvCigqGEbHztIxPoj1G9dhx1WXYt26Xrz4&#10;ypv43sl+3HDdLtx99+fx8CNP4cEHHsWuq6/EtdfsxhuvvApMT8lxneg7hQNT82jh4MfxKbh03FP0&#10;+4XyNLJUaOXULJIcPmaKuQRP/KgAWMhPo57zAQQCKAmY8w2wTkQ4/4HdvlPbgXYjBaRN87aidEvf&#10;QaSTbYuMmLH6tT/Lz20wVCAG82WHjXwJzPLnVHQs/SSSbkKEwwwCxLuNGwFnJlAePYPK62+jwDae&#10;TfXwejqQXr8aCQJz9WvXIrNyBZLtrYgTYIHw/D2haCk9CpH3Y+pNXEwmXDHMjdkcgzgkoyfF75tN&#10;07nysfeRJ/Hm/Q8AE3PY3N6BVgYlbiQDQeiZfmiAYbRWYc+ezRrqhJ7lEZiAm4cqFyXZ3C1qDrxO&#10;KreheMYilQAId7ZjfE+5biTX3ImWb+doNVRgE+tHIg0RgSgqSJFwDEyrmnWWr4l644pWDbidTgRI&#10;qMgUJIw8tJ8rasgbgFfUDmpdVZtsjiUmHYsnKva7Jp06WkfTQbK2MmBBF7mOrNMImkJ6j8kxhc0u&#10;lX4YkwQJ5oMAVhidlDIAhfcKW5DHDCy0IYLikmUnHUt5TBrQEmgcbdML2vWKT3eBwGhDcysa2zq0&#10;21UsI80aDorl987nixg/MyY25xbc+CqcfMu1TC+apJ8t07rb0taOHK3BjtEbMtCOuW5AgRIwTK+T&#10;JqDSQQCE3fkK+YIAocA4xV5PRrPjuu65Eze+e2Mm8HcxMyFw5nVDoSVCUxjrzGVNa0RHYq4tPm1s&#10;G8z5T6m6elozZ/jpbflcbgsd59eVdUZ2URtEuOyCtfxYfvyWgxH10QAlnJ6oYHRs4yn8yO60VEN/&#10;8Z8tDzQqXKzpytICNb9QQH9/3zWy3JlxuLUQFKEq3IAqIbSoREzsD1kgbYECAxGRoDp5velAd02F&#10;quFVtfjXsW5YZnMwAnVlHHYsF5txDo/WubPbUM/ivywV/CfHfv+f/OOXtWDeVHbnA2TOeXZrZ9Fk&#10;yjlXQbOUoLOlsX6BjsAZWvQvnJmdw6oVXWKNe+TICeQLBWxatwq33bxbiuSD9HfvvrMfabZW7Woj&#10;sNCKegIiqURcjlMzAZNmAjEs+me7YpP0KF0/FlwzMBkeHsErhw7h8IcHhW7UQs/Zc+MtuOSSSzEz&#10;NYGHHn5AhLs7LroMfaf6ZOMsEVjJ0HuU6PMMnBq66tIrtz/yd+m6HxmdjB04fOJPFhbm/6hEBQDr&#10;E/j7skaBNTFc2XDQY1Nzk0zWilR4zs3NUWGRx0oCITuuvBSTZ6Zw4NARnB4Yws3XE+j44m147Mln&#10;8KMfP4Lrr9+NO+/8HB588BH89dO/wuU7dmDLtgsxtu8DuQ4TdIwmR4ZRLVTRVZfBFL12HV1nRX9e&#10;iqqUcX3izmdFhV3qKhX6RbrYMsZ+1FKtlrpWHFNEuue5F7XjlJ4Gxi2YMCWXG7FBWMQQDF6BnZcE&#10;uNAf65wMAaOEfGaCnfSZqUCqFqVgYyoS07RcJ0G/J2BABWjKN4XSPN2fs/2ofHhMciwmOdeAAK+7&#10;kq7pNb0CSurWrkaWtSVtrUg21Euaue7eGvttI9TlKSXf9wk6gGUqAI++/T5euv8nGNj7DjJ0nNc1&#10;NKGJjmud7SxbsbFXW4xx/gZ3bF3rGOU6gZtePF2HeCpLYDwPv1yCXynD5fuGTwZfPwTq44o+HwFZ&#10;ponl5mbQJI5UqmaKsdh2106vfAtPnIhOZFFIaggddDOmYkAkF/WeTKkslNDHSE+Nwnyi6HxCnRPG&#10;Gqa0q6hZn/lsCe50m89gc+z8RRM1+2pR+p9ALHZWS9QHP6Ns5pPSDlW6eHa1TbrVYXAIIX87V2v8&#10;qvZTmyJZtA8WRAZ6Qt2wgmOBjGPsbjXQ9FRIAbagU0BETT5UmBeis2p88/uqTCl48tWzcg2SHAga&#10;JyBEe1DCTeopusMTgBlMTY2L2DwU9KsgYBGGRsbgOsZGBRJA6OvwXEeDgIDWbDZb/i7d3T0SQjox&#10;MU4gJEeXXFmH5kYCfYPcwSAXRW8wAQj2NRJQQZCva/pjTuTqClPn5XvzFMqvDc8UmMpMBNNs4+wo&#10;pt5mCYDkFvL8/EQ+n9voxpzXnaoTJqFb4oO/TMFafiw/lh/RTVGdD3yEUw9LEfL9pevpCMnoXCeU&#10;GpFIpONvlz5a20ZHzmRGRkd2eMZaX1sLRhbjyOgmEU9J0cHgg8fSvMiyzadYdJarQdKtz0xxT7fP&#10;eGROlUPgE2+7ltYJq2bLN8FovPlxiFl7Z4eEShXLpRcuv/yyqWjlp2pGP87HONiLj736tWCQDxVT&#10;oGiDOsViRxZBjp2ZwLo1qwgYNOHQ4ROYoMJ4y5Z1WNXTjltv2o0cFXkn+4fEMnbgZD9KbPWYTiNL&#10;RRIDN85kEDFpxUO5WJTsj/HJSZwZG8Pk2QmZAjBFgIMXd+7chQ0bN0mg4SuvvITXXnkBHe1duOGG&#10;m3DyyBFMzUxiTU8vAZcFpBnPULlxZmTkM3NzC/9bY2N96W/7Gq+KVfDgBUNDY/9LoVj4ptjZslDY&#10;9ZAWPUNc9EQ8LSuVK0K54sTh5pZ6od7NTs2i72gfxs9OYveVl2HDupV45rnX8IP7H8KOKy7F52//&#10;DOJ//QIee/hxjFw1jGuu3Y2J8Qm8+vKrBEI+ja6WFrlehdbBotpSHpPlObrqSsh5BNrYFUiFTjT2&#10;cmKQwdz+qilYq0p3dlXExc1fhHUddW6onG+zQphwxSnsyo104m154QTBn7bojcukIbxPVcDed2wp&#10;gjRdlz4DdWneUzFcLIs1L9PaCgRE2eC3yJHmMW0vysAuUU2JFbTYQXu6NHXpGiztP4ryuwcklG4m&#10;k8B4XRp+Ix27ng4CJ930fwIo7e3I0PHkAo7tWJmHfvbMWQK8fTj6xtvof2cf6gkIdzdk0UbApqGU&#10;F9elMl37dLIFDKXiKe1uF48L6HQM/UVsfFlP4ZrMhmB6yesHnYtME5CxQl0Cr7k8CiOjdGxTSDU2&#10;IF6fwczMFOJVz9iF104HQiVcrWaidjqyGFRGyU0hZODcFy8ymU6zbmaR0lc5OuPDjzjtha/oB3MW&#10;FZlYB0F5BpiyVrwSFbCrpUFvOGGz/yqkNDrkjeK24Jg117f5GqHiWQ+OXRW4NvHaO88uajzZZmtY&#10;TgY3tthWV8fFum/0HWHCuhO5N5zAhjdqlOJENqkgvV4ZrYvrBFMxASCw4X5KEu0bGpppL+iBS9dt&#10;gsB1XbYBdY11SNK1NU/XAieCl+maDwSVphEAY3YgR4TWm0qZpx+dZvoBo/3QPwOTQi7fjz4DT6Lb&#10;efpBRX6ukBNbbt9fZHRsqFohmFKRfdP8cpVmBVgIb5y+HBMuagsB14mIQcQ4wBGqbmhP72rgZof2&#10;9DM8RW8mADI+PkKfj9a0fG6T74eUrsU+/csUrOXH8uO3Zdqhamr3c27+j1oLnMULN2zQk3HxwdKB&#10;iYsD9dTH8OQ9dvTEhrnZ6W3s2KG8UBHvWNqEo+115c+izdBe6Uz3qMvWy6LIDiVi22hsFg37Kuzn&#10;2u6ZFa6aEk7Z4C/HDbjQwu+NMac8i04qQk+cPIZVvb1Pbtq0Xhqf5//Cv+Ekaoku9lLnkHUJqVTy&#10;SC5XQEdHM+bzOfQPDGPjxrW4evflMgl5/c130L2iO9CBXHLxZmynX/MLeUxTET08Ms5BjxilQnpu&#10;YU7G+aWSngDETN5JT/cKbN64RSYe7W3taG1tlo7e/g/24YVnn8HM1DS2X3I5rty5Ewf2vY8jRw/i&#10;oo3bMDU1IcUdi7eVX4fJ8Yltp06e2n3xpZ96/m8XfHg4cmxw6+jYxGPlSmWTdEc9ZWhEuhtZKZTk&#10;3HNoYwNtpAkqqBfo2IxRYdvS3IINm9eDz/sH+w/i4UeexhVXbMdtn7sJL7z4On7xi+cxSOfhppuu&#10;R6mYw/PPvITZ6XlccdUOnDkzhrdefxXXXvRppBsakT97lkAEFa6K3XHmkJX8Gl0cSuYH29Ua+0wH&#10;2gUrbhPCHUO5ctyQT44I41+FWomQs2+gtdjHJjTHX3k14nObkh1DqP+IGXqPZ8BG1dwn0UKTP19e&#10;5VGZddDQ3olqwvjGEXDgezDBgLeqAYlfKqPo5aiIW0Cx4CPP36Eco0I/Kfa8PCVxWZCepWtcpaxR&#10;EVSe3nlmFJWBATkGFXq9SsJBQcT5QImAOE+w8sU8fdgSNtP1uylO3yvl0rVYRDNb8dLPxH36+YUZ&#10;ePP0mc2UQJoWMUe6z6wbk46wFL+66RBLxw11Ja7tylw3oGpVqnTfMEUvt4BGOq5JBh/0vQsEwPNz&#10;0+h0ksGxVREYEZK7Fkf3OTURgeG0o5a2hYjnUdlQi4SKR9dUnYBYP/JehkLjhO9h00BqKWAqAkRU&#10;QN/jX0nlyqTFCoj9cz51CFxU8H0t+GCg1yBXVjBFNz0aEwkYAd0qmFBIs4h+KC+Fv54M8HnyjR7Q&#10;dax5hv6uvm/ptbULq+uEQnLL8Q2iqMyU3bGhuL4KaEx2vZX9oaqt3HmiVypy7sdqpAkQJBMZAs8p&#10;CXZlc4oYAdqJqRnMTkxo8xN7XJS+f2Dza8xB4CYSA/FKuSCg3IlQfq1Ew4YrrqD1mB3oJienCNwU&#10;tVthlEZmtIoB1SkC7uzkxTHTDc9komjpjJ4EWSvjoCVhJ4CRbC7WnXmOL0BWsrGYAif5JkooWuV8&#10;Hsm2FmnelDWld7Pv+UEDMdAvmXXMWaZgLT+WH799j6jt+a+djNSAFcPZdWoteRd3wJZq9quPjukL&#10;/vXgwYM3F8tUlZgcDjtK1vQtR3NYJZyNC5e4hJulMxnxUmdXJ/bf96nYLJnOkQ4l9ILN0Rc/d6tX&#10;jSQv+06Y+OfoDpCIz92YvHZdXZ24GJ04cXzqM7fd/lImtXT6+d94AuX8entC3iD4s9TXpQ7mp4wV&#10;bEc7JmfmcPDQMWylAnnHZRdjC4GRA4eO4o3X36WNsRGrVnajrZUT0DNoIxDV0d2JS7FN6A5lAh7s&#10;Jc82iiXuWHsarUnwojiclDE+fhYvvvQS3t27lwDMWfT2rsEtt3yWXnclXnjhGbz/7l7s2H4F1X5l&#10;zOfm0dHajjJtTJViEfUtzfH973/wtb9NAMKTj8MEPs6MTz5ZLhc3VHhz9CqieeFphwDYOOsVsmI2&#10;IK4u9DMZN42elV1STIwOjeHNN/ZK4OBnb70Oe985gF/89fM4dPQEPnPz9chk0vj5I0/izMQk9lx7&#10;LcbGJvDKyy+LX/6FF12El557RpLkuxrqkY+kOTMdqEq/SxlaBBftXuTmCkXhMHQsw91Xi4tUXTy4&#10;Ti0txshyRSbOz2H9iGvohlLA+FYJwvcW3TNurCabOzBvMNSsqpmIOLC5DUYjIsX4HJLNzfBiOqNB&#10;uOgJKtqT9Dr1KdmUk5VmcaXymcqSK6JcLaFEz63MMbmsDm5DHXL+PBUxJaTpiVm2OJXJVEJAiXw/&#10;W6ApnS6t80N8xOpatJ2xyzJ9fW5LqhokivtGsB5zYCxzubtfleewXSrnwXO3v2q+ez6vajrkXHTF&#10;TAEVk2mSj3r6lNlUPVCXRiKbQY4A68jUGFYTmFJO2PRQATFqseKjVo8WTmIRgL1I+6dmJeV1sCSW&#10;BEocsPiRcsIUldrUj5AK5tU4avnBp3Kw1FRDO6xF06tjCJtPjgrpVk4EvEox6/A91SQgJHAoCypP&#10;nYERUr1UcL3bDYbvg7xn8m8iBbyy0/EAZLiBJazNnYhmVakgxdwJm/pqkR5HqWByGEwPbPiguX7Y&#10;eSpb14jWjhUSMMluaZksgQ/aF5qbmuk6VpiZnEA+NyOf2VdOWMAro69ROqeKXaWa6F5ZoPXSUgpt&#10;Y03vb9pghZ/TSGtGd9cKWavZfp3XZC78YXQYfN+q4Hsu2lCDTTp0AAu0JnwvGMt639I1DS2L7xXJ&#10;QPSdGuaBaOl939jVKzMJ0cCOQQe/ClNMywU2NSlt9H2PtlLXtxwxHRppz+cyAFl+LD9+OyYgkd+7&#10;7rlTkY8zOYmmp4d9uFpxK84DRtSveTPubk1MzeLQkcM36sXJDzpzrjhbxbXg04yZ46kkkvG40Cc4&#10;nTyTyZoujq7APBVxNxEdCaSDFfCNEY6ToUIwEo7t9UIdF2vfJFqogC8WcpibnXvj6t27hv9GE49I&#10;Emz0pDi/wTiaj1NTU+PRiZmFku95KRaS967owdT0NN7fdxAzaxewacMq3LxnN2anZ3DyxGmcOtGP&#10;o5UTSNdn0dbcRM9vELoAa0diJpuFrSS5K14hEMF6h9EzYxg4Rc89eZIAyLiUmb29vbj55luwYdMm&#10;TJwdx09+ch/OjI3ihhtuQYrOzyuvPI81HauwkF9AA52PclW7BA2dHLqrv2/g/163fnXf3wr4OHp6&#10;69jZySdLxeIG3iR9kzLN5zWbiIv7C7vcVIQjXqWiIoM6KhLm6TgMDY1i1aoV2Ll7B0bo96+/+iaO&#10;Hz+BPddfI2FgP3/0SYwMj+Cuu76Az952M3724ENYmJvH5ZdfhuGhQbz+ysu47Mor0btmLWZmZtDb&#10;0gI3npRrwDNe/TCZFn5weTjG0co1nHlHCsucgQpxW0BGMiNsT1zrGGzpaBMB9KXGr8fuVTEp4lIo&#10;N1LB3tkNJ5siADAHjJ1BbGGazqUSNx8vkDqrgJgYAHkDeAKhOguG85NUhBVR19IOJ5muWSf4O4pe&#10;mAseBiUqgTgVVkn6iQY6Rz4VLF7Zo78jwDGTwywVW55TxGwVonvhyWeK+fYOR7wlkInr7rEEkCrT&#10;MOC3oTfhgjmm0tq5y9JUGGj6ejrEBhUMxbiQropLniaoSfed7wXHRzSwQE+GHHMMNe1HaJmJNJCh&#10;c0n3FWtThqYmcGpiDNviad1prpktODXzC6A2djDo3au4nkU5ClEvKbXIX0p8wviYOpoCVxYtjyN2&#10;sOG6HPobhgAmpH755jNEgYMPFdSGQR6r/dxO7Z4QGHBg0RScgwV5qpVspJssqTUyWvkdrnOuKUSV&#10;Y65qBCF6nrluGJgXvAoV+nFN0fI1LQs2ydw1WUUGGEV1ijUZHos1d7DZSmZf8O3ERzeonKBR5YdA&#10;hF3oCIBs3HQRGppahZqZoHNeT2tAa0cL7Q/NGBoZx9TZMVTLlZo90JqwWBcsLvp52syvMUvrtrg2&#10;GqqUa38JHUrrM3pWroDD5hTTHBirpx/B+XQRWA8LeFFOJMQzFritWZ2HpXpZ4b7+rmEooGMdxAIX&#10;SASNQOMJo7UfTkjgs7qcIjsJ8sSD9mSeRlYrlVXVarU+kUjMqci1Yl0OFJaDCJcfy49PPPA4N/38&#10;4xW8tjD2IwI/xxSsOrlWd8MUFmkgbFEfyb+Q1GNfnf+N6HHsyIkVYyMjV3JRXPXDpGReoGURjMG4&#10;n3DabBKZunqk6+okbC+Z0babpaIn9BZJYY6IUByh2VT05sUjaD8M3bK/4UVV2zbaoENNR+Iwpc7O&#10;TvT1nURjU+uj27ZdcP5BhcLS5GjuGJvANdcEKbsG7CilzpseH1ABrGaFntjW0nTm0NG+/vqG1q3F&#10;cpnAwjjWr+ulTbAJBw8ewfDoCDZvWI/VKzuxY8fFuIKeNzo2LtSr0ZExnDh2AgtU8FUkdK8qonF2&#10;0+KQvWI+L2FT3CFm2tmKnlW49LIdWNnTg46uTnH2eenF5/Dma69J5+/uu78iBdmTj/8cPR1dYgog&#10;QVWplEyj2Ns+7jqtH763//cIgPzv/z2v/UKxjGMnBrefnZh6iMEHTzYQ5eATECmWNbWEwViGrp+q&#10;X5XvyIXFhg1rUSZAduLkKQIZo9i183Lc2X0rHn30F/jO936EL3zhM/jql+/CvT/4Mb7zV9/HHV/4&#10;HHbt3olf/vWzUp1dsO0ijIyOYv8772DLBdswnZuXCVOqLoPyzIxok3iKELN0K5MGnZDiUncbhR7G&#10;BTXC4Lek2cPjkcvMjeJbEYfr4osz0lkl4EEX2jGkUe5YAe+m64BtF8JhUbcU9gS26XtX9x3A9DPP&#10;IntmmK57AvpOIojBs+V4NWLZah/yuXmaU8lhfqJE4KwDCdaFwFqCOiafwNiumoyFYrkkFCs3Qf/O&#10;v/gGpD+vaumS6YmXK1HBVUKJz0uFrlM/h5LjYa4svko6kE4E6AQICJyk/biEwiUT/J3iMrNgCqVj&#10;XZBsAWrWlzh3kqtKzClYB8KNDQkPLFZhs8NjyZjYduviVCdHuo1puPT3cQJSefrza4N9WFiYwo5E&#10;E1LG2hg109/omQojBGumHkofH39xYKGZhNQ6ZlHBx1Mx+EGnP8ProjhjhfOWwFkLoeugfrZNirEz&#10;Gj+gTgXLZqSdbkXEgdEfak0QwiE5d+TTSKWboFxD9zFrPNvvCgsQYYK8TJuhzRBUzes70hwps1Db&#10;Teopi3EajLla98E3iQ8V2vMGkNuvse+y1CwtPPeDv1d+ZLE2tsCuYyfkeqLgmQkINy6yBKq7V65B&#10;JkP7juw5GXS0E/hoaxUAOjM7iwkCINYRMYCbTmT/Y4BFa0BdY5MItyWYEW4w5bfXs3WFbG5pQWtr&#10;BzhTY47Xj0pRm2X4fsTdXe/HQZA8gwNXWx371obXqZ2OBEAtkpxu7Y+D9cSsQXZexmCfc1Cs9ZUj&#10;kyYN2vmYs6al6pVEj8nU1UrFy1aq1Z5EIjmnj7WPKA3wk/xYBiDLj+XH4kms+s0CSM/RiagwFdc0&#10;sYJNSnPMa1NolR3b49doTIxw8N297+8uFIrt8Xg4EuDNhoW7YmnoiA2WCPgkb4DAR3NLq9Cwkkk9&#10;DSmXczIxUabYV4bbW1V6w+JiuRqk+4ZOW4FGxHxuEZ/H9HvX0/s0NjXjxZdemN9+6fYXO9qbNEBy&#10;lvheH2EH5lr+OCLpzR9TixMUIPQDjQ3Z+UQ8fnR+Ib+1s6NFRIzHTvRh8+b1uOH63Th+/KTYxJ7s&#10;P401a1YSMGilTbIN3T1dUJd9SlxNOJF6dnYBc8xXL5TEr150wI624OVjnEqnkE4mZTPlnIoXnn8O&#10;e998C1XaaHYQKLli5y6Mjo7h8UcfwqruHqyhzfndfXvR3dKOIhWLLMrl4jGTbcTR/Yd+7+obr/7/&#10;WlqaJ/57XPfjEzM4dnzgXxWKxX9WLpfWe1Xtx+9JIekbTjkVqiw8liA03a9uIFDF05zxs2dx5MgU&#10;tmzeiJtuuBrvvbcfD/zsMVxx1eW4+8tfwKM/fxLf/c4P8MW7Po+77v4CfvD9H+CBnz6Em27cQ+dh&#10;C9576y1cftUubNq8Fe/vfRsjg8NobWjCfH4emfoGlBMTdC5jejN29dacCPqVhvrClDvjZCMAQRnq&#10;lRP2zm3n2jWdT93916JSATdBEcuuVVnk129B7Gt3wc8XsfDwzxEbHkSyQv9KgMtdvR6Z3Veg7d/8&#10;a8w/9jjKzz+PprgvhaSdtMglEtGYOItBCCd+qyrmZ0eRrhZQ19oOL+FqwG+6oypm7G6l4E+IRkv+&#10;IqbzSzwCGPPFIhpaOuBk00hUGJRx2KGelChaC/i1mEZXoffizJoSAUW2Ap4ldF9hIXNRJ5TEeKIg&#10;U0wXSZ5a0LFJEGhgfY+sLbRuuEm61/2UxNC7HGJa8ehzMWCyFru6eIsbC3A+FjxxmFkoon9+GOML&#10;01hF73YpgQ9CP3qeUrV2pVHrbSeiAXEiy4UTVHvRCUkYRhiClggbltYxXagzCCnT8+t1KSuTg9hS&#10;8YWOJYHZd4khVGKEovGllrNoN185EZMDJ2JSwjO2ZJYAW5auGWOTrlwDHAJXEViHKRgtgG+czGQq&#10;6BvXQ9bygS2plWSAIJJS49dceE4Y4Bptfjm1rlZBGrgpvEUDGAgaQzUMv79v9grfPpfd3QoFrOhZ&#10;g8bmNiSSCQIgGdQ3NqCzqw3trHuQLJ9xFI2drqoJvAo3YG508LXbRNf2mdFBWYOks8bNrpi+J6zO&#10;iE0xVqxcLbStfG4BpXJRu/XZLA+7HxuzFDiR8231mU5oL6EnMfoacCOBjK5rQFLwPA1hXdeccSdh&#10;8lo8TXez62UQwOtrmjP9Q7VclTBXtiomIJ+hdXclvedRP4pelTINvmUAsvxYfnyipx/Ob0jxWfI1&#10;gsnHonApp7Zrv2QX33ByP2rMwvXI7FwO777/3hfhahvY4A0490Bpv3vepOJuQqYfPPHIivivFdlM&#10;UjowXFzKOkfP58RW4caWNbHAN8laulhTAUVLRWfDwcalKSXa/SpNm0ULypUixsdG9+7+H/7ZCUR6&#10;mB9rihQAEFMMWv6xOvdcne9I+WYzY2cgTsOtr8/um18ofmF2ZgHdXe2Ympkh0HEIGzesw0XbtuKC&#10;rRvQ18cUqtOS0M0iyTbu1jU3IpNKi/tVPf2ef4mLaFVPhrioY2/9HBV6kxOT2H+yDwcOHMDA4ICI&#10;EDdt3iz0os7Obrz22qt45YXnpOC++FPbCaD8Eg0E1oRvLufA0+JEDjksV9e89vxrf3j73Z/79/+t&#10;r3u22T3RP/zvy6XCn7BolAMpbRoyn1cGVX4s5CGyADRGhXC5VMXU2Um0EVi7+OJtmJ6cxjvv7ENf&#10;RxuupcK8sakRTz/5DC741FbcScDjZw88jHu/dz/uvPsOfObmm/HAgz/Hiy+8hG0XbsPg6T68985b&#10;uOjiS9FKr3fq1Ak0bduGPAG9eiosUnQOncQsFarh9ML2rBkKpczu7BrNQdyp7Rou1mHZiYjm5Gv6&#10;VlVgh6etUFUKhRVrEPvqXVh4512opx5BOx0Xzi+Q8nOCrsfjJ5B/8SXMXHkZ2r7+JeR6V2H2xz9G&#10;o181WQQq6IyqJYpTyITG40hCutZ9KkKmxF2tua0T8zOTKBbnkU03I0PHU8VjZqpJMKHR1Z+b3YzK&#10;Otsg01AnYEXoOXHz6nzOCJAw+ufijI9JikFNmW5ufh6DzAr9KpYEBFVVhYpYOgL0d+WyEhcnTo+v&#10;mmLIcxGIzh2lJz2xhNZ9yTVhHcaMbKFCQChP4CdPoLqoSvDpPdvoOTfEGqggpWuqPim1WnW6eJ6W&#10;gorIs8Oph033VlGylnICF7+w+A9nIExtrDgF0X7IZIwWiDTT22jNUp4fvJZuCun5mXbC0iqQEITE&#10;9b/VwpuaENmghHV0AnpNvoTSKiCmFSaSDXQfxYVqJ+uqcTjU4EDrgsIgKRsC6ct38STl3jSFTDOI&#10;1/28r7TRSGRirKdo1qoaQSBnrdN5GHob2PQGgmo+8aEuUPuS+EGzSvkh8OBHxdNkxBXrNyKTTaKB&#10;9h2evDc3N6G7s42t0TF4ZgojtEbyJM0aplgbXBvEC2E2uqIdkTR1uk6ZRuyaqY6l5saMzTAnrTc1&#10;NdPeyBbgC2Jz6xm3OOWHmVYCzfjPMScEIEHuotml3FCkb68N3QRwQkcqR4XZI+b/ynI6LRaxsJZB&#10;k+8Hczk7heN7LZ1K0f99bhrGypVqp9CmnTC5XgW0jGUK1vJj+fFbAUKiW6GDjz8JUYGTCKLtpY/s&#10;1GPRe9pJxJLVufnhgx8e7RwaHLiOu+/snGFpB+wUAoSuGUy1YJpEXWMDWlra0NTYJJsCT0C4oz+J&#10;WSk4uYCoerb7FXaheHNxVLg4R3wEg54j6yw4ipo3Pg7j6+jowsjAEC2s6ccuv+zS4LXOOY5LWIGd&#10;Y6WLcFS++LiojwIxVq7ChUY6wZveW7l8iequMsapUF7T24P5uTz2HzgqlKwtm9YSKNiK7ds248zY&#10;BAaGRtF3lArMIqftOvxdBIQ4JiSRJyD5fE6AzMTkJGboNXPzCzIF6mhrxY3X78E6AjedXV043X8K&#10;9/3g+xgeHsSu3dfgU9suwi+eflKKzbW9G3G07zBaG1tE1B4vxaWgS6cyeP+Nd/75xTu237969crT&#10;/y2u9TK9//jZ6cTA6dF/VymX/oRpeDrxWslkgK+dkFboiwCcixPmVCuXbZbbJSOlv38QwyOjYq17&#10;++0346mnn8W9P3gAn/vcLbjrjs/iB/f/BGfp+Nxy6810vGbx0E8fwu133I4dBMyef+5Z6a5v2LQF&#10;r7/6kgCPnu5ujI0MYXh0GKvZqjOfR5oKNiebgTerw/W4mGaCWNoGdlraXqDDMLkdS1wn3Pf2TWeZ&#10;px86ui2iOuAuNPPxb70R+QMHEXv0ATRnOH8gLQWpa4otzrtpoMJdvf4m5vqHUf/H/xT+V76Khft/&#10;RKDJDyaci0uHxcWqds1i+hYX7XOYO8NgoESf30O5MAWcJRzR3SETB6UindiYa+4JT7QZfE+7vs6B&#10;CEx0EnpREldt0X8Q2E0nglTsmPzyCZgIoqGLQoMTn8XMBK79EgMV+jx+RdN+fD0Rq3CCiehDIBNS&#10;prqVYUhKdupEL1lPv9p5luSkCQul4NZRMVmflZwS388jd3pMgIlrnZXs/60Ow/HN2QyD3jxje+qY&#10;dQ5wznEaQ8Se1/5dyVgge8bQoD7GwugkYn5MJ8NXrNoNhiajP0vMGB4oJ3ouncDjzDU0rhr5hNJU&#10;xTCXXTshObEUUuk6eV9fmUwlK/Cv+jp/wzH0U/p5cZ9zIpbDQUK4FUFrZyvutHM2TIl/78Z0we06&#10;NRN4JwBuJjfECbBNUORas4LwYjVaKasb8RcbDdhGm2c0IB4qxQJaW9sJcLQilcwgRSC4ri6N7rZ2&#10;dHd0IFOXxfyJU7TODmqHAzPt9v3Q8coxAJonL220zizMzwQUZdlv2B7X1VM5/kBsu8vaM3Z0zOfn&#10;kcsXWVNh7hVT+DtOjW134PRlpguytvu+scVyI9bK4STIggx9zFyZ+snE01A5ncgmx0BRv58vRg88&#10;rgxsEfhc0D1bKBZpf2oVaqUnE2evI1D2O5943LEMQJYfy4/FDKDFFrxOBFz8uodrnK+iDiOLgmOX&#10;BD2h/HHxUH8RujEb7muvvnl1sVhckaCiQ0U+I9OryqWi/EycN1gqIrl4bmQ3kpZmAiENYuHJmyo7&#10;OUl97+lOjgRPSeaCCdMKxvGIUKGcAGFptxIdYsUOW0xDymSzkr2x983XCpu3XvCrNatXavvdpcBH&#10;VGyzRJUW8KhdpwYF2k52DViscR4LNwzbverqbH3/eP/QTFt7czNPLAYGRrBh/RoCS604euwoXn71&#10;bfTSBrZmzSp0drShdw1tZoWyuPRMTkyJnePE9DRm5wpiw8ubGwM2piSt612DzJYL0FjfKEGFjU0N&#10;UlSfHhjEgw8+iMMfHEB7ezu++rVvoK21DY88/DPMTk3h2t3X49D+D3S+AnfImB5TKQuNjTAjSvli&#10;5+MPPv6n//SP//DL8Zjr/de81tnJq+/kyLbJqen7q5Xy9ionsdNx4SmMZD1IF9SkebO1sh4LCF85&#10;m0kjn8uL6L69qxM7d+3A0KkBPPnEL7Htoq34/OdvJYD1LL773e/jK1++C9/4xlfx7f/8XQJos7hu&#10;zzUYGR7GE48/jquvvharVvbiwHvv4ZJP75DgsKHTp9Da1IoOOl7jZ0YlQTlLn0kRcEyz9au4U5W0&#10;u5MpDkULwt7/Mv1joBTTAESk0ypIqjbYEWmVAUcUchc5IboSGIG7Bjf8d7mNG6AY8Dz1MDq4W8+v&#10;qTStS7rmsQwVznT/OGXEMi4a6LNWvnMfGv7wW5i69noUX/wV3YuJmkmdu0TjIVSK6NDQhEwc8tom&#10;FDrtulyYRSpXjzjdu3y/WWNfv1iRwpkL2FJuAfV+Bzw3QmFytQBZwEBM37cq8KD1tOtQTE9NfVey&#10;7+DUWX690VWwaxatCUmTrq4IoKhSRTtzMfgiBOKK7aqni16zRgj44osmQUUiBys2ZgVAqmRKpkjV&#10;Qg7F8SktiE9qq3Dh1iVs7rgrQIgtXX0v1NQhhCaRcAonSPIOXZpsYa9XVc9lWqkXLDt8vdRRYezX&#10;EWgr+3JOpUBkmp+hvykTNCqfQRyU3EhTyTdXjHZv8g2IVYHGJG4cEF1hDLmxNFy6dyD2xMbRKljj&#10;9IrPmUxWcuHaSjamhdKW9mpBhHY5DCmGMECkwmDSNYDNcL+sXa4AE9PQcZwICAHCRHAnFKn7xoxE&#10;RZI1+RoVYwIDRFXEBUsZ/YdfLWEFrYnsgNVAv9gRsa6hge71TgImjXTpKJzqH0Bhfk6aLb6N/rYf&#10;xDSOErQIJujfsw2NGOaJstAAzRUWoZHxpHzV6tVIpjOYmJxAsZCX9SKcOLiBPtIK1wPRfXSCpjRo&#10;CCCm6wZUsPAn7WQpsqMpDUOVcZFc3AxzrCbJ1VRPN+ZBpCG+I4G2boxpZnkBb77vtdlclqAP6OKc&#10;idUyAFl+LD8+gdOPc250FfJ2Px6KcWo4tXAW5/ieC3qcRRgDHzEF4QV4fJypLu98LZEwG4zpSPH0&#10;gycZRU93wUSXwM5F9Q1o72hHR1eLCKUTyaQU0BogGYGe0uN9x1j/8d9bAOIELi7najDs6JmpuUkq&#10;LDgt3KfFf2BwYO9n77jjKBfi59jvLuYkRw/0ovmGE4hxIhzwxbbGamnwaMfpvA+1NDeOU+H83kIu&#10;v6etrRUFAhcfHjqKTRvX4corLyOQMY3jx/vwJlvxtjajp7sDbfRdGurr0L16BVasXantFj1NleKN&#10;gycYnPXBfH0udCtUME0TsNi3bz/2vf8eTvf3C/3gpltuwfZPf1oCt+774b3y2T5/x104evQIJmbO&#10;4sK1F2JwbBCNtIFK4F6VLX6LoqU5sf/QXY///PE/uevLd/6H/zpTjyrOnp1JjJyZ/Fp+IffvCHys&#10;ZhF8pWKIJsZSWQ8CfJ1zQkWQhDDS5pynzX2BCodVq1Zh3frV+HD/ITz9i2dx003X4nO33YyfPvgI&#10;+qm4uPOOz0nB/Zd/+T18/Xe/ii+y7uPeH9JG6xBg2YWHHngQ77z9JtasW09g8BT6jh3G6tVrMTI4&#10;iDNjwzI5YsewqZk5tNF1lfSV8PaTnCBO4EEZqTdTatJ0rZeV5vHrTrCPBs4noWumrAwlKPBQ0t1v&#10;ujPo5/LBtBAqjLoDFYu45CIU330XDYUFQiwZ6ebrYtMT/UP65uswPzYJtfc1OFxAJypIjg8jcfg4&#10;Gm6/FZPHDiE+PhSE9S01CYle6VGlgRvpm+uLniDJ1Fk0sANZXVq+Z3l2HgsTEwTWmuV8lcsLyI2N&#10;Id3YjBj9jOIAOgYGRS7gmWpV0q/ObkvZFHzWllh3JJthoUxfO+C6uwJMGHxx+rQUU/WOKeaUBmN2&#10;4mFEyJo3b4oxBiBxm8LuaqExF8MVPadiC2G243U0J0YbYfh66sEUQCdN35SnMhX6t6In/9faBPs5&#10;a8hNkbBHq03zA/oL61zKnhYiC4Sj92vkDn0LFcTFBdFpoWSmvRIA6AfiZhBAkckSf46qOS8MyKp2&#10;sfZFpC7TG3ovl0EGL4h87uNJ/WcuIs3722LXJpvbUMEgMNA3QIPvRWOD7hhajjJ6gyBYSunzwb8t&#10;Mo2TQGE9TwtNt16OaXBlm0IZXkQg70QmHzYNXbfBRMPk+4uaPCqgW+nvokNClRY7oULglIFAd3ev&#10;2L2n6fxm67Po6uzAqhWdMgWbXiig/8Rxel5F7g8W50TBkL1bEnSNNjY0oVoqifkH729WAB4zlFB+&#10;746uHnR29GAhn6f1KSf2u1UOHlSGKudYS2QNPnxlgwNNM80clyBkENHQjdqg0+jeEugfDcAJtCS2&#10;CWD9+/k+8uws1tfn1IAYFqmzkJ+pvLw2e57XuigAbNG+uAxAlh/Lj08mAIlQgmqmIB9DvxC1bPd9&#10;FXRbQhehSAiVb20GI97zynZksGTqqQUk/LPvvPP+qtGx4T2cQi2+/mYDY6tYth3khTTFXHFOL6a/&#10;q29sRHN7CxW0jajLZGUz5MTcYonF1IWgNctdQdE0cCm62Aks6ChajUrEstLVXGq2923v6KJCe4w7&#10;0U9dcdWVaqkJ05I2Y3ZDtX80IVFQkYmHUjWvExwTZ9EwZdGxY6FkY0O9X1+XfnMuV9wzPT1DAKML&#10;lWoahw4fo4L8LDZv3oAbrt8plrBDgyMYHhiiTbJfCm/eQOvrtHUob3xis0rFRJEteBdymJycxNjI&#10;CIaGhjE1cVYKjG4qoO/4wheweetmKchefP55vPbyK1i7di1uueUzOH7sGPYfeA9Xbt+B8ZExKvSV&#10;CIRjKiZuL7Ey/Uq5aKD3ffaxX/xfza2tJ/bcdO2Df9Nru0JF38TUjHNmfOorMzNz/7NfrX6aqXfM&#10;1+bv4jkmAMzQPwTsxnSmiyM+9UUqcBS6enqQTsZx5OgJKjDS2H3NVTj44RECVg/KdOMb3/gy7v3e&#10;D3DPPT/E17/2FZydmMT3v/M9fPl3v4brr78eTz35BG646UZ86uKL8dYbr6A+24TeNetx9OA+KiK6&#10;xT1tbHQYvStXoZ4zLmamkffTIvzOMthm2oXvCPDgELki2wBD6xuYfsJakKqxQ+XvElMwtrgMSOKo&#10;OBWUnKL83jE5HVLzGaE4i7ArTa1AUx3cAx+I/gURabT8jovijg4CMA7SQpXRtLni3CTiC9No37gW&#10;czffgvx996CJ6U9OmDMRbTpEcbl1gTrHotXQbDwvh+nRAaSSdVKMVsrzVJwTMJnXuQRxKrALs+P0&#10;GaYIP2lRM9OofC72vUqQZpFQSeRTtCbQeXSYimU9xpdY3nxbfLqusWjVbmHB57eCOdc1TQrLr/fD&#10;Iswzkm239lZ3U3TW0pmggSI6AinqObGaCjEqJMGggH6v2IWZhfklJRMYv2IKb6PslpKcp1O01sm6&#10;wLauysA6+Ys4gY+KaFqsBiTF/mapBrj1LUjV1RPApVWPqWfsMsaAjT+H5+khUtwTu2K3TrsuyZuy&#10;RmqubGzNdWaMMqJ7HXLnancoH8EEQi9OTjTaI+x0+5YCpYNgfcv5cmyTSQXTjNrg9nDKXvIlpSXo&#10;2PsmnyigSomboB9MDvRxV8G50jkZKqDhqijNykxMYP+dJ3XSxlcCyn1H5yGVSgWs6l2HOgLGvD5k&#10;67X1bnd7G5qb6iWscmZkAoP9J+SeCdb0CD1K/hzXfmFN7e3iUhiPGpK4TmBY0EL36vo1G2R6Oz83&#10;SwCkKOnnvvJCMOPrJoTd4wTcKSdCr9Ingz+PtnR2IhN/N3S2shoRJ9QnurozV7OX2YlOcFwtoJep&#10;lQbi1rKYzT542swAy/P5mvObapwTapLo/WUAsvxYfnxSpx+LmU4q2nL/WADG2gjWdk8sjzMoKtza&#10;9ww9453axPNINW0L7ipVVy+99OrttBm0gvnc1uadR9WZOkzPTOmONQMQ0X+k0NrWIkLh1pYWKaDZ&#10;RpY3xjLbdErXBQI8HJ56GFFhUPmrMGTKOrA4brgDylhZQvhiUqA3NbZg37t7y+vWbnhq65ZNWKRZ&#10;t/yCpQ+g64RATNWClcXajyggUeq8kv7gGYlUnI5B8/OTswP/a31DPc6Mn8WKFV248ILNOH16EC+9&#10;+iZWc1d/7SoRTW+n48S5IJwbcnZ8EhPDI5iZn0c+X0KOPdupyGFRpARc0YfhYL2N6zeg48qr0E3g&#10;poWOeZn+/b1338OLLz6HAgGVPXtuxKWX78Dbb76KV15+AdfsuhYu7YzjU2exrrsX49NnqSDPokLn&#10;IcETKmakJBJIxxLOY/f/7N6q56VvuPHaHybisY99XfO0hu11Tw+euaaQy/0/BDqv4u6u8ODNxcOb&#10;tWPAn2coHTGX6XuuJL5zQF07XT/JdAqnTvURMGjENdfuxIH39uP+Hz+E2267CTffdAN++sBDuPq6&#10;3fiDP/iH+E//8c/xXQIi7Hg1NjyKB370E9zxxbvo+K4mIPYyduzcRddlOw4f/RAXbN0m3VLWfPSu&#10;WInBgVOYpePV3bES/VNTyNMmnaXPwRkVSqxi2UShIgWoTAN4KmG0AZZ0IY5Ypq7zgSA7wQIJj5+v&#10;wnvUN9e41I/dnSjNzCA2Pyn8btdQfOzvRMRc0QWqfT0GMlyITv/yV2i647No330lRl59Gd6p45Lt&#10;oBYBi+iqsvhu8E2x4gb53SbwDGWxN9UBjNohSUnhF1qS8jfzivOmcWr0C65jiEuOfFKvNIeFUaB5&#10;ba8OEQwoKc65610wonUXIXsncPVxfQRpzXbdUrazDkPjC2ipegHUlB1DL7HlWZzF2SkBjPFUPQGB&#10;Iqq5efq8ee0wlNCTB5dvOaaAlWAswvV6xXbY8UxKclOqTBOztqn0umV6LU+bNQlNKRFLiGGGJE87&#10;mgIWS+uwPJ3urQERuyjpaQfrCar6PMY0COU0+FgsJeJv/nkTHK7d45S+EpXtsKvQDQmG7mSPjxdJ&#10;Gxdtkqs1KHbCAONI5Rs3JFd3uUyeRNiwKfG5V3pyZVO6JcAzEqZnC3LlhFklyvcjeo5I4rusDaqW&#10;HhDZJGVqwADRgHhea/j1V/aul8wPtt9tpP2gPluH9uY6HZAZi2NgcEiaPrBid2toAteAA5/AYUL0&#10;hLF4Eguc/RE3VGPHMZRQWs/bO7Bu/UaZtC3MTqOYL8j9wQ0U31oOm5wgfo6PyNBDOcH3tcGGsu8Y&#10;O14LikTjYToFGqvHgvR60flAB/AKLcsGFwb0MMeI311p5mg9o2folRrEVBjoGnBqMGi9Yzz7Q7tk&#10;C1SXRejLj+XHJwZwfIQDbCAms5rr32SCsjiAain72aUKkSXSCGumBiy+O3ysz/nwwL5vxmOONU2R&#10;BTFDxaEnPG0fsQSHPrHVbgqNzc3iKtTU2EgbQko2qop0RX0szC1IijVbOLKwWMTFFmwoM7p3ohMc&#10;vSD7nqYnCPXKVeJUkkpx+GALPbWE/r4T79z9la8dbW7MitsM4Pxmdsa27lFqyeepCJ8/On1S54lG&#10;t2Cmq61175FjfUNUIKzi8LyBwVF0dbbhUxdtxezUDPpODWJkaAStHW3o6elER0sjVqzuxZp1vUEi&#10;PIvPS/yrojnxTMGCcWXhTYmF5CMjY/jlL5/B/vf3iVZi85bNuHr3bmTr6vDUE4/j2OGDVLB/VnJB&#10;nnriYWxeuxFzM/NIxRPy+kw9KHNhxTQUqu60Z/509vEfP/RXo0NnLrvl9pv/j8721inXRU3qrv32&#10;DConp2azBJBWT88uXFrMF+8isHkTXR/NfI6la1nVPXf+/Fxo+TLVYT5yzNg4s/6lLKYFDY0NkofC&#10;B/2KKy7H4YOH8egjT+Kzn7sFmfo63PNX9+GOO2/HN7/xFfzFt78jhcg3v/W7+NM//U947LEncO2e&#10;6/D9e+7F8889jwu3XIjTJ/tw8uhhrFmzFu/sfQMz01Po6lqB/v6TWE9/10THZXL8DNav24gBAmBF&#10;OiZcCBYLHjK8YTuaGlY1tKuovkKZzYwL6zpxjHOC/B0PlXMK/zD6zvzfj8Npb4OaIADC9rWplAAP&#10;LTT2gvuZAb7m1IdtBNZTJHMzGPk//19kP3c7Mldfj1z/cTRYcfWiW7xWOF27FvjGaUm/rx9G8dnu&#10;9SLoEk5oXO165ET/Lvp/R+cDVYvS5Xe44A5yiwxdJbpGORHXsZgtUBFYmAplUNYF99x1K3BhMtkc&#10;dizlhAWuMhQiFW0yOKaxEatDMpEhsJ8jUFUAoWG6JyoyenG8GGJZly9gqGJZpiKcFl8tRICHAUn8&#10;xwIqgdanSNd5I33vZCqOEq+rrpkSKFOIGz0K04OSKT2lEeDg6LwMnpAw2GEzgsASWZkpke2Gq7ie&#10;IvghinOi3RjPAF/fkHg43FNpMMlra9WKveWzGBMBW9SyW6Ef5nPYCE0vbmlg4SamzQBUoJNy7bDZ&#10;ah8ifRvlR7LglU0/8YPN0Hf0NNk6YEF55jvqQrlE54cbUM0EDLj5xeLzJAGIprosWpsbdX4PfZ/D&#10;Rw6jwo5WCcfkh1gwFZpeJBIpNDW3wqvwuSVgSWARptHFE5Wu7h60d/QIwJuem0VuYUGS1zmfiadm&#10;tqHgBMDbTBdtIrl1dDPH1LV6wUhgYwhCHJPurickAZCzVC1LqTMTLFkXjGGDDgY2kzCbHu+EK4Dc&#10;P8pMzERXperMzFMpFRoOmAj7ZQCy/Fh+fBJByLkZHn8DO17DpVLK2scuoh6gVmwefAaFcx0vlpiC&#10;8OPFF1+9an5hdgfTq+xUn7vX2bp6KnZzspAlJZcihkQ2hWYqINtbW9He0iIbLhe4XAzk8wXMz85q&#10;uoOqipc/J5/7ZqxuLR8tjcwKPKWj5IZjYe0ewvkfSbS3tWNoaJDf46937ryyen649/GmSc4SwwwV&#10;0aOoGv969ZGgkIWs7e0tc431Dc8t5Aq/x0V+d0erpJZPz8xg88Z1uHrXFViYn8fQ8AgVyH04Qd+T&#10;bXIbmupQzyGOqaQU6K6uH8S6mDfdWQJyk2fP4vTpAQyeOoWZyRmkMmmxl73o4ouwoqcbhw8fwf33&#10;3yfiyC/c+SXaXFvws5/dj9W9a6RLeHrgNFa1d2NiZlo6q450X8vSSeSsBXbFKizkE++99Oo/Pzt2&#10;ZudFl1/+4ao1K+9trM+M0meq8GnwvKqbL5Trc/nSP/Cq1Z3VcvkqHuszIGG6RLVYkUmXWINKEeEH&#10;BgGa662pA3n6Tnzh8tQjnyugr68fF1/8KUxNThFg+iVuvm2PcLPvvedH+Oznb8Nnb/0Mfvj9+/DN&#10;f/ANfOObX8e3CYTccfeduOP223HffT+UDuiuXbvw5JNP0HXYjLXr1+PQkQ/l2LLgnB2vNm/YjEF6&#10;7/m5GXR1dIkuJBmnazmdRaU0J51Cj44H2x9XE54EyDGdJuXqaYeAQDNttG5FXHokI+DXM6noUVtc&#10;nRFmCyHT4UynEc8vCH3LlF4miM4qDYxWKjCDVcHkgu1uqycOofxEHNlvfhnTzR30paa0JgBLS6EU&#10;zrXlDtcHVZMKjsj6YQt/ros983euKb114rIldkUaGZbqxe5fdF24zG9SkW6rsqJXFWgUfPOBVCSI&#10;LRB+S7EVyQs33WYVUdA6UJH7NLLouU5gvXrO93TCxPN4sk5+8fn3S3mhZrF9sIjLeBpIa0+caUsl&#10;KvpLVXl/z2RT8HFnHYtOcNfXAP/XkORJSTwwGfGDL+FGpkAqoulzg2kY2Nwjlka5mjcp204Qk8gN&#10;g+hA1jVBtNb6Nsie4AZS1QtAgrJtdj5rTKulf2e9lPh22Zh1Ob6+aHssBU5PMrQRw3QlJ9+VTRiC&#10;NTEqtrb7jGNDbpVZZ0O9Yi2VNXy+iM5VmK3iR1PajTsWNy06uldKYjkbn3BTjIFIfTaDLLvI0YsW&#10;SmUcO3hYTK9FqG8pynLdaZqZ0FxjcTHsGBodkekHn0f+nC20fqxZu17CbpnuxflJ5QIHwpZkoq/s&#10;5/T1MQz2LZulYq45G8ziBGoyA/asC5vSWiZ7b0gLItBbusFBci0AtDQ5Zc6loxtojquNLTQwcfUA&#10;xDxf+4qYdddy5HwvTd+BMKPjCVCxE7ClipRlALL8WH78/XwsVQ5HbQnxEdOR8/2duwg3OM756RY1&#10;rleLAgtrQZIJGKTFdGJiBq+/+to3Y2ybYUfG/G+0mXLHqFKZEcoOL/rsPFPX0Ii2jnbJs+DNgBd2&#10;po7k83mMnRlHLpeThbpULkmHWUbXpkvmW25w4O/uBBMRK3C0KcfitJXhoKkmvPfeXq+zq/vxi6nw&#10;VtFx0Eech+jgIppyvrQTcdQRxolwiD96febvU1eXQWdHyy/nT438Xn6hKO+zdt0aOq4TePf9D9HZ&#10;3oZ161bj4osulM1mbnYOE+OTmJqaxdjpIQJWZdpAS0Jh4yA3FjzqUMIyp5eLA9jWCy7EihU96KFf&#10;2UwWA6cG8KMf/QhHjx7Hpk0bsWfPHiwsLBD4+DG62jtx0SWX4blfPY2VXSswl5uT88fAIyb5BA7n&#10;gUiRx5s6g8NyMY+THx7cMTk+tmPjtm3f6untrXIAIp8DnUfpuAQmEgwsHV/TLzzlmwLC0+eYOe6+&#10;0lafwj/WkzMGOoVyUc4la4cGT53Gyt7V2NTZjueefQG7r9mJa66+Aj+570HceMuN9F2uxQ/v+aEA&#10;jy8R4Pjut/8K//AP/wA333Qjfv7Tn+J3vvpVXH7Zp/HCs8/g1ls/i96eldi3bx8uJGCWjCUxPDSC&#10;7q4eHDy0X6hszc3NmKRzsX7tRpzuPyld57q6BpRzeVQcPa0pMzCj3SqD0F7VMdz+mKEx+BH0yT4N&#10;ZQaLrg4uRAA6zEQhSIQ2f+aGc4oKulzYDfYQFof253SGjlNzj9pk7FiC7rPTJ5GYpfvxggvgvf6S&#10;UDDUEhOQ860NUTDiBMSvCBsm8s62z2v/rIkhMdPBVjUZ4/adBEZVtSBWXJmiBDX7d8aV1FKnlB+Z&#10;uLnaEcmJUE9kXiN5JTB2pqY0dxf5bEdAiBW0O9bpww1tYZ3AukyjhFg8Tcc2qSlDlSK8Qp5AR1mD&#10;QUaLSXr/bAxenorbos1toPuJ/o21Qp4BG0zBaoxntRCYQTj3tl0TOminS9ZBKjIKklRyOwEy0w4L&#10;3Gxchkx0VEhJ85WdRoXH2Ldif9uw8iO5JY4FK3pS5SqYPJDIeeKitmpF0OZg0hqRNwJ+V4regF8V&#10;TqUiYYOakuWKSD2kupqGmXG3ilJcoyDZN4BE6F28doiWwRMDlE66x0WIz8YRdK74emhsrBPjE74H&#10;xoZHaE3sN1MnJ3jt6PWRSifpubTm0frJboEMRriYZ+rsmjUbZLKfy+fAzn289nIeEWd++IZ6pScl&#10;4X5iLZ7dwMXeaHGgggmZpbG5ZqoR0NuirmC+putF9ZxWm+PaaVskpNIC9hg/R3nhRIX/7PjCJJC8&#10;JQPmtPWyk9JIyPc0PSz6AZcByPJj+fGJnITUCL/N7v9R1KvF6mrbpFLn0CLOBSH+EkBkscB6sd0T&#10;//HVl9/qGRg89SUGEgIQxA6RCuv6BimGebESAEILNHeImKvPjk/spsQhg3rjUCJUn5yalKKvSht4&#10;lcPnjPjTMZudMsLOaNEfFa1ocOLqiQttFk1NjdK1P33q1DvX7bnpcE9350cevxpXsCj4WMxf+8gj&#10;H+YARCcgUZCy+KnrVq94rq9/eDwWj3XmCIgNUBG8cf0a9HBex+lhvLt3H5paGwVAdHa0YuPWjWL/&#10;yJarDDyKpaqIz9mxhEEbFyW8yUraPNNZ6L1ZyH7s+HHs3bsX/Sf60NXRgbu+dDe2btmMA/s/wC+e&#10;fBybNmzCNddch6eeeoI26CZx5BkeHUJ3Ww9m5mck9VvnsvhIprQbEb8+nzN2rZocHcP87HxspHcw&#10;tqJ3laQMJ1NJAg9ZTcdgkOFpZyHtJqrBCG/Sct5N55a/h+Yo0+eeWRDrzBJdHxNnJ+nzbiXgdExc&#10;wW797M146IGHsf2yS+n3t+JHP7gfd9x1B+764h34L9/+Lv7Fv/wj7Nq5E3/1F9/B1771DWxYuw5P&#10;PfY49hAY+eCDfXj//Xexet0GnB4cEJDBlrunB/rR09OtKWZz0+ho53PQJ8FcXLxwR7OxnnVNcfhM&#10;L6kqKaw84yQrTCITOuhHgL9tBHCPlUFHkYttK/5ViKSih9eito51RBTqFunYsHORUjVVs2t6lXJv&#10;eKaAWESbCkTbpQJ8up7i6zei/OpLAphiJi8iOs1wPuLeiNKqliIXqiCJQgXvrcIy1/zfjaw1tk9v&#10;DmDF10nSnm+DxU2SuRtQIOEGY87g1eU9JZXemIY7rnGn0vTMQDbC92BMmWOvC2sXCBobtfdtJJDC&#10;8PYDDn2gDfNh7c2dVB3cZIZAlAEiVrDOLLv6ONxMTFyrGLAszOdkWsDXSsVoIhqydcEkKGY+h2uc&#10;pxzTvdb1vAn/i8UCLYB06j3XuFmZiRoX8iq0AQ5oP3pEHVns3LBbXkN/CutMbSoSUS05ugEVsL28&#10;qC26zZogzFXVIYXaPhaBO2K0gR6lgQn4sJNmY55SkwQf3ZtUqAmEHzEOMK/L1u/NTc205zSJmDub&#10;TosmKpNOoD6TNBlVcZw42Y/pyXED1nyjv/CCSbtYm6dTyPBEn9bbPOdkJBMCEHu6epCl9YAbQ0V2&#10;LqN7lenETInl9U7OgRHquzFl3KnsuuCGe00ACN1w8memOELrjMWCqYxMQZzwrIahWHr6qALzBRVZ&#10;B3yZqlotTlTHoZ2vPH2titNk3PQxHM0+0G8YtFbChER8on14lwHI8uO3E3zYVclynxcZM32syadf&#10;a7HrROhU6jyTjxred6SIVkvwh1jzmM+X8atnnv0GbUwdschYmYudVDqDmelJJOIJEflxQcfdInZi&#10;amluRjaTkVwKpl9xB396ehb5+XlUy5pCVC4ZMbpv085DO8GwQPDNxhk5Pq4Wu3Ox2NHeieHhYabs&#10;PH3Vzp1l1qicY78b+eI1wMNSNFQtGPP9qHgSNV252vNS+3dLTkUkjM1Da2vzeGNj3V/Pzhe+1UJA&#10;g5O/D354DL1rVuJTF18glo8jw2PoO34S/SdPiY0u85frG7NI03Hm75siQJc0tqFlAm4M6M6cncDY&#10;yChO9vVh4PQgyrRx8iTkSwQ8Nm/ZhGK+iMcfewKHDu7HVVfuwqcvvwJPP/mYhGZde/UevPzy8+hs&#10;76YNNy/hfhUqthMJ3iI9MNuEXWB8DnpMpQkwFgQwlhYWMHT8BKbGzqClo00mUBzyxZ778WTCUCc8&#10;ndqutPWabzncYkJQCagWLKhvMhMIvlY6CRi88fpruP5GAhDvv4/nnnked9z5eXz/ez/Ajp1X4qtf&#10;/wq+/93v4Z/8i/8R1197Nf7sP/45fv8f/wGOHjqMJx55FNddex1+9pOf4MCBD7F541YCY2+JqLyr&#10;rQMjI4PYsnkL3FMOXS/zaGtpY40Ltm7sQd/Jilxr9dl62ZB5upPgYrFQJuCRkwLFN8T1mCmK3cj8&#10;MG6D5EwTO4kw7VxFZh12k7dFuQ27c3x6n6kJoKubQF/tVCEWkKN8AUOOBB2qAMxEna5iVABVhweQ&#10;vuYaLNC5qFOhxjvqgLWYknm+tcJ4r2GxckXbs8Yiz42mN8McH9doSsLvrFwPxfkpuGkCz1TU+TWH&#10;RVkTqYgJhg03tcnPukDTtq1hPkJ0bfDtOMq11B43bK4E9l9+JC/J5JJ4dkASCqCDQhlR720qv5NZ&#10;+eVVinRfzEHRfeeUGYCXCYTEJWOhOK21P1yoV82ElzVgGjT5oq9wXSeSyGcDUB2tiYnFzik0PUtB&#10;iphxKD9C9UGUyRXRCATfx9DT+Dh6nimUHWPdGp5NmTL4WpQu4xB7oRgL3uDs8LSUNT38OdyELu75&#10;zLuaZqm1C5Hu/KIlWakoqA1Tzf3IWmonOwKOAoCkpOBmMNDa2SOTGD1F0xS4VDyJDO1HShwWlawH&#10;bHnMoZmer2ombwyeOPeGpydNja2YZSMI0wRLpbMSblgqmD2rXBb9Ik+C+L15reDPJJMVx1gfOAjT&#10;zK04H+G17dh/j5rGmPXQdRffR4aiZW15XWvna7RTdvZhJ3ZwajSJQfK5r4X9njSHtOGLa1YWfT/H&#10;Eo4JnAnMaaxWSrnLAGT5sfz4pHGxnAg1o6Y7v0js/Ot5RI7Yqfo1Fn9YggCxeIJiHFGMlnFx9cH/&#10;vPftdzNHjx75R4nAv9+Rbk1DQ5MI9WTzS2jveRbsZesb0dLSQkVlkziKCCO86mFhIY/xM+PCmy1R&#10;0VkqFKS776tQgK47UoupT1pYJ240NndE3LYI8BDA4QC+9999s9ra2vLojssvDb/WrzluNpDLjI+k&#10;gxUUXRHqxvkE5udNjUct+LD/SyWTWL2y5+H9h098K7eQQ0NjPR3DLE71D2KUCnmmYG3augnb6LvN&#10;E0hjPcfU2UkMDAxrqhodK8+443DRzt7zflm7E/EUpLWpCXuuvw6rVveirZXzRgp488038dpLL9N7&#10;p/A7X/6aJH0/8vBDAho///m78PZbb0jgVjuBuEPHDmBlWzemqCBPxSDWvHE3IcJwyS+IuajL1BNw&#10;WRDbRvpn5GbnqJBfENoU/8rQ+WBxeIJdfTiHADoojTc9xzW0C1Nc8TllR68G+tz9fcexZu0GFPI5&#10;oY5dvP1SPPrzR3Dr527D22+8RYDpKXz1d7+Ke/7iO+j+1jdw+xdux1/+2bfxP/2rP8aB/fvx8589&#10;iGtuvAE/uude9J04jgsuuBDvvv8OrtixSzrO/f3HxSFs7INhVOh4tdB7zsxMY1XXKkwdOSs5Mkmm&#10;oHkVZAlI8flibVFr9wqk6TqrjkxIgFeQzmxrWdF/IPgbW3D4ZuoQc0Lwof8uvK7cSFHpmpDN6plJ&#10;4MIL4DGFxGoggvLMvoLS9tNL3NuWfuHOzyLWRMVxJi2Fsc0YUGLc68j5jCH8LuHza5O8NXxyEbVz&#10;sNQzxxSEDlDDd49W+ZocFX7OmKGLVMsLmB7KI51tRqazDbH6TE1ytC2knJrsjXCd1GJenVrilcoo&#10;VDXNCTEtzmewnmZrXNPYcK1my7KCDMVF/hdzos1lOKilvzuRcYEGI8oAL/2d45wuTuC8kswJLctN&#10;5sUJi++PvCqL/UDVAJAUPS9LRbHnmDG3awptSWN0g3XQBs4p5dQ4fFnXsRoxvgppaiIo98KJgR9p&#10;cgXEucjzLDco+L1Swf7B7x0zr8cFqPicOdrwoGo6PNIocnQKunYK0A0HJ25Tu60iytDe4AaCc8ep&#10;DVWyk+5oiK7r6PeyNrzcpI8ZXzmhX1Wqsj61EwDhSRFPQJgSzI5ecQIaaVqH+OXnCkUcP3ZUNw6i&#10;gMxOrOkV2ZksTfd8tqFOJqRxcfxTYoTBlug8XS7LJLoik1zW9mkakyPJ5Px/PUFyg4R5bh1Yy3tN&#10;z7JBuosBQqgNgeMEoYKOca2y9GTRkSg3dHCLyIUCvZDyzD1qcleMRZojQMwTTZ5H9wtPtd14PHif&#10;WCzm1HY2re5KLU9Alh/Lj08a9aqWax0Z0Tphp+rXaUBqHXSdc2gUagny0OJBd9CViWg7tJ+8znB4&#10;8omn7y5XS1vjkparxW8e/Z8pNwtz01ocbXIbeEFjpxAGBexOpak3vtBtZmbmcHZ8nIDInF7IWcBX&#10;KWlHHLNR6gRcN1Lg185sZEosHaK4OJc0NbVIN2rg9Om3Lr700g/Xr1tjqCpLHS8VWK8o1AK1SBBu&#10;zcGtsSI8B2Soj55Q1VhH6k1k/bpVzx7tO3WCPvzGiekpEepv2bQOk9PTOHL4GBXfQ1Io93S1Y93G&#10;tdgS17xfpiYxbYtTxK0Nqy+FltbdcMJ8IpZExa9gdGQUz/zqWex77z2ZNFx+xZW46qqrcIaO/fe/&#10;fw/SVGh/7WvfFHrS0MAA9lx3E97e+wZaW9pR8Mp6YmU2dqW0g48IU6nAiBEyyao6FAkQ6RBJKgZY&#10;2+PlCFQWkJubgzsZFzctV/RA8aArrRlCrjzPdeJSuGTSGQydOoUNW7fg0IcfEvD4tIDUfe++ix2X&#10;X46f3v8jfPXrX8cvnn4a+z/Yj69/65u453v34l/+yb/CmpUrcd8P78Mtt96K7/7FX6Jv1Wpccsml&#10;eOetvWK1m3DYdvM0enp6cOLkCXR1dKMuncUsHeuWtnYMDA2gflODmWZANB9c+LDgnykb/MXZYIHD&#10;Bsczx1j5D0+5WgQrWt4Ifcb0U6VkMV1J5lonxXrVaD8iHWAVmQ7Yol2eR6Azk2nAbH0znIVZmUBa&#10;+hQXSXEtZddZGxGHOD9y98t7VSWcB4p1CwREYXy0rICcM1/456uOv2gqompzg1DrIxf1qYpqphBM&#10;ShanFplvqEJ+u72POVzSIzCbGywjSetFggq/WDYVpKYrx2ZFBKWzvv9FL6NQXChiga4xZ9MmZC65&#10;EPW9K+CmU+JYVfzgIEqvviETPe0wpmqEzqa6FSrKYnm+ijQogiaDDVCyInhDQ7WTA/6OiXQDVJp/&#10;1wKP7o/CwBkp9nxj/8STi7iTIHDP96kfdMhlOuPXWqT7EcATNSWxIMqeH0+piJmJnkZYOmlUX2Gb&#10;LAHdLPg3awVtO92hQ5UTUKOsXa8BOtYX1oBxbkxUlCfFt+OG6enRz4XI5/GD4j+8ovwaq3MVUMWq&#10;5ucRSW73jQaGr82S0K9akKF7V0kGjBb9s5OXTBJcTQsbGRvB8OkBWpOcsOA3m6w1PUmn6b5PZuTe&#10;4lwPYUO5nPfRKAV7mfaqqlfSmjYJha2GEzKjkfF8O7Exs00X4dg9AAkhSA+p1ypyPTjhawowtBNE&#10;NzwOgvfMXNG1eS+ObuBZmptxDOP/e0Z35/F3YM0lffaYWE/HgmYIZzl6vqdCYBQJ5F0WoS8/lh9/&#10;/0FHtFPpL0HGdmpG0r9u6hHViiiTSeQsCTos1WIx8Il6rdeQsMwo+K13Pkh8cGD/HzHFSgKWzMac&#10;5cwIKm55oeeRNtvhJmNxNBD44OyPpqYGKXT5XbnLPTc/j5HRUUxNTkqhms/nUKmWaMWrBr7utqsZ&#10;7QxF1z7XqEQ1v9YV3UFneztGhoYwv5B7/LKrdvl12bQ4LWGR21ANxUphyQ5SLWBTNd1FLEFfO79U&#10;RIW8gchoizeuhoa63Kru9p8cPz38b5tpY5ulgp2F4Tz9WNndjYmpaYwOj9B3GhZKUxMVZgzmuIuf&#10;zNQjVecEGyZ3s7ibv7CQw+nhYZzuH8Sp/j5MUAHP1Lcrr7gCl3x6u4jIX3zhRbz26iu48IILsGfP&#10;TXj3nbfw9luv4Y7P34nBwUECFEVsXL0eR44eRIfQkmaogKfCgicdTkUXvqYzGaPjnuSCylgB+/Rc&#10;tiTla8HnYAamaHFBJi5AGrC6xklGgC1verzPJWNiRsATEJ5ibLvoErz2ysu4+tprcejAAZw61Y9d&#10;u3bjkYcexLd+/x/hv/zZfxYx/WX0ne75y+/gi1+6G9/987/AwZ7D2H7ZZXj9pRdw7bXXC61kkIDV&#10;ihWrpJO5ZctW6YDPz88SyGrD9PwMHetVGDx9SqZ+rPtQdB3Ws4bFcYV6lSVgxBQ5tndm0Wksk4ZT&#10;4gR6pYP1RP/h1kwuuZRN6mrAUIlcoWEVIwSmqLA7ZlQSvkwj4qi4HuLz00BuHrG16+Dt2wuVjAXg&#10;wj6PAbu9vpygWA1BNs8s0i532eM1a0vU3YozPKKfyT1PkwIBlcqJuG4ZqpmKluyhY50+FqF9b03M&#10;h3kdV8XFLlZqc7oWyhOzqEzNIU4gJN3ZAjeTgh8t2tx4QGFx6ftPF6gQ3H0ler/5JQIeK1EYn8Bc&#10;/ylUCvn/n733AJfsqs5E1z6Vq27VzaFzq3NQB7XUyggJZCGQBNhkMAZjBpjB4OcxNtge43nj8Tdv&#10;nMcz9jgMxtgEG5BQRgGhgHJ3K7ZanePtvjlXrjpnv7XWDmefureFzOf3PcC3+Jpu3VDhhL3Xv9Yf&#10;oGP7VkjheRt+9Ae4BsX5upyjMMh6HVLJuOou03P6gaW9uBo84ZxUO+H0ommGwnSjw/oxPANCTc9o&#10;mtbQlDJf59904LUlUslIo9kVBAkTGMHf0zoZKSPhpwx4AqnBr5NF5+R7BDJsqEfptWEitwVhZG2u&#10;NShhBJNjDuApApvvaY8zakL5agquAjUDqNCEOuaFJiFaSwJBWJwr4XVMpao74v/AuYY9T1hwEU66&#10;1Lqj7IEDS5ul80eFdEdXD9vPMtjjQEI1Yae7q6nB4aHDx2B6fETn9KjPGwTuJiF5Qp1KJaCKgL2J&#10;e1ucKJi4h2Wzbap4D5pMw6TXZNG2IxLnY231L6G1NE+DhGkaeC2UqjAU0tCAvXnj/xAI2/MPukkX&#10;RF3E3DR3S9vTlDCa2NSbdXYLIzYC7R/ZTB7Xq7i2ufaIQtZk8qEM6WOg95pY/Ke3TF8EIIuPfyuM&#10;qwVxhJtkDvBDwIfzA6ojCJFR/fni8Oa53UhYgOoUUorYDx4LgzvvvOed9VrlUo+FseE4n8bVtFDH&#10;yBaSOuMUHpdIQjqbgQKCkAwWvXEGIII7RWNjE1jonsKFvcqCc0pBp44S75SBKohkS2dMytBDx9Px&#10;7eQQRXsyddjpNcj7fc8zT9fa8vm7Ltu9O1r/t0wr3IJqwYlGyxEL9SDRVHYJCxhsOYJ92SLcs6AH&#10;VBrw2jWrvn705Nn/ODdXzOH75oL5wIHD0IVF0/JlS2H58iWcjDw9O8NUrMnRMQRxSifDGyAWNtT5&#10;q5QrWMCXmYpFgWg5BIVrL1gD17/pTbBk2RIuVF588WV47JFH2Dnrlre/Azas3wDfe/B+ePGFffDO&#10;d76bLWb3v/QiXHPVNXD42BHcbHNMLaBigsAhb9hk2RlTgVaCOeMCz3WMQUms4fNG29Q6nkBzwdm3&#10;329qYa1QHGtQYtCg4nPQF2lVyPVqenoSCoUOeOWFl2D7jh3w/QcehFt+7l3wwN13wYZNm2BgYCk8&#10;+/ST8I53vxO+8qW/h1/6xMfh+Weehb179sCll+2Gpx97HN745jdjYRrA6dOnYMXyFXAawcWGjRs5&#10;yK1SLkKBwN7MJCzF5xqbGMbXxWIjnmIKRQaBB52zVEYVHEm8pmmK12jMQDKdhOF6DRKFAogypVQr&#10;IMneq2ayhZ8xKVRmBlEgaTLSdChHHp7zOgn6iT4ivYh9rpkRxPQFEiNx6JGTkNxyIVSf2wtpF7wY&#10;ZyOixMRjltbVajDBupOkAh9CBxZGNR1R2NC6HkWnGsJpnIQ/zVSqYP5UBOw0Riww7dXFE+dWeBDH&#10;+5emZD4eV7YZJT7/DF7PFQQKfe2Q6MgzncXmJNDzYGE4ihdXx2c+ASvf/jNw9oGH4fB/+QOQB49C&#10;Au8HkY5D8d//EvRv28JUFDraJbz2e37j/4LiK6/A3H0PQTueY6kr98B0eI0WzOSGyJDDKURoAy6d&#10;jrd71LhZ4anplwjwVWsVBq5GgM7W2XjdFNIIZBOJ0Imqxf7cuP5Jx8FLOg0MYcL8dLNGrWshB8dM&#10;dj0pLaXULEegNR5Shwn6XFjGdJGpA+mkytaw782TJqROs3KEk5QONiOSAjmFl1DP4QesBzS6h0Cv&#10;j1JPWswbChx/K1OAGw2IJ4QNJpW+iXVXRiYKsQQMEmhNKiAAIVoqr1lBg6dLDVovteFFqVqH/S+/&#10;wgYaRM3TYfKajqYmmGxTi39oT5memLRAiCzIiapUrlHhrgIilauUr/Q74EXt2IWa8oIOKJVqJsob&#10;tWfOkQ3GDHUdZjpsAb+IWZDLlFWdWWIApL0+hIhMtkw+jp0WBsrtiibmRAuk9V7qRPa2tpw+qTpD&#10;JObVqMvouXQ9SyGmz5xYBCCLj8XHT/ojaNF3uNv36510WqfDsCkH0ilEzke1Ep5D7XLdpSDqvU6L&#10;0J69L6We37fvcySuC3TnhRa3BIIPnzcwH4FAkhf+GOcmZCBfKLBfOm0MtAFQ4Usb8alTp2B6fJId&#10;Syi0iSg+pAcQUmUbRMYR4PBkQzWcJa7Qh6CNs6OrC4FMjYDNU2s3bDq47cItoU2lFrIL8+8IwBCv&#10;wZZygprk+Yhv8zUeYDdZ5/ndjVxPcghA9HZ3HVy5tP/eU+eG3kNBeAU8ZqtXrYBJPD6vvPIqu3ot&#10;WdIPvX29sGrlCmXf2SANiNJ+kOCT/k07INHiyGaStBfpdIqLlJGxSfjBk0/By8+/ABUEKDt2bMdC&#10;/XK2QP7GN74G01Pj8J73fpCLgTu//U244vKr2G1gdHwYtq3bCscQiHQhICB3qByda0qrB19zwMM+&#10;Pm3SRMlKJ9LQiClaWK3ubITUizcuWPgMdJ1UGXSkoVwpQybdxhSxuKZFZBIpvka2bNqMAONpuOnt&#10;t8B377oTPvrv/h387//1F7AOv96Nx+qhBx6Ay666Gr73wP1w4y03Y1Hvw7Ejh2DZshVw4sgR2LxR&#10;CfrpuiOXtqnpGbbZHRoehmwqq7q9+N7JqphemP6mDZ8obNl0FmqlIh9LmtQQ+MrmO6FeaAcfn8ev&#10;BxzaZtQTCRHTSeXKma0ppBWj05ad0kV8Xes5Ys7V1DRJ4/p/nPISx2cdHIH45RfDDLl0jZ9lO1cz&#10;GeU4MirGyJUMXCm761yF/9XbBUG5iqCpohOxF9aBhQYWrtVvFDScz6Y7pH5EReYuXcs4V0nNSY8Z&#10;Ba5UFqFeIcPHuTlbVesAFrwEMqpnJ/g3Et2d6vNS1xoPwAT+6f38Z6Bv10547td+B+Dxp2AAC6n4&#10;0m6I4bVamZmFZjxmtV3Uqfa2bAKxtB+W7t4J48uXw8Tffw06Hatex5EipJI5gS1S/6xb9PO3ND2M&#10;C+tYOGnlj4cFcI2yQ+je1VQnKqjzXpt6LgbysUgnw+afmMVcgrVJtcVmIG14o0thkhAdF8vWdR9C&#10;W1/z/ul+lH5gP6sMHEG0ofRa9yp13UlPpYUbEzLGJfi1qv6Sckf3dCq7mQAIJx9HUxjN1/nlglCT&#10;ovWIzsja0UVouhrDe8E00Fw2x6YRNMEkAET3JhlzNPNK+0ChrZPlaTh88FXlPUUAxNdTEAPghGC9&#10;CGkKSccyPTnBDS56PZrox3FdaDZKnGMUBDL6tqy9sbRNMkUFi2k3ZWFpa1JrNEQk6yUK4g2YUWuK&#10;pwNxpTtLVDjSEy2mNcIBsGYb95UbIf4he/U6CebZtrgJ+XwBMrm01TtSunvMi5fVRwkneep5aOL2&#10;0ytC9xZL0sXHvxkalmydOkS79eKHTFDc1O2W2ndB+sRCNXT0eea/Bi1IDSy8bv/One+o1iqXSmsF&#10;pX6CXI6oII7p1FYPwQcJ/5LpNAvPycpQeCoVmwrNwaFhDsojgTEVnDUsQokjrVS9gX1uASHHO7Io&#10;2xGzKnpJ80CUsN6eHjh79hTMlYu379q9W3Z35SEIogfbTNlDP/NQjyBbkt8NFaPV8crSGBaYGi2U&#10;NRJxdQla+HRC8ac3rV/9l7RDEICbnZ2DwcEh6O7phrVrVzOoOH78FDy/bz+88NIBOIbHbpbsPHGT&#10;aGvPQx+lpS8dgP5lA9De1cHl3emzZ+H7jz0GX/6Hr8E//sNX4fD+A7Bj23b45Kc+Ade96TrYv/9l&#10;+LsvfYnpRh/7xY8zWLjttm/DJRdfwuF8Tz/7NOzcuhNmEaQQoDHp0k3dbeXQSOZW+1xIBZryRx+W&#10;6CZEyePzkkrxVCxJ/8a/EzQZ481NWYmmEmkudDKpHGtMiHJSyHdx1/GCjevh3OlBWLd5I8xise8l&#10;EggqlsMzzzwLV1z1Brjjm9+CnbsvgZf27eNdI4dA5tDBg7By1Wo4evgQ5Ap5Njgolosc3jg1MQ6d&#10;CKSqpRJPdiiJiyYaGXwPdNZoWkd/JzN47eJz0XXdRp9Dhz4SCCnNFWHzRVuf2f3WG6ab+Nmow15j&#10;+lASAk2hktrpiqktDhRoalBBRqBGiGx8r8AqPyLtB+5Spi/eAN2X7oLk7iug6IfAwAIHTqmPg6Op&#10;jki/gwCLqXXroDk5CQkErFKIqNbMaVI4874FJ6+tQCUM+VN0ISHDML+oyW/o4iMg6m6hKDQBO+A1&#10;ZyvsTNSAMgK0Kn63ju+3zmFxtZEJ8KdmbJZCsYwF54ffB32X7IR9n/0NKOzdh9fHEoh1dYJMpZki&#10;ROnx8VRKIwePgXWiWITGgVeheGoQuq9/I/R+5lMwo8XQgTkY5p7XBX6kwIuE5Wk6jAUIzohBhn/X&#10;SxWoBSp4k66Jhi76CyS2d2hcPNUIorkX0JK74umMCE/7nQXSiMjNPiBDGhYolznp/IxtTgkBEV2J&#10;W7zaAt8tPnX3XSo9k0gYK2dP0+NU8GPTFL0aeLhuYwzYDN1IavDsWJ6LCN0ndNz1pUMHC0LaGeg1&#10;lejAzWaN6VexeMJexdQgoKYXG3aQSyBe/6fPjsAwro+0BgVmnC1Cp0M6HjTRJytsqrPJHZCBAief&#10;53ndo/BJafJHpNEjRoGDtR42x9mYbbTcWQR8Ii5YooXu19KQFAYImn3SU1StcFKhE9KldGjMYJ3i&#10;lPDcV7kpekMkm3zaexgsEWWT9C+JWNHY4INouT5+ih+LE5DFx78pHpa3wEZvpiLBa/2q5vsafuf5&#10;tAlm/Q9eA9TI85K8FGf/iaefy+x7fs9vqm5WmJbrJZK8iBMflhYwtRDHOJCws70Dejq72VEoaARQ&#10;lhWYwwLu+JHjMDE2ysCjWq6waxNNP/wgcLgewm6kZvU0nTMzpubXoS4yLrDZbJonB88+80Sx0NZ+&#10;7xvecLUWS+r13CSmt6rInQMVsTp+LaGdgIUDCl/DH711uhRuKJInQz19PY8u7e959OTg0Juoi0cF&#10;L9noUqd+YMkALEWAQcLzOSyep8YnYOjMOcUjpzRumixpG2Pq1pPFMW0wpPtYe8EF8DPXXQsDAwNQ&#10;x587gECEdBXUFXzzm98M27Zvh717noVHH/4+XHXFVbB561b45je+DstXrIKe/gF45ZVXYNPaDXDy&#10;1HFobyvALL5+Bs85URyagdO1pL89qTQiVMTjz2TbshCrNRXHmMLX6Hw2FbWOqe56ssb840I7lPG5&#10;e3v7YbY4h6+/Ej/nGGzduQMOHzwE115/PTzx/UfghptuhC//zd/BO97zLihNz8LI8CgsGVgCL7/w&#10;PAKPVZzyvmPnLpBYuJfweQr5PIxNjEFHZzuMjIxAX1cf05CI8kWglSgYNC2iN62mHB7n1lB6ciyJ&#10;cCGlQFRDu3b19fc88oEPvevtE+cm3vXSnfd9WdSGmR4XqBQEDpYjHnUTCyISvVORSF9Lkf6CjYwF&#10;pLF4q+DPlnkiouk6upSLgcqxMIkaXtKD6X3PQvcH3wcdCBwn8VhUj77A78/6Y+K5THUUoG4KOxdQ&#10;UFHdhvfgtgth/M7vQKZlhiHPc9kutH4s9De4YWdWZyAiTlHuTwY2x6QV0AQMNpolPJYIOKgKtzJ+&#10;RjZkN9yE0tlhBJpJzkapbFgPW979Djjwe38EHUePQa6nB0GHnpRqmo4gCqDOSNHdFEiODkPxq9+A&#10;3PU/A5O4Tg3ceB0Ev/ghmPnrv4dCIh4W6ZzloLn2gYx2lk0MQ0sgG+d0cIKkLtiFchuq0H1J012O&#10;OlG6HAqmJKDedCxzjYbHFfqSY5w14liA0mbhXiAdW3G9RuppNYioFat5fvNaliZqAYimN4EbcCnt&#10;nuSzQD1wMimEzivBNcnz2MzAMwGSTTYjY40UT7kNnQoUpUtI5/UXyk0S0WvH0JYMEGGg3lT0UMow&#10;avhq2hELVM5FM6jrYFuAUqVG+VAwMz1pj41Z9+PcOEvgftTgiXqM6Y3K1jcZpyZKite0ut/Q63ag&#10;ksXt8Q1syrwQYXfPswEgMhwV6v1aOCDWNt48L9zveDITiwB9cCZeng6sZGtrK8RSdsdkpuGBKRL0&#10;5IKOFe21TV+zGAJuFOUpn0uY7CI8DpR3EouVAumkw1tKtjjvFHQRgCw+Fh8/KdMP0ywThgfqMHRe&#10;h+Wuqxd5LTqWKzaP8Lod6u6CLyYU+KhWG3Drrbd/rFqr7qTutWlr0e+SUI86S4bTD+wyQg5YSciT&#10;7S4WC7zxEB2nUYfh4TE4ceI4FsBlXOgrTJlq+oHmX+vNIFAtN0+E7h+mI2lCwdTURonvBG4c7Z1d&#10;vAkNnjnzyPadu45ceunFDltLWCpEAPM1MdE8D1fwvrCt7vlpcTKs6IwaFKJGAgt1m2mjT8Q9uXXT&#10;hv8+eG702kq17NHx6+rqYl3NkUNHuJs/0NfDYXmZTEp5zPtNtoC0LlhkFesJPuZJLKLpOaoITEZG&#10;R3gaQuCD8laImnbJpZfy791xx+24IZ+Am266GVasWg3/9I2vYdFegCuuvBruvusOWLn6AqXfwA9F&#10;zynKRWXPzHaYPjtkEX2Evk8bGZ0fI2ykgj6WUK5cwtPp6fUqd0B9HUzIVCtKVsej1IZgK4G/k24S&#10;IOuG08dPwWYESM8+eQYy+RyNDGBw8CysXLoUnkPQtH7TZnhx717YvGkjBy2SqxUBj6mpKcgjWJqc&#10;nAAS9p8dPgu9Hd0Ign2V0o6FRDKVYCtivoYJgAjgz0IuXJSTksVjnGZxcMC6lDIW+cuXLd37s+++&#10;+QO5XHrOW97390s2b9o6NjHxOS+ZxmNZxuIe7wUosyMb6C53kkEIFUsxSMUQWHLBMgdkZFynn8FC&#10;LeF46qvrM8b/qwus3BJYDhw+DENf/2fo//hHofmed2OhPA6JqSGQ7DKHz37oKAQHXuEQTgnCulvR&#10;dVevISC67lIABCiNfc9BgUTXMN9xT55nwhq0/JyI0KmCCM1KylaQIuYpS6KvZ+Y/FLwY8FxIivAo&#10;cHa69W5QrlM+pfsREMHrv+fdN8PMy69A85EfQBeuNWxKjBfrXLEM1Y48xHt7oFGcRcAchyx+s1ys&#10;QoYpoyloI0OF7z0EiKjhwNNPwq7/+YdQPnQMqt/7Pp9vfj3hgAohnJBYGWa0gSM8NtkWbgYJ/bvu&#10;81rnC9XJpz8NMuvAqyCdSIVUV6erFDg6ARER6hlhutS0JanTwqUDIgLXJsv6CEsXMLkheH4AbsqE&#10;b7s2YP3f+VrwTEdHU7ICck8DFp9zrg+E7lZNM5EnXUlMF+eq3a9+Tq/vntMkCqm34STH2geD/oxm&#10;09JXZqADCGktS6fbIJPNq31EO3JxIc9hewGulTUo4n187PgJNkJJxMAW+TYKhvRt/LxUhGeYtmmA&#10;WjIZY82a0pMEjk2wZ4t7ady/bFimCcrU9DypbeVlbOEbzlgVC+PK6Nnz6lmRu4b3gUky1eeH9kMd&#10;SghSWHF+YGgAnBeldSs68JOeghowlPTetNcRsJtizItNh704ad26WqdyiwBk8bH4+AkFH+6WLRbg&#10;SYnXuNUXFI63djAd46UFfx9kxBWq9Qeo+H/0kSd79r/80ufjNLKWPphqnhYpTlClrhYpwalkYPCR&#10;wEIOC+jODiyKUhyQR3zTYqkMJ44fg8nxcR6Jk+UuJUwHnMSqu3xB4GQMKIqVmUjYPdVurEr7kUyk&#10;oQ+LzzOnTxAI+SfSCnR3tHET1IzG7bTCCWacN5F4HWvq/ETz85wEJzQN5HwKS+vVQOCpv7/ngaUD&#10;/X9w/PTgF6gY4wK6Q+WnkOXusWPH1bQnl+O08Y58nic/lPJL5QwdOxLyD49PwsT4FAwNDcPw0Fko&#10;zZWgsz0PV11xGWzavJmP8x4s3J/4wROkP4GPfPQXmabxta/9IxsGvO1tN8P3HniApwObtmyBBx74&#10;LqxbuRafawgKuQLMlGYgi6CBxMEILxR1hbU7JE5PqA0ci+d6LcZghUoTBhlktYrXA4HVZqxOjH5F&#10;o4sluZzo7umC4mwRlq9aCbMzc7Bs5Uo4c/IkrMT/fn7PXlizcR08g+95+0U74eH774eLr7yKJz40&#10;/aGQsdGxUejo7ITRkSE+ZsPDQ9C1soMrnJgGxYK1SWmmg5HWg6xfOe0ci9JYMsHFZypT4uuObXib&#10;io++dKDv+fd98Od+rrOrMEw88kwmARsvu+SLY8+98EYvELsbM1XcwJv8Og38X4qIVqQHkVj8JrNM&#10;76oUK3jeuqEx24C4xOND1Bydw+FpcaoqvX0GJqZWTLVloXT37TB6egTiO3dB7y9/Fsb//E8gMzUC&#10;sRT+9MhhBDG+SminIlwLan1KZR5YAZ0f+RAM3oeF9fgQiEw60rv0XgN8tE5BrKNOy9wkzJBw7OYA&#10;nPhBmEcjik5eBRdOXACKIGpDrp/Hkwk1EcLjS3/87h7o2LENjv23P4U8WXeLNvDwOhyvNiHxzptg&#10;/fvfCTEEkwGuL/SZPSwsG7/+K1A9chwqL+znKUgGv55HgFrfux9e/bO/hg2/9PNw7MUXITU9yy17&#10;AWHgoArdxvfmC52JKBfsXluNiKPDCcoImMo1BiA6s4+L9o5kG4OhpuO8FaZlt+4TjkGzodoEYG3N&#10;I65dKkzE2tPaCbn26zVBhG5XnbreVFSbzUJoZCB1HlRIq5P2taXx5qU9QWoFOhbuvm6osZg7Fufm&#10;CMlbgsDRdAjHPtYAC5vuDdqVSlHieM/RgnNpP5O0x572D6IAd3X2st7EZ7MMYNDP758RDgGQCmca&#10;DZ48oWeMJiHecxGZMtegIRbeT+W5Ik8S6HUo/JXMVYq1Mu4tDY3NBE871UHxtDOzFwkdlNwoU86O&#10;ynFNhE5XLj1NeE7ArgydscAJ4hXhxJCbUJF7VQMfnfEB1kzB4DjJ4JL2GhPmSZ8tQ+shrp8xax/u&#10;s2FMzBMTZioXbcbNN9deBCCLj8XHTxIAccKC3A3HNuzlQh3D89e+7kRDttC0zscM8jwjLFyYgEXd&#10;9OnpItx26+2fx0V9hfFiB+2awY415B+uu1WEQWiMTXa4nV0dDELod0g/Qk5NYyMj7EpEVCLK/SBb&#10;U5+7U2qDYTcfDTrA2eRdapQweR2eAjs0kWnL5phi8+QTDw9tvnD7/TffdKPaMG3zz+koyVbwF3Ud&#10;k/L8YYKvB5XYJqOAaGdzwd8LohbJ+Aa2bl7/22cGhy7EY3Yz5abMYkFO1rQ0Denr6QW/QUCuCDMT&#10;EzAyeI41NHQM6W/J/26oSQhuKB1YhF+NoGPpkmVQwH/Pzs7Aiy+9BM/t2cfFxvVvfhNceOGFsP/A&#10;AfjuPffA+rVr4bo3Xw8PP/x9ODd8Ft75jnfB008+zsnypJmo1qrQ3d4PE3NTLMT0RFVZb1r+u+Dx&#10;PhVgpPkgkSalA7PtrqwyNzwR1wUwsSSIsqethBJsUuAzoCVHrbmpWejp64ODLx+AzdsvhLPPH4ee&#10;3j4ozRTx81cgh8XAKAKMQqELgdEIdCPwmBwdhd6ufpg+ewr6unu5m0nXD9EniNqUpqkG6zoybJJA&#10;tsaUdEwal1wmB3MIjnII7krFItNiMrk2KFdqePyW7HvHz771ZxF8nKk3wuJyy+UXV/beeufvQXPw&#10;TlFJMahOIPRQlB0EMKkC5PC6nBmbgDxNd/CPwNdL4bFITM/x/TWHxUtWpJQon7c+3wGtuv+J91oW&#10;j0tjz2MgXnoFxM9/CAZ+67dh7K/+GmJHXgUyl5Mxz9ILOY+l1oRmRz/0/cavQ6XsQ+nb34L+ZMKG&#10;BoZTDeFMI6IAIdBqjdbccxGZcShfrEAY4YTnOGsBaJl8q7lTS7yhcWhyp8CqaBQy7jj14aulMjxl&#10;ja9dw6GbpR88BUmmzFCSfQPSH3wvrP/oe+Do3/8zTD3xNMRzGUgvWwrZVcsgs/YC6N+9A2IfeheM&#10;3HEfzHznLihkktCzegWc+KfbYeYt10Lnz94Clb/+MgtyzdQ1lAkYQbC0YXCt3l7WHctMQzgcrwJV&#10;WWNDAqZhSTVV6cgoBywuqD1nwbbOT144BTCdehELKVf0b7JgBq2t0J18u37JUOFjnwacaYQDNznu&#10;gc5mXFGm1H9DxI3KM0GGQulQAr1WUiHcMKnpRMPUrlKepgDxnMs3ky0VmhfqE4RyYzB0TKu9C0Jd&#10;irGk9dTUxdfTENWNV9NXoqLmCx0qvJGOCQMRn9fLANcZaiSQQ2CZ3AQnxvne4zBOnkjo0EeL4Dx+&#10;zxREOl4u6XwNyZMCfn1y1dJhiIGZGkSFLlFLXpMPwwL0GLTayoM0ACOwYMjsgWqaEdh9T02YApsh&#10;5DmBn8wGMJNJ4YXOagBarwI2ydzYOFOeE019TaYN0wHx/tKhhJPGhcxa8YpQI7QIQBYfi4+f1OlH&#10;ON1+zS77a5XCEc2HjOYOL9SoN+NU0coamodYQgvKu+95cNfR40c/S0JoEpEbi0SyVQw4tEt35nTA&#10;E3X0KPm80NHN1BuWdVAycV2NvieHR5kGpESBjVAIp0f21v3H2QiEQ1oSzgegblccX6+7u5spXWOj&#10;E7d94t//8nhfbyc03YrJc11k5sOxiPYDQs92+XonJLrikkFIk7COwbK14xt9YbdgIDC3bElvsGHt&#10;yo+/9OqRR/CzbkomlYB7YmwMxscnoBOBRFd3Fxbeeaa/EW1Iefwr3322RKZAKS/BFoszCDpOnh6E&#10;o99/GAbPDHKmxeWXXwZbEXiUKxW488674OjRw/DGN17Llrf33nsvnDp+BN777vfj14/yVOGG62+E&#10;Rx9+CFatXAXjk2NsdVzCoi+ZyrJ1Lud7kIuPj0W0F1ccY6JnME1Mcn1RIw0I6YS8JBZjPtO30nHJ&#10;f9MxyCBImBqfhEJ7BwtESRx+/NgJPo5nTp1ma9zBk8d4qnbq1Ano7uuHkXPnEHj0wtmzg7AUi8zK&#10;6AgW4qr4p04fTTx8DhTLsPNTJp3jr2UQbJCGgETv5NRGolUqLoj+RZt4gqY1+r5YuWr5E+94543v&#10;6exuH6o3fCsurSOwWrZ2FSzfse3Bs2OjB1OJ1CaJ1zQVGHEPr8m+bp5CFQpt0IlAR+B5pGuVBKxZ&#10;BEvx6REEKw2o4bVdxGPTKUgN0ohMGdTlqykYBLZTWFQE09D40pdh7t0/BwO//QWYe+IpqD74EODB&#10;QABa40lCkC5AbMdW6PvkL4Kf7YKTv/V56K1OQ0C8bgdMOOX/eS5pOW8S0ppyblytQnG5hNArqzWC&#10;UEQsf/n5bCBhYOEMRDQOgZ7QCjuR5SnPiuVQOnUW5NAYJAZ6QdYDqC5fBhvf+3Z49c/+Fmpf+SoM&#10;5PN8fdVrz8AsFqIT+Jv1lctg+W/+R1j+8Q/AuWQcil//NhQ6c9CH4PTM33wFtv7fvwXTt90Dqekp&#10;LmK9sH2sGhqe6f5rS+5IUGq4PllpCF5IldkSnuemosfpIL06Xpdt8ZSuqv2wwDTUJQ1STCND6GNl&#10;Qg6tD679fngmQ2Ck12ajz7BdbK+FCCoszSYIBBsC0HXkC7ABgKbQNbkoytBKF8zayMPY2AZGRG2u&#10;JLzmlcOUhrKO1gO0nax0NikXFNumE97Xgc7bsPudmTI3An79bL7d2vbyVIXAUKPK9zP9ZKPuQ7k4&#10;DaXibKj781SCfYwBi3o+FrETJRPXCKIImzwPmo5yiF+jqcVOIUgzND3+nwRLfwIIJyIGWIVf1yDA&#10;AE1HeC6tsYF0NCTqmHicMC8jk0XhPofRl+jck1DQHyjGgpudQvtFOqunM4JDZCnDK4fAHf97PNDH&#10;O3TrWnjovwhAFh+Lj5+gh3AcPv5FeR+v8YSR9PSW53OD9V5DK22rbKplT5486917z3f/UIKfpBad&#10;dfbQHNeAvNa1MJwhA7kbYYHX3tHBhRdNQ4jzTwvo4JmzcPLYcbZKDIIG1HFj4ACnoMnFswmrclNh&#10;3cmOcOwJ+X8xVbiQPWL/QD+cPHGsuXXr9n+85eYbF6BJuRWXOC+1LaoFEfPO1Q9Diq3TK2jRkMjz&#10;TD+cni/TDLZu2Thy9OTgR/BY3Y8bdwf9RA6LKcJRlWIRjk+Mq44gUYayaaZDJZhbjd9v1DnIcG56&#10;DmZnp1nkT1qHpUuXwO5LLmZBO1nxPvX0s/DCc/tgoLcPPvrRjyIwScO3v/UtmJmZgQ9+6CN4vk7C&#10;nr3PwNtuuoU1O+QE1dXXB8dPH4MNqzbAsdPHoafQwSGSdD5oGkXnM4EHoKGLLI8tH5tM5WK6SDNg&#10;MXoT3yNIRZ2gLjY5ppVqFSwkmggoumB0aBSWItgZPHOcpg8wjMBpSX8/nDlzGoHGchbnr1+/CUrH&#10;jkFPTx+L7ul4JIlY4TfZwYWuKwq+jLF7VYaF5BncVGME2vCzkog7TUJ5ChfDn0/g52vLt7F4P4PH&#10;tIFgY9WqZQ++7ZYbPlAo5CYIfCgXsxA0JpMeXHLDddWhZ/c86NWbmzwEZfmudqgTJaYtB0t6u0l5&#10;i4AwCaLZ0MYS+B6zWXxPOWjUpiCD/z0VVCENFOYoI35vnkN7ssGDHr1uBerf/CoMH9gP7R98L/T8&#10;12ugOTUFPgJUKlySWGQn8ThNPfsCjP/lf4We0RP8uWEBSpWwxX74SrKFNNUKVsK7M7qShJafCyUc&#10;CZOAEBXJiyhZSzpTGeEgeDOLIateEv4muwrQGBoBUcHrK60AY2rLeqiOj0P1/odgyfKl0CAwSZoo&#10;omoK9ryGagLB+ZP7YP8PnoUtn/kYnHhpP9QPHoLcQDeMP/McFIdHILN7JzTuvR9SsYwOfdOFsDSd&#10;fBFy9VsqMqFjKVSSNfBrlitzbBTb1EVjUzd48pSUTs8dgO1WS8cpxE6vbZilcyZ0wrjNTZKGn6+e&#10;wAjI1aQmPE2mOOYJhm9sfqUWzWtyj55WkHYjiC5oCmCYBpWnKH8+KMG5z5McYfUaQmeMyEhDR2V/&#10;xLmgjbFNrppESFsUyyAsxqXJOzGuiLTOaUMI6at0HdKcpTNZNpZQdFA1haL8FY91UT7nTFXrZZiZ&#10;nuGwVhDhpF0dL59BCB03isxRWjYEjX5DNSXIkjuTU7kZ/H4C/ZnUZ7WZHcIJgYSoY1S4v7U0AIWM&#10;fN3Qjtk2PqIpMq6MgXVek0KY1PLw90Vo8RDT4bfGUTmw0xqPJ4xEYSZdC59v0ubRuolrYzaTRaws&#10;h8P9WJ8HQ1eTixOQxcfi4ycTfLSCEIB/NUalFAu717iaELEQTcspmgWHxgF8+5t3/YeJifE3Ua3P&#10;Qmf9TMzrDZqhcwvzstXCRBsBg49Egou4IE4OMFU4dfQozE5NMJ+3amx3aXP3AxuQJYQXWZl5XG04&#10;4XZWrYPsQIEPmrZQt2bo3PAPPvurv7q3kM9gAajF6q2ZJo671WuBj1Z8Mf9bMupHKlrsN1ueQM4j&#10;nsz3HLIiSNwIOzvzcOHm9c8+ueeFj8fj8X/CL8WLxTl2bcoX8tCXG+BjT3qPerkK1WIZSgTmNAUj&#10;i8CkB4vQ9vbNnI1Cvvj0vIPnhuC+B7+H5+I4HrM2eOvb3gJr1q6FQwcPw4P3P8A5I7/wkV+Aw4eO&#10;wPcffhRuuPGt7ABz5PBhuOH6G+Dpp5+E1avXMFhoy+XtdIEySNIIcoqa8hRni11FqyGQSteHrzdq&#10;NmXxG7yhk5VlvVlT10qlxiBmrjjDRVtlrgSCOo3k8EWGBXi9VfFn6iQSpUyFWpW96sn5i2hV/Dd1&#10;OsnhKqGoXSSsTOH3gixN5TLK0jahaFjkPsSgBIvXPB4LKorIijLQBdy6Nau/8Za3velT2bbsbKNh&#10;MiJEBNDT29t4yQ44es1Vjx69/e7PFLrwefJZtoIlIEPni4RIkjgtCMZJo0CVQBPfd6qtHYrVKSzE&#10;EDDgZT8ki7AK8kA56eZ6CHSehkua0vp/SGYAEq/ug7kvvgyzGzdDbNtOSKxeBj4WUTOPPgX1F/aB&#10;98rL0CPw+JONsp0nhFef51x/Lrvba/k5OA8Q8SLQJUrpag0jDPNNDHHLfe2oU9ZC8nXDTWfxNelm&#10;KNEc1xVeH+IqeyXVkYfa5BTE8Fpoeinu5INUtBKeMYg4xKjofuxxqJ84Becu2gJdN70FpvYfwGsl&#10;BgV8UxNPPgM9F++E8Xvug6QMC0zrWgTKXjYwTRO3hWATypUGgzrwUGtCGUE6CYT5fWgRegJ/pj2f&#10;U2AE5tNCmcoWaF2NLsSFAWMmKJDBgtQTGd3VBs+CEPdaDQLnSEdsxbWyQ4vbDVvVWGob9y+pAxlt&#10;Pgzn2IS2xWY6xNetH4RZFe5UhwpqXzevpFY8mQmOmSwFrg176AxmtCxW/xH49jPSRL2rp1cZoeiO&#10;v5kGkwU4u0jh1yuVOjvhNXHtMODDUJkCE2qoEABbn1NSOGhqEzk50sS0hNcWraU8nQ8M3UlNMaCl&#10;mfi67Gpd+12XGGnd1qRjlS/sXulO6139h3AmMua5A22dHOgsFmmmZwDKCdBM8KhRhGtrEtfFdDZb&#10;RpB3NtCifGOwIDUQ9hZF6IuPxcdPBxqRLVOLHwl4wA+30nTpRlYz0mJdww4Y+O8fPL134w+efPy/&#10;NJtV1ZXTTijUdWuqdrZyohe6h4qLWDqdZeEuWfByWB7Zk+JGOnTuHAwNnUNA0lACOCxK/ZZsDXf8&#10;bBZk4QQS2smLp16TQqKo0Ozv6+HcjC1bt/2P669/g+8bWpsAy12OpjO2eKsHLoCIYgf3x4Vw8EUk&#10;YUw6nOuWcxqZb4jIN6XzQm5yLjuI4jHasXU9nBk8d+vg6NivZzKZP016ipY2MTbBAYXEUSeHp+7+&#10;Hsi35dmxKZ6I2W4e6Wtmi0U4efIUAo9hGB0eAb9Rh76+PnjbzW/lPI3R0TG49bbbYWRoGK684grY&#10;vnM7PPH4E/D8c/vglptv5q75vXfcAdde9yYYn5xgR62VCECeeupxWLdqHZw8fhi62ztgZGIMXzuj&#10;UvUosTcm2ZqWcgKk8Cy1TlWuMaZnEXWMwrBM5gEVEYlsjjuUBE5mZqcYYBbnigxoSqUK1fBs3Uzm&#10;B+VyiW2GKcgySyAIn4sABRVkKazOKW/Ey1C2Rw4/d8C0q3KyzLqPuZkZIGobWWqSYLbQ2cmAgVy7&#10;KGl+zdrVf/aWt74Jj3u62TQWrq20SCMUxWN+5Xvf+YQszk0XX3i5Y2DpcrYojdN0x29oR5yYoujR&#10;/cKOOgiSOjohOXGO5OaQwq9TRN1gUIKVHqWwVyJzBgCHAmMJSoKBRRs928EXIXgF/8QEhxnGCRh6&#10;Kp9H6rTiAEJnrNaJnEvIkS1Q2QNYUL8hnKBBU45I52bxbL6JBNcA3JsXTug55CEFPDzdsRUt0Ifu&#10;EzofXgOvb7weYuy6BkwtUveyskRVwW+GKW8KzEC9Ek8O49DX3gbTDz8G3Z/+JDTwuiHhcrajAKP7&#10;XoT+694ATeL708QuDM1QieGgut+qwx9zAvWEtaS2om/8Zr1SgXKTAJEO7FZxnJAiEBpP24VC6OmB&#10;cWXi19HFo4DQ7loYQw591Fg3ZahROq/ETNYjfFxDGZuXuG7T5Rzak7EBVh1vAzxMjggNHqje9h2X&#10;LdVwUGtvw9ipaxcsTxuGCAPKAiP7kNG8EwuiwvMtNMgCKSM5J2aBZvc/vNeooSK1IxjvEQQ6NOWI&#10;pqD0qOI1Mzc1w89BawhTkUwApePwRFktCbonqzUN6ASkUgmeujcDPzzuMsy0cXU3DH7sNMOLGhU4&#10;+5vVwOjRFIvAA886XdlJh1C6Lg7qFBr86hDG+bQoLdaP0LlcAb+6Ak1OSCKWUi6FQh0zmhSlkzlc&#10;W9Ml/KURcKakxj75p/2xCEAWH/+2piGvE3wsGCYIjrvTa0xSXCqTdDp2rd/HuhAmJmeT3/rW7f+r&#10;WJ7ptMUjqLE0LZgk7FMbDy3ecW1tGmMKS749x/8mjQciBJidLMOpUydhFou+ZlOHjZluPVN11OjX&#10;FPmecRARThfJEcCpDrDSm1AXu7uzm6g1d3/4Iz9/D3WpGr50hJOtzKvzeFC1gA3puJMZ6sDCSefn&#10;OyHzKSvRb8tol0w6PWP9n1Q8Xrl7J3zn3u/9GRbZA0KmPh9Pe5BD0EFdczoH4yNjcPb0oN4MA5us&#10;TlMHDsvC04MbCXR3d8CmtVfAkmVL8HmTcObsObj33u/C6VOnYNXq1XDjRz7MgPC279wBM1OT8J73&#10;vo9dy+6+4064/Mor2XXr4UceYi3IgVdegf4lS7lwJ80EpR7T5AFrQsimcvx7NA2p1Ro8KTPOLiqm&#10;QAeGkWsaXUcg9dhf8ZIJY9XKNcgUUhQmyb77c6UyO2dVsJCjhPUa/k0CSZqikdkBOamlKJcEnyNF&#10;gXMJuh4BMnhtNBCEFfB4NbCQoGtlliZm+FnYThhfLF8osHiVhOcNEszjm9u4Yf1vv/mGa/57KpNi&#10;UGK4+RHtkHQpQwKSnYXh3e/7uaenNm+6sfjcSxArVnQBGmf+u9Riai4qY2SDiUUGvp9kJg+NygS7&#10;g+Xwz6SswxmszAiE+AhCPAs25ALOU6ropTx6AoqeSWKnzrmYT5AS52latKoB5Gv8vAMFImozl7YV&#10;TmzA+d7C1340KV1EUuCZ7iRaQbym3terUBsagcJFO8AnBT4XvHgdNZQVNQetIQD2EuooKZpoeB5J&#10;FxLLFyBF4JIK6TgCNQTnMbp+hocRVCIkxOsmGB3HGzFhrb9V91cFz/HnlOHni1qf64INf75KoYdC&#10;BRBS46ZBQxG8JgbiGZ78Nc1k1ps/mQ11BMJOBAyX3+R6ULHLtCQqjLVTkjSWr0GY4WByOuYl3pvw&#10;FukcZU3n9QNhNR/aQ1fZJce0y5U9t67lr8cFLpX89Hk58yRQjk22MeOZwEHP0rXsGi9DBZGhU0mj&#10;reFpuTqXvu7Gs9EE3vCJdJbPOwgf0rE07zFejLwBU2zMQeslTVCrpTkN8BQoMUn2bi5HXF+ZFIhp&#10;mFXJZIbXLNKhSGu96zuUJE3Ti0Wv2CAI5oGP6P0kLGj0wQjW9fe8cMIY80KgI8yIygvvIWvR6+nr&#10;A1QAoQxCQwcDRoRDlUiktJW3ULRrml7RnppKpc/g9yvCZQg4wAnET29e+CIAWXz81D0W6iLOAxE/&#10;hFopwmiJBZHJ+SgTrdMPkAuDGJ0/BXfcdu8Xjh4+fL0IpA024o2cAqaIy24sc0W4adACncFCjsTC&#10;HNDk40JdkywgHho8y4CEOLXskmQShu1CrkVuLXbEZrGOeQ71heheMY9zHNra2mDt+g3nbrrpzZ9u&#10;b29rNp110Qo3OWNARsLEogelZfPVfULV+WodizjEFH0yIgFREM03dAs21d1zXkPKeSdF6o2M3jMd&#10;v4ElfXDZrh00jfpCIh5rR+z2KSrsSSRIIvTu3i4OzaNuPgnBibPN9Bb6dyLBGgfaxCjocWx8HPY+&#10;9wKcOHEKN+EirFy5Et7//vezXe3zL74ITz3+JCxZuhQ+8KEPweCZc/DQ9+6HqxB89A0MwG233gpX&#10;XXU1O22NjY/BG658Azz1xGOw5oK1cOToYVjSNwDnSBDe0cnTkPZUO8yW1ORCsVEUjUGS05Mp5HQ8&#10;s/q67mr6ggMOCWDWsIDMpbJQIsCRQaBRrUBO55rQuSdnNdJ41EjzgUBE+DW2kiRROfEHKVNkdnoW&#10;cm15nqoQyMBNlYFdrj3Lr5cjAEL8Njxe9UZ9fMOGdZ9643WX36p45r4VgYLhs9tJWIjkqWAgIBTE&#10;k/dnVyy/sXpmEILycHj9xXR/3FzrWgTeIPvo9k4EVpNcR9Cml8fPPRFUqYaClbEMHq0quP3nqEsU&#10;OEJ10LnYjjDWucODliIeWprjbMEKAYgWuOAtAEzca9WLKDd8++5cjy05b02KBtvBvHXRhPfFVL9e&#10;u6RJXXwHpCkLMlA7fBRyt7wFZE+HmnjQvVirQsemdTD9C++H8skTIEcnIZiYgRheix6e5wSFs1Gx&#10;FY+riW48HhZW3NlA8NpUmTqQzSNQRDCCAETFbijwYaCXJ5yUb/3uA6fpwdoOfK4yAhAi1TU1zYem&#10;AxSU114gY4KYSt82J0mERymw9qfORJWAlueFWj8nXM4KkFvAsnS6J+HRbkki0jkSYXHqOPhpd6qm&#10;ryiV1lnQupeoIDw7BdGfx7NOXSIUqlN1HjTC5RaEtuGNDqkN4JJ63VSvryY9gQ6YNNIIon+SsQSB&#10;OTXZSPJ5iOkDRNbY1LSoI7gkQTblKikHr1C7IU1oowgnUOSuWKqWWBcC7IiVVtkZNNnUGrfI5NtY&#10;6IJrgftarIfQNc2dnoUA0NkfHNG+oVkFhgYnnb3Y3L+ecLKvpNKr8M829SRE3994PpI8hVONNpoa&#10;0oSDwhzxeB7B1wtCiri7tojXCC5eBCCLj8XHj+WkYyFffRHdB3RNLG0X092gA/nak5HXBYQMx3eB&#10;J6NC/+lnX77xvgce+J1as6ILxZBiwLaG7GhiRLIx9sunrjppP9KpnOp0U+5HzYPJiWE4fewYb8K0&#10;ETSwSJQ6dNCk9vLo14QLOqNw6xSi+4me3o2poCaqUQaL096efrho1/bPIfg43ZQthCfrOiKjI/LI&#10;IEM6Uw/HdhJaUyDlwgeyZQpyvqR563wShKm7YWKxEZeGdDNN72bK2o7tm2B4ZBwOHzv2Hzo6OrAm&#10;z3yYuorTs3N4fCcZXNHkJ51Mc3qtp/UWBPgq5TKUKJStXOHX68CC+/JLdsHyFcvY6eXQoSPw3fvu&#10;5w7hW264noMIn3r6aTiw/xV4y403Qh4B3q23fgcu3LYDli5fCbd/51a45g3XwJnTZ6Abjz113uME&#10;gLC4J7FnksTwJATlcL8Eb/gkMKfPQTkdQd2UppRgrwtUFqAKphdIT3XxVXHj82ehzm6COdy+zhSo&#10;8TVH3Ud67jheT3ECWmkScSehrbPAIvv2znb8/BXIZjN8XEigSpQrehQK7VxApDJp7qA2/ear27Zt&#10;/shlV168x7ymjNaDkdIZDCDWQmR+/kz6oUYiUU10daYrZ0fxE8axKA5UWBuHd6rnJIpFLKY6u6n2&#10;bkiMnsXzVeXyP0nnCH921K+w2Hl1LAdNUVHFb2TFMJ33EFKEkwwxby4RW0CFFAUl0rFBaJ1HtAaY&#10;RiGEW9hKvYYIKbR3XeDMS9ypjJwHSVonhVJo7rn0dC2lqVmUtRLDa+vQMbY0zm7bBvL0CRAIAmuj&#10;4zD2xB5ONk/k38HrVHMWAcDQMFTwT21wGMqnz0JjcgLkyBheS0Lz96mzjddXnM+juh0pET3Q7lIy&#10;5HWa8x5oS1zRAsfM1IqKdb/SgEq9zJ1tDh80egb8/TzeKxzaGgSahqNARwSUmQRwqa4Xo2tzAwXp&#10;fZsMJXq/tjkkQ7G4uu6cRonUgCswwCk8T4EUVgxvwu1MVaZ0Lx77FDKMjglL+eHQRHOW9XSE34u5&#10;9mgy7QVWcM5J6FJ9dpsPAmEius0cca3qIfw8JheEGjVk0EEghKYEQutDpHbz4ikGue012FuYXa3Y&#10;RcoTVlPDJhl6OsTXglDgl9ZFIwSnrCU/CML7TYRaC875MBMpuiYiwX3zu4DmvvQMVcwJ5DTTVeGC&#10;ChFa8JqmiMkZoWaT1dt4Qehy5pmQSV+Hp4fdTfc54skYgyx63+RgSOeENJW4pxw2Yb8Ru2A77VsU&#10;oS8+Fh8/cTMQtwg4X6NEvo6b+3U5Ws0rW+aziMxqSrqPoeHJDf/4D1//0tTMZNzynkE7kGgbRDep&#10;nX6P7HiTDEDSzCUl3QctijNzc0zxmZye4N2M9AdSTz+inSNHpCqN/7nrO27KKdVNj7F7SYwpNWvW&#10;rrlj5cpl3wjmH8Aw5Ve319xj7Wpf3IAlEekets6sQmghLddanvecAESBjemIayskgHnkFF20Oc8Z&#10;6E366isvgdHxMTk7O/OxTLMZx4L7A7m2DG4Uvbx5Mg+aaG2gOM1UBCYREPZ0dEAOQQQJ13N4vAiY&#10;EGihScjJk6d55H7RRdtgw/pNMDo2Bnfcfju/h/e+590wi+fvjjvuhB07dsD6DRvwe7fBrot28esN&#10;jQwhELkWHnnkYdi6ZSscOXYUAcpqDpjs7u6B4uwMtOc7YXpmjjM3ao0qB1IKr8ybHf1hv/mY6gDT&#10;++D+JhUuOszLl6FuhjZjRbuLsfA8idccUWfYUpcckVIpSOTS0Kw1odDZwU41bViUpNKTbH1Lqei0&#10;Ibd3dSn7X22nyZ1VgG/vunj7p3ft2jpK1s1+oPnVhgIkoj360GzA8fLH95fJ5/ZXp9Ivxzs7dksE&#10;JEACVl3YULieoqDoKVigaCoBOZgVuqE5PWjdgtL4dxd+vhG/DHV8QxtiXeB7FHxW42s/LORFSzND&#10;OvMRs9J4zkxCLjiTEC2TFAVYTHIHaO8pN7VDtlC7RISiyUnXPug89qiI3IUvSuchnXlJFNYsSMEi&#10;0XMzUAnzeB3PHDgCPTe9Gcp/9Xe8/iQGB2Hos78BZ9vbwbt4B6z7T78Gc8dOQHN4FHLr10LnFZdB&#10;uiPPk4k6AnOfdEd4H9GwReiAU+kl1Lnw67yOGXEvKzeMtkMYepR2XPLM18JPy/oPBMBFvA5I29HU&#10;AatM/sEf7kjmwPU8k05zIjDH0kmxttMmS+nRTRwLaoJwriHdqa5q2gimOUqbUxKZEvN02Ax41Xvx&#10;tGZF9aACbfzhWTqXov/pXA8RXV9J5xQDI4TWEwXhWRBk9BmgJwZGRxhYKpQEIyMxkyCTmG6mM1Ln&#10;b9B9TLRKz1PcJ3LVYn0HT2PUxLXZpLypGmcS0XkVkYwNdxiuwkY4DV2/jtCfK4GAlAZjREtjJoDf&#10;DBtWsvWOMlqWmP0Zt6FmQK+IOMA5oZZCRHVmBjSaCZQU4WRMa15CjjXoSZ12RqN9qqkBbiBDIOOp&#10;fZQmR+EkSE2uCvkcWbwf5/MnHVsJk1FD1Dh/cQKy+Fh8/NhCDXcv8MTCc4rzUqpgYbHo6wEZr/Ve&#10;7GsGUQ0CYov2Yqmy+atf/eb/PH782FJKUKYQOeNRTp1B4u6rrpinpyUxpick4immtqTSGe4YNetk&#10;hViDsbFz+GdYWe02JVNrSFAZ6NBBs/GFmo8WbqynUwEMmNACTUqnpdfr7O4pbdq66bdyWeL/Rwud&#10;iKjb8hii7OrQBlnOH2rMO+Bei6o8BB+y9fiL1iKgJXRNRMGNFCZgYL55KYeY4UKfz2fh+muvgrvu&#10;fYhE0R9JpUUTwciHZ6emWTidyeYQjGShHYtwoiDFteiSeM+VShUBwnGYnpqCOQQEZLPY3dUJ113z&#10;Buhf0g8TUxPw6GOPwvDQMFy4dTNs3LQZXnzhJXju+efhyquvYhvcu++6G9av3wDr1q2Du+++E66+&#10;6mrO4ujr7eHCr96sQO/ABjg7dBZWrVoFYxOjMDCwFJ97mgMMZ4l3jRcZWd3SNUBZMaxXiKX4d1NE&#10;iaFNM6Y6dzGR4KkBWUQynYw6dWQXSecev0d/e8TTx2uwPdfOlKXOrh6YnZqBDiw+KUiQpiJthQJX&#10;UJ0EPPyANUrklkU0rAArCF/K/3zp5Tv/25at64NGU4aOOyabQidau+nE7l0VsuiwIM6mZSyTvi3R&#10;3rHby+G9UKpovZJnnZuEbi4E+Nk8csOKBZDq7oXY9Bh+vW6tn8mzqgML4XGfBMxjsD03ABlog0p9&#10;Bos7VVS5RCoRmVy4yTlBSGuMABc5j0QhW8ond/oYOI5XrXa97s9SJFyct28ZAUbue7OwRkShd9Di&#10;hWXdfjTtyQ8UvzKZzYPAaz6P52bsru/Cpv/0OZj5zt2QnpmFND5t25pVbP88ceoUBAgyig89Bv5d&#10;98FUMgn+qpWw8nd/DZoTMzD95B7IrlmO1w4+79Qcia54OiuybXjNYVE2VdLdae3WJD0L5Fzdg9B0&#10;F6ErVWMhS79VK5agLpqs/yCA3eDOvyrGC/g6rIWS0trMhrS+kHIVKe61C1LEZUxPXl2dGlvi+uZ3&#10;9ZH1NN1JC5R54ih8rRewBry26DXDGNaMayvccAqvwYfnWfpW4KSZm4k1u79xQyRmEmHV92maqUMH&#10;lSZd6TqMfsXqDo32gwpe7SAmTeo4KLMO+hla/0w4LdE+SZPIn18ro/h38SSUqmWbIxKLiMP1lEkA&#10;O0JRqnq1GTCpUDW8PJ7y+yYwV4aAwTaLGAiAdizT17KQESqvaXZ5bg6I+XqLf769W11qlqZ6sabM&#10;6IKMiF0KrSERDO7dnBqpQxDZhM+XdqJI+wRlTLFon2ioTUVHbS8UGrjPHg8s/TScgbogfBGALD4W&#10;Hz+mdCu34HdpDAuxeH5UkBOAmxUQLSIWek3pNklYLwBbcGP/WLnSuGlkdGbT7ssuhw0bN8ORI0fg&#10;0MEDMDR0BsqlEi+uxLXljcTTnaOYx8Uvdx5TKebkS6jy92pFBCBY0JZwA6YNtsGuV2ojMHQSSzug&#10;zUDbDRowokoUT/vA6+AlYTo2cS5qly1b9hcb1q85YKcxECaeS6f4ly0WRmGCrku5CtOOpVzgLBo7&#10;ShESRhZkZUHYoYsUeG5mgDDhWy2ZCRIWnKjQ/9fqdVi2fAm8+bqr4L7vPdYogvxYW1tbOZtOf5L0&#10;IA3cbKenZ2BiclxtsLwJqS4zbTCJTBJWLl8Gndu7WTdD3buh4WF4+PuPwNT0NKxauYJdsMqlMtx3&#10;34NscXvLLTfz+aJgwg0b1sP6DRvhvnvugYsuvpipNUNDQ3DNtdfCo488Aju3XwTn8HyvWLkcyrUS&#10;dPT0YpEtIN/ezgVLNtfGk4U2BAvkwU8FA9HyCm1ZqNbKrN2gEpeASJFoACLO55knHpShgZ8xk81w&#10;am9bpp3pHLmOPFQrdeju64XZySnWstSqNb4W2wsdzBXv6ulmMWq+o8CfjYAHPVej0TiZzaY/fenl&#10;F927bPkAmyNYSp7ZaE0hScBbivk3rAUrimRCmptUW/aeSlvui/Hurkx9dAJiDrVE5RYENtyP1KrE&#10;q0+05SCV7YBmaQQ3f0XjSNmwzSSM+TXYUxqEbYUl0NO5DD/HLDQqRbz9Agtag4hnlgs4xDzNh10H&#10;bCtBPUNrNnY4O/EsjPAc/YD5b9lCDAvszznTAKdoN3a6wjLWTdwiRGAPOBMRuna8RAZyvb0Q72pn&#10;dysGs0/vhcrEOLTf9BYo/8PX2BWNRN1EB6Qin851DNeoXE87U6umZ8YhmJuF2qEj4H37dqjh9UBu&#10;bdlCHoJkHGSNxDfLwC8XIZiaVNMccvuzICOEVDGzPmktsHRzLDip0odSucTHo6npUL7WgLQhwCG6&#10;oi1KDd3K2PhKQ30K9WaBnniYaQefvUC7OMkgpNdYi15nohSo82tclzieRIbTbBsUosGNCbXl3/fA&#10;6m+MViLQXTW1lNOG0FThhPr8xWndgZimSPkKqBjtgpTOxxJWo6JE0AQ01QEIgvkQlqYqTS0+N5aw&#10;mURaHUsCD2Qpi8cWOOOkwQ51RixODTRae9RbDym/BgiZ8EhmHzCia2oeWowbcLT3NZqGzgTh+hAY&#10;0Oc5nSbtfGfASKQhps6Pp6ln8RiE50VG9ylPhGYPxnigtdNotZvCIV4a1qAOubQiIxlYhzVOQ6e1&#10;lo4X3ysxNm5I4H2WbctP4u8eJoBn3bqIUhhEZnyLAGTxsfj48SZcvfY0Q5y/ln1dUw/vPKBnof+2&#10;gIR3S3FxrVr/lemp4rsmp2ezc6UKWw6SxSl1ebp6euCCdRuYqjKDRS2F01G4HeVOxHToXJyFf0ku&#10;EDkVnUSC+Nz1ShnGR0dgrjhtwQcJ15VA0Q+LI2lcr8KyyQ0bVO5YcSWO0xMQel1yRmrv7Dq3YdPG&#10;P+nr63LcqVw622uJ5IQtHCIe9eBYVwbzRhe6CIlajQayRUTrcLjd3BWIgA9nCuMWia4jWYuHL2d+&#10;4Oa5du0quHL2Inh238vNarn6qWq1OpVMJL5A048OLMApaC+BhXCOwvaS1OGM8+/SOSiXyzA0MgpT&#10;Bw5ChRym8GdWr14JVy27EkFADZ5//gU4MzgI69etg81bNsHRI0fhhRdfgosvuQSW9A/Agw99D9Zv&#10;3AT9+O9Hvv8wXH3NG+Ho0ePQ2dWNBX4nTB7YD1defhU8/sTjsGXLhXD44EFYvmIFnD59CgYGBvDv&#10;M9DXvxROnjoBy3v6YG52DtIIKuRcjA0MKOiQQizTlBqeEAg42rhwyebbeJNsR+BE12gnXptTE5PQ&#10;icXo5MgYvn6HBjUZttOlU9fZ2wmU3ZHv6GAArcII00zhwCLitp6erl+94opdpwsIYhqN1uxx545x&#10;aCwgXYeI6ATMgJd0Prc/kUk/k+zuvrYaO8Y5J0IXf6AzWsB0+zXgbuBny/T2QbU8oeYJxnUIVOe5&#10;K5aEKTx/e6fPwJpsD6zrXwmpRjeUR4dB8D1HxQ731yOTiZZUgUibIuKExEVlnAG/0KLvwE5OpIYg&#10;rn4j5gCGKMzR7A9QuXaGQuVOTqRNSxem494yV5FOVKEqhPH4tHdCuhfvdZqc6WyMAIvLbvxz/C//&#10;Drb//hfhyONPgo/XmEdiZKq54x6UDh0Hf3RciYaZdhJnHZGH11qqow2vtZzuXqtisoLrU+HKS6By&#10;/DQkETzIfL4l2doDm+hmQ/N0arVZy4UqJoMK3nP1EvimWSQVUKzhLyyPZxh0140rlXBSB626XOWN&#10;WAOEQEbC7SQYwberWdNCeBlEJtxMA0RARAJ8kyzuMnYYZGiNEugC3QjqJUBI+yGA0NR6FE2hC/gT&#10;alsrUNkbZGGbCWJMd2J9CQ+Q1LQ7LgINMmw4iTqafggCQGee+GYypDv60vl5/vWmcr6j9YPej6dt&#10;Ekn3EOOpveQpiRdTGp8G5X/YTRDshMCu734Y9MeTfy7iA4h7+vwEBqxIJ1fKbTop6X1Ma0gibSTn&#10;3JlzQlRUKUIKnnVD9Gyfyk4CzWRL/ZywJg4modwTYUMvYvNrbN95/ZGh2YtUFFbSfdC7pUZWtVKF&#10;PO4h+fb2k/j5x5qOLibco8WCmVmLAGTxsfj4MZ2CtH7dnUT8awKd835fKNPBZtPfMDtb+rWJqdlf&#10;KBbL6RIWdI1aEyr1KpTnypynUSpXYXZuFgvEInei05k2XrRS6RRnL1SqFV5b3TEyazz8JhfOc+UZ&#10;BCzTWvMheRQu9QTBA8f7XDgjaS8KpUKwpL6nOlVx3lTa2nJYBPf/8eYtG0aoY9aUkcbTawYKMgtB&#10;ynAxlzKSRm8dKc1/BC4IkZFAYCndlAM5b5wVgg9h+esyfIEW+BgFTVbk1yKkJyB30c4LWVD54ssH&#10;sYDK/GY8ERtq+v4fTU9NJaYmp9Qx46R4j7vA5pgTdS2TScG6C1axNS3tcpP488899yJMTk1AX283&#10;3PS2G6GOG/bjP3gSKggkb7j+TViwB/AQAo6NGzbAkiVL4ZGHH4LdCEooXG16epLpWI/94DHYcdEu&#10;dtrq7u5lvjR1qLMIGuLJOOQQTFDSOlkCk6MVAaV0NsWJ5TSRofPKwnB8TwQaqMghYFEv16G3p5ev&#10;xa7ubpgcn4Curi5+b4VCAWqVGovvCZTQqers7mANEj1nEUE1nXACZ7RnxxPxSQRaX9y44YK/2LFj&#10;C7+vZiOIpNdb+pKEyHTMnvsFUoytXgnIDSshk225rye7O64VbRkISlTwaBcn3w8ndWZ26alOr4fA&#10;KTvWhWBpjJ3M6P0kZeiM48fjME2BkOUxmDxZhIsvuxZ6r9wFk48/C2JiRtNYGuwyppx4nImGE60t&#10;tEWvKpBUl1Zoq2TPOPswt97X6q/AAQ6+rnMDLvaYXiJdOAHWmYj1WqZIN4FykTmIdrqCWAsoMsBD&#10;dWgTiRxk8NzGCm0IKGJWNMxWuvjW0njNJp7eC8MIPlb+8ifg1O/8PnQ06vyu2wb6YOJP/hJieI17&#10;fR28/iTwGiy9ehSaR49BPPCVbasujKHegNKSflixexec+L0/gRwVh3xyzHoQhB1/kFqz0xrfCLZb&#10;XUeQX8FzVqenxv+mfBYTdteRzeoJsDOxNVwqD6wlrbSUpUDTdV1KDoQufPQ1T68r2vDCPqdemtgl&#10;SoYBgdZZKdA5G56wIX7SvWwMpNVAAqSiJfkyFJQHLhjX/89FO1mC09SP0sjJPUoX5so2OAgnPzrs&#10;L7DKd53m7fGeFR4PCF2yiMpLzbJUNscNMJX94WlHNwXwOUCX6VuCJ6HsbiZ1irp0NX9Ovoq2+WUX&#10;PL1WE12LXqMuGhYcLRQ4aN6btfX1zjMp1+G9Rkhu13gRgniI5L44ejMNSkEDHhuQ2kKNkjI6QeLt&#10;LAjCJqAH7J6oRF6Cp0cNfw46O/og35bb2yqiP5+ZyyIAWXwsPn7CJiOtBkqvB8jIfyHQcYFHuVyN&#10;v/zSq7+yd9/znz87ONQ7NTUJDSwySJjc1dkNeSyAiE5VRzBSnCtBqVTE4g430EqJO+/EiQ0QYFDh&#10;QosWZXlUSiV2FSEr1IZQHNJaowzTWMxScUpvQGVRBHZjiyzWVswJ4Dr7uIu6CaKiAokKs1QqjoVn&#10;x9F1a9d9aeWKpeCH+zC0eGLarrQQdrYeKSyllAvS4F7PNCqaXi9bphcO+hAtbly63ehmB7iFbDhh&#10;90KbSy2ONapD2ngvufhC7g4eOnKM3MX+HDeP023Z9F+lspn+NLlSER2IrHkpE4MLTG7zQg2LrCKC&#10;y6Hhc1AsVjnob2CgF3YiqKn7WOAePQ7nzg3DqhUrYO2aC+DosWNwFIu13bsvZnvlZ556CgHQRUxz&#10;eumZPXDNG94Ahw8fhm68fnoReDx56AhcfvkVCGr2wtYtW+Ds2XOwZt16GBsbgxWrV+NrlmDp8hWc&#10;Jty3ZAm/H5qoVBD09g8MwOjYOCzt64eRs0PQx9a+Z6Gjp5spZm0kLieBaTIJXb19rBHp7u3h73X2&#10;dPGEp5Brg7Ko8bVIzjjMcyZ3pErtAawhfmPXxRe+uGHDGtbVEO3K0H48GQWALvBQp8HJAnGpIU5G&#10;jtQC1lS+7d5qe8dYvLuntzkywYU9dXcZFjRVsaZKVd9SW6p4HtL9S6F2YppgJvlnhZoIvgdIbwUI&#10;Qpow2izBA89+H65c8WFY9blPQ3HPXqjteYmBCFRrXPAJY3gQV++T8X08iSA0CTFySkt4/F6lVvUG&#10;OgTOI5okB1YwWRy8pg72AwWgWF0u1XxEGcv6Vt7OehemdVBRmuQqMqYzHMK73OkKm2JYCgv4+RhR&#10;lzyW4qR4SjaXCFSljDkULXXe6GZu4mv14bk/+z/+Btr+7Peh/9Mfh9E//xtop2caHIUeygHpJxG/&#10;FvhnMjD9lX8GOTcDafw9s9zQ801Ufej9yPugNjgE/ksvKYqXtuOOznGUbgG0lWtkgKG72PT9cnEW&#10;al6T1yjOJpGc48500y4E5D6FhsowsI/XCRMpIaI0QAs+bANHFaG+5wjJZXSKFAJpabND1O8Fod2x&#10;mapoTYFnJitsm21crFS2EE95NPCU1ipXowWT46T1IjRpyeDHSzSBtRfxNIH9ugLjlP3hB7bBEhjT&#10;Bz2ZYKMSM3AMpKVI2Xsw0On0oPaXtAZzyjo7IGMxXvf4Pot5XFjTFERN4APWlclAhJayQu0vgckq&#10;0dNKTzs0MvWL11Ch9CfUbDM5Gy0NCbdoF2a0BPOBijmn4AzbQ3pvNJTTUNcgJmxYozVGMPe5eT5p&#10;KI2BeUL9LAHvG4HRz5DRB36N3BNjoEwBVMYJ5Sa1E2X22QidEH5EisYiAFl8LD7+/6NeLQg+foTn&#10;+5Heg16sB8+Orduz96U/P3Dw8FuHsfAszc3xFKOM4OIM/qGcBRpPp7Gw6+3rweJugKcN9XoVqtUy&#10;8+qblORLGR4kKPdV2BcVJLOz0/hcZSz2upniUkJQUi5XLAXA2At6DoNFREbSrhuIiCQv2zG5TmiN&#10;Y9GUy+agt7f/T7dsWT+TTSd4+hHSFoQV/rmiTcshmNfFkSG3vxWIuFzcIDqqWlC4G1moTWp7YF/L&#10;5JxAq3NvC3AxdIwIfUy0/K5U4s9LL9nOz3v89BmiGN3eqDdONX35t+Vi+eJYLOzGspYCFCUmzmLK&#10;BCxdspTdsejYUkDkq68egrniHHR2d8K1b7war40q7Nm3l1/z2jdewzqRffv2wY6LdrLIcw/++6qr&#10;roSx8UmYmyvCpZdfBk899SRs3bYNJqeneDpBAIAKuN7+Xjg3MgzLVq6AF194ATav2QQHXn0VNqxf&#10;D8cR3KwYWAqnzpxkh6rpYhE6EGjMYYGYymUg29HO9pfd/d18nVAmCV1/A8uWssVuJ4KTOQRUmXRG&#10;X18CsvmsyqXBoh433aFqpfb7nR35/71z19agu7udgQe02Eq6pDhpJ12OuoonAy0kJilt0Wx58WSt&#10;m02djbVl700P9H1kGgFiHEEWF+1SZVVEgtawIPC5jsNyoAs3/sk+KE4PKvclXZTT2csJZe/pU3GF&#10;53CmVoG7/+7PYcsr18D2m98J/lQVMrlBBCBV8OdKYG4MyplgsBGLWScx/oyeLlq185JNO9eTSpV3&#10;4NusFubM0Nco6I9ACf0h+hdnIvjqWmfHnThP2mJY4MWpaOPUbF9Ry6TKb+Af0+Jgjran4of0aNwR&#10;xveL93UMz6GXTKopDr3vQB0jm2JnuJL0XnHd6StWYPibd8HKz3wcej/zCRj5qy9DoVLGzx+37lI8&#10;qZydhY5MAqCt37qdEViYnC5C/H1vh2XXXQ0vfPrz0EXFmkmUky1qOk+Jpjnh29DM3KkEFcy1OsyW&#10;i1AHFcYX6JmXATLtyZxqzFABGTN0GYiMYo3lbBChWumv0THXTyiFY7ErHSMF65kq7PSXCnbj2hQY&#10;gwWeSIQp4MZB0A+MHkV/Tunpz6FRBr2CF9hJfkirAgQfcUjhNZfA67CO+wPdyzbLBKJ2hMJMU9zJ&#10;shc1SpHgTFkMJY0oTHhtFHIFRQzUICFCddIvSh8vEVdJ7LSXNKUfOodpLb2ZsMTstEXYCQXnGdk9&#10;SX1G1lDIILqOC9dMRCwIPNS58LQ+RIRBtCaEUe+Fng4nFNrW2gZcSndSLu21Q1eZp0MRFbww70vd&#10;d2r6BjbDhKhXlG1Ce4XQn4ucFDu6OquZdPplplQ7x9zzFsrFAvhplIIsApDFx08vOvlXplidD3wQ&#10;jeXAq8dvPPDq0b89M3hu+cTUDAey1aslFhk3EWBQ4ZDPZnixp5TY48eOwfETx6Gnuw+6e3qYPlWr&#10;q+kHhQiSy1XAxYnq5tGmRJ1n4o6mOV06pkXQoPI+ZKCtd4MweExvDNZZQ3dIPREWzZ4wicqeckPC&#10;P5S2XSh0HFyxasVX1qxdBb6MdpbkAgkDr328xfyxxnk6WtZRZN4kJJhHogIRpZKB4/1vhIXRhVxa&#10;uUGgbRBbsg1tirN93kClhl926U7IZNJw8PAxOh/PY715bSKZ/KNUOvXJNHGjYwku4MkVhjc+0uTg&#10;+SmWyjAyOonnls5bCgaWDMCWjo0MPA7jcxVLRbjggtXQ2d7FhgQkcL8MQcYcgtdXDh7kf8/OzMLp&#10;s2fg8iuugFfxa929vdDd3Q3PP/887NqxE1559QBs2rQZzg0NwXoEGyUsyEikTsVGf38/6zK6EPDS&#10;rtvb14tfF7B0+XKmfC1BsEJi3aUINBq1BvTj+yvOEEDq4vdC1C6meWCxm0egQ9dpW66N7Tap46nS&#10;roOvNZrN3119wfJjF25dD6l0kilXrvDKnD0vQh8xhj2q2yiFeymZgsPkHehATU/b00rVYU22Zb6S&#10;7On6MORyXrM6qSYBVPxIde/YTrI1I8BCDQvR7JJl0CzOQtWfUzQRQWJelbxN76oLX2eaQtY4Q8KD&#10;fU89Cmf3Pg3rOrvwPu6Ezt6lkF++FMFBA2SlpAp3S9HxdNGpNR30lDFP14ymCaBoNnS9GEtUErEa&#10;XQcXbCTupUkOAiu6x2P4t6gH/B5jSZXlQiAiXsgoPQEBkGZgi2Ngxx2PSOdMJ5Ex5bLHuQzaLYz0&#10;AoEO3FO/ExVphXWszmFIxKCjowDNUgWSF26C5f/5CzD85a+D9/IByMYF54Xo9EDWgnBDGf80yjUY&#10;xbeW/YX3wuZPfAgO/PFfQ/bAKxBn8Gw+c+g2FLHL5UZAzNLcpDYaoG/WZstQbqr8j8BZhogOlEsm&#10;eJoYgGvOp4tCE9hnNCC0DgaW1wamga2KUlX1K0twT+WByLAZolKwA5tTYbQftmA2a4pvdAUh9Uqt&#10;zyolXk3svDDALuaFfNdAr+FemLiuIA1eCz5pQSgosKZ1CjFN2zMuaybvSelJlOmX0inwhEKGeiap&#10;KVVEFQv0pI2BMGFrymvRmgwygnDzaswU3pibkBNf0JD2/lZZHBBO34XJOjEZIYoq6MU8h67lzaMm&#10;hXoLtZaIlmLditC1fbu7fwgT1GhWH+NsZaYbEf94UM0DG0AYs1MxDsaEMNg3bJ5oPU8A4Tlm0BlX&#10;gn3pqRwUPJ70d3dX1yDuGYdkS4J7JFNLg5yfVh36IgBZfPzEPn6YHuP/6wetXbVaE17ef/RXDh05&#10;8Qcjw6PJoaFhmBwfhnJxGoFJg3MSAt2RJDtFKswSuFFTujYVqGPjozCBf6jjnMFib3aqxNx6LlF8&#10;RasyBQAtfPScs9UKi4hTqRwveH6gna8giCTxCocvbotx27XylPjPU9YyKhwpxptMCjftjp7uP9y0&#10;eUOps70NmnL+2HshWpWxonTPjJTnQXcL8FxNQJVs/QWHay1gvjuSSyxzH4EWBILD/3WvHandq6Cl&#10;sxo1Eha8GVPwFAUV5rIpBCEnoNZsFBv1xqeCwN9bKVf+H8/zumnzTLCLi8ddNSr8iZ7VvmyA6XQE&#10;GAlMHD56nAsWAgMb2tdyXsj+/ft5IrFu3Ro4ceo0A9jLLt0NwyMjLFinpPRTJ0/xJr1l0xYGH9su&#10;3Apjk5MIYLu5GKfCZQABx34s7DZt2gRHDx2FC9asRvAyyIGIo6NjDDTODY/AsqVLmK7V2zcA4+Mk&#10;MO9kJzXSj3ia500ghCgV7e0FqNbqTKshkMziVxIpS7mvVm/8bjwRv2f3zm0IegaYckXARrjneCHg&#10;bgLQpC7ALL3KFL2aY6+7l9amUnPxlX4CIJXLPRFvL7wQ7+na1Rwd10W/1KnPyopVaiqW0T/RfVWl&#10;XJD+VdA4exjvHwRTNBkROoRThi5xs1TaUghkwYNBLKKnpqdgbb0IpblRSGXbIY/Hr7PQi+cd31Ol&#10;QomWnA5vnHqME5C09MWAizM7QTQdZP5HHGz6h1TOUiKBBUwmqYIWyRkI/47Tc+L5bpTLIBv0/bQ9&#10;xvzZfbB0HanBAOjJIOOiQBV64GTyWGciCLv4apri6UmEWk9Iz1N56GFoIhApvO0G8As5WP27n4O5&#10;PS/B5HcfhAaC6ES1hkWxz00N8h1o4vsLtuP18eF3Q8/OC2H/n/wNwB13QTuugeROpsS6nnMNQMtk&#10;UmkNvDBCTn0Zr83K3DRUZZOnW3R867TO6iDCfi/FmTh17Q4lXAqXzejQ5yDQDQefo73DOYzmKFFB&#10;a+4x4dDYNH9IFcSesMdPTVP80PFNC5ptyIYIwYmwgXme1bsIFWUTwnQ7TQnXWrIWTuJeksHPlsZS&#10;rlRT+U+ecRTTOhBLkTVT3wCsGxfrg4JwuqPAgVozYwoz8fSQOvikYfJ0xgjrWUAdE1rnCJRRNhV9&#10;n7KI2LbXZDgZCpVOCw+T2dV9GVjRPwHkuAZnCoAre+4gKkAXIcHQC+Y7fbnCcPp8cS8WnaA7dtoC&#10;XItvA3pF+HrOZMv+gggnNoFLC5XhZCzMVgr4Po4nVGhiEu8fok1n0ino6e56HveKckNPQMz7DoIg&#10;uljGFilYi4/Fx0/O8ONHQB//0gYD7TvlSj3+0v6jf3z02OnPDp45B2cHT8Hk5Dhzkv1mTYn3/MBu&#10;AkEgHZ6o4jzn2/Jsu3vu7DnIZLOwZNkKqFerMIWFpa4k1GIM4cJHHdAm/gwtjJyzoGkXHohI8S6s&#10;d7neZLUI1LN7mtoQVcFMRY0H2UyK8h32r1qx4uubNq5zzGKk5QWLFuqS6ViZddOdkrdOH34YUmwF&#10;H62gASBoOVvC8cSXkVSEEMBEXZeESwcLK40w0VrqbqQR7IvQlWvj+rWcf/HCywdhDgtA/Pr/waLs&#10;8VQi8cepRPJtlNRN0wIOA+NE+ybMzpXY1YyeO4UF0QoEA6QJmZktwvHjJ0hQDZu3bObk4MOHj0Ku&#10;LQfbd2yHkydOsBnBpZddAqdPnkEQUIVt27bBEfyZlStWKD/5eh1WrlwBR44ehS1bN8PZM4OwZvUa&#10;TmXv6etmWkp7RwdPKzo7u/h3ehGw0N9EA6NrgjJGqDAgMToJUTs72qFSrbPtcxWvM0H2wqDyDpIK&#10;eJyuN5p/hLvs/1m2tK+ycfNaKOSzQPkewjGymhcJA2FEaGgmYK4bz9I/rFg0AFvoST1RUPeTLuhx&#10;446nU/VYvu0rib6eXdUDh7HwVToorku0TiDQWgapa3Pu+lPB1NMBnbAGJgaPsLsV5xXoAoPeR1YF&#10;HvD+T8A8k/fgZKkGz07XYWkmgHVY+FZOTMJYIgP5zl7Wy+TyHTwVCbAI98gVSF9DVoNlOuq6ayyF&#10;KX4dy2htHEFBkWxZTZ1YAoUkMNZAgo8tFjJcwnmezrHQRWpMidNNSrct7PlnVNyhNZHTIF0Gioqi&#10;QIivLI+lZ4GJzfLBf1AGSP2uB2B6aBTi+XY4c+YM9H/wZ2HVF38NoFSBIl63de2IlUNgW9i0ATII&#10;tmdefhWe++TnIPfqQWjvbGegGtPTWHuHWrcqFSIYmIRqU+ybywaPSRPPxWxxDhpC6z6kuq5UHkMA&#10;HamccuJyrLhDzUNg844MHYfPfUznd9jCXwXwqQBSrbNz2yCkUwhCzYjRyNmGiNGm0YVHmToUBIrX&#10;Df+34ubZz80TDT+w2TJq2iCiFtCe6bTrdG1ywcL7M1/3YBTXB5qee3H9YXg6YPYFaaln/OwmTdwU&#10;0Y77UqABoHGUa+Aa1pbJhEGAmh3FQnQ7VWiybMmL+8rK3UyTCc8RcPOlnZ4YcxTOqTJUJkONY0cu&#10;1bSTRvfk8KmtdbzwInbFC07SPQ269YphKFUR0beTDyIgHJUZGpShZqmpR5iKLjWfzNCPBfcYhXX2&#10;CqNAY3jak9wwoN8lzSC5Evbhmozr8oPSmXjYz2Zfe1GEvvhYfPzYMqzmWe7KH3HyoQtUK2P4IYCE&#10;9sFSuVZA8PGlo8fOvPvM6RMwOHgGpibGoVKpIKCgTlRDBXppBxLNINEc4DhPHoQOfSLtQHuyg7Ui&#10;xw4dhAvWb4C1mzfD6WNHoYIbrBfzrCBQ0TWUPWe1WoJEkFLjcFNku3oPCPm5Rptg4Ah/31PPFdOB&#10;UqlkEjKZHHR39/3xpk2bqj3dHZpvHLpFtQYKRvM8AGx6cYvj1QI/OC9gsPW8ula7QlWUlk4gHfte&#10;1xcmBCTOf0MoHg2tGlumM7YMcjYZGejubEi3Izef/5e9Nw+yNMvqw86939vfy5f5cqnMytq6ep/u&#10;mZ6lGxiYESjQEhYOG4eQhCQ78B8y9j9e/iDskK0IiXCYCAQyyAoUSAhGCJkBRiCwDGIZFs2AGWaY&#10;temZ6e7ppfbKrKzc8+3fd6/POffc5XuZVb0NCHryDUV15fKWb7n3/M75LWdWl+GDnad5ErJxd5s2&#10;uOeLvPjPR8X4vx1NJn8fi9U14uU38LwydanTwuM7x68/QbBJDmhjLE6bWMw/cOkCC08pHZ0mJA9c&#10;vsTn+IUXX4SFuTm4/MAlePXKNX4PTzz5BFy7eo0BA1FLiHL14EMPwg0sAC9dPI+gYQS1VhM63TnY&#10;2NxgS947m1twdnUV9vcP4AwWgdTBX0YAso+gaH6hx2C30eiwfTBZPWdVCxMsFshql4TrBIoJGBE4&#10;NbnZxG/9s+l4+qPNRnXziccfgvMX15zwt7ChyNceJvpuro3nyAQDA/cVSjtW4d61ZacfaQHbUIxJ&#10;51X0DSzcxa83FrofqSwv/j3Tap2ZInCvhYmDD/VzxY6rx5WIwDWMyb0Hz+WZB9bh5ic+Bg0pKuh9&#10;1EQTQOUb3Sta9L+X23UEHDlc7+dwc5DDpU4NHlZD0FvX4HDrBh5/LCyWVjmQMdNt4sXQmJQpPI7O&#10;o91nkfyYtBsbzBO4YI2UEV8QK3FC4ilRxYEjg+tMzPjw9aG74k0CSoLYX8VgUOXdkFivoBmE+CLI&#10;ib6zmN4eXOrca9UaFTCf/Rw3Q84gkNj5n/8B3Dq3Ds1nnoY2AtLW+jkutoZ7+3DrVz4K/T/4FKjn&#10;X4IlBNu1hS6vKzpdA8T9KnhKSIgrZSZYT+Nj4bMOxf5w7xCGxZgl+qFctTFvY2WuDUbPTFVNXBdB&#10;Rd2ZDTwwb4Urq0HhpqQqCexLAVNYhyDaqFrvchZE5jz2EOCbh8VEycaQp9SfsHaqkFHigR/oSOES&#10;twsGaW1cRyojgCYCpPFwwKGgRuLWtacQBbxpYp5FcHNS4lqVFvsxWFbhca/TBEQ5EbVLrXdUtMyD&#10;HDpPMvXitFIle524kaUpj9qvpd6ByqqwFtMaSFqmXMTsKehIAYafY8xSsFKXRx0VVxAdH2en+HES&#10;aAP7VkOaVahk89DJlA4SCpeVzA+WmwTbYCMW7871qkKaLRGg5+MBLC0/OJrrdj9pRSt0ksh+1h3r&#10;FICcPk4f/1FhxvGJhfGNsbcUNKjg9SpA6LUOj0bnnn3u5Q+/8vK1b7567RoXe0f7+1yoUUFg7FSC&#10;iITNLkUT60WIP6ucjaFllxDXoaICiULk6k0DL738Aix1F+Higw/B9tYmbG3ejsUCi+ai2JrctCqk&#10;MWXrTMcP11I0e1vd1C5QS0eOE7yDCM+N0Yl+g4XTF1fPnvu5x594OHayIfJ8T4J49+7UuM4qHBuE&#10;JEhRea/19Lyq1JvS7yyhYw5BJ+JccKJ2JIpHZ0Xnabsr9ISTLBQoWTCWc0KsUsmo3vIG2Ww14D1P&#10;PQZXr2/Aq1dvEh2iwM34R/Gj/Cr+/ffwz3fhz9cIXNDPm7Hlco5G8SQcp3NDmRq7B0f8nItLi1y8&#10;kF0vTR0eunyZX/PqtRucO9LtdGBjYxMWF3ucK7KNhfalSxdhZ3ubQwBr9Rr0t3c5Tf3u1jacW1/H&#10;63QAKysrTAPs9RawDp5QrgvTkihMcIrFcbszx8Cl1W7DmKYe5NA2zXkzpmuKABduoLfzvPhQbuyP&#10;ZVpde/ihC/Dgg+fY6nda2AggbJxOePckUMc4bb6Xy9eGTVHgLLA1EDqgxtjIn5dEawdgLNTbrY3m&#10;6pn/x/bmvnuCgIuuFbIFrWaaj73yFHovZnZ3Ckzxi338zJ1L5+DM3/jrsPHTPw0tVQXv2kqUrAYl&#10;r1sn3M5o4oi/W20omENAdnuYw5cPJ/ClSQGXahk82aiCHe7Bneu7cPdmFRrdHiz0VmEOj3WdCnw8&#10;/oYC2ox0uZXrpPpuLgSh7IyY1rjk+lSPobxnVCiMvTuSKeUZ+MlI9I/wYXyWOe5eO+uaEdEswglz&#10;i0hT0TIeCGJ5fAfS1UWkAcudOhRklPFLvwKDfzuBvnXvUGWGbWmX8PqsLs5jGa55Kuf1V1bFrIxw&#10;72kdXaNSwJoUm0Q/OzjqwxCmMPag1cbysIrvdb7a5dcjaOI72FaGqPy6hQupizblKjRnrFC+CinY&#10;jQQQKu9oxiGMrvHjiuXEVpeOXyY6IOv0FPy+p3m4FvkVlOw9FuLkjyYufM7j5MN37f0EzWVtOJBS&#10;4M93EYBU8b/nVAaHgz5kvQWeIiibHlM5ykqHCSRdU9ElC7x3uoCTGFzJz4VFNK0FNbKTNhm+PaeN&#10;owkvdfhBwLURwSAd7xzUCRxcyXjh6ZaOVrVyTQ+HYzFjKZImVprJcny/8VbDs/kfyeouTD7fuDLJ&#10;vZZO2FW06OVww0IOSxZzfDyFKxNjBp/1orJAlwafwKOd5TbvzbKesvQLjyOuyy/hfv+CNwAIRyfV&#10;o8BxY5ZTAHL6OH38iT1eHyAwb3FS6Z2h7geD6EFrzv7B8LE/+uJLH7l+485Tm1tbsLV1h8PahsMj&#10;zuMopmNKbQrFUmHE017sHY10bxgkUFGjK7ypk5NQblwXZXlpFcbDITz3+c/C+UuX4Oyly3Dr+tXQ&#10;FU03THounrhAnRc4BzDsMb/0sAAr15Hz3TotQtVavQ6d9hxlS/zQE08+PlxdWQzUAgjuUmWHkZMS&#10;xV8PeIzHvRzkdh9mVqIZgWiZGmqTpAtpkxmWr66S0LWZ0OPIN08K5VKwlKeyJXa/PoSMzt/lB87B&#10;wnwHgchtLojwcQVf8buxYPmQMep7Klr/F3hus0w6t5wSPHXXh65Y/N05LmiOsKCa4PUzj/9eJbrK&#10;7h4DhvPn15lPvbO3z1oP2uSGwxGcXVtjnQg5bBHti8b6Z9fOwv7hPm5uSzDG12hT+CCe83qlwe+5&#10;hgAzE9oAfbpGs8UbPeV3UHHRaNYhnxasW5k6+tAL+DZ/cjKd/hR+7FtnV3rw8MOXEBB1mBqUF3aG&#10;NueDFeI0Mp4ak2zgILkKKk6dbFl3EwFluUUQNBMmnnsqpObPn/1Xdx649N8cvnxNVYqc3wttbuTY&#10;Q0WSlnvFBDtN0RTg7x6+8DLMf+P7Yfk7vhN2fuHnoEU+/cq59BjlePJNAh94c9bw5wf4WSoIQNod&#10;DZ1sCh+bWLgzmkJWTOEcArgVLEwpBG64dwcOd++wDqG1sAKLvRVoz3WZt66Iokm0vDxeo1HUPBME&#10;n0XrVZ+UzHa8lNcDEze98A5OSpXpb6Gj7ulXpuQI5B2APOg3vgD3trTWJWv7k6mE3WMhOh9ROZvT&#10;zzWaCEpb7CTmuGPueY2Ipl2OkHSGS8uDjSF44TYUohO7DigJgZQPhdddH4EfXbOjYE8cjQ44AR2v&#10;YbI+L6xYzSbXaTA7ULGnoZRNmhcQ1gwHXAqZQFuhjBmmJebTqUwDVMzz8P64qbu0NeG981TH2FLO&#10;SJwaqoi3/MhJzgUX+yABhUW8sXAlgSU87rQR9ooMdoYDJxr311ImsZcJFQ/E5pftYr2eKqEfBdtg&#10;n0+DX683m0x/NJoAs2sgaKIWgQ1dQLbxVcnnSrQfkQSrAznJerV2cuxpEns4OODPYMQamMT4lp2p&#10;87Bue3OVk/KtYgq9SibeWrSEDh4Yb7HsjSOShHOtoyufCgGfyuVLpcYF2u3BxoNymwQTCrWMgH29&#10;5vJ/iIo2ZvOOCiyvnvnderM+LqbT4/SxZOpj4RSAnD5OH38s040SL/8eBag61j+5d9r5a0EZ+xoA&#10;QyU0LjVjB0vgY++g/9SXvnTlF169euvhGzduwa2bV2B3Z5vtD2khmU5HPIbmbi1vWpGKFMfCjovq&#10;uy3O0tAJ7yqZ20a5w45FYQsX/WtXrsAiFpSXLz8E166+wpSZlBTrU2XJAUXrGvvCQ8ITt4H2ldjl&#10;KtehIn40ASCi3rSabVhYXHpu9ezazz355CNhCMGDB0+rMrbEd0utdVPaVenMqVkAYY8tuOYeZ919&#10;h6WQKdeqFLQ263KVhkL5yY1Raad4hrKX6lUSbn7oyupkguI3l8ACd93RpeV5mOu24fqNDdjY3HZA&#10;EuAT+ER/rSiKb8H3+D8Zo/8zhCEV6l66IDAQMDHhY9xpt/FczvFUhChapL+YW+jCoD90r7HYgxED&#10;TUDQ0mV3LbLfpW+Ox0MODSSXtLlOm2s/Smn3vv4ZFy2W7TEL4zZYKiYYjFRcB7Eq/vz4e/iWi9/G&#10;9/rT40n+C/i1o97CHDz44Hk4s9xzRU9hj92HSjZxn6RcagqUrD/pnzo6tSVd0vRchM6idC25A48F&#10;gJFihS/7ohB+vYHmwtwnzzz1jo8ffO4L31JsbAE1MMkGmIPNKBhu6kSxRopu8PkSND3MqrD3yU/B&#10;wjd+A8y97wMw+uwnXKAbxAhLZyPrhLlUhNJtNsZ/X2xpeEZNYLVegXc0q/CHuwN4Gc/ZOgKR9VoN&#10;2mTNa3PY37oOB1s3oVJrQmduGeZ6lAEwB3U6Bwj6qHHBqdLekchA0KP469i7bBm/joAu260mFMWo&#10;0/I6jti4SFgpooXQURDtaThhMmmkC6xFaxaDFWwiCfe/5+llAftbkyL7REwcKU9xKpOASp4KWzft&#10;9ZdR4Sg/RwcDGI1yGBQ0/3DF89TGrHf6ylylzvki0wTmRnqoLTUhjPHFrAnUFzYkEBe81JGIp5k2&#10;OlERpYonJ6KhyZmG5IwrbLKpuL0gpdIZnzUonW/nUsUGVsZNfAs/aZFsFb7mc5DoS1fw5/h7HbrO&#10;cB0fTCfQnWroHx1Bu9vlYt5RVzMp9k2kmXkwbqNDnMu1AZ76uDwUBARTJ5Bmi3EVl0iamPN7I9E4&#10;040cECNtW05vUsVrwnhqnRsLyPXi7utK2KscECFQRPlY1ARx2MO5qhnt7In9RPpEykMy0fb3Sxaw&#10;hAlgzk84yruNjVpCD4ycMXDcT5RK/laBjVAUKjjQh7elHSXNysSKNCC0Jg+PBqz7PLOy/MtaMmvS&#10;SYxNjVVSqtipDe/p4/Tx1Z1uqNdgX8X01rhIqCS9+41MPuz9+vKpK6wYlUDCTWbwsXf0/i984cWP&#10;vPzqjQs3btyAO3c2YH9/G45wsS/yCTt2GJOLWNZx262Jm6crGtwGSJ1zK3+7qbhOmoGKx9su1dzA&#10;wtIS7B8cQB+L0pVVotdswmhwlIya3W1MfNyJCIedlaEU0plw2JUOalJOZSaRqqowP5Vsd9udLvmS&#10;/+PHHn+4v7bSc0YtKlIDThpIeJ94X2OmwC12vpOq0pTpUSdkGpaeM/BwogglWHN6MT/ACW5cNhJ4&#10;A69Xzb4OHANPgSmslHRE4zfUTDfe/wy7axaGi9gHL58na0W4dfsOgogj59yj1MfwOT+Gn/2ZHPL/&#10;Gk/td+BxP0vniHQ3lYoSIWvOtpW0sc9157hrTxMQynzhKDosdBoU2IavRYVFt9thqhRt7mSPSy5V&#10;rVbLhXxlKmS0VMn7H79WrzjQQc9B2g6icREFq8ICUd6cX8DX/hX8/Z/Fgv7Tw0lu5+c78MCFs7C6&#10;tsRFUFHYE+8p44+5jRa66TG1KlpTQihpobyxh8yBVATqOtPWB4FRqJd2Oiju4rMlau4pR/nSww/+&#10;X5vvfMe3HN3Z5nwMunEL4WNTAVWMp4kLDggVyzkmEbWq/8nPwHwHP+v8OoyObnOWS2ETEMBTEUel&#10;qxH9EV93gO/p3S0sAvG8XVrM4OJyF764NYZnt0dwtT+BpUYVHmjUYB7vM07kKEawv3MV9raJjteA&#10;ZhPBa28Rmu0uT6So1VtMXNI6VnLSYY9cdW8j6se/XPD7lG4BADHrQmiKQr3xdsQpd1VLIagCHUrH&#10;vDsVM0uMF7ArCEJmk0xbGAyp8toeNHWzWT+uc5LOJMI0JWpQxGI1+Ga79W58NIbDwYiL3MNi4NoU&#10;UtgTtYuBCP69WJtzuSe2vLaka5Txx0CL45exkCTNRQohzIidubAuymBGpYGWELJngiVv5vJMeAJi&#10;Yyq7f098DxkhR1lH09E2c4DbxgmODfkkyTQdP8B71i/CS3u7UAwO4crhHoLcOZmkWaHhQThWYaLt&#10;QzhFl8Guad49LYRQGufsJ6MvDhylYEfjku1TgwPg5krFUR2Vs3dml0GTrgnSuKoIdVql0x6Zgkyn&#10;/LlojaIGnZbrYDwRPUmYrsEx1yv+LDqZegCEvCc1+9/SnGP7X0Z+GlIvxQiKfVZMRfh7CbD0TnKe&#10;dmVd+jyt65ZAjnE5IBXtAoSHgz6sX754e7G3+Bled01ChfSgQ0Vb+be7DuQUgJw+/vTNRuzxQjZS&#10;iWL36bUmG/d73hKNSx9vqHi/fto3trYPv/ULz734s6+8fH2FxOZbd27D3u4OjEZDyKe4GRLtiigm&#10;4p3OvFYTnUqCgxUvshkXVBVczAyUFx5XzELYCJm2gBtts9GC8WgE1668DL3lM/xmh/3DxFIXX4dF&#10;wlP+OeLzK/lgWsVRtetSu8KNph+0KBJ9p95qkwbhS+vrZ3/2ne98R0KdEYqFgpmNPI6r06T5Y42p&#10;9B8mFhuzgDBNDfTWl6qkCVClzcZzvWenSyllPHVjute0S51Aw/Mc8LBDxUSr4JBVBsX+eV3LeqHX&#10;gfn5Fl4fR7CxeZepVYxJM/VpfN5PG1N8H573b8ct9a8qYz6Iz9JyeouKG/Yo14kkcNioZ84pBgup&#10;Wlbn7irbXmIBQKnHtWrNFaykHyI9BhbjJPwtOLtEhMiFZQtgsnZ2oGPK3cUJi84rz+Nr/S5u1L+I&#10;Rdvv4+/v0wbfnWvDY+fOwBoCjwoCJZp4UNbN7FjQJDenK2hsYKBAACQ6dPBS96C4cXs7UEgya6QQ&#10;8PQH70JqhXYoCeFGFSwmp/eW4+erNOv/79rXv+/3vvLcCx+02ztgKi4jwYo7EhUAwaotaEFc4ZCD&#10;o8YM9ragubAMORZxhR3ytEMlDqpU9FVl4yRtCDlC9fEpR3iMvriRw5k5LAbP1uBdZ2rwle0cvrA9&#10;hk/s9xGgaJ6KnK9VoIVgtWBu/QQGR5swONjEIoTsrztYOC5CpzfPTYFqO+MFgcL2LK4DSoTsbsEi&#10;DUbUd7l7J8R7O+1BCJqDkAvBvyc5DZDqLArJTfC3Yi7XeCbdBR1piT7rQkOw8IoNJe+spVSyLqgT&#10;KJWe+5/N6L1iQF+8RlyxOkXgsT+csHagPzqAoZ2EYtwmk2paP5dwDbTJWhHYR8m/S80QGz+DlaA5&#10;FhcLsJB0wbKkIZiXSK5KAQmBzGsd3PSD1me8cUHhdWpGE0crSl5RC8XHuZ45g4KCJr/ioGVlChCb&#10;SLElQiB7odmEej6EtUkB+5MxOzHW8RhMiikXxBmfSG9cUMR909iSfi7em456RpP1ZqPBzQ1qqlWS&#10;oFY/nfQmKQ6o5pJJJYYR1tMLs0BJYt+D3HBDIwsoxHJTzEqYIVkMV8lyOnPZSlM2kSj4ri1KzIlo&#10;XRtsbCUDKpzjZCoS8rHSqbiVfdFrToRWl2kjAnMtIHuGqquTrBrtM6O0ADrl0t6tmzBncozIHfPM&#10;yplPdhfmN40k0acOX7ONvbc7DesUgJw+/pQQso5Tq1LMMUMZBvsaFKxZYDILPtLvh0I2yaAT0xG4&#10;s3Xwn37+2Rc//Oq1G92rV6/A3s429A/2YTRE8FGM3eRDHEQ8/aQQXrTvwCjhm6vQJbOBg1pKPfU0&#10;FtnJ/eiaOtXU1W4gELm7eQu68z1otDsw6vdLvv24UuN7mrI1KyVWe/KGlg/ju0PU7aHOUrVewZ+r&#10;crDY/OLCDz35xGP9lcWuuJOUT4qdmRadVPy/1gm2Mya7JjkbPq/D5aAVsfMZOMT+XJnYvSxdLDYW&#10;EVodwz+zb0anoxGIXW4PFEO/U0V+lg3FcPngpHobL45eXJ6H3mIHDg76sHP3APYOjzjhHs/FBv75&#10;5/gj/xzP/aP4Zv8S/ve34Z934vVy0XWebeDY03kvpCgg3YHz6qfpiWLgkVFRI6GUBEim3plGTmBW&#10;cUCBxv/43m7h3y/mef4xfO2PIqB5rijMPlGYqghqziwtwDkEHr1el68Tdrfy7Cmto94mNn2TVGnf&#10;MFYxTyJBhKltaXp5SX8+ufnK4tGSRFTqL3ZQIlsqEsNSXUPFDOXtFCZffOjy/959+l2/3v/Y/0dy&#10;cvCWO3YiHVvfheWwQrke5Wem9E16vvk2dMbn4ejOVSz6JgxCjNNdl0of0lvVwE0Xm/jfJIa+c4B/&#10;Di2sdBS8Y6kC7zxThet7OTx7dwIvHI3gOXyCVTzWDzZqsFqrcHfUaEdTmQ73YWewB9sb+Jw1Kvrm&#10;oNmZ5+DHRqfrQguxILREt6Rzr+k958GQwkqHnTP7bCyMVJqrIQcx5F54ez6Vep2mDYb4oZ2LV+zK&#10;WhXzG5Sy4byn1BF1bNRshBbku7yS8KGSeNPSSNL16Qd9LKqHOYy50Ctgd7zHxTAd88KHC+JP5uxg&#10;lsFCvRMaP942NoTTheBHFbVdkFDThNef+eYRAY8idulj+Fz0HzMm5fDK12St4nMzdVa+JHx3nueW&#10;ndWMAHaXKcIIV+4LFWho4VE4wBashoUeS++njc9LmsQhrjEPIRj5o909mODaUKlXnY1weGsipgcX&#10;lmqSAELvUuee3xX7Oe09HTqWmdtk6PjjHpPV6kGP5GlinHSVi7heqZlNA8JE019fRkAsi7xVUZpa&#10;UJOBKWTcJKtzGKfSTgPC6SbGxPftNSBKhXXCJNN292UdqXhWRy2lC8GKrETl9iKmHJrY/EgnJwy+&#10;Z3N0kv3CX/c83Jb0c9pvaR8nitqZtdVfbeD+zPqkQDlMJ/5xDhOA/ukE5PRx+vjjAx/BshUSQyIV&#10;KRyhkW7UG+8GlF0A42tC3It0KlS0LoT29tbetz/77Is//dLL19obGxuwv3sXjg73cCEZY5E/jEFV&#10;0uCnkXtIsZVxtauBpMMiokbqbrPnfgAoLrjO0xM4jVm6VIUspESxojdPWo293V1otueg0SLnoqFs&#10;+G7RVFmdrV5pbF7DIkYLxUsLsMmUo/6QQ1C1WmdRbG9x6UsXzp//GQQgiVvOPRCegmNWvLOTKmtn&#10;qn8bnad8OK2ZoUaEoK3QJ9dhM0+H4sdE7yI4DM42Ck4EH+H820T07ukkYVTvxYppBypLuvEzCnZf&#10;2aj4836zsGJtuthDIIJ/KMH+4GAAeweHzqq5YJ3Ei/h+XsTz90/xZ1fxxx/Bz/cefNYP4Cl7HK+D&#10;M/hWFgl7+nA+HfXAEozmNiw6pzQJqGY0WTMHeD3tYjFwB7/1ZXxPn8Xn/Ty+s5cm0+nNwjguOwGa&#10;hW4byHBgcXEer6d6AIYBeCRqDUi96e3M5WHiPCO29ew9qZCgEspNoPHECVMKRcrizGjA4HSnGVRq&#10;YvBAHdNa9aMXP/gNH/7yS6/+l8XmtisqqIDMXFKz10PoVKydjLNyDsbBf55dhjYChcHmNbwVh1DR&#10;qpToXiRFB72NOnn80/2JXxjiE+8cWdhCINJrAaz3Mvj2pRZs9xvw/N0pPLc/gd89HEAVn/NirQqX&#10;sUhcZKcczQU0U//zMQwPRtDfvwPbVDA22jC/vA5zZ1ag1VmASb+P93oButXCgt5RtQoJj3MgNXa4&#10;3a2UCZ1NhfNlj1Edk9mgByDS4dVyz1uxcXKBfTZYlLrMkEgtgnQCktzf9hjQlCLWGGGZCbVRClsz&#10;MdAfT2GI72NCUwT8hPsHt/A4TVxqeIlDTxbSBjq0rjVbouXw9DUIVKHQSABVolZ5fZHXthWehpVm&#10;SySp4R5ZpzlEyieN+wxyAkg+kFASXfl1Cgj3ipGEdVvYoL3gdV8OqdUpWc3GbBe/VlGDAa+jp3or&#10;8KubV6Ax0fBEpQlf3tmG7MwqAx6vTQkNfAF4GeugFF87nuuWCaCl983Uz0ZDwhjpPsqYWkWCcMU6&#10;EAFBRtLlSRvFQhUTnMCsiO+1aEBon+R8Fu10fn7fs+nkInOJ8KPxGNoIwokQNjU5TCduBhJosTbS&#10;lmLrImMKozPbUmICEKdV7v0U7P7oa40sMYBQEkLqpv4CjhPKhUonakIP5cwvI81H5ehXLPK3DjSS&#10;E9zh/i7Ra0drq6u/w2v3VC4CI78ja7maCeIMeSSnGpDTx+njq/+YNaEqcfZnsz1e501o71E0q3Rj&#10;TBaUpPnFY/zbG7vf8YU/+spPXb9+s7W5uQl3Nm4i+Njngp9EvxYXw5wFibJocAJvLpQTzQt7yD5Q&#10;WsbxOhRxzsHKcAc02AZSLgEuiqYiYsc8TlXcQuQ2MtJ5HB3tQ73egAYubM6DvMLPTTc0Jb+OJxMR&#10;DlZj9zjLxI0DePrRajdgvtujgLofeupdTw66c00sPGWhvgfIeK1wpGPgY+ZhbHnGZUPKOSQzkRSJ&#10;qlj4ngQukk6bguOTj9lpjQo5KdKlU3EeExIZxKoyCoBTF3mdXIOeEgElSkB6obrgPHfOyLp35UwP&#10;RqMx9PtDODga8n9PRmTdbDfx9G4arX4PX+VHpKhZx/e7is+5gm9pCX9oGajGtbZuNIISMqXReowb&#10;1xC/t5NlitIr97AIukOZHXjUtomCRRsjU3jIzYbcgTpNnnr15tvQajXD4Z4dKsGMYUCq4Unzco5J&#10;0tMb2pqgVQop0hARoKNQ+M60KtMNQjGqArgzAgaVCMiZJombeQ3/x25weN8sXTz/v61+4Bv/ws5v&#10;/oe1KhavJEC3unCdz3zKlJZAlKEaSkTBHnzS/yb4jerqCszNtWB87SqM+jugKwnoEDBC/ZBqMFJw&#10;9BEqZhok4AXK5TPwxYEBPPWw2lHwgQs1+LqzNbh+WMCXtifwwiCH5wcT6CLYuYj36wMIRrqZo2xM&#10;k8JDTQawc+MF2L75Ij6/u6cp86WXzcHg1iZPuMiUoEqBcUTNY/F0zhNaMcR197VOQIj1fH+nr3GC&#10;9BQBanY8iueyPNFSVGfysmZKDZ4AOvxv+imMp6FaE40sVNR3paCJtD1EKRzha0zw98eZ4mMyvrsH&#10;e6MdnvJNRHie0qjo+ujVGlAhrVNIT4fQ7Xb0xAiQ/fWWalOitsOWboxQFFpbplolzRKQzn6k1Ljp&#10;gGskJVbJCW7XKrrHGatKE2Wr4v3FjkuJhWwRwCUeo9zApe4inNu7C7fGfXjMtOG99Sa8vL8Putfj&#10;IEty3zNiSZx2/lQAZm4cI//FFCmiADfqdTc9V95i1705NlDxgm/jmm8kts7EuoEBv/WNBiPAwOlE&#10;fBi7ElqWsM1krxL3Mfx7Oh7xe6sTDatS5/vbATQ1o49IM6AMC785hNC6sEt32fpcJxuMTIIxSzJ9&#10;yQTQBEc4DzwzFSiMYCRzRDt9nrMdzkPOibsuZU8nAI/HijJaLq0/+Mnl1TOveOcxJS5fKtUEeXDl&#10;J+r2JI7IKQA5fZw+3tLcw6Y0i3tMPCDRH7wVt937We2mdC5aPDbu7H7n55994UOvXLnaur2xCfs7&#10;u1gwHjKfP8cFsSic5sOIspbASOTNuk6PawhnrqMCKhHVZnEDkA56pDQId5u7oKrMg7Kp2FRjQdPi&#10;4EJTZNButl3IUeaKiFoVN+rJmG0iaXytXSgIU3VIa0DApF5vsfB8vrf47OXLl37mkUcuQ2Fj1oWd&#10;yW+YBR+2NF7Xx8+OtNJDoqs6nvVhy4TqRPeRbshC+ZDO5EnYJiRMn4B9vKg5rXtLECGZQoG1SVCV&#10;hnIGu3agUactMBM7ceJcM+uoBiUw7Y4DAb82/llZ6XFRMMEiud8f4PU1YnefyXTqOofW3MLXvAWJ&#10;bNsfM61cMQUQnWZAedcel3dBHcg5rHzrWIx18PXmui3uZtZqlVD8FCchDzVDfzxByFv2GFDHU+9D&#10;0rcOz+cmFjLp0wlYSwowlVI30gBMY2cO6Az9gd2uKjy6we9ce+Cbnvmeo2s3ftq89Cru7yNQU7w/&#10;CIRJecBOP2IBakFSo417T4WnpRBFBu+zxuVHILt1G4b7t4BgBYvi/VVho/agCEajFuoETAh4koYG&#10;f2AwMXD1roWbOxYW2wrW5zN4dLEJexMLr+wU8MXdCbyCQPTZoYARfMKLzTosyaQ0F4qlO1KG7+nJ&#10;8BA2zCG0EZBM8bopjjawUGtCY24B2t0eNBbmoObzfgiEUbYCJ3rnElLHM9bIj+ebPBPeRxRkK7Hq&#10;VT4I1U87tNPjkKsZFWdKij8FSYaFjUqHktuZipoV5RXzU8PvcYygfULnAQvVSZWmTU7DMNndgY39&#10;67yW5nLtGj6XEUiQVuBMo+vfhXu9wil9QlaHTSiAOjG6ACgnUAedR2wueIeolNEWdEXi/qZrjGrZ&#10;TCDVF0QrXBumHyGF3dP6wDl6BZE6+I66T0IXYwSYoeuQ+QQW/9+wfA7+/c2X4VZ/H85N2vBIswqb&#10;uwdwONdgt8NJ4ehlJqVCmjgNqmgXMOiYsFO+ZzJ2S8z4ODMEYqOLqiR+K8li0mzR653UQrNHKTm8&#10;UWDPAZdJKnlKcQUBCX5PJGrpFN9Hvdrm7KpC6KZ+EpX2oCKgsOF8+z3EUwjjmqSSiRBpfSoyfXHX&#10;twWv8TBhb3YCc8mC8VQzr/O0csWJ0x6Bf9aCUuZWrYrvecr3ytm19V9b6C0URq7FoD3067pYAPtL&#10;0Nnkq9ey7DkFIKeP08f9int18tyjXK+kTo1lCcAbe81SoJk68SVLUw+IRcTm5t7f/uRnnvuJ69du&#10;N65duw67u3dZ8D3GYr+YjDjhnN6cc6myjtdLC2XChQ86AusWwpifIR1SFhG7hVxJd5ACpQrrCouM&#10;OzziUiL5CZyIK4JSFq/hzzTrDRiOhzCAITsh1RBseD9Aol/1+0duVF6vM/BwgYOUeN6EeqsDi4tL&#10;cGZ16Qff+553Dpr1CtYo9kTq1WtOPmQDZv0LCaVlNB8Md0qHPhGBBhqDCdQFJSCubImYduSTTJLA&#10;n4OgXU3Pfzq5KIl7ZrQbgSbGHV8bwbFKyhiVZIEEsaKK+oVjwEaV3bxU5PWm+XxVBAMECObmmq7r&#10;iNcFCcXJqWo6wc0X/00BgTT9KnyoYXDmcoWgp9jR5kiuZqTrqdernGxPwnNdUcE1znp6lbXH7oXZ&#10;+7EE3q0r1mISs3wGrWZAfrxpVTK9CgQPr+YOE45UfJncQzP3r8MoiV0llItY19WucIeXfqXZm//w&#10;pW/+pm99ZWf/72T7O2DH1EpXrB2xKncaCCk8veOS8h1eIw5ZxukLhjUNtQvnEbC3Ybx1GwHjPhZq&#10;VoBKOZ/T5yl4GE1/iAteERBBz7d/BLB1VEATv7E8r+DJtQo8tV6B3b6BV3YNvLiPYATf73OjPrTw&#10;Z87jvXsR789lLDAbZL1KWgfh79NxOcSv1IV+Nc77MNk+gp2dW1wk1utzoBba0MZ7von/neFnqJOG&#10;yDgBOdHTOIuAXNgotJEnBIYLLEfpdDbHPjldCCx4jBS79yjX6obARfNWpaWbPvCfQsgfVtkCst31&#10;QQ5WOQKZggAb6Rao0OSTkbEYub91BzZ3ruK/C6bj2KD78k5gENzMVjpzkuOnEsOiBHXQ59E6CvPN&#10;LA1tpisGMfhSpSDcljtk/v97tzU6IGHql1wkVkNIlPd6pELE2fYkwX5ovkQHq0DLCtkdmqfXZ7td&#10;eN9wDT61ewt28PpZGmp4amEefufuJtxq4DrT6uLa38TDWnVGBOBoR5l8LsNT+YzF5NPxAK8TBxDZ&#10;3h08lde9OIFZXamJplCzc18CrwJFykp2inczIYMM+p2Kw03Ac3stQNhnpjibSNZJjEYDaOE5rVYr&#10;kE8qeG1Ojw3AVTKL1SDUKhX3AatiA8jZ3+sIugPNCkTLEizkoutmei0Xpixkt356YeQDuemUF9ST&#10;u91oMCAt1/Ts+rlf7sx1uDk4m6Pl9aDWqpLTljH27erCewpATh9/AvSqE0CJKvW+Ic0vi9QoG6tK&#10;9SbTzh33VJXpASfdCPjFjY3tv/2pT3/xQy+9erV+hyYfZLN7uM+Lhy2c1W4h/FYlm5719pGz9CLt&#10;EsadJa5bAbXnzFoHQrSMiLmrZhx/2LWjLHd7JtSp9OJA4zi4wVFLeKL1ap0T2PuDPoMOmoaQgJCt&#10;QhFs9HET0tJBzHSNi1ISsy/2Fig74lNPPP7YRy6cX3NFqT5+clL+6azw/CSLKZW4pIRzrcoaDuVt&#10;tayZIeHb0K2yCdgolQJJuq+KvIvIMbdWhOyJBS+I77xOknLLb1o2oVgkEPVElcm+ZZoVi151QjPx&#10;u8gJAZDqOBCfNVQIYZcVosjVORTwxGyc0EmNL+knB7PY0TnQ2pJ9rjo+FpwBH/YePMb4+UIuhWyw&#10;EILpIHGIia5RykawGIyWfC5FOD6y8StVtnC2M9PQECaZBlF6HZUN0xLqPq6945H/Ze/q9ffs/+Hn&#10;nq5mYzz/IzBTSeEmgal0SJXxFAuh4viU48wVtwSqx3Relheh3umAvrMJ470N/L2JFCzSwEhohuXw&#10;O5qGKN5s6d/1jMTjiIewwr5x18KNbQudOsCZnoKnL1bg6/Antw4NXNkt4KXDKbzan8ILWNQS+Fiv&#10;ZXAe14ZVLNLbYrhA5dhIpl5sD6wdFRM/LAwHd0Ed3YEBf+SM4uHx/7BozFpQa7d5GlfTDVCVJlQ6&#10;LZ6Y0DVovZMRd3KJbuVC68hpj5svUyPFuxzDaZHkI1i2lOXrQiYp1pTSc/j80WSDj7EI8am7zY0W&#10;mhJTkCQdo4NduLt1Aw77O+zIRvTWXITnUzH8KHw6OgUQYmHdqbf4+yqKhmYs8o4N6qTTneSTJMPd&#10;oFk3ScvKQux80/cKWypWlSSgh7VM2ZhhoQJHxx1nrcp5KEFlUh5Du8DJOGEgmu8ktfbAi26M5+td&#10;a6t4LCZw/e5dvGam0M0H8O3z6/B7e5vw6hECEbwuDFnrNig3qhrCCjOx7M1owIB7ShvPdROPZdXY&#10;ECRKJ0pnbjJDNsFsx1uJ7op+rY2WvyahN0UtnZXpMYNSMVyxaZ9fOdoWrSI0IabruWDKUyV0g7QH&#10;mL7JQXuuJOREx6ske0X5rVlHe/Xg1KuTvA0T3BCt6MW8LTvrRqwV50wbplTsRujM5HjtcYYQxEbA&#10;PbnVht2tTbiwdubTZ9dWnodga52wH9LJmw/EhPi51KkL1unj9PFW5iAqzb8qFUQn3VyuZldJIfxG&#10;JiBJ47nkVX/yO6P1/+bt3b/1yU98/kOvXL1Rv33nNhzsbMPB4SG7gBDHkzpChrwpxXWE+K1FkabZ&#10;RgpJ9PL2G5kbo7rOS1U2LQ2pqJpsB3nRpu5KYUK3hkfbviMr3TJlyvVZtVpjLcH+wR40mw1ONKfJ&#10;R7Ml4W0cyFTlDhK5byx056DXW7Cr62e+/6mnnpj4MXlpbzZl+sExUbctm5z4wt67e9qZqUfYiEP4&#10;VVqAR0tfW6JDyEZ+Qi2sbDnYLDqJeK55csVplWwuiV2o9m5Xadpg5ucUSYl/fI7HwDLt0gs6ivxd&#10;W0pd1wD3njjMXrslylra3/PubKoUFgcJ+FWzT65UEP7PTrLiK8w4NBzzJ7YlkBMNIlQQjtqZiYl/&#10;uixgDRUa5cZCcCMKtYBjA5WPT/qhSxMGX6RJJaciKHEZIfLDmdp54ANf9199aXPr43D7zoqmwhrv&#10;E34/HCBnuIDSjj/FNqj+YxiJWtfS+TeiLyhqeB+tn4NOdx4mdzcgP9olZQHkOl7zOmmo5OklmgA1&#10;4qXX8F804aCihTIOrtymbxjoNgGWEIx8/aUqfAOuF7sIRq7uGHj1YAqvDHL4/VEO+WAMi/h5Llar&#10;sI7vfxEBSVUQT400Ez6DiKcYmu/LjKc7VBgNEZsM8Dm24PBOeEegqm5CmmV1BAZ1qONaQrkxlVqD&#10;dSU0XavWWk63lrkJiJWMoUzZEKznaCgqUgNlLefDzenz/iApCfFzo11NFq4EcIiOeLTPboNHw208&#10;t4Wj39jYWzdBR+LuWAYj+BxLrS7Umh2YWBOUL8561ia0PTeFM+xuFd2PSj0Jf77EDCRdsGyw8rWJ&#10;+YWE/cn7cg38sqlCmGIUoh5J7qEwNfT6BKOCcxXTAxOHLY/njYrrT3BDFLe2p89fggU80Nvbt2Fi&#10;BvDe9ll4sv043JmvwcuDQ7h+tAOb2ztQ4HVkmZLlUu+p7UHZmR0EqU0Eqc/DAOpV57Rn7TRkq2jR&#10;NToMITSxQKX1t59730aOS6BAiVaKwEJupzJ8MkI3ypI11d1UNBXmvZOuOy3Bql6zlJpTQEq3VeXV&#10;NgmTDWJ3MU3QKjEaUNFYIlBL/flWznnQA5PYJHPHj7ZwalCSboZzndge3dGjyRhmeeXMry+vreZM&#10;IYNovpKCkJQnkBofvF0fpwDk9PHHDDvKFJXZHAUzAw6suB7pNznxmC3mSq5IoUhUKTMGbt3e/pu/&#10;//uf/8lr16/X7mxtwf7ODowGfc73yMn20vjJB4htpCtOORTNJ6vqTAR1TtdBorPQwxIg4YPxyNsc&#10;xB3Fe4szv5o52tHX3Aa6kY4VDLhCyQpg8ceMOLqUhL27uwfdzgI0Wk3uwC3XG3B35w5kuKtQMnCj&#10;3YS5BZ5+fPyZ9777lxbmO+zIVGryJ9OiWSpWieamyv+etUY2ntvtHY88+EhoTkFzkjoOiA7GL8Tx&#10;PKrSzwBEwyXtKU6JhkUlbgZWqTIIVZGb7TjDNkyqImRIkqRVpEL4zlu8viPQUUmipT0hL+S1QIg6&#10;NplQx6Ya8aCr+08abZqZY0/Qx8xOgWbfjCoXbYlrVDiWSp34+ul9lzaiXWHiAZQj3HlGGE8TTHpk&#10;1TFvbpVaVkulpyQF3JsngHTmiR7ZXuo9f/6bnvmuK7/1sV+sVVTDaaHwnE5c91ZTcUP3mtDtMgn2&#10;Y1qbNHCp0+vuN6JBZlzcFnNY6OK9VNtfQiByB2BIuTxTzmookvOrbWI5LTUPXVmFAEl3yTnqUJG5&#10;a3jct/DqkYVr+O9200JvXsFT5zN4TyXDghxgY6+AV+nPgADJBD6L771+NIK1moazCBRW8XnnaxUG&#10;HVWBmRP6k+TqZIIOM+nku9C5womJpyO+d/uH+McnjDNlKOPjQnROpjARCCGrV4VghfRuWKiyDocK&#10;VkqfryhHodIVLh59tzgwoXC9y82Eg1wtfpYJrrmjyQHr7KgwdYnzii1gjavbU+k4rxEVfO8jfN4J&#10;/muERd9aY8F3IRJzBBtS5bkjroQ2lmRKBQ6/FxGLxayVKXqp2502yJQJOjNbSqQv38/e3taqcnfG&#10;8laQMe/POme80Llnly8/SZAMEGO9459Pfo9rkRNCA6/7FJL58KUH4GynA9tbL+O5L2DaxGsf94NH&#10;yJnvbgNubDvwQdL0MQm+c/yDb2Wscui12tDVVXjx4BAKCizlSZs0Z6ipRdTeCsu9mV7o90Sy6PW2&#10;uFMvtNYqOEOmPAcCu2Y8FhqdgoT86k3RGGzkxYRNVer1Jk/oprL45FL8Oz0cib39uXBUWussQ4Kg&#10;Oy51CSPCUxmh7JDpGxyOpSAzFT8FCyBGc+PQGJff4gCoXDcyMeotLsJkNIBmo1Ksnl3/5bn5eb7u&#10;0+sI/PWXrMGemue1IqcA5PRx+ngTAORYbaPuU4zZxP/6LSAerSPnffb1bOK2QovT3Z3+X/v0Z774&#10;r165crW2cfs27B/sMOWKsjQKcswxk7CwGFteHKL4VuwTPTnFJ/gGW1F3EMga129k5FqjjAvhIjct&#10;sK6zwzSvXDY71no4GhYBDKKM0EaijIlFpYluTfQz+wf7sL27BZcvP+L455kTwg9HYx4Fd+YWoLuw&#10;WDz66CN//+GHL9t8JgMsjd84sVC1JzWWTMn3PXawbaBpBG6wipu+TTuKAfTI0iz8cCd0DX3p0Le3&#10;XuzoA6FS9xhb4uyEAtoDB1DR0yotjEE49SF5sZT3oVKGVeyaqpkrOZGlnEQ5vNe1nQ4fSsFp9/md&#10;kzmHALPqDm9bW/rOCYn11ttZ2nhNK63Kpl9v8JZMD5FOJiMm4VqqxDuf6trCxlCw2UmMKjmcqcRF&#10;yRs6mJh4TE5UeQ6rjz/8a4d3tv67g+ee/5dZtartYR+yCt7bWPiyaJ1cbIzLaLCZ43grFzYCjhaY&#10;Owol17WZBIhSECIW1ks9qHa7UN07gCkCfTM6or4uAhEbtE/BViEBI5nPf7AOiFQZD7hChzTMTes6&#10;4MM+wOERwDX84O0GwHxHwfmlDB5dzfBVarC7b+H6QQ5X9gxcG+fw7OEIDvFnm3g8upocoTI4X6nB&#10;Cnk5Z5q/TisK0ZhoOjNNxsvaO3wpLefKMlCpeMYQH3/Da6Kmojx3twkdj74sc0VCo4zzHuVsemHG&#10;nFm5hg7RrioxcIEPFsIaBhwmBKHbQD0sZKpCvzMxTju3N8mxSK3AhfklKMT6HCoyXitivog3M/CA&#10;xHexnSehCRQeP7Hw9rNB9GyDx5E0n8SW2N9n3ByCxLzaN1rwT65i8recfweqiqRINs6VDXSg8gXj&#10;hkzc5Co6uCUFzSEJ860LMAUZJhLNL2u2YVzUAOrzcCiTIsDr5Natbdg/HPL9w9dCVfwH6CPi/rPc&#10;bMA87k9dxBOH5NJXyNSeXstPf7UWJyzX+XfuXroU5qpDx8IV5m7S4tbfSsU17YKznadvJXu4n2uQ&#10;DqTZ7DiAS3thbuS5nfuWkmMc13PD+6FNs20gE8ASQYh7HR0ZCaktuM6CS6NfD7XkehjRgVKTg0BC&#10;nk8ZlFlmRrjpKgGm3uISAsBbsL668tn1C+e+UMXP7JLey1O80tSjBHjf1iZYpwDk9PHHPf24fyEW&#10;HCzu2Z19c69pkurtGDceHM17487eX/3IR/7dv/70H36ytrm5wRa7ztnDcMeOQ/vwD2Us+I3KGC8K&#10;s2HxClMd7RJf/dfZa5wWaFmorfV+70XSLYkBa64Lwslq0lUxoZPCixz5p0PiDGSP9+FpUd7augOL&#10;i8tw8cJFXiDPts/Bnbt3od1uw1KvB+fPrf/c008/9XEKucsLe+wYGmNfF+fUhwWmCddpp11F3k/s&#10;JtrIby7pPKz/voTEJUAxcGGlfPNsYStFIZjogOI3oWQuH8PNSmVR2YXkGL8slI2qPItIhNbBnUkn&#10;bChbBh/pLOXkaQeUKIYpRRzeKPjwGMjYhAaVyjNBxNrHfz7QxILAXZUnll+lzU+lMSq+AIeoL2eb&#10;aJ9crl03N1G3y0CqLJyxKjnG8sELb6VMxSNu+heffvdPfeXwaKm4c/eHFDUC+iOs7odMxYKp69qS&#10;UxRlarBuITPiz0/ahwr3ot1U0rCdteuKu7TonCxilxag3psDtXcI+c4OTEaUpD5xxhEzoYo6oWnZ&#10;GUqbL7kyEax3M1fQ5SRsHQNsDi3cvGOhhoil0wZYnFPw1IUqfN0lgH7RgB0EIrcOc7h6UMCtkYGN&#10;YQ4v2iF3zKl73MXnXatqOFerwxL+dwuvh2qmQ8aJBycTuWZyGxn1EKg1zjvLSl6SEaqTtfH7kNDz&#10;VDLJhJnJmFYuFd6GDKC4fhsBHgGAAJQ6x2NcGwdY7G1SQT1V8G0L5zixe2SkOM2cxWnRnwZ3IYDE&#10;dcqnB8omxOYDyq/B7k0qk4J1VSIvWjW78sn6Iz9h+Kqx0ZskEwqVFtBi4hQGPOtWJnre2ct6IKKj&#10;nTCDMLloTMggUa6B5TEcBfjhn9s7u/i6bTii0EYCMBXNhfMYr3+ya8/lXWZGsw6ngq9fxYt2sdaA&#10;RQS4DXyyAwo5JRvZychJfmyFjUb8+m6k61HIOsyGJ5UsAPhgk8y6oIIF6N4VLDcmTp/k/GoregxZ&#10;fgsGIGMJQqwwFZACV6EohG0Qj7sfKShIbXola4XuRJ3QpROWRHSjMtGl0UjAoWcxpBMzP/nwjmLW&#10;rQ9sXcw1goKFhQV8r4qthFfPnP3F9XPrOe3HVjJe4pTaARvf2LRJ2GcIvj3VgJw+Th9vYPIB5TwP&#10;P0VOgUJiY/7GCpj70CKjB31ZADy7gd64sfHtP/zDP/qvP/WpTzSm01EythdOOYx4kVGqwguqs7MV&#10;MZrvetlE4KgML6xaaxHfOd2FF55TIUXiTp5UCAWLFhanL7FBCMnOO/x3IQubq1Boka2QS0xItS27&#10;yPiNnt4KbTA3blyF1dVVmJ/vcfpqpVrnRW95aXH3maff9Q8WFzowKWzi5JEMn5PQPWvTgDgVTpxN&#10;3Iji+YwiQ5Xy3pQNm7P/bvQ3BwF9om1JXY7SEELrNnz+rLM0MSh30/nvLHqiWK/LCUJpE7rxJelD&#10;iSGgw4voxAo60JH85qEjz0rdo0tl7zMVSCcLdmZqeC/6r3qNe0YlwMufl1S8X6ZU2Rknq4QueR8K&#10;2VcViIDj8ftMB3Z5NbLp61iw+ulUMDRSvji24ev+mzrBKDRhrGG1fv6Z9/7wzU99rpZnu99vqUCq&#10;VsAiCOFUY3KAoiKA/qaAsMyFi/HtTpORwvGpmKBDNEktIm2txS4Ui2G81yuLPah156B1uAT53i5M&#10;Brv4PBNHn0ldmRJg6qlahSp/rSqUsimHHApVSxz22Nr3AGB/313l9QaClTnLgOTdKwhIbA0mEwt7&#10;QwQhBwZuHiEgOTJwG9ebFwYFfKHf5xdt43Ho4YFdwc+7UqvCAt44XXwTDQIm1OlVUX9WiFufSQDE&#10;1HqQkExRkrWksLbcALJppk40VPBrhqev5YmDXrqfcDecclrIGQvP0038wfHcMvy57hI8ikes0DpM&#10;8yyCL9AqFMHBPkHeEK2zwRBD3NAqWkcQb+Pkxc9hXE6HSYyzpLsPXm8dJ6Y2yRYqUi9AWbeDmULQ&#10;AXjtjLRdjAp2yCE/UjZNH6aYsbua15HoEpWZHKx28SJZw2vyAKagah2e4A0nR3hPjGLOhOyZGWUG&#10;4XPP430x32xDG3+/h5vl7WEfRtMx4vgkk8lTmeQ5aFqQWRWoawAJXVKaQt74l/RVdNy5KSfrf5as&#10;O0a5yZsOa7aF6bRwNsEIPmiPLZQ7C0qybEpUbzXjcih0Np/5oWzaRBL8J9elo25pl86e2Ea79ViL&#10;WL2IOiHrJh68F5uocaScmpXVNegfHEK33R6tr5/9d8uLiy4XykbqqE3BEiSWwfLeafKk1WkS+unj&#10;9PEaU4dZxcfxguMkIGDfYIv3fpORWLSpslwgeV16zbvb+3/zQx/68I996UvPtioZFfwusdU7M1H3&#10;QnsbReLOki/9qHAJ5vgEtWrNCVfFXtAVSlUZf7vFlF2AMseZthKG5N+Isyx0HRQtgWr0b+tVusoL&#10;FLU4X1FXyHeRTKDVwAnTJP8aZMF748Z1OHPmLAIfxRkQpPV4xxOP/R8PP/zAS1NjIdE1QjnIKWwF&#10;AsrK9KuSc0c6DfHLqUlDA00CbAR4JPqOkOpryx78MdCwLMyLpYqFxEUxUBhSil2cQCRltHetser4&#10;RuVLHhWFkFyge3qXVsdAQ4mWpF5n0X0SOLHHrXBVMoKwr0Xhsq7AVZBKN1To9vnJh6e7aV2+Xsxx&#10;s68/2aZboGB4/Oczdfy9mVynQR6iA0i1An5dx9iE8+wfRMXqnlmB/J2P/cPNL76QYyXzj0ylDxqL&#10;LdMfgCKL7SIDXcHfJRugPHdOTsahIXbkoaZDLvefEREuF40TpoXQjcz5FOQktTAPVQQizf4y2P09&#10;mBzucaI6FV9WJcA6AZTZPWh3VU/XAgEi4ATl9cyGhJjRRMHuloWtLQcS2nWAVgugW9Pw8HIGT12q&#10;skXP0cjC9hHAxmGOhSUCkn4Bmwi6XkCw8iwCE6Jl1bDo7eBx7ODn6ODHX8IXncPP18HP28HzQeCk&#10;wpQxHdb1XOhX3tXWK+WMhWMmEiaU5wkHXsXQwOCEJ85oBGK849UI18kDXCe3pgau4sE+01yEP796&#10;HuDObeisnXeOWJLZYNNhZkKpo8JeyT0RqLQAEh4rC6LYqc5qmYINuG+mpGsdlB19S1bywrfjZpMH&#10;RZkD2t5WO6TJe92W8ha2VrQKwBqjaPEtoDZ1GZSbuIJrWH88gv5ohNdBm69LMiGh748QdHMmjDTb&#10;tHT+qahv4BtqE/jErzURnM4TqJ7SBkWaj1rYgI3Q8ZyZlQ7TpGhMoaMzn3brvlYqmSKJaYkAMp5K&#10;+mwMFqK7hiDTFfnpc6ZEUzPNOd5pOTYq8eRWYeGMFu/epMNpRZRNTpCKVrxsGODpzB4Y6Ghk4xPV&#10;XSdCwDJpdorESpreo5ny83TmurCw0IOrL70Ijzx4+RPnzp/7Yq1eg8l4Iu8dyvtpGsJqy40ia+0p&#10;Bev0cfq4V6ZHyGWY/Vk/RiyNqON68VZF5qk1rz2hgAoUj+hySJSjD37sdz/5L69evdqg7+WFEY6v&#10;DeFMXPCQaFJGypksbJQxQErRglKVcXGusC++FKuBrqM5EEpJJWU5IKrCHRFXgFun+YByyrRmW0rF&#10;idUgBZQvvIDTrPMwnoXgFhUXKiMakjiF1nD79gbs7u/AhfPr0KxXobey+lvve/rd/5QL6cKeAOwS&#10;OGHVDHlIlaceqZNVMmZXUSjjOtTC+3VYokiE0VYKxThy1syrt8L/NyFB2TunlNxqZnJjtFIlG0fe&#10;VrU9Zrc7e52qY90lLUyf6JZVGoEHB6bXtx/Et5tAdTtz7d4XbKvXNQGxyX1G11imVYmSlDqsZImu&#10;w3rOtfqPb7bCbzWL/rWxMxwpbqmWpcS0k7RpCBnHNoYkyiSMqBG9Sxcgn+b/5/4rVw5sJfuRojqo&#10;Kaym9Rjv9wlen0THquSQ5RUGITQZob8pSd2lhU8c2PPFI1dIVfCuaS5NOmdqCXfz2y2oNJvQWFoE&#10;OOhDfrgP+fjQ0bNUYN+Uwx0BSvoRJeDEJtPkkP4gJ7KtJR1e6FpTxEQHYwu7dItpAw08rs0GgpIO&#10;ggmy/O3W4OmKm+wMsMDcGwPnkNxBQLKFIGUXwcldXBuv4+d/aaRgonN+0QqlUuNz1XGNa1PQJRbW&#10;LXzVThWfH9e4ltacM1IjXQs4ipeeuRlsakoi46pUmz2VKQt90BF+lgP8xi4WnzfHBm7gT20QzQV/&#10;8qlmC/48rmuDWy/Cg+0e1Dtd/Pkiibj13XktQnDvmKYEoEpmt7KB6hUoo1aF7AhrE+pXaHr4Lj+E&#10;3AhvFhK62NanWccPF+hf9JrGr7DpWhvF81r0GSBNLKZh6TSdRLmmQyLg9mnztAdtbx8g+Gg404Bq&#10;jSt52oeGg5Fba8OuJa+Jn6mJF1q9lvH1UsOvL1SrUCVqIiHMqkwN2HAldvi0dh7WNrHN94nwDCE8&#10;pUrCYZTVJbGewXuO8kSMuGYpK40vnQX7WzJsmUyG0K51WdfIDb1MhT3aT5BiOKF7Tec+KW58HiLJ&#10;2EN76+CkdqDJByQUQhc+mAUdXeH3q8KwUYJzcYOoB5Hrr7e8DMyswPe9unLmF9bXz+GyYAK48LRE&#10;n3KlVap1hACCGLgFg+9TAHL6+Bp+qJniyMZGdGkGEvWl6jh4OSFd+X6FWyqKnqXMpM9xT1ehRPBK&#10;t/Hm1s733L5xq0HJpCT49oWpWzxiDsGUgAA4Li1NDhQWIBmTtx0nN6P+n65I0Jtmjiq5W9DPe7Ah&#10;yy+L4fy4h3QXtPhP8ol7DV7MimBX6UMMje+gyQShsGVrPjNTVPrMlLBp4v9I03Lz+jV46KEHqCPz&#10;6vu//unv7nYa42lx3PavDCZnKU42iBLsseNsTx5N+Q5d4qcaw+ZMFIOaaN1oZyty+ZxK4EAMpfNg&#10;I3J0A0UH0kwMFagK6QV68uTDTzhK85IS+FBavWYjqiRbTwtGVQYfcAIIf62sm5SmddL78CBCa3V8&#10;IiiailICSjT5+pOfeNznM2Yq9nMN2BL1L/I67bHr1zsTMY9e69JkLxM7UDoWyw8+QNfNv9i/cm1b&#10;VWs/XlSrPTMYgh5hwTB2xhAwxrUhr7BAXU1JrZ0x55yGnBRkyOx+o8Rtyzoal5JmBjUvVOGoH9Y5&#10;EhVYzumlGlR781CjteLgAKb9A8Q2AxbA2yzaTXsD6GOOyicAVptkWXi4Rae/6osoCTanCcJogGCj&#10;b1nkT80BjQCkgT/YQvTSbpPwuAJPnavwQkk4bDQycIRL1MHQwl0EJ7sI0Ci5fR+BzR5+vH08Npv4&#10;2YmxRjbE1J3XAgYrWJBVwbKgvqYzdlEityQOZQQnINehMHSQodDusw/wPI/puJHGg5LRjYYDPD4D&#10;cvfCD/ReBB7P1NqwqCZwAIf4dwYXequcgeGqep1M9OSK910QoUzykEPWeC/0DqxLH26YTGF98yhO&#10;Xm2SV6UgGui6Y2A8fVQE0iBWrU7+4RXojvLkJ+88UODpWKT/QJJdFHydpMNvtY6W4z4gUNr2tG9s&#10;7N2Ftbl5Pje6XpFJIe4140n4nQqDHKdjmKsY/DcCzEqdp/QUNrlA9suDA26MVXUzZHuwnXKuOOTU&#10;Wo/HIlc10nije5gW4OGbSaQjySTvqpEs0E4joRIHSXf8KDCzgmCfhNxEl/S23SH/yRtaJGG1JpjF&#10;RI1JaNQQuDARrKgw3ZdwwqSy8VobI2nunh5dsBZEbHfp2JJeptaAtdWzsH17g8DH/trZs7+ytLLI&#10;+73fn7NSS0pFkJs2cxNTmFMNyOnj9AFlRwZ9Ep9EnQxIrH2TVU4QGb/G+5rRl8y8Jf8+1u7e3X3/&#10;YDhw/Fztp+0mFPRuyhCFwD4wKIqe3RiXS9V6lcfbvaVlFmUe7R/Awe4uTKZjqDca/IINBCjkkOGY&#10;PVqev3AhhYWbCLCoNTe8iDnPc8OFi0tTNdHJgzuseamza2cQm0oWf3LkuH37BueZvOd9T9+4ePHs&#10;q9MkHGtWFwBpV7z09UiYKKfHW+H52hkNgwnsqVREHugNRcKrtqmY3UbAmfIaVJyaeBqUB2MqSTZP&#10;pxORqCIhYDP8b3VMeK5kI4rBgmomDtxf+/ebFtgTALQHwVqlbm/3mni89gTyXreRmbVJDo4yxz+v&#10;BXhTrlZ/UotMwH1CUbQKEtqCjTTLmQPn3Xli4SjdYxuZF9TMXbh0ntKg/+3+tVsbulb9KVOrPlQM&#10;amQXh4Bj4mxm6V6ZTKU1ivfdGII3AadA89QSQrHqswysR3Zi001ULnoqmkywYL3dhKzVglq+CI2j&#10;EUyPDqAYHkJejByvXZ+grzq+JJaAyQyJUEIg4y/UrOueF/IF1hrQNBYx1y4CjO07coVU8bsV0oYo&#10;aLQ01JsWzi8qeOhMxvx7nlDghxkSVpsQQLBwiMflEEHJEYGTSQ59Q5a4GQyxQB3gejbCv8dEC+Ww&#10;NsPHf2qdXXEQ4ysbqEWasx5Ih5LBUrUKc/iBmvj1c/UWnK2Q5S+CKRjAGNfCFv7ahdYSKAQl7NQU&#10;nzAB+TZMXnl6xbx9U3IhcudNzRR/NphjRBt3KZBdnKXQhrSkmzvSWOH1AA72h7wHnUzlDHgXNBUm&#10;dpBoHghYmDSI1U8/krwKT72yMiJUmdgb4HEbDo9gjPvcPNHS8GtV3GOsUM4oXZyPUxGZClUEeIg/&#10;GUw26DwTTQ3LQwIgLdLbjHMOuQxUahVnN4YnA05cbuVYOs2FM2PhYysrUCFuWv6TZpnbH42KOh3l&#10;9ZgqoSYRIKWEeTqiRNEKe7Ls3UonxzBO6Xm9zvRMcaBCbohK8rpUyAaJi21oOkk+lbbRKIXtuwvR&#10;bTKluuA9Z3FxBY9nFY4O9+DxRx/8jfVL56/QvUPOmiBGB34oZsW6XZX6bnam2WbLjatTAHL6+FoE&#10;HiqdSJw0cVDHCyr7BousE39Old+JkgX8pMmHOqk7HPeU8/3+cNWNXzMW5IW+knDNox+34kUn8j8d&#10;55tFZBVVGoNr3CTXVtag+9gcLzKvvvIi3Lp5gztsVZqVkPVeXnA57AXmImflETs7XFHR44O7pNNr&#10;ZnQZnvYUoEAyFnIbgg4bLnfeKhoXwQO4eeMG9HrzH8Rv/SX8oY+mx7cUfmRPOKY2CtADuyodYaXv&#10;TRKArfBlAhnGJp0wEZ8bcRsJxUGwbZpt8caqPy2itVIlIXPo8iuVBBImGxrEHBCrjgs3PH1Ch8J8&#10;hqOfOPPa+2Blpe4xyVNlik3KZ0ydWOxXiQd1zO3q/rfqn7q1xtvTBtKO/DuKNBMqG0AqDZG1Qc1M&#10;sayzUM2orHI6r+6FVbx3s98/vFH5i5Os8pOqWv0WW6uCwepa1xBwIPig4sUQGCHrTLzP7Rjv04kH&#10;Bxl3iYlPTzeHrlQc4EjcBKzymQSOTmnI2rNwfPspCWq7uD5021CZLkNtOATT70M+QEBSTLjZUEhB&#10;pGfiMVMQMttw8ZQnPXM/K5sQ0uQap0lJgyclNoDYfKJghJ9xcOQ0Jn66SJkVtZpLcqeartbMODRx&#10;pQ08GXLGATVJlMc/Uzd5IbOi6dS5A1FA4lQE7caqCD6Mo1tWqcmTOwoZSw+UkrR5Bx5yGDL9iuhB&#10;BIdaqg6LCyuccZKaEXjqjg2W5eVGhhUhuAeMdN60NB7sbJpnaTIbwzNjenmSRu6vPaYEGpGr+7C+&#10;qG8zYdoN0aZXnBO4wM18ioWI/FWcbnFXP9NhD8qleaLkXBFFaWN3F9oIHgxN3PFvS8Yn2rN7beJE&#10;6PzFmpm/VyyH2TLdEJ+8WW9CG/8+moxoZAGGEu+1UNhoUmNis8bNRbJA6/T7khWNheIcmWilzR+j&#10;mrHFrjt0WVl7kezm1BAgHZdzvaoymCuCDbeRdTuKuX0YsLfbDXBQgIoK05i4rni6p+90MKWRbXWL&#10;eKeRMQMFDRbOPMZpRC1TuemipgnNmbU12N3ehvnuPCwvrnz44oULvEZo1um5AEavHQ1ACdIJTdRX&#10;OvqYftvWlacA5PTxugcRYYObKcLEovxNAY17vcY9Cyt1XJCb/t5J9IWk29vGG1vV6nVoNOq8QNCm&#10;Od3bgf7gCAqiW2jp2GQ1GcI6oThrGUhgpjJHv/ILG1ELOCG4xkLvxaVz8L5nnoJXX34VPv47H+Mu&#10;SKVa5UImOGBw2DklphbBicQmLj5s7Ve4oELvJMrOGj6LxG9CMEvfKUDaZKWF98vPPQeT4ZAOyd/x&#10;ACSlRKWFr0psWY/jjAg2lLXHjrEqsVo9+IjuIEynko2YNyuTdHxsBFiOCaUS+pNKK+tSuKN3XNFC&#10;yyold3vvdg9AVXRQSlXkkoVeomeVp2sqgI/7Uf3UaxTUAaAktJlZqtZbukdnNFF/VjtmOhHFg4Ky&#10;pbAWdyBIQxYTziDEBHrrO9aQBsJFWgdNGNsri8SRv3J4u/FXxrvbP2Cr2X9vawgkhlgBVydgKhSs&#10;h4UTUbPGhcuTYbvTETjvrjoUwwGHkvLkj3neGYvU6V50ZRlpxky4J7mICgWwm0YYXCMqlDo+34Xa&#10;eBH0eATmqM8hZmY65Odg9yAVGx+z99+sw5aZ+Tv9uRTr2+Qey5Rni0bbQisjZi64hi7UkFVsezZY&#10;cBuf/UDTi4obQjFIyfzxsiwhqAno0f6+NGnAoHPVoj8Ev0zypivyiauQhWIyMxlcmF+DAtdzsKak&#10;DGJwo0wAsjZQf03SHRcgAtF22h8YZ8Hqpm+Bty+UHncOhYKnXI4HC9t9s0hcuLx1a5GI6nn6AIk1&#10;totMd/khMvXwRTtoFezFfQhnEfZcIwGGivUQJnFZIarS7e27cLG7gACkApVGLdwbTGrk36WQR8sG&#10;K2QI16i4M0ChkbVqC685vPZrGjoIQBbxW9vDsdj2FlzEZ0liuZEphC+s+dhlmbinRZctKta9uMlh&#10;FAO1Sg0OrRNTcVilSl3TJM1emk3TfMIp41r26JSGqZIdSPur3YiO0JuKhEXX61E0xHwnx27wifO+&#10;IZlPc+c8GUT0Qg/ja6TgfZqo3JTNRYBzcbkHc505+Mr1L8I7H3/ilbWzZ3+r1+vhOcnd+gMxdT1d&#10;p413TBMgXOiyjf3bVYV+CkBOH/efeMDJHd2TsjXKoTpvrOBIC7XXQ0NRycaa0qxmBe8QbD6J0zxt&#10;f+Hzn4PPfe6TcLi/y8tVu9OARnsd8vEYDg/2gehZg34fppMpL2XOgrfKoUnujWbBejCfTMTmM+fu&#10;ULXdgXqjCQ3cED/wwW+Edz35Lvjob/42fO4zfygp6RIYlYt/OS1yuYAM1q7msrG4xTrt1Hl9R2FV&#10;3GwSv3BPFYPEBpEWs0pFwzZuRi+99BK8593v+Mu4gZ7HH7thT0o4n6VlleIWksXeQnnM7b9vTChI&#10;rIANEDqCCXMbSZqeuXj8wgxJ50ol1Cqv+8ggjs5VaVrhBbn2mM6jFCXon993ID3d7ATKldcdpMOE&#10;17TUvc817qY98X1rgJIT0Fu+Z21ZmP1n+aFnHcM8nYIsOL3304wWzNUkqU+3Kl0fnNDse9LijERd&#10;eZpAdCp6WGk1/ofR9s7nzeHRP4LqYAFGpIcYI6jIOPHb6DHQq1sJJDMToV3QZKRwuQTs528KKXQz&#10;R9mk8DLtxgKcASQ2qvQfvrtN6wq76NA7RSCiEARV5+agSoXZEMFIH0EIrk2kGWFKJ6Wu+8Iajge4&#10;Kjhu95u6TJd+zs6s4/KdlMZllYNbwVYdJNMIvP22DgU1TT48qJiIvTCtW3rm2rT3cF6jP42ZC9ik&#10;1wLpV/AFVufWALpdlyURJsJi5JtQetyaA0mHGeIkxJscaOk9W+moBfpTLHBj+Kw0VZSsvYlrEa91&#10;KroCek1TEQJrI3WJC1IDcZblmzriklbIxErZKDAPGorE0jyYcHDYbQV27u7wtdJZWweNe5HKPHzT&#10;ToNYyQIvlPaZuYqjvDkQUYWad55DgNPUNejSPTca8v2SVcSGlqcfJuSRePCkrbcI1nztu8QY7YIK&#10;JZ/ESBOOr6lqlT8HAYsaZ2U5QKYSh8kQ5iinxu2jmYA8zcfCWffGaYENTpFZ+B0rzYlIb/KWzTIZ&#10;FNdDPxGjfT0nrahcB7mRvUs7d0xHvZL8D7x3s2oNzuAx39vbw/OgYWFp4WcuPXThMOydPphRnaR3&#10;DNZ+pRrIgg3Bm6cTkNPH1xzgeD3UjTBxeAsUkjdCzZq19FX36wgDM6bglZeuXPqH3/8D3/cHn/gE&#10;jMa4iZtCFoQMatUKtBoNaCKAWO4tQjHfg/6gj3+GMJlOYDrKmcNcr9WgUleOFk7dTVwwKTX98OiA&#10;bW8JkLSaCGgaNe6KrKwuwHd913fCu9/7Lviln/8FuLO5ib+jJF9E8YLOo1wZg/PfMra3oTAwCY/d&#10;0Ze0HIQUgPldXKfFua/H8c+v/vtfh2/7K3+5V6vX/pPC2B8/fswTKpYpc9DL4CNSpqz17SzfJhTw&#10;wQUYJKFK4v7h/WLMCS4ENhmbl0KkZLQu6cx+DB7Wa7FiVAn4gBL1BsqtdPm6BlXyLo5gR5W0EeoE&#10;KtMbtapNqUDqhO+dpN8Pvv/2jd/H+m3WKPPTrRDNpiOgsAmvO1rxpnbgNtHcyATMxjAy+gcVEeQS&#10;1FjqQVav/sRkt/Wp6cHejxT9/jdTVghM8B6tTEBh4UYp1MxPIpW2xj/jEVv5WrkmteQqUPtecVia&#10;Ly580omjElEvmzvshQmg3gqHnulmnFpt2AmI9CK62YLMLEJ1PIV6joBkOIR8NEBwNIIxrjVapiMx&#10;gFWVvHOKGQAC95ic+GZN+G8bi3+dgIEwgVEzpg9ym2UnTrVtko0e09XLct9IbvXGro7s5mGAQfCh&#10;YWXuDOiFLq7LNtwvLijSxsmoTbJIfFqlvAedQQgSdQWtKuk93H1p4tREmgfg9T50PCpazp/lfcSY&#10;qGOxEq5n/GfWNmZ/aMnLoPdN+4GEbYa0EeG8eeUEawFd/IxrlFjppOtySCLRlOgqu7a5AYvtNlRa&#10;Tajgvmb8gsCOZJQJVXPXvaWAQYN/rFCBLTQRsJBdb1VoTzTZX2xUoT4e815Vxe9zw02OizcJoWPh&#10;Gk2OQkW0YwIr7PwEIPqQ6O7lSWt0O1UkHZzE29ov7FaocCLm56koTxsKqNTqCWAT6pocrSK5+9PY&#10;SC78rQ40vejSpcOkwdsS+yvdOzV6Hzen8xDdIztoFk58zpbGAAu9JZjr9uCl55+Fxx96cHBmcenD&#10;F86dZ+qYpwOHpl4pABESkw3rwKqJVBP7Nq47s+/93u89rb6/FgGHLRfpJSrTSZa296l47Jto4Cr1&#10;5qYl6QTmfknrae7Hwf7h+R/8gR/+pSuvXnnv0tl16C2tQKvW5IV9OBpB//AQ9g8P4ODoEPrDvgR7&#10;IZCoN0LHpEEe3vkUJgg4bODbuo2HmU9kc9lqQ71ahWaz6cIGNXGZJ3Dxwnl44sknYWdvH25evx4K&#10;Dxc2iH+oowkxMCsW7SpoUshpA4S76y1+Q4dT6dDpda5QyVhZO7eRzc078NCjj8Kjj1xW+Ll/5lgB&#10;XTKtL3dgYAZ8lLJ/bcwmjoBDhP3GRgG698D3/53Y76Ynl99z5sbu3ktey0REJ+FUZK+oAw1LBXzh&#10;6TWpXa+K33SdOd8Z10nSbOKvr+DeAXwqmXq8lTo/iNHTLEs1sym9jnsj1cGEP2+ztSoFcFaphB9+&#10;8g+G/JaS7XIsemyq0TBCeTRuMkIFf6VauVOt1v+NojarhveLtR1ecxUR+nqKTcaTT53QUbgF7F3w&#10;DCQA2k8OtcxvpMnAxZhO4tDFvYuDhNz7doWn5nT3goo6ohzhWlOZ60ClPY9r0xzUK018isxRmwqv&#10;9/BCfAh2q3DCtFjB8QkEzExQ9My/VQJKspnn9N+vyN+ZXJ86MStX4Xnla3IvZFbFRoN8LxPxL60/&#10;DV2HpS5NPhZc6KByVrTGeJGWFm3D7D1iS+YWKmlKcHfcRlpfoPB5C97CaYZM6YaF2GRJgk588KIS&#10;oOtDQE0yTQoJ79ade1qTnJ4AQv4TpGCRPl/FaxaEgqydu4TN3GSe9H402Rgc9eGl61fg4to61BYX&#10;EVDX5C0LKNNVGB72YbS/z5kVnZoK9rj0xM3GPCzOz0OLJvqUOo6vOTw6gCsIuvNz69x0c3Q8sTcW&#10;wBeaAtLQqeDPUfMuJ6DuGzkqgaCScE63E1GrJgjy2622m255Ub2K5wekCdfldPEK9PFzcmEfJnAq&#10;2Q/9/e6zNdz7ZDdKLz7Pomg9aKL8+/NeKQJoOYTTFLExJ4C0EEoYAbM6gqdLFy9DMS1gfLgHjz76&#10;+K8/8a4n/8nFBy46xoPQeFN3tZQyGGx3vRA/ydmiY9tqN0+kB59OQE4ff3Y39nsU8+p1ZALYNwEe&#10;3szE481ObYyAj6PDo7V/9qM/9m/+6I8+/z7qskx2t5iDrLIqLK0sw8qZFZgiCNnZ3YHd3buwvb0F&#10;Bwf70Gq2YXFxCXq9RTgc9OEIv9Zpt7HeqMIe/vc+fq091+UeF1kW7ty5DV9BIDE8POICY7HXxQW1&#10;yYvJcDiCerMKf+Nv/XVY6PXgN3/t1yGweaXYsPlUxOMm0D69KxSNgb3jlE5oBF5AZ70Ac4aGETZU&#10;pRg8/dqv/gb8xb/wLc/gv9dww9sIzlOJ80sQvyUAQ4VuUKQmKBWDB63vKIdOoZ9ymPA5jEndt2wQ&#10;gMbCJ6bSBopVaoELCbjwXVSVtABV2W5RzURtB2OBpEiNLXYVJhHqdYYJfjWnjl+Np7T27Tf5OOm4&#10;ZyDiZZX6+kd6m52120soF9oXK6BE+OwPnnQaOVeNij0s5DutfqNe+7v5YeM38sOjH5wOjt4HlTFP&#10;OwrKFhhmYEYiSJ8orqR0XsOvkff/1FEoM3pveaD0GD/e4Iq8KhMcw/xxSIpmKo4K5pxnMazTC39l&#10;bciZZ1/Br1dA16pYuHe4B1yhZsYICzPKIJiMwEywSDITfO2cqTO2FOSojuWP2ARkFCdMTPzE1f9t&#10;TgAu6fdVMkkpfCPeRo86k0xDMhsnglkANo6fWlE16LTmEXB1YdKou9DDQoXQ1hgw6MGdih1yj25U&#10;FItzg1n0ZMER0IrAPCyiyZQtRD6K4NqY2LhTOlifh/wnK3RAEwtbF3xnBIgqpkORYr8ANw0PAXry&#10;O0EDo3wiu9zjBEikmObmEwnerYY6fp6Xbt+EXr0BnXncm+rVQPvx9C2aTFRrFZ76VSlwMPORUE47&#10;UavVJZhQ1m38fqfahNZgH4bjCTkPuM+g4z7EIm6Z5IWuPV6rCOIhz8ZuPxaNh8tiAXHHsk6Lgs8/&#10;HO3y9akCnI0zM/e5/WuRGJ20GYUI4cXBrBCjEgVCoxLXKvFmdyBv6tgEcl/5Il8nIadGbOLD5JVH&#10;TkXJdY/vvzyXIEL3GWhfn8c9/6XnvgSXL1+ETrf7Yw8++BCDJP86hUz7vF5NByt8lTiA2TK9+O3Y&#10;UToFIKeP1yy0Xgt42Hv/3ldjZPh6nkfdp6ijtf36lRtrP/yP/8nPf/n5L79/rosLsqpwNsbe0QGC&#10;jW0Y9fvcXel25mFlcRmWe0uws7eDIGQb9vZ2oX90CIOlIzh38RIClTP4fFfgaHQA6+vn2dP71u1b&#10;nCrLSeYcWkZWgWPYPzqCtbVVWMc/tUYVapUKVLCooNHxM9/w9bww/+Zv/BoM+4e8yNFi6ihZU3dc&#10;jYAA4s2CTwiOabghM6OkvVWhYxREbsq5wFCHkNLbP/uZz8KXn3/57DuffPhd4wkBkCQ00M6GoUXw&#10;AbYcmhi+JBQG67tCIrI3SZfITz0CMBSKyvFujg0JtyUHqjDd0KGrnQ7Ybdr9951DNQM8bCIyhXTE&#10;UX4P9yrg1QnW0q8XFM9m45T0Suq1AbVKJQ33AB5Kfa2sWm6TDoYXNnEgsvfpkChPhhHDAS2/q5Kp&#10;l3JXTyHFfl4oFqBXegu/3Wg0vzU7bPyveX/wP5rhoImVGxiyg6oMwI4p4G2IBT/eZxMqturAceKa&#10;irSc/1sR3VNABuTyN+cYFOKOpMXOWoBIkWa4WKc5kMLNCn2HCisjqInT1z0fihyC5upYzBNli5oW&#10;OdTJ+nSYY7GE7y8f4/vEdaaYYEGUMzABbwwxM33zagV9n+s4g/IEXc/8exaEzK7v/vcradNDOkj0&#10;GetZA2temvTMQY6F8xCkQFQxW4gnAaaImg4AscWFaJ1rvb26DQYXfo0qa0JUqVlhxAY9TKtoEkKF&#10;srLyNlSwefZY1jdEmFml42TD2ihAJpMCdgLzk22dfHaZfCnJ2yhUct2KwxYPzbKq4CQNVdzbJoMx&#10;3N3dhYdX1wAaTcjwGjXC03ICa6dBJFrVFK/HLusvCgco8O8JvskqgpcK65WiTWy33YTenoU7R328&#10;H+Y5/8N7stG1a4Ru5htiTGmk/bAwwapY6wjaVDIR4+9RCjoZDyBYxnstppQnUw0lDSua5o95qmLi&#10;2u5BfdrOshCseX0Yottfsug0BqkRAN+O/Lw+74VzUvD1CrEypzWBxOSs4zISPIjXXavVhLXVVTjY&#10;3+Pjuba2/tyF8+d/a2FxgadAfh3XEsiYBoiG6JTSvmaDWYYVCph6m6KQUwDyOguLP6ufqeS+8xaP&#10;zevlo79u8HAfzYh9E+cnHcFub++u/tiP/vjP37x+/QNEiSKqFYEFeibSeyw88BBMcTHZIbCBYGQH&#10;/3Q6c9DjTkaPhdt3t7bg9sYtBiWXH34U3vme98LNWzfh1RdfgMXlJXjs8ceY2rS1cR2KxRVekEbj&#10;Iewf7MMWgpPruADN9xah1ekgCHHWH1Q8LSzOwzf9uW+G3/v4f4Cj/d2QeEqUsMI4Oz8KMguWvOH8&#10;JckfwQNeOM92hmKhQiqdjMABDnGB/MQn/gDe9eTD78fn/WgJUKTHPHEusaWRVfRl91oOK+/R53wE&#10;oGT832bG6rccguinGlonwnMvCFeedhNQRSIwVwmfPE1Jj5oOFTzf5YrUsbOU5qYAvHa4ILyOn3sj&#10;1+j97hv1JgC9+hpap0uT2kRvXtJqlpJMhZsveQHhB0N3mKx2DQtZlVAlSFw7IY43UUOq1f3qYu/v&#10;Zo3GL+dH9e/LB9VvhuoQFNnuDkZgie+OawtNPDi9uaiAJnrIeOwKT9aBSHQ63tdkzqAK1w8FyY+w&#10;QmmxppCuvtwHPnzRim5Au0qL+OdatAVgXAnpuT9eCD1lRJAxHZQshJVuOn1JTo56OVQLZzWspjl3&#10;h4kKaqcuWA3EvYt5/l6PoWzJOOHYmpTcfaY0EbHHwEsEjZZpV75LnUGVrUzxWIOuNUA1ScNQhZEW&#10;fYHxTnYSyBrc/+JrWYiW3tYn1Nuo+QgC8cQp0INQGyYippQx5ICiH6nFoDubFI8eiDisqcU5UcmA&#10;zQTHMQ+ECuv1IRpiDCUEupEroGVDExoR080YgFScJawc5DqC4is3b0OrVoVWbwEBW5unJJ6iym+J&#10;8zM0YpMWX0f0s1MGUQUXzuSmRcG6pGUcI1CuYWFtKpR63+GwR72zC9mlCzBlI2RHjnPHSWZOysMS&#10;44C3vH7IM/FuB3K+eXKhCwRPmulRlPPRbLb5utPJfay8gQRexyxiZ8v6IpnOJ1uUimYj3mXO2xP7&#10;PZF/jC2eTTBAya3TGQUgC871SlVqDFp4wmMcVXOSG7bipXuGgN3y8gp0ugvw3Bc+D+945CGo16o/&#10;8chjDw8K4eaphFLiQyk9oFVJyrJNtJZ+IhNc1VKd4ikAeRtOBN6mn+m1gMfxosnb2ZVDBO2bLBDu&#10;NS1JvftP6q4d+xz3KcRmp5QbG9sXf+on/++fe+HKy++f4EJBCbxdBBVzCBJGWPDfRnCwu7sHtUYF&#10;FpeW4cGHHkbQcIC/9/+z9x7Akl3neeB/zr0dX/fLcXIeADPIgQAJgKBIJSpHyuvyrlwrb3nLkrek&#10;rS3LWrlKUtnrpHJY7crylsre3RLtXVmSJcpLUmIQCYAIBAZhBjOYnMObl/t1vn3vPXv+cM69PQBE&#10;SrZsCXhNds3De5373nP+7/+/cAMazQ2YmZ2D7dt3wmh9DK5fvwrtdhvefuu4BSS34cmPfgJ22r+9&#10;9LXnYG3tBNx95F5YmJuHU6fegna3YwHMFBRLZaJsLdvHq9XrUEHqFmkbQhK8l8tV4o0fvPsuOHvq&#10;JGzYhZ06avIOXSiTybJvxa0j81B/N/EyLvyBGW5jenpAmtA+hlOQ3n/zlx5zzlmQo1GYHPDIc1D9&#10;QpiCpzGQRMVRrsSFxkgGQiILdV7j8V7J6yRYDbTXaShHxnW5H2i5OCQMN95lhcouPxVxfvMAw0al&#10;2UTE5E6K9wIe+eNM/TELQz5Q8JuZkv/HrC/v9vjmfbxufaNP0dwRvOesuV32Q/77yXxrTS4PhLUa&#10;KudIJhW2/2RZb8RWsJv9Hk0n60n0/IjufjytFn5iUAh/blAo7ozDAqQoQrfX1N6OHIeiPhePmE+A&#10;IuNY0zSTXg52IOJEXJuAaER8+CaeLoZFGaRCFzNa1gbugBsROlPaN52XAVOaUiMBhkYsPIXikaaZ&#10;wDnlrm5QwHMxpPwiUy7T28f8DYVOPjh5MDTSpSCOlDq+MaGoFO2tkMol9T5mG5CGTegxqWsE+JUr&#10;rzlRnsQk8XSkWWCHsCLRc5QtiFVQpnM/LtiCVLH+wonBXSFpHCVJEmqVVOGpB5ZKJkoqKyZNZkPL&#10;4xEgdyGVm3Rk44vctNf1PYIs/TzNrX+gHcMumyLju2NXQhDBeeqPqcQ1ZlR2ILM+xE2vHbBSXv/B&#10;tCGhcCHwCLi450aN/Z39rFBreHNpEfbZvUiN1BlwunVPOQDDYK1sgUVtegyCCIMoZTphMK2+CGV7&#10;v36vB9oC0QFm5ugyFIolmLHHSbHVIIohCc69g5jx03d6Swm7XpEHnOY9z5DpCmTAUTaxJOaQz9Ae&#10;y7hndnpdqJsxzhJx6cOKReZ47FZDdszqYaCfYcBOnzM4KqYD9OK5qMXl0IlygPemxLmRycR+IPb2&#10;9Jfc3hVq5YMPsS+AoB8pVZR+Ljkg4+NjMGc/87WVZRyMwvzstltzc3OfnluYo+9E6bzpcpoDQtl/&#10;Qz57zNEJs4Th96kB7xYAed91BdWfekt/J63jTyIsVzkqUB6svEMIeEdS+p2vYTgN9L1zQaSmqNkf&#10;77XXA0liDizfXpo9d/786JXL10aPnTj54M1bN7djx6dgF9SNtQ1YvXQRomgAk5OTsLB9G8zMzNF0&#10;4+rVS7T4zc9th4MHDsHS4iLcvH4DWo0m7D9wEEbHJ+Di+fOwvrZs/3YLPvuZ34GPf+t3wA//pb8M&#10;n/sPn4HXXnkJDh66Gx545HE4deINC26uwtT0nH3MKnTtQtbttCBAKoddPAOyGQQS0eHChHkk9dEx&#10;6vxgXojKCbbZ7cptdrkgKq1yNKasw6/8xp4l5bqpQCDJYGjJe/702/Y939i3d8+uQhKlg3fhq3jq&#10;lkvJNZC5DWWuu+mQTbBxovPc1GMogVgNAxGtdU4wnksfl26fHqLHyAjH+eJoR8eBnAg9O3q8yxVk&#10;FC7fcXJaAnWH7t5Aztb3mwMU3ljnjzmX1H+C8/GDPPH445oqLlTSTdU0izy4EBYOvg+Nk0NISyJ4&#10;lrWAXXecfojxvrgVYZFEolXM9wg4SLRlq8aCTuNavPFr1TT5TBSG/1OvXvhr/WI4MsCsHwQhyHnv&#10;2cK6GIOy/xpbwGOyOthiiyhZKT8eyM9abDyVE/YSiA9EspCwWDaRosRFwueaRF49i0JX8c1NtfEF&#10;MeWdgAPrLjCUO+6JnNv4fzbr0mLuYJ8fQxJLiicwCKTcZ54Kjx2LpjjJmhOc+Z1rKkkGBzCNx1GA&#10;eAIg0vIAiCKUSmc/doF7OcqUkbXAhcSCFN703pMcUJAvWLmUapUnheUmD/57dw0EsYTVWQZSXoGg&#10;jBoa2aS5xoPJdejyjkp+2uFdDHPuVi4s1oujwU94uaBm0OtNfF3qeRjw94imBy7YG6cS9vhAd8Yz&#10;l6/aAj2A+vg4FOojlP+hHbsIC2gBaPj9BXa/O3TkPli5cAliDBikaE6kMZXoM4tQs4j4U/Vo/8SJ&#10;1HRxFEYbt2Gj24FwYoLE5crTGPnNxtKtR7pxIhtUgAAdgYYP5gQfDot0Kvfd4V5ITpKDHhTRIAb9&#10;upxtLTA1EvUpSkB4PlgQnwfBpBYdReppTs71LlfCe2e0lCliCKhT44NxyRgm5WDRlIwn2O0ylX2N&#10;poNIlbZgBE1q5uZmyKb/+pVLcO999+L+9emjR48sa0zmJHJknracWT/rO8IuM10l307rbJXX6v0L&#10;QrYAyPv8kn4DCtY7nVjVHws8hkLr4J3ZHea9izhUbI/bBXY0SdJanCYTFjiMG5MW7QlZCZRK7GbZ&#10;t+tJu1AorgSB3rT3WcWBBnD2lbvsj+PkJ0+fOvOdr77yyuELFhzcWlqG1eXbttjvQLlSh7BcogKk&#10;3W5Cr9eFYqEEu/fvh2ajAdeuXKGpBo5N5+bniXJ17dpluHjxDMzOLdDvcGqBwOSN14/B4buPwKNP&#10;PAFnTp2Eq3aR6dkF+HO//+/hQ098BH7wxz4FX/2DL8CJN16DlZUlOHD4Lrh26Qos3bwOo9PT9nnL&#10;0HficQyMKpToAwoovLBIm1MYlmghLpTLduHv8ILoAvvSnPmoW3TF+QWcC0nO00+74lsWziTN56Vw&#10;ob6xsQmn3j49d2j/rh19A5ecqtUHC5K1ot9qh3h3rMUUq+DcdCORrA/jF+lh2hXIYzrRuRaPeAQb&#10;PCKX4i9vqZsDC47Ty6JzoVdp5TvG+cBCDz2cyFa/M9X8zsRxk0VvvzcovxMkfzBHEH/uLiSlSFVG&#10;83HHg9BcnCuus1NWPviLJ28glqZBmBL9CItimowk3KUnaS6er7YQw6JqyYzCclCGCrRvjqnNnx5N&#10;Wv8aKsHPdYPCpzqhPYexUCxiYnqPUS4K1akIDMm2lyhWxAtXxJPHlHWd8MSButvIE6fCiKz1ZKrH&#10;6elSXnHHWbrN4MLeAuUBFzg9iZIQUxTT4rmWclEbSyGsstmnL4JJDYDFXBh4i1maRqZiB04fOi4L&#10;mgAX6gUS1JSoHO1R9pxUTMEcHSbfjE5NZkoBMpmh4D3pXntgoHzvWAAGkOA4C6CDLKzPOUm5xoRz&#10;FaICVY6P1K1j2YSGeVOKPWGJ+jSshaMCNZWMCAA/nVYydXWLQurs0Z3bkcoE8MYFYir5nlTq9UZE&#10;pUJshRRcbDDpLLvGiPMVpjuqPOB0E+OCgkGvA7eXbsLBbdtA270LtSEu14L0MbL2slsbF+WlsTEY&#10;nZ2G/sY65dng74qVMh0jEZoXYKBhFEBkj99CvQhj1RqMbdyC1c2mfY5x0sKgiDxOU28aIiQxoiLj&#10;e0QAj8fH4I5cFvfFcRNKW+wcUTAwTlpw+oLNO51mx41rHJXQfCCOaI9ULkNFOacxzZkkJvM6w+OE&#10;c3lkIqI4nZ4E4YanGKiz4YDgNGueiREMajbiMLQfPTfMKPcE6Vcpn89TUzMwPjVHzpY1+/lMT841&#10;Z+dn/8W23TuhT3ow5SerPNFxDmBi6WzyY3bjndiywFJnSBNuaUC2Ln/OQIV65+RgmICg3pO+cWdH&#10;8U+i7VDwLrQTM2QHOm3/mYsTc9cgSe6OB4ND8SDe2R8M5uKBmUoG0YQ9kQuJFJu4WOFoEzuFPbvY&#10;NWwRTqnfKSa06qViuXB9amry7Nh4/bMjI9X61eu3f+nXfvVfTn3lC38Aa+srLBQrFahTEwjHFwOB&#10;qiM1qNdHoT42Tja7Vy9egJGROhw4cBBWVpfh1q0bsLaxCtt37Ib9B++Cmzeuw+KNm9CyC+y+/Qfh&#10;8D33wuUL5+DE8deh02nDYx9+EuqT03DyjWO0CL74/POwtrYO3/HJ74FKqQIvvvw1aNnnuefIAxAW&#10;i3ZDuAVj49MEfnBdwekL2PcYkp2mgkjzAlUIueOC3uzYtYqIGy7CR2e3m+Oy4eflrWkhoyZp6aAp&#10;CTXEgoUEd46D6rpUSR9Onzo9kX73ty3YW15SJkOWmR4kzYryoQR0ARrSMcrb63JwlfGdInaU0Vl3&#10;WrFFsEucVYFLthZBqBtVe2vdjF6T5/UqB1hcxyh3IPoE3BzlyhVF+l0A9J2+zd/IeGFoqrcFPP7c&#10;TH85RI07nyyrcH1oLpIcDDcm0xBRMU6i1JS2wdAd+4OUU56NWKran8kzR6ecs6AL1FRoRlW41rbn&#10;cwzHZwrdH5st9n99diz8+UE1/OhmpwCdln1GFISXEg5x6/XZKYtMIQJ7HEdc2CdZqkYqLkAsSudc&#10;BewicGc09kJxnbr2gPaUH2eRRJ1cAufctcWEbSfFNdoFYsrkMZViWkBLbobI4MOBBi3R1SaVB2Cg&#10;k7iphBTbyq8Z+byLnPVqYjwYpForSf1UREmjwlMlHV2NdHFZFzhj1imvdXFdY/lIJNWVzTccNSsD&#10;cSAOTlnAnxInqTTJnAkpaBLBUOyKxTTLpZBmSCpOS2nONYonPgKE3WOLMJtuq8BrIshIQEAfOmKl&#10;PvvIfVcBf2RaCaDR3oYcj0UEF5WgBCevXICpSgmqE5NQqI5YgInvt8CvNxdUiMdfCtnzVscnoDgy&#10;AlGcoDTJApASZcrEaRsGAQZj2uK7bwFEtQilSg3mLUC+Zvc8u2ny5yrgAx8vEbE+HbfuM8Zpv2bh&#10;N1rV6lxIIAE2PLa18dPuarEMnW4PRkbFAS5HV2LXsFCacrJnKEeXdFMp5QMb2bAl8WCYe3aOPsXB&#10;gX6Cj6GDONVIhdgX83GtYqbyIYhCm2MA5wSpYNTWFtNzczDoR7B0/QZ85OknkZP4b4/ee+Qirh8Y&#10;FkqOXsqtRNLgSl1T2Hik7swMlJybaU73Sboo/f51wtoCIH8BqVb55PB3ByHqGzZov5nUcYBhsbh5&#10;J/io2n+3R4P44X40eLzVbN290eoeaLe7ewdRX/U6EfT7XegP+mQbiVQjFnFFtBDgwlPF4KNSEerj&#10;k1C3i+H4xCjZ2+GIN4qi2fW1xuyla4sPdfu9H+vbxanbw1yNvfCp//q/g+vXL8PZt9+Gy5cvw/ra&#10;KhUTNJIWPilqKzDPY2pqCrZv3wWLS7eheWsRZmemYaRag8tXLsLFC2dgx45dsHvXPigXynDVPubb&#10;J09YAHIEjt7/ILx94i04e/o0OWJ923f9AMzY+z7/5S/Z99WBt0+9BZuNBnzyu7+fNpZjr7wEb77+&#10;dTh46BBsm1uAW4uLULULFY6UebRraJTubGtxtJ1SerJdoPuJ0Iu4I0prkLPndPzaoVwDyBxVcgm5&#10;TvyoZVKiVF6YHhDX+tKFC7rXS6a0bISuO2nyjlV521yfxi7QyLyL0NxNRdxthYftaGCecqVzPHBn&#10;o4vToTyHF/KWu5CzI+TOYSZxVTmgIqBEqyGOjhrSCziXm4xClS+6vhm6k1Fb+OPPGyXLr4laedpg&#10;6ixNvae+ziiihov6QOfsn23BjvopE4BMDwzF3zF04eRnAgi2KCuE9vGLmN9Tgo4FLCdXenC80/ni&#10;KPT+aM9k+CO7Jio/M1uvPNpoKdhshSxOx0DDPtr2xjwNiQKiZqEYPdGJLY4RdIgVNxbKCfjQtBSP&#10;eYOghd2BEscl1/kpYSLT50wYzOeg9uJftu9NSWycuCwTrXy+gddYuQmr8gNMBjtKbGrFDtxRY5Ry&#10;epUsaE7kYtKA0FJcZxNRI4W1ypGWMjdwKVBNJmVPhVZF61oqDlOuAeGNMZztrfKTE1fwBTrn8esD&#10;4XJWr24KI0AnyU1/3GeRpBllje3HVWbfixMjV6DiYyTucxw20zAuKVw0PBKuTu819k0SLcYIApIC&#10;RzPlDBkl4APtdDvNNmysrMC+nTtAj46KloQ/fP6uXLGOQDTIco/w+K+WoD47DRsWHMfdxAKQKmsb&#10;7HGIuohYWYBt92EsssvlEZi3e2Zxcx0GaPEcFhFh5yZQbsqlMmu+lKdwWJAn6FwVqHdMjh2dGKeM&#10;JVsHtC1y73e7ZIOfOqAqCy8ea/04GZp+sU8YF/qhfEcM9Pj7SX0eC1Me40FM2R0gWVWcZD7gKb0I&#10;0F26OU5Ik5BBSSkoQk9E8CVbs8zNzUKtVrP7/Ruwc/cOqJTL3bmZmV/Zs3s3OV/xdCzNgmwN+EkM&#10;5Pc0T113oDSb5mtxhdSBft+u31sA5M/2Mm6vBW8/p5Qfr9GCmgrdxYl9/Ynlgo547G7SfPSyydGb&#10;coJxNbwlK8gF+dj7YNoojSBjXkyJ/uK6SuZd6Fi5jjEMU7jqcZI83e8Pnux0+g/3ur0jFhQU+khf&#10;MMwELtmCu1yqwuioIntafJ/9iE/8Pjps2BM0sotet9WCTqcL1xfXYHDmEvR7HYjQNrJYgPGxccrp&#10;mBgfhcnZcXrMTrsLzVYH1tbWwLRbsG//ftizdz8tTiurK3DyrTfh1Ik3obG+TFxmXNB6UceChb59&#10;vDGYmp6Ern2MGzdvWhAyAwcOHIIrl6/ApYuX7GtLYfe+vfS5XLl6GU68+Rocve8BeOjxJ+DNV16G&#10;W9evw7//d5+GT/3lv0ILz+f/w++B6bbh1s1r8Lu//f/Ct37ye8CCJHjL3u/M2dMEkmbscyzeXoRS&#10;dUATGhrpGuPpQ/00Ap3ajcS4Ea+hxVQHRrpxzoElzY6LXBefv0MQ0OFSwXPflxT0xOOWrh9uBqhz&#10;2dxszIzV6wQEM+P6zPnKUQu8KE/EcWkio2oBL2xFmKddiSuXm1gQJSzwfu0ZGAE//eDJjcpZ7mbT&#10;kPwUj41UmNft/fqdSaF3y3pnps27Q4lvzgHrjwMjW5c/XxetMu68NhkC9U0ZlyWg2ZEqddUfrrMB&#10;d25DKmrRPpe1BrhDxp4eZEiorWhdRm57CEnZFimRLZyiMlxfaSdvX1z6f4pp83cPLdQ/dd+euZ/c&#10;OVd/JOor2GjY22B2SHdAIISqpUgT/UUpnKkg6b5AVCeiX4ES/QmQ7an3Hk4TmV54ey0p7gNppQI7&#10;bqVCZDK5zhSwKDiVz4AoKDn6UwouWNVRupivpGXtYF1wmgmbtfHZQb4JkqQioM7mFcq4nBPj1wVf&#10;/nuWSlacGh/bMXw7CmXMO+rlbCn8pOPOMxvNBlLptkvDI00yrRg/vzglpbluRZprrTuHNaP8Guv0&#10;Gi6pm6c1dn3H70eOOyV0tlTWywB4AmFU7nWLkxVO8PAxWFMR+IwVn3WktdixZ3GOxVDD6SvnYbo+&#10;CqWJKQsoKnR/LQDbyBQEjw2l0mxKTJNo+wjFMkws7IBuo2EBRwJlnIasNwhoD7B4J8pgEWIMISyO&#10;wFR1AsaXLsJSswt6ssQmADnjB9dQMo6KBUw9JqQfqJwGVGXHjdDucJ9B22B04ep2+3bPrMkETkzo&#10;7WuK7f5aDGu+tgkldDJJsyA/t1PQvRSfL6mYsOAEhPI7cBKCNsEpHzN0TVIvLMfXXLafDbIoRmpV&#10;ek0FZFWkvE9jNtj49BSxKNJBFw7dfRR1Lv/2gQcefAv1nrEAEKZADldV7+oC6Z3kjHdVc+cJUbfD&#10;92+ZrowxWzvXf9pL1V4/vrnZ+v6VlfXvjKJkDAVWpUqVxFkglqtxIsI9FXjXCA6+Ad/JpUUkMT7o&#10;IBNmO5tAfYfVlFsws40Wb7K8tAy1Shnq43VagvAkjOOIxqNTU2PMhX6PC47Z0a6230PgYO8XJUGc&#10;pqU4ES6y0GxwUSeHicGAHh9fF1KrEHCA2MumNPXgECCiPSOdyAlH7d8wsK/Z7kCzsQaLy6uk2Yhj&#10;DPErwsTkFCzMT9vXOwdluzjFg769bRtWUf9xe9lu0ilg1gdOU25cvwmvvvICnHr7OPS7HexOUA7G&#10;iC245xe2021v3LhuAc6UXWBqcPHcWbLa3bV7Lxw8eBjOnz9HojLkid7/0GOw98BhePYLn4fbt2+Q&#10;pe5f+fGfgI31TfjM7/wm9CxowkVmbHICHn/8Sbh6+TJcOH+Wto+ZuW30+ayurEClVrefc4nDlnCs&#10;GkgOsIhfCSDKohMgTcsuYokkvXpgSlSikNNi/W0Fmig9lPysHCdcqWwfJZATQ2VkFP73X/uV/3Hf&#10;3j3/BJ06fFdPpi55m13wyeWpUK9MlnJOf4uFgiXHMzWjQg80QICH1tkUxCW3EydZ8evSABn1Sg2H&#10;DCpJx/W2uzlU7IT5eZSicpaQ7wDSW+vTB2RazP75qTF5fP0OAVDs6Dopr2FIuUG6CK4vccwdUkoy&#10;RqBtr5FdA/HcxLyfQTcia+9OswntzTY0bfHWRPvupUXYWL1tH7xXOrB98ocfu2f73zi4Y/aJggUt&#10;zZaGZlNB1LGPg6GF2LjB7jC5TrHjFGpRSN9heNqHtDBwHXnnCCW2oFTaJiZzipIi3GdTiI6M1mrJ&#10;V6DzVLMGizrTaaZj0C7XB3JGF67INgKAIOdq5x2gchSuNOvwpu51KafTMT6ID/KTfDMUHO+Ltcyi&#10;1PffnMTb07CUGvLH8ye6/5bTnPuJaDGGeczG2xy7brxLU8THx32K9ipvVMCp9JR1ATyhSrVQitNs&#10;nUQNRAqy9zk3QiWcQZl+pMJuS7wLkiYdCIIG+lsgRgr03IFvRBXLJVi+vUgT/IP7D0J5+wKk6BIl&#10;OjlciFGkjhTCofVSwIyrKVC4vXr1MqxfuQ7zu/fA6sWLYDrXoV4sQC2wV2XBTViBsgU5of2Cvnb1&#10;TXhj514whw9YnM7fBL1n7XSG3JTC5004Rp72sXank52E2g2XJENEsQsY/nen1YRWuwVTk7NQQC1n&#10;mvqpW606AmNjk9Dpthk8i/g8paTxIAv1g8TT6/A8oHqHzm1kVfTpvibfTMPXKOIhFJbX6zWo2Ocq&#10;WhCCjl+sV9SSL1awn0XVApIQXnvhOXjiI0/a1zTd2bNz+4c++V3f8RYCUJOnvyuVcwwbdoLM9iiV&#10;27P4GMDAyIC0nCGZ1lRHCu/LdTr4hV/4ha3d6j/ykrL47cFWO/rJy5dv/bM3T5z5qavXFh9MTVCv&#10;1UYteC4WBlFc6Pb6hag/KET2Z3sfbHwXMDDUnsD2mtC/drEqmMT+tzEFu/kV7GFpr8b+d4pHIP2M&#10;97EHKzonFuzxjik+9rGUvW/2GHhfutqfa7WRQqvdL3z+818qNFrtAk9lTKHdiwo9+5p6/ajQ6vQL&#10;3W6/0O72Co3NdqGx0SysrDUL6+tNe9+evU1cGMT4OiDk/TglmhSmi7c7XWg3W/bfNrTsz/Z9YgI5&#10;dCxAwOmDfQ67tw7oZ7x9t9elaQZ2CroWIGAAEQIVBDq4NmOwz7b5edixbSdpOBL7hAgqrly8BBcv&#10;XYLl5UVK9i6P1GBqYhwWdmyHSn2EEswvXDhPwOvBhx6Gxx5/Gmq1SXv7JWggmEG9iX3OCfTttmDk&#10;+tWrUBsbg4VtO6C52bQA4yY97j33P2iBiwU4zU37vFeI74kuVzeuXrO324CTJ07A/Q8+CNu27bGv&#10;6SIV9ViIrC6vwL59B6moadv7NttN6pyUiiUKHUQhK1XosuE7eoIbQ7mi3Zhs9O+KpbzmIxARN53A&#10;gc4AiIizWV+RjdvzmzKL/hJ4+qNPP799Yf7ZgRQgxtsCZl1N4zpDrkBzv0tl8U6zhds9Ni3WLlDQ&#10;6T60+53KxOfkBMT/anWn85WWUCvt37enY+mMcqadJkTnwQfkuqwwNEF5h8Xu1uV9Tc5SuakzDQP1&#10;Hb+D7NgZDr/MT37VUJilFmoE89wV5zzIlJIE5ghekGaVDNCGM7lyY/nEK29e/r+Pn7/xenPQmZiZ&#10;DPdvny5AfTQgYXFs14OYXG8saGfbHzD2X7I6pUUi4NcYiNW068x7gbFhao0/L3Q2zVZKVAkua8L4&#10;QM5UhOd5vr4D9Eb0At7KWiYWTCfRWfaFCKizyb4i8Xq22PA57PUZniqa03Oo/Awj40xmQtwMWoCI&#10;u4cyXpRMvMSQg6ZBsia62yMNLXV0KXWHcYWCnPh3eGHwnXqZoND6qGhMRhkwOO1JeBRN30MQKkgc&#10;npGpBwrbU5kIe1G4MLOM1j4MUxZtTj9XYrMbykRB80SEJslK7IvtsXbq9NswPzkNtW3zoCtlpvBg&#10;qB81Ht0VX29IP2Mxq0LJhRELXzycSPxt3wsW3au3rtnH7sg6bijgEFPoEWCVKyVI+m24bvfvZG5B&#10;jh/J6FAM4BLRCfH3wZMNBoqJB5JDjTL5EhJpguF+hrRt/LyxDuDHkLR10neGtL+77Cwj1D4fNKlS&#10;zwBxUzFkfSAI6VnAjwAkkQBBqmESzroplooWSIzD+PgE2eajSQx+XoFkp+BnVrC/QyE82hifevMN&#10;2DY7B/sP3Y3Ngl9/+pmn/nXd1hI0XctYVLJWDDur+aPLNZVVxlvBz62AwvdCQBRtfK/YnAzD9ycN&#10;awuA/Kk7bCgsTiq2MP+e9UbnH545e+nvHnv9xMdXNzanp6amYX5hmz1hy3TAt1sdGCTsNJGYLBgL&#10;izdM1MYOViqFnfcJJ2GUjNgpeVNJ0ZcSYnciSabAxJkDkeGCkbt3CXXvIltk4gRganoaOrZQjjo9&#10;2CRwENHUodOJ7LVPwKHTGdjbi2CTNraQxN14EvejgS207fux9++0W9C1YGNjE4FGBzq9HoX94e+b&#10;zSaNURFctFsMRDYtIGlagLC50bD/bhJgwaIfrfdazTY07e0wb4MWiX7PvraeBQ0btBhhcuvU5BRN&#10;PyqlMmw2WhY8XCFHq0Zrkz6j6kgVZhbmYeeeXXYhLcGli2dh8cZV2LFjB9z34GMwOjpBTlXr6yv2&#10;cddgbn47jE5Owrmzp2FiahJ27NwNG6tr1L3EheCBhx6BtZVV+3k04boFIQsLC3Dkvvvh8sXz9JrP&#10;njkNhw8dgbEpHMVep64KgpCGBR7z29EFo0dXnJAU0NLSLmBoyYtWgmwbmI30Tc4iM6PPBd5+0m/w&#10;wA5ayk8SFGQJ4lKEBMp3N5XjvSvjhaT0mPa4eOLJDz+/d+/ur+Cx4Wx2nfWuo1SlXnBucr/j4yo1&#10;qU9Ad6m2Dmzkr9TFcf/tna/ctENndYwHIJrfuyT4BpBLePfOWDqz381lovvpyLuAjzyFagt8fADW&#10;Z3Pn5Et5MWq+0Mw48eABLfhuMxc3SrJ1PHih8zVgQosURoDULDdqSbjgMXFEUwdULWxutk+fvHDz&#10;N148ceXZC7eWK6oY7d0xGxbmJwtQqaABhQUiZIcaCGDnjAwsdo0ADiOd60CKWMNqaT6B6F+XEQJD&#10;5g/s98GmECAdd6fLwHUJnF7GudbmrKuz/qwMI4S0rmRqPqQ91DrTQKQ572OV0yaqLGnc5LzZlfOW&#10;VZkzmZ+a5NZIyJWX3j3PFZuQabuMyTRi3tbUd5jVEPBxANXZg5ucO5HTeNDwCLUYBaZekfbFFok8&#10;VNKsPQkkHFAaTOh66ITRxIgLeLFjN+Vsaps6aphMhTUGXCrXbGGBPNkxiw6nFJbgwrnzoOI+zO3d&#10;B4WJcYaKWJwrBBkFEk07eiuCEpxIYCELKhPfU2BkmpDFdKVWpayL5WsXQad9tolXaDtt13BVZuht&#10;9+GSPT5vrN+G3vQMpBaQcP6MGqYTic4KTM6hDBkRNKkQnYOBoalVIOdXIK5VOOUolQpk45uBYEV7&#10;TxgE3jI5O9mNn9wHmhE1gYw4oXMximzdM7C1BVKw4gEL0fGx7GdNZjWjkxREjJOHQqFM32MYZs20&#10;QIAbulXeIpv+VTKm2Wxsbhw5fPDHH3z4gXX8HHlymPoVx1HchRE5FG6phB7P37F9Ppx2FEICWQh8&#10;+DvD5+bm3RYA2brQOLXd7u9ttft/vdnu/+r5Cxd/8pVjrx9eX9ss7Ny5CxbmF4jahBawXVuY40KK&#10;Bzk7YcQicOITY5AwODBSzOHPJEZDxE7cRS4GY3FuwJMHF3g8oRxnMUkSGSMymEkkmCcV2oy/rf09&#10;8hm3L2AGxhRMT8/aon4CRsdG7e9HoFyqkBMTjhbxSgYs9vWgnVy3N7Dvp2evHZpeNFsWUFjwsNlq&#10;QqfFuoxGE4HEJrQsuNhobBLYaNnbNRtN+98NAiDoJkWTkU6HxqwtW5D3cHpif9+z1z5ORvA2Foys&#10;r6/T/dCTnN1LnINKQK+1Xq3ZvTmA9dUNuHLpCmkt7KcKI9WyfU9jsHv3HpicmYXFxVtw9fIlep/o&#10;bFUqVmHDPvbtxZuwa+9eGK3X4O0Tx2HP/gMwaQEaLi5Lt2+SPe99Dz0K1y5fJr0Kumjdc+Q+mLeA&#10;5tqFS9CzAOnK5fP2MY/CyMgYrNjniXESYgFTbD+zqalZmqIM7M8IprDDQm4bUcR+5qKN8HS7oZGs&#10;lqAlx5VVOSepzE1KycYEjtYkXdBAB8NjXueUJSABj8NHHn30C3cdOvRcRKFOMgFxkxA38fDUudQf&#10;Y5DXiAgn0E8qtL5D55ElnDvwoQIHlrR3/tC+CAwyS0eVAQrXpc1oZpDdH4YT1YcmHmoLbHxg5x+5&#10;8LH8fCM1eeBhsgwdzfbVGdbN5ev4Y1zuIz5b7timyYgUuYED1Xj+Gue2w35VWMzZX1y+tbT2W8dO&#10;XvndV96+3r6xsbFjrJ6O79hWgpmpAoWjxrbISxR2skPqtFNHmfQbijNEQqboGG9lGnCTQQoZvGIx&#10;TK+NuujatTWyVO2coBxy7ksgcYHGB+C5nAqdTSm0KzKl+BOKkCvmXYMthcx0gla1IEdDAkcz1sPu&#10;JiYHchylRt1p1Z1RqYzQp9w4R3kHKnHrUpmmxFPBfI6SM/cQoBloyfYRJKZz9GbNhTZRh7kQ4GlG&#10;wO5lIJ/VIBrw+8QXgsJ0p8URgwTlqF0iwE8d6KXvTAt1yqWE5yjWsr5jI3HT7nmLN67A7l07oTAz&#10;DXGxQM6PWjPQ4HBHnqIEkj+Vn4ZznkxKNL9kkJCrI75K3JuWr1+1f4qgIACTQAhwGrhBKlBlBJob&#10;y3Abj0W7X3LORjZFZAeq1GddeA86rCeSOOe0mHN60tmxRa6WFtjh3ok070q55p2/KGQTadyB5myr&#10;nMYpN0PzlGFq+pL+tM/siyhmnYe4oY2MjMDk5DRUa2NkXEP7EoKAIBCaomuqMfjA6UfP1i6n33oT&#10;Hv/IR+i7qBTLv/zxb33mdzBLLJUpT2arC35SmsEj493DHDAjgEOTjpD0Hvg9BvSzfd6CJkCl3qcb&#10;2RYA+SYvSA9qbHaONJrdv9Ptx//8xs3b3/u1r70wc+nKNdg2v4OSs/Esw44/Ft6JiN6weETeME4b&#10;0IoVJwk8TUAeMfP8qXtuf2aHhsSHv5Fzkqe8JF4shfcZpAxmBgRggEBKQiFR2i/KlERKJ09AoAKb&#10;Eqz/SITXmj0eAiL8F0EQTiEQPOFEAt8L/rvRaNF7W9/YsAvQBk0t1nGa0WzSRAMpTo2NdZpqNJEP&#10;bcEJ2t8i9xMnIB2hZKE7FWZp9LoWcFhwgSc0LRA4maEJTJvu17W3RboUvl7UKRBQIbpWn8TssQAv&#10;DPhDihNOdW5duwbXr1+Dnr1fsVyG2ugo7NixE3bu3EF6kRvXLkOtWodd+w7SIokTlLvuvoc4pG8d&#10;fwMeeuRRu7CFsLx8G27YhXj7jl2w78BhCz4u2c+5CxcvXYAnPvwRGs/etM+DHZXbN2/A7n0H6Hve&#10;3FynBRKzR/BLqdVGiV6GlnxIVyta4ESA0P53QICENzslEwvtaAvOwUorL1hUwtt2FqGZkNuJau/Q&#10;gOSnAEYAgPwdgcSjH3r8s3cdPvjiwH7mDDxSD0K8qFycrfL/bZzFri/6tbfYdY9P3Rtx6OFpjHRw&#10;5HhUuYBB/nsgjVuRWLrEah9MmOlDtJsAyXKegbLchENtgY+tSzbtUu+SbWRy58jQ8eJAvCvi1DCg&#10;DnLFkAP7WjrXSswRFAlH7Zqri+wEp7mDTvoKu26TyDUMlvu96IvnLy/9mxeOXzn/2rlrsxvd5o6J&#10;CQU7thVhYgypGEzTwZTqVHMIHRa1fE5wh9SQfawU9zqjaVARS+AlyMUNyORQS4MqzRyTfEq7UDm9&#10;RiL/WeVc61wHn15fjtPowIOkPhKVyzgluwKRJovg2gOfHDkls72T2j+n2THKhwB6ylk+cDRHa6Gb&#10;p8a7bPkZac5wxVHBlAdUKnslyvj3YqR4j41TFvHvcAriKGdGGoY0WVJCb/MAymR6AGBdBwuzNdGl&#10;QChviqx/IQcSxSFQ8k8QTGi77507fRpmJqegbgFIaItoWj+DAh8bAa+nAYGP0OeheIZEzNoibC6m&#10;pHOKqVDHWiDpx7Bu9zNlIhbN2+cv0vOHPAWxx1uxYotjW6dcWV+FZNt2cqoCcPpCMySudg0qlwmC&#10;blOkgRQw6faPTPzDJihKtC5YL2CzLqSGqEwdFdc6geK9ZCgMV+oelirxnoZ1DprDDAiAsPsmFvQT&#10;k5MwPjENhXLFniJi4R8wyNeuISEOVPg8yMLApthrr7wIR48ehbmFBei1u5c/8viH/uqBQwe6kQQz&#10;ukwXN1VjbVHqtYqZQYvsaZr3S6Rb8eTDAqAiT6twDQqGnO62AMgHEHgksLHRemJ1vfUPev34n9hN&#10;48lXj7028vzzL0BtZBz27ztEB0+n0yIaEYILZ4WIJ0q/P6CuCBag6DWN0w18TPqdcBBpdOc4iQMG&#10;AQhYYgEG2EWPxA4PAQeCEfr9AMHLgP6Gj+/1Aw58CK/UWZPigR74rooItPD5IwRAfRJWIrBotxhw&#10;NDY3SRS+tr5BUwO0tW00Ni3waJITFU46NiwI2aRpR5MmF63WJk0y0NEKKVhIocKCHEHYAMeg+DxY&#10;lNvXSxQxtOXt90Ur0qGJB/43uWhQ8A/qTCKeJEQ8UUCKluOWcjfB0MmKAjJceG7fXITrVy6S/W+1&#10;XodSpQwL2+dh9979NHlZWrwN4+OTdF1cvAH7Dh6G1eVlmpQ89bGPwfLSCmxaMHXt2iV4+OFHCczc&#10;sgszvp+l27fhyaefgduLiwS8+vY9bWyswc7de2mRI4Ecfe89Skgt2gUOJyIE8OzvsWuCC2HBvlYE&#10;Ms7pERc+7HYoGC54OOBJBubOrtZ3uFjIrvWdIvQ7QEiOdsFhTAk89dSTv3Ng/95j+F34fI98inlu&#10;6uH+23WXVOZ9y2Ajp/UIgsBPaOhn0nho30nSDjSoDBRR98+RZMR8gTqKAj7oOSDLDHFtbJ0LK1R3&#10;cPe3LluXPOFO5Y6RPEf7TmTi/Qw0yLEMkluj/TrKkwU+5zjnQGrFUI51LByQDmMLwGJoCyhUaVDB&#10;mjAXQ4A8Hr+lMGiHSh1rNtq/furszS9ZMBIfv3hjW2vQqk/OaFiw18lxC0ZKoT2HbSGmQwomo8wJ&#10;0QgootYw0OBEb6d/yBXaKqPkeMc86T6DWMIqmUx6ICEBht5NEcBnMwxRHY2jg8rjyHMq+Z23EaeC&#10;Psg1BoQfL5Qyb7HidBDqDsSoXQ7QHSFYuVR4o7MsCCXOXm6N9JQfcTQDBcNNHnlOD6i08iCE09pR&#10;bJ6yDkVrkehJC15nIMJNWIwzQRCBeoKPHegMYNCUA3iq5ehmMoVx4ENJgKCx16rdO86dOQNF+/xz&#10;h23dMTpBv1chd+6VNH4c7TVjbSSsYxlw1sUAgUfEEwa0vDc+fC+BVbs3JvbvhsA2YRqaNqD4GunY&#10;pqhhpFiBlZXbsF6vgbH7q7Pb9U0l0cQYGKZB4i9il7UCmdMiTyZlKiBaHgQdaGeL+2ilWmWznvxi&#10;bzivJ5uCZQg2Fep6EsdS3/SodkrjmD72SWJ/TNHUCAisKcGAvD9R3grSrTwNCkFBCMdefQnmZ2fg&#10;yNH7od3uwsL83E8//cxTL7rjIG/x7aZ52lHyHEnMgxOmXOE6gW6dOPVBwEgULKRdBUpswt/fly0b&#10;3ve44JRgZa3xRKvd+xm7LPyAXbCD5aXb8Id/+AV7Ahs4fPioBSAjFEZHCyBygO2Bh4meICc6iL94&#10;IAWZH48b17VlkSCeAHGOYoKFuQ+Ws49SKGhv16tUFlSDJyAWuwUSZimZCPAYz2CKrnCCVcqbgS33&#10;WSgmNDAEQwRsxNUl6sek58Bk0i46vPT6pGtAkTkCCdSL4N/ofuhpbzhEUDunFMOAwXUc05xri+QS&#10;g8oxsguy2CJQMBJeRRMcu9CHsQiRdehH5bSoymKNr5e6E1Lcsi97SvcfrdZo4Tp9/BSce/sMHLr7&#10;Hth3aL8FAwV49MOPwaG77oI3X3sNlm52YGJihrQe4xPjcOnieTj+5uvw1DMfg9/7rSX7vpvwxS98&#10;Fr7ru38Qrl25TLkjOGH5+ktfg4ceewLWVteg1dmExvoqXL58Dmbm5uk+m80GLX6bjQ0YsyBnZKRG&#10;lDScfPRp4SxCH0Xp4yWhOfC4nPadQEunRxKCNScjO5oTuY1o12UK/Cg3o1oNL1mB42W7rqjmhbZU&#10;KKwQNc9kuR5uU3BBgo7e946uscpCkjxIEr1HHii4n3VeJO+nH9rzw7P0c+MXb9e5zmwvIcf3zYoF&#10;v8GZrYnH1uWbhyX5AtZTJXLCc3+TUCZ4mKosxVWgEwgSTHiObQGYSO6OkrXXFhalEnduA7YVLVfL&#10;UBkpQ7lShea6XTM212kCTI6Bsn6WwgKUw8LzcZo8f+3y0i9euHDrk/9fpfijO7dPPnH/oR21hw4v&#10;wK6D42D6GjY2DLSaFeh1UsoPIjeiAVrqasoTMRgsF0gAhuGCWQWG9gF2LBR7Wp2Kwtr4SSOtucWA&#10;vIc9zTInxkZPW2bcZCGl3qZXaFOuW01luKMEM9NfpgV5u3B0e0oyG19Ji+aJrKOMQeayJUVrCnna&#10;2HAh66ZYdI8kFe0lv2aRNrJdrQiEHR2MszsyfYy3JHfRsN5Ni92XnClAkgvLwjrAuKBAyOhmRibV&#10;DPTAp71zgKPy2h2ldbYeCljEGqFsi9SbV67DwO4vO+46BIXJSRjQZx/wnuhouZDlgxGDIjFC/Rbd&#10;aMJ7NL7OlAUoRBMcCD1KoSC9za8nssdIJ8b6YgBF3FvtFXM4CqUqHKpPwq1bNyGan7WHCoMGPPaJ&#10;jREn3vGJM2F4P6FUcgc60pz1skz0IdfgQrfHkdoobDTWidqN+yg9hsuNQWqVrQGCMMimXJ5e58Tp&#10;hhq0iVjF4+OOT0zZx5qwP4ec1eGnEcpP4I3iRoKRBlvBns9vvfEaVEshHL33fooOCI3+8oefePzT&#10;eH4jm4VBV+rt4bUsKAnmj7h8GbGIw+cOxN0qLDJFDkFmWJDJ6wdoer8FQO4czdtF5tbtlceWVho/&#10;HcXJD9uNJcQD5Nhrx+D1Y6/D3Ow2OLB/N9Fq1uxmkopjEXYJiLu42WZHDM1+43TMBTkrVOpgB1AM&#10;Q+nKqExYLIJvPGETKjqBnJP6ERdxRLFynH/7YJEaDAm9MEmbbhPHQg3IOjjs2GIXo0FKonWigEUp&#10;i74HPRakd3o0rUD6E4nSLfhATQNOXfBfBCtapV7YxfqERMaqkAn4JNVXO46+EVGY6Brovdp1YqCB&#10;E0ghc15ynfLYj9kHLJb0DkuBX9hAuo5YvBfEJQJPbrT+w/uM18dpkXrtxZfg7OlTcO9DD8Pevftg&#10;ZHQEnv74t8CNa9fg+GtvkGPVxOQsTZQwXBC1IY898SQ8/+U/gBs3rsGrr7wM9z78CInY8TN568QJ&#10;GJ+at8DmPjj++ks0vVqx4BSzPqan53h61e/RpAfByGh9jGhiSC+Lyao2ILvPyH7W1ZFR+jwKAR8P&#10;/P0GTHMK2H0lIS97+WwcxPDZH+qOYlz57pMG7UWzdEwCb3Y43q1WKytJylQ819r0nRrfETN3dKty&#10;Frq5oEM3/XALradiCb3A6zrkNu71+9uDhIr5EMLsvd1RNrog5qGOtQNXW5ety58KkLzHhu+6/dgF&#10;TjU3Q1BnnMY8gdZil40seafFQMCPhUXR7gUUrFYp0gS2XC6SyxBaiW5WK9DcWCUzi9iuv7i+JoqD&#10;SjEMURUKN+2m8+vpIPn1C+cXj54+c/O7P/Pl8g8d3LvtgSfu3hHev2sSdu5G1yP7+C0FrQZAt6mg&#10;30VnJvtio5isxoHC1zSDAArt0cT794YX2KTCqYx2S0DC2SIhuy2lg9h3HigEkD4HlfUBeHPLbHJT&#10;oc+onEAdg1eF8+4dkZwowNGNpBA0OVteYxyFxXjdBLhMLNGHEQQwojtIxcdXMSgwYjHrhOS0Cmqm&#10;hbm1LM/uojgkcfhS0gRzexl+N+xK6LJQlBfIO+2LE5k4ehwJyiEDOKlobnSBC85eL2LKm7urOHe5&#10;yYNrSuH9i6UCtNc34dbN67Bn/y6oLWyHJMASnQoET+E1LrxRJg1YoxjHrogjoWrLXpswZRtpZQlZ&#10;DQ9ggN9PuQSRffHaAtAOicOxDonsER5Z9FKCcmoLbvt5zM0swOyVs7DYbAOMjjFjwTlAEWUssdg9&#10;ZFG2WCWTLKZgz5k45wIJKufOls/yALLBrdfqpBstWtBTrVRY3M4fLjfK4jx4yU/tU7KIjwWA4EPW&#10;xkZhbGKaJg9ahOpgMpMJmrjrgv27S48PqJFw8sQb0O+14JlnPoFu3LY+anUff+Thn921a+cAm7II&#10;GlLJfyFao1D4XBaMlgkahT8S8AiorkP6OE89App4aJfr9QG6bFGwcpeV1caB0+ev/j0LPv653Qwe&#10;sBuIRj3Cl770RXjzjROwZ98hQIcrLGoR5Q+Qz0/BUFwUk74ijXMrKTtZ4cGHt8dNYUCFe0qZGtiZ&#10;QCrWIOUuGnuOxyRg73Q7JBBDahQe5DgqTcyAxpK0YcWJCIVTW+jGtIDi+jvA54iYvkXaimhA7lSY&#10;Qo70qhbmbLTasL7eID3HytoqrK5uwO3by3BzcRGWl5ZgeXkZ1laXYR2pVSgstztc1xbPWDDjZAGF&#10;6ORUhda5cUQOE27BGwxY80AC+TQmzQZRqCQAiPQnMS8KSF/CPBLipDpP7pRt8YhjGydeQE/e/AlT&#10;zuhfzAPGDAq30BoR5ceJgB3+7HFpQrFZ1O3DuVNv03uenpmlhXCkXoNDhw4TqNiwn0O1NkpitBvX&#10;rsBDjz4GK8srlHS+snwbdu3ZZxejKizfvkmvZ21tBfYdvMt+Pg0CFripI3gbG5ugjQcnRzRlQqqF&#10;XXAqpP/g925kLI/LU9WCk2IRLf4CMgGgBUksE7G7wovagPinjmsbEFAVLri371VDYCGjSXAnLnA0&#10;CgQ7hdLGt3/7t/7TifHxVXLryWV8gLfjTWEoaVy0HDTiF1vdUOhW9K9QVLL0VuEjq0xA72kFOS46&#10;TnNcijWAHrbYHaLOKNcMfUcXe8vZauvyZzElyYTLeTtfaRiJExSJRR3FNWQxKdWTOJW2hUXRFhpI&#10;u8RzG4EI0jkxF6oclKCENpsFoQc5mxzjRg3yOgK1VAyC5+3696+u31z50rG3ry2dOr1Sa91szvfs&#10;Wh5WUpiaA5iaLdviSkGxoomSQx14HUraOAj1SYtIWWiPzC/LKD9MkBxyg2JKkCIdS2ajm1GE8LxP&#10;hcokd8/SOJxAfyggNWd/6+hj0sE3WYxkJiCHjDsnxEsLJLJJBIMZpmU6tzBvr6yd9S14+98siVqL&#10;Za4kqedoZUaS45X7DNwUxOd4sOWwo2b5lHKVBQsqmYKQrkNoPUDTsSK5TGonQBfNhqeeytqJlFzK&#10;g7B7gLF7+MW3z8D8tlmY2n/A4oCy2PEWfZaScwUg0xDcMwd9SOwezXto4l2fSAiONCzaK7lO6EUD&#10;2su7vQ7tTw202U0y5T4CsILCgrlExzV+XyULBoJ2F671WxDu2O4DjjVR0/hTTiQYM8tn4aaU0626&#10;hpSjjmeGBUbc3hTR2/E9IcUd92bOVslsdp32wx1XLkzSiBMoUr9Jf2mBxKQ9UfDccy733m5aOWvi&#10;IMurCpEaVYEzp47D5toaPPn0R+1tClTPzE1N/aNv/Y5v+407J6gwRPjMUdEE5bKdboFeA9Kz8RrS&#10;3v/+13q85zq7FUQIYAHtxJlzV/7GjZW1v2kPxJlQ8yKEnfE//OznyAHq4F33kaNIgF0EoVhRUYU8&#10;PkSyCoTqwmNo9HHmk4OLM7x9wYnMhD4ViDNGksrMzt4mFDpVGnPXKJU0dDzBCoHyNozMsRf0TCKp&#10;Eo3HyTtaFnwXCNgX3UVkF6V+b0D0KXSeQveqqNsmATxSh+KkTzxJAk4omMcpC7okSQcdFyWteRKD&#10;U5TA8UyJfuZyKXLcTmP8BuQEgCGFOCU0FdF5C0UDspEDFdiuO+Icamixdy6TzllJxIBKXCSyznlA&#10;BTptCOLHjoUAfpYNC0BwYbz34QfhnqP3UtcGH6uxtg4vfPWrFoisQccuxBRqaB/zxReeJcA1P78N&#10;Hnz0I/Dyc1+C1Y0VemV7998FY+PjcPL463ZR7dHGWbOAAkEITktQDwPiMV6vT9DiiDkiJKLDLmmx&#10;AnPb90K5XGHRGVkAFnzgFHWuBkiLa4KxIE6HImQDTda+IDaKuQbcOy4kkkwzP3+8b320fv5/+fu/&#10;eP/MzGyHj2WTJRc7X3X3pfgk6SArwBwn3jtz6aHQwaFMAmdv6hxY3NTPUa1yxHzuAGVLuLmDauU6&#10;r46nb7aAx9blP8dUfKi4ALGq5sA1Ci7ExkLEhY4hfV/kmw1YbA3s+jFARzy0L0dzjs1N6Nl1oLey&#10;Cq0Nppi07X93ui3oddmGPBFDkoTSmZlCRG0XLB5TUx4PK//oofLYT9Xw3Bsvw8SOCdixZwxm5+ow&#10;Vrd7SKKh30yh2UC6loF+FzUAMvHE9QD/TUTPgNNO3G8S40MMtdBZ2E419YGDzmqY1niZNLBJVCr8&#10;d5U1LwzTmlzYrLNKzZaaNKMuOU0GP6j/xH3OQ2qyQlYaVH5s4hcL4y2vnM1utm8oP4nJf5kMtpQ8&#10;vrx2lQURaoAsrI6aYfxduLVJ8nh5YuPSvgMt6ecCdLQEw3oXLwkt9LbHOQG60PywoMAiuGD3grNv&#10;nYSaLVbnjtwDpj5Kt9MC2uh5EmY10GSOjpeUDFzwc0JNKZjUByRSIw/ZBylnYmFDM0IdKWol+jFR&#10;mxvtdejZ+4X2ISbQPbM0gLoF0OPlaRgbHbPgo0R2tEVbS3zlynlY//Cj0C6GPk8KRCCO9QbP35kC&#10;5b57FJcnMg1zWDY1GUjx0wnFtDXcB9dWV+k2UzOzVGRI0otkGpqhxhWH5MZUuyDDAyd7aMNfroz4&#10;QyuUegFcZpVmtylqqMmE4vRbJ6C1uQZPP/MtRMOiqWeqX/+B7//ej+7YvaOJjU8HNNxBpYV6lzeD&#10;IUtjTFPHq9CunNYj/IACjy0AAsyHPHvu8g+dOnPpl9abm/eE4utdsP/evHEV3nj1mD0Yq7Bt+x7u&#10;uiMNxqTiSFSQjAVBzLLGplKEBeI2lDptgxJRX8roHAtQ1/V3JyameBftgYl8TzwZ8UAFLv8JGLiC&#10;C0ebrhONjgnYLddC2wlE9Es2dCRi540RpyA4+XBTDHKjQqpQLxJxfOQ3m1ieCxcr5rVyhglrOpKM&#10;IuTGnmkqPGjwnaOUrSB4EhkIWHCdea0yfQOALzpNmgkSdc4G04vrnbOGCOyZ2mN8x8u4zrnKrF61&#10;3AUXFAxDRKCC7wvpczPbFuBDH3kSJiYnqGhAWtjx11+Hk2++aT+zhIDb+voy3L59iz7Dex9+lHDi&#10;iTdeoe8Vuyp333MvBRgu3rrpqUb10XEChxsWqGAxgZ2VSrkKlZEaifPRqhh/V6xUbdFwkNJdEXwV&#10;7W3wuCjjYicZLkh921xbgTTq5hLFBWwBa0WYBgdDXUbmvGrquLhwQV4UU9i1e+eXfukXf+ETeJxn&#10;ArlchZ97nMwucThY0AOOQFywQDbNnP4Dcja8/N8ZBQs7qh4UKe2dR2CoCfbui7PHLO+gy2wVy1uX&#10;P3swonKTRtIXYEUXMzUVDUUSdDe0gAQpnW4qjAV+jI0g1NW1m9DHzCN0+1vfgG5jEzqNNWg11in8&#10;FN0G+3a9xilqFEUyaWf3H0rWRsv1OAlrxdK/eXxk+kfqfQs0kHaKtJxyCcbnRmB2dx12bB+Fqamy&#10;LV5DmpB3NzGROoQ2JbHb1xsZmp4jr8QBEuVjyY2Ex0GWlI7rMxX/uSrcLbBUYGpOdHfTCUf9yk1l&#10;WUch6dcu40hMLrg61N4+2dnTKznBaf9VXs4ulCzPBeNC1AsgwAu7IZc3MlTvuMkB5P/Of+CCOPW5&#10;MEwxYt2k07sQIHFZI04YF7hQPenRy4SIrJOFP5qKWF/LnuUMAojf59bpgoaSLVhx8qGSPuy89z5I&#10;a2PkmkXgUFLm40FmLYt7OIrLQUIxYwGbZFqDx44wMKLEMQpsgZ706RiILJjoYwYYMi5Ce1+ZcFX6&#10;yfJIFJ0bLaoPj5drMF6bhLHxmj3OKlAtleH2lSvw9VoIvaN3keEOT+oDMlzAdR0ZHkqaWEnK4nA8&#10;L9DQxbmC+eR5yATaTsjvTHNwP15bX6FaYnJqxt6mIM0yidoUABI4IwE8JLGuse8NxeaYyeYYBEo5&#10;Z8bA1yGUtaECqsGwqXfi9WMWbMTw4ac+Rg1EchDrD7qPf+ixTzzx5FMvINsBgyf5aBG9i9RekNMV&#10;YVOxiFMPe16SRgwpePg7mXx+0LesD6wG5NbiyuGXj534pUtXr/8oFosJFXExIVRM2j51/BSMjozD&#10;qC0OsUMVk7iaOZY0zaCQIe7aJyajiWDXPcynfCoWEfMAIM2FpbmkUCPjPwzq6UHfnk5de8BSZxsp&#10;nqGkYeLEBAEKhRQZ6s4bolwBcX1DEXqhToO6ZOimFbHzFE4zMHuj2+WsjV7UE5etiBYl5o1ijsiA&#10;phk04eBYWV7MklQ4piKyMsNOFobis9gO0ghgca0N0iEgjtHG82Z06rpavMEkOVtXyBXE3mllEHvN&#10;ARW9uLgHDCBdYrYb32Z5FLKABSFtKrjwshCftSlTE1PQWFqH3//t34FHn3gCDt9zmLpZD37ocZid&#10;3w4vPfccWAQBM5j4av+3tHgTLpw+BUfvexDGx6dhdW2JKG43rl+D6ekZmpzgooqLNoYXjtbHoWoB&#10;Bjpj4WeIThxIycDJBS2GCCLwu7Xf5+j4BJQs6ChVasR5RToWdkLbnRaoTft4GFKmtX8v9BmqMNv8&#10;M2JBZqmPExUIpJuZ2eJit2t+bu7r5TKHZA4XV0x/yDqZxrvl5MME3UYhJlxZUJTOi8ZzdgMq88gV&#10;Krf8Lke1ynmhvhvAyGHP9+bMvEuRuHXZuvyZTUTkeKVpt72qiAuZ2BadccEWPhE2gOw5Pwi5EYTp&#10;xuiMVynBAJsR9lyv1Eeh12pAtTEKI41JqDUaFihsWiDSIFfFHmYldXmCrRCMJLxeF0KIm3H/v32h&#10;tTL71MjsR+uxhj6KbnsRrF/swfLFVThpX0upjoCkBtt3jMD8gi0gZwowt1AkbUCva0g7gjqSbqdk&#10;9wku9NJBKiMeKYxxn4pZK0ICdhXKWmH8OU17BE7C0e4dWLvG+QfchAKZCCihQzE+CLKeBzp8JamP&#10;GDSONqbYvISARuAyiJzzkejGHIc/R10zOifHVu9S6LmEaumYKyca51h7/9p9hjW+Fiw4TSyNQ7fG&#10;SV6K0LOMgAx25RLgAdoHBeKUQjvxswTqZe5/Yk9s94SKBR+3Lly1e3Qf9t17BPTYBMSSJ8N0b6Yc&#10;E1MBm4cx6x04rDjhv9k7IGg1tnaJ4kRo4wMBLQnRswcmgo4FxWkvhr79zrvCYIjBvBYXCv8unZ34&#10;tOqlt+Kby78amMFfK47Yvdg+Tx3K0LGfxfzOnTB/7gIstTuQlMtsNSNicWQXhEJRJKG2DqR2KjKo&#10;ThJfA2UOnuBzaYxMRvB7RaoSBimvrq3Cur3iHowTBZBaRCsHzBKeRgFb9CP1EcFK6pqVqTjYaQca&#10;uPmF9UvJvn58/JPHX4Mp+3l/6KmPUkOXgwzt97Br79978JGHX6B9Gb+3hEFEYpwjZ0LgnGoecsIr&#10;QIWAB9OtONcjoDwgrbfW0Q/kBCTqDwqvvn7yb75+/OTPb3Ta43gghvYAxfF2pRjA9asX4OKZyzA+&#10;NkucQzypsWjXYg9nMF06EDqSEucf1DC4D1QOaJrkMkGV/ofFYyrdIS6mefyMh2souQaU8SB0pTSJ&#10;aOEKJUhIW8CD96tgiF3ANCWchPQpzdN1mxR1zFFQRkLzPi8uOPVAaz086QfiepWyrRZPBaibYxcm&#10;dGiiTgWf9E6YaDwRN6HXFiiXeAs0YvfNH6kuVc6NKW/X6MaSeLMCcTENvRa3gOc7GSgUc0J3R+Mx&#10;kjSVTy529jVDYX5UHIe0cVDSLxbhNDUQe9eUP3vsruDoubG5Abv27YMPffQZKAbsUoZZJS88+xzc&#10;uHaVAE+ziba8V2B6Zs4eF1W4fOEMDDCwKSzBtu07aKy8YoErO8BoGLHFRckufs3GBnT7bTIYKBTL&#10;ULJX7P5jpzMolOGxpz4Be/YcooT38ZlJGnGjuBAtkDftFZ1Grljg0+u1iJ5lZOITBqF8bmkWgKRU&#10;TiwuG6tiHi1/XoEtYHrwqR/90e/6kR/5oc/iazaeBXDHlCk3PnZpsF5IDrk8Dg/4lPd1Hw5yk9Cz&#10;nKjcJ7n7lHPwXPU7C4Vcrpnn479XVzoXXbAFQLYuf+YgxJgMLEvdSoU7afNw4oEARCzYEzeNJrrW&#10;gMTruPZiDk+MeUj2XOzaNaGz2YLIXtubDejhGoCTkVYTumhxbtekTpfpWVE6YP1fEi+Mh9UvPFOZ&#10;PoKTjMgf/4b2JKLjEGixv7P7W3mkCKMzIzCzbQQW5iswOVWAkZItvgJbFA4URE3MsrLApG33yq4t&#10;HHtcBJJwGIteacTR3paKw5asIjhF4XYUC4+DnBWrkWm/cq57NK1gcJHlexi/DwBkgMLlafg4t3yD&#10;RLrPedoXsQZUfv0wmQ2w4UKUB/Q6pyEAb9TibmvEXtixGCisT6YJ+RUmEdpVNotRmSUwaUZCWVsD&#10;onEjLRYnZb5phowBZ7JiH6dUrcDS1RvQWFuBnfcdhuL4lF23UdPIDUHSctiCnkAG2dmznpRMA1BY&#10;nsTUaIojCzKwySg5H5H8jLb7NJnr2trGHkf42ES3DtViL4DP2Y3rN/TE2PO1hYWoOjFjjw0Nm2fP&#10;heb05f9jvlL+qzOz0zAxNgbVYoW0INHSOrzQb8Dm/Qft80mTlQJvU79nMJXbSNOQjhCysXctMy3h&#10;uX4qIt+vcwsLRZuB3xs2+/A9jo9PULaWEVMetM2lmVTOqIaDKQOpSyR1XYKhsUGH30GpWKDz5OqV&#10;S3D10nk4cPAA3HvvQ9QYpf3VAvJqtfrZH/zhH/je+uhoQnUcNZpDP/FPhbbIrJQyFLHRgA1jstgt&#10;EP0+KAQSj7C1fn4gAcily9ceeP6l1/7xlZs3PhEnorHAgxtdqewBc/XSJbh8/jyM16epM40HGh6y&#10;iQUDeYppoDN3CycyUp7byY4+bhSXpHHmDmUyvoj3lJeRKojwz1kh4kJBATkBCxmVuKzghIb0J4jM&#10;jZEF19B2gyc5CtcRfMRRDzcn2hRRw4D5GRSmFMe+00MnlwjF2PGEBZBuwTVgci6HqX/92DWIZUJD&#10;ZaTJUoXd1MMpB5RwcVEnA+Ks5KcZ+TG9qzBNli3hEkONp+1osezL6Fz+8Rz4yJ3dSgAid9oD33ln&#10;++LYF8O4+OFiqCtFeOoTH4f52VmiSiDN7q03X4cTr71Br6PRbMDyyjLMz8zCrRvXbHGwTs9Xs2AD&#10;r2v2bxRCiKPXQgi1ao38xzfbDXovuOCVKlXq3OA0qlqfhE9+34/C7v0HYWJ8DKYnJ+1CVySHkkar&#10;Sxkr505fgNdf+gpt/MRXlQCvQDQY9LWkMeQPr3ybFv3hAwESmhbmeOln//bfeuDo0XtuIc3DTSe8&#10;CDBn3u5Ah9skXb6Hy5TRQjmAHPUtc+PKggM9mHGvw/n/u3T0jHL9npdvZtHemnxsXf5LTEKMW/9y&#10;Lj4EQgY8OUDtBXadne1uip1n7ERHAkzw9xhUa8EFBrJ2mk0YdNrQ2WgSMGkjNavRIOomBrx2WpvQ&#10;7nfs2sIGHJ2of2R3afQPP1QY24Z7VhTyVDmVzcStweAcj1JZ/+25G5YKUJscgenZEkzNj8CUBSTj&#10;ExjuGkIZqTT9mPQjuKz1uxr6baSmKruf2McYaNEDMiXLGGf9K/QlWVNoj5FJuqjGM92Hu/gQOyVd&#10;dNdgkgaYLBJpljKYTS+MsAucfa5rxDhBsl9dzPAaoUzusWX2oiStWgbL+QYaaSiQ6iaNsQQc2HFa&#10;EyU5LCLmF6MRzmoRUBXIVCUIPYVZib08go/ySBVWr9+CdbuX7DpyCMKxCQsceJpBJivoYpkgxa9H&#10;NUKEnxsCv5gZD8hqGFC2WETWzGQOkybUeCR2RMS0pB4ek7jXq3Qt0vrFKAx+Mx4p/pGenLhWnZqG&#10;oDZCExucgpFeFbea5WU9OHPhl2d18NM7ZhdgbHSU3N1qtuC+aGunE/OjsDk1AegAjftfKjQ9NoxJ&#10;xNo9s35HVgYCJ0fvzSeaOzZDKp8ROSpS4y0gANbqNKlJiM5yaB4Tek2tFquBzPjEuCm8yhgSXFcV&#10;6atdt0DvwpnT9Dk+8PDDMLdtOzFINBnh0CNe/r7v+a4nt+3YeaM/6HkDlkBskz2VGANGkclQKpNO&#10;pljkCQzu1SHqPYKt3ekDScHCEfbXXj72P7x6/OQvxHEyblwSaMpi8EK5BOfePgmXzl2yqHqGnROQ&#10;42cPtEJRxufkFsQLOZW04j6BvF9XHLtRrpbiGe/nimlwdnMu/TkBr5PAbjYV24H22gpNEwDutAzw&#10;YA/ZLaMHoaSushYjTnmTQwDCKdsxddgp3wMBiXSlcDOIZZGn0yBlN4zY8W+5TeWDlZTSnvOiJL/W&#10;FZJxEnveizKOE+s2Hk0LTn47psV9MBAv8DBLS3WOJyp7TnIMQ06ydju79t0nkDwMeryUdQQM1mJ2&#10;XcL3knAnnbij+D2LiJFtEGX47TYx1CFglold1EdH6+QC8qXf+ww89MTjcPSBh+xG34L7H3mIOKcv&#10;PvscjKSj9BqRO1u1Cx+aFCArGx3LikShqtCoNqXjiwMlg6I9vnohdAds15eQvsYQhWrHzj2wa99e&#10;2L1ruwU1U1Cv10kAh5d6o0XCtSsXL9OmomV6QyBEpV6QiR1IcryR79An0JIbTyA0Cd6UcVQ8Nzv7&#10;9V27d95CqgUCktRkYkA3Cs+PGdyC7RZ0bwMt1AfHR2YHK8gt/Dka1lBwmQOUekjzod9l6vEnKQS3&#10;nLC2Lv/Zu3dDQCRHuwUJ/sY8jYJdcZDvPbDrXlygfSdBC07cU4oDDptFcFKOoWDXj0K/AuX6CETt&#10;LlTHemSJXt2cgHqrTVORlgUinWYDNjbXaX3q9/pQ7nZP3uz3/qsLuvj7R9JiPbDLc0enIqBmClQi&#10;3XhDwZ7KaymSXg9aNyJoXDdwloL0FFQqIVRGyzCzUIPR6RJMWkAyUQ9hbDaAkpKsBLv9RJ2EwUkn&#10;ta8XCJggi3cwwH2pYN+vELWo651ke4TQRpVL2TDG73vUUPPTd+FspcZrSbSRx0xFK6izfccYLx+h&#10;51NBlqlB4EgyuPB/sdC9uK5lVytyAgRe2ziDBGiKFDjHMGz8GU23cbkaqcryU0gDR0A0IPMZ4wLp&#10;8HWE3HihCBZHNMOuOHCaPV4xcG9jcRk2cSJ/zyFQSM8jCi8Q4MD93Ay44US6ooSF53HKzAYEuT2k&#10;6fUHTClPhPHQjWjiMkAQE+OULG3G2rzSC/VvDSqlLw7qlXOF8UkoIOiw+2iERiiYsYFmKdSs0zCw&#10;r7s8N5uW66M/c/vC+ZtJe+Mf7h+p6jCswGZgYI/dx9auXwGYGoc+unTRwCfLmNJi2Y/vVxIcqVDH&#10;qR59D+aOkFul/LquxVlME4BOaK+vWdCBey6eH431FahWRqBUrtg6qZSze3cmNZkbG4WECrti8fZN&#10;uHXtKp1Xu3bugoN3H4FyrUYWyQQ+7J0H/aj1sW/52I/Pzs3dwJBhmuigzkc0llosgYmdQnbbFSha&#10;UIb6HXK0JOerTOe6dfmAAZArV67v+vKzL/yz67eXfiCReanveth3XyyFBD4unLlgC8BxKiCJN69Z&#10;HJaga5S4mrggKlrEUcjlqC/ez1x5ezgneCNeYCoULJfJYdLMOQELQwQOhm3aUgIMuEnE3hUioiku&#10;U244HI4XRUzObtsTkGtM5ngSKEoSsQBm69tAwAROR7AgpxqXnDBiWRxcuBMXpUbE5sZ1oAREDL1D&#10;wRw+INCPx91QVbiQ4EbufH+yARTRvnYcWBXIhsQfY5Jk0xYlQn7H8cXXiDzOgEIyskRuN67NNJFp&#10;rnWOnvCJeN5rxF5COVLeShYXpHKxTN/TK8+9ACsrq/Dhp5+mx13YvgDf+X3fSyBk6daiXZs70Av7&#10;ZNPX6TYJbuGUCZPYcUKFIn+cPCAAKQcFEqsjHY66ZPjkaHRQrMK+Q0dgemYGJsZHKdRy1BYe+Ho4&#10;R0ZDxx57mA5PwZTkH68h77ThgsCoE6hlEoVHWc7qEtzCq0PSo9x9992/PzY6Tt0jBwzeETYIzvY2&#10;y/pwx6rKpR8TX9ltEp5+lwMdHnxorxXJd4vgPaYef9Kh7NbSvnX5L3nR72qUkBMzobNhkFJQYBAH&#10;NBEJEXTYczoWahYWipQNgL+z60ilbEFIPYIRCzD642O20OpAHacjjSZ0LQAZ32xCa3PVXltE/6y2&#10;ml+90mn/xGwp+PRMLw2x0k3FUhbX3gHRpXRuDiCvUqgvBezq4pqNwXStyAKcPqzd3KC0dU8NqhVg&#10;dKpk16waVOoBTIwVYLxWhLEp3FMMa0DQYr1ni90ehtXavatn19YBFnwWlEQFGCRY/APE/YDX6YQz&#10;jjA/IRUReeoctVw2VJjmlzum/YaQOWIRYNE+CJGahKn2ukXerIIs88Pt/7wJgaPUQJAF/7n1E6fH&#10;+HzUXBTLVgIjCAbSLBBRgWvEcBceXNCw9umvdi/WPqiOC1nZ/8IC6Q8at5fs574G2w4dAFWpUiFs&#10;BmheYFFewmAVu/Q0TYvZxQqPmz5pPJjuF6GpzIABCAIRBCdJhNQx00pM+no/hN/vVPXn4pHSWzFq&#10;EW0hb6tmGOiQ3yPuNSnXF2j7DwWgMD18vW37N2q0HT70yxtLy5cvdDd/dV+tOjOOwb+2qLh7+07o&#10;rTahsbMG7UFMeyke20oEMWQAQyYGTD8rYs4GZowN+r7rlE9w94CEwpSNNyxxGhHcr0uol8TpYdSn&#10;K9KUcb9FnYmbKumUSV8D+z767R4Z0GysrFhg1oXJmSk4+sRHYGp6hidFmM8CbCSADqGPf+jxn7rr&#10;0OGvtoktkJmqEB1PcU5KyT5nuVohAIKgCnNbOOVc+0yRrcsHDIBgMf7CS69+58uvvfm/9ZJoH65Z&#10;lPZJRTp3dTHY5sLbb8HpU6dhfHSKTmgUcYHYgeLJDmKFi5e+pLriohR5aZlYESbcZQlVhr4J7Mc8&#10;YSAgIgsocSLTSFKqxcYNReiDyC9OsQuBkoMeFxVn0YevJ0Jh82bkC0iaftCoMpTQIUluxVW3oCgz&#10;w8jUIzFaxPRJ5qVO3FvnUCJFLGQOIVmH2WQNcrGv91MF37p2DkdsEehN9eWO1HXn8VGmG8gtPM4V&#10;w1McckGFgazgTkDoeMDOB90IbSh143ZufNHCp8n7PZGOiHSqaHGK2c8eOzT2xpMTk3D5zDm7SK3B&#10;M9/x7VCzwKBoP6tnvv3j8OaxN+DM8VMwMckak2Qp5rBGuyGVChbAhEUUGvHGSJsFf7coQsPnLdi/&#10;o4ngzMIO0p2UsD1CoYMMhtwEjdLs7etaXlwkwILfK1P3jIjsXPIqO1kFkHXyOMVVuoZG+c/UgqPG&#10;/fff+3mmCCp/rA11nnJVvdIZDUsryAUFZpobF4jovn7lKjL6vcn0QEKdy6e+6W+CPrXVONq6/EWf&#10;kNAhjxoBUrty40jbgjyM7X4xYMtUculDEIJ89JidCAmk2HWlUqtCxRaTvU4bRkbHbGE6Ad1Wx4KR&#10;CWgjILHgBO19G5sbv3mr2Z0b3+z9r/WusQUXUl4USPA5vaDY6SVwLQxEByETe5oCiHNgqLPzk9Yb&#10;1BOsDGB5pQu3zm1yk86+l0K5AJWR0AKSEozYa300tNcAaiNlGBkzUJ2PoRTgSot7UpcbgNiDiexz&#10;DlADiNN6dOPC4ENboA6KBFIG+Hfcp9Dm2AIY/B2NI4RGpsWBjAIXxZNVmFT0XjiDQSYhfnvgdQw7&#10;2Dp1dCC2uzV5RyJPB2a6Ma6lqdCRqeEdYIGpaY8uYLHqROeGH5uqBp1ZxAvtgdZqzmCRZ8Lmly2g&#10;MaR2xa7z3V4bth04YL8vTd8pZXjQZKNPewkeHzTBwKmG3eOxudjrRkTlQ0pf1B0IzY+F8vbaiEz6&#10;XKTUH3ar+gv9cnimV6mYQaVo33NRghAteLT3R94UFf8YAjxgZkZgXxfSuNwUB19LhLpN+/pK87O/&#10;tdpunu/1mv/ycLny2Ex13H7Xdbi/WYe3Wl2Iytqb9ChV4F3c2TYrI/RqwEBcSFsxTRTCIJAmXfqO&#10;/Yg1nVlAZSCfrRKA3Kfg55QoiW2im2sGOynZ1EEX89C6XaKmI0iZnZqC7Tt32mN1gh6b3OC8kYEh&#10;E5j7jxz9O0fvv///bHc6dM5Ssrzk0+DeigJ7NJSpVPFasSCyRCYzZKmPx/wW+PhgApCNjYb+/Be/&#10;+rdOnT3/S8j5SSTkKTUuowK9rYtw+dxZePutt+1JUGeXBil2ccwak7/2QIJttDgyJEITYroKh+IM&#10;F+QxpYLzpEL5XAOVifewsyC0rUHCAIAWrDSz+HETGiWiJrTecwACxEkCZByZiq7COH6ljuXnxIv1&#10;UOhIVngynkhSmQb49FF58TIap47XHR1p19H2XSYn7nNuVs5O0ZgsJlcpPwJ3gmj3gC4FXlhWGQ1M&#10;rJVULg9CO9DiUmfdw+RCh5wHsLd2FC9xEkWmymequPfMdEwLRxQvvGliJNOCF+XJyQloNpvwmd/8&#10;bXjqY0/Drj17oG+BxoOPPGw315oFIsfsVzFHixna9Pbs5hHFfe5iYthSwlQ4LCSIPidUQOwoxSqA&#10;hZ27aePp2sKCjALsv31biFRKJaIHIIBu2edfWrxhwUuQCbr9+89UE9wUMiLq1n4zdt8tgVb7erbv&#10;3Pb5o0ePXsWNzH8+d2hojHxfOGHSwm9VkHXzaOyc91x3tC9QQ1QrrSRgUNyulK/EhgMFv9EUQ70H&#10;3WrrsnX5CwdGHBjHoECcdIZ2rSrafYQK78QCkiIVj9gkc2GzSVSkqXgBp6kjVYjqPcpxQm1ZrzsN&#10;/WabwEen2YLJzRa0Njd+pbG6slC9cutvF3sxpAXRo4BMHAzTgHgPs3sQTpXRyUfyMqjoDQxNRKjY&#10;SsULyiVzY+GlOBeIdBttu361ImgttmHFsPaECFHIeS+HdK1WEaCUoTSiYbQewugIiuE1FKsKKmMp&#10;VIsAE4FYc1uQolXMU2+0vO2jgNoWiDg5SjRNUfr9EkQ9Wyj3sADX3OEf4M3ZkRKRFVGsEpl8aJPZ&#10;fhs3tWDbVOMcGUUr4hgOrnlDO6LOTfxlw9K2fijEbH+rxfmKi1jeisJymV4LAgLK7MB1GC3RA5d9&#10;ZNfWYghFW/wuX79OYGIWJwgoFu+3yI0sIdF/nyYb1HTs98nqFr97Svi2NUGv04e4z9RrnK5HJjlv&#10;P5Zn+4H6Sq+k/qhVKVzv2eMtsa8XLLil9yxBNmRyo0EoUSkdk14Qjk5nePx5WgKIuxP/J05cgkrt&#10;jV7JfPtbvebf31su/vW9tREYXZiD/esoEu9Bm/ayhF47HoNIA0PDncCwFX4i6emoi+zZIh/UsLYz&#10;D0KUT57NXDJJG4KZX4WiredKRGVEahqCdtxLsRGL00ZNtMISTE1M2OOvTiAe6c0UGikBz25LxdeJ&#10;Os57Dt/zTx957LG/i0AQv1BqG4Za3L0QOJVhdKwOFQoWxclHUXK82AlvS+7xAQUgZ89cmP7CV577&#10;1ZurKz9CnfA49mFD1LWwP1erVbh17RqcfONNe05WaMSKFrxG/KcT6i7HgtKN8EGVaBFiN8NlXmsg&#10;Il7fBiYX7CwkCbMWklQS0xWJxZwfuB8reG/BTMQIQktKEpVzbgIaXybpwIv+UjdKl4WUbPi8eSCP&#10;rrXzxXaibh+YqLJphVdtSHNGuymJyQnEIEvpNZCj5uR4M24BcauGCw+Uz8eBHXbIkJXdpD5TBc9u&#10;HpgEXqTOi38uQZcDY3PheUAdIhq3us5XmgtDdBoHcIstQOI6/AgWU7aqTbXjHxMB1G6UVaLffflz&#10;n4OjDz0Mj374cWi32nDg7rthfGoKXnvhRbb7s6BjaekWaUjQMIAoXXZTIG2PbFD4s4E+LYwz89tg&#10;YcdOokG1212oj9ZEvBhQd02ZATmVvP7qG7C+tmRfR917qashL/tUNDLOMlJCv0R0b8QMgehgvR7c&#10;e+/Rf1Wv1UgAT9QLMwwKXTCgy/9wwnSXyqtyAMdNMhyQ1DLxYBMCB/PEfCFQQ8Dp3fpC75Gj+A7w&#10;AT4EbGvx3rr8xbjkNUomt97T1DXg8wO1YgHalg44ryGMB5zbEEbUMCoMLDhBnYgtfMrI87frQ3lQ&#10;g2TcFlu2eOt1LDDpdEmX1tnc+Ll+pbJQPX7+x4uo83OTZ9rxNTk5JqS1S8lxjzIODDshYQMNmfrU&#10;rAlY42BkL9PgukXGR4NQ1C6uEULRDWUvVOR+Yt9DZwCbqwY2YFPs3oEaaizMxgkKXrmTrMsWmNQ0&#10;1GoB1CshjFjgEpZskVyxBV/F2CISYMQ+/7hOiXJM4+0U9wi7zkaaCna7zJFgftArQNTEdO8U+j37&#10;dwtYBtTsU35rZgthLXuzlyL6/ZMzO0BCVw07YEpQIZrUmNC+Bgzys8AAaVRhpSjsCk5lR01Cv9vz&#10;FTRNHWQdR8oV6iIXr16GQimEem0GWt0+MR0wy4MtdrGQ5v8mihU6WSKtqhPR9CVKUHAeN/qJ+Xo/&#10;TF/uKPMHzaI+0aqqxgDp3BZwJKQzUVL429edZI1OpCUjLZBsaSXLJSDWgn2NSKkL+X0ofN/A7x2n&#10;IIao4pz3YUHLhq6W//uzrY3nVtP+Pzg4s23nzp27oGqPxTc3V6FT5IYtTa2ChAp8pIURW0Noc+Qm&#10;Zf8bLaeVDrOG55B7pnPL0ll9AWxKEAilm4BAuco7oWKApaQAQTE4RRpQExP1MCkdz7R/kUcCa2Wx&#10;SXhw38F/8eijj/4M5oAx6EjJ9RS1MCgyx/0aTWdGahUoi80uTrIKRQkW3FryvvnGzPvFBQsX0Rde&#10;Pnb3V1946f/q9KNHHY2JaSShiGVTyltYW7oNLz/7POJ/i1hDyYdI2RmXTpaUhdcmc14yIhjnYlVO&#10;EKO8m5XXgygZOwoPlNLNiyXqWjirU6UzsaLU1z5DxP3FuVTxCSkuIlLWpemAu9pyZ6aAxZIMrmi6&#10;4TJL/ARCinxn3eodrXI9BSXcVyVOHlo2p+wzZpNF7YtXLRxjVol7+o1x4+sgBzpcoZlztXLCTZ1R&#10;dBy/UjnLXTk+0ZUFuZ7K+beD9g5LkOsucohRZvuahRO6xSzze9dCN/BOFpi3EgYixoYh4LK8ugrz&#10;u/fA09/yDIzYRY42AAsgXvv6q3Dx3GnSgKyvrZODDdoe9wYdev2c8aIJgLTaLfo8H33yY3Dgrns5&#10;K6RWJUA8PV6HcrFIIsK23bRarRa88OyzcPXCWRK00WQlCGnioslBRbERAcjmmIqoX0t6rJc68qi/&#10;EOiXf/5//tmn9v7/7L0JsGTXeR72n3N7e/syb/YZADODwTJYCYAgRcgyxcjaw7LjJLLDistxolRJ&#10;SUVyHDlllZxUxaVUEqvK5UolKTlOJWUmii0qsiSKIkWQBEgKBImNAIgdgxnMPvPem7f1673vPTn/&#10;ds65/d4AEE1qm77SEG/m9XK7+/Y5//f/33LbLQNaWNWZLaWJ2KwUNqicV3y8TIV9cm1riFbJcjf8&#10;KX8/XHif41TLvE+xZsdJ5+PjLywgUUpp/O6xI6F2isRBK+c/QwqTzWkiT+GGWAQSJWdI+woF5CE9&#10;xlffHQ9GhjhR3dxsDJ/8+r/OXjz947im5aAqvdgcQgouTj56SPWy2pQCASJssYsM0kJ8hXQtGcq+&#10;oZNwI4ncSoM10mUnt0YdasuEJQSMqjZQna1kMuESkEZrGPH4MUjWkmNXjf4YqE5ZmJiswuwU5irV&#10;/DpaIZAy6cHLpAcv1crQF7YD0gsO2v4982tvZ3MAndY0bPdwouL35GEN+kUNW0j+vewCy8uTphcw&#10;DUxTzNnalSlrtEdkvAZiwGR3u02db1qFhWpnqvWoaaG3rkb5TAg40Gr5+pWrVMD6BZ5F5D3WeSCN&#10;KPd/eq0e/YyPP/Dgo9f1gGo4aHWg+E4rL15o2vxLrQo83zLF+V7V1yBoOW+zMMmuqGW64fW3apk6&#10;BuL8qIW97pPGspMU7YeZ0MagImuxYVdO0jOJ46cVGrAEAfsb3up/+z8eXFj6mTsOHaUcjLe2VqEt&#10;2Wn4B5kmPbleWWNjiS2AMQCoZ8UsLbXkTfUgVEeog1Wyr+N1WUn2HtQ5ZfoZEDiuyPSO34dMwG8m&#10;TBayzwXW+PR7HTh5+8l/+vCDH/5FNiqzNNXA88C6cXp6GqZmZsixEilXZLErWo9aLRtPPW5WANL1&#10;C+/nvvCVv/Lia2/+i8IUB/ALgeM+HEmiN7QVMRQ6Fw16XXjy8S/64rFPYzhyVVBBuKaSG+EORhav&#10;dNRN6DwHX29dhCGa/KUAQ3/DidFVSQ7PQ7FViIYBvygIkMj2TQCNE9cj+prp32lQ4oKdoSUOKm8v&#10;xqW6jSLJi03aO/x1k46WnHUq9pLuthWxM4cFRg1GcJdQD3Yr3TCeW6sjfKTcQARvSuNyMk412s22&#10;iWVeoTQpl+SHqE0sO6K4ZHEKPvxOQJNMG/JiGCwZNXcCVG9jIm0oBSCsRYEAiqzM0zXNfX1jizza&#10;P/4jPwKHjt4Cza1N6n689dqr8PJzL1L3cXNrnex4m80Nely03EU7PgTBmEaPArk9+49wse+fq+H/&#10;PjE5DRNTkxRciEADrzUsJJBasXp91W9uW/R6sRuGgKbhFz4EK9hFQ3vjTIsK4ceKl0vQ1+Am9uFH&#10;H/7U3/2F/+I3kEYWJ13RkMGm9CmxKaQk15B8rpbRSdBgWPjdThCi1jCZDa5Y+r7b9xh9RKrK+Bgf&#10;NwEYcSksiVd9kccUctQ5IJWEKLYCRijJWsTr5ITkQQROV03OrkdoemGbm3vWP/N7X7CvnH6EbOW5&#10;ZQwaOq7212207k0m/QoMnITnxnkrUrV4UhJdtVhvF+iYRWDeyuREG1UKKviHTGhgmgVijAntsJC9&#10;oeaKup848WNUvV9gC4CkWfsisGaI9lWdqJIuZW4WO9Y1mJ5zMD/j/LrpAQD0iD6FbpfdDupL5mCr&#10;mfv3D4XfCLAq5LIlg3DeZ6nmrpT2StLBYAilv9GggxOoNtnZG2wSoQ0t7jdkHsPvE9YhqBPY9vvD&#10;1up1mPBgCiWSXaQKYWgwfm7Djt8nuAnVcf5Pd7C6Puif3nb5C9vGfXnLFa/0Ku50bixlQuoUmmmy&#10;FdoLjLgyWcm6ItYfhTraQDPORG8BojnkBig3m3AawYL7Smz00frP+RkEvLCQpwZjTrVLlvEUgCjm&#10;RfEpf89/tH9h4Ri6VQ1R5+EfAoN7W50etLttzrES59BB3qcJBNOOt2VCb+IerdrBJJ8KxJlMm1lo&#10;/lJo4xEE9RLbMRMLfieU9orUGSxMV30u0rdOHL/9V+68865f5SYyU6kaBDxmYM+eJZjfg2YxM4Ah&#10;vphjRpQrnF5WIIC98XGTAZDllevw+cef+NSb75z9Z75InNRqBhcXpsfUQpFaq9bhm1/9Kgl7a7UG&#10;XXiZisQ0D0PsALEDoSCBC7BK0BcwC4npL8HWlgqzIjpiQHRxoOAbSOxugUXROoon8AHckQLp4BNQ&#10;sTa4TxVGAprSQBGhzdDvXLRW1ElFOnVQABKAg/TIQdyOikQ8joE5oF7xuuA6t0McFvUYVmKvknBA&#10;pQSJNkBBCHbzc0rVZZClQC3lfOr7qUFUoROiAAY0UdsExyhNosXb1rKq0NNcoJAFMaCCEqIMWemS&#10;xMXOSHFtQuCelU3YUPek2+3Btl9AH/rID8ADH3oQtttdetit1XV4+qtPUkprp7UNV5evwKA/8Jvh&#10;JC1UIKnvlop44LCiegOmZmZhaWGPByBTtDnhxoD0io31ddhavw6tbpvEp5qzUSENUE72kfi5VSvo&#10;Od6gjg4vzHR1ifAPBEC5Z/7+L/3CX7r3nnv7aOtoJbU1OmCZsJinAIQCMC1b77IWSalWJkzTGHzY&#10;0E0LFohOEoIFjNvsxq5X6ZFGkcB4AjI+bpKjcKMTfeUDOWo8UaNrwCF0WBWrUJ1yP3p91osUuQQf&#10;SkAdrn1rK8eu/B+f/pJ5/dxxDCTF7+tAkry1qVZADHxDWhRau/cLaqZLwKIhHUShjoSAOjYGLAxI&#10;8N4ZgZIiTNtjvo9OwW2gdgr91+TJiqCTcdWtSVCvc9E9D5Q9ZIKo3gCH54IYc1DGhIAmBUAElPxa&#10;VpnIoDJZgykPSmbnGzC3kMHCfAFzczWouD40YEji4363Cu1eDTqDWegVMzC0DRhQkIeslzZppBkT&#10;3CDJDKbd8Z9HF4Zd0X5YdgucnJrwjz+Ab3/rm3Dt8mWo+AIWQV/HfwbbSD/yn+dmv+g0YXCpPczf&#10;7ObFNwbZ8PkeuLdyY86q3S/Slmii4bTGNpJ/wft/JqYgpOEDEdxr5192aivOj1hfZDaTZpJMvDMb&#10;HotDfF2wxC2M5JVgYw3fT79/kdYHJ/OVmv89xgUw7X1YuH0eUPxSZtzPNaanp5YOHaKJEFrZInjG&#10;8x84NguiUEScipBwfghbW2vk7EZNsMxInkwWU9JFLE9XnSaZhz3dhb2dXcZkapVSw4lmz/WX0OOb&#10;t996/D/bt2//p/F1V/01grUihgJj+vr+fftgZm4W6lN1AiQYKFzDRPOqEbbL+LgpAci75y7A7/z+&#10;H/6XKxsb/9hfOJaWwgKCV7SODvHLhYXv6y++DG+/9iqJfwuIFzPPCwah2CdNSOwRB4oUN4ttsMcN&#10;g5NC27a8KjL5Rcau6sqUjHW16CuUZpUW9FAEihGRcE0RQuasFvauCPQYpypuCRF0YdBukkmIrsY6&#10;9SidLqQiYR2nqktF+J+w+cTJkBEHraJw4VyyROgXJxQ2VJJIISIKQfKabSnuOrk402RvzboQYX6R&#10;XLc2UNt4MbKymVm5nVLD2MJPQoqks0+OKbo4G6UvuZj6baIXOU0EKty1Wr2+AoduuQV+4Ic/QUmq&#10;2EFBvu8LzzwL5995x//cgi0Uh3rAwmNxfr9xAtLAkKKJSZioTTJ4QP5wlWkLxl+7uAlut5qAVCky&#10;MyA75ZyMDLDowHOs+AUSLaSrlichOnnQAl7F5/1Bb/jwQw/+1N/9xV/4InZLSyPt0vRIpiCyORFQ&#10;EuChNCz1sjeaAxKmLCkVK07QXBD1w3va7qa5HymrbpSCpRqQsf5jfPxFnIS4hJPFhb+L348QBMu5&#10;GobSyREJ5JwtogBkqDatPCnB+w4vXvjw+f/t//wD+9a5JZqwCs0KQQxP5FkLUa9ykjTnCsbJfhd4&#10;6o5FHjlriekFOT9aBgm4JhJ1y0hnGdgafBh2Ara5BZ2U51xBmyTvwY3sASYEE5b5BBh0Z2gvcKRZ&#10;yNTpz9lEb4PrdREbhEI5dZKnhNQqPDeDouG6LyYnK7C4twqTeyzs38NC+Vrm6wj/Jvd6FQ8QJqFt&#10;56FvPCjJpv17UCdNSGHVqpyfGZ2Pir4HIM0WFN2cQZdfOp+/dB5ePf1N6K0tk65zc5BvNYdudTt3&#10;b7QdvDAoipf9Ob3tz/YtHEqxbpJBBAnoJYspg0ipyrSzL00+vEVFWAA2aPbiFBtAA2mtFOwSCim6&#10;Rc2ACqGyWSVknOSkWaoRrYqsZv2eU6/hJKBBFvE4/cil2VegCyeCWKyjivyBfr/3K/188Nf3HTli&#10;9h84AF0MQkSaILoHaNRAv+9BL4Np3OOam+vo6kYBfibYwasFb0bTGHTrJCZHxhsIh/MmtDMPuHmE&#10;loe8MaX7OYot6CNF7/kjhw7+3Nzc4rONap0mKdMLs7D3wH7Yf+AQLO1dgqnpKWIdIJuBGQ0Z2etW&#10;xpHmNy8AefmV1+EPvvTl/67Zbv9D+tLI4jMUETNRHTMWpjWmpuDqhfPwzNe/znZuIjTjL6UKs3lx&#10;Mjp9UApSKq62PP2gbrBxRL+hok60IkEALUmwSkfSxFVLlqlxMoEXc78/4NtnTHfSFFjO5LDJoEM/&#10;J5mKGE0Ej0p254ai8XCB1pRL4FJIck/oLaoDCAnW4iZlkmJPiWW6kJescSHJkUjlGMnzGNk007F8&#10;SNwO+R6OOJbU0Ru14NOFUoOoJIWbXcZsqVPOgC8Tri6ETg6Ls22JFlbKq0iC9Fj7ACUqEY7RdXRt&#10;ZCqFz4XJ6Gjh+NjHfxiOHD1CokHc9N968y1446WXYGtzyy+2PegSZ7sgNyvMDsHJB3aQcMKA1wCH&#10;+3FGClItBjknJBMNywORTmeb+N0YmDkxOUshTHjtgQRMVmlSYcllJctYM4TdJNayFF/+lV/++5+8&#10;5+672+jqFcFtOXXWSJhHRXUgeH4yhtYcABM2MtXr6ObggkBVpzAWTLDo/SDaj3QCsmuBNp6IjI+b&#10;AYgUUiBpwJ0GK5n43xDuKmndjrtunCE14HwqTLvOh2xLit/J3rmzP3Xu1/+v34LvvNOoSSaVTj2o&#10;KCsMVK2mkAsLoIgLutKFMUZ1oBx83G+BhcrpCIdPx9E0RB8fsVJu2RJY97LcJK03BV3OxDRBXL9A&#10;nJk0zsMXtVXcG3EfJ5G1L179utnCVPmcwU8FuPh0/k7q+IXFaVX2EJxl1IHpSmpXn0uoH9HT6v6V&#10;TVRgbs8EzO5rwOxSBfbPOZiZRPqWJc3BwE1Bx01C1wOSvpuAAdRg4EEJMedQT+DX7+WtTXd+dXX7&#10;6Te+s/Hcm9856//tdV/Uv+Gf9Yw/rbf96zzjwVOPphZhPxXIJY2/zCrYMAE8VZTmTZ9ZFi3T8fZE&#10;+6LUjaDptOpuZbIQypeFhpV8ltSwFadDmagYCkCusMga86wak9DAxtnUDFGGaxT8VxHqMutj6fJF&#10;ujhlkxS0lyGFsN1p/Uin3/mv5xYXfuTo8eO0TzXbXTIFwnPEplur3eQajuhxOWyjtfTGKltS434n&#10;DAgrCfNkjqKNK3VotCbUWjoR0SgFI9cy6k363Z7fJt3/Ojsz8w/37llax/0Ok90PHzkMR289BvsP&#10;HqCpxyS6XCHw8ACkjvkelXG2x00PQJ7/9svwha989X9q9/q/hH2XSqVOBSp6YasHuBFxdCbo+Wtf&#10;/CK0t1s8YnSRs65ghCcMDkbfj8AzlUEDfYmBKVRO+KuqXyAf60KD81xgS+nYOHTjZeHFAJsO2v+K&#10;R7jLcwnUK8pdYYibkQrhjLhygYl8/mgP5ELeSNBwyGtwJsqTNZ3TmaTDFLI1IHGh4v8qTQmL0gG1&#10;30y0wU2SgEPsB8QpS0gTkQVW3zMCEioYd+Xpx+gkZBQ0mOS8o8JFwyJd1Pboa015mjrtUWcmHUGH&#10;ArvC41vLI+csE8GdSRZ21GV4YNBsbcEd9z8IH3r0EaJJ4Pu9cu0qvOqv0/PvnmNQRXkfhkSIODGx&#10;MiLObEwhdzLB2vJAYX31OrRaGzQFqdYqcOzYHTC/uEQTlW1KQO4S/YJEdhlvEkjVwACmSb85YKr6&#10;9OQkTE/Utn/wYx9957Zbjrx54MDelxv16jd9YfKsB6ZbhYgD47THlHJI6PzIUlCARyJOjyDNButi&#10;7bBRP1WyTYy1u+Z+vD8AUae5SFGxMJ5+jI+/+Ic6TCXxRsISVvvzIuhDgue25cwpdjPi/CUqqPFP&#10;ziSpzsUL//G7//un//nwmZdhsmB9Q2G44UUuRSZEagRWMvW7hFuPBb6RxT2XLySCiKFgBgUjw0Jy&#10;l4I1uuykFsQSGESUzjTjQpqAlJeeGJQUokWhiQcFqftb+LWwMu8L/35BnfQNvz62O9sw7BVwvdmG&#10;vhnCVi2Hq6aALTeADieB0NJflTW+jiF4tsqdfucCdRlpYZk2O8QAoFcweKo0LMzO1uHg4jQc3dOA&#10;k/un4LbZhts7mfWnK7azsm2v/bNvrl7ayrPzfkW+sNLcuHBxbfVcc7t51hfkFyvWdjJtiikB2khs&#10;obHh30FjQpTSioBDbPHV0h8koyWjiYg2hhxNsej/MpDXFrUStHwTfYvdEaO9uroa2jABR4EONt1q&#10;9QlqkKGz1MTUNDSmZilxHOnCNZzi1+ukdaHmVKBSF3Rt5L2cLKUpLLE7gF6/C+1+G7a3mp/MapVf&#10;WNy/7xNze/bSiyW9S7ctwv7Mb6G5By85ZWv1ei1Yu74GLQ9GyLWNROEm6Ipob1btUNpklH3MynWW&#10;iwgeNcC9bvub/i34bybrE4/Pzs/B/OwcHDh0CI6fvMODj1thYWGRzGGwKYo1WgVNYFA7VGHB+/i4&#10;iQHIs8+9hJOPfzx0xX/FdtaFFEWWuhjssmSJroJgAy+iV154AU6//jp9YRhwJ4JmoeRo17xwsbMP&#10;4BKRrAkiWm1IkejJQhT/SuFuxYWCHBYSbUGuFq9SXBUSBJiJBiPa1zoR5zk11kpyOAKbKgIJndSI&#10;P20q0hvNZ4e0iJPJjQ7JbYgalGmHi2Lw0mOmFCgD0lEXB5TQXeeAKFvY8D7qREHvmwKVkreqajUA&#10;gnMYJK9TgYiVz1DDFNNiWjUiKlDUTkmYmsgi79QOGBcqAUMVMS4gQTsmqopzGb4fNBUQAR2P3Fmz&#10;s7p+HabnZ+GRjz0Ghw4epDYgTrdOv/k2vPjsszQNQRcNW6/Qxo68WZt0OfHRttttuL667P+skuMN&#10;ns/s/Dzc+8DDMOUX/62tLbi2fA22PABB4DHlNwXsQlHWZK3BloD0PcDrbEBbOnX2/PMdOXobfPTR&#10;B+G2IweLrFq5ODs9/YWZ6an/r1arfVGncupqVq1UBRxZ6jJlMmExqTuW0q1C1g1EIwOQ9z8zu04/&#10;Usbd6PJjE1dgl/w9ickZH+Pj5pmIQNQyFML7LzRgtnDJWmYFuATUkIjYnUzeDXSuXv3ls5/57V9d&#10;+/wTML3Vhbo4N2FegyNLcha/k0hcphFGkL8ZupDlQ40j0GRvceOjPKWCdCFDOfdhwWeEtq40EdHE&#10;c7SqzVm/WIguJKWEhmknPwiX7FMN6E/WYcvv7e0tX8z6wnVzu+WL1CFcKjqwVhlC05/Lquv51Y/o&#10;V8Q080W8iSbjOl4CnSNBZK3ifAUwRbaDwd+4JPs7bvv7bfn3Yd0/3roHYZvO2WVfCC836pXluan6&#10;1dlG5Uq32+tcXmt1h2I3mSn1ySSMAuOiVk6rgnAqlrKTjOzrmY0OVVm8NTfFkkablam/7pXqJJka&#10;yZiEjsUZH0VwwaJwxgqLs5EKrEniSBGuTEz4PWYK6pMeePi9a2JyiqhXVf8Z1CcmqJ7KiJal9Q+D&#10;VLyWkJKMkw+8nvr+c0JaYBvdIVstaLdbdnNj4ycGkP/s7MLcT07OzFXxcdHUBwX5PWQAIPVtwCnq&#10;+HiDfsfvf03Y3t6iv1txJyWwZKro8hjeL2tTC39HU0B01+o0m68OBr1/UqtUPj05MdNfnFuAW47d&#10;CneduhtuO3GShOaNSaSX1VloXmXgUSEqMlMQx1P4mw6ARCb4c8+/BF/48hO/1s/zv6deP8GRCkwY&#10;L+aSBIrgo7m2Dk89+RWuzbXIGgEbwQ0IioRrqKV4IUV1LKTj0iW/k5AjV5SL8hieYzhdHCKvN8xW&#10;SlWYSXiwrsQ7SYFLeSogtCOt2kAmJXLXLMtkCgIxoyMp+lPebUqnYqFy1JM4VwR+pY7VTZJwrmN1&#10;q68hrR4dhOTtG2k99LwVJJiR25ok/C5UqDJ2donIEYT+pcngqfg8BTHis8sOVVkDpqZnYN/+/bSB&#10;Lq+sQq/lt7JhlycAMs5VRnLgy2JxbjJKRMXf4yRku92BE3feCfc99BBMo7e9f46N62vwzlun4Y1X&#10;XyHu66Rf1LHALyTAETtFm9eX4fLlS+TolgmI2Ld/H9xz731+gZ+AFf8YV5eX6fkWFpf8Y8yArdVo&#10;coZCPhSq93ptLCGo6MD0XJzWTPiNAoV02NWZmZ6E2dkJWJidpinMnoUFt7R335f27ln61cZE46sM&#10;4CwBd05zzVgLUsnCa2aebQyYVKpf1NkYdsLJrLbySsGDobsKNwYf42N8jI+RXbBQ98BkUqKmKGTT&#10;DqG5FppQkEyznTY6/O+63f/54jee/s/f/b0vwPD1N2BiowuNgqklFKab821zp9lT8hiF5P5QXJML&#10;azo32rKgrzM6/bcQhOHkoIWdaMe6kdw5sQZmcJIXJvrvijad9hzHwMUvXrCVVWCz14KN9Sa5fF32&#10;a/RK0YfVbAArHnT0oOj553rW3/xZv0o94+/1Hf/zhj+Lhig2a4bbInWRwveEgo2n1fG3Q1ECDmGG&#10;QHntqJN2A1949oOjpLNxWm+KMKXB15/Z6NgYbc7VxCW6BbILmCkpNVnDEXU3OokiBodksNBej8a4&#10;ySSE75fJBKNgwxNlBzim1IIYhvA+XAHiaUlzqOoBBBbaVV9wV+oTMEHTjilye2xMzNDkY2LaA4+p&#10;ui/GJzzwqDEIaUwQUMHpANOeCtp3aPqR89QtF80iu0whHbDwQKIL3U4HWlvb0NzchPWNtQ9vd9p/&#10;25/jj/p953ZyD8OJvgdC/WIgrqSG6MVonjDATBS/R/bI/W1I+ydr/TOhXDNQR01Jp9chB8lOe/tr&#10;+XD4L6pZ9q+qldr2/PQcHPeA454HH4A7T52Cvfv3wtTEFFTrVZ744MQDLXYr4hgmwM85E/av8XGT&#10;TUC+8+rr8Nu//4VfGxT538Oic0Cp5GwDFzMAeTSMFz9SSNCq9FtffRKuXbrsL+hK0vU3iaYh8cJ2&#10;hSwaptSddgm1yaRTAhNpR4kpICTugJKYF6ldVhav2O1hi14n/u9BI7ELCIuBPKZk+xtsCyFWeenr&#10;C7jdxImKTgdYJ2DLAMBEWhB1q1xsXRsT/bXSgC3lP1HxKVoZDbSLrzuKLA2URZdp8FAQSNuYyB4m&#10;XXKuuBAXklhbyEJvhcsaZk4CUjSJMXzu2O2hYCIPHvzPC3v2wYMfegRWVpeh6wv3xT17oeMXySsX&#10;zsOl8+/S47KVLhDVCfM3rI54xdavIq5RqAFpNjehMlmHu+67F46dOAF1f+2hYHP1+nU4f+ZdePv1&#10;Nxks+Pu1/fNcvXYNrq9eJZtoLPpx3Lz/wEE4ddddJJZcWduEVQ+KMMF1fnER5uYWYXp2HrYwe4Rs&#10;erdhssE8VewE9QeoRfEAfHKaeK3THnjUqhVKb52Z9oBkhgOU8Hzn5+b8pjOR+9v9k717l37FL7I9&#10;cjmpVNjWUkAI0qlssOTV0EHtrgl4EECoehKjYYXpghOHiaUG7o2sd8faj/ExPko5r7TmuWSySO2l&#10;PG1sxYZLMdLPkqaYr+fsD/W3uw+vvf76h5afef7ExjMv3z44e26ptrEN9YEh+3rIrDSbuMlXDIG6&#10;5fg9x5wSY6QDDYJOUIcZBjBFnDnolFrOJVcTFoxmLRhvGGUYiDMRG6H4wrVqIZ+fgQ1/nzW/zq1u&#10;NOFaswmXhx24lHXQQWqz7/Jv+Pt9zq83X/RPfRZnJnakYRcn/yZoKINF/sjUJeztQnUINuLCCijt&#10;qgFUxNvHGiCjgjjNe1GjwmhHTohMJhpFoJkaBS/Aeg6rlGJpDmZK27JqDMKOTyiMRtIBUbNkss/g&#10;JJPPy1JthEW29XtgwwMJmmyItgP3oOqE3x8mkWo1y45QBDhqZD2LTo3VWl2MU3hSjkJ+2gvBhok7&#10;Uv8QiLB5igASuY4wuBEdIjsYnLmxxUBkfW2xubn1oc3W+k91ur1H/B52rwe+C3g54bQFUUaz2yZK&#10;MmkciXKvzeechfJI9xrQ9KTj//uiy93XK8b+VrVuXvD7cz7ZmIY7jt8FD3/kI3Dq/nth38H9/jVN&#10;UDMOpzmY64GuXriHVkSXaUem8GMAchMCkLffPgOf+d3P/aP2oPsr2FmlpE6Jq4u0o4L6GE7EGiiW&#10;unb+Ajz99Sf9BVXlRRsSUJBOGMCFjhEvMlHvEHjtAk5M6hOqeRI6SUhC+KhLBInmo1D0M7LamcjF&#10;VApRISJy+YBC+Li1qS1hUrmlKebOJcGCSVWnCa/qmCX/VfAEpU2CmbDcYYvXh0toaYEiRjFOJgFp&#10;CYBI7FkDkJBJygjVf4fjkVKcUtCk1B9y0qLFrWAgAnGF1268SfzDXTJp4X2hxm5X/lz2790Px26/&#10;k1ytbr3zOBy59dYw4sUu1Zl3zsCLzz4Pq1euwPzMNAERvB8W75h6zq5YeXQcQa93v7D3h+jl3iGK&#10;1G0nj8HhW47AhL8myS1ruw0XL16Cdz0YOf3W6/Dm668Q3/XknffAqgciUx403HvqHr/YDuC6Lwg2&#10;NzZgcX6eJh8YalnFtNdKDa4sXwHjnwdfA1YHeTGgoKeiyGB6bgEWF+f8ZjSEzvoGtJtbJL7DiclE&#10;NfOPfzccv+MO2vQQnDQmptDV5F8fOXz4U/41dNCViwIIiY7GjlicZZMFAwQQNxaT0Ovo3zKdVr0/&#10;cDDvc5sx9Wp8jI9RIBJIsqVV06lIvRihZ7nR+8uaTNNNKrKyXqt1ZOvd80dXX3rlwdaL3/lw+9Uz&#10;d7lrq7dUe8MDtUKaZLpO44R2kIcgUgrn1fBdKDe5aK2nyYcasfBk3RoWufecC+Jz1Z3Qo7ghuKkq&#10;dGdm4FKrA1fX1+Fyexte7WzAmul3ux50+Bt9xt/Xgw5zJmokXNQ2yJTChHlCbBdC0pSLTcVClRhC&#10;Pd5ZbPJbzPMU3IvJ/l6EzwG8JG6TJumehOT4AHyYTpUp3VhKE5xKFBRMWYR9L9O8DtnTdYJitRpQ&#10;aqyMksmG14h1OuVV+CIbk9hRUO33JNRyYAAuGvQ0PPDAf2ugVfAEA5Da5ARNQdDlqoIFeo33OotC&#10;bNIGcjAuaS3J/CQj8OOSiADSXgxZe0FTEcfNYQQo6ISJIAQBRafVJoryxhpmaF3zf9ZwMnJskA+O&#10;ecBz/8C4U5vrm7duNjcW/O2n8ryo+d9lA+ehTV50PFDd9B/KFb8vv+537ef8pfq2qWans8yiYRtM&#10;Tc7A3Xecgkc/9hjc96EPweLSHmrAIfBAO2RsTiOLgUgNNrH9x30+aYym2qzxlnSTAJCV5evw6X/1&#10;mX+w0Wr998RPtSZZRMXpxxdLRlC3FtqI1J/+8hOwurLMoTtOv/7qKV0ki6SRQBoX/cvDGDVqIKIw&#10;W2xnwSR4wsWpBAsz+Nn0MSFxGEkoRyZYEUYw4CS8KWh71bVLQwSj1HtHNRcyNwAksVQnCDLJkIRQ&#10;V5hEHA5RWCK0Kl2EI4iKZiwBuKStAQU9SgYV4JZZ4RXLY5Odn4uTE6fnnG6lpQmIk2DBYofg3AAk&#10;+R0uOHjppmGTDhCIuxiPavk8FhbQ4/sg2EYG93/kYZjxi3G/3yMQkUvSMNL40NzgzVdeh1dffBG6&#10;202YqE/QNYS6clrE65MURKR0r6CfQBtc/3hNv8BWJhsehByCI7fdCgvziwQsW9sd2Fpbg3fPnYMz&#10;Z87C5QvnoLm+BidO3kWhUCg239jYhIXZOZhbWCCv9XpjGjpoA7xyFRqZg6OHj8B2s+lf25BEmbgZ&#10;HDt+jMDOpXffgcsXz0LXb+Aq0FMKBZ7n7SeOw8c//nE4dPQw0cAmWU/y6RPHT/wtvFGgYWUxmDBq&#10;QDIR4o84idnoyPJBOkXvBy7GAGR83PRjj12+SImJoEyTE4dCdT+RJlHplyPTyEIfhOiVkTLbXl6G&#10;7dNnjm689Pot26++cap37tKjxfL1+xvOHC46vcMVp25Jsl9YIiNQ0QkmyZkSwKEbjbFxIkIdcYhZ&#10;WkTlKuQxF6Zg2d/3tetr8Mr6ClzsbcE6DF8dgPuMf9zf9sXud4Kuz7joHuXU5QlKLAbdcbiJGM/H&#10;BfAR91OdzhNYktcRaGWlvTeoH0vMBNV4ZHTvTETnnMFhRm7HmR3xX5DiWjFZKIBdMmnJ0rBYZ2MW&#10;kxbFpAUxkh5fJUpRzW9SOLlo4FSjMc30qolpolZhRlV1okG/Q71HfYK1HQ2/pyEFiUJuqzXKBeNc&#10;KP+n7ov1rCpsBM0LqUp2FueIGKFEKcMCJG6AAjMpd6MgihQ6Pfa6Q6JkIeOg5fcxnIisebDZbLYQ&#10;hMCVaxdhZeUatDHkkeupSX/d1IeuyPzjDPyjdf1n1Qu5tzT5KWj/XZhfgFOn7oVHH/tLcPc998K8&#10;30NrSCGT96RarYjLownfI5PUNGR/DKl2FYIOZwxBbgIA0un04Dd/63f+03cuX/h1XLkITQflR7lT&#10;TsMH4QTW/JdmbXUVnvryl5hDCVCacIAtN4eMS/4S2u1WBhYmFOGpa5ZJKFFMfeWzMiaGELLVbxbB&#10;C0BJ1zBKM4Lkftqxt87s3INKU4MAbcqaEsf6D9JxyA6lGo/09egmZFykXuUyedHXXwI9wQbSxYlI&#10;4tWeAjUzAtC04kRe6jDPyxOPBFiEcwUWRON/UefA0wcImha147W27HblxPXESB4ILf2O2b4IDtAr&#10;f3JyGqbn5mHp0D742A/9JUpOxw+SRNzIY3V5sPzD9xDHzejG8doLL8PZ06fJgYppR5iuOwEz05iS&#10;Ok2dFP0Eya5PuoA4zej02vQ8s34hvPX4CTh89AjMzk7T+aHAbm3lOly9eoV+XllZgWtXrhLfFcfi&#10;uKGg7qMwVQ8+VqBRzeG2I0dhbW2FOa/+fKZnFuHB+++G5tZ1eP5bzxAw4fCxNP3dBS0PcnTxNTzy&#10;6KPwiR/9EepsTWI44tT0zx4+fPifa5IsB0IJxzkRodO0Q/NAFIikmhDYXWiuX7cPAizGS/34GB/v&#10;/93YiTFcKWWdhNzG7DoVSbGOE+2eIeGtgBSc2vr9dOvseeideffA1htvney8cebk4OrqQ3ar81Bl&#10;mN/qwcs+XxRXHDOKeDfSfVH0hPrk9Dsbcz6c7jc40fbr59rMDDzX3YJnL1+Ai93mWtsMPueL7//b&#10;3+VJ/xx9ynyQkr5Kjn0ZVGochkdFJU52HJvAFJJ0rd33ITvXBKv8QrSf6tQFwbRe7VtdcG3kfdKK&#10;JsZBkrkrTbUISozTZo8LWV+qUeX7qnYkCsxxIlIR4b8NobtWmqZAr8nIZMcIxYobPtLwQi1HjXUM&#10;SKkiMNGYon2j7v/bmG4I8Gj4PxM09ahMsOgag/cqdaYiZfUqJ5uj+QjGP/n3VRtRmnZOwYbWUZOK&#10;z0Mm5ER5zmIWiUzKqYZAut2woL0TNY6U/dHnqX1PwjSH/r+ok7yOdOWz78K1q5f9frgJ29staKHO&#10;sdsminEP09OR7kWTItHI+HOc9q97/4HDcOr+++Ghhx+G47cfh8mZWZpy4LWB7w3vy1Cabqj7mEsF&#10;sgldTnD1mH51MwGQLz7+tY//0fPPf95VTAPdivIguuNJBxaTbJ9rwgWO1w9yGl/65rfgnTdfowJW&#10;EXggKqlbj4yFdTEwwbHChVRWXZZYlC0XqdnNMQqi9W4UpYTOPwW7Kk1LBPCZCJu1KFTwUUoEhxgu&#10;BwJIQscooVlFx6xEpeKi1S5Ih4lcpYzZ4fVoZHQfPDoMaMIin1uY5JCtSCnDAwJlzFCOStB+GBNs&#10;g6OTlQQdDotycbmL7a6VVHhIcjmwQ0RWjqIJCZbKkHTiAzMPn6sq9DimEuHo1yBpzC+c9z3yIHzk&#10;sR+Abq9LCzBbCObijGWgPxzQ4yDVChdKXCBxsV9fW4PTr70Kl86dh0G3C0qtq1cnYHp6CmbnZmAC&#10;XT0gJhprngheRG20HfR/JmemYGn/Xjh0+DAcP34b7Nm7RKK9rWYLVv1zbHoAsewByfbaFlxf24RW&#10;tw9XL1/zxUQXjh87Buvrq/TaMEV2fmkPfOwjj8Cbr7wM337uOdmUqklGS2I1rFMjXIj9+WA6+t33&#10;nIKf+Lc/CQf2LkCv07904vbbH56emrxm1CM+SxywrNCrxHKXu27qwAIlTnX60br3GGGPgcb4GB/f&#10;PQp3DlIVoqw9eQjlI4c/mxpAmd0nIy5pBEHUTXCBKTdBd6PNDWhevgqd0+/C1um393TeuXD38MLl&#10;k8PVjftMt/tQNiju9PXpQiWr1nH9L9QdxDhQL0jSPGKjxvI0fblu4TWTw9euXIbLzevf9rf5DX/u&#10;v10p4Iw1uexMmS+i2Z1pZnYOZmbmoI4aN7SM9YUyHn3SHwypUB0MurSmomt8v9/mrBT/94FkTg1z&#10;Fkk7EU5TDkjBdvgMVCiaUfQt2mzLgytiYDIYNhIOrTjecqQmiIDFCI/BJtRiDdlNM0BcII6ZECrr&#10;ZMqPukVuClWIEkXhtnWcXOAUY4poVNhgq097sIHU2okJFplPMK0Kcy0ypB4hBala45yrKv+Mwmuy&#10;uiXwIYGF+HNFskSIqpRRcK4xELOhMs5HcUIXgxAeKIBK9gon4C8nWlZB+zE6ZPVRu+Hf3163T0Ys&#10;vXYbWp0e/YwTknabpyQYpdDpNDFg1wOXAXkF4H5Wr03A4tIC3HLbcThyyy2wz++rONmp1Sp0zghS&#10;w6TDJGHFen1rzo5WQKFJbcpmc+NN6uYAIGfOnJv/l7/ze0+1B4NTNK6l4o+zL8g3XJGAeJTrleWk&#10;k/HUlx+H5vpG5IImoCJoI4oidB+cGVnpEypSEKmHqUS6hguNqohhSjyGdiGYMABqoUDl8pjsUBWn&#10;HWlaum4GVCRqeqyAFgUZRbL7uNHdKHG0CjoPARNYxA9VtCjCMLWYK4KAMXaDxGmYzwPYlSQNE3Qu&#10;OnqZ0jiabRZtsDEWN61UGAjR4Sp9LdF2uDz6idqcuEOa0vTDcXcGJyR+UaVwKv+YqJ1AShUudniP&#10;+z/yYfjYD/8Q9Lsd6rqh6LqHqeUGqFOCYjZHGxQX+JB4lmRid7JxfR3Ov3UaLp71m/Dmdd7cgAMq&#10;p6dnYGFhD+Vx4OKbS8aLiv5xA0IQst1uQbc/oE1wYrIBs7OzMOU3VQQx06g5mWiQJsf5a6XngdKW&#10;ByLDTh/Ov/suTUvw81w6eAD+8mMfgRe+9TR8+9svU2prrB4imNXsFWfYlpicqvC98eeDjiEf/shH&#10;4ZN/9ZNQI95w9R+cOnX3/8BZIxxEaKXTpb7yyj3Whb00yk6yyUq5kzdYxNMhpBkDkvExPr4rnDI6&#10;FsFGjzGh0goU34hSYkMgTEEghsk6t9vExMWOt3y3C78m9TfWoHXFg5KzF2DrzLm57XPn7sovXr2n&#10;u7JxN7S699cG+b0V55aMszWKAEaaqd/frntw8ZZfC1/dWttaazV/F2DwL/0a+yVfaPexWJ7x6+Dc&#10;0h7Yu38/7DlwGBb37YfG3CzU0E3QF+O5X5dwXR/iOurXK9TT5dRZ73EOBTon9VgUPRx2qOOe9/qU&#10;xj7MuwRWBv0hWZ8PiR7UI60eFsjEqkCRs/+90occTVQKBg0kt8nFsYvfOKM1CUQXSUsNNa1kxYbX&#10;iZEKl+ZhR+TGThYoVpk4EeIkAvcxFEtTmC2mkU/NwNTkJE08ah501EREXkeXKtRzoDV7nQXk9DPp&#10;Fjk7Ctd0nByxyQjby+NaT1MNy3a2pOej9Z8zq4wYkvB58bSDXDhl/VeKLzdSM1CaGV82phR+S1Il&#10;ob6joxW+9/Q54iRkmJOOEt/zHEM1RUdClrzDQbChRtogWuYiIMXEcprm4BQIdR2ZZIZkMqUfqeW0&#10;Zki7Y0qxMlIr6XkCjKnANw0AwW7z//tbv/fLpy+e+1XikA5VEA3B/o4L4Iz+QcXZQMVfzReGq/CN&#10;Lz0OIXwPyu5OAV+EgCcNTWJeaijUivjlcSGl1EVgkmCVCGLiak25EYFS6ILmgcKVMlvaCEaD9lR7&#10;YvUZAgdVnIiIAiUFbZKLMZRiWaXqCYs0+fK54O6VRm8EN3R5vS6MbkpeIvH9tGo97KKnuYnBVSZw&#10;kGMnzZXOB0rTHhdeexGtC7UToROiklOXExcqASzygvA3uAjhBjccOlq88W1pbW9Tl+WBjzwCn/jR&#10;H6NJGr6Gjv93zOs4/drrHuj24dSHHoTjp+4mJww0PMCTQC9x3LBAnLQUeCKdrNtqw9VLF+HKu+fh&#10;6rWr0N1u+Q3Mb37+dWBnamF+3gOKRc4UgTi9o4Idg5wMCwWdTkychXWkY12+SIsn0sEm0ZN9dhoO&#10;HjoEi3uWYGJ6FkOd4Mqly3DHiePw6ovPw6uvvEIbUzQ7GA2W5OssQzEigJg5SO6JdbTg/42/+R/A&#10;Yx/7KFy5cu2NDz304MMTE/V2mHAYDswsCc/Fez5xXI5WuzeYgujfzXgCMj7Gx/ftKNzuMMVpjki6&#10;5hZFaeKffi+dK+1qieFJvLWmYZssNiHyni/oNzdhe2UZti9fM72LV6bXz1+8ffPq6gNbq6v3bG5u&#10;ntrYat5/td1qFXn+G1P12v/TmJ16Z2phAeaX9sLiwQMwf/AgzHvAUfeAo+qLbIcCbdFSUkE64AkG&#10;5Y8gaBgOWPA8wGJ1QDoDzARDG1gEJgMPSFCL0O/64rbfpd8j0Bj49Ron35ggj1axffr7kAANpcpT&#10;tsWA7k8ABB+7zzazCETwdwVpUoeSTO+fvxBmAcWjc2y9FrdBv0OFvIbAmjBRsLZGjawqFdSs4UAa&#10;VX3Cgw5fcDcQbCCdygOOil/za5MNElSTE+IEJpTX2cUQnapkAoD0LBBTEZqgGCOW65VAo2KqlQk/&#10;g5yTkbE2Z2CZYDCgWpCSwU3JuzDaQY/6hbqUKeJ0X9UASvlMie3gaFJF9HHmYEv9YWnqhQwFJBfg&#10;a2XBPu9HhYk5aEpXS6PdQlSBTWo9k5r8mNIXYTz9+N4flT+LJ/X26bOLF65c+XniDhYahiQ5FDLh&#10;qNgqoWQuvLH4zMgFCJFv2xeUuDDgl6U8GIg6iCh+5p+L5CrTIteJV6iieuZ1Zr6wzMNVTEJvJ2I+&#10;oXqFpM5g3h5HfCnQSMGGCt/T9q9Nrn7lorLlu1CpEtcsTSR34oUbdRcFpA4gaQeiUtHQOh4GmcB7&#10;lGBHN5TzSoMMY3CjAgyrwvO04tSuQXJfJ1a5OzBvUtAHzyx9TS4uWwhCaVEECR20Njia6HTC6udK&#10;mqGcLHeRt9tubRGl6uix4/CDH/94EJLh637phZfgmSefgBnsoNQq/ucn4exbb8F9Dz9Er+PMG2/A&#10;gSNH4cjxEwEIaUAiLoy4+B+78w647fbbic7U2mzClt942+0WDPzf8Szr1TrMLMzD1BR7qFNXCjtO&#10;VV7QM7EPxs2lvd2Gbz35FFy7dpkE63v2HYBmcx3OvfM2XHznHNSnpmDJb9DHThyD++69lxbPVrsX&#10;9CpWbDBJcJ9MqPBaRvoCiuaRczswfe5AmZwydbOsDk9+5Ul46KEH/IbXuGNlZfXREyeOPYkdwozJ&#10;xpyvImCTu2RlsblxMXDejQ7ldg7pxsf4GB9/kh1H+d4q4FDDEtoDVccQbGUdmLQ5FfaQpL5MqMjU&#10;oMnTZ/NrysIeWMQcontOoTSk6f/x275w//aw24O824Gi01swg+HQZLaJzSTMNsIuPfj9HefJnCtR&#10;EJ2KpxJMlSLnYaFRcW2fhy45TaLxfkO9Le8dQ6RWYc2Q8zQEH5OaMKRL6FPN0PegqSAgg8Cjw8Jp&#10;pPrgOeA0ZNinicmwh+CmB4Bd+kFONsgKeIZD1icgoAEppp3QnE3azBS3KposUDBtRq+dgAQKwDFn&#10;AwEH/ZkC6/cGDLJt1Kf87xr0O6ROVWtiiSticYsNJjENMTTNyKjhiWs4Tj9wwqEBshqqS2nmqlkM&#10;U+4sNPfCOm+yQHOOgbImhBomqHZkamZG/guBwhWMe0CCEen94b2rJk9CAMdJ+rkRZYwwHayNyMIm&#10;E3cjQcs2DY92MZLSpK1ZpYqlzjyJdfV4r7pZAIj/xN9659xf7Q3zw0XI4ZCgIx2D2RotNmQDpz11&#10;FMwikseiMld3LBNSY52DxG1K6+giCsKlUCsF5vHVzeNWvSYxbV2/NBCDBZ3oIOj5CU0XMftCqq9C&#10;Fh7N/QhgyLnwJS99GZNOvyli0WfIWrAoPW+ueR5F7DTwo1jZSwrObcDpC05KUO+QQxDM8+LIQIIx&#10;n2xQiTg9iN+TzrrV0MbSguNI9EUj7NxFqpox0QVLs0+0ODbR0x4XSNoY1FFF3sNgVRzyQExCnXNh&#10;ypL5Yn9AdCimS6EYG0fx9YlJeOzjP0R5GMg5pcf0C/Wp+x+AjbU1eOfV7/jHYI7sxrVr8PTjj9PC&#10;jhtMp92HpUNHYNIX8OqOEi4TolbxVA5/PzczA4eOHKLFnnKCdSNKiHNGgx7FR54dwzI489bb8PRX&#10;vwobyyv0OtbXV1CCD3fcdQ/cdcdd8MQTj+NeC2tr69Dr9KC53oRjHvh88t/5d+Hc2bPw9Ne/Cusb&#10;q/41NEjk58RFDDm7OJZHqhnyafV6oc8ECdIVTnxdXl6G5WsrcOL243Z5ZfXfuv3240/SRkTp8sJP&#10;FuChm5LZbZ/Z7astIH63xXy8vo+P8fG9PYJ2sOSQBWFfi2YrXHi5zCTTEbfLF1QzocxonykUlKUs&#10;LElHHA7UfUr/3RfC2IRpTAIsmnVlG9CUHwt5xzQm2l8K/jnD7n3BeQ+0vwdL1/izkyC8Iug6mHaN&#10;NDSaUjieRpDjZS40KgQyg2EQq3OYnljHEmV3wBShfi/YydL7iVOVISd2GwI0A5q64CQEhIqbk96Q&#10;O/ik9zRF2JsLyf8yQnOyWY0+k6rqM6oNDx78miu5G5YoUxnpNtCZygbggCCjwvSnigTHZjbsJ1jI&#10;0zpd4Qk2/b5qZXoRJy6QOmoJ1SpQnrUGsUbsksVox5SjC6KTprZO88h6SKgWym5Q95+UOJIYsUGQ&#10;oqJg3FkJT5RfpNrboK+JLVate0wS9qj7bmlEn0o/Euq4K/sVjY+bBYBsbbXg6srK38SCyBZsCo4L&#10;Dln0YeE8zCkoRldWLKYHQ55IEIcRnRBm5ijrgXh/JHpjcZlVQXdyxYdpR+FGamgWbBQiLMPFjLVV&#10;FRHBJ/a8aYEO0YmKAl2NJFWkugq98E1ZdO6SRPSSu4kTcFBgpyRyGAv50hZ5tN91Jj4C18Y5U2dk&#10;IuNA6WogHa6I+J18MbnwZ+GbcVDydWes4YJve5xtmNApw+fCz8Qkow61N7ZOaGg0rXFii+vCJCcD&#10;1sU42CWhHVy0GtZnLkRLoxd0tRoF+/56wAkEFuJ4PZy46044fNutJGwjXYi/xtCLfGZuEv7yj/0V&#10;mj689uK3yakDebY4sscHQ/7ssZO3w9TMlPibu2Qsy24fmfitGwHMeF7YUWNwKO+n/0/FVMOCX/W3&#10;91sf/b3f7sK3vvE1eOWlF3l6gVbAw74HUkO40t6GKxfPw+L8AiwuLMI1D45wIUaO86XLlzlzpNWC&#10;O24/AffdewquXLkCv/c7n4Ved4VFh7RhMTBv99tB/xNoVMYGi8laowJ7lhZhYXYGLpy/+EPdbp88&#10;03nkzVzyTMHHjXsIkZa46xTkxoSrMRVrfIyP7+HEI23u7OZ8FQxJuCOOzQU3GCYtasNNEgfByt6A&#10;C2J2kyKOpHEWtYexW556avO+lrO422huiQudCidD9egcZcg8BPeBiotNqdgALGjiQGAE9w8RkitY&#10;of2mYH1mLuAEHQkNUXwgCNGdNIxCPYC3o8nHMOpnnOg1MauEAEsuDTvgZhM1nFgvonkr9FpN3Pt5&#10;6l2RHEKZQAhzwghFiqYUEnDrIPnZCIVXGnF0X6w1KllwnmKnKn3cLFjjqh4oCsUhiN71vGKjVk11&#10;bDQ4cAVEP2UFD8KGCADTBYtjziYxsVko758zJeia5gVzU0yYFZHKrVoZvq9zCmwkMT4BREad3ErX&#10;+S4bjVz/eL9Mr/dRwA7vn1U1Pv4CAZDr6+u3NVvbP4BFTiEXIJ5mBlzQYWe9EJ0DNjaqUgwxPadC&#10;QuPFvXthz/4DsHrlMnV9oehL10Fxs8wPJCSJDaqMRmSIjsDK6qoUFtFZVKosZJarsijiBGNUb8L2&#10;fTZ4o+skRl2WopdwrNaiG7ATSo1+eQWZ0yLugv86v4z4jSnng6j7hBZ/mbwenqLECCabgKmIpAKN&#10;y40EF4Z/V590KOlZjIzyjXZ9FGzpOVoIkxq9v5HHKiQUUe2PrbqoB7cK0dMYCGNfDZ+skDtHHTr4&#10;+eCijw5PnQ5MTUxD1xfrM7Oz/FzohiXWjKh/oE2tYuFjn/g4Bfi9+I0/gtbWFovxJpkje+6tN6jg&#10;P3T8GExNT1MnjMV3Jiza6uqi/yWL4MJSMGGjVofF2XlyaMNrtNNpw/r2BvFXz50+A3/0xFdh9dpl&#10;Agu4lfVQcyJ87X6vAwN/+0FzG07eez8FMQLpWwb0XVhdduTqgmDq1tuOwv5DR+Bv/Ud/G5566hvw&#10;8osvQNuDk2qtEjZg1euoxz19nzDNHSq0YePjTkxMIdi+y38X90xNTV7XixNFf3aXEcYo2EiLnZ3i&#10;PfOeoGV8jI/x8f2ZiNB3s3CiQxTjEWsB0nzcakXYu0VstCRui6HwhBGHOxWku53TkR1fexP7yyZW&#10;wWL5DtHGnbtMQTnAQeZO7GhdYv1uxbHIcVHjIOgTaQovrlaFLE7a1CRtqRPQ4YqEMeFIXE7mmvpv&#10;0jRzcn8FXk6Bhrhx4sTFWpPU4onwzfEUh/YOjakXd0IKWZYMMBJ4i9mJlSkGFcpZRQCClbXYhsYQ&#10;U8UzbpRSBlgCaizEPdyUjXbSa8OZRNOZFOoUpSZ1QGj/0V8L0cSaUugimGg3TO+hiWhVDQiCw2d6&#10;vcilUJFISGe0/nEhgwzLncLE3LIQAOli1LxJph2uiBdoNLfResIFQJVqQwyMN6ObEoCsr299zF+s&#10;UxO1mi/C+rQwVDHPAr8EVS6WuCNQhOIZpwJVX7gNiyHdFmkw93/oIfh2rwfNjetx1ChjR7og1fYO&#10;Lzz8glgX7WmVGuNMIubl5xpi0rSLeomwriQXuAvp5b6Yc/04kRi1os1j14clIuytrSmnbItbMB8y&#10;jLgVFOnkQd2peAkuwmaTZHxIRol2lKITlS0lpUfBsmwMxsVoJp22uDyIusL0gzy1bZhc0AIrQVM7&#10;kmRpDC62xvjIRdRTKLVNJycmWIfJxgkxMZbpYjxWQBBSEWobWvORqwfwhMCQZoc3jmsXL9H0AxNQ&#10;jRgBIFUrE+oZXjv3P/wA7D94EM68/hpceudtyHEKgvaA7Tacf/ttmN+3F2ZnZwjMWekmkYgbX3+e&#10;B/BYr9Tg8L6DMDs148EHWx1il43E7BhC2G+T0PGFr30TXn7heX+uBY3W+2iXaYCAc2t7C1qttge8&#10;PYKOCFqcf00Yjtjtd7nD5l9fp9uD4voaFIOBf30d8kw/eOAA/ORP/zQ8+OCD8MTjX4TTp9+Car3C&#10;15JxwX6wkMyTiqnQ/jToDeHChUvw4UcewfNe8I91R+WweTrPxUH6A5BhdxOff6BO7fgYH+Pj+w9E&#10;rNmdnj8KKiA2tYKZCARZY8ii0qkFjwCiKYordRdc6KQn/afSlIZ1ljZM8WMxq5NlFyjJJd2gic6N&#10;yu13YnlP+3s1dPUiTcclNvxOmpNCyaL9X35mow6hZ7m4uOVFEYTVSj8yolVwLpXsO2lCyutOfs9a&#10;OeK0Mr04oTSF0FcbQZrJTAgXjgHGsdDWBHiXajQg5mHtYC44bWaasv2gTjVAQ/cgvrcm/VAhGMVw&#10;g9ck99H3hj4+zm2RyQdNf5KuE0cAmBjwJ2AlpqcVocZJ3UytEuoD9auc6xGAsdh4hkmGc4kjoytd&#10;am7seHVzA5CNja2Har6oKvyXLSsqUBPqCA5AMSsOReYoCsNJCNkEUhCd8B7lmsYO88K+PfDIY4/B&#10;m698B65dOk+iW6Ln5DzKrFWyIGzGaUDVMsjJTR5Gf0W6SgqNiop3W+73RkYTF8Ma2AduZxq0Ule4&#10;qyILZEg/l8XPSnOIniaTDkMRrHhDxhNEW0UrI9UY5Mfe6/TFdRBti0NbxsYvooy7OURPtCVFeXcK&#10;XQaThX9hEGhDcKChiQ27VTBMyTge10ULW0i6ZHGKwe8zhh+Rd72J3FFJeQz5FS6J/zXJKJaS51Fs&#10;Z2q8WcgEAhc8ElH7z/zypYvw4gsvwEd/8DHIxEWFNgeiPGX0X/SkP3x4H+zbvwRb998L58+eg6vn&#10;z0M+6MK9Dz1ImR2FjNstgQ8OvirkjcS3uepfx5FDR2jz2tzagGseFKBIvOPBA2oxGlMNuOAf848e&#10;fwKWr1zm8KcKC9qJMz3ModvpUvASXvvYAcPXhFSAlgdCGEw4zHu0WZMbTIHTDwfNLfZW7/Y60G51&#10;4LAHW/v274P/8O/8HXj+2efgCbSmbm4S1czJZ1JIpo5uaHi9XLp8la6nxmSj2u30bvWv6WlnA6Fi&#10;d9AxUjN8UG+9NIpgvOiPj/HxJ3OYUcDhRryLiNdik9uX6cHUbAnNY9YY8OQ3Lz9+8oPqFUGMWpwr&#10;P+97NixkbSrvSSPcGmVMFEXUM0Ds7EegkoiQ5d8INLkMSkJHt8sipXlfRdyLhQJA6z2voYljmLhC&#10;BkwiZIjcRRosyH2MuGGBhXiOxpa8y3niXoSsEWd2vnkpvDQJmIh1QFGyvzRxzLVLLpdJAKZOnExo&#10;wKZZKDbJB9MPNq2VzI6AqKgxUZCQPmWk8JWdtOLrirluGrfgRq4htZ93CU6OwY8R/RaJScp4H7pJ&#10;AQiuT61O+04n49Ua2ZbixYVjzT51rmnE2uCCrLBRb2FkASKBdcEOWPN7F+FDP/hR2Fi+HZaXV+gK&#10;G3b7HpBchq4v7vCixaTowubSDBArufBFKITeo+4VRYKso+g5TD2kv0NLXyGi8sIFKpdmfej9LC7a&#10;efxiFSmPtAjDyjCFCGPuhNBrEvqWM/plzFjIh116y77l1FnSRVGSwYM1rpwjUtx0WpQuxGGCYtTV&#10;y5a6JXTOBByUyKnOFSx8Jy9xcmWyNBWBZHrkEuFXPugnq0d8saEjh+8dFfwVFs1r18qoBaAG5oEH&#10;nD1yQSGQZKshAOqFb3wTZmdm4NT994H19b7aFoOI61SAiO/Z7OI83Le4CHd5IIK3QTtEctYSGhKd&#10;h7UihGQK4NbGFm3Om81t6f6wwxWO1OtTNTqP5/w5PPP0Nyj1NavV6Bwoyda/vz0PGnCigU4q6Ubg&#10;mP8Ezc0tWJqeJJ4xUsmsXpf+Pe9hqFNzSwKehmSYgBS0ef8aMO385B13weNf/Dy88vJLNL5HDQo6&#10;piBAE5xH79/m2nV6PRMTDeh0ereEhucHmX7sAjDe625jfu34GB9/BsDIe3wPTSkTS//NyqTalSYD&#10;WsGpnXop08mVFwSTeps6TgKPtCUTntu53Sc1Kf/LWJN0++0NAZeei0ua7ZH6Y0PnTTUu1qiVvbha&#10;QtQz8p4U7fWzsE8zrYv3QgguhFZfPnEdTCyWQ1FsAgWqLPSPFG++gy0FRfL+bSFBPnELtUnTrvS+&#10;JeOMBAQ543Y1lYkwVFCPgAljIyRQxoRRp8swMTel62bHZ5nwb43UU4XQ3umpnAlh0OHmCbANn6kp&#10;03jD9RCMQF0wUklBTrg0x0vBzQ1Aer1+o93q3EInJkU0X1WWwtXQjagi9KsiL08Mmc9vKcwG3YfY&#10;gpXdmA4ePQyHjh6Fpgcdzj/G3n0H4MK587C+co0KPjAMWGgCIONY8aXlL7sK3WL0H0T/BheE4nhl&#10;Zybe1jnRVoApoWpcqohvSo4cJvpT0wQjSVMNX+acx5u6ERTlYpAXRgEHBUjyKIv8FJjFalCs7Ioi&#10;asnUN0LGvYE7W6KVpXDIhfNVpxPdcNSoFUx0A6Npi3/OgRuGV+ZKDhVZEMuTwZ5LeagFgDwmNuRI&#10;uCcTAZy2ELBAxw76zFCbw59hr9uGQTEUZzC6oKjoxvf8qS99hZxFTtxxMtCm6P0oHES6qCFQRRON&#10;apVAxsCDAvRmx/cH3UhsQpwuyO3FA4o6epI36Hkz7bxQUmsNVq9dg68//iRcuHDO/70Otl6nzBsS&#10;KPrXiFqNHtKswmLrkqBH7lq1ui1YQsCHYUyaaC57CTu7ALRa2yy29IASgw73+Wscp4YLCwvwM5/6&#10;FNxzz73wpc9/AdY3V4nOhZ8Z2zGzc8ryyqoHM0Oo+dfS3O4cgJ3NqQ/cYXXvA1aM++M/9vgYH+Pj&#10;TwaUAIwwc7Roz0yg87iUtlOxobg1KgiGKCanSQEU2pOLeMRqZ13K3AQVGYg6CpdYBae8f7fLaKfE&#10;UyhVp1Jsa/hcqdufTE7Urj804uyOTotJLF2d5oQJK4BDBSFa1GtInz6vG50IlBBJkrBuEpdNSH6v&#10;gA+gpNuQDyqldEHJBdSU0ZdhyrgzqWtmkreVvqQULJjotal1kEn2pJ3TDFcq+s2oQ5Z+zon1vg0N&#10;SLNDZ3jD5lUCqCB5PLXfhUBBNzuMGcZ2uzcxABkMBpO9weAIF89Ih6kwzz1jxF+vWe5QA3PutUNP&#10;ugQSOxmyUMXCsUKd5SFdbBgIVPU16uTUNBVuh6cn4MDRQ7C93YaVK5dh9eoVWF9dIQ9wmjyjVzYJ&#10;favsLa6Wfs6GhRa7y1oopl7Y+jUKQXmGJxtlXjxf+E5BjlNGY5wOaKeBdYAmLnT0pK7kUw1BdyLB&#10;R6SAjt7upU5REkRoiTo0HN1iyotJCAAUXqqKwlyQ5YeulUkctpiiZAU8FSEDJKxJMpPmQCRLzlMk&#10;EVSKmwOZmBi5FrLkfclFf5FJ7grnXyDgxMlFu9Mhm119nSbQhzjlteML8i///ueg+PEfhTvuvQcG&#10;3Q4Elw4xCBiqUYAR5xRZtMhnHt+PfpwKKD0M/zR0SmfZcx2NFFqbm/DiM8/Ad154iRLWZ2bmKHW9&#10;ECvcgX/trc1t8p13Sdsv8nv9cxBGQUF6j3VI/gOuiIzcJQs5UbXw/e6wNSU6gOE0CCldqH9Z6C3C&#10;/Q/cD7cfPw6Pf/EP4YVvP8uaEJkRoZbq8sUr8Nyzz8HJkyf9Y23sK1TQaYQCsAvQeK9JyI2crd6v&#10;8zo+xsf4+FMGIclf3tskwkFkAxSRjqxT9pRy5KCsXTBQWvdKU3AtNMNel05Qkn0rgKEi+T1EEbgV&#10;NyUd7AdWw8gwJS3WbeJHeYPK1O04X1Na8bTRpuAjTZynfcnZmP+lwb+jC6YZQVTBbTJODcouHjGE&#10;FkqTCIAd3oXhed2OCbcBU6J/lQEdT7rsLiBitO2kUw3jzI7O1Oj56OMwbjPRNlc+A+tCjCG8p3WJ&#10;K18/VhxHlfYedbTvA2bGx80DQPr9wXR/mE+HoB4sjDKxMUV9hisSgMs2q0hVQaCSEz0HiH5VIy0B&#10;UrgazKkvcuGGDkNwYL1hKWV0z/4lX9CdgubGJqxcuwZXLl2E5voa9NqdYJVXrTVYYEYOQUMu+7Jq&#10;SEZXuz2XfDuVlqVC7NDNkCIRIOXBmjAq1QUtrkGJW5UzCR2roMVKTLHC9CSELEp3Bd0mxH6c1/aC&#10;vaYw6CiAFhGdO3DlZPQEaLBYSycpuOzkYXKDwMHKlERdSYLDic2EIlck6bsy2TAMKJnelVjsiX2y&#10;M0VIMs3x+XIp+IWGxRkbA54aoYNIkRPlaNjvQc//d3puliYMdIbiPoaUNzI1GOYehHwe1q6vw0OP&#10;PkKTMizu2QmFX+aQfOjz2IEiMCZzmUFB16a+VHx+nJSQ+4gv/JvNlge31+D0m2/C+bNn6BrZs7Sf&#10;vOFRHF+tVzHDClrNDej2usxbzix73ZvEelk0KvyBZORzP+z1eDPVTBThwLrEcYW1IIiStgmUcRJw&#10;jpQq/6cDCwvz8Mm//u/B8TvuhD/8wufg2pUrMDU1IWBwCJ/93c/Cz/38z+M1t0SNRo+qmH8cSXM7&#10;9r33qE3cDRb4AsZe6+NjfPy5AiOlAnznLdJJgUnyFdTqm63XC6ZqubRzLm5Elim7Lk1rjxF+AInI&#10;O2Q2JFbx6fkY43ZddQzE3C51SQo6ARt00KK73OnyV4IZIWMrOUeZ4rh0miMUILDRUTJNejSlEVM6&#10;YYgFvjYQRylEoTkX3hOXAEdTmkDoFKQ0lTC7A4Ed18FIpZ7Y1EAaSplOOUqYxL33RUZNTHnPbUIb&#10;McnFFj7SdCKFn2XJfs0JRcyK2J+nZTHywOz4PMfHTQ5AOu3eQp4PbUaC4Ihz2XKPHaqUc58JNalC&#10;twWyM8XudANTPvHCtHE+WSUNAjv9qFgql7AjDC3K/H0W9i3C4tIi3HbnHbDtwcja6jJcu3QBNlbW&#10;idKCQATtVOv1BtawEko0pOKO7QxZEF0kC+do4nnomMgq58IXhB2S6GuLOSOaZu2Shkdw0BLNgSjR&#10;yc4vXTwdL4hOBOnkkpcsCIV0sofia66i8iLxU6elSULmeEpjExoXxJTyIlKllDaVUXCj3k+UM8YF&#10;S+KYVZJMWqCc7aFdK914Cnls/F+calVNXKQK4dPShoVTtKGDwaAPW76wn5mfg/m5OVjf2PCPXwV2&#10;fWKhNtKL8L189qmnYPnqZXjg0Y/AgYP7CdRaolMN/YKV02eaE7WMgZbkxBPYxdAofEyckLU6bTh/&#10;fgU211Zh5fJVuHjhEqWho+vV5MQEzM0vwuTMPNs/bq5Cu73tz3ETWu2mvH5+J0nW71yYbIT3VD8G&#10;/0+oEaHPUoKbOFSK33fj1MmNASoms7NX/XXoewDeG3Toube3t2Hevz+n7rkXbr3tVvj8Zz8Lr7/2&#10;KgrPSbeC7xPe1z/aHM3cCpc70Uea0EWEUofsRgv5Tled8cI/PsbHXxRAEoJ7dxSxMAIGoARSNMjW&#10;mZGy3sUCXP9dbVjDFKQ8sGdNYCqILAmxbbC8NSkFqTQwsJT6FTQWSbMTkraZC2t1co7ORaWmKe9r&#10;ARCojiQ18pBxSGk9dJEmFSznkwahG51QlH5O7JHlOUfBgKpU0/u70ntVpkq5ROiZGPCGx400sRSG&#10;3CBp1u0OOMqAhjUf5YyCXR5rNGl9N60hNeaST9rszMIZ2+2OAUg4PICo52hTRRdUzn2KQjNvNGyP&#10;CzLWhhfBAQGLQHQfyqlozEMhzBeYL1ErhnQhiJQLovRwSYn2qPhvA6K1ONJwzC8t+D/zcOzkCei2&#10;unDl8hUSriNNq93t0NcQbVZxMkJ6a0xLFYesnCJ0MlnAonuDCban4golVrGkOaE4OhFcSXaHaj8U&#10;tOhiTEms8uUippVkTmThq89FMi5ahQQKGpd0PUzauY7ZJaFTJc5SZcvdpLMRxuYV8UUvgorP2sSC&#10;OFkgwqIMUdxnBJSgFe4wLxIbRckoyZUzq5tFEWyIB/mAJhn4mpHmZAQgIRis+Y+ztdn1RXYLNrY2&#10;PQBZhIV5CxseDKhbGmVr9HsE3nAxPvPG23D5/GW4xRfix+++Axb37ycBdhWqHGBpXeCPYogfgret&#10;tQ3YWl2FTQ9ulq9d9X9fg+3mtgc/ParMUSuCk7msnkm4VA0OHT4Csx4QPfXk47By9apoTGwJOEZ3&#10;j4D2WA8lVmWZv47b3bbQBG3y+bAJcybUAf5oUdeScSI6fS+GPIHpdGG71fKAvwXtVhuWlvbAv/8z&#10;fwNefvlleOIrfwjrmxswMTUlltd22r/kDDGMEQ98N7L1MVc6EZsmm4l5nynHeO0fH+PjzykIGdFu&#10;FX/s+5sbN8QTSjMbt4hgschLfJlUQO52eTQTTJ9MWIRKVKBC8iVUugJWHA2T6YTY8ltp2IFLphLS&#10;ODJutBFTtnctTwQ0XyXV0BRBa2lGivx0BhRnLOYGa2nkTlhjS/lc4fkTz9kUOIRpiSsLaZyLNYSC&#10;Lg06tkFUHu39o7PlyMQkyRjT98GNnHUEBPb9AczIJCpMiVzcrz/oNTw+bmIAohdQb9C3/eHAKG1J&#10;RUTFEMVtleQi18WLi7sBagLIhhV8yVgRKhPb8+ahsLVQqXGieRUnDji9oGwGBjT1ap0mGiCBO3gO&#10;hb//1Ow03D5/Fxy/4yS0mk0qNteWV+D6tRXo+CIOv0S1aoW0J/hlRBE8dr2RxgKi6dAFI9duhlBS&#10;cppgsFi7QLoR2arm7BylTlNF7FFo/ohmmZjEGQvBRiZWwrxgFkEIXlHAFjoqJpmauEDhwcfFCYNN&#10;il8nGwAbexkKCIoUHCvdmZxfQxo5mmhBUv6vkW6T9nNyaUlEy2CXBDM60YUoAMkYYhVM+cLJEb4a&#10;pJNRinrGhf/K8CrldyB4vHrtGmVizPv3ZnN9g5NhZTqU5+yLiNdJt92Bt19/Dd55602YWViAxcV5&#10;mJtbgIoHIvgZ4UQEKVpb/jE2PZjZ9n9y/3fWt9iQCZJ5oFFIWroRS8qB/8/c4gL8+E98Av7gs5+F&#10;s++8zW5d9MKTaZ0xIQNFDQHU3riir7uSEa1se/067Peva2JikqhgTIezkIru+K3l7wZOXjrtNoGn&#10;Xr8NM705eotRk4J6mfZcB+686y44dOggfO6zvwuT9TqZPtSqtQkPOiyBpcRBJFpB2qDZgaS/l3aW&#10;7AjYKNyOwcn4GB/j48/hEUPbTNmBaJcwwp2ZUDduSZgkGJebUrIrGbv7WRgoTTbC82vCuo0C6XTf&#10;C1NcsabXRkp6ckzVsiNTFQhibT6/ZLahNGoXMy34FMXGxfGqmE5sKJ8pacKFMj1oamJonrlhO6c8&#10;NXDO3fhD04aeMztpUqGVWUiosB42MhM0Jy0FGQnFyVgYmUaZEopwmkMWGqaQOD5C2Ad3XDwjF5Yr&#10;vSiu80bpY4kcZIe5wvj4U25i3PAi/VM4Xn7l7Ye+9NRTz2BjHAseDLcrhLYT7fMKcquyLuO5gVin&#10;4heFijoVZLtC3DQy8iZH9yyQMCAQ4ThRa6x4fxM1yFCBhgsOTRokAHDgAYVSVNXrutPuwfWrV2Dl&#10;ylVYWV6GznZLQE5G50ealWJAdB+i3UiQkS4khegv8MQRiFBqR9pdTr4kChoomMhwcYqibdWNcDHH&#10;i0Ph2Bkq5eEWENNVKcE1XWakU86+6QbK/e10rGzJScoU0lkBBnkZOlK5orTY6cah0xEFLAgQhsMY&#10;AElpIdKlMS4ZoTudlqgbFLenNP0W/w9Bh5XCd2Ky7v9eozNHV6dLF84TnWh2zx4K9Kv7In1pzz4C&#10;CK2tTYjuJDyRCiYCcu5BRAmxERYS2kNVXQn+4pqQm26sjB8yelycVjzw0MNQ8z8/8dUngqVzcIIx&#10;6isQuAdBM8GfeRZ8y/E6HvY6sLx8GRYWFuHI0dug1miwdbOMu9BZzSWfReo5iWC56t+jen0Cpqam&#10;YX4ewdYiNCYnYNI/zvTkFAn1Gw02Yjhy9MjFkyduvXOYF23WpJhgVW9sdIlhbU5MhGcQFVN2U12l&#10;G08/xsf4uKlAippAlcpl994N7hs0vXc+flq4l6hbUZdpQC1pIeRE7Q5/zA5dQ3ClTZgIzpWnDTcU&#10;uSldtXCxKHe7tO93lsylG2lu004UJzt8cKIsa0V2o1nBiCFOClZiMylOPMr5IKMLuPkeXB3f3eOk&#10;GhE7oksxCRBN381xxsd4AnLDoxgMu2tXlrPppXmo1qoipnaiG+AJAmYXDIZIDUkSReXLhlMNKlJl&#10;ElDJrKDyLCyClWqdbmczTiIvd+e5g44LVK3WIIoMOhSxvmRItCmkcVV9ETg1lcH0yZNw+PgxGPT6&#10;0Fxbh3PvvgtrK6vQ2t6mAhQzRmpIwXGck+HvzICkYHEzvvuFOjpJ94WKa//4vUEvjnFN7FIUvIKW&#10;An4cpPZ1mRT1RVyQxcY1L8wOO3BHkwMbphcGIFnMEh92w5+DcQpo+Jej4APCcDYNmnIibnbBgYI5&#10;pbYUrGjFQlg3CwVNuSbGI42IJkAVAU8MhDD9fHpqliZA+PAHDh6Fqx4UNlubdP616gSs+M+lMT0B&#10;M77oRjcoApqSp8qvLadpAXV5tOsmF406XOFNc6cUNUy5h6CfYXBUxNfj2OEr86AN9SavvPxtojvh&#10;tUT6m8JJGONI+BJlnMSgJwUgNvSNHHT7Pbpvt9OD9c0t2O9BFj1/oWn3/IbmLrHxLRhQ9+UxewK+&#10;cFLX7bQ9iJuE6elZ6C8M/LU9CbWpRegOCpifm62i/JxCG61+14ToJ1wv7f2p3zq7u+zW1xwDj/Ex&#10;Pm66LifsPu3czVZ1NJjwAz3+qPXrSIMtFKZF4iyYUKPjfucCDcuJphDXUqMNMFMEM5LgNhla6zdo&#10;sajA3Jbavsnvb1SQl5GJudGqaXSa4pJpyk4thhn1J34P4LWbwH2XEckuYCkBWAZKoPDGn91OmtgN&#10;6VYJ4NHIsR1ID8oC87G71RiAfODj6NGDl4at/m++8Oa3fmxmfm7uwKGDMLMwRx1kztIwFNqmQmyl&#10;mWgRTZ1jy4UVXpxY7GeZDTatmHKNuQ+UEq6LkXb/TUXu52/vQQgVk/5+1UrkUyK1Cp2O8EmpEBOZ&#10;x8z0NCwsLsDBW26F7e0mrC5fIyEy5j500E3LYZZERrkPVZqy5GQHTKnfuQ1hCPTa/I842WENSx6W&#10;ASup1TyqVRcpE6YXUT9hWTNTWCiNO40JE4NCJkoB+BU3WJQS/0MjKCF0RawK2rKQ0J6mqLpEz8CQ&#10;ZShJ4Sbx4oCgC9H0+DQgitPt8f0ZJPHpaqcXaUvD/pCE5kt79tLnXasDJZZfOJ9TkV4Mr0O13oB+&#10;7oGHL7anp2bA+M+x0+2QiFv5fmzT6DhzBf8ZPx/LhggubaXha6MK3Aa3NqRboVFBrcJ0vGqjAfX6&#10;JF17/X6XBN14Pfb9c9J7YDnIK0xXhAZXxc/XCqXLpL74XNTjZ4fZNQQqMktgfLO5BfOzc2FKw+da&#10;BPElTXPEphivvR70IfPXGoKK0Cny54ZAeuP6ddEeFXDrrbfC5vr12kcffWRw5MhBtqN2TNVzAvoz&#10;iD78RrUg6pDlbtwkK9x4cxgf4+NmRyZmtJ5Navg4xS3KGRw36qO795uSJGBFVkgThgrxOULjDbS4&#10;DxnZoDSnsuA9+uumkwqyiBfac7my3m3W814gxISCXhuLu9ObdnOvKkZum+3yXC7RHb7XqX1A7pKJ&#10;+SjOvfcca1cGjttt2hGDCN8DiYW7jicdf06WgD9LFCw8tptt+ObTz93y+OOP//TZc+/+pK/Ef3h2&#10;aXFy78HDMOuLLFNhW1cU21bIQcOQjoCpSSboJCgV3ciVq24bSN/KqrIw+MIwz0U7YUOWA4IAdNai&#10;jjEKlnPOahhK7ocW2qSLkIIrJ3BTYXF7lfUI/g4kdF65tgzLV67B6tWr0PbgBG+D7klIpcH+PT4u&#10;PXbugoMWdl8KDZ9zPGVgEFBA4LAmnuLqwZGZCr2uQrIxjLhdkXCOgESRWP5GkGHMzti4NNsk2CGK&#10;24hLbI2iIYUJHNe4dIaYSEgn1kwpKsL7aUMKK4yIzpV+5SQZ3j83UuZ8IV01FdagSDdqOEBwWIE9&#10;S0sEGra3tmB5eYUmBP1eh2h6OJHAnAsECBNTs9Bo1GkCwNMQfr4CEgth/BwkIwOSSQ2IgL5K2p8G&#10;VOr+8eoTUEFjAgz2syZkveD/9DwAQberfm9IOow87weTAicWyllmAzXNmkqSwKtmzDnZ+6LN8Mba&#10;KgnL5xYW/es9QKe7MDdL0xXS4kgyOz44mxQ4ntJo5wjF9zZjITsZMAwIqKEepO5fy+ziHFGzPvTQ&#10;ozC/MFf0e/1ff+yjj/y3C3vmVgig+/eRviOWHcF0OsTfIXGtg+iO8v3eDNx4qjI+xsdfqCOlzuj6&#10;Ubj3rn/d+z6mu6G97PdjFaIGo2gSlNo7UlYngCZOA1wSelg2F3MjhbvZsV+XQcdIkvwupunGpBQ2&#10;G/Ze525sw/tBa8Ydzp+l5xxNMx+dH7kQxktRAzfKYUlfP4Te6PgYA5Dv/thc34bTb5+Gs++eh7ff&#10;fOvEW2fe+eTm1tZPZ/XGYzN75uuLe/cS/x357Fjs8KSjkmhFosc3U4W4i12vViL/kzoTRjI8pDDz&#10;j2GclLyWgQULtnOmKRUxmZQ491j45myfC+KsVRi2jWX6Ts75FIhHukNYWV32gOQqrF66SoJ2BDkI&#10;WDJ6Xp524OMVStVynEs0JD4N0tBy4ZPiGQtdKKFAqX1uSVgGo3bAII5dLjpYyCKB3P+iiF2VkIQO&#10;CYdUAgld4UoLiNJwdhu5qstWdOVwUcAHZa9wI3Sw0KlSbYQCATmTzFRZcwAjC7y/3czMNAGD7eYW&#10;bKxv+OK/DZ1el6ha+PSUqF6p0FRkcmKaAAPZOdN7GT9Pncpk8pmjwDyr1P39ah68NAjIoC0zGSTg&#10;7VVTMuL7lBdDCkfsbvvz6Lb95ztgUCnvnSXqWAx5pGkIgJgWcCeN6ID9DjS3mtBBIOuvk6V9+2Fx&#10;ab+/hjwA8mCq4c8L803wtuyWxsFWSDXUUQSZNfj/9vx7st1ch0G3D7NLe+HEHXfBoYP7PaiZp9fU&#10;qFeI+jYzM0vBibPTUy/Oz0//7KGDB57D152JoxjbHGbiMmPovVWtjrVmPOUYH+NjfHxXAMTsOjmN&#10;FrU3moK4tMjdMf344IBl96L6RuJ5F3JOSrQv4aWm9rzpbSP4gFIeSlGk3f/dxSIaELzbRMOU9nYp&#10;6KXxmN5HdRRl2rXbcbvR2/6blo1GLHITmckfy5Qk/axHjzEAGQOQ7/rAwnv1+ia88epbcOH8Jf/z&#10;iv+DdqdrsLaxeXe73fqkP+tP1ianHp1dmK/MLuyBeQ9IJnxBSF3jvAgiYiwqKSdDRowVm0mqtQui&#10;dbSAtSYG45GOICRoZwRqKAyRbpeF0D0q5IcIMDKZhmhQYpxYEMjxYAILOhSyWylyuy1f/G1swZUr&#10;VymFvbW5wSF5aNuKAnuijA2pAHQESFA30g/uGEXOWggUG3PInguaBaeCtxErvBB6KIUiTUkKWUxE&#10;VEyuUkr7GumcOHGpcruOa41oWdJFLy66oEAwGROzo2IOUHrcdOfQ3JHkvi5GwKK+B88VNRPWZsGL&#10;Hq1mET1WalV/TdQo3b7pC3akLXX76PjUh263Q0n2dF8PAOv+tghYGhMTMOE/q1q9TpQ8PE8EraS/&#10;z3jaAZK5oR0sk1ga82cS7ZdBnFGQmtQf9GB7u+XPowND/1mis5tVS2Obxc8v2RpJo+HBSk62wQPo&#10;etCAwGHgwRRORJYOHIK9e/bD7Nw86Te6HQ9M/HU2wPfVaSerCFoafIyNjXVoevBbn5yAW47dBidO&#10;3gUHDx2BrObfw2GfADB+HtWKunBl0KhhjskMzM7ONPfMzf8ntxw99JvTHpiwRTC7YFHAJwEQGyYf&#10;o+CjRJkebxLjY3yMj+/TLMK5iGLMCIDY9bbfo4P0nbYsVHc71rzyFGEU1OwEOe+vpbgRWNK9N73v&#10;97PkM2YXYftITtQHo0klmo4bnPO4uTUGIN/zA7/Ag0EBm1vbcPnSMrzx5tvw5uuvwYVzZ2FtbYXT&#10;qmnCYR/09d9Pm6z21xqTkw9Ozs3ahaUl2LN3ibrTHM6WyVSEeesgwXqpm49qSzigkItLBAOauo7O&#10;TeojrhZ0lQBIYhq108VHKGEhgT0hIw1FcJ4RDSqj+/V8MdltbsHVqytw5fIl2Fxbg3yQU8GI0xEV&#10;NOM0BZ/TFUPOSKHEbhNsBrUr4YRys8OLO1kQwERnDWltxNxGiONg/jySPBOx7lO7vfKi5kIyuiaE&#10;B12IalTUghh4tBO0AgjylGCWiNQhCY1i+92YrEvWs0LnAohULC75MwJECFAQNCAw6nXbdO30PWgc&#10;DIYehLQ9IOmSqQDNUSqZBy11D0YmKDiwVq15QDJJoIRc14SypNcRh2JmTHUT0Klao8jThWCJhcAA&#10;8zsoqX0wlOvGJNcfT7LYzrgggJQTmEDb3D4Muj06f7J49n/H6/PWk3fD7cfvIBer5tYGbKwtSyCh&#10;UA7lneu0t2Hdg3i029135AjceeoeOHrLrTA5M+XPq0D76wjaCWQL8C3YjhrzdYrhkAwgZqfnhksL&#10;c7/4yIcf+l/2H9hPUzx1ZsP30CYb/q4ABGD30KjxMT7Gx00NGsotre/dY77fYxVuJ83rgxf4kTKl&#10;e17awPt+1Fdml/fsRpOZYBHszA2pUO/3GH9cAKI6z38TSlQIOnwPwGTNmHw7BiDfqwVIA1CDzzO7&#10;XnU6fQ88NuHsmXPwnZdegjdeeQXOnH0bms1NjKRDm1VTq018JKtVf9JUqn9tojFxz9TsnJnzYGRh&#10;aRGmZ2fIrYfAiGGRLk45IBE+W6VvyTeIJinBUQhYP6A6CmNCjmhm+auCwl5MU0dG/NAx/QZpMDiB&#10;GUixmUuiok4YyN1pyNQuFLbnQp3Z9q8LM0YuXrwIzfUmaQawmERXMBLa40vArjgVqHmYTOQ0FQGi&#10;AhE4cWVZli6MJR6sTD80XIg7N+Vxr3JSmTJVCCjIdi5YhjUrwRI4uGqZ1BSDE21BNQLRZivQqOTh&#10;qpLhEjESvvBI9dKgKiehiJmxpTA8PTcW3LMjGZ5jr++L+D6/fziVQu1Dp7NNYm7O8aiQU1oDaUb+&#10;c0GaFgLaRq1BkyzMizGVqBmyhm2cC9E/8KbD0zInuhICR+ha1WsTHawYFCGllv8/p/NU+h2CD5zW&#10;INgYBNDh/46fO4LPAU/ejp28Bx548BH/dwzLPM/UQ8PgFp3U1teu0/QQgRPm2Nx53wNw+NARmp6g&#10;PgmfMzUkwEkb6ZGwCYDBnAIgaXKY+7Mc9AiYIQDfu3fvL334wx/+tbvvPsmfpX/xVfXVhxtTr8YW&#10;vONjfIyP7x0A+f4Woe59gED67MX/z96bxlhyXemB50a8LeItuWetLG4ixWItJIv7IlIU90VNilpa&#10;lmx39wCDGWAMj4GBB/PDP2YwYwOeAXp+jIH5MQbGP+yZMdy22223u90yWuoFUndLYlXlUgtrXzMr&#10;9+3tL+LOPefcGxHvZVaRFLrVong+IZWVb4kXcSMyeb445/u+bEChq2n09giL25OZlLT0j0a5PfHS&#10;tfkE2wQXEpwNu/0YApLd4TsRkv4xs/5w8p/lbGwf297+WernfO4FnzMCQuVtRmmmY1f4sqAXszeW&#10;lpbh/LlLhoycgNnZaeqMrG+s0utKpSBXLAYvFIqFt3O5wnuGlDz4wMMHoTIyQs5WRSwiSwVO2abc&#10;Cw4hxMILR0jiJHk6ZwmRJlLggx3jcnf4rY7CS+YqFY1X0Y1xEkTHZL+KRRsKn91oDtbvPRr90dTN&#10;IIKCGSOWGPiUns1/1vBz19c2TRG5BDeu3YBVc9ydZoMKWywCPWY/tB28ox7HXWslG9vC2/1RZFGy&#10;88RKz/cOpaCX9huy1oRapZaxJNqHjGhcp3+B+G8XfrAPWedx5bonGdsTZR28eORNpZoIu+6UAZNR&#10;23s21T1NcLftdc8GG2rWN+BjvnWUcpJ9HGWiQhsL85y1RUYCYsebup0IGvVNaJj1RYKCnSnfEBYU&#10;rCMZoaI770OA5gEF7opg3kjedkacri+5a+NIniUfviUFOIbVabYMKe1YwsldD9wX7Jbx42a/Oi1o&#10;tzvm2jDntWeJAhLMzH/RCoYMTU7ugv13HYBeu81jUHYUbXN9zfyeLEK+FMDhRx6Fg0cOwfDwKBM6&#10;c71hR8VpDGNrN4mEAx/ENcGnkKThITDJVfT5eRp9y9E+Do2gLqT2dx8/9uj/8dixQ0xitcsFkQ6H&#10;QCD4q0es9ce4I/38iZT6BOQF7kC4sk6Qn6TE7jN42WFfst9veycoGY7ot49Rtzm+v8zS/05dDhmz&#10;EgLyc/xjAknh734DnGAassWs+bnR7Joiaw3On78IszMnYWZ6Cq5eugjr6yt0R7lULJaKQfhlU6i9&#10;FVRrX80VSveGQQi1sVEYmZikzgiJaenuNGdzgKdsyF9kLWDtiJCz/gVugnhWv8ChPYrm4DETgse1&#10;eBSJtmfHiYhc4Gt67LiFxSYW3nhn2/0Bja3lK96Jp/l7GunJcQq3IRf1zQYFHi7Mz8Py/BJpCYAc&#10;tfJmX/nuPuaMIBnp4d1qGtUCO8LFHRiVjGspK5R2d1VsGF9G0O1IghOt4z/yXp5S58FpXLLnRulE&#10;B8FdgdT5ikeyVGISEGu2rMXXdXvt9HNdposTQ1iHKHBh4cr6e8Sp7S+NsvluFI1H7ZiH+GxDSwSk&#10;x05hOg0JxI6Ib8kIjty1u2iVa9a5sQVbWw0bPonnDV2zikRGFLlo5bkTYggIjmYVC0xQ8DlHQsG2&#10;vYmcWHKKmhXUn7Sxo4EjVaRH6dF5ok5Ht21HxHpU/KPmh/NPgPYfOyNkJW22VQyKUK0MYReCOzV+&#10;nj4LNSYLi3Pksnb08ScM8TgCI8PD5vrpMYGxafW4duj8hYQE3bSYBPE1gCQI3eXQEYuzdWImSjEH&#10;ZxaR5Gh2FAtLQW9sbPRvvvzyl/7lFx+8l/1ctPyHQyAQ/LJC7rr/LITk47Q26X8vdHqTUSAE5Od5&#10;KbsAmVjr/pBRDYmNqC3JkifRyarV7sHq8hpcvHAJZqdPwPT0DFy6dJ40IzjOki8UK6Vy+StBsfhu&#10;vlh+s1QO7xoaHYWq+ULdSDkMTCFXJFvR2JINtHUlZy0slj0vuSvgiuQ45tIdx6IiqzPJ2y4KdiVc&#10;cUxp6xR0BxRyiF0Kj2x+dXL3W9l2a7vLY1s4aoMFXmStfvFZP8fjQbhfmHtx8+YNWLqFrlqL0G7U&#10;aX3yFHyX54BAGzLHeSPsqqHseJbrLmHxq9xq9kVr2LWNWdeQmYNKwgeTeGsKJ9SQKuCdna5O9CKk&#10;q4khIWM09ublrE1sj4kDsJ2wE3gnTiekZfAhCV2xY3S0Lqg7cHqT2CW52uRwBbRe7q9bTIRM25wP&#10;HoNDkomJ6jnKfYlIsI7Eo9lqUTekgYLvbo82QYYGuQJ9x9ej9S521NARq2gIgDLkzM/71BXBc4Ad&#10;MOyceTmyhaJzg+StXW8a8tE212wLms0WZYSQY5U55y3sesRst0vjVvh4zN0w0g4Z0hOGZaiVQ8oy&#10;QWJkaDZ0zP4uLS4ijYSHH3kEHnviSRg1JDuy3Qxn7+zIBK5lE3UkOPaFHQ7ssJjjREKGBInfw9eP&#10;trbWOHaHOSFobd3r8nhW0RxnOSyv7b/7wFuvfOVLf3bgrj1JvsfgzTUl/+kWCAS/AAVzejNTaNLg&#10;az/tiOxgd0XdZhtZAqJ2eFI65kJA/toR68z3AR8+bZ2rokQjYhMbEsETj2l1MJRudd0QkCuGjMxQ&#10;AvX5Cx/B8tIiFeOGjIwE5fCVUil4zxCRV4Pa8O5quQZDw8NQGqpBpVKFIChCynNSIbRTU5FrE9nC&#10;cqeCLFyBczqIWCRCat8K1nu2MOZCmytme6cfrD2tzR2hO9UqR3fLbSVIBSIWh3inHLMeaB98vru+&#10;tbUFG+trcOsGOmrdgs2Ndb5DbQp87I6AyxVBHQoSEmcBq12QoKIClwTtOoLEtcN2IZywnpZDcQAd&#10;2Qvb8SKaVx2YI43TCPQ+cqm8gT9XOptMy895Lo3d0RBacx7pQrIQayY8eBxJAF5fihVvAe18fc9a&#10;IuOZsqnpLmTPzeu6NUACisSiZ0Xf+IWCcXTMwrGsLgm1U30FWu/m8hw6iFa++J0IEdnp5uk1+DwS&#10;FGV1PnjdoKZnq77BTlyoRyrkiRxura1AY3PTkNA2nSfuVDAZNtes+YyyuS5DcnvDzgtuDz8LxeeN&#10;Zhvu/+ID8ORzL8C+/XcZEtUZEENaU4Qua19w201DtvD66yCpQIesFru0ISGiblTMr/cUByZixwfX&#10;BF3BkJC3G01aPyRpe3bvPn3g7ntefPvt15aqlWD7f6Qy/4WT/84IBILPOoFRAzVLFrcTXX9ccb9T&#10;lyArjs+Otn4SsfxO2pPB8dhBYvCXWQ2KHa7gM0VA3C9DYl83+JsUczRb4vik+1NFk/EXTeoCIiMb&#10;mxtw+fI1OD07C9Mnj8PZs2coqbxjijRT0E4iGQnD8teDsPxSrlAYL9eGoTY6CuPjE1AeGoJCjvMm&#10;KPcDWJDrrGsjCi30rP2sZh8nzcVvZHURnhWBcaFrcxMskfKs8DtyGhTNDl1xpmLDO9TYVyEtCln+&#10;RiR0R1E8OTP5TF7wbv/GZh02N9dgwRCRtaVl2FhZ49l+O7vvORF7t0N3+mOd+pSTUN7dKaf90Imj&#10;1mA3islIEiDOJf9AlK0Tz6Up4tabXFny4/ilS1F3AnjS1jjdiPUHpsK/n5q4LgZA1mkr27pVCUkC&#10;q/Vx+RSul0aZH0hk6Tx5tD6cb+HTyBMSj1azRV2BlinGsUPCY3M9s/6sw/FsRwQDCPPkolWgsSyf&#10;xrNsxovtHOH5Wl1dgi1zjiIalWOb5lZrC7pICMBpPVivQvkeYQhlQz4wNNG3eSF4LnEED+2Fd+/d&#10;C0++8BI8cPBBFuKb9+L4lO8cucz6ktOX5lEuFLcjQUGnOdx/NkngLgj9bsVRYgeM41l4bNgdUV5M&#10;v0/abAtHGRXup83RwlM3Njb6L44dO/a3nn/+SZ2KJuW/QAKB4JeXgNzOHnbwPeqTbrv/P7fbSAQ7&#10;PQKA/vgt3lb8PiAgB/jLvzkkgYCCzx4B6QuW0bYgGqDnGWeGrNVrbAtenUnQcY5IKMHGvA+09kVB&#10;96nZU3DyxEk4e2YWFhdu0Ox9Pl+4y5CRrwSl8Bt+MXg+rFZHqiPDpvgLoTY8ar4MGSkHiUOsG8vi&#10;cTHugigdJyQKC1AWnPvcMaG5eZUUyc7pgqQnHueXkKDddhVckjYWnShKplEje/A4v8+Cay44Cziu&#10;hWNfNApk5/tNobyxsQGri6vmGG/B8uIytOpbVKRiYYz7hdQD9xGLXueolWhukCdEnUQg7gIbPS/r&#10;s97/Ry05uoE/fFkCslNwkvMrdzoNz3aGsg5dYMXcWDRHvTh17LDXiZexSVYqTXv1rFUvu1K56yKR&#10;5NvHNKWPk50yjj0p1lrg+UDr2majBU3M76DUdE42dyJy32MXNUUhhTnSlhSL5isoQTmskIOWb3UT&#10;m406JbST9XKjab43M8YBbMGL/0Phe2jeG5YN8UCNjz0mJCRIHDfNNirVMjz+9LPw0OGj5nUhrV5k&#10;7X/xfGKXhEa4zM/YycDzh45aHfO9kPNpzAw5NXZEiJRFVrNjXcNwjfHxdfNZy4sLUN9YN18b4JtN&#10;4phZqRLA/nvug4mJPWY9GlAJzfFWKr/x9a9/7Z/t3jUmf1kFAoHgFxb9YbkCweeegGTZc5ZkWClB&#10;Mo/ufBq4G+LSTqHPxpXu7GcSwrW1baWi2xRXKOq+fmPOkJHTcGr6JJw+NQ3z8zeh22yCV8jdH4Th&#10;K+Vq7Rvml/TpYhDUytUqBCOjMIH2vsPDkC8GyQdT0WgDDPluu2/1LPauvxW4Y4ghd1AiKop10umI&#10;bRK2TV9XKhPeo+xjOnW70JrcnNpIRGzQHVjb2piKYiY8OAKEYmfckzVTPK4tLcGcIWBri0vQMAU1&#10;CbFJPJ2j4r/XZf0BawZi2x2xegAbtqjBjWmpJM3VESYFegerv3T2xuWtuET55MRZO+RM2Lr1LteZ&#10;RFvuFhGhAxbWO1E7ZCxwQWW6K9bwl1JGSJTuSJT1+sr4BrqE+yT/kOyNdZLzgSNYW+bawE4FkpIe&#10;uY91oGtIWkyaH7OOeZ/XE0fvzL8xgwQ7GKWSzSIxr0e9RtNsp27IYLfb5PG4HhMFFLOHlaohFFUa&#10;teOOmiYygfu5hQno5ucHDx+GY888DePmWqTPNmuBwnjszgCN5mnbxYmoi0GCcq3pOyKKuaOG1yaS&#10;ExT1UwChYjUOvm91dRmuXboEywsL0Go2iER7vk0/JzcAtpWe2LUbHjj0MIyNjJjj6Mw/+uhjT73x&#10;xpevyZ9WgUAgEAgEnzkC4lqRnkqJhZUu9PVBVSZVVLvQvr5txZkNZqWwHlnmotNQvd6C+blbcObU&#10;KZg6eRLOnTkNN25epVn9XL5wsFQMXi0FpW+Y748XAlMeDo/A2MQkjExO0Ow/khu86+3bQDa036XZ&#10;ecqmYILgxPPsruXx/D8WluAsYr3M0fMYl+v+4LZ6dkwLHyNzJQpCZAF8LueTGB+LZLL9pW6IIqJV&#10;KOTpTjjmaODYFt75xkTsufk5WLi1CKvmq7m1RfuWs0nsWIyTcxISEuy4RF1aOi52bVAeCchtF0Hx&#10;ZBUkGSO2g2OF50k66sAol3ttkmIOSUai2WacdD/cmBjnTZgiX+XYNcytWMJxnNYjtkJ3Zce9VELq&#10;yDQg4hG2JLDRfveUHYNzPuieJY/KBvtp7iI0MFXdfOEaadIdRZTNQqNMuK9IAlCD43N4YS5fMoTC&#10;J7cqPNeYYdOsb1KXCvcaXasq5QqUkXhgCjuRZNa4ENE0n4Vanz133w3PvfwV2L13F3c88PxaTRCO&#10;feG4nrLkEzVCnVabRP4cYBlDCwXmVscTWVJCQvOYLZIx+HJlaRnmb9yAa5cvGpK+QZ0+cvrCsTJD&#10;kHDnfHBW0Zq6OUXzvsefegaqhpiXy8H//a2vv/9f7N07OZBlK/14gUAgEAgEv8AExJUsWvdRkiR9&#10;23VC4qx3g97+Xr6L3acmoSfSkD6wYmygogzvAtfrTVhaWIJzH52DqRMnYHZmBq5duwzNZh1yCh4p&#10;BKXXi0H4gSkUHx0dnyyF1RoMjY1DUC3TbHyxFJBuxGV/kLYD7UtNIYkZC2jrylkZhjCgc5VLaNdp&#10;t0Ax62BL4ChOXKTwpd2YXbl8IjKZzo+zqY2t9gLHv0zByzoHduvC4heLYrobbraDuRTtZhuWl1Zg&#10;eW4OVhcXodFokssWZZLk2cqWdCcRC9i9KKY+QmQJCIXoRZruwrt8Dq0gEy5oiaL28JXc9E0Ig0r1&#10;H07Tk3SVYhv6aM85WM2H1YO4RcO1ZALjsVjedmISWz+OZk0+KwhKpGVAbQYSM7fPZOVriU7enr/I&#10;CvDTMEbN42GYHWKKfczqQDE55nVQZofN64goUDBKsjnAL5jPLZjtFg2p3YJWY5P2GYXvpXKNnK2K&#10;Oa+PWSuywu1QSGJoyAmOWx187FHzlDmfPe4Q+aRZyVmikoOOIS1BsUC5Jj0cueq02ekq4q4V2v7i&#10;tRNZQTotdcyjf51GG27NzcOFj05TpwzPYZFCGAN29UJiE8XJtZpYNSPR7aCeqgCHHnvcEPOxztNP&#10;PPHyqy8/+8PPi+OMQCAQCASCX0oCYne2Tzyl+8a0th8ZpHfWdT+ZcY9Dxu7XEQBylsWvCB1+WrBg&#10;yMjZMx/BqekpODU7A1cNGWlsrmNx+USxVHqrGATvhWHlaLlazYe1IagOj8Lw6CjkTaFbMl95TOnO&#10;eZRgTWnqwBoEKpxpMov1AUQyLCHyrYQhIqE1kOiYOx+e1R1k9AzJwnCnRVG4YY+1DzZ5HJ/DIpSE&#10;2Hbtuvizzc9gDQXQHe+NjTrM35yD5VvL5ud1U1y26S5+Pm/F1JEmMtKN+M45FuPUCUhE62lOh8sZ&#10;iWywINEKdBWLU+csbdc80+4iMsNFeJr+iqJzylihtYMkg6VPNWRHr5I0dDewh8LtnO9MxcBl2WeV&#10;hJo6INo6lXncgdJpirzr4MRkqxwTsUCyh6QMx9yaLUPmzHdNVrc9IgCUak7Wx3aUC4Xl5nuhFJK+&#10;I08dBQUxZo5oTkf3rclBs9kw3z2494tfgCefeZ7sorXuUE6I60AgicrbDoiXpMsDEQ28Bui1HrtY&#10;MSHpJLkzbUNAcLQr7qKmZAsunT0H169ehI4hVEgmMGyxUAw46NHlrihlHdUiu3ycPo/r1jXHHZrj&#10;OvbMM3DX3j2//+1vfe2toaFK4tYigkSBQCAQCAS/8ATkdiQE0jo1KT5JnpDpHuisha+OE61IloAk&#10;4vas8MDqSmCga4I3fpvNNiwurMD58xdgduoknJqZhitXL5mCfdVU5vrJYqHwbrEYvFssl49UqjWF&#10;lqlDu/fArl27yQ63WCyQSxKTgR7ksGTMudvJXBB71jaWdQRgxeaKi0hTbOJddxorsuGJ+B2LXLw7&#10;rSgh3Sd9QqR5bAsJBt/hj2kkKOqxwJpyHGyhzsGJXjJmFNt5pmajCY2NTZifuwG35udhY3mFQg5R&#10;N5IroBUr3z3HEbZ2r0N3/ElIn+0YoJbEjqHReUC7X9x3m+niWGVkR7pUxiCcCQQX5NRRcIRK9+w1&#10;4FsxeZoJk0zZAWsysva+jpjQKJVyaepgiR/HMvru5dhh8pjseX16HBswaTU7JFjnXyLagw5qLroR&#10;rS/pLNJ2HY1S5Qo4ilWksSnquHU570NpzvsgAwGzxpgPsu/uA/D4s8/Dnv376JyjBS6FZlrnNE5g&#10;x3BIj7pDGEaJ59flh3Tp3zym5tl8G9elUTS6x85XN69cgXOnZmFjdY1E/jgCVjTXLua0JDognZJ5&#10;/hbb5XbXD68Rds723bUfnnz2qejVL7/06pEjD/0g0klQ/LabCAKBQCAQCISAfKYICBWDWiejNdt8&#10;sZNKJ+akB1c8QcbmNzP2oxwpsSNAcUbwjveX0w6JZjKyuAKXLpyH2elpQ0ZOwcXLF2BjbTkwzz9p&#10;CMf7pVLwRqlcfbharUFYKUMprEB5eJgC4sphyCncwKndqO9wAmAEEhA7R5Xe0cdC3d25tyQF70Qj&#10;IdAxhxmmmgj+F94dx1Eb7KC4wEHsVnhUs3vcVTDFJN65x/n/mLoiBS48ge9sa+BAv1tzt2BteQkW&#10;5xdg+dYCdNoNKuYpBdzjAEZcHdQE9GzuCBINGpOjzgnbvUZap50MSzW0pQCDY3fa2hhrJ1q3xS92&#10;RigIkkhI6lLgRrlYwJ4tdm1eCeV0eAnBTAhJklZvaQ++LiNOd0FJSe6M5s9H4Yuy54mvx9iGH2ou&#10;9iObM0I8k9cBuwb4ORE5iyVxmuRGhRqNUlCGQ488CkeOHTP/LhCZUdbggDRFqB3K+8Qp8aM4k4bX&#10;DQlAz+ajOJcuZx6AaxOR4L1H41rra2tw+fxFuHzuHLSbDSJFND5YLKSOXNbIweW9UJK6+/XKUHQ+&#10;Rhbr4/o89dwz8MSxJ/7tu199/QMiz1nSIQnpAoFAIBAIAflFJiAwQEBuM2mVFIc6hiRgbhsZ0Xrb&#10;+7Oz7PzzgLesu5Of2Q/t3JMUj2nh+M3SsinmLl2BmekZQ0hOwqXL50yxvlyNo94TxTB4LwiDl71c&#10;4WixVIFKtQLDY2NQrg3ByPAolCoh5AoFSN2zYntTnx2ZfFZBEOvCmf9eFKcjV5aYeK6It9a+2qaE&#10;46tw9AjvhKMuhdytKCzRdVoUdVkUaU2Y7LBzK4/a4B15FE6Txa/HgmgUYW9sNmDx1i24deMqrBgi&#10;1txq0r6S5azNJemQFXAPIitEByt0JnE7dhbs+XAkMnJdiTiyfSjF1r+Z2+fk0MRzUOl5gR6PAtkx&#10;MnqVn/Fq5uqbIw4TEmOlIV5qQ8ghidpqSVxuh5faDztr30znKHH/Uky+SGcTsVgHOwxoAkA2CJlu&#10;GxXzdrc8EupryuXA9b33/gfh8OOPw659u6HbattRJ04hR6kHalN61oKYAy+5m4FklETr5uO6ZKfM&#10;S4aaEBKmW9Les2RkeWkJzk6dhMW5eeqq+PmcOXch7Q+HUqajZy7hJu2EODsFe1r6yBxfN5O79sBz&#10;X3qh/u1vfe3JicnR08lpVP3+8CJNFwgEAoFACMgvPAbJiNqBmCTZIGqge2LntnTcX/VkdSJZQYiG&#10;nQUmzA8SdUEy0kO6inYPVtc2iIygo9bM9BRcOH8Gczgq7V7naLFQfL9YKr5SDMNjpVKZXI+GRkdh&#10;yBCS6sgIlKvlJGkbi3gas7G7UCzmOBBO5aCneRRKJxnwYAXrEReN2EEBNz7E73ejW5hv0bOjQxF1&#10;UPykO9Sj4p8tVvHfnNBuNStemqpNonZTtEaYFt5qwdzNG7C8sAiLN+ehXq+Db57HMS20AcbtodtT&#10;j4L34sRVyulvHCmKKIPEFP+2WnVWu07FTkF5iSdvmtLOAYbpeVPK6xuZSjUy9jIg/Qzrb3IeJ6wT&#10;CfJsp0nz+7FD5TQfdmd4pe0dfZ0xPmAfgZhF+VZjgU9RtortJiXZJNZNgCfoPEMYYnKPOvLYY/CF&#10;g180a+ZRWjo6koHdL0dUPAqf5E5Oz5BfHO3DETz8GTUo+BldukZ4zI9E9B6TIjQfQMH8jevX4ay5&#10;LrdW10hTVECheRDS9nFb3PngXMfEVMCO+7nMHSIgtlvoyGJKxhTt+2NPPQHf/tVv/MPHHnn4H+C+&#10;KpVm32QzK4WACAQCgUAgBOQXm4Bki8pB0jHws2eLI90v8XAV6TZyEdk78awqcHett6+NjjN7Yh20&#10;7EqytkBzoUXBh2tbcP3adTh95ixMnfgpnD19CpYWFwrtTuMRP5d7NwiCt4Ow8kixXMlXqjUY37sP&#10;qtUhGB4bhmKpAAqFD5jM7bn70E587LuPJJE57bVK5/FpRAu1E9ay1yfBdI+IicqsIYntbZYG3f3W&#10;zj2KX+VcolzTRdnARPfhvm9DFoFzSjY2NmFtZQ3mrt80hGQONtc3OSgxX6SxH1AsfkcyEpMGgVO3&#10;XWJ6T7OuBJ27IJs/aRPbXQGLIm/niDV4ZbhCl4a/EutfLN7zbsFSq+BkZEslhTRYsuBSx12Hxh2z&#10;0unn9Mfh2o6IHSVzWSdufTlYkkfTcN3wPCtTqI/t2g2HHn8EhodGoNmpQyFXMMSu52YCOT+F7ICB&#10;dEQ9SyrwAXK+soJz57qFHQ86QzETK+yI4HbQdvfc2Y/g/OwM9Npt8Mx70X0LuyqOuNI1b8e10jBJ&#10;nXY/3FhapuPm1o55lTVxMOfvvvvvh/ffe+/cO++89oh5RzP5NVEZtzchIAKBQPAZh/gdCj4HBKSP&#10;Q9yBgGRf69l/JfoCN4YT6zvOgMQ6O5KlkgKz/3fOiqt1v16FNAjWEhYLXrwTvrlpyMiNW/DR6dMw&#10;PfUhzJpC8NaNG9DptB6HvP9qpVx5v1gqHy0GYTixexdUR0dgz669kAsCskMlgoPhgh7ni+SxGO10&#10;eP7eFLLULYk5NLBQzPP8v80KUZbAoGgax5M8mwVBd/V9tnyNMza6pDdxlr0Aib4minikCMeA8nmf&#10;bWdjJiLkzuV7tjOgKC18eXEJFufmYGl+AVr1JtnP4n7ncuz+pK2DFH52FHFng+7Ax2zt26PARnu+&#10;ImfhqxJnqWwGTDpeZTM7PO622Iko7ny4gt6OQXmKxdwRaV9yCclxhMFt0+WDOP0IfZ7X/xwJ4q3+&#10;JLLdI3QOQytdEuhbcpcna1sOKHzg4SNw/4NfYBcxJGC9jnU4g4yGRdtOjdVdYJJ9MSDiicGCkT0H&#10;7lxo21HqtLoAtqtTN9femalpuHrhHD2f8wuA9tF0nntdtmqm1fQtycuQi4wTGGR0VI5cueeUtTqm&#10;LozZ5uj4BLz26hv6u9/5+uvVavifs51HzxIc+U+VQCAQCARCQD77HPw2RCQhBVqlYnV1B+aS4fRx&#10;n7q9n4QoNxufeZN2KeHph7CAGDsJ1g63vtWAuZsL8NGZMzB9ElPYZ+DGjavQbNUfzeXyXy4WCu+b&#10;AvWxoFKrjUzuggMH7iaRcHlsBEqmgMe6D4tctEslvQOOvWDxqLLdH6cFsftBwYc+9LotKhxz+aJN&#10;EFdu3oYFzl56d9sdJRIcHM9BMXsvjmzxGZEFLY6E6eRueUyvwTEgL+ez9S6+zhSkq8ursDA/Bzev&#10;XYetjXUiMVhYF4ssxsd1oSIcx4BQQG0F3FHc5YDJWCedBvaG1faufUx2spSbgcU0Ww4k4epJx8u5&#10;ofGQGXhuIsqKTDwbge4S0bMC9ORxL9s/SkXs9FpLDJW9rih1XKep8kgshoaGIDYvGN+1C449/SRU&#10;hkasNa4d4er1kgJd28BHt00cv+L8lxy9BjsbHQyepBBKdkwj4blmEsKCes+s+S04dfI43Lp+jTQ0&#10;QRhAGFQSgTqTiNitmu1u8PtjrXfQSEFC4BMXZDuy6NYO9ztXLMJTTz8Dv/Y3v/OPv/DA3f9DRA5u&#10;qf2xT5xYQWaJhZAIBAKBQCAE5DNIQnbgE0nuudr+mmyR3V9oba+G4ox1rNNe9JEP90bryJTkj4Aj&#10;IwO2v3j3mVLYmzA/vwhnT58hzcjZ0zNw7eoVaNS3Dvq+90o+X3inVA6fr1SGqmMT47D33ntg7/4D&#10;nHTdjTAckVyRKLcPC2kKGrSfY4Xosc2H8JXVXGibi2FHkKzM2mo8YiY1sQs3ZAcw340r+Uw+HHlx&#10;BI0LWexq9DC4hEazIlsI49gWheaZ4rne3CKNw9zV67Bwcw42Vlcp6Ru7BRiqh8SFRth6kQ32a0On&#10;xx0R+giN3YUcByBiJ8R2ebQt1l0pjWNAabZK9jxbjYlWNp8DbFI6P8/uYq5z1H8ReL7tctgrgYgC&#10;cDcE953WgLo5Xdo2uPwP8z50PssXSnD/wYfh4NFDUCgUoNNu0bpjZwnX1MvleYQLSR6OzfUiKziP&#10;iQTmi3m25MVEc/MzOo7hDuBYFmp52p026Xmoq2MIyQ2zvjPHP4T1hVtEDoKwAqH5IrtedNfyveTc&#10;udBIxac8c077iQdk1tN1u9yoo+N6rjvy8OGH4bt/4zs/febZx5+KIt5YSkJ00jGxvw5CQAQCgUAg&#10;EALyGSUhcPtgQi/zYxRnEwgz41Pg7orrvm1m2YvOjPv0379N7xgnDkFaJ45BrjuSWfxkW1hI15tt&#10;WLi1BBfOn4fZqSmYPWXIyJXLsLGxdq8pCl8vFopv5Eull4eGRoZHxiYgrFVgfM9e6gCMT04QoaFc&#10;CDtqhnfHo5gTxJXTjiT7xwQlEVLn/EwXSVvClrQJ6K44jyDpZAQH78i7QtvpEWI7joOEgVLgrY5E&#10;g040JFj3Uvp2pwf1zTrcunkTbs3fglUkI41mMr6ES5VXfLcfdQ6oq4m6bT4eLPStY5PLfWHyYfc7&#10;jjPi89TJzBXdRLCc7TKkqe1O0+B7qfWyUm5kyMuMG9lCXXsZ165ecu6JUBTy5CKG+7ifcj2egwlz&#10;nrD415qtd5WzBU5bV7Q/1K1q9fi47Fhdxxx/IZejBPZCoWi+N+nTWu0Oj8rRCJdH19j1K9fgxIcf&#10;Qn11kc4bpqljqnnUi6lbku1agD2f6fFC3+iV+8qOZCW6f9d2zLphoSGC+Yzde/fA++9/tf7+++8d&#10;NQ9fdONvfSYB9vMkqFAgEAgEAiEgn20ScodRrGwwnRPWxnA71tJXa20nJMln9bsD9WVWAOxwFz5j&#10;65uMFUGiGcG7x5gJsbS4BhcuXIKpEydgduYEXLl0ETY21/fHOnq9ZMjI8PDIy7lSMIF31w984QEo&#10;D9VgZGQEwkqFxnNYmIz6AY86HrwfsSEpPpEPdtryUtLmceHOqd2uAHeJ4KmYmsXWmu/SW+1H3stR&#10;EB8eB45TkYsTsG6FBOY4cpXzkoIVdRf4M5MjFsCvGQKysbYGVy9dhdWVZWjXG4AJJj46anl5wCB5&#10;HOfCY4vQVQvHjihtPFMoU2fG7BeNh6lk/3lqi8kg2RY7Jy3XqbAniqUxnHSu7LliUTaSm5y9w+/y&#10;Y9gAgM+5db/iD4Aajlf1mEA8cPAhOPb001BA57CYR81I4O/ZbcWWEClL9JyxsmYbYO0pyucgvQw5&#10;lPXouHotc45Rn04icqAgQdz+hY/Ow8zxE9BERzLz3kqlyo5kMY95xdbm2VPQRywGiQF3y/QOonNn&#10;RKYTAXqW5HlkxRxD2VyHb775Nnz3u9/8Vrkc/CtWqtuk+cTVWCWid+EgAoFAIBAIAflMIx5kCgB9&#10;fY3sHVdtC9FPsxQ6816VNdVKGis6/d73ptRBy905jp3pb19gm8acO+iZ93faXVhaWoNLFy7CzNQ0&#10;TE0hGbkA62vLu0zB+nKukP9qsRS+aArN/SPj43DXvfdQR2RodJzGc9B1CrddNCQEE7M5LsPjjAiX&#10;a2Gds3QyfuRoFYf94ciTUimB8LJ3zq1QOrZrgIQE9RietbmlItM8jg5YQbEI9WaL34vFM2oD0PLW&#10;diywSEdL2U67Q/qFhYUFyqtobm7S56IwHu1n2VWqR8fWamN3pEPjX2STTIF51ixZ2RwQ5cifc6zK&#10;FMDaivdRF6O5wAeb8m2XijUemsX7SsWJva+XyRfBbWDafcUQwa31DSgEZXjmxRfhCw89aAr/tu2M&#10;sJMX2MIbCZWzI46S59g+AR/D9epEnKOCHSa8bFCsjkU+JqkDZbf0aN83zRpdOX8Rpj/8KbTNGlfK&#10;IRRKIY+mEVGLkmNibY/qG0NMO0EZ4TlkruV4oAtin3PXRGpOzYQCSc/jTz8D/+Wv/+3/cf/+vf8T&#10;fj6TDS/pKGWF6Tt1QSQrRCAQCAQCISCfGQzmEfaRBDXwIjt+knQv3C1e+/R2t1eVkovbidhjN6oE&#10;kJlSybCUDOPIPEQGsklxbO/GK067xrGmdjuC1ZU1uHLxEkxPT8PJqeOGmJzDjsGuOO49k8/lv1Yq&#10;BV8qDw3dN75nN4wMjxMxGB4bhdrIKN1JR/0BB9jleFSIskwUFagkqkZNQS5nhdCcK+LZWhHvsLtR&#10;riQhG4A0CHRX3/esvt/lYbigPkgE2z0rlsa78ZxpwXkkuFgoykbgZ9AIl3kdEpa1pVVYuHkdNldW&#10;YWVxiUTeJVPs54o+6SPQmreDHQFTlDet0D5pNWGRrolKJXfw40TJYR3ScOzJkhTlnM1i7kg4cYMT&#10;p9Na2I4Rjzxxl6dWHaaC//qNa3D3vQfgjfd+BWpDw9DrdDlXxVPkYkbi78hdiD1LXnTiMkZjTObc&#10;5HLc9UFHK0y0V+jUZYgEjq6hvzI6bOE65XIKmo0mnJ45DWdOHDevR01NgfJFaIuURxLZrgokxDH7&#10;PUsost93fMw6qMVWA5VdSdcxQR0R6nAOPnwEfuPXf/3/OfLwF78b27WjUT4c4VOeOGMJBAKBQCAE&#10;5POH+Daq9eyIlMt8SO4ee/1Jhn26j8xmeErHjf3w+2JutyR2ssmJsOM+jvG4u87p/um+DBN8Gjsj&#10;q+ubcPXyZZg9acjIyeNwwZCR5cXFsW7UfjKfy31QCsovVapDD+bDMlSrVQiCAPbdew/s2bOXiAV2&#10;WMixKjl0TV0SOm7NCehYy2NXg+1leb9xzElZEbqfx5l/K7ju01S4x1S6PrZlhG5XRVMkt9otO7Jj&#10;yY1iQoLb70WRDQXEdeMkeBxDWl9dNcd8CdYXl82/16HVaVMBW8znqPBGgtM1j7GzVkSi6zghhjHn&#10;n2iVdsTcPtNZilLypG3uh034dgGIdLceC2Yn8jevGxmZIIepa1cvw0NHjsArb7zBWghrkauUTUq3&#10;LlXYvUACh10CfAwJhmfXBVPic/k8hOUyrNe3IGcebzY7hmzl6X2kIQFcJ0PCzHndWF2Dc6dOwezx&#10;DynvA/Uzw0NjRAg65Mbluhtxn84DwEuthykJnollKkrX274nvw9khewIspfoaTiLhtPosbu1b98+&#10;+PZ3fvWHLz7//EuG5PZyeT8xQEi6R0q0IAKBQCAQCAH5nGFQuN7Xn+gzttKJvkR5A/6hd+qGuG6B&#10;k7cnuSFp6yNNYs8yIJ2EHSbcxHZkXBo3O1EB3RXf2qjDlSvXYHZmhsa0Lpw+BYuLC9Vmt/lUIZ//&#10;qilo3zSE5ItlQ0TGJiYhb75Xh0ehbArd2lAViqWA76gjCcAxHyqwvURUniSAK9YbYAFLrluUoM5k&#10;g7XUHt39xtEnn8TqNlcFS1zcNo4q+X4SfmebLnZEiUexKNGbSlRzbBHazeasq5TPSe9m+61OC9aX&#10;N8zXKszdvAmbK0tQNwU7jpLR6+2GsVOAZCSy++nu2cdaJSNENIaloyT8j7Qd/AvC42b2jj+HObKl&#10;r2c7O0MTu83uaEOGFuHlN16HJ557Dhr1Onct6Lyzta1ZRNLC8PgYr5cH7NxFwY7mcXTGQvKB3ali&#10;oQhbzSYdd0SJ5z7UWy16HQrNkXCtbGzCjCGf56dPQGTWAztXw+ac4jIiUXHriXodlVyibIvAqfBu&#10;LEtZUX2qpyGK4nmJG5a7lmOXiK5d/8h2P2KdiMzRLQ2zW2ojwxhIeOnVl798tFgqbhWLRXLz8m3+&#10;TGJjLAREIBAIBAIhIJ9HEpIQgY8ZPNdZvYgTj2c3YgXF/ZtQSbHmPsclgGeU6n3Pp/HT9oMy3ZZ4&#10;YO+1Srso2AHYMGTk+rUbcGrmDMya4vSjMzMwP3ez2Gw3njPF7WulIPhqUKk8VK1Vc+XKMEzs3UvC&#10;7bA2Cnv27YFarUo6DBwFwoI7tq0Cz+ZhUGYIjWkBF8/g7H5dmgTb8HqZMSWfxq1itgT2vGTJIo2E&#10;JMckx24nivluPWoX8oUCjXfhQWub3YFvR/0HjilhiY9OUM1WAxZu3YKlmwuwtLQIzc0t1rbgHXdT&#10;6KKDVhedp5RKim5wdAQJCsTWpteDyIqI+G6/TgTq2EVwNstY7O/avx/ajTo0zGe/88E34ODBg7C2&#10;vkadDD5AJh9IgpDUoDAduyEYBkjFPXBGCB4cJ88DFEpFGttSyifBvctJwWulaQjKaG0Y1jbWDens&#10;wuzUSTj14XFzCng0rlobAQ6L7CbZKZ4NlOzzgYttEjyNTUUAKk0BGez+ue9ZW97BvxvaJg1mQxzx&#10;NSVDNl55/bWNd996+/5KpbxUMseGRDdf8Inw+IpH74SACAQCgUAgBORzi/gOwvXkZ+eeBANEJdGP&#10;7LChbLE2sNE4a206UNQ5e9Rk89lE6mywImTEwJYUYQHa7Wlo1Jswd3MOzp0+S5qRs2dOw/XrV3P1&#10;Rv1Z31evBkHwbrVSO1QMS8VSqQKlSg0m9+6GkbFxGBoboa4F3pX3NFv3opUriaVd8KHH+4gFeawz&#10;lrY2f4T3XVE3gXJBcMTHWvgm3SS8e44he7ZgJ3WEJTA0xqZpYIjIB9nxmoIcR43wOxIXIjeGQiAp&#10;ajdalJWxtrwMiyhkN6SkVW9AJajCxuaKte6NyD0qEahr1omAdfyKXJZLUpBrq4+JqfuCzlR33/8g&#10;1MxabW6uwrtf/xo5kNXN56AeBTsp2JXCsat226aSIzHAdSJReEyjbzk7yoUdDhSc8781aXM63dj2&#10;TrTZFus9Op02dUaWV9fg7MwMzHz4E4i7Xcr4KJt9wbXttlnk72U0Fu5izV5P6Qig7uvo7ZiCDoPX&#10;nk6uXRfw6FkrYepb+cpGG2p49tlnWr/y7jsPT05MXDLEl1LgMRHe9/m8uUwZz5O/PwKBQCAQCAER&#10;AnLn19oX9zVANGxzCtr2Pvh4sW1/9sK2Z63YF/pyGZzzF49p6ZQ+2dEb3N+GKc5v3VqEc2jVeuIE&#10;nDo1BVevXfHrG+uPaQ/eDMMKfj2ZD4JCGXUjo6NQKVfIWasYlCBnCkfMoKD4iihOM0HQ+tZa9XLC&#10;tUpsiP0ci9UpGR14zCqHLk5YzHvcLfHsHXZ2mrJuWhw7wgJ30m5w4B7e+WfSknI2HHcCW8jjaBIZ&#10;R5n9C0oBrK8uEwm7eeMG3Jqfg83VDdZRGALSozGwXkL2UNBOGSNRnJBFFVsrWktIkAiMTu4iwfz4&#10;xCi88d77UAkD0qJghwO7NtjVaJv91IpzUDwvjzsJKsfWxdrqavCLeA+K2MshjXltNdvUCcD350in&#10;E1uNiDn2XsccSwtmp6bhzImfQGReE5TLhnxUaa26rTZrdaz2JtEnWfE9/59H54+v3zgjRE+ZcbbL&#10;4cwWnEYIwOn7bbp85jnP03b7bCaM+/LwoYfbX//ae8f27d17CnUtlUrFXEuBIbXpCJbvKVDS/RAI&#10;BAKBQAjI5xW3DTPckSgAfKo1dDkK8PG2v/1ZITvtZf9daVdEap25ew06E77ugg9Z09FotWB5aQXO&#10;n7sIp2ZOUlF74dKF3MbqykFTCL8dBKXXypXaC2GlXMQCtxCar6AIQ6NjMDo2BsMjI1AyhTcWyTRi&#10;pFSSbs16AmWzMWIq5LEg7VFCuU9MD3UgPasB8ck9izshkU019xQkTlo4OpXP52m8zLNdFI/0JT40&#10;TeGfp4C+NiWSk2lw7BLTY9IbIJC4xL0YVldWYWNlBW5cvQ5ra6vQajSpaxFTgrnZLgUW+kSYuLuT&#10;MQ8wP+dzeWg1t+C+hx6C97/1TTpeTCWPrJtX5IITqasD1GXBnBQd95jY0PHmAWyHyDPMD7sCHoUu&#10;dqHebEIhV6Bkc3LaMi/aajSgYI5/a6sBZ06fheM/+iHEnRYEgSnoqzUiXugMxrksfkI60stOWZ2N&#10;079EKTFJxqfsIJ3Optv3X4P8jYli7II1k1BDHqHibA+PRfXmPOzfv7/7za9/8OT9995zEi2Kq5Ua&#10;lAzZyuWdE5Yy6ybsQyAQCAQCISCfEaKg/oq2+6kyQVxYm0pHtJLHVTZm3c0jpTa9gzNe/aMvbuwq&#10;/X47MuJCBnnjbqMxhdmRfW56m9rtQqKux+dwXGhleR0uXrwIs9MzMH38Q7h46Zy3tLzwBehF75aC&#10;4PWwSmSkjOMz2AlBAfvErkkYGh6CYUNK0N4XR6BwZAoLzzRN3BXD2ibSK5uhwTvTi7kYdva+2o47&#10;Zc8tjmchSfCs9S8SAidkxwKfOg84goXuWb0euWFhBwQzPZB0UTK7DUksFvLsxGWOeWN9DRbnF2Bp&#10;bg7WV9eg3tiClinyO5S4ziGLuXzJHEveFPld+moa4nbsmafhlTffIiLZbDVpm5jY7lO2BztmdbsR&#10;hOWA9CB0DtAOl7o9Hou08VgxG8WQiOGhIdhE4ToSiVaHRt6azQaNtWEnxOWaTJ+YhuN/9iNobm0C&#10;CrprtWEOJyRnLE1dEshku6h0Bo5T2zU7cvVdn8nzkLpiOdermAXysXUESzojlmwykWFfYrctPnOs&#10;/cFzNjQ80v6NX/tbj9534MCZcq0GteFhCAwByedZCK/s+JX6Of6OCwQCgUAgEALyC01yBpcoyyn6&#10;iQi/w9nTbhvFygQdKCtUT8Px+rc7+N5swjoMdk+SVPf4tgehk1DENADRdU+Ul47g4Ba67R6srm3A&#10;lStX4dTMLMxMnSDdyOLi3H1Rr/dGISi+E1Zqz4blymghKJEmoTI0DBO798LY5ARUwgqUwhJ1MtBi&#10;14utriNDfpwtMbtNxcmaeZaEYLAhF8KQOEa5Ma7IaWPs3f4ehfjFUDAkpWfF7tRpsGwwjrlI7lAg&#10;o1k7FIL7LEzHMS8cKcNiPzLHvbKyAstLq3D9+hVYvHkTOtaFioMBe2SN+/RLL8CRY08YYtCiYpvE&#10;5JrJCp4C16VxGhgaR8JOTbtNFrQQK3tcEWWZYFYIHk+j0WDxfcwi/Jb5bDw37U6HzsvlC5fgL/74&#10;T6Dd2KR1Kpdr5MTVbXetW5nlAuDZVWZCqm2XaacRq0Qw7kb1MuSDs1RcF00n15FLQY/7RgQtiUgS&#10;5ZUdk4thfHys+3f/zn/zQFDMXxkanYCR0VEIKyGNYGEHS7QfAoFAIBAIAREMINbbE88/zbx6tkOi&#10;+9lKsiHlSIJ1xVJwZx1JtnES31a4orclXetYJVkdrMeARDRPxSTeyU5iwhXZxm5uNuD6tetk73vi&#10;+Ak4fXoWFhdu3tNuN7+UL5Y+qFWqT4flcE8pCCmXIihXYWLPbhg2ZKQcBFS0k32t5rv4SA7cSJay&#10;wXSe4oA+sCM+FJJox5Uwn8KN6Lgk8cRMV8eZdHsvyRjxFOsrKFMEiYkhHTiWxUJ4Q0Z6UXJumNyx&#10;WxaeF/zsjc0tWF1ehvWVNWjW60RixnbtgrvvvhuGhmuwbp4PDflqt9pQLBWTUEVy2bKaFhTJU7dB&#10;+dTpYNczYHcw3H9TfE9OmGLcrFmj0STr4Za14cUuS9ThrkbH7OrF8+fgx3/6p7Bh9glH0apDI7SO&#10;EXVqPBp5onEzZnbU7QBLEjzl3K7ihMi5Yx8ku46YkB4H0sDN9Lrka1ejkN6GWEKSfq4Sq2a84n0y&#10;F4tg1+Tk4n/1a7/xYHWkujY6OWkIyQQElRKRR7LjlT8xAoFAIBAIARHsRCK25Zf3x4B87EpDkq5t&#10;J1S2EYpkm9qRB0gsbz/ugxIb4R3IiOskaL3D3iejWTzP71LBMwHgCZAPbG614ObNOfjo1Ck4/uGH&#10;MHtqGhZuXNtvCufnCoX8B6VK5flSGO4PwwoMDQ2hNRaEplie3LMHRkdGoVotU1cEi1UcVeKi2WPS&#10;48Z+yBXJjvI4u15bEGPx3e51icDkUfhubXM9Z4fsrGKBU8fxWLrYKVEsUM/bxPZOxF0RDhgECgzk&#10;PBCrP8HU8kIeSrm8eW2PuizUlUGXqW5knstBp83aE3xt1/wbOz8NQyCQDKA9MIpJkJjk/Lz53qX3&#10;UlBit0f7WzXrM1StkqZkdW2NttNsd+k7hgxubmwRKbo5Pw8/+v4PYPHGDQpvRLcrHHVrNLY4FFFx&#10;N0crXguwWSz4HQfT/KQbkkmvd9a6EYdNDhKQJB8F0u4IaDc2yI+6wEwirXa0jNeQmQoK5u8+cGDq&#10;/Xfe+a/3Tkz+CF2/dh3YD7t274ZSKU/mBJ4ozwUCgUAgEAIiuD2sBrmfA2gXL7gzOYHb/OxKwr4a&#10;PyE5rvAb2GD231rvSIAGGh425brfYhV23P8MIUlSrx1ziokUqMz+4Vo0Gy2Yn1+A06fOwsnjJ+DU&#10;zAm4cePaZKO59ULO998NK5XXwmplfykokxtVIQjpzv0wCtjNV224xl0CSIkDjS7ZsSAK7fO0zYrg&#10;3cubYh6L8+QwcfwpYmE70pm8Dc7Tnk2hj1hQTmNINvAPC3b8HJf10e11rMbEvAbDCjFlvtsxRXJg&#10;dRsxuWPhyFWxUOLEdp+TyJGU4GhXzssRV+KgQtaaYCclEXjb/UGUDInwTPG9a3IXFHMFIkNtzFxB&#10;B6xWkwjL2sYabWdpZRV+8sMfwtmpKUqoR+E/dlXaOJ6F4vZ8nvNDlO+oox3BguQK4xEr29EA2J7n&#10;kbm2diQe0C9ITy9iBVmzNSYmQOcDj//IoUP/7J03X/v7lSBYwi4TdsLuuv8+mNg1QTkgrPsQAiIQ&#10;CAQCgRAQwSfCnULQB4Xjn2Z7OkNEEs1EdvuDDOd2H2DTtlUfGYFEU+EKP+2yOCATfqi2sSxbqKYH&#10;FCsXrcgagFarA/M3F+DC+Qtw4sRxQ0am4OqVS8P1rY2XVM57vRyW3zJk5F4c08rli1AolqEyPATj&#10;uyZhcvceKJRKZJ/LeglDDroYDKgpJ4NzKrzkGMidKucRMaLi27o+0diVTW3v6pg6IK6zomzWBJIH&#10;7E70yCo37QZkDs3aBysiXUgusPjGTkE+71OXCIMTmXi0SXdCcpNkFIkTzVFkjloQJAgYpNhGYmHI&#10;hiIy48PY6Bjcd2A/tJotaLTbsFFvmG35sLG1yVa8W01KKf/Jn/+FISB/BlG7BZVKFfJmnWJ02Op2&#10;qYNAZAPHoRTTDs/ZMQOPXrn4Sw0paSVXMtfxsJ0fvkwyI1eZTkaqA8le3K5xZomqFb4j+TBrs/ro&#10;0aP//SOHj/zTSsUQz1KBiCOSpy88/EUYwWwZGb0SCAQCgUAIiOBnICDZgMDsosKnd9LKcorkB5WO&#10;VDk3LTcC0//GTII6ZPIUtBO6ZyQnO3yq1ioJOczus962U5nnzH7FyorYnTjZWgC3TEG9uIj2vhco&#10;qXt2ehouXzpXXl1f/bLv6ddLYfmNoFx9sFQKFaZiB5UK1EbHqUCtma/qUJWS0ckhibI/0M6VPpS6&#10;OZgw4fnONjbiUSPrihXZzgM5Uvkc9Je9xkkEjnkZUY8C/3A7nkpT6ikg0HxuFwMOdUwEotVi8Tge&#10;J+o08oW8TYkn2pOQH9KBkLgd6L0ozkftCelZel0K50PyVA4rcO9d+2FkZIhE7q12F5qGzKyur9F4&#10;Fx5DvdGACxcuwh//p+9BfWsL8oZsDNVGKIgQx7lobTwrgLf5KpR6bkkDCf09l2tjNRw2tyOrDXLG&#10;Blnth7v2EpKa7Y7Z/BWwx8iZL5rE8Hjuq9XqHz943/3/7d6J3ScKhRyEIQYPBjA2OQkPHHwI9t29&#10;36yLL+RDIBAIBAIhIIKfiYQMuOsO8gdXr1Fh+zHLvJO8w3PvG+ikJMXjDu/RVgicvNG2NnSG1Gz7&#10;7AHr3/5j1CkfUhk9ig07VNZ9K9a2XE1tkKiYbbcjWF1Zo2J6Cse0pk/AxUvnw83N9WfiOHq7GASv&#10;hWH5KArXsQtSMl+10RGY2LPffB+FMAgo/wIFz9zFYLcnCuiL7F1+K8AmnQiOJfkejVORFsJndoiO&#10;UxSWqJgs0N16W5hrYNct7I5wT8ezCe9gNRIevZ/crcz7kCRQJokhMbETtRtCUsjnaIEjsyio1cD0&#10;cgxcjFlkAsUSisvbcM++ffD40UNENPD1K6vrsLK+Dpv1LRKj48uvXLkOf/KHP4BbV68SyQirFTqn&#10;7U6T9h8fI9ti7H64C0ylOR+gWCCOJMtld7hxK4+V6pylkhGlU6fHunCpjGMbX0Mekz0bNOnsesl+&#10;F4laLteaGJ/8X/dP7P5HQbHURmF9ATU0lQAeeOghOPzYIzC5a0w6HwKBQCAQCISA/JWRE0jq8L6f&#10;P261s6RCWUE28YnYjRJlXK92mvHKsqE+qyzd36nJ3Pm+AzdJOzHJqI3txLg32JwI12qJ3fZIH5BE&#10;LtLLup0erK2tw6WLl2F2agampo6bf39UXllZPKp19NVCsfRKEJSfwlC+IKxCeWgEwqEh2LtnEnLF&#10;MhXhgSEoSjmRtR3NssWz71sfWhrZYstefB12M0Dr5H051J2gziPiMEOl2JkKR6ewOI+RaOTceJai&#10;O/3kpkUBiFFCUOxJMqSgx0GKtnmAtToGHuI2copdv0pFQ0hwbMqQhsePHoEH77kL6vUm2QavrG2S&#10;CB0JztLqGmxu1eHHP/oRnPiLP6f1LBYKhvAUodVukrMUhi06nUx6Uq3bVWaEytkRR9TVsW5r1t3M&#10;dUH6Mj9IMxMnovKUmGo76pVJRbdZLPhYWCodH61V/7tqEH4fAxdRO4PZJvc++CA8/cLTcP8D90EY&#10;5reZOAgEAoFAIBACIvirIiIDXOCTEJFBTmFrvaSzkoTIKehzzUpeDypbm9pGiB5gOOld7mTUC9iK&#10;F2xqdtwnsU8JSdb6t+8SynxGSrp0337hfmAXYR2zRi5fhZnpaZg5eQIuXDxbXFleOtztdn4lXyi+&#10;ZgrZp8rlso8ZI8VSFWpjYzA6Pg7FSgDVas0UukUoFvMsNLeZE+lnebbo1jargzscygqnkQh0el1y&#10;k8IQQ88W9Ehkcjgyha91Dlz2AH1r/4udFyJhmD9irW0jCiHkFPTYJrsjkbHB80xszDHXzH4/8chh&#10;2DU2So8vrqxRm2xpcRnWNzbMe304fnwK/ugP/gBajQYlzGM3odtqJza6bvwKkgRzS/Ssg5cbjXIC&#10;eLCJ8oN2u1nQe2L+rrKvTRpeOjmXTkzv5XPtoFT4TS/S/0tQLDVCDKhUPuzatwdefPVVeOLZp2Fs&#10;tCyEQyAQCAQCgRCQXwTEn2LZvYyOQ/fzgB2JDm3f5mXEcWYOLMMPUueinTeYXBcabmv/25/4PkhE&#10;Uscsl+1Bo0i2JvaSDoyiTI4NU3zfvH6DHLWmTk7BuY9mvVvzc4fb7cZb+ULhq8UgOBaWy0G5XIVS&#10;uQLVWg2CSg3KQ1UYn9gFYaUCJXLU0jR+FWkWsOOoFo0VAf+bHax8utOPug4kH7hDLo0dR6bI1hbA&#10;dj18ImQUepjDPI90PXBbZJmLHRPcZi9KrJNZ+4Gp7F3eLn5WpwP79uyGp594DOPf6bhxuxtbdUpB&#10;b7ZbsLCyCt/73d+HK+cvUaYHEhokVp1em/bfs90Pe5Yt2XJryZkocWQJpM1Y6T9nui8B3Y2gMdmM&#10;M7om1xWJ+84znmjs6uQKub/Qvd7f7zbrf4yi/mIhgD179sJzL74Er7z5Chy4ey94IEnmAoFAIBAI&#10;hID8wiCrEYk/5SnIdkJ20qP3FZiZlHWwYYifekcHP2OnlPe+Ahe2ewMnd9QtA9Gu02K3xbnhpFlo&#10;1Btw88Y8fHT2jCEjJ+DMqVmYm7t+pNHc/LLnex+Uw+pjhnAMme+QL4WUyVEZGYW9+/ZBbXiIxrf8&#10;nCJXKdcVQEFHbEXiLjwv1dKoZJxIW02HsqNbObLb5fEuInXotIX7aQXxqOMgdy173LjOva4lOVYn&#10;gRyg3W7TGNbk+Dg89IX7STPSizVtd2Nz046uefCjP/8xfPiTD+H+A/fBn/3pH3GOSbtBG/a8XGJT&#10;7M7pthEqq+twJMI95/JkBvM+IONglf05eR6sBa89uEIhv2nW5B/X11Z/s1NvNv28B7XaKDz74ovw&#10;/je/AYePPmQISsIzhXwIBAKBQCAQAvLXTTqyP1DJqbbb+H4SAuIqO8rRU/2C+OwpdZoRl1Kdkp+B&#10;JHb4dPuQJSLZzJFBMuSK3XS/UutelfH/1ZDqSNwBYpFPWSNzi3D27DmYPnEcTs/OwM2bVx+qN+ov&#10;eip+v1obfmp8z+4xDDUMcCSrXIGR8d2AY1ujYyMQVsrUfcDPKxAp0AkR0sCEArsfeRq74uI97RrZ&#10;tG8q6BWHNcZWW+IpmzLOZAa7GSSMjy0hiSJLPjjPBC1z0Tl4ZKgGY6OcEN/utKHR4jwPPPatzQb8&#10;4I9/AChZCfw8/Mn3/xByxTylneM20U0LrI1vdq37SQhnqfBnZ0bIlHP48tjBTMfpeJxdb5UZt8oS&#10;EADuWPl5/7ejdusfbKyszOpe2xC9Cjxy7Cn45ne+A89/6VkoFryUGNvzKAREIBAIBAKBEJDPCkGB&#10;nW18na5Dwae3+d1p20qlVq1JDsTPsuODAeuWYWXvrGuX7r4jGcukbbvOji3uYw02+LAJtxaW4PKF&#10;yzAzPQWnZqfg+pWL965vbb6sPP1OGIQvVaojY6VyCKViSKNaQxPjMDQ6AkPDw1BBZ6Y8hwPGiV2x&#10;TgiaYz+4vxTwh3oO7IigtS5yhIiF1845ijUmLFLPkVOWthqMHjhaR05XONKFxxV1YWJixJCQMcrt&#10;wJEsHnFSsLFZJ/vi73/ve4YMFeDG9auwtbbKOSeanbh83+vbx6S7kemAOKLpcjz65TmZzJfs6JWO&#10;rRUxr3+sdXoezLGHpcLpTrv5P6+vLP+/XcwrKQbw8OHD8LVvfwteee1VqFUDmy9ieZuwDoFAIBAI&#10;BEJAfjYy8NdVR2UddN3OqEynZLCAv136+o4nHLbrSJKRKjU4vvWXuAh6oNgfdNdytEUPKO7t48o6&#10;cGlyrNIUfLi8vAoXz1+EqalpmJ05AdeuXN67sbH+qnnZ60FQfC2sVCdLQQUw/DAfhjA6OkrBh+MT&#10;k+AXi2gdy+uNSYJYPatUtYBdBmwgkDuWx/km7q4+PuYpz3ZA0g4D2vwq29KKLUEh214UowN3XYZq&#10;VSgUStA1nxmafcA8kq1GwxCeAqyub8Dv/Zt/C6tLy2wprDlRnBzMPJXa7CYjWGpbJ4THqTizJLYX&#10;jsp2fTCzA9gdS2cSLrkjlY7KoYtYvlDYVJD7J5vrS7+5sjC3VMyX4NDho/DBN78Fr771KoyO1Fhz&#10;YkPSndxE+IdAIBAIBAIhIJ9B8pNlQPoTZIgMEhCnD9g5ejDtoGzXkAwQEGAr4D7yko0Y+aQH4z5U&#10;ZQ8qHRtSGecsdm9K07sTEuLsb+m1yrpxAbTahowsrcDFi5co9PD07CxcuXJuYmN15RVTZr9ZLIWv&#10;GDKyvxhgKF4ZhoZHIKhWoTYySgF5YblMug/XyYhI+8Fib35MUceEnb+iZGSKi+5skKEmATt+R90I&#10;2N307AnxzeNhUIJCUCZvrqjTNeSkmyS5X712Df7wd38XiRQMD4+Z18e0HZpys4uUFZVT94Jm8AaW&#10;G/fBuVk5d7S+zlRMmhVlgy617dw4gsUZI+q3Ou3WP5y7dvWEjiM4fOgR+Oa3vwNvvvsGjI0NJcTD&#10;y3bk7Dn0hIEIBAKBQCAQAvLZJyLJXD18MmKSWPdmghD7DK8+IYnoc83KkJesyDgeIEP6thvarph3&#10;N+H1DiyqPxwxTWxPx7TSnXLFb8sU9Wur63CRxrSwM3ISLl+4MLq+tvwlzBopBuHLpXJ4XymsABKS&#10;UqUGuyZ3w/DEJNSGq2Tty+TD4y6Er8hVigIFk6KeuzBou4sBhSrTrkIdCHY1yJLXCtQpfwStc81r&#10;y6hJyZcgolwUDCrMw+bWBn3e8tIyfO8//HtYXlyiAEYUg/SiLhMesAGKXr+5QNbmmAmRzS+x6egK&#10;j8EOWwFlmkSka9EuQwWPI5+zgYsAxXzuT3vd7j+au37l99AM4PCho/Ct7/wNePdX3oWx8WH6jMg5&#10;mQH0deok50MgEAgEAoEQkF8SOPKQ1tt2VAn6M0IwDyLWqq8IdHoAGNADfBw3uDMzsl2RNI1vh+7L&#10;ACvZgV3ZOLy+D9e3mTPrH9PKCt75hSk58xKtQ6fTg1VDRq5cugzTJ6dhZupDuHzp4ujq2vIThlx8&#10;rRSWXwrDykEMPgwNEckZ8jEyPgkH7r8fSkERCoUiFfQ0zmQtd9MCnzsyjoSRVa89LkpVR79eS5KQ&#10;iBTyBdCGmJSCEnhmu9h5wMT2VrNNAYVBGMC58+fhT/7gP0N9a4tCEXUUsVjcnlsOA+SscycUz46z&#10;4XXC42K8FBGSg15M78Wk+Ni2LWKdOmQpS1oKhdxUHPX+t5XFhf+vsbHVO/jwIfjGd74Nb73zFoyM&#10;1Hh7euC60n1RMiCmuwKBQCAQCISA/JJjcLoJsm5YmZ89nY5R7UQUdiobd3osa//r3u8CCdW2PBGV&#10;EpGsrEPtvPHb6Vj6rk+9/bnUacv1YbyBgpg7Fxh8uLJiyMjlKzA7hcGHx+H8hQu19bWVY+Yo3i8G&#10;pa+EtdqRoFyGYqkMYbkK1ZEh2LVnDwwNj0JQDml7mPWBeSBIKjChHDUaKqVSdkRKExEAK54nsmLd&#10;qZBEIOHBka+eIR70evPSeqMJc/O34I9+/w+gWa8z8Yg6dn2VLfQVd2ase5dOrMQ8u6aOnMRJJghF&#10;e5AmJYK+WTfcE99HEnQ27nX/9+bG5j/f2tqso7j8V7/zXXj9zVehUg2ZeMQp0VDCLwQCgUAgEAgB&#10;ERJyp9mXOAn+S9/Q9/LbjHNtCzrsd+3tE5GDDd/rIyo6qYmTESp+v9omRKcOhnVhorv6YHsad0ha&#10;7AtKHBC0Z7sjSvUvDNbz3W52TGsGZqZOwuWLH5VW19Ye17r3bikM3y6Xq4fCcujngsCQkRGojY3A&#10;rt0TMDw6DsViMflsHLGigEXNVrucZ6ihHOTZASvm57kDEUGlUklIQd5sp91oUB6I8nyYn5+H7xsC&#10;Ul9fYyF71GONB2TE5xmjACIv2vIKj0fGeDmQgERMXnTaSnL/QgLle/6pTqv1TzZWlv5Fs9HYOHD3&#10;3fB3/t7fg9ffeh3CoJBqPKwuX4iHQCAQCAQCISCCT0xOHBEYJAZ9hAE+XuzeR0oGOhtK7Wwj7ITw&#10;SqV6DrW9XdLXTUngFM5a3/n2+0AGSdJ1iXX/pyS8xGV6ALQ7kR3TumKIyBScOP4hXL58zt9aXXsK&#10;fP1qMQzfq1SGDhVKQSkfhCxiHx2DiV27YHRsFIJKGXSPM0WcRS8ea8EQiqDEHZK2ITyOHFXLIXUe&#10;eIROQRT3aIc7kSYCgiNYm0hADPnApPW4Fyfkjpy3IE7Im/KU7b4ou34xp5nHfKwxCubBhTEqwMRy&#10;Q4X+otnc/D9Xl1f/ladV/YsHD8Kbb78Fb7/7JuzfvychHrRE6ra89o5kVSAQCAQCgUAIyOeQeGRL&#10;/MFZ/exjfeL2LHH5uM/IvD8rZlc7vA4ydf/H6U10n8A8DdaLrRDGmuEy4cjaLcU72C9p95RO2BiT&#10;IicmV0lvAF/TNWRkZXUNLl28DNMnTsDUyeNw5fIF2NpYe0J53itBufIrpbD8SFiulP18kdyzhifG&#10;YXxyN4xMcGfEp1T0iCajSoU8EZNWu2uDBH0ol0KciaNwQtKBFHPQbrXAy/mwtLQKv/tv/h10GluG&#10;eHSZUERxmlSeWFkp1nok2S0edTwSgwCtrbWyB34O09O9ttng9zbXlv+v9dWN/2j2u/f0s8/C177+&#10;dXjmuadgqFbuP+/Zc5olrDv7CEjgoEAgEAgEAiEgAvjY29LbsgMzHQ1HFrKvG4zm2NHUKrPNgRiP&#10;tEOStReG1ElrJ22JlxFUU/BfErK3XeSezTLZiYwko2KZ0L7+S99Z1vK4FJKG5eU1zhkxZGR2ZtqQ&#10;kYtqs756KOf7r4Xl6ttBufpsqVgo54oBhENjMDm5C0Z3jVP6Ouo8ePjKo5GvvOfR/oelAJXi9Pno&#10;mNXpdMCjgEEPbszPw+/99u+AbrehZx5HByztMkAy66psXglb/Ga0IMn6+dRlMVRortNp/ev1ldV/&#10;3m42/3z37j3w8muvwVff+yo8+tiRbQ0m2IFkZCfd+DU6IYGf4DITCAQCgUAgEALy+SEgt281DGZ5&#10;AOxQiIK7m76zta7aib3Anbsnd7L83VFzovr3YbAwdnflY5cAniEj7sVa3f4D3bWPnQYn7k6DRqze&#10;wjzXbPVgaXEFPvroPJw8cRxOTZ+AG1cvq3pz8wu5Qv7NMCy/bsjIS2EwVM0VclAIy7Br734YGRuh&#10;FHZ0uPJR0xH3yFmrVCxBq9ujjghmbOCndbro2LUG/+l3fgfajSZ0Wg0KPNQ29NAdhwfQv1IeL0Ih&#10;V7BJ6brbbLW/v7mx/lv1jbV/56vcwkOHDsHb774Dr7/xKhw4sDc939A/mpYld0r15770XU4D43sC&#10;gUAgEAgEQkAEt+cltnrXiUA7LSJjvYM2RGfyNzIMYtBNC26T0r7tNda0SWXvrH+CKvZnuUy13q5N&#10;0bfbsCUy7si1DerLviEy69Bud2F+7hZ8dOY8HD/+Uzg1exzmrl8zJKV+dzFfejOsVN8MhoZeLOaL&#10;o36hAMVyFYZHRmD/gf2wZ88EOWpFEbtkdXoRBQ2iGxZmj6xvrMO//61/Dc26ISDNTXLcouVSXtqd&#10;sKQKuyk4tlUslZB8xYbd/PnG6trvLS0t/HasvZlKuayfeOpJ+OCD9+GFF5+DSjlIDncnE4K+k6dg&#10;Wzikyp5DtZ3ACgQCgUAgEAgBEdyxKIeBujOpxTOz/4OvUTtLLNIEc+IWTG76x3uyHrzQpxnJ7s82&#10;06sd7szvcAEnFsOD9fTHErGB1/U5aw0c2+D2Uahdb7bh1vwtOD17Bn7605/A2dlpmL9xFdqdzj5D&#10;DF4pDw99oxiU3yoF5Vw+78P4+CQUwgrURmqQ93zwDXnoGtYXGKJSqVVhcX4BfvzDH0KrXoct64SV&#10;WCl7HuTMNrBr4vuo64CVKOp92G13vr+8uPgfmvXGmdHxsc6xp56F5597Fg4ffggePvww5H2VkMvB&#10;BbgdqVQ7WCQPjt6pbVfPz3YtCokRCAQCgUAIiECQYCdd9+0KeTVQ5HoZnUf2bvq2bJABIXxfSTtw&#10;J37w8+4YfgifbORrsDtCoYPJ9nQmMDElKIN0B8lIo9mCG9fn4dTsKTj+4Ydw9tQU3Jq7Dq1u+4li&#10;EPztarX2+tDI6BeVV4BWp0WBkXnUaZBrlqKORqvdgc31VShXh6HbaoHutcHL+6S5iHvRFUM4rrS7&#10;nR+3m/Xv1+v12fZW83JtaAgOHzkKr7z+Grz86stw4K69fccT635dzuACZR/LptsPkgN3Lbjz6Qlr&#10;EAgEAoFAIARE8PPANq3GDgVp9rHbuehmNQg75Y0MOmsN5p3oHbQpfa9T/cTkTmRk8AC16ic7fU9r&#10;vS2hPauHQWKxVW8QGTk9PUOdkdOGjCwtzNc63fajhWLh6WIYPpfPFe4pForDWnmhISheq9vp6Thq&#10;9lrttaHxiYVCvnBj6ca1S+1O60y73brSbXWvNNvNhW63A0ExgHvufxC+/NLLhnS8AgcPfRFKBT8h&#10;CoPi/uzau/W5raPxwGicsltgAiKSc4FAIBAIBEJABH+NBGQncuHq89s44u5Yvu5EWADSn1WGsEA2&#10;6d2OX23rmGT+nTyV0TNkH7vT5Y8dAc9+d8TEg/7jJDeqOJMqrzWlnONzaLW7tdWAq1dvwJnZGTjx&#10;4Ydw5swpWFqcAyQSsdZjnlKVSGvzFoVhIZtmC2ue8im0EEXoKJDXUWwIRgD7DtwNx556Cl780kvw&#10;yKNHYGS4QnsQuTUfIGM7jdp93NhTauXr3m9zXOTSFwgEAoFAIARE8PMmGx8bSDeYlv4pP2unB3fI&#10;LOzvhmRYTZa4xBmi0hfEuMNnfNrfAK373bX6NDQDVmLO2rdnWAKSkRvXbsLp07NwZmYGrl+9Blv1&#10;DbLb7fV6lOXBu6RIlI46kWIpgAceehheePEFOProURgbrSVrwMGNbBBA/ld36BrtdE62WTFvO8dJ&#10;0ohAIBAIBAKBEBCB4DNP8HBkK44sCer/PaSYROzueCqTHC8QCAQCgUAgBEQgEAgEAoFAIBAIPjE8&#10;WQKBQCAQCAQCgUAgBEQgEAgEAoFAIBAIAREIBAKBQCAQCAQCISACgUAgEAgEAoFACIhAIBAIBAKB&#10;QCAQCAERCAQCgUAgEAgEQkAEAoFAIBAIBAKBEBCBQCAQCAQCgUAgEAIiEAgEAoFAIBAIhIAIBAKB&#10;QCAQCAQCgRAQgUAgEAgEAoFAIAREIBAIBAKBQCAQCAERCAQCgUAgEAgEAiEgAoFAIBAIBAKBQAiI&#10;QCAQCAQCgUAgEAgBEQgEAoFAIBAIBEJABAKBQCAQCAQCgRAQgUAgEAgEAoFAIBACIhAIBAKBQCAQ&#10;CISACAQCgUAgEAgEAoEQEIFAIBAIBAKBQCAERCAQCAQCgUAgEAgBEQgEAoFAIBAIBAIhIAKBQCAQ&#10;CAQCgUAIiEAgEAgEAoFAIBAIAREIBAKBQCAQCARCQAQCgUAgEAgEAoEQEIFAIBAIBAKBQCAQAiIQ&#10;CAQCgUAgEAiEgAgEAoFAIBAIBAKBEBCBQCAQCAQCgUAgBEQgEAgEAoFAIBAIhIAIBAKBQCAQCAQC&#10;ISACgUAgEAgEAoFACIhAIBAIBAKBQCAQCAERCAQCgUAgEAgEQkAEAoFAIBAIBAKBQAiIQCAQCAQC&#10;gUAgEAIiEAgEAoFAIBAIhIAIBAKBQCAQCAQCgRAQgUAgEAgEAoFAIAREIBAIBAKBQCAQCISACAQC&#10;gUAgEAgEAiEgAoFAIBAIBAKBQAiIQCAQCAQCgUAgEAgBEQgEAoFAIBAIBEJABAKBQCAQCAQCgUAI&#10;iEAgEAgEAoFAIBACIhAIBAKBQCAQCISACAQCgUAgEAgEAoEQEIFAIBAIBAKBQCAERCAQCAQCgUAg&#10;EAiEgAgEAoFAIBAIBAIhIAKBQCAQCAQCgUAIiEAgEAgEAoFAIBAIAREIBAKBQCAQCARCQAQCgUAg&#10;EAgEAoFACIhAIBAIBAKBQCAQAiIQCAQCgUAgEAgEQkAEAoFAIBAIBALBzxH/vwADAOzM2LFwgWb6&#10;AAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQBFi4uN5AAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUjcqN2UpCHEqRASQkJcWqjK0Yk3PyJeR7HbpDw97glus5rR7Df5ZjY9O+Ho&#10;OksSlgsBDKmyuqNGwufHy10KzHlFWvWWUMIZHWyK66tcZdpOtMXTzjcslJDLlITW+yHj3FUtGuUW&#10;dkAKXm1Ho3w4x4brUU2h3PQ8EiLhRnUUPrRqwOcWq+/d0Uh4XVdz/TPVpTgfVntM793721cq5e3N&#10;/PQIzOPs/8JwwQ/oUASm0h5JO9ZLiB9WYYuXsBYiAnZJRFGSACuDitNlDLzI+f8VxS8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SP&#10;QWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHX&#10;tCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+l&#10;nsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddE&#10;tiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAzgoGZ7oCAAD0BQAADgAAAAAA&#10;AAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA+otOCJD/BgCQ/wYAFAAA&#10;AAAAAAAAAAAAAAAgBQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEARYuLjeQA&#10;AAANAQAADwAAAAAAAAAAAAAAAADiBAcAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKom&#10;Dr68AAAAIQEAABkAAAAAAAAAAAAAAAAA8wUHAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUG&#10;AAAAAAYABgB8AQAA5gYHAAAA&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId11" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00536AF3">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56E81D74" wp14:editId="21BECE7F">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B9C5436" wp14:editId="47578617">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-16510</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>6506581</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7863840" cy="3703320"/>
                 <wp:effectExtent l="19050" t="19050" r="22860" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7863840" cy="3703320"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
@@ -1263,124 +1350,211 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1.3pt;margin-top:512.35pt;width:619.2pt;height:291.6pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBl+lMwpwIAALgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20nfaRBnSJo0WFA&#10;0RZ9oGdFlmIDkqhJSpzs14+SH2m7YodhOSiiSX4kP5G8uNxpRbbC+QZMSYujnBJhOFSNWZf05fnm&#10;24wSH5ipmAIjSroXnl4uvn65aO1cTKAGVQlHEMT4eWtLWodg51nmeS0080dghUGlBKdZQNGts8qx&#10;FtG1yiZ5fpq14CrrgAvv8et1p6SLhC+l4OFeSi8CUSXF3EI6XTpX8cwWF2y+dszWDe/TYP+QhWaN&#10;waAj1DULjGxc8weUbrgDDzIccdAZSNlwkWrAaor8QzVPNbMi1YLkeDvS5P8fLL/bPjjSVPh2lBim&#10;8YkekTRm1kqQItLTWj9Hqyf74HrJ4zXWupNOx3+sguwSpfuRUrELhOPHs9npdHaMzHPUTc/y6XSS&#10;SM8O7tb58F2AJvFSUofhE5Vse+sDhkTTwSRG86Ca6qZRKgluvbpSjmwZvu95cTKdLWPO6PLOTBnS&#10;YvhZkecJ+p0y9ZoYUcIulf0eAiVlEDeS0ZWfbmGvRExDmUchkUUseNIFiP17wGScCxOKTlWzSnQJ&#10;n+T4G/IdPFL2CTAiSyx0xO4BBssOZMDuyu7to6tI7T8695X/zXn0SJHBhNFZNwbcZ5UprKqP3NkP&#10;JHXURJZWUO2xxxx0w+ctv2nwpW+ZDw/M4bRhd+AGCfd4SAX4UNDfKKnB/frse7THIUAtJS1Ob0n9&#10;zw1zghL1w+B4nBfHselCEo5PzrDpiHurWb3VmI2+AmwgHAHMLl2jfVDDVTrQr7holjEqqpjhGLuk&#10;PLhBuArdVsFVxcVymcxwxC0Lt+bJ8ggeWY2d/Lx7Zc727R5wUu5gmHQ2/9D1nW30NLDcBJBNGokD&#10;rz3fuB5S4/SrLO6ft3KyOizcxW8AAAD//wMAUEsDBBQABgAIAAAAIQBLgQb04QAAAA0BAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcWjuGpiXEqVAFEgeERKk4b2M3jojtKHaa8Pds&#10;T3Db3RnNvim3s+vY2QyxDV5BthTAjK+Dbn2j4PD5stgAiwm9xi54o+DHRNhW11clFjpM/sOc96lh&#10;FOJjgQpsSn3BeaytcRiXoTeetFMYHCZah4brAScKdx2XQuTcYevpg8Xe7Kypv/ejU4CnbDc8oxwP&#10;2Vda2cm+uffXjVK3N/PTI7Bk5vRnhgs+oUNFTMcweh1Zp2Ahc3LSXcj7NbCLQ96tqM2RplysH4BX&#10;Jf/fovoFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZfpTMKcCAAC4BQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAS4EG9OEAAAANAQAADwAAAAAA&#10;AAAAAAAAAAABBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" fillcolor="#91538a" strokecolor="black [3213]" strokeweight="3pt"/>
+              <v:rect w14:anchorId="097B0F87" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:-1.3pt;margin-top:512.35pt;width:619.2pt;height:291.6pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq8wK2jwIAAJIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X20nfaRBnSJo0WFA&#10;0RZth54VWYoFyKImKXGyXz9KfqQv7DAsB4UyyY/kJ5IXl7tGk61wXoEpaXGUUyIMh0qZdUl/Pt98&#10;m1HiAzMV02BESffC08vF1y8XrZ2LCdSgK+EIghg/b21J6xDsPMs8r0XD/BFYYVApwTUs4NWts8qx&#10;FtEbnU3y/DRrwVXWARfe49frTkkXCV9KwcO9lF4EokuKuYV0unSu4pktLth87ZitFe/TYP+QRcOU&#10;waAj1DULjGyc+gDVKO7AgwxHHJoMpFRcpBqwmiJ/V81TzaxItSA53o40+f8Hy++2T/bBIQ2t9XOP&#10;YqxiJ10T/zE/sktk7UeyxC4Qjh/PZqfT2TFyylE3Pcun00miMzu4W+fDdwENiUJJHb5GIoltb33A&#10;kGg6mMRoHrSqbpTW6eLWqyvtyJbhy50XJ9PZMj4Wurwx04a0GH5W5HmCfqNMXSRGlLArPkIgoDaI&#10;eyg/SWGvRUxDm0chiaqw4EkXIHbmAZNxLkwoOlXNKtElfJLjbwg2eKTsE2BElljoiN0DDJYdyIDd&#10;ld3bR1eRGnt07iv/m/PokSKDCaNzowy4zyrTWFUfubMfSOqoiSytoNo/OOKgGytv+Y3Cl75lPjww&#10;h3OE3YG7IdzjITXgQ0EvUVKD+/3Z92iP7Y1aSlqcy5L6XxvmBCX6h8HGPy+OY9OFdDk+OcOmI+61&#10;ZvVaYzbNFWADFbiFLE9itA96EKWD5gVXyDJGRRUzHGOXlAc3XK5Cty9wCXGxXCYzHF7Lwq15sjyC&#10;R1ZjJz/vXpizfbsHnJQ7GGaYzd91fWcbPQ0sNwGkSiNx4LXnGwc/NU6/pOJmeX1PVodVuvgDAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBLgQb04QAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcWjuGpiXEqVAFEgeERKk4b2M3jojtKHaa8PdsT3Db3RnNvim3s+vY2QyxDV5BthTAjK+D&#10;bn2j4PD5stgAiwm9xi54o+DHRNhW11clFjpM/sOc96lhFOJjgQpsSn3BeaytcRiXoTeetFMYHCZa&#10;h4brAScKdx2XQuTcYevpg8Xe7Kypv/ejU4CnbDc8oxwP2Vda2cm+uffXjVK3N/PTI7Bk5vRnhgs+&#10;oUNFTMcweh1Zp2Ahc3LSXcj7NbCLQ96tqM2RplysH4BXJf/fovoFAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAqvMCto8CAACSBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAS4EG9OEAAAANAQAADwAAAAAAAAAAAAAAAADpBAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAPcFAAAAAA==&#10;" fillcolor="#91538a" strokecolor="black [3213]" strokeweight="3pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B61D10" w:rsidSect="00536AF3">
+    <w:sectPr w:rsidR="00BB7423" w:rsidSect="00536AF3">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Berlin Sans FB">
     <w:panose1 w:val="020E0602020502020306"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16BC6EA8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1B45A0E"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E715408"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D6C291E2"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1422,505 +1596,503 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5220" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="425199790">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1398435484">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00536AF3"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="004744A1"/>
     <w:rsid w:val="00536AF3"/>
+    <w:rsid w:val="00802569"/>
+    <w:rsid w:val="00F9094A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="56A8A7DC"/>
+  <w15:docId w15:val="{F9DDB099-4F7A-464F-A7AE-7AB4E10528C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...386 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1973,58 +2145,58 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00536AF3"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00536AF3"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:youremail@mail.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2286,51 +2458,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{28B08330-CBC9-4E9D-9698-EE6D1591F820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>1</Words>
   <Characters>6</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>