--- v0 (2025-12-02)
+++ v1 (2026-03-20)
@@ -1,476 +1,611 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57"/>
-    <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+    <w:p w14:paraId="28E7E400" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRDefault="00F26F57"/>
+    <w:p w14:paraId="63229975" w14:textId="413AAAFE" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5A324E5C" wp14:editId="1C1C6AE7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1571625</wp:posOffset>
+                  <wp:posOffset>1571624</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>48260</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2962275" cy="1152525"/>
+                <wp:extent cx="2028825" cy="1152525"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Text Box 6"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2962275" cy="1152525"/>
+                          <a:ext cx="2028825" cy="1152525"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F26F57" w:rsidRPr="007864AF" w:rsidRDefault="00F26F57">
+                          <w:p w14:paraId="01200157" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="007864AF" w:rsidRDefault="00F26F57">
                             <w:pPr>
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
                             <w:r w:rsidRPr="007864AF">
                               <w:rPr>
                                 <w:b/>
                               </w:rPr>
-                              <w:t>Your</w:t>
-[...6 lines deleted...]
-                              <w:t xml:space="preserve"> Name</w:t>
+                              <w:t>Your Name</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57">
-[...16 lines deleted...]
-                            <w:r w:rsidR="007864AF">
+                          <w:p w14:paraId="43E02997" w14:textId="22684559" w:rsidR="00F26F57" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>DR</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00F26F57" w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>E Lic #</w:t>
+                            </w:r>
+                            <w:r w:rsidR="007864AF" w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>555.555.5555</w:t>
                             </w:r>
-                            <w:r>
+                            <w:r w:rsidR="00F26F57" w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                             </w:r>
-                            <w:r w:rsidR="007864AF">
+                            <w:r w:rsidR="007864AF" w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:t>youremail@mail.com</w:t>
                             </w:r>
-                            <w:r w:rsidR="007864AF">
+                            <w:r w:rsidR="007864AF" w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
                               <w:br/>
                               <w:t>yourwebsite.com</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="5A324E5C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:123.75pt;margin-top:3.8pt;width:233.25pt;height:90.75pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDV+399gAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+xrICl0RoWKtmCah&#10;thpMfTaOXaLZPs82JOyv39lJALG9dJqQwvnu8/m++zW9a7Qie+F8Baagw6sBJcJwKCvzWtDv68WH&#10;T5T4wEzJFBhR0IPw9G72/t20thORwxZUKRxBJ8ZPalvQbQh2kmWeb4Vm/gqsMGiU4DQLeHSvWelY&#10;jd61yvLBYJzV4ErrgAvvUfvQGuks+ZdS8PAkpReBqIJibCF9Xfpu4jebTdnk1TG7rXgXBvuHKDSr&#10;DD56dPXAAiM7V/3hSlfcgQcZrjjoDKSsuEgckM1wcMFmtWVWJC6YHG+PafL/zy1/3D87UpUFHVNi&#10;mMYSrUUTyGdoyDhmp7Z+gqCVRVhoUI1V7vUelZF0I52O/0iHoB3zfDjmNjrjqMxvx3l+M6KEo204&#10;HOX4i36y03XrfPgiQJMoFNRh8VJO2X7pQwvtIfE1A4tKqVRAZUiNDD6OBunC0YLOlYlYkVqhcxMp&#10;taEnKRyUiBhlvgmJqUgMoiI1obhXjuwZtg/jXJiQyCe/iI4oiUG85WKHP0X1lsstj/5lMOF4WVcG&#10;XGJ/EXb5ow9ZtnjM+RnvKIZm06QeyPvKbqA8YMEdtAPjLV9UWJQl8+GZOZwQrDFOfXjCj1SAyYdO&#10;omQL7tff9BGPjYtWSmqcuIL6nzvmBCXqq8GWvh1eX8cRTYfr0U2OB3du2ZxbzE7fA1ZliPvF8iRG&#10;fFC9KB3oF1wO8/gqmpjh+HZBQy/eh3YP4HLhYj5PIBxKy8LSrCyPrmORYsutmxfmbNeXAVv6EfrZ&#10;ZJOL9myx8aaB+S6ArFLvxjy3We3yjwOdur9bPnFjnJ8T6rQiZ78BAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1YDkV4QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT4NAFEX3Jv6HyTNxZwdIW5AyNA1J&#10;Y2J00dqNu4F5BdL5QGbaor/e56ouX+7JfecW68lodsHR984KiGcRMLSNU71tBRw+tk8ZMB+kVVI7&#10;iwK+0cO6vL8rZK7c1e7wsg8toxLrcymgC2HIOfdNh0b6mRvQUnZ0o5GBzrHlapRXKjeaJ1G05Eb2&#10;lj50csCqw+a0PxsBr9X2Xe7qxGQ/unp5O26Gr8PnQojHh2mzAhZwCjcY/vRJHUpyqt3ZKs+0gGSe&#10;LggVkC6BUZ7Gc9pWE5g9x8DLgv9fUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1ft/&#10;fYACAABqBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;dWA5FeEAAAAJAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape id="Text Box 6" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:123.75pt;margin-top:3.8pt;width:159.75pt;height:90.75pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAj8ysSagIAAD4FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X5x4TZcFdYqsRYYB&#10;RVssHXpWZKkxJouaxMTOfn0p2flAtkuHwYBMiY8U+Ujq6rqtDdsqHyqwBR8NhpwpK6Gs7EvBfzwt&#10;Pkw4CyhsKQxYVfCdCvx69v7dVeOmKoc1mFJ5Rk5smDau4GtEN82yINeqFmEATllSavC1QNr6l6z0&#10;oiHvtcny4fAya8CXzoNUIdDpbafks+RfayXxQeugkJmCU2yYVp/WVVyz2ZWYvnjh1pXswxD/EEUt&#10;KkuXHlzdChRs46s/XNWV9BBA40BCnYHWlVQpB8pmNDzLZrkWTqVciJzgDjSF/+dW3m+X7tEzbL9A&#10;SwWMhDQuTAMdxnxa7ev4p0gZ6YnC3YE21SKTdJgP88kkH3MmSTcajXP6op/saO58wK8KahaFgnuq&#10;S6JLbO8CdtA9JN5mYVEZk2pjLGsKfvlxPEwGBw05NzZiVapy7+YYepJwZ1TEGPtdaVaVKYN4kPpL&#10;3RjPtoI6Q0ipLKbkk19CR5SmIN5i2OOPUb3FuMtjfzNYPBjXlQWfsj8Lu/y5D1l3eOL8JO8oYrtq&#10;+5KuoNxRpT10QxCcXFRUjTsR8FF46noqLk0yPtCiDRDr0EucrcH//tt5xFMzkpazhqao4OHXRnjF&#10;mflmqU0/jy4u4tilzcX4U04bf6pZnWrspr4BKseI3gwnkxjxaPai9lA/08DP462kElbS3QXHvXiD&#10;3WzTgyHVfJ5ANGhO4J1dOhldx+rEXntqn4V3fUMi9fI97OdNTM/6ssNGSwvzDYKuUtNGgjtWe+Jp&#10;SFPb9w9KfAVO9wl1fPZmrwAAAP//AwBQSwMEFAAGAAgAAAAhAINz3BjhAAAACQEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SOyo04g8msapqkgVEoJFSzfsnNhNIuxxiN028PUMK1iO&#10;7tGdc8vNbA276MkPDgUsFxEwja1TA3YCjm+7hxyYDxKVNA61gC/tYVPd3pSyUO6Ke305hI5RCfpC&#10;CuhDGAvOfdtrK/3CjRopO7nJykDn1HE1ySuVW8PjKEq5lQPSh16Ouu51+3E4WwHP9e5V7pvY5t+m&#10;fno5bcfP43sixP3dvF0DC3oOfzD86pM6VOTUuDMqz4yA+DFLCBWQpcAoT9KMtjUE5qsl8Krk/xdU&#10;PwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAj8ysSagIAAD4FAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCDc9wY4QAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAMQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F26F57" w:rsidRPr="007864AF" w:rsidRDefault="00F26F57">
+                    <w:p w14:paraId="01200157" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="007864AF" w:rsidRDefault="00F26F57">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
                       <w:r w:rsidRPr="007864AF">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t>Your</w:t>
-[...6 lines deleted...]
-                        <w:t xml:space="preserve"> Name</w:t>
+                        <w:t>Your Name</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57">
-[...16 lines deleted...]
-                      <w:r w:rsidR="007864AF">
+                    <w:p w14:paraId="43E02997" w14:textId="22684559" w:rsidR="00F26F57" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>DR</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00F26F57" w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>E Lic #</w:t>
+                      </w:r>
+                      <w:r w:rsidR="007864AF" w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>555.555.5555</w:t>
                       </w:r>
-                      <w:r>
+                      <w:r w:rsidR="00F26F57" w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                       </w:r>
-                      <w:r w:rsidR="007864AF">
+                      <w:r w:rsidR="007864AF" w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:t>youremail@mail.com</w:t>
                       </w:r>
-                      <w:r w:rsidR="007864AF">
+                      <w:r w:rsidR="007864AF" w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
                         <w:br/>
                         <w:t>yourwebsite.com</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5399EDA7" wp14:editId="533F11A2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655680" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5399EDA7" wp14:editId="533F11A2">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>533400</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>371475</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="790575" cy="1148715"/>
             <wp:effectExtent l="0" t="0" r="9525" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Picture 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="yourimagehere.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="790575" cy="1148715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+    <w:p w14:paraId="416605F4" w14:textId="02BEAB5E" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00352FBA" w:rsidP="00F26F57">
       <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659776" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="565D50A4" wp14:editId="3BEE2C65">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3190875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>48895</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2028825" cy="828675"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="727996174" name="Text Box 727996174"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2028825" cy="828675"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln w="6350">
+                          <a:noFill/>
+                        </a:ln>
+                        <a:effectLst/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:lnRef>
+                        <a:fillRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="dk1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3A5B2A69" w14:textId="1BDFB668" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:t>Broker Name</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:lang w:val="fr-FR"/>
+                              </w:rPr>
+                              <w:br/>
+                              <w:t>Broker Lic #</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="565D50A4" id="Text Box 727996174" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:251.25pt;margin-top:3.85pt;width:159.75pt;height:65.25pt;z-index:251659776;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBg+ze/bAIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X5x4TZoFdYqsRYYB&#10;QVusHXpWZKkxJouaxMTOfv0o2Xmg26XDLhIlfqT48aGr67Y2bKd8qMAWfDQYcqashLKyLwX//rT8&#10;MOUsoLClMGBVwfcq8Ov5+3dXjZupHDZgSuUZObFh1riCbxDdLMuC3KhahAE4ZUmpwdcC6ehfstKL&#10;hrzXJsuHw0nWgC+dB6lCoNvbTsnnyb/WSuK91kEhMwWn2DCtPq3ruGbzKzF78cJtKtmHIf4hilpU&#10;lh49uroVKNjWV3+4qivpIYDGgYQ6A60rqRIHYjMavmLzuBFOJS6UnOCOaQr/z6282z26B8+w/Qwt&#10;FTAmpHFhFugy8mm1r+NOkTLSUwr3x7SpFpmky3yYT6f5mDNJumk+nVyOo5vsZO18wC8KahaFgnsq&#10;S8qW2K0CdtADJD5mYVkZk0pjLGsKPvk4HiaDo4acGxuxKhW5d3OKPEm4NypijP2mNKvKRCBepPZS&#10;N8aznaDGEFIqi4l78kvoiNIUxFsMe/wpqrcYdzwOL4PFo3FdWfCJ/auwyx+HkHWHp5yf8Y4ituuW&#10;iJ8Vdg3lnurtoRuF4OSyoqKsRMAH4an3qcQ0z3hPizZAyYde4mwD/tff7iOeWpK0nDU0SwUPP7fC&#10;K87MV0vN+ml0cRGHLx0uxpc5Hfy5Zn2usdv6BqgqI/o5nExixKM5iNpD/Uxjv4ivkkpYSW8XHA/i&#10;DXYTTt+GVItFAtG4OYEr++hkdB2LFFvuqX0W3vV9idTRd3CYOjF71Z4dNlpaWGwRdJV6N+a5y2qf&#10;fxrV1P39txL/gvNzQp0+v/lvAAAA//8DAFBLAwQUAAYACAAAACEA5rVIJt8AAAAJAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm924EhtiNqUEiiB6aO3F2yQ7TYLZ3ZjdttFf73iy&#10;x+F9vPlesZrtIE40hd47DfeLBAS5xpvetRr275u7DESI6AwO3pGGbwqwKq+vCsyNP7stnXaxFVzi&#10;Qo4auhjHXMrQdGQxLPxIjrODnyxGPqdWmgnPXG4HqZLkUVrsHX/ocKSqo+Zzd7QaXqrNG25rZbOf&#10;oXp+PazHr/1HqvXtzbx+AhFpjv8w/OmzOpTsVPujM0EMGtJEpYxqWC5BcJ4pxdtqBh8yBbIs5OWC&#10;8hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBg+ze/bAIAAEQFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDmtUgm3wAAAAkBAAAPAAAAAAAAAAAA&#10;AAAAAMYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3A5B2A69" w14:textId="1BDFB668" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:t>Broker Name</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:lang w:val="fr-FR"/>
+                        </w:rPr>
+                        <w:br/>
+                        <w:t>Broker Lic #</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00F26F57">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A0F0B70" wp14:editId="5E36C75D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>5753100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
               <wp:posOffset>952500</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1557020" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="GenCompanyLogo.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7">
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1557020" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+    <w:p w14:paraId="01FF436D" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="38CA61A6" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="4710E7DC" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33AED3B8" wp14:editId="54FCFB41">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33AED3B8" wp14:editId="3E72B9C2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>111760</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="7772400" cy="3291840"/>
                 <wp:effectExtent l="0" t="0" r="0" b="3810"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Rectangle 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7772400" cy="3291840"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
-                        <a:blipFill dpi="0" rotWithShape="1">
-                          <a:blip r:embed="rId8">
+                        <a:blipFill>
+                          <a:blip r:embed="rId7">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
-                          <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </a:blipFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.8pt;width:612pt;height:259.2pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQArENvACgEAABQCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7DMBCE&#10;70i8g+UrShx6QAg16YGUIyBUHmBlbxKX+EdeE9q3x07ppSJIHO3dmW/GXm8OZmQTBtLO1vy2rDhD&#10;K53Stq/5++6puOeMIlgFo7NY8yMS3zTXV+vd0SOxpLZU8yFG/yAEyQENUOk82jTpXDAQ0zH0woP8&#10;gB7FqqruhHQ2oo1FzB68WbfYwecY2faQrk9JAo7E2eNpMbNqDt6PWkJMScVk1QWl+CGUSTnv0KA9&#10;3aQYXPxKyJNlwLJu7/sLnTa52d5jn1Ev6TWDVsheIcRnMCm5UIEErlzrZPk3NvcyVLiu0xLLNtB2&#10;Vp1rLHkr92UDTv81b5PsDaezu5j/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAoNtRILAMAAM8GAAAOAAAAZHJzL2Uyb0RvYy54bWysVVtv2yAUfp+0/4B4&#10;T32ZOydWnSpL2mlS1FZtpz4TjGNLGBiQ26b99x3ATrq22qRpeSBcDufy8Z3PF5f7jqMt06aVosTJ&#10;WYwRE1RWrViX+Ovj9WiMkbFEVIRLwUp8YAZfTt+/u9ipgqWykbxiGoETYYqdKnFjrSqiyNCGdcSc&#10;ScUEHNZSd8TCUq+jSpMdeO94lMbxx2gndaW0pMwY2F2EQzz1/uuaUXtb14ZZxEsMuVk/aj+u3BhN&#10;L0ix1kQ1Le3TIP+QRUdaAUGPrhbEErTR7StXXUu1NLK2Z1R2kazrljJfA1STxC+qeWiIYr4WAMeo&#10;I0zm/7mlN9s7jdoK3g4jQTp4onsAjYg1Zyhx8OyUKcDqQd3pfmVg6mrd17pz/1AF2ntID0dI2d4i&#10;Cpt5nqdZDMhTOPuQTpJx5kGPTteVNvYzkx1ykxJrCO+hJNulsRASTAcTF23FW3Xdco4qBfCCZy3t&#10;U2sbD5YrYzDq4YLH/jupwkMsJN10TNjALM04sUBr07TKQJiCdSsGQOkvVQgCNUKGLpyr1r/2j3Q8&#10;i+NJ+mk0P4/noyzOr0azSZaP8vgqz+JsnMyT+U+XYpIVG8OWkhK+UO1AvSR7le2bjOmbIJDGkw9t&#10;iad4AAwS8sANKQKGDjeXq9HUvTDYwdxqZmnjpjVA2u+D8fGgv+gAd1ZcuFFItw6R3E7kOBJY4Wf2&#10;wFmwvmc1kAt4kPpn8W3N5lyHbAmlgHYA0zSkYmH7PIafo55LxAmBu+FXXIDDU7a9797BYPm77+Am&#10;VOevMq8Kx8TiPyUWLh9v+MhS2OPlrhVSv+WAQ1V95GA/gBSgcSitZHWA1gP2ehYbRa9baIAlMfaO&#10;aBAhoDYIq72FoeZyV2LZzzBqpP7+1r6zBwLBKUY7ELUSm28bohlG/IsA1ZgkGbQfsn6Rneepa5/n&#10;J6vnJ2LTzSWQCpQBsvNTZ2/5MK217J5Af2cuKhwRQSF2ianVw2Jug9iCglM2m3kzUD5F7FI8KDr0&#10;q2vwx/0T0apXAQvMvZGDAJLihRgE28DF2cbKuvVKccK1xxtU0xOnV3gny8/X3ur0HZr+AgAA//8D&#10;AFBLAwQUAAYACAAAACEAN53BGLoAAAAhAQAAGQAAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHOE&#10;j8sKwjAQRfeC/xBmb9O6EJGmbkRwK/UDhmSaRpsHSRT79wbcKAgu517uOUy7f9qJPSgm452ApqqB&#10;kZNeGacFXPrjagssZXQKJ+9IwEwJ9t1y0Z5pwlxGaTQhsUJxScCYc9hxnuRIFlPlA7nSDD5azOWM&#10;mgeUN9TE13W94fGTAd0Xk52UgHhSDbB+DsX8n+2HwUg6eHm35PIPBTe2uAsQo6YswJIy+A6b6ho0&#10;8K7lX491LwAAAP//AwBQSwMEFAAGAAgAAAAhAP3jA07cAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OhEAQhO8mvsOkTby5g4C4QYaN8SfrwWQj+gC90AKR6SHMLItvb+/JPXZVpfqrYrPYQc00&#10;+d6xgdtVBIq4dk3PrYGvz9ebNSgfkBscHJOBX/KwKS8vCswbd+QPmqvQKilhn6OBLoQx19rXHVn0&#10;KzcSi/ftJotBzqnVzYRHKbeDjqMo0xZ7lg8djvTUUf1THayB3bafcf28q2LaJi+cvPNbmrIx11fL&#10;4wOoQEv4D8MJX9ChFKa9O3Dj1WBAhgRR7zNQJzeOU1H2Bu6SLAJdFvp8QPkHAAD//wMAUEsDBAoA&#10;AAAAAAAAIQANUuJwNowKADaMCgAUAAAAZHJzL21lZGlhL2ltYWdlMS5qcGf/2P/hD5VFeGlmAABN&#10;TQAqAAAACAAHARIAAwAAAAEAAQAAARoABQAAAAEAAABiARsABQAAAAEAAABqASgAAwAAAAEAAgAA&#10;ATEAAgAAACIAAAByATIAAgAAABQAAACUh2kABAAAAAEAAACoAAAA1AAW42AAACcQABbjYAAAJxBB&#10;ZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykAMjAxNTowOTowNCAwODo1OTowNgAAA6AB&#10;AAMAAAAB//8AAKACAAQAAAABAAAE+6ADAAQAAAABAAACHAAAAAAAAAAGAQMAAwAAAAEABgAAARoA&#10;BQAAAAEAAAEiARsABQAAAAEAAAEqASgAAwAAAAEAAgAAAgEABAAAAAEAAAEyAgIABAAAAAEAAA5b&#10;AAAAAAAAAEgAAAABAAAASAAAAAH/2P/tAAxBZG9iZV9DTQAC/+4ADkFkb2JlAGSAAAAAAf/bAIQA&#10;DAgICAkIDAkJDBELCgsRFQ8MDA8VGBMTFRMTGBEMDAwMDAwRDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAENCwsNDg0QDg4QFA4ODhQUDg4ODhQRDAwMDAwREQwMDAwMDBEMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwM/8AAEQgARACgAwEiAAIRAQMRAf/dAAQACv/EAT8AAAEFAQEBAQEBAAAA&#10;AAAAAAMAAQIEBQYHCAkKCwEAAQUBAQEBAQEAAAAAAAAAAQACAwQFBgcICQoLEAABBAEDAgQCBQcG&#10;CAUDDDMBAAIRAwQhEjEFQVFhEyJxgTIGFJGhsUIjJBVSwWIzNHKC0UMHJZJT8OHxY3M1FqKygyZE&#10;k1RkRcKjdDYX0lXiZfKzhMPTdePzRieUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9jdHV2d3h5en&#10;t8fX5/cRAAICAQIEBAMEBQYHBwYFNQEAAhEDITESBEFRYXEiEwUygZEUobFCI8FS0fAzJGLhcoKS&#10;Q1MVY3M08SUGFqKygwcmNcLSRJNUoxdkRVU2dGXi8rOEw9N14/NGlKSFtJXE1OT0pbXF1eX1VmZ2&#10;hpamtsbW5vYnN0dXZ3eHl6e3x//aAAwDAQACEQMRAD8A4rpfXL8cii5xdUfok9loXdbewHad3kdQ&#10;uU3uOqdz7HfScTCgly8JSuq7tqHOTjHh37Ft9QzvtNs+myryrET8VSMTpx5pQnhSxAiKDBKRkSTu&#10;WMFKFPbKcVn4IraRwnA+5FFYUHEEwOAlaaYpJQpASkhjClVWbbAzseT5DlKNFZoaKqTYdDZoPJo5&#10;/wA5yEjQXwjZ12Gpb/R6jb1KtrHCvRznWcemwD9LZ/mLr+mfXGnJrPSqScVlOmE95g2NH0mb/wDB&#10;Pd9NjFz+B0MV47rcjNppdl0j9EHAvawkWbXBu76TVZ6T0Po93U8at9/qs9Ru4AEAgGeVn8yMGQSM&#10;7kIC48Iv1R6/1nRwxyRhEARonjIkdfo9dmdS6H1rpbas7Hey1ohj7avVY7tLHj3+7972LJ+r9FXR&#10;89xxqDlYlv06tBY3+VT623f/AMWu0zKOnV02ZT9voVaN8zw1i85611zIGUfs1gYAeQFncpeWM8UI&#10;mOM7xlLix/4PD6mWJx8JkQdOv6Q4t4xe+ycbDt/Xag4ugB7dWOEfR31+125YuZ1F7XbGD4BcxT9a&#10;+ptDW2ZO3sHQJH/mKJV1zJzMoU2Ujew+61n0SOzo/lJ2P4fkgbmROI+XX5R/hL8eSFAcRPQXu79d&#10;ltvMknhoWq1tWFi11OA+0Xa7RqQg9PZRi4xy8xwor5LnfSI8GNWLlf4w8duW9vTMNsj2jKv9zp7b&#10;K/8ABtUBx5M8zDFAmED6iDwx4v7ycmQRIB7/AIv/0PMNEpUmVveQAC4ngAakq9jdF6hfArxnlx4k&#10;Rp8E2Uox3IDJGE5fLEnyc9LUanQeK1j0Hqtbwx+I+CeYW10b6s5zi6w4rWmPbZcNxb5safaosnM4&#10;oR4jIV5hmx8rkkaIMfMF5ENsI0BjxUvTdEkmPHst/q9GFhWuqtecjK4LBo0FYTjbk3NZyXGA1o0A&#10;TseTjHEBUd7W5cIxnhviltQ/ajIB0bLnHQQrWL0XqeTHo473A940XoX1a+p2GyLbWCxwA51Xb4vS&#10;qKmDawDyhZ2b4sBM48OM5ZDc7RZjyuPGP1sjxfuw/wC+fGqPqL160SawweZSyPqZ1bGZLgHeTZXt&#10;WT9lw6jbeQAOy4nrf1uxXl1GIWEjmNfyKLH8Q52eXg9uOnz1+h/ekzYeXwZBYgRH98y/J82f0/JZ&#10;aKnsLSTEkceJUrCHP2jRo9oHkFsdQ6i+Xm0Bznt9seHflZ2HiXZLv0NZteTDWN1On0nELTGQkcU6&#10;FMWTDCEuDGTIne96Y49ORfaBQ0ufOhbpquw6P0d+HV9u63mDFxq9XCQCf5O5vuR+kfV77BgP6h1G&#10;wY1dTdzy7QAfu/1lxfV+pX9Ry3Wvc40tJ9Ct35rex2fvuVXjPNSlDHIRhDSeQDiP93HL5eJk0wx4&#10;iSZn9G/zd/6yfXP9pFmLhMNHTsf+aadHPP8ApbP3f5DFzu997tNSqkmYHJ7d1v8A1exa6W5OVa0X&#10;349Yeyk/QbJDd1v7236amGLHy+KoDbYdZE92PHKeaXDtHr4M+mfVvLy2+pcRj43LrH6SP5K3qXdL&#10;6dWGYrPUNX57u/8AKhZOV1S++K3Wbu5J0b5naPzVk5fU37oqcRt4B5/rO/lP/wCh/NqA48mU+s6f&#10;uR0j/hNoTxYRYHhxdW/1/r9+bkGkuOxukDj4BZFYaLRYzRsHnx80I5W53vAk90vW1BGiswxCERGI&#10;4RVNWWYTlxE3R0/qv//R5fo3SHWWjSF6D0fp+LRWBABmSfFUMHpoof7mxBWo6/0xDh7RwRoQua57&#10;mZZTwwOjvxxCEeGLrOGDs9zWyFh9b6zjYlD21QHEQIXOfWHredjy7F/S1jks5b/Xr+k1cfk9Zzco&#10;zY+Qn8r8LlPhnMjhH6P/AHzXnOGE1IylLcDomfh5fVeqtxsRnq5WW/awfi5zj+aytvvetL6w4/Tu&#10;j9PPSemVDIva9js/qBEussZ7204/+jxWWfu/zqq/Vvrd3Ts821hnq2VmtpfxBILmD931IXcdFzuj&#10;fWOvMxL+ninJqDS8AhwIdubvqd7Xt27Ve5rNkwyjKUDLBiAJ4JfpX804/ux/QYowhOMp3rMkbfK7&#10;31VsrzOn0ZNcFt1bXfOPctnDzaMnLtxGHbZj/SHiONwXP/VKl/Td/TXuLqNxdjOPb9+v/vyN9YLn&#10;9F61jdYaz9V2+jmFo0DCRssd/UVHlwISOSHqh71GvmnCf6zHH/m/+GqzYzPLKEvnlDix9uIPM/41&#10;a/rHTay4NH7GiDbWeHfuZH+j3f4L8yx64Cm6p59rA398nn91q90+tmT05/1TzrMuTiZFQr3saLIN&#10;xbVTkMZub6jarLGX+135i8uwf8Xl1/Uczor84U9VorF+NLJx8ipw/RvZfu9Vv8r9F7FrQ9mERGBq&#10;MqnEgS9Xunr+8wQyZKBIsRuNaeng/d/7t56Lcm6nGYQ+yx0MA7Tp7v3vctnOtb0J1eDiEtvYA+2z&#10;uSfFZ3QqrMb6w005DCy6m012sdy17PY9jv6jgum+v3Q7XhnWsNu7awMyWDmB9G1v9X85R5ssY8xi&#10;wz+ScZEfunJ+jEtjGZHHPIBc74f63DHs8r1Xq3WOqFozL3WVV611N9rGn97Y36T/AOW9Z/pW+H3q&#10;VHq22BlQL3ngDVWTj5e7ZBnyVkcOMCMRGIHQelqkcfqPEb+q2Lh11/pcm3Z4Nbq4/wDkFexOs0Yd&#10;hqZXtxngtsHJIP5z3fnrJyG20v22Ag8wq7nSeUTjE9ZGwfsSMxx6Qjw1ve/1dTNcaiW1u3MdDqXa&#10;QWH/AMis9+vuLoJSqvsDPS0dXMhp7H95h/NQn87R9ydCHDp+KzJk4tf+b2XJjnVJthbprChr27dk&#10;x07p9MV0/wD/0ue6f/jEyqaGVZuMMl1Y2i1rtpI/lNP5yuX/AOMDEyKSG0vqfHDv/JBcGIHxUgHy&#10;DHKpy+H8qZcXt0bvQmv8Vtw57PHqJf3g6uT1dl1hs97Se4dKBbfTaNz9Xcbog/OFSggS5RBI+irA&#10;xRG2iyXM5JXxUb8GyWyPIfetXoXXrOk5zcwS+W7LGzqWrF9V50I+CIyux3uA9vihkxxnExnRjIUf&#10;qrHklGVw3fRMP/GN0x2Sx1jbKGhw1cJHPkvTbqqcmsNeA+uxoPiCCF84ViLADz3B4+C7jF/xn9Rx&#10;ugV9LZSPtuOGMx80kEenW5p2XUlvuf6LPR3Ncqf3HFjjOOOFxmBxQOsbh8v/AEmSc5ZeGRIjKJqx&#10;6fT/AOgvZdT+puTnNpw3Zj/2VU8WNxGw1oI/qjds/wCD3bEcYgu+tlWfU32YmOzEa4cHaX2P/wA3&#10;1Nio/V7/ABm9B6pW2jqbm9OzOHNtP6Fx/eqv+j/ZsXSnqPSq2epXk4zQfovdY3b+VQZMJjQjl4I6&#10;cUMp/WiI/QxD9L/aceT++oZchvijxmiAYj03P5py4XzfqnSMd31z6pkAbQ3ID2OB0L3V1ut/8E3r&#10;sMfHF+KGPG5rmwQUPD6D9WDmW5n22rJyb3my14sYS57jucYa5dBXjY7WgVuaR2ggqvzOLLzMokVE&#10;RH6U4cX0EJzZjnhjgIxBvcmjHX/CeG6N9T8TpvXMp+wGnJaDSCPoGTva1F6x0/pfS2WZN+1oaC7V&#10;dlZQxrhYR9HuvM/8amX9pZRTVW5oY+XvJEEDyTIQzZOZhDJkPEajLhP+ThH5k48+hlGPphEyI6cb&#10;wPUMs5mXbkEbQ93tHg3sFWISgknxSgxp3XQgAAAdHPkTIknc6rSU4I3S7juoieEiPYCitXkcxr2S&#10;lnYSUwPimPMhFT//0/L/AGdkVu7bp8pVVJArgnPn807dirpJKb7PR/M+n23KLvV3d1SSTev8WQ7D&#10;/uW+6Y93PaOUz49scxr8VRSQC7oW6Z2mfnKr/DifOP8AyKEknRY5bhu1+pI4j/Xldz1v/nn/AM26&#10;dvofs6G+p9m3erHbfu939b0l5ykqXOfzmD+a+f8Ay3/cf6xt4fkl8/T+9/gPS4v/ADzgfY/2ht/6&#10;5sj/AK57USv7V9rH/Oj7R6Ed+N3/AAn53+auWSR6y/mtv8j/AD66O/8Alf8Aqn8x/hu51X9h/aP1&#10;H1/S2jbO3bt/k7v5W5Wa/wDmT9k/TftH7RGsbIny/wAGuaSTz8kP57/B+f8Aw2E/PL+Z/wC5/wAF&#10;sW/Z/Vd9n3+nPt9SN39rZ7VHWTHHdBSVobfxax3/AIJNNxjwUm7dp3cIKSKH/9n/7RdiUGhvdG9z&#10;aG9wIDMuMAA4QklNBCUAAAAAABAAAAAAAAAAAAAAAAAAAAAAOEJJTQQ6AAAAAADlAAAAEAAAAAEA&#10;AAAAAAtwcmludE91dHB1dAAAAAUAAAAAUHN0U2Jvb2wBAAAAAEludGVlbnVtAAAAAEludGUAAAAA&#10;Q2xybQAAAA9wcmludFNpeHRlZW5CaXRib29sAAAAAAtwcmludGVyTmFtZVRFWFQAAAABAAAAAAAP&#10;cHJpbnRQcm9vZlNldHVwT2JqYwAAAAwAUAByAG8AbwBmACAAUwBlAHQAdQBwAAAAAAAKcHJvb2ZT&#10;ZXR1cAAAAAEAAAAAQmx0bmVudW0AAAAMYnVpbHRpblByb29mAAAACXByb29mQ01ZSwA4QklNBDsA&#10;AAAAAi0AAAAQAAAAAQAAAAAAEnByaW50T3V0cHV0T3B0aW9ucwAAABcAAAAAQ3B0bmJvb2wAAAAA&#10;AENsYnJib29sAAAAAABSZ3NNYm9vbAAAAAAAQ3JuQ2Jvb2wAAAAAAENudENib29sAAAAAABMYmxz&#10;Ym9vbAAAAAAATmd0dmJvb2wAAAAAAEVtbERib29sAAAAAABJbnRyYm9vbAAAAAAAQmNrZ09iamMA&#10;AAABAAAAAAAAUkdCQwAAAAMAAAAAUmQgIGRvdWJAb+AAAAAAAAAAAABHcm4gZG91YkBv4AAAAAAA&#10;AAAAAEJsICBkb3ViQG/gAAAAAAAAAAAAQnJkVFVudEYjUmx0AAAAAAAAAAAAAAAAQmxkIFVudEYj&#10;Umx0AAAAAAAAAAAAAAAAUnNsdFVudEYjUHhsQGLAAAAAAAAAAAAKdmVjdG9yRGF0YWJvb2wBAAAA&#10;AFBnUHNlbnVtAAAAAFBnUHMAAAAAUGdQQwAAAABMZWZ0VW50RiNSbHQAAAAAAAAAAAAAAABUb3Ag&#10;VW50RiNSbHQAAAAAAAAAAAAAAABTY2wgVW50RiNQcmNAWQAAAAAAAAAAABBjcm9wV2hlblByaW50&#10;aW5nYm9vbAAAAAAOY3JvcFJlY3RCb3R0b21sb25nAAAAAAAAAAxjcm9wUmVjdExlZnRsb25nAAAA&#10;AAAAAA1jcm9wUmVjdFJpZ2h0bG9uZwAAAAAAAAALY3JvcFJlY3RUb3Bsb25nAAAAAAA4QklNA+0A&#10;AAAAABAAlgAAAAEAAQCWAAAAAQABOEJJTQQmAAAAAAAOAAAAAAAAAAAAAD+AAAA4QklNBA0AAAAA&#10;AAQAAAAeOEJJTQQZAAAAAAAEAAAAHjhCSU0D8wAAAAAACQAAAAAAAAAAAQA4QklNJxAAAAAAAAoA&#10;AQAAAAAAAAABOEJJTQP1AAAAAABIAC9mZgABAGxmZgAGAAAAAAABAC9mZgABAKGZmgAGAAAAAAAB&#10;ADIAAAABAFoAAAAGAAAAAAABADUAAAABAC0AAAAGAAAAAAABOEJJTQP4AAAAAABwAAD/////////&#10;////////////////////A+gAAAAA/////////////////////////////wPoAAAAAP//////////&#10;//////////////////8D6AAAAAD/////////////////////////////A+gAADhCSU0ECAAAAAAA&#10;EAAAAAEAAAJAAAACQAAAAAA4QklNBB4AAAAAAAQAAAAAOEJJTQQaAAAAAANVAAAABgAAAAAAAAAA&#10;AAACHAAABPsAAAAQAGYAaQByAGUALQA4ADMANgA2ADMANQBfADEAMgA4ADAAAAABAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAEAAAAAAAAAAAAABPsAAAIcAAAAAAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAAAAAA&#10;AAAAAAAAEAAAAAEAAAAAAABudWxsAAAAAgAAAAZib3VuZHNPYmpjAAAAAQAAAAAAAFJjdDEAAAAE&#10;AAAAAFRvcCBsb25nAAAAAAAAAABMZWZ0bG9uZwAAAAAAAAAAQnRvbWxvbmcAAAIcAAAAAFJnaHRs&#10;b25nAAAE+wAAAAZzbGljZXNWbExzAAAAAU9iamMAAAABAAAAAAAFc2xpY2UAAAASAAAAB3NsaWNl&#10;SURsb25nAAAAAAAAAAdncm91cElEbG9uZwAAAAAAAAAGb3JpZ2luZW51bQAAAAxFU2xpY2VPcmln&#10;aW4AAAANYXV0b0dlbmVyYXRlZAAAAABUeXBlZW51bQAAAApFU2xpY2VUeXBlAAAAAEltZyAAAAAG&#10;Ym91bmRzT2JqYwAAAAEAAAAAAABSY3QxAAAABAAAAABUb3AgbG9uZwAAAAAAAAAATGVmdGxvbmcA&#10;AAAAAAAAAEJ0b21sb25nAAACHAAAAABSZ2h0bG9uZwAABPsAAAADdXJsVEVYVAAAAAEAAAAAAABu&#10;dWxsVEVYVAAAAAEAAAAAAABNc2dlVEVYVAAAAAEAAAAAAAZhbHRUYWdURVhUAAAAAQAAAAAADmNl&#10;bGxUZXh0SXNIVE1MYm9vbAEAAAAIY2VsbFRleHRURVhUAAAAAQAAAAAACWhvcnpBbGlnbmVudW0A&#10;AAAPRVNsaWNlSG9yekFsaWduAAAAB2RlZmF1bHQAAAAJdmVydEFsaWduZW51bQAAAA9FU2xpY2VW&#10;ZXJ0QWxpZ24AAAAHZGVmYXVsdAAAAAtiZ0NvbG9yVHlwZWVudW0AAAARRVNsaWNlQkdDb2xvclR5&#10;cGUAAAAATm9uZQAAAAl0b3BPdXRzZXRsb25nAAAAAAAAAApsZWZ0T3V0c2V0bG9uZwAAAAAAAAAM&#10;Ym90dG9tT3V0c2V0bG9uZwAAAAAAAAALcmlnaHRPdXRzZXRsb25nAAAAAAA4QklNBCgAAAAAAAwA&#10;AAACP/AAAAAAAAA4QklNBBQAAAAAAAQAAAABOEJJTQQMAAAAAA53AAAAAQAAAKAAAABEAAAB4AAA&#10;f4AAAA5bABgAAf/Y/+0ADEFkb2JlX0NNAAL/7gAOQWRvYmUAZIAAAAAB/9sAhAAMCAgICQgMCQkM&#10;EQsKCxEVDwwMDxUYExMVExMYEQwMDAwMDBEMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMDAwMAQ0L&#10;Cw0ODRAODhAUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwMDAwMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAz/wAARCABEAKADASIAAhEBAxEB/90ABAAK/8QBPwAAAQUBAQEBAQEAAAAAAAAAAwABAgQF&#10;BgcICQoLAQABBQEBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAEEAQMCBAIFBwYIBQMMMwEAAhED&#10;BCESMQVBUWETInGBMgYUkaGxQiMkFVLBYjM0coLRQwclklPw4fFjczUWorKDJkSTVGRFwqN0NhfS&#10;VeJl8rOEw9N14/NGJ5SkhbSVxNTk9KW1xdXl9VZmdoaWprbG1ub2N0dXZ3eHl6e3x9fn9xEAAgIB&#10;AgQEAwQFBgcHBgU1AQACEQMhMRIEQVFhcSITBTKBkRShsUIjwVLR8DMkYuFygpJDUxVjczTxJQYW&#10;orKDByY1wtJEk1SjF2RFVTZ0ZeLys4TD03Xj80aUpIW0lcTU5PSltcXV5fVWZnaGlqa2xtbm9ic3&#10;R1dnd4eXp7fH/9oADAMBAAIRAxEAPwDiul9cvxyKLnF1R+iT2Whd1t7Adp3eR1C5Te46p3Psd9Jx&#10;MKCXLwlK6ru2oc5OMeHfsW31DO+02z6bKvKsRPxVIxOnHmlCeFLECIoMEpGRJO5YwUoU9spxWfgi&#10;tpHCcD7kUVhQcQTA4CVppiklCkBKSGMKVVZtsDOx5PkOUo0VmhoqpNh0Nmg8mjn/ADnISNBfCNnX&#10;Yalv9HqNvUq2scK9HOdZx6bAP0tn+Yuv6Z9cacms9KpJxWU6YT3mDY0fSZv/AME9302MXP4HQxXj&#10;utyM2ml2XSP0QcC9rCRZtcG7vpNVnpPQ+j3dTxq33+qz1G7gAQCAZ5WfzIwZBIzuQgLjwi/VHr/W&#10;dHDHJGEQBGieMiR1+j12Z1LofWultqzsd7LWiGPtq9Vju0sePf7v3vYsn6v0VdHz3HGoOViW/Tq0&#10;Fjf5VPrbd/8Axa7TMo6dXTZlP2+hVo3zPDWLznrXXMgZR+zWBgB5AWdyl5YzxQiY4zvGUuLH/g8P&#10;qZYnHwmRB06/pDi3jF77JxsO39dqDi6AHt1Y4R9HfX7Xbli5nUXtdsYPgFzFP1r6m0NbZk7ewdAk&#10;f+YolXXMnMyhTZSN7D7rWfRI7Oj+UnY/h+SBuZE4j5dflH+Evx5IUBxE9Be7v12W28ySeGharW1Y&#10;WLXU4D7RdrtGpCD09lGLjHLzHCivkud9IjwY1YuV/jDx25b29Mw2yPaMq/3Ontsr/wAG1QHHkzzM&#10;MUCYQPqIPDHi/vJyZBEgHv8Ai//Q8w0SlSZW95AALieABqSr2N0XqF8CvGeXHiRGnwTZSjHcgMkY&#10;Tl8sSfJz0tRqdB4rWPQeq1vDH4j4J5hbXRvqznOLrDitaY9tlw3Fvmxp9qiyczihHiMhXmGbHyuS&#10;Rogx8wXkQ2wjQGPFS9N0SSY8ey3+r0YWFa6q15yMrgsGjQVhONuTc1nJcYDWjQBOx5OMcQFR3tbl&#10;wjGeG+KW1D9qMgHRsucdBCtYvRep5MejjvcD3jRehfVr6nYbIttYLHADnVdvi9KoqYNrAPKFnZvi&#10;wEzjw4zlkNztFmPK48Y/WyPF+7D/AL58ao+ovXrRJrDB5lLI+pnVsZkuAd5Nle1ZP2XDqNt5AA7L&#10;iet/W7FeXUYhYSOY1/IosfxDnZ5eD246fPX6H96TNh5fBkFiBEf3zL8nzZ/T8lloqewtJMSRx4lS&#10;sIc/aNGj2geQWx1DqL5ebQHOe32x4d+VnYeJdku/Q1m15MNY3U6fScQtMZCRxToUxZMMIS4MZMid&#10;73pjj05F9oFDS586Fumq7Do/R34dX27reYMXGr1cJAJ/k7m+5H6R9XvsGA/qHUbBjV1N3PLtAB+7&#10;/WXF9X6lf1HLda9zjS0n0K3fmt7HZ++5VeM81KUMchGENJ5AOI/3ccvl4mTTDHiJJmf0b/N3/rJ9&#10;c/2kWYuEw0dOx/5pp0c8/wCls/d/kMXO733u01KqSZgcnt3W/wDV7Frpbk5VrRffj1h7KT9BskN3&#10;W/vbfpqYYsfL4qgNth1kT3Y8cp5pcO0evgz6Z9W8vLb6lxGPjcusfpI/krepd0vp1YZis9Q1fnu7&#10;/wAqFk5XVL74rdZu7knRvmdo/NWTl9TfuipxG3gHn+s7+U//AKH82oDjyZT6zp+5HSP+E2hPFhFg&#10;eHF1b/X+v35uQaS47G6QOPgFkVhotFjNGwefHzQjlbne8CT3S9bUEaKzDEIREYjhFU1ZZhOXETdH&#10;T+q//9Hl+jdIdZaNIXoPR+n4tFYEAGZJ8VQwemih/ubEFajr/TEOHtHBGhC5rnuZllPDA6O/HEIR&#10;4Yus4YOz3NbIWH1vrONiUPbVAcRAhc59Yet52PLsX9LWOSzlv9ev6TVx+T1nNyjNj5CfyvwuU+Gc&#10;yOEfo/8AfNec4YTUjKUtwOiZ+Hl9V6q3GxGerlZb9rB+LnOP5rK2+960vrDj9O6P089J6ZUMi9r2&#10;Oz+oES6yxnvbTj/6PFZZ+7/Oqr9W+t3dOzzbWGerZWa2l/EEguYP3fUhdx0XO6N9Y68zEv6eKcmo&#10;NLwCHAh25u+p3te3btV7ms2TDKMpQMsGIAngl+lfzTj+7H9BijCE4ynesyRt8rvfVWyvM6fRk1wW&#10;3Vtd849y2cPNoycu3EYdtmP9IeI43Bc/9UqX9N39Ne4uo3F2M49v36/+/I31guf0XrWN1hrP1Xb6&#10;OYWjQMJGyx39RUeXAhI5IeqHvUa+acJ/rMcf+b/4arNjM8soS+eUOLH24g8z/jVr+sdNrLg0fsaI&#10;NtZ4d+5kf6Pd/gvzLHrgKbqnn2sDf3yef3Wr3T62ZPTn/VPOsy5OJkVCvexosg3FtVOQxm5vqNqs&#10;sZf7XfmLy7B/xeXX9RzOivzhT1WisX40snHyKnD9G9l+71W/yv0XsWtD2YREYGoyqcSBL1e6ev7z&#10;BDJkoEixG41p6eD93/u3notybqcZhD7LHQwDtOnu/e9y2c61vQnV4OIS29gD7bO5J8VndCqsxvrD&#10;TTkMLLqbTXax3LXs9j2O/qOC6b6/dDteGdaw27trAzJYOYH0bW/1fzlHmyxjzGLDP5JxkR+6cn6M&#10;S2MZkcc8gFzvh/rcMezyvVerdY6oWjMvdZVXrXU32saf3tjfpP8A5b1n+lb4fepUerbYGVAveeAN&#10;VZOPl7tkGfJWRw4wIxEYgdB6WqRx+o8Rv6rYuHXX+lybdng1urj/AOQV7E6zRh2Gple3GeC2wckg&#10;/nPd+esnIbbS/bYCDzCrudJ5ROMT1kbB+xIzHHpCPDW97/V1M1xqJbW7cx0OpdpBYf8AyKz36+4u&#10;glKq+wM9LR1cyGnsf3mH81CfztH3J0IcOn4rMmTi1/5vZcmOdUm2FumsKGvbt2THTun0xXT/AP/S&#10;57p/+MTKpoZVm4wyXVjaLWu2kj+U0/nK5f8A4wMTIpIbS+p8cO/8kFwYgfFSAfIMcqnL4fyplxe3&#10;Ru9Ca/xW3Dns8eol/eDq5PV2XWGz3tJ7h0oFt9No3P1dxuiD84VKCBLlEEj6KsDFEbaLJczklfFR&#10;vwbJbI8h961ehdes6TnNzBL5bssbOpasX1XnQj4IjK7He4D2+KGTHGcTGdGMhR+qseSUZXDd9Ew/&#10;8Y3THZLHWNsoaHDVwkc+S9Nuqpyaw14D67Gg+IIIXzhWIsAPPcHj4LuMX/Gf1HG6BX0tlI+244Yz&#10;HzSQR6dbmnZdSW+5/os9Hc1yp/ccWOM444XGYHFA6xuHy/8ASZJzll4ZEiMomrHp9P8A6C9l1P6m&#10;5Oc2nDdmP/ZVTxY3EbDWgj+qN2z/AIPdsRxiC762VZ9TfZiY7MRrhwdpfY//ADfU2Kj9Xv8AGb0H&#10;qlbaOpub07M4c20/oXH96q/6P9mxdKeo9KrZ6leTjNB+i91jdv5VBkwmNCOXgjpxQyn9aIj9DEP0&#10;v9px5P76hlyG+KPGaIBiPTc/mnLhfN+qdIx3fXPqmQBtDcgPY4HQvdXW63/wTeuwx8cX4oY8bmub&#10;BBQ8PoP1YOZbmfbasnJvebLXixhLnuO5xhrl0FeNjtaBW5pHaCCq/M4svMyiRUREfpThxfQQnNmO&#10;eGOAjEG9yaMdf8J4bo31PxOm9cyn7AacloNII+gZO9rUXrHT+l9LZZk37WhoLtV2VlDGuFhH0e68&#10;z/xqZf2llFNVbmhj5e8kQQPJMhDNk5mEMmQ8RqMuE/5OEfmTjz6GUY+mETIjpxvA9QyzmZduQRtD&#10;3e0eDewVYhKCSfFKDGnddCAAAB0c+RMiSdzqtJTgjdLuO6iJ4SI9gKK1eRzGvZKWdhJTA+KY8yEV&#10;P//T8v8AZ2RW7tunylVUkCuCc+fzTt2Kukkpvs9H8z6fbcou9Xd3VJJN6/xZDsP+5b7pj3c9o5TP&#10;j2xzGvxVFJALuhbpnaZ+cqv8OJ84/wDIoSSdFjluG7X6kjiP9eV3PW/+ef8Azbp2+h+zob6n2bd6&#10;sdt+73f1vSXnKSpc5/OYP5r5/wDLf9x/rG3h+SXz9P73+A9Li/8APOB9j/aG3/rmyP8ArntRK/tX&#10;2sf86PtHoR343f8ACfnf5q5ZJHrL+a2/yP8APro7/wCV/wCqfzH+G7nVf2H9o/UfX9LaNs7du3+T&#10;u/lblZr/AOZP2T9N+0ftEaxsifL/AAa5pJPPyQ/nv8H5/wDDYT88v5n/ALn/AAWxb9n9V32ff6c+&#10;31I3f2tntUdZMcd0FJWht/FrHf8Agk03GPBSbt2ndwgpIof/2QA4QklNBCEAAAAAAF0AAAABAQAA&#10;AA8AQQBkAG8AYgBlACAAUABoAG8AdABvAHMAaABvAHAAAAAXAEEAZABvAGIAZQAgAFAAaABvAHQA&#10;bwBzAGgAbwBwACAAQwBDACAAMgAwADEANQAAAAEAOEJJTQQGAAAAAAAHAAQAAAABAQD/4Q4MaHR0&#10;cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLwA8P3hwYWNrZXQgYmVnaW49Iu+7vyIgaWQ9Ilc1TTBN&#10;cENlaGlIenJlU3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5zOng9ImFkb2JlOm5zOm1ldGEv&#10;IiB4OnhtcHRrPSJBZG9iZSBYTVAgQ29yZSA1LjYtYzA2NyA3OS4xNTc3NDcsIDIwMTUvMDMvMzAt&#10;MjM6NDA6NDIgICAgICAgICI+IDxyZGY6UkRGIHhtbG5zOnJkZj0iaHR0cDovL3d3dy53My5vcmcv&#10;MTk5OS8wMi8yMi1yZGYtc3ludGF4LW5zIyI+IDxyZGY6RGVzY3JpcHRpb24gcmRmOmFib3V0PSIi&#10;IHhtbG5zOnhtcD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wLyIgeG1sbnM6ZGM9Imh0dHA6&#10;Ly9wdXJsLm9yZy9kYy9lbGVtZW50cy8xLjEvIiB4bWxuczpwaG90b3Nob3A9Imh0dHA6Ly9ucy5h&#10;ZG9iZS5jb20vcGhvdG9zaG9wLzEuMC8iIHhtbG5zOnhtcE1NPSJodHRwOi8vbnMuYWRvYmUuY29t&#10;L3hhcC8xLjAvbW0vIiB4bWxuczpzdEV2dD0iaHR0cDovL25zLmFkb2JlLmNvbS94YXAvMS4wL3NU&#10;eXBlL1Jlc291cmNlRXZlbnQjIiB4bXA6Q3JlYXRvclRvb2w9IkFkb2JlIFBob3Rvc2hvcCBDQyAy&#10;MDE1IChXaW5kb3dzKSIgeG1wOkNyZWF0ZURhdGU9IjIwMTUtMDktMDJUMDk6MzI6MDktMDc6MDAi&#10;IHhtcDpNb2RpZnlEYXRlPSIyMDE1LTA5LTA0VDA4OjU5OjA2LTA3OjAwIiB4bXA6TWV0YWRhdGFE&#10;YXRlPSIyMDE1LTA5LTA0VDA4OjU5OjA2LTA3OjAwIiBkYzpmb3JtYXQ9ImltYWdlL2pwZWciIHBo&#10;b3Rvc2hvcDpDb2xvck1vZGU9IjQiIHBob3Rvc2hvcDpJQ0NQcm9maWxlPSJVLlMuIFdlYiBDb2F0&#10;ZWQgKFNXT1ApIHYyIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOjZmOWU3ZThlLTIyMTEtZDU0&#10;Ny1iMDljLTBiMDQ2ZGIwYzU3YyIgeG1wTU06RG9jdW1lbnRJRD0iYWRvYmU6ZG9jaWQ6cGhvdG9z&#10;aG9wOmQ3NWZmZTk4LTUzMWQtMTFlNS1hZGVlLWZjMGNjMmQ3YjI2MCIgeG1wTU06T3JpZ2luYWxE&#10;b2N1bWVudElEPSJ4bXAuZGlkOjc5ZTBmMmYwLTMzODEtMGI0NC1hYjYwLTBhNGQ0OTg2ZTY3YyI+&#10;IDx4bXBNTTpIaXN0b3J5PiA8cmRmOlNlcT4gPHJkZjpsaSBzdEV2dDphY3Rpb249ImNyZWF0ZWQi&#10;IHN0RXZ0Omluc3RhbmNlSUQ9InhtcC5paWQ6NzllMGYyZjAtMzM4MS0wYjQ0LWFiNjAtMGE0ZDQ5&#10;ODZlNjdjIiBzdEV2dDp3aGVuPSIyMDE1LTA5LTAyVDA5OjMyOjA5LTA3OjAwIiBzdEV2dDpzb2Z0&#10;d2FyZUFnZW50PSJBZG9iZSBQaG90b3Nob3AgQ0MgMjAxNSAoV2luZG93cykiLz4gPHJkZjpsaSBz&#10;dEV2dDphY3Rpb249InNhdmVkIiBzdEV2dDppbnN0YW5jZUlEPSJ4bXAuaWlkOjZmOWU3ZThlLTIy&#10;MTEtZDU0Ny1iMDljLTBiMDQ2ZGIwYzU3YyIgc3RFdnQ6d2hlbj0iMjAxNS0wOS0wNFQwODo1OTow&#10;Ni0wNzowMCIgc3RFdnQ6c29mdHdhcmVBZ2VudD0iQWRvYmUgUGhvdG9zaG9wIENDIDIwMTUgKFdp&#10;bmRvd3MpIiBzdEV2dDpjaGFuZ2VkPSIvIi8+IDwvcmRmOlNlcT4gPC94bXBNTTpIaXN0b3J5PiA8&#10;L3JkZjpEZXNjcmlwdGlvbj4gPC9yZGY6UkRGPiA8L3g6eG1wbWV0YT4gICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAg&#10;ICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICAgICA8P3hwYWNrZXQgZW5kPSJ3Ij8+&#10;/+L/4klDQ19QUk9GSUxFAAEJAAiAcEFEQkUCEAAAcHJ0ckNNWUtMYWIgB9AABwAaAAUAKQA1YWNz&#10;cEFQUEwAAAAAQURCRQAAAAAAAAAAAAAAAAAAAAEAAPbWAAEAAAAA0y1BREJFAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAKZGVzYwAAAPwAAAB0Y3BydAAAAXAA&#10;AAArd3RwdAAAAZwAAAAUQTJCMAAAAbAAAKIGQTJCMgAAAbAAAKIGQTJCMQAAo7gAAKIGQjJBMAAB&#10;RcAAAji0QjJBMQADfnQAAji0QjJBMgAFtygAAji0Z2FtdAAH79wAAJCRZGVzYwAAAAAAAAAaVS5T&#10;LiBXZWIgQ29hdGVkIChTV09QKSB2MgAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAB0ZXh0AAAAAENvcHly&#10;aWdodCAyMDAwIEFkb2JlIFN5c3RlbXMsIEluYy4AAFhZWiAAAAAAAAC1WgAAvGcAAJIwbWZ0MgAA&#10;AAAEAwkAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAAAAAAAQAAAQAAAgAAAiQEHQXaB2kI&#10;2Qo2C4UMxw3/DzEQXhGLErcT4hULFjIXVxh5GZgatRvSHO8eJR9ZIIchsiLaI/8lIyZEJ2Yohimn&#10;Kscr6C0ILigvSDBpMYkypjPCNN41+zcYODU5UTptO4k8pT3CPt4/+EERQilDQkRcRXVGj0epSMNJ&#10;3Ur3TBJNLE5DT1lQb1GGUpxTslTJVd9W9lgNWSNaOltRXGZdeF6KX5tgrWG+Ys9j4GTxZgJnEmgj&#10;aTNqQmtSbF5tZ25xb3pwg3GMcpRznHSjdap2sXe3eL15w3rIe818zn3Nfsx/y4DJgceCxYPChL+F&#10;u4a3h7OIrompiqSLnoyYjZGOho97kHCRZJJYk0yUQJUzliaXGZgMmP+Z8prkm9acyJ27nq2fn6CO&#10;oXyiaqNXpEWlM6Ygpw6n/KjqqdeqxauzrKGtj659r2uwWbFHsjazJLQStQC17bbat8i4tbmjupC7&#10;frxrvVm+R781wCLBEMH+wuzD2sTHxbXGo8eRyH7JbMpZy0TMLs0YzgHO68/V0L7Rp9KQ03nUYdVJ&#10;1jHXGNgA2ObZzdqy25jcfd1i3kffLOAQ4PTh2OK7457ke+VX5jPnDufo6MHpmupx60jsHezw7cPu&#10;lu928FXxM/IP8urzw/Sc9XP2Sfce9/P4xvmV+mH7Kfvr/Kf9XP4L/rT/Wv//AAAB6AOnBSwGhAe/&#10;COcKBAsWDBwNHg4cDxkQFxEUEhATCxQEFPwV8xbmF9gYzBnWGt4b4RzhHd8e2x/WINEhyyLEI74k&#10;uCWzJq4nqiimKaIqoCueLJ0tmi6VL5EwjTGJMoYzgzSBNX82fzd/OIA5gjp/O348fD18Pnw/fUB/&#10;QYJChUOJRI1FkkaYR5pIm0mdSp9Lo0ymTapOr0+0ULpRwFLHU85U1VXXVtlX21jeWeBa41vnXOpd&#10;7V7xX/Vg+GH8YwBkA2UBZf9m/Gf6aPhp9Wrza/Bs7m3rbuhv5XDhcd5y2nPWdM11w3a5d694pXmb&#10;epB7hXx6fW9+ZH9YgE2BQYI1gymEHIUQhf6G7YfbiMqJuIqmi5WMg41xjmCPTpA9kSySG5MKk/qU&#10;6ZXZlsmXupinmZOagJttnFqdSJ42nyWgFKEEofWi5qPYpMqlvaaxp6aom6mRqoerf6x3rW+uZ69g&#10;sFqxVLJPs0y0SbVGtkW3RLhFuUa6SLtKvE69Ur5Xv13AY8FqwnLDe8SExYrGkMeWyJ3Jpcqty7bM&#10;v83IztLP3NDm0fHS+9QG1RLWHtcq2DfZRNpR217ca9153obflOCc4aLiqOOt5LLltua6573owOnD&#10;6tTr5ez17gTvEvAg8SzyOPND9E71WfZj92r4bvlv+mz7ZPxW/UT+L/8X//8AAAIFA9gFaAbGCAYJ&#10;MgpSC2UMcg14DnoPehB6EXkSdRNwFGgVXhZSF0UYNxkpGjQbPRxAHT8eOh80ICwhIyIZIw8kBCT5&#10;Je4m4yfYKMwpwSq2K6ssny2TLocvfDBwMWQyWTNNNEE1NjYrNyE4FjkLOgA69jvtPOM92z7TP8tA&#10;xEG9QrdDskSsRaZGoUecSJdJlEqQS45Mi02KTolPiFCIUYlSiFOIVIhViFaJV4pYi1mNWo9bkVyT&#10;XZZemF+bYJ1hn2KgY6Fko2WkZqZnp2ioaalqqmuqbKttq26rb6twqXGocqVzo3SgdZ12mXeVeJF5&#10;jHqHe4J8fH12fm9/aYBhgVqCUYNIhD6FNYYrhyGIF4kMigKK94vtjOKN2I7Nj8OQuZGvkqWTnJSS&#10;lYmWgJd4mHCZappjm16cWZ1VnlKfUKBPoU+iUKNSpFWlWaZfp2aobql4qoKrjqycrauuu6/MsN+x&#10;87MJtCC1OLZRt2y4h7mkusK74b0BviG/Q8BlwYfCqsPOxPHGFcc5yF7Jgsqmy8rM7c4QzzLQVNF0&#10;0pTTstTP1evXBtge2TbaTNth3HTdh96Y36fgs+G+4sfjzeTR5dLm0OfM6MTpuuqs65vsh+1v7ljv&#10;XPBb8VbyTPM99Cr1EvX29tb3s/iN+WL6L/r0+7H8Zv0R/bP+Tf7h/3H//wAAAdkDjQUJBlQHfwiW&#10;CaEKpAufDJMNgg5wD18QTBE3EiETCRPwFNYVuxafF4MYgRl9GnQbZhxVHUEeLB8XIAAg6iHTIr0j&#10;piSQJXomZCdOKDkpJSoQKv0r6izXLcQusS+eMIwxeTJnM1U0RDUyNiI3ETgBOPE54jrTO8Q8tT2m&#10;Ppg/ikB9QW9CYkNVRElFPEYwRyNIF0kLSf9K80voTNxN0E7FT7lQrVGhUpVTiFR6VW1WX1dRWENZ&#10;NVomWxhcCVz6Xete3F/MYL1hrGKbY4lkeGVmZlRnQmgwaR5qC2r4a+Vs0m2+bqpvlnCCcWxyVnNA&#10;dCl1EnX7duR3zXi2eZ56hntufFZ9Pn4lfw1/9IDbgcKCqIONhHKFV4Y7hyCIBYjqic+Ks4uYjH2N&#10;Yo5Hjy2QEpD4kd6SxJOqlJGVeJZgl0eYL5kYmgGa6pvUnL+dqp6Wn4OgcaFfok+jP6QwpSKmFacI&#10;p/2o86nqquKr26zVrdCuy6/HsMSxwrLBs8G0wrXFtsi3zbjTudu647vtvPi+BL8RwCDBMMJAw1LE&#10;ZsV6xo/Hpsi+ydbK8cwMzSrOR89j0IDRn9K/0+DVA9Yn10zYc9mb2sTb790a3kbfc+Ch4c/jAuRN&#10;5Znm5+g26Ybq2Owr7YDu1/Ax8ZDy7/RN9ar3BPha+av69vw6/Xv+u////wCAAIAA5bR/zX9UzD9/&#10;pX7Dsox/lH5pmH9/nn5MfeN/wX5jYkF//n6SRGGAf38FH2SB/oAc/Lh+dIt55A9+V4myytt+T4gU&#10;sT5+XIa0ly9+goWbfJN+voS6YOl/D4P0QwB/loN4HaKA5IPf+qN9JZcI4kh9HJQxyVh9JZF6r859&#10;S48eldZ9ho0Ne05914s8X7R+N4mJQct+wIgtHAR/z4gR+L98F6Kw4IJ8F57Jx7J8K5sUrkV8W5ej&#10;lHN8q5Smeg59DJHmXpV9d49PQLZ9/40tGox+xIvJ9wl7R6513tp7RKl6xht7XaTErNJ7lqBmkxB7&#10;6pxaeNp8W5i7XYh8z5VNP7l9UpKLGTx9xo7w9YV6qrpd3Vl6n7RIxKd6s66Lq3x68Kk9keJ7TKRO&#10;d7J7wJ+6XIt8PZuPPtN8vJh2GBd825BJ9Dh6L8Zy3A16G787w2J6J7hzqk16ZLI2kN96yaxxdtJ7&#10;RKcQW657wKIwPgx8O58PFxx8B4+g8x150dLI2vF5tMphwkl5uMKNqT958Lthj+d6WbTOdgZ63a7G&#10;WwZ7XqmHPWN70KTTFkl7Uo8R8ip5jN+E2f15ZtXTwVV5YMzuqFZ5lMTijxN5/r2SdUt6hrcHWml7&#10;DLHcPNp7eqklFZ56yI6d7e2JE34r1n6IAH2xvs2HBX1XprWGMH0zjhqFhH1IdNCE/H2MWmuEm33o&#10;PY6En36LGIuGeoAB68mHrokI1QCGo4d9vY2FuYYhpX6E+IUDjNCEZIQqc32D9IOIWQ+DqIMHPDmD&#10;uILgFvmFd4QD6fuGcJP401OFd5F1vBCEnI8ZpBSD9Y0Ti4mDdYtWclWDF4nVV/+C2Ih8OyyC64eU&#10;FYiEe4eo6FKFc5740bKEg5uBun+Dspg7oqGDDpU6ijiCoJKhcSmCUJBDVveCG44cOjSCLoyWFDiD&#10;iYrJ5siEqqoY0DKDu6WtuQaC8aGCoT+CVZ2kiO6B45oScAuBo5bnVgKBdZP/OVOBhpIMExWCmozn&#10;5WOEDLViztaDHbADt7WCUqrqoAWBuaYuh9WBTqHGbv2BCZ28VR+A45ozOImA85g4Eh+BvIxB5C+D&#10;i8DazayCnLqCtpKBzrR6nvSBNq7fhuiA06mwbjGAk6TtVFyAZaDYN92AdJ5YEVSBA4u34ymDJMyV&#10;zK+CNsU7tZiBZb5DngOAyrfLhgmAabHdbXeAM6yNU8aACKhWN02ACqNcEK6AbItH4k6C0Ni7y9qB&#10;5tBOtMSBE8hhnTWAdMEUhU6AErp6bNV/37TNUzx/urBINtF/vKUQECp/9Iru3TySYXyYx2uQenxD&#10;sVaOsnwQmseNGnwRg5eLt3xJa56KgnyxUnWJiH0yNo6JJ34BETKL1n/e20aRLYbLxgWPQoWEsCqN&#10;g4RvmbKL/IOQgoOKrYLyaoyJjYKIUV6Io4JANXqISYJgEASKmIOG2bOQAJEkxJ2OIo7trv2MY4zf&#10;mICK8YsmgVWJs4myaWqIpoh8UEqHy4d2NHaHeYcFDvqJVoa72EePCJuSwy6NMph7rYGLhpWXlx6K&#10;E5L9gBeI6JC+aFOH5o68T1uHE4z/M52GwowdDhSIKImE1umOSqYVwdGMeKImrCSK1J5zldKJaJsK&#10;fuaIMpfqZ0uHPpUtTn2Gb5LMMtmGHJHBDU6HJYj/1aeNsbDHwJuL4qwAqvaKPqd3lLSI1qNBfeKH&#10;pJ9cZliGp5vaTbWF3Zj5MiyFipfyDKiGS4iP1JCNM7ulv5KLZ7YFqfKJwrCmk76IW6ukfQqHMKcI&#10;ZZ6GNqLnTQyFX5+vMZ2FC50/DB6Fl4gx06OMy8bHvrOLA8BJqRaJXroUkueH9LRJfEKGzK8EZPaF&#10;3Kp3TIeFBadlMSSEoqE6C66FBIfm0uCMctJXvfuKsMrxqF2JDcPhkjGHo71Te52Gerd8ZGmFi7LH&#10;TA2Eva5nMLeEXKDwC1WEjoepzPub8ntbuJOZR3sho/aWuHsJjt6UYHsmeRWSRXt4YmmQZXv5SnKO&#10;2nyTL2OONX1+Cn6QH3/Ayzqa4oT9t2aYI4PnowGVmYL8jfqTTYJLeCuRQ4HYYXyPdYGaSX6N94GB&#10;LnmNV4HjCc+Om4MIydOZ346tthyXJYzCoeWUmIr4jOGSW4mJdyGQXohUYIOOnodeSJiNKoagLaeM&#10;jIadCTWNR4XoyKiY55iOtOOWPZXOoKeTvZM0i7uRcpDtdgOPho7/X3+N0o1SR7GMZov7LN6LzIvN&#10;CK+MH4Xfx3yYLKKGs8aVhJ76n3uTC5usioSQ0piqdOyO2ZX0Xo+NMZOgRu6LxZHELDuLJ5G+CDyL&#10;IYWRxl+Xm6ylsrKU9ahZnmySfqRKiYSQSqCNdAGOU50jXbiMnZonRkGLNJf3K66KlJc7B9uKTIVQ&#10;xWaXJrbsscmUgLHenYmSCK0OiKqP1aiac0CN5aSPXROMMKETRbGKtJ7TKzqKEpvIB4uJm4UaxJKW&#10;w8F4sQeUHrulnMmRp7YWh+6PcrDuco+NhaxVXH2L2qiZRT6KXKZBKtmJqJz5B0qJC4Tuw+KWbsx5&#10;sGeTysXYnCiRVr+Fh06PI7mzcf6NNrSqXAOLjbETRNWKGqxCKnyJaZy6BxaImYTLvT+l0Hp6qhyi&#10;aHpNltGfHHpFgxScCHpybp2ZOHrUWSyWsntkQlOUonwKJ/OT83z9BKqTf3+mu7Ok4oOUqSqhWoKc&#10;lhWeCoHQgmCa/YE+bduYOoDrWGOVwoDOQYKTvIDbJzSTC4F1BGiSA4Kauoij64zCqBegaIsBlSSd&#10;FYlugWuaF4gpbPGXXYcnV4qU74ZmQLyS7oXoJo6SOIZbBC+QtILUuXyjG5X1pv2fo5N6k/+cWZE5&#10;gF+ZTo8za/WWnY2RVq2UNIwxQAKSNIs5JfmRd4vZA/2PkoKyuJaiVZ9opgqe6Zwzkv6bqpk/f1aY&#10;ppaLawSV2JQuVdmTfJI/P1KRfpDsJW6Qv5FWA9OOmYKWt6OhyKkCpTWeVaUVki6bEaFrfoKYEZ4Z&#10;ajmVVpsiVSKS65isPsOQ7Jc/JQGQJ5YLA6+NyIJ9tsuhV7K9pG2d4a4ekWyananGfcqXoKXRaZaU&#10;66JSVJaSgJ+DPk+QbJ5UJKyPoJjMA5GNGoJptg+g/ry2o8adgrdhkMqaPbJcfSyXP63MaQGUjqng&#10;VBeSLacNPe+QEqTDJGWPMJibA3mMjYJZtXGgr8csozydLcEXkEGZ6rtffKWW8LY/aIiUQLISU7OR&#10;4K9HPZuP0qmoJB+O9JhsA2WMHYJMrh6v/nnknCmr3nm2ihCn3nmyd4qkF3nmZEegmHpQT/mdc3rm&#10;Oh+a9nuNICmamHxxAACV03/KrM6vKIKDm2iq5IGZiX6m2oDgdvujE4BjY6ifm4AmT1Ocf4AjOXSa&#10;BYBMH6GZloEXAACUjoAAq9+uPYsumoqp/omNiL2l7YgadjGiMIb7YuSevIYgTp+bpoWOONWZLIVL&#10;Hy6Yq4ZGAACTcIAAqxKtapPnmaqpN5Gah8ylMI+EdVChaI29YhKd/IxRTeia6Is4OEGYaoqiHsqX&#10;14uzAACSeIAAqkGsypy0mNqomJnChvOklJcXdHWgz5TAYU2dS5KwTUKaPZEoN7+XuJBrHnWXFJBh&#10;AAuRkoAHqZCsLKXMmC+n/KIxhkij+Z7ic8qgNZvvYKqcsplcTK+Zj5drN02XCpblHiiWX5RYABuQ&#10;xIASqOKrua8Dl6Knfaq4hcKjcqbDc0CfrKNDYCmcNqBPTEGZHJ47NvaWgJ19HfOVyJRAACiQGYAb&#10;qEKrYbh0lxmnG7N7hUOjDa7ncsifSKrkX7ub1qepS+GYxaXjNrCWI6LrHcyVT5QmADOPj4Aip7mr&#10;FcJelqamxLyrhNaitrdxcmKe9rL6X2Obhq+6S5yYda0fNnuV3aTWHaeVCZQNADyPIIAon7C6hHl0&#10;jtW1q3k6fdGw/HkybGSsi3lnWjioZHnURu+krnpqMeuh5nsHF/Cicnu+AACRKIAAnqa5toGkjkK0&#10;woC9fWKwBYANa/OrjH+eWbinZH9yRmyjrn+DMWyg3n/BF7ChO4C6AACQboAAnfe4y4nVjZqz3ohJ&#10;fM+vGobua1Wqo4XtWR6meoU0ReGixoTMMPqf7ITEF4GgHIYEAACPy4AAnWi385IQjPizD4/nfBqu&#10;Uo37aqqpzoxjWH2lq4stRVmh9opXMJWfE4osF1yfHIqwAACPPoAAnNW3RpppjGKyYZeme3utppU0&#10;agapJJMYV+2k8JFdROGhP5A1MD6eUpAqFz6eNo64AACOxIAAnDu2v6Lui9mx0Z+SevqtD5yPaYuo&#10;j5n4V3mkWpfWRH2gkpZwL/idnpakFyedZ4+oAACOXoAAm8i2Nqugi3CxRKelepisgqQTaS+oBKEF&#10;VyWj1J6XRDmgCJ1JL8Sc8JwnFxWcqI+bAACOCoAAm0q117SMiyKw1K/belesA6uraOmneagxVt+j&#10;S6WwQ/yflaSeL5ychqAxFxWcF4+bAACNxYAAmtm1hr3risuwdLiDeg6robO2aKynG6/jVrKi762g&#10;Q9+fOKqnL5GcL6ApFx+bto+iAACNjoAAkfPFY3kYgh+/0njLcha6fHi5YaO1aXjqUHGwp3lTPgus&#10;c3nkKaaplnpqD2arWXsLAACNQ4AAkTfEi4Dmgba+83/4ccK5kH9KYUq0bX7iUA2vnn7EPa2rX37l&#10;KV2oZn8yD4Wpw4BEAACM/oAAkM3DkoiogUe+CIcncV64noXcYNuzdYTzT6Gun4RZPVKqWoQZKSOn&#10;SoROD6+oT4TuAACMwYAAkIHCqZBrgOi9I45fcOm3vIyVYGuyhosmTzqtsoolPQCpaomTKPamSInj&#10;D9qnBIkCAACMjIAAkCzB6JhPgJS8W5W1cJK28JN0YAuxu5GVTuis1pAmPMOoko9pKNelY5AbEASl&#10;4YrUAACMXoAAj8fBUKBigEK7tZ03cE22QJpzX8+xCZgsTq6sJpZxPJWn0JWyKMKklpW8ECuk44ru&#10;AACMOIAAj2bA1aiUf/y7KqTQcBa1qqGHX6Kwb57fTomrk50HPH2nOpysKLij4JpuEE6kBosGAACM&#10;GYAAjybAUbD1f8y6oayTb/a1H6jLX42v46XYTnerCaQaPG+mvKL/KLOjU5uFEGyjRIsbAACL/4AA&#10;jtS/8LnJf666LbSbb+20m7AtX4evUaz6TnuqcKtcPICmIKf1KNyiyJugELCiuItIAACL64AAhLTQ&#10;n3jzddfKWXiDZq7Eb3hbVxG+1nh9RrO5k3jaNQe1CHlYIPayd3muB+uy2XtFAACJ+YAAhGLPn4Bu&#10;dZvJfn9nZnDDjH6tVs691n5ERnG4dH4pNNmzzH5QIPaw/n6fCGew6n/nAACKFoAAhErOhYfFdW/I&#10;fIZBZkPChYT6Vpm8vYQhRj+3S4OeNL6ykYOBIQuvlYP4COavKIP+AACKL4AAhEbNfI8WdV/HbI0Z&#10;ZiDBcotnVna7m4oaRiS2KIlINLWxZoj+ISyuSYnkCV2tm4ZVAACKRYAAhDnMmJaFdVjGeJQHZh3A&#10;cJHwVmq6l5BJRiG1FY8kNMSwVY7fIVqtII97CcysQoagAACKWIAAhB3L1J4hdVDFpJsaZii/jpiQ&#10;VoO5r5aZRji0L5VLNOOvXZVKIZKsGJRACjSrG4bmAACKaIAAg/7LLKXPdUrE76I5Zje+zJ87VqG4&#10;6Zz9Rlyzbpu5NQ6umputIc2rMpbbCpGqH4clAACKdYAAg9zKmq2mdUXEVKl2Zkq+KKYBVsK4PaOO&#10;RoSywqKhNT2t+KDpIgqqgpcECuepT4dfAACKgIAAg77KErXFdUXDxbDqZmS9k6zyVvK3o6pmRsKy&#10;JajfNYitVqQyImWp25dBC0eosIegAACKiIAA8oZ7RnmK2vd7nHmlwv179nnRqn18WHockXB8w3qK&#10;d7t9O3sWXPZ9w3uqP9Z+eHxcGxZ/0X0P8Fx5kITv2Tp6B4PowXF6gIMEqRV6/oJOkB17hYHIdnl8&#10;F4FkW7p8soEKPpd9Z4DUGXV+X4Db7mp4JpB012h4rI5Rv9d5N4xRp5J5zIqfjrx6aYkldTd7EYfV&#10;WpF7uoaVPXZ8a4WJF/Z874UY7Jh2+JwG1Z93hZjTviB4GpXRpgF4vJMNjVJ5b5Cmc/V6J45rWXV6&#10;24xNPGx7hYqCFpp7iIjf6vB2Baej1AB2k6NsvIp3LZ9vpIV315u5i+94kZhGcr55WpUsWGd6F5I5&#10;O3V6t4/VFWR6V4wU6YJ1S7NS0pl11a4iuyl2bKkoozV3GaR+ir132qAicZh4p5wTV2x5a5hmOpZ6&#10;ApWuFFZ5Z43A6FB0ub8d0W11Pbj0uf51zrL/ohN2eq1kibl3Q6gscLN4FqNOVpF42J7rOdZ5Zpwq&#10;E3J4po0m51d0TMsL0Hl0ysPquQZ1Ur0AoRl1+bZ2iMx2xLBob+h3nqrhVed4ZKYcOTN446HRErl4&#10;CIyo5pF0A9cpz7h0ec8MuDp09scxoEV1lL/Ih/92XLj3by93OLLoVUZ4AK4tOKZ4d6ZNEiV3i4xE&#10;4eOELnflzDODo3g7tfKDLniYnv6C0XkMh1qCi3mdbvCCXXpLVWCCT3sCOSaCmXvTE9+EnXyO4B+C&#10;oIK9yveCKYH3tN2BxYFNnd+BeYDMhiOBQ4B0bbOBKYBAVB6BMIAeN+6Bg4AsEniDIICm3oSBSo2r&#10;yU6A4Yves1GAh4ovnGeAUYjDhNSAMoeMbIaALoaBUwyAQIWONueAjYTiETyBsoRz3OeAKpiXx6R/&#10;xZXVsap/dpM6mup/RpDUg3x/PI7Ca1h/SIzeUgh/ZIskNfp/rInhECuAdYfB22B/PaOSxiR+2J/q&#10;sDJ+kJxrmYF+aZkkgi9+YZYXajp+fpNoURV+o5DzNSF+4o9KD0B/ZYpQ2g1+ha6txNp+IKokru19&#10;1aW9mEt9saGPgRV9sJ2paTJ9y5obUDh9+ZcLNF5+MpVfDnt+gInK2PN987nqw8h9jrSBrdp9Pq8x&#10;lzx9GKoggCN9HqVvaGF9P6EnT3x9Z52MM7h9mZtmDdh9w4lc2BB9hcVZwut9H78OrPJ8yLjXllB8&#10;mbLjf0R8oK1tZ518y6iVTtp896TZMyx9G6BYDVN9KIkC12R9NdEXwjx80MnnrDB8bsLGlYJ8NLv3&#10;foR8OLXNZvd8ZbCXTlR8l6yWMrp8t6JMDOh8rYi60cGNUXaSvbWL63cGqQOKqXd+k36JjngJfTGI&#10;l3iyZgWHxXl6TZ6HKHpJMjiHJXsxDNaJJHx50DyL8YDHvHyKmYA+p9qJY3/OkmiIVX9+fB+Hbn9X&#10;ZPuGrn9RTJSGHn9cMTWGGn+YC+yHi4BazuKKqYsbuyGJX4mcpqyIK4g3kS+HMIcNevKGWIYTY+KF&#10;qYVGS4+FJoSWMESFIYRECx6GJIPCzX6Jj5V1ubGISZMXpSaHJZDaj82GLo7PebGFbI0LYseEzIt2&#10;SpyEUYoVL26ERolZCmuE7Ia3zCaIsJ/auFeHbJyro86GTpmejoGFXZbCeISEmJQeYcKECJHRScCD&#10;k4/QLq+Dfo7xCdKD4YakyvaIAKpoty+GvaZqoqqFnqKIjWiEsJ7ad4KD75tvYNODWJheSPuC6pXj&#10;LgeC0JUNCVGDAIZMyfmHcrUZtjeGMbBOobGFD6uXjHWEIKcadqeDZqL3YBeC0p9HSFWCWJx1LXuC&#10;OJpJCOaCRoYEySyHA7//tW2FxbpnoN+En7Tei6GDqa+Sdd6C76rCX2eCZqakR8eB7aP5LQSBup5w&#10;CI+BroXJyJGGrss9tM2FdMTYoC+ESb56iuqDS7hodTWCjrMAXtWCBq61R0qBk6rWLJeBXp4mCEqB&#10;NYWbwgeWvXWEr1mUinYLnA2Sg3aXh/CQrnc2cviPB3fzXQaNlHjLRbmMcnmmKwOMTnqMBqmM/3yc&#10;wLyVfX8srlOTUH7LmxSRU35+hwGPiH5TcgmN7X5PXByMiH5tRM6Lb36ZKieLQ376BiyLbIAXv46U&#10;V4jYrRiSNIedmfuQNoZ1heSOeIWJcP+M6oTGWyiLkoQvQ/GKgYO6KWOKTYO5Bb6KCoMmvm+TQZKn&#10;q+SRKJCZmLmPN46hhMiNcIzjb+uL9ItmWjCKqIocQxmJnokRKKqJZYjnBV+I14OhvUeSZ5yFqs+Q&#10;Tpmyl5mOYZcDg5WMqpSFbtmLKJJBWUCJ65BSQlOI5I7HKAiIoI7KBQ2H0INqvDyRv6aGqcWPqaL4&#10;lpCNvJ+HgpeMB5xKbfCKh5lRWG2JQJa7QaeIPJTfJ3yH8JQ7BMiG84M8u1uRObCnqOmPJaxflbSN&#10;NagsgcCLfqQ0bSyKBKCYV8aIvZ2DQRmHqZuVJwuHVZi+BI+GPIMVuqSQz7sBqDaOvbYAlPmMyrEP&#10;gQSLDqxebHmJlKgwVyiIV6TXQJ2HQKLcJqqG1pokBGCFpoL2uhqQfMW6p6eObcADlFuMeLpSgGCK&#10;trTya+KJN7BOVqeH+60SQC2G7KjEJkiGgZniBDuFL4LdssOgenTDoUidiHVOjzyax3XifGiYPXaM&#10;aLGV6XdTU+iT2ngyPaGSRXkMI2eSSXnUAUqQWXy6sbCfYH3moH2ca32YjnyZrH1je6qXJH1RZ+yU&#10;2H1mUySS0n2dPNuRQH3hIrmRM35UASyOzH/dsLueRocOn3mbXIX0jY+Ym4T5eraWIIQzZwWT3YOc&#10;UlCR4YMxPB2QU4LuIh6QNYM7ARGNb4C5r7ydU5AxnmiabY5gjG6XtIy2ebeVMIszZhOS+on6UX6R&#10;BYjzO26PeIg5IZWPSoizAPqMQICprtWccJmKnXaZk5cEi3KW4pSneLOUZZJzZTGSG5CCULaQM47u&#10;OsqOp43cIReObY4vAOaLPYCcrfObzKMInKyY7p/RiqmWOJy+d+CTvJnlZGORfZdXT/+PipU9OjiN&#10;/pQSIKmNt5LgANaKY4CRrTKbTaygm+yYb6jBieiVt6T+dyWTOqF+Y7qQ/55mT26PCpvxOcKNapsC&#10;IFWNFpXcAMiJroCHrJCa67Zqm1CYDbHjiUiVUa11doWSzqlWYyCQk6XLTuaOp6NKOVmNAKFbIAyM&#10;kJWrAL2JG4CArBSanMCdmtOXvrtviL6VALZWdfeSeLGiYp+QOa3NTnqOTKtdOPyMrqZlH76MPpV2&#10;ALSIpYB6pAmqkXQ5k5+m7HS8grGjfHVPcQWgRXX8XnOdSnbFSryaqHeiNVeYvnhrG0CZa3jsAACN&#10;nn8RozCplnzjkwul53ybgiSicHxzcHafNHxwXdqcOXyXSiKZm3zeNL+XrX0tGtCYNX2YAACMbIAA&#10;onOoioWIkj+k5ISFgWyhZoOkb7KeMYL+XR+bPIKISXmYo4JENCyWsoIrGm2XGYLGAACLYIAAobCn&#10;lY4vkWOj9oyDgH2ggIr+btudRImyXFWaWYirSMuXxYfhM6GV0Yd4GhOWGog4AACKd4AAoOOm1Jbm&#10;kJejNZSaf6mfwpJ/bgKciJCfW5yZiY72SCyW/Y2/MyaVAo0vGciVLYztAACJr4AAoDqmIp/ej+2i&#10;iZzzfvyfFpo1bVab2pe2WviY2pWGR6CWOZPlMruUO5OJGYSUVpDqAACJB4AAn52loajyj2eiBaVn&#10;fneeiqIGbMibRp7zWm6YTpxbRyqVspqTMmKTnZoQGVCTopEdAACIfIAAnxalQ7I0juahpK4QffSe&#10;I6oVbEia2qZ6WfWX4KOURr6VTKIOMhGTLp90GSaTEJEBAACIC4AAnqqk+bvejn2hVLchfYSd0LKL&#10;a9eag656WZCXhquDRmyU76lCMc6S2KGsGPeStZDhAACHsIAAlfG1CHPEhn2wuHQ3dpCsonTCZe+o&#10;xXVsVGelK3YxQaKiCHcDLPCf+HesEm6iHHesAACJfoAAlVW0InwBhh+vxXu0djSrnnuQZY6nsnuW&#10;U/ukEXvIQTig6XwaLI+eyXxpElSgnXyvAACIxIAAlNWzGYQshYyuw4M0dbCqk4JlZPymqYHYU2+j&#10;B4F/QL2f4IFbLC+dtIFnEj+fP4IJAACIIYAAlE6yH4xThOytz4rCdPuppIlgZFmlsYg/UtaiGIdo&#10;QD2e8obYK9KcuobBEiueBobKAACHk4AAk7uxU5SShFStBJJwdFmo3JCIY7Kk6Y7fUkqhQI2EP8ie&#10;H4yhK4Gb24yoEhuc7oriAACHGYAAkyqwt5z5g8usZppLc9SoOJfVYy+kQZWtUc6glJPlP2adWZLD&#10;K0CbC5MTEhCb8ow2AACGs4AAkr6wJaWFg2Cr1aJLc2inpZ9KYsajrZynUW6gAZqOPxucv5l6KxCa&#10;RpiUEgmbDIwyAACGXoAAklOvxa5FgxurbKp4cyanLKbjYnijH6PJUR2fbaGNPs6cPaC6KtqZypz5&#10;EgeaXYwxAACGGYAAkfuverdsgsqrF7MRctWm0K7xYiqiv6t8UNyfCalzPp6b1KbNKryZZJzlEgaZ&#10;5owwAACF4oAAiHa/5XNReeG69XOtatm2Q3QrWyexynTMSoqtnnWHOJOqFHZGJFKoK3a3CliqB3cX&#10;AACGDIAAiB6/BXsuebm6CHrUaq61PHqsWvSwq3q2Sk+sbnruOF+o1XtDJDSmx3uBCp+oLnxiAACF&#10;toAAh9698oLpeWK4/YH0al60JoEuWpavj4C1SfarTIB0OBqnrIBsJBOlgYCUCt+mg4EmAACFa4AA&#10;h5e854qYeQG39YkbaeezIofUWiyugYbXSZSqQYYtN8+mnYXVI/KkW4YYCxelB4VRAACFKYAAhz68&#10;CpJgeKW3FpBiaYSyQY6mWcCtno0zST+pTowcN4+lrIuWI9ejVow+C0qjuYeiAACE8YAAht+7YppT&#10;eFC2Z5fWaTWxiJWcWXWs35O9SPmojJJVN12k05HGI8Oia5HoC3SilIe/AACEwoAAhoe63qJfeAm1&#10;2p9kaPWw75yuWTmsPpprSMKn7JjbNzmkLJiqI7qhmJajC5yhlIfZAACEmoAAhk26YqqVd9W1Wqce&#10;aMawa6P2WQ+rs6FlSJqnXp/lNxSjpp8KI6qg/JgdC8CgtIfyAACEe4AAhg26EbM+d8C0+K85aLev&#10;86uDWPWrI6ioSIimvac5NxOi/aQPI8KgYJgtC/GgHYgTAACEYYAAe27LMXL9bZnFtnM3X1jAf3Oa&#10;UHO7gnQnQJ6233TLL0WzIXVkGwax+HVrA2+wTXeJAACDJIAAe2jKQHqIbavEwnoRX16/a3nZUHC6&#10;SXnaQJm1h3oNL1KxqHpWG0ewMXpfBAuuL3xGAACDIoAAe3LJEoHZbZfDnoDYX0e+PYAPUE65C3+g&#10;QH20On9tL1CwR393G32ukn+rBJesSYB1AACDIYAAe3DH6IkUbX3Cc4eeXxe9EYZnUCW31IWFQF6z&#10;AYUCL0qvAoTfG62tHYWEBRKqm4NuAACDH4AAe1vG7JBlbWXBcI6AXv68BIzoUAK2woulQE+x34rP&#10;L1Ct3IqsG9+r0IswBYGpJIO5AACDHoAAeznGJZfkbVTAmpWQXve7H5OOUAO11ZH2QE+w7pDsL2Gs&#10;0pEBHBWqppALBeSn4YP7AACDHYAAexfFhJ91bUe/6pyzXve6YJpHUAq1DJhmQFuwJZddL3msAJd5&#10;HEupo5MhBjumzoQ3AACDHYAAevbFBqcwbT+/W6P9Xvy5waEsUBa0YZ8UQGevdZ5ZL42rVpzTHHio&#10;4JNABoel64RqAACDHIAAetzEna8+bT6+4auTXwm5OKhbUCqzzKYzQIWu16TOL7mqsKBFHLOoMZNn&#10;BsilRoSWAACDHIAA5h92cHMY0Bt3S3PxuYB4H3TMoip46nWviiR5snahcWN6f3ejV4Z7T3ifOy98&#10;MXmWFp19IXno5A90h35ozmt1iX4bt/p2fH3loMt3ZX3KiN14S33NcC55M33kVlt6FX35Ogd6734S&#10;FSB7VH3B4jFy8InSzJp0Aohktl91CocSn0Z2CoX9h353CIURbvN4BoRCVT549oN5OPl5xILEE8R5&#10;1YIL4Glxk5U4ys1yrpK/tJxzwJBsnbF00Y5MhhF15ox2bbJ29orCVCp38okhN/54soe3EpR4i4Xs&#10;3slwdaCdyTJxkp0vswJyq5nnnCtzxZbVhK505ZP4bHx2B5FpUyN3C476NxV3u4z+EY93cYk/3Wxv&#10;mKwNx9lwtKe6sapxy6N/mtty6J96g3d0D5u0a1h1NZgzUi52QZUPNkJ24ZLFELR2hItL3E5u67eM&#10;xsFwBLJbsItxFa0xmb5yMKg8gnJzXaOaanJ0ip9MUVp1lJt1NY92JZklD/51v4rQ229ubcMexeVv&#10;gb0Vr6NwiLcEmMtxm7EjgYVyyausaaRz/aa2UK91CaJ7NPR1hZ61D2p1H4ps2stuG87GxURvKcfk&#10;rutwIcDzl/9xJ7o2gLtyT7P8aOtzg659UAp0jqpJNGN0/aMoDvR0n4oc1hV/DnG2weV/EHLKrPR/&#10;HXPPlx9/NXTRgHV/VnXdaO5/iHb2UDF/z3gINJqAWXkHD1iB8nk81Ix9UXx/wLJ9c3x6q859l3x8&#10;lf59wHyPf1N983y5Z9N+N3z3Tx5+jX00M5B/En1yDkGASH2D0wB70odQvwd8AoZCqkF8M4VElIF8&#10;cYRvff58u4O9ZqJ9FYMmTgt9doKYMpN97YIlDUx+0oGD0W56hpIYvWV6vJAZqKF6944wkw17QIxp&#10;fKp7oYrdZXh8DIlyTQl8doghMa183oceDHh9jYT8z/N5cpzpu+95qpoLpy157ZdBkaR6P5SYe2Z6&#10;pZIcZFt7Io/nTBl7k43hMNx76ox/C8J8d4fzzrN4m6fSurN41KQfpfJ5FaBxkHJ5apzmekp51pmR&#10;Y1Z6U5aESz56zJPmMCF7FZKCCyl7jYeLza538bLTubB4Kq5OpOp4Zam/j2x4uaVUeVp5LKE0YoV5&#10;rp1xSoR6IZpLL4N6XJhyCqp6y4c2zOR3c73xuON3qrigpBB33LM1jot4J63reIF4m6kJYcR5J6S3&#10;SeV5nKFrLvx5wZ1OCkJ6LYbwzFV3Hsk+uEp3UcMjo193d7zgjct3tbbCd8h4JLEvYSB4sKx7SVR5&#10;J6jyLn15QZ9vCfB5r4a4xn6IGHCKs/yHM3G+oJKGcnLajBuF0XPudreFR3ULYFyE3HY1SLSEnndV&#10;LcWE9HhSCNyGT3lgxUaGgHq4suqFu3rqn3OFDHsbiweEdXtXdaqD+XunX1uDnHwJR7qDaHxpLNiD&#10;snzACC+Eqn11xBKFDoT5saiEXIQxnl+Ds4NyidmDLILSdIeCuoJUXlGCa4HzRseCRIGfK/uChYFu&#10;B5iDOYELwq2Dx48qsDGDFo2NnMmCfIv3iHGCAIp8c0KBqIk2XTWBa4gSRdWBSocTKyyBeIZ+BxSB&#10;+IQowVSCvZlhrtiCDZb9m3WBepSdhymBBZJRchuAsJAtXDWAhI5URQCAaIy8KniAhIwJBqOA5oR9&#10;wDCB7aO+rbiBQKCWmleAq51khhSAOJpFcRx/55daW1F/tpTCRER/oZK0Kdd/sJITBkR//oQ9v0SB&#10;Sa43rMuAn6pOmWSABaZLhSB/jqJbcD1/RJ64WpJ/GJuCQ6Z+9pkiKVF++JdCBfZ/P4QIvpCAzrja&#10;rBCAJrQymJl/hK9ghE5/Aqqfb3N+t6ZOWdh+laKpQwx+d6BwKN9+XpuCBbZ+o4PcvhSAeMPBq4J/&#10;075jl+x/JLjBg5N+k7M1bsZ+QK5JWUV+IKpzQpN+B6cwKHl95pteBYN+JoO6t1yRV2+xpjWPnnDt&#10;lCGOHHISgPSMyXMubMuLmHRUV5OKlXWGQO+J4HakJoGKO3eBAyqKJHm9tliP4XlTpUOOR3mekx6M&#10;1Hnpf/mLh3o/a9aKX3qpVqqJZnskQAqItXuYJbKI+nv0AtuIhH1ptUmOi4LqpAyNAoJdkgOLkoHT&#10;fteKU4FpasyJN4EZVbuISoDjPzaHnoC6JPqHzoC4ApWHFoCitCyNTYyVotSLy4s+kLaKaonofbmJ&#10;Koi0ab2IH4esVM6HPobHPmuGmIYNJFCGtoXmAlmF2YGWswWMS5ZJocKKy5Q4j5yJb5ItfIuIOpA3&#10;aLCHMY5rU9+GYYzlPaWFvYuvI7OFxIu5AiWEyoFzsgaLhaAfoL6KCZ1ZjpiIrJqPe5KHeZfaZ8qG&#10;cZVbUxKFmJMxPP6E95GuIyyE7JEhAfmD5YFWsTWK6aoOn+uJcaaWjcCID6MNeryG2Z+dZwWF1Zx7&#10;UmqE/ZnUPHWESpg+IsCEMJWdAdWDJ4E9sJKKcrQnn0CI/rACjQmHlqu+egKGVqeXZlGFUKPhUcaE&#10;g6D0O/CDzp9fImGDlJc/AbiCjYEpsCCKGr6LnryIqrnCjG6HO7TGeV2F76/uZbmE4qvAUUSEE6jm&#10;O3+DZKUxIf+DIpb8AaCCEoEZqJua6W8ImI6Yc3BBh6WWPHFpdbCUPHKMYrWSaHO3TpKQ1XTnONSP&#10;wnX0HqOQhnaEAACKcntFp8qZnXgnl9KXPXiAhteVDnjddOSTDXlHYeuRO3nFTdCPrHpQOBmOlXrM&#10;HgaPNXsLAACI2X6Tpu+YV4E7ltGWCYDKhemT24Blc+2R5YAcYQWQHX/xTQGOmH/fN2ONgX/WHXeN&#10;/n/zAACHcoAApfWXNopAlcKU6okfhMaSx4gNcvaQzYcPYBuPE4ZBTDmNloWVNsCMfoUbHPyM3YVm&#10;AACGO4AApQuWLpNxlM6T7JGjg8uR0I/icfaP3I4zX0aOFoyzS36MpYt9NiqLjIquHI+L0IrjAACF&#10;MIAApDSVb5zGlA2TL5pRgwqRDpfecSSPGpWGXneNWpNoSsqL35GuNZiKxZDHHCOK8o+RAACET4AA&#10;o4GU2qYuk1KSnqMZgkqQep/6cGiOgZz8XcmMw5pTSjaLRpg/NSWKFpeUG9GKLJLPAACDlYAAovGU&#10;aa+7kr2SMawLgauQB6hGb8eOBKSnXS2MRKGKSaaKz59kNLSJmJ3ZG4uJh5KfAACC/YAAooqUFrma&#10;kkiR4LVbgSOPrrDzbziNoay/XKqL2KlSSTeKYKdINFKJMKLXGzeJGJJnAACChIAAmlKk226Eizyh&#10;um+ve1me3XDSanucOHH0WJWZxnMbRW6Xr3Q/MHKWZXUoFf+YTXUoAACGIH5pmbKju3cuirSgpHeF&#10;esOdwXfpaeSbEXheV/yYm3jnRN2Wgnl6L+qVKnntFaaW1HncAACFAIAAmQuihn/BieqffX9eegqc&#10;ln8NaR+Z7X7gV0aXen7QRDuVZn7ZL2KUB37oFVSVeH8IAACEBIAAmEqhZYhKiQ2eY4dEeRibhoZT&#10;aE6Y2YWEVoCWc4TjQ5OUZIRqLt6S/4QrFQeUPoSAAACDKIAAl36gfJDdiEOdfI9CeEeaoY29Z3SX&#10;94xYVdGVgYsaQvyTe4o1LmySDInRFMqTG4lAAACCbIAAltefsJmrh5ecuZd6d5eZ35VXZsmXL5NT&#10;VS+Ut5GNQnuSm5BALgyRJ5AOFJKSFI1GAACBzoAAlkafHKKPhxicKJ/PdxWZRJ0NZjmWipp0VJ2U&#10;FZhBQf+R/JbJLbSQbZaFFGGROI3IAACBS4AAlc6esauXhp2bvahOdpKY0qT5ZbaWDqHXVB6TlZ9R&#10;QYeRgp4QLViP6ZvgFDmQhI2sAACA4IAAlXWeYrTwhjuba7EpdiKYeK1GZUGVqqmuU7STKqcOQS+R&#10;EqU6LQ6PfZ52FAKQDI2HAACAi4AAjJyvNG4Aflere28Xb12oA3AvX3mkwHFLToyhu3JoPEGfN3N3&#10;J82d93QkDS+guHPFAACCf4AAjCyuOXZBfgaqenaObwCm7XbyXxqjlXdsTiugg3f7O+id9HiMJ4Sc&#10;mXjkDTqe4njRAACBxYAAi7qtDX5dfXOpWH3/bnylwn27XouiaX2iTaefVn2oO3mcx33GJzObV33e&#10;DT+dNn47AACBIYAAizCr6oZnfM+oOoV3bcOkq4SiXeuhTYP5TRGeQ4OBOwCbtIM2JuCaNYMtDT+b&#10;tYMRAACAk4AAipuq+Y6DfDSnTY0NbR6jwYu0XUGgYoqBTImdTImJOo2awYjsJpSZMYj/DT+aXIc9&#10;AACAGoAAihCqQZbEe66mlpTNbJijBZLsXLqfoZE5TAmchY/ROjKZ3Y70JluYP49bDUKZJ4j3AACA&#10;AIAAiaipnp8ge0Cl+JyrbCaiZJpGXEie/ZgYS6Gb3pZcOeOZLpWGJjaXXpTcDUqYEYj8AACAAIAA&#10;iUupNKenewWliqS9a+eh5KHOW/ieYp8jS0qbOZ05OYqYmZysJfOWy5lyDUqXOYj8AACAAIAAiQOo&#10;6LCCerylM60qa5WhgqnAW6Od9qa9Sv+axaT6OU6YH6LEJciWUZmMDUOWoIj3AACAAIAAf3K5/21s&#10;ceG1wG5pY7GxvW9xVKut6XCARJmqYHGNMwGnk3J4Hrum0XLBBb2nP3NtAACAAIAAfzO5H3VQcce0&#10;yXWMY5GwnnXpVIqsqXZiRHapCXbwMuumJnd1HsSlMHeSBiClIXjFAACAAIAAfvm38Xz+cW+zn3yd&#10;Y0WvZ3xeVDOraHxURCqnwnxrMrak1XyWHrmjtXyhBnKjNn2jAACAAIAAfqq2v4SScQWycYOwYsau&#10;PYLxU8qqOIJmQ8mmloIUMnKjpIHwHqSiYoIWBrahf4HkAACAAIAAfky1v4w4cKSxcorhYlutPomw&#10;U1WpN4itQ3SlhofwMjGik4eeHpChNIgrBvGf+oSxAACAAIAAffC0/pQGcE+wrZJAYgiscZCXUwKo&#10;Yo8mQyWkqo4SMf6hnY21HoGgI43gByGeo4TSAACAAIAAfZ+0aZvmcAuwEpm2YcaryZeZUr6nr5XE&#10;QuKj9pSCMdKg3pR6Hn6fLpKnB06deITxAACAAIAAfWqz6aPlb9ivjqFQYZCrPZ7NUoanG5ypQqyj&#10;XJtwMZygSpriHmaefJSNB3mcdoUOAACAAIAAfTazm6xHb9CvK6lWYYSqwaZdUmSmgqPrQpCiraLD&#10;MZSfj5/zHnadyZSZB6CbxYUoAACAAIAAcq/FSGzeZaXArG20WB28OW6fSdO37G+VOnW0AXCBKVOx&#10;NHEtFJax6XC4AACrKXR7AACAAIAAcqLEd3RwZcO/sXSLWDq7BHTVSfG2hnVAOpaydnW/KY2vf3Yh&#10;FRWvxHW7AA+p6XjnAACAAIAAcqPDOnu4Zaq+cntFWCa5tXr9Sda1JHr3OoixA3sSKZ6t8ns4FW6t&#10;3nsEAKOn030uAACAAIAAcpXB7YLaZYC9JoH4V+e4aoFCSaiz0oDMOmavrYCWKZysioCQFa+sMIDM&#10;ASGl+IDEAACAAIAAcnbA0ooLZV+8B4jIV8C3RYe2SXWyqIbaOlGuc4ZRKZ6rR4ZJFe2qr4aQAZGk&#10;VYEPAACAAIAAclG/+ZFoZUq7H4/LV7K2To5USWexqI0iOkGtbIxeKaiqIYyFFiepWIuDAfGi6oFQ&#10;AACAAIAAcjC/UJjTZT+6YpbgV661f5UKSWOwz5ONOj+skJLCKbapOJMHFmCoLY8hAkehtIGKAACA&#10;AIAAchO+06BgZT25zJ4aV7G01ZvuSWSwFpo6Ojqr0pm2KbeofZh5FoWnTY86Ao2gs4G6AACAAIAA&#10;cf6+dqg2ZUO5UKWiV7u0Q6MoSWuvd6FrOkWrKaBRKdCnypxFFqimj49SArqf84HYAACAAIAA2bVx&#10;gWyqxQ5y1243r790G2+3mZt1SXEtgqx2a3Kjaut3inQbUgV4oHWCNnp5oHbAEgJ6eXat17dvV3fe&#10;w3Bw3HhHrklyQXi3mEtzj3k0gXR00nm+acd2DnpRUOt3NHrWNWh4IXs+EM54wnqt1eJthIMdwaRv&#10;G4JnrLVwmYHClsxyAIFJgBxzXoDqaJN0soCcT9l15YBKNGx2vH/vD8B3QX8i1Blr6o5Kv9VtjoyQ&#10;qu5vGYrwlTpwl4l1frByDogxZ1dzdocETsx0tIXiM4B1coTbDtZ184Mw0npqlJlvvjtsQJbMqVRt&#10;1pQ/k65vXpHVfVJw4o+UZiVyXo2RTc5zpIuoMqV0R4oYDg501Iao0SZpiqSdvOtrOKEjqAJsz52q&#10;kmFuXJpRfBxv6JcqZQpxaJQ/TONytpGmMeBzP4/ODWVz44kO0BVoua/Uu91qZ6uKputr+acrkUlt&#10;haLnexhvGJ7mZCZwn5szTBlx6JfvMTpyWpYUDNlzG4iwz0doH7sVuxBpy7YBpgxrU7DDkF5s1quY&#10;ei9uaqbGY1dv+KJtS3BxQ57IMKpxl5uQDGdyeYhizrlnvMZguoBpYcB9pWFq2rpjj5xsTbRgeW1t&#10;2q7PYqdvaKnvSs5wrqZQMBpw65/uDAxx94glylp55GuLt316ZG1Lo8F65m7rjwJ7aHB0eVV77nH6&#10;YrV8fHN/StJ9FXTuL+F90HYeCzl/ZHY3yOl36HY8tld4kXbkoqR5LXeDjex5xHgieEJ6XXjKYa96&#10;/3l6Sdl7onoaLvV8SXqQCmt9sXqox2V2KoDktK525oCHoRx3lYAsjHN4Q3/odvJ49X+5YIV5rX+Y&#10;SM96Wn9zLgd65X9ACbZ8M37WxdN0pYt6swt1a4ozn3h2J4jyiwN25IfEdaJ3roa/X194eIXQR9V5&#10;LYTvLTB5nIQ0CRl66IJ3xFtzXZYTsZd0KpP2ngR08JHZiZd1t4/NdGV2iY3hXkh3ZowtRu14IIqd&#10;LGx4comKCJN5zIWTwyRyW6DCsGJzLJ3XnM5z8preiGh0vpf0c0p1l5UzXUt2dJKuRht3NJCLK713&#10;a496CCJ43YWAwitxj6t+r2ZyYafMm81zI6P5h2hz7qAzcl10z5ysXH11sZl2RWp2aZbRKyx2h5VX&#10;B8R4F4VAwW5w+LZNrqRxx7HZmvpyga0xho5zRKiTcYd0JqRNW711EaCMRM51yZ3AKq51x5ojB3h3&#10;doUNwPBwlME2rhdxXrwDmlJyCbaJhdZyvrEecNVzmawrWx50hKgIRDt1O6UQKip1I5yCBzt29oTk&#10;u26ClGqcqjGCOGx4l+uB+W4qhHmB0W+/b/yBuXFNWnCBuHLZQ4CB3XRHKQSCgXVTBTyDu3aNukyA&#10;vXSzqRCAjXWNlrOAZXZWg0+AS3cXbuWAQnfdWXCAUHimQpOAeHlaKC6A/HnIBMiCDHrSuRx/Dn7N&#10;p8J++X63lZh+336cgiR+2H6Gbc9+3H6DWHl++H6NQbp/J36SJ25/jn58BGKAkX6St7x9lIjVplx9&#10;hofulA59fIb+gMl9gYYVbJB9n4VMV2F9zISYQMx9/4P2Jqh+RIOEBAl/SIHUtm18WZLhpQt8UJE4&#10;kr98UI9/f4R8XY3Ia3d8gIwtVmh8vorHP/589ImQJf99GIkGA75+L4KItVV7Yp0Mo/N7Xpqjkah7&#10;XpgefnV7bpWbanl7lZM8VYp7z5EeP0Z8CY91JWh8D48AA359QYJctHV6nqdJow16naQmkLx6maDV&#10;fYp6p52IaaB61Jp1VM57Epe/Pqx7PpXGJOx7KpQgA0l8fYI5s8x6C7Ggolh6DK3Gj/h5/6mvfMJ6&#10;BKWZaNx6MaHdVBp6eZ66Phl6o5zkJH96aphSAx573YIcs1x5p7wgodJ5p7eYj1Z5jbK+fBR5g63p&#10;aDl5qKmXU4x57qZBPZd6GqN8JAt5zZhfAvx7XoIErNiLvWnanPmKgGu7i/2Jfm1wecCIqW8IZmmH&#10;8XCYUeyHYnIkO+iHIHOFIbGH9XROAACHgXckq/OKAnNlnAeI+HRViu6IDHUyeLmHP3YIZXGGjXbi&#10;UQeGBne8OxGFwHh4IPaGanjHAACFlXsVqvCIanzbmtWHe3z5idmGmH0Ld52F2n0hZHGFNH1GUCmE&#10;uH11OlGEcn2ZIFWE9H2QAACD5n6KqdGG9oZamaSGD4W3iJCFPoUAdouEhoRTY3mD7YPDT1yDeYNJ&#10;OaaDOILjH8aDmIK4AACCb4AAqKWFw4/bmJiE4I6Kh4OEF40idWKDZ4u2Ym+C1opkTmuCdYlKOOGC&#10;MohuHzKCZoh7AACBLoAAp6uE15l+l5aD+pd+hoGDMJVcdG+CgJMzYYyB8ZEwTaqBho94OEWBRY5S&#10;HrWBWI3dAACAIIAApuKEHKMylsiDRaCIha2Cdp2sc5mBwprKYMSBN5gmTQCAzZXyN8eAdpS6HlGA&#10;bJJXAACAAIAApkqDj60IliOCvqm6hPiB56YmcuGBJqKMYBKAl59WTFOAOZzZNzd/35u1Hfh/p5RE&#10;AACAAIAApeODLbcalaSCYLMzhF6BfK7rcjyAqaqgX3yAEKbvS9d/r6R6Ns1/WKF5HZ5/DZQHAACA&#10;AIAAnqaVHmlOj9STJmsjf+6ReWzUbsyQA25qXI2OsG/2SQ+NnXF0M9aNEHKyGYeOonL2AACDFnq8&#10;neyTlHJajxaRyHNNfxSQJ3QzbfqOrHUUW8SNWHX5SFWMRXbZMyiLrXeKGP2NAHeDAACBoX4fnRiS&#10;E3tOjhCQYnt9fiGOxnunbQCNWHvYWuCMDXwYR46LAXxfMn6KY3yRGH6LfHxsAACAWoAAnBmQt4Qr&#10;jP2PC4OzfPaNfoM1bAmMEIK4WfqK1oJYRs6J04IJMeWJMIHNGBGKEoHZAACAAIAAmyaPhI0sjACN&#10;4owQe/iMXorpawiK9om/WS2JtYiyRhyIvofcMVmIF4dQF7CIxodYAACAAIAAmlKOoJZRiz+NBpSY&#10;ezeLfpLEajWKFJDwWF6I1Y9GRW2H1I3xMMuHKY1NF0mHrIwFAACAAIAAmaSN75+CioeMWp0wenmK&#10;zZq1aXqJXpg9V62IIZYKRNWHHJRbMF6GV5P0Fv+Gso+NAACAAIAAmRyNaKjMifWL2KXpedyKRKLN&#10;aNyIyZ+3VxKHiJ0PRECGi5tJL+aFvZopFr6F4Y9hAACAAIAAmL2NCLJWiYSLe67xeVaJ3Ks5aE6I&#10;UqeQVpGHBqSUQ9WGBKL2L4aFOJ8dFmuFSI8oAACAAIAAkNie4WjMgtecTGqNc9+aAmw0Y8SX723F&#10;UoeWC29JP+yUhnCxK0qT6HGzEGyW3nEvAACAAH3QkECdjXFjgkibEHJRczyYw3M6YyaWo3QiUfCU&#10;tnUMP2WTKnXpKtOSdXZ6EDiU9XXyAACAAIAAj5icIXnZgXWZunoScn2XbXpNYmCVU3qVUT2Tanrp&#10;PsuR4XtAKlmRHHtxEAaTL3slAACAAIAAjs+azII9gJKYboHbcYSWLYF5YZCUE4EmUHuSN4DqPiqQ&#10;s4DCKd6P4oCpD9KRkoCqAACAAIAAjgCZtIqof8aXWYm5cLSVHYjHYLSTB4feT9aRHIcMPZuPoIZ6&#10;KXeOwYY+D62QFoV7AACAAIAAjVWYxpNHfxeWeJHLcAGUPJBAYAqSH466TzOQM41gPSWOn4xqKSKN&#10;toxdD4uOwImRAACAAIAAjMaYGJv3fpqVz5n4b4KTiZfUX3qRYJW5Tp6PdZPxPKWN4pLNKM+M2JLF&#10;D2mNnYprAACAAIAAjFWXmaS/fiKVUqJDbwCTA5+TXvaQzZzxTh2O3JrUPCaNT5ncKGuMOJgaD0uM&#10;rIpXAACAAIAAjAGXPa3EfcOU9KrcbpGSmqeoXoKQVqSRTbSOW6JRO8+MxqD1KB+Lr5shDxyL+Yo3&#10;AACAAIAAg4mpE2g3djyl9mngaBWjHmt4WOKgeGz+SIueDm5yNrKcNW+3Il6b43BaCFidr3AgAACA&#10;AIAAgxKn8nBndd6k1nFHZ62h53IsWIGfJ3MWSDCcq3P+Nmeaw3TLIiuaR3UeCICbdHUxAACAAIAA&#10;gpamlnhodT+jiHiiZyKgk3jlV++d0nk9R7CbVHmgNgCZZ3n+IeuYzHoVCJ2ZZ3qnAACAAIAAggCl&#10;QoBQdJCiOoAAZl+fTn+2V06cjH+CRxyaGH9pNYuYKX9fIaGXdX9YCK6Xi3+TAACAAIAAgWSkJYhH&#10;c/ChJId4ZbWePIatVp+beYXxRpaY+oVcNRuXD4UCIVqWQoUUCLyV34PRAACAAIAAgNijS5Bfc2ig&#10;To8ZZS6dYY3LVhWamIyPRhOYEouINMiWB4rxISuVJItiCMyUYIXzAACAAIAAgG2ikJiHcvefmZbO&#10;ZLicqJUCVZ2Z2pNNRaaXUZHyNHeVPJFbIRWUHpDoCOKTDoYCAACAAIAAgBSiFKDTcsOfG565ZH6c&#10;F5xtVVGZLJo4RVCWlZimNBeUjphhIMaTb5V/COiSAIYGAACAAIAAf9GhvKlccn2et6bsZC6bpqQy&#10;VPqYraGlRQKWDaAtM9mT/J58IJmS2JYKCOORO4YCAACAAIAAdrSzwWd/afWwOGkIXICs5WqMThip&#10;vGwCPoem4m1cLT2k625rGLmll25sAYmiqnACAACAAIAAdlqy0G9SacqvKHAdXFerpnD5TfmoVHHd&#10;PnClXnK8LTqjSXNqGOOjp3NGAf6gN3VhAACAAIAAdgyxfHboaWCt2HcbXAKqR3dgTaCm63fDPiij&#10;7HgtLRChx3iEGO6h6XhUAl6d+XpYAACAAIAAdaywHX5daOmsfX4WW3eo833dTTSllH3DPceimX3G&#10;LNCgan3RGOegWn28Aqyb+n6vAACAAIAAdUSu9IXhaH+rWIUuWwWnz4SHTLekbYPzPXKhZIOPLJCf&#10;MoNrGNme94O/Au2aO4H7AACAAIAAdOSuE42KaCiqdYxyWq+m44tYTF+jeYpYPR6gaImaLF+eGIlo&#10;GNKdtomDAyOYtoIfAACAAIAAdJStZZU9Z+apwZPKWm6mI5JDTBiirZDePNSfmo/uLDCdO5AHGNqc&#10;lY5ZA1aXaoJCAACAAIAAdF2s150CZ7GpLZs7WjKlhplWS9iiBpejPJSe7Ja1K+uck5Z2GLubxpC5&#10;A4mWU4JkAACAAIAAdC6sfqUXZ7SovqMZWi6k/KDQS7ihXZ7JPHueKZ3zK+ubvpuTGNGa8pDIA6yV&#10;jIJ8AACAAIAAajK/A2a0Xc67QGgOUOO3lmlwQyO0BWrGNCqw6Gv0Ix+vPmyiDiGxSGvjAACfBHOw&#10;AACAAIAAae2+PW4yXc+6OW7YUPW2Qm+cQ0Wyd3BuNFuvLnExI3OtSnGcDrWu6HDmAACdwHgpAACA&#10;AIAAac2853VkXZ242nWAUNW0z3W4Qyaw7XYZNFGtkHZ8I5GriHauDxysyHYmAACciXwiAACAAIAA&#10;aai7cnxrXWG3ZnweUIezXXvpQvKvd3veNC2sFHvwI5Op8nv4D2eq4nvYAACbaH+hAACAAIAAaXq6&#10;MYN/XTW2I4LaUFayFYJLQrSuK4HXNBSqt4GaI5SohYGeD6mpMIGuAACabIAAAACAAIAAaU65PIq7&#10;XR61HInJUESxAIjcQp6tDYgQM/ypkYeSI52nOofAD+anq4a4AACZkIAAAACAAIAAaSm4f5H+XRS0&#10;R5DIUD+wGI+CQpSsG45sM/Gom43hI6emMo5FECKmWYrpAACY34AAAACAAIAAaQ2385lZXReznpfm&#10;UESvWZZVQpKrTZUIM+Snx5S2I5ylXpPMED+lWYr8AACYSIAAAACAAIAAaPq3j6DrXSOzE59JUFGu&#10;tZ18Qpaqm5wlM+mnC5tuI7GklJgiEFakg4sMAACXsoAAAACAAIAAzVBsbWZEueduMGh1pdNv2GqQ&#10;kOBxY2yUew5y326NZFV0T3B9TGx1pHJQMa12qXPWDcd4MXO2y1xp7nFUuFhr53JnpG1ttnN3j59v&#10;Z3SGeeNxBnWXYz5ylnalS2Fz+nebMLF03HhVDOZ2dHflyYhnyXxgtpFp3HxcouFry3xfjiZtmXx9&#10;eJFvVnyqYhJw/3zeSllyb30EL8ZzK30EDCF07nyDx7tl4odQtMJoCoZQoRtqC4VgjJpr8oSHdypt&#10;zYPTYNtvjIMvSVRxBYKNLulxmYHrC3Zzm4C4xhhkRpI0sylmfJBUn4NojY5+iw9qg4y7dddsbosX&#10;X7JuQ4miSGBvwohBLh5wK4cfCuRyeIRSxMVjAJ0hsd1lP5pwnjhnVZe1icppU5UKdKZrR5KFXqVt&#10;IZAzR4Jupo4pLWlu5ozFCmhxhIcJw7Zh/agTsNRkQKSXnSpmVaD6iLtoVJ1rc6lqUpoTXchsM5b/&#10;RsdtsZRULNJty5LzCgJwuYbEwu1hPLMJsA1jf67EnFNljapMh9tnhaXbcspphKG4XP9rbZ4FRiRs&#10;6pr9LE9s2ZhcCa9wFIaMwmpgu73+r4Vi+rjnm7Jk+LOThyVm4q5Ochdo2qlzXF1qwqU+RYtsN6I+&#10;K8ZsAJyoCW1wEoZfvq90jmVgrQR1gme+mmx2cWnvhr53Wmv9cg94Qm37XFp5LG/uRVN6D3G7KwN6&#10;33MZB4B9FnN9vUZyPW/wq+lzZnE7mVp0dXJwhbZ1dnOYcQ52c3S9W2p3cXXfRHZ4XXbkKjh5BXeQ&#10;BvV7W3gUu8BwLnprqj5xcnq2l9Nymnr5hD9ztntCb8F0z3uVWkR15HvsQ3N21nwyKVh3Tnw/Bnp5&#10;1nxsuiluXYTKqJpvsoQzljFw7IOWgtdyG4L+bnhzT4KAWSd0eIIOQoV1boGfKJF1t4EuBg94hYAx&#10;uK5s0Y8ppyduMo3DlL9vfIxQgWxwuIrfbUZx94mEWBpzNIhSQah0LYc7J950RIZ5BbR3ZINst3hr&#10;lpmapfRs/5dtk49uTZUjgENvkZLabDBw2ZCvVylyFo63QOJzE40SJz5y+4xWBWd23oOntoJqm6QU&#10;pPxsCKEkkpJtVJ4Ff0lumprma0dv65f5VmBxLpVWQD5yH5M4Jrxx3pIjBSd3SoN8tctp366XpD5r&#10;TKrnkcVskab4fnZtz6MGandvIp9hVaNwbpw3P6ZxXZnzJklw6pbiBPR3oYNZtVZpYrkko7hqybS3&#10;kSNr/q/4fcZtL6s+ac9ueqbyVQ9vxaNnPxhwrqENJcdwFZmLBMp354M9sHB8/2SsoE19HWcdjxF9&#10;VGlXfJZ9nGtnaP598W1lVER+Vm9TPhF+1XEPJAB/q3ImAfeBZ3QBr1N60W6gnzN7J3ATjd97enFo&#10;e3V71XKpZ/N8OnPjU1N8r3UUPTh9LHYdI0N9yXafAbZ/rnhxrh141XiRneB5TXkZjL55tnmRekt6&#10;JnoAZuR6nHp2UmZ7H3rtPHB7nXtMIpx8AntUAX1+K3xXrLh3EIJnnHN3mIIlizd4FoHPePp4loFy&#10;Za55J4EmUVp5vIDlO496OoCjIeZ6ZIBWAUt90X+6q2Z1l4xAmyB2KotAieV2tIold7F3P4kAZJx3&#10;14frUGZ4fYb7Osd4+oYrIUl46IXMASB+GIDDqk90aZYymgl1A5R4iNF1kZKWdqR2I5CpY6F2wY7W&#10;T5J3Y403Ohl334v5IL93mIu2AP1+VYCrqXBzeKAvmSV0F52+h+p0o5sWdcF1NZhlYsx12pXiTtt2&#10;gJOxOYp265IoIFF2c5DMAN9+h4CXqMpywao5mHNzYqcWhytz6KOsdP90cqA5Yg51GJ0TTit1x5p4&#10;OP12LJkQH+91epT0AMd+sICGqFxyRLRYl/By4rCKho9zW6xidFpz16g4YXN0dqSBTaV1IqGwOHx1&#10;g5+GH3d0qJVGALR+0YB5on+FxWQZk6CFFmaJg5eEnGjCcj+ER2rRX7iEC2zKS/GD8m6sNoGEIHBI&#10;HGWFYXDmAACATHa6oZiDuG2DkqeDRW8JgoCC6HBtcTWCn3G+XsOCa3MESxeCWnQ7NcCCfXU4G8iD&#10;b3VmAACAAHq5oIuB2XbVkWaBiHeLgV2BO3grcBKBA3jAXcCA3nlVSjiA13nkNQWA83pPGzeBmnos&#10;AACAAH46n2aAGYAlkDN/3YAigBd/p4ADbxN/eX/eXNt/ZH/CSYB/Zn+tNHh/fn+UGsp/4X9XAACA&#10;AIAAnjt+sIl9jyR+fYjPfwd+UIf/beR+K4cdW9Z+HoZKSJF+MoWZM7J+QoUNGjl+WYUMAACAAIAA&#10;nUR9kJLujiR9ZZGVfgp9OpAPbPJ9GY53WvV9Doz4R9d9GYuxMxx9JIrdGcd8+4pmAACAAIAAnH18&#10;qpxnjVl8hpppfT18V5gubCZ8NJXkWjR8LpPJRzR8OJIKMqV8K5EmGXF7x47ZAACAAIAAm+V7+6Xz&#10;jLZ73KNVfI57p6Bra3d7eZ1yWYl7cZrJRo97g5jDMh97bZf5GSB6xJD9AACAAIAAm317f6+fjDl7&#10;Yqxue/x7IajZat565KU8WP560qIdRhl64KAaMa96xp2fGLh58pC3AACAAIAAlNGPDGOShvKNnWXx&#10;d/CMeWggZ5+LiWonVhuKu2wVQz2KKm3hLnaKKW9HE8iMm28UAACAAHpAlBCNLWx6hiuL923+dw6K&#10;5W9oZsuJ9HDAVVmJJXILQpGIk3M/Ld+IfXQeE2KKfXOsAACAAH22kzGLX3VHhRyKTXYOdhiJSHbE&#10;ZdSIZHdwVH2Hn3gaQdeHE3i5LUmG7nkfEwOIf3iaAACAAIAAkiyJuH37hAuIsn4kdPKHwX41ZOqG&#10;4n47U6mGLn5HQS6FqX5VLMuFdn5UErmGoH4GAACAAIAAkTCITIbMgw+HU4ZXc/yGa4XDY/WFkoUd&#10;UvWE2YSBQJyEXIQMLFuEIIO/EneE6IOGAACAAIAAkFeHO4++glSGSo6yc0OFYI13YyKEhYwnUiSD&#10;zIrwP/KDRIoAK9KC/YmeEh+DZ4g6AACAAIAAj6iGYpi1gZqFeJcXcoWEiZU5YmeDqZNGUW2C8pGK&#10;P1WCZZBCK2+B+5AdEeWCHowZAACAAIAAjyCFvKG+gQmE2Z+WcemD4Z0bYcyC9JqLUNWCN5haPrmB&#10;spb0KvCBOpZGEbKBEYv3AACAAIAAjr6FRar3gJeEZahXcWODYqVFYT+CYqIhUFiBl5+YPlaBCp5l&#10;KpuAjps1EXGARYvLAACAAIAAh3yYnWMVemmWmGVZbESU42d4XOGTZGlyTEmSD2tNOjaRIGz1JdmR&#10;OG4BCzyTlW10AACAAH1GhtWW/WuKec+VH20Ca5mTaW5nXEWR22+/S7yQe3EGOb6PgXInJXiPdnLI&#10;Cy6RGHJFAACAAIAAhiCVSHPbeO6TiHSlatKR2XVkW3uQUXYeSwyO9XbUOS6N+nd0JQ6N1He7CxyO&#10;yHd9AACAAIAAhUiTsHwWd/6R/HxMacyQXXxzWqaO2nyXSkuNjHzAOJGMlHzlJJyMWHzmCwGMvH0M&#10;AACAAIAAhG+SXYRZdyqQsYQHaPiPGIOhWcaNmoMxSaiMQYLJOAWLUYKHJDiK/oJnCu2K8YHuAACA&#10;AIAAg7qRR4zIdnKPqIvvaD+OD4r0WRiMiYnrSQaLLoj9N5yKJYhbI+uJwIhrCtmJZ4YUAACAAIAA&#10;gyaQdJVEdfGO3ZPwZ7yNO5JiWIaLqJDFSGuKTY9oNxSJQo6YI56Iso7GCsaIHYdJAACAAIAAgrGP&#10;1p3OdXaOQpwFZzqMl5nvWASK9pfMR+qJk5YaNo+IjJVrIzSH6ZQVCraHEIc+AACAAIAAglqPZKaE&#10;dRaNzqRbZsuMF6HHV5GKZ58vR4SI951SNjyH5ZxwIu6HOZeeCpWGRocoAACAAIAAepCipWJwbhOg&#10;JmSVYKud7magUiCb52iKQliaHmpOMOKY/mvDHIGZwWw/A9+YoWy+AACAAH/QefyhQWp7baCezGvi&#10;YDScf21BUbmaXW6VQgGYgG/SMKOXSnDUHGaXz3EHBCCWEHHSAACAAIAAeWufonJYbO6dQnMhX52a&#10;9HPmUSGY0XSsQYKW8nVoMESVsXX+HDaWBXX7BFKTxXdNAACAAIAAeMSeEHodbDKbu3phXs2ZeHqc&#10;UHyXWHrcQOyVgXsdL9OUPHtPG/eUZ3sxBHSRwHxMAACAAIAAeBucv4Hva4iacoG5Xh6YNYF2T8iW&#10;E4EtQGiUNID4L2SS74DcG7WS9YDYBI6P/YCdAACAAIAAd4abuonfavqZc4k4XZOXMIh1TzqVCYet&#10;P+KTIocHLxmRuYaxG4+RnYcWBKiOdoMmAACAAIAAdxGa3ZHXaoCYnpDEXRWWWI+GTrqUK45IP22S&#10;QI1OLsSQyoz0G4aQZYykBMeNKYM7AACAAIAAdrOaRZnrakuYBpiDXN2VrpbLTnOTYZUMPx6RZZPW&#10;LmOP+5PSGzCPjJE9BNWMHINFAACAAIAAdmuZ1qIragKXjaB7XIuVJ55cThySzJxEPtKQxJsZLieP&#10;S5nwGweOzZJGBNiLUoNGAACAAIAAbgatOWGTYgOqXWOSVTqnt2WDR2mlO2dXOE2jHWj3JzaiF2ob&#10;Eiqkf2mnAACY025iAACAAIAAbYOsEGk/YbqpG2qPVP2mRmvhR0CjoG0qODehYG5TJz+gMW8bEnGi&#10;LW6KAACXLXNpAACAAIAAbReqgXCzYTmnk3FzVJiktHI3Rt6iA3MBN+2fuXO6JxuecnQuEpKgE3OY&#10;AACVoHgwAACAAIAAbKGo6ngIYK+mA3hTU/2jLHicRmqgenjvN4meM3lBJt2c3HlsEpeeMnj1AACU&#10;MHxjAACAAIAAbCinkH9sYDikr39QU4Gh2X8rReOfJn8ENzGc0H70Jp2bcH7yEpKchn7jAACS6IAA&#10;AACAAIAAa72mh4byX9mjpYZ3UyWgx4XkRYWeC4VQNtibq4TlJm+aKITVEpKbA4S4AACRxoAAAACA&#10;AIAAa2Slt459X5Gi0o2vUt+f54yyRTqdHou7NoaavIsbJjuZJYtKEqWZqImhAACQ24AAAACAAIAA&#10;aySlD5YQX1SiJpT1UpyfM5OfRPOcX5JZNkCZ9JGzJemYYZG8EoKYrYyDAACQJ4AAAACAAIAAavCk&#10;oZ3jX1ahpJyoUpmemJr3RNiboplWNjOZF5jPJfyXapbnEqqXqYyeAAuPioAIAACAAIAAYbO4fGCJ&#10;VfS1fGJSSaGykGQYPGGvw2XDLbutjGclHJKtRGe4CFyupGdrAACTWHLYAACAAIAAYTC3kWfbVce0&#10;T2kCSZKxFWo4PG+uC2tmLeWrn2xkHPCrCmy6CPGsCWxpAACSF3duAACAAIAAYOq2C27sVXeyv2+S&#10;SV2vcnBFPEOsUXEHLdapznGnHRSpBXHJCVyppXGdAACQ4XuAAACAAIAAYKq0ZHXYVSWxGnYZSP2t&#10;0HZhPASqq3a6LaqoIHcLHRenMncGCainenc4AACPv38WAACAAIAAYGiy9XzSVOmvrHy/SL6sXXyt&#10;O7mpNHycLY6mlXyiHRmljnyZCeqliH0ZAACOwYAAAACAAIAAYC6x2oPxVMeugYOXSKOrJIMqO5un&#10;8YLBLW+lSIKDHSWkEIKgCiejzII5AACN44AAAACAAIAAX/2w/IsUVLWtjYp9SJiqH4m8O4um4YkI&#10;LV2kMYi2HSui3okgCmWiSoaIAACNM4AAAACAAIAAX9mwV5JGVLKsy5F+SJipSJB2O4Wl+Y+JLUuj&#10;QY9lHRih7I68CnyhH4cXAACMnIAAAACAAIAAX8Gv3ZmgVLusLJi9SKOokZeBO4elNJaELVKibZYt&#10;HTOhAZNOCpKgIocmAACMAIAAAACAAIAAwRNnFV/trtNpOWK0m+1rPmVgiCJtJGfuc2lu+GppXbdw&#10;uWzRRsdyRW8QLM9zJnDdCgR2KnEUvyBkJWrRrUtmimyFmo5ov24shuhq0m/LckZsz3FgXKhusXLr&#10;RclwSXRTK+hw8XVdCW10aHVrvUlhlXWnq4ZkIHZOmQdmfXbzhXNos3elcPhq0nhcW4Fs0HkRRMpu&#10;cHmvKw9u2XoKCOly3Hotu3dfS4Bdqbhh9YAPl0NkbH/Ig+5mwX+Nb5dpAX9pWlJrGH9NQ89svn8p&#10;KkJs5H7tCHZxs36GucxdVYsEqCBgF4nclbJipoi1gmllDIeXblJnYoaOWTVpkIWnQudrOYTNKYlr&#10;GYQaCBRyWYI/uHFbwJWzptRekpO7lHBhLZG1gTFjoo+2bS1mA43UWDxoN4wdQhpp44qgKOVpfomx&#10;B8Fy5YU+t1xaeaBjpcxdVp2ek2pf9Zq6gDFicJfebD1k3pUxV2pnGpLAQXFou5CvKGBoF4/KB3xz&#10;WYUQto5Zf6sOpQVcYqd8kpxe/qO+f19hdqAIa25j55yZVq1mLJmPQNZnyZcnJ+xm4pUiB0RzuITq&#10;tgpY1LWspH5btbE/kgNeRKylfrpgsaghas9jHaQDVh9lYKB+QE1m8J4fJ25lyJlfBxh0A4TMszdu&#10;7F9HoplwT2IxkQ5xp2Tpfmhy9md3arR0P2ntVel1gWxNP7x2pG53JgJ3Wm/8BDJ7CXESscJsLGmr&#10;oXttz2uMkABvUG1QfWtwvW7/acNyIHCfVQ5zeHIyPvh0oHOaJVd1D3R4A+F5cnXJsDFptXP0n81r&#10;fnTfjnttIHW4e/ZurXaMaHpwMHdgU+1xoXguPf5yyXjcJIdy5nkmA5l563pGrpJngn4fniZpZn4t&#10;jNprIX4uepVsx34pZzhuaX4wUtlv7n47PRxxF348I9Jw4X4QA1t6U34rrRBln4hHnLNnmIeLi2xp&#10;aYa6eS5rIIXhZhNs0YUVUddubIRnPEtvkoPHIzBvBoNTAyZ6rYGCq9ZkGJJ9m4BmH5D8ikFn+o9Z&#10;eA5pv42vZQVreowaUPZtFoqvO5RuOomIIqBtXYkfAvp6+YIDqtxi3Jy1molk7JpyiUtmy5f+dx9o&#10;lZWFZCVqXJM1UDZr/pEmOv9tEo+PIi9r6o7cAtV7N4HqqiNh7Kbtmcxj/qPpiIRl2aCodlZnn51i&#10;Y2BpapphT4BrFJfROm5sIZYWIclqqpOQArd7aoHWqa1hRbEfmUZjVK1bh+hlIqlNdbFm3KVFYsVo&#10;oqGkTvpqSp62OetrSpz6IU9pipaFAp97k4HFpaR3FV7Dlnp3r2G6hjR4XGR0dKd5FGb7YfB502ln&#10;TgZ6m2u3OIt7Zm2/Hst8O27TAACAAHJgpHh0eWiNlVp1VGqOhQF2JWxpc4t29m4nYO53y2/VTSJ4&#10;o3FsN8N5ZnLHHih52HNRAACAAHcFozZyF3JQlAJzH3Nug+R0DnR0cmh0+HVmX+x14HZTTEZ2x3c2&#10;NxF3hXftHZ13kngHAACAAHsYocRv9Xv3ko1xF3xPglhyH3yMcRlzHny5Xrh0JXzpSzx1Hn0YNjV1&#10;1X02HPN1d30DAACAAH6ioGxuJoWckThvWoU7gQhwdYS3b9Rxg4QfXbRylIOQSlVzn4MXNXx0TYKt&#10;HGpzhYJvAACAAIAAn1Bsr49WkCBt744+f/hvE4z3bs1wLIudXL1xRYpVSY1yTIk2NNty8ohjG+9x&#10;y4hLAACAAIAAnm1rgJkTjzxsyJdHfxRt7pU/bfBvC5MnW+5wLpE0SNxxN4+INFlxxY5xG5BwXY1Y&#10;AACAAIAAncRqlqLTjopr46BXflhtBZ2RbTVuHZq8WzZvQpgrSDBwUpYZM9Fw1JUfGzpvNZF6AACA&#10;AIAAnVRp8ayXjghrPalyfcFsVKXybJdtX6JrWqVufZ9NR7Vvip0DM1Zv/5t4GsRuR5IZAACAAIAA&#10;mFB/l15aikl/cGFGexh/eGP4apZ/nmZ2WNh/12jVRcaALmsNMOWAvmzeFrWCPW00AACAAHZcl1N9&#10;G2eYiUZ9OWmkegF9ZGuHaZF9nG1NV+19427+RPt+QXCPMDl+vXHJFjZ/s3G7AACAAHpnljl613C+&#10;iAF7IHIBeOV7YnMnaHh7sHQ3Vvp8CHU6RC98cHYpL5d823bYFcV9SHaFAACAAH3zlQV4xHnnhrx5&#10;Knpyd5d5hXrbZ3l54Xs5VhB6TnuOQ3F6wHvcLwl7G3wKFWZ7HXumAACAAIAAk9N3B4MOha53f4Lz&#10;doR36oKwZk14UoJSVR94x4H7QpZ5SIG0Lld5koF2FOl5TYFTAACAAIAAktR1pIxLhKl2JouHdYR2&#10;l4qRZVh3BomDVDp3foiDQeB39oeuLcZ4MIctFIF3xoamAACAAIAAkgd0gpWJg9t1DJQjdLd1fZJ8&#10;ZJF17pDBU312bI8pQUF24o3hLVp2/I1TFDl2fosWAACAAIAAkWpzoJ7Mgzd0MJzKdAt0npp4Y+d1&#10;CJgTUtd1hpXzQKF2AJRmLNp2B5P+E/V1d41+AACAAIAAkP1y/agcgrpzj6WKc31z9KKTY1V0UZ+P&#10;UlN0xpz9QDN1OZtqLGx1M5mME4t0tI03AACAAIAAiyyIfl3wfhGHrWDHb9OHHWNqYEeGuGXbT3SG&#10;cWgnPSuGZmo7KLyG7Wu5DgaI/mtHAACAAHnTilGGNGatfTqFpGi1buyFLWqaX3OEzmxiTrqEim4P&#10;PI+EfG+PKECE33CPDdeGSW/1AACAAH1YiV6EB29TfB2DpHCjbe2DQnHbXneC83L6Td+Cu3QLO9iC&#10;sXT6J7OC93WHDZ6D53TvAACAAIAAiE+CFHfoevqBxXiXbLiBeHkqXYSBMnmoTQCBDXoeOyOBB3qB&#10;JyyBMnqrDWaB0XpdAACAAIAAh0qAVoCLef2AG4Cja8J/34CWXIt/poBuTGd/e4BJOqh/fYAtJtx/&#10;joAQDVJ//n/oAACAAIAAhmh/B4lPeTZ+2IjTawJ+m4gjW8J+XodWS41+N4aXOf1+LIYJJlF+JIXZ&#10;DQ1+eoSjAACAAIAAhbF985IReHl9zJEGakd9jY+3Ww19To5QStx9KY0POWZ9FowsJfV844w6DOp9&#10;MoiWAACAAIAAhSJ9HZrVd+d8+5lEabB8t5dfWnl8b5ViSkl8RpOyONN8NJKxJYJ75pJKDMt8J4im&#10;AACAAIAAhLh8f6Oxd3R8YKGsaS98E584WfZ7vJyxSdZ7h5qsOHZ7a5ngJSZ7DJcjDIp7X4h6AACA&#10;AIAAfkOR+V1mcdqQkWAaZGmPcWKmVbqOg2UHRb6Nw2c5NB+NcmkbH9KOVmoXBk6OmWoUAACAAHzL&#10;fXuP6GWocSqOsGegY7KNmWl/VRmMpGtDRTaL3GzlM7WLfW5FH46MJ27gBmqL9m7wAACAAH/efK6N&#10;123RcDqMxW8jYuSLvHBiVE6K0HGORIuKDXKjMy6JqXOGHzaKI3PMBneJn3QrAACAAIAAe8mL7XXp&#10;b0SK7naqYd6J+XdUU4WJE3fxQ9eIXXh7MqOH9njnHt2IRnjtBnyHknm/AACAAIAAeumKSn4FbniJ&#10;WH5EYRmIa35kUrCHjn5qQ1GGy35tMjaGZ353Hp2GjH5jBoyFxn6vAACAAIAAeiKI+oZEbbmIFoX7&#10;YF6HKoWHUguGQoT4QrqFfIRxMfKE94QgHm6E+YQ7BpGEPILbAACAAIAAeYOH9I6MbTqHGo3OX+OG&#10;J4zKUXeFMIunQhmEaYqyMWCD3ooyHimDo4qJBouC84RsAACAAIAAeQSHKpbdbLmGVJWxX12FWZQn&#10;UPWEVZJ8QZqDg5ExMNSC+JDIHbiCm4/WBomB5YRrAACAAIAAeKKGkp9NbFKFvp3LXuqEuJvGUIKD&#10;pZmiQTaCwpglMIaCJpe2HYGBr5PzBn2BFIRjAACAAIAAca+b2FyyZfGZ919CWTuYYGG0S06W/GP7&#10;PAqV2mYHKuKVfWeeFi6XhWfHAACTDWm/AACAAH9KcPeaDmSMZWeYR2ZvWLSWomhASuGVI2n4O7aT&#10;6muDKq+TbmyrFjCVF2yUAC+Qvm62AACAAIAAcE+YE2xCZKKWam2OWA6Uy27MSj+TTW/7OzSSEXEJ&#10;KlaRgnHKFhWS3HGFAHOOcHQzAACAAIAAb5OWMXPjY9GUlnStVyuTB3VlSY2Rj3YSOpmQW3aoKeWP&#10;wXcJFd6Q2XatAKKMa3lEAACAAIAAbteUm3uQYxeTDHviVnGRgnwdSNCQCXxDOhKOz3xnKXWOMXx8&#10;FZyPDnw6AMOKqn2mAACAAIAAbjKTW4NaYnyR1oM+VdyQSIL7SDuOyoKhOYSNhoJWKTCMvoI3FXaN&#10;ZIJoAOCJJ4CXAACAAIAAbayST4snYfWQ1YqhVVSPRYnkR7ONv4kVOQaMdoh2KM+LnYhRFXWL44gE&#10;AQOH34CvAACAAIAAbUKRi5MKYbGQF5I1VRKOeZEBR2mM04+xOLyLdI7TKHCKno8EFRmKx4ygARqG&#10;0YC+AACAAIAAbO+Q+JsOYV+PfZn4VLmN1JhfRxCMIJaxOHKKsZXRKDmJxZUnFPyJyY4wASeGA4DI&#10;AACAAIAAZWKmV1uwWhKkH14VTfCiI2BlQKugW2KNMfKfBWRoIOefE2WKC/uhu2UaAACNlG3SAACA&#10;AIAAZLOkzGMnWaaijmTxTZOgbWawQGyee2hWMdKc/2m/IPOc1WqKDE+e+mn9AACL+3LMAACAAIAA&#10;ZCui6Gp1WQyguGu4TRmelGzxP/icmm4eMX+bEW8aINCawW+VDH2cbG8GAACKe3eiAACAAIAAY52h&#10;B3GrWGue4nJ6TGicyXM8P3Wa0XP1MRGZSHSNIJCY3nTDDI6aGXRVAACJFHvlAACAAIAAYw6fbnjw&#10;V+GdU3lYS96bO3mtPuOZP3nsMLSXqXonIE2XLXoxDI6YAXoqAACH0X+cAACAAIAAYpCeLIBWV3Gc&#10;FoBhS3WZ+IBIPnyX84AaMFWWTn/6ICWVon/4DJWWHoARAACGtIAAAACAAIAAYiadLYe/VxmbGId5&#10;SySY8Ib4PiiW3IZmL/qVMoYOH+aUbYZEDKyUdIUNAACFzoAAAACAAIAAYdWcXo8rVsyaSo6bStOY&#10;HI2+PdiV/YzbL66URIx2H4uTfoyvDImTJYh6AACFIYAAAACAAIAAYZWby5bNVr+ZrpYkSsWXbJTv&#10;Pb2VKJOsL6uTSpNnH7GSW5HvDL+R7IifAACEnIAAAACAAIAAWSOxrVpkThqvUlyNQmStGV6qNZyr&#10;GGCeJyyp42IjFZOrYWJoA0WptmNaAACI53H9AACAAIAAWHCwZ2F9Tbqt4mMbQiOramS5NX+pLmY6&#10;JzqnvWdgFeqoz2dwA9Kmv2hRAACHoHayAACAAIAAWAiukmhoTUqsC2mQQdCpiWq0NTinOGvOJxil&#10;rGyaFgqmc2x8BDmj8214AACGZ3rdAACAAIAAV66sp286TN+qJm/9QVenqHC5NOelVXFtJt+jvHHs&#10;FgqkTnGrBIShXHL8AACFQX6KAACAAIAAV1Kq/XYcTIqognaKQQSl/3bqNIqjpnczJrqh9XdtFgmi&#10;XXcpBMKfBnjhAACEPoAAAACAAIAAVv+prX0jTFCnKn1KQNWknX1ONF6iN30/JpKgdH0zFhugl30W&#10;BP+c734WAACDXoAAAACAAIAAVrqooIQtTCmmEoQWQLmjdYPHNEGhAoNsJnSfNINHFh2fLYOHBT6b&#10;IYJ6AACCrYAAAACAAIAAVoWn0otDTBOlMor9QKqig4pnNDKf/onPJl2eIYnKFf+eEYk2BU2Zq4OW&#10;AACCFoAAAACAAIAAVmKnNJJ+TAykepIiQKehupFVNC6fI5CkJmedL5CZFiac9o3kBWqYcIOpAACB&#10;gIAAAACAAIAAtSZhU1myo/5j0V0DkjZmL2A3f4ZocWNMa95qn2ZGVyhsrmklQSpuYmvPJ+tu2m3d&#10;Brl0o27FsypdzmRhonFgmmaskNRjNmjmfktlrmsQarpoDW0oVh5qQG8uQDVr/HEGJxhsEnJeBmN1&#10;NXNBsU5asW8BoKpds3BKj01gg3GMfNZjJnLOaW5lrHQNVPtn/nVDPz5pu3ZWJlFpZXcKBhd1tXgi&#10;r3RX5XmBnt1bFnncjYxeCXo5e1lg0nqXaBRjf3sBU9Rl6ntrPk5nqHvEJZdm3XvrBdV2JHyarb5V&#10;eIPynUZYzoN1jARb44L2ed5exYJ5ZuJhjIIIUshkEYGvPXZlyoFYJPJkhIERBZ12g4BtrFJTdo5m&#10;m/dW6Y0YisxaFIvAeLhdDYpqZc5f5IkoUedicIgKPL5kJYcZJGJidYadBW5204Omqy1Rz5jVmupV&#10;WJa2idBYkZSDd8pbmJJZZO9egJBUUSRhFI6FPCliuI0MI/BgyIyiBUZ3FoORqlBQhKM2mh5UG6BD&#10;iQpXWp03dwxaZJo7ZDddVJeAUHhf8ZUeO5xhipNWI45fbJHsBSZ3TIN7qcFPmK11mZJTNKmgiHhW&#10;bKW5dnlZcKH4Y7BcXp6ZUARe+pvFOyhgf5oFIyJeRZYeBQ13d4NqqBdo21lJmGNqqVyvh89sa1/m&#10;diVuH2LwY2VvymXcT39xX2inOiJyr2sqIOhy8WzMAUx9z27zpoFliGN3lzRnpWXkhr1pmmgxdS1r&#10;dmpjYoBtQmx9TrNu8W5/OXRwPnBFIFtwAnFMAS5+AXPHpN5iiG2OlX9k2W8OhTdm+3B4c7ho/3HU&#10;YThq73MmTZZsuHRpOIFt/XV8H51tLnX5ARR+LXhlozRf13eIk9ViUHgwg5ZklHjHcl9muHlRX/5o&#10;zXncTIxqqnpjN6tr5nrPHvpqnXrhAP1+VHxmoahdf4F9kmBgGYFdgi1ifIEmcP5kuIDiXuhm4YCk&#10;S5do1IB3NuhqA4BLHmtodIAdAOp+dX/UoGNbkIt7kSteQoqWgQlguImSb+ljCYiDXeZlQIeCSsln&#10;NYajNkNoWIX4He5mq4XaANl+kYCTn19Z+ZV0kDJcvJPMgBpfPpH7bwZhm5AkXRFj4o5vShNl3Izz&#10;Nb9m5YvhHY9lM4uMAMx+qICKnp1Yu59hj3NbiJz3f1leDZpbbkpgbJe/XFpiuJVhSWhkuZNpNTdl&#10;spI3HTpkBJA2AMF+uoCCnh1X2Kk2jupapaYMfsNdI6KnbbJfe59OW9BhxJxYSPVjwpoHNMNkopjl&#10;HMtjDZN4ALh+yYB8mzZwslj3jNVxzFxgfWdy8V+QbLx0G2KMWuF1RGVkR8F2Z2gTMvJ3aGpgGV53&#10;zWtaAACAAHIdmeFth2KNi6Nu7mUPfDFwQWdpa6NxjGmhWeVy0Wu+RuZ0B226Mjh09W9gGNJ0yW/c&#10;AACAAHbImIVqoWwgij9sQG3HexFtvW9VaoVvJnDGWO5wg3IoRhhxyXN0MZlypXR8GGNyJnSTAACA&#10;AHrilwRoBXWZiMFpy3Z+eYNrZ3dGaTps7Hf5V75ubHijRRZvwnlBMMdwiXm3F8pv7HmMAACAAH5x&#10;laBlxn8Oh2dnpn88eDNpXn9GZ/hq+X85VsZsiH8sRDlt7X8oMBpunn8eF1JuBn7wAACAAIAAlHtj&#10;6oiShkxl34gKdyZnpodWZvdpU4aMVdZq7YXMQ39sToUrL4hs54S/FulscoTAAACAAIAAk49iYpIS&#10;hWVkZpDYdkZmNo9mZiFn7Y3iVQ1pkox9QtZq9ItWLxVraoqsFp1rI4nHAACAAIAAkt5hLpuJhLJj&#10;O5mhdY5lDpd1ZW5mw5U6VF5obZM9Qi9p0pGyLpNqLpElFlZqFY3lAACAAIAAkmZgTaTzhC5iXaJn&#10;dPtkKZ+EZNll1pycU9hnepoXQcFo2ZhTLiJpGJdgFeVpTI7OAACAAIAAjnx451ixgSd5UlwJcrd5&#10;4V8oYv56hGITUgF7MWTUP51772deKzx8xWlbEN5+UGlgAACAAHYJjVJ14WG6gBB2mWRAcZx3Umab&#10;Yf14D2jTUR94z2rrPt15lWzTKp96R25AEIh7hW32AACAAHofjB1zG2q1fr10CWx5cHt0424dYOV1&#10;u2+iUDJ2j3ESPhp3XXJdKgt37XNFED15EHLLAACAAH21itVwk3OyfWtxqHTAbylyoXWtX+hzjXaH&#10;T090endLPWd1T3f7KY51vXhpEAN27HfwAACAAIAAiZNua3yufFBvmX0WbgtwqX1XXrhxpX16Tl1y&#10;nn2aPIpzfX26KN1zxn3DD6F1JX2eAACAAIAAiIlspIW2e0dt44V6bQ5u/4UMXcdwCYSCTX9xB4P/&#10;O+Nx24OZKFtx/4NlD1pzoYL6AACAAIAAh7JrLI66enVseY3ebEFtnIzDXQJuq4uRTMZvsIp7O0hw&#10;fommJ/pwcIlpDy5yWYdwAACAAIAAhwxqApe5ec1rWJZEa5VsfJSBXF1tiZKpTCNujpEPOqpvW4/2&#10;J4BvJ4/sDwBxUIolAACAAIAAhpdpJKCzeU9qf560awprnpxRW9BsoZneS6dtnZfSOkVuX5auJxVu&#10;CZVlDqdwkYnoAACAAIAAgdeBi1hddViBWFuXZ8aBWl6hWOyBfWF3SMGBuGQbNwOCJ2ZxItGDHWf4&#10;COeEpGffAACAAHlzgMt+tmDidGh+ymNfZtR+7WW1WBd/HmfnSAt/YGnyNnB/ymu5ImeAhGzJCN+B&#10;6WyaAACAAH0Gf7p8DWldczl8VmspZc18l2zYVxl83G5mRzJ9LW/YNb59lnETIeZ+GHG2CMV/hnGb&#10;AACAAIAAfph5pnHKcg56DXL3ZJZ6aHQFVi56u3T3Rlt7IHXTNRd7h3aIIXR71HbQCLJ9cHcLAACA&#10;AIAAfYB3iXpLcPl4C3rcY4x4eXtJVSx42nuZRbR5P3vhNIt5qXwbIRl5wHwgCKp7oXyWAACAAIAA&#10;fI9114LecCx2a4LfYs124YKtVF93RoJcROV3rIIQM/J4AoHfIJ9344HVCIN6H4FcAACAAIAAe8t0&#10;cYtqb2Z1EIreYgx1iYoQU6V18YkoRDR2WIhdM1x2oIfZIEp2O4gPCHJ42IVVAACAAIAAezFzUpPw&#10;bs5z+5LgYXN0c5F/UxN01ZAEQ6N1OY7MMst1eo4rH9x04I4NCGN3zoWrAACAAIAAer5yeJx8bldz&#10;J5r9YPNzm5kQUpNz8pcOQzV0SZWBMnR0epUSH4FztpLWCCx3CoWGAACAAIAAdU6Kt1faaYCJ+1rw&#10;XLKJfF3eTqSJJ2CbPzSI/mMbLfOJSmUpGX+K+WXzAfWKFGcYAACAAHxfdFiIG1/naLOHmWJTW+iH&#10;LmSeTfiG2WbFPqmGq2i5LY6G4mpLGU+IMGq7AiyHbGv6AACAAH+Dc2qFkWfnZ6yFPmmzWwuE6Wtm&#10;TSOEoWz5PfiEeG5kLQeEoW99GQCFmW+gAk6FE3E2AACAAIAAcnCDP2/fZqGDCHEZWfaCx3I4TEqC&#10;jHM+PTSCcHQjLG2CjnTKGJyDNnSyAl2DCnbNAACAAIAAcX2BQnfgZbmBHXiRWQ6A6nkiS12At3mY&#10;PJmAk3n8K+iAqXpCGEiA/3oTAm6BRHvAAACAAIAAcKZ/kH/yZO9/f4AjWFJ/VYAnSrV/IYAMPAd+&#10;+H/wK7N+6X/lGDN+83/oAo1/vX/4AACAAIAAb/Z+OYgLZGF+OofGV89+DYc9Sit9yoaUO3J9m4YL&#10;Kyl9fYXUF/d9KoYdApZ+doHAAACAAIAAb2l9JpAkY9d9L49yV0V9AI5nSap8tY08OvV8fIxgKqR8&#10;UYw8F5B7tItbAp99aoHGAACAAIAAbv18U5hLY2p8YJdCVtN8LJW/STt71pQiOpd7jZMSKlt7SZL/&#10;F1F6dY+PApB8oIG8AACAAIAAaQOUf1cKXdCTSFn3Ua6SVVzFRFGRlV9iNXmRJWGwJHKRomNVD0+U&#10;jGMnAACICWmaAACAAH7UaB2SI16oXR+RFGD9UQmQIWM4Q8yPUWVONReOzGcfJD6PHGhbD2mRbWf6&#10;AACGIm5kAACAAIAAZ1GPtmY3XECOzGf9UFCN52mtQxyNG2s9NI2MkWyVI+KMwm1uD16OgmzpAACE&#10;XnOnAACAAIAAZn6NcW28W16Mnm7/T2KLyXAqQmWLBXE8M+yKgHIgI2+KmHKdDzeLz3IOAACCvHia&#10;AACAAIAAZa+LfXVMWpaKvHYVTpuJ8XbCQZ6JLndQM2aIn3fIIwOIonf9DwyJU3eUAACBTnzlAACA&#10;AIAAZPeJ4nzwWe6JMH1LTgCIZ317QQmHn32NMt6HBH2ZItmGzH2jDwuHEn21AACAG4AAAACAAIAA&#10;ZFqIiISLWVKH5oR3TWiHIIQvQHaGVIPQMlqFsIOKIoCFWIOJDzOFIYNHAACAAIAAAACAAIAAY96H&#10;gIxFWQ2G74vlTS+GH4skQD+FLIo7Mi+EZ4mwIjaEBooBDuWDoIfyAACAAIAAAACAAIAAY3yGsZQZ&#10;WK2GIZN8TMuFTZJTP+GET5EGMeODc5BuIgKC7ZAqDtuCXYoLAACAAIAAAACAAIAAXOCe8VXfUkKd&#10;WVifRsCcCFtFOfma+124K4mafV++GkmbzWC4BoScSmEEAACDo21JAACAAIAAXAac3V0dUaybWV9V&#10;RjeZ9GF5OZWYwGNyK1GYFGUMGlCZEWW0Bt+Y3WXjAACCEHIxAACAAIAAW1+ahWRDUPWZG2X8RZ+X&#10;vWeiOQWWhGkmKuqVxWpWGiaWh2q1BxeVnGrkAACAl3cUAACAAIAAWraYQGtaUDiW52yeRNGVl23O&#10;OGqUYW7jKmqTn2+xGd2UM2/OBy6SsXAjAACAAHtlAACAAIAAWgyWTHKBT5KVBHNbRDCTt3QcN8aS&#10;fHS3KgKRq3UtGZSSHHUhBzGQKnXeAACAAH8uAACAAIAAWXOUt3nITwaTfXpDQ7GSLnqVN1GQ6XrD&#10;KZiQBHrfGXGQLXrMBzuN+HvRAACAAIAAAACAAIAAWPCTa4ETTpaSPoE7Q0yQ6oEjNu2Pl4DsKS6O&#10;pYDOGSCOqYDrB1CMHIDgAACAAIAAAACAAIAAWIiSXIhgTi+ROog7QueP5ofENpCOhoc2KNyNfocG&#10;GLeNc4dHByuKo4TZAACAAIAAAACAAIAAWDeRjo/lTgmQco+jQsOPFY7ONm+NkI3bKOKMV43CGPmM&#10;CIyhB3KJVIUJAACAAIAAAACAAIAAUKaqYVRNRmKomFbSO02nDVk9Luyl5FtpIIal2Vz3Dpeoo10I&#10;AACgCGB8AACAAHEuAACAAIAAT8aolFsqRcSmzF03Or+lHl8yLoWjwWD3IFujbWIrDselsmIHAACd&#10;bGUVAACAAHX4AACAAIAATz2mU2HvRS2klmOOOkGi62UYLhGhfmZ5IBOhB2dWDtGi4WcKAACa3mnu&#10;AACAAHo8AACAAIAATsekC2inRKOiWWneOaSgtmsBLaGfSWwAH8Cev2yRDsagP2woAACYd28rAACA&#10;AH3/AACAAIAATkuiC29xRCuga3BOOTOexXERLSudTHGkH4ycpXH2DsCd2XGOADWWAHUJAACAAIAA&#10;AACAAIAATdeganZgQ8qe03bwOOSdKHdVLOubnneRH1ia13ecDtibqXdeAHGT2npUAACAAIAAAACA&#10;AIAATXOfE31VQ3+dg32iOKubz32wLLeaN32eHyaZXX2MDtGZ5X21ALCSCX7OAACAAIAAAACAAIAA&#10;TSSeA4RZQ0qcc4RxOIGatoQyLJmZCIPfHwqYEoPkDqqYd4N7ALWQmYB7AACAAIAAAACAAIAATPGd&#10;KYuPQyiblIuGOGSZ0IsILIaYEIqOHxOW84qvDtmXHohEAN2PZ4CWAACAAIAAAACAAIAAqc5a6lOp&#10;ma1dx1d8iPNghls1d1BjLF7MZKhlumJDUOFoFWWVO8Jp3WijIyVpcGrpA+d5Z2zLp8JWo14gmBRZ&#10;4GD+h4dc7mPGdg1f2GZ4Y4Bin2kQT9ZlImuNOtNm523QImVl2G9sA8h5nHFnpdxSzGiNlkdWVWpz&#10;hftZp2xMdJVcxm4cYjJfu2/fTrZiXnGQOeVkGHMVIbFisXQZA615ynZio/lPU3LdlHpTIHPahDxW&#10;oXTUcx9Z8XXIYOFdFHa7TZlf0HeoOQFhfHh4IQpgBHj5A5V58nr1ojJMQH0dkuBQSH1Egr5T/H1o&#10;ca9XbX2GX8Ras32qTJ5diH3YODpfIX4BIHpdyX4dA4F6FH7foLBJpIdZkYtN3YawgZFRuYX/cJ1V&#10;ToVOXsNYqYSpS9hbiYQeN5hdDYOzIAFb9IOgA3B6MIIrn3ZHcZGKkHhL05ANgJ5Pz46Hb8RTf40K&#10;XfdW8YuqSydZ2Ip2NxpbQImPH6RadYmWA2J6SIJJnoRFrJukj6NKLplMf+BOP5bwbxpR/5SrXVdV&#10;f5KfSo5YbJDfNptZuY+wH1VZQI7VA1Z6XIJCneJEX6WGjw9I8KJJf1VNCZ8VbptQzpwWXOtUU5ly&#10;SjVXP5dINkBYaZYgHv5YRJL/A016a4I8nYdiJlOAjqRkZVdYfvZmlVsGbjpot16IXGFqxWHmSVFs&#10;qWUXNLNuBmftG9dtgmmbAACAAG3wm8ReEF10jV5gsWBkfdpjJ2M1bUJlfmXmW4Rnt2h3SJJptmrk&#10;NBdrA20BG2dqTW4gAACAAHLTmgtaWmdZi55dQ2lmfE9f9Wtca8xifm08Wjxk4m8JR3dm+3C8Myto&#10;LXIuGrpnkXLPAACAAHeDmFJW/XEmie5aInJfeq5dA3OHanhftnSdWQhiRXWnRnVkcXakMmFlhXd2&#10;GitlO3e2AACAAHuWlrhUBXrsiHVXXXtfeUlaanu9aR5dPnwKWAJf6nxWRY5iKHykMa1jG3zlGbBj&#10;RHzuAACAAH8SlWRRgoS1hzxVAYRkeCtYMYP6aBVbJYOCVwxd44MSRNVgJIK5MRpg9IKBGUhhpYKh&#10;AACAAIAAlFFPaI5zhj9TBo1fd0NWT4wrZz9ZWoryVkJcK4nURCtebojmMKlfFIhSGPxgTYhJAACA&#10;AIAAk4FNuJgahXtRbZZEdohUxZRJZpFX25JSVZ1at5CTQ4xc+o8tMCxdeI58GLlfOYztAACAAIAA&#10;kvRMd6GXhO1QN58EdfdTk5xEZgdWq5mZVSVZiJdJQyxbxpWNL8lcE5T7GFleZpB2AACAAIAAkVhp&#10;rFNig55rTFcvdPNs8FrMZRtukF43VBBwI2F4QaxxmGSALXVypWcJE9FzxmfHAACAAHHkj8plw1y+&#10;glNnwF+3c7ZpoWKJZANrb2U3UxltJ2fAQNhurmoaLMdvkmwCE2Fw52xSAACAAHaVjktiKmYggN1k&#10;cmhJco9mjGpXYuhogWxDUilqVm4XQBZr62/FLDlspXEVExJuXXEPAACAAHqzjLde6G9uf1NhaHDX&#10;cP5jq3IlYaFlxnNYUP5nw3R4PxtpY3WAK3Fp63ZFEpJsR3YMAACAAH5Hi0VcDHi4ffJetXlpb61h&#10;IHn8YGBjWXp1UBBlbHrmPkdnF3tRKtBnaHudEjRqentvAACAAIAAihFZoIIIfNJcaoIHbqJe8oHf&#10;X2VhRoGgTydjZ4FkPZ1lC4E7Kk1lJIEsEeZo94E7AACAAIAAiRlXmYtPe+dafYqebcVdGIm8XpZf&#10;f4jITmRhroftPPpjS4dCKeljJ4b/EbNnsIZDAACAAIAAiFxV9pSCezFY7ZMnbRFblZGOXexeAo/q&#10;Tb9gNo57PFthzo1xKW9hbo1JEYJmqopiAACAAIAAh9lUup2ZeqpXvZufbIJaZ5lWXV5c0pcITUVf&#10;A5UWO/pgj5PTKQlf75NoESRl74uXAACAAIAAhTBxklNAeGpyllbzaqVzs1p4W6V02F3JS15192Dn&#10;OZd3DmO7JZl3+WXXC7p6xGYCAACAAHXCg8dt0lwOdzdvMF8DaYFwhGHOWqVxzWRzSoJzBmbtOOF0&#10;ImkkJQt0yGq2C41392qqAACAAHnhgnBqXWTdddJsAWcXaFhtg2kyWY1u7mspSZhwQGz/OCNxXm6e&#10;JIJxvG+yC2V1gm+KAACAAH2AgQ5nM22wdHBpDG83ZwBqtnChWJVsQHHySL1trnMiN31uzHQrJBdu&#10;4XTLC05zXnSzAACAAIAAf7pkcnaAc0hmc3djZdxoPngiV2Bp3XjBR89rWnlUNqRseHnTI21sOXoV&#10;Cwpxm3plAACAAIAAfqBiHX9ZcjdkOX+aZNxmG3+tVnBn0H+jRvRpVH+YNgZqX3+YIvdpyn+jCt9w&#10;GH/HAACAAIAAfbxgKIgmcV5iWofKZA9kTIc0Va5mDYaGRj1nmIXrNXBok4WCIqRnpIWKCstuz4RD&#10;AACAAIAAfQpekZDlcLNg1I/2Y2Ri0I67VQxklI1rRZ9mHoxQNNRnCoulIi5l2IvpCrNt6oc8AACA&#10;AIAAfItdV5mScDJfqJggYtthpZZKVIRjZJRhRSlk5ZLWNHhlvpIbIclkYpFRCmtuZIcLAACAAIAA&#10;eP157lL+bQR6YlaPYA17AFn2Udd7sF0pQkd8aGAfMP99QWKuHOJ+bGQjBISA6WTtAACAAHkgd7N2&#10;YFtIa/V3KF4vXw538mDvUP94uGOFQZR5fWXmMHR6R2fqHIh7BWjxBJt+KWmyAACAAHzAdn1zDWOX&#10;arB0F2XUXfx1CWfzT/x16mnrQLl2v2u4L8V3fW01HBB3y23WBJx7xW65AACAAH/vdURwBWvfaXNx&#10;Om19XLpyT27+TxBzRXBgP+J0LnGaLyF033KWG6Z0unLiBJ95sXQoAACAAIAAdBNtV3Q3aEtusHU6&#10;W6Jv3nYdTgVw53bePzxx1neMLplye3gSG1hx7ngiBK14GXmzAACAAIAAcw5rGHyeZ29sj30TWtpt&#10;z31aTTJu4n1+Pmpvzn2cLgBwUn29GuFviH3CBJh4PH6CAACAAIAAcjppM4T5ZqFqvoTkWhZsCoSR&#10;THhtJYQiPbpuEIPELW5udYOXGphtiIPeBJp4OIKDAACAAIAAcZJnp41GZgBpQ4yxWXhqlovNS+Rr&#10;sIrOPShsk4oGLNxs34m6Gitr9onMBJl4OoMcAACAAIAAcRVmcZWNZYRoGpSOWPdpcJMiS2Vqg5Ge&#10;PL1rWJCALIprhZBfGdBqtI6IBGx4h4L9AACAAIAAbMWC2VJ7YYKCzVXnVUiC9FksR8uDOVw9ONaD&#10;oV8BJ9mEeGEsEvSGu2GVAACDOmWuAACAAHwDa5Z/hFpOYJB/wV0hVGaAB1/QRxCAVWJTOEOAuWSQ&#10;J3SBa2ZEEteC+2ZfAACBCWpiAACAAH82aoR8U2IjX298y2ReU3Z9MmZ8Ri59kGhuN4t9+GonJup+&#10;imtnEpR/iWs/AACAAG96AACAAIAAaW15Zmn4Xk56BGuhUlF6hW0tRUt6926YNr97aG/OJkx723Ch&#10;Ejl8j3BIAACAAHT+AACAAIAAaGN21XHTXVR3kHL1UV14JXP1RFF4onTRNiN5C3WNJch5YHYDEfV5&#10;+HWeAACAAHniAACAAIAAZ3N0oHnFXHB1eHpiUIh2HnrVQ5p2nXslNX92/3tkJX13H3uSEdd3uXtg&#10;AACAAH4JAACAAIAAZq5yyIGzW8tzvYHbT/Z0a4HFQwt044GMNOl1OYFjJPd1L4FkEal12oGJAACA&#10;AIAAAACAAIAAZhJxSYmaWzRyTYlVT2JzAYi9QoJzdIgFNGdzu4eLJHJziYebEUt0aobBAACAAIAA&#10;AACAAIAAZZhwFpGGWr5xKJDqTutx4I/bQhNyS46zNAtyfo4CJC9yIY42ERFzP4rwAACAAIAAAACA&#10;AIAAYKaMb1GYVgeL7VTcSneLqVf9PZyLlVrkLxqL111lHgiNKV76CYCOal8pAACAAGlpAACAAH5w&#10;X4+JUlj+VSuJEVu7SaqI3l5VPPWIxGC8LqGI7mLGHcmJ+WP4CaSKqGP9AACAAG4pAACAAIAAXp+G&#10;QWBjVC2GMWKYSNeGF2SvPC+GBGaWLgWGJGgpHWKG9Wj9CaOHUWjrAACAAHNkAACAAIAAXbCDaGfJ&#10;UzKDd2l6R9WDcWsNO2eDamx6LVWDiW2cHOOEJG4YCYaEZ24MAACAAHhbAACAAIAAXMaA6G89Uk6B&#10;EnBxRvSBHHGFOouBFXJvLMCBJ3MtHGeBjnNjCWGB43OKAACAAHysAACAAIAAW/R+x3bEUYh/CneF&#10;Rj1/H3gcOd1/F3iOLCN/FHjiHCV/KHjxCVp/tHmZAACAAIAAAACAAIAAWzx88H49UNd9T36SRZl9&#10;b360OUd9ZH63K5t9T366G9F9JH7ECY190n8zAACAAIAAAACAAIAAWqx7eYXLUHR7+YXORUZ8G4V4&#10;OQZ78YT9K297toTDG417WoUbCVJ8XIPfAACAAIAAAACAAIAAWjt6So1sUAV6140rRNl6/4xtOKd6&#10;zYuSKyd6dYtIG2J52YsyCUx7KoZJAACAAIAAAACAAIAAVKWW3FA9SoyV8VNVP4mVT1ZKMyaVAlj6&#10;JM+Vd1sWEu+YUluoAYKUpV2NAACAAG0UAACAAIAAU56T/Vc/SbyTRFngPsWSp1xdMoiSRF6bJGeS&#10;iGBPEtiU52CZAdSRCmJpAACAAHH4AACAAIAAUsuRDF4/SNyQeWBnPgqP7GJtMdiPh2Q5I+SPr2WH&#10;EpuRpGWOAgaNy2dnAACAAHbkAACAAIAAUgCOQmVASAaNyGbxPSiNS2iBMS+M6WnhI1SNAWrQEkqO&#10;k2qdAh+K8GykAACAAHs8AACAAIAAUTmLyGxVR0SLaW2WPGuK9261MHSKj2+eIuOKinA9Ef6Lvm/m&#10;Ai2IeHJaAACAAH8GAACAAIAAUIKJq3OARpmJZ3RcO9KI/XUNL+qIjHWPImmIaHXXEeKJH3WIAkWG&#10;VXhKAACAAIAAAACAAIAAT+KH4nqpRgyHuHstO1iHVHt1L4CG1XuXIgSGk3umEaiG5XuLAnCEgn1X&#10;AACAAIAAAACAAIAAT2CGY4HERYiGUoHwOtiF9oHXLwyFcIGnIZuFEYGmES+FGIHDAmGDEYF1AACA&#10;AIAAAACAAIAATviFNIkzRVqFRolAOrmE84i9LxCEOIgUIe2Dg4gaEeSDHYckAteBtIHsAACAAIAA&#10;AACAAIAASFiicU5fPt+hPFFCNGmgZ1P2KFmgKFZOGcOhc1e/CKOjG1hlAACRlF/kAACAAHB6AACA&#10;AIAAR0ef5lT+Pfie7Fd3M3ieGlnFJ4+dr1u8GUWeoVzYCKefc11ZAACO3GR+AACAAHVRAACAAIAA&#10;RpudDVudPTScLV2sMsKbb1+OJtua+WEkGMObvWHqCJebzmJQAACMQ2lRAACAAHmpAACAAIAARgea&#10;PGI6PISZb2PcMfaYvGVWJkCYR2aLGEeY7WcGCICYTGdfAACJ3m58AACAAH2AAACAAIAARWSXuGjo&#10;O92XDGopMV6WWGtAJaiV0mwKF/uWTGxLCHWVD2yvAACHxnQvAACAAIAAAACAAIAARMWVk2++O0qV&#10;CnCnMOSUW3FfJUyTvnHTF7iUAHHQCJKSKXJkAACGEHlnAACAAIAAAACAAIAARDuTwnacOs+TWnc5&#10;MIKSrneWJPiSAXe8F2iSHneZCIKP0nibAACEsn3KAACAAIAAAACAAIAAQ8mSQX2QOm2R9n3tMDKR&#10;T334JMOQiH3aF0KQc33ICFKN8H54AACDRYAAAACAAIAAAACAAIAAQ4CRBITGOiWQzoT0L/GQMoSz&#10;JJmPWYRlF0qPBYSHCIWMWYNYAACCcYAAAACAAIAAAACAAIAAnvtT1U3Vj8hXCFIdgARaIlZQb1xd&#10;LFpjXaVgGV5RSr9itWIRNnFkY2WBHl9jlmf0AXt9gGsZnNFOhVgIjhRSLltvfoRVsl6+bghZEWHy&#10;XG9cQ2UGSatfB2f2NYBgmGqfHa1gMmx2AYt9ZG/PmtpJrGI+jDtNwGS5fO9RnGcibIpVQWl7WyBY&#10;qGu+SI1bim3oNJpc82/aHQ5dSnEkAZp9S3TimOhFPGxkimtJs235ezJN1G+Iax9RuXENWdpVVnKF&#10;R35YTnPwM8hZhXU0HH9a2nYGAaZ9NnmLlwpBNnZ4iMtGCnc4eb5KeXf1ab1Oj3iqWNhSXHleRpxV&#10;aHoQMxdWZnqzHApY03sqAbF9JH2IlWc9qYB+h2tC1IBseJtHi4BcaMNL3IBLV+9PxoA+RfdS3oBD&#10;MpFToIBYG6tXKYCoAbp9FIDllAo6lopxhkpAD4mId7FFBoinaAFJiYfUVztNk4cVRVxQrYZ7Mi5R&#10;NYYhG2dVyoaSAcJ9CIEwkvU4BpQ/hWU9wJJ2dvlC7ZDEZ25HmI81VrlLu43WRNxO1Iy2McNPGIwb&#10;GzFUr4vLAch8/YE0kjM2D520hL478psHdnFBQpiGZwRGCZZLVmxKP5RjRKVNWZLjMYlNXpJQGvdT&#10;z4/wAc189YE4k4Navk3uhUNdYVIgdltf/VY5Zn1iilovVYFk+V37Qz1nF2GPL09oQGSxFqppdWZU&#10;AACAAG3SkXlVmVeZg9VYu1r+dS1btl5KZX9ejWF2VKNhMWR4QoBjamdKLrlkXWm3Fk5mYGraAACA&#10;AHKwj5pQ5GFJggJUbWPXc5lXuWZQZAJaz2ivU1ZdpWryQWNf8W0QLdFgnW7aFbFj4G+KAACAAHdi&#10;jcpMk2rrgEdQc2yncfVUAW5WYrRXUm/yUilaWXF4QGpcr3LnLRNdCnQYFThhuHRzAACAAHt2jBxI&#10;rnSGfsVM23V7cJJQrXZjYWBULHc8UTRXXHgNP5RZu3jULHFZunl7FNVf53msAACAAH7zirFFSH4b&#10;fYRJuH5Nb3pNxH5yYGZRdn6MUE5Uv36pPvRXHX7UK/VWwH8JFIdeZH9YAACAAIAAiYhCW4eefH5H&#10;BocNbpdLRIZtX55PHoXNT5RSfoVDPlhU1ITfK5tUTITEFFVdooT6AACAAIAAiKE/8JD/e7JEyo+t&#10;beJJMI5KXwFNJozzTwNQlYvQPctS3Ir5Ky1SR4rGFCpd64mbAACAAIAAh/8+EZoeexxDDJgWbVZH&#10;ipX1XoZLkpPyTqBPCpJFPYJRRZEdKuFQrZETE99eaY1AAACAAIAAiB1h7E4MesNkB1IdbLFmJlYX&#10;XZtoOVnsTVZqLl2RO6Rr2mDvJ/JsmGOpDpNw62RoAACAAHG0hidc+VcbeUhfi1p3a2Nh/l22XHtk&#10;UWDTTFlmcmPDOsxoKWZ1J0Joh2iUDkNuEWj/AACAAHZohG5YYmBGd7RbW2Lfai1eHGVjW1xgo2fF&#10;S2li6GoDOgtkoWwNJrlkkm2ZDhNrh23FAACAAHqLgrtUMGlpdhdXeWtCaJVadG0LWhRdMG66Sj9f&#10;oHBKORRhVXG0JflgyHK9DbhpeHLPAACAAH4jgTJQa3KIdKpT9HOqZ0FXKXS5WNRaD3WySVxcn3ad&#10;OExeS3dxJWddg3gJDX5pMXg6AACAAIAAf+tNIXunc4BQ4XwXZjZUR3xvV99XVny1SHtZ9nz5N7Jb&#10;kH1DJPZazH2JDVJpfH4JAACAAIAAfuFKTYS0co5OPIR4ZVtRyoQZVxhU+IOwR8BXpYNZNxlZJoMp&#10;JKZYkYNEDTxpoYMTAACAAIAAfhNH9Y2lcdJMCozDZKpPtouyVndS+IqcRydVqom4NoRXCokrJDdW&#10;woliDSVpyIc2AACAAIAAfYJGIJZncUhKU5TyZB9OEZM2VfNRW5F6RrpUC5AXNjFVT49RI99VUI9k&#10;DOFqPIi1AACAAIAAfJVpc04TcAZrDVH8Yrpst1XSVGFuWFmDRMZv3Vz7M49xK2ATH9RxrGI5BzN3&#10;tmMQAACAAHWGerNkslaRbpxmt1ncYYNoqV0LU1hqfWAVQ+JsIWLqMtJtZWVoH0RtT2cKBx906me/&#10;AACAAHmteR1gRV8rbRdipmHJYElk2mROUjdm2mavQvFomWjkMhBpymrOHrppTWv3Bw10FWylAACA&#10;AH1Sd5JcLmfTa5pe2mm+XuRhRGuXUTtjcm1YQhdlS27rMW1mZXBFHlhl3nEBBw50E3HOAACAAIAA&#10;diNYh3B4al5bb3G9XbVeCXLtUAJgVHQBQS1iQXUAMJpjO3XWHbhi+3Y9Bud0VXeEAACAAIAAdPNV&#10;U3khaUJYaXnHXLBbK3pOTxFdlnq8QFRfiXsiMAdgWHuDHU9giXu7BtZ0cnzqAACAAIAAc/1SkYG5&#10;aGBVz4HGW+FYsYGmTlBbMoFzP6BdJoFPL3VdxIFLHQxefoGIBth0b4FpAACAAIAAcz1QQ4o5Z69T&#10;o4m5WzZWnoj4TbNZKognPwdbFoeGLt5bfIdBHJ1c5IfFBtN0eISdAACAAIAAcrNOcJKaZy1R7ZGi&#10;WrBU9ZBLTS9Xgo7iPphZYY3SLopZlI15HEBbno0ZBp1004R5AACAAIAAcNFxc03iZQZyk1GkWHhz&#10;zVVVStF1BljeO812LVwgKud3Q17ZFp14MGAWAKd+5mJaAACAAHjabw9s61XcY7tualkTV19v3Fwu&#10;SelxNl8hOw1yamHQKlJzWmQDFkN0CWTXAM5+pGchAACAAHyEbZZop133YlJqeGCRVjZsI2MRSNht&#10;nWVpOiZu3WeIKZpvn2k3FcdwfWmtAOB+hmwqAACAAH+8bDVktGYXYPhmxGgSVOJonGn3R95qNmu9&#10;OUZrhG1NKPBsEW6CFV1tbm6pAPN+ZXGWAACAAIAAauNhI25GX7hjZm+kU7tlZHDtRspnF3IWOKNo&#10;bnMiKG1ow3PnFRtqyXPaARN+LnceAACAAIAAacVeA3aAXshgdndQUudilnf/RfRkXHiQN81lo3kR&#10;J9llqnl4FK5omnlnARJ+MHv0AACAAIAAaNxbS36rXe1d4370UhtgH38MRTZh8n8LNxtjK38TJ0di&#10;3n8vFHFmu39mASR+E3/6AACAAIAAaCVZA4bAXURbu4aPUXleC4YXRKBf44WJNolhCIUpJrRgYYUm&#10;FAZlVIVEATB9/oDOAACAAIAAZ55XLY7GXMVaAI4zUPdcXo02RCJeMowiNiBfP4tqJmdeYYuJE7Bk&#10;OInzAQ9+NYC4AACAAIAAZON6DE1aWdx6uFD4Tgd7iFSCQQN8ZFfdMnR9TFrbIZR+gF0NDMyAoF14&#10;AACAAGWdAACAAHu0Y0V1wlTfWKh2wVgCTP13ulsFQCp4pF3YMch5gmBTIRx6Z2IRDLR8rGI9AACA&#10;AGpIAACAAH70YfFxp1yDV11y7l8XS+50EmGQPy91D2PXMPp15mXQIIF2eGceDHx5QWcaAACAAG9W&#10;AACAAIAAYLBt1WQyVhtvUWY0SrBwl2gdPjdxrGnfMB5yfmtZH9Vys2w/DDB2WGwgAACAAHTRAACA&#10;AIAAX4RqXGvoVQNsBG1fSaRtaW68PSxui2/zL3hvT3D5H0tvHXGIC/5z0HFuAACAAHmyAACAAIAA&#10;XnZnRnOyVAZpGXSkSL5qnHV0PGprx3YiLs9sdHawHwNr23b9C/RxmXcfAACAAH3TAACAAIAAXZhk&#10;k3t4U0tmlXvzSBtoM3w6O9JpX3xiLjNp6HyLHnppHXysC9dvwn09AACAAIAAAACAAIAAXOdiSoMy&#10;UqRkbYNBR31mIYMHO0NnTIKzLatns4KKHexm6oK3C4puXIJ7AACAAIAAAACAAIAAXGJgbYrsUiZi&#10;qoqlRv9kbon1OsxllYktLUtl2IjMHahlJokqC1ltPoaqAACAAIAAAACAAIAAWPODXExgTquDlk/d&#10;Q4SEBFM+NwqEmlZhKLyFgFkCF1aHiVpcBHGH1VuiAACAAGk1AACAAH4aV3h/TlN8TYR/1VaKQnmA&#10;YFlxNiyA8VwbKBOBsV5JFvGDM19DBI2ECGBuAACAAG3xAACAAIAAVkh7WlqzTFR8H11AQXt8yV+q&#10;NT59X2HXJ1N+AmORFmt++2QvBIqAtmVWAACAAHMkAACAAIAAVSt3omH1SzF4kmP9QFZ5VWXkNFh5&#10;92eaJoh6f2jmFdN6+GkvBHN93GpvAACAAHggAACAAIAAVBp0OWlHSil1UmrOP1V2L2w2M2J20G1s&#10;JeJ3N25YFUd3hG5eBFp7aW/jAACAAHxyAACAAIAAUyZxLHCrSUNyb3G7PoRzZHKmMqF0BnNnJTd0&#10;PXPrFQV0h3PTBGJ5Q3XfAACAAIAAAACAAIAAUlFud3gKSHNv53ipPcRw9nkaMfVxlnlrJKFxm3mf&#10;FKJyJnmABJB4SntzAACAAIAAAACAAIAAUaZsJ390R+9tzH+4PVhu93+xMahviX+NJGVvUn+JFEJw&#10;On+wBFx4ooAnAACAAIAAAACAAIAAUSVqP4byR29sAYbpPNxtQYZ4MTltzoXzJBFtZIXbFBBupIW4&#10;BFF4tYLrAACAAIAAAACAAIAATO+NoErXQ2CNak42ONWNg1FpLL2N/1REHlWPX1ZXDICR3Vb2AACJ&#10;ilw0AACAAGytAACAAIAAS5OJy1GUQjiJ5lSLN7WKF1dQK8WKf1m+HZmLmFtsDDmNFVvWAACGTmDf&#10;AACAAHGOAACAAIAASoWF+lhnQRyGS1rpNryGlF08KteG8187HNyH1GCEC+SInmC/AACDVGW6AACA&#10;AHaIAACAAIAASY2CVF9HQBeCyGFPNauDI2MrKgGDgWS/HCCEMWWrC4iEt2XCAACAqmreAACAAHrr&#10;AACAAIAASJt+8WY8Pyd/j2fONMJ//mk3KR6AT2pXG5WAwWr4CzuBYGr9AACAAHB5AACAAH6+AACA&#10;AIAAR7p74m1MPk18sG5wM/59Nm9oKHF9fXAiGvt9pnBsCxN+hnCHAACAAHZVAACAAIAAAACAAIAA&#10;Rvh5MXRdPZV6LXUdM1x6y3WnJ+Z7BXYDGnJ653YTCtR8NnZsAACAAHtHAACAAIAAAACAAIAARk92&#10;0HtsPOt4A3vQMr14vHv4J1147XwAGfp4hHv7Cm16b3ytAACAAH94AACAAIAAAACAAIAARdN024K8&#10;PId2RILgMm93IIKfJzp3OYJLGiR2coJbCs54tYIGAACAAIAAAACAAIAAAACAAIAAQJmZRUirN7KY&#10;rUvlLaOYlE7UIaqZUVE7EnmcMlJTA1KZvlRgAACEsl+KAACAAHANAACAAIAAPzeVvE8ENlSVjlHZ&#10;LCyVmVRiIEuWQFZmEW6YoVcvAwmVFVk/AACBrmRAAACAAHUBAACAAIAAPkGSFlV4NTqSGVfhKx6S&#10;PloCHzqS11ugEKCUw1wfAtKQz14uAACAAGkjAACAAHl0AACAAIAAPW+OfVv9NFCOn132KhiO1V+p&#10;HmePZGDoD/+Q12EqAqqNBmM6AACAAG5WAACAAH1YAACAAIAAPJqLFGKaM3SLaWQmKUSLrWV0HZmM&#10;ImZLD6eNEGZnApmJxWiHAACAAHQEAACAAIAAAACAAIAAO8uH8mldMqaIh2qBKJCI5WtrHQaJQmvx&#10;Dz+JpGvWAqaHA24wAACAAHk7AACAAIAAAACAAIAAOxWFKXApMfSF/nDvJ/iGd3F5HI2Gv3G0DueG&#10;rnGGApaExXRTAACAAH2YAACAAIAAAACAAIAAOnyCu3cKMV2Dz3d8J3aEZXeuHC6El3eoDqOESXeS&#10;Am6DAnorAACAAIAAAACAAIAAAACAAIAAOg2Aqn4nMOeB9n5PJwuCrH4xG+OCzH4BDpGCXH4uAomB&#10;iH7/AACAAIAAAACAAIAAAACAAIAAAAD//wAA//8AAP//AABtZnQyAAAAAAQDCQAAAQAAAAAAAAAA&#10;AAAAAAAAAAEAAAAAAAAAAAAAAAAAAAABAAABAAACAAACJAQdBdoHaQjZCjYLhQzHDf8PMRBeEYsS&#10;txPiFQsWMhdXGHkZmBq1G9Ic7x4lH1kghyGyItoj/yUjJkQnZiiGKacqxyvoLQguKC9IMGkxiTKm&#10;M8I03jX7Nxg4NTlROm07iTylPcI+3j/4QRFCKUNCRFxFdUaPR6lIw0ndSvdMEk0sTkNPWVBvUYZS&#10;nFOyVMlV31b2WA1ZI1o6W1FcZl14Xopfm2CtYb5iz2PgZPFmAmcSaCNpM2pCa1JsXm1nbnFvenCD&#10;cYxylHOcdKN1qnaxd7d4vXnDesh7zXzOfc1+zH/LgMmBx4LFg8KEv4W7hreHs4iuiamKpIuejJiN&#10;kY6Gj3uQcJFkkliTTJRAlTOWJpcZmAyY/5nymuSb1pzInbuerZ+foI6hfKJqo1ekRaUzpiCnDqf8&#10;qOqp16rFq7Osoa2Prn2va7BZsUeyNrMktBK1ALXtttq3yLi1uaO6kLt+vGu9Wb5HvzXAIsEQwf7C&#10;7MPaxMfFtcajx5HIfslsylnLRMwuzRjOAc7rz9XQvtGn0pDTedRh1UnWMdcY2ADY5tnN2rLbmNx9&#10;3WLeR98s4BDg9OHY4rvjnuR75VfmM+cO5+jowema6nHrSOwd7PDtw+6W73bwVfEz8g/y6vPD9Jz1&#10;c/ZJ9x738/jG+ZX6Yfsp++v8p/1c/gv+tP9a//8AAAHoA6cFLAaEB78I5woECxYMHA0eDhwPGRAX&#10;ERQSEBMLFAQU/BXzFuYX2BjMGdYa3hvhHOEd3x7bH9Yg0SHLIsQjviS4JbMmrieqKKYpoiqgK54s&#10;nS2aLpUvkTCNMYkyhjODNIE1fzZ/N384gDmCOn87fjx8PXw+fD99QH9BgkKFQ4lEjUWSRphHmkib&#10;SZ1Kn0ujTKZNqk6vT7RQulHAUsdTzlTVVddW2VfbWN5Z4FrjW+dc6l3tXvFf9WD4YfxjAGQDZQFl&#10;/2b8Z/po+Gn1avNr8Gzubetu6G/lcOFx3nLac9Z0zXXDdrl3r3ileZt6kHuFfHp9b35kf1iATYFB&#10;gjWDKYQchRCF/obth9uIyom4iqaLlYyDjXGOYI9OkD2RLJIbkwqT+pTpldmWyZe6mKeZk5qAm22c&#10;Wp1InjafJaAUoQSh9aLmo9ikyqW9prGnpqibqZGqh6t/rHetb65nr2CwWrFUsk+zTLRJtUa2RbdE&#10;uEW5RrpIu0q8Tr1Svle/XcBjwWrCcsN7xITFisaQx5bIncmlyq3Ltsy/zcjO0s/c0ObR8dL71AbV&#10;EtYe1yrYN9lE2lHbXtxr3Xneht+U4JzhouKo463ksuW25rrnvejA6cPq1Ovl7PXuBO8S8CDxLPI4&#10;80P0TvVZ9mP3avhu+W/6bPtk/Fb9RP4v/xf//wAAAgUD2AVoBsYIBgkyClILZQxyDXgOeg96EHoR&#10;eRJ1E3AUaBVeFlIXRRg3GSkaNBs9HEAdPx46HzQgLCEjIhkjDyQEJPkl7ibjJ9gozCnBKrYrqyyf&#10;LZMuhy98MHAxZDJZM000QTU2Nis3ITgWOQs6ADr2O+084z3bPtM/y0DEQb1Ct0OyRKxFpkahR5xI&#10;l0mUSpBLjkyLTYpOiU+IUIhRiVKIU4hUiFWIVolXiliLWY1aj1uRXJNdll6YX5tgnWGfYqBjoWSj&#10;ZaRmpmenaKhpqWqqa6psq22rbqtvq3CpcahypXOjdKB1nXaZd5V4kXmMeod7gnx8fXZ+b39pgGGB&#10;WoJRg0iEPoU1hiuHIYgXiQyKAor3i+2M4o3Yjs2Pw5C5ka+SpZOclJKViZaAl3iYcJlqmmObXpxZ&#10;nVWeUp9QoE+hT6JQo1KkVaVZpl+nZqhuqXiqgquOrJytq667r8yw37Hzswm0ILU4tlG3bLiHuaS6&#10;wrvhvQG+Ib9DwGXBh8Kqw87E8cYVxznIXsmCyqbLysztzhDPMtBU0XTSlNOy1M/V69cG2B7ZNtpM&#10;22HcdN2H3pjfp+Cz4b7ix+PN5NHl0ubQ58zoxOm66qzrm+yH7W/uWO9c8FvxVvJM8z30KvUS9fb2&#10;1vez+I35Yvov+vT7sfxm/RH9s/5N/uH/cf//AAAB2QONBQkGVAd/CJYJoQqkC58Mkw2CDnAPXxBM&#10;ETcSIRMJE/AU1hW7Fp8XgxiBGX0adBtmHFUdQR4sHxcgACDqIdMivSOmJJAleiZkJ04oOSklKhAq&#10;/SvqLNctxC6xL54wjDF5MmczVTRENTI2IjcROAE48TniOtM7xDy1PaY+mD+KQH1Bb0JiQ1VESUU8&#10;RjBHI0gXSQtJ/0rzS+hM3E3QTsVPuVCtUaFSlVOIVHpVbVZfV1FYQ1k1WiZbGFwJXPpd617cX8xg&#10;vWGsYptjiWR4ZWZmVGdCaDBpHmoLavhr5WzSbb5uqm+WcIJxbHJWc0B0KXUSdft25HfNeLZ5nnqG&#10;e258Vn0+fiV/DX/0gNuBwoKog42EcoVXhjuHIIgFiOqJz4qzi5iMfY1ijkePLZASkPiR3pLEk6qU&#10;kZV4lmCXR5gvmRiaAZrqm9Scv52qnpafg6BxoV+iT6M/pDClIqYVpwin/ajzqeqq4qvbrNWt0K7L&#10;r8ewxLHCssGzwbTCtcW2yLfNuNO527rju+28+L4EvxHAIMEwwkDDUsRmxXrGj8emyL7J1srxzAzN&#10;Ks5Hz2PQgNGf0r/T4NUD1ifXTNhz2ZvaxNvv3RreRt9z4KHhz+MC5E3lmebn6DbphurY7CvtgO7X&#10;8DHxkPLv9E31qvcE+Fr5q/r2/Dr9e/67////AIAAgADmT3/Of1jNmX+ofs202n+ZfnmcFH+jfmWD&#10;TH/GfoVqhX/+fsBRv4Bjfz05AIESgA/8xX58izTktX5jiWzMQH5dh8yzmn5uhmaa2H6YhUOCGH7Z&#10;hE9pWn8vg2dQrn+vgqE4FIB2geb6vH02lnHi+30wk5LKy30+kM+yOn1pjl6Zk32sjCyA734HiiJo&#10;Tn51iBNPwX8MhgA3QX/og6z443wuobfhQXwznb/JM3xNmfCwwnyFlleYRXzfkxp/y31Pj/NnVn3R&#10;jLVO7358iU02h39nhVz3N3tjrQPfpXtmp+vHqnuHowqvYHvJnmmW+Hwrmfh+snyvlbdmbn1DkUFO&#10;Ln39jHs15X70hu/1vHrKuFXeL3rHshTGQ3rkrBSuGXsspmGV3HuZoNp9pHwkm1lllXzIlahNgn2R&#10;j4E1W36RiF/0d3pSw6rc7HpGvDLFCXpdtQqs+XqnrjuU6Xsfp5t82Xu2oOhk2Hxgmd1M7X01klA0&#10;6H49iafzY3n3zwHb2HnjxkDD+nnyveSr93o6teyUAnq4riR8IHtbpkBkSHwQneVMb3zqlOM0iX33&#10;isXydXm02lra63mX0DLDD3mfxpSrGHnjvWqTO3pktGp7d3sNq0BjwnvMoZZMCXyvlzM0PX2+i7bu&#10;U4jbfjbXhofEfcLAn4bDfXCpjIXmfVWSUoUqfXV7B4SGfcZjxIPxfjVMj4N4fuk1koMogADsPYd9&#10;iMvWFIZwh0C/a4WDheOoY4S7hMGRHoQbg9951IOUgy1inIMdgo1LkoLDghY02IKQgcHqeoZHk2XU&#10;dIVNkNq9/IRvjnOnC4PEjFiP7YM5ind4yoLKiL1htoJphwNKzYImhUw0M4IHg2/o24VPnf7S4IRf&#10;mnS8eoOOlxSlq4Lnk+iOtIJykQt3u4IVjkFg1oHHi2RKGIGXiGgzooGLhQTnXISLqKDRbIOdpBW7&#10;EILUn7qkW4I3m5SNgIHCl5V2uoF4k7tgCIE5j7JJdYEai2UzJIEfhnvmAIPxs0vQG4MErbq5zYI6&#10;qFijMoGjoy2Me4E2niB1yIDumRRfSoC+k9tI5ICvjjoyuYDBh8/k1YNzvfjO+oKHt1a4tYG8sOKi&#10;L4EmqqiLn4DEpIp1EYCDnlVep4BUl9FIaYBTkNkyYIByiPvj1oMOyKXOBYIkwOK3xoFXuVOhSoC/&#10;sfqK0IBhqrt0a4Auo1xeKYAHm5VIAoAHkzsyF4Awif7jAIK901TNN4HWylm2+oEHwZqgiIBuuROK&#10;I4ARsKJz2n/iqAZdt3/Gnv1Hq3/QlVYx3H/7itfeEpHifLDI7o/xfGOzsY4YfDqeO4xofEeIjYre&#10;fI9yxYlpfQpdEYf8fahHe4aZfpMyUYU5f/HcKpC0hpfHlI7BhVKykoz0hDydNotXg1uHjonkgrZx&#10;0oiIgj1cK4czgdhGuYXpgaIxy4SigZ3ao4+OkJXGOY2ojlexcovdjD6cFYpXinCGeIj4iNlw0Ie1&#10;h2hbSIZ3hfxGBYVGhJ8xVIQZgzTZQo6bmpfE2Iy/l2ywB4sHlGuayImCkaSFUog5jx1v2YcFjKha&#10;g4XYiiZFb4S6h48w7IOghK/X7o3hpJTDh4wJoIGuuopbnJuZj4jemOSEOoeNlU9u8IZrkdVZzoVK&#10;jjRE6IQ9ilswkYM1hgvWtY1LrpzCXIt3qZ2tmYnKpMSYgohSoBeDTIcIm35uGoXhluJZK4TOkh1E&#10;c4PQjP8wRYLah0TVp4zQuKPBXIr/srCsoYlRrNqXm4fdpyqChoaboYptd4V6m9BYoYRildBEEoNz&#10;j2wwBYKNiFbUwoxqwqbAhoqdu7Krz4jxtNSW0Yd7rhKBzoY9p1ts44UpoIJYNoQWmU5DwYMnkZwv&#10;0YJOiUHUBIwTzKm/1YpNxKCrH4ijvKWWJ4cttL6BN4XxrN5sZ4TgpNVX1IPZnG1DeIL0k4Uvp4Ib&#10;igXOT5sbe4C6ophZe1Gm75Wse0aTCpMne3N+6JDGe9pqqI51fHdWiIwifTlClonCflAvQodCf+LM&#10;nZoPhNK5gZc8g76mBpSXgtWSNJIggiR+E4/Tga1p2o2YgWNVxotZgTFB/IkRgTcu74amgXrLQpkR&#10;jiG4RJZFjC6k+ZOdilqRLpE3iNV9II76h31pAozRhkpVDoqlhR9BdIhwhAoupYYbgvrKIZgel463&#10;GJVjlLmjy5LJkgGQG5BXj4x8HY4tjVFoIIwUiylUWIn5iPlA8ofbhsEuZYWfhF7I/5dmoPa2B5St&#10;nUSir5Ibmb+O+o+9lml7II2JkzNnUYt/kBFTvoltjM1AioddiWEuLoU0haHH7JbYqmC0/pQipdeh&#10;rpGSoXCOC485nTF6TI0JmQJml4r4lM5TNojwkHRAMIbvi9Mt/4TYhsHG+5Zks7+0IJOurlag15Ef&#10;qQWNQY7Io9F5noyhnqdmCoqTmWNSxoiCk+I/54aPjg0t2ISMh7vGLpYDvRmzZZNOtsSgIZDAsHyM&#10;ko5pqkR4/oxGpBFliYpEnbpSa4g2lxY/qoZBkAstuIRMiJDFhZWvxnGyzZL8vxyfiZByt8aL/o4d&#10;sHd4e4v7qShlIIn+obJSGof9mew/cIYRkcItn4QaiUC/IKSHeq2syaD6eo2af518epaIFJofeth1&#10;cpbee1ZitJOlfAxQKpBbfOk94YzufiAsaok7f9O9oqOcg3Cr4p/ygnyZzpxzgbWHbpkfgSV0xZXv&#10;gNJiCpLHgK5PiY+PgKY9bow1gNwsSYiXgVm8g6KpjDaq3J8Gim6Y7JuFiM+GjJhBh3Vz85UchlBh&#10;UpIDhVBO847ZhFs9CouQg4UsLIgFgsS7gqHdlOyp0J5EkluX2ZrMj/mFlZd+jcJzE5Rki81gmJFU&#10;ieZOZo40h/o8sor7hhAsE4eEhBG6paEancOo6Z2OmmWW55ohlzSEoZbalCZyPJOpkT9f5pCpjmtN&#10;4Y2Ui308YYpviHYr/YcVhT25vKCPppqoHpz9ommWJJmMnmCD35ZJmn9xiJMrlq9fTZAiktpNdo0V&#10;juM8Ion+ircr6oa3hkW47aAgr1qnYJyKqliVbpkapXGDNZXboKpw95LEm+te14+/lxVNHoynkgs7&#10;8ImbjMAr24Zohyq4N5/HuAmmwZwtsieU1pi8rFiCpZV+ppxwc5JroORebY9wmwxM14xZlPM7x4lL&#10;jowrz4Yoh+u3oJ95wLSmPpvZud6UVphqsw6CKZUwrEpwCJIgpYleGo8qnqRMmYwgl4E7n4kckBQr&#10;xYX0iImwna4oeiafiqnNegmOjqV+eht9gKFIempsSp0hevhbBZjwe8BKCZSgfLE5apARff8p0Isc&#10;f8SvXK1Sgmae1KjZgYKOBqSEgNB8/qBQgFprv5wygCJafZgPgB1JjZPKgDY5IY9LgJMp4IprgTmu&#10;d6xrip+eAqf3iPeNUqOdh3t8R59zhkdrE5tdhUhZ6ZdFhHNJGpMLg6445I6bgxAp7onPgpGttKub&#10;ks+dLqc0kGqMc6LjjjJ7e56xjDVqXJqjinBZVJaSiMFIsJJghxI4r43+hW4p+olHg8ms7ar9mvWc&#10;aqaWl9SLqqJJlOd6tJ4ZkixpsJn5j4NYzZXyjPhIVJHFilY4go1xh6UqBIjRhOCsRKpiozebyaX9&#10;n1KLC6Gwm5l6Gp2EmAhpI5lmlIVYVpVRkQVIApEwjWs4Wozwia8qDYhuhdSrnqnvq16bRKWApqiK&#10;jqEtohh5nZ0Ana9os5jvmVRX/ZTmlOVHxZC7kE04PoyIi4cqFIgchqWrBqmXs2iaw6UfrdqKGaDK&#10;qGx5MZyeox9oVJiTndtXsJSVmHxHk5Bqkuw4Kow1jSUqGYfYh1Sqg6lMu2SaV6TJtOiJtKB1roV4&#10;1ZxNqEFoB5hGoglXeJRLm7VHbpAvlTM4F4wDjoIqHoejh+Oi4bf8eceTAbLMeaODPK2qebhzdaiW&#10;ehFjmaN9eqxTv55Ie4NERpjffIY1SpMcfecnf4zZf7ah5LctgY2Sd7HogLCC1qy8gAxzEaejf6hj&#10;K6KMf4dTWJ1df55D8Zf6f9Y1LJJEgFUnvIwZgRyhP7ZGiUKR27EJh7CCT6vYhk1yhKbChTliqKGu&#10;hFxS65yGg65DpZcqgxQ1FpGDgqgn8otwgmKgt7VykOaRRLA+jqWBqasSjJVx7KXyisRiIKDniS1S&#10;gZvGh7FDYJZxhjo1BZDZhNooIYreg4igLLTHmIeQt6+SlZSBGappktlxW6VMkE9hpqAzjelSI5sc&#10;i5tDJ5XOiUA0+JBDhuQoSIphhI2fm7RCoCWQN68EnHmAo6nWmQJw7qS6lbxhRJ+kkolR1Zp+j1VC&#10;+ZU4jBQ07Y+/iMEoaYn3hW6fLrO6p7CP1q56o0CASalMnwNwnKQ1mvJg/Z8llu5RoZoCkttC1pSr&#10;jqo05Y9GimYohYmghi+et7NcrxmPja4Mqc2ADqjSpLRwXqOxn81gwp6lmvpRcZmalhFCvJRUkQU0&#10;5Y7ui9oom4lZhs+eTbMKtmePPK2usDR/y6hzqjBwKKNXpGRgnJ5QnrRRW5lImO9CtJQQkw006o62&#10;jRIorYkgh1GV7MH9eX+HMrvyeVB4kbX4eWJp/K//ecJbZ6nremhM7KOhe08+650OfGIxhZYFfdMl&#10;dI5vf6mVPMEmgNiG0bsYf/l4RbUUf1xprq8PfwdbFajzfvxMpqKnfyw+vZwTf4Axk5UWgB8l3I2d&#10;gQGU2cAyiA+Ga7ozhot367QrhTtpTa4ihEFavKgDg4RMYqG8gvo+mpstgokxpZRAgksmNozmgjiU&#10;kb9Qjy6GFLlUjQh3grNPixlo7a08iW1aaKcliAJMJaDlhrU+fppfhXQxuJOEhFMmhIxIg06UQr6T&#10;lkiFxriSk3l3M7KKkOpomax6jpNaJaZYjGVL+KAnilQ+a5msiDwxy5LihjMmx4vChEKT5L39nV2F&#10;e7fwmdx29bHhlptoZqvSk5JZ9qW1kKVL1p99jcE+X5kNitMx3ZJVh+Ym/otShRWTib2DpE6FOrdo&#10;oA92xLFRnBBoP6tBmEtZ2KUvlKJLxJ78kPE+WJiDjS0x7JHciWUnLIr1hcaTTb0BqxOFDrblpgp2&#10;p7DNoUZoLKq/nL9ZyaSzmFJLup6Rk9U+VZgZj0Qx+pFxiq8nUYqphlqTALyisbWE8rZ0q792n7BR&#10;phJoJ6o5oLlZzKQsm45Lx54Sllc+bpe6kREyGJEwi8Ynb4puhtGJlcwkeXB79cU2eShuZr5oeS9g&#10;7LeOeY9TkLB4ejxGaakJey452qE3fEwuBpjUfckjpI/hf5yJScsqgGV7v8Rif3ZuL72OftVgtLac&#10;fohTW69wfotGSaf2ftE52aAdfzwuQ5fHf/QkM478gOmJM8oahyJ7l8NqhaBuCLyThFdgh7WVg3BT&#10;NK5hgstGNqbqgmA55Z8XghIugJbWgfwksI42ghOJL8kdjb57icJni6dt6LuQic9garSIiEBTH61c&#10;hvpGMKXwhdc5954shMUuuZYFg90lG42NgxqJI8hClFB7gsGAkZpt5rqfjy5gX7OajQJTHaxqiwVG&#10;OqUSiSo6EZ1gh1Eu7pVRhZUldYz9hACJCceEmth7e8C2l3dt8LnNlGRgdbLJkZVTL6ukjudGUKRN&#10;jEk6L5yviasvH5S5hyAlwYyFhMWI7MbhoS97dsAKnRht/bkamVRgjrIYldpTS6sAkn9GbqO1jyc6&#10;UJwZi8gvS5Q5iHkl/4wihWqIzcZUp1B7cb93onZuDbiCnfhgqrGAmcpTa6pwlcJGj6M5kbY6cpuq&#10;jaQvdJPRiaEmMovShfOIscXQrTJ7cb7xp4duJbf6oj1g0rD5nVdTm6nwmKNGw6LFk+46pJtLjzcv&#10;oZOHipYmWouThmHyz3tjebDb3Xu8edLEqHwcegetJXyDel6VcXz3et19rX18e4Jl8H4VfD5ORH7Z&#10;fTQ2y3/pfn3wsnm5hM/aLXo0g8rDKnqzguirz3s7gjKUNHvQgap8iHx2gUJk4X0ugONNVX4QgJ82&#10;AX86gGjuzHhZkALYanjljdrBn3l4i9KqXnoZihCS6nrJiH17ZHuLhwVj5HxfhYZMfX1bg/41TH6b&#10;gj/tBnczmzHWrnfIl++/+HholNio4HkZkfKRmHnhj1R6QXq7jMNi8nunihpLuHy5h0c0rX4Mg/3r&#10;aXZHplXVG3beogO+cneFnd6nd3hBmeyQTXkWlh15KHoGknJiDXsGjpZLAnwsim80JH2NhZ3qBHWT&#10;sW/Tv3YnrBG9HnbNptemN3ePoc+PL3hunOZ4H3lpl/1hOXp8kutKX3uyjW0zr30fhxfo2nUFvHvS&#10;nXWVtg67/3Y3r7qlJHb7qZSOPXfko413UXjqnXNggXoGlwxJ1HtLkDMzTXzCiGjn53Scx3HRsHUn&#10;v+67EHXCuHukN3aCsSuNYHdxqfh2m3iDoq5f8nmqmvxJXnr2krsy/Hx0iYznJ3RV0kHQ9nTZyZu6&#10;THVqwP+jbnYkuICMoncTsBV19Hgrp4hfanlbno5I+XqxlPoyvHw2ioHimYQReBvNjYOFeHi4HIMO&#10;eOGiOIKreWSMCYJcegx1vIIfetlfgIHwe8NJVYHifOwzfIIEfnXg4YKOgqnMXIIXgea3EoGzgT+h&#10;KIFlgMGK6YErgGt0oIEJgDlec4D+gBlIdYEVgB8y4IFagEnfUYFBjUHKwYDZi261loCCibifxYBN&#10;iD6JsoAuhvBzlIAphb5dj4A1hIpHuoBkg1gyVoC/ggfdv4Aol8XJJX/HlPS0AX98kkKeXH9Qj7mI&#10;dH9LjW5yh39cizFct39/iONHE3/FhnQx3YA0g6zcRH9CokHHs37innuymn6gmtKdB36Al0qHQX6C&#10;k91xiX6qkJNb737gjSBGe385iW0xdH+6hTDa+n6QrL7GdH4xqASxY33uo1ib433TnsWGPX3fmkhw&#10;nn4MldBbOX5WkTZF9H7CjDsxG39Rho7Z6H4CtzLFbH2ksX6wXH1eq8ea5H1DpiGFXn1aoJFv5n2S&#10;mvJann3hlRdFgX5cjtEw0H75h8PZDX2XwZjEln06uuKvf3zttBaaBnzNrU2EkXznpptvOX0tn9da&#10;Gn2HmMNFIX4IkSswk36viM7YZn1Ky+7D7nzuxCeuxXyYvDWZRHxvtDuD4HyIrFhupnzVpGBZrH07&#10;nBRE033Ikz0wY350ia3S74zrdtm/kot8d1ervYotd92XX4j+eHyCqYfmeUNt0YbeejRZGIXee0ZE&#10;e4TxfKEwWoQafmvRdYuUgMG+ZIo1gDyqo4j0f9GWWofVf4aBr4bSf2Vs6IXjf2dYQIT9f3tDzIQs&#10;f7ov7oNugCrQJopUirm9FokFiTWpg4fJh8qVNIa/hpOAm4XQhYNr8YT5hJFXbYQsg6JDK4N3gr8v&#10;jYLUgdLOzolClKW7tIf4kjeoEIbOj+KT6YXLjbN/doT1i7Rq+oQzicJWqoN8h8NCnYLbha8vOYJL&#10;g13NgYhpnoS6aIcimzSmyYYAl/qSsoUGlNl+ZIQxkc5qFoOFjtpV+oLei8RCH4JQiHku8YHThMbM&#10;W4e+qGm5TIZ6pDaltIVXoAmRrIRim+19eYOVl99pR4Lpk85VXYJUj5xBsoHYixcus4FshgvLZocz&#10;skS4XoXyrSekx4TOp/+QyYPaot98soMXncpopIJzmKBU2YHdkz1BV4FyjX4ugIEWhyfKoIbHvA+3&#10;nIWKtgGkAIRjr9WQBINqqaF7/IKqo3doC4IUnTJUaYGHlqVBC4Eej6cuVoDOiBrKCoZ1xc23A4U8&#10;vsCjWYQQt32PWYMSsCV7YoJRqNRnjYHAoWhUBoE/mbBAxYDhkYguNICViOTDu5X4dd6xypOydnKf&#10;b5GQdxCMlI+Rd8l5XI2peKpl/ovLebhSy4nreuo/xIgNfGstaYYkfmDCfJTBfzSw0JKDftiehJBt&#10;fpOLto56fnJ4hYyifnllNYrZfqVSFIkPfuc/O4dHf1stK4V0gAzBWZOiiH+vopFvh0Cde49ahhKK&#10;r413hRt3louwhERkZYn8g4pRaIhGgtc+wYaUgjYs9ITXgZ3ARZKTkdiufJBsj7qcS45ljaqJp4x9&#10;i8d2norMig1jkYkpiGJQwoeHhq8+UIXvhPIsxYRLgxC/J5G+myatdI+YmDGbPI2XlVGIi4vAkol1&#10;qIoOj9dixYiAjTVQKYbtinY97YVkh5AsnIPShGK+J5EbpHOsdo74oKuaQoz4nOiHoYslmTV014l4&#10;lYtiEofnkdxPpoZijg49mYTrif4seYNrhY69TpCYra6rpY54qQ2Zc4x2pGCG2oqkn7Z0KIj+mxJh&#10;hYdzllhPOYXpkWw9VYSCjDUsXIMVhpK8n5Axttmq+o4TsVeYw4wQq7WGLYo5pgdziIiWoFpg/4cX&#10;mpRO24WUlI49G4Qsji4sRYLOh3C8GY/fv/eqco3GuYaYLovAstuFlonlrBdzAYhBpVNgk4bGnnRO&#10;hoVPl1U84YPzj98sMoKViCe1Dp89dTKkY5wodc6TYpk3dnqB8ZZld0VwLJOjeDpeRpDheV5MnY4R&#10;eqg7NossfEQqrYgeflS0B54pffyjo5sUfbeSrpgnfY6BRJVbfYpvfpKkfbJdo4/yfgFMCo0yfmo6&#10;1IpgfwsqnYdlf+6zHZ0XhryirZoNhaCR0ZcghKCAZJRig9FuspG5gylc848Zgp9Lfoxpgh86fYmp&#10;gbsqj4bBgWuyKZwpj2KhqpkljX+QwpZBi7x/e5N+ihRt3ZDkiJxcRY5Rhy1K/Yuxhbw6MYkEhEoq&#10;g4YxgsixTJtLmB+gxZhRlXSP15V2kuJ+j5K7kGJtF5AUjftboI2Ui6VKhYsDiTg57IhshrIqeYW0&#10;hAOwdJqroNqgBpewnWWPHZTSmfp9zpIZlqFsYo+Ak1JbCoz8j/9KG4p3jJE5sIfviPIqcIVKhRiv&#10;u5ouqXmfUZc1pTqOaZRVoPN9JZGdnLJrzo8JmHVak4yJlCZJxYn9j6w5goeEivkqaYTyhgivIZnO&#10;sf6evZbUrOuN1JPyp758k5E2oohrSI6knVRaI4wumAdJeomlkoc5W4crjMQqY4SqhtKuqpmBunae&#10;RpaItIGNVJOjrll8EpDjqBxq145QoeFZy4vdm45JNolhlQo5MIbyjkkqXoRwh3inAai6dMGXfqTc&#10;dVuHuKEedgx3m511duJnOZnOd+ZWxJYZeRxGoZJFeng24I5EfCooL4n+fkimMqfEfQqW86PgfM+H&#10;NqAdfLd3GpxzfMlmtZjRfQtWSZUnfXhGN5FefgE2qI1tfsgoS4k4f9Glf6a/hT2WM6LkhDqGjZ8e&#10;g1h2apt8gqxmFJfjgipVwZRHgcpF0ZCMgXo2eIyrgUwoZIiKgTukxqXPjVuVZqH8i56FsZ4+igB1&#10;qpqZiI5lZ5cOh0ZVN5N9hhBFcY/QhNs2TIv/g68oeofygoWkBKURlWqUpqE/kviE7p2FkKV055nj&#10;jnFkyJZKjEpUuZLIijtFHY8liBg2KItkheoojYdwg6ujY6RjnY+UB6CYmmCET5zel0N0Tpk8lDlk&#10;PJWmkTdUSpIZjjhE1I6Diyc2CIrZh/UonIcBhKyiz6PlpZaTiqAXoaSD1JxWnbRzz5ivmc5jxpUi&#10;lfJT7ZGfkglEl44CjgA174pnic8oqYamhYmiTqOIrXqTEZ+3qMCDXZvyo/VzXZhGnytjX5S6mmdT&#10;mJFBlZBEYI2nkJY124oLi24otIZbhkKh6KM/tUiSrp9qr7iC9puhqf9y+JfypD5jCZRlnodTV5Du&#10;mL9EM41fktc1xInPjMoovIYfhtmZrLJsdGmLPK3HdPp8nak6da1tvqSzdoxesKAad51PoptgeOJA&#10;/pZ2ek8y3JFEfBQl9ou3fjyZGrGLfDyK5azcfAF8SqhCe/RtaaOxfBheVp8XfHJPUZpjfPtAv5WA&#10;faMy0ZBbfowmPIrjf7aYobCJg+qKXavigvZ70qdCgips6KK0gZ1d4Z4ggT5O85l3gQZAgpSfgOIy&#10;x4+KgOcmeoopgRCYIq+Wi3uJyar0idt7LqZaiGJsWaHHhxtdYp0/hgNOkpihhQFAR5PUhAYyv47S&#10;gx8mr4mIgkeXmK7OkwOJPKovkLp6nKWXjpdrx6EGjJZc7Zx1irFOOpfkiOFAE5MhhwcyuI4uhS8m&#10;3Ij+g1uXEK41moaIvqmTl5B6I6T3lLRrVaBlkfRch5vUj0JN8Jc1jJE/6pJ9idgys42ehxAnAoiK&#10;hEuWq62lofCIWqkGnkV5wqRqmqhq+Z/Ylx1cOJtKk5lNuJaukAs/zZHmjGoysI0ciLonIYgqhReW&#10;R61GqTeIGqigpMx5hqP1oFlqtZ9Rm/Fb9ZrCl5lNfpY6kzg/q5GDjsEyr4y7ijInO4fchcKV9Kz8&#10;sGGH0KhNqyl5PaOcpdRqcZ71oIZbv5plm1FNWpXelhQ/mJE0kMcyr4x5i2wnT4edhkyNEbxSdBx/&#10;orbjdKByFrGEdVFkZKwXdjdWnKZ/d1RI66CueKs7vJqYeiovMJQjfAIkAY1JfjCMv7t4e4J/fbYB&#10;e0Jx8LCNeztkOasNe29WbaVse99Ixp+dfIU7q5mLfUwvUpMjflckboxkf56MhLpugrJ/LrT/gcdx&#10;qa+EgQxj6aoCgJpWJqRjgF1IlJ6cgE07mJiVgFQvcJI/gIwkzYudgOmMQblsib5+1bQBiDVxP66K&#10;htpjjqkChbpV16NuhNBIX52yhAE7hZe3gz8vipF1gpwlH4rxghGL77iVkL5+grMqjphw562yjKBj&#10;MqgritJVlKKQiShIMZzjh5g7dpb0hgYvopDGhIMlZIpfgxWLl7fxl7h+NLJ/lPBwoa0Bkkti86d4&#10;j8lVW6HejV5IDpwpiv87apZHiJwvtpAthjwln4nkg/aLRbdwnox987H3mxtwaaxvl75iv6bglH9V&#10;MKFMkVZH9Jucjis7ZZWvivcvyI+oh8Mlzol/hLSLELb2pTJ9xbF8oQ9wP6vxnPZim6ZfmPNVEKDN&#10;lQNH2pspkQ07XJU8jRAv2Y81iRMl9YkthVKK1Lamq719sbEeptNwMauBodpihaXbnPpVAqA/mENH&#10;2Zqhk5A7apTTjt4v8I7rii8mFIjrhdGBDcZkc/Z0isA0dGRn/roFdQtbabOsdfNO3K0HdxpCgqYL&#10;eH82w560eg4rypble/UiRY62fiWBB8V/evl0mb9PeqdoBLkGep5bZ7KRettO2Kvce15Ci6TcfB02&#10;452HfQAsGpXJfioi143Af4eBEMRggbB0h747gMFn8LfsgA1bSrFtf7FOw6q2f5BCiaO+f6U2/px0&#10;f9YsYJTNgDsjVYzqgMWBD8NEiDd0cL0ghrpnxrbShXRbKbBQhHROrKmig7RChaK3gxU3Fpt9goos&#10;npPwgiUjwIwzgd+A+8JTjq90W7wqjKNnsLXXis9bDK9WiS1OoKimh7lCiaHNhmU3L5qkhRgs1pMw&#10;g+YkHIuYgtaA3MGUlR90S7tgkn5nqrUEkAlbDa6BjcJOoKfWi5hClKD8iYM3Spnmh3UtB5KMhXsk&#10;aIsWg6qAvcD5m2J0QLq6mCNnqrRTlQVbE63OkhBOqacrjzVCpKBajGQ3ZZlDiZctM5IBht0kp4qs&#10;hFyAn8B+oXJ0OboznYxnr7PCmbtbHK01lg5Os6aXkoFCsp/Xjvo3fJjKi3ktWJGQiA4k2opVhO+A&#10;h8AZp1B0OLnAorNnurNEnh5bLayymbROyaYVlXJCz59dkT03mphjjRMteJE9iQglAooRhWXmt3ax&#10;c2jRVXeTdEu7hnhwdTSlOnlIdiqOoXokdzl373sPeGVhT3wPeapKz309eyg0r367fP/ktXTXfnPP&#10;s3Xhfiu6D3bgffqj7XfbfeeNcHjbffR22nnqfhpgU3sOfkpJ93xffpY0Bn37fvzi5XNNiYrN8XRp&#10;iBq4hXV/hsSifXaVhaiMK3ezhK91v3jig8tfZHomguJJNHuVgfUzcH1MgOThKHH8lI3MM3Mjkgi2&#10;1HRGj6Wg/XVxjWuK2Hasi2p0oHf3iXNefXlXh2lIgHrhhTwy7HyvgrLflHDon3rKpnITm/O1S3NB&#10;mIifjHR4lUKJj3XEkhdzi3cqjwpdoniii9VH23pDiF8yenwkhF7eQXATqlXJWXE/pde0AnJuoWGe&#10;TnOsnQaIcHUEmMByh3Z3lHxc13gGkBhHRnm8i1YyGXuthePdK29ttRnISnCYr6Wy73HCqiCdQXMC&#10;pKmHf3Rln0dxu3XmmdVcJ3eBlCVGyHlKjhUxyXtHhzvcUm7zv7rHdnAbuU2yEXE+sracXHJ5rBmG&#10;pHPhpY5xA3VwnvJbmncYmABGXHjrkJQxhnrziGbbs26lyiPG2m/GwrKxYXDduwKbnHIOszuF6nN1&#10;q35wYHUKo6dbE3a9m3dF93icksYxUXqviWHXIH8VchrDmn8ZczmvgH8odE6ayX9AdWiFqn9kdpdw&#10;Yn+Wd+VbM3/YeU5GHoA+evUxfoDefP3Vo31mfJnCcn2LfJquaH2zfKOZuH3ifMGEnn4efPtvaX5t&#10;fU9aUX7RfbJFZn9dfjcxAIAhfuTUI3vzhxTA13wohgSs7XxghQKYUnyphCiDZX0Bg2tuXH1wgsJZ&#10;cX3xghhEuH6YgXAwkX91gLTSnnqykXS/RHrvj2mrYHs1jW6W9XuMi4yCLnwBidRtVXyJiCVYn30l&#10;hmZEHX3nhIswL37cgmfRLnmom8a93XnqmM2p/no5ld2VonqdkvyBBXsdkC1sW3vAjXRX3XxzipdD&#10;kH1Mh4Ev2n5Vg/fP+XjZphK8rHkdojCo0nltnkKUg3nYmlqAAnpkln1rd3sQkpxXLXvZjp5DE3zI&#10;ikkvkn3ihWHO/Xg1sEy7s3h6q32n13jHpoyTjnk0oZR/J3nLnKZqwXqEl6VWmHtWkm1Cq3xXjNkv&#10;V32Bhp/OOXe8umi673gAtKqnCHhHrq6SvHivqJt+YXlLoo5qGXoTnG1WGHrxlgRCUnv6jykvJn0w&#10;h7HNr3dqxF66XHesvaamX3fotpSSCHhFr1p9uXjgqCRpiXmvoNZVpHqamTxB/3uwkS4u/3zviJXI&#10;CYfScQW2Oobockajt4Yfc3aQdoVvdKd8wYTOdfBo34Q7d1xVJYOxeOpBh4NDerwue4L5fPnG3IZH&#10;euW1NIV+ex+ip4TJe1qPdIQpe6V7zYObfApoAYMhfItUX4K0fSBA7oJmfdwuJ4I6fsvFs4ThhMq0&#10;AIQthAKhooOBg0KOWoL1gp56xYJ5ghpnG4IXgaxTn4HKgURAYYGdgOYt3oGOgIPEWoOljo6ymYL0&#10;jOSgIoJZizyNDIHciad5n4F/iDZmJ4E4hs5S4oEDhV4/3oDug9gtnYD2gh7DDoKkmECxToH2lb6e&#10;4IFlkzaL24DykLB4lYCejjZlS4Bxi9NSO4BRiVI/bYBThqAtZoBxg5XB9YHbofWwO4Eynpud0oCi&#10;mySK24A0l6R3sH/plClkiH/AkK5RqX+3jRs/CX/OiTotN3//hOTBEoE9q5uvWYCYp2Kc7YAEovaJ&#10;+X+XnnF2539XmfJj5X86lWVRLn8zkK0+t39ei50tEH+ghgnAZIDGtSqupoAlsA2cLX+LqqGJNn8W&#10;pQl2Mn7Zn3hjR37MmddQuH7SlAA+cH8CjcIs8H9RhwS/7YB0vqGuHn/VuJibin8xshqIiX6vq191&#10;ln5vpK9iyn5pnfJQW359lvw+Mn67j50s138Sh9W5d5CucEapEo7mcZKX+I1MctCGHovUdBFz0Ypp&#10;dW5hWokHdvJPGYeleJs9A4ZQeo8rpoUHfPO4fo9EeZWoLI2ceeqXBYwUekOFN4qneq5y94lKezZg&#10;lYf8e91ObIawfJo8iYV1fYgrfoRDfrK3eo35gsunBIxjgj+V+4rhgbaELImFgUtyC4g7gPlfzYcE&#10;gL5NzIXQgIw8HYSugGorWoOTgFS2aIzFjACl24s5ip2Uw4nIiTaDJohwh+lxGoc9hrZfBoYahY9N&#10;NIT/hGI7u4P5gywrOoL5gde1TovMlSak14pDkvaTu4jZkMGCEoePjo9wLIZkjGhePoVbik9MoIRS&#10;iB07YYNehcgrIIJzgza0WosNnkmj4ImJm02SyIggmDmBLYbblRxvYIW2kgFdlIStjuFMJIO3i6k7&#10;FYLZiDQrCYIAhG2zkop2p1WjGIj3o4eR/4eMn4yAaoZGm3xusoUpl2pdCYQpk0ZLv4Myjvo62IJm&#10;imgq9oGhhXyy9ooCsEiid4iIq6SRVIcZprl/wIXMoaZuFISxnJFcgIPAl2dLXYLSkgs6ooIIjF4q&#10;54FShmKyiImuuSGh+og4s5+QwobCrbN/KYVsp49tjoROoWpcFoNhmzBLCYKBlMQ6a4HEjgsq2oET&#10;hx+rWpnAb7ucI5crcQqMTpTHclF70pKBc6Jq65BDdRFZ344CdqlJGou2eGY4molkenMpBocDfOyq&#10;k5h/eIGbcZYBeOeLj5OneVh7GpFled5qOo8veoRZQYz+e0tIlIrCfCw4SIiEfUIpB4Y1fpmpw5dD&#10;gSyaf5TYgL6KspKCgF56OpBPgBppco4pf/NYmYwLf+VIEonjf+I3/oe6f/kpCIV/gCeo1ZYribSZ&#10;gJPFiIeJpZF6h2V5W49Ihk9op402hVlX94sqhGtHnokWg303v4cDgo4pCYTfgZOn9pUrkkuYm5LQ&#10;kF2IvZCPjnF4dI5mjIRn74xPiqZXYIpZiNVHNYhYhvI3iIZdhPkpCoRVgtynKpRymt+X5ZIamDGI&#10;C4/XlXB3t42wkqlnPIujj+RW0ImtjR1Gz4e8ikE3UYXUhzgpCoPgg/6mf5Pho1OXNpGPn+OHWo9J&#10;nEl3Do0gmJ1mp4sZlO5WWIkpkTFGfoc1jVI3KIVeiT4pC4N/hPel95N0q6WWqpElp2yGx47bovJ2&#10;fYyrnlRmIIqmmbJV5YjBlPxGL4bSkCA3BYT9iwgpC4MvhcqllZMjs96WPJDXrtaGSY6HqWp1/IxO&#10;o8plr4pEnidVjYhimHNF64aBkpk224S5jIspC4LvhnedzaMLb1uPpZ+1cKOA+ZyLce5xwplzc0pi&#10;NJZTdMdSkZMjdnBDSo/YeD40aIxxel8moojhfOSdNqH0d6OPJ56qeA6AcJt9eI1xPJhgeSdhs5VC&#10;eeZSH5IcestC747de8w0QYuGfQYmy4gIfoCcmaDJf8SOap2Of2l/x5pgfyJwjpdMfwBhGZQ6fv9R&#10;opEkfxpClY32f0Y0HYqyf5Im8IdIf/ub4p+yh8aNnZx+hrd+6plbhbhv1ZZJhNRgc5NIhA5RIJBD&#10;g1hCPo0mgqQz+4n1gfsnD4ahgVSbIp7Pj7SM4Zuejfl+LJiAjEhvFJVziqNf35JriQRQq494h3hB&#10;9Ixphd4z4IlMhDknKoYRgomahZ4Il7GMQprilUR9jZfGks5ufpS3kFRfV5Gyjd1QSI64i2hBtYu6&#10;iOczyYi1hkgnQIWYg5eZ/J15n4+LzJpWnG59FpcymSlt/5QcldRe3ZEekoNP6Y4ujylBfIssi7gz&#10;tIg5iCMnU4UzhH6ZjJ0Rp0SLWpnvo2l8n5bFn1Bti5Ommxlec5ColuRPjo3CkqJBQYrFjkczoofU&#10;icQnYoThhUCZOJzErtqK/5mfqjx8OZZupUBtJJNIoBleGpBGmvVPSo1hlcZBEIpxkIIzi4eOiyEn&#10;boSghd+Q7qyObwWDt6h+cEJ2HqSNcY5oG6CacvRZ2pyKdH9LmJhXdjk9ypP5eBowg49lek4kgYqZ&#10;fNuQhaubdtqDbKeJd0N1yqOHd8tnyZ+FeHhZiptxeVBLV5dEelI9nZLve3IwiI5qfNAk0ImxfmiQ&#10;G6p5fnmC5qZyfil1VaJrffZnTZ5sffNZH5pgfhVLBZZBflo9bZH6frIwi42IfzMlFYjmf9OPmqlg&#10;hfCCUKVehPt0r6FfhB1mxJ1hg2RYppllgs9KrJVUgk09O5EdgdUwioy/gXElUYg2gRuPD6h2jViB&#10;wqR5i8N0G6B/ij9mMZyDiM1YN5iDh3FKWZSDhiU9DpBZhNQwiowOg4YlhIefgj2OjqfDlLmBR6PJ&#10;koNzpJ/LkEtlvZvNjhtX0JfNi/JKFpPCicw87I+mh6MwjItyhWwlrochgzqOLackm/uA4qMwmR5z&#10;Pp8xlitlW5sykzJXfJc1kDpJ3ZMtjTw8148EijMwj4rnhxwl0oa4hBGN16a9oxmAraLHn5FzBp64&#10;m9JlF5qil/tXN5aglC5JnZKskF88r46VjIYwkIp8iJgl7oZjhMWNk6ZyqhKAaqJypdVyvp5ZoT9k&#10;zpo9nIdW+pY3l99JcZJEkzc8lo46joowjIoxidQmBYYfhVeEu7ZGbqp4YbGDb9prxqzIcSZe6afv&#10;cpZR66LfdDFFBJ2Tdf84p5gMd/Us9JI4ej0ioownfNKEgbVudhZ4SrCZdnhrq6u+dwhezabNd8dR&#10;0KGzeLhE9Zxredk4rJbrexstJZEnfJ0jFYswflOETLRNfTt3+q99fPFraKqafM5ehaWlfOhRlKCQ&#10;fS9E0JtVfZ44ppXifiYtTpAzftsjeIpYf6+EA7MohC53m65cg01q+al+go1eLaSLgfxRSp+DgZhE&#10;oppWgU04m5T0gREtb49bgPIjzYmegOeDrbIwixF3Q61oiZ5qnKiNiEZdzKOahwZRCJ6QhedEdpl0&#10;hN44kJQgg9gtjI6eguAkFoj/gfuDWbF1kex296yrj+ZqU6fKjeVdhqLUi/NQy53LihNEU5ipiEA4&#10;iJNkhm8tpI34hKEkUoh6guiDD7DlmJ52uqwWlgBqGqcrk1BdTqIvkKJQl50qjgNENpgNi2g4h5K/&#10;iMwtuo1phi8khIgNg7KC3rBpnx52jKuYm+Fp66anmHxdIKGmlQ1QbpygkapEEZeQjkY4epJCiuYt&#10;z4zvh4ckrYe0hFmCrrAcpYJ2has7oaBp4KY1nWldA6EbmRlQWJwJlOtEDJb9kMo4g5HPjLUt4oyb&#10;iKYkzYdthOF5GsAwbmVtfbrLb4BhzrVKcMdWCq+Acj1KR6lcc+Y+uKLhdckzypwXd9QpqJTtejEg&#10;+o2RfMl5Dr9pdW9tl7nkdcFh57QzdlFWIq5Hdx5KX6gUeCc+26GbeWc0AZrYessqBpPCfHEhjYyI&#10;fj55EL4+fB5tgbi5e89h1rL/e7VWDK0Je+lKVabYfFI+5qBqfOw0KJm1faMqVZK5fosiDIujf455&#10;A70DgpBtXLeBgblhobHJgQ9V56vXgKJKPKWxgG0+5Z9SgFg0RZiwgFkqmJHPgH4ieYrfgLl457v1&#10;iO1tP7Zzh5VhgLC6hmFVv6rJhVFKLaSlhGs+5p5Zg6Y0YJfJguoq0pECgkgi1oo4gb94xrsmj0Rt&#10;LbWZjWdhdK/Yi5lVtKnlieNKIqPFiEc+7J15hsM0epb9hUsrBZBSg+UjI4msgqB4qLqFlWxtJLTp&#10;kwZhcK8ckJZVsKkljjJKIKMNi+U+9JzKiaY0k5ZOh3ErMo+9hVEjYok6g114jroNm2FtIrRdmGph&#10;c66BlVBVsaiDkjZKHKJujzQ+9Zw7jD80pJXJiVkrVo9ChokjlYjdg/p4e7m0oSZtJ7PqnZFhfK3+&#10;mcBVtqf4lehKJKHjki8/BZu4jok0tJVZivcrbY7oh4kjvoiThHnapXHwbSrGpnNRbsSyK3SkcFed&#10;IHXqcemHtHcwc4lyJniFdUJctXnzdxVHbXuUeSMyrX2Ke5PYtm/beBnFF3FreImwxnLjeQWb5HRP&#10;eZKGlHW+ejRxInc9eutbzHjUe69GrXqefJQyJXy5faTW724YgwXDW2+/glGvRHFUga6ae3LegTWF&#10;V3RvgNdwEnYUgIpa6nfRgD1F/Xm/f/QxrXv7f53VNGyPjc/BnW5FjA2tkm/simOZAHGRiNaECXND&#10;h3Vu+3UKhhxaD3bphLZFWnj4gzgxRHtRgXrTomtHmH3AEm0IlcWsCm69kxuXjHBykIWCyHI7jgVt&#10;7XQhi5xZP3YeiRRExXhKhlgw6Xq8gzLSWGpJoxi+z2wPn3aqyG3Jm8iWVG+ImCOBq3FflIxs9HNW&#10;kPZYgHVvjUdEP3e1iUownHo7hMHRUGmBrZe9y2tJqQ2pv20CpFiVTW7Fn52AvnCqmu5sLXKyljJX&#10;3XTakUNDz3c2jAQwW3nPhiLQiGjvt+y9Bmq2sneo62xorLmUcW4npt5/6XAUoQ1reHIrmy1XVXRk&#10;lQhDb3bOjnswJ3l1h1PP/miQwgO8fGpTu5SoSGv3tMSTu22trcd/OG+Yps1q3nG4n79W0nP9mGdD&#10;D3Z2kKIv/XksiFPLxHoZbCS5l3qebfKmvXsob6iTLHu2cVR/InxMcwxq6nzxdN9W1n2rdtBC6X6P&#10;eQAvmn+3e5jKYHgvdou4fXjgdzylrXmId+mSJ3oweJ1+KHrieWRqBnupekJWDnyJezJCTn2XfEkv&#10;OX7nfZPI6HaCgN225XdJgIGkOXgHgCqQx3jMf+p89nmff79pA3qLf6ZVOnuNf5BBsny8f4Mu434r&#10;f3PHZHUNiwu1U3Xhibyiq3awiHCPcHeJhzB7xXh9hhBoBHmHhPZUdHqpg9NBJnv5gp0umH2EgTXF&#10;+XPTlSez8HSwkvKhS3WOkLaOHnZ3jn16pnd7jE9nFHikijFTvXnhh/dAqXtNhZAuWHzygtLEznLc&#10;nzmyx3O/nCSgJnShmPGNBHWUlbZ5p3ankn5mOnfdj0NTGHk1i/BAOnq6iFUuIXx1hEbD3XIaqTKx&#10;13MApTqfM3PhoQuMFnTYnMd40XX4mIRliXc+lDBSjniij64/3no+iuAt9HwLhY3DJ3GJswWxHXJv&#10;riiea3NLqPiLTHQ/o594EHVmnkZk5Xa9mNpSFHgxkzE/j3nYjSotznu0hqbCrnEqvKWwlnIMttmd&#10;zXLcsJyKoXPGqid3b3Tto65kXXZMnSFRonfOllM/PXmFjyQtsXtuh5C9YIJ7a1Ks3YIebT+biYHc&#10;bwuJXoGucMh2rYGMcpRjyIF4dH9REYFydos+h4GNeN0ss4HYe5u8SYC2dRuryYCHdgCaY4BfdtqI&#10;S4BGd7Z1soA7eKJi7oBEeadQW4BdesE+BICafAQseYEGfYC7Jn8XftmqjH8GfsaZWH7xfrCHNn7v&#10;fqN0uX77fqtiHH8gfsVPtH9afuY9kH+8fxQsRoBJf0m5032tiHSpNn2lh4WX5n2khoqF9320hZFz&#10;nX3hhK9hMH4lg9RO/357gvQ9Gn76ggQsGX+igPK4knx/kfyn9nx/kDmWq3yLjmCEzHyqjHtyonzk&#10;ipxgXn1FiMhOYn21ht48tn5PhMwr8n8Rgna3hnuTm4Gm7HuamOqVpnuplieD0nvQk09xwXwWkHNf&#10;o3yAjZJN2H0Kips8XX28h2Mr0n6Vg9C2r3rYpO6mEnrkoX+UyXrync2C+3sbmfdxAHtulh1fBnvm&#10;kjFNZXx4jh48FX1AicIrt34thP62DHpLrjilZnpaqe2UEXpkpUSCQ3qIoGZwU3rhm4JecHtrlopM&#10;9nwKkWA71nzbi+AroH3XhgG1oXnst1ek5nn8siqTenn6rH2BpHoUpoxvwnproJRd+Xr7mohMlnuq&#10;lEY7k3yLjbErj32ThtevZos7arKgTon0bKiQWYjgbn5/g4fucEduKYcHciNcoIYpdCNLV4VRdkk6&#10;QISQeLsp+4Pse5yuiomSc+qfaoh/dOmPXYeEddx+lIafdtRtT4XId+Fb44UAeQlKuYRBeko52YOd&#10;e7sp54MTfW2tk4gKfP+eSIcTfSOOW4YlfT59kYVWfWJsb4SUfZlbLIPmfeVKLYNEfjs5goK/fqQp&#10;1oJSfyCsgoalhgudKIW6hWCNKYThhKF8mIQeg+drloNxg0RahILbgqlJsYJYgg05NYH2gWkpxoGo&#10;gLGrY4V/jv6cLISajZSML4PNjAt7jIMWinFqrYJ6iNxZv4IDh1VJI4GWhbw45oFKhAQpuYEWghyq&#10;doSdl/GbOYPAlcCLP4L1k156r4JDkN1p6IGxjlhZIoE+i9NIs4DpiT04pIC2hm8proCYg1+ptoPq&#10;oMeadoMVnc2Ke4JImop57oGXlxlpOYEOk6NYmICnkCJIWYBUjIM4b4A4iKIppYAwhHepJYNkqYCZ&#10;24KVpbiJ1IHDoYp5SIEJnRxon4CDmKpYDIAulChH83/pj4Y4QX/Sipcpnn/bhWWoxIMGsheZZII8&#10;rX2JRYFgqFV4s4CYotxoHoAOnWJXqH++l91HqH+JkjQ4En+DjEMpmH+Whimh5ZQUak6T75ICbD+F&#10;LZAtbhh1nI52b+xll4zBcdVVbYsJc+ZFlolMdh42CYeXeKYndoXpe5uhNZKacwGTPpC1dAiEZY7u&#10;dQt04I06dhlk6ouNdz9U2onmeIVFH4g9eeY1x4afe34niIUIfVmgbJEpe42SSY9ge8WDho2je/50&#10;AYv/fEVkKIpkfKNUPIjVfRhEqodEfZw1jIXAfjwnl4RAfvefeo/bg++RSI4Zg3KCdIxugu5zJIrS&#10;gmpjZIlQgftTpYfYgZZEQ4ZfgTQ1WYT3gNUnpIORgHKelY60jFiQXIz/iyOBi4tfidtyQInPiIVi&#10;tYhQhzZTGYbxhfND5IWRhKQ1LIRDg0MnsIL6gcidzY3alL+PqIwuktOA2oqOkL1xhYkAjo5iBYeL&#10;jFxSkIYwiipDhYTkh+o0/YOshYInuoJ6gvWdKY0vnQKO/IuKmluALYnol3Jw3ohZlGJhcIbskUxS&#10;GoWZjitDPIRNivI024Mrh4knwoIQg/icqYyvpRyOdYsQobZ/nYlonfRwUofRmflg7YZmlfVRpoUi&#10;keJC7IPfjbY0voLBiVMnyIG5hNOcT4xTrROODIq3qOx/I4kHpEFv1Ydln0xggYX0mlFRU4S0lUlC&#10;rYOAkCY0mIJzitYnzYFzhYeU450kaf2H25pda+R6LZfIbb9r15VDb55dIJKycZZOVZAQc7g/8Y1b&#10;dgEx+YqZeJslK4fJe5eUVZvdcjOHWJkwcz15mZacdE5rTZQSdXBcpJGDdq9N747teBI/poxGeZIx&#10;4omXe0wlYYbbfUWTt5qBejiGlZfreoJ47pVbetNqoJLceztcEJBbe75NfI3ZfFw/WotHfQwxzIiv&#10;fd8lkIYKftCS+5k6gheFxJaugbV4DZQtgVNp65G1gP9bcI9KgMBNA4zdgJE/DYphgGgxtYfggEwl&#10;uYVUgDiSOpgsieCFCZWmiNp3UpMth8ppLJC9hrZa6I5QhaZMmIv5hKY+zYmRg54xpIcogo8l24S3&#10;gXmRmpdIkbOEZ5TQkAN2sZJZjjRomI/pjFBaY42BimtMQYsniIo+mYjUhqIxlYaGhKIl+YQzgpOR&#10;FZahmWOD9ZQwlwt2P5GylHRoHI86kblZ6YzZjv1L4oqLjD0+Z4g4iW8xhoX+hoAmEYPGg4SQq5Yn&#10;oOaDhpO4nd91ypE0mnxnqo6yluRZgIxSk0pLhIoQj6c+KYfEi/YxeYWQiCImJINshE+QXZXOqD+D&#10;L5NepIZ1Z5DRoEtnRo5Fm8tZKovgl0lLRImhksE9+4djji0xY4VAiYAmNIMlhPSIgKZsaad8UaL4&#10;a4Fvo5+lbV1idpxJb0dVBZjKcVBHlZUpc4U6oZFmdeIuO41/eJAjIYmAe5OIEqVXcWx7/KHocnNv&#10;R56Cc41iI5sWdMNUvJeUdhxHX5P7d506hJBDeT4uT4xvexwjeYiEfTGHoKQKePJ7a6CqeUVuzJ1E&#10;eathqJndejJUV5ZmetlHF5Lee6I6YI84fIAuXIt6fYcjxoeofqyHFqLEgEp6zZ9sgABuIJwSf79h&#10;IJiyf5ZT4pVNf4hGxpHYf486N45Hf6MuZYqgf8skCIbpgAKGhaGzh5F6PJ5jhq9ti5sQhctgjJez&#10;hOtTeZRRhB5Gd5Dwg146EI1xgqAubInggeYkQIZGgTKGBaDhjs55wp2XjVRtFZpBi8NgGJbkiihT&#10;EpODiJBGPZAchv4594yvhW0uc4k4g9Ikb4W8gjuFoqAtleZ5XJzrk89srJmUkYlfs5Y2jypSvJLZ&#10;jMlGBY94imU56owCh/0ufoilhYgkloVLgxyFUJ+2nNd5LJx0milsepkOlyBfdJWYk+VSepI2kLBF&#10;w47pjX85v4uFik0ugYgwhwgktYTvg9mFEp9ho5x47pwVoEtsNJijnHdfK5UkmGJSPZG+lFdFmI5z&#10;kFI5p4sfjE8ufofbiEYkzoSlhHJ8vq/raT9xS6vXawtli6fCbOhZfKOCbt9NSJ8EcPxBL5pMc0k1&#10;p5Vjdb8qzpBEeIQhV4sMe418ba8DcJ1xJarYcZ1laKadcsFZYqJCdAtNN527dYFBLZkKdyU1u5Qs&#10;eOsrC48feu4hzooBfR98Ja2/d6xwyKmZeAVlH6VYeHxZGqD8eSRNApx9efJBEpfceug1wJMPe/kr&#10;PY4afTUiNokZfot7zqxxfoRwXqhRfk1kqKQZfipYwp/EfixMuZtVflNA6ZbGfpM1vZINfuUrZo0y&#10;f1Qij4hQf9J7cKtVhUlwAKc8hIpkR6MIg9NYXZ62gydMeppKgphAwJXPgh81t5Epgawrh4xngUki&#10;24elgPN7Gap+jAZvs6Zlir5j/qIsiWRYFp3YiAlMO5lvhrtAoZTyhX01s5BehEUro4u2gxEjGocW&#10;ge160KnXkpZveaW7kMNjxqF6jsFX3J0fjK1MBJi7iqNAg5RFiKI1t4+shqUrvYsdhKYjToahgsF6&#10;n6lPmO9vS6Uvlopjk6Dok91XqZyIkQxL1ZgkjkJAV5O8i3w1qI8liMAr14qchgUjeIZBg3F6dKj5&#10;nyZvTaTJnDljj6BsmMdXjpvylRdLw5eCkYJAVpMfjgA1s46oipEr6YpAhykjmoX1hABxgbmjaNxm&#10;q7UEapJbxbAxbG1Qyqr/bnBF0KVpcKI7DZ+Bcwsw8plYdZwno5LpeHofwoxye4dxRLjkb9dmq7QS&#10;cMhb1K8CcfFQ5Kmqc05F8aQIdOM7PZ4ldqwxNZgGeJkoCpGuesQgV4tXfQ1xKLeidnNmgLLKdslb&#10;uq2wd0xQzKhPeBNF66KzeQo7TpzeejExY5bSe3YoX5CVfOgg14pifm1xB7ZDfM9mTLFvfKJbeaxb&#10;fJlQo6cDfMNF0qF0fR87T5uyfZsxhZW8fi8opo+dfuQhRYmQf6dw3rUUgxRmJrBCgnBbUasvgeBQ&#10;dKXbgWdFwaBTgRg7UJqmgOgxo5TGgMMo447EgLcho4jegLpwuLQsiVJmE69PiDZbQqo1hxFQY6Th&#10;hfVFsJ9ghPA7VZm3hAUxvpPrgyopF44Igl4h8IhIgadwl7N5j2BmC66LjchbPqlmjAlQW6QQikFF&#10;qZ6XiIw7Wpj4hukx2ZMwhVUpRo1qg9IiMIfOgm9wfrL1lTdmDa3wkyFbQqi8kMBQWaNfjkVFn53p&#10;i9w7VJhciYUx5pKgh0Mpa4znhRIiZIdqgxVwbbKWmtlmF61ymD1bTagslTFQXKLHkfxFo51Tjtw7&#10;YJfQi9Qx8JIniOUpfYyEhhcijYccg5vOoW0YZvq76G7saT2otXCta3GU6nJebZyAtXQSb85sVnXa&#10;chdYIHe/dH9EHXnfdycwyXxZej7Mvmq0ccW6amzBcuSnYG6tdAaTvnCLdTB/pHJudmdrYnRnd7NX&#10;SXZ+eRJDdHjPepswYnt4fGLK+WinfH64tGrSfIGl6GzkfI2SXm7mfLZ+cHDyfPNqXHMXfUFWdHVb&#10;fZZC13faffswB3qsfmzJO2bXhw22+GkbhgqkOWtEhRaQ621ohDV9KW+cg3ZpTnHqgr9VpXRYggNC&#10;RXb/gT0vt3n3gFbHp2VQkXu1cWemj4uitmnljZ6PfGwei7t79W5viehoTHDjiChU4nN1hlNBwXZA&#10;hFovcnlYghvGX2Qcm9a0MmZ9mQOhfWjGlhqOTWsQky964W10kExnZG/+jWpUM3KyinhBS3Wch0kv&#10;OHjPg7TFW2MmphKzNWWPolugfWfcnnKNUWoumnh5/WylloZmpW9EkohTn3IMjmRA6nUSif4vCHhc&#10;hR3EmWJwsCCydmTcq4GfsmclppSMgGl3oYR5M2v4nHll+G6sl2JTH3GJkhNAl3SgjG8u4Hf9hlXE&#10;GmH3ueux9GRgtFKfGWafrleL2GjoqC14kWtrogdlbW4pm9BSp3EVlVxAP3RAjowuwHewh1rAgnT/&#10;ZjSvj3X+aKad5Xb/avWLeHgBbTB4inkOb3Nla3oucdBSfHtpdFA/xHzWdxQt036Qeku/J3LIcHuu&#10;gXP/cdSc43Ujcx6KhHZGdGd3o3d0db1knXi+dypRz3oleK4/RXvEemItjn2vfFi9r3DRep+s6nIn&#10;evKbc3Nqe0CJKHSve5l2eHYFfANjo3d5fH9RB3kKfQQ+unrTfZwtUnzkfki8KG8XhJmrWXCCg/6Z&#10;6XHdg16H23M9gsF1UHS6gjtisHZTgbxQUHgLgTw+QXn7gLYtHXwwgBi6u22fjnup+G8bjQSYjXCL&#10;i3qGjXIAieh0P3OTiF5hzHVRhuJPpncrhVQ91Hk+g6gs73uTgcK5kmx1mFOo1G38lgCXb291k4aF&#10;e3D6kPlzR3KgjmxhAXRxi91PEHZriT89dHidhmosyXsNg0C4pmuIogun6G0WntyWgm6Sm2yElnAf&#10;l91yeHHYlE1gV3O8kK9Ok3XIjO89JngViPEsqXqdhI+392rXq5inNGxnp4iVwW3hoxyD1G9tnoJx&#10;v3EwmeVfuXMqlTlOIHVJkF884nelizYsj3pAha+3hmphtOims2vtr+2VKW1cqnyDMm7gpM9xKXCl&#10;nyBfPHKqmWBNtnTak2w8lXdKjSksenn1hp6y1X0hZaSjdX1EaCyTOX2BaomCHH3QbM9wcH4ubx9e&#10;kn6dcY5M8H8hdCI7jX/PdwErCIC6elWxxHsMb0uiantpcM+SG3vHcj6BE3wyc6dvhHytdR1dyn1A&#10;dqxMT33qeFQ7In7Cei0q5n/VfEywnHkoeOGhKnmreXKRDXokefmAAnqren5ulXtEexRdBXv6e7xL&#10;unzLfHI6w33NfT8qyH8JfiWvRnd6gkuf0HgRggePoXilga5+z3lEgVFthXoDgQJcJ3rdgLxLFXvS&#10;gHc6Xnz4gDAqrn5Uf9uuBHYVi6Gej3a6io6OZndgiVx9pHgSiBdslXjkhtVbXnnhhZxKg3r1hFY6&#10;B3w8gvYql323gWus+nT4lPCdiHWokw6NZnZWkPh8sHcWjsZruHf4jI5asHkFilJKBHo3iAc5vHub&#10;hYwqhH0xgtCsJnQUnh+csXTMm2uMj3V9mGx74XZElUVq/nc3khZaGnhVjthJnXmUi3w5gHsTh+cq&#10;dXzBhAerh3NopyScCXQko5mL3XTTn6t7MnWZm4VqWXaWl1ZZi3fJkxVJN3kZjq45S3qkigEqaHxl&#10;hRCrH3Lyr/GbjnOuq4mLTXRUpqJ6nHURoXVp0nYPnD5ZHndLlvZI23itkYI5C3pMi8wqXnwcheyl&#10;i4V8ZTuXf4TIZ8iIjYREaix4toPebHtoUYODbthXvYMzcVdHcoLwc/43coLMdvQoaoLUelykr4OI&#10;blOWlYMSb++HjIKvcXR3xoJccvZnfoIYdIhXDYHldjRG6oHBd/w3I4HAefkoa4HofD6jsIHAd0WV&#10;aIFweAmGf4EjeLt2wIDpeW9mn4C/ei9WWoCtewNGaICqe+Y224DNfOQoa4EWfgGim4AYgCOUSH/f&#10;gCCFU3+ugAN13H+Hf+Jl2n96f8tVx3+Gf75GBX+mf7U2pn/xf6woa4Bef6Chf37CiO+TS36WiC+E&#10;WX5zh0l0zH5dhkpk+n5khU1VCX6ShFhFfX7Pg1k2X381gkcoa3+/gRigln2ykbOSXH2RkDGDcX11&#10;jnZz9H1qjJdkOX1+irFUdn23iMdFFn4PhtE2KH6ThLEoa384gmWf2XzZmlKRnnzCmAyCtXynlXZz&#10;PnygkrFjlXzCj+BT9X0KjQFExX1rigs1/n4JhuIoa37Hg4afSnw0osiRBnwkn7uCFHwGnENyonv8&#10;mIxjA3wklMhTc3yAkPJEanzxjQA12H2YiNQoa35rhHue6HvAqwyQkXuzpzSBjnuNotFyGnt5nh5i&#10;jXuhmV9TF3wElI5EHnyHj541p31Cinkoa34hhUWYnY4xZOmLqYyuZ2x93YtoadBvOopBbChgHYkc&#10;bpFQ3of5cSBB+obXc9kzcoXJduYl/4TVemGX6IxqbXmK8Ishbxp9EInycK5uf4jTckVfeoe8c+9Q&#10;WYavdblBmIWod6EzRoS4ecUmIYPgfDCXF4q0dd+J9YmSdrl8MYh0d4ptpodreF9ew4ZreUZPy4V6&#10;ekRBNoSRe1UzHYPBfIcmPoMHfd2WIokjfhqI+YgQfkd7JocMfl9s2YYQfnFeEoUufo9PSoRbfrhA&#10;5oORfuoy/YLjfyUmWIJJf2aVNYfLhleIEIbIhdJ6R4XShStsAoTlhG5dfIQMg7FO24NWgwNAnoKr&#10;glAy4IIfgZMmboGmgMiUa4bJjo+HY4XRjVp5oITei+xrSYP2ilZcz4MpiLxOWoJ8hylAR4HqhY4y&#10;uYF5g9QmgIEcggCTx4X7lp+Gt4UNlLZ49YQZknpqpoMzkApcN4JxjZNN44HQixhACIFDiJAyoIDs&#10;hd0mj4CpgwyTR4VfnoGGMoR5m+J4aIOBmNNqH4KTlX5buYHUkiFNboFGjrw/uIDGi0oyioB4h6km&#10;nIBLg++S7ITvpjqFyYQOouV374MNnvdppYITmq9bU4FPlmRNI4DHkhQ/g4BZjbUybYAeiS0mpoAA&#10;hKmMKJcDZK2AHpTQZyBzWZLUaYNl35Doa+NYBI7rbldKGYzhcPY8oIrNc8AvnIi8dt8jzIa3emOL&#10;jpV4bMJ/kZNubmBywZF3b/1lWY+HcaZXko2Pc2dJwouXdUw8Z4mYd1MvlYeheZkkDoW1fCGK5pPa&#10;dKR+xJHwdYlyEJAGdm9krI4ld2FXBYxAeGtJWopheZA8KYh9es0vjYajfDIkSITTfbuKHpJXfF19&#10;6ZB8fJ5xJ46nfNVj9ozUfRJWaYsLfV5I6olGfbw754d+fiYvgIXCfqUkeYQOfzGJVZEWhAJ9KY9H&#10;g6Vwa417gzFjN4u1grFV54nygjNIhYhJgcc7rYabgVgvd4T6gOwkpINlgH6IrZAPi6p8go5Oiqlv&#10;yIyJiX1ipIrDiDJVZokJhuRIO4djhZ87gYXOhFovbYRNgwMkyILWgaKIJY9Hky18DI2SkYxvVIvH&#10;j55iJ4n7jYFU64hKi2JH2oa0iUU7VYUjhyMvZIO6hOQk5YJggp2HuY6zmn57no0BmDhu4YsxlYVh&#10;uolekpFUhYevj5pHfIYnjKE7GYSiiaUvXYNChokk/YIAg2+HaI5GoZ57RoyVnrJuf4q8mzJhWYjf&#10;l11UNIcsk4dHQoWpj7E68YQzi9gvTYLnh+olEIGzhBuAQqAMZFt09p04Zr9pJJqCaSFcy5fCa41Q&#10;LZTdbhVDlJHbcMs3gI6/c6ssA4uVdt4h2IhuemR/up66a/10kJv0bZlovZkyb0FcdpZkcP9P65N/&#10;ctxDapCKdOI3c42AdwosJIpteXMiOIdffBJ/Np0yc2Nz8ZqDdFNoOpfHdU5b+JUCdmFPiZIsd5FD&#10;K49NeOM3W4xbek4sPolje+UijIZyfZx+npu1eptzSZkTevNnh5Zoe0xbcJOwe7VPF5DyfDRC4I4r&#10;fMk3O4tTfW8sT4h4fjAi1YWkfv9+BJp2gcFysZfggYhm75U9gUJa3JKNgPZOs4/ZgLtClo0qgJA3&#10;GoppgGosXIepgFAjEoT1gDt9fZl+iN1yNJbxiBJmeJRPhyJaaJGghh9OTY7whR5CZYxAhCg3B4mX&#10;gzgsaYb1gkEjRoRhgU59Epiuj85xx5YqjmxmC5OJjM1aAJDbiwxN9Y4yiUhCLYuMh4Y3Aojfhccs&#10;eYZZg/0jcIPngjl8vZgdlpVxl5WelKhl25Lvkk5ZxpAqj7VNuo19jSJB7ortipg22IhViBUsgIXb&#10;hYEjkoOEgv18fJe0nShxV5UsmqZllZJzl4xZf4+mlCFNgYz2kL5Bx4pqjWU2w4fiihcsgYV9hsMj&#10;roM1g51066lQY+hqT6XjZj1fYKJyaKFUH57Qax5IuZrubb49b5bZcJAyvpKfc4wowI5IdtkgIon4&#10;emJ0dag1ayNqEKS4bLpfLaEkbm5T/51qcERIqZmDckI9dJV5dG4y3ZFPdr0pB40OeUwgnojbfAN0&#10;Faa8chRpn6NJcw1e2Z+1dBxTsZv9dVNIdJgjdq09X5QueDAy65Aaec4pQov2e5shCofifX5zrKU8&#10;eNFpJ6HUeT9eV55MeblTVpqiek9ILZbcewU9OpL+e9Yy7o8EfLwpcIr9fcEhZ4cLftNzQKP2f3xo&#10;wKCXf2dd8J0Wf09S7ZlyfzpH7pW2f0E9FJHvf14y7I4Of4Uplookf74htYZVf/9y4aL7hh5obp+g&#10;hYVdo5wdhM9So5h5hA5Hr5TCg1o8+JD/grgy7I0zgiAptIlogY4h94W8gQRykqI3jI9oL57bi3Vd&#10;aptSihxSaJeqiKZHdpP6hzo82ZBBhdky9Ix2hIMp0ojGgyoiLYU9geFyWaGZksVn+548kSJdMpqv&#10;jyRSMZcCjPZHRJNUis88qY+riK8y5YvkhqEp8Ig/hJAiWYTXgplyK6EwmNVn/Z3Ilr1dL5omlARS&#10;HJZgkPxHO5Kmjgw8tI8DizQy9oteiHUqBIfahbkifISFgy9qCbLXY2pf/K7oZalV4aq5aA1LsKYk&#10;aptBgKErbVg3iZvocE0uPZZ0c2slvZDZdtMeoItcemBpmLHyakBf163Sa8tV1qlpbYlLuqSxb3hB&#10;nJ+ucZs3uZp0c/MuhZUP/+L/4klDQ19QUk9GSUxFAAIJdnAmKI+NeSgfNoowe/VpW7CEcMJfk6xg&#10;cbtVrKfycttLmaM1dDdBkp48dcE3y5kVd3ouuJPHeVEmgo5je1Yft4krfWRpJK75dwhfT6rbd4NV&#10;X6Z2eBpLa6HIeN9BdpzhedA3zZfSeuMu3ZKffA4mzI1cfVsgJ4hLfqpo6q2ifTlfHKmLfUFVLaUp&#10;fVRLNKCBfXdBZJuofcQ3zpawfi4u/JGXfqcnC4x2fzYghYeNf8pot6yZg2NfAKh6gvlVF6QVgntL&#10;Hp9vgf5BT5qfgZc31JWwgUwvGZCwgRMnQYuwgOYg04bugMJojqvKiVte8aeeiH5VDqMwh2pLEp6L&#10;hkVBQ5nEhTE315TihDEvN4/pg0QncosJgmIhFIZrgZNobqsvjxte76bwjclVD6J1jBtLDZ3KikVB&#10;OJkIiIE3zZQ5htAvQY9PhTcnmIp/g6shSIYBgkFoWqq+lKFe9qZiktlVF6HYkIhLD50njf1BPJhn&#10;i4M325OjiSQvTI7Nht8nqooUhLYhcoWtgs3Cz2gOYOCxSmpOY7+fUWx5ZoyMwm6ZaU15w3DDbBNm&#10;lnMIbvBTn3VycfJA6HggdTwvCHsseQLA7mVFa3+v02fIbUWeBmoqbweLn2yAcMx4vG7jcpplrnFk&#10;dH9S2HQKdnxAVXb1eLEuwXo9ezm/KWLYdgSuImWGdreclWgYd2yKRWqbeDZ3j20weRBksW/mefxS&#10;EXLEevc/zHXnfBEugXllfVO9aWCwgFmsamODgA6a6mY2f8yI3Wjjf5Z2Umupf3ljrm6Qf2dRTnGh&#10;f1k/S3T4f1MuSnilf0y7z17Zioyq5mHJiVmZcWSbiCWHdmdmhvR1L2pPhc5ivG1mhLtQm3Clg50+&#10;2XQogm8uGnf+gRy6gV1elKupqWBjkpeYQ2NIkGyGVmYrjjt0KWkwjA9h6GxkiedP/m/Mh7U+dHN3&#10;hVst8ndugr+5d1wtnqaorl9Bm66XTWIwmImFa2UjlVNzU2hBkiFhN2uRjudPfG8Ui5I+I3LhiAst&#10;0Hb2hDC4sVtEqG6n8F5hpIyWi2FToGiEqmRMnCVym2d7l+dgmGrlk59PB26Cjy093HJminYttXaS&#10;hW24M1qkseqncF3CrQuV+2Cup9yEEmOkoo1yDWbYnUNgIGpSl+tOn24CkmI9kXH+jI4tn3ZChne1&#10;fm+uYF6lo3EmY2OVFnKdZkKDx3QYaQtx9XWja9pf9HdJbsVOMXkRcdg8uHsWdTgsLX1weRe0GG0T&#10;anmklG7ObHCUGXB0blKC3nIYcC9xH3PPchVfO3WodBRNnnendjI8VHnpeIksBHx+ezaymWq/dG6i&#10;/GymdWaSrW50dlSBiXBFd0Zv/HIreEZeSnQ4eVpM4nZren8723jge8Ur4HumfTaxDGivfjShbGq2&#10;fkaRKGymfkyARm6ZflFu33CwfmVdZXLqfoZMOnVNfq07c3f0ft8rwHrmfxSvm2bqh+GgDWkMhxqP&#10;0msZhjx+/20qhVJt3m9fhG5cj3HHg5hLoHRVgro7F3cmgc8rpXpAgMmub2V+kX+e6meyj+COvGnR&#10;jhh9+Gv5jDps8G5Iiltb1XDKiH5LGXOAhpk6xnZ3hI8rjnmyglGtgWRYmvmeAWaamH+N12jClcd9&#10;H2r5kvBsLG1hkBZbN2/+jTRKrHLKijo6hnXjhxMre3k7g6is0GN4pECdT2XAoOeNHWfsnTl8aGoo&#10;mWBrgGyglYVaoW9YkZ9KQnI9jZg6TnVpiVQra3jZhM6sX2LerT+c0GUmqP6MjWdKpFJ70mmDn3Jq&#10;+GwCmpNaNG7HladJ43HCkJQ6CnUHi0ErX3iKhcOoh3eIYAaaLngwYxuK+HjvZgN64nnCaNFqP3qm&#10;a6dZbXujbp5I5Xy9ccA4sH4NdTUpfX+keSmnanURaYSZH3X+a56J3HbobZ554Xffb5RpXnjscZVY&#10;s3oWc7JIVntgde04WnzkeGUpcn6tezGmOHLTcu2X23PxdByI1HUCdTt423YddlNof3dOd3lYAXil&#10;eLVH2HofegU4EnvXe3gpaH3SfRmk2nDTfCqWfXIRfIiHZnNDfM53rXR+fQpndHXffVFXK3djfaRH&#10;PXkKfgE3u3rufmopYH0Qft2jkm8jhU6VPXB4hOKGMXHFhFN2iXMbg65mlHSWgwtWcnZFgnJGu3gU&#10;gdY3dHohgTApWXxpgHiihW3HjmeUN28tjS+FNnCJi8N1nXH1ijZlwHOIiKVV0nVNhxNGS3dAhXw3&#10;N3lyg8UpU3vageahr2ytl1uTYW4glVWEZW+FkwV013D+kIxlDnKojgtVRXSFi4FF8HaMiOQ3CHje&#10;hh4pTntjgyWhD2vUoB2Su21PnUSDuG63mgt0MHA0lpxkcXHtkyVUvHPkj6NFknYCjAY23XhkiDUp&#10;SnsBhDagpWs8qJySQmy5pO2DLW4boMNzo2+VnFdj9XFTl+ZUW3NXk2hFPnWKjss2o3gEifwpR3qz&#10;hReb6H+dX9GOw396YuOAvn+DZcxx2n+paJ9ibX/ea35S1oAkboFDl4B/cbE0uYEGdTcm+IHEeTea&#10;+n1HaL+N031raul/v32fbPpw833ibwVhpn44cR5SN36lc1RDI38qdas0gH/eeEEnDIDGeyqZ8Hsm&#10;cYeMpHt7cuB+vHvOdCZv+nwydWdg2XyrdrRRmH1BeBZCuH3xeY80Tn7Sey4nHX/lfPuYz3k2ej+L&#10;d3mtetN9jHohe0xvGHqfe8FgFHs/fDlRBXv8fMBCWnzVfVI0JX3jffUnLH8ffqaXr3eYgt2KfHgl&#10;grp8knixgm5uEHlIgglfSnoAgaZQXXrmgUxB5nvlgPEz7n0XgJInOX51gCmWv3ZOi2+Ji3bqio17&#10;qneDiXFtOXgriDJeinj4huxP0nnxhadBiHsRhF4zwXxmgvwnQ33kgYCV/3VBk9iIzHXqkjV68XaK&#10;kEVsinc+jiZd7Xgei/1PWHksicxBQnpch40zo3vQhSsnTH1sgqmVbHRxnA+INXUjmal6VXXFlt5r&#10;9nZ7k9ddY3dokMVO3niPjaZA8HnSinYzhXtVhxsnU30Jg6WVBnPapAaHwXSSoN551HUwnTFrdnXi&#10;mTpc9nbSlThOi3gEkSpAqXlcjQYzV3r3iL0nWXy6hHWPl4fvX6mDd4cRYq92iIZpZZZozYXbaG9a&#10;mIVSa1hMRYTPbmk+W4RXcaYw5YP9dTwkpYPLeUKOy4XJaBCCsoUuakB1uISmbF5oFoQsbntZ/4O6&#10;cKpL0YNYcvo+D4MDdWww0ILReCAk1oLDeyGN6YPAcFGBrINWccB01YLrcyFnPIKNdIFZTYI7dfFL&#10;S4H9d3k9uoHPeRowtoHEeuUlAYHafNyM7YHveHCAooGeeS5zwYFQedhmaoEIenlYmIDaeyVKxoDB&#10;e949aYC4fKYwnIDUfYMlJ4EOfnKL+oBQgIF/u4AZgJRy5X/igIVllX+zgF5YHH+UgDtKbX+ggCE9&#10;OX+8gAowk3//f/UlRoBff9+LKH8ZiI9/Bn7yh/VyOn7DhyNk6X6bhitXbH6RhS5J8H6uhDg85n7o&#10;g0Awc39MgjYlYX/LgSCKf34akG5+Wn3/jyVxlH3UjYtkTn21i8FW3X27ie5Jg33piBc8sH4xhjkw&#10;Y36yhD8ld39QgjWJ+n1UmBZ91X1ClhxxDn0Yk7hj0Hz4kRJWaH0IjmJJGX1Mi6o8bX2kiOowVX40&#10;hgkliX7sgx6JmHzDn4R9bHy2nNxwnHyImaVjYHxjlhxWDHxzkohI1nzBju48N30ti0gwN33Uh4ol&#10;l36cg96DpZCcX3N4Wo8KYmNsZ42rZUZfy4xaaClS0Ir9ayFFyImabkQ5O4g3cZQtPIbldT4iiYWv&#10;eUuC7Y6tZ1h3vI1PaYRrx4wBa61fRYq4bd9SZYlrcCdFf4gkcpQ5F4bfdSYtSoWwd/0i1oSbexeC&#10;MYy+bxV25YuLcJBrE4pUcglem4khc4lR4IfvdR5FIobIds846IWmeJ0tUISbepojGoOofL+BYIr2&#10;dq52CInbd4hqL4i+eFZd9IegeSdRVIaPegJExIWKevE4uYSMe/ItU4OmfRAjVYLVfkGAk4lxfjB1&#10;UYhofnJpg4dcfpldQoZSfq5Q7YVNfsdEeoRrfvI4l4OOfyItWoLMf1wjh4Igf5l/3og5ha10podD&#10;hUxo4YY/hL1cuoU4hA1QeYRCg1hES4NogrU4f4KsghgtXYIPgXIjsIGIgMd/TIdGjQV0NYZejApo&#10;d4Vair9cP4RPiUBP/YNnh8FD6YKhhk44WoHvhN8tWoFxg1cj04EKgcp+2IaMlCdzwYWrkpBoAoSl&#10;kIVb1IOXjjRPnIKzi+ZDi4IBiZ44IIFeh14tWYDuhQEj74CjgqN+f4YBmxRzZYUimORnn4QXlhJb&#10;dYMDkuZPT4Icj8FDV4FxjKU4A4DgiY8tU4CIhmYkBYBRg1V4M5lmXyltv5cyYghiwZUhZOlXOpMF&#10;Z9ZLb5DEat4/r45sbhc0fYwIcX0p6YmqdT0gqodoeVB3jpe4Zp9tRpWlaMViTpOQavdW4pFtbTxL&#10;Mo8zb58/kIzxciw0foqndN8qF4hpd9ohEoZGew1295XhbeFsmZPvb2VhwpHrcPBWYI/WcpFK042z&#10;dEo/WIuOdig0colleCMqPIdKelMhbYVIfKR2TpQgdPlr4pJBdelhApBUdthV0o5Wd9NKYYxReOA/&#10;EopLegc0WYhEe0MqVYZMfKMhu4RtfhN1ppKnfABrQJDZfGFgZY75fLNVO40HfP1J/4sUfVc+zYkv&#10;fcQ0PIdGfj0qZoVufsgh/oOxf1p1E5F+gvxquY++gs9f6Y3jgntUxYv2ghBJmYoOgao+oogvgVU0&#10;K4ZkgQsqdYSugMAiNYMUgHd0m5CGicpqQ47UiQtfd4z9iAxUWYsUhudJPYk2hcM+Z4dnhKo0K4Wf&#10;g5sqiIQJgoEiY4KSgWp0PI/RkGxqCI4pjyhfP4xKjXRUHopPi31JCYhviZI+LYa3h7Y0A4UGhekq&#10;lIOBhAsiiIIogjVz8o9JltZpwY2elQhe9Yu5kppT2Ym5j9dI04fYjSI+C4Ylin8z9oSGh+wqm4MZ&#10;hVIipoHTgtttQqJvXrBjeJ+kYYBZWpzWZGNO5pnaZ2JETJaiaoc50ZNBbeIv9Y/JcWkmz4xLdUIf&#10;B4jyeVRsqaD8Zb1jHJ40Z+JZD5tQaiNOtphEbINENpUMbwo52JG8ccEwHI5bdJ4nH4r7d74fiIfC&#10;ewJsMZ86bI1imZyFbh1YrJmsb8JOXpapcYlD/pOFc3A5xZBPdYEwMY0Md7EnYYnPehQf94a5fIpr&#10;tZ18czBiEZrYdDlYHZgRdUxN/JUidndDtJIZd745oo8BeSMwOYveeqAnlYjFfEEgV4XVfeprOJwA&#10;ecNhnJlsekpXrZavesxNjZPLe1BDdpDTe+45fo3afKUwOYrVfWonvYfefkUgqYUTfyJqyprWgEth&#10;PZhMgFJXWJWSgDpNQJKygBRDNo/Ef/w5aIzTf/wwPInrgAgn3ocWgBsg7YRwgDBqbZnphqRg85dm&#10;hixXF5SqhXRNAZHJhJ5C+Y7lg9M5RowDgxkwR4khgm4n/oZrgb8hJYPpgRVqJ5kqjL9gspasi8NW&#10;1pPwimlMxpENiN9Cx44th145FYtdheswN4iEhI4oHoXdgyshUoN8gdRp75iikrJgp5YikUlWy5NZ&#10;jztMspBgjNxCxY11ipk5KoqtiHMwUIf0hmcoNoVvhFohdoMlgnBirKvKXhpZfahzYNdQN6TjY71G&#10;0aDxZtA9aZylahk0OJgdbZ0rtZN3cU0j+o7HdUUdlYpUeVViFaqQZMFZL6ciZuFQBKNnaTBGvZ9c&#10;a689cZsKbmI0X5aOcUsr/JH7dFokaI1od6MeLYkWevhhvajeayRY1KV0bLxPxaHAbnhGi524cGo9&#10;XZl3coc0bZUTdNUsMZCcd0AkxYwsedkesIgCfHNhcKcacVZYfaO8cnNPaaAVc6lGU5wjdQk9O5f6&#10;dpI0bZO1eD0sV49fegElEYsVe+YfIIcVfcVhI6WSd3hYOKJBeCFPKZ6ieNNGE5q5eZQ9JZalen40&#10;bJJ9e4Ysdo5HfJ0lUYojfcoff4ZLfu9g3aRdfZJYCqEOfcpPBp1xfe1F9JmNfhA9DZWEfko0dZFp&#10;fqQslY1Rfw4liIlSf4Ifz4Wjf/Bgo6Nmg3pX6qAVg0FO8Jx1gtFF4JiUgk88+5SWgeE0dZCLgYks&#10;tIx+gUUluYiigQYgEIUYgMpgdqKoiSpX2J9PiIBO5Zuoh3hF1pfEhko87pPMhS80aI/XhCosvIvb&#10;gz4l4IgRglcgRISogX9gWaIYjqRX056vjYdO4pr/i+FF05cXigA885MhiDQ0eY83hoMsyotQhO0l&#10;9Yefg2kgboROghG3WWK3Wumm92VeXliWK2f2YbmEzmqNZQ1y/m06aGdhAHANa9tPRnMNb3k93HZb&#10;c2gtcXoKd+O1cl9qZVSlfmJkZ7mU4GVDaheDrGgebHVx+2sRbttgH24tcVtOjHF4c/s9XXUTduAt&#10;RnkOeiyzqVyBb6Sjzl+5cQGTcWLVclyCVmXrc8Vw02kbdTxfK2x6dshN0nAKeGw853PtekAtIXgr&#10;fFWx5FnpecaiGV1WeiuRzWChepWA+WPrewdvomdae41eNmr2fCNNHm7GfMU8eXLpfYItAHdjfluw&#10;QVerg8Sgl1tFg0SQYF68gsF/n2IvgkBulGXMgcldVmmkgWRMfW2tgP48GXIIgJ0s5Ha0gDeu5VXT&#10;jamfW1mPjEiPPV0mitZ+k2C+iV1toWSBh+hcnGh/hntL9Gy9hQs7xXFJg4cszHYfgeOtzlRPl2ae&#10;XVgnlR+OU1vUkrd9u1+HkENs3WNtjdNb+2eQi19LhmvxiNo7hHCohjQsuXWig1us+1MhoOednFcL&#10;nbKNmlrGmk99DV6IlttsPGKHk21bbWbNj/ZLHmtQjGM7THAjiJssqXU7hJ6sc1JJqgydGFY8pdiN&#10;E1n4oXN8iF2/nQFrxWHLmJhbDWYmlCJKymrDj4Y7D2+1iq0snHTohayq3GoMWqyb+mv9XjWMdm3x&#10;YZ58PG/uZPNrhHIEaFBaoXQ/a8tKC3akb3Q50nlTc3UqrnxaeACpWmbwZJOa3Wk0ZxyLd2tkaZN7&#10;W22ZbAJqvG/obnpZ+nJkcQ5JjHUPc8Y5hXgKdscqn3taejCnzGQlblaZQWamb+uKDWkNcXV6Cmt6&#10;cv9pn24GdJdZEnDCdkRI3nOueAw5H3bpegUqkXp2fD+mN2God+2XsWRZeKGIjWbueUl40mmKee1o&#10;jmxRep9YOm9Ie2FIRXJxfDI4yHXpfR8qhXmsfimkv1+BgWmWU2JagUeHP2UZgQ93lWfdgMtnnmrP&#10;gI5XdG3+gGBHu3FegDU4fXULgA8qenj9f+mjil28itGVMWCzidiGMmOQiLt2nGZ3h4tmv2mNhltW&#10;z2zhhTJHRnBxhAg4PHRNgs4qcnhogXqilFxJlA+USF9YkjuFVmJJkDR10GVKjhNmCGiCi/JWPWv5&#10;ic1G6m+oh504CnOthU8qa3frgtih3FsonRGTlV5Fml+EpGFCl2h1KGRSlFBla2ejkTlVtGs7jhxG&#10;i28Liuo33nMqh4wqZXeFhAShY1pZpb2TFV18oiiEGmB6njt0oGOOmilk9WbslhxVWGqZkgdGOm6D&#10;jdY3pnLAiXUqYHczhP6epXGYWo6RInLNXh+C23QYYYpzxHV3ZN9kKHbuaD1UZHiHa79E+XpGb3I1&#10;9XxJc4EoFn6ZeBqdYm6lY9qQBnAsZn6Bv3GvaQpyyXNBa4xjUnTubhpTuHbDcMdEe3jAc5k1s3sF&#10;drQoIX2TejGcGmv1bRWOuW28bteAt29ycIpxzHEzcjRigHMSc+xTFnUhdb1ED3dbd6k1f3ngecgo&#10;K3yqfCeasGmPdiaNVmuEdxp/TG1nd/lwpm9TeM5hf3FteaxSTHO0epxDgnYoe501OHjkfLsoM3vd&#10;ffeZYWeAfxyMFWmZf0p+Gmuif1dviW21f1BgrW/1f01RoHJxf1hDD3UYf2k1AXgGf4EoOnssf52Y&#10;TGXPiAKLDmgDh2Z9JmomhptupmxahbRf4268hMpREXFZg+ZCrnQtgwQ00XdIghUoQHqVgRWXb2Rs&#10;kL2KOWa0j1V8Wmjrjaxt6ms2i99fO224ig5QjnB1iDtCYnNlhmE0r3anhG0oRXoYgluWyWNVmTyJ&#10;k2Wslwd7s2fulHxtTWpGkcFeqGzfjwVQDm+9jERCDXLKiXU0j3YkhoEoSXmxg3GWWWKKoW6JGWTp&#10;nmt7LmcsmvdsyWmJl0xeOWwtk6BPum8ej/BBw3JGjCw0XXW9iEUoTXlfhFiSrnlhWoiGTXncXhB5&#10;Inp/YXdrKns7ZMxcsnwLaC9OGnz1a7o/6H39b3YyLH9Ac5IlqYDCeC+Rl3aUY0SFTXdhZfN4I3g5&#10;aItqSXkhax5b93ofbb9NiXs+cIE/hnx/c2syBn38dp8lz3+zejCQeHQGa+OEFXUQbcd3HnYUb5tp&#10;VncocWhbM3hWc0NM93mrdTc/KXsjd0kx5XzZeY8l8H7DfA+PRXG0dHKC3nLtdZV173QbdqFoe3VV&#10;d6haeXa1eLNMcng8edE+3HnpewMxy3vWfFUmDH3xfcaOGm+9fOeB23EYfVN08HJofZ1ndHPEfdBZ&#10;s3VIfghLzncDfk0+b3jgfpoxn3r5fvMmJX09f1SNIm4hhUiA6W+ThPp0DXD8hHlmpHJ1g9hY/3QX&#10;gzRLU3Xugpg+IHf1gf8xf3o6gV4mOXyjgLOMWmzOjXyAKW5UjHJzVm/NiyFl+3FaiadYaXMZiChK&#10;4XUOhqc95XcthSQxa3mXg40mSnwkgeSLwWvClXZ/kG1Xk69yvW7akYplbXByjy9X5XJGjM9KbnRZ&#10;imw9m3aSiAIxV3kRhXsmWHu8guaLVGr6nSZ/HWyZmqZyQW4fl6hk9G+7lGdXgXGXkSJKJHO8jdo9&#10;W3YQioYxL3ishxsmY3tpg7uG8IFtWoR7goE4XfxvXIEyYVxifoFEZLVVL4FeaCBHzoGIa7Y64YHH&#10;b34ugIIyc6YjbILPeEGF+X7QYrh6qX7oZWluh38OaAthyX9Baq5Un3+CbWNHZn/acD06poBKc0Au&#10;fIDqdo4jrIG1ei6E/nxgatJ5l3yzbMhtoH0CbrRg831ccJ1T833IcplG6X5RdLE6Xn70dugucH/F&#10;eVUj44C9e/aD83oucst4iXqodBRsj3sedU1gLnuYdn5TS3w0d7pGdHzseQo6H32/em4uZ37Be/Uk&#10;E3/kfZeC8nhEer13kHjge1lrpnl1e9hfVXoPfEVSyHrHfLpGE3uufTs57XytfcguY33dfmYkPH8q&#10;fw6CFXa8gp522HdxgpFrAHgZglNeqXjJgfVSJnmcgZhFqXqdgUY5qnvDgPkuUH0bgKokX36NgFiB&#10;YXV6ik52JnZBiZVqV3b2iJReD3e4h2pRnHijhjxFQnm+hRI5fHr5g+ouSHx1grMke34LgXSA1XR5&#10;kcB1nnVPkFtp0XYNjpVdlHbXjJhRLHfUipZE33kKiJQ5QHpchpIuQXvthHwkkn2hgmSAbHO3mO91&#10;NHSXluRpYnVZlFRdK3YlkXxQ13cpjqBEpHhui8U5EHnaiOcuJnuGhfwkpH1Mgyl7eYnBWmlw5Ijm&#10;Xc1ltog0YSlZ7YeOZIhNyobgaAFBpYY1a6k2BYWUb4IrB4USc7khZIS3eE96m4dcYh5wLobBZM5l&#10;CoYvZ3pZYoWfai9NYoUQbP1BY4SMb/M17oQWcxIrI4PCdnwhvYOReil5xIULabdvRoSla7xkTIQ2&#10;bb9YtIPHb8dM3oNdceZBDIMGdCU1yYK9doUrNYKWeRwiCoKPe9144YLvcTRuW4KscphjYIJfc/JY&#10;BIIRdU5MTIHSdrlAqoGleDw1moGJedUrPYGPe5UiTYGufWp4B4EieJ1tjoD6eWRim4DHehZXRYCT&#10;er1L2YBse21AVYBsfC81coB4fP4rRoCnfeEihoDufsx3Rn+bf/Rs3X+PgB5h+39wgCFWvn9NgApL&#10;bX8+f/RAM39Qf+81aX+Ef/UrVX/df/witYBNgAN2p35ohyJsYX5zhrRhjX5bhgBWUH48hSJLAH5B&#10;hEc/3H5vg3k1TH61grMrWn8zgeEi3H/HgQ12KX1yjhdr6H2LjQ9hGH16i6JV6X1iifpKpX10iFc/&#10;iX26hr01HX4VhSwrX36ng4si/H9agex1yHy2lMtriHzXky9guHzKkQRVkHy0jo1KYHzLjBs/W30d&#10;ibQ1AH2Oh1UrV347hO4jFX8DgqNwdZJeWh5mrJDaXXBcbY9zYMpRs44EZDZGuYx6Z8Q7z4rja4Yx&#10;eolNb3gn2YfLc8UfmYZxeFpvqZA0YWBmFI7gZA1b5I2JZsZRTIwkaZJGdIqubH07sYk5b5cxhofI&#10;ctkoFIZwdmUgCYU+eiNu9o3+aIBlVYzXapJbTIucbKxQxIpRbthGFIj9cR87fIevc4wxgYZndhso&#10;QoU7eOIgaoQxe8ZuO4vwb4Jkk4rmcQBaiYnJcn9QN4iddApFpYdvdak7OoZKd2Qxb4UteTkoYoQr&#10;ezUgvoNIfUBthYosdnBj6Ik9d15Z5og2eEFPn4cfeSBFSYYNehI6/YUPexkxXIQYfDAofYM9fV8h&#10;BYKBfpFs5Ii6fU1jWYfifa9ZaIbpfe9PLYXhfh5E7IThflU65oPxfqIxXIMffvwol4Juf1ohQIHa&#10;f7ZsWoeFg/Ji1IbCg8BY7IXXg1lOvYTagtZEkoPsglg6s4MQgeYxboJGgYMosoG9gRwhcYFRgLBr&#10;7oaYinVimoXsicRYvoUBiKpOlIP0h1VEdYMGhhM6ioJJhOcxS4Geg9Iow4EqgqshmYDggYJrmIXh&#10;kL9iSYU5j4pYbYRTjbpOTYNIi5xEQYJbiZg6bYGmh60xRoEPhdco0YC4g/YhuICHgi1l3psxWaFc&#10;55kIXOVTmZbnYEFJ7ZSfY79AGZIiZ2g2Zo+Ja0wtV4znb18lA4pXc8ceB4f8eGJlIplHYH1ca5c/&#10;YylTLpUaZfFJpZLMaNo/9ZBYa+k2ao3ZbysthItXcpclW4judkoejIa7eh1klJcnZyxb1JU/aUxS&#10;t5Mza4BJPZD5bdY/tI6hcEo2VoxEcuotn4npdawlpIeseKYfAIWje7BkBJUabbdbOJNLb1BSFpFZ&#10;cPdIzY89crU/ZI0KdI42MorVdoctqoikeJol3IaRetgfY4SyfRtjc5NXdDNasJGidUlRmo/AdmBI&#10;WI22d3o/JIugeLA2D4mRegItrIeHe2QmB4WcfOIft4Pkflti8JHqeqVaPZBLezpRN451e7hIBYx3&#10;fCs+4opwfLA1/4hyfVQtsIaLfgUmKITIfr8f/YM4f3JigpDBgOlZ4o81gQBQ6Y1ngN9HvottgKY+&#10;oYl2gH412IeNgG4tu4WzgG4mSIQUgGkgN4KpgF9iKo/PhvBZjo5ThoRQm4yOhcFHfYqYhNc+boio&#10;hAA1pobVgz0tqYUJgpImaIN9gd0gZoI2gSRh5Y8YjNNZb42ni/hQf4vjioRHZondiMs+cofkhzg1&#10;xoYYhcctzIRshHEmhYMGgxEgi4HagcVbk6RcWPlTUKGUXDFK5Z6mX5FCSJtpYyY5nJfgZvgxJ5Qs&#10;awspX5Brb0wiXoy9c9McpYleeGha2qKsX3BS1J/0Yh5KfZz2ZPpCBJmraAY5hZYga0cxPZJ8bsAp&#10;pI7TcmAiz4tHdjodPogPehZaa6CiZbVSXp39Z+ZKIZsUajhBuJfWbL45XpRkb20xQZDgck0p141a&#10;dUsjLYn4eHcdwobse5xaCp6Wa9VR85wEbYtJr5kxb1tBcJYTcVI5MZLCc3ExPI9jdbQp/IwHeA4j&#10;eojReoseNIXyfPhZpZzLcehRlZpTcyZJXpeOdHJBI5R/dc05FpFMd1QxOo4SePoqG4rdeq0ju4fS&#10;fHYelIUefixZRptUd/RRS5jxeL5JJZY4eXxA+pMzejw4+pAPexgxRYzofBcqOonYfSMj8Yb3fjYe&#10;5IRsfzVY9poifdBREZfPfidI/JUdflFA2ZIhfnE4348MfqkxQov6fvsqXIj4f2AkIoY+f8IfJoPZ&#10;gBZYtZkvg3pQ55bng1tI3pQ4gu5AxZE9gmU40I4xgfUxMIs4gZ4qX4hLgV8kSoWlgRofW4NjgNFY&#10;i5hviPVQzZYpiGFIyZN+h1NAuZCFhhk41o16hPwxRYqNg/0qdIe2gxUkY4UsgjQfhYMEgWmsf1zj&#10;VSudMl/9WSaNhWMRXRV9TGYwYPtsn2l0ZOdbxGzqaO9LO3CVbSg7EHSZcbssB3j6duWqi1jtX2Gb&#10;sFxvYmCMM1/fZVd8J2NXaExrnGb0a0la6GrGbmFKjG7QcaI6pXM0dTQr93fyeT6ovVVnaYCZ/Vk+&#10;a4CKxFz/bX560WDDb4NqeGSvcZZZ/GjVc8FJ3m03dgw6QHH1eJYr6ncHe3am8lI9c3OYS1ZjdIKJ&#10;JlpkdZR5gF5sdqtpU2Kmd9JZFGcbeQ1JOmvOel055XDee9kr3nY3fYilQk93fUKWy1PgfW6HxVgi&#10;fZl4NFxkfcRoW2DcffhYSWWbfj5Iq2qWfo45lm/sfvQr03WDf26j1E0ghvGVi1HChj2Gr1Y4hX93&#10;PVqxhLtnfV9dg/tXqGRRg0VIOGmNgpI5VG8ggd0rynTpgSKiqUspkHOUiU/7jteFz1SbjSp2ellA&#10;i3VmzV4eicRXGmNDiBFH3mithlY5Im50hIcrw3RpgqGhxEmXmbCTwk6OlySFIVNNlIJ14lgQkdpm&#10;RF0TjzdWn2JljI1HhGf7ic84+W3mhusrvXQAg+mhK0hwooGTN017nveEoFJLm1x1cFchl8Vl51w7&#10;lDhWWGGqkJ1HRGdijOQ4ym1yiPoruXOrhPug1WPzVTWS1GZpWTqESWjnXSd1GWt4YQZlcW4sZO5V&#10;onEQaPlGL3QobTc3K3eVcdYpW3tYdwqfK2AwXuWRo2MPYfuDRWXgZQJ0PGi8aAJktGu9awpVCm71&#10;bjFFw3JlcYI283YvdSopY3pLeUmdilzOaHmQAWAAaqWB22MbbMdy7mZBbudjm2mPcRNUKm0Zc1pF&#10;IXDddcI2nnT4eGspanlbe2Wb6lnEceWOb109czSAXWCXdHpxwGP9dbtilmeYdwdTX2tteGhEl29+&#10;eeE2WHPle4Ypb3iJfVuaaFcbezWND1rQe69/F15nfBlwjWIFfHlhuGXbfN9Sqmn4fVhEHW5Ofdw2&#10;HXL2fnYpdHfTfyWZKFTfhGqL7VjEhA9+E1yLg5pvo2BegxVg6GRmgpFSGWi2ghhDum1JgaY163Ir&#10;gTQpeXc4gL6YJlMBjXCLAlcPjDx9P1r7iuJu5V73iXRgPmMwiAhRlWeuhp1DbmxshTA1x3GAg7Mp&#10;fHa3giOXYlGFljGKTVWwlCJ8lVm3kd5uTV3Qj4Nfs2IsjSxRGmbWitNDG2u9iHA1p3Dzhe4pf3ZN&#10;g1WW3VBqno+JylSnm6N8Eli9mHNt01znlSpfT2FakepQ0GYhjqZC2Wspi081enCDh9QpgXX5hFKV&#10;W2s1VVaIlG0EWVZ7J27qXT1tBHDnYRZeZ3MDZPtPqXVMaQdBU3fEbUkzdnqNcfEm2X2idyuT5mej&#10;XmqHYmnXYZB6CGwJZKNsDm5MZ7BdmXCxaslPCHNJbgRA43YTcWszRnkvdScm+HyNeVGSgWRhZ3iG&#10;CWbqacZ4/mlhbAdrF2vkbkJc026NcIpOdXFwcu5AiHSIdXQzI3fyeDwnE3uYe1ORB2F0cGGEn2RA&#10;ceN3lGb0c1dp+Wm0dMJb3GyodjVNt2/Td79ACXM0eWIy63bjezEnKnrBfS6PrV7peS6DW2Hqeet2&#10;ZmTVepBo42fMeyVbGGr3e8BNGW5nfGw/pHIJfSYyw3X1ffgnPnoIft6Oj1zGgeSCUl/ygdt1d2MJ&#10;gaxoCWYxgWdaWWmMgSJMmW0rgOk/UnEGgLkyoHUpgIsnT3lrgF2NqVr+immBe15NiZh0sWGGiJFn&#10;V2TUh21ZumhdhklMIWwohSk/FHAqhAwyinR9guInXXjogauM+VmQkqyA1Fz6kRJ0EGBMjy9mxGO1&#10;jSdZM2dgiyFLq2tViRw+yW99hxQydHPvhPUnaXh9gsaMf1h8mpWAWVv5mDdzkF9ZlXZmSmLSkoZY&#10;0GaSj5tLZGqijLI+im7sicAyS3OChrYncngng7GKB3K2VYB+THPeWXFx53UpXU9k0HaOYSNXRngL&#10;ZQhJpnmsaRk8ent1bWEv132FchEkgX/Ud0eIuW9PXgV9NXDZYS9w5XJsZEpj9XQOZ2JWlnXNaopJ&#10;I3e3bdc8J3nLcVIvwnwmdSIkt361eVaHfWw0Znt78G4OaONv3m/eaz9jB3G+bZdV2nO+b/1Im3Xu&#10;coI72HhKdSovr3rseBMk5n24e0CGNmlibuN6sGt9cI1urm2IcidiNG+ec75VLHHfdVpIJXRRdw47&#10;mnbxeN0vpHnVetolD3zcfQKE/Wb1dzF5pGlCeCVtrWt/eP9hL23GeclUcHA8eplHi3Lwe3w7OXXM&#10;fG4vhHjofXolMnwdfpmD+mTqf2d4rmdef6RszGnCf7dgZGw3f7JTw27Zf65HHHG3f7c69nTKf8sv&#10;cHgbf+UlT3t9gACDKWM2h2l362XKhu9sGWhNhjhfwmrkhV9TM22vhIdGsnC3g7Q6yHPtgugvZ3ds&#10;ghQlaHr3gTeChmHVjyt3UWSEjftrg2cejHZfOmnNisRSt2y4iRNGRm/nh2Y6hnNAhb0vW3bchAEl&#10;e3qKgj+CEWDHlpt23WOKlLxrC2YykmdeyGjvj9dSW2vtjUpGBm82isI6TnKwiDgvOXZvhaAli3oz&#10;gxh+0np8VZ90BHsBWX1om3uwXVFcj3xzYSVQIH1DZRBDqH4saSo3sX80bXssV4B1cjQiWIHnd199&#10;pndKXZ1zE3grYMdnv3kWY+hb3XoNZw1Pl3sWakdDS3xAbak3hH2LcTosYn8RdR8ipIC9eVh8jHRS&#10;ZY9x8nWAaAZm0namandbCHfTbOhO8HkYb21C1nqEchM3R3wRdN4sY33Vd+ki53+3eyx7cHGkbWdw&#10;2HMKbzNlvXRlcPRaRnXDcrJOTXdIdHxCanjxdl83Enq+eF4sZHy+eoojIX7TfNd6XG9MdTVv0nDi&#10;dlRkznJqd2BZbHP2eF5N0HWoeWdCEXeNeoM263mSe7EsbHvJfPsjU34Pfld5cW1ZfO9vEG8XfWhk&#10;I3DBfbpYwHJzffNNM3RNfjFBrXZafoE2sXiQft0sYXr6f0IjfH1qf6h4sWu3hHRuWm2ThEVjfG9a&#10;g9lYKnEsg0tMr3MpgsBBT3VcgkA2jXeygcgsYnpIgUwjnnzhgMt4Gmpki7VtzWxaiuFi9W42ibVX&#10;snAdiFtMQ3I3hwNA8HSOhbI2WHcEhGosYnm1gxYjunxygcF3qWlckq5tYGtmkTtih21Rj01XTG9F&#10;jSBL83FwivVAvHPeiNQ2LHZ1hrcsS3lHhJUjz3wZgopzzIKMVZpp34JxWWdfbIJ7XTRUbIKPYQ1J&#10;G4KhZQQ90YK/aTAzFoLxbZEpC4NPclQgY4PUd3Nyvn+SXRxpDH/KYEZer4AGY29T2YBDZqVIsoCE&#10;afY9lIDbbXQzCoFJcR8pNIHjdRsgxoKdeVlxyny+ZJBoEn08ZxZd532saZ1TJ34ZbCxILn6QbtI9&#10;QX8icZ4y7X/MdJApUICgd78hG4GNexhw03ota+5nGXrebdVc9Ht9b7dSdXwbcZ5HnnzLc5Y8432X&#10;dasyxX57d9wpYH+GejohZYChfK5v6HfyczhmQXjNdINcKnmUdcBRs3pbdvZHMHszeDk8lnw3eZQy&#10;p31QewEpcn6OfIkhpH/WfhlvFHYLenNlfXcOeyFbe3f3e7BRJnjefCxGvXnbfLA8aXsAfUsymnxI&#10;ffMphH24fqUh2X8sf1duZnR4gX5k8HWggZVbAnaigXJQt3edgS9GVHi6gPU8HHoDgMwyhntogK8p&#10;kH0CgI0iBH6fgGht3HMyiEpkb3Rzh8laiXWKhvFQTnaXhexF+nfMhPE7z3k2hAMyXHq2gyIpmXxs&#10;gjgiJ34tgU1tcnIwjtJkCnOFjcBaJ3SsjDBP+HXGimNFuncJiKE7qHiHhu0yQ3olhUUpk3v7g5si&#10;Q33RgghpIIrkVVxgDIojWRxWjYl9XOlMmYjQYM1CZYgPZNo4SYdNaSAuyYaWbZsmCYX/cm8eqIWR&#10;d4NoLoggXG1fVIeqX5lV6YcqYtFMHYabZh5CFoYBaY44KYVvbS8u24TrcP0mTYSKdRUfH4RNeVhn&#10;X4VsY2tef4UzZgNVQYTiaKNLi4R9a1dBsYQSbiY384O2cSAu2oNpdD0mgYM/d5UfhoMyewRmkYLw&#10;alNdr4LkbFhUdIK9bmBK+IKFcHdBPoJPcqM3soIpdPAuzIISd1kmp4Iceewf34I9fIhlx4DHcSxc&#10;8YDjcqBTwoDgdA1KV4DKdXpA34C+dwA3c4DLeJ4uu4Dmek4mxYEgfBkgKoFsfeFlE371d/JcTX81&#10;eNZTM39PeaNJ2X9YemZAe39qezc3Un+UfB8ut3/cfRUm4YBFfhYgaYC8fw1kdn1kfn1bu33LftJS&#10;sn4BfvtJbX4hfxFAJH5QfzA3KH6Yf18u0H70f58nBH+Jf9wgnYArgA5j+3wohN9bany0hK9ScXz7&#10;hCpJPn0cg3tACH1VguE3Bn2/glsutH49geonF37vgWsgx3+1gOVjmnsqiwVbD3vKik9SHXwjiRpI&#10;+XxRh6w/23yVhlU28H0OhRYusX2mg+onJH54grcg6H9XgZRe45OIVNlWnpIVWJNOCpCqXGZFHY8l&#10;YGE8BI1+ZI4zFIvIaPoqy4oWbZgjTYh/coUdJoccd5BeCJD7W4NV94/GXrdNd452YgNEsY0GZXA7&#10;yIt5aQkzConqbNgq9ohkcNIjqob+dQwdr4XLeVVdWI5nYhVVRY1kZMNM64w9Z4NEOorvamI7fYmN&#10;bWQy8IgucJUrEIbZc+cj9YWnd2weJoSlevJcsYv7aJJUm4sgarhMQ4oebOtDyIj7bzY7K4fIcaEy&#10;zIabdC4rHYV6dtYkMIR7eaMejYOofGVcDYnabwNUAokmcKJLt4hFckVDS4dBc/E664Y1db4yq4U4&#10;d6crJIRGeaAkYYN3e7Ae44LQfa5bdYgLdWFTe4d+dnxLR4a6d4hC74XQeJU6poTgebYyn4P/evYr&#10;MYM3fEAkiYKXfZAfK4Ibfsxa8oaHe41TDYYffCdK7YVzfJhCqYSbfP46boPDfXcyhYL+fggrR4JN&#10;fqcksIHYfzwfZ4GFf79ah4VGgXBSpYT9gYFKj4RogVRCXIOigRI6NILdgOUyUII3gMorP4GTgMQk&#10;24EygLAfl4EMgIpaM4RIh0hSgYQnhutKeYOmhglCX4LPhPQ6YoH7hA4yoIFag00rfIDfgqUk/YCy&#10;geofvYCsgS9U3JyGVCNNi5paV9dF+5ggW68+H5WuX8A2JpL+ZBYuYJA1aLEnRY1tbXwg74rMcoob&#10;0oh+d5pUBJo8WmpM3phTXadFVZYqYQo9pJO5ZJ416ZEPaGguYY5dbGwnhYu1cJUhYYk/dPccbYcg&#10;eVJTfZe/YJRMTJX8Y1pE2ZP9Zj09OZGnaVI1rI8hbI0uWoyZb/snt4ofc4Uhwofcdzsc8oXveuFT&#10;CJVSZqNLyZOvaOxETpHQa1E83I+obdo1co1QcIsuTor6c18n24izdkoiEIameVUdZITpfEZSiZMp&#10;bKVLTpGzbnRD54/ucFM8g43eckU1TouzdGQuSYmLdqIn94d3eOsiUIWae0YdxYQKfYFSDZFUcqNK&#10;4pALc/hDlo5jdUo8TYxpdqY1L4pUeB8uV4hJeb0oGIZhe2QihYS0fQ0eFoNQfpJRoY/KeHVKiI6s&#10;eVFDVI0behA8HIs0es81C4k2e6ouUIdGfKEoO4VzfaYitYPyfqAeWIK3f3lRSo6HfhlKQY2NfnpD&#10;H4wSfqE7/Yo1fro0+YhFfvQuOIZ1f0UoOIS6f6oi3YNQf/8ejoI6gDlREY1/g5tKDYygg31C9Is9&#10;gwA75Ylrgms0/Yd/gfwuUYW8gakoVIQbgWki/YLRgSAeuYHXgNWiNVabT6qT5FopVCOFQl2/WJh2&#10;HWF4XQtmh2VoYYdWxmmaZiNHZm4KavY4d3LacC0qx3f7dgSgKFHKWZ+STVXaXTCD4VnsYLp07F4Y&#10;ZENlfWJ8Z9RV6mcja4VGvmwNb2c4GnFYc6cqz3bqeGyeTU1xY4uQk1H5ZiiCbVZ3aMNzl1sLa2Jk&#10;Xl/Vbg5VBmTqcNhGHWpEc8o3yHAAdwsq13X4erGcd0mDbVWO4k58bwWA1lNYcLpyVFhIcnJjSF15&#10;dDhUL2LydhdFjGizeBU3gG7Uek8q3nUifM6atEX+dvuNYEtgd8l/glCceJtxGlXgeW1ibVtmektT&#10;fWE/ezxFE2dbfD83RG3TfWoq43Rqfr2ZKkLugHaMGUivgGV+eE5AgFRwPFPXgEJhqFmngDRS/F/J&#10;gDREt2Y3gDw3FWz6gFMq6HPNgHmX4kBMib2LDUZhiMJ9pEw+h8lvkVIbhtFhD1gxhdxSg16VhOpE&#10;dGVBg/c282xDgvwq7HNKgf6W3z4fkrOKOUR6kMZ8/UqWjuBvD1CrjQNgolb6iytSH12ZiUxELGR9&#10;h2I22GuthV4q73Leg0uWKDx1myGJnkMAmDt8gUlHlWpusk+GkrJgYVX+kANR9FzHjUNEBGPXims2&#10;u2s0h2oq8nKIhGGXZF1lT/6KGWBhVGl8bWNzWNFuO2apXTdfnGoQYatQ3W22ZkVCiXGZaxg0tHXc&#10;cFYoL3pndjCVeljHWWqIx1xJXP97W1/NYI9tW2NrZB5e4mc7Z7VQTGtOa25CJm+hb1g0i3RYc6go&#10;THlPeH2TulSaYsyHGFiSZYN57lx8aDZsDWB9aupdzGSzbapPcmkxcIpBj23wc5I0RnMNduwoZXhX&#10;eqaSCFDSbBCFf1Uybex4c1l3b8hq6V3RcaRc0mJrc4pOtWdLdYtBFGxtd6s0EHHmeggoe3d9fKaQ&#10;dk11dTeEHFIwdj93M1bOd0NpwVt7eENcCGBoeU1OE2WkemxArGsee58z5nDofPkojnbBfnmPI0qO&#10;fjyC9U+XfnF2OFSDfppo6Fl+fr1bSl61fuVNmmQ4fx1AXWn/f2IzxHAQf7connYhgBmOD0gUhwuC&#10;Bk1jhmh1bVKQhbJoO1fNhPVasV1HhD1NJmMKg41AJGkMguMzrm9ZgjUoq3WdgYSNOUYMj4uBS0uT&#10;jhB0y1D2jHlns1ZnithaO1wWiUBMvGIUh6s/32hKhhYznG7DhG4otXUwgruMokR6l5aAwUorlUh0&#10;Tk+0ks9nSVVLkE5Z61shjdtMhmFHi2Y/r2eqiOkzfG5OhlEovnTZg7yMvmRdUGOAcGbJVLdzumlU&#10;WQ5mfmwBXWhY3m7YYdVLJXHoZm094HUxaz8xJXjXcIAlwHy9dliK7F/4WTJ/F2LlXMhykWXbYFpl&#10;h2joY+5YEGwkZ5FKhm+ea1s9dnNSb1gxAXdfc7Yl8XubeIuJVFvxYg19p19TZNhxfWKpZ6BkkWYR&#10;amhXT2mobT9J+m2EcDY9JHGdc1cw63YLdsomHHqcepmHwlhRas58L1wUbM9wE1/Abs9jemN9cM1W&#10;YGd3ctVJSGuydPo8s3Aodz8wwnTrecEmQXm8fH6GWFUac3R65FktdLBu510rdeNiamE6dxFVqmWD&#10;eEpIuGoXeZg8XW7gevwwqHPtfIkmYXj8fjaFKlJTe/x511atfHRt/FryfNhhml9KfTJU+GPafZJI&#10;SmixfgU8G23Dfogwk3MUfx0me3hZf72ENk/3hE14/VSMhAJtPFkNg5Ng8l2kgxRUZGJ0gp1H3WeI&#10;gjI77WzQgdIwiXJbgXImkXfRgRCDeU4GjFR4VFLNi0ZsoFd/igJga1xFiKdT62FJh1dHdGaWhhA7&#10;rWwQhNAwf3HEg4Mmo3digjCC9EyCk/R311FykjBsJ1ZGkBZf/Fsvjd1TlWBXi7JHOmXLiZA7emty&#10;h3AwX3FRhUImsXcKgx+CG2uOUMN2tm1tVP5q7m9wWUNeq3GPXZRSDnPOYf5FZXY+Zpc5PHjfa2ot&#10;rXvScK8je374dnuAYmdhWQB1cWm4XJJp32wbYCVdzm6TY79RXXEvZ25E5HQCa0c473cHb1Mto3pZ&#10;c8AjwH3MeJZ+72OLYUh0FWZOZCNoz2kKZv5c3mvXadxQo27MbM5EYHH9b+M4pnVgcyMtmnkJdrEj&#10;/HzDeot9iGANaYlywmMta6hnmmY7bcdcDmlWb+pP+2ykchZD8nArdGA4c3Pkdswtm3ffeXYkMXvd&#10;fFZ8Olz8cbFxqWBncxlmlWPAdHpbDGcmddZPSWrAdz9DZG6deMA4H3KkelgtiHbkfBkkXXsWffV7&#10;J1pTebtwrV39enBltWGYew5aRmVEe6BOpGkhfDxDAm08fO036nGJfa8tf3YIfoUkgnpvf2N6SFgO&#10;gY5v5VvwgZBlA1/CgWhZqWOogS1OHGfAgPtComwWgNg3x3CVgMQtgHVMgLQkoXnkgKB5m1YuiRlv&#10;SVpAiG5kcV4/h35ZKWJRhnBNqWabhW5CPmsnhHk3j2/Ug5AtfXSygqAkunlzga15HlS0kEpu1ljt&#10;jv1j/l0OjUVYvmFAi2BNVWWriYlCB2pdh8E3YG83hgItY3RAhD4kznkYgop3bHMGUQVs8XRXVSti&#10;HHXMWWRW1XdVXbFLQnjwYh0/snqxZr00r3yYa5gqV37EcOAhZIETdpl12G8YWL1rz3DVXExhLnKe&#10;X+JWG3RzY4VKtnZiZ0M/Vnh+azA0hnrBb08qbH1Ec8shvX/aeJ10h2txYIJqlG2SY2pgNG+tZlZV&#10;QXHRaUtKDnQTbFg+43aGb4w0T3khcuwqdXvydpYiCn7IentzTGgeaDlpZ2qSanVfF2z5bLVUfG9k&#10;bvtJbHH8cVM+e3TCc8s0IXeudmUqf3rJeTgiTX3ZfC9yH2Upb+NoUmflcXNeIGqQcwBTom1CdItI&#10;9nAedik+KnMyd+E0BHZmebAqkHnEe6kihX0MfbdxIWKcd3ZngmWXeGFdcGh/eTdS+mtwegRIXm6J&#10;et490XHYe9Iz1XVLfNgqkHjmffIitXxgfw9wU2BrftJmxWOcfxlcx2a5fzVSZWngf0BH320xf1c9&#10;eXC1f4IzunRXf70qmXgof/0i3HvRgDhvsF6ZheVmNGH3hY1cQWVBhO9R8GiThDNHeGwRg4Q9IW/J&#10;guczjXOVglkqoHeKgcci/HtdgTJvOV0kjKplx2Cqi79b1mQWimVRjmeIiNtHLmslh2A8828Ahfkz&#10;Z3L4hJ8qjncXg0YjFXsAgf9s0nrNURVjSnuHVS5ZbXxiWWBPKX1FXa9EpH4tYiU6MH8tZtUwVYBK&#10;a74nOIGacQ4fgIMEdrJraHcfWFViRHg8W+VYlXleX4NOhHqCYzVEL3uzZwk57n0Eaw8wSn5yb0cn&#10;aIASc9Yf7IG/eKJqQHOnX6BhLXUfYpdXu3aLZZhNxnf0aKhDpXlwa9Y5mnsSby8wMHzQcrInin65&#10;dnsgSYChemtpKHB6Zt9gHXI9aThWu3Pta5dNDXWebgRDEXdocIk5PXlXczEwDXthdfonoX2NePgg&#10;mX+qfApoJG2kbgtfM2+pb8ZV5HGZcYJMRnOMc0NCpHWVdRg483fOdw4v9nobeRknunyGe0gg3n7X&#10;fXxnO2sqdSZeX21tdkRVLW+Zd1RLt3HEeGFCNXQHeX04zXZyerkv8nj6fAYn1HugfWYhF34lfsFm&#10;fGkHfBFdw2uHfJhUq23nfPhLRnBBfUtBznK1fbA4hHVUfi4v5HgFfr4n53ref08hRn2Sf9dl5Gc9&#10;grldOWnugqxUL2x8glxK3m7+gfJBdnGcgZw4OnRqgVwvwHdCgS4n9Xo/gPshbH0agMFlcmXLiRxc&#10;0GikiINTy2tYh4BKh237hlNBOHC3hTs4F3OlhDsvqXalg0wn8XnIgl8hi3y6gYBihILcUOFZ9ILx&#10;VPdRFIMgWSpH04NLXYM+W4NuYg01A4ObZtYsTYPba9gkYoRDcTUd1YTEdsdhQ39qV7dZA3/dW09Q&#10;R4BKXvtHNoCqYsQ99IEIZrY01YF7at8sW4ICbzgkqoKxc94eUoNxeKVgQ3wdXpBYDHzhYZ5PhH2Q&#10;ZLlGj34uZ+w9gH7Qa0M0mH+MbsksWoBccnYk4oFPdmEevoJJeltfVHkOZV5XInoXZ9lOpXsDal9F&#10;8HvkbPo9B3zOb7I0VH3ScpEsTn7pdY8lDYAceLsfHIFJe+decHZPbB9WTneYbgZN43jBb/NFRnnc&#10;ceo8pXsGdAA0F3xOdjYsQn2jeIElMH8Reuofa4BufUddpXPkcstVl3VsdCFNR3bOdW5EwnghdsE8&#10;QXl+eCgz+nr0ea4sRXyBe0YlU34ofOkfrX+3fnpc9HHJeURU8nOPeghMt3UoerJETnare1k76ng1&#10;fBQz0HnYfOYsXXuFfcoleX1ffq8f438ff4BcZnACf4xUiHIHf8dMZ3PRf8ZEGXVzf7I7x3ccf7sz&#10;pnjsf90sQnrBgBQlj3y8gEAgD36kgFxb/G6QhZpUJHC/hUxMC3K0hJ5Dz3R4g9E7l3Y8gyMzkXgp&#10;go8sPXoigg8lm3xCgYwgMn5CgQ9Yios6UGFQ+IqUVIFJGooAWL5A3YleXSs4cYinYdMwMofuZsEo&#10;nYdCa+Qh2Ia2cVUcYIZRdtlXcYf9VtdQFYe4WoFITIdaXkVAPobiYi44EIZYZkgwEoXXap4ov4Vm&#10;byAiNYUbc+Ic7YTxeKdWmITVXUlPO4TYYHVHnIS4Y7M/qIR2ZxM3r4Qoapwv6oPoblgo1YO5cjYi&#10;gYOvdkYdZ4O+ekxV0oHdY69OdoIdZlNG3II3aQc/I4I0a9g3UIIobs8vv4Iscewo4II/dSUivoJy&#10;eIEd0IK2e8dVEX8pag1NwX+rbCZGOX/+bkw+l4AxcII3CoBhcuEvm4CkdV8o6ID0d+4i8YFgepEe&#10;KYHUfRdUX3zEcFtNHX2KcepFsX4Xc3o+LX58dRU2vn7cds0viH9NeKco83/SeosjHIB0fHQec4EX&#10;fjtTxXqzdnlMlHu4d4BFQnx7eHQ92X0MeW42e32XeoMva34ye7IpCH7WfO4jRH+qfiEesIB7fzNT&#10;QXjnfFlMFnovfNZE1XsmfS09hnvgfYI2QHyMffIvOn1SfngpA34Pfw4jb37/f5Ye4X/9gANS4Hdx&#10;gh5LzHj2ghdEoHofgb89cXrtgVg2VXujgRovaHx8gPgpJ31jgOgjin5+gM4fCH+YgKxO2JP9T6NI&#10;SpKEU9JBcZERWB06PY+FXKQy4Y3ZYXYru4wjZpMlQYp6a+QflIj2cW8bGYe0dudNzJD6VblHUo/t&#10;WX1AgI6vXV85fY0/YXEybIutZcErloodak8lbIifbwMgAIdSc+UbtYZHeKdNFI34W8tGjI0sXxw/&#10;1YwpYoQ46oroZhwyEYmJaeMreYgxbeAlkIbtcfcgW4Xddi8cO4UJej5MeIsRYdBF6op8ZKQ/MYmv&#10;Z484e4isap8xyYeJbeArZYZvcUYlr4VqdMAgqISXeE0cr4P4e6pL2oheZ85FU4gQaiE+rod7bIg4&#10;EIaobwgxooW/cbkrXITidIolz4QXd2Ig7IN9ekEdEIMQfOxLQYXvbcdExoXxb5U+QIWZcW43xIT2&#10;c14xc4Q5dXArY4OJd6Ql8ILxedohJoKMfAkdYYJOfgNKvIPQc5NETIQgdNw95IQCdiI3hoOLd3sx&#10;TIL1ePIrWoJteoImEoH3fBchW4HAfZwdpIGufu9KTIIAeS9D54KXefI9lYKvep83VoJee1gxLYHq&#10;fDIrRYGLfSAmGoEyfhYhhIEZfvkd2oEsf7RJ+4B8fqVDl4FSfts9VYGdfuY3MYFsfvkxJIEPfzAr&#10;VIDKf3wmKICWf9EhmoCegBseBYDEgFQAAP//AAD//wAA//8AAG1mdDEAAAAAAwQhAAABAAAAAAAA&#10;AAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhsc&#10;HR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RV&#10;VldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJzdHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2O&#10;j5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqusra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbH&#10;yMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v8A&#10;AQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0eHh8gICEi&#10;IiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNVV1haXF5g&#10;YmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHCw8TFxsfI&#10;ycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w&#10;8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgIDAwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQ&#10;ERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5&#10;Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gj&#10;paeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS0tPU1dbW19jZ2drb29zd3d7f&#10;3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb29/f4+Pn5+vv7/Pz9/f7+//+m&#10;OTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I&#10;1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9&#10;p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQ&#10;ls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/&#10;okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1qua&#10;i92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HA&#10;uqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+m&#10;WabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK&#10;/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92l&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWH&#10;xrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabH&#10;pWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBN&#10;YPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxraj&#10;h8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSx&#10;xKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGk&#10;THLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uz&#10;oIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdv&#10;tsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5v+mOTL/okZK/aBNYPGkTHLm&#10;p0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQr52I1quai92ll5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5v+mOTL/okZK/aBNYPGkTHLmp0yE2qhQls+mWabHpWSxxKdvtsGneLu9p4HAuqWHxrajh8uzoIfQ&#10;r52I1quai92ll5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5v+mOTL/okVK/aFMYPKlS3HmqUqD2qpNlc+pVqXIqGGwxaprtcKs&#10;dbq+q32/uqqDxbaoh8qypofQq6KH1qSeidyamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP&#10;4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4Zqaj+Gamo/hmpqP4f+mODL/o0VK/aJLYPKmSXHmqkiC&#10;261Kk9CsUqPJrF2vxq9ns8Oxcbi/s3m9uK+BxLKqh8uspobQpaOG1Z2fhtqTnYvek52L3pOdi96T&#10;nYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3pOdi96TnYvek52L3v+n&#10;ODL/o0VK/aJKX/KnSHDnrEaB3K9HktKwTqHKsVetyLZisMW6bLW6s3i+sq6Bxa2qh8unp4XPoKSE&#10;05ihhdePn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4jaj5+I2o+fiNqPn4ja&#10;j5+I2o+fiNqPn4jaj5+I2v+nODL/o0RL/qNJX/OpRm/orkSA3bNDkNO2SJ/Mt1GqysBcrL24bLez&#10;snjAra6BxqmqhsqiqITOm6WE0ZSjhNSMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH14yh&#10;h9eMoYfXjKGH14yhh9eMoYfXjKGH14yhh9eMoYfXjKGH1/+nNzL/o0RL/qVHXvOqRG7psUF/37g+&#10;jta9QpvPw0qkwr5cr7a3bLmusXjBqa6BxqWrhcmeqYTMmKeDz5GlhNKKo4bUiqOG1IqjhtSKo4bU&#10;iqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1IqjhtSKo4bUiqOG1P+oNzL/&#10;pERL/qZGXvStQm3qtD594b07i9rGPJbKxkikubxcsq+2bbupsXnBpa6CxaGshMibqoPLlamDzY+n&#10;hM+JpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG0YmmhtGJpobRiaaG&#10;0YmmhtGJpobRiaaG0f+oNzL/pENL/6hDXfWvP2zsuDp65MM3h93TNZDBxEmnsbpetam1bryksXrA&#10;oq+CxJ2thMeYrITJkqqEy42phc2IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzoiohs6I&#10;qIbOiKiGzoiohs6IqIbOiKiGzoiohs6IqIbOiKiGzv+pNjL/pUJL/6pBXPayO2ruvTZ36MszgNDS&#10;M5O4w0uoqrlgtqS1cLyhsnvAnrCDw5quhMWVrYTHkKyEyYurhcqHqobMh6qGzIeqhsyHqobMh6qG&#10;zIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzIeqhsyHqobMh6qGzP+pNTL/pUJL&#10;/6w9Wvi3N2fxxDFx39cse8XQNZWwwk6ppLhjt5+1cryds3y/m7GDwZevhMOSroTFjq2FxoqshsiH&#10;rIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYesh8mHrIfJh6yHyYes&#10;h8mHrIfJh6yHyf+qNDL/pkBL/7A5WPm9MWLnzi1p0OAkf7nPN5enwlKpnrpmtZq1c7uYs32+l7KD&#10;wJSxhcGQsIXDja+FxImuhsWGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxoauh8aGrofG&#10;hq6Hxoauh8aGrofGhq6Hxoauh8aGrofGhq6Hxv+rMzL/qjtJ/7YyU/DHKlrY3iFmwt8kgq3OPJif&#10;w1anmbxospa3dbiUtH29k7ODvpGyhb+OsobAi7GGwYiwh8KGsIjDhrCIw4awiMOGsIjDhrCIw4aw&#10;iMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw4awiMOGsIjDhrCIw/+tMTL/sDNF+MAp&#10;TN/WI03H6CBqs94mhKHPQZaXxlmkk8BqrJC8dbKPuX22j7eDuIy2hLqKtYW8iLSGvYazh76Es4i/&#10;hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+Es4i/hLOIv4SziL+E&#10;s4i/hLOIv/+vLzL/uSk/6M4eP8zmG1K37iFtpd4sg5fSRZKQy1udjMVrpYvCdaqKv3yth75/sIS8&#10;gLGDvIKygbuDs3+6hLR+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqGtX66hrV+uoa1frqG&#10;tX66hrV+uoa1frqGtX66hrV+uoa1frqGtf+yKjLxxhwz0eIUOrzzG1ao7iZtmOE1f47YSoyI0F2V&#10;hsxrm4TJdKCBx3ijfsV7pXzEfaZ7xH6necOAqHjCgql3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3&#10;woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqnfCg6p3woOqd8KDqvq+HCjW3Q4jwPAUP6z9&#10;Hlec8C1qj+U+eYbeToOB2F+Lf9RrkHrRcJR3z3SXdc53mHPNeZpyzXubccx9m3DLf5xvy4Cdb8uA&#10;nW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cdb8uAnW/LgJ1vy4Cd&#10;b8uAndnSCxjE7Q4psP0WQZ//JFWR9DVlh+tGcH/lVHl74WF/dt1ohHLbbodv2XGJbdh0i2vYd4xq&#10;1nmNadZ6jmjVfI5n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j2fV&#10;fo9n1X6PZ9V+j2fVfo9n1X6PZ9V+j/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1w&#10;sMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXv&#10;o1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzF&#10;uIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWc&#10;e7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F1&#10;5KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+j&#10;OSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyP&#10;ybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XC&#10;nIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRT&#10;htqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/&#10;n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaI&#10;ksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i&#10;061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5&#10;v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOt&#10;f6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqi&#10;W5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i&#10;061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA&#10;/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJvryVi8K6kIzFuIyPybaIksyz&#10;hJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LTrX+i061/&#10;otOtf6LTrX+i0/+jOSr/n0ZA/51QVfqgUGXvo1F15KRThtqiW5bQoGWkyJ1wsMWce7XCnIO5v5qJ&#10;vryVi8K6kIzFuIyPybaIksyzhJfPsoGf0q1/otOtf6LTrX+i061/otOtf6LTrX+i061/otOtf6LT&#10;rX+i061/otOtf6LTrX+i061/otOtf6LTrX+i0/+jOSr/n0ZA/55PVPqhTmTvpE915aZRhdqlWJXR&#10;omKjyZ9tr8Wfd7XCnoC5v52IvryZicO5lIvHto+Ny7OKkM+xhpbUroOg16eBodWngaHVp4Gh1aeB&#10;odWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1aeBodWngaHVp4Gh1f+jOSr/oEZA/55O&#10;VPqiTWTwpU505ahPhNunVZTSpV+hyqNprcWidLTCoX25v6CFvrudiMO4mInItZOLzbGOjtOuiZbY&#10;p4Wd2qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNahhaDWoYWg1qGFoNah&#10;haDWoYWg1v+jOSr/oEZA/59NVPujTGTwp0x05qlOg9yqU5LSqVugy6Zmq8alcLPDpXq4v6SCvbui&#10;h8O4nYfJs5iJz7CUjtWrkpfaoIqc3JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf&#10;2JuJn9ibiZ/Ym4mf2JuJn9ibiZ/Ym4mf2P+jOCr/oEVA/6BMVPukS2PxqEtz5qtMg92tUJHUrFie&#10;zKpiqceqbLHEqna2wKp+vLyohMK4pIbJs6GIz6ycjdWjlpTampGc3JaOntiWjp7Ylo6e2JaOntiW&#10;jp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2JaOntiWjp7Ylo6e2P+kOCr/oEVA/6BLU/ul&#10;SmPxqUly561Kgd6wTZDVsFWczrBep8mwaK/GsnOzw7J8uL2wgMG2rILJrqeFz6WhitWcnJHalZmc&#10;3JGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7ZkZSe2ZGUntmRlJ7Z&#10;kZSe2f+kOCr/oEVA/6FKU/umSGLyq0hx6K9IgN+zSo7WtVGa0LZapMy4ZavKvXGuwbl7treygMCu&#10;rITIpqiFzp2kh9SUoI7Yjp+Z24ybntmMm57ZjJue2YybntmMm57ZjJue2YybntmMm57ZjJue2Yyb&#10;ntmMm57ZjJue2YybntmMm57ZjJue2f+kOCr/oUVA/6JJU/ynR2HyrUZw6bJGf+C3R4zZu06X079X&#10;n9DFY6TFwHCturh5t7CygMCprYXHoKiEzZelhdKOoYnXh6CS2YehnNiHoZzYh6Gc2IehnNiHoZzY&#10;h6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2IehnNiHoZzYh6Gc2P+kNyr/oURA/6NIUvypRWHz&#10;rkRv6rVDfeK8RIncwkqT2MpUmcrGYqS8vW6wsrZ4uaqxgMGkrYXHm6mEzJOmhNCKo4fUg6KO1oKi&#10;ltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW1oKiltaCopbWgqKW&#10;1v+lNyr/oURB/6RGUv2qRGD0sUJu67hBe+TBQobfzEaN089Sl8HEYaezu22zq7V4u6WxgMGfroTG&#10;mKuEypCohM6IpobRgqSM04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOApJLTgKSS04CkktOA&#10;pJLTgKSS04CkktOApJLTgKSS0/+lNyr/oURB/6VFUf6sQl/1tD9s7bw+eOfHQIHg1kaHyc1RmrjC&#10;YKqsum21pbV4vKCxgMGbroTFlayEyI6qhMuHqIbOgqeLz3+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP&#10;0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0H+mj9B/po/Qf6aP0P+lNir/okNB/6dDUP+uP133tzxp&#10;8MI7c+bQP3nT2T+KvstRna/AYayluW62oLV5vJyygcCYr4TDkq6ExoyshciHqofKgqmKzH+pjs1/&#10;qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzX+pjs1/qY7Nf6mOzf+m&#10;Nir/okJB/6lAT/+yO1v5vThl7Ms4bdzcNXjH1j6Os8lSoKfAY62fuXC2mrV6vJiygb+UsYXCj6+F&#10;xIuuhsWGrYfHgqyKyH+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43Jf6uNyX+rjcl/q43J&#10;f6uNyX+rjcl/q43Jf6uNyf+nNSr/o0JB/6w8Tf+3NlfyxTNf4dY2Y83jMXy60z+RqchUoZ/AZa2Z&#10;unK1lrZ7upSzgr6SsoXAjbGGwYmwh8OGr4jEgq6KxYCujMWArozFgK6MxYCujMWArozFgK6MxYCu&#10;jMWArozFgK6MxYCujMWArozFgK6MxYCujMWArozFgK6Mxf+oNCr/pj4//7E3Svm+MFLnzy9V0eIs&#10;aMDhMH+t0kKToMhXoZjBZ6uUvHOykrh8t5C2grqOtIW8i7OGvoiyh8CFsYnBg7GKwYGwjMKBsIzC&#10;gbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwoGwjMKBsIzCgbCMwv+pMir/&#10;qzg9/7gvRe7IKUjW3yVSw+wpbLHfMYKh0kWSl8pan5HDaaeOv3Stjbx8sYu6gbSIuYO2hbiEuIO3&#10;hrmBtoe6f7WJu361i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWLvH61i7x+tYu8frWL&#10;vH61i7x+tYu8frWLvP+rMCr/sS849sImPNzaHzvG6yNXs+wqb6PfNYKW1EqQj81dmovIa6GJxHWm&#10;hsJ7qoPAfqyBv4Cuf76CsH29g7F7vIWyeruHs3m7iLN5u4izebuIs3m7iLN5u4izebuIs3m7iLN5&#10;u4izebuIs3m7iLN5u4izebuIs3m7iLN5u4izebuIs/+tLir+uyUw49IaLcnoG0G29yNapewub5bh&#10;PH+M2E+Lh9Jfk4TNbJmBynSefsh4oXvHe6N5xn2keMV/pXbEgaZ1w4OndMOEqHPChqlzwoapc8KG&#10;qXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqXPChqlzwoapc8KGqf+0JCXsyhYj&#10;zeUTLLn2G0an+iZbmO41bIzlRHqE3lODgNliinzVbI940nGTddB1lXPPeJdxznqYcM18mW/Nfppu&#10;zICbbcyCnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzLhJxsy4ScbMuEnGzL&#10;hJxsy4ScbMuEnPXBFRnR3wwYvPMTMar/Hkea/CxZjvI8Z4TqS3J95Vh6eeBjgHTeaoRw22+Hbdpz&#10;iWvZdopq2HiLadd6jGjWfI1n1n6OZtWAjmXVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGP&#10;ZdWBj2XVgY9l1YGPZdWBj2XVgY9l1YGPZdWBj9LSCgm/6A0drf8VM53/I0WQ/zNUhfdDX37xUWh3&#10;7FxvcOlidGvnZ3do5W15ZuRwe2Xjc31j4nZ9YuF4fmLheX9h4Xt/YOB9gF/gf4Ff4H+BX+B/gV/g&#10;f4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gV/gf4Ff4H+BX+B/gf+gOSH/nEY2/5pR&#10;Sv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvD&#10;u36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKP&#10;j7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV&#10;0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+d&#10;Uln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36g&#10;xLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzG&#10;tXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rA&#10;i5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6&#10;rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plw&#10;ocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzG&#10;tXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3&#10;n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8&#10;psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqs&#10;xv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8&#10;voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1&#10;eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp7aBXeOOfXIfanGeV0plwocyW&#10;e6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3eqzGtXqsxrV6rMa1eqzGtXqs&#10;xrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+gOSH/nEY2/5pRSv+dUln3n1Rp&#10;7aBXeOOfXIfanGeV0plwocyWe6vGlISzxJOLtsKPj7rAi5K8voeVv72DmMG8gZvDu36gxLp8psa3&#10;eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxrV6rMa1eqzGtXqsxv+g&#10;OSH/nUY2/5pQSv+eUVn3oFJo7aFWeOShWobbnmSU0ptuoMyYeKrGlYGyxJWJtsGRjrq/jJC9vYiT&#10;wLyEl8O6gZvFuX6gx7h8p8iye6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rIsHuqyLB7qsiwe6rI&#10;sHuqyLB7qsiwe6rIsHuqyP+gOCL/nUY3/5tPSv+fT1n4olBo7qNTd+WkV4XcomCT055qn82bdKnH&#10;mH2xxJeGtsGUjLq/j46+vIqSwrqGlcW4gprIt3+gy7R8p8ysfKnKqn2pyqp9qcqqfanKqn2pyqp9&#10;qcqqfanKqn2pyqp9qcqqfanKqn2pyqp9qcqqfanKqn2pyv+gOCL/nUU3/5xOSv+gTlj4o09n76VR&#10;duWmVYTdpV2R1KJmnc2fcKjInHqwxJqCtsGYirq+koy/u42PxLiIk8i2g5nMtIChz6x9pc+mfqfM&#10;pH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy6R/qMukf6jLpH+oy/+hOCL/&#10;nUU3/51NSf+hTFj5pU1m76dPdeapU4PeqFqQ1aZinM+jbKbJoHauxZ5/tcGch7q+l4rAupCNxraL&#10;ksu0iJrOsoak0aaApNGggafNn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4GnzJ+Bp8yfgafMn4Gn&#10;zJ+Bp8yfgafMn4GnzP+hOCL/nkU3/55MSf+iS1f5pkxm8KlOdOerUYLfq1eO16pfmtCoaaTLpXOs&#10;xqN8s8KghLm+nIjAuZaMxrWRksuvjZjPqoqh0qCEo9ObhKbOmoSnzZqEp82ahKfNmoSnzZqEp82a&#10;hKfNmoSnzZqEp82ahKfNmoSnzZqEp82ahKfNmoSnzf+hOCL/nkU3/55LSf+jSlf6p0tl8KtMc+it&#10;T4Dgr1SN2a5cmNKtZqHNq3CpyKp5sMOngbe+oYTAtZuJxq6Vj8yokZXPoo6e0pqJotOWh6XPlYem&#10;zpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzpWHps6Vh6bOlYemzv+hNyL/nkQ3&#10;/59KSf+kSVb6qElk8axLcumwTX/hs1GL2rNaldSzY57Ps26ly7N4q8OsfLe4pYG/r56GxqiZjMuh&#10;lZLQm5Kb05WOotSRjKXQkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGLps6Ri6bOkYumzpGL&#10;ps6Ri6bOkYumzv+hNyL/nkQ3/6BJSP+lSFb7qkhk8q5JceqyTH3itk+J3LhXkta6YZrTvW2gybh1&#10;q76werazqX+/qqKExqKdisubmpDPlZeZ0pCVotSNkKXQjJCmz4yQps+MkKbPjJCmz4yQps+MkKbP&#10;jJCmz4yQps+MkKbPjJCmz4yQps+MkKbPjJCmz/+hNyL/nkQ3/6BJSP+mR1X7q0dj87BIcOu1Snzk&#10;uk6G3r9Vj9rDYJXSxG2cxbtzqrmzeLaurX2/paeCxZ2iiMuWn47Pj5yW0oucotOIlaTQiZSlz4mU&#10;pc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz4mUpc+JlKXPiZSlz/+iNyL/n0Q3/6FI&#10;SP+nRlX8rEVi9LJGbuy4SHrmv0yD4cdTitzNYo7OyGybwL9xqrS3d7WpsXy+n6yBxZenhsqQpIzO&#10;iqKV0YaiodKEm6XQhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+FmqXPhZqlz4Wapc+F&#10;mqXPhZqlz/+iNiL/n0M3/6JGR/+oRFT9rkNh9bVEbO68RnfpxEt/489UhNnUZYjIy2uausJwqa66&#10;d7SjtHy9mq+Bw5KshciLqYrMhKeSz4CmnNCAo6XPgKGmzoChps6AoabOgKGmzoChps6AoabOgKGm&#10;zoChps6AoabOgKGmzoChps6AoabOgKGmzv+iNiL/n0M3/6NFR/+qQlP+sUFf9rhBavHBRHPqzEt5&#10;4NpWfM/VXo3AzGmbs8NyqKe7ebOetX+7l7GDwo6thcaHq4jKgamNzXyols57qKLNe6mmzXupps17&#10;qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzXupps17qabNe6mmzf+jNiL/n0M3/6VDRv+s&#10;QFL/tD5d+b0/Zu7IQ23j1k1v1d1OgcTTWZG1yWafqcFxq6C7ebOZtoC6lLKFwIyvhsSGrYjHgKuM&#10;yXyqksp6q5zKeaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/Keaufynmrn8p5q5/K&#10;eaufyv+jNSL/oEI3/6ZBRf+vPVD+uDtZ88Q8YebRQ2TZ30NzyNxKhbfQV5Wqx2WioMBwrJm6ebSU&#10;toC6kbOFvouxhsGFsIjDga6LxX2tkMZ6rZfGeq2axnqtmsZ6rZrGeq2axnqtmsZ6rZrGeq2axnqt&#10;msZ6rZrGeq2axnqtmsZ6rZrGeq2axv+kNCL/oUE3/6k9Q/+zOU35vjdV6sw6WdvdO2LL5T93u9lI&#10;iavOV5igxmWkmMBxrJO7erOQuIG4jLWEu4izhr6FsonAgbGLwX6wj8J7sJTDerCWw3qwlsN6sJbD&#10;erCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw3qwlsN6sJbDerCWw/+kNCL/oz42/605Qf+4NEjw&#10;xjNN39k2UM3lNme+5Dt7rddIjKDNWJmXxmekksFyq469e7CMuoG0iLiDt4S3hbmCtYi7f7SKvXyz&#10;jb56s5G/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOTv3qzk796s5O/erOT&#10;v/+mMiL/pjo0/7IzPffALkLk0i9Bz+QuVb/vM2uv4Tt+oNZKjZbOW5mQyGmhjMNzqInAe6yGvn+v&#10;gryBsoC7hLN9uoa1e7mItnm4i7d3t4+4d7eQuXe3kLl3t5C5d7eQuXe3kLl3t5C5d7eQuXe3kLl3&#10;t5C5d7eQuXe3kLl3t5C5d7eQuf+nMSL/rDMx/7krNurMJjbS4SZBwe8sWrDtM26h4T1/lddNjI3Q&#10;XpaJy2udhsd0ooPEeqZ/w32pfMGAq3rAgqx5v4Std76Gr3W+ibBzvYyxc72NsXO9jbFzvY2xc72N&#10;sXO9jbFzvY2xc72NsXO9jbFzvY2xc72NsXO9jbFzvY2xc72Nsf+pLiH/syor8sUiLNbeHC3D7SNH&#10;svkrXaLsNm+V4kJ9i9pSiIXUYJCC0GyWfsxzm3vKd554yXugdsh+onTHgKNzxoKkccWEpXDEh6Zu&#10;xIqnbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp27Di6duw4unbsOLp/+s&#10;KiD6vR8i3NkSG8XrGjO0+iNKo/kuXpXuPG2K5Ul5g99Wgn7aZIl61myOdtNxkXPSdZRx0HmVb897&#10;l23OfphszoCZa82CmmrNhJtpzIecaMyInGjMiJxozIicaMyInGjMiJxozIicaMyInGjMiJxozIic&#10;aMyInGjMiJxozIicaMyInP+2Hhjk0A4TyOkRILX5Gzel/yZLl/o0XIvxQmiC6k9yfOVbenfhZH9y&#10;3mqDbtxwhmzbdIhq2XeJaNl5i2fYfItm136MZdaAjWTWgo5j1YWPYtWFj2LVhY9i1YWPYtWFj2LV&#10;hY9i1YWPYtWFj2LVhY9i1YWPYtWFj2LVhY9i1YWPYtWFj+nHDQzK2gsPt/cSJKf/HTmY/ytJjP46&#10;V4P2SWF88FVpdexeb27pY3Rq52l3Z+VueWXkcntj43V8YuJ3fWHieX5g4Xt/X+F9f1/gf4Be4IKB&#10;Xd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgV3fg4Fd34OBXd+DgcvQCQO6&#10;4gsTqP8UJpr/ITeN/zFFhP9AUHz8Tlh0+FdfbfRdZGfyYmdj8GhqYe5sbF/tcG1d7XJvXOx1b1vs&#10;d3Ba63lxWut6cVnqfHJY6n9yWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/c1jqf3NY6n9zWOp/&#10;c1jqf3NY6n9zWOp/c/+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISk&#10;y46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOyb&#10;X3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iy&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt&#10;/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nB&#10;f566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4&#10;s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46M&#10;q8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9&#10;u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rk&#10;mWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4&#10;s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dR&#10;Qf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566&#10;wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727&#10;eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH3JZxktWTe5zPkISky46Mq8iK&#10;kLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727eLO9u3izvbt4s727eLO9u3iz&#10;vbt4s727eLO9u3izvbt4s727eLO9u3izvf+cOBr/mkYt/5dRQf+aU0/+nFVe9ZxabOybX3rkmWeH&#10;3JZxktWTe5zPkISky46Mq8iKkLDFh5S0w4SYt8KBm7nBf566wX2iu8B7przAeau9v3iyvbt4s727&#10;eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvbt4s727eLO9u3izvf+dOBr/mkUu/5dQQf+b&#10;UU//nVRd9Z5Ya+ydXXnkm2SG3JhuktWVeJzQkoGky4+Jq8eNj7HFiZO1w4WXuMKCmrrBf567wH2i&#10;vb97p76/ea2+u3ixvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+tnmyvrZ5sr62ebK+&#10;tnmyvv+dOBr/mkUu/5hPQP+dUE7/n1Jc9qBVau2gWnjln2CF3ZxqkdaYc5vQlX2ky5KFq8ePjbHE&#10;jJG2woeVucGDmbu/f52+vn2iv716qMC8ea/BtHmwwbB6sMCwerDAsHqwwLB6sMCwerDAsHqwwLB6&#10;sMCwerDAsHqwwLB6sMCwerDAsHqwwP+dNxr/m0Uu/5lOQP+eTk7/oVBb96JTae6jV3fmol2D3p9m&#10;j9ecb5rRmHmjy5WCq8eSibHEjo+2womTur+EmL29gJ3AvH2jwrt7qsS0eq3ErXuuw6p7r8Gqe6/B&#10;qnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwap7r8Gqe6/Bqnuvwf+eNxr/m0Qu/5pNQP+fTU3/&#10;ok5b96RRaO+lVXXnpVqC36Nijdiga5jSnHWhzJl+qciVhrDEko22wYyRu76Glr+8gZzDun6kxbd8&#10;q8ete6vGp3ytxKR9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2uw6R9rsOkfa7DpH2u&#10;w/+eNxr/m0Qu/5tMQP+gTE3/pE1a+KZPZ/CoU3ToqFeA4KdejNqkaJbToXGfzp16p8mZg6/FlYq1&#10;wY+Pu72JlcG6hZ3EtoKkx7CAqsinfarIon6sxZ9/rsOff67Dn3+uw59/rsOff67Dn3+uw59/rsOf&#10;f67Dn3+uw59/rsOff67Dn3+uw/+eNxr/m0Qu/5xLP/+hSkz/pUtZ+ahOZvGqUXPpq1V/4qtbitup&#10;ZZTVpm6dz6N3pcqfgKzFmYa0v5OMvLiNk8GyiZnFroahyKqEqcmhgKnKnIGsxpuBrcSbga3Em4Gt&#10;xJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxJuBrcSbga3Em4GtxP+eNhr/nEQu/5xKP/+iSUz/pkpZ&#10;+alMZfGsT3HqrlR9469ZiN2uYpHWrWua0ap1osulfavBnYO0uZaJvLKRkMGsjJbGp4mdyKOHpsqb&#10;g6jLmIOrx5aErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxZaErcWWhK3FloStxf+e&#10;Nhr/nEMu/51JP/+jSEv/p0lY+qtLZPKuTnDrsVJ75LNXhd+0YI7Zs2qW0bF1nsaoe6u8oIG0s5qH&#10;vKyUjcKmkJTGoI2byZyLpMuWh6jLk4eryJKHrMWSh6zFkoesxZKHrMWSh6zFkoesxZKHrMWSh6zF&#10;koesxZKHrMWSh6zFkoesxf+fNhr/nEMu/55IP/+jR0v/qEhX+61JY/OwTG/stFB55rhWg+G7Xova&#10;u2qSzbRznsGreaq3pH+0rp2EvKaYisGglJHGmpGYyZaPocuRjKjMj4qqyI6KrMaOiqzGjoqsxo6K&#10;rMaOiqzGjoqsxo6KrMaOiqzGjoqsxo6KrMaOiqzGjoqsxv+fNhr/nEMu/55HPv+kRkr/qkZW/K5I&#10;YvSzS23uuE936L1Vf+HBXobWwGyOyLdxnb2ud6qyp320qaGCu6GciMGamI/GlJaWyZCUn8uMkqjM&#10;io+qyYqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxoqOrMaKjqzGio6sxv+fNhr/&#10;nEMu/59GPv+lRUr/q0VV/LBGYfa2SWvwvE5058JVe9/IYYDRw2qNxLpwnbiydamtq3uzo6WAu5uh&#10;hsGUnY3FjpuUyIqZncqGmajLhpSqyYaSq8aGkqvGhpKrxoaSq8aGkqvGhpKrxoaSq8aGkqvGhpKr&#10;xoaSq8aGkqvGhpKrxv+fNRr/nUIu/6BFPf+nREn/rUNU/rNEX/e6R2jvwU1w5clWddzOZHrMxmmN&#10;vr5unLK2dKinsHmynqt+upWmhMCOo4vEiKGSx4SfmsmAn6fKgZqqyIKYq8aCmKvGgpirxoKYq8aC&#10;mKvGgpirxoKYq8aCmKvGgpirxoKYq8aCmKvGgpirxv+gNRr/nUIu/6FEPf+oQkj/r0FT/7ZCXfe+&#10;RmXsx01r49JYbdbTYXrHymeMucJtm6y8cqehtnexmLF9uY+tgr6IqonDgqiQxn2nmch6p6XJe6Kr&#10;yH2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxn2erMZ9nqzGfZ6sxv+gNRr/nUIu&#10;/6JCPP+qQEf/sj5R/bpAWfPDRGDoz05j39xZZ8/YYHnAz2aKsshrmqbCcKabvHavkbh7t4m1gbyC&#10;sofAfbCOw3iulsV2raHGdaysxnemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXemrcV3pq3Fd6atxXem&#10;rcV3pq3Fd6atxf+gNBr/nkEu/6RAO/+sPUX/tTtO978+VezLRFnh2k9a1N9RbMbaWn2402KLq85p&#10;mJ/GcaSVwHetjrt+tIe3g7mBtIe9fLKMv3mxk8F2sJvCdLCmwnKwrcJysK3CcrCtwnKwrcJysK3C&#10;crCtwnKwrcJysK3CcrCtwnKwrcJysK3CcrCtwv+hMxr/nkEv/6c9Ov+wOkP9ujhK8MY7T+PVRU7V&#10;4UZfyOJLcbrdUoGs1VuPn8xmm5bGcKSPwHirirx/sYS5g7WAt4e4fLaLu3m0kLx3tJe9drShvXSz&#10;pb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvnSzpb50s6W+dLOlvv+iMxr/oD4u/6o5&#10;N/+0NT/2wDVE5885RdffPFDJ50Fku+VGdqzcToWf01qSlcxnnI7GcaSKwnmqhb9+roC8grJ9uoa0&#10;ermKtne4jrh1t5O5c7eauXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlzt6C5c7eguXO3oLlz&#10;t6C5c7eguf+jMhr/ozos/640NP66MTrtyjA72t0yP8rnOFW87D1preVEeZ/bToeU01ySjcxom4jI&#10;cqGExHmmgMJ9qnzAga15voWvd72IsHS8i7Jyu5CzcLuVtG+6mrRvupq0b7qatG+6mrRvupq0b7qa&#10;tG+6mrRvupq0b7qatG+6mrRvupq0b7qatP+kMBr/pzUq/7QvMPTDKjHe2CstzOYuRb3yNVqt7jts&#10;n+REe5PbUYeL1F6Qhs9qmILLc51+yHihesZ8pHfEgKZ1w4Ooc8KGqXHBiatvwI2sbcCSrWy/la1s&#10;v5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+VrWy/la1sv5WtbL+Vrf+lLxr/rS0l/LwnKOXQ&#10;ISTO5CQzvvEsSq74M12g7T1tk+RHeordVIWD12GMf9JsknvPcpd3zXeadMt7nHLKfp5wyYGgbsiE&#10;oW3Hh6JrxoqjacaOpGjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGlaMWRpWjFkaVoxZGl&#10;aMWRpf+nLBr/tSUf7MkaHNDiGSG/8CI4r/0rTaD4NV6T7kFsieZNd4HgWIB93GSGeNhri3PVcY5w&#10;03WRbtJ5k2zRfJRq0H+Wac+Cl2jPhZhmzoiZZc2MmmTNjppkzY6aZM2OmmTNjppkzY6aZM2OmmTN&#10;jppkzY6aZM2OmmTNjppkzY6aZM2Omv+uJBb1wRcU1N8OEMDvGCaw/SM8of8tTpT5Ol2J8UdogetS&#10;cXrmXXh04mR9cN9rgW3dcIRq3HSGaNt4iGbae4ll2X2KZNiAi2LYg4xh1oWNYNaJjl/Vi45f1YuO&#10;X9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjl/Vi45f1YuOX9WLjv65Fg3U0gsGwu4OFrH8GSqi&#10;/yU9lP8yTIn8QFmB9k1ievBYaXPsX29s6WRzaOdqdmblb3lk5HN6YuN2fGHjeX1g4nt+X+F+fl7h&#10;gH9d4IOAXOCFgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+IgVvfiIFb34iBW9+I&#10;gdTICQPE1woHsvsQGaP/HCuV/yg7iv84SIH/RVJ6/FJacvdZYGv0XmRm8mRoYvBpamDubWxe7XFt&#10;XO10blvsdm9a7HlwWet7cVjrfXFY6n9yV+qCc1bphHNW6YRzVumEc1bphHNW6YRzVumEc1bphHNW&#10;6YRzVumEc1bphHNW6YRzVumEc8TNCAG03QgLpP8SGpf/HyqL/y42gf89QXn/Sklx/1JQaf9YVWP9&#10;XVhf+2NbXPlnXVr4a19Y925gV/dxYVb2dGFV9nZiVPV3Y1P1eWNT9HxkUvR+ZFH0gGVR9IBlUfSA&#10;ZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZVH0gGVR9IBlUfSAZf+WMxT/lUMl/5JRN/+XU0X/mVdT&#10;/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDH&#10;dK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+W&#10;MxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2a&#10;qct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuy&#10;wXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7a&#10;jIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1&#10;u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/Zlb&#10;YPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6x&#10;x3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/&#10;lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW1YeLnNGDkKHPgJWmzX2aqct7&#10;nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7&#10;ssF1u7LBdbuywXW7sv+WMxT/lUMl/5JRN/+XU0X/mVdT/ZlbYPWYYW3tlWh55ZJyhN+PfI7ajIWW&#10;1YeLnNGDkKHPgJWmzX2aqct7nqvKeaGtyXelr8h1qbDHdK6xx3OzssZzurLBdbuywXW7ssF1u7LB&#10;dbuywXW7ssF1u7LBdbuywXW7ssF1u7LBdbuywXW7sv+WMxT/lUMl/5NRN/+XU0X/mVZS/ZlbYPWY&#10;YG3tlmd55ZNxhN+Qe47ajYSW1YiKnNGEkKLPgJWmzH2Zqct7nazJeaGuyHelr8h2qrHHdK6yx3O0&#10;ssR0urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sr91urK/dbqyv3W6sv+WMxT/lkMl&#10;/5VQN/+ZUUT/m1RS/pxYX/WbXWztmWR45pZsg9+Tdo3aj4CW1IyIndGHjqPNg5Ooy4CYq8l9nK7I&#10;eqGxxnilssZ3qrTFdbC1xXS4tb13uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3uLW4d7i1uHe4tbh3&#10;uLW4d7i1uHe4tf+XMxT/lkMl/5ZON/+aT0T/nVJR/p5VXvaeWmrunGB255pnguCWcozaknuV1I6E&#10;ndCKi6PNhpGpyoKWrch+m7DGe6CzxXmmtcR3rLbDdrO3vne3t7d4triyeba4snm2uLJ5triyeba4&#10;snm2uLJ5triyeba4snm2uLJ5triyeba4snm2uP+YMxT/l0Ml/5dNN/+bTUP/n1BQ/6BTXfegWGnv&#10;n1116J1kgOGabovblneU1ZGAnNCOiaPMiY+pyYSVrseAmrLFfaC1w3qnt8J4rrnAd7W5uHi1ubF5&#10;tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uax6tbmserW5rHq1uf+YMxT/mEMl/5hM&#10;Nv+cTEP/oE5P/6JRXPijVWjwolt06aFhf+KeaoncmnOT1pV8m9GRhaPMjIypyYeTr8aCmbPDfqC3&#10;wnqoucF4sbu5eLO8sXmzu6t6tLune7W6p3u1uqd7tbqne7W6p3u1uqd7tbqne7W6p3u1uqd7tbqn&#10;e7W6p3u1uv+ZMxT/mEMl/5lLNv+eS0L/oUxO/6RPW/mlU2bxpVhy6qRefeOiZofdnnCR15l4mdKV&#10;gaHNj4mpyYqRr8WDmLTCf5+4vXynu7p6sL2yerK+q3uyvaZ8s7yjfbS6o320uqN9tLqjfbS6o320&#10;uqN9tLqjfbS6o320uqN9tLqjfbS6o320uv+ZMxT/mEMm/5lKNv+fSkL/o0tO/6ZOWfqoUWXyqFZw&#10;66hce+WnYoXfo2yO2Z91l9Oafp/Nk4aoxY2Nr7+HlLW5g5y5tX+jvLF9rL6sfLG/pXyxv6F+s72e&#10;frS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u55+tLuefrS7nn60u/+ZMxT/mUMm/5pJNf+g&#10;SEH/pElN/6dMWPqqUGTzq1Ru7axaeeasYILgqmmL2qZzlM+ffJ3Gl4OovpCKsLiLkbayhpi6rYOg&#10;vamBqL+lgLDAn3+wwJyAsr2agbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7moGzu5qBs7uagbO7&#10;moGzu/+aMxT/mUMm/5tINf+hR0H/pUhM/6lKV/usTmL1r1Js7rBYduixXn/fsGiI1ax0kMqjep3A&#10;m4GouJSHsLGPjraripW7poedvqKFpcCfhK/BmYGvwZeCsr6Vg7O8lYOzvJWDs7yVg7O8lYOzvJWD&#10;s7yVg7O8lYOzvJWDs7yVg7O8lYOzvP+aMxT/mUMm/5xHNf+iRkD/p0dL/6tJVv2vTGD2slFq7rRX&#10;c+W3XnzdtmqDz69ykMWmeJ27nn6nspiFsKuTi7aljpO7n4uavpuJosGYiKzCk4WvwpKGsb+RhrO8&#10;kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvJGGs7yRhrO8kYazvP+aMxT/mUIm/5xGNP+jRUD/&#10;qEVK/61HVf6xSl/1tVBo67lWcOO9XnfZu2qAy7JwkMCpdp22onynrZyCr6WXibaek5C7mY+YvpSN&#10;oMGRjKnCjYquwo2Jsb+NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmyvY2Jsr2NibK9jYmy&#10;vf+bMxT/mkIm/51FNP+kRD//qkRJ/69FU/y0SV3yuU9l6b5WbOHDYHLTvmmAxrVuj7utdJywpnqn&#10;p6CAr5+bhrWYl467k5WVvo6SncGKkqfCiJCuwoiOsMCIjbK9iI2yvYiNsr2IjbK9iI2yvYiNsr2I&#10;jbK9iI2yvYiNsr2IjbK9iI2yvf+bMxT/mkIm/55EM/+lQj7/q0JI/7FEUvq3SFrwvU5h5sRWZ97J&#10;Ym3OwWd/wbltjraxcpurqnimoqV+rpmghLWSnYu6jJqTvoeYm8CEl6TCgpavwoOTsMCEkbK+hJGy&#10;voSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvoSRsr6EkbK+hJGyvv+bMxT/mkEm/59CM/+mQD3/rUBH&#10;/7RCT/e7R1ftw01d5MxYYNnNYGzJxWZ+vL1rjbC1cZqlr3alnKp8rZOmgrSMoom5hqCQvYGemb99&#10;nqLBe56vwX2ZsMB/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvn+Wsr5/lrK+f5ayvv+c&#10;MxT/mkEm/6BBMv+oPzz/sD5F/7dBTfTARVPqyU5W4tVaV9LRXmvEyWR9tsFqjKq7b5mftXSklrB6&#10;rI2sgLKGqYe3f6eOu3qmlr53paC/dKatv3ehsb96nbK+ep2yvnqdsr56nbK+ep2yvnqdsr56nbK+&#10;ep2yvnqdsr56nbK+ep2yvv+dMxT/m0Em/6I/Mf+qPDr/szxC+7s+SfDGRE3m0k9N3NxXVszVXWq+&#10;zWN7sMdoi6TBbZeZvHOij7h4qoa0frB/soW1ebCMuHSvlbtxrp+8bq+rvXGqs7x0pbO8dKWzvHSl&#10;s7x0pbO8dKWzvHSls7x0pbO8dKWzvHSls7x0pbO8dKWzvP+dMxT/m0Am/6Q8MP+tOTj/tjk/9cE8&#10;Q+nORETe3U1H0uBTWMXbXGi302F6qc1miZzIa5WRxHGfiMB2p3+9fa14u4Sxc7qLtG+4lLdst524&#10;areouWm2trhtr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uW2vtbltr7W5ba+1uf+eMhT/&#10;nT4l/6c5Lv+xNjX7vDY67ck6PODaRDrS4kdMx+JNXrneVG6s2Vt8n9RiiJTQaJOKzG+bgsd3onzD&#10;fqh2wISscr6Kr2+8kbFtvJiya7uhs2q7rbJnura0Z7q2tGe6trRnura0Z7q2tGe6trRnura0Z7q2&#10;tGe6trRnura0Z7q2tP+fMhT/oDok/6o0LP+1MjHzwzIz49Q4MNPhPD/G6EJSueVIY6ziTXKf31R/&#10;k9ldionSZ5ODzXCafcl3n3jGfaR0xIOncMKIqW7BjqtswJSsar+brWm/pa1ov66taL+urWi/rq1o&#10;v66taL+urWi/rq1ov66taL+urWi/rq1ov66taL+urf+gMBT/ozYi/68wKPu8LSvozSwo1eAwMMfp&#10;OES57D5XrOlFZ57nS3WS4FOAidleiYLUaJF80HGWeMx3m3TKfZ5wyIKhbseHo2vFi6VpxJCmaMSW&#10;p2bDnqhlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqGXDpahlw6WoZcOlqP+hLxT/qC8f&#10;/7UqIvDGJCHY3SMgyOktNbryNUms8TxanvBDaZLoTHWI4VV/gdthh3vXao1203GRctF3lW/PfJds&#10;zYCaasyFm2jLiZ1myo2eZcmSn2PJmKBiyJ6hYsieoWLInqFiyJ6hYsieoWLInqFiyJ6hYsieoWLI&#10;nqFiyJ6hYsieof+jLRT/rika+L8gGt7WGBPJ6CIluvQrOqz4NE2e9zxckvFGaYjpUHN/41l7et9k&#10;gnTca4Zw2XGKbdZ2jWrVe49o03+RZtKDkmTRh5Rj0YqVYdCPlmDPlJdez5mYXs+ZmF7PmZhez5mY&#10;Xs+ZmF7PmZhez5mYXs+ZmF7PmZhez5mYXs+ZmP+nKBL/tx8S5s4RDcvmFRa79CEqrP4rPp7/NE6S&#10;+j9ciPJKZn/sVW956F51cuRke27ha35q33CBaN51hGXceYVj232HYtqBiGDahIlf2YeKXdiLi1zX&#10;kIxb1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjVvWlI1b1pSNW9aUjf+wHgvtxg4IzdsL&#10;CLvzFRqs/yEunv8sP5L/N02H/URYf/ZPYXjxWWhx7V9tautkcWfoanRk5293YuV0eWDkeHpf43t7&#10;XeN+fFzigX1b4YR+WuGIf1ngjIBY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY4I+BWOCPgVjgj4FY&#10;4I+BWOCPgfO9DQTMzwkBveUMDKz/Fx6e/yQvkv8vPYf/PUl//0lSePxUWnD4Wl9p9F9kZPJlZ2Hw&#10;amle725rXO5ybVvtdm5a7HlvWOx8cFfrfnBW64FxVeqEclTqiHNT6Yt0U+mLdFPpi3RT6Yt0U+mL&#10;dFPpi3RT6Yt0U+mLdFPpi3RT6Yt0U+mLdMzGCAC91AgDrfUOD5//Gh+T/yctiP80OX7/QkN3/01K&#10;bv9TUGf/WVVi/F5YXvtkW1v5aF1Z+GxeV/dwYFb3c2FV9nZiVPV4YlP1e2NS9H1kUfSAZFDzg2VP&#10;84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZk/zhmZP84ZmT/OGZr3LBgCu2wYEn/8QEJP/&#10;HR2I/yoofv84Mnb/RDpt/0tBZf9RRl//V0lb/11MWP9iTlX/ZlBT/2pRUv9tUlD/cFNP/3JUTv91&#10;VE3/d1VN/3lVTP57Vkv+fldK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFXSv2BV0r9gVdK/YFX&#10;Sv2BV/+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLa&#10;eZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7Goshu&#10;xqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741y&#10;dumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWj&#10;yG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/&#10;lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9Ju&#10;rqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7G&#10;ov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJfH/khYSG4ICLjdx8kZLaeZeW&#10;2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7GoshuxqLIbsaiyG7GoshuxqLI&#10;bsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jD4d/4pMLv+SUzv/lFdI/5VcVP2TYmD1kWpr741ydumJ&#10;fH/khYSG4ICLjdx8kZLaeZeW2HacmdVzoJvUcaWd02+pn9JurqDSbbOh0Wy5otFrwKPNbMWjyG7G&#10;oshuxqLIbsaiyG7GoshuxqLIbsaiyG7GoshuxqLIbsaiyG7Gov+NLQ7/jT4d/4xMLv+UUzv/lVZH&#10;/5ZbVP2VYWD2kmhr749wdemLen/kh4OH34KKjdx+kJLZepaX1nebmtV0oJ3TcqWf0nCpodFurqLQ&#10;bbSj0Gy6pNBswqTKbsSkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpMRvxKTEb8SkxG/EpP+O&#10;LQ7/jj4d/45LLv+VUTr/mFRH/5hYU/6YXl/2lWRq75JsdemOdn7kioCH34WHjtuAjpTYfJSY1Xma&#10;nNN2n5/Rc6Si0HGqpM9vr6XObramzm29p8puwqfDcMKnvXHCp71xwqe9ccKnvXHCp71xwqe9ccKn&#10;vXHCp71xwqe9ccKnvXHCp/+PLQ7/jj4e/5BKLf+XTzr/mVFG/5tWUv6aW173mGFp8JVodOqRcX7k&#10;jnyG34mEjtuDi5TXf5Ka1HuYntJ3nqHQdKSkznKqps1wsajNb7mpy2/BqcNxwam8csCqt3PAqrdz&#10;wKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqrdzwKq3c8Cqt3PAqv+PLQ7/jz4e/5JKLf+YTTn/m09F/51T&#10;Uf+dWFz4m15o8ZllcuqVbXzkkXeG34yBjtuHiZXWgZCa032Wn9B5naPOdaOmzXKrqcxws6rLb72r&#10;xXK/q71zv6y2dL6ssXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rbF1vq2xdb6tsXW+rf+QLQ7/&#10;kD4e/5NJLf+ZTDn/nU5E/59RUP+fVlv5nlxm8pxiceuYaXvllHOE4I99jduKhpTWhI2b0n+VoM96&#10;nKXNdqOoy3Orq8pxta3Gcb6tvnS9rrZ1va6wdr2urHe9rqx3va6sd72urHe9rqx3va6sd72urHe9&#10;rqx3va6sd72urHe9rv+QLQ7/kD4e/5VJLP+bSjj/nkxD/6FPT/+iVFr6oVll86Bfb+ydZnnmmG+D&#10;4JN5jNuOgpPWh4qb0oGSoc98mqbKeKKqx3WrrcNztK+/c7ywt3W8sLB3u7CqeLuwp3m8sKd5vLCn&#10;ebywp3m8sKd5vLCnebywp3m8sKd5vLCnebywp3m8sP+RLQ7/kT4e/5ZILP+cSDf/oEpC/6NNTf+k&#10;Ulj7pVdj9KRdbe6hY3fonmuA4ph1idySfpLTjIeazIaPocaAl6fBfJ6svXmmr7l2r7G3drqyr3e6&#10;sqp5urKlerqyonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7saJ7u7Gie7uxonu7sf+RLQ7/kT4e&#10;/5hHLP+dRzf/oUhB/6VLTP+nUFb8qFVh9ahba+2nYXTlpGl+3p9zh9SYfZDLkYSaxIqMor6Ek6i4&#10;gJqttHyisLB6q7OtebW0qHq5tKR7ubSgfbmznX26s519urOdfbqznX26s519urOdfbqznX26s519&#10;urOdfbqznX26s/+SLQ7/kj4e/5hGK/+eRjb/o0dB/6dJS/+qTlX6q1Ne8qxZaOmsYHHiqWh62aVz&#10;g82ceo/FlYGavY6IoreIkKmxhJeurICfsah+p7SlfbG1oX24tp1+uLWaf7m0mYC6s5mAurOZgLqz&#10;mYC6s5mAurOZgLqzmYC6s5mAurOZgLqzmYC6s/+SLQ7/kj4e/5lFK/+fRDX/pEVA/6lISf+sTFP4&#10;rlJc77BYZeaxX23esGl20qlxgsigeI+/mH6at5KForCMjKmqiJSupIWcsqCCpLWdga62moC3t5eB&#10;t7aVgrm0lIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s5SCubOUgrmzlIK5s/+TLQ7/kj0e/5pE&#10;Kv+gQzX/pkQ+/6tGSP+uS1H1slBZ7LVXYeS3XmnatGlzzaxvgsKkdo+5nHyZsZaDoqqRiqmjjJGu&#10;nomZspmHobWWhau3k4W2t5GEt7eQhbi1kIW5tJCFubSQhbm0kIW5tJCFubSQhbm0kIW5tJCFubSQ&#10;hbm0kIW5tP+TLQ7/kz0e/5tDKv+iQjT/qEI9/61FRvyxSk/ytU9W6bpWXeG9YGTUuGdyyK9tgb2n&#10;dI60oHqZq5qAoqSVh6mdkY6ul46WspKLn7WPiqi3jIqzuIuJt7eLiLi1i4i5tIuIubSLiLm0i4i5&#10;tIuIubSLiLm0i4i5tIuIubSLiLm0i4i5tP+TLQ7/kz0e/5xBKv+jQDP/qUE8/69ERfq0SEzwuk5T&#10;579WWd7CYGDPu2Zxw7Nsgbirco6upHiYpZ5+oZ6ahKiXloyukZOUsoyRnLWIj6a3hY+xuIWOtreG&#10;jbi2h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tYeMuLWHjLi1h4y4tf+ULA7/lD0e/51AKf+k&#10;PjL/qz87/7FCQvi4R0ntvk5P5cZXU9rGXl/LvmRxvrZqgLOvcI2pqXaYoKN8oZifgqiRm4mtipmS&#10;soWWmrWBlaS3f5Wut36Ut7eBkbe2gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1gpC4tYKQuLWCkLi1&#10;gpC4tf+ULA7/lD0e/54/KP+mPTH/rT45/7RBQPS8RkXrxE1J4s5YS9PKXF7GwmNwubpof660boyj&#10;rnSXmql6n5KlgKeKoYeshJ+PsX+dl7R7nKG2eJust3ebt7Z6l7i1fJW5tHyVubR8lbm0fJW5tHyV&#10;ubR8lbm0fJW5tHyVubR8lbm0fJW5tP+VLA7/lT0e/6A9J/+oOzD/sDw3/bg/PPHBREDoy05C3tNV&#10;Ss7NW13AxmFutL9nfqi5bYqdtHKVlK94nourfqWEqIWqfaaMr3iklbJ0o5+0caOqtXCjuLVznrm0&#10;dpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s3abubN2m7mzdpu5s/+WLA7/lzwe/6I6Jv+qOS7/&#10;szo0+b08OO7IQznj1VA319pSSMjSWVy6y19trcVlfKHAa4mXunCTjbZ2nISzfKJ9sIOod66KrHKt&#10;k69urJ2xa6yosmmttrJsqLuxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7sW+ju7Fvo7uxb6O7&#10;sf+XLA7/mjsd/6Q3Jf+tNiv/tzcw88M6MebQQzDc30o1z99SR8HYWFqz0V5rpstjeprHaYaPwm6Q&#10;hr90mH28ep92uoGkcLiJqGu3kqtot5ytZbenrmS3tK5ls72uaK29rmitva5orb2uaK29rmitva5o&#10;rb2uaK29rmitva5orb2uaK29rv+YLA7/nTkc/6c0I/+xMyj5vTIq6ss3KdzdPinQ40Y6xeJNS7je&#10;VVqs2VxontNid5LPZ4KIy22MfslzlHbHeZpwxYGfasSJombDkqViw5ynYMOmqF/DtKhfwcKoYbrB&#10;qWG6walhusGpYbrBqWG6walhusGpYbrBqWG6walhusGpYbrBqf+ZLA7/oDUa/6oxIP+2LiPwxS0i&#10;39gzHNDjOi7E6EJAuOVJUKvhTl+e3lVskttcd4fYY4F+1WqJdtRxj2/ReZRrzoCYZ8yIm2TKkJ1i&#10;yZifYMmhoF/Jq6BfybmfXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDolzIw6JcyMOiXMjDov+b&#10;LA7/pDAY/68sG/i+Jxvk0SYX0eItIMTrNzO36z5FqulFVJ7nTGKS5VJuhuNYeH3gYH923GmGcNhx&#10;i2vVeI9o03+SZdGGlGLPjZZgzpSYXs6bmV3No5pcza2aW823mlvNt5pbzbeaW823mlvNt5pbzbea&#10;W823mlvNt5pbzbeaW823mv+dLA7/qCsU/7ckFevKHBHT4B4TxOsrJrfxNDiq8DxJne9EV5HuS2OG&#10;7VJtfehbdXXjYnxw4GuBa91yhWjaeIhk2X6LYteEjV/Vio5e1JCQXNOVkVrTnJJZ0qSTWNKsk1jS&#10;rJNY0qyTWNKsk1jSrJNY0qyTWNKsk1jSrJNY0qyTWNKsk/+hKw3/ryMP9MIXDNbdEAfF6x4Yt/Yp&#10;K6n3Mzyd9jxLkfdEWIb2TWJ98FZqdutecW7nZHZq5Gt6ZuJyfWTgd4Bh332CX96ChF3dh4Vb3IyG&#10;WtuRh1jalohX2Z2JVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjilbZo4pW2aOKVtmjiv+oIwn9&#10;uRYH1tELA8bqEAu29x4dqf0pLpz+ND6Q/z5Lhv5HVn34UV5281llbvBfamjtZW5k6mtyYelxdF/n&#10;dnZd5nt4W+V/eVnkhHpY44h8V+OMfVbikX5U4Zd/U+Gcf1PhnH9T4Zx/U+Gcf1PhnH9T4Zx/U+Gc&#10;f1PhnH9T4Zx/U+Gcf/+xFQPUxwkBxtYKA7b3Eg+o/x8gm/8rMJD/Nj2F/0BIff9LUXX9VFht+Vpd&#10;Z/ZgYmPzZmVf8mtnXPBwaVrvdGtY7nhsV+18blXsgG9U7IRwU+uIcVLrjHFR6pFyUOmVc1DplXNQ&#10;6ZVzUOmVc1DplXNQ6ZVzUOmVc1DplXNQ6ZVzUOmVc9a+BwDFywgAt9sJBaj/FBKb/yIhkP8uLoX/&#10;OTp8/0RDdP9OSmz/VFBl/1pUYP1fWF37ZVpa+mpcV/luXlX4cl9U93ZgUvZ5YVH2fWJQ9YBjT/SE&#10;ZE70h2RN84xlTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZsTCBgC20QcA&#10;qO0LBpv/FxOQ/yUfhf8xKnz/PDRz/0Y7av9MQWP/U0Ze/1lJWv9eTFb/Y05U/2hQUv9sUVD/b1JP&#10;/3JTTv92VEz/eVVL/3xVSv5/Vkn+gldI/YZYR/2KWEf9ilhH/YpYR/2KWEf9ilhH/YpYR/2KWEf9&#10;ilhH/YpYR/2KWLbJBACo2QQBm/8OB4//GhGF/ycbe/8zJHH/PCxo/0MyYf9KN1v/UDtW/1Y9U/9c&#10;QFD/YEFO/2RDTP9oREr/a0VJ/25GSP9xRkf/dEdG/3ZIRf95SET/fElD/4BJQv+DSkL/g0pC/4NK&#10;Qv+DSkL/g0pC/4NKQv+DSkL/g0pC/4NKQv+DSv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+&#10;impe+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxl&#10;xZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gjkW/4FI&#10;Jf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN&#10;32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLP&#10;aNKSz2jSkv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe+IVxaPKAenDufIN36niLfed0&#10;koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLcZc2S1GbRks9o0pLPaNKSz2jS&#10;ks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gjkW/4FIJf+KTzH/jlY9/49cSf+OY1T+impe&#10;+IVxaPKAenDufIN36niLfed0koLkcZiF4m+diOFtoovga6eN32msjt5osZDdZ7eR3Wa9kdxlxZLc&#10;Zc2S1GbRks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSks9o0pLPaNKSz2jSkv+CKAn/gzkW/4NHJf+M&#10;TjH/kFU9/5FbSP+QYVP+jWhe+IhvaPKDeHDtfoJ46XqKfuZ2kYPkc5eH4nCdiuBuoozfa6eO3Wqs&#10;kN1ospHcZ7iT22a/k9tmx5TZZtCUz2jQk8tp0JTLadCUy2nQlMtp0JTLadCUy2nQlMtp0JTLadCU&#10;y2nQlP+DKAn/gzkX/4ZGJP+OTTD/k1Q8/5RYR/+SXlP/kGVd+IxtZ/KGdXDtgX946X2HfuV5j4Ti&#10;dZWI4HKbjN5voY/dbKeR3Gusk9tps5TaaLqW2WfDltlmzZfQac6WyGrOl8RrzZfEa82XxGvNl8Rr&#10;zZfEa82XxGvNl8RrzZfEa82XxGvNl/+EKAn/hDkX/4hFJP+RTDD/lVE7/5ZWR/+VXFL/k2Jc+Y9q&#10;ZvOKcnDthXt46YCEf+V7jIXid5OK33Oajt1woJHbbaaU2mutltlptJfYaL2Y2GfImdFpzJnJa8yZ&#10;wmzMmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmr1ty5q9bcuavW3Lmv+FKAn/hTkX/4pEJP+TSy//&#10;l086/5hURv+XWVD/lmBb+ZJnZfOOb2/uiXh36YOBf+R+ioXheZGL3nWYj9xxn5PabqaW2GyumNdq&#10;tprWaMGb02nLm8pry5vCbcqcu27Knbhvyp24b8qduG/Knbhvyp24b8qduG/Knbhvyp24b8qduG/K&#10;nf+FKAn/hjkX/4xEI/+VSi//mU06/5pRRP+aVk//mV1a+pZkZPSSa27ujXR26Yd+fuSBh4XgfI+L&#10;3XeXkNtznpXYb6aY1myvmtVquZzUacady2zJncNtyZ68b8iftXDIn7JxyJ+yccifsnHIn7JxyJ+y&#10;ccifsnHIn7JxyJ+yccifsnHIn/+GJwn/hjkX/45DI/+XSS7/mks5/5xPQ/+dVE7/nFpY+5pgYvWW&#10;aGzvkW916ot5fuWFg4Xgf4yM3XmVkdl0nZbUcKWa0G6unc1st5/La8Ogw27HoLtvx6G1ccahr3LG&#10;oaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGoaxzxqGsc8ahrHPGof+HJwn/hzkX/5BCI/+YRy3/nEk4&#10;/59MQv+gUUz/oFdW+55eYPSbZWrtlmxz55B2fOGKgITbhImL036Rks54mZjJdKGcxnGpn8JwsqLA&#10;b72junDFo7NyxaSuc8WkqXTFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo6Z1xaOmdcWjpnXFo/+H&#10;Jwn/iDgX/5FBIv+aRSz/nkc2/6FKQP+jUEr+o1VU9qJcXe+gYmfonGlw4ZZ0edqQfYLRiYaLyoKN&#10;k8V9lZnAeZ2evHalobhzraS1crilsnLDpqx0w6andsOmo3fEpaF4xKWheMSloXjEpaF4xKWheMSl&#10;oXjEpaF4xKWheMSloXjEpf+IJwn/iDgX/5NBIv+bRCz/oEU1/6NJP/+lTkj7p1RR86ZaW+ulYGTj&#10;omht3J1zdtGVeoLJjYKLwoeKk7yCkZq3fZmfsnqho693qaardrOnqXbAqKR3wqihecKnnXrDp5t6&#10;w6abesOmm3rDppt6w6abesOmm3rDppt6w6abesOmm3rDpv+IJwn/iTgX/5VAIf+dQiv/okQ0/6VI&#10;Pf+oTEb4qlJP76tYV+erX2DgqGlp1KFwdcuZeIHCkn+Lu4uGlLWGjpqvgpWgqn6dpKZ7pqejerCp&#10;oHm8qp16wamafMGpmH3CqJZ9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp5Z9wqeWfcKnln3Cp/+JJwn/&#10;iTgX/5Y/If+eQSr/o0Iz/6dGO/6rS0T1rlFM7LBXVOSxXlzbrWhmz6VudcWddYG8lnyLtZCDlK6K&#10;i5uohpKgo4KapZ6AoqibfqyqmH64q5Z+wKuUf8Cqk4DBqJKAwqiSgMKokoDCqJKAwqiSgMKokoDC&#10;qJKAwqiSgMKokoDCqP+JJwn/ijgX/5g/IP+fPyn/pUEy/6pFOvyuSUHysU9J6bVWUOG3X1fVsWVl&#10;yqhsdMChc4C3mnqLr5SBlKiPiJuiio+gnIeXpZeEoKiUgqmqkYK1q4+Cv6uOg8CqjYPBqY2DwaiN&#10;g8GojYPBqI2DwaiNg8GojYPBqI2DwaiNg8GojYPBqP+KJwn/izgX/5k+IP+hPij/pkAw/6xDOPmx&#10;SD/wtU5F57pVS967XlTQtGRlxaxrc7ukcYCxnniKqZh+k6KThZqbj42gloyVpZGJnaiNh6erioey&#10;rIiHv6yIh8CriIbAqYiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqIiGwaiIhsGoiIbBqP+KJwn/jDcX&#10;/5s9H/+iPSf/qD8v/65CNve0Rzztuk1B5MBWRtm/XFPLt2NkwK9pc7aob3+sonWKpJx8k5yYg5qV&#10;lIqgj5GSpYqOm6iGjaSrg4yvrIGNvayCjL+rg4rAqYOKwamDisGpg4rBqYOKwamDisGpg4rBqYOK&#10;wamDisGpg4rBqf+LJwn/jjcX/5w8H/+jOyb/qj0t/7FAM/S4RTjqv0w84sdVQNPCWlLHumFju7Nn&#10;crCtbX6np3OJnqF6kpadgJmPmoifiZeQpISUmKh/k6KqfJKtq3qSuqx7kcCrfY/BqX6Owah+jsGo&#10;fo7BqH6Owah+jsGofo7BqH6Owah+jsGofo7BqP+MJwn/jzYW/506Hv+lOiX/rTsr/LQ+MPG8QzTn&#10;xUw23stSP87GWVHCvmBitrhmcKuxbH2hrHKImKd4kZCjfpiJoIWegp2No32blqd4mZ+pdZiqqnOZ&#10;t6t0mMCqd5TBqXiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqHiTwqh4k8KoeJPCqP+MJwn/kTUW/584&#10;Hf+nOCP/rzko+bg8LO7CQi7lzUwt2NBPPcnJV1C8w15gsLxkb6W3anybsnCGkq12j4qpfJaCpoOc&#10;fKSLoXaik6VyoZ2nb6CoqW2gtaltoMGocJvCp3KZwqdymcKncpnCp3KZwqdymcKncpnCp3KZwqdy&#10;mcKncpnCp/+NJgn/lDQV/6E2G/+qNiH/szYl9b45J+rJQCbg1kko0dVOPMPOVk62yFxfqsJjbZ+9&#10;aHqUuG6Ei7R0jYOxepR8roGadayInnCrkaJrqZukaKmmpmaps6ZmqsOlaaTEpWuhxKVrocSla6HE&#10;pWuhxKVrocSla6HEpWuhxKVrocSla6HEpf+OJgn/lzMU/6M0Gv+tMx7+uDIg8MU1IOPTPxzY3kUm&#10;yttNOr3TVEywzltdo8lha5jEZ3eNwGyBhL1yiXy6eJB1uH+Wb7aHmmq1kJ1ltJqgYrOloWG0saJg&#10;tcKhYq/GomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGomSrxqJkq8aiZKvGov+QJgn/mzES/6YxF/+x&#10;Lhr3vi0a584xF9neORnN40QowuBNOLXbU0qo1VlanNBfaJDMZXOGyWt9fcZxhXXEd4tuw36QacGG&#10;lGTAj5dgwJqaXcClm1vAsZtawcGbW7zKnF23yp1dt8qdXbfKnV23yp1dt8qdXbfKnV23yp1dt8qd&#10;XbfKnf+RJgn/ny8R/6otFP+3KBXtyCYS2twpDszkNh3B5kAutuNIPqrgTkye3VZZktpdZYjWY29+&#10;1Gp4dtJwf27Qd4Voz3+JY86HjV/OkJBbzZqSWc2lk1fOspNWz8KTVsvQlFfFz5VXxc+VV8XPlVfF&#10;z5VXxc+VV8XPlVfFz5VXxc+VV8XPlf+TJgn/oywO/7AmD/XAHw3f1RsHzeQnE8HrNCO16j0zqedF&#10;Qp3lS1CR41JchuJYZnzgX25032Z1bN5tembedX9h3X2CXdyGhVrbj4hY2ZiKVtihi1TYrItU2LeM&#10;U9jJi1PW1otT1taLU9bWi1PW1otT1taLU9bWi1PW1otT1taLU9bWi/+XJAn/qSYK/rgcCebOEQXO&#10;4xcIwO4mF7TwMiio7js4nO1DRpHsS1KG7FJcfOtZZHPrXmtq6mRwZehsdWHmdHhe5Hx7W+KDfVng&#10;i39W35KBVd6ag1PeooNS3aqEUd22hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/hFHdv4RR3b+EUd2/&#10;hP+fIQb/sBsF6cUNA9DZCwLA7hgMs/YmHKf1MSyb9Ts6kPVER4X1TFF89VNac/VZYGvzX2Zl8GZq&#10;Ye1tbV3rdHBa6npzWOiBdFbnh3ZU5o14U+WUeVHkm3pQ5KF7T+OqfE7jsHxO47B8TuOwfE7jsHxO&#10;47B8TuOwfE7jsHxO47B8TuOwfP+oHALrvAwBzcwJAMHgDASy+hkQpfwnIJr9Mi6P/T07hf5FRXv/&#10;TU5y/1RVa/taWmT4YF9g9mdiXPRtZVnycmdX8XhpVfB+alPvg2xR7oltUO2Pbk7slG9N65pwTOuh&#10;cUvqpnJL6qZyS+qmckvqpnJL6qZyS+qmckvqpnJL6qZyS+qmcvezDQDMwwgAv9EIALHvDgak/xsT&#10;mf8pIY7/NC6E/z85e/9HQXH/Tkhq/1ROY/9aUl7+YFZa/GZYV/tsWlX6cVxT+XZeUfh6X0/3f2BO&#10;9oRhTPWJYkv1jmNK9JRkSfOaZUjznmZI855mSPOeZkjznmZI855mSPOeZkjznmZI855mSPOeZs27&#10;BQC9xwYAsdgHAaP/EAiY/x8Ujf8sIIP/Nyt6/0E0cP9HO2j/TUFh/1RFXP9aSVj/X0tV/2VNUv9q&#10;T1D/blFO/3JSTP93U0v/e1RJ/39VSP6EVkf+iFdG/Y1XRP2TWET8lllE/JZZRPyWWUT8lllE/JZZ&#10;RPyWWUT8lllE/JZZRPyWWb2/BACwzgQAouAGApf/EwiM/yITg/8uHXn/OCVu/z4tZv9FMl//TDdZ&#10;/1I7Vf9YPlH/XUBP/2JCTP9mQ0r/akRJ/25FR/9yRkb/dkdF/3pIQ/9+SEL/gklB/4ZKQP+LSz//&#10;j0s//49LP/+PSz//j0s//49LP/+PSz//j0s//49LP/+PS6/GAgCi1gIAlvcKAov/FgeC/yQPd/8t&#10;F2z/Mx5j/zokXP9CKFb/SSxR/08vTv9VMUv/WjNI/141Rv9iNkT/ZjdD/2k4Qf9sOED/cDk//3M6&#10;Pv93Oj3/ezs8/348Ov+DPDr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPTr/hj06/4Y9Ov+GPf91JAb/&#10;djUQ/3dDHP+ASif/hVIz/4ZZPv+FYEj/gWhS/3xvWvx3eWL3c4No9G+MbvFsk3Lvapp17WegeOxl&#10;pXrrZKp86mKvfelhtX7oYLt/6F/DgOdfy4HmXtWB4GDbgddi3oHUY9+B1GPfgdRj34HUY9+B1GPf&#10;gdRj34HUY9+B1GPfgf91JAb/djUQ/3dDHP+ASif/hVIz/4ZZPv+FYEj/gWhS/3xvWvx3eWL3c4No&#10;9G+MbvFsk3Lvapp17WegeOxlpXrrZKp86mKvfelhtX7oYLt/6F/DgOdfy4HmXtWB4GDbgddi3oHU&#10;Y9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgf91JAb/djUQ/3dDHP+ASif/hVIz/4ZZPv+F&#10;YEj/gWhS/3xvWvx3eWL3c4No9G+MbvFsk3Lvapp17WegeOxlpXrrZKp86mKvfelhtX7oYLt/6F/D&#10;gOdfy4HmXtWB4GDbgddi3oHUY9+B1GPfgdRj34HUY9+B1GPfgdRj34HUY9+B1GPfgf92JAb/dzUQ&#10;/3lCHP+CSSf/h1Ey/4hYPf+HX0j/g2ZR/35uWvt5d2L3dYJp9HGKbvFtknPua5l27GifeetmpHvq&#10;ZKp96WOvf+hitYDnYbyB52DEguZfzoLjX9eD3GHbg9Jj3YPPZN2Dz2Tdg89k3YPPZN2Dz2Tdg89k&#10;3YPPZN2Dz2Tdg/93JAb/eDUQ/3xBHP+FSCf/ik8y/4xWPf+LXUf/h2RR/4JsWvt8dGL3eH9p83SI&#10;b/BwkHTtbJd462qee+lnpH7oZqqA52SwguZitoPlYb6E5WDHheVg04XdYtmF02Tchcxl24bJZduG&#10;yWXbhsll24bJZduGyWXbhsll24bJZduGyWXbhv94JAb/eDUQ/35AG/+IRyb/jU4x/49VPP+OW0b/&#10;i2JQ/4ZpWfyAcWL3e3tp83aFcO9yjnXsbpV56mucfehpo4DnZqmC5WWwhORjt4XkYsCH42HLh99i&#10;1YfVZNqHzWXZiMZn2YnEZ9iJxGfYicRn2InEZ9iJxGfYicRn2InEZ9iJxGfYif95Iwb/eTQQ/4A/&#10;G/+KRib/kE0w/5JTO/+RWkX/j2BP/4pnWfyEbmH3fnhp8nmCcO90i3brcJN76W2bf+dqooLlZ6mE&#10;5GWwhuNkuYjiYsOJ4mLQithk2IrOZtiKx2fXi8Bo1oy+adaMvmnWjL5p1oy+adaMvmnWjL5p1oy+&#10;adaMvmnWjP95Iwb/ejQQ/4M+G/+NRSX/k0wv/5VROv+UV0T/kl1O/45lWPyIa2H3gnRp8nx/cO53&#10;iHbrc5F86G+ZgOZroYTkaKmH4maxieFku4vgY8eM3GPUjM9m1ozHaNWNwGnUjrpq1I64a9SOuGvU&#10;jrhr1I64a9SOuGvUjrhr1I64a9SOuGvUjv96Iwb/ezQQ/4U9Gv+PRCT/lkou/5dOOP+XVEL/lVpM&#10;/5JhVvyOaV/2h3Bo8oF6cO17hXfqdo585nGXgeNtn4bgaqiJ3WewjNpmu43WZceO0WbUj8do04+/&#10;atOQuWvSkbNs0pGybdKRsm3SkbJt0pGybdKRsm3SkbJt0pGybdKRsm3Skf97Iwb/fDQR/4g8Gv+S&#10;QyT/mEgt/5pMN/+aUkH/mVhK/JdfVPaTZl3wjW5m64d3b+aAgXbhe4t93HWTg9dxnIfSbqSLz2us&#10;jsxptZHJaMCSx2jPk79r0ZO4bNCTsm3QlK1v0JOrb9GTq2/Rk6tv0ZOrb9GTq2/Rk6tv0ZOrb9GT&#10;q2/Rk/98Iwb/fTQR/4o7Gf+UQSP/mkYs/5xLNf+dUD//nVZI+JtdUfGYY1vrk2tk5I11bd6GfnXY&#10;gId80XqPg8x2l4nHcp+NxG+nkcBtsJO+bLuVu2vIlrZtz5awb86Wq3DPlqZxz5Wlcs+VpXLPlaVy&#10;z5Wlcs+VpXLPlaVyz5Wlcs+VpXLPlf98Iwb/fTQR/4w6Gf+XQCL/nEUr/59JNP+gTjz7oVRF9KBa&#10;TuydYVjlmWlh3pNzatWMe3TOhYN9yH+LhMJ6k4q+dpuPunOjk7Zxq5azb7aYsW/CmK1wzZiocs2Y&#10;pHPNmKB0zpefdM6Xn3TOl590zpefdM6Xn3TOl590zpefdM6Xn3TOl/99Iwb/fzMR/445GP+ZPyH/&#10;nkMp/6FHMv+jTDr4pVJD8KRYS+ijX1Thn2hd15hwaM6ReHTGioB9wISIhbp/j4u1e5eQsXeflK11&#10;p5eqc7GZp3O9m6Vzy5ugdcuanXbMmpp3zZmZd82YmXfNmJl3zZiZd82YmXfNmJl3zZiZd82YmXfN&#10;mP9+Igb/gDIQ/5A4GP+bPyD/oEIo/6RGMP6mSzj0qFBA7KlXR+SpXVDcpWZa0J1uaMeVdXO/jn19&#10;uYmEhbODjIytf5ORqXyblaR5pJmhd62bnne5nJx3yJyZeMqcl3nLm5V6zJqUesyZlHrMmZR6zJmU&#10;esyZlHrMmZR6zJmUesyZlHrMmf9+Igb/gjIQ/5I3F/+cPR//oUAn/6ZELvupSTXxrE886a5VQ+Gv&#10;XUvVqGRZy6FrZ8KZc3O5k3p9so2BhayIiYymhJCRoYCYlp19oJqZfKqclnu2nZR7xJ6SfMqdkX3K&#10;nI99y5uPfcyaj33Mmo99zJqPfcyaj33Mmo99zJqPfcyaj33Mmv9/Igb/hDEQ/5M2F/+ePB7/oz8l&#10;/6hCLPitRzLvsE055rRUP92zW0nQrGJZxqRqZrydcXK0l3d8rJF+haaMhoygiI2RmoWVlpaCnpqS&#10;gKedj3+yno2AwZ6MgMmei4DKnYqAy5uKgMubioDLm4qAy5uKgMubioDLm4qAy5uKgMubioDLm/9/&#10;Igb/hTAP/5U2Fv+fOx3/pT0k/6tBKvWwRS/stUw047pUOdi3WUjLr2FYwahoZrehb3Kvm3V8p5V8&#10;hKCRg4uajYuRlIqTlo+Hm5qLhaWdiISwn4aEvp+FhcmehYTJnYWEypyFhMubhYTLm4WEy5uFhMub&#10;hYTLm4WEy5uFhMubhYTLm/+AIgb/hy8P/5c1Fv+gOhz/pzwi/q0/J/OzRCzpuksw4b9SNdO6WEfH&#10;s19XvKxmZbKlbXGpn3N7oZp6hJqWgYuUkoiRjo+QlomMmZqEiqKdgYqtn3+Ku59+isief4nJnYCI&#10;ypyAiMubgIjLm4CIy5uAiMubgIjLm4CIy5uAiMubgIjLm/+BIgb/iS4P/5k1Ff+iOBv/qTog+7A9&#10;JPC4Qijmv0oq3cNPNM69VkbCtl5Wt7BlZK2pa3CkpHF6nJ94g5SbfoqOl4aQiJWOlYKSlpl+kKCc&#10;eo+rnniPuJ93kMmeeY7KnXqMy5t7jMube4zLm3uMy5t7jMube4zLm3uMy5t7jMube4zLm/+BIgb/&#10;iy0O/5s0FP+kNxn/rDge+LQ6Ie29QCPkxkkj18dMM8nBVUW9ulxVsrRjY6iuaW+fqW95lqV2go6h&#10;fImHnYOPgZuLlHyYlJh3l52bc5aonXGWtZ5wlsadcpTKnHSSy5t1kcuadZHLmnWRy5p1kcuadZHL&#10;mnWRy5p1kcuadZHLmv+CIgb/jSwN/500E/+mNBj/rzUb9Lg3HOnDPhzgzUUf0ctLMsTFVEO4v1tT&#10;rblhYaK0aG2Zr253kKt0gIineoeBpIGNe6KJknWgkZZwnpuZbZ2mm2qds5xpnsOca5zLm26YzJpv&#10;l8yZb5fMmW+XzJlvl8yZb5fMmW+XzJlvl8yZb5fMmf+DIQb/kCsN/6AzEf+pMhX9szEX8L40F+XL&#10;OxXa1D8dy89JML7JUkKyxFlRp79gX5y6ZmuStmx1ibJyfoGveIV6rH+LdKqHkG+oj5Nqp5mWZ6ak&#10;mGSmsZljp8GZZKXNmGegzZhon82XaJ/Nl2ifzZdon82XaJ/Nl2ifzZdon82XaJ/Nl/+EIQb/kykL&#10;/6IwD/+tLhL4uCwS68YvEODVOAvS2j0cxdRILrjPUECsylhPoMVeXZXBZGiLvWpyg7pwenu3doF0&#10;tX2HbrOFi2iyjo9ksZiSYbCjlF6wsJVdsb+VXbHQlGCq0JRhqNCUYajQlGGo0JRhqNCUYajQlGGo&#10;0JRhqNCUYajQlP+GIQb/lygK/6YsDf+xKA7ywCYM49AoB9TfMgvJ3z4ZvdtHLLHWTz2k0VZMmc1c&#10;WY7JYmWExmhue8RvdnTBdXxtwHyCaL6EhmO9jYlfvJeMW7yijlm8r49Yvb6OV77Ujlm2049atNOQ&#10;WrTTkFq005BatNOQWrTTkFq005BatNOQWrTTkP+IIQb/nCcI/6onCvy4IQnpyhsF1d4gBMnlMA++&#10;4z0dtOFGLKjeTjqc2lVIkdZbVYbTYWB80GdpdM5ucG3NdXZny3x7YsuEfl7KjYJaypeEV8qjhlXK&#10;r4ZUy76GU8zVhlTE2YhVwdmJVcHZiVXB2YlVwdmJVcHZiVXB2YlVwdmJVcHZif+NHQX/oiUG/7Af&#10;BfLCFAPZ2w4ByeYgB73oLxSy5zoip+VDMZvjSj6Q4VBKht9XVHzeXl103WVkbNtsambbdG9h2nxz&#10;XNmEdlnZjnlV2Zh7U9qjfFHasH1Q2759UNzTfFDU4H5R0OB/UdDgf1HQ4H9R0OB/UdDgf1HQ4H9R&#10;0OB/UdDgf/+VGgP/qR8D+7oSAtTNCwDJ5g8CvO0gC7DtLhml7DknmutCNY/qSUGF6VBLe+hXU3Lo&#10;XVpq52NgZOdqZV/ncmlb53psV+eCblPni3FQ55VyTuifdEzoqnVL6LV2SufDdkro3XZL5OB1S+Tg&#10;dUvk4HVL5OB1S+TgdUvk4HVL5OB1S+Tgdf+dFgH/sRIB08MJAMfRCgC78hEEr/MhD6PzLh2Z8zkq&#10;jvNCNoTzSkF781JJcvNXUGnzXFZj82NaXfNpXlnzcGFV83djUvN/Zk/yh2dN8I9pS++Ya0rvoGxJ&#10;7qltSO6zbUftwG5G7cduRu3Hbkbtx25G7cduRu3Hbkbtx25G7cduRu3Hbv+nDwDTugcAxccHALrW&#10;CQCt+hMGovoiEpf6Lx+N+zorg/xDNXr9TD5x/VFFaP1WS2H+W09c/mJTV/5oVlT9b1hR+3VaTvp8&#10;XEz5g11K+IpfSPeRYEf2mWFG9qBiRfWnY0T0sWRD9LVkQ/S1ZEP0tWRD9LVkQ/S1ZEP0tWRD9LVk&#10;Q/S1ZNayBADEvgYAt8wGAKzcCQGg/xYIlf8lFIv/Mh+C/zwpef9FMm//Sjln/08/X/9VQ1r/W0dV&#10;/2FKUv9nTE//bE5N/3JPS/94UUn/flJH/4RTRf+LVEP/kVVC/phWQf2eV0D9plhA/KlYQPypWED8&#10;qVhA/KlYQPypWED8qVhA/KlYQPypWMa4BAC2xAQAqtMFAJ7yDQKU/xoJiv8oE4H/NB13/zwlbf9C&#10;LGX/RzJd/002V/9TOlP/WT1P/18/TP9kQUr/aUNI/25ERv9zRUT/eUZC/35HQf+ESD//ikk+/5BK&#10;Pf+VSzz/nEw8/59MPP+fTDz/n0w8/59MPP+fTDz/n0w8/59MPP+fTLe8AwCpywIAnNsDAJL/EAKJ&#10;/x0IgP8qEHX/MRhr/zgfYv8+JFv/RClU/0osUP9RL0z/VzJJ/1wzRv9gNUT/ZTZC/2k3Qf9uOD//&#10;czk9/3c6PP98Ozv/gjw5/4c9OP+MPTf/kz42/5U+Nv+VPjb/lT42/5U+Nv+VPjb/lT42/5U+Nv+V&#10;PqrEAACc0gAAj+cCAIb/EQJ8/xsFcf8kC2j/KxFf/zIXV/85G1H/Px5M/0YhSP9NI0X/UiVC/1cn&#10;QP9bKD7/Xyk8/2MqOv9nKzn/ayw3/28sNv90LTX/eC40/30uMv+CLzH/iDAx/4owMf+KMDH/ijAx&#10;/4owMf+KMDH/ijAx/4owMf+KMP9qJAT/aTIK/2w+FP92Rh7/e00p/3xVM/96XT3/dmZG/3FuTf9t&#10;eVT/aoRa/maNX/tjlWL5YZxl+F+iaPdeqGr2XK1r9VuzbPRauW7zWcFu81jJb/JY1HDvWOBw6Vnk&#10;cONa5nDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocP9qJAT/aTIK/2w+FP92Rh7/e00p&#10;/3xVM/96XT3/dmZG/3FuTf9teVT/aoRa/maNX/tjlWL5YZxl+F+iaPdeqGr2XK1r9VuzbPRauW7z&#10;WcFu81jJb/JY1HDvWOBw6VnkcONa5nDcXehw3F3ocNxd6HDcXehw3F3ocNxd6HDcXehw3F3ocP9q&#10;IwT/aTEK/24+FP93RR7/fE0o/35UM/98XDz/eWRF/3NtTv9veFX/a4Ja/WiLX/tllGP5Yptm92Ch&#10;afZep2v1Xa1s9FyzbvNaum/yWcFw8lnKcfFY2HHsWeFx5lrkceBc53HYXehx2F7ocdhe6HHYXuhx&#10;2F7ocdhe6HHYXuhx2F7ocf9rIwT/ajEK/3E8FP96Qx3/gEso/4FTMv+AWjz/fGJF/3dqTv9xdFX/&#10;bn9b/WqJYPpmkmT4ZJlo9mGga/Vfp23zXq1v8lyzcPJbunHxWsNy8FnNc+5Z3XPoWuJ04Vzlc9le&#10;5nPQX+d00F/ndNBf53TQX+d00F/ndNBf53TQX+d00F/ndP9sIwT/azEK/3M7FP99Qh3/gkon/4RR&#10;Mv+DWTv/gGBF/3toTf90cVX/cHxb/GyHYflokGb3ZZhp9WOfbPNhpm/yX6xx8V2zcvBcu3TvW8V1&#10;71rQdepa33biXOJ221/lddFg5nbKYeV3ymHld8ph5XfKYeV3ymHld8ph5XfKYeV3ymHld/9tIgT/&#10;bDEL/3Y6FP+AQR3/hUgn/4hPMf+HVzv/hF5E/39mTf94blX/c3lc/G6EYvlqjWf2Z5Zr9GSebvJi&#10;pXHxYKxz7160de5dvHbuW8d37VvWeOVc4HjcX+N40mDkeMth5HnEY+N6xGPjesRj43rEY+N6xGPj&#10;esRj43rEY+N6xGPjev9uIgT/bTEL/3g4E/+DPxz/iUcm/4tOMP+LVTn/iFxD/4NjTP99a1T/dnVc&#10;/HKAYvhtimf1aZRs82accPFjpHPvYax17l+0d+1dvnnsXMt66Fzcet5f4XrSYeN7ymLifMRj4n2+&#10;ZeF9vWXhfb1l4X29ZeF9vWXhfb1l4X29ZeF9vWXhff9uIgT/bjAL/3s3E/+GPhz/jEUl/49MLv+P&#10;Uzj/jVpB/4hhS/+DaVP6fHFb93Z8YvNxh2jwbZBt7WmZcepmoXXoY6l45mGyeuRgu3viX8d84F/a&#10;fdRi4X3KY+B+w2Tgf71m34C3Z9+At2ffgLdn34C3Z9+At2ffgLdn34C3Z9+At2ffgP9vIQT/bzAL&#10;/342Ev+JPBv/kEQk/5NMLf+TUjb/kllA/45gSfmIZlL0gm5a73x5Yet3g2jncoxu5G2Vc+BqnXfd&#10;Z6Z62mWufNZjuH7TYsOA0WLTgcpk34HBZd6Cu2fdgrVo3YOwad2DsGndg7Bp3YOwad2DsGndg7Bp&#10;3YOwad2DsGndg/9wIQT/ci8L/4E0Ev+MOxr/k0Mi/5dLK/+XUTT/llc9+pNdRvOOZE/uiGtY6IJ1&#10;YON8f2jed4lu2XKRdNNumXnQa6F9zGipgMlmsoLHZb2DxWXLhMFm3IS5aNuFs2nbha5r24WpbNuF&#10;qWzbhals24WpbNuFqWzbhals24WpbNuFqWzbhf9xIQT/dC4K/4QzEf+POhn/lkMh/5pJKf+aTjL8&#10;mlQ79ZhbRO6UYk3nj2lV4YlzXtuCfGbTfIVvzXeNdclylXrFb51/wWylgr5qrYW7abiHuWnEiLdp&#10;2Iiwa9mIq2zZiKdt2Yijb9qHo2/ah6Nv2oejb9qHo2/ah6Nv2oejb9qHo2/ah/9xIAT/diwK/4Yy&#10;Ef+SOhj/mUIg/5xHJ/+eTC/4nlI48J1YQOmaX0nilWdS2o9wXNGHeGbKgYFvxXyJdsB3kHy7dJiA&#10;t3GghLRvqYexbbOJrmy/iqxsz4uobteLpG/YiqBw2IqdcdmJnXHZiZ1x2YmdcdmJnXHZiZ1x2Ymd&#10;cdmJnXHZif9yIAT/eCsK/4gwEP+UORf/m0Ee/59FJf2hSi30olA07KJWPOSgXEXcm2VP0pNtXMqM&#10;dWbDhn1vvYGFdrd8jX2zeJSBrnWchqtzpYmnca6LpXC6jaNwyY2gcdWNnHPWjJp01ouXdNiKl3TY&#10;ipd02IqXdNiKl3TYipd02IqXdNiKl3TYiv9zIAT/eioJ/4svD/+WORb/nT8c/6FDI/qkSCrxpk4x&#10;6KdUOOGnXEDVn2JOy5hrW8ORcma8i3pvtoWCd7CBiX2rfZGCpnmZhqJ3oYqfdauNnHS2jpp0xY+Y&#10;ddSOlXbVjZN31Y2Sd9aLknfWi5J31ouSd9aLknfWi5J31ouSd9aLknfWi/9zIAT/fCkJ/40vD/+Y&#10;OBX/nz0b/6RBIfeoRiftq0wt5a1SM9yqWT/Qo2FNxpxpWr6VcGW2j3dvr4p/dqmFhn2kgY6Cn36W&#10;h5t7nouXeaiOlHizj5J4wZCQedOQj3rUj4561Y2Me9aMjHvWjIx71oyMe9aMjHvWjIx71oyMe9aM&#10;jHvWjP90HwT/figJ/44uDv+bOBT/oTwZ/6c/H/SrRCTqr0op4rNRLtauVz7Lp19NwaBnWrmZbmWx&#10;k3Vuqo58dqOKg32ehouCmYOTh5SAm4uQfqWOjX2wkIp9vZGJftCRiH7Tj4h+1I6HftWNh37VjYd+&#10;1Y2HftWNh37VjYd+1Y2HftWNh37Vjf90HwT/gCcI/5AuDv+dNxP/ozoY/Kk9HPGvQiDntEgk37dO&#10;LNGxVT3Hql5MvaNlWbSdbGSrl3NupJN6dp6OgXyYi4iCkoeQh46FmYuJg6KOhoKtkIOCu5GCgsyR&#10;goLTkIKC1I+CgdWNgoHVjYKB1Y2CgdWNgoHVjYKB1Y2CgdWNgoHVjf91HwT/giYI/5ItDf+fNhL/&#10;pTgW+aw7Gu6zPx3luUYf2rtLK820VDzCrlxLuKdjWK+hamOmnHFtn5d3dZiTfnySkIaCjI2Oh4eK&#10;louDiKCOf4erkH2HuJF7h8mRfIfTkHyG1I99hdWNfYXVjX2F1Y19hdWNfYXVjX2F1Y19hdWNfYXV&#10;jf91HwT/hCUI/5QtDP+gNRD/qDYU9q84F+u3PRjiv0UZ1b5JKsi4Uzu9sVtKs6tiV6qmaGKhoW9s&#10;mZx1dJKYfHuMlYOBhpKLhoGQlIt8jp6OeY2okHaMtZF0jcaRdY3TkHaL1I94idWNeInVjXiJ1Y14&#10;idWNeInVjXiJ1Y14idWNeInVjf92HgP/hiQH/5csC/+iMg//qzMR8rM1E+i8OhPexT8X0MFIKcS7&#10;UTm5tVlIrrBgVaWqZ2Gcpm1rlKJ0c42eenqGm4GAgJiJhXuWkol2lJuNcpOmj2+Ts5Buk8OQbpPT&#10;j3CR1I5yjtWNco7VjXKO1Y1yjtWNco7VjXKO1Y1yjtWNco7Vjf93HgP/iSIH/5ksCv+lMA38ri8O&#10;77gxDuTDNw3ZyjsWy8VGJ7+/UDizulhHqbVfVJ+wZV+WrGtpjqhycYaleHiAon9+ep+Hg3Sdj4hv&#10;m5mLbJqkjWmasI5nm8COZ5vVjmmY1Y1slNaMbJTWjGyU1oxslNaMbJTWjGyU1oxslNaMbJTWjP94&#10;HgP/jCEG/50rCP+oLAr4syoL6r8rCeDMMgbRzjkVxclFJbnETjauv1ZFo7tdUpm2Y12Qsmlnh69w&#10;b4CsdnZ5qX18c6eEgW6ljYVppJeIZaOiimOjroxho76MYKTSi2Og14tlnNiKZZzYimWc2IplnNiK&#10;ZZzYimWc2IplnNiKZZzYiv96HQP/jyAF/6ApB/+sJwfyuCQG5cckBNnVJwXL0zcTv85DI7PKTDSn&#10;xVRCnMFbT5K9YlqJumhkgbdubHm0dHJzsnt4bbCDfWivi4FjrpWEX62ghl2trYdbrbyHWq7Qh1yq&#10;2odfpdqHX6Xah1+l2odfpdqHX6Xah1+l2odfpdqHX6Xah/9+GgP/lB8E/6UmBf2xIATswRoD39MX&#10;AdDcJQTE2TUQuNVBIazQSzGgzFI/lclZTIvFYFeCw2ZgesBsZ3O+c21svHpzZ7uCd2K6inteuZR+&#10;WrifgFi4rIFWubuBVbrPgVa23oJYsN2CWK/dgliv3YJYr92CWK/dgliv3YJYr92CWK/dgv+EFwL/&#10;mRwC/6ofA/W5FQLezQwA0N8SAMXgJgW73zYOsN1AHaTZSS2Y1VE7jdFYSIPPXlJ7zGVac8trYWzJ&#10;cmdmyHlsYceBcF3GinRZxpR2VsWfeFPGrHlSxrt6UcfPeVHE43pTvOJ8U7zifFO84nxTvOJ8U7zi&#10;fFO84nxTvOJ8U7zifP+KFAH/nxgB/7AUAdjDCgDO0QoAxOUUAbnkJgiu5DQTpOI/IJngRy2P3k85&#10;hdxWRHvaXUxz2WRUbNdrWmbWcl9h1XlkXNSCZ1jUi2pV1JVtUtSgblDUrW9O1bxwTdbQb03V6HBO&#10;zOlyTszpck7M6XJOzOlyTszpck7M6XJOzOlyTszpcv+SEQH/pxEA2LkJAMvGCADC1QoAt+oWA6zq&#10;Jwyi6TQYmOg+JI3nRzCD5k46euVUQ3HkWkpp5GFQZONoVV/jcFla43hcVuOAX1PjiWJQ45NkTeSd&#10;ZUvkqWdK5bZnSeXGZ0jm32dK4OxnSt/sZ0rf7GdK3+xnSt/sZ0rf7GdK3+xnSt/sZ/+cDQDbsQYA&#10;yr0HAL/KBwC12goAqu8ZBaDwKA+W8DUbjPA/JoLwRzF58E45cO9UQGjvWkZh72BLXe9nT1jvblJU&#10;73VVUfB9V07whVlL8I9bSPGZXEbxo15E8q9fQ/K7X0LzzGBB8+dgQfPoYEHz6GBB8+hgQfPoYEHz&#10;6GBB8+hgQfPoYN6nAgDLtgUAvcEFALLPBwCn6g0BnfccB5T4KxKK+DYcgflAJnj6SC9v+k02Z/pT&#10;PGD6WEBb+19EVvtlR1L7bElP/HJLS/x5TUj8gU9F/YpRQ/2TUkH+nFM//qZUPf+xVT3+vFY8/s1W&#10;PP7OVjz+zlY8/s5WPP7OVjz+zlY8/s5WPP7OVs6wAgC9ugQAsccEAKXWBwCb/RACkf8gCYj/LRKA&#10;/zkbdv8/I23/RSpl/0swXv9RNVj/VzhT/107T/9jPkz/aEBJ/25BRv91Q0P/fERA/4RGPf+MRzz/&#10;lEg7/51JOv+lSjn/rUs4/7lLOP+5Szj/uUs4/7lLOP+5Szj/uUs4/7lLOP+5S761AgCwwAIApM4D&#10;AJfeBQCP/xQChv8jCH3/LhBz/zUYav88HmL/QiRb/0goVf9OLFD/VC9M/1oxSP9fM0X/ZDVC/2o2&#10;P/9wNz3/djk7/3w6Of+DOzj/izw2/5M9Nf+aPjT/oT4z/6o/M/+qPzP/qj8z/6o/M/+qPzP/qj8z&#10;/6o/M/+qP7G6AQCjyAAAltYAAIv0CQGD/xYCef8gBm//KAxn/zASX/83F1j/PhtS/0QfTP9KIkj/&#10;UCRE/1UmQf9aJz7/Xyk7/2QqOv9pKzj/biw2/3QtNP96LjP/gS8x/4gwMP+PMC7/ljEt/54yLf+e&#10;Mi3/njIt/54yLf+eMi3/njIt/54yLf+eMqTCAACWzwAAiN8AAID/DAF1/xICav8YA2L/IQda/ykL&#10;U/8xD03/OBJI/z4VQ/9EFz//Shk8/08aOf9TGzf/WBw1/1wdM/9hHjH/ZR8w/2ogLv9wIC3/diEr&#10;/3wiKv+CIyj/iCMn/5AkJ/+QJCf/kCQn/5AkJ/+QJCf/kCQn/5AkJ/+QJP9gJQT/WzAG/2E6Df9q&#10;QRb/b0of/3FSKf9vWzL/a2Q6/2duQf9kekf/YIRM/12OUP9allP/WJ5W/1elWP9Vq1r/VLFb/1O3&#10;XP9Svl3+Ucde/FHRX/tQ4F/4UOlf81HtX+5T8F/oVPFf5FbyX+RW8l/kVvJf5FbyX+RW8l/kVvJf&#10;5FbyX/9gJQT/WzAG/2I5Df9sQBb/cUkf/3JRKf9xWjL/bWM6/2htQf9leEf/YYNN/16NUf9bllT/&#10;WZ1X/1ekWf9Wqlv/VbFc/1S3Xf5Tv179Usdf/FHTYPpQ4mD2Uelg8VLuYOtU72DlVvFg4VfyYOFX&#10;8mDhV/Jg4VfyYOFX8mDhV/Jg4VfyYP9hJQT/XDAG/2U4Df9uPxX/dEcf/3VQKP90WDH/cGE6/2tq&#10;Qf9ndkj/Y4FN/2CLUv9dlFX/WpxY/1ijWv9Xqlz+VrBe/VS3X/1Tv2D8U8lh+lLWYvhR5GLzUupi&#10;7VTuYuZW72LgWPBi21jxY9tY8WPbWPFj21jxY9tY8WPbWPFj21jxY/9iJQT/XS8G/2c2Df9xPhX/&#10;d0Ye/3hOKP93VjH/dF86/25oQf9qc0j/Zn5O/2KJU/9fklb/XJta/1qiXP5YqV79V7Bg/FW3YftU&#10;wGL7U8pj+VPaZPVS5mTvVOtk6FbuZOFY72TZWfBl01rwZtNa8GbTWvBm01rwZtNa8GbTWvBm01rw&#10;Zv9iJAT/Xi8G/2o1Df90PBX/ekQe/3xMJ/97VDD/d1w5/3JlQf9sb0j/aHtO/2SGU/9gkFj/XZlb&#10;/luhXv1ZqGD8WLBi+1a4Y/pVwWT5VM1l91PeZvJU52bqVutm4lnuZtpa7mfRW+9ozFzwaMxc8GjM&#10;XPBozFzwaMxc8GjMXPBozFzwaP9jJAT/Xy4G/20zDP93OhT/fUId/4BKJv9/UjD/fFs4/3djQf9w&#10;bEj/bHdP/2eCVP9jjVn9YJZc/F2fX/pbp2L4Wa5k91i2ZvVXwGf0Vsto8VXdaO1W6WnjWexo2lvt&#10;adBc7mrJXe5rxV7ua8Ve7mvFXu5rxV7ua8Ve7mvFXu5rxV7ua/9kIwT/YS0G/3AyDP97OBT/gUAc&#10;/4RJJf+EUS7/gVk3/3xhQP92aUj/cHNP+2x/VfhoiVr2ZJJe82GbYfFfo2TwXatm7luzaOxavGrq&#10;Wcdr6FnYa+RZ6GvaW+tsz13tbche7G7CX+xuvmDsb75g7G++YOxvvmDsb75g7G++YOxvvmDsb/9l&#10;IwT/ZCsG/3MwDP9+NhP/hT8b/4lIJP+JTy3/hlc2/4JePvx8Zkb4dnBO9HF7VfBthVrtaY5f6mWX&#10;Y+hin2bmYKdp416va+FduWzgXMRt3lzTbtld5m7OXutvxl/qcb9h6nG6YulytmPpcrZj6XK2Y+ly&#10;tmPpcrZj6XK2Y+lytmPpcv9mIwT/ZykG/3cuC/+CNRL/iT4a/41HIv+NTiv/jFUz/IhcPPaDZEXx&#10;fGxN7Hd3VOhygVrkbopg4WqTZN1mm2jaZKNr1mKsbtNgtXDQX79xzl/Ncstf4nPEYehzvWLodLdk&#10;53SyZed0r2bndK9m53SvZud0r2bndK9m53SvZud0r2bndP9nIgT/aicF/3osCv+GNBH/jT0Z/5FF&#10;IP+STSj9kVMx9o5aOvCJYULqg2lL5X50U+B4fVrac4Zg1G6PZtBrl2rMaJ9uyWanccdkr3PEY7l1&#10;wmLGdsBi2ne6ZOZ3s2Xld65m5XeqaOV3qGjmd6ho5neoaOZ3qGjmd6ho5neoaOZ3qGjmd/9nIgT/&#10;bSYF/30qCv+JNBD/kTwX/5VEHv+XSyb4llIu8ZRYNuqQXj/kimdI3YRxUNV9eVrPeIJhynOKZ8Zv&#10;kmzCbJpwv2qic7xoqna5Z7R4tmbAebRm0HqxZ+N6q2jjeqdq43qja+R5oWvkeaFr5Hmha+R5oWvk&#10;eaFr5Hmha+R5oWvkef9oIQT/byQF/4ApCf+MMw//lDsW/5lDHP2bSSP0m08q7JlVM+WWXDvekWVF&#10;1IltUMyDdlrHfX5hwXiGaL10jm24cZZytW6ddbFspniua697rGq7fKppyn2oauF9o2zifJ9t4nyc&#10;buJ7mm7je5pu43uabuN7mm7je5pu43uabuN7mm7je/9pIQP/cSMF/4IoCf+PMg7/lzsU/5xCGvme&#10;RiDwn0wn6J9SLuCdWjbWlWFEzY5qT8aIclm/gnpiuX2CaLR5im6wdpJzrHOad6hwonqlb6t9om62&#10;fqBtxX+ebtt/m2/gfphw4X6WceF9lHHifJRx4nyUceJ8lHHifJRx4nyUceJ8lHHifP9pIQP/dCIE&#10;/4UoCP+RMQ3/mjoS/58/F/WiRB3spEoj5KRQKduhVzXPml9Dx5NoT7+McFm4h3dhsoJ/aK1+hm6p&#10;eo5zpHeWeKB1nnudc6h+mnKzgJdxwIGWctOBk3PfgJF04H+QdOB+j3ThfY904X2PdOF9j3ThfY90&#10;4X2PdOF9j3Thff9qIQP/diAE/4cnB/+UMAz/nTkR/aI9FfKlQRrpqEcf4KpNJdSkVDTKnV1CwZdl&#10;TrqRbViyi3VhrIZ8aKeCg26if4t0nXyTeJl5m3yVd6V/knavgZB2vYKOds6CjXfegYt334CKeOB/&#10;injgfop44H6KeOB+injgfop44H6KeOB+injgfv9qIAP/eB8E/4kmB/+WMAv/nzcP+qQ6E++pPxfm&#10;rUUa3K5KJM+oUzPGoVxBvZtkTbSVa1itj3Jgp4t5aKGHgW6bg4h0l4CQeJJ+mXyOfKJ/i3qtgoh6&#10;uoOHesuDhnvegoV73oGFe9+AhXvgf4V74H+Fe+B/hXvgf4V74H+Fe+B/hXvgf/9rIAP/eh4E/4sm&#10;Bv+YLwr/oTUN96c4EOytPBPjskIW17FHI8urUjLBpVpAuJ9iTLCZaVeolHBgoY93Z5uLfm6WiIZz&#10;kYWOeIyClnyIgJ+AhH+qgoF/t4OAf8iEf4Ddg39/3oF/f9+AgH7gf4B+4H+AfuB/gH7gf4B+4H+A&#10;fuB/gH7gf/9sIAP/fBwD/40lBv+aLgn/ozML9Ko0DemxOQ/ftz8S0rRGIseuUDG9qFk/s6JgS6ud&#10;Z1ajmG5fnJR1Z5aQfG2QjYNzi4qLeIaIlHyBhp2AfoSognuEtYN5hMWEeIXdg3mE3oF6g9+AeoLg&#10;f3qC4H96guB/eoLgf3qC4H96guB/eoLgf/9tHwP/fhsD/48kBf+dLAf+pjAJ8K4xC+W2NQvbvDkR&#10;zrdFIMOyTzC4rFc+r6dfSqahZVWenWxel5lzZpCVemyKkoFyhZCJd4CNkXx7i5t/d4qlgnSJsoNy&#10;icKDcorag3OJ3oF0h9+AdYbgf3WG4H91huB/dYbgf3WG4H91huB/dYbgf/9vHgP/gBsD/5IjBP+g&#10;Kwb6qSwH7bIsB+K8MQfVwDYQybtDH762TS60sFY8qqtdSaGmZFSZompdkZ5xZYqbeGuEmH9xf5aG&#10;dnmTj3p1kZh+cZCjgW6Qr4JskL+Da5HVgm2P3oFvjd+AcIvgf3CL4H9wi+B/cIvgf3CL4H9wi+B/&#10;cIvgf/9xHAP/gxkC/5UhA/+jKQX2rScF6LcmBN7DKgPQwzUOxL9BHbm6TC2utVQ7pbBbR5usYlKT&#10;qGlbi6VvY4Widmp+n3xveJyEdHOajHlvmZZ8a5ehf2iXrYBml7yBZZjRgGaW339ok+B+apHhfmqR&#10;4X5qkeF+apHhfmqR4X5qkeF+apHhfv91GgL/hxgC/5ggA/+mJQPysiAD5L4eAtfJIgLKxzMNvsNA&#10;HLO/SiupulM5n7ZaRZayYVCNr2dZhaxtYH6pdGd4pnptcqSCcm2iinZooZR5ZKCffGGfq35foLp+&#10;X6DOfl+f4X1im+F9Y5jifGOY4nxjmOJ8Y5jifGOY4nxjmOJ8Y5jifP94GAL/ixcB/50dAv2rHgLs&#10;uBcB3sgRAM/NHwLEzDALuMg+Ga3FSCijwVE2mL1YQo+5X02GtmVWf7NrXXixcmRyr3lpbK2Abmes&#10;iXJiqpJ1X6mdeFypqnpaqbl6WarMelip5HpbpOR6XaHkeV2h5HldoeR5XaHkeV2h5HldoeR5XaHk&#10;ef99FQL/kBQB/6EYAfaxFADZwQsA0s8LAMjSHAG80S4Jsc47F6bLRiWcyE8zkcRWP4jBXUmAv2NS&#10;eLxqWXG6cF9ruXdkZrd/aWG2h21dtZFwWbWccla0qXRUtLh0U7XLdFO15HRUsOd1VqzndVas53VW&#10;rOd1VqzndVas53VWrOd1Vqzndf+DEgH/lhEA/6gRANm4CgDOxAkAx9IKAL/ZGQG02CsHqdY5FJ/T&#10;RCKU0E0vis1UO4HKW0R4yGJNccdpU2vFb1llxHZeYMN+YlzCh2ZYwZFoVcGca1LBqGxQwbdtT8LK&#10;bU/C5GxPvexuULnsb1C57G9QuexvULnsb1C57G9QuexvULnsb/+JEAH/nQ4A2q8IAM27CADExwcA&#10;vNYLALPfGgGq3ysHoN45EpbdQx6M2ksqgthTNXnVWj9x02FGatJoTGXRb1Jg0HZWW9B+WlfPh11T&#10;z5FfUM+cYU7PqWNMz7hjS9DLY0zQ5WJKzvJlS8jyZkvI8mZLyPJmS8jyZkvI8mZLyPJmS8jyZv+S&#10;DQDepgQAzrQGAMK/BgC5zAgAsN0MAKflHQOe5S0LlOU5ForkQiCB40oqd+JQM2/hWDtp4F9BY+Bm&#10;Rl7fbkpa33VOVt99UVLfhlNP35BWTd+bV0vgp1hJ4LVZSOHGWUjh31lH3/BZRtz1W0bc9VtG3PVb&#10;Rtz1W0bc9VtG3PVbRtz1W+2cBADRrQQAwrgFALfDBQCt0QgApO0QAZvtIAWS7S4Oiew6GIDsQyF2&#10;7EoqbuxQMWbrVjdg61w8W+tkQFfra0NT63JGUOt6SU3sg0tK7IxNSOyWTkXtoVBD7a5RQu68UUHv&#10;zFJB7+VSQO3xUUDt8VFA7fFRQO3xUUDt8VFA7fFRQO3xUdSlAADEsgMAtrwDAKvJBQCg2AgAl/QT&#10;AY/1JAeH9TEPfvY7GHT2QiBs9kgnZfZPLV73VTFZ91s1VfdiOFH3aDtN+G89Svh2P0f4fkFE+YdD&#10;QvmRRUD6m0Y++qZHPPuxSDv7vkk6/M9JOfzjSTn840k5/ONJOfzjSTn840k5/ONJOfzjScetAAC3&#10;twIAqsMCAJ7QBACT4wkAjP0YAoT+Jwd7/zEPcv84Fmn/QBxi/0YiXP9NJlb/UypS/1ktTv9fMEr/&#10;ZTJH/2s0RP9xNUH/eTc//4E4PP+KOjr/kzs4/508Nv+nPTX/sT40/74+M//KPzP/yj8z/8o/M//K&#10;PzP/yj8z/8o/M//KP7iyAACqvQAAncoAAJHYAgCI+w0Bf/8ZAnb/JAZu/y0MZv81El//PBdY/0Mb&#10;U/9JHk7/TyFK/1UkRv9bJkP/YCdA/2YpPv9rKjv/cis5/3ktNv+BLjT/ii8x/5QwMP+cMS7/pTIt&#10;/68zLP+3Myz/tzMs/7czLP+3Myz/tzMs/7czLP+3M6u4AACexQAAkNIAAIPgAAB9/w8Bcv8WAmj/&#10;HgRh/ycIWv8vDFT/NxBO/z4TSf9EFkX/ShhB/08ZPv9VGzv/WRw5/18dNv9kHjT/aR8y/3AgL/93&#10;IS3/fyIr/4cjKP+QJCf/mSUm/6EmJf+nJiX/pyYl/6cmJf+nJiX/pyYl/6cmJf+nJp/AAACRzQAA&#10;g9sAAHj2AgBv/w0BZP8SAlz/GQNU/yAETv8nBkj/LwhD/zYKP/88DDz/Qg44/0cPNf9MEDP/UREw&#10;/1YSLv9aEyz/XxQq/2UUKP9rFSb/cRYj/3kXIv+BGCD/iRge/5EZHf+XGR3/lxkd/5cZHf+XGR3/&#10;lxkd/5cZHf+XGf9WJwT/UTIF/1Y1B/9fPQ7/ZEUW/2ZOH/9kWCf/YWIv/15uNf9aeTv/V4Q//1SP&#10;Q/9RmEb/T6BI/06nSv9Nrkv/TLVM/0u8Tf9KxE7/Sc5P/0neT/9I6VD/SPJQ/En2UPdL+VDxTPpP&#10;6077UOpP+1DqT/tQ6k/7UOpP+1DqT/tQ6k/7UP9WJwT/UTIF/1g0B/9iOw7/Z0QW/2lNH/9nVif/&#10;Y2Av/2BrNf9cdzv/WIJA/1WNRP9Tlkf/UJ9J/0+mS/9OrU3/TbRO/0y8T/9LxVD/Ss9R/0ngUf9J&#10;61H+SfJS+Uv3UvNN+VHtT/pR5lD6UuVQ+lLlUPpS5VD6UuVQ+lLlUPpS5VD6Uv9XJwP/UjEF/1oy&#10;B/9kOg7/akIW/2xLH/9qVCf/Z14v/2JoNv9edDz/WoBB/1eLRf9UlUj/Up1K/1ClTP9PrU7/TrRP&#10;/028Uf9MxVH/S9FS/0riU/9J7VP7S/NT9Uz3U+5P+FPoUPlT4VL6VOBS+lXgUvpV4FL6VeBS+lXg&#10;UvpV4FL6Vf9YJgP/VDAF/10xB/9nOA7/bUAW/29JHv9uUif/alwv/2VmNv9hcTz/XX1B/1mIRv9W&#10;kkn/VJxM/1KkTv9Qq1D/T7NR/067Uv9NxFP/Tc9U/kzgVftM61X4TPRV8E/3VelR+FXiUvhW21T5&#10;V9lU+VfZVPlX2VT5V9lU+VfZVPlX2VT5V/9ZJgP/Vy4F/2AvB/9qNg3/cT4V/3NIHv9yUSb/b1ou&#10;/2pjNv9lbjz/YXpC/12FR/9aj0r/V5hN/1WgUP9UqFL+Uq9T/VG3VfxQwFb6T8tW+E/cV/VP6Vfy&#10;T/NX6lL2V+FT91jaVfhZ0Vb4Ws9W+FrPVvhaz1b4Ws9W+FrPVvhaz1b4Wv9ZJgP/WiwF/2QtB/9u&#10;Mw3/dT0V/3hGHf93TyX/dFgt/3BgNf9qajz/ZnZC/2KBR/5ei0v7W5RP+VmdUvhXpFT2VqxW9VS0&#10;V/NTvFjyU8dZ8FLVWuxS5lrpU/JZ4VT1W9dW9lzPV/ddyFn4XcdZ+F3HWfhdx1n4XcdZ+F3HWfhd&#10;x1n4Xf9aJQP/XSoF/2cqBv9yMgz/eTsU/3xFHP98TST/elUs/3VeNP9vZzz8anJC+WZ9SPZjh0zz&#10;X5BQ8V2ZU+9boVbtWahY61iwWupXuVvoVsNc5lbRXONW5FzfVvBd1Vf1X8xZ9mDGWvZgwFv2Yb5c&#10;9mG+XPZhvlz2Yb5c9mG+XPZhvlz2Yf9bJQP/YCgF/2soBv93MAv/fjoT/4FDGv+CSyL/f1Mq/3tb&#10;M/l2ZDr1cG5B8Wx5SO1og03qZIxR52GVVeVfnVjjXaVa4VutXN5atl7cWcBf2lnOYNVZ4mDRWe9h&#10;ylr0YsJc9GO8XfRkt17zZLZf82S2X/Nktl/zZLZf82S2X/Nktl/zZP9cJAP/YyYE/28mBf97Lwv/&#10;gjkR/4ZBGP+HSSD/hVEo+IJZMPJ9YDjtd2pA6HJ1R+Ruf03haYhS3WaRV9ljmVrVYKFd0l+oYM9d&#10;sWLNXLtjy1zHZMlc22XFXetlv13yZrhf8WezYPFnr2HxZ65i8WeuYvFnrmLxZ65i8WeuYvFnrmLx&#10;Z/9dJAP/ZiQE/3IkBf9+Lgr/hzcQ/4s/Fv+MRx35i08l8ohWLeyDXTbmfmc+4HhxRttze03VboNT&#10;0GqMWMxnlF3JZZxgxmOjY8NhrGXBYLVnv1/BaL1f0Gm6YOZptWHvaq9i72qrY+9qp2TvaaZl8Gmm&#10;ZfBppmXwaaZl8GmmZfBppmXwaf9eIwP/aSIE/3YjBP+CLAn/izYO/48+FP2RRRv0kUwi7Y5TKuaK&#10;WjLfhWU7135tRdB4dk3LdH9UxnCHWsJsj16/aZdiu2efZbhlp2i2ZLBqs2O7a7FjymyvY+Fsq2Tt&#10;baZm7WyjZ+1soGjua59o7mufaO5rn2jua59o7mufaO5rn2jua/9fIwP/ayAD/3kiBP+FKwj/jjQM&#10;/5M8EviWQxjvlkoe55VQJuCRWC7XimE6zoRqRch+c03CeXtVvnWDW7lxi2C1bpJksmyaZ69qo2qs&#10;aKxsqWe2bqdnxG+lZ9pvomjrb55p7G+bauxumWvtbZhr7W2Ya+1tmGvtbZhr7W2Ya+1tmGvtbf9f&#10;IwP/bh4D/3shBP+IKgf/kTIL/5c6D/SaQRXrm0ca45tNIdqWVS3Pj145yIlnRMGDb027fndVtnl/&#10;W7F2h2Ctc49lqXCWaKZun2yjbKhuoGuycJ1rwHGca9JymmzpcZdt6nCUbetwkm7sb5Ju7G6Sbuxu&#10;km7sbpJu7G6Sbuxukm7sbv9hIQP/cB0D/34gA/+LKQb/lTEJ+5s4DfCePhHnoEQW36BKHdOaUivK&#10;k1w4wo1kQ7uHbU20gnRUr358W6p6hGGmd4tlonSTaZ5ym22acKRwl2+vcpVvvHOTb81zknDmc5Bw&#10;6XKOcepxjXHrcIxx63CMcetwjHHrcIxx63CMcetwjHHrcP9jIAP/chsD/4AfA/+OJwX/ly8I+J42&#10;C+2iOw7kpUAS2qRGHM6eUSrFl1o3vZFiQrWMakyvh3JUqYJ5W6R/gGCffIhlm3mQapd3mG2TdaFw&#10;kHOsc41zuHSLc8l1inTidIl06HOIdelyh3XqcYd16nCHdepwh3XqcId16nCHdepwh3XqcP9lHwP/&#10;dBoC/4MeAv+QJgT/mi0G9KE0CemmNwvgqj0O1KdEG8mhTynAm1g2uJVgQrCQaEupi29To4d2Wp6D&#10;fmCZgIVllH2NapB7lm6MeZ9xiXipc4Z3tXWEd8V2g3jfdYN46HSCeOlzgnjqcYJ46nGCeOpxgnjq&#10;cYJ46nGCeOpxgnjqcf9nHQP/dxkC/4UcAv+TJAP/nSsF8aQwBuaqMwjcrjcMz6pDGsWlTii8n1c1&#10;s5lfQauUZkqkkG1Tnot0WpiIe2CThYNljoKLaoqAk26Gfpxxgn2ndH98s3V9fMN2fH3bdnx96HR9&#10;fOhzfXzpcn186nF9fOpxfXzqcX186nF9fOpxfXzqcf9pHAL/eRgC/4cbAv+VIwP7oCkE7qgsBOOv&#10;LwXXsjQLy61BGcGoTCe3o1U0r51dQKeZZEmflGtSmZByWZONeV+OioBkiYeIaYSFkW2Ag5pxfIKk&#10;dHmBsXZ3gcB2doHWdnaB53R3gehzeIDpcnh/6nF4f+pxeH/qcXh/6nF4f+pxeH/qcf9rGwL/excC&#10;/4oaAf+YIQL4oyYD6qwnA9+0KQPStTIKx7BAGLysSyazp1MzqqJbPqKdY0iamWlRlJVwWI6Sd16I&#10;j35kg42GaX6Kjm16iZhxdoeic3OGrnVxhr12b4fSdnCH6HRxhehzcoTpcnOE6nFzhOpxc4TqcXOE&#10;6nFzhOpxc4Tqcf9tGQL/fhYB/40YAf+bHgH0pyIC5rAgAdq6IQHNuDEJwrQ+F7iwSSSuq1IxpaZa&#10;PZ2iYUeVnmhPjptuV4iYdV2ClXxjfZOEaHiQjGx0j5VwcI2gcm2MrHRqjLt1aY3OdWmN6HRri+lz&#10;bYnqcW2I6nFtiOpxbYjqcW2I6nFtiOpxbYjqcf9wFwL/gRUB/5AWAf+eGgHwqxsB4rYWANO9HQHI&#10;uy8Ivbg8FbO0RyOpsFAwoKtYO5ioX0WQpGZOiaFsVYKec1t9nHphd5mBZnKXimpulpNuapSecWaU&#10;qnNkk7hzY5TLc2OU5nJlkupxZ4/qcGeO6nBnjupwZ47qcGeO6nBnjupwZ47qcP9zFQL/hRMB/5QU&#10;APyjFQDqsBIA2b4MAM3BGwHCwC0HuL06E665RiGktU8tmrFWOZKuXkOKq2RMg6hqU3ylcVl2o3hf&#10;caF/Y2yfh2honpFrZJ2cbmCcqHBenLZxXZzJcV2c5HBemutwYJbrb2GV7G9hlexvYZXsb2GV7G9h&#10;lexvYZXsb/93EgH/iREB/5kRAPOoDgDXtQoAz8EKAMbFGAC8xCoFssI4Eae/RB6eu00rlLhVNou1&#10;XECEsmJJfK9pUHatb1Zwq3Zba6p9YGaohmRip49nXqaaalulpmxYpbVtV6bHbVem4mxXpO1sWp/t&#10;bFqe7Wxanu1sWp7tbFqe7Wxanu1sWp7tbP98EAH/jhAA9p4NANitCQDNuAkAx8QIAL7KFAC1yicE&#10;q8g2D6HFQRuXwksojb9TM4W9Wjx9umFFdrhnS3C3bVFqtXRWZbR8W2CyhF9csY5iWLGZZVWwpWZT&#10;sLNnUrHGZ1Kx4WdRr/FoU6rwaFSp8GhUqfBoVKnwaFSp8GhUqfBoVKnwaP+CDgD/lAwA26UGAM6x&#10;BwDFuwcAvccHALXQEACs0CMDo88zDJnNPxiPykgk/+L/4klDQ19QUk9GSUxFAAMJhshRLn3GWDh2&#10;xF8/b8JmRmnBbEtkwHNQX797VFu+hFhXvY1bVL2YXVG8pF9PvLNgTb3FYE294F9MvPBhTbf1Yk22&#10;9WJNtvViTbb1Yk229WJNtvViTbb1Yv+JCwDhnAMA0KoFAMW1BQC7vwQAsssIAKvYDQCj2SACmtgv&#10;CZDWPBSH1EYfftJPKXbQVjJvz145aM1kP2PMa0RezHNJWst6TFbKg09Syo1ST8qYVE3KpVZLyrNX&#10;SsvFV0nL4FZJyfBYR8f6WUjF+1pIxftaSMX7WkjF+1pIxftaSMX7WveRBADUogIAx68EALq5AwCw&#10;xAUAp9AJAJ/hEACY4SEDj+AwCYbgOxJ930Qbdd5NJG7dVStn3FwyYttkN13baztZ2nI/Vdp6Q1La&#10;g0VO2o1ITNqYSknapUtI27NMR9zETEbc3kxG2u1MRNj5T0PY+09D2PtPQ9j7T0PY+09D2PtPQ9j7&#10;T9uaAADKqQIAu7MCALC9AwClyQUAm9YJAJToFAGM6SUEhOgzC3voPBRz6EQba+hLImTnUihe51kt&#10;WedgMlXnaDVS5284T+d3O0zngD1J54k/R+iUQUTon0JC6axDQem6REDqzURA6uREQOj1REDn+ENA&#10;5/hDQOf4Q0Dn+ENA5/hDQOf4Q82jAAC9rgEAsLgBAKTEAgCZ0AUAj+EKAInxGgGB8SgFePIyDHDy&#10;OxNp8kMZYvJKH1zzUCNW81cnUvNeK0/zZS1M9GwwSfRzMkb0ezRD9IQ2QfWONz71mTk99qQ6O/aw&#10;Ozr3vzw5+M88OPfoPDj37Dw49+w8OPfsPDj37Dw49+w8OPfsPL+qAACxswAApL8AAJjKAQCM2AQA&#10;hPoOAHz7GwJ0+yYFbPwwCmX8OBBe/UAVWP5HGVP+TR1P/1QgS/9aIkj/YSVF/2cmQv9tKED/dSo9&#10;/30rOv+GLTj/kS42/5svNP+mMDP/sjEy/74yMf/QMjH/1jIx/9YyMf/WMjH/1jIx/9YyMf/WMrKv&#10;AAClugAAmMYAAIvSAAB/3wIAef8RAW//GQJn/yIEYP8sB1r/NAxU/zwPT/9DE0r/SRVH/08XQ/9V&#10;GUD/Wxs+/2EcO/9mHjn/bR82/3QgNP99ITH/hiMv/5EkLf+bJSz/pSYr/68mKv+7Jyn/vicp/74n&#10;Kf++Jyn/vicp/74nKf++J6a2AACYwgAAi84AAH7bAAB1+QcAa/8PAWL/FgJb/x4DVP8mBU7/LgZJ&#10;/zUIRf88C0H/Qw0+/0gOO/9OEDj/UxE1/1gSM/9eEzH/ZBQu/2oVLP9yFir/ehcn/4MYJf+OGST/&#10;mBoj/6AaIv+qGyH/rRsh/60bIf+tGyH/rRsh/60bIf+tG5q+AACLygAAftcAAHDjAABn/wQAXv8N&#10;AFb/EgFP/xkCSf8gA0P/JwQ//y4FOv80Bjf/Ogcz/z8HMP9ECC7/SQks/04JKf9TCif/WAol/14L&#10;I/9kCyH/bAwf/3QNHf99Dhv/hw4Z/48PGP+ZDxj/mxAY/5sQGP+bEBj/mxAY/5sQGP+bEP9MKgP/&#10;SDMF/080Bv9UNwj/WkEO/1xKFv9aVB3/V2Ak/1RrKv9QeC//TYQz/0qPNv9HmTn/RqE7/0WpPP9E&#10;sD7/Q7c//0LAP/9CyUD/QdVB/0HkQf9B7kL/QfZC/0H9Qv9C/0H5RP9B9Eb/Qu9H/0LvR/9C70f/&#10;Qu9H/0LvR/9C70f/Qv9NKQP/SjIE/1EyBv9XNgj/XD8O/15JFv9dUx3/Wl4k/1dpKv9TdS//UIE0&#10;/02NN/9Klzr/SJ88/0enPf9Grj//RbVA/0S9Qf9ExkL/Q9FC/0PiQ/9D7EP/Q/VD/0P8Q/xE/0P1&#10;R/9D70j/ROtJ/0TrSf9E60n/ROtJ/0TrSf9E60n/RP9NKQP/TDAE/1QxBf9ZNAj/Xz0O/2FHFv9g&#10;Uh3/XVwk/1pnK/9WczD/U380/0+KOP9NlDv/S509/0qkP/9IrED/SLNB/0e7Qv9Gw0P/Rs5E/0Xf&#10;RP9F6kX9RfNF+0X7RfdG/0TwSf9F6kr/RuVL/0flS/9H5Uv/R+VL/0flS/9H5Uv/R/9OKQP/Ty4E&#10;/1cuBf9dMgf/YzsO/2VGFv9lUB3/YVkk/11kK/9acDD/Vnw1/1OHOf9QkTz/Tpo//02iQP9LqUL/&#10;SrBD/0q3RP9JwEX/SMpG/UjbRvpI50f4SPJH9Uj6RvFJ/0fqS/9I40z/Sd5N/0reTf9K3k3/St5N&#10;/0reTf9K3k3/Sv9PKAP/UiwE/1osBf9hLwf/ZzoO/2pEFf9qThz/Z1ck/2JhK/9ebTH/W3g2/1eD&#10;Ov9UjT3/UpZA/1CeQv5PpUT8Tq1F+020R/pMvEj5TMdI9kvUSfNL5UnwS/BJ7Uz5SOlM/0rhTv9L&#10;2k//TNNQ/03TUP9N01D/TdNQ/03TUP9N01D/Tf9QKAP/VSoE/10pBf9lLQf/bDgN/29CFP9vSxz/&#10;bFUj/2heKv9jaTH/X3Q2/Vx/O/tZiT/5VpJC91SaRPVTokb0UqlI8lGxSfFQuUrvT8NL7k/PS+tP&#10;4kvnT+5L5E/4Td9P/k7VUf9PzlL/UMlT/1DJU/9QyVP/UMlT/1DJU/9QyVP/UP9RJwP/WCcE/2En&#10;BP9qLAb/cTYM/3RAE/90SRr/clIi/25bKf1oZDD5ZXA29mF7O/NehUDwW45D7lmWRuxXnkjqVaZK&#10;6FStTOdTtU3lU79O41PMTuFT307dU+1P2FL3UdFT/VLKVP5TxFb/U79X/1O/V/9Tv1f/U79X/1O/&#10;V/9Tv1f/U/9SJwP/WyUD/2UkBP9uKgb/djQL/3o9Ef96Rhj/eE8g+3RYKPZvYS/xa2w27Wd2POlj&#10;gEDmYIpF5F2SSOFbmkrfWaJN3ViqT9pXslDYVrxR1VXIUtJV21POVutTy1b2VcZW/Va/WP1Wuln9&#10;V7Za/Ve2Wv1Xtlr9V7Za/Ve2Wv1Xtlr9V/9TJgP/XyID/2khA/9zKAX/ezIK/387EP+ARBb7fkwe&#10;9HtUJe52XS3pcWg05G1yO+BpfEHcZYVG2GKOStRflk3RXZ1QzlylUsxarVTJWbZWx1nCV8ZZ0FfC&#10;WeZYv1nzWbta+1m1W/tasF37Wq1d+1mtXftZrV37Wa1d+1mtXftZrV37Wf9WJAP/YiAD/20gA/93&#10;JgT/fzAI/4Q5Df2GQRT1hUkb7oJRIud9WirheGQy3HNuOtRud0HQaoBHzGaJTMhkkVDFYphTw2Cg&#10;VcBeqFi+XbFZu128W7lcyVy3XOBctF3vXLBe+V2rX/ldqGD5XKVh+VylYflcpWH5XKVh+VylYflc&#10;pWH5XP9YIgP/ZR4D/3EfA/97JAP/hC4H/4k2C/iLPhHvi0YX6IhOHuGEVybZfmEx0XhqOstzc0LG&#10;b3xIwmyETb5pjFG7ZpNVuGSbWLVjo1qzYaxcsGC3Xq5gxF+sYNhfqWHrX6dh91+iY/dfn2T3X51k&#10;+F6dZPhenWT4Xp1k+F6dZPhenWT4Xv9bIAL/aBwC/3QdAv9+IwP/iCsF/Y00CfOQOw7qkEMU4o9K&#10;GtqKVCXQg10wyX5nOsN4b0K+dHhIuXGATrVuiFKya49Wr2mXWqxnn1ypZahfpmSyYaRkv2KiZNBi&#10;oGTnYp5l9WKaZvVhmGf2YJZo9mCWaPZglmj2YJZo9mCWaPZglmj2YP9dHwL/ahoC/3ccAv+CIQL/&#10;iykE+ZExB++VOAvmlj8Q3ZRHF9KOUSTKiFsvwoNkObx+bEG3eXRIsnV8Tq5yhFOqb4tXpm2TW6Nr&#10;m16gaqRgnWiuY5toumSZaMtll2jjZJVp82STavRjkWv1YpBr9WGQa/VhkGv1YZBr9WGQa/VhkGv1&#10;Yf9fHQL/bRgC/3obAv+FHwL/jicD9ZUuBeuZNQjhnDsM1phDFsyTTyLEjVguvYdhOLaCaUGwfnFI&#10;q3p5Tqd3gFOjdIhYn3GQW5tvmF+YbqFilW2rZJJst2aQbMZmj2zfZo5t8WWMbvNki270Y4pu9GKK&#10;bvRiim70Yopu9GKKbvRiim70Yv9hHAL/bxYC/3waAf+IHgH/kSQC8pkrBOeeMQXdoDYJ0ZxBFceX&#10;TSG/kVYtt4xfN7GHZ0Crgm5IpX52TqB7fVOceIVYmHaNXJR0lV+Rcp5ijnGoZYtwtGeJcMNoh3Db&#10;Z4Zx7maGcvJlhXLzZIRy9GOEcvRjhHL0Y4Ry9GOEcvRjhHL0Y/9jGgL/cRUB/38YAf+KHAH8lCEC&#10;7pwnAuOiLAPYpDIIzJ9AFMOaSyC6lVUss5BdN6yLZT+lh2xHoINzTZuAe1OWfYJXknqKXI54kmCK&#10;dptjh3WlZoR0sWeCdMBogHTVaIB17Gd/dvJmf3XzZX9182R/dfNkf3XzZH9182R/dfNkf3XzZP9l&#10;GQL/dBQB/4EXAf+NGgH5lx4B66AjAd+mJgLSpzAHyKM+E7+eSR+2mVMrrpRbNqePYz+gi2pGm4dx&#10;TZWEeFKQgX9XjH+HXIh9kGCEe5ljgHqjZn55r2h7eb1pennRaXl66mh6evJmennyZXp582R6efNk&#10;ennzZHp582R6efNkennzZP9nFwL/dhQB/4QWAf+QFwH1mxoB56QdAdurHwHOqi8GxKY9ErqhSB6y&#10;nVEqqphZNKKUYT6ckGhFloxvTJCJdlKLhn1XhoSFW4KCjV9+gJdjen+hZnd+rGh1fbtpc37OaXN+&#10;6Gh0fvFmdH3yZXV882R1fPNkdXzzZHV882R1fPNkdXzzZP9pFgH/eBMB/4cUAP+TFQDxnhUA46gW&#10;ANWuGwHKrS0GwKk7EbalRh2toVAppZxYM56YXzyXlGZEkJFtS4uOdFGGjHtWgYmDW3yHi194hpRi&#10;dISfZXGDqmdvg7hpbYPLaW2D5mhug/Jmb4LyZXCB82RwgfNkcIHzZHCB82RwgfNkcIHzZP9rFAH/&#10;exIB/4oSAP+WEgDtohAA3q0OANCxGQDFsCsFu605D7KpRBuppU4noKFWMpmdXjuSmmRDi5drSoaU&#10;clCAknlVe4+AWneNiV5yjJJhboqcZGuJqGdpibZoZ4nIaGeJ42doifJmaYfzZWqG82RqhvNkaobz&#10;ZGqG82RqhvNkaobzZP9uEgH/fhAA/40QAPeaDgDbpwoA07ALAMq0FgDAtCkEtrE3Dq2uQxqkqkwl&#10;m6ZVMJOjXDmMoGNBhp1pSICacE57mHdTdpZ+WHGUhlxskpBgaJGaY2WQpmVjkLRmYZDGZmGQ4WZh&#10;kPJlY47zZGSM9GNkjPRjZIz0Y2SM9GNkjPRjZIz0Y/9xEAH/gg8A/5ENAN6fCQDTqgkAzLMJAMS4&#10;EwC6uCYDsbY1DKezQRier0ojlqxTLo6pWjeHpmE/gKRnRnqhbkx1n3VRcJ18VWuchFpmmo5dY5mY&#10;YF+YpGJdmLJkW5jDZFuY3mNbmPBjXJX1Yl6T9WJek/ViXpP1Yl6T9WJek/ViXpP1Yv91DgD/hg0A&#10;65YIANWjBwDMrQgAxbYHAL28EQC0vSMCq7syCqG5PxWYtkggkLNRK4iwWDSArl88eqtmQ3SpbEhv&#10;qHNOaqZ6UmWlglZho4xaXaKWXFqiol9XobBgVqHBYFWi3GBVoe9gVp/3X1ec919XnPdfV5z3X1ec&#10;919XnPdfV5z3X/96DAD9iwkA2psEAM6nBgDEsAYAvLkEALXBDgCswiABpMEwCJq/PBORvUYdibpP&#10;J4G4VjB6tl04c7RkP26yakRosXFJZLB5TV+ugVFbrYpUWK2VV1SsoVlSrK9bUKzAW1Cs2lpPq+5b&#10;T6r6W1Gm+ltRpvpbUab6W1Gm+ltRpvpbUab6W/+ACQDhkgEA0aAEAMarBQC8tAQAs70DAKvHCwCk&#10;yRwBnMgsBpPHOQ+KxUQZgcNNI3rBVCxzv1szbb5iOWe8aT5iu3BDXrp3R1q5gEtWuYlOU7iUUFC4&#10;oFJNuK5UTLi/VEu52FRLt+1USrb5VUqz/lZKs/5WSrP+Vkqz/lZKs/5WSrP+VvqHAgDWmAAAyaUD&#10;AL2vAwCzuAEAqcIEAKHNCACa0BYAktAoBIrPNgyBzkEVecxKHnLLUiZsylotZslhMmHIaDdcx288&#10;WMZ2P1XGf0NRxYlFTsWUSEvFoEpJxa5LSMW/S0fG2EtHxe1LRsP5TUXC/05Fwv9ORcL/TkXC/05F&#10;wv9ORcL/Tt+QAADMnwAAv6oBALOzAQCpvQIAn8cFAJbSCQCO2hIAiNskAoDaMgh42T4QcdhIGGrX&#10;UB9k1lglX9VfKlvUZy9X1G4zU9N2NlDTfzlM04g7StOUPkfToD9F1K5ARNS/QUPV2EBE0+xAQtL2&#10;QkHR/kRB0f5EQdH+REHR/kRB0f5EQdH+RNGYAADDpQAAta4AAKm4AACewwIAlM0GAIrZCgCE4xgB&#10;feQmA3XkMghu4zwPZ+NFFWHjTRtc41UgV+NdJFTjZCdQ4msqTeJzLUrjfDBI44YyReOQNEPjnDVB&#10;5Kk2QOS4Nz/lyzc/5eQ3P+PzNj3i+zg94vs4PeL7OD3i+zg94vs4PeL7OMahAAC3qwAAqrQAAJ6+&#10;AACTyQIAiNQGAH/uDgB57RsBce0nA2ruMghk7jsNXu5DE1juSxdT7lIaUO9ZHkzvYCBJ72cjR+9v&#10;JUTwdydB8IApP/CKKj3xlSw78aEtOfKuLjjyvi8389AvN/PnLzbx8y828fMvNvHzLzbx8y828fMv&#10;NvHzL7mnAACrsAAAn7sAAJLGAACG0AEAe90FAHT3EQBt9xwBZvgmA1/4LwZa+TgKVPlADlD6RxFM&#10;+k4USPtVFkX7WxhC+2IaQPxoHD38cB06/XgfOP2CIDb9jSI0/pgjMv6kJDH/sSUw/78mL//PJi7/&#10;4yYu/+MmLv/jJi7/4yYu/+MmLv/jJq2tAACftwAAksIAAIbNAAB52gAAcPIIAGj/EQBh/xoBWv8j&#10;A1T/KwRP/zMGSv87CEb/QgtD/0kNQP9PDj3/VRA6/1sROP9hEzX/aBQz/28VMP94Fi7/ghcs/40Z&#10;Kv+ZGin/pBoo/68bJ/+6HCb/xxwm/8ccJv/HHCb/xxwm/8ccJv/HHKG0AACTvwAAhsoAAHjWAABs&#10;4gAAY/wHAFz/DwBV/xYBT/8eAkn/JgNE/y4EQP80BTz/OwY5/0EHNv9GCDP/TAgx/1EJLv9XCiz/&#10;XQoq/2QLKP9sDCX/dQ0j/38OIf+KDyD/lRAe/6AQHv+oER3/sREd/7ERHf+xER3/sREd/7ERHf+x&#10;EZW8AACGxwAAedMAAGvgAABe7QAAVv8DAE//DABJ/xIBQ/8ZAT7/IAI5/ycDNf8tAzL/MwQu/zgE&#10;K/89BSj/QgUm/0cFJP9MBiL/UQYg/1cGHf9eBxv/ZQcZ/24IF/94CBX/gwgT/40JE/+WCRL/ngkS&#10;/54JEv+eCRL/ngkS/54JEv+eCf9CLQP/QjIE/0gyBP9MNgb/TjwI/1BHDv9QUhX/Tl8a/0trH/9I&#10;dyT/RYMn/0KOKv9Blyz/P6Au/z+nL/8+rjD/PbUx/z28Mv88xTL/PM4z/zvfM/876jT/O/M0/zv7&#10;NP88/zP+PP8z/D3/NPY//zX1P/819T//NfU//zX1P/819T//Nf9DLAP/RDAE/0owBP9ONAb/UToI&#10;/1NGDv9SURX/UV0a/05pIP9LdCT/SIAo/0WLK/9DlS3/Qp0v/0GlMP9ArDH/P7My/z+6M/8+wjT/&#10;Psw0/z7cNf896DX/PfE1/z76Nf0+/zX7P/80+D//NvJB/zfwQf838EH/N/BB/zfwQf838EH/N/9E&#10;LAP/Ry4D/00uBP9RMgX/VDkI/1dEDv9WTxX/VFob/1FmIP9OciX/S30p/0iILP9Gki7/RZsw/0Si&#10;Mv9DqTP/QrA0/0K3Nf9Bvzb/Qck2/0DXN/9A5Tf9QPA3+kD4N/dB/zb2Qf838kH/OOxD/znqRP85&#10;6kT/OepE/znqRP856kT/Of9FKwP/SSwD/1AsBP9VLwX/WTcI/1xCDv9bTRX/WFcb/1ZjIP9SbyX/&#10;T3oq/0yFLf9KjzD/SJgy/0efNP9GpjX/Ra02/0W0N/9EvDj+RMY4/ETSOflD4jn2RO4580T3OfFE&#10;/znvRP8660X/O+RG/zzjRv8840b/PONG/zzjRv8840b/PP9GKwP/TSkD/1QpBP9ZLAX/XjUH/2FA&#10;Df9hShT/XlQa/1pfIP9Xayb/VHYq/1GBLv9OizH+TJQ0/EucNftKozf6Sao4+EixOfdIuTr2R8I7&#10;9UfNO/JH3zvuR+w760j2O+lH/z3nR/8+4Uj/P9pK/0DYSv9A2Er/QNhK/0DYSv9A2Er/QP9HKgP/&#10;UCcD/1gmA/9eKgT/YzMH/2Y9Df9mRxP/ZFEa/2BbIP9cZyb9WXIr+lZ9L/hThzP2UZA19FCYN/JO&#10;nznxTaY770ytPO5MtT3sS74960vKPulL3D7lTOo94kv1P99L/kHcSv9C1Ez/Q81N/0PLTv9Dy07/&#10;Q8tO/0PLTv9Dy07/Q/9KKAP/VCQD/1wjA/9jKAT/aDAG/2w7C/9sRBL/ak4Z/mZYH/lhYiX1Xm0r&#10;8lt4MO9YgjTsVos36lSUOehTmzvmUaM95VGqPuNQsj/hT7tA4E/HQN5P2EHZT+hB1E/0Q9BO/kXO&#10;Tv9GyFD/RsJR/0fAUf9HwFH/R8BR/0fAUf9HwFH/R/9NJQL/VyEC/2AgA/9oJgP/bi4F/3I4Cv9y&#10;QRD9cEsX921UHfJoXiTtZGkq6WF0MOVefjTiW4c44FmPO91Xlz7bVZ9A2FSmQtVTrkPSUrdE0FLC&#10;Rc5S0EbLUuVGyFLySMVS/UnCUv9KvFT/SrdV/0q2Vf9KtlX/SrZV/0q2Vf9KtlX/Sv9QIwL/Wx4C&#10;/2QeAv9tJAP/cysE/3c1CP54Pg72d0cU8HRQG+pvWiLka2Up4GdvL9tjeTXWYII60l2KPs9bkkHM&#10;WZpDylihRchXqUfGVrJJxFa8SsJVyUu/Vd9LvFbuTLlW+k23Vv9Nslj/Ta5Z/02sWf9NrFn/TaxZ&#10;/02sWf9NrFn/Tf9TIAL/XhwC/2gcAv9xIgL/eCgD/3wxB/h+OgvwfUMR6XpMGOJ2Vx/ccmEo1G1r&#10;L89pdDbLZX07x2KFQMRgjUPBXpVGv12cSLxbpEu6Wq1MuFm3TrZZw0+0WdVPsVrqUK5a91CsWv9Q&#10;qFv/UKRc/1CkXf9PpF3/T6Rd/0+kXf9PpF3/T/9WHgL/YRkC/2waAv91IAL/fCUD/YEuBfOENwnq&#10;hD8O4oFIFdt9Ux3Rd10ny3JnMMZucDfCang8vmeAQbpliEW3Y5BItGGYS7Jfn02vXqhPrV2yUatd&#10;vlKpXc5Tpl3lU6Re9FOiXv9Tn1//Upxg/1KbYP9Sm2D/Uptg/1KbYP9Sm2D/Uv9YHAL/ZBcB/3AZ&#10;Af95HQH/gCMC+IYqA+2JMgbkijsK3IhFEtGCUBzKfVomxHhjL75zbDe5b3Q9tWx8QrJqhEauZ4xK&#10;q2WTTahkm0+lYqRSo2GuVKFhuVWfYchWnWHhVpti8VWZYv1Vl2P/VJVk/1SUZP9TlGT/U5Rk/1OU&#10;ZP9TlGT/U/9aGgL/ZxUB/3MXAf99GwH/hCAB84omAuiOLgTfkDYH1IxBEcuHTRvEglcmvX1gL7d4&#10;aTaydHE9rnF4QqpugEembIhKo2qPTqBomFGdZ6BTmmaqVZhltVeVZcRYlGXbWJJm71eRZvxXj2f+&#10;Vo5n/lWNaP5VjWj+VY1o/lWNaP5VjWj+Vf9cGAH/aRMB/3YWAf+AGQH9iB0B744iAeSTKQLalDEG&#10;zpA/D8aLSxq+hlUlt4FeLrF9ZjaseW48p3Z1QqNzfUefcIRLnG6MTphslFKVa51UkmqnV5BpslmN&#10;acBajGnVWopq7FmKavpYiWv9V4dr/VaHa/5Wh2v+Vodr/laHa/5Wh2v+Vv9eFwH/bBIB/3gUAf+D&#10;FwD5ixoA65IdAeCYIwHTmC8FypQ9DsGPSRm5ilMksoZbLayBZDWmfms8oXpyQp13ekeZdYFLlXOJ&#10;T5FxkVKOb5pVi26kWIhtr1qGbb1bhG3QW4Nu6VqDbvhZgm/8WIJv/VeCb/1Xgm/9V4Jv/VeCb/1X&#10;gm/9V/9gFQH/bhEB/3sTAP+GFAD2jxYA55YYANucHADPmy0ExZc7DbyTRxi0jlEjrYpZLKeGYTSh&#10;gmk7nH9wQZd8d0aTeX5Lj3eGT4t1jlKIc5dVhHKhWIJxrFp/cbpcfnHMXH1y51t9cvZafHL8WXxy&#10;/Fd8cv1XfHL9V3xy/Vd8cv1XfHL9V/9iFAH/cREB/30RAP+IEgDykhIA45oSANWfGQDKnisEwZs5&#10;DLiXRRewkk8iqY5YK6KKXzOchmc6l4NuQJKAdUWNfnxKiXyEToV6jFKCeJVWfnefWHt2qlt5dbhc&#10;d3XKXHd25Vx3d/Vad3b7WXd2/Fh3dvxXd3b8V3d2/Fd3dvxXd3b8V/9kEgH/cxAA/4AQAP+LEADv&#10;lQ4A354NANCiFwDGoSkDvZ43C7SaQxaslk0gpJJWKp2OXjKXi2U5kohsQI2Fc0WIg3pKhICBToB/&#10;ilJ8fZNVeHydWHV7qFtzerZccXrHXHF64lxxe/NacXv7WXJ6/FhyevxYcnr8WHJ6/FhyevxYcnr8&#10;WP9nEQH/dQ8A/4MOAPSODQDbmQoA1KELAMykFQDCpCcDuKI2CrCeQhWnmkwfoJdUKZmTXDGTkGM4&#10;jY1qP4iKcUSDiHhJfoZ/TXqEiFF2gpFVc4GbWG+Aplptf7Rca3/FXGuA31xrgPJaa4D7WWx+/Fht&#10;fvxYbX78WG1+/FhtfvxYbX78WP9pEAH/eA4A/4UMAOKSCADVmwkAzqMJAMeoEgC9qCUCtKY0Caui&#10;QBOjn0oem5tSJ5SYWjCOlWE3iJJoPYKQb0N+jnZIeYx9THWKhVBxiI5UbYeZV2qGpFlnhbFbZYXC&#10;W2WF3FtlhfBaZoX7WWeD/Fhng/xXZ4P8V2eD/Fdng/xXZ4P8V/9sDgD/ewwA8okJANmVBgDPnggA&#10;yaYIAMGrEAC4qyICr6oyCKanPhKepEgclqFRJY+eWC6Im181gplmPH2WbUF4lHRGc5J7S2+Qg09r&#10;j4xSZ46WVWSNolhhjK9ZX4zAWl+M2VlfjO5ZX4z7WGGK/Vdhif1XYYn9V2GJ/Vdhif1XYYn9V/9v&#10;DAD/fwkA340DANKYBgDKogYAwqkGALqvDgCysCABqa4vBqGsPBCYqUYakadPI4mkViyDol0zfZ9k&#10;OXedaz9ym3FEbpp5SGmYgUxll4pQYZWUU16VoFVblK1XWpS9WFmU1FdZlOxXWZP5VluR/lVbkP5V&#10;W5D+VVuQ/lVbkP5VW5D+Vf9zCQD1hAQA2JEDAMycBQDDpQUAu60EALOzDACrtRwBo7QsBZuyOQ6S&#10;sEQXiq1NIIOrVCl9qVwwd6diNnGlaTxspG9BaKJ3RWShf0lfn4hMXJ6ST1ienlJWnatTVJ28VFOd&#10;0VRTnetTU5z4U1Sa/1NUmf9TVJn/U1SZ/1NUmf9TVJn/U/94BgDhiQAA0JYCAMahAwC8qQMAs7AB&#10;AKu4CACkuhgAnLopA5S5NguMt0EUhLVKHXyzUiV2sVoscK9gMmuuZzhmrW48Yqt1QF6qfURaqYZI&#10;VqiRSlOonU1Rp6pOT6i6T06oz09Op+lPTab3T02l/09OpP9PTqT/T06k/09OpP9PTqT/T/p/AADY&#10;jgAAyZsBAL6lAgC0rQEAq7UAAKG/BACbwRQAlMElAozAMwiEvz4RfL1IGXW8UCFvulgnarlfLWW4&#10;ZTJgt2w2XLZ0Oli1fD5VtIVBUbSQRE6znEZMs6lISrO5SEm0zkhJs+lISLH2SUiw/0pIsP9KSLD/&#10;Skiw/0pIsP9KSLD/SuKGAADOlAAAwqEAALapAACrsQAAoboBAJjDBQCQyRAAiskgAYPJLwV7yDsN&#10;dMdFFG7GThtoxVYhY8RdJ17DZCtawmsvVsFyM1PBezZPwIQ5TMCPPErAmz5HwKg/RsC4QEXAzUBF&#10;wOg/RL72QUO9/0JDvP9DQ7z/Q0O8/0NDvP9DQ7z/Q9aNAADGmwAAuKUAAK2uAACitgAAmL8CAI3I&#10;BgCD0QsAf9IaAHnSKgNy0jcIbNFCD2bRSxVh0FMaXM9bH1jPYiNUzmknUc5xKk3Oei1KzoMwSM6O&#10;MkXOmjRDzqg1Qs64NkHPzTVBzug1QM31Nz/L/jk+y/85Psv/OT7L/zk+y/85Psv/OcqWAAC8ogAA&#10;r6oAAKOzAACYvAAAjcYDAILPBwB42QsAc94YAG7eJgJo3jMFYt4+Cl3eSA9Z3lAUVd5YF1HeYBtO&#10;3mceS91vIEjeeCNG3oElQ96MJ0HemCk/3qYqPt+1Kj3gyCo93+MqPN3xKzvc+y063P0uOtz9Ljrc&#10;/S463P0uOtz9LsCfAACxpwAApLAAAJi6AACNwwAAgc0CAHbXBwBu6A8AaegbAWPoJwJe6TIFWOk7&#10;CFTpRAxP6kwPTOpTEknqWxVG6mIXROtqGUHrchs/63sdPOuGHjrskSA47J4hN+2sIjbtuyM17s8j&#10;NO7mIzTr9SM06/gjNOv4IzTr+CM06/gjNOv4I7OlAACmrQAAmbcAAI3BAACAywAAddUBAGnhBgBk&#10;8xEAXvMcAVn0JgJU9DAET/U4Bkv1QAhH9kcKRPZODEH3VQ4/91wPPPdjETr4ahM3+HMUNfh9FjP5&#10;iBcx+ZQYL/qhGS76rxot+74aLPvPGyv75xsr++sbK/vrGyv76xsr++sbK/vrG6iqAACatAAAjb8A&#10;AIDJAAB00wAAZ94AAF7yCABZ/hEAU/8aAU7/IwJJ/ysDRf8zBEH/OgU+/0EGO/9HBzj/Tgg1/1QJ&#10;M/9aCTH/YQov/2kLLP9yDCr/fQ0o/4gOJv+VDyX/oRAk/64RI/+6EiL/yhIi/9ASIv/QEiL/0BIi&#10;/9ASIv/QEpyyAACOvAAAgccAAHPRAABn3QAAWeMAAFP9BgBN/w4ASP8WAEP/HgE//yYCOv8tAjf/&#10;MwMz/zkDMP8/BC7/RAQr/0oFKf9QBSf/VgYk/10GIv9lByD/bgcd/3kIG/+FCBr/kgkZ/54JGP+o&#10;CRf/swkX/7cJF/+3CRf/twkX/7cJF/+3CZC6AACCxQAAdNAAAGfcAABY4wAATfAAAEf/AgBC/wwA&#10;PP8RADj/GAE0/x8BMP8lASz/KwIp/zACJf81AiP/OgIg/z8DHv9EAxz/SQMZ/08DF/9WBBX/XgQS&#10;/2gEEf9yBQ//fgUO/4oFDv+UBQ3/ngUN/6IFDf+iBQ3/ogUN/6IFDf+iBf85LwL/PDAD/0ExA/9E&#10;NAT/RDoG/0RFCP9FUQz/Q10R/0FpFv8+dhn/PIEc/zqMHv85liD/OJ4h/zelI/83qyP/NrIk/za5&#10;Jf82wCX/Ncom/zXXJv815Sb/Ne8m/zX4Jv82/yb+Nv8m/Db/Jvw2/yf6Nv8o+jb/KPo2/yj6Nv8o&#10;+jb/KP85LwL/Pi8D/0QvA/9GMgT/SDgG/0hDCP9ITw3/R1sS/0RnFv9Ccxr/P38d/z2KH/88kyH/&#10;O5sj/zqiJP85qSX/ObAm/zi2Jv84vif/OMcn/zjTKP844yj/OO0o/jj3KPs4/if5Of8n+Dj/Kfg4&#10;/yr2OP8q9jj/KvY4/yr2OP8q9jj/Kv86LwL/QSwD/0YsA/9KLwT/TDcF/01BCP9MTA3/S1gS/0hk&#10;F/9GcBv/Q3we/0GHIP8/kCP/Ppgk/z2gJf89pib/PK0n/zy0KP87uyn/O8Qp/zvPKf474Cr7O+sq&#10;+Dv1KfY8/in0PP8q8zv/K/I7/yzvO/8t7zv/Le87/y3vO/8t7zv/Lf88LQL/RCkC/0opA/9OLAT/&#10;UTQF/1I+CP9SSg3/UFUS/01hF/9KbRv/SHgf/0WDIv9DjST/QpUm/0GdJ/9Aoyj/QKop/j+xKv0/&#10;uCv8P8Er+j/LK/c/3Cz1P+ks8T/0K+8//SztP/8t7D7/L+s+/zDnP/8w5z//MOc//zDnP/8w5z//&#10;MP9AKgL/SCYC/04mA/9SKQP/VjIF/1c8B/9XRwz/VVES/1JdF/9QaRz/TXQg/0p/I/1IiSb7R5Eo&#10;+kaZKfhFoCr3RKcr9UStLPRDtS3zQ70t8kPILvBD1y7sQ+cu6UTzLeZD/DDkQv8x40L/MuFC/zPc&#10;Q/803EP/NNxD/zTcQ/803EP/NP9DJwL/SyMC/1IiAv9YJwP/XC8E/105B/9eQwz/W04R/1hYF/5V&#10;ZBz6Um8g91B6JPRNhCfyTI0p8EqVK+9JnC3tSaMu7EiqL+pHsS/pR7ow50fFMOZH0jDiSOUw30fy&#10;MttH+zTYRv811Ub/NtJG/zfNSP83zUj/N81I/zfNSP83zUj/N/9GJAL/TyAC/1YfAv9dJAP/YSwE&#10;/2M1Bv9kQAv/YkoQ+l5UFvVbXxzxWGsg7lV1JetTfyjoUYgr5k+RLeROmC/iTaAw4UynMd9MrjLd&#10;S7cz20vCNNlKzzXVS+Q10EvwNs1K+zjKSv86yEr/OsZL/zvBTP87wUz/O8FM/zvBTP87wUz/O/9K&#10;IQL/Ux0C/1scAv9iIgL/ZykD/2kyBf9qPAn5aEYP8mVQFe1hWxroXmYg5FtxJeFYeyneVoQs21SM&#10;L9hSlDLUUZs00lCjNdBPqjfOTrI4zE68OcpOyTrITt06xE/tO8FO+T2+Tv89vE7/PrpP/z62UP8+&#10;tlD/PrZQ/z62UP8+tlD/Pv9NHgL/VhoB/18aAf9nIAL/bCYC/28uBPlwOAfyb0IM62xLEuVpVxnf&#10;ZWIf2mFsJdRddirQW34vzVmHMspXjzXIVpY3xlSdOcRTpTvBU608v1K3Pr1Swz+8UtM/uVLoP7VS&#10;9kGzUv9BsVP/Qa9T/0GsVP9BrFT/QaxU/0GsVP9BrFT/Qf9QHAH/WhcB/2QYAf9sHQH/cSMC/XUq&#10;A/N2MwXrdj0K43NHD9xvUxfUa14fzmZnJspjcSvGYHkwwl6BNL9ciTe9WpE6ulmYPLhYoD62V6hA&#10;tFayQrJWvUOwVcxDrVbjRKtW80SoV/5Ep1f/RKVY/0SiWP9Eolj/RKJY/0SiWP9Eolj/RP9TGQH/&#10;XRQB/2gWAf9wGgH/diAB93omAu18LgPkfDgH3HpEDdJ1TxbLcFoexmxjJsFobCy9ZnUxuWN9NbZh&#10;hDmzX4w8sF2UP65cm0GrW6RDqVqtRadauEalWcdHo1reR6Fa70efW/xHnVv/R5tc/0aaXP9Gmlz/&#10;Rppc/0aaXP9Gmlz/Rv9VFwH/YBIB/2sUAf90FwD/ehwB8n8iAeeBKQLegjME039ADMt6TBXEdlYe&#10;vnFgJbluaCy0a3EysWh5Nq1mgDqqZIg9p2KPQKVgl0OiX6BFn16pR51etEmbXcJKmV3WSpde7EqW&#10;X/pJlV//SZNg/0iSYP9HkmD/R5Jg/0eSYP9HkmD/R/9YFQH/YxEB/24SAP93FQD7fhgA7YMdAOKH&#10;IwHWhy4DzIM9C8V/SRS9e1Mdt3ZdJbJzZSytb20yqW11N6ZqfDuiaIQ+n2aMQZxllESZY5xHl2Km&#10;SZRisEuSYb5MkGHQTI9i6EyOY/hLjWP/Soxk/0mLZP9Ji2T/SYtk/0mLZP9Ji2T/Sf9aEwH/ZhAA&#10;/3ERAP96EgD3ghQA6IcXAN2LHADQiywDx4g7Cr+ERxO4f1EcsXtaJKx3YiundGoxo3FyNp9veTub&#10;bYA/mGuIQpVpkEWSaJlIj2aiSoxmrUyKZbpNiGXMTodm5k6GZ/ZMhmf/S4Vo/0uEaP9KhGj/SoRo&#10;/0qEaP9KhGj/Sv9cEgH/aA8A/3QQAP99EADzhRAA5IsRANaPFwDLjioCwow4CbqIRBKzhE8brH9Y&#10;I6d8YCuheGgxnXVvNplzdjuVcX0/km+FQo5tjUWLbJZIiGugS4Vqqk2DabdOgWnIT4Bq40+Aa/RO&#10;f2v/TH9r/0t/a/9Lf2v/S39r/0t/a/9Lf2v/S/9eEAH/aw4A/3YOAPuADQDqiA0A248MANCSFQDH&#10;kicCvo82CLaMQhGuiE0aqIRWIqKAXiqcfWUwl3psNZN3czqPdXs+jHOCQohyi0aFcJNJgm+dTH9u&#10;qE59brVPe23GUHpu4FB5b/JOeW/+TXlv/0x5b/9LeW//S3lv/0t5b/9LeW//S/9gDwD/bQ0A/3kM&#10;AO6DCwDbiwkA1JEKAMyVEwDClSUCuZM0B7GPQRCqjEsZo4hUIZ2EXCmXgWMvkn5qNY58cTmKeng9&#10;hniAQoN2iEV/dZFJfHObTHlypk52crNQdXLDUHNy3VB0c/BPdHP9TXRz/0x0c/9MdHP/THRz/0x0&#10;c/9MdHP/TP9iDgD/bwwA/HsKAN6GBgDVjggAz5QJAMeYEQC+mCMBtZYyBq2TPw+mkEkYn4xSIJiJ&#10;WiiThmEujoNoNImBbzmFf3Y9gX1+QX17hkV6eY9JdniZTHN3pE5xd7FQb3bBUG532VBud+9Pbnf8&#10;Tm53/01vd/9Mb3f/TG93/0xvd/9Mb3f/TP9kDQD/cgoA8H4GANqIBQDQkAcAypcIAMKbEAC5myEB&#10;sZowBqmXPQ6hlEcXmpFQH5SNWCeOi18tiYhmM4SGbTiAhHQ9e4J7QXiAhEV0f41IcX2XS218ok5r&#10;fK9PaXu+UGh81VBofO1PaXz7Tml8/01qe/9Manv/TGp7/0xqe/9Manv/TP9mCgD/dQgA4YECANSL&#10;BQDLkwYAxJoGAL2eDgC1nx8BrJ4uBaSbOwydmEUVlpVOHo+TViWJkF0shI5kMn+Lazd6inI8doh5&#10;QHKGgURvhYpHa4OVSmiCoE1lgaxOY4G8T2KB0U9igetOY4H5TWOB/0xkgP9LZID/S2SA/0tkgP9L&#10;ZID/S/9pCAD7eAQA3IQBAM+PBADGlwUAv50FALehDACvoxwAp6IsBJ+gOQuYnkMUkZtMHIqYVCOE&#10;llwqf5RiMHqSaTV1kHA6cY53Pm2Nf0Jpi4hGZYqSSWKJnktfiKpNXoi6TlyIzk5diOlNXYf4TF2H&#10;/0tehv9LXob/S16G/0tehv9LXob/S/9tBQDqfAAA1YgAAMqSAwDBmgMAuaADALGmCQCppxkAoqcp&#10;A5qlNgmSo0ESi6FKGoSfUiF+nVooeZtgLnSZZzNvl244a5Z1PGeUfUBjk4ZDYJGQRlyRnElakKlL&#10;WJC4TFeQzExXkOdLV4/3SleO/0pYjv9JWI7/SViO/0lYjv9JWI7/Sf9xAQDggAAAz4wAAMSWAgC7&#10;ngIAsqQAAKmqBQCirBUAm6wmApSrNAeMqj8PhahIF36mUB54pFglc6JeK26hZTBqn2w0ZZ5zOWGd&#10;ezxem4RAWpqOQ1eZmkVUmadHUpm2SFGZykhRmOZIUZf1SFGX/0dRlv9HUZb/R1GW/0dRlv9HUZb/&#10;R/Z3AADYhQAAyZEAAL+bAQC0ogAAq6gAAKGwAACashEAlLMiAY2yMAWFsTwMfq9GFHiuThtyrFYh&#10;batcJ2ipYyxkqGowYKdxNFymeThYpYI7VaSMPlGjmEBPo6VCTaO0Q0yjyENMo+RDS6H0Q0ug/0RL&#10;oP9ES6D/REug/0RLoP9ES6D/RON9AADPiwAAwpYAALefAACtpgAAo60AAJm1AACQuQ4Ai7oeAYS6&#10;LQN9uTkJd7hDEHG2TBdrtVMdZrRaImKzYSZesmgrWrFvLlawdzJTsIE1T6+LOEyvlzpKrqQ8SK6z&#10;PUeuxz1HruM8Rq3zPUar/j5Fq/8/Rav/P0Wr/z9Fq/8/Rav/P9qDAADHkQAAu5wAAK+kAAClqwAA&#10;mrIAAJC6AQCGwQkAgcIYAHvCKAJ1wjUGb8FADGnASRJkv1EXX75YHFu+XyBXvWYkVLxuJ1G8dipN&#10;u38tSruKMEi7ljJFu6M0Q7uyNEK7xTVDu+I0QrnzNUG4/TdAt/83QLf/N0C3/zdAt/83QLf/N86L&#10;AAC/mAAAsqEAAKepAACcsAAAkbgAAIbAAgB7yAcAdMsSAHDMIgFryzADZss8B2HLRQxcyk4RWMpW&#10;FVTKXRlRyWQcTslsH0vJdCJIyH4kRciIJ0PIlShByKIqP8ixKz7JxCs+yeEqPsfyKz3G/C08xf8u&#10;PMX/LjzF/y48xf8uPMX/LsSTAAC2nwAAqaYAAJ2uAACStwAAhr8AAHvHAwBwzwcAZ9YNAGTXGgBg&#10;2CoBXNg2A1jYQQZU2EoKUNhSDU3YWhBK12ITR9dpFkXXchhC13waQNiHHD3Ykx482KEfOtmwIDnZ&#10;wyA52d8gOdfvIDjV+SI31P8jN9T/IzfU/yM31P8jN9T/I7mcAACrpAAAn6wAAJO1AACHvgAAe8YA&#10;AHDOAwBl1gcAXeMOAFrjGwBW4ycBUuQyAk7kPARK5EQGR+VNCEXlVQpC5VwMQOVkDj7mbBA75nYS&#10;OeaAFDfnjBU155kWNOeoFzLouBgy6MwYMejlGDHm9Bgx5fwYMeX8GDHl/Bgx5fwYMeX8GK6iAACh&#10;qgAAlLMAAIi9AAB7xgAAb84AAGPWAQBY3gUAVO4QAFHvGwBN7yYBSfAvAkXwOANB8T8EPvFHBTzy&#10;TgY68lUHN/JcCDXzZAkz820KMfR3DC/0gg0t9I8OK/WdDyr2qxAp9rwQKPbOESf35hEn9fERJ/Xx&#10;ESf18REn9fERJ/XxEaOoAACWsgAAiLsAAHvFAABvzgAAYtcAAFbeAABO8AcASvoQAEb7GQBC+yIB&#10;P/wqATv9MgI4/TkCNf4/AzL+RgMw/0wELv9TBSv/WgUp/2IGJ/9rBiT/dgcj/4IIIf+QCCD/nQkf&#10;/6sJHv+6CR3/yQkc/90JHP/dCRz/3Qkc/90JHP/dCZiwAACKugAAfMQAAG/NAABi2AAAVd4AAEnk&#10;AABE+wUAP/8OADv/FQA4/xwANP8kATH/KwEt/zEBKv82Aif/PAIl/0ICI/9IAiD/TgMe/1UDHP9d&#10;Axn/ZwQX/3IEFf9/BBT/jAUT/5oFEv+mBRH/sgUR/7wFEf+8BRH/vAUR/7wFEf+8BYy4AAB9wgAA&#10;b8wAAGLYAABU3wAAR+UAAD7xAAA5/wEANP8LADD/EAAs/xYAKf8cACb/IgAi/ycBH/8sARz/MQEa&#10;/zYBGP88ARX/QQET/0gCEf9PAhD/VwIN/2ECDP9sAgr/eQIJ/4YDCP+SAwf/nQMG/6UDBv+lAwb/&#10;pQMG/6UDBv+lA/8xMQL/Ni4C/zovAv87MgP/OzkE/ztDBf85Twf/OFwK/zZoDf80dBD/MoAS/zGL&#10;FP8wlBb/MJsX/y+iF/8vqBj/Lq8Z/y61Gf8uvBn/LsUa/y7PGv8u4Br/Lusa/y70Gv8u/Br8L/8Z&#10;+y//Gvou/xv6Lv8c+i7/HPou/xz6Lv8c+i7/HP8zLwL/OSwC/z0tAv8+MAP/PzYE/z9BBf89TQf/&#10;PFkK/zplDv84chH/Nn0T/zWIFf80kRf/M5kY/zOgGf8yphn/Mqwa/zGzGv8xuhv/McIb/zHMG/8x&#10;3Rv/Mekb/THzG/oy+xv4Mv8b9zL/HPYx/x31Mf8e9TH/HvUx/x71Mf8e9TH/Hv81LAL/PCoC/0Aq&#10;Av9CLQP/QzQE/0Q/Bf9CSgf/QVYK/z9iDv89bhH/O3oU/zmEFv84jhj/N5YZ/zadGv82pBv/Naoc&#10;/zWwHP81tx3/Nb8d/zXJHfw12B36Necd9zXxHfQ1+h3yNf8e8TX/H/A1/yDvNP8h7zT/Ie80/yHv&#10;NP8h7zT/If84KgL/PycC/0MmAv9GKQL/STID/0k8Bf9IRwf/RlML/0RfD/9CahL/QHYV/z6AGP88&#10;ihn/PJIb/zuaHP06oB38Oqcd+zmtHvo5tB/5Obwf+DnGH/Y50x/yOeQf7znwH+w6+h/qOf8h6Tn/&#10;I+g5/yTnOf8k5zn/Jec5/yXnOf8l5zn/Jf88JwL/QyMC/0giAv9MJgL/Ty8D/1A5Bf9OQwf/TE8L&#10;/0pbD/9IZhP/RXEW/EN8GfpChhv4QY4c9kCWHvU/nR/zP6Mg8j6qIPE+sSHwPrkh7j7DIe0+zyHq&#10;PuIh5j/vIeM++SPhPf8l3z3/J949/yjcPf8o3D3/KNw9/yjcPf8o3D3/KP8/IwH/RyAB/0weAf9R&#10;JAL/VSwD/1Y1BP9VPwb/U0oK/lBWD/pOYhP2S20X80l3GvBHgRzuRooe7EWSIOtEmSHpQ6Ai6EOn&#10;I+ZDriPlQrYk5ELAJOJDzCTfQ+Ak20PtJdZC+CjTQv8q0UL/K89B/yvOQf8szkH/LM5B/yzOQf8s&#10;zkH/LP9DIAH/ShwB/1AbAf9XIQH/WygC/1wyA/9bOwb8WUYJ9lZRDvFUXRPtUWgX6U9yGuZNfB3k&#10;S4Ug4kqOIeBJlSPeSJwk3EejJtpHqyfYRrMo1Ua8KNNGyCnRRtwqzUfsKslG9yzHRv8uxEb/L8NG&#10;/y/CRv8vwUb/L8FG/y/BRv8vwUb/L/9GHQH/ThgB/1YYAf9cHgH/YCUC/2ItA/xiNwX0YEEI7l1M&#10;DehaWBLjWGMX31VuG9tSdx/YUIAi1E+JJNFNkCfPTJcozUyeKstLpivJSq0sx0q3LcZKwi7EStEv&#10;wUvnL71K9DG7Sv8yuEr/MrdL/zO2S/8ztkv/M7ZL/zO2S/8ztkv/M/9KGgH/UhUB/1oWAf9hGwH/&#10;ZiEB/mgpAvRoMgPsZzwG5WRIC99hVBDZXl4X0ltpHM5YciDLVnskyFSDJ8VSiyrDUZIswVCZLr9P&#10;oS+9T6gxu06xMrlOvDO3Tso0tU7hNLJO8TWvT/02rU//NqxP/zarT/82q0//NqtP/zarT/82q0//&#10;Nv9NFwH/VRIB/18UAP9mGAD/ax0B+G0kAe1uLALlbTYE3WtDCNRnTxDNZFoXyGBkHcRdbSLBW3Ym&#10;vVl+KbtXhSy4Vo0vtlWUMbRUnDOyU6Q0sFKtNq1StzesUsU4qlLaOKdS7TmlU/o5o1P/OaJT/zmh&#10;VP84oVT/OKFU/zihVP84oVT/OP9PFAH/WRAA/2MSAP9qFAD/bxkA8nIfAOZ0JgHddDEC03E/CMtt&#10;Sw/FaVYXwGZgHbtjaSK3YHEntF55K7FcgC6uW4gxrFmPM6pYlzWnV583pVeoOaNWszqhVsA7n1bS&#10;PJ1W6TybV/g8mlf/PJlY/zuYWP87mFj/OphY/zqYWP86mFj/Ov9SEgH/XA4A/2YQAP9tEQD6cxQA&#10;63cYAOB5HwDUeS0Cy3Y8B8RySA6+b1MWuGtcHbNoZSKvZW0nrGN1K6lhfC+mX4Qyo16LNaFdkzee&#10;XJs5nFukO5larz2XWrs+llrMP5Ra5T+SW/U+kVv/PpBc/z2QXP88j1z/PI9c/zyPXP88j1z/PP9V&#10;EQD/Xw0A/2kOAP9xDgD1dxAA5nsRANl9GADOfSoCxXs5Br53RQ63dFAVsXBZHK1tYiKoamknpWhx&#10;LKFmeC+eZIAzm2KHNphhjziWYJg7k1+hPZFeqz+PXrhAjV7IQYte4UGKX/NAiV//P4lg/z6IYP8+&#10;iGD/PYhg/z2IYP89iGD/Pf9XDwD/YgwA/2wMAPh0DADpegwA3n4MANKBFQDIgScBwH82Brh8Qg2y&#10;eE0VrHVWG6dyXyKib2YnnmxuLJtqdTCXaHwzlGeENpFljDmOZJU8jGOePoliqECHYrVChWLFQoRi&#10;3kODY/FCgmP9QYJk/0CCZP8/gmT/P4Jk/z+CZP8/gmT/P/9ZDgD/ZAsA/24KAOp3CADbfQgA1IIK&#10;AMyEEgDDhSQBu4M0BbOAQAytfEsUpnlUG6F2XCGcc2QmmHFrK5Rvci+RbXkzjmuBNotqiTmIaJI8&#10;hWebP4JmpkGAZrJDfmbBRH1m2UR8Z+9DfGf8QXxo/0B8aP9AfGj/P3xo/z98aP8/fGj/P/9bDAD/&#10;ZwkA93EHAN56BQDUgAcAzoUJAMeHEQC+iCIBtocxBK+EPguogUkTon1SGpx6WiCXd2Emk3VoK49z&#10;by+LcXcziG9+NoVuhjqCbY89f2uZP3xro0J5arBDeGq/RHZq1EV2a+1Ddmv7QnZr/0F2bP9Admz/&#10;QHZs/0B2bP9Admz/QP9dCgD/aQcA7HQDANp8BADQgwYAyYgHAMOKDwC6iyABsoovBKuIPAqkhUcS&#10;nYFQGZh+WB+TfF8ljnlmKop3bS6GdXQygnR8Nn9yhDl8cY09eXCWQHZvoUJ0bq5Ecm69RXBu0UVw&#10;b+tEcG/6Q3Fv/0Fxb/9AcXD/QHFw/0BxcP9AcXD/QP9fCAD/awQA4XYAANR/AwDLhgUAxYsGAL6N&#10;DQC1jx4Aro4tA6aMOgmfiUURmYZOGJODVh6OgF0kiX5kKYV8ay2BenIyfXh5NXp3gjl3dos8c3WV&#10;P3F0n0Juc6xEbHO7RWtzzkVrc+lEa3P4Q2tz/0Jsc/9BbHP/QGxz/0Bsc/9AbHP/QP9hBQD6bgEA&#10;3XkAANCCAgDHiQQAwI4EALmRDACxkhsAqZIrA6KQOAibjUMPlIpMF46IVB2JhVsjhINiKICBaS18&#10;f3AxeH53NXV8fzhxe4g8bnqSP2t5nUFoeKpDZni4RGV4zEVleOdEZXj3Q2Z4/0JmeP9BZnj/QGZ4&#10;/0BmeP9AZnj/QP9kAwDucQAA2HwAAMuFAgDDjAMAu5EDALOUCQCslhgApZYoAp2UNgeWkkEOkI9K&#10;FYqNUhyEi1oif4lgJ3uHZyx3hW4wc4N1NG+CfTdsgYY7aX+QPmZ+m0FjfqhDYX22RGB9yURffeVD&#10;YH32QmB9/0Fhff9AYX3/QGF9/0Bhff9AYX3/QP9nAADjdAAA0n8AAMeIAQC+jwIAtpUBAK6YBgCm&#10;mhUAn5omApiZMwaRlz8Mi5VIFIWTUBp/kVggeo9fJXaNZSpyi2wubopzMmqIezZmh4Q5Y4aOPGCF&#10;mT9dhKZBW4S0QlqEx0NahONCWoP0QVuD/0Bbg/9AW4P/P1uD/z9bg/8/W4P/P/9qAADeeAAAzYMA&#10;AMKMAAC5kwAAsJgAAKedAgCgnxIAmZ8jAZOeMQWMnTwLhZtGEn+ZThh6l1YedZZdI3CUYyhskmos&#10;aJFxMGWQeTRhjoI3Xo2MOlqMlz1YjKQ/VouyQFSLxUBUi+FAVIrzP1WK/j9Vif8+VYn/PlWJ/z5V&#10;if8+VYn/Pu9vAADWfAAAyIcAAL2RAAC0mAAAqpwAAKCiAACZpBAAk6UgAYykLgOFozkJf6JDD3mg&#10;TBZ0n1Mbb51aIGqcYSVmmmgpY5lvLV+YdzBbl4A0WJaKN1WVlTlSlaI7UJSwPU+Uwz1PlN88T5Py&#10;PE+S/TxPkv88T5H/PE+R/zxPkf88T5H/POR0AADPgQAAwowAALiWAACtnAAAo6EAAJioAACQqg0A&#10;i6sbAIWrKgJ+qjYGeKlBDHKoSRJtp1EYaaZYHGSkXyFgo2YlXaJtKVmhdSxWoX4vU6CIMk+fkzVN&#10;n6A3S56vOEqewThJnt04SZ3wOEmc/DhJm/85SZv/OUmb/zlJm/85SZv/Odt6AADIhwAAvJIAALGa&#10;AACmoAAAnKYAAJGsAACHsQgAgbIWAHyzJgF2sjMEcbI9CWuxRw5msE8TYq9WGF6uXRxarWQgV6xr&#10;I1SscyZQq3wpTaqGLEqqki9IqZ8wRqmtMkWpvzJEqtoyRKjvMkOn+zNDpv8zQ6X/NEOl/zRDpf80&#10;Q6X/NNCBAADBjgAAtZgAAKmfAACepQAAk6wAAIiyAAB8uQIAdroRAHK7IQBuuy4CaLs6BmS6Qwpf&#10;ukwOW7lTEle4WhZUuGEZUbdpHE63cR9LtnoiSLaEJUW2kCdDtZ0pQbWsKkC2vio/ttgqP7TuKj6z&#10;+iw9sv8tPbH/LT2x/y09sf8tPbH/LceJAAC5lQAArJ0AAKGkAACWqwAAirIAAH+4AABzvwMAasQM&#10;AGfFGgBjxSgBX8U1A1vFPwVXxUgJVMRQDFDEWA9NxF8SSsNmFUjDbhdFw3gaQsOCHEDDjh4+w5wf&#10;PMOrIDvDvCE6w9UhO8LuITnA+SI4v/8kOL//JDi//yQ4v/8kOL//JL2RAACwmwAApKIAAJiqAACM&#10;sQAAgLkAAHW/AABqxgQAXswIAFnPEgBX0CEAVdAuAVHQOQJO0EMES9BMBknQUwhG0FsLQ9BjDUHQ&#10;aw8+0HURPNGAEzrRjBQ40ZoWNtGpFzXRuxc00tIXNdDsFjTP9xgzzv8aM87/GjPO/xozzv8aM87/&#10;GrOZAACmoQAAmqkAAI6xAACBuQAAdcAAAGrHAABezQMAVNQIAEzdDQBK3RgASN4mAEbeMgFE3zwC&#10;Qt9FAz/fTQQ94FUFO+BdBjngZgg34G8JNeF6CjPhhgwx4ZQNMOKjDi7isw4u48cOLePjDi3g8g4s&#10;3/sPLN/9ECzf/RAs3/0QLN/9EKigAACcpwAAj7AAAIO4AAB2wQAAaskAAF7PAABT1QEASdwGAEXp&#10;DwBC6RkAQOokAD3qLgA66zYBOOw+ATbsRgIz7U0DMe1VAy/uXQQt7mUFK+5wBSnvewYo74kHJvCX&#10;ByXwpwgk8bgII/HMCCLy5Qgi8PMIIu/1CCLv9Qgi7/UIIu/1CJ6mAACRrwAAhLgAAHfBAABqyQAA&#10;XdAAAFHXAABG3QAAP+oFADz2DgA59hcANvcgADP3KAAx+DAALvk2ASv5PQEp+kQBJ/pKAiX7UgIj&#10;+1oCIPxjAx78bgMc/XsDG/6JBBn+mAQY/6gEF/+3BBb/yAQW/+AEFv/kBBb/5AQW/+QEFv/kBJOu&#10;AACFtwAAeMAAAGrJAABd0gAAUNkAAETfAAA65AAANfcDADL/DAAu/xIAK/8aACj/IQAm/ycAI/8t&#10;ACD/MwAe/zkBHP8/ARn/RQEX/00BFf9VARP/XwER/2oCEP94Ag7/hwIO/5YCDf+kAgz/sAIM/74C&#10;DP/CAgz/wgIM/8ICDP/CAoe2AAB5vwAAa8kAAF7TAABQ2wAAQ+AAADjlAAAv8AAAK/8AACf/CAAk&#10;/w4AIf8TAB7/GQAb/x4AGP8jABX/KAAT/y0AEf8yABD/OAAO/z8ADP9GAQr/TwEH/1kBBP9lAQH/&#10;cgEA/4EBAP+PAQD/mwEA/6cBAP+pAQD/qQEA/6kBAP+pAf8sLwH/MCwB/zIsAv8zMAL/MTYD/zBB&#10;A/8vTQT/LVoG/ytmB/8pcwj/KH4K/yeIC/8nkQz/J5kN/yafDf8mpQ7/JqsO/yaxD/8muA//JsAP&#10;/ybJD/8m1w//JuYP/ybwD/4m+Q/7J/8P+Sf/D/km/xH4Jv8R+Cb/Evgm/xL4Jv8S+Cb/Ev8uLAH/&#10;MykB/zUqAv82LQL/NjQC/zU/A/8zSwT/MlcG/zBkB/8ucAn/LHsK/yyFDP8rjg3/K5YO/yqdD/8q&#10;ow//KqkQ/yqvEP8pthD/Kb0R/ynHEf8p0xH+KeMR+yrvEfgq+BD2K/8Q9Cr/EvQq/xPzKv8U8yn/&#10;FPMp/xTzKf8U8yn/FP8xKQH/NiYB/zkmAf86KQL/OzIC/zs9A/85SAX/N1QG/zVgB/8zbAn/MncM&#10;/zCCDf8wiw7/L5MP/y+aEP8uoBH/LqYR/y6sEv8usxL+LroS/S7EEvsuzxP4LuES9S7tEvEv9xLv&#10;L/8T7i7/Fe0u/xbsLv8X7C7/F+wu/xfsLv8X7C7/F/80JgH/OSMB/z0jAf8+JgL/QS8C/0E5A/8/&#10;RQT/PVAG/ztcCP85aAr/N3MN/zZ+Dv81hxD9NI8R/DSWEvoznRP5M6MT+DOpFPczsBT2M7cU9DPA&#10;FPMzzBTwM94U7TPrFOk09hXnM/8X5jP/GOQy/xnkM/8a4zL/GuMy/xrjMv8a4zL/Gv84IwH/PSAB&#10;/0EfAf9FIwH/RywC/0c2A/9GQAT/REwG/0FYCP8/ZAv7Pm8O+Tx5EPY7gxH0OosT8zmTFPE5mRTw&#10;OKAV7jimFu04rRbsOLQW6ji9Fuk4yRbnONsW4znqFuA49RjdOP8a2zf/HNk3/x3XN/8d1jf/HtY3&#10;/x7WN/8e1jf/Hv87IAH/QRwB/0UaAf9LIAH/TSgB/04yAv9NPAT/SkcG+khTCPZGXwvyRGoO70J0&#10;EexBfhPqQIcU6D+OFeY+lhblPpwX4z2jGOI9qhjgPbIY3z27Gd09xhnbPdga1j3pGtI99R3OPf4f&#10;zDz/IMs8/yHJPP8hyTz/Ick8/yHJPP8hyTz/If8/HAH/RRcB/0sXAf9QHQH/UyQB/1QtAv9TNwP3&#10;UUIF8U5NCOxMWgvoSmUP5UhvEeJHeRTfRYIW3USKF9pDkRnYQpka1UKfG9NBphzRQa4dz0G3Hs5B&#10;wR7MQdAfyULlH8VC8yHCQf4jwEH/JL5B/yS9Qf8lvUH/Jb1B/yW9Qf8lvUH/Jf9CGAH/SRMA/1AU&#10;AP9WGQD/WSAB/1ooAfdaMgLvWD0E6FVJB+NTVQreUWAO2U5qEtRMdBbQS3wYzkmEG8xIjBzKR5Me&#10;yEeaH8ZGoSHERqkiwkWxI8FFvCO/RckkvUbfJblG7ya2RvsntEb/KLNG/yiyRv8osUb/KLFG/yix&#10;Rv8osUb/KP9GFQD/TREA/1USAP9bFgD/XhsA+WAjAe9gLAHmXjYD31xEBdhZUArRV1sPzFRlFMhS&#10;bhjFUHcbw09/HcBOhh++TY4hvEyVI7pLnCS4SqQmtkqsJ7RKtiizScMpsUnWKa5K6iqrSvgrqUr/&#10;K6hL/yunS/8rp0v/K6dL/yunS/8rp0v/K/9JEgD/UA4A/1kQAP9fEgD/YxYA8mUdAOdlJQDeZDEB&#10;1GI/Bc1gSwrHXVYPwlpgFb5YaRm7VnEcuFR5H7ZTgSKzUogksVCQJq9QlyitT58pq06oK6lOsiyn&#10;Tr4tpk7OLqNO5i6hT/Uun0//Lp5P/y6dT/8unVD/Lp1Q/y6dUP8unVD/Lv9MEAD/VA0A/10OAP9j&#10;DwD5ZxEA62kVAN9qHADTaiwBy2g7BMVlRwm/YlIPumBcFbZdZRmyW20dr1l1IaxYfCOqVoMmp1WL&#10;KKVUkyqjU5ssoVOjLp9SrS+dUrkwm1LJMZlS4jGXU/IxllP/MZVU/zGUVP8wlFT/MJRU/zCUVP8w&#10;lFT/MP9PDgD/WAsA/2ALAPtmDADwaw0A5G0OANZuFgDMbygBxG03BL1rRAm3aE8PsmVYFa5iYRqq&#10;YGkep15wIaRdeCWhW38nn1qHKpxZjiyaWJcumFegMJVWqjKTVrUzkVbFNJBW3TSOV/A0jVf9M4xY&#10;/zOMWP8yjFj/MYxY/zGMWP8xjFj/Mf9RDAD/WwkA/2MIAOtqBwDdbggA2HEKAM9yEwDGcyUBvnI0&#10;A7dwQQixbUwOrGpVFKdnXhmjZWUeoGNtIpxhdCWaYHsol16DK5Rdiy2SXJMwj1ucMo1apjSLWrI1&#10;iVrBNoda1jaGW+02hVv7NYVc/zSEXP8zhFz/M4Rc/zOEXP8zhFz/M/9TCgD/XQYA9WYEAN9tAwDV&#10;cgYA0HUJAMl2EQDAdyIAuHYxA7F0PgercUkOpm5SFKFsWxmdaWIdmWdqIpZmcSWTZHgokGN/K41h&#10;hy6KYJAwiF+ZM4VfozWDXq82gV6+OIBe0Th/X+o3fl/6Nn5g/zV+YP80fmD/NH5g/zR+YP80fmD/&#10;NP9VCAD/YAQA6GkAANpwAwDQdQUAyngHAMN6DwC7ex8As3ovAqx4PAemdUYNoXNQE5xwWBiXbmAd&#10;k2tnIZBqbiWNaHUoimd8K4dmhC6EZI0xgWOWNH9joTZ8Yq03emK7OXlizjl4Y+g4eGP4N3hk/zZ4&#10;ZP81eGT/NXhk/zV4ZP81eGT/Nf9XBQD/YgEA4WwAANRzAgDLeAQAxXsFAL59DQC2fh0Ar34sAqh8&#10;OQaheUQMnHdOEpd0VhiScl0cjnBkIIpuaySHbHIohGt6K4Fqgi5+aYoxe2iUNHhnnzZ2Zqo4dGa5&#10;OXNmyzpyZuY5cmf3OHJn/zdyaP82cmj/NXJo/zVyaP81cmj/Nf9ZAgD2ZQAA3W4AAM92AQDHewMA&#10;wH8EALmADACxghoAqoIqAqOANwWdfUILl3tLEZJ4VBeNdlsbiXRiIIVyaSSBcXAnfm93K3tufy54&#10;bYgxdmySNHNrnDZwaqg4bmq3Om1qyTpsauQ6bWv1OG1r/zdta/82bWv/Nm1r/zZta/82bWv/Nv9b&#10;AADrZwAA2XEAAMx5AADDfgIAu4IDALSECQCthRgApoUoAZ+ENQWZgkAKk39JEI19UhaJe1kbhHlg&#10;H4B3ZyN8dW4neXR1KnZzfS5zcoYxcHGQNG1wmzZrb6c4aW+1Omhvxzpnb+I6Z2/0OGhv/zdob/82&#10;aG//Nmhv/zZob/82aG//Nv9eAADkagAA03QAAMh8AAC/gQEAt4UBAK+HBwCoiRUAoYklAZuIMwSU&#10;hj4JjoRHD4mBUBWEf1caf35eHnt8ZSJ4emwmdHlzKnF4ey1ud4Qwa3aOM2h1mTZmdKU4ZHOzOWJz&#10;xDpic+A6YnPzOGNz/zdjc/82Y3P/NmNz/zZjc/82Y3P/Nv9hAADgbQAAz3cAAMR/AAC7hQAAs4kA&#10;AKqLAwCjjBMAnI0jAZaMMAOQizwIiolFDoSHThN/hVUYe4NcHXeCYyFzgGolb39xKWx9eSxpfIIv&#10;ZnuLMmN6lzVgeaM3XnmxOF15wjlced05XXnxOF14/jdeeP82Xnj/NV54/zVeeP81Xnj/NfVkAADc&#10;cAAAynoAAMCDAAC2iQAAro0AAKSPAACdkRAAl5IgAJGRLgOKkDkHhI5DDH+NTBJ6i1MXdYlaG3GI&#10;YSBuhmgjaoVvJ2eEdytjg38uYIKJMV2BlDNbgKE2WX+vN1d/wDhXf9o3V3/wN1h+/TZYfv81WH7/&#10;NVh+/zVYfv81WH7/NeloAADUdAAAxn4AALuHAACyjQAAqJEAAJ6UAACWlg4AkZccAIuXKwKFljcF&#10;f5RBCnmTSRB0klEVcJBYGWyPXx1ojmYhZYxtJWGLdChein0sW4mHL1iIkjFVh58zU4etNVKHvjVR&#10;h9Y1UYbuNVKF+zRShf80UoX/M1KF/zNShf8zUoX/M+NsAADOeQAAwYMAALaLAACskQAAopUAAJeZ&#10;AACPmwsAip0YAISdJwF+nDQEeZs+CHOaRw1vmU8SaphWF2aXXRtjlWMeX5RqIlyTciVZknsoVZGF&#10;K1KRkC5QkJ0wTpCrMUyQvDJMkNMyTI/tMkyO+jJMjf8xTIz/MUyM/zFMjP8xTIz/MdxxAADIfgAA&#10;u4gAALGRAACmlgAAnJoAAJCfAACHogYAgaMUAHykIwF3pDADcqM7Bm2iRAtooUwPZKBUE2CfWhdd&#10;nmEbWZ1oHladcCFTnHkkUJuDJ02ajilKmpssSJqpLUeZui1GmtAtRpjrLUaX+S5Glv8uRpb/LkaW&#10;/y5Glv8uRpb/LtF3AADBhAAAto4AAKqVAACgmwAAlZ8AAIqkAAB9qQAAd6sQAHOrHgBvrCwBaqs3&#10;BGWrQQdhqkkLXalRD1qpWBNXqF8WU6dmGVCnbhxNpnYfSqWBIUiljCRFpZkmQ6SoJ0KkuChBpM4n&#10;QaPqJ0Ci+ChAof8pQKD/KUCg/ylAoP8pQKD/Kcl+AAC6iwAAr5QAAKOaAACYoAAAjaUAAIKqAAB1&#10;sAAAbLMMAGm0GABltCcBYbQzAl60PQRatEYHVrNOClOzVQ1Qs1wQTbJjE0qyaxZHsXQYRbF+GkKw&#10;ih1AsJcePrCmIDywtyA8sMwgPK/oIDuu9yE6rf8iOqz/Izqs/yM6rP8jOqz/I8CGAACzkgAAp5kA&#10;AJyfAACQpgAAhKwAAHmxAABttwAAYbwFAF29EgBaviAAWL4tAVS+OAJRvkIETr5KBky+UghJvlkK&#10;Rr5gDES+aA5BvXERP718Ezy9iBU6vZUWOL2kFze9tRg2vcoYN7znFzW79hk1uv8aNLn/GzS5/xs0&#10;uf8bNLn/G7iPAACqmAAAn58AAJOmAACHrAAAe7MAAG+5AABjvgAAWMQEAFDIDABNyBcATMklAErK&#10;MQBHyjsBRcpEAkPKTANBylQEPspcBjzKZAc6y24JOMt4CjbLhQw0y5INMsuiDjHLsg8wzMcPMMvl&#10;Di/J9Q8uyP0RLsf/Ei7H/xIux/8SLsf/Eq6XAAChngAAlaUAAImtAAB8tAAAcLsAAGTBAABZxgAA&#10;TssDAEXQCAA+1Q4APdUaADzWJgA71zEAOdg7ADjZRQE22U0BNdlWAjPaXgIx2mgDMNtzBC7bfwUs&#10;240FKtydBincrQYo3cEGKN3eBifb7wcm2fkIJtj+CSbY/gkm2P4JJtj+CaSdAACYpQAAi60AAH60&#10;AABxvAAAZcMAAFnJAABNzQAAQ9MBADrZBgA15A0AM+QWADHkIAAw5SoALuYzAC3mPAAr50QAKudM&#10;ASjoVAEn6F0BJelnAiPpcwIi6oECIOqRAx/roQMd67IDHOzHAxzs4QMb6vEDG+n5Axvp+QMb6fkD&#10;G+n5A5qkAACNrAAAf7UAAHK9AABlxQAAWcsAAEzQAABB1QAAONwAAC/hAgAt8Q0AK/ETACjyHAAm&#10;8iQAJPMrACL0MgAh9DkAH/VBAB31SQAb9lEAGfdaARf3ZQEV+HIBFPmBARP5kgES+qICEfqzAhD7&#10;xgIQ+90CEPvpAhD76QIQ++kCEPvpAo+rAACBtAAAc70AAGbGAABZzQAAS9MAAEDZAAA13gAALOMA&#10;ACbxAAAk/goAIf8QAB//FgAc/xwAGf8iABf/KAAV/y4AE/81ABL/PAAQ/0MADv9MAA3/VgAL/2IA&#10;Cf9vAAj/fwEH/5ABBf+gAQT/rgEE/7wBA//HAQP/xwED/8cBA//HAYO0AAB1vQAAZ8YAAFrPAABL&#10;1QAAP9wAADPhAAAp5QAAIewAAB79AAAa/wUAF/8MABX/EAAS/xQAEP8ZAA7/HgAN/yMAC/8oAAj/&#10;LgAG/zUAA/89AAD/RgAA/1EAAP9dAAD/awAA/3sAAP+LAAD/mQAA/6UAAP+sAAD/rAAA/6wAAP+s&#10;AP8nLAH/KioB/ysqAf8qLgH/JjQC/yU/Av8jSwP/IVgD/yBkBP8ecAT/HXsE/x2FBf8djgX/HZYF&#10;/x2cBv8dogb/HKgG/xyuB/8ctAf/HLsH/xzDB/8czgf/Hd8H/x3rB/wd9Qf5Hf4G9x7/B/cd/wj2&#10;Hf8J9h3/CfYd/wn2Hf8J9h3/Cf8pKgH/LCcB/y4nAf8tKgH/LDIB/ys9Av8pSQP/J1UD/yVhBP8j&#10;bQT/IngF/yKCBf8hiwb/IZMG/yGaB/8hoAf/IaUH/yGrCP8hsQj/IbgI/yHBCP8hywj8IdwI+SHp&#10;CPYh9AjzIv0H8iL/CfEi/wrxIf8L8CH/C/Ah/wvwIf8L8CH/C/8sJgH/MCQB/zEjAf8xJgH/Mi8B&#10;/zE6Av8vRgP/LVID/yteBP8paQX/KHUF/yd/Bv8niAf/JpAH/yaWCP8mnQj+JqMJ/SapCfwmrwn7&#10;JrYJ+ia+CfgmyAn2JtkJ8iboCe8n8wntJ/0K6yb/C+om/w3pJv8N6Cb/Dugm/w7oJv8O6Cb/Dv8v&#10;IwH/MyAB/zUfAf83IwH/OCwB/zg3Av82QgL/NE4D/zJaBP8wZQX/LnAG/i17B/wthAj6LIwJ+CyT&#10;CfcsmQr2K6AK9CumCvMrrAvyK7ML8Su7C+8rxgvuLNQL6izmC+Ys8gvkLPwN4iz/D+Es/xDgLP8Q&#10;3yz/Ed8s/xHfLP8R3yz/Ef8zHwH/NxsB/zoaAf89IAH/PygB/z8yAf89PgL/O0kD/zlVBPs3YQb3&#10;NWwH9TR2CPIzfwnwMocK7zKPC+0ylgvsMZwM6jGiDOkxqQzoMbAN5jG5DeUxww3jMtEN3zLlDNwy&#10;8Q/YMfwR1TH/EtIx/xPRMf8U0DH/FNAx/xTQMf8U0DH/FP83GwH/OxcA/z8WAP9DHAD/RiQB/0Yu&#10;Af9EOQL8QkQD9j9QBPE9XAbtPGcH6jtxCeg6egrlOYML4ziLDOI4kg3gN5kN3zefDt03pg7bN60P&#10;2Ta2ENc2wRDVNs4Q0TfjEc038RPKN/sVyDf/FsY3/xfFN/8YxDf/GMQ3/xjEN/8YxDf/GP87FwD/&#10;QBMA/0UTAP9JGAD/TCAA/0wpAfpLMwHySD4C7EZKBOdEVgbjQ2II30FsCtxAdQzZP34N1T6GD9M9&#10;jRDRPZQRzzybEs08ohPMPKkUyjuxFMg7uxXHO8gWxTzcFsE87Re+PPkZuzz/Gro8/xu5PP8buDz/&#10;G7g8/xu4PP8buDz/G/8+FAD/RBAA/0oRAP9PFAD/URsA+1IjAPFRLQHpTzgB4k1FA9xLUQXWSVwI&#10;0UdmC85GcA7LRXgQyESAEsZDhxTEQo4Vw0KVFsFBnBe/QaQYvUCsGbxAthq6QMIauEDSG7VB6Buy&#10;QfYdsEH/Hq5B/x6tQf8erEH/HqxB/x6sQf8erEH/Hv9CEQD/Rw0A/08OAP9TEQD/VhUA81ccAOhW&#10;JQDgVTEB11M/As9STAXKUFcJxk5hDcNMahDASnISvUl6FbtIgha5R4kYt0eQGbVGlxuzRp8csUWn&#10;HbBFsR6uRbwfrEXMH6pF4yCnRvMhpUb/IaNG/yKiRv8hokb/IaJG/yGiRv8hokb/If9FDgD/SwoA&#10;/1MMAP9XDQD5WhAA61sUAN9aHADUWisAzFo7AsZYSAXBVlMJvFRcDblSZRG1UG0Us091F7BOfBmu&#10;TYQarEyLHKpLkh6oSpofpkqjIaRJrCKjSbgjoUnGJJ9K3iSdSvAkm0r9JZlL/ySZS/8kmEv/JJhL&#10;/ySYS/8kmEv/JP9IDAD/TwgA/1YIAPVbCQDpXgoA5F4NANVfFQDLYCcAxF82Ar5eQwW4W04JtFlY&#10;DrBXYRKsVWkVqlRwGKdTeBqlUn8colGGHqBQjiCeT5YinE6fI5pOqCWYTrMml07CJ5VO1ieTTuwn&#10;kU/7J5BP/yeQUP8mj1D/Jo9Q/yaPUP8mj1D/Jv9KCQD/UwUA+FoEAOJfAwDaYgYA1GMJAM1jEgDE&#10;ZSMAvGUyArZjQAWxYUsJrF5UDqhcXRKlW2UWoVlsGJ9YcxucVnoemlWCIJhUiiKVVJIkk1ObJpFS&#10;pSePUrApjVK+KoxS0CqKU+kqiVP5KYhU/ymHVP8oh1T/KIdU/yiHVP8oh1T/KP9MBQD/VgEA6V0A&#10;ANxjAgDRZwUAzGgHAMZoEAC9aiAAtmkvAbBoPASqZUcJpWNRDaFhWhKdX2EWml5pGZdccByVW3ce&#10;klp+IZBZhiONWI4li1eXJ4lXoSmGVq0rhVa6LINWzCyCV+YsgVf3K4BY/yqAWP8qgFj/KYBY/ymA&#10;WP8pgFj/Kf9PAgD9WQAA4mAAANVnAADMagMAxmwFAMBsDgC3bR0AsG4sAapsOQSlakQIoGhODZtm&#10;VxGXZF4VlGJlGZFgbByOX3Mei157IYldgiSGXIsmhFuUKIFbnip/WqosfVq3LXxayS56WuMuelv1&#10;LXpc/yx5XP8relz/Knpc/yp6XP8qelz/Kv9RAADyWwAA3mQAAM9qAADHbgIAwHAEALpwDACycRoA&#10;q3EpAaVwNwOfbkIHmmxLDJZqVBGSaFwVjmZjGItlaRuIY3AehWJ4IYJhfySAYIgmfV+RKXtfnCt4&#10;Xqctdl61LnVexi90XuEvdF/zLnRf/yx0YP8rdGD/K3Rg/yt0YP8rdGD/K/9TAADoXgAA2WcAAMtt&#10;AADDcQEAu3MCALVzCQCtdRcAp3UnAaF0NAObcj8HlXBJC5FuUhCMbFkUiWpgGIVpZxuCaG4ef2Z1&#10;IX1lfSR6ZIUmd2SPKXVjmityYqUtcGKzL29ixC9uYt4vbmPyLm5j/i1uY/8sbmP/K25j/ytuY/8r&#10;bmP/K/9VAADlYAAA02kAAMhwAAC/dAAAt3cBALB3BwCoeBUAonkkAJx4MgKWdj0GkXRHC4xyTw+I&#10;cFcThG9eF4BtZBp9bGsdemtzIHdqeiN0aYMmcmiNKW9nlyxtZ6Mua2axL2lmwTBpZtswaWfwL2ln&#10;/S1pZ/8samf/K2pn/ytqZ/8ramf/K/5YAADhYwAAz2wAAMRzAAC7eAAAs3oAAKt6BACkexIAnnwi&#10;AJh8LwKSejsFjHhFCod3TQ6DdVUSf3NcFntyYhp4cGkddW9wIHJueCNvbYEmbWyLKWpslitoa6Eu&#10;ZmuvL2RqvzBja9gwY2vvL2Rr/C1ka/8tZWv/LGVr/yxla/8sZWv/LPRbAADdZgAAy28AAMB2AAC3&#10;ewAAr34AAKZ+AQCffxAAmYAfAJOALQKNfzkFiH1DCYN7Sw1+elMSenhaFnZ3YRlzdWcccHRuH21z&#10;diJqcn8maHGJKGVwlCticKAtYG+tL19vvS9eb9QvXm/tL19v+y1fb/8sYG//LGBv/yxgb/8sYG//&#10;LOteAADYaQAAx3IAALx5AACzfwAAq4IAAKGCAACZgw4AlIQdAI6EKwGIgzYEg4JACH6ASQx5f1EQ&#10;dX1YFHJ8Xxhue2Uba3psHmh5dCJleH0lYneHJ2B2kipddZ4sW3WrLlp0uy9ZddEvWXTsLll0+i1a&#10;dP8sWnT/K1p0/ytadP8rWnT/K+ZhAADRbQAAw3YAALl9AACvgwAApoYAAJyGAACUiAwAjokZAImJ&#10;KAGDiTQDfoc+B3mGRwt0hU8PcIRWE22CXRdpgWMaZoBqHWN/ciBgfnojXX2EJlp8jylYe5wrVnup&#10;LFR7uS1Te84tVHrqLVR6+SxUef8rVXn/KlV5/ypVef8qVXn/KuFlAADMcQAAv3oAALSCAACrhwAA&#10;oYoAAJWLAACNjQkAh44WAIKPJAF9jzECeI47BXONRAlvjEwNa4pUEWeJWhVkiGEYYYdoG16GcB5b&#10;hXghWISCJFWEjSZSg5opUIKnKk+CtytOgswrToLoK06B+CpPgP8qT4D/KU+A/ylPgP8pT4D/Kdtq&#10;AADHdQAAun8AALCHAACmjAAAnI8AAI+RAACGkwUAgJQSAHuVIQB3lS0BcpU4BG2UQgdpk0oLZZJR&#10;DmKRWBJekF8VW49mGFiObRtVjnYeUo2AIU+MiyNNi5glS4ulJ0mLtShIi8ooSIrnJ0mJ9yhJiP8n&#10;SYf/J0mH/ydJh/8nSYf/J9FvAADBewAAtYQAAKuMAACgkAAAlZQAAImXAAB+mgAAd5sOAHOcHABv&#10;nSkBa5w1AmacPwVim0cIX5pPC1yaVg9YmVwSVZhjFVOYaxdQl3MaTZZ9HUqViR9HlZUhRZWkI0SU&#10;syNDlMgjQ5TlI0OS9SRDkf8kQ5D/JEOQ/yRDkP8kQ5D/JMp1AAC7gQAAsIsAAKSRAACalQAAj5kA&#10;AIOdAAB0ogAAbqMLAGqkFwBmpSUAY6UxAV+kOwNbpEQFWKRLCFWjUwtSo1oNT6JhEE2iaBNKoXEV&#10;R6B7GESghhpCn5McQJ+iHT6fsh49n8YePZ/jHT2d9B49nP8fPJv/Hzyb/yA8m/8gPJv/IMJ8AAC1&#10;iAAAqZAAAJ6WAACTmwAAh58AAHukAABvqAAAY6wEAF+tEQBcrR8AWq4rAFeuNgFUrkADUa1IBU6t&#10;TwdLrVcJSa1eC0asZg1ErG4PQax4ET+rhBM8q5EVOqugFjmrsBc4q8MXOKrhFzep8xg3p/4ZNqb/&#10;Gjam/xo2pv8aNqb/GrqEAACujwAAopYAAJebAACLoQAAf6YAAHOrAABnrwAAWrQAAFO2DABRtxcA&#10;T7ckAE24MABKuDoBSLhDAka4SwNEuFIEQbhaBj+4Ygc9uGsJOrh1Czi3gQw2t44ONLedDzO3rQ8y&#10;t8EPMbfeDzG28hAwtPwRMLP/EjCz/xMws/8TMLP/E7KOAACllQAAmpsAAI6iAACCqAAAda0AAGmz&#10;AABetwAAU7sAAEfABQBDwhAAQsIbAEDDJwA/wzIAPsQ8ADzERAE6xE0BOMRVAjbEXQM1xGYEM8Vw&#10;BDHFfAYvxYoGLcWaByvFqggqxb4IKsXaCCrE8AgpwvsJKMH/CijB/wsowf8LKMH/C6iVAACdmwAA&#10;kaIAAISpAAB4rwAAa7UAAF+7AABUvwAAScMAAD/IBAA2zQkAM84RADLPHAAxzycAMNAxAC/QOgAu&#10;0UMALdFMACvSVQAq0l8BKNNpASfTdgEl04QCJNSUAiLUpgIh1bkCIdXSAiDT6wIg0vYDH9H/BB/R&#10;/wQf0f8EH9H/BJ+bAACUogAAh6kAAHmxAABtuAAAYL4AAFTDAABJxwAAPssAADXQAQAt1QYAJdsL&#10;ACTeEgAj3hwAIt8lACHgLgAg4DcAH+FAAB7hSgAd4lMAHONeABvjagAa5HgAGOSIARflmgEW5qwB&#10;FebAARTn3QET5e8BE+P6ARPj+gET4/oBE+P6AZaiAACJqQAAe7EAAG65AABhwAAAVMYAAEjKAAA9&#10;zwAAM9MAACrZAAAi3gIAHusKABzsEAAb7RcAGe0fABfuJgAV7i0AFO81ABPwPQAR8EYAEPFQAA/y&#10;WwAO8mkADfN4AAz0igAL9ZwACvWuAAn2wgAJ9tkACPXtAAj17QAI9e0ACPXtAIupAAB9sgAAb7oA&#10;AGLCAABVyQAAR84AADvSAAAx2AAAJ90AAB/hAAAZ6AAAFvgGABT6DQAS+xIAEPwXAA78HQAN/SMA&#10;DP0pAAr+MAAI/zgABv9BAAP/TAAA/1gAAP9mAAD/dwAA/4kAAP+bAAD/qwAA/7sAAP/OAAD/zwAA&#10;/88AAP/PAH+yAABxugAAY8MAAFbLAABI0QAAOtYAAC/dAAAl4QAAHOUAABTpAAAR9wAAD/8BAA3/&#10;CQAL/w0ACP8QAAb/FAAD/xgAAP8eAAD/IwAA/yoAAP8yAAD/PAAA/0cAAP9UAAD/YwAA/3MAAP+F&#10;AAD/lwAA/6QAAP+yAAD/sgAA/7IAAP+yAP8iKQH/IycB/yMoAf8gKwH/HDEB/xo9Af8YSQH/FlYC&#10;/xRiAv8TbgL/EngC/xKCAv8SiwL/EpIC/xKZAv8SngL/EqQC/xKpAv8SrwL/ErYC/xK9Av8SxwL/&#10;EtQC/RLlAvoS8QL3EvoC9RP/AvQT/wP0E/8D9BP/A/QT/wP0E/8D9BP/A/8kJwH/JiQB/yYkAf8k&#10;JwH/Ii8B/yA6Af8eRgH/HFMC/xpfAv8YagL/F3UC/xd/Av8XiAL/F48C/xeWAv8XnAL/F6EC/xen&#10;Av8XrQL/F7MD/he7A/0XxQP6F9ED9xfkAvQX7wLxGPoC7xj/A+4Y/wTuGP8E7Rj/Be0Y/wXtGP8F&#10;7Rj/Bf8nIwH/KSAA/ykgAP8oIwD/KS0B/yc3Af8lQwH/I08C/yFbAv8fZgL/HXEC/x17A/8dhAP/&#10;HYwD/h2TA/wcmQP7HJ8D+hykA/kcqgP3HLED9hy5A/UdwgPzHc4D8B3hA+wd7gPpHvkE6B7/BeYe&#10;/wblHv8G5R7/B+Ue/wflHv8H5R7/B/8rHwD/LRwA/y0bAP8uIAD/LykA/y80Af8sPwH/KksC/yhX&#10;Av8mYgL9JW0D+iR3A/gjgAP2I4gD9SOPA/MjlQTyI5sE8SOhBO8jqATuI64E7SO2BOsjvwTqI8wE&#10;5yPgBOMk7QTgJPkG3iT/B9wk/wjbJP8J2iT/Cdok/wnaJP8J2iT/Cf8uGwD/MRcA/zIWAP81HAD/&#10;NiUA/zYvAf80OgH/MUYB+y9SAvctXQLzLGgD8CtyA+4qewTsKoQE6iqLBOgqkgXnKZgF5imeBeQp&#10;pQXjKawF4Sm0BeAqvQXeKsoF2yreBdYq7QfSKvgJzyv/Cs0q/wvMKv8Myyr/DMsq/wzLKv8Myyr/&#10;DP8yFwD/NRIA/zgSAP87GAD/PSAA/zwqAP47NQH3OUEB8TZNAuw0WALoM2MD5TJtBOMydgTgMX8F&#10;3jGHBdwwjgbaMJUG2DCbB9YvogfUL6kI0i+xCNAvugnPMMYJzTDYCckx6grGMfcMwzH/DsEx/w/A&#10;Mf8PvzH/D78x/xC/Mf8QvzH/EP82EwD/OQ8A/z4QAP9BFAD/QxoA/0IjAPVBLgDtPjoB5z1GAeE8&#10;UwLdOl4D2TloBNQ4cQbROHoHzzeBCM03iAnLNo8KyjaWCsg2nQvGNaQMxTWsDMM1tQ3BNcANwDbP&#10;Dr025g65NvQQtzb/EbU2/xK0Nv8Tszb/E7M2/xOzNv8Tszb/E/85EAD/PQsA/0MNAP9HEAD/SBQA&#10;9UccAOtGJgDjRDIA3ERBAdRDTQLPQVgEy0BiBsg/awjFPnQJwz17C8E9gwy/PIoNvTyQDrs8lw+6&#10;O58QuDunELY7sBG1O7sSszvJErE74BOuPPEUqzz9Fak8/xaoPP8WqDz/Fqc8/xanPP8Wpzz/Fv89&#10;DQD/QggA/0gKAP9LDAD6TA8A7EwUAOFKHQDWSiwAzks7AclKSALESFMEwEddB7xGZgm6RG4Lt0N2&#10;DbVDfQ6zQoQQsUGLEbBBkhKuQJoTrECiFKpAqxWpQLYWp0DEF6ZA2RejQe0YoEH7GJ9B/xmeQf8Z&#10;nUH/GZ1C/xidQv8YnUL/GP9ACQD/RgUA/0wFAPFPBwDmUAkA408NANVPFQDMUScAxVE2Ab9QQwK6&#10;T04Ftk1YCLNMYQqwSmkNrUlwD6tIeBGpR38Sp0eGFKVGjRWjRpUWoUWeGJ9FpxmeRbIanEW/GppF&#10;0RuYRekblkb4HJVG/xuURv8bk0b/G5NH/xuTR/8bk0f/G/9CBQD/SgEA8lAAAOFUAQDZVgUA01UJ&#10;AMxVEgDDViIAvFcyAbdWPwKyVEoFrVNUCKpRXQunUGQOpE5sEKJNcxKfTHoUnUyBFptLiReZSpEZ&#10;l0qZGpVJoxuTSa4dkkm7HpBJzB6OSuUejUr2HotL/x6LS/8dikv/HYpL/x2KS/8dikv/Hf9FAAD/&#10;TQAA5VQAANlZAADPWwMAylsGAMRaDwC7Wx4AtVwuAa9bOwKqWkYFplhQCKJWWQufVWAOnFNoEZlS&#10;bxOXUXYVlVB9F5NQhBmQT40ajk6WHIxOnx6KTqofiE63IIdOyCGFTuIhhE/zIINP/yCDT/8fglD/&#10;H4JQ/x6CUP8eglD/Hv9HAADzUQAA31gAANFdAADJYAIAw2AEAL1eDQC1YBoArmEqAKlgNwKkXkME&#10;n11NCJtbVQuYWV0OlVhkEZJXaxOPVnIWjVV5GItUgRqIU4kchlOSHoRSnB+CUqchgFK0In9SxCN9&#10;Ut4jfFPxInxT/iF7VP8he1T/IHtU/yB7VP8ge1T/IP9KAADpVAAA2lwAAMxhAADDZAAAvGQCALZj&#10;CgCvZBcAqWUnAKNkNAKeY0AEmWFKB5VfUguRXloOjl1hEYtbaBOJWm8Whll2GIRYfRqBWIYcf1eP&#10;Hn1WmSB7VqQieVaxI3dWwSR2VtokdVfvJHVX/SN1WP8idVj/IXVY/yF1WP8hdVj/If9NAADlVwAA&#10;018AAMhkAAC/ZwAAt2gAALFnBwCpaBQAo2kkAJ5oMgGZZz0ElGVHB5BkTwqMYlcNiGFeEIVfZROD&#10;XmwWgF1zGH1dehp7XIMdeVuMH3ZblyF0WqIjclqvJHFavyVwWtUlb1vtJW9b/CNvW/8ib1v/Im9b&#10;/yFvW/8hb1v/IfpPAADhWgAAz2IAAMRnAAC7awAAs2wAAKxqBACkaxIAnmwhAJlsLwGUazoDj2lE&#10;BopoTQmGZlUNg2VcEIBkYhN9YmkVemJwGHhheBp1YIAdc1+KH3BflCFuXqAjbF6tJWtevCZqXtEm&#10;aV7sJWpf+yRqX/8jal//Impf/yJqX/8ial//IvBSAADdXQAAy2UAAMBrAAC3bgAAr28AAKduAQCg&#10;bxAAmnAfAJRwLAGPbzgDim1CBoZsSwmCalIMfmlZD3toYBJ3ZmYUdWZuF3JldRpwZH4dbWOIH2tj&#10;kiJpYp4kZ2KrJWViuiZkYs8mZGLqJmVi+iRlY/8jZWP/ImVj/yJlY/8iZWP/IutVAADYYAAAyGgA&#10;ALxuAACzcQAAq3MAAKJxAACbcg4AlXMcAJB0KgGKczYChXJABYFwSAh9b1ALeW1XDnZsXhFza2QU&#10;cGpsF21pcxpraXwcaGiGH2ZnkCFkZ5wjYmapJWBmuSZfZs0mX2boJmBm+SRgZv8jYGb/I2Fm/yJh&#10;Zv8iYWb/IuhYAADTYwAAxGsAALlxAACwdQAAp3cAAJ51AACWdg0AkHcZAIt4JwCGdzMCgXY9BHx1&#10;Rgd4c04LdXJVDnFxXBFucGMUa29qFmlucRlmbnocY22DHmFsjiFfa5ojXWunJVtrtyZaa8omWmvn&#10;JVtr9yRbav8jXGr/Ilxq/yJcav8iXGr/IuNbAADOZgAAwG4AALZ0AACseQAAo3sAAJh5AACQegsA&#10;insWAIV8JACBfDEBfHs7BHd6RAZzeUwKcHhTDWx3WhBpdmETZ3VoFmR0bxhhc3gbXnKBHVxxjCBa&#10;cZgiWHCmJFZwtSVVcMglVXDlJVVw9iRWb/8jVm//Ildv/yJXb/8iV2//It9fAADKaQAAvHIAALJ4&#10;AACpfQAAn38AAJJ+AACKfwcAhIATAICBIQB7gS4Bd4A5A3KAQgVuf0oIa35RC2h9WA5kfF8RYntm&#10;FF96bRdceXUZWXh/HFd4ih5Ud5YhUnakIlF2syNQdsYkUHbjI1B19SNRdf8iUXT/IVF0/yFRdP8h&#10;UXT/IdhjAADFbQAAuHYAAK59AAClggAAmoMAAI2DAACEhAMAfYUQAHmGHgB1hysBcYc2Am2GPwRp&#10;hUcHZYRPCmKDVg1fg1wPXIJjElqBaxVXgHMYVH99GlF/iBxPfpQfTX6iIEt9sSFKfcQiSn3hIUt8&#10;9CFLe/8gS3v/IEt7/yBLe/8gS3v/INBnAADAcgAAtHsAAKqCAACghgAAlYgAAIeIAAB8igAAdowO&#10;AHKNGgBujicAao4yAWaNPANjjUQFYIxMCFyLUwpai1oNV4phEFSJaBJRiHEVT4h6F0yHhRpKhpIc&#10;SIagHUaGrx5FhcIeRYXfHkWE8h5Fg/4eRYL/HkWC/x5Fgv8eRYL/HsptAAC6eAAAr4EAAKWHAACa&#10;iwAAj40AAIGOAAB0kQAAbpMKAGmUFQBmlSIAY5UuAWCVOAJclUEEWZRJBlaUUAhUk1cKUZNeDE6S&#10;Zg9Mkm4RSZF4FEaQgxZEkJAYQo+eGUCPrRo/j8AaP4/cGj+N8Ro/jP0bP4v/Gz+L/xs/i/8bP4v/&#10;G8JzAAC1fgAAqocAAJ+MAACUkAAAiJMAAHuVAABsmQAAZZsEAGCcEABdnR0AW54pAFieNAFVnj0C&#10;Up1FA1CdTQVNnVQHS5xbCUicYwtGnGsNQ5t1D0GbgBE+mo0TPJqbFDqaqxU5mr0VOZrZFTmY7xY5&#10;l/wWOJb/FziV/xc4lf8XOJX/F7t6AACvhQAApIwAAJiRAACNlQAAgZoAAHWdAABooAAAW6QAAFal&#10;DABTphcAUacjAE+nLwBMpzgBSqdBAUinSQJGp1AEQ6dYBUGnXwY/pmgIPaZyCjqmfQs4pooNNqWZ&#10;DjSlqQ8zpbsPM6XUDzOk7g8yovsQMqH/ETKh/xEyof8RMqH/EbSCAACojAAAnZIAAJKXAACGnAAA&#10;eaEAAG2lAABhqQAAVawAAEuvBQBHsBAARbAcAESxJwBCsTIAQbI7AD+yQwE9sksBO7JTAjmyWwM3&#10;smQENbJuBTOyeQYxsocHL7GWCC6ypggtsrgJLLLQCCyw7Akrr/kKK67/Cyqt/wsqrf8LKq3/C62L&#10;AACgkgAAlZgAAImdAAB9owAAcagAAGStAABZsQAATbQAAEK4AAA7ugoAOLsTADe8HgA1vCkANL0y&#10;ADO9OwAyvUQAMb5MAC++VQEuvl4BLL5oASq+dAIpvoICJ7+RAya/ogMkv7QDI7/LAyO+6AMjvPcE&#10;Irv/BSK7/wUiu/8FIrv/BaSSAACYmAAAjJ4AAIClAABzqwAAZ7AAAFu1AABPuQAARLwAADrAAAAw&#10;xAQAKscLACjIEwAnyR0AJsknACXJMAAkyjkAI8pCACLLSwAhy1UAIMxfAB/MbAAdzXoAHM2KABvN&#10;nAAZzq4BGM7FABjN5AAYzPQBGMr8ARjK/wIYyv8CGMr/ApuZAACPnwAAgqYAAHWtAABoswAAXLkA&#10;AFC9AABEwQAAOcQAADDIAAAozAEAINAGABnVCwAW1xAAFdgZABXZIgAU2SsAE9o0ABPaPQAS20gA&#10;EdxTABHdXwAQ3W0AEN5+AA7fkQAO4KQADeC4AAzg0gAL3+0ADN73AAzd+wAM3fsADN37AJKfAACF&#10;pwAAd64AAGq1AABdvAAAUMEAAETFAAA4yQAALs0AACXRAAAe1QAAFtoBABHeBgAQ5w0ADucSAA3o&#10;GQAM6CEAC+kpAArqMQAJ6jsAB+tFAAXrUQAE614AA+tuAAHrgAAA6pQAAOqnAADrvAAA69IAAOvp&#10;AADs7wAA7O8AAOzvAIenAAB5rwAAa7cAAF6+AABRxQAAQ8kAADfNAAAt0QAAI9YAABvbAAAT3wAA&#10;DuMAAAzuAgAK9goAB/YOAAX2EgAD9hgAAPUeAAD1JQAA9S4AAPU3AAD2QgAA9k4AAPZdAAD2bgAA&#10;9oEAAPaVAAD3pwAA97cAAPjHAAD40AAA+NAAAPjQAHuvAABtuAAAYMAAAFLIAABEzQAAN9EAACvX&#10;AAAh3AAAGOAAABHkAAAM5wAAB+8AAAT6AAAB/wMAAP8IAAD/DQAA/hAAAP4UAAD/GgAA/yEAAP8p&#10;AAD/MwAA/z4AAP9LAAD/WwAA/2wAAP+AAAD/kgAA/6EAAP+tAAD/swAA/7MAAP+zAP8cJgD/HCQA&#10;/xolAP8VJwD/ES4A/xA6AP8ORwH/DVMB/wtfAf8KawH/CnUB/wp/Af8KhwH/Co4B/wqVAf8KmwH/&#10;CaAB/wmlAP8JqwD/CbEA/wm4AP8JwQD+CcwA/AneAPkJ6wD1CfYA8wn/APIK/wDxCv8B8Qv/AfEL&#10;/wHxC/8B8Qv/Af8fIwD/HyEA/x4hAP8ZJAD/FywA/xU3AP8TRAD/EVAB/xBcAf8OZwH/DnIB/w57&#10;Af8OhAH/DosB/w6SAf8OmAH/Dp0B/w6jAf4OqAH8Dq4B+w61APoOvgD4DskA9Q7bAPIO6gDuDvUA&#10;7A7/AesP/wHqD/8B6hD/AekQ/wHpEP8B6RD/Af8iHwD/IhwA/yEcAP8fIAD/HykA/xw0AP8aQAD/&#10;F0wB/xVYAf8UYwH/E24B/xN3Af4TgAH8E4gB+hKOAfkSlQH4EpoB9hKgAfUSpgH0EqwB8xKzAfES&#10;vAHwEscB7RLYAekT6AHmE/UB5BT/AeIU/wLhFf8C4RX/AuAV/wLgFf8C4BX/Av8lGwD/JhcA/yQW&#10;AP8lHAD/JiUA/yQwAP8hOwD/H0gA/x1UAf0bXwH5GmkB9xpzAfQZfAHyGYQB8RmLAe8ZkQHuGZcB&#10;7BmdAesZowHpGaoB6BmxAecZugHlGcUB4xnVAd8a6AHcG/UC2Bv/AtUc/wPUHP8D0xz/BNIc/wTS&#10;HP8E0hz/BP8pFwD/KhMA/ykSAP8sGAD/LCEA/ywrAP8pNwD9J0MA9yVPAfMjWgHvImQB7CFuAekh&#10;dwHnIX8B5SGGAeQhjQHiIJQB4SCaAd8goAHeIKcB3CGvAdohuALYIcMC1SHTAtEi5wLNIvQDyiP/&#10;BMgj/wXHI/8GxiP/BsYj/wbGI/8GxiP/Bv8sEgD/Lg8A/zAQAP8zFAD/MxsA/zIlAPowMADyLjwA&#10;7CxJAOcqVQHjKl8B4ClpAd0pcgHaKHoB1yiCAtUoiQLTKJAC0SiWA88onAPOKKMDzCirA8ooswPJ&#10;KL4ExyjMBMUp4gTBKvEGvir+B7wq/wi6Kv8Iuir/CLkq/wm5Kv8JuSr/Cf8wDwD/MgsA/zYNAP84&#10;EAD/ORUA+TceAO81KADnMzUA4DJCANsyTwDVMVoB0DFkAs0wbQLLMHUDyTB8A8cvgwTFL4oExC+R&#10;BcIvlwXBL54Gvy+mBr0vrwa8L7kHui/HB7gw3Qe1MO4JsjD7CrAw/wuuMP8LrjD/C60w/wutMP8L&#10;rTD/C/8zDAD/NgYA/zwJAP8+DAD9PRAA7zwVAOQ5HwDbOS0A0jo8AM06SQHIOVQBxDleAsE4ZwO/&#10;N28EvTd2Bbs2fQa5NoQHtzaLB7Y1kgi0NZoJszWhCbE1qgqvNbQLrjXBC6w11AupNuoMpjb4DaU2&#10;/w6jN/8Oojf/DqI3/w6iN/8Oojf/Dv83BwD/OwIA/0ADAPJCBQDpQgkA5T8OANg+FgDOQCcAx0E2&#10;AMJBRAG9QU8CuUBZA7Y/YQS0PmkGsT1xB689eAiuPH8JrDyGCqo7jQupO5UMpzudDaU7pg2jOrAO&#10;oju8D6A7zQ+eO+YQmzz1EZo8/xGZPP8RmDz/EZg8/xGYPP8RmDz/Ef86AQD/QAAA70UAAOFIAADZ&#10;SAUA00YJAMxFEgDERyIAvUgxALhIPwGzR0oCsEZUBKxFXQWqRGQHp0NsCKVCcwqjQnoLoUGBDKBB&#10;iA2eQJAPnECYEJpAoRGYQKwSl0C4EpVAyBOTQOETkUHzFJBB/xSPQf8UjkL/E45C/xOOQv8TjkL/&#10;E/88AAD5RAAA5EoAANhOAADOTwIAyU0GAMNLDwC7TR0AtU4tAK9OOgGrTUYCp0xPBKRLWAahSmAI&#10;nklnCZxIbguaR3UNmEZ8DpZGgw+URYsRkkWUEpBFnROORagUjEW0FYtFxBaKRdwWiEbwFoZG/RaG&#10;Rv8WhUf/FYVH/xWFR/8VhUf/Ff8/AADsSAAA3U8AAM9TAADGVQAAwFMDALtRDACzUhkArVMpAKhT&#10;NgGjUkICn1FLBJxQVAaZT1wIlk5jCpRNagyRTHEOj0t4D41LfxGLSocSiUqQFIdJmhWFSaUXg0mx&#10;GIJJwBiBStYZf0rtGH5L/Bh+S/8XfUv/F31L/xZ9S/8WfUv/Fv9DAADmTAAA1lMAAMlYAADAWQAA&#10;ulgBALRWCQCsVxYAplglAKFYMgGdVz4CmFZIBJVVUQaSVFgIj1JfCoxSZgyKUW0OiFB0EIVPexKD&#10;T4QTgU6NFX9Olxd9TqEYe02uGXpOvRp4TtEad07rGndP+hl2T/8Zdk//GHZP/xd2T/8Xdk//F/hG&#10;AADiUAAA0FcAAMRcAAC7XgAAtF0AAK5aBgCmWxMAoFwiAJtcLwCXWzsCklpFA49ZTQaLWFUIiFdc&#10;CoZWYwyDVWoOgVRxEH5UeBJ8U4AUelKJFnhSlBh2Up8ZdFKrGnJSuhtxUs0ccFLoG3BT+RpwU/8a&#10;cFP/GXBT/xhwU/8YcFP/GO9JAADdUwAAy1oAAMBfAAC3YgAAr2EAAKheAgChXxAAm2AeAJZgLACR&#10;YDgBjV5CA4ldSwWFXFIHgltZCoBaYAx9WWcOe1huEHhYdRJ2V30UdFeHFnJWkRhvVpwablapG2xW&#10;uBxrVssdalbmHGpX9xtqV/8aalf/GWtX/xlrV/8Za1f/GetMAADYVgAAyF4AALxiAACzZQAAq2UA&#10;AKNiAACcYg4AlmMcAJFkKQCMYzUBiGI/A4RhSAWAYFAHfV9XCXpeXQt3XWQNdVxrEHNcchJwW3sU&#10;bluEF2xajxhqWpoaaFqnHGZath1lWsgdZVrkHWVa9hxlWv8bZVr/GmVa/xllWv8ZZVr/GehPAADT&#10;WQAAxGEAALlmAACwaAAAp2kAAJ5lAACXZg0AkWcZAIxoJwCHZzIBg2Y9An9lRgR7ZE0GeGNUCXVi&#10;WwtyYWENcGFpD21gcBJrX3kUaV+CFmdejRllXpgaY16lHGFetB1gXscdYF7jHWBe9RxgXv8bYF7/&#10;GmFe/xphXv8aYV7/GuRSAADPXAAAwGQAALZpAACsbAAAo2wAAJlpAACSagsAjGoWAIdrJACCazAB&#10;fmo6AnppQwR2aEsGc2dSCHBnWQptZmANa2VmD2hkbhFmZHYUZGOAFmJjixhgYpcaXmKkHFxish1b&#10;YsUdW2LhHVti9BxbYv8bXGL/Glxi/xpcYv8aXGL/GuBVAADLXwAAvWcAALJsAACpcAAAn28AAJRs&#10;AACMbQgAhm4TAIJvIQB9by0BeW84AnVuQQNybUkFbmxQB2trVwppa14MZmplDmRpbBFhaXQTX2h+&#10;Fl1niRhbZ5UaWWaiG1dmsBxWZsMdVmbfHVZm8xxXZv8bV2b/Gldm/xpXZv8aV2b/GttZAADHYgAA&#10;umoAAK9wAACmcwAAmnMAAI9wAACHcQUAgXIRAHxzHgB4cyoAdHM1AXBzPwNtckcFanFOB2dxVQlk&#10;cFwLYm9jDl9vahBdbnISWm18FVhthhdWbJMZVGygG1JrrxxRa8EcUWvcHFFr8RtSa/4aUmr/GlJq&#10;/xlSav8ZUmr/GdRcAADDZgAAtm4AAKx0AACidwAAlnYAAIl1AACBdgEAencPAHZ4GwByeScAb3ky&#10;AWt4PAJoeEQEZXdMBmJ3UwhfdloKXXVhDFp1aA9YdHARVXN5E1NzhBZRcpAYT3KeGU1xrRpMcb8b&#10;S3HZG0xx8BpMcP0aTXD/GU1v/xlNb/8ZTW//Gc5gAAC+agAAsnIAAKh4AACdewAAkHoAAIR6AAB6&#10;ewAAdHwMAG9+FwBsfiQAaX8vAWZ/OQJif0IDX35JBV19UAdafVcJV3xeC1V8ZQ1Se24PUHp3Ek56&#10;ghRLeY4WSXmcF0h4qxhGeL0ZRnjVGUZ37xhHdvwYR3b/GEd1/xdHdf8XR3X/F8llAAC6bwAArncA&#10;AKR9AACYfwAAi38AAH5/AABzgQAAbIMJAGiEEwBlhSAAYoYsAF+GNgFchj8CWYVGA1eFTgVUhVUH&#10;UoRcCU+DYwtNg2sNS4J0D0iCfxFGgYwTRIGaFUKAqRZBgLoWQIDSFkF/7RZBfvsWQX3/FkF9/xZB&#10;ff8WQX3/FsJqAAC1dQAAqn0AAJ+CAACSgwAAhYQAAHmFAABqiQAAZIoDAGCMEABdjRsAW44nAFiO&#10;MgBVjjsBU45DAlCOSgNOjVIFTI1ZBkmMYAhHjGgKRYtyDEKLfQ5AiokPPoqYETyKpxI7irgSOorP&#10;EjuI6xI7h/oTO4b/EzuG/xM7hv8TO4b/E7xxAACvewAApYMAAJmHAACMiAAAf4kAAHOMAABlkAAA&#10;XJMAAFeVDABUlhYAUpYiAFCXLQBNlzYAS5c/AUmXRwJHl04DRZZVBEOWXQVBlmUGPpVvCDyVegk6&#10;lYcLOJWVDDaUpQ01lLYONJTMDTST6Q00kvgONJD/DzSQ/w80kP8PNJD/D7V4AACqggAAnogAAJON&#10;AACGjgAAeZAAAG2TAABhlwAAVZsAAE2eBgBJnxAAR58bAEagJgBEoDAAQ6E6AEGhQgE/oUkBPaFR&#10;AjuhWQI5oWEDN6BrBDWgdgUzoIMGMaCSBzCgogguoLMILqDJCC6f5wgtnfcJLZz/Ci2b/wotm/8K&#10;LZv/Cq+AAACjiQAAl44AAI2TAAB/lQAAcpgAAGacAABboAAAT6QAAEWnAAA+qQwAPKoUADqqHwA5&#10;qikAOKsyADerOwA1q0MANKxLADKsUwExrFwBL6xmAi2scQIrrH8DKqyOAyisngQnrLAEJqzFBCar&#10;5AMlqfUEJaj/BSWn/wUlp/8FJaf/BaeJAACbjwAAkZQAAISZAAB4ngAAa6IAAF+mAABTqgAASK0A&#10;AD2wAAA0swMAL7UOAC21FgAstSAAK7YpACq2MgAptzoAKLdDACe3TAAmuFUAJLhfACO4awAiuHgB&#10;ILiIAR+4mQEduasBHLnAARy43wEctvIBG7X8Ahu0/wIbtP8CG7T/Ap+PAACUlQAAiJsAAHuhAABu&#10;pgAAYqsAAFawAABKswAAP7YAADW5AAAsvAAAJL8GAB/CDQAdwhQAHMIeABvDJgAawy8AGcQ4ABjE&#10;QQAXxEoAFsVVABXFYQAUxm8AE8Z/ABLGkQARx6QAEMe5AA/H1AAQxu4AEMT6ABDD/wAQw/8AEMP/&#10;AJeWAACLnAAAfqIAAHGpAABkrwAAWLQAAEu4AABAuwAANb4AACvBAAAjxQAAG8kBABTMBgAQ0AsA&#10;DtERAA3RGQAN0SEADNEqAAzRNAAL0j4ACtJJAAnTVQAJ02IACNNyAAbUhAAF1JgABNSrAAPVwAAB&#10;1dwAAdXtAAHV9gAB1fYAAdX2AI6dAACApAAAc6sAAGaxAABZuAAATL0AAD/AAAA0wwAAKscAACHK&#10;AAAZzgAAEtIAAA3WAQAJ2wUABtwNAATcEQAD3RgAAd4gAADeKAAA3zEAAOA8AADhRwAA4lQAAONj&#10;AADjdAAA5IgAAOSbAADlrgAA5cEAAOXVAADm5wAA5ucAAObnAIOkAAB1rAAAaLMAAFq7AABNwQAA&#10;QMQAADPIAAAozAAAH9AAABfUAAAQ2QAAC90AAAXhAAAA5AAAAOUHAADmDQAA5xEAAOgWAADpHQAA&#10;6iUAAOsuAADtOQAA70UAAPBTAADxZAAA8XYAAPKKAADznAAA860AAPS7AAD0yAAA9MgAAPTIAHet&#10;AABqtQAAXL0AAE/EAABAyQAAM80AACfRAAAd1gAAFNwAAA7gAAAI4wAAAeYAAADqAAAA7gAAAO4A&#10;AADvBAAA8AoAAPEOAADzEgAA9BgAAPYgAAD4KgAA+jUAAP1DAAD+UgAA/2MAAP92AAD/iQAA/5oA&#10;AP+mAAD/sAAA/7AAAP+wAP8WIwD/FSEA/xEhAP8NJAD/CSsA/wY3AP8DRAD/AFEA/wBdAP8AaAD/&#10;AHIA/wB7AP8AgwD/AIoA/wCRAP8AlgD/AJwA/wChAP0ApgD7AKwA+QCzAPcAuwD1AMUA8wDRAPIA&#10;5ADxAPEA7wD6AO4A/wDuAP8A7QD/AO0A/wDtAP8A7QD/AP8ZIAD/GB0A/xUdAP8QHwD/DikA/ww0&#10;AP8KQQD/B00A/wVZAP8EZAD/BG4A/wN3AP8DgAD/A4cA/wONAP0CkwD7ApkA+QKeAPcCpAD1AqoA&#10;8wGwAPEBuADvAcIA7QHPAOsB4wDqAe8A6AL7AOcE/wDmBf8A5gb/AOYG/wDmBv8A5gb/AP8cGwD/&#10;GxkA/xcYAP8VHQD/EyUA/xEwAP8QPQD/DkkA/wxVAP8LYAD/C2oA/QtzAPsLfAD5CoMA9wqKAPUK&#10;kAD0CpYA8wqbAPEKoQDvCacA7QmuAOsJtgDoCcAA5gnNAOQJ4gDiCvAA3wv7AN4M/wDcDf8A3A3/&#10;ANsN/wHbDf8B2w3/Af8fFwD/HhMA/xsSAP8cGQD/GyIA/xgsAP8VOAD/E0QA/hJQAPkRWwD1EGYA&#10;8xBvAPAQdwDuEH8A7BCGAOoQjADpEJIA6BCYAOYPngDlD6UA4w+sAOEPtADgD74A3g/MANoQ4QDV&#10;EfAA0hL7AM8S/wHOE/8BzRP/Ac0T/wHME/8BzBP/Af8iEgD/Ig8A/yEPAP8iFAD/IhwA/yAnAP8d&#10;MgD4Gz4A8hlLAO4YVgDqF2AA5xZqAOQWcgDiFnoA4BaCAN4WiADcFo8A2xaVANkWmwDWFqIA1Bap&#10;ANIWsQDQF7sAzhfJAMwY3gDIGe4BxRr7AcMa/wLBG/8CwBv/AsAb/wLAG/8CwBv/Av8mDgD/JQsA&#10;/ygMAP8pEAD/KBYA/iYgAPQkKwDsITgA5iBEAOEfUADdH1sA2R5lANUebQDSH3UA0B99AM4fgwDM&#10;H4oByx+QAckflwHIH54Bxh+lAcUgrQHDILcBwSDEAcAh1gG8IuoCuSL4A7Yi/wO1I/8DtCP/BLMj&#10;/wSzI/8EsyP/BP8pCwD/KgUA/y4IAP8vDAD/LRAA8ysXAOgoIgDgJi8A2SY9ANInSgDNJ1UAyihf&#10;AMcoaAHFKG8Bwyd3AcEnfgG/J4QBvieLArwnkgK7J5kCuSegArcnqQO2KLMDtCi/A7MozwOwKeYE&#10;rSn2BKsq/wWpKv8GqCr/Bqgq/waoKv8GqCr/Bv8tBQD/MAAA/zMCAPY0BgDvMgoA6C4QANwsGADR&#10;LigAyy83AMYwRADBME8AvjBZAbswYgG4MGoCti9xArUveAKzL38DsS+GA7AvjQOuLpQErS6cBKsu&#10;pAWpL64FqC+6BaYvygakMOIGoTDzB58w/wieMf8InTH/CJwx/wicMf8InDH/CP8wAAD/NQAA7zgA&#10;AOI6AADbOQQA1jUJAM40EwDGNiIAvzgxALo4PwC2OEoBszhUAbA3XQKtN2QCqzZsA6k2cwSoNnkE&#10;pjWABaQ1hwWjNY8GoTWXB581oAeeNaoInDW2CJs1xQmZNd0JljbvCpQ2/QqTN/8Kkjf/CpI3/wqS&#10;N/8Kkjf/Cv8zAAD2OgAA5D8AANhCAADOQgEAyT4GAMQ7DwC7Ph0AtT8sALE/OgCtP0UBqT9PAaY+&#10;WAKjPV8DoT1nBJ88bQWdPHQGnDt7Bpo7ggeYO4oIljuTCZU6nAqTOqYLkTqyC5A7wAyOO9UMjDzs&#10;DYo8+w2JPP8NiTz/DIg8/wyIPP8MiDz/DP83AADqPwAA3EUAAM5JAADFSQAAv0YCALpDDACzRBkA&#10;rUUnAKhGNQCkRUEBoEVLAp1EUwKaQ1sDmENiBZZCaQaUQXAHkkF2CJBAfgmOQIYKjUCOC4tAmAyJ&#10;QKINh0CuDoVAvA+EQM8PgkHpD4FB+Q+AQf8PgEL/DoBC/w6AQv8OgEL/Dvo7AADlRAAA00sAAMdO&#10;AAC+TwAAuEwAALJJCQCrSRUApUsjAKBLMQCcSz0BmEpHApVJTwOSSVcEkEheBY5HZQaLR2sHiUZy&#10;CYhGeQqGRYILhEWKDYJFlA6ARJ8PfkSrEHxFuRF7RcsRekXmEXlG9xF4Rv8QeEb/EHhG/w94Rv8P&#10;eEb/D/A/AADfSQAAzU8AAMFTAAC4VAAAsVIAAKtOBQCkThEAnk8gAJlQLQCVUDkBkk9DAY5OTAOL&#10;TVMEiU1aBYZMYQaES2gIgktuCYBKdgt+Sn4MfEmHDnpJkQ94SZwQdkmoEnRJthJzScgTckrjE3FK&#10;9RJxSv8RcUv/EXFL/xBxS/8QcUv/EOxDAADZTAAAyFMAAL1XAAC0WAAArFcAAKVSAQCeUw8AmFQc&#10;AJNUKQCPVDUAi1NAAYhTSAKFUlAEglFXBX9QXgZ9UGQIe09rCXlPcgt3TnsNdU6EDnNNjhBxTZkR&#10;b02lE21NsxRsTcUUa07hFGtO9BNrTv8Sa07/EmtO/xFrTv8Ra07/EehGAADTUAAAxFYAALlaAACw&#10;XAAAploAAJ9WAACYVg0AklcZAI5YJgCJWDIAhlg9AYJXRQJ/Vk0DfFVUBXlUWwZ3VGEIdVNoCXNT&#10;cAtxUngNb1KBD21SixBrUZcSaVGjE2dRsRRmUcMVZVLeFWVS8hRlUv8TZVL/EmVS/xJlUv8SZVL/&#10;EuRKAADPUwAAwFoAALVeAACsYAAAol4AAJpZAACSWgsAjVsWAIhcIwCEXC8AgFs6AX1bQwJ5WksD&#10;dllSBHRYWAZxWF8Hb1dmCW1XbQtrVnUNaVZ+D2dWiRFlVZUSY1WhFGJVrxVhVcEWYFXbFmBW8RVg&#10;Vv4UYFb/E2FW/xJhVv8SYVb/EuBNAADLVgAAvV0AALJhAACoYwAAnWEAAJVdAACNXgkAh14TAINf&#10;IAB/XywAe183AXdeQAJ0XkgDcV1PBG9cVgVsXFwHaltjCWhbawtmWnMNZFp8D2JahxFgWZMSXlmg&#10;FF1ZrhVbWb8WW1nYFltZ7xVbWf0UXFn/E1xZ/xJcWf8SXFn/EtxQAADHWQAAumAAAK9kAACkZQAA&#10;mWQAAJBgAACIYQYAgmIRAH5jHQB6YyoAdmM0AXNiPQFvYkYCbGFNBGphVAVnYFoHZWBhCGNfaQph&#10;X3EMX156Dl1ehRBbXpESWV2eFFhdrBVXXb0WVl3VFlZd7hVXXfwUV13/E1dd/xJXXf8SV13/EtZT&#10;AADEXAAAt2MAAKxoAACgaAAAlWcAAIpjAACDZQIAfWYPAHhmGgB0ZycAcWcyAG5nOwFrZkMCaGZL&#10;A2VlUgVjZVkGYWRfCF5kZwpcY28MWmN4DlhjgxBWYo8SVGKcE1NiqhVSYrsVUWLSFVFh7RVSYfsU&#10;UmH/E1Nh/xJTYf8SU2H/EtFWAADAXwAAs2YAAKlrAACcawAAkGoAAIVnAAB9aQAAd2oNAHNrFwBv&#10;ayQAbGwvAGlsOAFma0ECY2tJA2FrUARealcGXGpdB1ppZQlYaW0LVWh2DVNogQ9RZ40RT2eaEk5n&#10;qRRNZ7kUTGfPFExm6xRNZvsTTWb/Ek5l/xJOZf8STmX/EsxaAAC8YwAAsGoAAKVvAACYbgAAjG0A&#10;AIBsAAB3bQAAcW4LAG1vFABpcCEAZnEsAGRxNgFhcT4BXnFGAlxwTQNZcFQFV3BbBlVvYghTb2oK&#10;UG5zDE5ufg5MbYoQSm2YEUlspxJIbLgTR2zNE0ds6hNIa/oSSGv/Ekhq/xFIav8RSGr/EcdeAAC4&#10;ZwAArG4AAKFyAACTcgAAh3EAAHpxAABxcgAAa3QHAGZ1EQBjdh0AYHcoAF53MwBbeDwBWXdDAlZ3&#10;SwNUd1IEUnZZBVB2YAdOdWgIS3VxCkl0fAxHdIgORXOWD0NzpRBCc7YRQXPLEUJy6BFCcvgRQnH/&#10;EENw/xBDcP8QQ3D/EMFjAACzbAAAqHMAAJt2AACOdQAAgXYAAHV2AABpeAAAY3oCAF58DgBcfRkA&#10;WX4kAFd/LwBVfzgBU39AAVB/SAJOfk8DTH5WBEp+XQVIfWUGRn1uCEN8eQpBfIYLP3uUDT57ow48&#10;e7MOPHvIDjx65g48efcOPHj/Djx4/w49d/8OPXf/DrxoAACvcgAApHkAAJZ6AACIegAAfHoAAHB8&#10;AABjfwAAXIIAAFeECwBThRQAUYYgAE+GKgBOhzQATIc8AUqHRAFIh0sCRodTAkSGWgNChmIEQIZs&#10;Bj6Fdgc7hYMIOYWRCjiEoAs2hLELNoTGCzaD5As2gvYLNoH/DDaA/ww2gP8MNoD/DLZvAACqeAAA&#10;n38AAJB+AACDfwAAd4AAAGuCAABehwAAVYoAAE6MBgBKjhAASI8aAEePJQBFkC8ARJA4AEKQQABA&#10;kEcBP5BPAT2QVgI7kF8COZBoAzePcwQ1j4AFM4+OBjGPngcwjq8HL47DBy+O4QcvjPQIL4v/CC+K&#10;/wgviv8JL4r/CbB2AAClfwAAmIQAAIqEAAB9hQAAcIcAAGWKAABajgAAT5IAAEaVAABBmAwAPpgU&#10;AD2ZHwA7mSgAOpoxADmaOgA3mkIANppKADWaUgEzmloBMZpkAS+abwItmnsCLJqKAyqamgMpmqwE&#10;KJrABCeZ3gMnl/IEJ5b9BSeV/wUnlf8FJ5X/Bal+AACehQAAkokAAISKAAB2jAAAao8AAF6TAABU&#10;lwAASZsAAECfAAA3ogQAMqMOADGjFwAwpCEALqQqAC2kMgAspToAK6VDACqlSwAppVQAKKVeACal&#10;aQAlpXYBI6WFASKllgEgpqgBH6W7AR6l1wEepO8BHqL7Ah6h/wIeof8CHqH/AqKGAACXjAAAi48A&#10;AH2RAABvlAAAY5gAAFedAABNoQAAQ6UAADioAAAwqwAAKK4HACSvEAAjrxcAIa8hACCwKQAfsDEA&#10;HrA6AB2xQgAcsUwAG7FWABqxYQAZsm8AGLJ+ABaykAAVsqIAFLK2ABOyzgATsesAE6/5ABOu/wET&#10;rv8BE67/AZqNAACQkgAAhJcAAHWaAABonwAAW6MAAFCoAABFrAAAO7AAADGyAAAntQAAILgAABi6&#10;BwAUvA4AE7wVABK8HgARvSYAEb0uABC9NwAQvkEADr5MAA6+VwANvmUADL90AAu/hgAKvpkACL6s&#10;AAe+wgAHvt8ACL7wAAi9+gAIvfwACL38AJOUAACHmQAAep8AAGylAABgqgAAU68AAEezAAA8tgAA&#10;MbgAACe7AAAfvgAAF8EAABHEAQAMyAgACMkOAAfJFAAGyRwABckkAATKLAADyjYAAspAAADLTAAA&#10;y1kAAMtoAADLeQAAzIwAAMufAADLswAAy8gAAMziAADM7wAAzPEAAMzxAIqaAAB8oQAAb6cAAGKt&#10;AABVswAASLgAADu7AAAwvgAAJsEAAB3EAAAVyAAAD8sAAArOAAAE0gIAANMKAADTDwAA1BQAANUa&#10;AADWIgAA1yoAANk0AADaPwAA3EsAANxaAADdagAA3X0AAN2RAADdpAAA3rYAAN7IAADe3gAA3uIA&#10;AN7iAH+iAABxqQAAZLAAAFa3AABJvAAAPMAAAC/EAAAkxwAAG8sAABPPAAAN0gAAB9YAAADbAAAA&#10;3gAAAN8DAADgCQAA4Q4AAOISAADjFwAA5R4AAOYnAADoMQAA6j0AAOxLAADsWgAA7WwAAO6AAADu&#10;lAAA7qUAAO60AADuwgAA7sYAAO7GAHSqAABmsgAAWLkAAEvAAAA9xQAAL8kAACTNAAAZ0QAAEdYA&#10;AAvbAAAD3gAAAOEAAADlAAAA6AAAAOkAAADqAAAA6wYAAO0LAADvDwAA8BMAAPIaAAD0IwAA9y4A&#10;APk7AAD7SgAA/FsAAP1tAAD9gAAA/pMAAP6iAAD+rQAA/q8AAP6vAP8QHwD/Dh0A/wodAP8BIAD/&#10;ACgA/wA1AP8AQQD/AE4A/wBaAP8AZQD/AG4A/wB3AP8AfwD+AIYA/ACMAPsAkgD5AJcA+ACcAPcA&#10;ogD2AKcA9QCtAPMAtQDyAL0A8QDJAO8A3ADuAOsA7QD3AOwA/wDrAP8A6gD/AOoA/wDqAP8A6gD/&#10;AP8THAD/ERkA/w0ZAP8GHAD/AyUA/wAxAP8APgD/AEoA/wBWAP8AYQD/AGsA/QBzAPoAewD3AIMA&#10;9QCJAPQAjwDyAJQA8QCZAPAAnwDuAKQA7QCrAOwAsgDqALoA6ADGAOcA1gDlAOgA5AD1AOMA/gDi&#10;AP8A4QD/AOEA/wDhAP8A4QD/AP8VGAD/ExQA/w8UAP8NGQD/CyIA/wgtAP8EOQD/AUYA/wBRAP4A&#10;XAD6AGYA9gBvAPIAdwDvAH4A7QCFAOsAiwDqAJEA6ACWAOcAnADmAKEA5ACoAOMArwDhALgA3wDD&#10;AN0A0QDbAOYA2QDzANcA/QDVAv8A1AL/ANQD/wDUA/8A1AP/AP8YEwD/FRAA/xIPAP8SFQD/ER0A&#10;/w4oAP8MNAD/CkEA+QhMAPUGVwDxBmEA7QZqAOkFcgDmBXoA5AWBAOIFhwDgBo0A3waSAN0GmADb&#10;Bp4A2QalANcGrQDUBrUA0gbAANAHzwDOCOUAzAn0AMoL/wDIDP8Axwz/AMcM/wDGDP8Axgz/AP8b&#10;DgD/GQwA/xgNAP8YEQD/FxgA/xQiAPsRLgDzEDoA7Q5GAOgNUgDlDVwA4Q1lAN4NbQDbDXUA2A18&#10;ANUNggDTDYkA0Q2PANANlQDODZwAzQ6jAMsOqwDJDrQAyA7AAMYOzwDDEOYAwBH1AL0S/wC8Ev8A&#10;uxL/ALoS/wG6Ev8BuhL/Af8fCgD/HAQA/x8IAP8fDQD/HRIA+BobAO4WJgDmFDMA4BM/ANoTSwDU&#10;E1YA0BNfAM4UaADLFG8AyRR3AMcVfQDGFYQAxBWKAMMVkQDBFpgAwBafAL4WpwC8F7AAuxe8ALkX&#10;ywC3GOIAsxnyAbEa/wGvG/8Brhv/Aa4b/wGtG/8BrRv/Af8iBAD/IgAA/yUCAPwkBwD3IQwA7B0S&#10;AOEaHADYGioA0Bs4AMsdRQDHHVAAwx5aAMAeYgC+HmoAvB9xALofeAC5H34Atx+FALYfjAC0H5MA&#10;sx+aAbEgowGwIKwBriC3AawhxgGrId0BpyLvAqUi/QKjI/8CoiP/AqIj/wKhI/8CoSP/Av8lAAD/&#10;KAAA8ioAAOUrAADfKAUA3CELANIhFADJJCQAwyUyAL4mPwC6J0oAtydUALQnXQCyJ2QAsCdsAK4n&#10;cgGtJ3kBqyd/AaonhgGoJ44BpyeWAqUnngKjKKgCoiizAqAowQKfKNUCnCnsA5oq+gOYKv8Elyr/&#10;BJcq/wSWKv8Elir/BP8oAAD1LgAA5TMAANo1AADQMwEAzC0GAMYqEAC+LR4AuC4sALMvOgCvL0UA&#10;rDBPAKkvWACnL18BpS9mAaMvbQGhL3MCoC56Ap4ugQKdLokCmy6RA5kumgOYLqQEli+vBJUvvQST&#10;L88EkTDoBY8w+AWNMf8FjTH/BYwx/wWMMf8FjDH/Bf8tAADqNQAA3DoAAM49AADGPAAAwDcCALsz&#10;DQCzNBkArjYnAKk3NAClN0AAojdKAJ83UwGdNloBmzZhAZk2aAKXNW8ClTV1A5Q1fAOSNYQEkDWN&#10;BI81lgWNNaAFizWrBoo1uQaINcoHhzblB4U29geEN/8Hgzf/B4M3/weCN/8Hgjf/B/QyAADjOwAA&#10;0kEAAMZEAAC9QwAAtz8AALE7CQCqOxQApTwiAKA9MACdPTsAmT1FAJY9TgGUPFYBkjxdApA8YwKO&#10;O2oDjDtxBIo7eASIOoAFhzqIBoU6kgaDOpwHgTqoCIA6tQl+O8YJfTvhCXs88wl7PP8Jejz/CHo8&#10;/wh6PP8Iejz/CO43AADdQQAAy0YAAL9JAAC2SQAArkYAAKlBBACjQREAnUIeAJhDKwCVQzcAkUNB&#10;AI5CSgGMQlIBiUFZAodBXwOFQWYDg0BtBIFAdAWAQHsGfj+EB3w/jgh6P5kJeD+lCndAsgp1QMML&#10;dEDdC3NB8QtyQf8KckH/CnJB/wlyQf8JckH/Cek8AADVRQAAxUsAALpOAACwTgAAp0sAAKJGAACb&#10;Rg4AlkcaAJFIJwCOSDMAikg9AIdHRgGER04BgkZVAoBGXAN+RWIEfEVpBHpFcAV4RHgGdkSBCHRE&#10;iwlyRJYKcESiC29ErwxuRMAMbUXZDWxF7wxrRf0La0b/C2tG/wprRv8Ka0b/CuVAAADPSQAAwU8A&#10;ALVSAACrUgAAoU8AAJtKAACUSgwAj0sXAItMJACHTC8AhEw6AIFMQwF+S0sBe0tSAnlKWAN3Sl8E&#10;dUlmBXNJbQZxSXUHb0l+CG1IiAlrSJMLakifDGhIrQ1nSb0NZknUDmVJ7Q1lSvwMZUr/C2VK/wtl&#10;Sv8LZUr/C+BEAADLTQAAvVIAALJWAACmVQAAnFIAAJVOAACOTgkAiU8UAIVQIACBUCwAflA3AHtQ&#10;QAF4UEgBdU9PAnNOVQNxTlwEb05jBW1NagZrTXIHaU17CGdNhQplTZELZEydDGJNqw1hTbsOYE3R&#10;DmBN7A5gTfsNYE3/DGBN/wtgTf8LYE3/C9xHAADHUAAAuVYAAK5ZAACiWAAAmFYAAJBRAACJUgYA&#10;g1MRAH9THQB7VCkAeFQ0AHVUPQFyU0UBcFNMAm1SUwJrUlkDaVJgBGdRZwZlUW8HY1F4CGJRgwpg&#10;UY8LXlCbDV1QqQ5bUbkOW1HOD1pR6g5bUfoNW1H/DFtR/wxbUf8LW1H/C9ZKAADDUwAAtlkAAKtc&#10;AACeWgAAk1kAAItUAACEVgMAflYQAHpXGgB2VyYAc1gxAHBXOgBtV0IBaldJAmhWUAJmVlcDZFZe&#10;BGJVZQVgVW0HXlV2CF1VgQpbVY0LWVSaDVhUpw5WVbgPVlXMD1ZV6Q5WVfkNVlX/DVdU/wxXVP8M&#10;V1T/DNFNAADAVgAAs1wAAKdeAACaXQAAj1wAAIZYAAB/WQAAeVoNAHRbFwBxWyMAblsuAGtbNwBo&#10;W0ABZVtHAWNaTgJhWlUDX1pcBF1aYwVcWmsGWll0CFhZfwpWWYsLVFmYDVNYpg5SWbYOUVnKD1FZ&#10;5w5RWPgNUlj/DVJY/wxSWP8MUlj/DM1RAAC8WQAAsF8AAKNhAACWYAAAi18AAIFbAAB5XQAAc14M&#10;AG9eFQBrXyAAaF8rAGZgNQBjYD0BYV9FAV9fTAJdX1MDW19aBFleYQVXXmkGVV5yCFNefQlRXYkL&#10;UF2WDE5dpA1NXbQOTF3IDkxd5g5NXfcNTVz/DE1c/wxOXP8MTlz/DMlUAAC5XAAArWMAAJ9jAACS&#10;YwAAh2IAAHxgAAB0YQAAbmIJAGljEgBmYx0AY2QoAGFkMgBeZDsAXGRDAVpkSgJYZFECVmRYA1Rk&#10;XwRSY2cFUGNwB05jeghMYoYKS2KUC0liogxIYrINR2LHDUdi5A1IYfYMSGH/DEhg/wtJYP8LSWD/&#10;C8RYAAC1YAAAqmYAAJtmAACNZgAAgmUAAHZkAABuZQAAaGYFAGNnEABgaBoAXWklAFtqLwBZajgA&#10;V2pAAVVqRwFTak4CUWpVA09pXQRNaWQFS2ltBkloeAdHaIQJRmiSCkRnoQtDZ7EMQmfFDEJn4gxC&#10;ZvUMQ2b/C0Nl/wtDZf8LQ2X/C79cAACxZAAApmoAAJZpAACJaQAAfWkAAHFpAABnagAAYmwBAF1t&#10;DQBZbhYAV28hAFVwKwBTcDUAUXA9AFBwRQFOcEwBTHBTAkpwWgNIcGIERm9rBURvdQZCb4IHQG6P&#10;CT9ungo9bq8KPW7CCjxu4Ao9bfQKPWz/Cj1r/wo+a/8KPmv/CrpgAACtaQAAoG4AAJFtAACEbQAA&#10;eG0AAGxuAABhcAAAW3IAAFZ0CgBSdRIAUHYdAE53JwBMdzEAS3g5AEl4QQBIeEkBRnhQAUR3VwJC&#10;d18DQHdoAz53cwQ8dn8GOnaNBzl2nAg3da0IN3XACDZ13gg3dPIIN3P+CDdy/wg3cv8IN3L/CLVm&#10;AACpbwAAmnEAAItxAAB+cQAAc3IAAGhzAABcdgAAVHkAAE57BQBKfQ8ASH4YAEZ/IwBFfywAQ4A1&#10;AEKAPQBBgEUAP4BMAT2AVAE8gFwCOn9lAjh/bwM2f3wENH+KBDJ/mgUxfqoGMH69BjB+2gYwffAG&#10;MHv9BjB7/wYwev8GMHr/BrBsAACkdQAAlHUAAIZ1AAB5dgAAbncAAGN5AABXfQAAT4EAAEeEAABC&#10;hgwAP4cTAD2IHQA8iCcAO4kwADqJOAA4iUAAN4lIADaJTwA0iVgBM4lhATGJbAEviXgCLYmHAiyJ&#10;lwMqiKcDKYi6AymI1AMphu4DKYX8BCmE/wQphP8EKYT/BKp0AACeewAAjnoAAIB6AAB0ewAAaH4A&#10;AF2BAABShQAASYkAAEGMAAA5kAUANZEPADOSFwAykiEAMZIpADCTMgAukzoALZNBACyTSgArlFIA&#10;KpRcACiUZwAnlHMBJZSCASSUkwEik6QBIZO3ASCTzwEhkuwBIJD6AiCP/wIgj/8CII//AqR8AACX&#10;gAAAh38AAHuAAABuggAAYoUAAFeJAABNjgAAQpIAADqWAAAymQAAKpwJACidEQAmnRkAJZ0iACSe&#10;KgAjnjIAIp46ACGeQgAgnksAH59VAB6fYAAcn20AG598ABqfjQAYn58AF5+yABafyQAWnugAFpz3&#10;ABab/wEXm/8BF5v/AZ2DAACPhgAAgoYAAHSHAABniwAAW48AAFCTAABGmAAAPJwAADOgAAArowAA&#10;I6YAAByoCwAaqREAGKkYABepIQAWqikAFaoxABSqOQATqkMAE6tNABKrWAARq2UAEKt0AA6rhgAO&#10;q5kADausAAyrwQAMqt8ADKnyAA2o/AANqP8ADaj/AJaKAACJjAAAeo0AAGyRAABglQAAVJoAAEmf&#10;AAA/owAANacAACuqAAAjrgAAG7AAABSzAQAPtQoADbYQAAy2FgALth8ACrYnAAm2LwAItjkAB7dD&#10;AAa3TwAEt1sAA7dqAAK3ewAAt44AALehAAC2tAAAtssAALblAAC18QAAtfcAALX3AI+RAACBlAAA&#10;cpcAAGWcAABYoQAATKYAAEGrAAA3rwAALLIAACO1AAAauAAAE7sAAA69AAAJwAUAA8ENAADBEQAA&#10;wRcAAMIeAADCJgAAwi8AAMM5AADERAAAxFAAAMReAADFbwAAxYEAAMWVAADFqAAAxbwAAMTRAADE&#10;5gAAxO4AAMTuAIaYAAB5ngAAa6MAAF2pAABQrgAARLMAADe2AAAsuQAAIrwAABm/AAARwgAADMUA&#10;AAbIAAAAywAAAMwHAADMDQAAzREAAM0WAADOHQAAzyQAANAtAADSOAAA1EQAANRSAADVYQAA1XMA&#10;ANaHAADWmwAA1q0AANe/AADYzgAA2N0AANjdAHugAABupgAAYK0AAFOzAABFuAAAOLwAACu/AAAh&#10;wgAAF8YAABDJAAAKzAAAAtAAAADUAAAA1wAAANgAAADaBQAA2wsAANwOAADeEwAA3xkAAOEhAADj&#10;KgAA5TYAAOdDAADnUwAA6GQAAOl3AADpjAAA6p8AAOquAADqugAA6sMAAOrDAHCoAABirwAAVbYA&#10;AEe8AAA5wAAALMQAACDIAAAWzAAADtAAAAfUAAAA2QAAAN0AAADhAAAA4wAAAOQAAADmAAAA5wEA&#10;AOkHAADrDAAA7BAAAO4VAADwHQAA8ycAAPYzAAD3QwAA+FQAAPlmAAD5egAA+o4AAPqeAAD7qQAA&#10;+7AAAPuwAP8LGwD/BxkA/wAZAP8AHAD/ACUA/wAyAP8APwD/AEsA/wBXAP8AYgD/AGsA/wBzAP0A&#10;ewD7AIIA+gCIAPgAjQD3AJIA9gCYAPUAnQD0AKIA8wCpAPEAsADvALgA7gDDAOwA0QDrAOYA6QDz&#10;AOgA/gDoAP8A6AD/AOgA/wDoAP8A6AD/AP8OGAD/ChUA/wEUAP8AGAD/ACIA/wAuAP8AOwD/AEcA&#10;/wBTAP0AXgD6AGcA9wBvAPUAdwDzAH4A8gCEAPAAiQDvAI8A7gCUAOwAmgDrAJ8A6QClAOgArADm&#10;ALQA5AC/AOMAzADhAOIA3wDwAN4A+wDeAP8A3QD/AN0A/wDcAP8A3AD/AP8QEwD/DREA/wYQAP8C&#10;FQD/AB4A/wApAP8ANgD/AEIA+gBOAPQAWQDxAGIA7gBrAOwAcgDqAHkA6AB/AOcAhQDlAIsA5ACQ&#10;AOIAlgDhAJwA3wCiAN0AqQDaALEA2AC7ANUAyADSAN0A0QDtANAA+QDPAP8AzgD/AM0A/wDNAP8A&#10;zQD/AP8RDwD/Dg0A/wwNAP8LEgD/BxkA/wIkAP8AMAD2ADwA7wBJAOoAUwDnAF0A5ABmAOEAbQDf&#10;AHQA3QB7ANsAgQDZAIYA1gCMANQAkgDSAJgA0ACeAM4ApgDMAK4AygC4AMgAxADGANcAxQDqAMMA&#10;9wDCAP8AwQH/AMAC/wDAAv8AwAL/AP8UCwD/EAYA/xAJAP8QDgD/DhQA/woeAPUGKQDrBDYA4wNC&#10;AN8DTgDbBFcA1gRgANMEaADQBG8AzgV2AMwFfADKBYIAyQWIAMcFjgDGBZQAxAWbAMIFowDABqsA&#10;vga1AL0GwgC7CNQAugnpALcL+AC1DP8AtAz/ALQM/wC0DP8AtAz/AP8XBAD/FAAA/xYDAP8UCQD/&#10;EQ4A8g4VAOgMIQDeCi4A1gs7ANAMRwDMDFEAyQxaAMYNYgDEDWoAwg1xAMANdwC/DX0AvQ6DALwO&#10;igC6DpEAuQ6YALcOoAC2DqkAtA+0ALIPwQCxENQArhHrAKsS+gCpEv8AqBP/AKcT/wCnE/8ApxP/&#10;AP8aAAD/GwAA+RsAAOsZAADlFAYA5RAOANkOFwDPESYAyBI0AMQTQAC/FEsAvBRUALkVXQC3FWQA&#10;tRVrALQVcQCyFXgAsRZ+AK8WhQCuFowArBaUAKsXnACpF6YApxiwAKYYvQCkGM8AohrnAJ8a9wCd&#10;G/8BnBv/AZwb/wGbG/8Bmxv/Af8dAAD3IQAA6CQAAN0lAADUIQEAzxsIAMoXEQDCGiAAvBwtALcd&#10;OgCzHkUAsB5PAK0eVwCrHl8AqR9mAKgfbACmH3MApR95AKMfgACiH4cAoCCPAJ8gmACdIKIAmyCs&#10;AZohuQGYIcoBliLkAZQj9QGSI/8BkSP/AZAj/wGQI/8BkCP/Af8iAADrKQAA3S4AAM8vAADHLQAA&#10;wScDAL0iDQC2IxoAsCUoAKwmNACoJkAApSdJAKInUgCgJ1oAnidhAJwnZwCbJ20AmSd0AJgnewGW&#10;J4IBlSeLAZMnlAGRKJ4BkCipAY4otQKNKcYCiynfAokq8gKHKv8Chir/AoYq/wKGKv8Chir/AvQo&#10;AADjMQAA0TYAAMU4AAC8NgAAtjAAALIrCQCrLBQApi0iAKIuLwCeLjoAmy5EAJgvTQCWL1UAlC5c&#10;AJIuYgCQLmkBjy5vAY0udgGMLn4Bii6GAogujwKHLpoChS+lA4MvsgOCL8IDgTDaA38w7wN9Mf4D&#10;fTH/A3wx/wN8Mf8DfDH/A+0vAADbNwAAyT0AAL4+AACzPAAArDgAAKczBACiMhEAnTQdAJk1KgCV&#10;NTUAkjVAAI81SQCNNVAAizVXAIk1XgGHNWQBhTRrAYQ0cgKCNHkCgDSCAn40iwN9NJYDezWhBHk1&#10;rgR4Nb4FdzbUBXY27QV0N/wFdDf/BHQ3/wR0N/8EdDf/BOc1AADSPQAAw0IAALhEAACsQgAApD4A&#10;AJ85AACaOA4AlDoZAJA6JgCNOzEAijs7AIc7RACEO0wAgjtTAYA6WgF+OmABfTpnAns6bgJ5OnUC&#10;dzp+A3Y6iAR0OpMEcjqeBXE6qwVvO7sGbjvPBm076gZtPPoGbDz/BWw8/wVsPP8FbDz/BeI5AADM&#10;QgAAvkcAALFIAAClRgAAnUMAAJc/AACSPgsAjT8VAIk/IQCFQC0AgkA3AH9AQAB9QEgAe0BPAXlA&#10;VgF3P10BdT9jAnM/agJxP3IDcD96A24/hARsP5AFaz+cBmk/qQZoP7gHZ0DMB2ZA6AdmQPkGZUD/&#10;BmVA/wZlQP8FZUD/Bdw+AADHRgAAuUsAAKxMAACgSgAAl0cAAJFDAACLQwgAhkMSAIJEHgB+RCkA&#10;e0U0AHlFPQB2RUUAdERMAXJEUwFwRFkBbkRgAmxDZwJrQ28DaUN3BGdDgQVmQ40GZEOZBmJDpwdh&#10;RLYIYETKCGBE5ghfRfgHX0X/B2BF/wZgRP8GYET/BtZBAADDSQAAtk4AAKdPAACbTQAAkksAAIxH&#10;AACFRwQAgEcQAHxIGgB4SCYAdUkwAHNJOgBwSUIAbklJAWxIUAFqSFYBaEhdAmZIZAJlSGwDY0h1&#10;BGFHfwVgR4oGXkiXB11IpQhbSLQIW0jHCVpI5AhaSfYIWkn/B1pI/wZaSP8GWkj/BtFFAAC/TAAA&#10;slIAAKNRAACXUAAAjU4AAIZKAACASgEAeksOAHZMFwByTCMAb0wtAG1NNgBqTD8AaExGAGZMTQFk&#10;TFMBYkxaAmFMYQJfTGkDXkxyBFxMfAVaTIgGWUyVB1dMowhWTLIIVUzGCVVM4glVTPUIVUz/B1VM&#10;/wdWTP8GVkz/BsxIAAC8UAAAr1UAAKBUAACTUwAAiVEAAIFNAAB6TgAAdU8MAHBPFQBtUCAAalAq&#10;AGdQMwBlUDwAY1BDAGFQSgFfUFEBXVBYAlxQXwJaUGcDWVBwBFdQegVVUIYGVFCTB1JQoQhRULEJ&#10;UFDECVBQ4QlQUPQIUVD/B1FP/wdRT/8GUU//BslLAAC5UwAAq1cAAJxWAACPVQAAhVQAAHxQAAB1&#10;UQAAcFIJAGtTEgBoVB0AZVQnAGJUMQBgVDkAXlRBAFxUSAFaVE8BWVRWAVdUXQJWVGUDVFRuBFJU&#10;eAVRVIQGT1SRB05UoAhMVK8ITFTCCUtU3wlMVPMITFP/B0xT/wdNU/8GTVP/BsVOAAC2VgAAp1oA&#10;AJhZAACLWAAAgVcAAHdUAABwVQAAalYGAGZXEABiVxoAYFgkAF1YLgBbWTcAWVk/AFdZRgBWWU0B&#10;VFlUAVNZWwJRWWMCT1hsA05YdgRMWIIFSliPBklYngdIWK4IR1jACEdY3QhHWPIIR1f/B0hX/wdI&#10;V/8GSFf/BsFRAACyWQAAo1wAAJRbAACHWwAAfVoAAHJYAABrWQAAZVoDAGBbDgBdXBcAWlwhAFhd&#10;KwBWXTQAVF48AFNeRABRXksBUF5SAU5eWQJMXmECS11qA0lddARHXYAFRV2NBkRdnAdDXawHQl2+&#10;CEJd2ghCXPEHQlz+B0Nb/wZDW/8GQ1v/Br1VAACvXQAAn18AAJBeAACDXgAAeF0AAG1cAABlXQAA&#10;X18AAFpgDABXYRQAVWIeAFJiKABRYzEAT2M5AE5jQQBMY0gAS2NPAUljVgFHY14CRWNnAkRjcQNC&#10;Y30EQGKLBT9imgY+YqoGPWK8Bzxi1gc9Ye8GPWH9Bj5g/wY+YP8GPmD/BrlZAACrYQAAmmEAAIth&#10;AAB/YQAAdGEAAGlhAABfYgAAWWQAAFRmCQBRZxEATmcaAExoJABLaS0ASWk2AEhpPgBGakUARWpM&#10;AENqVAFCalwBQGllAj5pbwI8aXsDO2mJBDlpmAU4aKgFN2i6BTdp0wU3aO4FN2f8BThm/wU4Zv8F&#10;OGb/BbReAACnZQAAlWUAAIZkAAB6ZQAAb2UAAGRmAABZaAAAUmoAAE1sBABJbg4AR24WAEVvIABE&#10;cCkAQnAyAEFwOgBAcUIAP3FJAD1xUQA8cVkBOnFiAThxbAI2cHgCNXCGAzNwlQMycKYEMXC4BDBw&#10;0AQxb+wEMW77BDFt/wQxbP8EMWz/BK9kAAChaQAAj2gAAIFoAAB1aQAAa2kAAGBrAABVbgAATXEA&#10;AEZzAABCdQsAP3YSAD13HAA8dyUAOngtADl4NQA4eT0AN3lFADZ5TQA1eVUAM3leADF5aAEweXQB&#10;LnmDAi15kgIreKMCKni1Aip4zAIqd+oCKnb5Ayp1/wMqdP8DKnT/A6pqAACabQAAiWwAAHxtAABw&#10;bQAAZm4AAFtxAABQdQAASHgAAEF7AAA6fgUANn8OADSAFgAzgSAAMoEoADCBMAAvgjgALoJAAC2C&#10;SAAsglAAK4JaACqCZAAognAAJoJ/ASWCjwEkgqABI4KyASKCyQEigecBIn/3ASJ+/wIiff8CIn3/&#10;AqVxAACTcQAAg3EAAHZxAABscgAAYHUAAFZ4AABMfAAAQ4AAADuDAAAzhgAALYkKACqKEQApixkA&#10;J4siACaLKgAljDEAJIw5ACOMQgAijUoAIY1UACCNXgAfjWsAHY15AByNigAbjZwAGY2uABiMxAAY&#10;jOMAGYr1ABmJ/wEZiP8BGYj/AZ13AACMdgAAfXYAAHJ3AABleQAAWnwAAFCAAABGhAAAPIkAADSM&#10;AAAtkAAAJZMCAB+VDAAdlhIAHJYaABuXIgAalyoAGZcyABiYOgAXmEMAFphNABWYWAAUmGQAE5hz&#10;ABGYhAAQmJYAEJipAA6YvwAOl90AD5byABCV/AAQlP8AEJT/AJV9AACFfAAAeHwAAGt+AABfgQAA&#10;VIYAAEqKAABAjwAANpMAAC2XAAAmmgAAHp0AABegAwASogwAEKMSABCjGQAPoyEADqQpAA6kMQAN&#10;pDoADKRFAAukUAAKpFwACaRqAAekewAGo44ABKOhAAKjtAADossAA6LmAAOh8wADofsAA6H7AI2D&#10;AAB/ggAAcYQAAGSHAABYjAAATZEAAEKWAAA4mgAAL54AACaiAAAepQAAF6gAABGrAAAMrgcAB68N&#10;AAOvEgACrxkAAa8hAACvKQAAsDIAALA8AACwRwAAsFMAALBhAACwcQAAsIMAAK+XAACvqgAAr78A&#10;AK7ZAACu6wAArvQAAK70AIeJAAB4igAAao4AAF2TAABRmAAARZ0AADuiAAAwpgAAJ6oAAB6uAAAW&#10;sQAAELQAAAu2AAAFuQMAALoKAAC6DgAAuhMAALsZAAC7IQAAvCgAALwxAAC9PAAAvkgAAL5WAAC+&#10;ZQAAvncAAL6MAAC+nwAAvbMAAL7HAAC+3gAAvesAAL3rAH+SAABwlQAAYpoAAFWfAABJpQAAPasA&#10;ADKvAAAotAAAHrYAABW5AAAOvAAACb8AAALCAAAAxAAAAMUEAADGCgAAxg4AAMcSAADIGAAAyR8A&#10;AMonAADMMAAAzjwAAM5JAADPWQAAz2oAAM9+AADPkwAAz6YAAM+4AADPyAAAz9sAAM/bAHecAABo&#10;oQAAW6cAAE6uAABBtAAANLcAACi6AAAdvQAAE8AAAA3EAAAGxwAAAMoAAADOAAAA0AAAANEAAADS&#10;AgAA0wgAANUMAADWEAAA2RUAANscAADdJAAA4C8AAOI8AADjSwAA5FwAAORvAADlgwAA5ZgAAOWp&#10;AADltgAA5cMAAOXDAGylAABfrAAAUbIAAES5AAA1vAAAKMAAABzEAAASyAAADMsAAAPPAAAA0wAA&#10;ANgAAADcAAAA3wAAAN8AAADhAAAA4wAAAOQDAADmCAAA6A0AAOkRAADsGAAA7iIAAPEuAADzPAAA&#10;9E0AAPVfAAD2cwAA94cAAPeZAAD4pQAA+LAAAPiwAP8DFwD/ABUA/wAVAP8AGAD/ACMA/wAvAP8A&#10;PAD/AEgA/wBUAP8AXgD/AGcA/QBvAPsAdgD5AH0A+ACDAPYAiAD1AI4A9ACTAPIAmADxAJ4A8ACk&#10;AO4AqwDtALMA6wC9AOoAywDoAOEA5wDxAOYA/QDlAP8A5AD/AOQA/wDkAP8A5AD/AP8HEwD/ABEA&#10;/wARAP8AFQD/AB8A/wArAP8ANwD/AEQA/gBPAPoAWgD3AGMA9ABrAPIAcgDwAHkA7wB/AO0AhADr&#10;AIoA6gCPAOgAlADnAJoA5QCgAOQApwDiAK8A4AC5AN4AxgDcANoA2gDsANgA+QDWAP8A1gD/ANcA&#10;/wDYAP8A2AD/AP8KEAD/Aw4A/wANAP8AEgD/ABoA/wAmAPwAMgD3AD8A9ABKAPEAVQDtAF4A6gBm&#10;AOgAbgDlAHQA4wB6AOIAgADgAIUA3gCLANwAkADbAJYA2ACcANUAowDTAKsA0QC1AM4AwQDMANEA&#10;ywDnAMkA9QDIAP8AyAD/AMgA/wDIAP8AyAD/AP8MDAD/BggA/wIKAP8ADwD/ABUA/AAgAPEALADs&#10;ADkA6QBFAOUATwDhAFkA3gBhANsAaADXAG8A1AB1ANIAewDQAIAAzgCGAMwAjADLAJIAyQCYAMcA&#10;oADFAKgAwwCxAMEAvAC/AMsAvQDjALwA8gC7AP0AuwD/ALoA/wC6AP8AugD/AP8OBQD/CQAA/wkF&#10;AP8GCwD/ARAA8AAZAOYAJQDhADIA3AA/ANYASQDRAFMAzgBbAMsAYwDIAGoAxgBwAMUAdgDDAHsA&#10;wQCBAMAAhwC+AI4AvACUALsAnAC5AKQAtwCuALUAuQCzAMgAsQDfALAB7wCvAfsArgL/AK0D/wCt&#10;A/8ArQP/AP8QAAD/DgAA/w0AAPYLAwDyBwoA4gERANsCHQDSAysAzAM3AMgEQwDEBE0AwQRWAL4F&#10;XQC8BWQAugVrALgFcQC3BXYAtQV8ALMGgwCyBokAsAaRAK8HmQCtB6EAqwerAKkItwCoCcYApgrd&#10;AKUL8ACjDP0Aog3/AKEN/wChDf8AoA3/AP8RAAD8EgAA7BMAAOITAADbDwMA1gkLAM4IFADGCiIA&#10;wAwwALwNPAC4DUYAtQ1PALIOVwCwDl8Arg5lAK0OawCrDnEAqg54AKgOfgCnD4UApQ+NAKQPlgCi&#10;EJ8AoBCpAJ8QtQCdEcUAmxHeAJkS8QCXE/8AlhT/AJUU/wCVFP8AlBT/AP8VAADtGwAA4B8AANIf&#10;AADJGwAAxBQFAMEQDgC6EhsAtBMpALAUNQCsFUAAqRVJAKYVUgCkFlkAohZgAKEWZgCfFmwAnhZy&#10;AJwWeQCbF4AAmReIAJgXkQCWGJsAlBimAJMZsgCRGcEAkBrYAI0b7gCLHP0Aihz/AIoc/wCJHP8A&#10;iRz/APQdAADkJQAA0ykAAMcqAAC8JgAAtiAAALQZCwCuGhUAqBwjAKQdLwChHjoAnh5EAJseTACZ&#10;HlQAlx9bAJUfYQCUH2cAkh9tAJEfdACPIHwAjiCEAIwgjQCKIJcAiSGiAIchrgCGIr0AhSLRAYIj&#10;6wGBJPsBgCT/AX8k/wF/JP8BfyT/AewlAADbLQAAyTEAALwxAACxLgAAqykAAKckBQCjIxEAniQd&#10;AJolKgCWJjUAkyY/AJEmRwCPJk8AjSZWAIsnXACJJ2IAiCdpAIYnbwCFJ3cAgyd/AIEniQGAKJMB&#10;fiieAX0pqwF7KbkBeinNAXgq6AF3K/kBdiv/AXYr/wF1K/8BdSr/AeUsAADQNAAAwTgAALM4AACo&#10;NQAAojEAAJ0tAACZKg4AlCsYAJAsJACNLTAAii06AIctQwCFLUoAgy1RAIEuWACALl4Afi5kAH0u&#10;awB7LnMBeS57AXguhQF2Lo8BdC+bAXMvqAJxL7YCcDDJAm8w5QJuMfcCbTH/Am0x/wJtMf8CbTH/&#10;At8yAADJOQAAuz4AAKw9AAChOgAAmjcAAJUzAACQMQoAjDEUAIcyIACEMysAgTM1AH8zPgB9M0YA&#10;ezNNAHkzVAB3M1oAdjNhAHQzZwFyNG8BcTR3AW80gQFuNIwCbDSYAmo1pQJpNbMDaDXGA2c24gNm&#10;NvUDZjb/AmY2/wJmNv8CZjb/Atg3AADEPgAAtUIAAKZBAACbPwAAkzwAAI04AACINgcAhDcRAIA3&#10;HAB8OCcAejgxAHc5OgB1OUIAczlJAHE5UABwOVcAbjldAGw5ZAFrOWsBaTl0AWg5fgJmOYkCZDmV&#10;A2M6ogNiOrEDYTrDA2A74ARfO/MDXzv/A187/wNfO/8CXzv/AtE7AADAQgAAsEUAAKFEAACVQwAA&#10;jUAAAIc9AACCOwIAfTsOAHk8GAB1PSMAcz0tAHA9NgBuPT8AbD1GAGs9TQBpPVMAZz1aAGY9YQFk&#10;PWgBYz1xAWE+ewJfPoYCXj6TA1w+oANbP68EWj/BBFo/3QRZP/IEWT//A1k//wNZP/8DWT//A8w/&#10;AAC8RgAAq0gAAJxHAACRRgAAiEQAAIJAAAB8PwAAd0AMAHNAFQBvQSAAbEEqAGpBMwBoQTsAZkJD&#10;AGRCSgBjQVAAYUFXAGBCXgFeQmUBXUJuAltCeAJaQoQDWEKQA1dCngRWQ60EVUO/BFRD2gRUQ/EE&#10;VEP+A1RD/wNUQ/8DVEP/A8hCAAC4SQAAp0sAAJhKAACNSQAAg0cAAH1DAAB2QwAAcUQKAG1EEgBq&#10;RR0AZ0UnAGRFMABiRTgAYEU/AF9FRwBdRU0AW0VUAFpGWwFZRmMBV0ZsAVZGdgJURoEDU0aOA1JH&#10;nARQR6sEUEe9BE9H1gVPR+8ET0f9BE9H/wNPR/8DUEf/A8RFAAC1TQAAo00AAJVMAACJSwAAf0oA&#10;AHhGAABxRwAAbEcHAGhIEABkSBoAYUkkAF9JLQBdSTUAW0k9AFlJRABXSUoAVklRAFVKWQFUSmEB&#10;UkppAVFKdAJPSn8DTkqMA01KmwRMS6oES0u8BEpL0wVKS+4ES0v9BEtK/wNLSv8DS0r/A8FIAACy&#10;UAAAoE8AAJFPAACFTgAAe00AAHNJAABsSgAAZ0sEAGJMDgBfTBcAXE0hAFpNKgBYTTIAVk06AFRN&#10;QQBTTkgAUk5PAFBOVwFPTl8BTk5nAUxOcgJLTn0CSU6LA0hOmQRHT6gERk+6BEZP0QRGT+0ERk78&#10;BEZO/wNHTv8DR07/A71MAACuUgAAnFEAAI1RAACBUQAAd1AAAG5MAABnTgAAYk8AAF1QDQBaUBQA&#10;V1EeAFVRJwBTUTAAUVI4AFBSPwBOUkYATVJNAExTVQBKU10BSVNlAUhTbwJGU3sCRVOJA0NTlwNC&#10;U6cEQVO4BEFTzwRBU+wEQVL7A0JS/wNCUv8DQlH/A7pPAACqVAAAmFQAAIlUAAB9UwAAc1MAAGlR&#10;AABiUgAAXFMAAFhUCgBUVRIAUlUbAE9WJABOVi0ATFc1AEtXPABKV0QASFdLAEdYUgBGWFoBRFhj&#10;AUNYbQFBWHkCQFiGAj5YlQM9WKUDPFi3BDxYzQQ8V+oDPFf6Az1W/wM9Vv8DPVb/A7ZTAAClVwAA&#10;lFcAAIVWAAB5VgAAb1YAAGVVAABcVgAAV1gAAFJZBwBOWhAATFoYAEpbIQBIXCoAR1wyAEVcOgBE&#10;XUEAQ11IAEJdUABAXVgAP11hAT1dawE8XXYCOl2EAjldkwI4XaMDN121AzZdywM2XOgDN1z5Azdb&#10;/wM4W/8DOFr/A7JXAACgWgAAj1kAAIFZAAB1WQAAa1kAAGBaAABWWwAAUV0AAExeAgBIYA0ARWAU&#10;AERhHgBCYiYAQGIuAD9iNgA+Yz4APWNFADxjTQA7Y1UAOWNeADhjaAE2Y3QBNWOBATNjkQIyY6EC&#10;MWOzAjFjyAIxYucCMWH4AjFh/wIyYP8CMmD/Aq5cAACbXQAAil0AAHxdAABwXQAAZl0AAFxeAABS&#10;YAAATGIAAEVlAABBZgoAPmcRADxoGgA7aCIAOWkrADhpMgA3ajoANmpBADVqSQA0alIAM2pbADFq&#10;ZQAwanABLmp+AS1qjgEsap8BK2qwASpqxgEqaeUBKmj2Aitn/wIrZ/8CK2f/AqlhAACVYAAAhGAA&#10;AHdgAABsYQAAYmEAAFhjAABOZgAAR2gAAEBrAAA6bgUANm8OADRwFQAzcB4AMnEmADBxLgAvcTUA&#10;LnI9AC1yRQAsck0AK3JXACpyYQApcm0AJ3J7ACZyiwAkcpwBI3KuASNywwEjceIBI3D0ASNv/wEj&#10;bv8BI27/AaFlAACOZAAAf2QAAHJkAABoZQAAXmYAAFRpAABJbAAAQm8AADtyAAA0dQAALngKACt5&#10;EQAqeRgAKXohACd6KAAmejAAJXs4ACR7QAAje0gAIntSACF7XAAge2gAH3x2AB18hgAce5gAG3uq&#10;ABp7vwAae94AGnnyABt4/gAbd/8BG3f/AZlpAACIaQAAeWkAAG1pAABjagAAWWwAAE9vAABFcwAA&#10;PXcAADV6AAAufQAAJ4EDACKDDQAghBIAH4QaAB2EIgAchSoAG4UxABqFOQAZhUIAGIZMABeGVgAW&#10;hmMAFYZxABSGgQAShpMAEYamABGFuwAQhdYAEYPvABGC+wASgv8AEoH/AJFuAACBbQAAdG4AAGlu&#10;AABdcAAAU3MAAEl3AABAfAAAN4AAAC+DAAAnhwAAIYoAABqNBgAVjw0AE5ATABKQGgASkCIAEZAq&#10;ABCRMgAQkTsAD5FEAA6RTwANkVwADJFqAAuRegAKkY0ACJCfAAeQswAHj8kAB4/mAAeO9AAIjfwA&#10;CI3/AIlzAAB7cwAAb3MAAGN1AABXeAAATX0AAEOBAAA5hgAAMIoAACiOAAAhkQAAGpUAABOXAAAO&#10;mggAC5wOAAmcEwAInBoAB5wiAAacKgAEnDMAA5w9AAKdSAAAnVQAAJ1iAACccgAAnIQAAJyXAACb&#10;qgAAm78AAJrbAACa7AAAmvUAAJn4AIJ5AAB2eQAAaHoAAFx+AABRggAARocAADyMAAAykQAAKZUA&#10;ACGZAAAZnQAAEqAAAA6jAAAJpgUAA6cMAACnEAAApxUAAKgcAACoIwAAqCsAAKk0AACpPwAAqUsA&#10;AKlZAACpaAAAqXoAAKmOAACpoQAAqLUAAKjLAACn5AAAp+8AAKfzAH2AAABvgQAAYYQAAFWJAABJ&#10;jgAAPpQAADSZAAAqngAAIaIAABmmAAASqQAADawAAAevAAAAsgAAALMHAACzDAAAsxAAALQVAAC0&#10;GwAAtSIAALYrAAC3NQAAt0AAALhOAAC4XQAAuG4AALiCAAC4lwAAuKoAALe+AAC30gAAt+YAALfq&#10;AHaIAABniwAAWpAAAE6WAABCnAAAN6IAACynAAAiqwAAGa8AABGzAAALtgAABLkAAAC8AAAAvgAA&#10;AL4AAAC/BgAAwAsAAMEPAADCEwAAwxkAAMQgAADFKQAAxzQAAMhCAADJUQAAyWIAAMl1AADJigAA&#10;yZ8AAMqxAADKwQAAydEAAMnZAG6TAABgmAAAU54AAEakAAA6qwAAL7AAACS1AAAZuAAAELwAAAq/&#10;AAABwQAAAMQAAADIAAAAygAAAMoAAADMAAAAzQMAAM4IAADQDQAA0RAAANMWAADWHgAA2igAAN00&#10;AADeQwAA31QAAN9nAADgfAAA4JEAAOCkAADgsgAA4L4AAODDAGafAABZpgAATK0AAD+0AAAyuAAA&#10;JLwAABi/AAAQwwAACMcAAADKAAAAzQAAANEAAADVAAAA2AAAANkAAADbAAAA3QAAAN8AAADhBAAA&#10;4woAAOUOAADnEwAA6hwAAO0nAADwNQAA8UYAAPJYAADzawAA84AAAPSUAAD0owAA9K4AAPSyAP8A&#10;EwD/ABEA/wARAP8AFQD/AB8A/wAsAP8AOQD/AEUA/wBQAP8AWgD+AGMA+wBrAPkAcgD3AHgA9QB+&#10;APQAhADyAIkA8QCOAPAAkwDuAJkA7QCfAOwApgDqAK4A6AC4AOYAxQDlANsA4wDtAOIA+wDiAP8A&#10;4QD/AOEA/wDhAP8A4QD/AP8AEAD/AA4A/wANAP8AEgD/ABsA/wAoAP8ANAD+AEEA+wBMAPcAVgD0&#10;AF8A8QBmAO8AbQDsAHQA6gB6AOkAfwDnAIUA5gCKAOUAjwDjAJUA4QCbAOAAogDeAKoA2wC0ANkA&#10;wADWANAA0wDoANIA9wDRAP8A0QD/ANAA/wDQAP8A0AD/AP8ADQD/AAkA/wAKAP8ADwD/ABYA+wAi&#10;APcALwD0ADsA8ABHAO0AUQDpAFoA5QBiAOIAaQDgAG8A3gB1ANwAegDaAIAA2ACFANUAiwDTAJEA&#10;0QCXAM8AngDNAKYAywCvAMkAugDHAMkAxQDiAMQA8gDDAP4AwgD/AMEA/wDCAP8AwgD/AP8DBgD/&#10;AAEA/wAGAP8ADAD5ABEA8QAdAOsAKQDnADYA4wBBAN8ASwDbAFQA1QBcANIAYwDPAGoAzQBwAMsA&#10;dQDJAHsAyACAAMYAhgDFAIwAwwCTAMEAmgC/AKIAvQCrALsAtgC5AMQAtwDaALYA7QC0APoAtAD/&#10;ALQA/wC0AP8AtAD/AP8EAAD/AAAA/wAAAP8ABgDsAA0A5QAWAN4AIgDXAC8A0QA7AM0ARQDKAE4A&#10;xgBXAMQAXgDBAGQAvwBqAL0AcAC8AHUAugB7ALkAgQC3AIcAtQCOALMAlQCyAJ4AsACnAK4AsgCs&#10;AL8AqgDRAKgA6ACoAPcApwD/AKcA/wCmAP8ApgD/AP8GAAD/BQAA8QMAAOgAAADhAAcA1QAQAM0A&#10;GwDHACcAwwAzAL8APgC8AEgAuQBRALYAWAC0AF8AsgBlALAAagCvAHAArQB2AKwAfACqAIIAqQCJ&#10;AKcAkQClAJoAowCkAKEArgCgALsAngHNAJ0C5gCcBPQAmwT/AJoF/wCaBf8AmQX/AP8KAADxDgAA&#10;5BAAANkPAADOCwAAyAMLAMIAEwC8Ah8AtwMsALMENwCwBUIArQZKAKoGUgCoB1kApgdfAKUHZQCj&#10;B2sAoghxAKAIdwCfCH4AnQiFAJsJjgCaCZcAmAqhAJYKrACVC7oAkwvMAJIM5QCQDfYAjw7/AI4O&#10;/wCODv8AjQ7/APYRAADmFwAA1hsAAMcZAAC+FQAAuRAAALcKDQCxCxcArA0kAKgOMAClDjsAog5E&#10;AJ8PTACdD1MAmw9aAJoPYACYEGYAlxBsAJUQcgCTEHkAkhCBAJAQigCPEZQAjRGfAIsRqgCKErgA&#10;iBLLAIYT5gCFFPcAgxX/AIMV/wCCFf8AghX/AO0aAADcIQAAyiUAALsiAACxHwAAqxoAAKkUBgCl&#10;EhEAoBQeAJwVKgCZFTUAlhY+AJQWRwCSFk4AkBZVAI4XWwCMF2EAixdnAIkXbQCIF3QAhhh8AIUY&#10;hgCDGZAAgRmbAIAapwB+GrUAfRvHAHwc4gB6HfUAeR3/AHgd/wB4Hf8AeB3/AOUiAADQKQAAvywA&#10;ALAqAACnJwAAoCMAAJ0fAACaGg4AlRwYAJEdJACOHi8AjB45AIkeQQCHH0kAhR9QAIMfVgCCH1wA&#10;gB9iAH8faQB9IHAAfCB4AHoggQB5IYwAdyGXAHUipAB0IrIAcyPDAHIj3wBwJPMAbyT/AG8k/wBu&#10;JP8AbiT/AN0pAADIMAAAtzIAAKgwAACeLgAAlyoAAJMnAACQIwoAjCMTAIgkHwCEJSoAgiU0AIAm&#10;PQB9JkQAfCZLAHomUgB4JlgAdyZeAHUmZQB0J2wAcid0AHEnfQBvKIgAbiiUAGwooQBrKa8BainA&#10;AWkq2wFnKvEBZyv/AWYr/wFmKv8BZir/AdQvAADCNgAArzYAAKE1AACWNAAAkDAAAIotAACHKgYA&#10;gykQAH8qGgB8KyUAeSsvAHcsOAB1LEAAcyxHAHEsTQBwLFQAbixaAG0sYQBrLWgAai1wAGgtegBn&#10;LoUAZS6RAWQungFiL6wBYS+9AWEw1QFgMO8BXzD9AV8w/wFfMP8BXzD/Ac00AAC8OwAAqToAAJs6&#10;AACQOAAAiTUAAIMyAAB/MAEAey8OAHcwFgB0MCEAcTErAG8xNABtMTwAazFDAGoxSgBoMlAAZzJX&#10;AGUyXQBkMmUAYjJtAGEzdwBfM4IBXjOOAV00nAFbNKoBWjW7AVo10gFZNe0BWTX8AVg1/wFYNf8B&#10;WTX/Acg4AAC3PgAApD4AAJY9AACLPAAAgzoAAH03AAB4NAAAdDQLAHA1EwBtNR0AajUnAGg2MABm&#10;NjgAZDY/AGM2RgBhNk0AYDZTAF43WgBdN2IAXDdqAFo4dAFZOH8BVziMAVY5mQFVOagCVDm5AlM6&#10;zwJTOusCUzr7AVM6/wFTOf8BUzn/AcQ8AACyQQAAoEAAAJJAAACGPwAAfj0AAHg6AABzOAAAbjkI&#10;AGo5EQBnORoAZDokAGI6LABgOjQAXjo8AF07QwBbO0oAWjtQAFg7VwBXO18AVjxnAFQ8cQFTPHwB&#10;Uj2JAVE9lwFPPaYCTj63Ak4+zQJOPukCTT76Ak4+/wFOPf8BTj3/AcA/AACuQwAAnEMAAI5DAACC&#10;QgAAekAAAHM9AABtPAAAaD0FAGQ9DgBhPhcAXj4hAFw+KQBaPjEAWD45AFc+QABVP0YAVD9NAFM/&#10;VQBSQFwAUEBlAE9AbwFOQXoBTUGHAUtBlgFKQaUCSUK1AklCywJJQugCSUL5AklB/wJJQf8BSUH/&#10;Ab1DAACqRQAAmEUAAIpFAAB/RQAAdkMAAG9AAABoQAAAY0EBAF9BDQBcQRQAWUIdAFdCJgBVQi4A&#10;U0I2AFFCPQBPQkMAT0NLAE5DUgBNRFoATERjAEpEbQFJRXgBSEWFAUdFlAFFRaMCRUa0AkRGyQJE&#10;RucCREX4AkRF/wJFRf8CRUX/AbpGAACmSAAAlEgAAIZIAAB7RwAAckYAAGpCAABjQwAAXkQAAFpF&#10;CwBWRRIAVEYbAFFGIwBPRisATkYzAExHOgBLR0EASkdJAElIUABISFgAR0hhAEZJawBESXYBQ0mD&#10;AUJJkgFBSaICQEmzAj9KxwI/SuUCP0n3AkBJ/wJASP8CQEj/AbZJAACiSgAAkUoAAINKAAB3SgAA&#10;bkkAAGVFAABeRwAAWUgAAFVJCABRShAAT0oYAExKIQBKSykASUsxAEdLOABGTD8ARUxGAERMTgBD&#10;TVYAQk1fAEFNaABATXQBPk2BAT1NkAE8TaABO06xAjpOxgI6TuQCO032AjtN/wE7TP8BPEz/AbNN&#10;AACeTAAAjUwAAH9MAAB0TAAAakwAAGBKAABZSwAAVEwAAFBNBQBMTg4ASU8VAEdPHgBFTyYARFAu&#10;AEJQNQBBUD0AQFFEAD9RSwA+UVMAPVJcADxSZgA6UnIAOVJ/AThSjgE3Up4BNlKvATVSxAE1UuIB&#10;NlL1ATZR/wE2UP8BN1D/Aa5PAACZTwAAiU8AAHtPAABwTwAAZk8AAFxOAABUTwAAT1EAAEpSAQBG&#10;UwwAQ1QSAEFUGwBAVSMAPlUrAD1WMgA8VjoAO1ZBADpWSQA5V1EAOFdaADZXYwA1V28ANFd8ATNX&#10;jAExV5wBMFetATBXwgEwV+ABMFb0ATFW/wExVf8BMVX/AahSAACVUgAAhFIAAHdSAABsUgAAYlIA&#10;AFhTAABPVAAASVYAAERXAABAWQgAPVoQADtaFwA5WyAAOFsnADdcLwA2XDYANVw+ADRcRgAzXU4A&#10;MV1XADBdYQAvXWwALl16ACxdiQArXZoBKl2rASpdvwEpXd4BKlzyASpb/gErW/8BK1r/AaNVAACP&#10;VQAAf1UAAHJVAABnVgAAXlYAAFRXAABMWQAARVsAAD9dAAA6XwQANmANADRhEwAyYhwAMWIjADBi&#10;KwAvYzIALmM6AC1jQgAsY0oAKmRTAClkXQAoZGkAJ2R2ACZkhgAlZJcAJGSpACNkvQAiZNoAI2Px&#10;ACNi/QEkYf8BJGH/AZxYAACJWAAAelkAAG5ZAABjWQAAWloAAFBcAABIXgAAQWAAADpjAAA0ZgAA&#10;L2gKACxpEAAqaRcAKWofAChqJgAnai4AJms1ACVrPQAka0YAI2tPACJsWQAgbGUAH2xyAB5sggAd&#10;bJQAHGymABtrugAaa9QAG2ruABxp/AAcaP8AHGj/AJVcAACDXAAAdVwAAGldAABfXQAAVl4AAExh&#10;AABDZAAAPGcAADVqAAAvbQAAKHAEACNyDQAhchIAIHMaAB9zIQAecygAHXQwABx0OAAbdEAAGnRK&#10;ABl0VAAXdWAAFnVuABV1fgAUdZAAE3SiABJ0tgARdM8AEnPsABJy+gATcf8AE3H/AI5gAAB9YAAA&#10;b2EAAGVhAABbYgAAUWQAAEhnAAA+awAAN24AADBxAAApdQAAIngAABx7BwAXfQ4AFn0TABV9GwAU&#10;fiIAE34qABJ+MQARfjoAEX5EABB/TgAPf1oADn9oAA1/eAAMf4oAC36dAAp+sAAJfcYACn3kAAp8&#10;9AALe/0AC3r/AIZlAAB3ZQAAamUAAGFmAABWaAAATGsAAEJvAAA5cwAAMXcAACp6AAAjfgAAHIEA&#10;ABWEAAAQhwgADYkOAAyJFAAMiRsAC4kjAAqJKwAJiTMACIk9AAaJSAAFiVQABIlhAAKJcQABiYMA&#10;AImWAACIqQAAh74AAIfaAACG7AAAhvUAAIb6AH5qAABxagAAZ2sAAFtsAABQcAAARnQAADx4AAAz&#10;fQAAKoEAACOFAAAciAAAFYwAABCPAAAMkgYABpMMAAKTEQAAlBYAAJQdAACUJAAAlSwAAJU1AACV&#10;QAAAlUwAAJZZAACWaQAAlXoAAJWOAACUoQAAlLUAAJPMAACS5gAAkvIAAJL3AHhwAABtcAAAYHIA&#10;AFR1AABJeQAAP34AADWDAAAsiAAAI40AABuRAAAUlAAAD5cAAAqaAAAEnQMAAJ4JAACfDgAAnxIA&#10;AKAXAACgHQAAoSUAAKItAACiNwAAo0MAAKNQAACjXwAAo3EAAKOEAACimQAAoq0AAKHCAACh3AAA&#10;oesAAKDyAHN2AABmdwAAWXsAAE2AAABChQAAOIsAAC6QAAAklQAAG5oAABSeAAAOoQAACaQAAAKn&#10;AAAAqgAAAKsEAACrCgAArA0AAK0RAACtFgAArhwAAK8kAACwLQAAsTkAALFGAACyVQAAsmYAALJ5&#10;AACyjgAAsaMAALK3AACxygAAseAAALHpAGx+AABfggAAUocAAEaNAAA7kwAAMJkAACaeAAAcowAA&#10;E6cAAA2rAAAHrgAAALIAAAC1AAAAtwAAALgAAAC5AgAAuQgAALoMAAC7EAAAvBQAAL0bAAC/IwAA&#10;wS0AAMI6AADCSQAAw1oAAMNsAADEggAAxJcAAMSrAADEvAAAxMsAAMTaAGWJAABYjgAAS5UAAD+b&#10;AAAzogAAKKgAAB2tAAAUsQAADbYAAAa5AAAAvAAAAL8AAADDAAAAxAAAAMUAAADGAAAAxwAAAMkE&#10;AADKCQAAyw0AAM0RAADPGAAA0iEAANUtAADWPAAA2E0AANlfAADacwAA2ooAANueAADbrgAA27oA&#10;ANzDAF6WAABRnAAARKMAADiqAAAssQAAILcAABW7AAANvgAABMIAAADFAAAAyQAAAM0AAADQAAAA&#10;0gAAANIAAADVAAAA1gAAANkAAADbAAAA3gUAAOAKAADiDwAA5RYAAOggAADsLQAA7T4AAO1RAADu&#10;ZQAA73oAAO+PAADwnwAA8KsAAPCzAP8AEAD/AA4A/wAOAP8AEgD/AB0A/wApAP8ANQD/AEEA/wBN&#10;AP4AVgD7AF8A+ABmAPYAbQD0AHQA8gB5APEAfwDwAIQA7gCJAO0AjwDrAJUA6gCbAOgAogDmAKoA&#10;5QCzAOMAwADhANIA4ADqAN8A+QDdAP8A3QD/AN0A/wDeAP8A3gD/AP8ADQD/AAoA/wAJAP8ADwD/&#10;ABgA/wAkAP4AMQD7AD0A+ABIAPQAUgDwAFoA7QBiAOsAaQDpAG8A5wB1AOUAegDjAH8A4gCFAOAA&#10;igDeAJAA3ACWANoAnQDYAKUA1QCvANIAugDQAMoAzgDjAM0A9ADLAP8AywD/AMsA/wDLAP8AywD/&#10;AP8ACAD/AAMA/wAFAP8ADAD8ABQA9wAfAPIAKwDvADcA6wBCAOcATADkAFUA4ABdAN0AZADaAGoA&#10;2ABwANUAdQDSAHoA0ACAAM8AhQDNAIsAywCSAMkAmQDHAKEAxQCqAMMAtQDBAMMAvwDaAL4A7gC9&#10;APwAvAD/ALwA/wC8AP8AvAD/AP8AAAD/AAAA/wAAAPkABwDxABAA6gAaAOQAJQDfADEA2wA8ANcA&#10;RwDSAFAAzgBXAMsAXgDJAGUAxgBqAMUAcADDAHUAwQB6AMAAgAC+AIYAvACNALoAlAC5AJwAtwCl&#10;ALUAsACzAL0AsQDPAK8A6ACuAPgArgD/AK0A/wCtAP8ArQD/AP8AAAD/AAAA/QAAAO4AAQDjAAwA&#10;2gAUANEAHwDMACsAyAA2AMUAQADCAEoAvwBSALwAWQC6AF8AuABlALYAagC0AG8AswB1ALEAegCw&#10;AIEArgCIAK0AjwCrAJgAqQChAKcAqwClALgAowDIAKIA4gChAPMAoAD+AKAA/wCgAP8AoAD/AP8A&#10;AAD2AAAA6gAAAOAAAADTAAYAyQAPAMIAGAC9ACQAuQAvALYAOgC0AEMAsQBMAK4AUwCsAFkAqgBf&#10;AKkAZACnAGoApgBvAKQAdQCjAHsAoQCCAKAAigCeAJMAnACdAJoApwCYALQAlgDDAJUA3ACUAO8A&#10;kwD7AJMA/wCTAP8AkgD/APkFAADqCwAA3A0AAMsKAADCBQAAvAAKALYAEQCxABwArgAoAKoAMwCn&#10;AD0ApABFAKIATQCgAFMAngBZAJwAXwCbAGQAmgBqAJgAcACXAHYAlQB+AJMAhgCSAY8AkAGZAI4C&#10;pACMArEAiwPAAIkF1gCIBu0AiAf6AIcI/wCGCP8Ahgj/AO8PAADeFAAAyhUAALwSAACzEAAArgwA&#10;AKsGDQCnAxUAogUgAJ8HLACcCDYAmQg/AJcJRwCVCU4AkwlUAJEKWgCQCl8AjgplAI0KawCLCnIA&#10;igt5AIgLggCHC4wAhQyXAIMMogCBDbAAgA3AAH8N2AB9Du8AfA/9AHsP/wB7EP8AexD/AOYXAADR&#10;HgAAvR0AAK8cAACmGQAAoRUAAJ4QBACdDQ8AmA4ZAJQOJQCRDy8AjxA5AIwQQQCKEEgAiBBPAIcQ&#10;VQCFEFsAhBFhAIIRZwCAEW4AfxF1AH0RfgB8EogAehKUAHgSoAB3E64AdRO+AHQU1QBzFe4AcRb9&#10;AHEW/wBxFv8AcBb/ANwfAADGJQAAsyUAAKUjAACcIQAAlh4AAJIZAACRFAsAjRQUAIkVHwCGFikA&#10;gxYzAIEXPACAF0MAfhdKAHwXUAB6F1YAeRhcAHcYYgB2GGkAdBhxAHMZegBxGYQAbxqQAG4anQBs&#10;G6sAaxy7AGoc0ABpHewAaB77AGge/wBnHv8AZx7/ANEmAAC9KgAAqyoAAJ0qAACTKAAAjSUAAIgi&#10;AACGHQYAgxsQAH8cGgB8HSQAeh0uAHceNgB2Hj4AdB5FAHIfSwBxH1EAbx9YAG4fXgBsH2UAayBt&#10;AGkgdgBoIYEAZiGNAGUimgBjIqgAYiO4AGEjzQBgJOkAYCT6AF8k/wBfJP8AXyT/AMosAAC2LwAA&#10;pC8AAJYvAACMLQAAhSoAAIAoAAB9JAAAeiINAHYjFQBzIyAAcSQpAG8kMgBtJDoAayVBAGolRwBo&#10;JU0AZiVUAGUlWgBkJmEAYiZpAGEmcgBfJ30AXieKAF0olwBbKaUAWim1AFoqygBZKucAWCr4AFgq&#10;/wBYKv8AWCr/AMUxAACvMwAAnjMAAJAzAACGMgAAfy8AAHktAAB1KgAAcigKAG8oEgBrKRsAaSkl&#10;AGcqLQBlKjUAYyo9AGIqQwBgKkoAXytQAF4rVwBcK14AWyxmAFksbwBYLXoAVy2HAFYulQBULqMA&#10;Uy+zAFMvxwBSL+UAUi/3AFIv/wBSL/8AUi//AME2AACqNgAAmTYAAIs2AACBNQAAeTMAAHMxAABv&#10;LwAAay4GAGgtEABkLhgAYi4hAGAvKgBeLzEAXC85AFsvQABZL0YAWC9NAFcwUwBWMFsAVDFjAFMx&#10;bABSMncAUTKEAE8zkgBOM6EATTOxAE00xQFMNOMBTDT2AEw0/wBMNP8ATDP/ALs5AACmOQAAlTkA&#10;AIc5AAB8OQAAdDcAAG40AABpMwAAZTICAGEyDQBeMhQAXDMeAFozJgBYMy4AVjM1AFU0PABTNEMA&#10;UjRKAFE0UABQNVgATjVgAE02agBMNnUASzeCAEo3kABJOJ8ASDiwAUc4wwFHOOEBRzj1AUc4/wFH&#10;OP8BRzj/Abc7AACiPAAAkTwAAIM8AAB4PAAAcDoAAGo3AABkNgAAYDYAAFw2CwBZNxIAVjcaAFQ3&#10;IwBSNysAUDcyAE84OQBNOEAATDhHAEs4TgBKOVUASTleAEg6aABHOnMARjuAAEU7jgBEPJ4AQzyu&#10;AUI8wgFCPd8BQjzzAUI8/wFCPP8BQjv/AbM9AACePgAAjT4AAH8+AAB1PgAAbD0AAGY6AABgOQAA&#10;WzoAAFc6CABTOxAAUTsYAE47IABMOygASzsvAEk8NgBHPD0ARzxEAEY9SwBFPVMARD5cAEM+ZgBC&#10;P3EAQT9+AEA/jQA/QJwAPkCtAT1AwAE9QN0BPUDyAT1A/wE+P/8BPj//Aa5AAACaQAAAiUEAAHxB&#10;AABxQQAAaEAAAGE8AABbPQAAVj4AAFI+BQBOPw4ATD8VAEk/HQBHQCUARkAsAERAMwBDQDoAQkFC&#10;AEFBSQBAQVEAP0JaAD5CYwA9Q28APEN8ADtDiwA6RJsAOUSrATlEvgE4RNsBOUTxATlD/gE5Q/8B&#10;OUP/AapCAACWQwAAhkMAAHhDAABuQwAAZUMAAF1AAABWQAAAUUIAAE1CAgBJQwwARkMSAEREGgBC&#10;RCIAQUQqAD9FMQA+RTgAPUU/ADxGRwA7Rk8AOkZXADlHYQA4R2wAN0d6ADZIiQA1SJkANEiqADRI&#10;vQAzSNkANEjwADRH/QA0R/8ANUb/AKZEAACSRQAAgkYAAHVGAABqRgAAYUUAAFlEAABRRAAATEYA&#10;AEhHAABERwoAQUgQAD9JGAA9SSAAPEknADpKLgA5SjYAOEo9ADdLRAA2S0wANUtVADRMXwAzTGoA&#10;Mkx3ADFMhgAwTJcAL02oAC5NuwAuTdUALkzvAC9M/QAvS/8AMEv/AKFHAACOSAAAfkgAAHFIAABm&#10;SQAAXUgAAFVIAABMSQAAR0oAAEJLAAA/TAYAO00OADlOFQA3Th0ANk8kADVPKwAzTzMAMlA6ADFQ&#10;QgAwUEoAL1FSAC5RXAAtUWcALFF1ACtRhAAqUpUAKVKmAClSuQAoUtIAKVHuAClQ/AAqUP8AKk//&#10;AJxKAACJSgAAeksAAG1LAABjTAAAWkwAAFFMAABITQAAQ08AAD1QAAA5UgIANVMMADNUEgAxVBkA&#10;MFUhAC5VKAAtVS8ALFY3ACtWPgAqVkYAKVZPAChXWQAnV2QAJldyACVXgQAkV5IAI1ekACJXtwAi&#10;V88AIlfsACNW+gAjVf8AJFX/AJZNAACETgAAdU4AAGlOAABfTwAAVk8AAE1QAABFUgAAP1MAADlW&#10;AAAzWAAAL1oIACtbDwAqWxUAKFwdACdcJAAmXCsAJVwzACRdOgAjXUMAIl1MACFdVgAgXmEAH15u&#10;AB5efgAdXo8AHF6hABtetAAaXcwAG13pABtc+QAcW/8AHFv/AJBRAAB+UQAAcFEAAGRSAABbUgAA&#10;UlMAAEpUAABBVwAAO1kAADVbAAAuXgAAKGADACRiDAAiYxEAIWMYAB9kIAAeZCcAHWQuABxkNgAb&#10;ZT4AGmVHABllUQAYZV0AF2VqABZlegAVZYsAFGWeABNlsQASZcgAEmTnABNj9wAUYv8AFGL/AIlU&#10;AAB4VQAAa1UAAGBWAABXVgAAT1cAAEZZAAA9XAAANl8AADBiAAApZAAAI2cAAB1qBwAZbA4AGGwT&#10;ABZtGgAVbSEAFG0pABRtMAATbTkAEm5CABFuTAAQblgAD25lAA5udQANbocADW6aAAxtrQALbcIA&#10;C2zgAAxr8wANa/0ADWr/AIJZAAByWQAAZlkAAFxaAABUWgAASlwAAEFfAAA5YwAAMWYAACppAAAk&#10;bAAAHW8AABdyAAASdQkAD3cPAA53FAAOdxsADXcjAAx3KgALdzMACnc8AAl3RwAId1IAB3dfAAV3&#10;bwAEd4AAA3eUAAF2pwAAdrsAAXXVAAF06wACdPYAAnT8AHtdAABtXQAAYl4AAFleAABOYAAARWMA&#10;ADxnAAAzawAAK24AACRyAAAedQAAF3kAABJ8AAANfwYACYEMAAWBEQADgRYAAoEdAAGBJAAAgS0A&#10;AII2AACCQAAAgkwAAIJZAACCaAAAgnkAAIKNAACBoAAAgLQAAIDLAAB/5wAAfvIAAH75AHRiAABo&#10;YgAAXmIAAFNkAABJZwAAP2sAADZwAAAtdAAAJXgAAB58AAAXgAAAEYMAAA2GAAAIiQQAAosKAACL&#10;DgAAixMAAIwYAACMHwAAjSYAAI0vAACOOQAAjkQAAI5RAACOYAAAjnEAAI6FAACOmQAAja0AAIzD&#10;AACM3wAAi+4AAIv2AG5oAABkZwAAWGkAAE1sAABCcQAAOHYAAC97AAAmfwAAHoQAABaIAAAQjAAA&#10;DI8AAAaSAAAAlQAAAJYHAACXDAAAlw8AAJgTAACZGAAAmh8AAJsmAACbMAAAnDsAAJxIAACcVwAA&#10;nGgAAJx7AACckAAAm6UAAJu6AACa0AAAmucAAJrxAGptAABebwAAUXIAAEZ3AAA7fAAAMYIAACeH&#10;AAAejAAAFpEAABCVAAAKmQAABJwAAACgAAAAogAAAKMBAACjBgAApAsAAKUOAACmEgAApxcAAKge&#10;AACqJgAAqzEAAKs+AACsTQAArF0AAKxwAACshQAArJsAAKuvAACrwwAAq9kAAKroAGR1AABXeQAA&#10;S34AAD+EAAA0igAAKZAAAB+WAAAWmwAAEJ8AAAmjAAABpwAAAKoAAACuAAAAsAAAALAAAACxAAAA&#10;sgMAALQIAAC1DQAAthAAALcVAAC5HQAAuyYAALwzAAC9QQAAvVIAAL1kAAC+eQAAvpAAAL2kAAC9&#10;twAAvcYAAL3XAFx/AABQhQAARIsAADiSAAAsmQAAIZ8AABekAAAQqQAACa4AAACyAAAAtgAAALkA&#10;AAC9AAAAvwAAAL8AAADAAAAAwQAAAMMAAADEBQAAxgoAAMcOAADJEwAAyxwAAM4mAADQNQAA0UUA&#10;ANJXAADSawAA04IAANOXAADTqQAA0rgAANLEAFWMAABJkwAAPZoAADCiAAAlqAAAGq4AABG0AAAJ&#10;uQAAAL0AAADBAAAAxAAAAMgAAADLAAAAzQAAAM0AAADPAAAA0AAAANIAAADUAAAA2AAAANoGAADd&#10;DAAA4BEAAOMaAADmJwAA5zgAAOhKAADpXQAA6nIAAOuIAADrmwAA7KgAAOyyAP8ADQD/AAsA/wAL&#10;AP8AEAD/ABoA/wAmAP8AMgD/AD0A/wBIAPsAUgD4AFoA9gBiAPMAaQDxAG8A8AB1AO4AegDsAH8A&#10;6wCEAOkAigDoAJAA5gCWAOQAnQDiAKUA4QCvAN8AuwDdAMsA2wDmANkA9wDYAP8A2AD/ANcA/wDX&#10;AP8A1AD/AP8ACAD/AAQA/wAEAP8ADQD/ABUA/gAhAPoALAD3ADgA9ABDAPAATQDtAFUA6gBdAOcA&#10;ZADkAGoA4gBwAOAAdQDeAHoA3QB/ANsAhQDZAIsA1QCRANMAmQDRAKAAzwCqAM0AtQDLAMQAyQDd&#10;AMgA8QDHAP8AxgD/AMYA/wDGAP8AxwD/AP8AAAD/AAAA/wAAAP8ACgD4ABEA8QAcAOwAJwDpADIA&#10;5gA9AOIARwDdAFAA2QBYANUAXwDSAGUA0ABqAM4AcADMAHUAygB6AMkAfwDHAIUAxQCMAMMAlADB&#10;AJwAvwClAL0AsAC7AL0AugDQALgA6wC3APsAtgD/ALYA/wC2AP8AtgD/AP8AAAD/AAAA/QAAAPMA&#10;BQDpAA4A4QAWANsAIQDVAC0A0QA3AM4AQQDKAEoAxwBSAMQAWQDCAF8AwABlAL4AagC8AG8AuwB0&#10;ALkAegC3AIAAtgCHALQAjgCyAJcAsACgAK4AqgCtALcAqwDIAKkA4wCoAPUApwD/AKcA/wCnAP8A&#10;pgD/AP8AAAD+AAAA8QAAAOUAAADXAAoAzQARAMcAHADCACYAvwAxALwAOwC6AEQAtwBMALQAUwCy&#10;AFkAsQBfAK8AZACtAGkArABvAKoAdACpAHoApwCBAKYAiQCkAJEAogCbAKAApQCeALIAnQDBAJsA&#10;2gCaAO8AmQD9AJgA/wCYAP8AmAD/AP0AAADwAAAA4QAAANEAAADGAAQAvQANALcAFQCzACAAsAAr&#10;AK0ANQCrAD4AqABGAKYATQCkAFQAowBZAKEAXwCgAGQAngBpAJ0AbgCbAHUAmgB7AJgAgwCWAIwA&#10;lQCWAJMAoQCRAK0AjwC7AI0AzwCMAOkAiwD4AIwA/wCMAP8AjAD/APMCAADiBwAAzAcAAL8EAAC3&#10;AAAAsQAIAKsAEACnABkApAAkAKAALgCeADcAnABAAJoARwCYAE4AlgBUAJUAWQCTAF4AkgBkAJAA&#10;aQCPAG8AjQB2AIsAfgCKAIgAiACSAIYAnQCFAKkAgwC4AIEAygCAAOUAgAD1AH8A/wB/AP8AfwD/&#10;AOgNAADQEAAAvhAAALEOAACoDQAAowgAAKACDACcABMAmAAdAJUAJwCSADEAkAA5AI4BQQCMAUgA&#10;igJOAIkCVACHAlkAhgJfAIQDZACDA2sAgQNyAIAEegB+BIQAfQWOAHsFmgB5BqcAeAa1AHYHyAB1&#10;COMAdQn0AHQK/wBzCv8Acwr/AN0VAADEFwAAsRcAAKUWAACcEwAAlhEAAJQNBACTCA0AjgcVAIsJ&#10;IACICSoAhQozAIMLOwCBC0IAgAtJAH4LTwB9DFQAewxaAHoMYAB4DGcAdwxuAHUNdgB0DYAAcg2M&#10;AHANmQBvDqYAbQ61AGwOyQBrD+YAahD3AGkQ/wBpEP8AaRD/ANAdAAC5HgAAqB4AAJsdAACSGwAA&#10;ixkAAIgVAACHEQcAhQ4QAIEPGgB+ECQAexAtAHkQNgB3ET0AdhFEAHQRSgBzEVAAcRFWAHARXABu&#10;EmIAbRJqAGsScwBpE30AaBOJAGYTlgBlFKMAYxWzAGIVxgBiFuMAYRb2AGAX/wBgF/8AYBf/AMci&#10;AACwIwAAnyQAAJIjAACJIgAAgiAAAH4dAAB8GQAAehUNAHcVFQB0Fh8AcRYoAG8XMABuFzgAbBc/&#10;AGsXRQBpGEsAaBhRAGYYWABlGF4AYxlmAGIZbwBgGXkAXxqFAF0bkgBcG6EAWxywAFocwwBZHeAA&#10;WB70AFge/wBYHv8AWB7/AL8nAACpKAAAmSgAAIsoAACCJwAAeyUAAHYjAABzIAAAcRwJAG4cEQBr&#10;HBoAaR0jAGcdLABlHTMAYx46AGIeQQBgHkcAXx5NAF4eVABcH1sAWx9iAFkgawBYIHYAViGCAFUh&#10;kABUIp4AUyKuAFIjwABRI90AUSTyAFEk/wBRJP8AUSP/ALkrAACjLAAAkywAAIYtAAB8LAAAdCoA&#10;AG8oAABrJQAAaSIFAGYhDgBjIhYAYSIfAF8jJwBdIy8AXCM2AFojPQBZJEMAVyRKAFYkUABVJFcA&#10;UyVfAFIlaABRJnMATyZ/AE4njQBNKJwATCisAEspvgBLKdoASinxAEop/wBLKf8ASyn/ALMuAACe&#10;LwAAjjAAAIEwAAB3LwAAby4AAGorAABlKgAAYycBAF8nDABcJxMAWicbAFgoJABWKCsAVSgyAFMo&#10;OQBSKUAAUClGAE8pTQBOKVQATSpcAEwqZQBKK3AASSt8AEgsiwBHLZoARi2qAEUuvABFLtYARS7v&#10;AEUu/gBFLv8ARS3/AK4xAACaMgAAiTMAAHwzAAByMwAAazEAAGUvAABgLQAAXSwAAFksCQBWLBAA&#10;VCwYAFIsIABQLCgATi0vAE0tNgBMLTwASi1DAEktSgBILlEARy5ZAEYvYwBFMG0AQzB6AEIxiQBB&#10;MZgAQTKoAEAyuwA/MtMAPzLuAEAy/QBAMv8AQDL/AKozAACWNQAAhjUAAHk2AABuNQAAZjUAAGEy&#10;AABcMAAAVzAAAFQwBgBRMA4ATjAVAEwxHQBKMSUASDEsAEcxMgBGMTkARDFAAEMyRwBCMk8AQTNX&#10;AEAzYAA/NGsAPjV4AD01hwA8NpYAOzanADs2uQA6NtEAOjbtADs2/AA7Nv8AOzb/AKY2AACSNwAA&#10;gjgAAHU4AABrOAAAYzcAAF02AABXMwAAUzQAAE80AwBLNAwASTQSAEY1GgBFNSIAQzUpAEE1LwBA&#10;NTYAPzY9AD42RAA9N0wAPDdVADs4XgA6OGkAOTl2ADg5hQA3OpUANzqlADY6uAA1Os8ANjrsADY6&#10;+wA2Of8ANzn/AKI4AACOOQAAfjoAAHI7AABoOwAAXzoAAFk5AABTNgAATjcAAEo4AABGOAoARDkQ&#10;AEE5FwA/OR8APjkmADw5LQA7OjQAOjo7ADk7QgA4O0oANztTADY8XAA1PGcAND10ADM9gwAzPpMA&#10;Mj6kADE+tgAxPs0AMT7qADE++gAyPf8AMj3/AJ47AACLPAAAezwAAG49AABkPQAAXD0AAFU8AABO&#10;OgAASTsAAEU8AABBPQcAPj0OADw9FQA6PhwAOT4jADc+KgA2PzEANT84ADQ/QAAzQEgAMkBQADFA&#10;WgAwQWUAL0FyAC5CgQAtQpEALUKiACxCtQArQssALELpACxC+QAtQf8ALUH/AJk9AACHPgAAdz8A&#10;AGs/AABhQAAAWT8AAFI/AABJPgAARD8AAEBAAAA8QQQAOUINADdCEgA1QxkAM0MhADJDKAAxRC8A&#10;MEQ2AC9EPQAuRUUALUVOACxFWAArRmMAKkZvAClGfgAoRo8AJ0ehACZHswAmR8kAJkbnACdG+AAo&#10;Rf8AKEX/AJVAAACCQQAAc0IAAGdCAABeQgAAVUIAAE5CAABFQgAAP0QAADtFAAA3RgAANEcKADFI&#10;EAAvSBYALkkeACxJJQArSSwAKkkzAClKOgAoSkIAJ0pLACZLVQAlS2AAJEttACNLfAAiS40AIUyf&#10;ACFMsQAgTMcAIEvmACFL9wAiSv8AIkr/AJBDAAB+RAAAb0QAAGRFAABaRQAAUkUAAEpGAABBRwAA&#10;PEgAADdJAAAySwAALk0HACtODgApThMAJ08aACZPIQAlTygAJE8wACNQNwAiUD8AIVBIACBQUgAf&#10;UV0AHlFqAB1ReQAcUYoAG1GcABpRrwAZUcUAGVHkABpQ9gAbT/8AHE//AIpGAAB5RwAAa0cAAGBI&#10;AABWSAAATkgAAEdJAAA+SwAAOUwAADNOAAAuUAAAKFMCACRUCwAiVRAAIFUWAB9WHgAeViQAHVYs&#10;ABxWMwAbVzsAGldEABlXTgAYV1kAF1hmABVYdQAUWIcAFFiaABNXrAASV8IAElfhABNW9AAUVf8A&#10;FFX/AIRJAAB0SgAAZksAAFxLAABTSwAAS0wAAERNAAA8TwAANVEAAC9UAAApVgAAJFkAAB5bBwAa&#10;XQ0AGF0SABddGQAWXiAAFV4nABReLgATXjcAEl5AABFfSgARX1UAEF9iAA9fcQAOX4MADV+WAA1f&#10;qQAMXr4ADF7aAA1d8AANXPwADlz/AH5NAABuTgAAYk4AAFhPAABPTwAASFAAAEBSAAA4VAAAMFcA&#10;ACpaAAAkXQAAH18AABliAQATZQkAEWYPABBmFAAPZhsADmciAA1nKQANZzIADGc7AAtnRQAKZ1AA&#10;CWddAAdnbAAGZ30ABWeQAARmowACZrcAA2XPAARl6QAEZPUABGT8AHdRAABpUgAAXVIAAFRSAABM&#10;UwAAQ1UAADtYAAAzWwAAK14AACVhAAAfZAAAGWcAABNqAAAPbQYAC3AMAAhw/+L/4klDQ19QUk9G&#10;SUxFAAQJEQAHcBYABXAdAARwJAADcCwAAnA1AABwPwAAcEoAAHBXAABwZQAAcHYAAHCKAABvngAA&#10;b7IAAG7IAABt5QAAbfIAAG35AHBWAABjVgAAWVYAAFFXAABHWAAAPlsAADZfAAAuYgAAJmYAAB9q&#10;AAAZbQAAE3AAAA5zAAALdgQABXgLAAF4DwAAeRMAAHkZAAB5HwAAeiYAAHovAAB6OQAAekQAAHpQ&#10;AAB6XwAAenAAAHqDAAB6mAAAeqwAAHnCAAB43wAAeO8AAHf3AGpbAABfWwAAVlsAAExcAABCYAAA&#10;OWMAADBoAAAobAAAIHAAABl0AAATdwAADnsAAAl+AAAEgQIAAIIIAACDDQAAgxAAAIQUAACFGQAA&#10;hiAAAIYoAACHMQAAhzwAAIdJAACHVwAAh2gAAId7AACHkAAAhqUAAIW6AACF0wAAhOoAAIT0AGVg&#10;AABcYAAAUWEAAEZkAAA8aQAAMm0AAClyAAAhdwAAGXsAABKAAAANgwAACIcAAAKKAAAAjQAAAI4E&#10;AACOCQAAjw0AAJAQAACRFAAAkhkAAJMgAACUKQAAlTMAAJVAAACWTgAAll8AAJVyAACViAAAlZ0A&#10;AJSyAACUyAAAk+IAAJPuAGFlAABWZgAASmoAAD9uAAA1dAAAK3kAACF/AAAZhAAAEYkAAAyNAAAG&#10;kQAAAJQAAACYAAAAmgAAAJsAAACcAgAAnQcAAJ4LAACfDgAAoRIAAKIYAACjIAAApSkAAKY2AACm&#10;RAAAplUAAKZoAACmfQAAppQAAKWpAACkvQAApNEAAKTkAFtsAABPcAAAQ3UAADh7AAAtgQAAI4cA&#10;ABmNAAARkgAAC5cAAAScAAAAoAAAAKMAAACmAAAAqAAAAKkAAACqAAAArAAAAK0EAACuCQAAsA0A&#10;ALERAACzFwAAtSAAALYrAAC3OgAAt0sAALhcAAC4cQAAuIgAALidAAC4sQAAt8IAALfQAFR2AABI&#10;fAAAPIIAADGJAAAmkAAAG5cAABKdAAAMogAAA6cAAACrAAAArgAAALIAAAC2AAAAuAAAALgAAAC6&#10;AAAAuwAAAL0AAAC+AAAAwAUAAMELAADDEAAAxhYAAMkgAADKLgAAyz4AAMxQAADMZAAAzXoAAM2R&#10;AADNpAAAzbQAAM3AAE2DAABBigAANZEAACmZAAAeoAAAE6YAAAysAAADsQAAALYAAAC6AAAAvgAA&#10;AMIAAADGAAAAyAAAAMgAAADKAAAAywAAAM0AAADOAAAA0AAAANIBAADVCAAA2Q4AAN0VAADhIQAA&#10;4jEAAORDAADlVgAA5msAAOaCAADnlgAA56UAAOawAP8ACQD/AAUA/wAGAP8ADgD/ABYA/wAhAP8A&#10;LQD/ADgA/QBDAPkATQD1AFUA8gBdAPAAYwDuAGkA7ABvAOoAdADpAHoA5wB/AOYAhQDkAIsA4wCR&#10;AOEAmQDfAKEA3ACqANoAtgDXAMYA1QDhANMA9ADSAP8A0QD/ANEA/wDPAP8AygD/AP8AAQD/AAAA&#10;/wABAP8ADAD/ABIA+gAdAPYAKADzADMA8AA+AOwASADoAFAA5QBYAOIAXgDfAGQA3QBqANsAbwDZ&#10;AHQA1gB6ANQAfwDSAIUA0ACMAM4AkwDMAJwAyQClAMcAsADGAL4AxADUAMIA7gDBAP4AwAD/AMAA&#10;/wC/AP8AvgD/AP8AAAD/AAAA/wAAAPoABwDxAA8A6wAYAOYAIwDiAC4A4AA4ANsAQgDVAEsA0QBS&#10;AM4AWQDLAF8AyQBlAMcAagDGAG8AxAB0AMIAegDBAIAAvwCGAL0AjgC7AJYAuQCgALcAqgC2ALcA&#10;tADKALIA5gCxAPgAsAD/AK8A/wCvAP8AsAD/AP8AAAD/AAAA9wAAAOoAAgDhAAwA1wATANAAHQDM&#10;ACgAyQAyAMYAPADCAEUAvwBNALwAUwC6AFkAuABfALcAZAC1AGkAtABuALIAdACxAHoArwCAAK0A&#10;iACsAJEAqgCaAKgApQCmALEApADBAKMA3AChAPIAoQD/AKAA/wCgAP8AoQD/AP8AAAD3AAAA6AAA&#10;ANkAAADLAAgAwwAQAL0AGAC5ACIAtgAsALQANgCyAD8ArwBHAKwATQCrAFQAqQBZAKcAXgCmAGMA&#10;pQBoAKMAbgCiAHQAoAB6AJ4AggCcAIsAmwCVAJkAnwCYAKwAlgC6AJQAzwCTAOsAkgD7AJIA/wCS&#10;AP8AkQD/APcAAADnAAAA0wAAAMYAAAC7AAIAswAMAK0AEgCqABwApwAmAKQAMACjADgAoABAAJ4A&#10;RwCcAE4AmgBTAJkAWACXAF0AlgBjAJUAaACTAG4AkgB0AJAAfACPAIUAjQCPAIsAmgCKAKcAiAC1&#10;AIYAxwCFAOQAhAD1AIQA/wCDAP8AgwD/AOwAAADTAAAAwQEAALQAAACsAAAApgAHAKAADgCdABYA&#10;mgAgAJcAKQCVADIAkwA6AJEAQQCPAEgAjQBNAIwAUwCLAFgAiQBdAIgAYwCHAGkAhQBvAIMAdwCC&#10;AIAAgACKAH4AlgB9AKMAewCwAHoAwgB5AN0AeADxAHcA/QB4AP8AeAD/AN4KAADECwAAsgwAAKYL&#10;AACdCAAAmQQAAJUACgCRABEAjgAZAIsAIwCJACwAhwA0AIUAOwCDAEIAggBIAIAATgB/AFMAfQBY&#10;AHwAXgB7AGQAeQBqAHgAcgB2AHsAdACGAHMAkgBxAJ8AcACtAG4AvgBtAdYAbQLtAGwD+gBsA/8A&#10;bAP/AM4QAAC3EQAAphIAAJoRAACREAAAiw4AAIkLAwCHBQwAhAETAIEBHAB+AiUAfAMuAHoDNgB4&#10;BDwAdwRDAHUFSAB0BU4AcwVUAHEFWQBwBl8AbgZmAG0GbgBrB3gAageDAGgIkABnCZ0AZQmsAGQJ&#10;vABjCtQAYwvsAGIM+gBiDP8AYgz/AMMWAACtFwAAnRgAAJAYAACHFgAAgRQAAH0RAAB8DgYAfAoO&#10;AHgKFgB1Cx8AcgsoAHAMMABvDDcAbQw+AGwMRABrDUoAaQ1PAGgNVQBnDVwAZQ1jAGMOawBiDnUA&#10;YA6BAF8OjgBdD5wAXBCrAFsQvQBaENYAWRHwAFkR/QBZEf8AWRH/ALkbAAClHQAAlB4AAIgeAAB+&#10;HQAAeBsAAHQYAABxFQAAcREJAG8QEQBsEBkAaRAiAGcRKgBmETIAZBE5AGMRPwBiEUUAYBJLAF8S&#10;UQBdElgAXBJfAFoTaABZE3IAVxR9AFYUiwBUFZkAUxWpAFIWugBRFtIAURftAFEX/QBRF/8AURf/&#10;ALIgAACeIgAAjiIAAIEjAAB3IgAAcCEAAGweAABpGwAAZxgEAGYVDgBjFhUAYRYeAF8WJgBdFi0A&#10;XBc0AFoXOwBZF0EAWBhHAFYYTQBVGFQAUxhcAFIZZABRGW4ATxp6AE4biABNG5cASxymAEocuABK&#10;Hc8ASR3rAEkd+wBJHf8ASh3/AKwkAACYJQAAiCYAAHsnAABxJgAAaiUAAGYjAABiIQAAYB4AAF4c&#10;CwBbGxIAWRwaAFccIgBVHCkAVBwwAFMdNwBRHT0AUB1DAE8dSgBNHlEATB5YAEsfYQBJH2sASCB3&#10;AEcghQBGIZQARCKkAEQitgBDIswAQyPpAEMj+gBDI/8AQyL/AKYnAACTKQAAgyoAAHYqAABtKgAA&#10;ZSkAAGAnAABcJQAAWSMAAFchBwBVIQ8AUiEWAFAhHgBOISUATSIsAEwiMwBKIjkASSJAAEgiRgBH&#10;I00ARSNVAEQkXgBDJGkAQiV1AEAmgwA/JpIAPiejAD4ntAA9J8oAPSjoAD0o+QA9J/8APif/AKIq&#10;AACOKwAAfy0AAHItAABoLQAAYSwAAFwrAABYKAAAVCYAAFEmBABOJQ0ATCUTAEomGgBIJiIARyYp&#10;AEUmLwBEJjYAQyc8AEEnQwBAJ0sAPyhTAD4pXAA9KWYAPCpyADsqgQA6K5AAOSuhADgssgA3LMgA&#10;NyzmADgs+AA4LP8AOCz/AJ0sAACKLgAAey8AAG8wAABlMAAAXS8AAFguAABTKwAAUCoAAEwqAABJ&#10;KgsARioRAEQqFwBCKh8AQSolAD8qLAA+KzMAPSs5ADwrQAA7LEgAOixQADktWQA4LmQANy5wADYv&#10;fwA1L48ANDCfADMwsQAyMMcAMjDlADMw9wAzMP8ANC//AJkvAACHMQAAdzIAAGsyAABiMgAAWjIA&#10;AFQxAABPLwAASy0AAEcuAABELggAQS4OAD8uFAA9LhwAOy4iADkvKQA4Ly8ANy82ADYwPgA1MEYA&#10;NTFOADQxVwAzMmIAMjJuADEzfQAwM40ALzSeAC40sAAtNMUALTTjAC409gAvM/8ALzP/AJUxAACD&#10;MwAAdDQAAGg1AABeNQAAVzQAAFE0AABLMgAARjEAAEIyAAA/MgUAPDINADkzEgA4MxkANjMgADQz&#10;JgAzMy0AMjQ0ADE0OwAwNUMAMDVMAC82VQAuNmAALTdsACw3ewArN4sAKjicACk4rgAoOMMAKDji&#10;ACk49QAqN/8AKjf/AJI0AAB/NQAAcTYAAGU3AABbNwAAVDcAAE02AABHNgAAQjUAAD02AAA6NgIA&#10;NzcLADQ3EAAyNxYAMTgdAC84JAAuOCsALTkyACw5OQArOUEAKjpJACo6UwApO14AKDtqACc7eQAm&#10;PIkAJTybACQ8rQAjPMIAIzzgACQ89AAlO/8AJTv/AI02AAB8OAAAbTkAAGI5AABYOgAAUTkAAEo5&#10;AABEOQAAPTkAADk6AAA1OwAAMjsIAC88DgAtPRQALD0aACo9IQApPSgAKD4vACc+NgAmPj4AJT9H&#10;ACQ/UAAjQFsAIkBoACFAdgAgQIcAH0GZAB9BqwAeQcAAHkHeAB9A8wAfQP4AID//AIk5AAB4OgAA&#10;aTsAAF48AABVPAAATTwAAEc8AABAPAAAOD0AADQ+AAAwQAAALUEFACpCDAAnQhEAJkMYACRDHgAj&#10;QyUAIkMsACFEMwAgRDsAH0REAB5FTgAdRVkAHEVlABtFdAAaRYUAGUaXABlGqQAYRr4AF0XcABhF&#10;8QAZRP0AGkT/AIQ8AABzPQAAZj4AAFs/AABSPwAASj8AAEQ/AAA9QAAANkEAADFDAAAsRAAAJ0YB&#10;ACRHCgAhSA8AIEkUAB5JGwAdSSIAHEkpABtKMAAaSjgAGUpBABhKSwAXS1UAFktiABVLcQAUS4IA&#10;E0uUABJLpwASS7wAEUvZABJK8AATSvwAFEn/AH8/AABvQAAAYUEAAFdCAABOQgAAR0IAAEFCAAA6&#10;QwAAMkUAAC1HAAAoSQAAI0sAAB5NBgAbTw0AGFARABdQFwAWUB4AFVAlABRQLAATUTQAElE9ABFR&#10;RwARUVIAEFFfAA9SbQAOUn4ADVGRAA1RpAAMUbgADFHRAA1Q7AANUPoADk//AHlDAABqRAAAXUQA&#10;AFNFAABLRQAAREUAAD5GAAA2SAAAL0oAAClMAAAkTwAAH1EAABpTAAAUVgkAEVcOABBYEwAQWBkA&#10;D1ggAA5YKAANWDAADVg5AAxYQwALWE4AClhaAAhYaAAHWHkABliMAAVYnwAEWLMABFfKAAVX5gAF&#10;V/MABlb8AHNGAABkRwAAWUgAAFBIAABISAAAQUkAADpKAAAyTQAAK1AAACVSAAAgVQAAGlgAABVa&#10;AAAQXQYADGAMAApgEAAJYBUACGAcAAdgIwAFYCsABGA0AANgPQABYEkAAGBVAABgYwAAYHMAAGCG&#10;AABfmgAAX64AAF/EAABe4gAAXvAAAF74AGxKAABfSwAAVUsAAExMAABFTAAAPU4AADVQAAAuUwAA&#10;J1YAACBZAAAaXAAAFV8AABBiAAANZQQACGcLAANnDgAAaBMAAGgYAABoHwAAaSYAAGkuAABpOAAA&#10;aUMAAGlPAABpXQAAaW0AAGmAAABplAAAaKkAAGi/AABn3AAAZu4AAGb3AGZPAABaTwAAUU8AAEpP&#10;AABBUQAAOFQAADBXAAAoWwAAIV4AABpiAAAUZQAAEGgAAAxrAAAHbgMAAXAJAABwDQAAcRAAAHEU&#10;AAByGgAAcyEAAHMoAABzMQAAczwAAHRIAABzVgAAc2YAAHN5AABzjgAAc6MAAHK5AABx0gAAcesA&#10;AHD0AGFTAABWUwAAT1MAAEVVAAA7WAAAMlwAACpgAAAiZAAAG2gAABRsAAAPbwAAC3IAAAZ2AAAA&#10;eQAAAHoGAAB6CgAAew4AAHwRAAB9FQAAfhsAAH8iAACAKgAAgDUAAIBBAACATwAAgF8AAIBxAACA&#10;hgAAgJ0AAH+yAAB+ygAAfuUAAH3xAFxYAABUWAAASVoAAD9dAAA1YQAALGUAACNqAAAbbwAAFHMA&#10;AA53AAAJewAAA38AAACCAAAAhAAAAIYBAACGBgAAiAoAAIkNAACKEAAAixUAAIwbAACOIgAAjywA&#10;AI84AACPRgAAj1YAAI9oAACPfgAAj5UAAI6rAACNwQAAjdwAAIzrAFldAABOXwAAQ2IAADhmAAAu&#10;bAAAJHEAABx3AAAUfAAADoEAAAiFAAAAiQAAAI0AAACQAAAAkgAAAJMAAACUAAAAlgMAAJcIAACY&#10;DAAAmg8AAJsTAACdGgAAnyMAAKAuAACgPAAAoEwAAKBeAACgdAAAn4wAAJ+iAACftwAAnssAAJ7g&#10;AFNkAABHaAAAPG0AADFzAAAneQAAHX8AABSFAAANiwAABpAAAACUAAAAmAAAAJwAAACfAAAAoQAA&#10;AKIAAACkAAAApQAAAKcAAACoBAAAqgkAAKwNAACtEgAAsBkAALIjAACyMQAAskIAALJUAACyaQAA&#10;soAAALKYAACxrAAAsr8AALHOAExuAABAcwAANXoAACqBAAAfiAAAFY4AAA6VAAAGmgAAAJ8AAACk&#10;AAAAqAAAAKwAAACvAAAAsQAAALEAAACzAAAAtQAAALYAAAC4AAAAugAAALwGAAC+DAAAwBEAAMMZ&#10;AADFJgAAxTcAAMZJAADGXQAAx3IAAMeKAADInwAAyK8AAMi8AEZ6AAA5gQAALokAACKQAAAXmAAA&#10;D58AAAelAAAAqgAAAK8AAACzAAAAtwAAALwAAAC/AAAAwQAAAMIAAADEAAAAxQAAAMcAAADJAAAA&#10;ywAAAM0AAADPAwAA0goAANYQAADcGgAA3SoAAN48AADfUAAA4GUAAOF7AADhkQAA4qIAAOKtAP8A&#10;AgD/AAAA/wADAP8ADAD/ABMA/wAdAP8AKAD+ADMA+wA+APcASADzAFAA8ABXAO0AXgDrAGQA6ABp&#10;AOcAbwDlAHQA4wB5AOIAfwDgAIUA3gCMANwAkwDZAJwA1gCmANMAsQDRAMAAzwDaAM4A8QDMAP8A&#10;ywD/AMsA/wDGAP8AwQD/AP8AAAD/AAAA/wAAAP8ACAD7ABAA9gAZAPIAJADvAC4A7QA5AOgAQgDj&#10;AEsA4ABSAN0AWQDZAF8A1gBkANMAaQDRAG4AzwB0AM4AeQDMAH8AygCGAMgAjgDGAJYAxACgAMIA&#10;qwDAALkAvgDNALwA6gC7APwAugD/ALoA/wC6AP8AtgD/AP8AAAD/AAAA/gAAAPQABADrAA0A5AAU&#10;AN8AHwDbACkA2AAzANMAPQDOAEUAygBNAMcAUwDFAFkAwwBfAMEAZAC/AGkAvQBuALsAcwC6AHkA&#10;uACAALYAiAC0AJAAsgCaALEApQCvALIArQDEAKwA4QCrAPYAqgD/AKoA/wCqAP8AqgD/AP8AAAD9&#10;AAAA7gAAAOIAAADVAAoAzQARAMcAGQDEACMAwQAtAL8ANwC7AD8AtwBHALUATgCyAFMAsABZAK8A&#10;XgCtAGMArABoAKsAbQCpAHMAqAB6AKYAgQCkAIoAowCUAKEAnwCfAKwAngC7AJwA0gCbAO4AmgD/&#10;AJoA/wCZAP8AmQD/AP4AAADuAAAA3gAAAMsAAADBAAUAuQANALQAFACxAB4ArgAnAKsAMACqADkA&#10;pwBBAKQASACiAE0AoQBTAJ8AWACeAF0AnQBiAJsAZwCaAG0AmABzAJcAewCVAIQAlACOAJIAmQCQ&#10;AKYAjgC0AI0AyACMAOYAiwD5AIoA/wCKAP8AiwD/APAAAADbAAAAxwAAALoAAACwAAAAqAAKAKQA&#10;EACgABgAnQAhAJsAKgCaADMAmAA7AJYAQQCUAEgAkgBNAJEAUgCPAFcAjgBcAIwAYQCLAGcAigBu&#10;AIgAdQCHAH4AhQCIAIMAlACCAKAAgACvAH8AwAB+AN0AfQDyAH0A/wB9AP8AfQD/AOAAAADGAAAA&#10;tQAAAKoAAACiAAAAmwAFAJUADQCSABMAkAAcAI0AJACLAC0AigA0AIgAOwCGAEIAhQBHAIMATQCC&#10;AFIAgQBXAH8AXAB+AGIAfQBoAHsAcAB6AHkAeACDAHYAjwB1AJwAdACqAHIAugBxANEAcADsAHAA&#10;+wBwAP8AcAD/AM0EAAC3BgAApwcAAJsGAACTBAAAjgAAAIoACACGAA8AhAAWAIEAHgB/ACcAfQAu&#10;AHwANgB6ADwAeQBCAHcARwB2AEwAdQBSAHMAVwByAF0AcQBjAG8AawBuAHQAbAB+AGsAigBpAJgA&#10;aACmAGcAtgBmAMsAZQDnAGUA9wBlAP8AZQD/AMAMAACrDQAAmw4AAI8OAACGDQAAgQsAAH4HAQB8&#10;AQsAeQARAHcAGAB1ACEAcwApAHEAMABvADYAbgA8AGwAQgBrAEcAagBNAGkAUgBoAFgAZgBfAGUA&#10;ZwBjAHAAYgF6AGABhwBfApUAXgKjAFwDswBcA8cAWwTkAFsF9ABbBv4AWwb/ALUQAAChEgAAkRMA&#10;AIUTAAB8EgAAdhEAAHMOAAByDAQAcQcNAG4EEgBsBBsAaQUjAGcFKgBmBjEAZAY3AGMGPQBiB0MA&#10;YQdJAF8HTgBeCFUAXQhcAFsJYwBaCW0AWAp4AFcKhQBWC5MAVAuiAFMLswBSDMcAUgzkAFEN9QBR&#10;Df8AUQ3/AK0VAACZFwAAiRgAAH0ZAAB0GAAAbRcAAGoUAABnEQAAZw4HAGYMDgBjDBUAYQwdAF8M&#10;JQBdDSwAXA0zAFsNOQBaDT8AWA1FAFcNSwBWDlEAVQ5ZAFMOYQBSDmsAUA92AE4QgwBNEJIATBCi&#10;AEsQsgBKEcgASRHlAEkR9wBJEv8ASRH/AKUZAACSHAAAgx0AAHYeAABtHQAAZhwAAGIaAABfFwAA&#10;XhQBAF4RCgBbEBEAWREYAFcRIABVEScAVBEuAFMRNABRETsAUBJBAE8SRwBOEk4ATBJVAEsTXgBJ&#10;E2cASBRzAEYUgABFFY8ARBWfAEMWsABCFsUAQhfjAEIX9gBCF/8AQhf/AJ8dAACMIAAAfSEAAHEi&#10;AABoIgAAYSEAAFwfAABZHAAAVxkAAFUWBgBUFQ4AURUUAE8WHABOFiMATBYqAEsWMABKFjcASRc9&#10;AEcXQwBGF0oARRhSAEMYWgBCGWQAQRlwAD8afQA+G40APRudADwcrgA7HMMAOxzhADsd9QA7HP8A&#10;PBz/AJohAACHIwAAeCQAAGwlAABjJQAAXCQAAFcjAABTIAAAUR4AAE8cAgBNGwwASxoRAEgbGABH&#10;GyAARRsmAEQbLQBDHDMAQhw5AEAcQAA/HUcAPh1PAD0eWAA8HmIAOh9tADkfewA4IIsANyGbADYh&#10;rQA1IcEANSHfADUh8wA2If8ANiH/AJYjAACDJgAAdCcAAGgoAABfKAAAWCcAAFMmAABPJAAATCIA&#10;AEkgAABHIAkARB8PAEIfFQBAIBwAPyAjAD4gKQA8IC8AOyE2ADohPQA5IUQAOCJMADciVQA2I18A&#10;NCNrADMkeQAyJYkAMSWaADAlqwAwJr8ALybcADAm8gAwJv8AMSX/AJEmAAB/KAAAcSoAAGUqAABc&#10;KgAAVSoAAE8pAABLKAAASCUAAEQkAABBJAUAPyQNAD0kEgA7JBkAOSQfADckJgA2JCwANSUzADQl&#10;OgAzJkEAMiZKADEnUwAwJ10ALyhpAC4pdwAtKYcALCmYACsqqgAqKr0AKiraACsq8QArKv4ALCn/&#10;AI0oAAB8KgAAbSwAAGItAABZLQAAUS0AAEwsAABHKwAAQygAAD8oAAA8KAIAOSgLADcoEAA1KBYA&#10;MygcADIoIwAwKCkALykwAC8qNwAuKj8ALStHACwrUQArLFsAKixnACktdQAoLYUAJy2XACYuqAAl&#10;LrwAJS7YACYu8AAmLv0AJy3/AIorAAB4LQAAai4AAF8vAABWLwAATi8AAEguAABDLQAAPywAADss&#10;AAA3LAAANCwJADIsDgAwLRMALi0aAC0tIAArLScAKi4tACouNQApLz0AKC9FACcwTgAmMFkAJTFl&#10;ACQxcwAjMYMAIjKVACEypwAhMrsAIDLUACEy7wAiMfwAIjH/AIYtAAB1LwAAZzAAAFwxAABTMQAA&#10;SzEAAEUxAABAMAAAOzAAADYwAAAzMAAAMDEGAC0xDQArMREAKTIXACgyHgAnMiQAJTMrACUzMgAk&#10;MzoAIzRDACI0TAAhNVcAIDVjAB81cQAeNoEAHTaTABw2pQAbNrkAGzbSABw27QAdNvsAHTX/AIIw&#10;AABxMgAAYzMAAFk0AABQNAAASTQAAEIzAAA9MwAANzMAADE0AAAuNQAAKzUCACg2CwAlNxAAJDcV&#10;ACI3GwAhOCIAIDgoAB84MAAeODcAHTlAABw5SQAbOlQAGjpgABk6bgAYOn8AFzuRABc7pAAWO7cA&#10;FTvQABY67AAXOvoAGDn/AH0yAABtNAAAYDUAAFU2AABNNgAARjYAAEA2AAA6NgAANDYAAC44AAAq&#10;OQAAJjoAACM7CAAgPA4AHj0SAB09GAAcPR8AGz4lABo+LQAZPjQAFz49ABY/RwAVP1EAFD9eABQ/&#10;bAATQHwAEkCPABFAogARQLYAEEDOABE/6wASP/kAEj7/AHk1AABpNwAAXDgAAFI5AABKOQAAQzkA&#10;AD05AAA3OQAAMToAACs8AAAnPQAAIj8AAB5BBAAaQgsAGEMQABdDFQAVRBsAFEQiABNEKQATRDEA&#10;EkQ6ABFFQwAQRU4AEEVbAA5FaQAORXkADUWMAA1FnwAMRbIAC0XJAAxF5QANRPYADUT/AHQ5AABl&#10;OgAAWDsAAE87AABHPAAAQDwAADo8AAA0PAAALj4AAChAAAAjQgAAH0QAABpGAAAVSAgAEkoNABFK&#10;EgAQShgAD0seAA5LJQANSy0ADUs2AAxLQAALS0oACktWAAlLZAAIS3QAB0uHAAVLmgAES64ABErE&#10;AAVK4AAFSvAABkn6AG48AABgPQAAVD4AAEs+AABEPgAAPT4AADc/AAAxQAAAKkIAACRFAAAfRwAA&#10;GkkAABVMAAARTgUADlELAAtREAAKURQACVEbAAhRIgAHUSkABVEyAARSOwADUkYAAVJSAABSXwAA&#10;Um8AAFKBAABRlgAAUakAAFG/AABQ3AAAUO4AAFD3AGhAAABbQQAAUEEAAEhBAABBQQAAO0IAADRD&#10;AAAtRQAAJkgAACBLAAAbTQAAFlAAABFTAAAOVQQAClgKAAZYDgACWBIAAFkXAABZHQAAWSUAAFkt&#10;AABZNgAAWUEAAFlNAABaWgAAWmkAAFl8AABZkAAAWaUAAFi6AABY1QAAV+wAAFf2AGNEAABWRQAA&#10;TUUAAEVFAAA/RQAAN0cAAC9JAAAoTAAAIk8AABtSAAAWVQAAEVgAAA1aAAAJXQMABF8JAABgDQAA&#10;YBAAAGEUAABhGQAAYiAAAGInAABiMQAAYjsAAGJHAABiVQAAY2QAAGJ2AABiiwAAYqAAAGG2AABh&#10;zwAAYOoAAGD1AF1IAABSSQAASkgAAENIAAA6SgAAMk0AACpQAAAjUwAAHFcAABZaAAARXQAADWAA&#10;AAhjAAADZgEAAGcGAABoCwAAaQ4AAGoRAABrFQAAbBsAAG0iAABtKgAAbTQAAG1AAABtTgAAbV0A&#10;AG1vAABthAAAbJoAAGywAABryAAAa+YAAGrzAFhNAABOTQAASEwAAD5OAAA1UQAALFQAACRYAAAd&#10;XAAAFmAAABBkAAAMZwAAB2sAAAFuAAAAcAAAAHIDAAByBwAAcwsAAHUOAAB2EQAAdxYAAHgcAAB5&#10;IwAAei0AAHo5AAB6RwAAelYAAHloAAB6fAAAeZQAAHiqAAB4wQAAd98AAHfvAFRRAABMUQAAQlIA&#10;ADhVAAAvWQAAJl4AAB5iAAAWZwAAEGsAAAtvAAAFcwAAAHcAAAB6AAAAfAAAAH4AAAB/AgAAgAYA&#10;AIEKAACDDQAAhBEAAIYVAACIHAAAiSUAAIowAACKPgAAiU0AAIlfAACJcwAAiIsAAIiiAACHuQAA&#10;h9EAAIboAFJWAABHVwAAPFoAADJfAAAoZAAAH2kAABZvAAAQdAAACnkAAAJ9AAAAgQAAAIUAAACI&#10;AAAAigAAAIwAAACNAAAAjwAAAJAEAACSCAAAkwwAAJUQAACXFQAAmR0AAJsnAACbNAAAm0QAAJpW&#10;AACaagAAmYIAAJqaAACYsAAAmMcAAJfeAEtcAABAYAAANWUAACtqAAAhcQAAF3cAABB9AAAJgwAA&#10;AYgAAACMAAAAkQAAAJUAAACYAAAAmgAAAJsAAACdAAAAnwAAAKAAAACiAAAApAUAAKYKAACoDgAA&#10;qhQAAK0dAACtKgAArTkAAK1LAACtXwAArXcAAKyQAACrpwAAq7oAAKvLAEVmAAA5awAALnEAACN4&#10;AAAZfwAAEIYAAAmNAAAAkwAAAJgAAACdAAAAoQAAAKUAAACoAAAAqwAAAKsAAACuAAAArwAAALEA&#10;AACzAAAAtQAAALcBAAC5BwAAvA0AAL8TAADCHwAAwi4AAMJAAADCVAAAwWsAAMGDAADAmwAAwa0A&#10;AMG8AD5yAAAyeAAAJ4AAAByIAAASkAAACpcAAACdAAAAowAAAKgAAACtAAAAsgAAALYAAAC5AAAA&#10;uwAAALwAAAC+AAAAwAAAAMIAAADEAAAAxgAAAMgAAADLAAAAzgUAANENAADWFAAA1yMAANg1AADZ&#10;SQAA2l4AANt1AADbjAAA3J8AANyrAP8AAAD/AAAA/wAAAP8ACQD/ABAA/wAZAP4AJAD8AC8A+QA5&#10;APQAQwDwAEsA7QBSAOoAWQDnAF8A5ABkAOIAaQDgAG4A3gBzANwAeQDaAH8A1wCGANQAjgDRAJYA&#10;zwChAMwArADKALsAyADSAMYA7gDGAP8AxQD/AMUA/wC/AP8AugD/AP8AAAD/AAAA/wAAAP4ABQD3&#10;AA4A8gAVAO4AHwDrACoA6QA0AOMAPQDeAEUA2QBNANQAUwDRAFkAzgBeAMwAYwDKAGgAyQBtAMcA&#10;cwDFAHkAwwCAAMEAiAC/AJAAvQCbALsApgC5ALQAtwDIALYA5gC1APsAtAD/ALQA/wCzAP8ArgD/&#10;AP8AAAD/AAAA+AAAAO0AAADlAAsA3QARANcAGgDSACQAzwAuAMsANwDHAEAAwwBHAMAATgC+AFMA&#10;vABZALoAXgC4AGMAtgBoALUAbQCzAHMAsQB5AK8AgQCtAIoAqwCUAKkAoACoAK0ApgC+AKUA2wCk&#10;APQApAD/AKMA/wCjAP8AogD/AP8AAAD2AAAA5gAAANcAAADLAAYAxAAOAL4AFQC7AB8AuQAoALcA&#10;MQC0ADoAsABBAK0ASACrAE4AqQBTAKcAWACmAFwApABhAKMAZwChAGwAoABzAJ4AegCdAIMAmwCO&#10;AJkAmQCXAKYAlgC2AJUAzACUAOsAkwD9AJMA/wCTAP8AkwD/APcAAADkAAAA0AAAAMEAAAC3AAIA&#10;rwALAKsAEQCnABkApQAiAKMAKwCiADMAnwA7AJwAQgCbAEgAmQBNAJcAUgCWAFcAlQBbAJMAYQCS&#10;AGYAkABtAI8AdACNAH0AjACHAIoAkwCIAKAAhwCvAIUAwgCFAOIAhAD3AIQA/wCEAP8AhAD/AOUA&#10;AADNAAAAvAAAAK8AAACmAAAAngAHAJoADgCWABQAlAAdAJIAJQCRAC0AkAA1AI0APACMAEIAigBH&#10;AIgATACHAFEAhgBWAIQAWwCDAGAAgQBnAIAAbgB+AHcAfQCBAHsAjQB6AJoAeACpAHcAugB2ANMA&#10;dgDvAHYA/gB1AP8AdQD/ANAAAAC7AAAAqwAAAJ8AAACXAAAAkAACAIsACwCIABAAhgAXAIQAIACC&#10;ACcAgQAvAH8ANQB9ADwAfABBAHsARgB5AEsAeABQAHcAVQB2AFsAdABhAHMAaQBxAHEAcAB7AG4A&#10;hwBtAJUAawCjAGoAtABqAMkAaQDoAGkA+QBpAP8AaQD/AMAAAACsAAAAnAIAAJACAACIAAAAgwAA&#10;AH8ABgB7AA0AeQASAHcAGgB2ACIAdAApAHMAMABxADYAcAA8AG8AQQBtAEYAbABLAGsAUABqAFYA&#10;aABcAGcAZABlAGwAZAB2AGMAggBhAJAAYACfAF8ArwBeAMMAXgDhAF4A9ABdAP8AXQD/ALQHAACg&#10;CQAAkAsAAIQLAAB8CgAAdwcAAHQEAABxAAkAbwAPAG0AFQBrABwAaQAjAGgAKgBnADEAZQA2AGQA&#10;PABjAEEAYgBGAGAATABfAFIAXgBYAF0AXwBbAGgAWgByAFgAfgBXAIwAVgCbAFUAqwBUAL4AVADa&#10;AFMA7wBUAPsAVAD/AKkNAACWDgAAhxAAAHoQAAByEAAAbA4AAGkMAABnCQMAZgQLAGQAEABiABcA&#10;YAAeAF4AJQBdACsAXAAxAFoANwBZADwAWABCAFcBRwBWAU4AVQJUAFMCXABSA2UAUQNvAE8EewBO&#10;BIoATQWZAEwFqQBLBbwASgbUAEoH7QBKB/kASgf/AKEQAACOEgAAfhQAAHMUAABqFAAAZBMAAGAR&#10;AABeDwAAXQ0FAF0JDQBaBhIAWAcZAFYHIABVBycAUwctAFIIMwBRCDgAUAg+AE8JRABOCUoATAlR&#10;AEsKWQBKCmIASAttAEcLegBGDIgARAyYAEMMqQBCDbwAQg3VAEIN7gBCDfsAQg3/AJoUAACHFgAA&#10;eBgAAGwZAABjGQAAXRgAAFkWAABWEwAAVBEAAFQOCABTDQ4AUQ0UAE8NGwBNDSIATA0oAEsNLgBK&#10;DTQASQ06AEcOQQBGDkcARQ5PAEQOVwBCD2EAQRBsAD8QeQA+EIgAPRGYADsRqQA7EbwAOhHWADoR&#10;8AA6Ev0AOxH/AJMYAACBGgAAcxwAAGcdAABeHQAAWBwAAFMbAABQGAAAThYAAEwTAwBMEQsAShAQ&#10;AEgRFwBGER4ARREkAEQRKgBCETAAQRE3AEASPQA/EkQAPRJMADwTVAA7E14AORRpADgUdgA3FYUA&#10;NhWWADQWpwA0FroAMxbTADMW7gA0FvwANBb/AI4bAAB8HQAAbh8AAGMgAABaIAAAUyAAAE4eAABK&#10;HQAASBoAAEYYAABFFgcAQxUOAEEVEwA/FRoAPhUgAD0VJwA7FS0AOhYzADkWOgA4FkEANxdJADUX&#10;UQA0GFsAMxlmADIZcwAwGoMALxqUAC4bpQAtG7gALRvQAC0b7AAuG/sALhv/AIoeAAB4IAAAaiIA&#10;AF8jAABWIwAATyIAAEohAABGIAAAQx4AAEEbAAA/GgMAPRoMADsZEQA5GRYANxodADYaIwA1GikA&#10;NBowADMbNgAxGz4AMBxGAC8cTwAuHVkALR1kACwecQArH4EAKh+SACkfpAAoILcAJyDOACcg6wAo&#10;IPoAKR//AIYgAAB0IwAAZyQAAFwlAABTJQAATCUAAEckAABCIwAAPyEAAD0fAAA6HgAANx4JADUe&#10;DgAzHhMAMR4aADAeIAAvHiYALh8tAC0fMwAsIDsAKyBDACohTAApIVYAKCJiACYibwAlI38AJCOQ&#10;ACMjogAiJLUAIiTMACIk6QAjJPkAJCP/AIIjAABxJQAAYyYAAFknAABQKAAASScAAEMnAAA/JgAA&#10;OyQAADgiAAA1IgAAMiIGADAiDQAuIhEALCIXACoiHQApIiMAKCMqACcjMQAmJDgAJSVBACQlSgAj&#10;JlQAIiZgACEnbQAgJ30AHyePAB4ooQAeKLQAHSjKAB0o6AAeKPgAHyf/AH4lAABuJwAAYCkAAFYp&#10;AABNKgAARioAAEEpAAA8KAAANycAADQmAAAwJgAALSYDACsnCwAoJxAAJycUACUnGgAkJyEAIygn&#10;ACIoLgAhKTYAICk+AB8qSAAeKlIAHSteABwrawAbK3sAGiyNABksnwAYLLIAGCzJABgs5wAZK/cA&#10;Giv/AHonAABqKgAAXSsAAFMsAABKLAAAQywAAD4rAAA5KwAANCoAADAqAAArKgAAKSsAACYrCAAj&#10;LA4AIiwSACAsGAAfLB4AHi0lAB0tLAAcLTMAGy48ABouRQAZL1AAGC9cABcvaQAWMHkAFTCLABQw&#10;ngAUMLEAEzDHABMw5QAUMPYAFS//AHYqAABnLAAAWi0AAFAuAABILgAAQS4AADsuAAA2LQAAMS0A&#10;ACwtAAAnLwAAJC8AACEwBQAfMQwAHDEQABsyFQAaMhwAGTIiABgyKQAXMzEAFjM5ABUzQwAUNE0A&#10;EzRZABI0ZwARNXcAETWJABA1nAAQNbAADjXGAA805AAQNPUAEDT/AHIsAABjLgAAVzAAAE0wAABF&#10;MAAAPjAAADgwAAAzMAAALzAAACkxAAAkMgAAITMAAB01AgAaNgkAFzcOABU3EwAUOBkAEzgfABI4&#10;JgASOC4AETk2ABA5QAAQOUsADjlXAA46ZAANOnQADDqGAAw6mQALOawACjnBAAo53gALOfEADDj8&#10;AG4vAABfMQAAUzIAAEozAABCMwAAOzMAADYzAAAxMgAALDMAACc0AAAhNgAAHTgAABk5AAAVOwYA&#10;Ej0MABA+EAAQPhUADj4cAA4+IwANPioADD4zAAw+PAALP0cACj9SAAg/YAAHP28ABj+BAAU/lAAE&#10;P6gAAz68AAQ+1wAFPuwABT73AGkzAABbNAAAUDUAAEc1AAA/NQAAOTUAADQ1AAAuNQAAKTcAACM4&#10;AAAeOwAAGjwAABY/AAASQQQADkMKAAxEDgAKRBMACUQZAAhEIAAHRCcABkQvAAVEOAADRUIAAkVO&#10;AABFWwAARWoAAEV8AABFkAAARKQAAES5AABE0QAAROoAAEP1AGQ2AABXNwAATDgAAEM4AAA8OAAA&#10;NzgAADE4AAArOQAAJTsAACA9AAAaQAAAFkIAABJEAAAORwQAC0kJAAdKDQAESxEAAUsWAABLHAAA&#10;SyMAAEsrAABLNAAASz4AAExJAABMVwAATGYAAEx3AABLjAAAS6EAAEu1AABKzgAASukAAEr1AF86&#10;AABSOwAASDsAAEA7AAA6OwAANDsAAC48AAAnPgAAIkEAABxDAAAWRgAAEkkAAA5LAAALTgMAB1AI&#10;AAJRDAAAURAAAFITAABTGAAAUx8AAFMmAABTLwAAUzkAAFNFAABTUgAAU2EAAFNyAABThwAAUpwA&#10;AFKxAABRygAAUecAAFH0AFk+AABOPgAART4AAD4+AAA4PgAAMEAAAClCAAAjRAAAHUcAABdKAAAS&#10;TQAADlAAAAtTAAAGVQIAAFcHAABYCwAAWQ4AAFoRAABaFQAAWxoAAFwhAABcKgAAXDQAAFw/AABc&#10;TQAAXFsAAFxsAABcgQAAW5cAAFutAABaxQAAWuQAAFnzAFRCAABKQgAAQkIAADxCAAA0QwAALEYA&#10;ACVJAAAeTAAAF08AABJTAAAOVgAAClkAAAVbAAAAXgAAAGAEAABhCAAAYgwAAGMOAABkEQAAZRYA&#10;AGYcAABnIwAAZy0AAGc5AABnRgAAZ1UAAGdmAABnegAAZpEAAGWoAABlwAAAZN4AAGTwAE9GAABH&#10;RgAAQEUAADdHAAAvSgAAJk0AAB9RAAAYVQAAElkAAA1cAAAIYAAAAmMAAABmAAAAaAAAAGoAAABr&#10;BAAAbAgAAG0MAABvDgAAcBIAAHIXAABzHQAAdCYAAHQyAAB0PwAAdE4AAHNfAAB0cgAAc4oAAHKh&#10;AABxuAAAcdQAAHDsAExKAABFSgAAO0sAADJOAAApUgAAIFYAABhbAAASXwAADWQAAAdoAAAAawAA&#10;AG8AAAByAAAAdQAAAHYAAAB3AAAAeQIAAHoGAAB8CgAAfg4AAIARAACCFgAAhB4AAIQpAACENgAA&#10;hEUAAIRWAACDagAAg4EAAIKZAACBsQAAgMkAAIDlAEpOAAA/UAAANVMAACtXAAAiXAAAGWIAABJn&#10;AAAMbAAABXEAAAB1AAAAeQAAAH0AAACBAAAAgwAAAIUAAACGAAAAiAAAAIkAAACLBAAAjQgAAI8N&#10;AACSEAAAlBYAAJYgAACWLAAAljsAAJZMAACVYAAAlXYAAJSQAACTpwAAkr0AAJLVAERVAAA5WQAA&#10;L10AACRjAAAaaQAAEm8AAAx1AAAEewAAAIAAAACFAAAAiQAAAI0AAACRAAAAkwAAAJQAAACWAAAA&#10;mAAAAJoAAACcAAAAngAAAKAGAACiCwAApRAAAKgXAACpIwAAqTEAAKlDAACpVgAAqG0AAKaHAACn&#10;ngAAprMAAKXHAD5eAAAyYwAAJ2oAAB1wAAATeAAADH8AAAOFAAAAiwAAAJEAAACWAAAAmwAAAJ8A&#10;AACiAAAApAAAAKUAAACnAAAAqQAAAKsAAACtAAAAsAAAALIAAAC1AgAAtwkAALsQAAC+GAAAviYA&#10;AL44AAC+SwAAvWEAALx6AAC7lAAAuqkAALq5ADdqAAArcAAAIHgAABaAAAANiAAABY8AAACWAAAA&#10;nAAAAKIAAACnAAAArAAAALAAAACzAAAAtgAAALcAAAC5AAAAuwAAAL0AAAC/AAAAwgAAAMUAAADI&#10;AAAAygAAAM4IAADSEAAA1RsAANUsAADUQAAA1FcAANNuAADUhgAA1JsAANOrAP8AAAD/AAAA/wAA&#10;AP8ABQD/AA4A/wAVAPwAIAD5ACoA9gA0APEAPQDtAEYA6QBNAOYAUwDkAFkA4QBeAN4AYwDcAGgA&#10;2QBuANUAcwDTAHkA0ACAAM4AiADLAJEAyQCcAMYApwDEALcAwgDMAMAA7AC/AP8AvgD/AL0A/wC3&#10;AP8AsgD/AP8AAAD/AAAA/wAAAPoAAQDzAAsA7QASAOgAGwDlACUA5AAuAN8AOADYAEAA0gBHAM4A&#10;TgDLAFQAyABZAMYAXgDEAGMAwgBnAMAAbQC/AHMAvQB6ALsAgQC5AIsAtgCVALQAoQCyAK8AsADC&#10;AK4A4wCuAPoArAD/AK0A/wCpAP8ApgD/AP8AAAD/AAAA8gAAAOYAAADdAAcA0gAOAM0AFgDKACAA&#10;yAApAMUAMgDAADoAvABCALkASAC3AE4AtQBTALMAWACxAF0AsABiAK4AZwCsAGwAqgBzAKkAewCn&#10;AIQApQCOAKMAmgChAKgAnwC5AJ4A0gCdAPIAnAD/AJ0A/wCcAP8AmQD/APwAAADuAAAA3QAAAMwA&#10;AADBAAIAugAMALYAEgCyABoAsAAjAK8ALACtADQAqQA8AKYAQgCkAEgAogBNAKAAUgCeAFcAnQBb&#10;AJwAYACaAGYAmQBsAJcAdACVAH0AkwCHAJEAkwCQAKEAjgCxAI0AxgCMAOgAiwD9AIwA/wCMAP8A&#10;jAD/AO0AAADYAAAAxQAAALcAAACsAAAApgAIAKEADgCfABUAnQAeAJsAJgCaAC4AlwA1AJUAPACT&#10;AEIAkQBHAJAATACOAFEAjQBVAIsAWgCKAGAAiQBmAIcAbQCFAHYAhACAAIIAjACAAJoAfwCpAH0A&#10;vAB8ANwAfAD1AHwA/wB8AP8AfAD/ANkAAADBAAAAsQAAAKQAAACcAAAAlAADAJAADACNABEAiwAY&#10;AIkAIACJACgAhwAvAIUANgCDADwAggBBAIAARgB/AEsAfQBPAHwAVAB7AFoAeQBgAHgAZwB2AHAA&#10;dQB6AHMAhgBxAJMAcACiAG8AtABuAMwAbgDtAG4A/gBuAP8AbgD/AMQAAACvAAAAoAAAAJQAAACM&#10;AAAAhgAAAIEACAB+AA4AfAAUAHsAGwB5ACIAeAApAHcAMAB1ADYAdAA7AHIAQABxAEUAcABKAG8A&#10;TwBtAFQAbABbAGsAYgBpAGoAaAB0AGYAgABlAI4AYwCdAGIArQBhAMIAYQDkAGEA+ABhAP8AYQD/&#10;ALQAAACgAAAAkQAAAIYAAAB+AAAAeQAAAHUAAwBxAAsAbwAQAG0AFgBsAB0AawAkAGsAKgBpADAA&#10;aAA2AGYAOwBlAEAAZABFAGMASgBhAE8AYABWAF8AXQBdAGUAXABvAFoAegBZAIgAWACYAFcAqABW&#10;ALsAVgDYAFYA8QBWAP8AVgD/AKgBAACUBQAAhQcAAHoHAAByBgAAbAQAAGkBAABnAAcAZAANAGMA&#10;EQBhABgAYAAfAF8AJQBeACsAXQAwAFsANgBaADsAWQBAAFgARQBXAEsAVgBRAFUAWABTAGEAUgBq&#10;AFAAdgBPAIQATgCTAE0ApABMALYATADNAEwA6wBMAPoATAD/AJ0JAACLCwAAfA0AAHANAABoDQAA&#10;YgwAAF8KAABdBgEAXAEJAFoADgBYABMAVwAZAFYAIABVACYAUwArAFIAMQBRADYAUAA7AE8AQQBO&#10;AEcATQBNAEsAVQBKAF0ASQBnAEcAcwBGAIAARQCQAEQAoQBDALIAQwDIAEMA5gBDAPUAQwD/AJUN&#10;AACDDwAAdBAAAGkRAABgEQAAWhAAAFYOAABUDQAAUwoEAFMGCwBRAxAATwEVAE4BGwBMASEASwEn&#10;AEoCLABJAjIASAI3AEcDPQBFA0MARANKAEMEUQBCBFoAQAVkAD8FcAA+Bn4APQaOADwHnwA7B7EA&#10;OgfGADoH4wA6B/MAOgj8AI4QAAB8EgAAbhQAAGIVAABaFQAAVBQAAFATAABNEQAASw4AAEsNBgBK&#10;CgwASQgRAEcIFgBFCB0ARAgjAEIIKABBCS4AQAkzAD8JOQA+CkAAPQpHADwKTwA6C1gAOQtjADgM&#10;bwA2DH4ANQyOADQNnwAzDbEAMg3HADIN4wAyDfQAMg3+AIgTAAB3FQAAaRcAAF4YAABVGAAATxgA&#10;AEoWAABHFQAARRMAAEMQAgBDDggAQg0OAEANEgA/DRgAPQ0fADwNJAA7DSoAOQ0wADgONwA3Dj0A&#10;Ng5FADUOTQAzD1cAMg9iADEQbgAvEH0ALhCOAC0RoAAsEbIAKxHIACsR5gArEfYALBH/AIMWAABy&#10;GQAAZBoAAFkbAABRGwAASxsAAEYaAABCGAAAPxcAAD4UAAA8EgQAOxEKADoQEAA4EBUANxAbADUR&#10;IQA0EScAMxEtADIRMwAwEToALxJCAC4SSwAtE1QAKxNfACoUbAApFHsAKBSMACcVngAmFbAAJRXG&#10;ACUV5AAlFfYAJhX/AH4ZAABuGwAAYB0AAFYeAABNHgAARx4AAEIdAAA+HAAAOhoAADgYAAA3FgAA&#10;NRUHADQUDQAyFBIAMBQXAC8UHQAtFCMALBUqACsVMAAqFTcAKRY/ACgWSAAnF1IAJhhdACQYagAj&#10;GXkAIhmKACEZnAAgGa8AHxnEAB8Z4gAgGfQAIBn/AHobAABqHgAAXR8AAFMgAABKIAAARCAAAD4f&#10;AAA6HgAANx0AADQcAAAyGQAAMBkEAC4YCwAsGBAAKhgUACkYGgAnGCAAJhkmACUZLQAkGjUAIxo9&#10;ACIbRgAhG1AAIBxbAB8daAAeHXcAHR2IABwemwAbHq0AGh7DABoe4AAaHfMAGx3/AHcdAABnIAAA&#10;WiEAAFAiAABIIgAAQSIAADsiAAA3IQAAMyAAADAfAAAtHQAAKx0AACgdCAAmHQ4AJR0SACMdFwAh&#10;HR0AIR0kACAeKgAfHjIAHh86AB0fQwAcIE0AGyFZABohZgAZIXUAGCKHABcimQAWIqwAFSLBABUi&#10;3wAVIfIAFiH+AHMgAABkIgAAVyMAAE0kAABFJQAAPiQAADkkAAA0IwAAMCIAACwiAAApIQAAJiEA&#10;ACQhBgAiIQwAICEQAB4hFQAdIhsAGyIhABsiKAAaIy8AGSM4ABgkQQAXJEsAFiVXABUlZAAUJnMA&#10;EyaFABImmAARJqsAESbAABAm3QARJfEAEiX9AHAiAABhJAAAVCYAAEomAABCJwAAPCYAADYmAAAx&#10;JQAALSUAACkkAAAmJAAAIiUAAB8lAwAdJgoAGyYOABknEgAYJxgAFycfABYnJQAVKC0AFCg1ABMp&#10;PgASKUkAESlVABEqYgAQKnEADyqDAA4qlgAOKqkADSq9AA0q1wANKu4ADin7AGwkAABdJgAAUSgA&#10;AEgoAABAKQAAOSgAADQoAAAvKAAAKycAACcnAAAiKAAAHikAABsqAAAYKwcAFisNABQsEQATLBYA&#10;EiwcABEtIwAQLSoAEC0yAA8uPAAOLkYADS5SAA0uXwAML24ACy9/AAovkgAJL6UACS65AAgu0AAJ&#10;LukACi73AGgnAABaKQAATioAAEUrAAA9KwAANysAADEqAAAtKgAAKSoAACQqAAAgKwAAGy0AABgu&#10;AAAVLwQAEjEKABAyDgAPMhMADjIZAA0yIAANMicADDIvAAszOAAKM0IACTNOAAgzWwAGNGoABTR7&#10;AAQzjgADM6IAAjO2AAIzzQADM+cABDLzAGQqAABWLAAASy0AAEItAAA6LQAANC0AAC8sAAArLAAA&#10;JiwAACItAAAdLwAAGTEAABUyAAASNAMADzYJAAw4DQAKOBEACTgWAAg4HQAHOCQABjgsAAQ4NAAD&#10;OD4AAjlKAAA5VwAAOWUAADl3AAA5iwAAOJ8AADizAAA4ygAAOOYAADfyAF8tAABSLgAASC8AAD8w&#10;AAA4LwAAMi8AAC0vAAApLwAAJDAAAB8xAAAaMwAAFTUAABI3AAAPOQMADDsIAAg9DQAFPhAAAz4U&#10;AAA+GgAAPiEAAD4oAAA+MQAAPzsAAD9GAAA/UwAAP2EAAD9zAAA/hwAAPpwAAD6wAAA9xwAAPeQA&#10;AD3yAFowAABOMgAARDIAADwyAAA1MgAAMDEAACsxAAAmMgAAIDQAABs2AAAWOAAAEjsAAA89AAAM&#10;PwMACEEIAARDDAAAQw4AAEQSAABFFgAARR0AAEUkAABFLQAARjYAAEZCAABGTgAARl0AAEZuAABF&#10;ggAARZgAAEStAABExAAAQ+MAAEPyAFU0AABKNQAAQTUAADk1AAAzNAAALjQAACg1AAAiNwAAHToA&#10;ABc8AAASPwAAD0EAAAxEAAAIRgEAA0gGAABJCgAASg0AAEsQAABMFAAATRkAAE4gAABOKAAATjIA&#10;AE09AABOSgAATlgAAE1pAABNfQAATJQAAEyqAABLwQAAS+EAAEryAFA4AABGOAAAPTgAADc4AAAx&#10;NwAAKjkAACQ7AAAePQAAGEAAABNDAAAPRgAAC0kAAAdLAAACTgAAAFAEAABRCAAAUgsAAFMOAABU&#10;EQAAVRUAAFYbAABXIwAAVywAAFc4AABXRAAAV1IAAFZjAABWdwAAVo4AAFWlAABUvQAAU90AAFPw&#10;AEs8AABCPAAAOzsAADU7AAAtPAAAJj8AAB9CAAAZRQAAE0gAAA5LAAALTwAABVEAAABUAAAAVwAA&#10;AFgBAABaBQAAWwgAAFwMAABdDgAAXxEAAGAWAABiHQAAYiYAAGIxAABiPgAAYUwAAGFdAABhcAAA&#10;YIgAAGCgAABftwAAXtQAAF3uAEdAAAA/PwAAOj8AADFAAAApQwAAIUYAABpKAAATTgAADlEAAApV&#10;AAAEWAAAAFsAAABeAAAAYQAAAGMAAABkAQAAZQQAAGcIAABoCwAAag4AAGwSAABuFwAAbyAAAG8q&#10;AABvNgAAbkUAAG5VAABuaAAAbX8AAG2YAABssAAAa8oAAGroAEREAAA+QwAANUQAACtHAAAjSwAA&#10;G08AABNUAAAOWAAACFwAAAJgAAAAZAAAAGcAAABrAAAAbQAAAG8AAABwAAAAcgAAAHQCAAB1BgAA&#10;dwoAAHkOAAB8EgAAfhgAAH8iAAB/LgAAfz0AAH5NAAB9YQAAfXcAAHyQAAB7qAAAesAAAHnfAENH&#10;AAA5SQAAL0wAACVQAAAcVQAAFFsAAA5gAAAHZQAAAGoAAABuAAAAcgAAAHYAAAB5AAAAfAAAAH4A&#10;AAB/AAAAgQAAAIMAAACFAAAAhwMAAIoIAACMDQAAjxEAAJIZAACSJQAAkjMAAJJEAACRVwAAkG0A&#10;AI+GAACOnwAAjbUAAIzNAD1OAAAyUQAAKFYAAB5cAAAVYgAADmgAAAduAAAAdAAAAHkAAAB+AAAA&#10;ggAAAIYAAACJAAAAjAAAAI4AAACQAAAAkgAAAJQAAACWAAAAmAAAAJsAAACeBgAAoQwAAKQRAACm&#10;GwAApikAAKY6AAClTQAApWIAAKR7AACjlAAAoasAAKG/ADZXAAAsXAAAIWIAABdpAAAPcAAAB3cA&#10;AAB+AAAAhAAAAIoAAACPAAAAlAAAAJgAAACbAAAAngAAAJ8AAACiAAAApAAAAKYAAACoAAAAqwAA&#10;AK0AAACwAAAAswQAALcMAAC7EgAAux8AALswAAC7QwAAulgAALlwAAC3iwAAt6EAALezADBiAAAl&#10;aQAAGnAAABB4AAAJgAAAAIgAAACPAAAAlgAAAJsAAAChAAAApgAAAKoAAACuAAAAsAAAALEAAAC0&#10;AAAAtgAAALgAAAC7AAAAvQAAAMAAAADDAAAAxwAAAMsDAADPDAAA0xUAANIlAADSOAAA0U4AANBl&#10;AADPfgAAzZYAAMypAP8AAAD/AAAA/wAAAP8AAwD/AAsA/AARAPkAGwD3ACUA8wAvAO4AOADpAEAA&#10;5gBIAOIATgDfAFQA3ABZANkAXgDVAGMA0wBoANAAbQDOAHMAywB6AMgAggDGAIwAwwCXAMAAowC+&#10;ALIAvADIALoA6gC5AP8AuAD/ALEA/wCqAP8ApwD/AP8AAAD/AAAA+wAAAPYAAADtAAcA5wAPAOIA&#10;FgDfACAA3gApANkAMwDRADsAzABCAMgASADFAE4AwgBTAMAAWAC+AF0AvABiALoAZwC5AG0AtwB0&#10;ALUAewCyAIUAsACQAK4AnACsAKoAqQC9AKcA3gCmAPkApQD/AKMA/wCdAP8AmwD/AP0AAAD2AAAA&#10;6wAAAN8AAADRAAMAygAMAMUAEgDDABsAwAAkAL4ALAC5ADUAtgA8ALMAQwCwAEgArgBOAKwAUgCr&#10;AFcAqQBcAKcAYQCmAGcApABtAKIAdACgAH0AngCIAJwAlQCaAKMAmAC0AJYAzQCVAPEAlAD/AJUA&#10;/wCQAP8AjgD/APMAAADmAAAA0QAAAMIAAAC4AAAAsQAIAK0ADwCqABYAqAAeAKgAJwCmAC8AogA2&#10;AJ8APACdAEIAmwBHAJkATACXAFEAlgBVAJQAWgCTAGAAkQBmAJAAbgCOAHYAjACBAIoAjQCIAJsA&#10;hgCsAIUAwQCEAOYAgwD9AIQA/wCDAP8AgQD/AOQAAADLAAAAugAAAKwAAACiAAAAnAAEAJgADACW&#10;ABEAlAAZAJMAIQCSACgAjwAwAI0ANgCLADwAiQBBAIgARgCGAEsAhQBPAIQAVACCAFoAgQBgAH8A&#10;ZwB+AG8AfAB6AHoAhgB4AJQAdwCkAHUAtwB0ANQAcwD0AHQA/wB0AP8AdAD/AMsAAAC2AAAApgAA&#10;AJoAAACSAAAAigAAAIYACACDAA4AgQAUAIEAGwCAACMAfwAqAH0AMAB7ADYAegA7AHgAQAB3AEUA&#10;dQBJAHQATgBzAFQAcQBaAHAAYQBuAGkAbQBzAGsAfwBpAI0AaACdAGcArgBmAMcAZQDqAGYA/wBm&#10;AP8AZwD/ALgAAACkAAAAlQAAAIoAAACBAAAAfAAAAHYABAB0AAwAcgAQAHEAFgBwAB0AcAAkAG4A&#10;KgBtADAAawA1AGoAOgBpAD8AaABEAGcASQBlAE4AZABUAGMAWwBhAGMAYABtAF4AeQBdAIcAWwCW&#10;AFoAqABZAL0AWQDfAFkA+ABaAP8AWgD/AKgAAACVAAAAhwAAAHsAAABzAAAAbgAAAGoAAQBnAAgA&#10;ZQAOAGQAEgBjABgAYwAfAGIAJQBhACoAXwAwAF4ANQBdADoAXAA+AFsARABZAEkAWABPAFcAVgBW&#10;AF4AVABoAFMAcwBRAIEAUACRAE8AogBOALUATgDQAE4A8ABOAP8ATwD/AJwAAACJAAAAewMAAHAD&#10;AABoAwAAYgEAAF8AAABdAAQAWwALAFkADwBYABQAVwAZAFcAIABWACUAVQAqAFMAMABSADQAUQA5&#10;AFAAPwBPAEQATgBLAE0AUgBLAFoASgBjAEkAbwBHAHwARgCMAEUAnQBFALAARADHAEQA6ABEAPoA&#10;RQD/AJIEAACABwAAcQoAAGYKAABeCgAAWQkAAFUHAABUBAAAUgAHAFAADABPABAATgAVAE0AGwBM&#10;ACAASwAmAEoAKwBJADAASAA1AEcAOgBGAEAARQBGAEMATgBCAFYAQQBfAEAAawA+AHgAPQCIADwA&#10;mQA8AKsAPADBADsA4AA7APQAOwD/AIkKAAB4DAAAag4AAF8OAABXDgAAUQ4AAE0MAABLCwAASggC&#10;AEkECQBIAA0ARgARAEUAFgBEABwAQwAhAEIAJgBBACsAPwAxAD4ANgA9ADwAPABDADsASgA6AFIA&#10;OQBcADgAaAA2AHUANQCFADQAlgA0AKgAMwC8ADMA2AAzAO8AMwD7AIINAABxDwAAZBAAAFkRAABR&#10;EQAASxEAAEcQAABEDgAAQg0AAEELBQBBBwsAPwUOAD4DEgA8AhgAOwIdADoDIgA5AygAOAMtADcD&#10;MgA2BDkANQQ/ADQFRwAzBVAAMQZaADAGZgAvB3MALgeDAC0HlQAsB6cAKwe6ACsH0gArB+sAKwf3&#10;AH0QAABsEQAAXxMAAFQUAABMFAAARhQAAEITAAA+EgAAPBAAADoOAQA6DQYAOgoMADgJEAA2CBQA&#10;NQgZADQJHwAyCSQAMQkpADAJLwAvCjYALgo9AC0KRQAsC04AKwtZACkMZQAoDHMAJwyDACYNlQAl&#10;DacAJA27ACMN0gAjDesAIw33AHgSAABoFAAAWxYAAFEXAABIFwAAQhYAAD0WAAA5FQAANxMAADUR&#10;AAAzEAMAMw4IADINDQAwDREALw0WAC0NGwAsDSEAKw0nACoNLQApDjQAKA47ACcORAAlDk4AJA9Z&#10;ACMQZQAhEHMAIBCEAB8QlgAeEKkAHRC9ABwQ2AAdEO4AHRD5AHMUAABkFgAAVxgAAE0ZAABFGQAA&#10;PxkAADoYAAA1FwAAMhYAADAVAAAuEwAALREEACwQCgArEA4AKRASACgQGAAmEB4AJRAkACQQKgAj&#10;ETEAIhE5ACERQgAgEksAHhJWAB0TYwAcE3EAGhOCABkUlQAYFKcAFxS7ABcT1AAXE+4AGBP6AHAW&#10;AABgGQAAVBoAAEobAABCHAAAPBsAADYbAAAyGgAALxkAACwYAAAqFgAAKBQBACYTBwAlEwwAIxMQ&#10;ACITFQAgExoAHxMhAB4UJwAdFC4AHBU2ABsVPwAaFkkAGRZUABgXYQAWF3AAFRiBABQYkwATGKYA&#10;Ehi6ABIX0gASF+wAExf6AGwZAABdGwAAUR0AAEcdAAA/HgAAOR0AADQdAAAvHAAAKxsAACgaAAAm&#10;GQAAJBgAACIXBAAgFwoAHhcOABwXEgAaFxcAGRgeABkYJAAYGSwAFxk0ABYaPQAVGkcAFBtSABMb&#10;XwASHG4AERx/ABAckgAQHKUADxy5AA4c0AAOG+oADxv4AGkbAABaHQAATh8AAEUfAAA9IAAANh8A&#10;ADEfAAAtHgAAKR0AACUdAAAjHAAAIBsAAB0bAQAbGwcAGRwNABccEAAWHBUAFRwbABQdIgATHSkA&#10;Eh4xABEeOgARH0UAEB9QAA8gXQAOIGwADSB8AA0gjwAMIKIACyC1AAsgygALIOUADB/0AGUdAABX&#10;HwAATCEAAEIhAAA6IQAANCEAAC8hAAAqIAAAJh8AACMfAAAgHgAAHR4AABkgAAAWIAQAFCALABIh&#10;DgARIRMAESIZABAiHwAPIiYADiMvAA4jNwANI0EADCRNAAskWQAKJGcACSR4AAgkiwAHJJ4ABySx&#10;AAYkxwAGI+MAByPxAGIfAABUIQAASSMAAEAjAAA4IwAAMiMAACwjAAAoIgAAJCEAACEhAAAeIQAA&#10;GiEAABYjAAATJAMAESUIAA8mDQAOJxEADScWAAwnHQALJyMACicrAAkoNAAIKD4AByhJAAYoVQAF&#10;KWQABCl0AAMphwACKZsAASivAAAoxQABKOEAASfwAF4iAABRJAAARiUAAD0lAAA1JQAALyUAACok&#10;AAAmJAAAIiMAAB8jAAAbJAAAGCUAABQmAAARKAMADykIAAwsDAAKLBAACCwUAAcsGgAGLCEABSwo&#10;AAMtMAACLToAAS1FAAAtUgAALmAAAC5xAAAthAAALZkAAC2tAAAswgAALOAAACzwAFokAABNJgAA&#10;QycAADonAAAzJwAALScAACgmAAAkJgAAISYAAB0mAAAZJwAAFSkAABErAAAPLAMADS4HAAkwDAAG&#10;MQ4AAzESAAEyFwAAMh4AADIlAAAyLQAAMjYAADNCAAAzTgAAM10AADNtAAAzgQAAMpYAADKrAAAx&#10;wQAAMd8AADHwAFYnAABKKQAAPyoAADcqAAAwKgAAKykAACcoAAAjKAAAHikAABoqAAAWLAAAEi4A&#10;AA8wAAANMQIACjQHAAU1CwACNg4AADcQAAA4FAAAOBoAADgiAAA4KgAAOTMAADk+AAA5SgAAOVkA&#10;ADlpAAA5fQAAOJMAADioAAA3vwAAN94AADbwAFErAABGLAAAPCwAADQsAAAuLAAAKisAACUrAAAg&#10;LAAAGy0AABcvAAATMQAAEDMAAA01AAAJNwIABToGAAE7CgAAPA0AAD0PAAA+EgAAPxcAAEAeAABA&#10;JQAAQC8AAEA6AABARgAAQFQAAEBlAAA/eAAAP48AAD6mAAA+vQAAPdwAAD3wAE0uAABCLwAAOS8A&#10;ADIvAAAtLgAAKC4AACIvAAAdMAAAGDIAABM1AAAQNwAADDoAAAk8AAAFPgAAAEEEAABCCAAAQwsA&#10;AEQNAABGEAAARxQAAEgZAABIIQAASCoAAEg1AABIQQAASE8AAEhgAABHcwAAR4oAAEaiAABFuQAA&#10;RdkAAETwAEgyAAA+MgAANjIAADAxAAArMQAAJTIAAB80AAAZNgAAEzkAABA8AAAMPwAACEIAAANE&#10;AAAARgAAAEgCAABKBQAASwgAAEwLAABODgAATxEAAFEVAABSHAAAUiUAAFIwAABSPAAAUUoAAFFa&#10;AABRbQAAUIQAAE+dAABOtQAATdIAAE3uAEM2AAA7NgAANDUAAC80AAAnNQAAITgAABo7AAAUPgAA&#10;EEEAAAxEAAAHRwAAAkoAAABNAAAATwAAAFEAAABTAgAAVAUAAFUIAABXCwAAWQ4AAFsRAABdFwAA&#10;XR8AAF0qAABdNgAAXEQAAFxUAABbZwAAW34AAFqXAABZrwAAWMsAAFfqAD85AAA4OQAAMzgAACs5&#10;AAAjPAAAHD8AABVDAAAQRwAAC0oAAAVOAAAAUQAAAFQAAABXAAAAWgAAAFwAAABdAAAAXwAAAGAE&#10;AABiBwAAZAsAAGYOAABoEgAAaxkAAGsjAABqLgAAajwAAGpNAABpXwAAaHUAAGePAABmqAAAZcIA&#10;AGTjAD09AAA3PAAALj0AACVAAAAdRAAAFkkAABBNAAAKUQAABFUAAABaAAAAXQAAAGAAAABjAAAA&#10;ZgAAAGgAAABqAAAAawAAAG0AAABvAgAAcQYAAHQKAAB2DgAAeRMAAHsbAAB7JwAAejUAAHlFAAB4&#10;WQAAeG0AAHeGAAB2nwAAdbcAAHTSADxBAAAyQgAAKEUAACBKAAAXTgAAEFQAAApZAAACXgAAAGMA&#10;AABnAAAAawAAAG8AAAByAAAAdQAAAHcAAAB5AAAAewAAAH0AAAB/AAAAggAAAIQDAACHCQAAig4A&#10;AI4TAACPHgAAjisAAI47AACNTgAAi2MAAIp8AACKlQAAiK0AAIfFADZHAAAsSwAAIk8AABlVAAAQ&#10;WwAACmEAAAFnAAAAbQAAAHIAAAB3AAAAewAAAH8AAACDAAAAhgAAAIgAAACKAAAAjQAAAI8AAACR&#10;AAAAlAAAAJcAAACaAQAAnQcAAKENAAClFAAApCEAAKQxAACjRAAAolkAAKBwAACfiwAAnaIAAJ23&#10;ADBQAAAlVQAAG1sAABJiAAALaQAAAXAAAAB3AAAAfQAAAIMAAACIAAAAjQAAAJEAAACVAAAAmAAA&#10;AJoAAACcAAAAnwAAAKEAAACjAAAApgAAAKkAAACsAAAAsAAAALQHAAC4DgAAuhgAALonAAC5OQAA&#10;uE4AALdlAAC2fgAAtZYAALOrAClbAAAeYgAAFGkAAAxxAAACeQAAAIEAAACJAAAAjwAAAJYAAACb&#10;AAAAoAAAAKQAAACoAAAAqwAAAKwAAACvAAAAsgAAALQAAAC2AAAAuQAAALwAAADAAAAAxAAAAMgA&#10;AADNBwAA0hAAANIdAADRLwAA0EQAAM9bAADNcwAAy40AAMqhAP8AAAD/AAAA+wAAAPoAAAD8AAgA&#10;+AAPAPUAFwD0ACAA8QAqAOsAMwDmADsA4gBDAN4ASQDaAE8A1gBUANMAWQDQAF4AzgBjAMsAaADJ&#10;AG4AxgB1AMMAfQDBAIYAvgCSALsAngC5AK4AtgDDALQA6ACzAP8ArwD/AKUA/wCeAP8AmwD/AP0A&#10;AAD3AAAA8gAAAPAAAADnAAMA4QAMANwAEgDYABsA1gAkANIALQDMADYAxgA9AMIAQwC/AEkAvABO&#10;ALoAUwC4AFgAtgBdALUAYgCzAGcAsQBuAK8AdgCsAH8AqgCKAKgAlwClAKYAowC5AKEA2QCgAPkA&#10;ngD/AJgA/wCSAP8AjwD/APMAAADsAAAA4wAAANMAAADIAAAAwQAJAL0ADwC7ABYAuQAfALcAJwCz&#10;AC8ArwA3AKwAPQCqAEMAqABIAKYATQCkAFIAowBWAKEAWwCfAGEAngBnAJwAbwCaAHgAlwCDAJUA&#10;kACTAJ4AkQCwAJAAyACOAPAAjQD/AIoA/wCFAP8AggD/AOcAAADdAAAAxgAAALgAAACuAAAAqAAE&#10;AKUADAChABIAoQAZAKAAIgCfACkAmwAwAJgANwCWAD0AkwBCAJIARwCQAEsAjwBQAI0AVQCMAFoA&#10;igBhAIgAaACHAHAAhQB7AIMAiACBAJYAfwCnAH0AvAB8AOMAfAD9AHwA/wB4AP8AdgD/ANYAAADA&#10;AAAArwAAAKMAAACZAAAAkwAAAI8ACQCNAA4AiwAUAIoAHACKACMAiAAqAIUAMACDADYAggA7AIAA&#10;QAB/AEUAfgBKAHwATwB7AFQAegBaAHgAYQB2AGkAdQBzAHMAgABxAI4AbwCfAG4AsgBtAM8AbAD0&#10;AGwA/wBrAP8AaQD/AMAAAACrAAAAmwAAAI8AAACHAAAAgAAAAHwABAB6AAwAeAARAHgAFwB4AB4A&#10;dwAkAHUAKgBzADAAcQA1AHAAOgBuAD8AbQBEAGwASQBrAE4AagBUAGgAWwBnAGMAZQBtAGQAeABi&#10;AIcAYACXAF8AqgBeAMIAXgDpAF4A/wBeAP8AXQD/AKwAAACZAAAAigAAAH8AAAB3AAAAcQAAAG0A&#10;AABqAAgAaQAOAGgAEgBnABgAZwAfAGcAJQBlACoAYwAvAGIANABhADkAYAA+AF8AQwBeAEgAXQBO&#10;AFsAVQBaAF0AWABnAFcAcgBVAIEAVACRAFMAowBSALgAUQDcAFEA+QBSAP8AUgD/AJ0AAACLAAAA&#10;fAAAAHEAAABpAAAAZAAAAGAAAABeAAUAXAALAFsADwBbABQAWgAZAFoAHwBZACUAVwAqAFYALwBV&#10;ADQAVAA4AFMAPQBSAEMAUABJAE8AUABOAFgATQBiAEsAbQBKAHoASQCLAEgAnQBHALEARwDMAEYA&#10;8ABHAP8ARwD/AJAAAAB+AAAAcAAAAGYAAABeAAAAWQAAAFYAAABTAAEAUgAIAFAADQBPABAATwAV&#10;AE4AGgBOACAATQAlAEwAKgBKAC4ASQAzAEgAOABHAD4ARgBEAEUASwBEAFMAQwBdAEEAaABAAHUA&#10;PwCFAD4AlwA9AKsAPQDDAD0A5gA9APsAPgD/AIcAAAB1AwAAaAYAAF0HAABVBgAAUAYAAEwEAABK&#10;AQAASQAEAEcACgBGAA4ARQARAEUAFgBEABsAQwAgAEIAJQBBACoAQAAvAD8ANAA+ADoAPQBAADsA&#10;RwA6AE8AOQBZADgAZAA3AHEANgCBADUAkwA0AKYANAC7ADQA3QA0APUANQD/AH4GAABtCQAAYAsA&#10;AFYMAABODAAASAsAAEQKAABCCAAAQAUBAD8BBwA+AAsAPQAOADwAEgA7ABcAOwAcADoAIQA5ACUA&#10;NwAqADYAMAA1ADUANAA8ADMAQwAyAEwAMQBVADAAYAAvAG0ALgB9AC0AjwAsAKIALAC2ACwA0AAs&#10;AO4ALAD8AHcKAABnDAAAWg4AAFAOAABJDgAAQw4AAD4NAAA7DAAAOQsAADgJAwA3BQgANgINADUB&#10;EAA0ABMAMwAYADIAHQAxACIAMAAnAC8ALAAuADIALQA4ACwAQAArAEkAKgBSACkAXQAoAGsAJwF6&#10;ACYBjAAlAJ8AJQCyACUAygAlAOgAJQD3AHINAABiDgAAVhAAAEwRAABEEQAAPhEAADkQAAA2DwAA&#10;Mw4AADENAQAwCwUAMAgKAC8GDQAuBREALAQUACsDGQAqAx4AKQMjACgEKQAnBC8AJgU1ACUFPQAk&#10;BUYAIwZQACIGXAAhB2kAIAd5AB8HiwAeB50AHgewAB0GxgAdBuMAHQXzAG0OAABeEQAAUhIAAEgT&#10;AABAEwAAOhMAADUSAAAxEQAALhAAACwPAAAqDgMAKg0HACkLCwAoCQ4AJwkRACUIFgAkCBsAIwkg&#10;ACIJJgAhCSwAIAozAB8KOwAeC0QAHQtPABwMWwAbDGkAGgx5ABgMiwAYDJ4AFwywABYMxQAWDOEA&#10;FgvwAGkQAABaEgAAThQAAEUVAAA9FQAANxUAADEUAAAtEwAAKhIAACgRAAAmEAEAJBAEACMOCAAj&#10;DQwAIgwPACAMEwAfDBgAHg0dAB0NIwAcDSoAGw0yABoOOgAYDkQAFw5QABYPXAAVD2oAExB7ABIQ&#10;jQAREKAAERCzABAPyQAQD+QAEQ/yAGUSAABXFAAASxYAAEIXAAA6FwAANBcAAC8WAAAqFQAAJxQA&#10;ACQTAAAiEwAAIBIDAB4RBgAdEAkAHBANABsPEAAZEBUAGBAbABcQIQAWECgAFREwABQROQATEUMA&#10;EhJOABESWgAQEmkAEBN5AA4TjAAOE54ADROxAA0SxQAMEuEADRLxAGIUAABUFgAASRgAAD8ZAAA3&#10;GQAAMRkAACwYAAAoFwAAJBYAACEWAAAfFQAAHBQCABoTBAAZEgYAFxILABUSDgAUEhIAExMYABIT&#10;HwAREyYAERQtABAUNgAPFUEADhVMAA4WVwANFmUADBd1AAsXhwAKF5oACRatAAgWwQAIFt0ACRXu&#10;AF8WAABRGAAARhoAAD0aAAA1GwAALxoAACoaAAAlGQAAIhgAAB8YAAAcFwAAGRYBABcWAwAVFgQA&#10;ExYJABEWDQAQFxEADxcWAA4XHAAOGCMADRgqAAwZMwAMGTwACxpHAAoaUwAJGmEABxtxAAYbgwAF&#10;G5cABBqqAAMavwADGdoABBnsAFwYAABOGgAAQxwAADocAAAzHAAALBwAACccAAAjGwAAIBoAAB0Z&#10;AAAaGQAAFxgBABUYAgASGQQAEBsHAA4bDAANHBAADBwTAAscGQAKHB8ACR0nAAgdLwAHHjkABh5D&#10;AAQeUAADH14AAh9uAAEfgAAAH5UAAB6pAAAevQAAHdgAAB3sAFgaAABLHAAAQR4AADgeAAAwHgAA&#10;Kh4AACUdAAAhHAAAHhwAABsbAAAYGwAAFhsBABMbAgARHAQADh4HAAwfCwAKIA4ACCASAAYhFwAF&#10;IR0ABCEkAAIiLAABIjUAACJAAAAjTQAAI1oAACNrAAAjfgAAI5MAACKnAAAivAAAIdcAACHtAFUd&#10;AABIHwAAPiAAADUgAAAuIAAAKCAAACMfAAAgHgAAHR0AABodAAAWHQAAEx4AABEfAgAOIAQADSIH&#10;AAokCwAGJQ0ABCUQAAImFAAAJhoAACYhAAAnKQAAJzIAACc9AAAnSQAAKFcAAChnAAAnewAAJ5AA&#10;ACelAAAmuwAAJtYAACXtAFEgAABFIQAAOyIAADIiAAAsIgAAJiEAACIhAAAeIAAAGx8AABggAAAU&#10;IAAAESIAAA8jAAANJQMACiYGAAYoCgADKQ0AACsPAAAsEgAALBcAACweAAAsJgAALS8AAC05AAAt&#10;RgAALVQAAC1kAAAtdwAALI0AACykAAArugAAK9YAACruAE0iAABBJAAAOCQAADAkAAApJAAAJCMA&#10;ACEiAAAdIgAAGSIAABUjAAASJAAADyYAAA0oAAAKKgIABiwFAAIuCQAALwsAADAOAAAyEAAAMxUA&#10;ADMbAAAzIgAAMysAADM2AAAzQgAAM1AAADNgAAAzcwAAMooAADKhAAAxuAAAMNYAADDvAEklAAA+&#10;JgAANCcAAC0nAAAoJgAAIyUAAB8kAAAbJQAAFiYAABIoAAAQKgAADSwAAAouAAAGMAEAAjIEAAA0&#10;BwAANQoAADcMAAA4DgAAOhIAADoXAAA6HwAAOicAADoyAAA6PgAAOkwAADpcAAA6bwAAOYYAADie&#10;AAA4tgAAN9QAADbvAEQpAAA6KQAAMSkAACspAAAmKAAAIicAAB0oAAAYKQAAEysAABAuAAANMAAA&#10;CTIAAAU1AAABNwAAADkCAAA7BQAAPAgAAD4LAAA/DQAAQRAAAEMUAABDGwAAQyMAAEMuAABDOQAA&#10;Q0cAAEJXAABCagAAQYEAAECaAAA/sgAAPs8AAD7vAD8sAAA2LAAALywAACorAAAlKgAAHysAABkt&#10;AAAULwAAEDIAAA01AAAIOAAABDoAAAA8AAAAPwAAAEEAAABDAgAARQUAAEYIAABICwAASg4AAEwR&#10;AABNFgAATR4AAE0oAABNNAAATEIAAExRAABLZAAAS3sAAEqUAABJrQAASMoAAEfsADswAAAzLwAA&#10;LS8AACgtAAAiLwAAGzEAABU0AAAQNwAADToAAAg9AAACQAAAAEMAAABGAAAASAAAAEoAAABMAAAA&#10;TgEAAE8EAABRBwAAUwsAAFUOAABYEgAAWRkAAFgiAABYLgAAVzwAAFdLAABWXgAAVnMAAFWNAABU&#10;pwAAUsIAAFLmADgzAAAxMgAALDEAACUyAAAdNQAAFjgAABE8AAAMQAAAB0QAAABHAAAASgAAAE0A&#10;AABQAAAAUwAAAFUAAABXAAAAWQAAAFoAAABcAwAAXgcAAGELAABkDgAAZhMAAGccAABmJwAAZjQA&#10;AGVEAABkVwAAZGsAAGKFAABhnwAAYLkAAF7cADU3AAAwNQAAKDcAACA6AAAYPQAAEUIAAAxGAAAG&#10;SgAAAE8AAABTAAAAVgAAAFkAAABcAAAAXwAAAGEAAABkAAAAZQAAAGcAAABpAAAAbAEAAG4GAABx&#10;CwAAdA8AAHcVAAB3IAAAdi0AAHY9AAB1TwAAdGMAAHN7AABylQAAcK8AAG/JADU6AAArOwAAIj8A&#10;ABpDAAASSAAADE0AAAVSAAAAVwAAAFwAAABgAAAAZAAAAGgAAABrAAAAbgAAAHEAAABzAAAAdQAA&#10;AHcAAAB6AAAAfAAAAH8AAACCBAAAhgoAAIoPAACMFwAAiyQAAIozAACJRQAAh1sAAIZyAACFiwAA&#10;g6UAAIK8AC9AAAAlRAAAHEkAABNOAAANVAAABFoAAABhAAAAZgAAAGsAAABvAAAAdAAAAHkAAAB9&#10;AAAAgAAAAIMAAACFAAAAhwAAAIoAAACMAAAAjwAAAJIAAACWAAAAmQIAAJ4JAACiEAAAohoAAKEp&#10;AACgOwAAn1AAAJ1nAACagQAAmpkAAJmvAClJAAAfTgAAFVQAAA5bAAAFYgAAAGkAAABwAAAAdwAA&#10;AH0AAACCAAAAhgAAAIsAAACPAAAAkwAAAJUAAACXAAAAmgAAAJ0AAACgAAAAowAAAKYAAACqAAAA&#10;rgAAALIAAAC3CgAAuxEAALofAAC5MAAAt0UAALVcAAC0dAAAsY4AAK+kACJUAAAYWwAAEGIAAAdq&#10;AAAAcwAAAHsAAACCAAAAiQAAAJAAAACVAAAAmgAAAJ8AAACjAAAApgAAAKgAAACrAAAArgAAALAA&#10;AACzAAAAtgAAALoAAAC9AAAAwgAAAMcAAADMAQAA0wsAANQVAADTJgAA0ToAANBRAADNaAAAy4EA&#10;AMqWAPwAAAD2AAAA8gAAAPEAAADzAAUA9AAMAPIAEwDwABwA7QAlAOgALgDiADYA3gA+ANkARADU&#10;AEoA0QBPAM4AVADLAFkAyQBeAMYAYwDEAGkAwQBwAL4AeAC8AIEAuQCNALYAmgCzAKsAsQDAAK8A&#10;5gCuAP8ApQD/AJoA/wCUAP8AjwD/APQAAADsAAAA6AAAAOcAAADfAAAA2QAJANIAEADPABcAzwAg&#10;AMwAKADGADAAwAA3ALwAPgC5AEQAtwBJALUATgCzAFMAsQBXAK8AXQCtAGIAqwBpAKkAcQCnAHoA&#10;pQCFAKIAkwCgAKIAnQC2AJsA1ACZAPkAlgD/AI0A/wCIAP8AhAD/AOgAAADfAAAA2QAAAMkAAAC/&#10;AAAAuAAEALUADQCzABIAsQAaALAAIgCtACoAqQAxAKYAOACkAD0AogBDAKAASACeAEwAnABRAJsA&#10;VgCZAFwAlwBiAJUAaQCTAHIAkQB9AI8AiwCNAJoAiwCsAIkAxQCIAO4AhgD/AH8A/wB6AP8AeAD/&#10;ANkAAADNAAAAuwAAAK4AAAClAAAAnwAAAJwACQCZAA8AmQAVAJkAHQCYACQAlAArAJEAMQCOADcA&#10;jAA8AIsAQQCJAEYAiABLAIYAUACFAFUAgwBbAIIAYgCAAGsAfgB1AHwAggB6AJIAeACjAHcAuQB2&#10;AOAAdQD/AHIA/wBuAP8AbAD/AMcAAAC1AAAApQAAAJkAAACPAAAAiQAAAIUABACEAAwAggARAIIA&#10;FwCCAB4AgAAlAH4AKwB8ADEAegA2AHkAOwB3AEAAdgBEAHUASQBzAE8AcgBVAHAAXABvAGQAbQBu&#10;AGwAegBqAIoAaACbAGcArwBmAMwAZQD1AGQA/wBhAP8AYAD/ALQAAACgAAAAkAAAAIUAAAB9AAAA&#10;dwAAAHMAAABwAAgAbwAOAG8AEgBvABgAbwAfAG0AJQBrACoAaQAwAGgANABnADkAZgA+AGUAQwBj&#10;AEgAYgBOAGEAVQBfAF4AXgBnAFwAcwBbAIIAWQCTAFgApgBXAL8AVwDqAFcA/wBWAP8AVAD/AKEA&#10;AACOAAAAfwAAAHUAAABsAAAAaAAAAGQAAABhAAQAYAALAF8ADwBfABMAXwAZAF8AHwBdACUAXAAq&#10;AFsALwBZADMAWAA4AFcAPQBWAEMAVQBJAFMAUABSAFgAUQBhAFAAbQBOAHsATQCMAEwAnwBLALUA&#10;SgDcAEoA+gBKAP8ASgD/AJIAAACAAAAAcgAAAGcAAABfAAAAWgAAAFcAAABVAAEAUwAHAFIADABS&#10;ABAAUgAUAFIAGgBRAB8ATwAkAE4AKQBNAC4ATAAzAEsAOABKAD0ASQBDAEgASgBGAFIARQBcAEQA&#10;ZwBDAHUAQgCGAEEAmABAAK4AQADLAD8A8gBAAP8AQAD/AIUAAAB0AAAAZwAAAF0AAABVAAAATwAA&#10;AEwAAABKAAAASAAEAEcACgBHAA0ARgARAEYAFQBGABoARQAfAEQAJABDACkAQgAtAEEAMwA/ADgA&#10;PgA+AD0ARQA8AE4AOwBXADoAYgA5AG8AOACAADcAkwA2AKcANgDAADYA6AA2AP4ANgD/AHwAAABr&#10;AAAAXgIAAFQDAABNAwAARwMAAEMBAABBAAAAPwABAD4ABwA9AAsAPQAOADwAEQA8ABYAPAAaADoA&#10;HwA5ACQAOAApADcALgA2ADMANQA6ADQAQQAzAEkAMgBTADEAXgAwAGsALwB7AC4AjgAtAKIALQC4&#10;AC0A3QAtAPgALgD/AHMBAABkBQAAVwcAAE0IAABGCAAAQAgAADsHAAA4BQAANwMAADYABAA1AAgA&#10;NAAMADQADwA0ABIAMwAWADIAGwAxACAAMAAkAC8AKQAuAC8ALQA2ACwAPQArAEUAKgBPACkAWgAo&#10;AGcAJwB3ACYAiQAmAJ0AJQCzACUAzwAlAPAAJgD/AG0GAABeCQAAUgsAAEgMAABADAAAOgsAADYL&#10;AAAyCgAAMAgAAC4GAgAuAwYALQAKACwADQAsABAAKwATACoAFwApABwAKAAgACcAJQAmACsAJQAy&#10;ACQAOQAjAEIAIgBLACIAVwAhAGQAIABzAB8AhQAfAJkAHgCuAB4AxwAeAOkAHwD6AGgJAABZDAAA&#10;TQ0AAEMOAAA8DgAANg4AADENAAAtDQAAKgwAACgLAAAnCQQAJgYIACYECwAlAw4AJAEQACQBFAAi&#10;ARgAIQEdACEAIgAgACgAHwAuAB4BNgAdAT8AHAFJABsBVAAaAWEAGgFwABkBggAYAJYAGACqABgA&#10;wQAYAOEAGAD0AGMMAABVDgAASQ8AAEAQAAA4EAAAMhAAAC0PAAApDgAAJg4AACMNAAAiDAMAIAsG&#10;ACAJCQAfBwwAHgYOAB4FEQAcBRUAGwUaABoFHwAaBSUAGQUrABgFMwAXBjwAFgZGABYGUgAVB18A&#10;FAduABMHgAASB5QAEganABIFvAASBNkAEgPvAF8OAABRDwAARhAAADwRAAA1EQAALxEAACoRAAAm&#10;EAAAIhAAACAPAAAdDgIAHA0FABoNBwAaCwoAGQoNABgJEAAXCRIAFgkXABUJHAAUCSIAFAopABMK&#10;MQASCjoAEgtFABELUQAQDF8ADwxuAA4MgAAODJQADQunAA0LugANCtIADQrqAFwPAABOEQAAQxIA&#10;ADoTAAAyEwAALBMAACcSAAAjEQAAHxEAABwQAAAaEAIAGA8EABYOBwAVDgkAFA0LABMMDQASDBAA&#10;EgwUABEMGgARDSAAEA0oAA8NMAAODjsADQ5GAA0OUQAMD14ACw9tAAoPfwAJD5MACQ+mAAgOuQAI&#10;DtAABw7oAFgRAABLEgAAQBMAADcUAAAwFAAAKRQAACUUAAAhEwAAHRIAABoSAAAXEQIAFREFABMQ&#10;BwASEAkAEQ8KABAODAAODg4ADg8SAA0QGAANEB4ADBAlAAwQLQALETYAChFBAAkRTQAIEloABxJq&#10;AAYSfAAFEpAABBKkAAMRuAADEc8AAhHoAFUSAABJFAAAPhUAADUWAAAtFgAAJxYAACIVAAAeFAAA&#10;GxQAABgTAAAVEgMAExIFABIRBwAQEQkADxEKAA0RCwAMEg4ACxIRAAoSFQAJExsACRMiAAgTKgAH&#10;FDMABRQ+AAQVSgADFVgAAhVnAAEVegAAFY4AABWjAAAUtwAAFM8AABPpAFIUAABGFgAAOxcAADIX&#10;AAArFwAAJRcAACEWAAAcFgAAGRUAABYUAQAUEwQAEhMGABESCAAPEggADhMJAAwUCgAKFQ0ACBYQ&#10;AAYWEwAFFhkABBcfAAMXJwACGDAAARg7AAAZRwAAGVUAABlkAAAZdwAAGYwAABiiAAAYtwAAF88A&#10;ABfqAE8WAABDGAAAORkAADAZAAApGQAAIxkAAB8YAAAbFwAAGBYAABUVAgATFQUAERQGABAUBgAO&#10;FQcADBYIAAoXCgAHGQwABBoOAAIbEgABGxYAABsdAAAcJAAAHC0AABw4AAAdRAAAHVIAAB1iAAAd&#10;dQAAHYoAABygAAActgAAG9AAABrrAEwYAABAGgAANhsAAC0bAAAmGwAAIRoAAB0ZAAAZGQAAFxgA&#10;ABQXAwASFgQAEBcEAA4XBAAMGQUAChoHAAccCQADHQsAAB8NAAAgEAAAIBQAACEaAAAhIgAAISoA&#10;ACE1AAAiQQAAIk8AACJfAAAicgAAIYgAACGfAAAgtgAAH9EAAB/tAEgaAAA9HAAAMx0AACsdAAAk&#10;HQAAIBwAABwbAAAYGgAAFhkBABMZAQARGQEADhoBAAwcAgAKHQMABx8FAAMhCAAAIgoAACQMAAAm&#10;DgAAJhIAACYYAAAnHwAAJycAACcyAAAnPgAAJ0sAACdcAAAnbgAAJoUAACadAAAltAAAJNEAACPu&#10;AEQdAAA5HwAAMB8AACgfAAAjHgAAHh0AABscAAAYGwAAFBwAABEcAAAOHQAADR8AAAohAAAGIgEA&#10;AyQEAAAmBgAAKAgAACoLAAArDQAALRAAAC0VAAAtHAAALSQAAC4uAAAuOgAALkgAAC1YAAAtagAA&#10;LYEAACyaAAArsgAAKtAAACnvAEAgAAA2IQAALSEAACYhAAAhIAAAHR8AABoeAAAWHgAAEh8AAA8h&#10;AAANIgAACiQAAAYmAAACKAAAACsCAAAtBAAALwYAADAJAAAyDAAANA4AADUSAAA1GAAANSAAADUq&#10;AAA1NgAANUMAADVTAAA0ZgAANHwAADOWAAAyrwAAMc0AADDvADwjAAAyJAAAKiQAACQjAAAgIgAA&#10;HCEAABchAAATIwAAECUAAA0nAAAJKQAABSsAAAEuAAAAMAAAADIAAAA0AQAANgQAADgGAAA6CQAA&#10;PA0AAD4QAAA+FAAAPhwAAD4mAAA+MQAAPj8AAD1OAAA9YQAAPHcAADuRAAA6qwAAOckAADjtADcn&#10;AAAvJwAAKCYAACMlAAAfJAAAGSUAABQmAAAQKAAADSsAAAkuAAAFMAAAADMAAAA1AAAAOAAAADoA&#10;AAA8AAAAPgEAAEADAABCBwAARAoAAEYNAABJEQAASRcAAEghAABILAAARzoAAEdJAABGWwAARXEA&#10;AESLAABDpQAAQsMAAEHoADQqAAAsKgAAJygAACInAAAcKAAAFioAABEtAAANMAAACTMAAAM2AAAA&#10;OQAAADwAAAA+AAAAQQAAAEMAAABGAAAASAAAAEoAAABMAwAATgYAAFAKAABTDgAAVBMAAFQcAABT&#10;JwAAUzQAAFNDAABSVQAAUWoAAFCDAABPngAATbkAAEzgADAtAAArLAAAJisAAB8sAAAYLgAAEjIA&#10;AA01AAAIOQAAAj0AAABAAAAAQwAAAEYAAABJAAAATAAAAE4AAABRAAAAUwAAAFUAAABXAAAAWQEA&#10;AFwGAABfCgAAYg4AAGMVAABjHwAAYiwAAGE8AABgTgAAX2IAAF57AABclgAAW7AAAFnPAC8wAAAq&#10;LwAAIjAAABozAAATNwAADjsAAAg/AAABRAAAAEgAAABMAAAATwAAAFIAAABVAAAAWAAAAFsAAABd&#10;AAAAYAAAAGIAAABkAAAAZgAAAGkAAABtBQAAcAsAAHQQAAB0GAAAcyUAAHI0AAByRQAAcFkAAG9x&#10;AABtiwAAa6YAAGrAAC4zAAAlNQAAHTgAABQ8AAAOQQAAB0cAAABMAAAAUQAAAFUAAABZAAAAXQAA&#10;AGEAAABlAAAAaAAAAGsAAABtAAAAbwAAAHIAAAB0AAAAdwAAAHoAAAB+AAAAggQAAIYLAACKEQAA&#10;iRwAAIgrAACGPQAAhFIAAINnAACBgQAAf5sAAH6yACk6AAAgPQAAFkIAAA9IAAAITgAAAFQAAABa&#10;AAAAYAAAAGQAAABpAAAAbgAAAHIAAAB2AAAAegAAAH0AAACAAAAAggAAAIUAAACIAAAAiwAAAI4A&#10;AACSAAAAlgAAAJsDAACgDAAAohMAAKAhAACfMwAAnUcAAJpeAACYdwAAl48AAJWnACNDAAAZSAAA&#10;EU4AAAlVAAAAXAAAAGMAAABqAAAAcQAAAHYAAAB7AAAAgAAAAIYAAACKAAAAjgAAAJEAAACTAAAA&#10;lgAAAJkAAACcAAAAoAAAAKMAAACnAAAAqwAAALAAAAC2BAAAvA0AALoXAAC5KAAAtzwAALRSAACy&#10;agAAr4UAAK2cABxOAAATVAAAC1wAAAFkAAAAbAAAAHQAAAB8AAAAgwAAAIkAAACPAAAAlAAAAJoA&#10;AACfAAAAogAAAKQAAACnAAAAqgAAAK4AAACxAAAAtAAAALgAAAC8AAAAwQAAAMcAAADNAAAA1AUA&#10;ANgQAADVHgAA0zEAANBIAADNXwAAy3YAAMiOAAAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8R&#10;EhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZ&#10;W1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gi&#10;o6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr&#10;7O3u8PHy9PX29/n6+/z+//////////////////////////////////////////////////////8A&#10;AAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0uLzAyMzQ2&#10;Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3eHl6fH1+&#10;gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/wcLDxMbH&#10;yMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////////////&#10;////////////////////////////////////AAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxES&#10;ExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlb&#10;XF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKj&#10;pKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs&#10;7e7w8fL09fb3+fr7/P7//////////////////////////////////////////////////////wAB&#10;AgMEBQYHCAkKCwwNDg8QERITFBUWFxgZGhscHR4fICEiIyQlJicoKSorLC0uLzAxMjM0NTY3ODk6&#10;Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJz&#10;dHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqus&#10;ra6vsLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q0dLT1NXW19jZ2tvc3d7f4OHi4+Tl&#10;5ufo6err7O3u7/Dx8vP09fb3+Pn6+/z9/v9tZnQxAAAAAAMEIQAAAQAAAAAAAAAAAAAAAAAAAAEA&#10;AAAAAAAAAAAAAAAAAAABAAAAAQIDBAUGBwgICQoLDA0ODxAREhMUFRYXGBkaGhscHR4fICEiIyQl&#10;JicoKSorLC0uLzAxMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RFRkdISUpLTE1OT1BRUlNUVVZXWFlaW1xd&#10;Xl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWW&#10;l5iZmpucnZ6foKGio6SlpqeoqaqrrK2usLGys7S1tre4ubq7vL2+v8DBwsPExcbHyMnKy8zNzs/Q&#10;0dPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8fLz9PX29/j5+vv8/f7/AAEBAgIDAwQEBQYG&#10;BwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQlJiYnKCkp&#10;KissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhqbW9xdHZ5&#10;fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zNzc7P0NHS&#10;0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz8/T09fb2&#10;9/f4+Pn5+vv7/Pz9/f7+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwMDQ0ODw8QEBEREhMTFBQVFhYX&#10;FxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIyMzQ1Njc4OTo7PD0+P0BCQ0RF&#10;RkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKVl5mbnZ+ho6WnqKqsra+wsrO1&#10;tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna29vc3d3e39/g4eHi4+Pk5eXm&#10;5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8/f3+/v/aywkb6M0OOunMEGDc&#10;yA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYnc&#10;qpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWo&#10;iMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6S&#10;y7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL&#10;3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuz&#10;pYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oy&#10;rMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuba&#10;ywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qia&#10;jeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfR&#10;sKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3&#10;ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb&#10;6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGn&#10;mY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH&#10;1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTA&#10;s2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWX&#10;kuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0O&#10;OunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/j&#10;pZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2f&#10;iNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunMEGDcyA6Sy7oyrMa3ULTAs2i8&#10;u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS5qWXkuall5LmpZeS5qWXkual&#10;l5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkubaywkb6M0OOunM&#10;EGDcyA6Sy7oyrMa3ULTAs2i8u657xLWoiMuzpYfRsKKH1a2fiNmrnYncqpyL3qiajeGnmY/jpZeS&#10;5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5LmpZeS5qWXkuall5Lm&#10;pZeS5qWXkubZywkb584NOejNEGDcyQ2Sy7swq8a4T7TAs2e9u657xLWpiMuypofRr6OH1a2giNmr&#10;noncqZyK3qebjOClmY/joZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGY&#10;kOShmJDkoZiQ5KGYkOShmJDkoZiQ5KGYkOTZywka5M4NOefODmDaygySy7wuq8W5TbTAtGa9uq56&#10;xbWph8uxpofRrqOH1aygiNmqnoncp5yK3qWbi+Cimo3inpmP456Zj+OemY/jnpmP456Zj+OemY/j&#10;npmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+OemY/jnpmP456Zj+PYywka4c8MOeXPDmDZ&#10;ygyRy74sq8W5TLW+tGe9ua57xbSqh8ywpofRraOH1augiNmonojbpZ2J3aOcit+fmovhm5mO4puZ&#10;juKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO4puZjuKbmY7im5mO&#10;4puZjuLYywka3NALOePQDWDYywuRy78rq8S6TLW9s2e+uK57xbSph8ywpofRrKOH1amgh9imn4jb&#10;o52I3aCcid6dm4rgmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGYmo3hmJqN4ZiajeGY&#10;mo3hmJqN4ZiajeGYmo3hmJqN4ZiajeHXzAka2tELON7RDF/WywuRy8AprMK5Tba8s2i+t657xrOp&#10;h8yvpofRqqOG1aehh9ikn4faoZ6H3J6diN2anInelZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM&#10;4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjOCVm4zglZuM4JWbjODWzAkZ2dELONrTDF/UzAuR&#10;ycAprcC5Tra6s2m/ta58xrKph8ytpobRqaOG1KWhhteioIbZn5+G2pueh9yXnYjdk5yL3pOci96T&#10;nIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOci96TnIvek5yL3pOc&#10;i97VzAkZ2NILN9jTC17SzAuTx78rrb64ULe5smq/tK18xrCph8yrpobQp6SF1KOihdafoYXYnKCF&#10;2ZifhtqUnofckJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrdkJ2K3ZCdit2QnYrd&#10;kJ2K3ZCdit2QnYrdkJ2K3ZCdit3UzQkZ1tILN9bUC17QywqVxL4trry4Ubi3smrAs618xq6ph8yp&#10;pobQpaSF06CjhNWdooTWmaGF2JWghdmRn4fajp6J246eiduOnonbjp6J246eiduOnonbjp6J246e&#10;iduOnonbjp6J246eiduOnonbjp6J246eiduOnonbjp6J246eidvTzQoY1dMLNtTUC1/OywmXwb4w&#10;r7q3U7i1smzAsK19x6yqhsunp4XPoqWE0Z6khNOao4TVlqKE1pOhhdePoIbYi6CJ2YugidmLoInZ&#10;i6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidmLoInZi6CJ2YugidnS&#10;zgoX09QLNdHTCmLLzAmZvr0zsbe3VbmysW3Bra19xqqqhsukqITOn6eE0Julg9KXpIPTk6OE1JCj&#10;hdWMoobWiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI14mhiNeJoYjXiaGI&#10;14mhiNeJoYjXiaGI14mhiNfQzwoW0dQLN87TCmXGygudubw4srS2WLqtsW7Bqq59xqerhcmhqYTM&#10;nKiDzpeng8+TpoPRkKWE0o2lhdOKpIbTh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNSH&#10;o4jUh6OI1IejiNSHo4jUh6OI1IejiNSHo4jUh6OI1IejiNTO0AoVztQKOsrTCmjAyA+htbs+tK21&#10;W7upsW/Bpq99xKOthMedq4PKmKqDy5Opg82QqITOjaeEz4qnhc+HpofQhaaI0YWmiNGFpojRhaaI&#10;0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNGFpojRhaaI0YWmiNHM0AkY&#10;ytQKPsXTCm24xRalrrlEtae1XrujsnDAobB9w5+uhMWZrYPHlKyEyZCrhMqNqoXLiqqFy4iphsyF&#10;qYfNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOoic2DqInNg6iJzYOo&#10;ic2DqInNg6iJzYOoic3I0QkbxdUKQr/TCnKxxB6npblJtqG2YLues3C+nbF9wZuwhMOVr4TEka6E&#10;xo2thceKrYbHiKyGyIash8iEq4nJgquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrismCq4rJ&#10;gquKyYKrismCq4rJgquKyYKrismCq4rJgquKyYKrisnE0gggwNYJSLjUCnipzxeYnr5Hrpq2YrqY&#10;tXG8l7N8vpeyhMCSsYXCjbCFw4qvhsSIr4fEhq+IxYSuicWDrorFga6LxYGui8WBrovFga6LxYGu&#10;i8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8WBrovFga6LxYGui8W/1AclutcJ&#10;Tq7aC3Cg2xOHl805mpLDWKiRvGyykbd6uZK0g72Os4a/i7KHwIixh8CGsYjBhLGJwYOxisGCsYvC&#10;gLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKAsIzCgLCMwoCwjMKA&#10;sIzCgLCMwoCwjML3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWV&#10;ic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6&#10;vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9&#10;IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT&#10;2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2z&#10;korQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/&#10;v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPq&#10;tyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2G&#10;mNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQ&#10;sY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqs&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7yg&#10;iMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd&#10;2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8&#10;zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNms&#10;hZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L&#10;0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhEqsalXbTCo3C6vqJ/v7ygiMO5&#10;m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3arIWd2qyFndqshZ3arIWd2qyF&#10;ndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3wBAV+MAWMfm9IFPqtyh8zKhE&#10;qsalXbTCo3C6vqJ/v7ygiMO5m4jGt5iIyrWVic2zkorQsY+L0rCMjdSvipDWroiT2K2GmNmshZ3a&#10;rIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndqshZ3arIWd2qyFndr3&#10;wA8V+MAWMPm9IFPquCd8zKhEq8alXbTCpHC6vqJ/v7ygiMO5m4jHt5iIyrWVic6zkorQsY+L07CN&#10;jdWvio/XrYiT2a2GmNqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad2quGndqrhp3aq4ad&#10;2quGndqrhp3aq4ad2quGndr3wQ8V98EWMPi+H1PquCZ8y6lDq8amXLTCpG+6vqJ+v7ugiMO5nYfI&#10;tpqHzLOXiM+xlInSsJKK1a6PjNetjY7ZrIqS3KuJmd2niJzbp4ic26eInNuniJzbp4ic26eInNun&#10;iJzbp4ic26eInNuniJzbp4ic26eInNuniJzbp4ic26eInNv2wQ4U98EVMPi/HlPquSV8y6lCq8an&#10;W7PCpW66vqN+v7uhiMS4nofJtZyHzbKZh9GwlojUrpSJ162Si9qrkI3cqY2S36iNmt+ji5zco4uc&#10;3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNyji5zco4uc3KOLnNz2wQ4U&#10;9sIVMPe/HlPquiR8y6lBrManWrPCpW26vqN9v7ujiMS3oIfJtJ2HzrGbh9OvmYjWrZeJ2quVityp&#10;k43fp5KR4qSRmeCgjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCOnNygjpzcoI6c3KCO&#10;nNygjpzcoI6c3KCOnNz1wg4U9cIUMPbAHVPquiN8y6pBrMaoWbPCpm26vqR9v7qkh8W3oYfKs5+H&#10;z7Cdh9Sum4jYq5mJ3KmYi9+nmI7ipZeS5qCWmeCck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vd&#10;nJOb3ZyTm92ck5vdnJOb3ZyTm92ck5vdnJOb3ZyTm930wg0U9cMUMPbAHFPquyJ8yqpArMaoWLPC&#10;pmy6vqR8v7qlhcW2o4fLs6GH0LCfh9WtnYjaqp2K3aebjOCkmo7in5iP452amOGZl5vdmZeb3ZmX&#10;m92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm92Zl5vdmZeb3ZmXm93yww0U9MMT&#10;MPXBG1PqvCF8yqs/rcapV7PCp2u6vqV7v7qmhMW2pYfLsqOH0a+hh9arn4jap52J3aScit+gm4vg&#10;m5qN4peak+GXnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96XnJvel5yb3pecm96X&#10;nJvel5yb3pecm97www0U9MQTL/XCGlLqvSB8yqs+rMaqVrPCqGu6vqd5v7qog8W2p4fMsqWH0ayi&#10;h9aooIfZpJ6I3KGdiN2cnInel5uL4JObj+CSnZfekp2X3pKdl96SnZfekp2X3pKdl96SnZfekp2X&#10;3pKdl96SnZfekp2X3pKdl96SnZfekp2X3pKdl97txAwT88USL/TCGVLqvR98yqw8rMarVbPCqGq5&#10;vql3v7qqgMW1qYfMr6WH0qqih9aloIbYoZ+G2p2eh9uZnYfdlJ2J3pCcjd6OnZPdjp2T3Y6dk92O&#10;nZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk92OnZPdjp2T3Y6dk93qxQwT8sURL/PD&#10;GFLqvh18y606rMasVLPCqWm5vqxzv7qtfsWyqYfMrKWG0aejhtWioYXXnqCF2JqghdqWn4bbkZ6I&#10;3I2ei9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/ci56P3Iuej9yLno/c&#10;i56P3Iuej9zmxQsT8cYRL/LEF1LqwBt8y684rMatUrLCq2a5v7BvvretfsawqYfNqqaG0aSkhdOf&#10;o4TVm6KE1pehhdiToIXZj6CH2YufitqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdqIn43aiJ+N2oif&#10;jdqIn43aiJ+N2oifjdqIn43aiJ+N2oifjdrhxgoT8McQLvDGFlHqwRl8y7A1q8evT7LDsGC4vLJs&#10;v7KtfsetqYbMp6eFz6GlhNKcpITTmKOE1JSjhNWQooXWjaGG14mhiNiHoYvYh6GL2Iehi9iHoYvY&#10;h6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9iHoYvYh6GL2Iehi9jbxwkS7skPLu7IFFHr&#10;xBZ8zLMwq8exTLHEuFa3trFuwa6tf8epqobLo6iEzp6ng8+ZpoPRlaWD0pGkhNOOpIXUi6OG1Iij&#10;iNWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK1YWjitWFo4rVhaOK&#10;1YWjitXayAkS68sNLevKEVDrxxJ8zLYqqsi3RLC6tlm6r7Fwwqqtf8emq4XKoKqEzJqog82WqIPO&#10;kqeDz4+mhNCMpoXRiaWG0Yelh9KFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKFpYnShaWJ0oWlidKF&#10;pYnShaWJ0oWlidKFpYnShaWJ0oWlidLYyQkR380LLOfND0/oyw57zbwiqMK8PLGxtV68qbFywqau&#10;f8WirYTHnKuDyZeqg8qTqoTLkKmEzI2phM2LqIXNiKiGzoanh86Ep4nPhKeJz4Snic+Ep4nPhKeJ&#10;z4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic+Ep4nPhKeJz4Snic/VyQkQ2M8KK9rTC07Y0At6&#10;zcMWqLO6RrWptGK9pLF0waGwf8OeroTFma2Ex5SshMiQq4TJjquEyouqhcuJqobLh6mHzIWpiMyD&#10;qYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOpicyDqYnMg6mJzIOp&#10;iczSywkP1NEKKdXVC0zQ0Ap+uL8lrqi4T7ihtGa8nrJ1v52xf8GbsITDlq6ExZGuhMaOrYXHi6yF&#10;x4mshsiHrIfJhquHyYSricmCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rKgquKyoKrisqCq4rK&#10;gquKyoKrisqCq4rKgquKyoKrisrPzAkN0NIKKM7UClLF0QqDqsMtqJ63V7ibtWi7mrR1vpmyf7+X&#10;sYTBk7CFwo+vhcOMr4XEiq6GxYiuh8WGrojGhK2IxoOtisaBrYvHga2Lx4Gti8eBrYvHga2Lx4Gt&#10;i8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8eBrYvHga2Lx4Gti8fMzQkMy9MKLcfUClmy2AuAns0r&#10;mpjBUKuWuGe3lbV1vJS0fr6Us4W/kLKFwIyxhsGKsYfCiLCHwoawiMKFsInDg7CKw4Kvi8OBr4zD&#10;ga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMOBr4zDga+Mw4GvjMPH&#10;zwgQxdQJNLjZClui5xJ2l9oliZDPRZiOx12jjcFuq429ebGMuoG0ibiDt4a3hbmEtoa6g7WHu4K1&#10;iLyBtIm9gLSKvX+0i75+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOMvn6zjL5+s4y+frOM&#10;vn6zjL5+s4y+frOMvn6zjL7C0QcWvdYIOqfxDlWb8RtokeYteIndQIWF1VaPg89nl4LLc51+yHih&#10;e8Z8pHnEf6Z3w4KodcKEqXTChapzwYercsGIq3LAiqxxwIusccCLrHHAi6xxwIusccCLrHHAi6xx&#10;wIusccCLrHHAi6xxwIusccCLrHHAi6xxwIusccCLrHHAi6z/uBQO/7geJ/+0Kkb3rzZp3qdCj8eb&#10;YrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO&#10;/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1&#10;hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWK&#10;w7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHE&#10;m3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7ge&#10;J/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPN&#10;tIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGw&#10;fqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qR&#10;i8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k&#10;0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2&#10;wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGw&#10;fqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0&#10;Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOW&#10;z7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTR&#10;sH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/ucCbiL2+mYnAvJWKw7qRi8a4&#10;jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+&#10;pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7geJ/+0Kkb3rzZp3qdCj8ebYrHEm3K2wpt/&#10;ucCbiL2+mYnAvJWKw7qRi8a4jY3It4qPyraIkcy1hZPNtIOWz7OBmdCzgJ3Rsn+j0bB+pNGwfqTR&#10;sH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNGwfqTRsH6k0bB+pNH/uBQO/7gdJ/+1KUb3&#10;sDVp3qhBkMecYbHEnHG2wpt+ub+dhr29monBu5eJxLmTise3j4zKtYyOzLSJkM6zh5LQsoSV0rGC&#10;mdOxgZ7UroCi1KyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj0qyAo9KsgKPSrICj&#10;0qyAo9L/uRMO/7kcJ/+2KEb3sDRq3ahAkMedYLHEnHG2wpx8ur+ehb68nIjCupmIxbiVicm2kYrM&#10;tI6Mz7KLjtGxiJHTsIaU1a+Emdavg5/XqoKh1aeCotOngqLTp4Ki06eCotOngqLTp4Ki06eCotOn&#10;gqLTp4Ki06eCotOngqLTp4Ki06eCotP/uRMO/7kcJ/+2KEb3sTNq3ak/kcedYLHEnXC2wp57ur+f&#10;g768nojCuZuIx7eXiMq1lInOs5CL0bGNjdOvipDWroiT2K2GmdmqhZ7ZpYSh1aSEotSkhKLUpISi&#10;1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotSkhKLUpISi1KSEotT/uhIO/7obJ/+3J0b3sTJq&#10;3ak+kceeX7HEnW+2wZ95ur6ggr+7oIjDuJyHyLaZiMyzlojQsZKK06+PjNaujI7YrIqT26uJmdym&#10;h53aooag1qCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCGotSghqLUoIai1KCG&#10;otT/uhIO/7obJv+3Jkb2sjFq3ao9kceeXrHEnW+2waB4ur6hgb+7oYjEuJ6HybWbh82ymIjRsJWJ&#10;1a6Si9isj43bqo2S3qiMmt+iip3anomg1pyJodSciaHUnImh1JyJodSciaHUnImh1JyJodSciaHU&#10;nImh1JyJodSciaHUnImh1JyJodT+uhEO/7saJv+4Jkb2sjBq3ao8kceeXbHEnm62waF2ur6if7+7&#10;o4jEt6CHyrSdh8+xmofTrpiI16yVituqk43eqJGS4qSQmeCejZ3bmoyg15mLodWZi6HVmYuh1ZmL&#10;odWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodWZi6HVmYuh1ZmLodX+uxEO/rsaJv+4JUb2szBq3Ks7&#10;ksefXbHEn2y2waJ0ur6kfr+6pIfFt6KHyrOfh9CwnIfVrZqI2aqZit6omI7ipZeT5p+VmeCakZzb&#10;l4+f15aOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodWWjqHVlo6h1ZaOodX9&#10;uxEO/rsaJv+5JUb2sy9q3Ks6ksefXLHEoGq2waNzur6lfMC6pYXFtqOHy7Ohh9Gvn4fWrJ6J26ic&#10;i9+kmo3hn5mP45yamOGXlpzclJOf2JOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg1pOSoNaTkqDWk5Kg&#10;1pOSoNaTkqDWk5Kg1pOSoNb9uxEN/bwZJv65JEb2tC5q3Ks6ksegXLHEoWi2waVxur6nesC6p4TF&#10;tqaHzLKkh9GuoofXqZ+I26Sdid6gm4rgmpqM4Zabk+GVm5vdkpee2JGVoNeRlaDXkZWg15GVoNeR&#10;laDXkZWg15GVoNeRlaDXkZWg15GVoNeRlaDXkZWg15GVoNf8vBAN/bwZJv66I0b2tC1q3Kw5kseg&#10;W7HEo2a1waZuur6peMC6qYLFtqiIzLClh9KqoofXpp+H2qGeh9ybnYjelpyK35GbkN+RnZndj5ue&#10;2Y+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9ePmZ/Xj5mf14+Zn9f8vBAN&#10;/LwYJv26IkX2tSxq3K03k8ehWrHFpWO1wqlrur6sdb+6rX/Fs6mHzK2lhtKnoobWoqGG2J2fhtqY&#10;nofbkp2J3Y6djd2MnpTcjaCe2Yyen9eMnp/XjJ6f14yen9eMnp/XjJ6f14yen9eMnp/XjJ6f14ye&#10;n9eMnp/XjJ6f14yen9f7vRAN+70XJf27IkX2titq2602k8eiWbHFp1+1wq1mub+xcL63rX7GsKmH&#10;zaqmhtGkpIXUnqKF1pmhhdiUoIbZj5+H2oufi9uIn5DbiKCY2IihndeIoZ3XiKGd14ihndeIoZ3X&#10;iKGd14ihndeIoZ3XiKGd14ihndeIoZ3XiKGd14ihndf6vQ4N+r4WJfy8IEX2typq2680lMikVbHG&#10;q1i0w7Nft7uybr+yrX7HrKmGzKanhdCgpYTSm6SE1JajhNWRooXWjaGG14mhidiGoY3YhKGT14Si&#10;l9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9aEopfWhKKX1oSil9b5vg4M+b8V&#10;Jfq9H0X2uCdq27AxlMioTa/Hsk6ywbhYuLSxcMGtrX/HqaqFy6KohM6dp4PQl6aD0ZKlhNKOpIXT&#10;i6OG1IijiNWEo4vVgqOQ1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WBo5PVgaOT1YGjk9WB&#10;o5PVgaOT1YGjk9X0wA0M98ATJPm/HUT2uiVq2rIulcqvQK3IvT2vt7Zduq6xcsKprX/GpauFyZ+q&#10;g8uZqYPNlKiDzpCnhM+MpoXQiaaG0Yalh9KEpYrSgaWN0oClj9KApY/SgKWP0oClj9KApY/SgKWP&#10;0oClj9KApY/SgKWP0oClj9KApY/SgKWP0oClj9LswQsM9cISJPbBGkT3vSFq2rQpls28KKm7u0Oz&#10;rrVhvKixc8Glrn/Foa2Ex5usg8mWq4PKkaqEy46phMyLqYXNiKiGzoaoh86DqInOgaeMz4Cnjc+A&#10;p43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc+Ap43PgKeNz4Cnjc/fxAkL8sUQI/PE&#10;FkP0wRxp3sIVj8HAI6yvuUy2prRlvaKydcCgsIDDna6ExZethMaTrYTHj6yEyIyrhcmJq4bKh6uG&#10;yoWqiMqDqonLgaqLy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozLgKqMy4CqjMuAqozL&#10;gKqMy4CqjMvaxQgK68kNIu7IEkLvxhVo0NIKh7G+L66luFS4n7VovJ2zdr+bsX/BmbCEwpSvhMOQ&#10;r4XEja6FxYquhsaIrYbGh62HxoWtiMeDrYnHga2Lx4Csi8eArIvHgKyLx4Csi8eArIvHgKyLx4Cs&#10;i8eArIvHgKyLx4Csi8eArIvHgKyLx4Csi8fVxggJ2cwKIOXPDUDY1QtfvdYLiKXENKact1q4mbVr&#10;u5e0d72Ws3++lbKFwJGxhcGOsYXBi7CGwomwh8KIsIfDhrCIw4WvicODr4rEgq+LxIGvi8SBr4vE&#10;ga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8SBr4vEga+LxIGvi8TSyAgH088KHdXUCz3C&#10;2Qtjq94Qg5vOM5mUxFOmkb5nr5C6dLSQt325kbWEvI6zhr6Msoa/irKHwIiyiMCGsYjBhbGJwYSx&#10;isGCsYvBgbGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGMwoCxjMKAsYzCgLGM&#10;woCxjMLOyggGztEKHMbXCkGv6g5hneYceJDaMoiL0kyUictfnIjGbqOIw3iohcB8q4O/f66AvYGw&#10;f7yDsX28hLJ8u4aze7uHtHq6iLR5uom1eLmLtXi5jLZ4uYy2eLmMtni5jLZ4uYy2eLmMtni5jLZ4&#10;uYy2eLmMtni5jLZ4uYy2eLmMtni5jLbJywgGyNIJIrPfCUKg/BVak/AoaovmOXeE30mCgdhbi4DT&#10;aZF80HGWec12mnbLep10yn2ecsl/oHHIgaFwx4Oib8eFo27GhqNtxoikbMWKpWzFi6VsxYulbMWL&#10;pWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6VsxYulbMWLpWzFi6XEzgcKt9kHJqP7Dj2W/x5O&#10;jfovW4byP2eA605xe+VbeXbgZYBx3WyEbtpyiGvZd4tp13qNZ9Z+jmbVgI9l1IKQZNSEkWPThpFi&#10;04mSYdKLk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HSjJNh0oyTYdKMk2HS&#10;jJP/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mS&#10;xLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjB&#10;l4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJL&#10;edmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7J&#10;t32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/&#10;sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqG&#10;lMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHup&#10;yrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7&#10;v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0&#10;e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedma&#10;XJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32i&#10;yrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRgJ&#10;/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OMvb6PjsC8jI/Cu4mSxLqGlMW5&#10;g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7&#10;qcq0e6nKtHupyrR7qcr/sRgJ/7EjHv+uMTr/qT5Z7aJLedmaXJfIlXKwxZV9tcOXhbjBl4u7v5OM&#10;vb6PjsC8jI/Cu4mSxLqGlMW5g5bGuYGZx7iAm8i4fp7Jt32iyrd8p8q0e6nKtHupyrR7qcq0e6nK&#10;tHupyrR7qcq0e6nKtHupyrR7qcq0e6nKtHupyrR7qcr/sRcJ/7IiHv+uMDr/qT1Z7KNKedibW5jH&#10;lXKxxZd7tcOYg7jBmYq7v5WLvr2RjMG7jo7DuoqQxbmHkse4hJXJt4KYyraAm8u2fp7MtX2jzLN8&#10;p82vfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMuvfKjLr3yoy698qMv/shcJ/7Ih&#10;Hv+vLzr/qjxZ7KRJetibWpnGlnGyxJh4tcKZgbnAm4i8vpeKv7yUi8K6kI3FuYyOx7eIkcm2hZTL&#10;tYOXzbSBms60f5/Ps36kz659ps6rfajMq32ozKt9qMyrfajMq32ozKt9qMyrfajMq32ozKt9qMyr&#10;fajMq32ozKt9qMz/shYJ/7MhHv+wLjr/qztZ7KRIetecWZrGl2+yxJl2tsKbf7nAnIe9vZqJwLuW&#10;isO5kovGt46NybaKj8y0h5LOs4SW0LKBmtGygJ/Srn+j0qp/pc+mf6fNpn+nzaZ/p82mf6fNpn+n&#10;zaZ/p82mf6fNpn+nzaZ/p82mf6fNpn+nzaZ/p83/sxYJ/7MgHv+wLTr/qzpZ7KVHetacWZrGmG2y&#10;xJp0tsKcfbm/nYW9vZyIwbuYicW4lIrItpCLy7SMjs6ziJHRsYWV07CDmtSwgqDVqoGi06aBpdCj&#10;gafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp82jgafNo4GnzaOBp83/sxUI/7QgHv+x&#10;LTr/rDlZ66VGe9acWJvGmWuyxJxytsKde7m/n4O+vJ6IwrqaiMa3lonKtZKKzbOOjNCxio/Tr4eU&#10;1q6Fmtirg5/XpoOi1KKDpNCfg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bNn4OmzZ+Dps2fg6bN&#10;n4OmzZ+Dps3/tBUI/7QfHv+xLDr/rDlZ66ZFe9WdWJvHmmmyxJ1wtsKfebq/oIK+vJ+IwrmciMe2&#10;mIjLtJSJz7GQi9OvjI7WrYmT2ayHm9umhp7ZooWh1Z6FpNGchabOnIWmzpyFps6chabOnIWmzpyF&#10;ps6chabOnIWmzpyFps6chabOnIWmzpyFps7/tBQI/7QfHf+xLDr/rThZ66ZFe9WdV5zHm2eyxJ5u&#10;tsKgd7q/oYC+u6GIw7ieh8i1mofNspeI0bCTitWtj43Zq4yT3aiKm96iiJ7Znoih1ZuHpNGZh6bO&#10;mYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps6Zh6bOmYemzpmHps7/tBQI/7UeHf+yKzr/&#10;rTha66ZEe9WdV5zHnGWyxJ9stcKhdbq+on6/u6OHxLigh8m0nYfOsZmI066Widirk4zcqJCS4aOO&#10;mt+ejJ7amouh1ZeKpNGWiabOlommzpaJps6WiabOlommzpaJps6WiabOlommzpaJps6WiabOlomm&#10;zpaJps7/tBQI/7UeHf+yKjr/rTda66dDfNWeVZ3HnWOyxKBqtcKjc7q+pHy/u6SFxLeih8qzn4fQ&#10;sJ2H1ayaidupmIzgpZeT5p6Umt+ZkZ3alo+g1pSNo9KTjKXPk4ylz5OMpc+TjKXPk4ylz5OMpc+T&#10;jKXPk4ylz5OMpc+TjKXPk4ylz5OMpc//tRMI/7UeHf+zKjr/rjZa66dDfNWfU53HnmCyxaJotcKl&#10;cLq+pnq/u6aDxbelh8uzoofRr6CH16qeidykm4vgnZmO45qbmeCVlpzbk5Og15GRo9OQj6XPkI+l&#10;z5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc+Qj6XPkI+lz5CPpc//tRMI/7YdHf+zKTr/rjZa&#10;66hCfNWgUZ3Hn16xxaRktcKnbbm+qXe/u6mBxLaoiMuxpYfRq6KH16WfiNuenYjdl5uL4JKbk9+S&#10;nJzcj5if146VotONk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2TpNCNk6TQjZOk0I2T&#10;pND/tRMI/7YdHf+0KTr/rzVa6qhBfNWiTpzHoVqxxaZgtMKqabm/rXO+u659xLSqh8utpYbRp6KG&#10;1aCghtiZn4bbkp2J3Y2djt2MnpjbjJ6f2IuaotSKl6TRipek0YqXpNGKl6TRipek0YqXpNGKl6TR&#10;ipek0YqXpNGKl6TRipek0YqXpNH/thII/7ccHf+0KDn/sDRa6qlAfdWkSZzIpFWwxqpbs8OvY7fA&#10;s2y9tq58xbCph8yppobQo6SF1JyihNaVoYXYj5+H2oqfi9uHn5LaiKGc14ifodSHnKTRh5yk0Yec&#10;pNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNGHnKTRh5yk0YecpNH/thII/7cbHf+1Jzn/sDNa6qo+&#10;fdaoRJvJqE+vx7BTssW4WbW5s22/sa19xqyqhsulp4XPn6aE0ZikhNOSo4TVjKKG14ihiteFoY7X&#10;g6KW1oSkn9SEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9GEoqPRhKKj0YSio9H/&#10;txEH/7gaHP+2JTn/sTFa6qs8ftesO5nKrUStyblFrr24Wbiysm/ArK5+xqirhcqhqYTNm6eDz5Wm&#10;g9CPpYTSiqSG04ajiNSDo4zUgaOR1ICkmdOApqHRgKah0YCmodGApqHRgKah0YCmodGApqHRgKah&#10;0YCmodGApqHRgKah0YCmodH/uBAH/7kZHP+3JDn/sy9a6a05ftm0L5bMuDKpwr1AsLO2XbqssXHB&#10;p65+xaSshcidq4PKl6mDzJKohM6Np4TPiaeG0IWmiNCCpovRgKaO0X6mlNB9p5rPfaeaz32nms99&#10;p5rPfaeaz32nms99p5rPfaeaz32nms99p5rPfaeaz32nms//uQ8H/7oXHP+5Ijn/tS1a7LMwet3A&#10;H5DJwyGotbpItKu1YrymsnPAo69+w6CuhMaZrIPIlKuEyY+qhMqLqoXLiKmGzIWpiM2CqIrNgKiN&#10;zn6okc18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls18qZbNfKmWzXypls38uw4H&#10;/LwVG/67Hzj/tyla8L0kdN/TDoa5wSqqqrlPtqS1ZbygsnS/nrF/wpuvhMOWroTFka2Exo2thceK&#10;rIbIh6yHyYWriMmCq4rKgKuMyn6rj8p8q5LKfKuSynyrksp8q5LKfKuSynyrksp8q5LKfKuSynyr&#10;ksp8q5LKfKuSynyrksrxvQwG+b4SGvq+Gzf8uiVa584TaMjZC4mtwzKnobhWuJ21aLubs3W+mbJ/&#10;wJixhMGTsIXCj6+Fw4yvhsSJrobFhq6HxYSuiMaDrYrGga2Lxn+tjsd9rZDHfa2Qx32tkMd9rZDH&#10;fa2Qx32tkMd9rZDHfa2Qx32tkMd9rZDHfa2Qx32tkMffwAgF9cIPGfbCFjbuyBVQzdwMZrXaD4ii&#10;yTagmr5WsJe3armVtXa8lLR+vpSzhL+QsoXAjbGGwYqxhsGIsYfChrCIwoSwicKDsIrDgbCLw4Cv&#10;jcN+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8N+r4/Dfq+Pw36vj8PZwgcF5McL&#10;GO/IEDTR2gtFuukOaKbeGIKY0TeVkchToY/CZamOvnKujbx7soy6gbWJuIK3h7iEuIW3hbmDtoa6&#10;graHuoG1iLuAtYm7frWKvH20jLx8tI29fLSNvXy0jb18tI29fLSNvXy0jb18tI29fLSNvXy0jb18&#10;tI29fLSNvXy0jb3UxAcE1ssJFdPUCye94gxJqfQUZZnmJXiO3DmGiNRPkIbPYJeEzG2cg8l1oH/H&#10;eKJ9xnukesV9pnnEgKd3w4GodsKDqXXChKp0wYarc8GHq3LAiaxxv4utcb+LrXG/i61xv4utcb+L&#10;rXG/i61xv4utcb+LrXG/i61xv4utcb+LrXG/i63PxgcC0M0JEsDZCSys9w9Im/oeXI/vMWuG50J2&#10;gOJQfn7dX4V72WmKd9Vuj3TTc5Jx0XeUcNB6lm7PfZdtzn+ZbM2BmWvNg5pqzIWbacyHnGjLiZ1n&#10;yoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ1nyoydZ8qMnWfKjJ3KyAgBwtIHE67m&#10;CS2d/xVBkf8oUIf6OVyB80hmfO1UbnfoXnVx5GV6beFrfmrfcIFo3nWEZtx4hWXbe4dj2n6IYtqB&#10;iWHZg4pg2YWKYNiHi17Yioxe1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2NXtaNjV7WjY1e1o2N&#10;XtaNjV7WjY3EygcDsdoEFZ//DSiS/x03if8uQ4L/PU58/UtXd/hWX2/zXWVo8GJqZO1pbmHrb3Ff&#10;6XNzXeh3dVzne3Zb5n53WuaAeFnlg3lY5YV6WOSIelfki3tW4458VuOOfFbjjnxW4458VuOOfFbj&#10;jnxW4458VuOOfFbjjnxW4458VuOOfFbjjnz/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4&#10;pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3D&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//&#10;okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+&#10;nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmv&#10;wrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8&#10;v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4&#10;ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaS&#10;grTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmv&#10;wrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8L/qhwF/6onF/+nNi//okRK&#10;+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eUvb6Elr++gpnAvYCbwb1+nsG8&#10;faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/CuHmvwrh5&#10;r8L/qhwF/6onF/+nNi//okRK+p1SZeqXX37ck26Tz5J4pcaSgrTEkom2w5GOuMGOkLrAipK8v4eU&#10;vb6Elr++gpnAvYCbwb1+nsG8faHCvHukwrx6qMO8ea3DuHmvwrh5r8K4ea/CuHmvwrh5r8K4ea/C&#10;uHmvwrh5r8K4ea/CuHmvwrh5r8L/qhsF/6onF/+nNS//o0RK+p1RZemXXn7blG2Uz5J3psWSgbTE&#10;k4i2w5KNuMGPj7rAi5G8v4iTvr6Flr+9gpjBvICbwrx+nsK8faHDu3ukxLt6qcS6ea3EtXmuw7V5&#10;rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsO1ea7DtXmuw7V5rsP/qxsF/6smF/+oNC//pENK+Z5Q&#10;ZemYXX/alWmVzZR0qMWUfrTElYa2wpWMucGRjru/jZC9vomSv72GlMG8g5fDu4GaxLp+ncW6faHG&#10;unulxrl6qsa1eqzGsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcSxeq3EsXqtxLF6rcT/&#10;qxoF/6slF/+pNC//pEJK+Z9PZuiZXIDalmaWzJVxqcWVfLTEloO3wpeLusCTjLy+j46/vYuQwbyH&#10;k8O6hJbFuYGZxrl/nce4faHIuHymybV6qsmwe6vHrHutxax7rcWse63FrHutxax7rcWse63FrHut&#10;xax7rcWse63FrHutxax7rcX/rBkF/6wkFv+pMy//pUFK+Z9PZuiZW4HZmGOWzJZvqsWWebTDl4G3&#10;wZiJur+Vi72+kY3AvI2PwrqIksW5hZXHuIKYybd/ncq2faLLtnyoy7B7qcqsfKrIqH2sxah9rMWo&#10;fazFqH2sxah9rMWofazFqH2sxah9rMWofazFqH2sxah9rMX/rBkF/6wkFv+qMi//pUFL+aBOZ+ea&#10;WYHZmWGXy5dtq8WXd7TDmX+3wZqHu7+Xir69k4zBu46OxLmKkMe4hpPJtoKYy7V/nc20fqPOsXym&#10;zqx9qMuofarJpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMalfqzGpX6sxqV+rMb/rBkF&#10;/60jFv+qMi//pkBL+KBNZ+ecV4HZml6Xy5hqrMWZdLTDmn23wZuFu76Zib+8lYrCupCMxbiMj8i2&#10;h5LLtIOXzrOAndCyf6TRrH6lz6h+p8ykf6nJoYCsxqGArMahgKzGoYCsxqGArMahgKzGoYCsxqGA&#10;rMahgKzGoYCsxqGArMb/rRgF/60jFv+rMS//pj9L+KBNZ+edVYHZnFyXyplorMWacrTDnHq4wJyD&#10;u76cib+7l4nDuZOLx7eOjcu0iZDOsoSW0bGBndOsgKLTp4Cl0KSAp82gganKnoGrxp6Bq8aegavG&#10;noGrxp6Bq8aegavGnoGrxp6Bq8aegavGnoGrxp6Bq8b/rRgF/60iFv+rMS//pz9L+KFMZ+eeU4HZ&#10;nVmXyptlrMWcb7TDnXi4wJ6BvL2eiMC7mojEuJWJybWQi82yi4/RsIaV1a6EntengqHUo4Kk0Z+C&#10;p82cg6nKmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8eag6vHmoOrx5qDq8f/rRcF/64i&#10;Fv+rMC//pz5L+KFLaOefUYHZn1aXypxirMWdbLTDn3W4wKB+vL2gh8G6nYjGt5iIy7OTic+wjo3U&#10;rYmU2aiGndqihaHVnoWk0ZuFps6ZhanKl4Wrx5eFq8eXhavHl4Wrx5eFq8eXhavHl4Wrx5eFq8eX&#10;havHl4Wrx5eFq8f/rhcE/64iFv+sMC//pz5L+KJLaOihT4HZoFOXyp5frMafabTDoXK4wKJ8vL2i&#10;hMG5oIfHtZyHzbKXiNKuk4vYqo6T36KLnNyciaDWmYij0peIps6ViKnKlIirx5SIq8eUiKvHlIir&#10;x5SIq8eUiKvHlIirx5SIq8eUiKvHlIirx5SIq8f/rhcE/64hFv+sLy//qD1L+KJKaOiiTYDZolCX&#10;y6BcrMahZbPDpG63wKV4vLylgsK4pIfItKCHzrCdiNWrmYrdpZeT5puRm92Wj6DXlI2j05KMps+R&#10;i6jLkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8iQiqvIkIqryJCKq8j/rhYE/68hFv+t&#10;Ly//qDxL96JJaOikSoDZpE2Wy6JYq8akYbPEp2q3wKl0vLypfsK4qIfIs6aHz6yih9eknYndmpqN&#10;4ZWam96RlZ/Yj5Oi046QpdCOj6jMjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJjY6qyY2OqsmNjqrJ&#10;jY6qyY2Oqsn/rxYE/68hFv+tLi//qTxL96NJaeimSH/ap0iVzKVTqseoXLLErGS2wa5uu72veMC2&#10;rITJrqeH0KajhtWdoIbZk52J3Y2dlN2NnZ/Yi5mh1IuWpNCKk6fNipGpyYqRqcmKkanJipGpyYqR&#10;qcmKkanJipGpyYqRqcmKkanJipGpyYqRqcn/rxUE/7AgFv+uLi//qTtL96RHaemoRH7bq0OUzalM&#10;qcitVLDGs1yzwrdmubewd8Kwq4TJqaeGz6GkhNOXooTWjqCH2Yifj9qHoZrYh6Ch1IebpNGHmKbO&#10;h5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcqHlanKh5WpyoeVqcr/sBUE/7AgFf+uLS//&#10;qjpL+KZEaOqrQH3crzySz69Cpsq1Sa3GvFKxubVnu7CweMOrrITJpKmEzZymg9CTpITTi6OG1YWi&#10;jNaCopTWg6Sd1IOipNGDnqbOhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqoy4SaqMuEmqjLhJqo&#10;y4SaqMv/sBQE/7EfFf+vLC7/qzlL+KlAZ+uvO3vetjOP0ro0oczCOaq7ulW1sLRqvaqwecOnrYTH&#10;n6qEy5iog82Qp4TQiaWG0oSkitOApJDTf6WX0n+moNB/pabOgKCoy4CgqMuAoKjLgKCoy4CgqMuA&#10;oKjLgKCoy4CgqMuAoKjLgKCoy4CgqMv/sRME/7IeFf+wKy7/rDdM+qw7Ze21NHjivymJ2MwgmL6/&#10;Pa6wuFm4qbNsvqWwesKiroTFm6yDyJSqhMqOqYTMiKiGzoOnic+Ap43PfqeTz3yoms58qaLNfKeo&#10;y3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMt8p6jLfKeoy3ynqMv/shIE/7MdFf+xKS7/rTZM&#10;/LE1YvG9KnLmzR+AyMwhm7G8RbKot165o7NvvqCxe8Ger4TDl66ExpGshMeMq4XJh6qHyoOqicuA&#10;qozMfamQzHyqlct6qpzKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmrpMp5q6TKeaukynmr&#10;pMr/sxEE/7QbFP+zJi7/rzNM/bkrXevKH2nS3xF/ucwnnKe9TLGgt2K5nbRxvZuyfL+asYTBlLCE&#10;w4+vhcWKrobGhq2Hx4OsiceArIvIfqyOyHysksh7rJfIea2ex3mtnsd5rZ7Hea2ex3mtnsd5rZ7H&#10;ea2ex3mtnsd5rZ7Hea2ex3mtnsf/tRAD/7YZFP+1JC3/tCxJ8sUfVNbdEmLB3xOBrM0ump/AT6ua&#10;uGW3l7Vyu5a0fL2VsoO/kbGFwY2xhsKJsIfDhq+Iw4OvicSBr4vEf66NxX2ukMV7rpTFeq+ZxHqv&#10;mcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcR6r5nEeq+ZxHqvmcT/tw4D/7gWE/+3IC35vx9B3NkR&#10;RMTrEmax3xiBoNAzlZfGUKOTwGOtkbtxs5G4e7iQtoK7jrSFvYuzhr+IsofAhrKJwISxisGCsYvB&#10;gLGNwX6xj8J8sZLCe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcF7sZXBe7GVwXuxlcH0&#10;ugsD/bsSEv67Gyzl0A8yyOkPSrTyFWei4iJ9ltY3jY/OT5iMyGGgisRuporBeKqHv32thL6AsIG8&#10;grF/u4SzfbuFtHu6h7V6uYm1ebmLtne5jbZ2uI+3dLiTt3S4k7d0uJO3dLiTt3S4k7d0uJO3dLiT&#10;t3S4k7d0uJO3dLiTt3S4k7fcvgYC+MAOEe7IDiLL2wsutvgRTKX1HWOX6Cx1jd89gYfYUIuD02CS&#10;gs9sl3/Nc5t8y3edecl6oHfIfaF1x3+jc8aCpHLFhKVwxYalb8SIpm7Eiqdtw42na8OQqGvDkKhr&#10;w5Coa8OQqGvDkKhrw5Coa8OQqGvDkKhrw5Coa8OQqGvDkKjXwAYB28YIDsvTChW46Awypv8VSpj6&#10;JlyN8DdphelGdH/kU3t832CBeNxohXTabYlw2HGLbtZ1jWzVeI9q1HuQadN+kWfTgJJm0oOTZdKF&#10;lGTRh5Rj0IqVYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpZi0I6WYtCOlmLQjpbRwgYB&#10;zcsJBbraBxmo/g4xmf8dQ47/L1GF+j9cfvRNZHnwWGpz7F9vbepjc2nnaXZn5W55ZeRye2Pjdn1i&#10;4nl+YOF8f1/gfoBe34GBXd+DglzehoNb3YmEWt2NhVrdjYVa3Y2FWt2NhVrdjYVa3Y2FWt2NhVrd&#10;jYVa3Y2FWt2NhVrdjYXLxAYAu9EGB6nnBhqa/xMrjv8kOYX/NkR+/0RNef9RVXH7V1tr911gZfRi&#10;ZGLyaGdf8G1qXe9xbFvtdW1a7XhvWex7cFjrfnFX6oFyVuqEclXph3NU6Yp0U+iOdVPojnVT6I51&#10;U+iOdVPojnVT6I51U+iOdVPojnVT6I51U+iOdVPojnW8yQUAq9sBCJr/CxaP/xkjhf8rLX7/OTd4&#10;/0ZAcP9OR2n/VE1i/1pSXv5hVlr8ZllY+2tbVflwXVT4dF5S93hfUfd7YFD2fmFP9YFiT/WEY070&#10;h2RN9ItlTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGZM85BmTPOQZkzzkGb/oBgD/6Is&#10;EP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5&#10;wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8&#10;eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseK&#10;kbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0&#10;u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx5&#10;4o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzA&#10;eK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oBgD/6IsEP+g&#10;OyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHEiJS2w4WWuMKDmbnCgZu5wX+e&#10;usF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLu8eLS7&#10;vHi0u7x4tLv/oBgD/6IsEP+gOyX/nEk8/5dXU/iSZGfskGx54o91idmOfpfRjYeizIyNqseKkbHE&#10;iJS2w4WWuMKDmbnCgZu5wX+eusF9obvBe6S7wHqnu8B5qrzAeK68wHe0u7x4tLu8eLS7vHi0u7x4&#10;tLu8eLS7vHi0u7x4tLu8eLS7vHi0u7x4tLv/oRgD/6MrEP+gOiX/nEg8/5dWU/iTY2jskml64ZFz&#10;itiPfJjQjoSkyo6MrcaNkLTEipO3w4aVuMKEmLnBgZu6wX+du8B9oLzAe6S8wHqnvcB5rL3AeLC9&#10;vXizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7y4eLO8uHizvLh4s7z/oRgD/6MqEP+hOSX/&#10;nUg9/5hVVPeUYWnrlGZ74JJvjNaReJrOkIKmyI+JsMSPj7bDi5G3woiUucGEl7rAgpq8wH+dvb99&#10;oL6/e6S+vnqov754rb+9eLG+uHiyvrR5s720ebO9tHmzvbR5s720ebO9tHmzvbR5s720ebO9tHmz&#10;vbR5s73/ohgD/6QpEP+hOCX/nUc9/5lVVPeWXmnrlWN74JRsjdWSdZzNkX+ox5GHssSRjrbDjZC4&#10;wYmTusCGlry/gpm9v3+cvr59oL+9e6XAvXmqwL14sMC4ebDAtHmxv696sr2verK9r3qyva96sr2v&#10;erK9r3qyva96sr2verK9r3qyva96sr3/oxgD/6QpEP+iOCX/nkY9/5lUVfeXXGnrl2B835ZpjdWT&#10;cp3MknyqxZKFtMSSjLbCj4+5wYuSu8CHlb2+g5i/vYCcwL19oMG8e6XCvHmrwrl5r8K0ea/BsHqw&#10;wKx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr6se7K+rHuyvqx7sr7/oxgC/6UoEP+iNyX/n0Y9&#10;/5pTVfeZWmnrmV5835dljtSVb53LlHmrxZOCtMSUirfCkY65wIyQvL+Ik769hJfAvICbwrt9oMO7&#10;e6bEunqtxbR6rsSveq/CrHuwwKh8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8sb+ofLG/qHyxv6h8&#10;sb//pBgC/6UoEP+jNiX/n0U9/5pTVfeaV2nrm1t835lijtSXa57LlXasxZSAtMOViLfBk426wI6P&#10;vb6JksC8hZXCu4GaxLl9oMa5e6jHtHqrx697rcWre67Dp3yvwaR9sb+kfbG/pH2xv6R9sb+kfbG/&#10;pH2xv6R9sb+kfbG/pH2xv6R9sb//pBgC/6YnEP+jNiX/oEQ9/5tSVvecVWnrnFh835tejtSZZ57K&#10;l3OsxZZ8tMOXhbfBlou7v5GNvr2LkMG7hpTEuYGZx7d+oMm2fKnKrnuqyKp8rMamfa3Eo36vwaB+&#10;sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb+gfrG/oH6xv6B+sb//pRgC/6YmD/+kNSX/oEQ9/5xR&#10;VveeU2nrnlV7355ajdSbZJ7KmW+sxZh5tMOZgrjBmYq7vpSMv7yOjsO5iJLHt4KYy7V+oc2vfKfN&#10;qX2pyqV+q8eif63En3+vwp2Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb+dgLG/nYCxv52Asb//&#10;phgC/6cmD/+kNSX/oEM+/51QVfefUWjroFN74KBXjdSeX57Km2usxZt1tMObfrjAm4e8vZeKwLqR&#10;jMW3ipDKtISXz7KAo9Kof6XPo4Coy6CAq8edga3Fm4GvwpmCsb+ZgrG/mYKxv5mCsb+ZgrG/mYKx&#10;v5mCsb+ZgrG/mYKxv5mCsb//phgC/6clD/+lNCX/oUM+/55OVfihTmjsolB64KNSjNWhW53Lnmas&#10;xp1xtMOeerjAnoS8vJuIwrmVise1jY3OsIaW1KmCoNahgqTQnYKoy5qDqsiZg63Fl4SvwpaEsMCW&#10;hLDAloSwwJaEsMCWhLDAloSwwJaEsMCWhLDAloSwwJaEsMD/phgC/6clD/+lNCX/oUI+/59MVfii&#10;TGfspU154aZOi9WkVpzMoWGqxqFss8OidrfAooC9vKCHw7eaiMqyk4rSrIuU26CHn9iahqTRl4an&#10;zJWGqsiUh6zFk4euw5KHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMCSh7DAkoewwJKHsMD/pxgC&#10;/6gkD/+mMyX/okI+/6BKVPmkSmbtp0p44qlLitaoUZrNplupx6VlssSncLbAp3q8vKaDw7aih8uv&#10;nYjWpZeV5pePntqTjaPSkYunzZCLqsmQiqzGj4quw4+JsMGPibDBj4mwwY+JsMGPibDBj4mwwY+J&#10;sMGPibDBj4mwwY+JsMH/pxgC/6gkD/+mMyX/okE+/6JIVPmmR2buqkd3461HiNmtS5jPrFSmyKxe&#10;r8avaLPCsXO5vrJ9wLKqh8uloobVlJyL3o+andqNlaLTjJKmzouQqcqLjqvHi42txIyMr8GMjK/B&#10;jIyvwYyMr8GMjK/BjIyvwYyMr8GMjK/BjIyvwYyMr8H/qBgC/6kkD/+nMiX/o0E+/6RGU/qpRGTv&#10;rUN15LFChdu0RJTStUqhy7dTq8q+X629t264srB8wqmqhsucpYTSjaCH2Iagl9mHnqLTh5ilz4eV&#10;qMuHk6rIiJGtxYiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8KIkK/CiJCvwoiQr8L/qBgC/6kj&#10;D/+nMiX/o0A+/6ZDUvurQWPwsT9z57c9gt6+O4/WxD+azMVKpry8XbKxtW+7qrB9w6OrhMmWp4PO&#10;iqSG04GjkNWBpZ/SgqGlz4KcqMyDmarJhJasxoWUrsOFlK7DhZSuw4WUrsOFlK7DhZSuw4WUrsOF&#10;lK7DhZSuw4WUrsP/qRgC/6ojD/+oMSX/pD8+/6hAUfyvPGHztjlw6r83fePKNYfU0TeVvsJLqbC5&#10;YLWotHC9o7B+wp2thMeSqoTLiKeGzoCmjdB9p5jQfaikzn6kqMt/n6rJgJurxoGYrcSBmK3EgZit&#10;xIGYrcSBmK3EgZitxIGYrcSBmK3EgZitxIGYrcT/qhcC/6oiD/+oMCX/pT4+/6s7T/+0N132vTNq&#10;68oxddzaKYLEzjiZssFPq6e4Y7ehtHO8nrF/wZivhMSPrITIh6qHyoCpjMx8qZPMeqqcy3mrpsp6&#10;p6rIfKKrx32ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercR9nq3EfZ6txH2ercT/qhYC/6shDv+p&#10;LiX/pzw+/7A2TPy6MFnvyCxi3tknbcvcJoa2zDybqMFUq5+5ZrabtXS8mbJ/v5WwhMKNr4XEhq2H&#10;xoGsi8h9rJDIe6yYyHmtn8d3rafHd6qsxnmlrcR5pa3EeaWtxHmlrcR5pa3EeaWtxHmlrcR5pa3E&#10;eaWtxHmlrcT/qxUC/6wgDv+rLST/qzY7/7YvSPPEKFHg1iZWzOQicbvaKIiqzEGbn8NXqZm8abKW&#10;t3a5lLSAvZGyhcCLsYbBhrCIw4Gvi8R+ro/Fe66UxXqvmsR4r6DEda+nxHStrsN0ra7DdK2uw3St&#10;rsN0ra7DdK2uw3StrsN0ra7DdK2uw3StrsP/rBQC/60fDv+sKyT/sC83+r8lQeTRIEXO5B1bveki&#10;dK3aLImfzkWZl8ZapJPAaq2Ru3azkLh/t422hLuJtIa9hbKIv4Kxi8F/sY7BfLGSwnqxlsF5sZvB&#10;eLKhwHSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8F0safBdLGnwXSxp8H/rhIB/68dDf+uKCT/&#10;uCQx6ssaNdDiF0O/8B1er+gldaDbMYeW0UiUkMpcno3FaqWLwXaqib59r4W8gLKCuoO0frmGtny4&#10;ibd5t4y4d7ePuXa2k7p1tpe6dLadunO3pLlzt6S5c7ekuXO3pLlzt6S5c7ekuXO3pLlzt6S5c7ek&#10;uXO3pLn/sBAB/7EaDf+xJSPzxBcn1N8QK8HvF0iw9yBgoeorc5XfOYKN10yNiNFdlYbMapuEyXSg&#10;gMZ5pH3EfaZ6woCpd8GDqnXAhqxzv4qtcb+Nrm++kK9uvpSvbL6Zr2u+oK9rvqCva76gr2u+oK9r&#10;vqCva76gr2u+oK9rvqCva76gr2u+oK//sw4B/7QWDPy8FxrW1gsWw+0QMLL8GUqi+SVelu0zbozl&#10;QXqF3k+Dgdlein/Vao960nCTds91l3POeZlxzH2bb8uAnW3KhJ5ryYefacmKoGjIjqFnx5KiZceW&#10;omTHnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKNkx5yjZMeco2THnKP0tgoB/7gSC9XMCgvE2woZ&#10;svwRM6P/HUiW/CxYjPM7ZYTsSW9+51V2euNgfHXfZ4Fx3W2Ebdtyh2rZdolo2HqLZtd9jWTWgY5j&#10;1YSPYdSIkGDTi5Ff04+SXtKUklzSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zSmZNc0pmTXNKZk1zS&#10;mZPcuwQA2MMHBMTRCAez6Aoco/8UMZb/JEOM/zRQhPtCWn32T2J48Vpoce5fbWvrZHFn6Wl0ZOdu&#10;dmLmc3hg5Xd5X+R6e13jfnxc4oF9W+KFflrhiH9Z4IuAV+CQgFbflYFW35WBVt+VgVbflYFW35WB&#10;Vt+VgVbflYFW35WBVt+VgVbflYHUvQUAxMgHALTZBQqj/g0clv8aLIv/KzqD/zpEfP9ITXX/UlNu&#10;/VdYZ/pdXGP3Yl9g9mdiXfRrZFvzb2VZ8nNnV/F3aFbxemlV8H1qVO+Aa1PvhGtS7odsUO6LbU/t&#10;kG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG5P7ZBuT+2Qbk/tkG7GwAUAtNAEAaPjAgqW/xAYi/8g&#10;JIL/MC96/z83cv9IPmr/TkNk/1RIXv9ZTFv/X09Y/2RSVf9pVFP/bVVS/nFXUP10WE/8eFlO+3ta&#10;Tft/W0z6g1xL+YZdSfmLXkj4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF9I+JBfSPiQX0j4kF+1&#10;xwIApNoAAZb/BgeK/xQRgf8kGnn/MyJw/zsqaP9CMWH/SjZc/1E7V/9XP1P/XUJQ/2JETv9nRkz/&#10;bEhK/3BJSf90Skj/d0tG/3tMRf9/TUT/g05D/4dOQv+LT0H/kVBB/5FQQf+RUEH/kVBB/5FQQf+R&#10;UEH/kVBB/5FQQf+RUEH/kVD/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH&#10;3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvE&#10;ccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/kRIB/5UnC/+VOxz/k0sv/49ZQ/+M&#10;ZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGt&#10;qsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/kRIB&#10;/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKKj9p/j5bWfZSb03qYn9F4nKLQ&#10;d5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCqxHHAqsRxwKrEccCqxHHAqsRx&#10;wKrEccCqxHHAqsRxwKr/kRIB/5UnC/+VOxz/k0sv/49ZQ/+MZFT7jGtj8opyceqIfH3jhoSH3oKK&#10;j9p/j5bWfZSb03qYn9F4nKLQd5+kznWips10pqjNcqmpzHGtqsxwsqvLcLary2+8q8hwwKvEccCq&#10;xHHAqsRxwKrEccCqxHHAqsRxwKrEccCqxHHAqsRxwKr/khIB/5YnCv+WOxz/lEsw/5BZQ/+PY1T6&#10;jmlk8Y1wcumLen7iiYKJ3IWJktiCjpnUf5Oe0X2Xos97m6bNeZ6ozHeiqst2pazKdKmtyXOtrsly&#10;sq/JcbevyHG8r8Jzva6+dL2vvnS9r750va++dL2vvnS9r750va++dL2vvnS9r750va//kxIB/5cn&#10;Cv+YOxz/lUsw/5FZRP+RYFX6kGZk8I9tc+iNd4DhjICL24iHlNWFjZzSgpGhz3+Wpsx9manLe52s&#10;yXmhrsh3pbDHdqmxxnWtssZ0srPGc7mzwnW6s7x1urO4drqzuHa6s7h2urO4drqzuHa6s7h2urO4&#10;drqzuHa6s7h2urP/lBEB/5gnCv+ZOxz/lksw/5JZRP+SXlX6kmRl8JFqdOePc4Hgjn2M2YuFltSI&#10;i57QhZCkzYKUqcp/mK3IfZywx3ugssZ5pLTFeKi1xHautsR1tLbBdre2vHe3trd3t7azeLe2s3i3&#10;trN4t7azeLe2s3i3trN4t7azeLe2s3i3trN4t7b/lREB/5knCv+ZOxz/l0ow/5NYRP+UXFX6lGFl&#10;8JNndOeRcILfj3qO2I2DmNKLiqDOh4+ny4STrMiBl7DGf5uzxH2ftcN7pLfCeam5wnevucJ2tbm8&#10;eLa4uHi2uLN4trewebe3sHm3t7B5t7ewebe3sHm3t7B5t7ewebe3sHm3t7B5t7f/lhEB/5onCv+a&#10;Oxz/l0ox/5RVRP+WWVX6ll5l8JVkdOeTbILekXaO2I9/mdGNiKLNio6pyYeSrsaElrPEgZq2wn6f&#10;ucJ7pLrBeaq6wXexur14tbq3eLW5s3m1ua95trisera3rHq2t6x6tresera3rHq2t6x6tresera3&#10;rHq2t6x6trf/lxEB/5smCv+bOxz/mEkx/5ZTRP+YV1X6mFtl8JdhdOeWaILek3KP1pF7mtCPhKPL&#10;jYyrx4qRscSGlbbDg5m4wX+eusF7pLvAeau8v3ezvLh4s7uyebS7rnm1uqt6tbmoe7a4qHu2uKh7&#10;trioe7a4qHu2uKh7trioe7a4qHu2uKh7trj/lxEB/5smCv+cOhz/mEkx/5hRRP+aVFT6m1hk8Jpd&#10;dOeYY4Lelm2P1pN3mtCRgKTKj4msxo2Ps8OJlLfChJi6wH+evL97pb6/ea6+uXiyvrJ5sr2terO8&#10;qXu0uqZ7tbmkfLa4pHy2uKR8trikfLa4pHy2uKR8trikfLa4pHy2uKR8trj/mBEB/5wmCv+cORz/&#10;mUgx/5lPRP+cUlT7nVVj8Z1ac+ebX4HemWmP1pZyms+TfKXKkYWtxZCNtMOLkrjBhZa7v4Cdvr17&#10;pcG7ea/BsnqwwKx7sb6oe7O9pXy0u6J9tbmgfba4oH22uKB9trigfba4oH22uKB9trigfba4oH22&#10;uKB9trj/mREB/50mCv+dORz/mUcx/5tNQ/+eT1P7n1Jj8aBWcuifW4DfnWSO15ptmtCXd6TKlIGt&#10;xZKKtcKOkLm/h5W9vYCcwbt7p8Szeq3Eq3uvwqZ8sb+jfbK9oH60u55/tbmcf7a4nH+2uJx/tric&#10;f7a4nH+2uJx/tricf7a4nH+2uJx/trj/mREB/54mCv+dOBz/mkcx/5xLQv+gTVL8olBi8qNTcemj&#10;V3/goV6M2J5nmNCbcaPKmHutxZWFtMKSjbq+ipK/uoGbxbd8qcmrfKvHpH2uw6B+sMCdf7K9m4Cz&#10;u5mBtbqYgba4mIG2uJiBtriYgba4mIG2uJiBtriYgba4mIG2uJiBtrj/mhEB/54mCv+eOBz/mkYy&#10;/55JQv+iSlH9pE1g86ZQb+qnVH3hpliK2qRiltKha6HLnXWrxpqAs8KYirq8jo/CtoOZy6x9ps6i&#10;f6rJnYCtxJqBsMCYgrK+l4OzvJWDtbqUg7a4lIO2uJSDtriUg7a4lIO2uJSDtriUg7a4lIO2uJSD&#10;trj/mhEB/58mCv+eNxz/m0Yy/59HQf+kSFD+p0pf9KlMbeurUHvjrFSH3Ktck9SpZZ3Opm+nyKN6&#10;sMOfhLi7lovEsIyZzqCDpNGZhKnKloWtxZSFr8GThbG+koWzvJGFtLqRhbW5kYW1uZGFtbmRhbW5&#10;kYW1uZGFtbmRhbW5kYW1uZGFtbn/mxEB/58mCv+fNxz/m0Uy/6FFQP+mRk//qkdd9q1Ja+2wTHjm&#10;s0+D37RVjtm1X5fTtWmgzrV2p8GrfLawn4XEoZWSzpSOo9KQi6jLj4qsxo6Kr8KOibG/jomyvY6I&#10;tLuOiLW5joi1uY6ItbmOiLW5joi1uY6ItbmOiLW5joi1uY6Itbn/mxEB/6AmCv+fNhz/nEQx/6ND&#10;P/+oQ07/rURb+LFFaPC2SHTpu0x+48BRh9/GW47WyGuUxr1xprWzeLWlqIHDlJ+NzYmcotKHlKfM&#10;iJGrx4mPrsOJjrDAiY2yvoqMs7yKi7S6iou0uoqLtLqKi7S6iou0uoqLtLqKi7S6iou0uoqLtLr/&#10;nBAB/6EmCv+gNhz/nkIx/6VAPv+rQEz/sUBZ+rdBZPO9RG/uxUl35c5SfN3WYn/MzmiSvMVupKu7&#10;drSasX/BiqqKy3+nnc+An6jMgpmrx4OVrcSEk6/BhZGxv4aPs72HjrS7h460u4eOtLuHjrS7h460&#10;u4eOtLuHjrS7h460u4eOtLv/nRAB/6ImCv+gNRz/oD8w/6c9Pf+uPEr/tTxV+r09YPDGQmfm0Ups&#10;3t5Ods3aV4e+0GKWrsVupaG8ebKVtIO9hq2IxnuqlMp4q6jJe6Krx36crcSAma/CgZawwIKUsr6D&#10;krO8g5KzvIOSs7yDkrO8g5KzvIOSs7yDkrO8g5KzvIOSs7z/nhAB/6ImCv+hNBz/ojwu/6o6O/+y&#10;OEf8uzdR8sU6WObRQVzb3kJpzeJGfL7XUYyuzF+bocNtqJi8ebKRtYS7hbGJwnyukcV4rp/Fda2s&#10;xXilrsR6oK/CfJywwH6Zsb5/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr1/lrK9f5ayvX+Wsr3/nhAB&#10;/6MlCf+iNBz/pTkt/641OP+4M0L0wzNK59A4TtneOVrL5j1uvuBCgK7UUJChy1+dmMNtqJG9ebGL&#10;uIO4g7SIvX2xkMF5sZrBdbGlwXKvr8J1qK/Bd6OwwHmfsb97nLK9e5yyvXucsr17nLK9e5yyvXuc&#10;sr17nLK9e5yyvXucsr3/oBAB/6QkCf+jMhz/qDQr/7MvNPm/LTzpzS9A2d4vSsrnNF+96jpzr95B&#10;g6HTUZGXy2CdkMRupoy/eq2Gu4Gzf7iHuHq2jbt3tZW8dbWfvHK0qL1us7K+cayyvnSnsr52o7K9&#10;dqOyvXajsr12o7K9dqOyvXajsr12o7K9dqOyvXajsr3/oRAB/6UjCf+kMRz/rS4n/7kpL+7IJjPa&#10;3CY3yucsT73yMmOv6Dl1od1ChJbUU5CPzWKaisdwoobDeqiAv4Cte72FsXa7i7RzuZK1cbmatnC5&#10;o7Vtuau2ari0uGuytrhurLa4bqy2uG6strhurLa4bqy2uG6strhurLa4bqy2uG6strj/oxAB/6ci&#10;Cf+lLxv/syci9MIhJt3YHSTL5yM8vfIqU6/zMmah5zt2ld5Gg43WVo2H0GSWhMtxnH/IeKF6xX6l&#10;dsKDqXLBiatvv4+tbL+Wrmu+na5qv6auaL+urmW9uLBlubuwZbm7sGW5u7BlubuwZbm7sGW5u7Bl&#10;ubuwZbm7sGW5u7D/pRAB/6ggCP+sJhf8ux0a49ETGczlGSm98iJBr/0qVaHzNGaW6T90jOFLf4Xb&#10;WYiA1WaPfNFvlHfOdplzy3yccMmBn23Ih6Fqx4yjaMaSpGbFmaVkxaClZMWopWPGsqRgxLumYMS7&#10;pmDEu6ZgxLumYMS7pmDEu6ZgxLumYMS7pmDEu6b/qBAA/6oeCP+zHRHsyQ4PzuMOFb7yGC2v/iJD&#10;of8tVZb0OWSM7EVvhOVReX7gXIB53GeGdNluinDWdI5s03mRadJ/k2fQhJVkz4qXYs6PmGDNlZlf&#10;zZyaXs2im13Nq5tczbSaXM20mlzNtJpczbSaXM20mlzNtJpczbSaXM20mlzNtJr/qw8A/60aB/LA&#10;DQjO0woGvvAOGq/+GTCh/yRDlf8yUov4P16D8UtofexWcHfoX3Zx5GV6bOFsfmnfcoFm3XiEY9x9&#10;hmHbgohf2oeJXdmMi1vYkoxZ15iNWNaejVfWpY5W1ayOVtWsjlbVrI5W1ayOVtWsjlbVrI5W1ayO&#10;VtWsjlbVrI7/rw0A/7cOA83JCAG+2AkJrv0QHKH/HC+V/yk/i/83TIL+RVZ8+VBedfRZZG7xX2lo&#10;7mRtZOtqcGHqcHNf6HV1Xed6d1vmf3hZ5YR5WOSJe1bjjnxV4pN9VOKYflLhnn5R4aV/UeGlf1Hh&#10;pX9R4aV/UeGlf1HhpX9R4aV/UeGlf1HhpX/xtAgAzsAGAL3OBwGu4AcLoP8SHJT/ICuK/y84gf89&#10;Q3r/SUtz/1JRbP5XV2X7XVth+WNeXvdoYFv1bWJY9HJkVvN3ZlXye2dT8YBoUfCEaVDwiWpP745r&#10;Tu6TbEzumW1L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn25L7Z9uS+2fbkvtn27RuQMAvMUFAK3WAwGf&#10;+AsLk/8WGIn/JCSA/zQvef9BN3D/SD5o/09DYv9VR13/WktZ/2BNVv9lUFP/alFR/25TT/9yVE7/&#10;dlVM/ntWS/1/V0n9hFhI/IhZR/uNWkb7k1tF+phcRfqYXEX6mFxF+phcRfqYXEX6mFxF+phcRfqY&#10;XEX6mFy9vQMArc0BAJ7fAAGS/w0Ih/8ZEn7/KRt1/zUjbP88KmT/Qy9e/0o0WP9QN1T/VjpR/1s8&#10;Tv9gPkv/ZEBK/2hBSP9sQkb/cENF/3RERP94RUL/fUZB/4FHQP+GSD//jEk9/5FKPf+RSj3/kUo9&#10;/5FKPf+RSj3/kUo9/5FKPf+RSj3/kUquxQAAntcAAI/1AAGG/w8EfP8bC3H/JBFn/ywXX/81HFn/&#10;PSFU/0UmT/9LKUz/UixI/1cvRv9dMET/YTJC/2YzQP9qNT//bjY9/3M3PP93ODv/fDk6/4E6OP+G&#10;Ojf/jDs2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjw2/5I8Nv+SPDb/kjz/gxMB/4QiBv+FNRT/g0Yk&#10;/39VNP+BXkL/gWZQ/39uXPl8d2bzeoBv7neId+p1j33ncpWC5HCaheNunojhbKKL4Gunjd9pq47e&#10;aK+Q3We0kd1mupHcZcGS3GXJkttl0JLSZ9KRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o&#10;0pH/gxMB/4QiBv+FNRT/g0Yk/39VNP+BXkL/gWZQ/39uXPl8d2bzeoBv7neId+p1j33ncpWC5HCa&#10;heNunojhbKKL4Gunjd9pq47eaK+Q3We0kd1mupHcZcGS3GXJkttl0JLSZ9KRzmjSkc5o0pHOaNKR&#10;zmjSkc5o0pHOaNKRzmjSkc5o0pH/gxMB/4QiBv+FNRT/g0Yk/39VNP+BXkL/gWZQ/39uXPl8d2bz&#10;eoBv7neId+p1j33ncpWC5HCaheNunojhbKKL4Gunjd9pq47eaK+Q3We0kd1mupHcZcGS3GXJkttl&#10;0JLSZ9KRzmjSkc5o0pHOaNKRzmjSkc5o0pHOaNKRzmjSkc5o0pH/hBMB/4UiBv+GNRT/hEYk/4BV&#10;NP+EXUP/hWVQ/4NtXfiAdWjyfX5x7HqGeeh3jX/ldZOF4nKYieBwnYzfbqKO3WymkNxrq5Lbaa+U&#10;2mi1ldpnu5XaZsOW2mbMltNoz5bMac+VyGrPlshqz5bIas+WyGrPlshqz5bIas+WyGrPlshqz5b/&#10;hRIB/4ciBv+HNRT/hUYk/4RUNf+IXEP/iGRR/odrXveDcmnxgHxz632Fe+d6jILjd5KH4HSXjN5y&#10;nI/ccKGS226mlNlsqpbZarCY2Gm2mddovZnXaMaa02jMmsxqzJnGa8yawmzMmsJszJrCbMyawmzM&#10;msJszJrCbMyawmzMmsJszJr/hhIB/4ghBv+INRT/hkYl/4dTNf+LW0P/jGJR/opqXvaHcWrwhHp0&#10;6oCDfeV9ioTiepCK3naWj9x0m5LacaCV2G+lmNZtq5rVa7Cb1Wq3nNRpv53UacmdzGvKncZsyZ3A&#10;bcmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ29bsmdvW7Jnb1uyZ3/hxIB/4khBv+KNRT/iEYl/4pSNf+O&#10;WkP/j2FR/o5oXvaLb2rvh3h16YSBfuSAiIbgfI+M3XmUkdp2mpXYc5+Z1XClm9Ruqp7TbbGf0mu4&#10;oNJrwqHNbMehxm7HocBux6G7b8ehuHDHobhwx6G4cMehuHDHobhwx6G4cMehuHDHobhwx6H/iBEB&#10;/4ohBv+LNRT/iUYl/41RNf+SWEP/kl5R/pBlXvaObGvvi3V26Id+gOOEhojef42P23uTlNh4mZnV&#10;dZ6c03Kkn9FwqqLQbrKj0G26pM5sxKXGb8Skv3DEpbpxxKW1ccSlsnLEpLJyxKSycsSksnLEpLJy&#10;xKSycsSksnLEpLJyxKT/iREB/4shBv+MNBT/ikYl/5BPNP+UVkP/lFtR/pNhXvaRaGvujnB26It7&#10;gOKHg4ndg4qR2X6Rl9V6l5zTd52g0HSko89xqqbOb7OnzW69qMdwwqi+ccGpuHLBqbRzwamvdMKo&#10;rXTCp610wqetdMKnrXTCp610wqetdMKnrXTCp610wqf/ihEB/4whBv+NNBT/i0Ym/5NONP+WU0L/&#10;l1hQ/pZeXvaUZGrukmx25492geGMgIrch4iS2IKPmdN9lZ/QeZyjznWjp8xyq6rLcLSryHC/rL9z&#10;vqy3dL6tsnW+rK52v6yqdr+rqHfAqqh3wKqod8CqqHfAqqh3wKqod8CqqHfAqqh3wKr/ixEB/40g&#10;Bv+ONBT/jUUm/5ZNM/+ZUEH/mlVP/5paXfeYYGnvlWh16JJwgOGPe4rci4ST1oaMmtKAk6HOe5qm&#10;zHeiqsp0q67IcrivwHS8r7d1vLCwdrywq3e8r6h4va+leb6to3m+raN5vq2jeb6to3m+raN5vq2j&#10;eb6to3m+raN5vq3/ixAB/44gBv+PNBT/j0Ql/5hKM/+bTUD/nVFO/51XW/icXGjwmmN06Jdqf+KT&#10;dYrcj4CT1oqJm9GEkKPNfpipyXmirsd1rbHEdLqzt3a5s694ubOqebqzpnq6sqN7u7Gge7ywn3y9&#10;rp98va6ffL2un3y9rp98va6ffL2un3y9rp98va7/jBAB/48gBv+QNBT/kkMl/5pIMv+dSj//n05N&#10;/6BTWvmgWGbxn19y6pxlfeOYb4jck3qS1o+Em9CIjaPLgZarx3uhscV2sLW6d7e2r3m3tqh6uLaj&#10;fLi0/+L/4klDQ19QUk9GSUxFAAUJoHy5s559urKcfruxm368sJt+vLCbfrywm368sJt+vLCbfryw&#10;m368sJt+vLD/jRAB/48gBv+RNBT/lEMk/5tGMf+gSD7/oktL/6RQWPqkVWTzpFpw66Jhe+SfaYXe&#10;mnOQ15V+mdCOiKPKhZOsxH2gtL14sLmvebW5pnu2uKF9t7adfri1m3+5tJl/urOYgLqyl4C7sZeA&#10;u7GXgLuxl4C7sZeAu7GXgLuxl4C7sZeAu7H/jRAB/5AgBv+RNBT/l0Ik/51DMP+iRT3/pUhJ/6hM&#10;VfypUWH1qlds7qldd+eoY4HhpG2L1p55lsuVg6LAi46ttoOatq5+qrukfLO8nn61upqAt7eYgbi1&#10;loG5tJWCurOUgrqyk4K7sZOCu7GTgruxk4K7sZOCu7GTgruxk4K7sZOCu7H/jhAB/5EgBv+SNBT/&#10;mUEj/59BL/+kQjv/qEVH/6xJU/6uTl71sFNo7LJacuSzYXvbr26EzKZ2lMCcfqK0koiuqYqUt6CF&#10;pL2ZgrG+lYO0u5OEtriShLi2kYS5tJCEubOQhLqykIS6spCEurKQhLqykIS6spCEurKQhLqykIS6&#10;spCEurL/jw8B/5IgBv+TNBT/mj8i/6E/Lv+nQDr/rEJF/7BGUPmzS1rwt1Jj6LtZa9+9ZHLRtmyC&#10;xKxzk7ajeqGqmYOunpKQt5SNn76Oi7G/jImzvIyJtbmMiLe2jIi4tYyHubSMh7qzjIe6soyHurKM&#10;h7qyjIe6soyHurKMh7qyjIe6soyHurL/jw8B/5IfBv+UNBT/nD0h/6M8Lf+qPTj/r0BC/7RETPW6&#10;SVXsv1Fc5MZaYdjFYm/JvGmBu7Jwkq2qd6CgoYCtk5uLt4mWm72Dla+/hJGzvIaOtbmHjba3h4y3&#10;toiLuLWJirm0iYq6somKurKJirqyiYq6somKurKJirqyiYq6somKurL/kA8B/5MfBv+VNBX/njsg&#10;/6U5K/+sOjX/sz0/+7pCR/HBSE7oyVFS39FbWc/KYG3BwmeAsrltkKSxdJ+Xqn2riqSItX+gl7t4&#10;n6y+fJqzvH+VtLqBkra4g5C3t4SPuLWEjbmzhY26soWNurKFjbqyhY26soWNurKFjbqyhY26soWN&#10;urL/kQ4B/5QfBv+WMxX/oDgf/6g2Kf+wODL/uDo79sA/QezKR0Xj1lRF1tlXWMfQXmu4yGR+qsFr&#10;jpy6cpyOtHqogK6FsnarlLhvq6m6cqW1unedtbl6mba3fZa3tn6TubR/kbqygJC7sYCQu7GAkLux&#10;gJC7sYCQu7GAkLuxgJC7sYCQu7H/kg4B/5UfBv+XMxX/ojUe/6szJ/+0NC/5vjY17ck9OOLWSDjZ&#10;4E1Fzd9WVr/YXGmw0GJ7ocloi5PDb5mFvnekeLqDrW64k7NouKi2abK4tm+nt7Zzobi1dpy5tHiZ&#10;urN6lruxe5W8sHuVvLB7lbywe5W8sHuVvLB7lbywe5W8sHuVvLD/kw4B/5YfBf+ZMxT/pTAc/68w&#10;I/26LynwxjIt49Q7LNbgQDrL5UhMwOFOXLPdVmyl2F16mNJliIrObZR9yXafc8SDp2zAkaxnvqGv&#10;Zb62r2a0u7Frq7uxbqW7sXGgvLBznb2vdJq9rnSava50mr2udJq9rnSava50mr2udJq9rnSava7/&#10;lA4B/5geBf+dMRL/qS0Z/7QqHvXCKSLk0S0h1eAzLMnoPD++6ENRseVJYaTiT3CX31Z9itpgiIDT&#10;a5J4zXeacMiCoWrFjqVmw5uoZcOsp2HCvapjuL+rZrC/rGmqv6xspb+rbaLAqm2iwKptosCqbaLA&#10;qm2iwKptosCqbaLAqm2iwKr/lQ0A/5oeBf+iLBD/rSgV+7sjGOjNIBfV3yUdyOgwMbzvOUSw7EBV&#10;o+pGZJfoTXGL41V9gdxhhnnVbI5y0XeVbM2BmmfKi55kyJagYcijoWDIs6Fdx8OjX77EpWG2w6Vk&#10;sMOlZazDpWWsw6VlrMOlZazDpWWsw6VlrMOlZazDpWWsw6X/lw0A/5weBf+mJg3/tCAP78YXD9bd&#10;Fg7I6SMiu/MuNq/0Nkii8j5Yl/FGZYvrT3CB5Vh6et9kgnPabYht1naNaNN/kmTQiJVgz5KYXs6d&#10;mVzNqZpbzrmZWc3ImlrFypxcvcmdXrjJnl64yZ5euMmeXrjJnl64yZ5euMmeXrjJnl64yZ7/mgwA&#10;/58dBf+sHwj4vhMI2NYLBMjoFRO69CInrvotOaL6NkqW+j9Yi/VIY4LuUm166Fx1cuRke23gbYBo&#10;3XWFZNp+iGDYhotd1o+NWtWYj1jUopBX1K6RVtS8kFbUzZBWzdGSV8jRk1fI0ZNXyNGTV8jRk1fI&#10;0ZNXyNGTV8jRk1fI0ZP/nAsA/6MdBP+1EgPUyQoCyNoLBrn0Fhes/yMqof8uO5X/OEmL/0JVgvhM&#10;X3ryVmdz7l5ta+pkcmbnbHdi5HR6X+J8fVzhg39a34uCV96Tg1XdnIVU3KWGUtyvhlLcu4ZR3MyF&#10;UtrahVLa2oVS2tqFUtrahVLa2oVS2tqFUtrahVLa2oX/oAoA/60TAdTACADGzggAueMLCKv/Fxmf&#10;/yQqlP8wOYr/OkWB/0ZPev1RWHL4WF5r9V5jZfJlaGDvbGtd7XJuWut5cFfqgHJV6Yd0U+ePdlHm&#10;lndQ5p54TuWneU3lr3pN5Lt6TOTFekzkxXpM5MV6TOTFekzkxXpM5MV6TOTFekzkxXr/pAcA2LgE&#10;AMTEBgC30wcBqvMNC57/GhqT/ycoif8zNYD/Pz95/0pHcP9RTmn/V1Ni/V1XXvtkW1r5al5X93Bg&#10;VPZ2YlL0fGRQ84NlTvKKZ0zxkWhL8JhpSvCfaknvp2tI77BsR+63bEfut2xH7rdsR+63bEfut2xH&#10;7rdsR+63bEfut2zdrwAAxbwEALXKBACo2wUCnP8QC5H/HReH/yojfv82LXb/QTZt/0g8Zv9PQmD/&#10;VUZb/1tKV/9hTFP/Z09R/21RTv9yUkz/eFRK/35VSP6EVkf9i1hF/JJZRPuYWkP7n1tC+qdcQfqs&#10;XEH6rFxB+qxcQfqsXEH6rFxB+qxcQfqsXEH6rFzItgEAtcEDAKfRAQCZ6wUCj/8SCYX/IBJ8/ywb&#10;c/81I2r/PSpi/0QwXP9LNFf/UjhT/1g7T/9ePUz/Yz9K/2hAR/9tQkX/ckNE/3dEQv99RUD/g0Y/&#10;/4pIPf+QSTz/l0k7/55KO/+jSzv/o0s7/6NLO/+jSzv/o0s7/6NLO/+jSzv/o0u2ugIApsoAAJjc&#10;AACM/wgBg/8UBXj/Hgxu/yYSZf8vGV3/Nx5X/z8iUv9GJk3/TChK/1IrRv9YLUT/XS5C/2EvQP9m&#10;MT7/azI8/3AzOv91NDn/ejU3/4A2Nv+GNzX/jDgz/5Q4M/+YOTP/mDkz/5g5M/+YOTP/mDkz/5g5&#10;M/+YOTP/mDmnwwAAl9QAAIjkAACA/woBcv8OAmf/EwVf/x0JV/8mDVH/LxFM/zcVR/8+F0P/RRlA&#10;/0sbPf9QHTv/VR45/1kfN/9eITX/YiI0/2cjMv9sJDH/ciUv/3cmLv99Jy3/hCgr/4spK/+RKSv/&#10;kSkr/5EpK/+RKSv/kSkr/5EpK/+RKSv/kSn/dhUC/3MgBP9yMQz/cUMZ/3FQJv91WTP/dWI//3Nq&#10;Sf9wdFP/bn5b/GuHYflpj2f2Z5Zr9GWcbvJjoXHxYqZz72Grde5gsHbuXrV37V67eOxdw3nsXMt6&#10;61vYeuZd3nrfXuF52GDjedVg43nVYON51WDjedVg43nVYON51WDjedVg43n/dhUC/3MgBP9yMQz/&#10;cUMZ/3FQJv91WTP/dWI//3NqSf9wdFP/bn5b/GuHYflpj2f2Z5Zr9GWcbvJjoXHxYqZz72Grde5g&#10;sHbuXrV37V67eOxdw3nsXMt661vYeuZd3nrfXuF52GDjedVg43nVYON51WDjedVg43nVYON51WDj&#10;edVg43n/dhUC/3MfBP90MQ3/ckIZ/3RPJ/94WDP/eWA//3dpSv9zcVT/cXxc+26GY/drjmn0aZRt&#10;8mebcfBloHTvZKV27WKqeOxhsHnrYLV761+8fOpexH3qXc19513ZfeFf3n3aYOB80WLhfc9i4X3P&#10;YuF9z2Lhfc9i4X3PYuF9z2Lhfc9i4X3/dxUC/3QfBP91MQ3/c0Ia/3dNJ/97VjT/fF9A/3pnS/93&#10;b1X+c3pe+nGDZfZujGvza5Nw8GmZc+5nn3fsZaV562Sqe+pir33pYbV+6GC9f+hfxYDoXtCB4l/a&#10;gNth3oDSYt+Ay2Pfgcpk34HKZN+BymTfgcpk34HKZN+BymTfgcpk34H/eBQC/3UfBP92MQ3/dEIa&#10;/3pMJ/9/VTT/gF1A/35lTP96blb+dndf+XSBZvVwim3xbZFy7muYduxpnnnrZ6R86WWpfuhjr4Dn&#10;YraC5mG9g+Zgx4TlX9OE3WHahNNj3YPMZNyExmXchMVl3ITFZdyExWXchMVl3ITFZdyExWXchMVl&#10;3IT/eRQB/3YeA/93MA3/dkIa/35LJ/+CUzT/g1xA/4JkTP9/bFb9enRg+Hd/aPNziG/wcI907W2W&#10;eeprnXzoaKN/52apguVlr4TkY7aF5GK/h+NhyYfgYdWH1WTah81l2ojHZtmIwWfZiL9n2Yi/Z9mI&#10;v2fZiL9n2Yi/Z9mIv2fZiL9n2Yj/ehQB/3geA/95MA3/eEEa/4FJJ/+GUjP/iFpA/4diTP+DaVf8&#10;fnFh93t7afJ3hXHuc41363CUfOhtm4DmaqKD5GiohuNmr4jiZLeK4WPBi+FizovYZNaLzWbWi8Zn&#10;1ozAaNaMu2nWjLpp1oy6adaMumnWjLpp1oy6adaMumnWjLpp1oz/exMB/3kdA/96MA3/fD8a/4VI&#10;Jv+KUDP/jFhA/4tfTP+IZ1f8hG5h9n94avF7gnLtd4p56XOSfuZvmYPkbKGH4mqoiuBnr4zfZbiO&#10;3mTEj9tk0o/OZ9OPxmjTkL9q05C6a9OQtWzTkLRs04+0bNOPtGzTj7Rs04+0bNOPtGzTj7Rs04//&#10;fBMB/3odA/97MA3/fz4a/4lGJv+PTjL/kVY//5BdS/+OZFb8iWth9oRza/B/fnPse4d66HaQgeRy&#10;l4bhbp+K32unjt1osJDcZruS22XKk9Bo0ZPGatCUvmvQlLhs0JSzbdCUr27Rk65u0ZOubtGTrm7R&#10;k65u0ZOubtGTrm7Rk65u0ZP/fRIB/3scA/98Lw3/gzwZ/41FJf+TTTH/lVM+/5RZSv+SYFX9j2hg&#10;9opwavCEeXTrf4N85nqMg+J1lYjfcZ6N3W2nkdtpsZTZZ7+W1GfOl8drzZi9bM2Ytm7NmLBvzZis&#10;cM6XqXHOlqhxz5aocc+WqHHPlqhxz5aocc+WqHHPlqhxz5b/fhIB/3wcA/9+Lw3/hjsZ/5FDJP+W&#10;SzD/mFA8/5hVSP+WXFT9k2Nf949rafCKdHPrhH985n6JhOF4kovdc5yQ2m6mldhqs5nWaMWbyWvL&#10;m71uypy0b8qcrnHKnKpyy5umc8uao3PMmaJ0zZiidM2YonTNmKJ0zZiidM2YonTNmKJ0zZj/fxIB&#10;/30bA/9/Lw3/iToY/5RCI/+ZRy//m0w7/5xSRv+bWFL/mV9d+JVmaPGQbnLrinl75YOEhOB8j4zc&#10;dpqT2G+mmdJrtZ3Oasifvm7In7Nxx6Cscsegp3TIn6N1yZ6gdsqdnnbLm512y5qddsuanXbLmp12&#10;y5qddsuanXbLmp12y5r/gBEB/34bA/+ALw3/jDgY/5dAIv+cRC3/n0k5/6BORP+gVU/8nlta9Zxi&#10;Ze6Xam/okXR54Yp/g9mDiozPe5WVyHWgnMNwrqG+b7+js3LFo6p0xaOkdsWjoHfGoZ14x6CbeMie&#10;mXnKnZh5ypyYecqcmHnKnJh5ypyYecqcmHnKnJh5ypz/gBEB/38bA/+BLw3/jzcX/5o/If+fQiz/&#10;okY3/6RMQv+kUkz3pFhX76NfYeegZmvgmnF11ZN8gcuKhY3Dgo+Wu3uanrV2p6SwdLinqHbCp6F4&#10;w6adecSlmnrFo5h7xqKWe8eglHvJnpR8yZ2UfMmdlHzJnZR8yZ2UfMmdlHzJnZR8yZ3/gREB/4Ab&#10;A/+CLg7/kTYW/5w8IP+hQCr/pUQ0/6hKP/qpUEnyqlZS6qpdXOKpZmbXom9yy5l4gcGQgY24iIqX&#10;r4GVoKh8oqajerKpnnrBqZl8waiWfcOmlH7EpJJ+xaORfsehkH7In5B+yZ6QfsmekH7JnpB+yZ6Q&#10;fsmekH7JnpB+yZ7/ghEB/4EbA/+ELg3/lDUW/546Hv+kPij/qEIy/6xHO/avTUTtsVRN5bNbVdyw&#10;ZWHOqGxxw590gLiWfI2uj4aYpYiRoZ2DnaeXgK2rk4C/q5GBwamPgcKnjoHDpY2BxaONgcaijIHI&#10;n4yByJ+MgcifjIHIn4yByJ+MgcifjIHIn4yByJ//ghEB/4EaA/+GLQ3/ljQV/6A5Hf+mPCb/q0Av&#10;+7BFOPK0Sz/puVNG4b1cTdO2YmDGrWlwu6Vxf7CdeYyllYKXm4+NoZOKmaeMh6mriIe/rIiHwKqI&#10;hsKoiIXDpoiFxaSIhMaiiITIoIiEyJ+IhMifiITIn4iEyJ+IhMifiITIn4iEyJ//gxAB/4IaA/+I&#10;Kwz/mTIU/6I3G/+pOST/rz0s97VCM+27STnlwlI+2sJYTMy6YF+/smdvs6tufqijdoudnH6XkpeJ&#10;oImSlqeCj6Wrfo+6rICNwKqBi8KogorDpoOJxaSDiMaihIfIoISHyJ+Eh8ifhIfIn4SHyJ+Eh8if&#10;hIfIn4SHyJ//hBAB/4MaA/+LKgz/nDES/6U0Gv+sNiH+szoo87tALenDSDHhy1E30sdWS8XAXl24&#10;uGVurLFsfaCqc4qUpHuVip+GnoCbkqV5mKKqdJi3q3eVwal6kcKnfI/DpX2NxaN+jMahf4rIn3+K&#10;yJ9/isiff4rIn3+KyJ9/isiff4rIn3+KyJ//hRAB/4QaA/+OKAv/nzER/6cyF/+wMx35uTYi7sI9&#10;JubNRybb00w1y8xUSb7FXFuxvmNspLhqepiycYeMrHmTgaiCnHekj6Nwop+nbKK0qG6fwqdymcOm&#10;dZXEpHeSxqJ4kMeheo7In3qOyZ56jsmeeo7JnnqOyZ56jsmeeo7JnnqOyZ7/hhAB/4UZA/+RJgr/&#10;oS8P/6suFf+1Lxn0vzIc6cs6HN/ZRB3R2kozxNJSR7fLWlmpxmFpnMBneJC6boSEtnaPebKAmG+v&#10;jZ9orZ2jZK2ypGWqxaRqosWjbZ3GonCZx6FylsifdJPJnXWTyp11k8qddZPKnXWTyp11k8qddZPK&#10;nXWTyp3/hw8B/4cZA/+VJAn/pCsN/68pEfq7KRPsyCwT3tg3ENPhQR7J30kwvNpRRK/TWFahzV9m&#10;lMhldIjEbIB8wHSKcb1/k2m7jJliuZydXrqxnl24yZ5irsifZqbIn2mhyZ5rncqdbprLm26Zy5tu&#10;mcubbpnLm26Zy5tumcubbpnLm26Zy5v/iA8B/4kZA/+aIwf/qCcK/7UiDPHEIAzg1SQJ0eEwFMfm&#10;PSS940Y0suBORKbcVlKZ111hjNJjb4DPa3p0zHOEa8p+i2LIjJFcyJyVWcixllfIzpZbu82YXrLM&#10;mWGrzJlkps2ZZ6LNmGegzZdnoM2XZ6DNl2egzZdnoM2XZ6DNl2egzZf/ig4B/4sYA/+fIQX/riAG&#10;+L0YBuPREwTQ4R4JxeouGbrpOimw50M5pORKSJjiUFaM4FdigN1fbHbbaHVs2nJ9Y9h+g1zYjIhX&#10;2J2LVNewjVTYzYxVy9OPV8DSkVq40ZNcstGTX6zRk2Cq0ZNgqtGTYKrRk2Cq0ZNgqtGTYKrRk2Cq&#10;0ZP/jA4B/48WAv+lHgP/tRUD2soLAtDhDgLE6x4NuO8sHa3uNy6i7EA9l+tISozpT1aB6FZgdude&#10;aWznZXBk5nB3XuN8fFngiYBW3peDU92mhFHcuIVR3dSEU9Dah1TG2IlWv9eKWLjWi1m21otZttaL&#10;WbbWi1m21otZttaLWbbWi1m21ov/jg0A/5cSAf+tFQHZvwkAzM4JAMPrDgS29R4Rq/UsIaH0NzCW&#10;80A+i/NISoHzUFR381ddbfNdZGXwZmpf7XBuWup6clbnhXZT5ZF5UeSee0/jrHxN4718TePZfFDY&#10;4HxRzuB/UsbegVPE3oFTxN6BU8TegVPE3oFTxN6BU8TegVPE3oH/kgwA/6ANANu3BgDKwwcAwNIJ&#10;ALX0EAap+x8Un/wsI5T8NzGK/EE9gf1JR3j9UVBu/VdXZfpeXGD2ZmFb9G9lVvF4aFPvgmtQ7oxt&#10;TuyXb0zro3FK6rBySerBckjq2HJL4+RyTtjmc07V53RO1ed0TtXndE7V53RO1ed0TtXndE7V53T/&#10;lgoA3qwCAMu6BQC9xwYAstgIAaf/Egic/yEWkv8uI4n/OS+A/0I5d/9KQm3/UEll/1ZOX/9eU1r+&#10;ZVZV/G1aUvp1XE/4fl9M94dhSvWRYkj0nGRG86ZlRfKzZkTywWdD8tRnRe7nZ0br6GdG6+hnRuvo&#10;Z0br6GdG6+hnRuvoZ0br6GfuogAAzbQCALy+BACvzQQApN4HAZr/FQmQ/yQVh/8wIH7/Oyp0/0Iy&#10;a/9IOWP/Tj9d/1VDWP9dR1P/ZEpQ/2tNTf9yT0r/eVFH/4JTRf+LVEP+lFZB/Z5XQP2oWD/8s1k+&#10;/L9aPvvRWj3721o9+9taPfvbWj3721o9+9taPfvbWj3721rSrQAAvbgCAK7FAgCh1QIAlvcLAo3/&#10;GAiE/yYRfP8xGnH/OCJo/z4pYP9FL1r/TDNU/1M3UP9aOkz/YDxJ/2Y+Rv9tQET/dEJB/3tDP/+D&#10;RT3/jEY7/5VHOv+eSTn/p0o4/7FKN/++Szf/wks3/8JLN//CSzf/wks3/8JLN//CSzf/wku/swAA&#10;rr4AAKDNAACS3gAAif8NAYH/GgV3/yMMbf8qE2T/MRlc/zgeVf9AIlD/SCZM/08pSP9VK0T/Wy1C&#10;/2EvP/9nMT3/bTI7/3MzOf96NTf/gjY1/4s3M/+UODL/nDkx/6Q6MP+vOzD/sjsw/7I7MP+yOzD/&#10;sjsw/7I7MP+yOzD/sjuwuAAAoMcAAJHYAACE7wAAfP8NAW//EQNm/xkGXv8hClb/KQ9Q/zITS/86&#10;Fkb/QRlC/0gbP/9OHTz/Ux45/1kgN/9eITX/ZCIz/2kjMf9wJC//dyUt/34mLP+HJyr/jygp/5cp&#10;KP+gKij/oyoo/6MqKP+jKij/oyoo/6MqKP+jKij/oyqhwgAAkdEAAILhAAB4/wAAbP8IAWD/DQJX&#10;/xEDT/8YBUj/IAZD/ykIP/8xCjv/OAw4/z4ONf9EDzL/SRAw/04RLv9TEiz/WBMq/10UKf9jFSf/&#10;aRYl/28XJP93FyL/fhgh/4UZH/+PGh//kRof/5EaH/+RGh//kRof/5EaH/+RGh//kRr/aBkC/2Qj&#10;BP9fLwb/XkAQ/2NLGv9nVCX/aF0v/2ZnOf9kckH/Yn1I/2CHTv9dkFL/W5hW/1qeWf9YpFv/V6pd&#10;/lawX/1VtWD8VLxh/FTEYvtTzWP5Utxj9lLmY/FT6mPsVO1j5lbvYuBX8GPgV/Bj4FfwY+BX8GPg&#10;V/Bj4FfwY+BX8GP/aRgC/2UjBP9gLgb/X0AQ/2ZJGv9qUyX/a1ww/2llOv9ncEL/ZHtJ/2KFT/9f&#10;jlT/XZZY/1udW/9ao139WKlf/FevYftWtWL6Vbxk+lXEZflUzmX3U91m81PmZu5V6mbnVu1l4Vju&#10;ZdtZ72bbWe9m21nvZttZ72bbWe9m21nvZttZ72b/ahgC/2YiBP9hLgf/YD8Q/2lIG/9tUSb/blsw&#10;/2xkOv9pbkP/Z3lL/2SDUf9hjFb/X5Va/12cXf1bomD7Wqli+lmvZPlYtWX5V7xn+FbFaPdVz2j1&#10;VOBp8FXmaelX6mjiWexo21rtadNb7mnTW+5p01vuadNb7mnTW+5p01vuadNb7mn/ahgC/2ciBP9i&#10;Lgf/Yz4Q/2xGG/9xUCb/clkx/3BiO/9sa0T/aXZM/2eBUv9ki1j/YZNc/V+bYPtdoWL6W6hl+Vqu&#10;Z/hZtWj3WLxp9lfGavVW0WvyVeFs7FfnbORZ6WvcW+tr1FzsbM1d7WzNXe1szV3tbM1d7WzNXe1s&#10;zV3tbM1d7Wz/axcC/2ghA/9jLQf/ZzwQ/3BFG/90Tib/dlcx/3RgO/9waUX/bXNN/2p+VP9miFr+&#10;Y5Fe+2GZYvlfoGX4Xado9lytavVatGz0Wb1t9FjHbvJX1G/uV+Jv5lnmb91c6W7TXepvzV7rcMdf&#10;63DHX+twx1/rcMdf63DHX+twx1/rcMdf63D/bBcC/2khA/9lLQf/azoQ/3RDG/95TCb/elUx/3ld&#10;PP91ZkX/cHBO/217Vv9qhVz8Zo9h+mSXZfdhn2j2X6Zr9F2tbfNctG/yWr1x8VnJcu9Y2nPoWuNz&#10;3l3mctNe6HPLX+h0xmDodMFh6HTBYeh0wWHodMFh6HTBYeh0wWHodMFh6HT/bRYC/2ogA/9mLQf/&#10;bzgQ/3hBGv99SiX/f1Ix/35bPP97Y0b/dmxP/3F3V/5tgl77aoxj+GaVaPVknWzzYaRv8l+scfBd&#10;tHPvXL917lvLdupb3XfgXeN202Dld8ph5XjEYuV4vmPleLpk5Xi6ZOV4umTleLpk5Xi6ZOV4umTl&#10;eLpk5Xj/bhYC/2sgA/9oLAf/czYQ/30/Gv+CRyX/hFAw/4RYO/+BYEX/fGlP/3ZyV/5xfV/5bYhl&#10;9mqSavNmm2/xY6Ny72Grde1ftXjsXcF57FzQeuNd33vUYeJ7ymLifMJk4X28ZeF9t2bifLNn4nyz&#10;Z+J8s2fifLNn4nyzZ+J8s2fifLNn4nz/cBUB/2wfA/9pLAf/dzQP/4E8Gf+HRST/ik0v/4lVOv+H&#10;XUX/gmVP/3xuWP12eGD4coRn9W2ObfFpmHLvZqF27GOreetgtnzpXsR+517Yf9hh337KY9+AwWXe&#10;gbln3oG0aN6BsGnfgKxp33+sad9/rGnff6xp33+sad9/rGnff6xp33//cRUB/20fA/9rKwf/ezIP&#10;/4Y6GP+MQyL/j0st/49TOP+NWkP/iWJN/4NpV/18cmD4dn9n9HGKbvBslXTtaJ956mSqfehht4Dm&#10;X8iC3WHbg8xk3ITAZtyFuGjbhbFq24Wta9yEqWzdg6Zs3YKmbN2CpmzdgqZs3YKmbN2CpmzdgqZs&#10;3YL/chQB/28eA/9vKQf/fzAO/4o4F/+RQSH/lEos/5VRNv+TWEH/kGBL+4tnVfWEb1/wfXpn63eF&#10;b+dykHbjbZt83mimgdpls4TVY8SGz2Tah8Fn2Yi3adiJr2vYiapt2YimbtqHo27ahqBv24Wgb9uF&#10;oG/bhaBv24Wgb9uFoG/bhaBv24X/chQB/3AeA/9yKAf/gi4N/442Fv+VQB//mUgp/5lPNP+YVT76&#10;llxJ9JJkU+2Ma13nhXZm4X+Bb9t4jHfTcpZ+zW2hhMlqrYnFaLuLwWjQjLZr1Y2ubdWNp2/WjKNw&#10;1oufcdiKnXHZiZty2oebctqHm3Lah5ty2oebctqHm3Lah5ty2of/cxQB/3AdA/91Jgb/hiwN/5E2&#10;Ff+ZQB3/nEYn/51MMfydUjv0nFlF7ZlgT+aUaFnfjnNj1YZ9bs1/h3jGeJGAwHObh7tvp4y2bbSP&#10;s2zIkaxu0pGlcNOQoHLUj5xz1Y2ZdNaMl3TYipZ12YmWddmJlnXZiZZ12YmWddmJlnXZiZZ12Yn/&#10;dBMB/3EdA/94JAb/iSsM/5U1E/+cPhv/oEMk/6JJLvejUDfvolZB56FdSt+dZ1TUlW9iy414bsOF&#10;gnm7f4yCtXmWia91oY6qcq+SpnHBlKFz0JScdNGSmHbSkZZ304+Ud9WNknfWjJF42IqReNiKkXjY&#10;ipF42IqReNiKkXjYipF42Ir/dRMB/3IcA/97Iwb/jCkL/5g0Ev+fPBn/o0Ei+6ZGKvKoTTPqqVQ8&#10;4qlbRNejY1PMmmxiwpN1brqLfnmyhYeDqn+RiqR7nJCeeKqUmna7lpd3z5aUedCUkXrRko9605CO&#10;etSPjXrVjYx614uMeteLjHrXi4x614uMeteLjHrXi4x614v/dRMB/3McA/99IQX/jikK/5s0EP+i&#10;ORf/pj4f96pEJu6uSi7lsVI13K9ZQc+oYVLFoGlhu5hybrGRenmpi4ODoYWNi5qBmJGUfqWWkHy2&#10;mI19zZeMfs+Vin7Qk4p+0pGJftOPiX3VjYh91ouIfdaLiH3Wi4h91ouIfdaLiH3Wi4h91ov/dhIB&#10;/3QcA/+AIAX/kSgJ/54zD/+kNxX+qjsb869BIuq0SCjiuVAu1LRWQMmtX1G+pWdgtJ5vbaqXd3ih&#10;kYCCmYyKi5GHlZGLhKKWhoOymYOEy5iEg86WhIPQlISC0pKEgdOQhIHUjoSA1oyEgNaMhIDWjISA&#10;1oyEgNaMhIDWjISA1oz/dxIB/3QbA/+CHgT/lCcI/6AyDf+nNBP6rjgY77U9HOa8RiHcv0wszrlU&#10;P8OxXVC3qmVfraRsbKOddHeZmHyBkZOGiomPkpGCjJ+WfYqvmHqLx5h8ic6WfYjQlH6G0pJ/hdOQ&#10;f4TUjoCD1oyAg9aMgIPWjICD1oyAg9aMgIPWjICD1oz/eBIB/3UbA/+FHAT/lyYH/6MvC/+rMBD1&#10;szQU67s6F+LERBjVxEgryL1TPby2W06xsGNdpqpqapykcXaSn3qAiZqDiYGWjpB5k5yVdJKsl3GS&#10;w5hzkc+Wdo7QlHiL0pF5itOQeojVjnuH1ox7h9aMe4fWjHuH1ox7h9aMe4fWjHuH1oz/eBIB/3Yb&#10;A/+IGwP/miUG/6YrCf6vLAzxuS8O5sM2D93NPBbOyEcpwsJRO7a8WUyqtmFbn7BoaJWrb3SLpnd+&#10;gaKAhnmfi41xnJmSbJuplWmbv5ZrmdCUbpTRknGR0pFzj9SPdY3VjXaL1ot2i9aLdovWi3aL1ot2&#10;i9aLdovWi3aL1ov/eREB/3gaAv+MGQP/niME/6omBvi0JQjrwCgI4c0wB9TSNxTIzUUnu8hPOa/C&#10;V0qjvV9YmLhmZY2zbXGDr3V7eqt+g3GoiYpqppaPZaWnkmKmvZJjo9KRZ53TkGqY1I9tldWNbpLW&#10;jHCQ2IpwkNiKcJDYinCQ2IpwkNiKcJDYinCQ2Ir/exEB/3wXAv+QFwL/oiED/64gBPK7HQTlyh4D&#10;2tskA8zZNRLA00MktM5NNqjJVUecxF1VkcBkYoa8a217uHN2crV8fmqzh4VjsZWKXrCljFuxvI1b&#10;r9WNX6fVjWOh1oxmnNeLaJnYimqW2YhqltmIapbZiGqW2YhqltmIapbZiGqW2Yj/fBAB/4EUAv+V&#10;FQH/px0C/LUWAuvGEAHa2w8AzeAlBMPfNg+420EhrNVLM6DRU0OUzVpRicliXX7GaWd0w3Fwa8F7&#10;eGS/hn5dvpSCWL2lhVa+u4ZVvduGWLPah1yr2odfptqHYaHbhmOd24VjnduFY53bhWOd24VjnduF&#10;Y53bhWOd24X/fhAB/4cRAf+aEQD/rRQA2r4KANHNCgDL5BABweQlB7fjNROt4UAho95JL5fbUj6L&#10;11lLgNRgV3bRaGFtz3BpZc16cF7MhnVYzJV5VMyme1HNvHxQzOJ8U8Hgf1W334BYsd6BWqvegVym&#10;34Fcpt+BXKbfgVym34Fcpt+BXKbfgVym34H/gA8B/44OAf+iDQDbtQgAzsEIAMbQCQC+6RICtOkl&#10;CqroMxeg5j4lluVHMovjTj+A4VVJduBdU23eZltl3W9hXt16Z1jchmtT3JVvUN2mcU3eu3JN3+Fx&#10;TtHndFDG5ndSvuR4U7jkeVWy43pVsuN6VbLjelWy43pVsuN6VbLjelWy43r/gw4B/5YLAN2rBADN&#10;uAYAwsQGALrUCQCx7xQDp+4lDZ7uMxqU7T0niuxGM4DrTj5261VHbOpbTmTqY1Vd6m1aWOp3XlPq&#10;g2JO6pFlSuuhZ0fss2lG7dBpSOboaUvZ62pMz+xtTsfrb0/A6nBPwOpwT8DqcE/A6nBPwOpwT8Dq&#10;cE/A6nD/iQsA6aABANCxBADBvAUAt8kGAK7aCQCk9RcFm/UnEJL1NByI9j4nf/ZHMnb2Tjts9lRC&#10;ZPZaSF32Yk1X9mtRUvZ1VU33gFhI+I1aRfibXEL4q15B975fQPffYEPu7GBH4/FfSNvxYUnS8mNJ&#10;0vJjSdLyY0nS8mNJ0vJjSdLyY0nS8mP+lQAA1KkAAMK1AwC1wQMAqs8FAKDnCwGY/RoGj/4pEIb/&#10;NRt+/0AldP9GLWv/TDVj/1I6XP9ZP1b/YENQ/2hHTP9xSkf/e0xD/4dOQP+UUD7/oVI9/7BUO//D&#10;VTv+4VU8+fBVQPD0VUPn91RD5/dUQ+f3VEPn91RD5/dUQ+f3VEPn91TboQAAxbAAALW6AgCoxwIA&#10;ndYEAJP8DgGL/x0Gg/8rD3r/NRdx/zwfaP9CJmD/SSxZ/08xU/9WNU7/XThJ/2U7Rf9tPUH/dj8+&#10;/4BBO/+LQzn/mEU4/6RGNv+yRzX/xEg1/91JNP/wSTf++Ek3/vhJN/74STf++Ek3/vhJN/74STf+&#10;+EnJqwAAtrQAAKjBAACbzwAAjt8BAIf/EQF+/x0Edf8nC2z/LxJk/zcYXP8+HVb/RSJQ/0slS/9S&#10;KEb/WCtB/18tPv9nLzv/bzE4/3gzNv+CNDP/jTYx/5k3MP+lOC//sjou/8A7Lv/TOy3/6zwt/+s8&#10;Lf/rPC3/6zwt/+s8Lf/rPC3/6zy4sAAAqLwAAJrJAACM2QAAgfUDAHn/EAFu/xYDZf8fBl7/JwtX&#10;/zAPUf83E0v/PhdG/0UZQf9MGz3/Uh05/1gfNv9fITT/ZiIx/24kL/93JS3/gCYr/4woKf+XKSj/&#10;oion/60rJv+5LCb/yS0m/8ktJv/JLSb/yS0m/8ktJv/JLSb/yS2qtwAAmsUAAIvTAAB94gAAdf8F&#10;AGn/DAFf/xECV/8XA1D/HwVJ/yYHRP8uCT//Ngs7/z0NN/9DDzP/SREw/08SLv9VEyz/WxQq/2IV&#10;J/9pFiX/chcj/3sYIf+GGR//kRoe/5wbHv+lHB3/sB0d/7AdHf+wHR3/sB0d/7AdHf+wHR3/sB2c&#10;wAAAjM4AAHzeAABw9QAAZf8AAFr/BgFR/w0BSf8RAkP/FwM9/x8EOP8mBTT/LQYw/zMHLf85Byr/&#10;Pggn/0MIJf9JCSP/Tgkh/1QJH/9aCh3/YQob/2kLGf9yDBf/fA0W/4YNFP+PDhT/mg8U/5oPFP+a&#10;DxT/mg8U/5oPFP+aDxT/mg//XBwC/1cmA/9RMgb/TjwI/1dFEP9bThn/XFgi/1tjK/9ZbzL/V3o4&#10;/1SFPf9SkEH/UJlF/0+gR/9Op0n/Ta5L/0y0TP9Lu03/SsNO/0nNT/9J3VD/SOlQ/0jyUPtJ9lD2&#10;S/lQ8E37T+pP+1DnT/xQ50/8UOdP/FDnT/xQ50/8UOdP/FD/XBwC/1gmA/9SMgb/UToI/1pDEP9f&#10;TRn/X1cj/15hK/9cbTP/WXk6/1eEP/9UjkP/UpdH/1CfSf9Ppkv/Tq1N/020T/9Mu1D/S8NR/0vO&#10;Uv9K31L/SepT/UryU/hL9lPxTfhS60/6UuVQ+lPiUfpT4lH6U+JR+lPiUfpT4lH6U+JR+lP/XRsC&#10;/1kmA/9TMQb/VDkI/11CEP9iSxr/YlUj/2BfLP9fazT/XHc7/1mCQP9WjEX/VJVI/1KeS/9RpU7/&#10;UKxP/0+zUf9Ou1L/TcRT/0zPVP9L4FX/S+tV+kzyVfRN9lXsUPhU5lH4Vd9S+VbcU/lW3FP5VtxT&#10;+VbcU/lW3FP5VtxT+Vb/XhsC/1olA/9UMQb/WDcI/2FAEf9lSRr/ZlMj/2RdLf9iaDX/X3Q8/1x/&#10;Qv9Zikf/VpNL/1ScTv9TpFD/UatS/1CzVP9PulX/TsRW/03QV/9N4lj8TO1Y9k7yWO5Q9VjmU/ZY&#10;31T3WddV+FnTVfhZ01X4WdNV+FnTVfhZ01X4WdNV+Fn/XxoC/1slA/9VMAb/XDQI/2U9Ef9qRxr/&#10;a1Ek/2laLf9mZDb/Y3A9/198Q/9ch0n/WZFN/1eaUP9VolP/U6pV/1KyV/9Ruln/UMVa/0/SW/xO&#10;5Fv4T+1c8FHyW+dU9FveVfVc1Vb2Xc5Y913LWPddy1j3XctY913LWPddy1j3XctY913/YBoC/1wk&#10;A/9WLwX/YDII/2o7EP9vRBr/cE4j/29XLf9rYTb/Z2w+/2N4Rf9gg0v/XI5P/1qYU/9XoFb/VqlZ&#10;/1SxW/9Tulz+UcZe/FDWX/lQ51/yUu5f51XxX91X8mDSWPNhy1n1YsVb9WLDW/Viw1v1YsNb9WLD&#10;W/Viw1v1YsNb9WL/YRkC/10jA/9aLQX/ZS8I/284EP90QRn/dksj/3VULf9xXTb/bGc//2hzRv9k&#10;f0z/YIpS/12VVv9anln/WKdc/lawX/1UumD8U8di+VLcY/NT6GPpVe5j3ljwZNBa8WXIXPJmwl3y&#10;Zr1e8ma7XvJmu17yZrte8ma7XvJmu17yZrte8mb/YhkC/14jA/9eKgX/aS0I/3Q1D/96Phj/fEgi&#10;/3tRLP94Wjb/c2M//21tR/9pek7/ZIZU/2CRWP9dnFz9WqVg+1iwYvpWu2X4Vcpm9VTgZ+xW6mff&#10;Wu1n0FzvacZd72q/X+9quWDvarVh72qzYe9qs2HvarNh72qzYe9qs2HvarNh72r/YxgC/2AiA/9i&#10;JwX/bioH/3kyDv9/PBf/gkYh/4JPK/9/WDX/e2A+/3VpR/9vdE77aoFV+GaMW/Vil1/zX6Fj8Fyr&#10;Zu5atmnsWcRq6Vjaa+Fa6mvQXextxV/sbrxh62+2YuxvsWPsbq1k7G6rZO1tq2Ttbatk7W2rZO1t&#10;q2Ttbatk7W3/ZBgC/2EiA/9mJQT/cicH/34wDf+FOxb/iEUf/4hNKf+GVTP/gl49+31mRvZ2cE7y&#10;cnxV7m2HXOpokmLmZJxm42GmauBfsm3dXb9v2l3TcNJe6nDEYOlyumLoc7Nk6HOtZelzqWbpcqZn&#10;6nGkZ+pwpGfqcKRn6nCkZ+pwpGfqcKRn6nD/ZRcC/2IhA/9pIwT/dyUG/4IvDP+KORT/jkMd/49M&#10;Jv+NUzD5ils684VjRO1/bE3oeXdV43SCXd5ujWPZaZdp02ahbs9jrHHLYbl0yGHKdcVh5Xa5ZOZ3&#10;sGbld6po5nelaeZ2omrndZ9q6HOea+lznmvpc55r6XOea+lznmvpc55r6XP/ZhcB/2MhA/9tIAT/&#10;eyMF/4cuC/+POBL/k0Ea/5VKI/qUUS3zkVk37I1gQeWHaUrfgXRT1np+Xc90iGXKb5FsxWubccFo&#10;pnW9ZrJ4umXCerdl3XuuaON7p2rje6Jr5HqebOV4m23ld5lt53aYbud1mG7ndZhu53WYbud1mG7n&#10;dZhu53X/ZxYB/2QgA/9wHgP/fiIF/4ssCf+TNxD/mEAY/ZpIIPSaTinsmFUz5ZVdPN2PZkfTiG9T&#10;y4F5XsV7g2a/dYxuuXGWdLVuoXiwa6x8rWq7fqpq0n+kbOB+nm3hfZpv4nyXcON6lXDkeZNw5XeT&#10;ceZ3k3Hmd5Nx5neTceZ3k3Hmd5Nx5nf/aBYB/2QgA/9zHAP/gSAE/44rCP+XNQ7/nT4V+J9EHO+g&#10;SyXnn1It351aN9OVY0bKjmxTw4d1XruBfme1e4hvr3eRdapznHqlcKh+oW+2gZ5vyoKbcN6BlnHf&#10;gJNy4X6Rc+J8kHPjeo5z5HmOc+V4jnPleI5z5XiOc+V4jnPleI5z5Xj/aRYB/2YeA/92GgP/hB8D&#10;/5IqB/+bNAz+oDsS86NBGOqmSCDip08n2KJWNsyaYEXDk2lSu41yXrOGemesgYRvpn2NdqB5mHyb&#10;dqOAl3Sxg5R0xYSRdd2Dj3begY124H+Ld+F9infie4l25HqJduR5iXbkeYl25HmJduR5iXbkeYl2&#10;5Hn/aRUB/2kdA/94GQL/hx4D/5UoBv+eMgr6pDcP76g9FOasRBrdrUsk0KZUNcafXkS8mWZStJJv&#10;XayMd2ekh4BvnoKKd5h+lH2Se6CBjXqthIp5wIWIetyEh3rdgoZ634CGeuB+hXrifIV543qFeeR5&#10;hXnkeYV55HmFeeR5hXnkeYV55Hn/ahUB/2sbAv97FwL/ihwC/5gmBf+iMAj1qDMM6645EOKzQRTW&#10;sUcjyqtSNMCkXEO2nmRRrZhsXKWSdGadjX1vloiGdo+FkX2KgpyChYCqhYF/vIaAgNuFgIDdg4B/&#10;3oGAfuB/gH3hfYB943uAfOR6gHzkeoB85HqAfOR6gHzkeoB85Hr/axUB/20ZAv9+FQL/jRsC/5sk&#10;A/6lLAbxrC8I57M0C926OhDQtUYhxa9RMrqpWkKwo2JPp51qW56YcmWWk3puj4+DdoiLjnyCiJmB&#10;fIanhXmGuYZ3h9eFeIXdg3qD3oF6guB/e4HhfXyA43t8f+N6fH/jenx/43p8f+N6fH/jenx/43r/&#10;axQB/3AYAv+BFAH/kBkB/58iAvqpJgTtsSkF4rovBta/Ng/KukQgv7RPMbSuWECqqGBOoaNnWpie&#10;b2SPmndtiJaAdYCSi3t6j5aAdI6khHGNtoVvjtGFcYvdg3OJ34F1h+B+doXhfXeE43t3g+R6d4Pk&#10;eneD5Hp3g+R6d4PkeneD5Hr/bBQB/3MWAv+FEwH/lBYB/6IeAfWtIALnuCEC3cMmAtDDNA3EvkIe&#10;ublNL66zVj6krl5MmqllV5GlbWKJoXVrgJ1+cnmaiHlyl5R+bZaigmmVs4Rnls2DaZPegmyP34Bv&#10;jOF+cIrifHKI43pyh+R5cofkeXKH5Hlyh+R5cofkeXKH5Hn/bRMB/3YTAf+IEgH/mBMA/6cZAe+z&#10;FgHiwBUA1coeAcnHMgy+w0Acs75LLKi6VDyetVxJlLBjVYqsa1+BqXJoeaV7b3KjhXZroJF7Zp+f&#10;f2KfsYFgn8qAYpzgf2WX4X5ok+J8apDje2yN5HltjOV4bYzleG2M5XhtjOV4bYzleG2M5Xj/bhMB&#10;/3sRAf+NEAD/nRAA+qwRANq7CwDVyQsAzc4bAcLMLwq3yT0ZrMVJKaHAUjiXvFpGjbhhUYO1aFt6&#10;snBkcq95a2usg3Fkq492X6meelupr3xZqsl8Wqfie16g43thm+N6Y5fkeWaU5XdmkuZ3ZpLmd2aS&#10;5ndmkuZ3ZpLmd2aS5nf/cBIB/4AOAf+SDgDyowsA2bMJAM++CQDLzAkAxNMXALrSLAewzzsWpcxG&#10;JprIUDWPxFhBhcFfTXy+Z1ZzvG9ea7l3ZWS4gmteto5wWbWdc1W1rnVUtsh1U7Pndler5nZapOZ2&#10;XKDndV+c53Rgmuh0YJrodGCa6HRgmuh0YJrodGCa6HT/chIB/4YMAPuYCQDZqQYAzrUHAMbBBwDA&#10;zwkAutsTALHaKQWn2DcSnNREIZLRTTCHzlU8fctdR3TJZVBsx21XZcV2Xl7EgWNZw45oVMOda1HD&#10;rmxPxMhtTsLtbVC4629TsOtwVavqcFim63BZo+twWaPrcFmj63BZo+twWaPrcFmj63D/dw8B/40I&#10;AN6gAgDPrgUAxLkFALvFBgC10woAruEWAabhKQad4DcRk95CHYncTCl/2lQ1dddcP23VZEhl02xP&#10;X9J2VFnSgVlU0Y5dUNGdYE3SsGJL08liStLtYkvI8mZNv/FoT7jwaVGy8GlSr+9pUq/vaVKv72lS&#10;r+9pUq/vaVKv72n/fwoA7ZYAANKmAQDEsgMAubwDALDJBgCp2AoAoecZApnnKgmQ5zcUh+ZCH33l&#10;Sil05FEza+NZOmTiYUFe4mtHWOJ1S1PhgE9P4o1TS+KbVUnjrFdH5MRXRuPpV0bd9llH0PdcScj3&#10;XkrB9mBLvfZgS732YEu99mBLvfZgS732YEu99mD/iQAA2Z4AAMesAQC5tgIArsEDAKXOBgCc5AwA&#10;le8dA43vLAuF7zkVfO9BHnPvSSdq7lAvYu5XNVzuXzpW7mg/Uu5xQk3vfEZJ74lJRvCWS0Pwpk1A&#10;8blOP/LbTz7w905C5vtPQ937UUTU/FNFz/xURc/8VEXP/FRFz/xURc/8VEXP/FThlQAAy6YAALuw&#10;AACuuwEAosgCAJjVBQCQ+A8BifggBIL4Lgt5+TcTcPk/G2j5RiJg+k0oWvpULVT6XDFP+2U1S/tt&#10;OEf8dztD/IM9P/2QPzz9n0E6/q9DOP/GRDf/6kU2/P1FO/L/RD7q/0Q+5v9GPub/Rj7m/0Y+5v9G&#10;Pub/Rj7m/0bQnwAAvawAAK61AACiwgAAlc8AAIrdAwCE/xIBe/8eA3T/Kgls/zMPZP87Fl3/QxtX&#10;/0ogUf9RJEz/WCdI/2AqRP9oLED/cS48/3sxOf+IMjX/ljQz/6Q2Mf+2Ny//0Dgu/+85Lf//OTH/&#10;/zkz/P85M/z/OTP8/zkz/P85M/z/OTP8/znBqAAAr7EAAKK9AACUygAAh9gAAH3zBwB2/xIBbf8a&#10;A2X/JAVe/y0KWP82D1L/PRNM/0UWSP9MGUP/Uxs//1oePP9hIDj/aSE1/3IjMf99JS7/iiYr/5ko&#10;Kf+nKSf/uSsm/9IsJf/vLCT//y0k//8tJP//LST//y0k//8tJP//LST//y2xrgAAo7kAAJTGAACG&#10;0wAAeeEAAHH/CABn/w8BX/8VAlf/HgNR/yYFS/8uB0b/NgpB/z0MPf9EDjn/SxA2/1ESMv9YEy//&#10;XxUs/2cWKf9xFyb/fBgj/4kaIP+YGx//phwd/7cdHP/KHhz/5h8b//AfG//wHxv/8B8b//AfG//w&#10;Hxv/8B+ktQAAlcIAAIbPAAB33gAAa/QAAGL/AwBZ/wsBUf8RAUr/FwJE/x8DP/8mBDr/LQU2/zQG&#10;Mv86By7/QAgr/0YIKP9MCSX/Ugki/1kKIP9iCx3/awwa/3YNF/+EDhX/kg8U/6AQE/+tERP/uhET&#10;/8MSE//DEhP/wxIT/8MSE//DEhP/wxKXvgAAhswAAHfbAABp5wAAXP0AAFT/AABL/wUAQ/8MAT3/&#10;EQI3/xcCMv8eAy7/JAMq/yoEJf8vBCL/NQUf/zoFHf8/BRr/RQYY/0sGFv9SBhT/WgcS/2IHEP9s&#10;Bw//dwgN/4QIDP+QCAz/nAgM/6IIDP+iCAz/oggM/6IIDP+iCAz/ogj/UCAC/0sqA/9ENgX/RzoG&#10;/0o/CP9OSQ//T1QX/09gHv9NbCT/Snkq/0iFLv9GkDL/RJo0/0OiN/9Cqjj/QbE6/0C5O/9AwTz/&#10;P8s9/z7cPv8+6D7/PfM+/z37P/8+/z7/QP8++kP/PfRE/z7uRv8/7kb/P+5G/z/uRv8/7kb/P+5G&#10;/z//UCAC/0sqA/9FNQX/SjgG/009CP9RSA//UlIX/1FeHv9PaiX/TXcr/0qDL/9IjjP/Rpg2/0Sh&#10;OP9DqTr/QrA8/0K4Pf9BwT7/QMs//0DcQP8/6UD/P/RA/z79Qf9A/0D9Qv9A9kX/QPBG/0HpSP9B&#10;6Uj/QelI/0HpSP9B6Uj/QelI/0H/UR8C/0wpA/9HNAX/TTYG/1E7CP9VRhD/VlAY/1VcH/9SaCb/&#10;UHQs/02AMf9KjDX/SJc4/0agO/9FqDz/RLA+/0O4P/9DwUH/QsxB/0HeQv9B60P/QPVD/0D9Q/9D&#10;/0P4Rv9C8Ej/Q+pJ/0TjSv9F40r/ReNK/0XjSv9F40r/ReNK/0X/Uh8C/00pA/9KMgT/UDMG/1U5&#10;CP9ZQxD/Wk0Y/1lYIP9WZCf/U3Et/1B9M/9NiTf/S5Q6/0mePf9Hpj//Rq5B/0W3Qv9EwUT/RMxF&#10;/0PfRf9C7Ub/QvdG/0P9RvlG/0bwSf9G6Uv/R+JM/0jbTf9I203/SNtN/0jbTf9I203/SNtN/0j/&#10;Ux4C/04oA/9OLwT/VDAG/1o2CP9eQBD/YEoY/15VIP9bYCj/WG0v/1R5NP9RhTn/TpE9/0ybQP9K&#10;pEL/Sa1E/0i2Rv9HwUf/Rs1I/0XhSf9E70r/RfhK+0f9SvFK/0noTf9L307/TNdP/0zPUf9Mz1H/&#10;TM9R/0zPUf9Mz1H/TM9R/0z/VB0C/1AnA/9SLAT/WS0F/18yCP9kPBD/ZkcY/2RSIP9hXCj/XWgw&#10;/1p1Nv9WgTv/Uo0//0+YQ/9NokX/TKtI/0q1Sf9Jv0v/SMxM/0jhTf9I7k38SPlO8kv8TedO/U/d&#10;UP1Q0lL+UMxT/1HGVP9RxlT/UcZU/1HGVP9RxlT/UcZU/1H/VR0C/1EnA/9WKQT/XioF/2QvCP9q&#10;Og//bEUX/2xPIP9oWSj/ZGMw/2BwN/9cfD3/WIhC/1WTRv9TnUn/UaZL/0+wTf9Ouk/9TcZQ+k3Z&#10;UfZM6lHyTfdR51D6UttS+1TOVPxVx1b9VcFX/lW8WP5VvFj+VbxY/lW8WP5VvFj+VbxY/lX/VxwC&#10;/1ImA/9aJgT/YiYE/2osB/9xNw7/c0IW/3NMH/9wVij/a2Aw/2ZrOP9jdz7+X4NE+1uOSPlYmEz3&#10;VqFP9VWrUfNTtVPxUsFU71HQVetR51XmUvZW2lT5WMxW+lnDWPtavFr7Wrdb+1mzXPtZs1z7WbNc&#10;+1mzXPtZs1z7WbNc+1n/WBsC/1MlA/9eIwP/ZyME/3AqBv93NQ3/ekAV/3pKHf94Uyb/c1wv/G5m&#10;N/hpcj/0ZX5F8WGJSu5ek07rXJ1S6FmmVeZYsFfkV7xY4lbMWd5W5FnYVvRbylj3XcBa+F64XPhe&#10;s134Xq5e+F2rX/lcq1/5XKtf+VyrX/lcq1/5XKtf+Vz/WRsC/1YjA/9iIAP/bCAD/3UoBf99Mwv/&#10;gD0T/4FHG/9/UCT5e1kt9HZiNu5xbT7qbHlF5miES+JkjlHeYZhV216iWdZcrFvTW7he0FrGX81a&#10;32DIWvJhvlz1YrVe9GKuYPViqmH1YaZi9mGjY/dfo2P3X6Nj91+jY/dfo2P3X6Nj91//WhoC/1kh&#10;Av9mHQL/cB4D/3omBP+CMQn/hjsQ/4hEGfmGTSHyg1Yr635eNOV5aT3gdHRF2m9/TNNqiVPPZpJY&#10;y2OcXcdhpmDEX7FjwV6/ZL5e0mW6X+xmsmDyZqti8malZPJloWXzZJ9l9GOcZvVinGb1Ypxm9WKc&#10;ZvVinGb1Ypxm9WL/WxoC/1wfAv9pGwL/dRwC/34kA/+HLgj/jDgO+45CFvKOSh7ri1In5IdbMN2B&#10;ZjrTenBFzXV6Tshwg1XDbI1bvmmWYLpmoGS3ZKtntGO4abFiymquY+ZqqGTvaqJm72mdZ/Bommjx&#10;Z5hp8maWafNklmnzZJZp82SWafNklmnzZJZp82T/WxkC/18cAv9sGAL/eRsC/4MhA/+MLAb/kTYL&#10;9ZQ/EuyVRxnkk08i3I5YLdKHYjrKgWxFw3t1Tr52f1a4cohdtG6RYq9rm2araaZqqGezbKVnw26i&#10;Z+BunmntbZlq7myWa+9qk2zwaZJs8WeQbPJmkGzyZpBs8maQbPJmkGzyZpBs8mb/XBkB/2IaAv9w&#10;FgL/fBkC/4YfAv+QKQT6ljMJ8Jo8DuebRBXfmksd05RVLMqNXznCh2lFu4FxT7V8e1eveIReqnSN&#10;Y6Vxl2ihbqJsnWyub5psvnCYbNlxlW3rb5Fu7G6Pb+1sjW/vaoxv8GmLb/Fni2/xZ4tv8WeLb/Fn&#10;i2/xZ4tv8Wf/XRkB/2QZAv9yFAH/fxgB/4odAf+UJgP2mzAG6584CuKiPxDYn0cczZlSK8SSXTm7&#10;jGZEtIduTq2Cd1enfYBeonmJZJ12k2mYc55tlHGqcZBxunKOcdFzjHLqcYpz62+Ic+1th3Pua4dz&#10;72qGcvBohnLwaIZy8GiGcvBohnLwaIZy8Gj/XhgB/2cXAf91EwH/gxYB/44aAf6YIwLxnywE56Uz&#10;B92oOQzRo0Ubx51QKr6XWji1kmNErYxsTqaHdFegg3xemn+GZJV8j2qQeZpui3emcoh2tnSFdsx0&#10;hHfpcoN36nCCd+xugnbtbIJ272qBdvBpgXbwaYF28GmBdvBpgXbwaYF28Gn/XhgB/2kVAf94EgH/&#10;hhQB/5EYAfqcHwHtpCcC4qosBNasNAvLp0MawaJOKbicWDavl2FDp5FpTaCNcVaZiHlek4WCZI2B&#10;jGqIf5dvg32kcn98s3R9fMh1fH3oc3x86nF8e+xvfXrtbX157mt9efBpfXnwaX158Gl9efBpfXnw&#10;aX158Gn/XxgB/2sTAf97EQH/iRMA/5UVAPWgGgHoqSAB3bAkAdCwMgrGrEEYvKZMJ7OhVjWqnF9B&#10;opdnTJqSb1WTjnddjIuAZIaIimmBhZVufIOhcneCsHR1gsV1dIPnc3WB6nF2f+tvd37tbXh97mt4&#10;fPBpeHzwaXh88Gl4fPBpeHzwaXh88Gn/YBcB/24SAf9+EAD/jBEA/5kRAPGkEwDjrhYA1rYcAcu0&#10;MAjBsD8Xt6tLJa2mVDOkoV1AnJ1lSpSYbFOMlXRbhpF9Yn+Oh2h5jJJtdIqecXCIrXRtiMF0bYnk&#10;c2+H6nFwhOxvcoPtbXOB7mt0gPBpdIDwaXSA8Gl0gPBpdIDwaXSA8Gn/YRcB/3EQAf+CDgD/kA4A&#10;9Z0NAOOpDADZtQwAz7kaAMW4Lge7tD0VsbBJI6erUjGep1s+lqNjSI6falGGm3JZf5h6YHiVhGZy&#10;k49sbZGcb2mQqnJmkL5zZZHhcmiO63BqiuxubIjtbG2G72tuhPBpboTwaW6E8GluhPBpboTwaW6E&#10;8Gn/YxUB/3UOAf+GDQD4lAsA3KIIANStCQDPuAoAyb0XAL+8Kwa1uTsTq7ZHIaGxUC+YrVk7j6ph&#10;RoemaE9/o3BXeKB4XnKegWRrm4xpZpqZbWKZqG9fmbxwXpnfb2CW7G5jke1tZo7ua2eL72ppifBo&#10;aYnwaGmJ8GhpifBoaYnwaGmJ8Gj/ZxIB/3kMAP+KCgDfmgQA06YHAMyxCADHuwgAwcITALjCKASu&#10;vzgQpbxEHpu4TiyRtVc4iLFeQoCuZkt4q21Tcal2Wmunf2BlpYpkYKOXaFujpmtZo7psWKPca1mg&#10;7mtcmu9qX5bwaWGS8Whjj/FmY4/xZmOP8WZjj/FmY4/xZmOP8Wb/axAB/34JAPGQBADWngMAzKoG&#10;AMS0BgC+vgUAuMgQALDIJAOnxjUNncNCG5PATCiKvVQzgbpcPnm3ZEZxtWtOa7N0VGSxflpfsIlf&#10;Wq+WYlaupWVTrrlmUq/bZVKr8mZVpPJmWJ/yZlqb82Vcl/NkXJfzZFyX82Rcl/NkXJfzZFyX82T/&#10;cA0A/4QEAN2WAADOowMAxK4EALu3BAC0wgUArs0MAKfOIAKezTEKlcs+FovISSOCxlIuesNaOHLB&#10;YkBrwGpHZL5zTV69fFNZvIhXVLuVW1C7pV1Ou7leTbzbXUu5919OsfZgUar2YFOl9mBVofZgVaH2&#10;YFWh9mBVofZgVaH2YFWh9mD/dwgA64wAANObAADGqAIAu7ECALK7AgCqxwYAotMKAJ3WGgGV1iwG&#10;jNQ6EYPSRh160E8ncs5YMWrNYDhky2g/XspyRVjKfElUyYhNT8mVUUzJpVNKyblUScrcU0fI91VI&#10;wPxYSrj7WUyy+1pOrfpaTq36Wk6t+lpOrfpaTq36Wk6t+lr/fwAA3JMAAMqiAAC8rAEAsbUAAKjA&#10;AwCfywYAltkLAJHgGwGK3ywGgt85DnneQxdx3U0gatxWKGPbXy9d2mc1WNlxOlPZez5P2YhCS9mW&#10;RUjZpkdG2rpIRdvbR0TY9ElC0/9NRMn/T0XC/1BHu/9SR7v/Uke7/1JHu/9SR7v/Uke7/1LmigAA&#10;z5sAAL+nAACysAAAp7sAAJzGAwCT0QYAi+oOAIXoHwJ+6C0Gdug4Dm7oQRZm50odX+dSI1nnWylV&#10;52QtUOdtMUzneDVJ54Q4RuiROkPooDxA6bI+P+rLPj7o7z495v8/PeD/Qj/X/0RAzv9GQM7/RkDO&#10;/0ZAzv9GQM7/RkDO/0bWkwAAxKMAALSsAACntgAAm8EAAJDMAgCG2QYAgPISAHnyHwJx8isGavI2&#10;DGPzPxJd80cYV/NPHVLzVyFN9GAkSfRpKEb0cypC9X4tP/WLLzz2mTE69qkzOPe+NDb44TU29fk1&#10;NfP/NDfs/zY55f84OeX/ODnl/zg55f84OeX/ODnl/zjIngAAtqkAAKiyAACbvQAAj8gAAIPUAAB5&#10;6AcAc/wSAWv9HQJk/ScEXv4xCFj+Ow1T/0MRTf9LFUn/UxhF/1oaQf9jHT7/bB87/3YhN/+CIzT/&#10;kCUy/58nMP+wKC7/yCkt/+oqLP//Kiz//yov+f8qL/n/Ki/5/yov+f8qL/n/Ki/5/yq5pgAAqq4A&#10;AJy5AACOxQAAgdEAAHXeAABt+gkAZf8RAV7/GgJX/yMDUv8sBUz/NAdI/zwKQ/9EDD//TA48/1MQ&#10;OP9bEjX/YxQy/2wWL/93Fyz/hBkp/5MaJ/+iHCX/tB0k/8weI//tHiL//R8i//8fIv//HyL//x8i&#10;//8fIv//HyL//x+sqwAAnbYAAI/CAACAzgAAc9wAAGfpAABf/wYAWP8OAFH/FQFL/x0CRv8mA0H/&#10;LQQ8/zUFOP88BjT/Qgcx/0kILv9QCSv/Vwoo/18KJf9pDCP/dA0g/4IOHf+SDxv/ohAa/7IRGf/I&#10;Ehj/5RMX//oUF//6FBf/+hQX//oUF//6FBf/+hSfswAAkL8AAIDMAABy2gAAZOQAAFj1AABR/wEA&#10;Sv8LAET/EAE+/xcBOf8eAjT/JQIw/ywDLP8yBCj/OAQl/z4FIv9EBR//SgUc/1EGGv9ZBhf/YwcU&#10;/24HEv98CBD/jAgP/5wIDv+sCQ7/uwkN/9MJDf/TCQ3/0wkN/9MJDf/TCQ3/0wmRvAAAgckAAHLX&#10;AABk5AAAVOsAAEv/AABE/wAAPf8EADf/DAAx/xABLP8WASj/HAEk/yICIP8nAhz/LAIZ/zEDFv82&#10;AxP/PAMR/0IDD/9JBA3/UQQL/1oECf9mBAb/cwUD/4EFAv+QBQH/nAUB/6sFAf+rBQH/qwUB/6sF&#10;Af+rBQH/qwX/RCQC/z8uA/88NgT/QDgE/0E9Bv9BRQj/QVEN/0BdE/8/ahj/PHcc/zqEIP83kSP/&#10;Npsl/zWkJ/80rCj/NLUq/zO+K/8yyCv/MtUs/zHlLf8x8S3/Mfst/zD/Lf8w/y3/M/8t/zb/LP44&#10;/y35Ov8u9jv/LvY7/y72O/8u9jv/LvY7/y7/RSMC/z8uA/8+NAP/QjYE/0Q7Bv9EQwj/RU8N/0Rb&#10;E/9BaBn/P3Ud/zyCIf86jyT/OJon/zejKf82rCr/NrQs/zW9Lf80yC7/NNYu/zPmL/8z8i//Mvww&#10;/zL/MP8z/y//Nv8v/zn/L/k7/zD0Pf8x8T3/MfE9/zHxPf8x8T3/MfE9/zH/RiMC/0AtA/9BMgP/&#10;RjME/0g4Bv9IQAj/SUwO/0hYFP9FZRr/QnIf/0B/I/89jCb/O5gp/zqhK/85qi3/OLMu/ze9L/82&#10;xzD/NtUx/zbmMv818TL/Nfsy/zX/Mv82/zL/Ov8x+j3/M/M+/zTtQP806kH/NOpB/zTqQf806kH/&#10;NOpB/zT/RyIC/0EsA/9FLwP/STAE/0w1Bv9NPQj/TkgO/01UFf9LYRv/SG4g/0V7Jf9CiCj/P5Qr&#10;/z6eLv89py//PK8x/zy4Mv87wzP/Os80/zrhNf867jX/Ovg1/zr/Nf86/zX7Pv818kH/N+tC/zjl&#10;RP844UX/OOFF/zjhRf844UX/OOFF/zj/SCIC/0MsA/9ILAP/Ti0E/1ExBf9TOQj/VUUO/1NRFf9R&#10;XRz/Tmoh/0t3Jv9Igyv/RY8u/0SZMP9CojP/Qas0/0G0Nv9AvTf/P8k4/z/bOP8/6jn/P/U5/z//&#10;OftA/zjxQ/866EX/POFH/zzaSP891Un/PdVJ/z3VSf891Un/PdVJ/z3/SSEC/0QqA/9NKAP/UykE&#10;/1ctBf9ZNgj/XEIO/1tOFf9YWRz/VWUi/1JyKP9Pfi3/TIow/0qUM/9Injb/R6Y4/0avOf9FuDv/&#10;RcQ8/0TSPPxE5T34RPI99UX+PPFF/z7mSP9A3Er/QdJL/0HMTf9ByU3/QclN/0HJTf9ByU3/QclN&#10;/0H/SiAC/0gnAv9RJQP/WCUD/10qBP9gMwf/Yz8O/2JKFf9gVRz/XGEj/1ltKf9VeS7/UoQz/1CP&#10;Nv1OmTn7TKI7+kuqPfhKtD/3Sr5A9UnMQPFJ4UHtSvBB6kr8QuRK/0TYTP9FzE//RsZQ/0bAUf9G&#10;vlH/Rr5R/0a+Uf9GvlH/Rr5R/0b/TCAC/0wkAv9VIQL/XSED/2MnBP9nMQb/ajwM/2pHFP9nUhv/&#10;Y1wj/19oKvtcdDD3WX819VaKOfJUlDzwUp0/7lGmQexQr0PqT7pE6E7HROZP3UXhT+5F3U77SNRP&#10;/0nIUf9KwFP/SrpU/0q2Vf9KtFb/SrRW/0q0Vv9KtFb/SrRW/0r/TR8C/1AhAv9aHgL/Yh4C/2kl&#10;A/9tLQX/cTkL/3FEEv9vThr7a1gi9WZjKfFjbzDtYHo26VyFO+Zajz/kWJhC4VaiRN9Vq0bcU7ZI&#10;2lLDStZS2ErRU+xLzFP6TcVU/068Vv9PtVf/T7BY/06sWf9Nqlr/Tapa/02qWv9Nqlr/Tapa/03/&#10;Th4C/1MeAv9eGwL/ZxsC/24iA/9zKgT/dzUJ/3hAEPl3Shjyc1Qg7G9eKOdrajDiZ3U23mOAPNlf&#10;ikHUXZNG0VudSc5ZpkzLWLBOyFe8UMZWzVHDV+ZRvlf3UrhY/1OwWv9Tq1z/Uqdd/1KjXf9Rol3/&#10;UKJd/1CiXf9Qol3/UKJd/1D/Tx4C/1cbAv9iFwH/bBkC/3QgAv95JwP/fjIH+YA8DfF/RhXqe1Ad&#10;5HdbJt1zZi7VbXA30Gl6PstlhETHYo5JxGCXTcBeoFC9XapTu1u2VbhbxVa1W99WslzzV6xd/Vem&#10;Xv1WoWD+VZ5g/1ScYf9TmmH/U5ph/1OaYf9TmmH/U5ph/1P/UB0C/1oZAf9lFQH/cBcB/3gdAf9/&#10;JAL9hC4F84Y4CuqGQhHjhEsZ239XI9F5Yi/LdGw4xW92QMBsf0a8aIhLuGaRULVjm1OxYaVWrmCw&#10;Watfv1qpX9RbpmDvW6Jh+lqdY/tZmWT8WJZk/VeVZf5VlGX+VZRl/lWUZf5VlGX+VZRl/lX/UB0C&#10;/10XAf9pEgH/dBUB/30aAf+EIQH3iSoD7Y00B+SNPQ3ci0gW0YVUI8l/Xi7Cemg4vHVxQLdxekey&#10;boRNrmuNUqpollanZqBZo2WrXKBkuV6eZM1em2TqXphm+F2UZ/lckmj7WpBo/FmOaP1Xjmj9Vo5o&#10;/VaOaP1Wjmj9Vo5o/Vb/UhwB/18UAf9sEQH/eBMB/4EXAf+IHQHyjyUC55MvBN6VOAnTkEUVyotR&#10;IsKFWy67gGU4tHtuQa93d0iqdH9OpXCIU6Fukleda5xbmWqnXpZptWCUaMhhkmnmYI9q91+Na/hd&#10;i2v5XIls+1qIbPxYiGv8WIhr/FiIa/xYiGv8WIhr/Fj/VBoB/2ITAf9vEAH/exIA/4UUAPqNGQDt&#10;kx8B4pkoAtiZMwjMlUIUxJBOIbyLWS20hWI3roFrQKh8c0iieXxOnXaFVJlzjliVcZhckW+kYI1u&#10;sWKLbcNjiW7iYodv9mGGb/dfhW/5XYRv+luDb/tZg2/8WINv/FiDb/xYg2/8WINv/Fj/VhgB/2QR&#10;Af9yDgD/fhAA/4gRAPWRFADomBkA3Z4gAdGeMQfHmkATvpVMILaQViyui2A3p4ZoQKGCcEicfnlO&#10;lnuCVJJ4i1mNdpVdiXSgYYVzrmOCcr9kgHPeZIB09WJ/dPZgf3P4Xn5z+Vx+cvpafnL7WX5y+1l+&#10;cvtZfnL7WX5y+1n/WBcB/2cQAf91DgD/gQ4A/4wOAPGVEADjnREA1qMbAMuhLwbCnj4SuZlKHrCU&#10;VCupkF02ootmP5uHbkeVhHZOkIB/VIt+iFmGe5JdgXmeYX14q2R6eLxleXjZZXh59GJ5ePZgeXf4&#10;Xnl2+Vx5dfpaeXX7Wnl1+1p5dftaeXX7Wnl1+1r/WhUB/2kOAP94DAD/hAwA75ALAN2aCgDZogsA&#10;0KYYAMalLAW9ojwQtJ5IHauZUimjlVs0nJFjPpWNa0aPiXNNiYZ8U4SEhVh/gZBden+bYXZ+qGRz&#10;fbllcX7TZXF+8mNyffZgc3v3XnR6+Vx0efpbdXn7WnV5+1p1eftadXn7WnV5+1r/XRMB/2wNAP97&#10;CwD2iAkA3JMGANWdCQDRpQoAyqoVAMGpKgS3pjoPrqJGG6aeUCiemlkzlpZhPI+TaUSJj3FMg415&#10;Un2Kg1d4iI1cc4aZYG+EpmNshLdkaoTPZGqE8GJsgvZgbYD3Xm9/+VxvffpbcHz7WnB8+1pwfPta&#10;cHz7WnB8+1r/XxEB/28KAP9+CADjjAMA1pcFAM+gBwDKqAgAxK4TALutJwOyqzcNqadEGaCkTiaY&#10;oFcxkZxfOoqZZ0ODlm9KfZN3UHeRgFZyj4pabY2WXmiLo2Fli7RjY4vMY2OL7mFlifdfZ4b4XmmE&#10;+Vxqgvpaa4H7WmuB+1prgftaa4H7WmuB+1r/YhAA/3IHAPiCAwDbjwIAz5oFAMmjBgDDrAYAvbIQ&#10;ALWyJAKssDULo61CF5uqTCOSplUuiqNdOIOgZUB9nWxHdpt0TXCZfVNrlohYZpWUXGKUoV9fk7Jg&#10;XZPJYF2T7V9ekPheYYz5XGOK+ltkh/taZYb7WWWG+1llhvtZZYb7WWWG+1n/Zg0A/3cDAOOHAADT&#10;kwEAyp4EAMKnBAC7rwQAtbYNAK63IQKltjIJnbM/FZSwSiCMrVMrhKpbNH2oYzx2pWpDcKNySmqh&#10;e09loIZUYJ6RWFudn1tYnbBdVp3HXVad61xXmvpbWpX6WlyR+1lejvxYX438V1+N/FdfjfxXX438&#10;V1+N/Ff/agoA/3wAANyMAADNmAAAw6MDALqqAgCzswEArLwKAKa9HQGevC8Glro8EY24RxyFtVAn&#10;fbNZMHaxYDhvr2g/aa1wRWOreUpeqoRPWqmQUlWonlVSp69XUajGV1Cn6ldQpfxXU5/9V1Wa/VZX&#10;lv5WWJX+VViV/lVYlf5VWJX+VViV/lX/bwQA5oIAANKRAADGnQAAu6YBALKuAACqtwEAosIFAJzE&#10;GACVwyoEjcI5DYXARBh9vk4hdbxWKm66XjJouWY4YrduPl22eENYtYJHVLSPS1C0nU5Ns65QS7TF&#10;UEuz6lBKsf9RTKv/Uk6l/1JQof9SUZ7/UVGe/1FRnv9RUZ7/UVGe/1H/dgAA3YkAAMqXAAC+ogAA&#10;s6oAAKmzAACgvAIAmMYGAJHMEgCLzCUChMs0CXzJQBJ1yEobbcdTI2fFXCphxGQwXMNtNlfCdjpT&#10;woE/T8GOQkvBnUVIwa5GR8HFRkfB6kZEvv9JRbn/Skez/0tJrf9MSqv/TEqr/0xKq/9MSqv/TEqr&#10;/0zpfwAA0ZAAAMKeAAC1pwAAqq8AAKC4AACWwQIAjMsHAITVDQCA1R4BedUuBXLUPAxs00cUZdJQ&#10;G1/RWSFa0WInVdBrLFHQdTBNz4E0Sc+ON0bPnTlE0K47QtDGO0PQ6jpAzf0+Psv/QEDD/0JBvf9D&#10;Qrn/REK5/0RCuf9EQrn/REK5/0TdiAAAx5gAALijAACrqwAAoLQAAJW+AACLyAMAgNEHAHjhDQB0&#10;4R0BbuErA2jgNwhh4EIOXOBNFFfgVhlT4F8dT+BpIkvgcyVH4H4oROCLK0Lgmi0/4asvPuLBLz7i&#10;5S883/oxOd7/NDnZ/zY60P84O8z/OTvM/zk7zP85O8z/OTvM/znNkgAAvKAAAK2oAAChsQAAlbsA&#10;AInFAAB+zwIAdNoGAG7rEQBo6x4BYusqA13sNQZX7D8LUuxID03sURNK7VoWRu1jGUPtbRxA7Xge&#10;Pe6FITrukyM476MkNvC2JjXx0iY07/MmNOz/JjLr/ygy5/8rM+T/LDPk/ywz5P8sM+T/LDPk/yzB&#10;nAAAsKYAAKOuAACWuAAAicMAAH3NAABx2AAAZ+YGAGL2EQBc9x0BV/cnAlL3MQRN+DoGSPlCCUT5&#10;SwtB+lQOPvpcEDv7ZRI4+28UNft7FjL8iRgw/ZgZLv2qGyz+vxwr/+MdKvz6HSr6/x0q9/8cKvf/&#10;HSr3/x0q9/8dKvf/HSr3/x2zowAApKsAAJe2AACJwQAAe8sAAG/WAABj3wAAW/UGAFX/EABQ/xkB&#10;S/8jAkb/LANC/zQEPv88BTr/QwY3/0sHNP9TCDH/Wwku/2QKK/9vDCj/fA0m/4sOJP+cECL/rhEh&#10;/8USIP/pEx///BMe//8THv//Ex7//xMe//8THv//Ex7//xOmqQAAmLMAAIq/AAB7ygAAbtUAAGDf&#10;AABU5wAATv8EAEn/DgBD/xQAP/8dATr/JQI2/ywCMv8zAy//OgMr/0EEKP9IBCX/TwUi/1cFIP9g&#10;Bh3/bAca/3kHGP+KCBb/mwgV/60JFP/DCRP/4wkT//gJE///ChP//woT//8KE///ChP//wqasQAA&#10;i70AAHzIAABt1AAAX+AAAFHmAABH9QAAQf8AADz/CQA3/xAAMv8VAS7/HQEq/yMBJv8pASL/LwIf&#10;/zUCHP87Ahn/QgMW/0kDE/9RAxH/WgMP/2YEDf90BAv/hQQK/5YFCf+oBQj/uQUH/9AFB//jBQf/&#10;4wUH/+MFB//jBQf/4wWNugAAfccAAG3TAABf4AAAUOcAAELtAAA6/wAANf8AAC//AgAq/woAJv8P&#10;ACL/FAAe/xoBGv8fARb/IwET/ygBEP8tAQ7/MwEM/zkCCv9BAgf/SQID/1MCAP9eAgD/bAIA/3wD&#10;AP+NAwD/nQMA/6wDAP+1AwD/tQMA/7UDAP+1AwD/tQP/OScC/zMyAv81NAP/ODYD/zg7BP82QwX/&#10;M04H/zFbCf8vaA3/LXYR/yuEFP8pkRb/KZsY/yikGf8orRr/KLUb/ye+HP8nyBz/J9Qd/yfkHf8n&#10;7x7/J/ke/yf/Hv8n/x7/J/8d/yj/Hf8r/x7/Lf8f/C//H/wv/x/8L/8f/C//H/wv/x//OicC/zQx&#10;Av84MQP/OzQD/zs5BP86QQX/N0sH/zVYCv8zZQ7/MXMS/y+BFf8tjhf/LZgZ/yyhG/8sqhz/K7Id&#10;/yu7Hv8rxB//K9Af/yrhIP8q7SD/Kvcg/yr/IP8r/yD/K/8f/yz/H/8v/yH8Mf8i9zP/Ivcz/yL3&#10;M/8i9zP/Ivcz/yL/OyYC/zUwAv87LwL/PjED/z82BP8+PQX/PEgH/ztVC/85Yg//N28T/zV9F/8z&#10;ihn/MpUb/zGeHf8wpx7/MK8f/zC3IP8vwCH/L8si/y/cIv8v6iP/L/Uj/y/+I/8v/yL/MP8i/zD/&#10;I/sz/yX1Nf8l8Df/JvA3/ybwN/8m8Df/JvA3/yb/PCYC/zktAv8/LAL/Qy0D/0QyBP9DOQX/Q0UH&#10;/0JSC/9AXxD/PmsV/zt4GP85hRv/N5Ae/zeaIP82oyH/Nasi/zWzI/80vCT/NMYl/zTUJf805ib/&#10;NPEm/zT7Jv81/yX+Nf8m+jb/KPM4/ynsOv8p5jz/KuY8/yrmPP8q5jz/KuY8/yr/PSUC/z0qAv9D&#10;KAL/RykD/0ktBP9KNgX/SkEH/0lNDP9HWhH/RWcW/0J0Gv9AgB3/Powg/z2VIv88niT/O6Ym/zuu&#10;J/86tyj/OsEo/zrNKf864Sn+Ou4p+zr5Kfc7/yn2Ov8r8Dv/Leg9/y7hP/8u20H/LttB/y7bQf8u&#10;20H/LttB/y7/PiUC/0EmAv9IJAL/TCUC/08pA/9SMwX/UT4H/1FJDP9PVhL/TGIX/0pvHP9HeyD/&#10;RYYj/0ORJf9Cmif/QaIp/0GqKv1Asiv8QLws+z/ILfg/2y30QOst8ED3Le1A/y/rP/8x5EH/MttD&#10;/zPRRP8zy0b/M8tG/zPLRv8zy0b/M8tG/zP/QCQC/0UjAv9MIAL/UiEC/1YmA/9ZLwT/WToH/1lG&#10;DP9WURL/VF0Y/1FqHf5OdSH8TIEl+UqLKPdJlSv1R50s80emLvJGri/wRbgw70XEMe1F0zHoRugx&#10;5Ub2MuJF/zXfRP8200f/N8pI/zjESv84v0v/N79L/ze/S/83v0v/N79L/zf/QSMB/0kfAf9RHAH/&#10;VxwC/1wjAv9gLAP/YDYG/2BBC/9eTRH9W1gY+FhkHfRVcCPxU3wn7lCGK+tPkC7pTZkw50yhMuVM&#10;qjPjS7Q04kvANeBLzzXbS+Y21Ur0ONFK/zrOSv88xEz/PL1N/zy4T/88tE//O7RP/zu0T/87tE//&#10;O7RP/zv/QiIB/0wcAf9VGAH/XBkB/2MgAv9mKAP/aDIF/2g9CfpmSBD0Y1MX7mBfHepdayPmWnYo&#10;4leBLd9VizDcU5Qz2VGdNtVQpjjTT6860E+7O85OyTzLT+E9x0/yPsNP/0DAT/9Bt1H/QbFS/0Ct&#10;U/9AqlT/P6pU/z+qVP8/qlT/P6pU/z//Rh8B/1AZAf9ZFQH/YhcB/2gdAf9sJAL/by4D+W84B/Fu&#10;RA7ra04V5WhbHN9kZyPaYHEq1F17L9BbhTTMWI44yVeXO8dVoD3EVKk/wlO0Qb9TwkK9U9ZDuVPt&#10;RLZT/UWzVP9FrFb/RKdX/0SkWP9DoVj/QqFY/0KhWP9CoVj/QqFY/0L/SB0B/1MWAf9dEgH/ZhQB&#10;/20ZAf9yIQH7dSkC8nYzBel2Pgvic0oS229XGtJrYiPNZ2wryGR2McRhfzfAXok7vVySPrpbmkG3&#10;WaREtViuRrJXu0ewV81IrVjoSKpY+kmnWf9IoVr/SJ1b/0ebXP9GmVz/RZlc/0WZXP9FmVz/RZlc&#10;/0X/SxoB/1cTAf9hEAD/axIA/3IWAP94HAH1eyQB630tA+J+OQfZe0YQ0HZTGslxXiTDbWgsvmpx&#10;M7pnezi2ZIM9smKMQa9glUWsXp9HqV2pSqZctkukXMdMolziTZ9d90ycXv9MmF//SpVg/0mTYP9I&#10;kWD/R5Fg/0eRYP9HkWD/R5Fg/0f/ThgB/1oRAf9kDgD/bxAA/3YTAPx9FwDvgR4B5IQnAtuENAXQ&#10;gUMPyHxPGcF4WiO7c2QstXBtM7Fsdjqtan8/qWeIQ6VlkUeiY5tKn2KlTZxhsU+ZYMFQl2DcUJVh&#10;80+TYv9OkGP/TI5k/0uMZP9Ki2T/SItk/0iLZP9Ii2T/SItk/0j/UBYB/1wQAP9oDQD/cg4A/3oQ&#10;APaBEgDphhcA3oogAdKKMATJhkAOwYJNGbp9VyO0eWEsrnVqNKlycjqkb3tAoGyERJ1qjUiZaJdM&#10;lWehT5JmrVGQZb1SjmXUU4xm8FGLZ/9QiGf/Todo/0yGaP9LhWf/SYVn/0mFZ/9JhWf/SYVn/0n/&#10;UhQB/18OAP9rCwD/dQwA+X4NAPCFDgDjixAA1o8aAMyOLgTDiz0Nu4dKGLSDVSKtfl4rp3tnM6J3&#10;bzqddHhAmXKARZVviUmRbZNNjWyeUIpqqlOHarlUhWrPVIRr7lODbP9Rgmz/T4Fr/02Aa/9MgGv/&#10;SoBr/0qAa/9KgGv/SoBr/0r/VBIB/2EMAP9uCgD9eAkA6IIIANyJCQDYjwsA0JMXAMaTKwO+kDsM&#10;toxIF66IUiGnhFwroYBkM5x8bTqXeXVAknd9RY51hkqKcpBOhnGbUYJvp1R/b7ZVfW/LVnxv61R8&#10;cP9Se3D/UHtv/057b/9Ne27/S3tu/0t7bv9Le27/S3tu/0v/VxEA/2MKAP9wBwDwfAUA3IUFANSM&#10;CADQkwkAypYUAMGXKQO5lDkLsZBGFqmNUCCiiVoqnIViMpaCajmRf3I/jHx6RYd6g0qDeI1Of3aY&#10;UXt1pFR4dLNWdnTIVnV06FV1df1TdXT/UXVz/092cv9NdnH/THZx/0x2cf9MdnH/THZx/0z/WRAA&#10;/2YHAP9zBADhfwEA1ogEAM+QBgDKlggAxJoSALybJgK0mDcJrJVEFKSRTh+djlcolopgMZCHaDiL&#10;hHA/hoJ4RIF/gUl9fYtNeHuWUXR6olRxebFWb3nFVm565lVuevxTb3n/UXB3/09xdv9NcXX/THF1&#10;/0xxdf9McXX/THF1/0z/Ww4A/2kEAPZ3AADdggAA0IsDAMmTBQDEmQYAvp4QALafJAKunTQIpppB&#10;E5+WTB2Yk1UnkZBeL4uNZTeFim09gIh1Q3uFfkh2g4hMcoKTUG6AoFNrf65VaH/CVmd/41VogPpT&#10;aX7/UWp8/09re/9NbHn/TGx5/0xsef9MbHn/TGx5/0z/XgwA/2wBAOZ6AADWhgAAy48CAMSXBAC+&#10;nQQAuKIOALGjIQGpojIHoZ8/EZmcShuSmVMli5ZcLYWTYzV/kWs7eo5zQXWMfEZwioVLa4iRT2eH&#10;nVJkhqxUYoa/VWGG4VRhhvlSY4T/UGWB/09mf/9NZ37/TGd+/0xnfv9MZ37/TGd+/0z/YQoA/28A&#10;AOB+AADQiQAAxpMBAL+bAwC4oQIAsaYLAKqoHgGjpy8Fm6U9D5SiSBmMn1EihZxZK3+aYTJ5mGk5&#10;dJVxP2+TeURqkoNIZZCOTGGPm09ejqpSW469UlqO3lJbjfhQXIv/T16I/05ghf9MYYP/S2GD/0th&#10;g/9LYYP/S2GD/0v/ZAUA9XQAANqCAADLjgAAwZcAALieAQCxpQAAqasHAKOtGgCcrCwElas6DI2o&#10;RRaGpk8ff6RXKHmiXy9zoGY1bZ5uO2icd0BjmoFFX5mMSVuYmUxXl6hOVZe7T1SX3E5UlvZOVZT/&#10;TViQ/0xZjf9LW4r/SluK/0pbiv9KW4r/SluK/0r/aAAA5XkAANGHAADFkgAAu5wAALGiAACpqQAA&#10;obECAJuzFQCVsygCjrI2CYawQhJ/rkwbeKxUI3KqXCpsqGQxZ6dsNmKldTtdpH9AWaOKQ1Wil0dR&#10;oadJT6G6Sk6i2UlOoPVJTp//SVCZ/0lSlv9IVJL/R1SS/0dUkv9HVJL/R1SS/0f/bgAA3n8AAMqN&#10;AAC+mAAAs6AAAKqnAAChrgAAl7YAAJG6EACMuiMBhbkyBn64Pg53tkkXcbVSHmuzWiVlsmIrYLFq&#10;MFuwczVXr305U66JPU+tlkBMraVCSq25Q0mu2EJIq/VDR6r/REml/0RLoP9ETZz/RE2c/0RNnP9E&#10;TZz/RE2c/0TqdQAA0oYAAMOTAAC3nQAArKQAAKKrAACYswAAjrsBAIXBDACBwh0Ae8ItA3XBOglv&#10;wEURab9PGGO+Vx5evV8jWbxoKFW7cS1Ru3swTbqHNEq6lTdHuqU5Rbq4OkS61zlDuPU7Qrb/PUKz&#10;/z5Erv8+Ran/PkWp/z5Fqf8+Ran/PkWp/z7gfQAAyY0AALuaAACuogAAo6kAAJixAACOuQAAhMEC&#10;AHnJBwB0yxQAcMwmAWvLNQVly0AKYMpLEFvKVBZXyV0aUsllH07IbyNLyHomR8iGKUTIlCxCyKQu&#10;QMi4Lz/J1y8/x/UwPcT/MzvD/zU8vv82Pbj/Nz24/zc9uP83Pbj/Nz24/zfRhgAAwJUAALKfAACl&#10;pwAAmq8AAI63AACDvwAAeMcDAG7PBwBl1w0AY9gdAGDYLQJb2DoEV9hGCVPYUA1P2FkRS9diFUfX&#10;bBhE13cbQdeEHj7YkyA82KMhO9m3Ijra1SI61vIjN9T/JzbS/yk00f8rNsr/LTbK/y02yv8tNsr/&#10;LTbK/y3FkAAAtp0AAKilAACcrQAAj7YAAIO+AAB3xwAAbM8CAGLWBwBa5A4AWOQcAFTkKQFQ5DUD&#10;TOU/BUjlSQdF5VMKQuZcDT/mZg885nESOud+FDfnjBY155wXM+iuGTLpxhky6OoZMeX+GS/k/xwu&#10;5P8eLeL/IC3i/yAt4v8gLeL/IC3i/yC6mgAAqqMAAJ2rAACQtAAAg70AAHfGAABrzwAAX9YAAFTe&#10;BABR8BAATfAbAErwJgFG8TACQvI6Az7yQwQ780sFOPNUBzb0XQgz9GgJMPV0Cy71gQws9pEOKvai&#10;Dyj3txAn+NYRJ/b0ESbz/xEm8f8RJfH/EyXx/xMl8f8TJfH/EyXx/xOtoQAAoKkAAJKzAACEvAAA&#10;dsYAAGnPAABd2AAAUd8AAEnuBABG/A4AQv0XAD7+IQA7/ioBN/8zAjT/OgIw/0IDLf9KAyv/UwQo&#10;/1wFJf9mBSL/cwYg/4MHH/+UCB3/pggc/7wIG//iCRr/+Qka//8JGf//CRn//wkZ//8JGf//CRn/&#10;/wmipwAAk7EAAIW7AAB2xgAAadAAAFvaAABO4AAAQ+UAAD77AQA6/wwANv8TADL/GwAv/yMAK/8q&#10;ASj/MQEk/zcBIf8/Ah//RgIc/04CGf9YAxb/YwMT/3ADEv+BBBH/kwQQ/6cED/+9BQ7/4AUO//YF&#10;Dv//BQ7//wUO//8FDv//BQ7//wWVrwAAhroAAHfFAABo0AAAWtsAAEzhAABA5wAAN/MAADL/AAAu&#10;/wcAKv8OACb/EwAj/xoAH/8gABv/JgAY/ysBFf8yARL/OAEQ/0ABDv9IAQz/UgEJ/10CBv9rAgT/&#10;fQIC/5ACAf+jAgD/tgIA/80DAP/sAwD/7AMA/+wDAP/sAwD/7AOIuQAAeMQAAGnQAABb3QAAS+MA&#10;AD7pAAAy7gAAK/8AACb/AAAh/wAAHf8IABr/DQAW/xEAE/8WABD/GgAO/x8AC/8kAAn/KgAG/zAA&#10;Av83AQD/QAEA/0oBAP9WAQD/ZAEA/3UBAP+IAQD/mgEA/6oBAP+7AQD/uwEA/7sBAP+7AQD/uwH/&#10;LysB/ysyAv8vMQL/MDQC/y85A/8rQQP/J0wE/yNYBf8hZgb/IHQH/x6CCf8ejgv/HpgM/x6hDf8e&#10;qQ7/HrAP/x24D/8dwRD/HcsQ/x3bEf8d6BH/HfIR/x38Ef8e/xH/Hv8Q/x7/EP8f/xH/H/8S/yH/&#10;E/8i/xP/Iv8T/yL/E/8i/xP/LysB/y4wAv8yLwL/MzEC/zI2A/8vPgP/K0kF/ylWBv8nYwf/JXEI&#10;/yR+C/8jigz/I5UO/yKeD/8iphD/Iq0R/yK1Ef8ivRL/IscS/yLUE/8i5RP/IvAT/yL6E/8i/xP/&#10;I/8S/yP/Ev8j/xT/JP8V/ib/Fvwn/xb8J/8W/Cf/Fvwn/xb/MCoB/zEtAv81KwL/Ny0C/zYyA/80&#10;OgP/MkUF/y9SBv8tYAf/LG0K/yp6DP8phg7/KJEQ/yiaEf8oohL/J6oT/yexFP8nuRT/J8MV/yfP&#10;Ff8n4RX/J+0V/yf4Ff8o/xX/KP8V/yj/Fv8n/xf8Kf8Y9iv/GfQs/xn0LP8Z9Cz/GfQs/xn/MSkB&#10;/zQpAf85KAL/OyoC/zwuAv86NgP/OUIF/zdPBv81XAj/M2kL/zF2Dv8wghD/L40S/y6WFP8unhX/&#10;LaYW/y2tFv8ttRf/Lb4Y/y3KGP8t3Bj/LeoY/y31GP0u/xj6Lv8Y+S3/Gvkt/xzzL/8c7TH/Heoy&#10;/x3qMv8d6jL/Heoy/x3/MykB/zgmAf89JAH/QCUC/0EpAv9CMwP/QT4F/z9KBv89Vwn/O2QM/zlw&#10;D/83fRL/NogU/zWRFv81mhf/NKIZ/zSpGf8zsRr/M7ob/zPFG/0z0xv6M+Yb9zTzG/M1/hvxNP8d&#10;8DP/H+4z/yDnNv8h4Tf/Id44/yHeOP8h3jj/Id44/yH/NScB/z0iAf9CIAH/RiAB/0glAv9KLwP/&#10;SToE/0dGBv9FUgn/Q18N/0FrEf8/dxT/PYIX/jyMGfw8lRr7O50c+TulHfg6rR72OrYe9TrAH/M6&#10;zh/wOuMf6zvxH+g6/SHmOv8j5Dr/JeE6/yXYPP8m0D3/Js0+/ybNPv8mzT7/Js0+/yb/OSQB/0Ee&#10;Af9HGwH/SxsB/08iAf9RKwL/UTYE/09BBv9MTQn/S1oO/ElmEvhHchb1RX0Z80OHG/FCkR3vQpkf&#10;7UGhIOxBqSHqQLIi6EC8IudAyiPkQd8j4EHvJNxA/CfYQP8p1D//Ks9A/yrHQv8qwkP/KsBD/yrA&#10;Q/8qwEP/KsBD/yr/PCAB/0UaAf9LFwH/URcB/1YfAf9YJwL/WDED/1c8BfxVSAn2UlQO8lBhE+5O&#10;bRfqTHgb50qCHuVJjCDiSJUi4EedJN5HpSXcRq4m2kW5J9hFxijURdwpz0buKstF+y3IRf8uxUX/&#10;L8BG/y+6SP8vtUn/LrRJ/y60Sf8utEn/LrRJ/y7/QB0B/0kWAf9QEwH/VhQA/1wbAf9fIwH/YCwC&#10;+l83BPNdQgjtWk8N51hcE+JWaBjeU3Ic2lF9INZPhiTSTo8n0E2YKc1MoCvLS6ktyUqzLsdKvy/F&#10;StAwwkvoML1L+DK6Sv8zuEv/M7NM/zOuTf8zqk7/MqlO/zKpTv8yqU7/MqlO/zL/QxoB/0wTAP9U&#10;EAD/XBIA/2EXAP9lHgH7ZicB8mYxA+plPQbjY0oL3GBXEtVdYhnQWm0fzFd3I8hVgCfFVIkrwlKS&#10;LsBRmjC+UKMyu0+tNLlPuTW3T8g2tE/iNrFP9DeuUP84rFD/OKdR/zejUv82oFP/NZ9T/zWfU/81&#10;n1P/NZ9T/zX/RhcB/1ARAP9YDQD/YBAA/2YTAP9qGQD0bCEB6m0rAuFsNwTZakUK0GdSEspjXhrF&#10;YGggwV5yJr1ceyq6WoQut1iMMbRXlTSxVZ42r1SoOK1UszqqU8I7qFPaO6VU8DyiVf88oVX/O51W&#10;/zqaV/85l1f/OJdX/zeXV/83l1f/N5dX/zf/SRQA/1MOAP9cDAD/ZQ0A/2sPAPpvEwDschkA4nQj&#10;AdhzMgPOcUIJx21PEsFqWhq7Z2Qht2RtJ7NidiyvX38wrF6HNKlckDenW5k6pFmjPKFZrj6fWL0/&#10;nVjRQJpZ7D+YWf4/l1r/PpRb/zyRW/87j1v/Oo9b/zqPW/86j1v/Oo9b/zr/TBIA/1YNAP9gCQD/&#10;aAoA+m8MAPNzDgDldxEA2nkbAM95LgLHdz4Jv3RLEblwVhqzbWAhr2ppKKpnci2nZXoyo2ODNqBh&#10;jDmdYJU8ml6fP5ddqkGVXbhCk13LQ5Bd6EOPXvxBjl//QItf/z6KX/89iF//PIhf/zuIX/87iF//&#10;O4hf/zv/ThEA/1gKAP9jBwD6bAYA53MGAN14CADaewsA0X4XAMh+KwLAfDsIuXlIEbJ2Uxmscl0h&#10;p29mKKNtbi6fanczm2h/N5hmiDuVZZE+kWObQY5ip0OMYbRFiWHHRYhi5UWGYvpDhmP/QoRj/0CD&#10;Y/8+gmP/PYJj/zyCY/88gmP/PIJj/zz/UA8A/1sHAP9mAwDsbwIA3HYDANR8BwDRgAkAyoIUAMKD&#10;KAK6gTkHs35GEKx7URmmd1ohoXRjKJxyay6Yb3MzlG18N5FrhDuNao4/imiYQoZno0SEZrFGgWbD&#10;R39m4Ud/Z/hFfmj/Q35o/0F9Z/8/fGf/Pnxn/z18Z/89fGf/PXxn/z3/Ug4A/10DAP1pAADhcgAA&#10;1noCAM5/BQDKgwgAxYYSALyHJgG1hjYGroNDD6eAThihfFggm3lgJ5Z3aS2SdHAzjnJ5N4pwgTyG&#10;bos/g22VQ39soUV8a65Hemu/SHhr3Uh4bPZGeGz/RHds/0J3a/9Ad2r/P3dq/z53av8+d2r/Pndq&#10;/z7/VAwA/18AAPJsAADddgAA0H0CAMmDBADEhwYAv4oQALeMIwGwijQFqYhBDqKFTBecgVUfln9e&#10;JpF8Zi2MeW4yiHd2N4R1fzuAdIg/fHKSQ3hxnkZ1cKxIc2+9SXFw2UlxcPRHcXH/RHJw/0Jyb/9B&#10;cm7/P3Ju/z5ybv8+cm7/PnJu/z7/VgoA/2IAAOZvAADXeQAAzIEBAMWHAwC/iwQAuY4OALKQIAGr&#10;jzEFpIw/DZ2KShaWh1MekYRcJYuBZCyGf2sxgn1zNn57fDt6eYY/dneQQnJ2nEVvdalIbHW6SWt1&#10;1ElrdfJHa3X/RWx1/0Ntc/9BbXL/P21y/z9tcv8/bXL/P21y/z//WQcA/2UAAOJyAADRfAAAx4QA&#10;AMCKAgC5jwIAs5IMAKyUHQCmky8EnpE8C5iPSBSRjFEci4laJIaHYiqBhWkwfIJxNXiBejp0f4M+&#10;cH2OQmx8mkVpe6dHZnq4SGR70Ehke/BHZXv/RGZ6/0NneP9BaHb/P2h2/z9odv8/aHb/P2h2/z//&#10;WwQA92kAAN12AADNgAAAw4gAALuOAAC0kwEArZcJAKeYGgCgmCwDmZY6CpKURRKMkk8aho9XIoCN&#10;Xyh7i2cudolvM3KHdzhthYE8aYSLQGaCl0NigaVGYIG2R16BzUdege9GX4H/RGB//0Jhff9BYnv/&#10;P2N6/z9jev8/Y3r/P2N6/z//XgAA6W0AANZ5AADIhAAAvowAALaTAACulwAAppsEAKCdFwCanSkC&#10;k5w3CIyaQxCGmE0YgJZVH3qUXSZ1kmUscJBsMWyOdTZnjX46Y4uJPl+KlUFciaNEWom0RViJy0VY&#10;iO1EWIj/Q1mG/0Fbg/9AXYH/Pl2A/z5dgP8+XYD/Pl2A/z7/YgAA5HEAAM9+AADDiAAAuZEAALCX&#10;AACnmwAAnqEAAJijEwCToyUBjaI0BoahQA2An0oVeZ1THHSbWiNvmWIoaphqLmaWcjJhlXw3XZSG&#10;OlmSkz5WkqFAU5GyQVKSyUJSketBUpD/QFKP/z9Vi/8+Voj/PVeH/z1Xh/89V4f/PVeH/z35ZwAA&#10;3XYAAMmDAAC9jQAAs5UAAKmbAACgoAAAlqcAAI+pDwCLqiEBhakwBH+oPAp4p0cSc6VQGG2jWB5o&#10;omAkZKFnKV+gcC5bnnkyV52ENlOckTlQnJ87TpuwPUycxz1Mm+o8TJn/PEyY/zxNlf88T5H/O1CP&#10;/ztQj/87UI//O1CP/zvrbQAA03wAAMOJAAC3kwAArJoAAKKfAACZpQAAjqsAAIWwCwCBsRsAfLEr&#10;AnewOAdxr0MNa65NFGatVRlhrF0eXatlI1mqbidVqXcrUaiCL02njzJKp541SKevNkenxjZGpuk2&#10;RaT+N0Wj/zdGoP83SJz/N0ma/zdJmv83SZr/N0ma/zfidAAAyoMAALyPAACwmAAApZ4AAJukAACQ&#10;qwAAhbEAAHq4BAB2uRQAcrklAW25MwRouD8IY7hJDl63UhNatloYVrZiHFK1ayBOtHUkS7SAJ0iz&#10;jipFs50sQrOuLUGzxS5Bs+ktQLD+Lz+v/zE+rf8yQKj/MkGm/zJBpv8yQab/MkGm/zLVfAAAwooA&#10;ALWWAAConQAAnaMAAJKqAACHsQAAfLcAAHC+AwBowg4AZsMdAGPDLQFewzkEWsNECFbCTgxSwlcQ&#10;T8FfFEvBaRdIwXMaRcB+HULAjCA/wJsiPcCtIzzBxCM8wOkjOr7+Jji8/yg3u/8pOLj/Kji2/ys4&#10;tv8rOLb/Kzi2/yvJhQAAuZMAAKycAACgogAAlKoAAIixAAB8uAAAcb4AAGbFAwBbywgAV80TAFbO&#10;IwBTzjIBUM4+A03PSAVJz1IIRs9bC0PPZQ5Az28QPs97EzvPiRU5z5kXN8+rGDbQwxg2z+gYNM37&#10;GzLL/x0xyv8fMMn/IS/I/yEvyP8hL8j/IS/I/yG+jwAAr5oAAKKhAACWqQAAirAAAH24AABxvwAA&#10;ZsYAAFvMAgBQ0gcAR9oMAEbcGABF3CcARN01AUHdQAI/3ksDPd5VBDrfXwY432kHNd92CTPghAsx&#10;4JQML+GmDS7hvA4t4uAOLd74Dyvd/xIq3P8UKdr/Fija/xYo2v8WKNr/Fija/xazmAAApaAAAJmn&#10;AACLsAAAfrgAAHHAAABlyAAAWc4AAE7TAABE2wQAP+kNAD3pFwA76iMAOeouADbrOAE060IBMexL&#10;Ai/tVQMt7V8DKu5rBCjueAUm74gGJe+aByPwrgci8cgHIvDtByHs/wch6/8IIOv/Ch/q/wsf6v8L&#10;H+r/Cx/q/wuonwAAm6YAAI2vAAB/uAAAccEAAGTKAABY0AAATNYAAEHdAAA45AAANfYMADP3FAAw&#10;9x4ALvgnACv5MAAo+TgBJvpAASP7SQEh+1IBHvxdAhz9aQIa/XkDGP6LAxf/ngMV/7MEFP/TBBT+&#10;9AQT/P8DE/r/AxP5/wMT+f8DE/n/AxP5/wOdpQAAj64AAIC4AABywgAAZMsAAFbTAABJ2gAAPt8A&#10;ADTkAAAu9AAAK/8KACj/EAAl/xcAIv8fAB//JgAc/y0AGf80ABf/PAAU/0QBEv9OARD/WQEO/2cB&#10;DP93AQv/igIK/58CCf+1Agj/1QIH//QCB///Agf//wIH//8CB///Agf//wKRrQAAgrgAAHPCAABk&#10;zAAAVtUAAEjdAAA74gAAMOcAACfuAAAj/wAAIP8EABz/DAAZ/xEAFv8WABP/GwAR/yEADv8nAA3/&#10;LgAK/zYAB/8+AAT/SAAA/1QAAP9iAQD/cwEA/4cBAP+dAQD/sgEA/8oBAP/qAQD/8wEA//MBAP/z&#10;AQD/8wGEtwAAdMEAAGXMAABW2AAAR98AADnlAAAt6gAAI+4AABz9AAAY/wAAFf8AABH/BAAP/wsA&#10;Df8OAAn/EQAG/xUAA/8aAAD/IAAA/yYAAP8uAAD/NwAA/0EAAP9NAAD/XAAA/20AAP+CAAD/lgAA&#10;/6gAAP+6AAD/wwAA/8MAAP/DAAD/wwD/JC8B/yUvAf8oLwH/JzEB/yQ2Av8gPgL/GkkD/xdWA/8V&#10;ZAP/E3IE/xJ/BP8SigT/EpQE/xKdBf8SpAX/EqwG/xKzBv8Sugb/EsMG/xPOB/8T3wf/E+sH/xP2&#10;B/8T/wf/E/8G/xP/Bv8U/wf/FP8I/xP/CP8V/wn/Ff8J/xX/Cf8V/wn/JS4B/yktAf8rLAH/Ky4B&#10;/ykzAv8kOwL/H0YD/x1TA/8bYQT/GW4E/xd7BP8XhwX/F5EF/xeaBv8XoQb/F6kH/xewB/8Xtwj/&#10;F8AI/xjKCP8Y2wj/GOgI/xj0CP8Y/Qj/Gf8I/xn/CP8Z/wn/Gf8K/xj/C/8a/wv/Gv8L/xr/C/8a&#10;/wv/Ji0B/ywpAf8uKAH/LyoB/y0vAv8pNwL/J0MD/yRQA/8iXQT/IGoF/x53Bf8egwb/Ho0H/x6W&#10;B/8engj/HqUJ/x6sCf8eswn/HrwK/x7GCv8e0wr/HuUK/x7xCv8f/Ar+H/8K/R//C/wf/wz8Hv8N&#10;/B//Dvch/w73If8O9yH/Dvch/w7/KioB/y8mAf8yJAH/MyUB/zIqAf8xNAL/Lz8D/y1MA/8qWQT/&#10;KGYF/yZyBv8lfgf/JYkI/yWSCf8lmgr/JaEL/yWoC/8ksAz/JLgM/yXBDP8lzg3/JeEN/CXvDfkm&#10;+gz2Jv8N9Sb/D/Ql/xD0Jf8R8ib/Eu0n/xLtJ/8S7Sf/Eu0n/xL/LiYB/zQiAf83IAH/OSEB/zgl&#10;Af85LwL/ODsC/zVHA/8zVAX/MWEG/y9tB/8ueQn/LYQK/y2NDP8slg3/LJ0N/yylDv0srA/8LLQP&#10;+yy9D/ksyRD2LN0Q8y3sD+8t+A/tLf8S6yz/FOos/xXpLP8W5S3/FuAu/xbgLv8W4C7/FuAu/xb/&#10;MiMB/zgdAf88GwH/PhsB/0AiAf9BKwH/QDYC/z5CA/88TwX/OVwG/zhoCP02cwv7NX4M+DWIDvc0&#10;kQ/1NJkQ8zSgEfIzqBLwM7AS7zO5E+4zxRPrNNcT5zTqEuM09xThNP8X3jP/Gdwz/xrbM/8a1DT/&#10;Gs41/xrONf8azjX/Gs41/xr/Nh8B/zwZAf9BFgD/RBYA/0ceAf9JJwH/SDIC/0Y9A/9ESQX6QlYH&#10;9kBiCfI/bgzvPXkP7TyDEOo8jBLoO5QT5zucFOU7pBXjOq0V4jq2FuA7whbfO9IW2jvoF9Q69hrQ&#10;Ov8czTr/Hss6/x7KOv8fxDv/H8A8/x7APP8ewDz/HsA8/x7/ORsB/0AVAP9FEQD/ShMA/04ZAP9Q&#10;IgH/UCwB/U43AvZLQwTwSVAH60hdCudGaQ3jRXQQ4ER+E91DhxXbQpAX2EGYGNVAoBnTQKkb0UCy&#10;HM9AvR3NQMwdykHkHsZA9CDCQP8iv0D/I71A/yO7QP8jtkH/I7NC/yKzQv8is0L/IrNC/yL/PRcA&#10;/0QRAP9KDgD/UBAA/1QVAP9WHQD9ViYB81UxAetTPQPlUksG31BYCtpOYw7UTG4T0Ep4Fs1JgRnL&#10;SIobyEeSHcZHmh/ERqMhwkasIsBFtyO+RcUkvEXcJLhG8CW1Rv8nskb/J7BG/yeuRv8nqkf/JqdI&#10;/yanSP8mp0j/JqdI/yb/QBQA/0gOAP9OCwD/VQ4A/1kRAP9cFgD0XR8A6lwqAeJbNwLaWkYF0ldT&#10;C8xVXhDIU2gVxFFyGcFQexy+T4QfvE2MIrlNlSS3TJ0mtUunJ7NLsSmxSr8qr0rRKqxL6yupS/ws&#10;pkv/LKVM/yujTP8qn03/Kp1N/ymdTf8pnU3/KZ1N/yn/QxEA/0sMAP9TCAD/WgsA/14NAPlgEADr&#10;YRYA4WIhANZiMQHOYUEFx19OC8JcWRG9WmQXuVhtG7ZWdh+zVX4isFOHJa5SjyirUZgqqVCiLKdQ&#10;rC2lT7kvo0/LL6BQ5i+eUPkwnFD/L5pR/y6YUf8tllL/LJRS/yuUUv8rlFL/K5RS/yv/RhAA/04J&#10;AP9WBQD+XgYA72IHAOdlCgDkZg4A1mcZAM1oLQHFZz0Fv2VKC7ljVRK0YF8XsF5pHKxccSGpWnok&#10;plmCKKRYiyuhVpQtn1WdL5xVqDGaVLQzmFTFM5ZU4TSTVfYzklX/MpFW/zGPVv8wjVb/LoxX/y2M&#10;V/8tjFf/LYxX/y3/SQ4A/1EFAP9aAQDuYgAA32cDANhqBgDVawoAzW0VAMVuKQG+bTkEt2tHC7Fo&#10;UhGsZlwYqGRlHaRibSKhYHUmnl5+KZtdhi2YXI8vlVqZMpNZpDSQWbA2jlnANoxZ2zeKWfM2iVr/&#10;NIhb/zOHW/8xhlv/MIVb/y+FW/8vhVv/L4Vb/y//SwwA/1QAAPteAADiZQAA2GsBAM9uBQDMcAgA&#10;xnISAL5zJgG3czYEsXBECqtuTxGma1kYoWlhHZ1naiKZZXInlmN6KpNigy6QYIwxjV+VNIpeoDaH&#10;Xq04hV28OYNd1DmCXvA4gV//NoBf/zSAX/8zf1//MX5f/zB+X/8wfl//MH5f/zD/TQkA/1YAAO5h&#10;AADdaQAA0W8AAMpzAwDFdQYAwHYQALh4IwCxeDMDq3ZBCaVzTBCfcFYXm25fHZZsZyKTam8nj2h3&#10;K4xnfy+JZYgyhWSSNYJjnTeAYqo5fWK5Ontizzt6Yu45emP/OHpj/zZ5Y/80eWP/Mnli/zF5Yv8x&#10;eWL/MXli/zH/TwcA/1kAAOZkAADXbAAAzHMAAMR3AgC/eQQAuXoOALJ8IACsfDEDpXo+CZ94ShCa&#10;dVMXlXNcHZFxZCKNb2wniW10K4VsfC+CaoUyf2mPNXxomzh5Z6c6dma2O3RmzDxzZ+s7c2f/OHNo&#10;/zZzaP81c2f/M3Nm/zJzZv8yc2b/MnNm/zL/UQQA/1wAAOJnAADScAAAx3YAAMB6AAC6fQIAtH8M&#10;AK2BHQCngS4CoH88CJp9Rw+VelEWkHhaHIt2YiGHdGkmg3JxK39xei98b4MyeG6NNXVtmDhybKU7&#10;cGu0PG5ryTxta+k7bWz+OW1s/zdubP81bmv/NG5q/zJuav8ybmr/Mm5q/zL/UwAA9F8AAN5qAADN&#10;cwAAw3oAALt+AAC1gQAAroMJAKiFGgCihSsCm4Q6B5WCRQ6Qf08Vin1YG4Z7XyCBeWclfXdvKnp2&#10;dy52dIAyc3OLNW9yljhscaM6aXCyPGhwxjxncOc7Z3H8OWhx/zdocP81aW//NGlu/zNpbv8zaW7/&#10;M2lu/zP/VgAA62IAANhuAADJdgAAv30AALeCAACwhQAAqIcGAKKJFwCciikBlok3BpCHQwyLhU0T&#10;hYJVGYCAXR98f2UkeH1tKXR7dS1wen4xbXmINGl3lDdmdqE6Y3awO2F2xDxhduU7YXb7OWJ2/zdj&#10;df81Y3P/NGRy/zNkcv8zZHL/M2Ry/zP/WAAA5mYAANJxAADFegAAu4EAALKHAACrigAAoowCAJyO&#10;FACXjyYBkY40BYuMQAuFikoRgIhTGHuGWx12hWMicoNqJ26CcitqgHsvZ3+GM2N+kTZgfZ45XXyu&#10;Olt8wTtbfOM6W3z6OFx7/zdde/81Xnn/NF93/zNfd/8zX3f/M193/zP+XAAA4WoAAM11AADAfgAA&#10;toYAAK6LAACljgAAm5EAAJWTEQCQlCIBi5MxA4WSPQl/kUgPeo9RFnWNWRtxjGAgbIpoJWiJcClk&#10;h3ktYYaDMV2FjzRahJw2V4OsOFWDvzlVg+E4VYL5N1aC/zVWgf80WH//M1l9/zJZff8yWX3/Mll9&#10;/zLvYAAA224AAMd6AAC7gwAAsosAAKiQAACfkwAAlJYAAI2ZDgCJmh4AhJouAn6ZOgd5l0UNdJZO&#10;E2+VVhhqk14dZpJlIWKRbSZej3YqW46BLVeNjTBUjJozUYyqNU+MvTVPjN41T4v3NE+K/zNQif8y&#10;UYb/MVKE/zFShP8xUoT/MVKE/zHqZQAA0nMAAMJ/AAC2iAAArJAAAKKUAACYmAAAjJwAAISfCgCA&#10;oBkAfKEpAXegNgVyn0EKbZ5LD2idUxRknFsZYJtjHVyaayFYmXQlVZh+KVGXiixOlpguS5aoMEqW&#10;vDFJltwwSZT2MEmT/zBJkv8wSpD/L0uN/y9Ljf8vS43/L0uN/y/iawAAynkAALyFAACxjwAAppQA&#10;AJuZAACRnQAAhqIAAHqmAwB2pxMAc6gkAG6oMgNqqD0GZadHC2GmUA9dpVgUWaRgGFWjaBxSo3Ef&#10;TqJ8I0uhiCZIoZYoRaCmKkShuitDodoqQ5/1K0Kd/ytCnP8sQpv/LESX/ytEl/8rRJf/K0SX/yvX&#10;cgAAw4AAALaMAACqlAAAn5kAAJSeAACJowAAfqgAAHCuAABqsA4AaLEdAGWxLAFhsTgDXbBDBlmw&#10;TApVr1QOUq9dEU6uZRVLrm8YSK15G0Wthh5CrJUgP6ylIj6tuSM9rdgiPav1Izyp/yU7p/8mO6b/&#10;Jjuk/yY7pP8mO6T/Jjuk/ybMegAAu4gAAK6SAACimQAAl54AAIykAACAqgAAda8AAGm0AABeuQYA&#10;W7oUAFm7JABWuzEBU7s9A1C7RwVNu1AHSrpZCke6Yg1EumwQQbp3Ez65hBU8uZMXObmjGDi5txk3&#10;utYZN7j0GjW2/xw0tP8eM7P/HzOy/yAzsv8gM7L/IDOy/yDBgwAAtJEAAKaYAACbngAAj6UAAIKr&#10;AAB2sQAAa7YAAF+8AABUwQMATMUNAEvFGQBJxigASMY1AEXHQAFDx0oDQMdTBD7HXQY7x2cIOcdz&#10;CjfHgAw0x5ANMsehDjHItQ8wyNMPMMb0EC7E/xMtwv8VLMH/FivA/xcrwP8XK8D/FyvA/xe4jQAA&#10;qpcAAJ6eAACRpQAAhKwAAHiyAABruQAAYL8AAFTDAABKyAIAQM0HADrSDgA50hsAONMoADfTNQA2&#10;1EAANNVLATPVVQEx1mACL9ZsAy3XegQr2IsFKtidBSjZsQYn2s0GJ9fvBibU/wkl0v8LJNH/DCPQ&#10;/w0j0P8NI9D/DSPQ/w2ulgAAoJ0AAJSkAACGrAAAebQAAGy7AABgwgAAVMYAAEjLAAA+0AAANdUE&#10;AC3dCgAs4RMAK+IfACnjKgAo5DUAJ+Q/ACblSgAk5lUAI+ZhASHnbgEg534CHuiQAh3ppAIb6bwC&#10;GuriAhrm/AIZ5f8DGeT/BBjj/wUY4/8FGOP/BRjj/wWjnQAAlqQAAIisAAB6tQAAbL0AAF/EAABT&#10;ygAAR84AADzTAAAy2gAAKt8AACXuCQAj8BEAIfEZAB/xIgAd8isAG/M0ABn0PgAX9EgAFfVSABP2&#10;XwAS9m4BEfeAARD4lAEP+aoBDvnGAQ757QEN9v8BDfT/AQ3z/wEN8/8BDfP/AQ3z/wGZowAAi6wA&#10;AHy1AABtvgAAX8YAAFLNAABF0gAAOdgAAC/eAAAm4gAAH+oAABz7BgAZ/w4AF/8TABT/GgAS/yEA&#10;EP8oAA7/MAAN/zkAC/9DAAn/TgAG/1wABP9sAAL/gAAB/5YAAP+tAAD/ygAA//AAAP//AAD//wAA&#10;//8AAP//AAD//wCNqwAAfbUAAG6/AABgyAAAUtAAAEPXAAA33QAAK+IAACLmAAAZ6gAAFfkAABL/&#10;AAAQ/wgADv8OAAz/EQAJ/xYABv8cAAP/IgAA/yoAAP8zAAD/PQAA/0kAAP9XAAD/aQAA/34AAP+V&#10;AAD/rAAA/8cAAP/oAAD/+gAA//oAAP/6AAD/+gCAtQAAcL8AAGHJAABS0wAAQ9sAADXhAAAp5gAA&#10;HuoAABXuAAAQ+AAADv8AAAv/AAAI/wAABP8GAAD/CgAA/w4AAP8RAAD/FQAA/xsAAP8jAAD/KwAA&#10;/zYAAP9DAAD/UwAA/2UAAP96AAD/kQAA/6YAAP+4AAD/zwAA/88AAP/PAAD/zwD/HC8B/yAsAf8h&#10;LAH/Hi4B/xozAf8UPAH/D0YB/w1UAv8LYQL/CW8C/wl7Av8JhgL/CZAC/wmZAv8JoAL/CacC/wmt&#10;Av8JtAL/CbwB/wnFAf8J0QL/CeMC/wnvAv8J+QH/Cv8B/wr/Af8K/wL/Cv8C/wr/Av8L/wP/C/8D&#10;/wv/A/8L/wP/Hy0B/yMpAf8kKQH/IisB/x4wAf8YOAH/FEMB/xFQAv8QXgL/DmsC/w53Av8OgwL/&#10;Do0C/w6VAv8OnQL/DqQC/w6qAv8OsQL/DrkC/w7BAv8OzQL/Dt8C/w7sAv8O+AL/Dv8C/w7/Av8P&#10;/wP/D/8D/w//BP8Q/wT/EP8E/xD/BP8Q/wT/IyoB/yYmAf8oJQH/JycB/yMrAf8eMwH/G0AB/xlN&#10;Av8WWgL/FGcC/xNzAv8TfgL/E4kD/xORA/8TmQP/E6AC/xOnA/8TrgP/E7UD/xO+A/8TyQP/E9oD&#10;/xTpA/4U9gP7FP8D+RX/A/kV/wT4Ff8F+BX/BvgV/wb4Ff8G+BX/BvgV/wb/JiYB/yoiAf8sIAD/&#10;KyIB/ygmAf8nMAH/JDwB/yJJAv8fVQL/HWIC/xtuA/8begP/GoQD/xqNA/8alQP/GpwE/xqjBP8b&#10;qgT/G7IE/xu6BP8bxQT8G9ME+RvnBPUc9ATyHP8F8Rz/BvAc/wfvHf8I7x3/Ce8c/wnuHP8J7hz/&#10;Ce4c/wn/KiIB/y4dAP8wGwD/MBwA/zAiAP8wLAH/LjcB/ytEAv8oUQL/Jl0D/yRpA/8jdQT/I38E&#10;/iOIBP0jkQX7I5gF+iOgBfgjpwb3I64G9SO3BvQjwQbyJM8G7iTkBuol8gboJf4I5iT/CuQl/wvj&#10;Jf8M4yT/DOIk/wzhJP8N4ST/DeEk/w3/Lh4A/zMYAP81FgD/NRUA/zgdAP84JwH/NzMB/zQ/Af8y&#10;SwL/L1gD+y5kBPgtbwT1LHoF8yyDBvEsjAbvLJQH7SycCOwsowjqLKsI6SyzCOcsvgnmLMwJ4i3i&#10;CN4t8QrbLP4M1i3/DtQs/w/SLP8Q0Sz/EM8s/xDOLf8Qzi3/EM4t/xD/MhkA/zcUAP86EQD/PBIA&#10;/z8ZAP9AIgD/Pi0B/zw5Afo6RQL0OFID8DdeBOw2agXpNXQG5jV+COQ0hwjiNJAJ4DSYCt40nwrc&#10;M6cL2jOwDNgzuwzVM8kN0jTfDc408A/KNP0SxzT/E8U0/xTDNP8VwzP/FcA0/xW/NP8UvzT/FL80&#10;/xT/NhUA/zsQAP8+DQD/Qw8A/0YUAP9GHAD/RiYA9kQyAe9CPwHpQEwD5D9ZBN8+ZAbbPW8I2Dx5&#10;CtQ8ggzRO4sNzzuTD806mhDLOqIRyTqrEsg6tRPGOsITxDrVFMA76xW8OvsXuTr/GLc6/xm2Ov8Z&#10;tTr/GLI7/xixO/8YsTv/GLE7/xj/ORIA/z8NAP9DCQD/SAwA/0sQAP9MFQD1TB8A60oqAORJNwHd&#10;SUYC1UdTBNBGXwjMRWkLyURzDcZDfBDDQoQSwUKME79BlRW9QZ0Wu0CmF7pAsBi4QLwZtkDMGrNB&#10;5hqvQfccrUH/HatB/x2pQf8cqUH/HKZB/xulQf8bpUH/G6VB/xv/PRAA/0IJAP9IBQD/TQgA/1AL&#10;APlRDwDrUBUA4U8gANhQMQDPUEECyU9OBcROWgnATGQNvUttELpKdhO3SX4VtUiHF7NHjxmxR5cb&#10;r0agHK1Gqh6rRbYfqUXGH6dG4CCkRvQgoUb/IZ9H/yCeR/8gnkf/H5tH/x6aR/8emkf/HppH/x7/&#10;QA0A/0YEAP9MAAD4UgIA6FUEAOFVCADiVQ0A1VUZAMxXLADFVzwCv1ZKBrpVVQq2U18OslJoEq9Q&#10;cRWsT3kYqk6BGqhNih2lTJIfo0ycIKFLpiKfS7EjnUvAJJtL2CWZS/Allkz/JJVM/ySUTP8jk0z/&#10;IpFN/yGRTf8hkU3/IZFN/yH/QgoA/0kAAP9RAADmVwAA3VsBANVcBQDSWwkAy1wUAMNeKAC8XjgC&#10;tl1GBrFbUQqtWVsPqVhkE6ZWbBejVXQaoFR9HZ5ThR+bUo4imVGXJJdQoSaVUK0nklC8KJFQ0CiO&#10;UOwojVH+J4tR/yaLUf8lilL/JIlS/yOIUv8jiFL/I4hS/yP/RQcA/0sAAPBVAADfWwAA02AAAMxh&#10;AwDIYQYAw2ERALtkJAC1ZDQCr2NCBaphTgqlX1cPoV1gFJ5caBibW3AbmFl4HpVYgSGTV4okkFaT&#10;Jo5VniiLVakqiVS3K4dUyyuFVekrhFX8KoNW/yiDVv8nglb/JYFW/ySBVv8kgVb/JIFW/yT/RwMA&#10;/08AAOdYAADZYAAAzWQAAMZmAQDBZgQAu2YOALRpIACuaTECqGg/BaNmSgqfZVQPmmNdFJdhZRiT&#10;YG0ckF51H45dfSKLXIYliFuQKIVamiqDWaYsgFm0LX9Zxy59WeYtfFr6LHta/yp7W/8oe1v/J3ta&#10;/yZ6Wv8lelr/JXpa/yX/SQAA+1IAAONcAADSYwAAx2gAAMBrAAC6awIAtWsNAK5tHQCobi4Bo208&#10;BZ1rSAqZalEPlGhaFJBmYhiNZWocimNyIIdieiOEYYMmgWCMKX5flyt7XqMteV6xL3ddxC91XuIv&#10;dV75LXVf/yt1X/8pdV//KHVe/yZ1Xv8mdV7/JnVe/yb/SwAA8FUAAN5fAADNZwAAw2wAALtvAAC1&#10;cAAAr28KAKhxGgCjcisBnXI5BJhwRQmTbk8Oj21YFItrYBiHaWcchGhvIIFndyN9ZoAmemSKKXdj&#10;lCx1Y6EucmKvL3BiwTBvYt8wbmP3Lm9j/yxvY/8qb2P/KG9i/ydvYv8nb2L/J29i/yf/TQAA61gA&#10;ANljAADJagAAv3AAALdzAACwdAAAqXQHAKN2FwCedygBmHY3BJN1QgiOc0wOiXFVE4VwXRiBbmUc&#10;fm1sH3tsdCN4an0mdGmHKXFokixuZ54ubGesMGpnvjFpZ9wwaWf1Lmln/yxpZ/8qamf/KWpm/yhq&#10;Zv8namb/J2pm/yf/UAAA51sAANNmAADFbgAAu3MAALN3AACreQAApHgDAJ16FACYeyUBk3s0A456&#10;QAeJeEoNhHZTEoB1Wxd8c2IbeHJqH3VxciJyb3smb26FKWxtkCxpbJwuZmyqMGRsvDFjbNkwY2z0&#10;L2Ns/y1kbP8rZGv/KWVq/yhlav8oZWr/KGVq/yj9UwAA418AAM5pAADBcQAAt3cAAK97AACnfQAA&#10;nn0AAJh+EQCTgCIAjoAxAol/PgaEfUgMf3xREXt6WRZ3eWAac3doHm92cCFsdXglaXSCKGZzjitj&#10;cpouYHGoL15xujBdcdQwXXHyLl5x/yxecP8rX3D/KWBv/yhgbv8oYG7/KGBu/yjxVQAA3mIAAMpt&#10;AAC9dQAAs3sAAKuAAACiggAAmIEAAJGDDwCNhR8AiIUuAoOEOwV+g0UKeoFOD3WAVhRxf14Ybn1m&#10;HGp8bSBne3YjY3qAJ2B5iypdeJgsWnemLlh3uC9Xd9EvV3fxLlh2/yxYdv8qWXX/KVp0/yhadP8n&#10;WnT/J1p0/yftWQAA12YAAMVxAAC5egAAr4AAAKaEAACdhgAAkYcAAIqJDACGihsAgosrAX2KOAR4&#10;iUIIdIhMDW+HVBJshVsWaIRjGmSDax5hgnQhXYF9JFqAiShXf5YqVX6kLFJ+ti1Rfs4tUX3vLFJ9&#10;/ytSfP8pU3v/KFR6/ydUev8nVHr/J1R6/yfoXgAA0GsAAMB2AAC0fgAAq4UAAKGJAACXiwAAiY0A&#10;AIOPCAB+kBcAe5EnAXaRNANykD8GbY9JC2mOUQ9ljVkTYoxgF16LaBtbinEeV4l7IVSIhiRRh5Qn&#10;T4aiKU2GtCpLhswqS4XuKUyE/ylMg/8oTIP/J02B/yZOgf8mToH/Jk6B/ybhYwAAyXAAALt7AACw&#10;hAAApooAAJuOAACRkQAAhJMAAHqVAgB1lxIAcpgiAG+YMAJqlzsEZpdFCGKWTgxflVYPW5RdE1iT&#10;ZRdVk24aUZJ4HU6RhCBLkJEjSZChJEeQsiZFkMomRY/tJUWN/yVFjP8lRov/JEaK/yRGiv8kRor/&#10;JEaK/yTYaQAAw3YAALWBAACrigAAn48AAJWTAACKlgAAfpoAAHCdAABrnw4AaJ8cAGagKgFioDcC&#10;X59BBVufSghYnlILVJ5aDlGdYhJOnGsVS5x1GEibgRpFm48dQpqfH0CasCA/msggP5nrHz+Y/yA+&#10;lv8hPpX/IT+U/yE/lP8hP5T/IT+U/yHNcAAAvH0AALCIAACkjwAAmZQAAI6YAACDnQAAd6AAAGmk&#10;AABgpwgAXagUAFupJABZqTEBVqk8AlOpRQRQqE4GTahXCUqoXwxHp2gORKdzEUGmfxQ+po0WPKad&#10;Fzqmrxg5pscYOaXqGDij/xo3of8bN6D/HDef/xw3n/8cN5//HDef/xzEeAAAtYUAAKmPAACdlQAA&#10;kpoAAIafAAB6owAAbqgAAGKsAABVsAAAULIOAE6yGwBNsygAS7M1AEmzPwFGs0kCRLNSBEGzWwY/&#10;s2QIPLNvCjqzeww3s4oONbKaDzOzrRAys8UQMrLpEDGw/hIwrv8UL63/FS+s/xYvrP8WL6z/Fi+s&#10;/xa7gQAAro4AAKGVAACWmgAAiaAAAH2mAABxqwAAZa8AAFm0AABOtwAAQ7wFAEC9EQA/vR4APr4r&#10;ADy+NgA7v0EAOb9LATe/VAI1wF8CM8BqBDHAdwUvwIYGLcCXByvAqggqwcIIKsDnBym9/QoovP8M&#10;J7r/DSe5/w4nuf8OJ7n/Die5/w6yjAAApZQAAJmaAACNoQAAf6cAAHKtAABmswAAWrgAAE+7AABE&#10;vwAAOsQCADDJCAAuyhEALcodACzLKQAryzUAK8xAACrNSgAozVYAJ85hACbObwEkzn8BI8+RAiHP&#10;pQIg0L0CIM/kAh/N+gMey/8EHsr/BR3J/wYdyf8GHcn/Bh3J/waolAAAnJoAAJChAACCqAAAdK8A&#10;AGe2AABbvAAATsAAAEPDAAA5xwAAL8wAACfQBAAf1goAG9oQABvbGgAa2yYAGtwxABndPAAY3UgA&#10;GN5VABffYgAW4HIAFeCFABThmgAT4rEAEuPPABLg9AAS3v8BEd3/ARHb/wIR2/8CEdv/AhHb/wKe&#10;mgAAkqEAAISpAAB2sQAAaLgAAFu/AABOxAAAQsgAADfMAAAt0AAAJNUAABzbAAAV3wUAFOkOABLq&#10;FAAR6x0AEOsmAA7sMAAO7ToADe5GAAvuUwAK72IACfB0AAjxiQAH8qAABfK6AATx5AAC8f0AAu//&#10;AAPt/wAD7f8AA+3/AAPt/wCVoQAAhqkAAHiyAABpugAAW8IAAE3IAABAzAAANNEAACrWAAAh2wAA&#10;GeAAABLkAAAP8AEADfkKAAv6DwAJ+xUAB/scAAT8JAAB/CwAAPw3AAD8QgAA/FAAAPxhAAD9dQAA&#10;/IwAAPykAAD8wQAA/OsAAPz/AAD9/wAA/f8AAP3/AAD9/wCJqQAAebIAAGq7AABcxAAATswAAD/R&#10;AAAy1wAAJ90AAB3hAAAV5QAADugAAArxAAAI/QAABf8DAAH/CQAA/w4AAP8SAAD/FwAA/x8AAP8n&#10;AAD/MQAA/z4AAP9NAAD/XwAA/3UAAP+NAAD/pgAA/8IAAP/nAAD//AAA//8AAP//AAD//wB8swAA&#10;bLwAAF3GAABOzwAAP9YAADHdAAAl4gAAGuYAABHqAAAM7gAABfIAAAD/AAAA/wAAAP8AAAD/AAAA&#10;/wUAAP8KAAD/DgAA/xIAAP8YAAD/IQAA/ysAAP85AAD/SgAA/10AAP9zAAD/jAAA/6QAAP+5AAD/&#10;1AAA/94AAP/eAAD/3gD/GCwA/xkpAP8ZKAD/FSsA/xAwAP8LOAH/A0QB/wBRAf8AXgH/AGwB/wB4&#10;Af8AggH/AIwB/wCUAf8AnAD/AKIA/wCoAP8ArwD/ALYA/wC+AP8AyAD/ANcA/wDnAP8A8wD/AP0A&#10;/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/GykA/x0mAP8cJQD/GScA/xMsAP8ONAD/&#10;C0AB/whOAf8FWwH/A2gB/wJ0Af8CfwH/AogB/wKRAf8CmAH/Ap8B/wGlAP8BrAD/AbIA/wG6AP8B&#10;xAD/AdEA/wDkAP8A8QD/APwA/AH/APwC/wD8A/8A/AT/AfwF/wH8Bf8B/AX/AfwF/wH/HyYA/yEi&#10;AP8gIQD/HiMA/xgnAP8TMAD/ETwB/w5KAf8NVwH/C2MB/wpvAf8KegH/CoQB/wqNAf8KlAH/CpsB&#10;/wqiAf8KqAH/Cq8B/wq3Af8KwAD/CswA/wrgAPsK7wD3CvoA9Qv/AfUM/wH0Df8B9A3/AvQN/wL0&#10;Df8C9A3/AvQN/wL/IiIA/yQdAP8kHAD/Ih0A/x4iAP8cLAD/GTgA/xZFAf8TUgH/El4B/xBqAf8Q&#10;dQH/EH8B/xCIAf8QkAH/EJcB/xCeAf8QpQH9EKwB/BCzAfoQvQH5EckB9RHdAfER7QHuEfkB7BL/&#10;AusT/wLqE/8D6RP/A+kT/wPpE/8D6RP/A+kT/wP/Jh0A/ygYAP8oFgD/JhYA/yYdAP8mKAD/IzQA&#10;/yBAAP8dTQH/G1kB/xllAf4ZcAH8GHoB+RiDAfcYjAH2GJMB9BiaAfMYoQHxGagB8BmwAu4ZugLt&#10;GcYC6hrZAuYa6wHiG/kC4Bv/A94c/wTdHP8F3Bz/Bdwc/wXbHP8F2xz/Bdsc/wX/KhkA/y0TAP8t&#10;EQD/LREA/y4ZAP8tIgD/LC4A/yk6AP8mRwH6JFQB9iNgAfIiawHvInUC7SJ+AusihwLpIo8C5yKW&#10;AuUingLkIqUC4iKtAuEjtwLfI8MC3SPWAtgk6gPSJPkFzyX/Bs0l/wfLJf8IyiX/CMok/wjKJP8I&#10;yiT/CMok/wj/LhQA/zEQAP8yDQD/NA4A/zUUAP81HAD/MycA+jE0APMvQQDuLU4B6SxaAeUsZQLi&#10;LHAC3yt5At0rggPaK4sD2CuSBNUrmgTTK6IE0SuqBc8rswXNK78GzCzPBsgt5wfELfcJwS3/Cr8t&#10;/wu9Lf8MvC3/DLws/wy7LP8Muyz/DLss/wz/MREA/zUMAP82BwD/OgsA/zwQAP87FQD4OR8A7zcr&#10;AOc2OQDhNUcA3DVUAdU1YALRNWoDzjRzBMw0fAXKNIUGyDSNB8YzlAjEM5wJwjOlCcEzrgq/M7kL&#10;vTPIC7s04Qu3NPMNtDT/D7E0/w+wNP8QrzT/EK40/w+uNP8PrjT/D640/w//NQ4A/zgHAP88AgD/&#10;QAYA/0ELAPpBDwDtPxYA4zwiANo9MQDSPkEAzD5PAsg+WgPEPWQFwT1uB788dgi8PH4KujuHC7g7&#10;jwy3O5cNtTqfDrM6qQ+xOrQQrzrCEa462RGqO+8Spzv/E6U7/xSkO/8Tozv/E6I7/xOiO/8Sojv/&#10;EqI7/xL/OAoA/zwAAP9BAAD1RQAA5kYCAOFFBwDjQg0A1UMZAMxFLADGRzwBwUdJArxGVQS5RV8G&#10;tURoCbNDcQuwQ3kNrkKBD6xCiRCqQZESqEGaE6dApBSlQK8Vo0C8FqFA0BaeQeoXnEH8F5pB/xeY&#10;Qf8XmEH/FpdB/xWXQf8Vl0H/FZdB/xX/OwYA/z8AAPlGAADlSwAA3E4AANNNBADRSgkAykoUAMJN&#10;JwC8TjcBt05FArJNUAWvTFoIq0tjCqhKbA2mSXQPpEl8EaFIhBOfR4wVnUeVF5tGnxiZRqoZl0a4&#10;GpZGyhuTRuYbkUf5G49H/xqOR/8Zjkf/GI1H/xiNR/8XjUf/F41H/xf/PgIA/0MAAOtLAADdUQAA&#10;0VQAAMpUAQDGUgUAwVERALlTIgCzVTMBrlRBAqpUTAWmU1YIolFfDJ9QZw+dT28Rmk53FJhOfxaW&#10;TYgYk0yRGZFMmxuPS6YdjUuzHotLxR6JS+Ieh0z3HoZM/x2FTP8chU3/GoVM/xmFTP8ZhUz/GYVM&#10;/xn/QAAA/EcAAOVQAADVVgAAylkAAMJaAAC9WAMAuFcOALFZHgCsWi8Bp1o9AqJZSQWeWFMJm1db&#10;DJdWZBCVVWsSklRzFY9TexeNUoQai1GNHIhRlx6GUKMfhFCwIIJQwSGAUN0hflH0IH1R/x99Uf8d&#10;fVH/HH1R/xt9Uf8afVH/Gn1R/xr/QgAA8EoAAN9UAADOWgAAxF4AALxfAAC2XgAAsVwLAKteGgCl&#10;YCsAoGA6ApxfRQWXXlAJlFxYDJBbYBCNWmgTi1lwFohYdxiFV4Abg1aJHYBWlB9+VZ8he1WtInlU&#10;vSN4Vdcjd1XyInZW/yB2Vv8fdlb/HXZW/xx2Vv8bdlb/G3ZW/xv/RQAA7E4AANpYAADJXgAAv2IA&#10;ALdkAACxYwAAq2EIAKRjFwCfZCgAmmU3ApZkQwWRY00IjmFVDIpgXRCHX2UThF5sFoFddBl+XH0c&#10;fFuGHnlakSB3Wp0idFmqJHJZuiVxWdIlcFrwI29a/yJvWv8gcFr/HnBa/x1wWv8ccFr/HHBa/xz/&#10;SAAA51IAANNbAADFYgAAu2YAALNoAACsaAAApWYFAJ9nFACaaSUAlWk0ApBoQASMZ0oIiGZTDIRl&#10;WxCBZGITfmNqFntichl4YXocdmCEHnNfjiFwXpojbl6oJWxduCVqXs4maV7uJGle/yJqXv8gal7/&#10;H2pe/x5qXv8dal7/HWpe/x35SgAA41UAAM9fAADBZQAAt2oAAK9sAACnbAAAn2oBAJlrEQCUbSIA&#10;kG4xAYttPQSHbEcHg2tQC39qWA98aGATeGdnFnZnbxlzZngccGWBHm1kjCFqY5gjaGKmJWZitiZk&#10;YswmZGLsJWRi/yNkYv8hZWL/H2Vi/x5lYv8dZWL/HWVi/x3yTAAA31gAAMpiAAC9aQAAs24AAKtw&#10;AACicAAAmW4AAJNwEACPch8AinIuAYZyOwOCcUUHfXBOC3puVg52bV4Sc2xlFXBrbRhtanUbaml/&#10;HmdpiiFlaJYjYmekJWBntCZfZ8kmXmfqJV5n/iNfZ/8hX2b/H2Bm/x5gZv8eYGb/HmBm/x7vTwAA&#10;2lwAAMZlAAC6bQAAsHIAAKd1AACddAAAlHMAAI10DQCJdhwAhXcrAYF3OAN8dkMGeHVMCXR0VA1x&#10;c1sRbnJjFGtxaxdocHMaZW98HWJuhyBfbZQiXWyiJFpssiVZbMclWGzoJVls/SNZa/8hWmv/H1tr&#10;/x5bav8eW2r/Hltq/x7rUwAA02AAAMJpAAC2cQAArHYAAKN5AACZeQAAjXcAAId5CwCDexgAf3wo&#10;AHt8NQJ3e0AFc3pJCG95UQxseFkPaHdhE2V2aBZidXAZX3R6HFx0hR9ac5EhV3KgI1VysCRTcsUk&#10;U3LnJFNx/CJUcf8gVHD/H1Vw/x5Vb/8dVW//HVVv/x3lVwAAzWQAAL5tAACydQAAqHsAAJ9+AACT&#10;fQAAh30AAIB/BwB8gBUAeIEkAHWCMgFxgT0EbYBGB2mATwpmf1YNY35eEWB9ZhRdfG4XWnt3Gld6&#10;gh1Ueo8fUXmdIU95riJOecMiTXjlIk13+yFOd/8fTnb/Hk91/x1Pdf8dT3X/HU91/x3fXAAAyGgA&#10;ALlyAACuegAApYAAAJqCAACOggAAgIMAAHmFAgB0hhEAcYggAG6ILgFqiDkCZ4dDBWOHTAhghlML&#10;XYVbDlqEYxFXhGsUVIN1F1GCgBpOgY0cS4GbHkmBrB9IgMEgR4DjH0d/+h5Ifv8eSH3/HUl8/xxJ&#10;fP8cSXz/HEl8/xzWYQAAwm4AALR4AACqgAAAn4UAAJSHAACIhwAAe4kAAHCMAABrjg0AaI8aAGaP&#10;KQBikDUBX48/A1yPSAVZjlAIVo5YC1ONYA5QjGgQTYxyE0qLfRZIiooYRYqZGkOKqhtCir8bQYrh&#10;G0GI+RtBhv8bQYX/G0KF/xpChP8aQoT/GkKE/xrNZwAAvHQAAK9+AAClhgAAmooAAI6MAACCjQAA&#10;dZAAAGeUAABhlQgAXpcUAFyXIwBamC8AV5g6AVSYRANSl0wFT5dUB0yXXAlJlmUMR5ZvDkSVehFB&#10;lYgTP5SXFT2UqBY7lL0WO5TfFjqS+Bc6kP8XOo//FzqO/xc6jv8XOo7/FzqO/xfFbgAAtnsAAKqF&#10;AACeiwAAlI8AAIiSAAB7lAAAbpcAAGKbAABXngAAUqAOAFGgGwBPoSgATaE0AEuhPgFJoUcCR6FQ&#10;A0ShWAVCoWEHP6BrCT2gdws6oIUNOKCUDjagpg81oLsQNKDdDzSd9xAznP8SM5r/EjOZ/xMzmf8T&#10;M5n/EzOZ/xO9dwAAr4MAAKOLAACYkQAAjZUAAIGZAABznAAAZ58AAFuiAABPpgAAR6kIAESqEgBD&#10;qh8AQasrAECrNwA/rEEAPaxKATusUwI5rFwDN6xnBDWscwUyrIEGMKyRBy6sowgtrLgJLKzZCCyq&#10;9QorqP8LKqb/DCql/w0qpf8NKqX/DSql/w21gAAAqIsAAJyRAACRlgAAhZwAAHigAABrpQAAX6gA&#10;AFOsAABIrwAAPbIAADa1CwA0tRUAM7YhADK2LAAxtzcAMLdBAC+4SwAuuFUALLhgASq4bQEpuXsC&#10;J7mNAiW5nwMkubQDI7nSAyO39AQitf8FIbT/BiGz/wchsv8HIbL/ByGy/wetigAAoJEAAJWXAACI&#10;nQAAe6MAAG6oAABhrQAAVbEAAEq0AAA/twAANLsAACu+AwAkwgwAIsIUACLDHwAhwyoAIMQ0AB/E&#10;PwAexUoAHcZWABzGYwAbx3MAGseFABnHmQAYyK4AF8jLABfG8QEXxP8BFsP/AhbB/wMWwf8DFsH/&#10;AxbB/wOjkQAAmJgAAIueAAB9pQAAcKsAAGKxAABWtgAASrkAAD69AAA0wAAAKsQAACLIAAAZzAQA&#10;E9AKABHSEQAQ0hoAENMlAA/TMAAO1DwADtRIAA3VVgAN1WUADNZ4AAzWjQAL2KQACti+AAnZ5gAK&#10;1v4AC9T/AAvS/wAL0v8BC9L/AQvS/wGamAAAjp8AAICmAAByrQAAZLQAAFe6AABJvwAAPcIAADLG&#10;AAAoyQAAH80AABfRAAAR1gAADNsFAAjeCwAG3xEABd8aAATgJAAC4S4AAeI6AADjRwAA5FYAAORn&#10;AADlewAA5pIAAOaqAADnyAAA5/AAAOj/AADo/wAA6P8AAOj/AADo/wCRnwAAgqcAAHSvAABltwAA&#10;V74AAEnDAAA8xwAAMMsAACXPAAAc1AAAFNkAAA7dAAAJ4QAAAuUAAADpBgAA6Q0AAOkRAADqGAAA&#10;6yEAAO0rAADvNwAA8UUAAPJWAADzaAAA834AAPSXAAD1sAAA9tAAAPfzAAD3/wAA9/8AAPf/AAD3&#10;/wCFpwAAdrAAAGa4AABYwQAASsgAADvMAAAu0QAAI9YAABncAAAR4AAADOMAAATnAAAA6gAAAPUA&#10;AAD0AAAA9QUAAPULAAD2DwAA9hQAAPgdAAD6JwAA/DQAAP9DAAD/VQAA/2kAAP+BAAD/mgAA/7IA&#10;AP/PAAD/7QAA//kAAP/5AAD/+QB4sAAAaLoAAFnDAABLywAAO9EAAC3YAAAh3QAAFuIAAA7mAAAI&#10;6gAAAO0AAADwAAAA+AAAAP8AAAD/AAAA/wAAAP8AAAD/BgAA/wwAAP8QAAD/GAAA/yIAAP8wAAD/&#10;QAAA/1MAAP9pAAD/gQAA/5kAAP+vAAD/wwAA/9UAAP/VAAD/1QD/EygA/xMlAP8RJQD/DScA/wYt&#10;AP8ANQD/AEEA/wBPAP8AXAD/AGkA/wB0AP8AfgD/AIgA/wCQAP8AlwD/AJ0A/wCkAP8AqgD/ALAA&#10;/wC3AP8AwAD/AMwA/wDfAP8A7AD/APgA/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/AP8A/wD/&#10;FiUA/xYiAP8UIQD/ECMA/wooAP8AMAD/AD0A/wBLAP8AWAD/AGQA/wBwAP8AegD/AIQA/wCMAP8A&#10;kwD/AJoA/wCgAP8ApgD/AK0A/wC0AP8AvAD+AMgA/QDZAPsA6QD6APYA+QD/APgA/wD4AP8A+AD/&#10;APgA/wD5AP8A+QD/APkA/wD/GiIA/xoeAP8YHQD/Ex4A/w4iAP8KLAD/BzkA/wNGAP8AUwD/AGAA&#10;/wBrAP8AdgD/AH8A/wCIAP8AjwD/AJYA/wCdAP8AowD+AKkA/ACwAPoAuQD3AMQA9QDSAPMA5gDy&#10;APQA8QD/APAA/wDvAP8A7wD/AO8A/wDwAP8A8AD/APAA/wD/Hh0A/x4ZAP8cFwD/FxgA/xMeAP8R&#10;KAD/DjQA/wxBAP8KTgD/CFsA/wdmAP8GcQD/BnoA/waDAP4GiwD8BpIA+gaZAPgGnwD2BqYA9Aat&#10;APIGtQDwBcAA7QXOAOsF5ADpBvMA5gj/AOUK/wDkC/8A5Av/AeQL/wHkC/8B5Av/AeQL/wH/IRgA&#10;/yETAP8gEQD/GxIA/xwaAP8aJAD/Fi8A/xM8AP8RSQD/EFUA/A5hAPkOawD2DnUA9A5+APIOhgDw&#10;Do4A7g6VAO0OmwDrDqIA6g6qAOgOswDmD70A5Q/MAOEP4wDdEPMA2RH/AdYS/wHUE/8B0xP/AtIT&#10;/wLSE/8C0hP/AtIT/wL/JRMA/yUQAP8kDQD/Iw4A/yMUAP8iHgD/HykA/xw1APkZQwD0GE8A7xdb&#10;AOwXZgDpF3AA5hd5AOQXgQDiF4kA4BeRAN8XmADdF58A2xenANkYsQDWGLsA1BnKANAa4QHMG/MB&#10;yRz/AsYc/wLEHP8Dwxz/A8Mc/wPDHP8Dwxz/A8Mc/wP/KBAA/ykLAP8oBgD/KwsA/ysQAP8pFwD9&#10;JiIA9CMuAOwhOwDmIEkA4iBVAN4gYADaIWoA1iF0ANMhfAHQIYQBzyKMAc0ikwHLIpsBySKjAcgj&#10;rALGI7YCxCPEAsIk2wK+Je4DuyX+BLgl/wW2Jf8FtSX/BrUl/wa1Jf8FtSX/BbUl/wX/LA0A/y0F&#10;AP8uAQD/MQUA/zELAP0vEADxKxgA5yklAN8oMwDYKEIA0SpPAM0rWgDJK2UBxytuAcQsdgLCLH4C&#10;wCyGA74sjgO9LJYDuyyeBLkspwS4LLEFtiy/BbUt0QWxLeoGri77B6su/wipLv8IqC7/CKgt/wio&#10;Lf8IqC3/CKgt/wj/LwgA/zEAAP81AAD2NwAA6jYCAOczCADkLw8A2S4bAM8xLADJMzwAxDRJAMA1&#10;VQG8NV8CujVoArc1cAO1NHgEszSABbE0iAawNJAGrjSZB6w0ogirNKwJqTS5Cac0ygqlNeUKoTX4&#10;C581/wydNf8MnTX/C5w1/wucNf8LnDX/C5w1/wv/MwIA/zUAAPY6AADlPgAA3EAAANQ9BADSNwkA&#10;yzgVAMM6JgC9PTYAuD5EAbQ+UAGxPVoDrj1jBKw9awWpPHMGpzx7CKY8gwmkO4sKojuUC6A7nQye&#10;O6gNnTu0Dps7xQ6ZO+AOljv0D5Q8/w+SPP8Pkjz/DpE8/w2RPP8NkTz/DZE8/w3/NQAA/zkAAOpB&#10;AADdRgAA0EcAAMlGAADGQQUAwEARALlCIQCzRDIAr0VAAatFSwKnRVUDpEReBaFEZgefQ24InUN2&#10;CptCfguZQoYNl0GPDpVBmQ+TQaQRkUGwEpBBwBKOQdkSi0HxEolC/xKIQv8RiEL/EIdC/xCHQv8P&#10;h0L/D4dC/w//OAAA8z0AAONHAADSTAAAyE4AAMBNAAC7SgIAtkcOALBJHQCrSy0Apkw7AaJMRwKe&#10;S1EEm0taBplKYgiWSWoKlElxDJJIeQ6PSIIPjUeLEYtHlRKJRqAUh0asFYVGuxaERtEWgkfuFoBH&#10;/xV/R/8Uf0f/En9H/xF/R/8Rf0f/EX9H/xH/OwAA7kMAANxMAADMUQAAwVQAALlUAAC0UQAArk0L&#10;AKhPGQCjUSkAnlI3AZpSQwKXUU4ElFFWBpFQXgmOT2YLjE5tDYlOdQ+HTX4RhU2HE4JMkRWATJwW&#10;fkupF3xLuBh7S80YeUzrGHhM/hd3TP8Vd0z/FHdM/xN3TP8Sd0z/EndM/xL/PgAA6EcAANVQAADG&#10;VgAAvFgAALRZAACtVgAAp1MHAKFUFQCcViUAmFc0AZRXQAKQV0oEjVZTBopVWwmHVGMLhFRqDoJT&#10;chCAUnoSfVKDFHtRjhZ4UJkYdlCmGXRQtRpzUMkacVDoGnBR/BhwUf8XcFH/FXBR/xRxUP8TcVD/&#10;E3FQ/xP1QAAA5EsAAM9UAADBWgAAt10AAK9eAACnWwAAoVgDAJtZEgCWWyIAklwxAY5cPQKKXEcE&#10;h1tQBoNaWAmBWWAMfllnDntYbxB5V3cTdlaAFXRWixdyVZYZb1WjGm1UshtsVMYbalXmG2pV+xlq&#10;Vf8XalX/FmpV/xVrVf8Ua1X/FGtV/xTyQwAA308AAMtYAAC9XQAAs2EAAKtiAACiYAAAm1wAAJVe&#10;EACQYB8AjGEuAIhhOgKEYEUEgWBOBn5fVgl7Xl0LeF1lDnZcbBBzXHQTcFt9FW5aiBdrWpQZaVmh&#10;G2dZsBxlWcMcZFnjHGRZ+hpkWf8YZFn/F2VZ/xVlWf8UZVn/FGVZ/xTvRgAA2lIAAMZbAAC6YQAA&#10;sGUAAKZmAACdYwAAlWEAAI9iDgCLZBwAh2UrAINlNwF/ZUIDfGRLBnhjUwh1Y1sLc2JiDnBhahBt&#10;YHITa2B7FWhfhhdmXpEZY16fG2FdrhxgXcEcX13hHF9d+BpfXf8YX13/F2Bd/xZgXf8VYF3/FWBd&#10;/xXrSgAA1FYAAMNeAAC2ZQAArGkAAKJpAACYZwAAj2UAAIlmDACFaBkAgWkoAH5qNQF6aT8DdmlJ&#10;BXNoUQhwZ1kKbWdgDWtmZxBoZXASZWR5FWNkgxdgY48ZXmKdG1xirBxaYr8cWWLfHFli9xpaYv8Z&#10;WmH/F1th/xZbYf8VW2H/FVth/xXnTQAAz1kAAL9iAACzaAAAqW0AAJ5tAACTawAAiWkAAINrCQB/&#10;bRUAfG4lAHhuMgF1bj0CcW5GBG5tTwdrbFYJaGxeDGVrZQ9jam0RYGl2FF1pgRZbaI0YWGebGlZn&#10;qhtVZ70cVGfcHFRn9hpUZv8YVWb/F1Vl/xZWZf8VVmX/FVZl/xXiUQAAyl0AALtmAACvbAAApnEA&#10;AJlwAACObwAAg24AAH1wBQB4chIAdXMhAHJzLwFvczoCbHNEBGlyTAZmclQIY3FbC2BwYw1dcGsQ&#10;W290E1hufxVVbosXU22ZGVFtqBpPbbsbTm3ZGk5s9BlPa/8YT2v/F1Bq/xZQav8VUGr/FVBq/xXd&#10;VQAAxWEAALdqAACscQAAonUAAJR0AACJdAAAfHMAAHZ1AABxdxAAb3gdAGx5KwBpeTcBZnlAA2N5&#10;SQVgeFEHXXdYCVt3YAxYdmgOVXVxEVJ1fBNQdIgWTXSXF0tzphhJc7kZSHPVGUly8xhJcf8XSnH/&#10;Fkpw/xVLcP8US3D/FEtw/xTUWgAAwGYAALNvAACodgAAnXkAAI94AACEeAAAd3kAAG98AABqfQ0A&#10;Z34ZAGR/JgBigDIBX4A9AlyARgNaf04FV39VB1R+XQlSfWUMT31vDkx8eRFKfIYTR3uUFUV7pBZE&#10;e7cWQ3vSFkN68hZDef8VQ3j/FER3/xREdv8TRHb/E0R2/xPNXwAAu2sAAK50AACkfAAAl34AAIp9&#10;AAB/fgAAcn8AAGaDAABhhAgAXoYTAFyHIQBahy4AWIc4AVWHQgJTh0oDUIdSBU6GWgdLhmIJSYVs&#10;C0aFdw1DhIMPQYSSET+EohI9hLUTPITPEzyC8BI8gf8SPYD/Ej1//xI9fv8RPX7/ET1+/xHFZgAA&#10;tXEAAKp7AACfggAAkoIAAIWCAAB5gwAAbYYAAF+KAABYjQEAVI4PAFKPGwBQjycAT5AzAE2QPQFL&#10;kEUCSZBOA0aQVgREj18FQo9oBz+Pcwk9joALOo6PDDiOoA03jrMONo7MDjaN7w41i/8ONYn/DzWI&#10;/w82h/8PNof/DzaH/w++bQAAsHkAAKWCAACZhwAAjIgAAH+IAAByigAAZo0AAFqRAABQlQAASZcJ&#10;AEeYEwBFmCAARJkrAEOZNgBBmkAAQJpIAT6aUQI8mloCOppkAzeabwU1mX0GM5mMBzGZnQgvmbAI&#10;LpnKCC6Y7Qgulv8KLZT/Ci2T/wstkv8LLZL/Cy2S/wu2dQAAqoEAAJ6IAACTjQAAho4AAHiPAABr&#10;kgAAX5UAAFSZAABJnQAAQKAAADqiDQA4oxcAN6MiADakLQA1pDcANKRBADOlSwAxpVQBMKVeAS6l&#10;agEspXgCKqWIAyilmgMnpa0EJqXGAyak6wQlov8FJaD/BiSf/wYknv8HJJ7/BySe/wevfgAAo4gA&#10;AJeOAACNkwAAfpUAAHCYAABjmwAAV58AAEyiAABCpgAAOKkAAC+sAwAqrg4AKa4YACivIwAnry0A&#10;JrA3ACWwQQAksEsAI7FWACKxYwAhsXEAH7GCAB6ylAEcsqkBG7LBARux5wEbr/4CGq3/Ahqs/wMa&#10;q/8DGqv/Axqr/wOoiAAAm48AAJGUAACEmgAAdp8AAGiiAABbpQAAT6kAAEStAAA5sAAAL7MAACa2&#10;AAAeuQUAGLsOABe7FgAXvCAAFrwqABW9NQAUvUAAE75LABK+WAASvmcAEb94ABC/jAAQwKIADsC6&#10;AA7A4QAPvfsAD7z/ABC6/wEQuv8BELr/ARC6/wGfjwAAlJUAAIebAAB5oQAAa6cAAF6sAABSsQAA&#10;RbQAADq2AAAvuQAAJbwAAB2/AAAVwwAAD8YFAAvKDQAJyhQACModAAfKJwAHyjIABss+AAXLSwAE&#10;zFoAA8xqAALMfgABzJQAAMyrAADNyAAAzO0AAMz/AADL/wAByv8AAcr/AAHK/wCXlgAAipwAAHyj&#10;AABuqgAAYLAAAFK2AABFuQAAObwAAC6/AAAjwwAAG8YAABPKAAANzQAACNEAAAHUCQAA1A4AANUV&#10;AADWHgAA2CcAANkxAADbPgAA3EsAAN1bAADebgAA3oQAAN+bAADftAAA3tkAAN/3AADf/wAA3/8A&#10;AN//AADf/wCNnQAAf6UAAHCsAABhswAAU7oAAEW/AAA4wgAALMYAACHJAAAYzQAAENEAAAvVAAAE&#10;2gAAAN4AAADgAQAA4QkAAOIOAADkEwAA5RsAAOckAADpLwAA6zwAAO1LAADuXQAA7nEAAO+JAADw&#10;ogAA8LwAAPDjAADv+QAA8P8AAPD/AADw/wCBpQAAcq0AAGO1AABUvQAARsQAADfIAAAqzAAAH9AA&#10;ABXVAAAO2gAAB94AAADiAAAA5gAAAOkAAADqAAAA7AAAAO4FAADvDAAA8RAAAPMXAAD1IAAA+CsA&#10;APs5AAD9SgAA/l4AAP90AAD/jQAA/6YAAP/AAAD/4QAA//UAAP/1AAD/9QB0rgAAZbcAAFbAAABH&#10;yAAAOM0AACrSAAAd2AAAE90AAAziAAAD5gAAAOkAAADsAAAA8AAAAPMAAAD0AAAA9gAAAPgAAAD6&#10;AAAA/QcAAP8NAAD/EgAA/xsAAP8oAAD/NwAA/0oAAP9eAAD/dgAA/48AAP+mAAD/ugAA/9EAAP/R&#10;AAD/0QD/DyQA/w4iAP8LIQD/AyQA/wApAP8AMgD/AD4A/wBMAP8AWQD/AGUA/wBwAP8AegD/AIQA&#10;/wCMAP8AkgD/AJkA/wCfAP8ApQD/AKsA/wCyAP8AugD/AMUA/wDTAP8A5wD/APQA/wD/AP4A/wD/&#10;AP8A/gD/AP4A/wD+AP8A/gD/AP4A/wD/ESEA/xAeAP8NHQD/Bx8A/wAjAP8ALQD/ADoA/wBIAP8A&#10;VQD/AGEA/wBsAP8AdgD/AH8A/wCHAP8AjgD/AJUA/wCbAP8AoQD/AKcA/gCuAP0AtgD8AMAA+wDN&#10;APkA4gD4APAA9wD8APYA/wD1AP8A9QD/APUA/wD1AP8A9QD/APUA/wD/FR0A/xMaAP8QGQD/CxkA&#10;/wAdAP8AKQD/ADYA/wBDAP8AUAD/AFwA/wBnAP8AcQD/AHoA/gCDAPwAigD6AJEA+QCXAPgAnQD3&#10;AKMA9QCqAPQAsgDyALsA8QDIAO8A3ADuAOwA7QD6AOsA/wDqAP8A6gD/AOoA/wDqAP8A6gD/AOoA&#10;/wD/GBkA/xYVAP8TEwD/DhMA/wsaAP8HJAD/AjAA/wA+AP8ASwD/AFcA/wBiAPwAbAD4AHUA9QB+&#10;APIAhQDxAIwA7wCTAO4AmQDsAKAA6wCmAOkArgDnALcA5gDDAOQA1ADiAOkA4QD3AN8A/wDdAP8A&#10;3QD/AN0A/wDdAP8A3QD/AN0A/wD/GxMA/xoQAP8WDgD/Eg4A/xIVAP8PHwD/DCsA/wk4AP8GRQD7&#10;A1EA9wJcAPICZgDuAnAA6gJ4AOcCgADmA4cA5AOOAOIDlQDhA5wA3wSjAN0EqwDbBLQA2AXAANYF&#10;0ADTBucA0Aj4AM4K/wDMC/8Aywz/AMsM/wDLC/8Aywv/AMsL/wD/HxAA/x4LAP8aBwD/GQsA/xgR&#10;AP8WGQD/EiQA+hAwAPMOPgDuDUoA6QxWAOUMYQDiDGoA3g1zANsNewDZDYMA1g2KANQNkQDSDZkA&#10;0A6gAM8OqQDNDrMAyw6/AMoP0ADGEekAwhL5AL8T/wC9E/8BvBP/AbwT/wG8E/8BuxP/AbsT/wH/&#10;IgwA/yEEAP8gAAD/IQUA/x8MAP8cEQD2GBwA7BUoAOUTNgDfEkMA2RNPANMUWgDQFWQAzRZtAMsW&#10;dQDJF30AxxeFAMUYjADEGJQAwhmcAMAZpQC+Ga8AvRq7ALsaywC4G+UBtBz2AbId/wKwHf8Crx3/&#10;Aq4d/wKuHf8Crh3/Aq4d/wL/JgYA/yUAAP8mAAD7JwAA8SUDAPAhCwDoHBIA3hkdANQbLQDNHTwA&#10;yB9JAMUgVQDBIV8AvyJoALwicAC6I3gAuSN/AbcjhwG1I48BtCSXAbIkoAGxJKoCryS2Aq0lxgKr&#10;Jd8CqCbzA6Um/wOjJv8Doib/BKEm/wOhJv8DoSb/A6Em/wP/KQAA/ygAAPYtAADnMAAA3y8AANkr&#10;BADWIgoAziMWAMYmJwDAKDYAuypEALgrTwC1LFkAsixiAbAsagGuLXIBrC16AqotgQKpLYoCpy2S&#10;A6UtmwOkLaUEoi2xBKAtwASfLdgEnC7vBZku/waXL/8Gli//BpUu/wWVLv8FlS7/BZUu/wX/LAAA&#10;/y4AAOo1AADdOQAA0TkAAMo2AADHLwYAwS0RALowIQC0MjEAsDQ+AKw1SgCpNVQBpzVdAaQ1ZQKi&#10;NW0CoDV0A581fASdNYQEmzWNBZo0lwaYNKEGljStB5Q1uwiTNdAIkDXsCI42/giMNv8Iizb/CIs2&#10;/weKNf8HijX/B4o1/wf/LwAA8jQAAOI8AADSQQAAx0IAAMBAAAC7OgEAtjYOALA5HACqOywApjw6&#10;AKM9RgCfPVABnT1ZApo9YQOYPWgEljxwBZQ8dwaSPIAHkTyIB487kgiNO50JizupCok7twuIO8oL&#10;hTzoC4M8+wuCPP8KgTz/CoE8/wmBPP8IgTz/CIE8/wj/MwAA7DoAANpDAADKRwAAv0kAALdHAACx&#10;QgAArT4KAKZAFwCiQicAnkM1AJpEQgGXREwBlERVApFDXQOPQ2QFjUNrBotCcweJQnsIh0KECoVB&#10;jguDQZkMgUGlDX9Bsw5+QcYOfEHkDnpC+Q15Qv8MeEL/C3hC/wt4Qv8KeEH/CnhB/wr2NgAA5kAA&#10;ANFIAADDTQAAuU4AALFNAACpSQAApEUGAJ9GEwCaSCMAlkkyAJJKPgGPSkgCjEpRA4pJWQSHSWAF&#10;hUloB4NIbwiBSHcKf0eAC31Hig16R5UOeEaiD3ZGsBB1RsIQc0bgEHJH9w9xR/8OcUf/DXFH/wxx&#10;R/8LcUb/C3FG/wvzOQAA4EQAAMxMAAC+UQAAtFMAAKpSAACiTgAAnUoBAJdLEQCTTSAAj08uAIxP&#10;OgGIT0UChU9OA4NPVgSATl0Gfk5kB3xNbAl5TXQLd0x9DHVMhw5zTJIPcUufEW9LrRJtS78SbEvc&#10;EmtM9RFqTP8Pakz/DmpL/w1qS/8Makv/DGpL/wzwPQAA20gAAMdQAAC6VQAAsFgAAKVWAACcUwAA&#10;l08AAJFQDgCMUhwAiVQrAIVUNwCCVEIBf1RLA3xUUwR6U1oGeFNiCHVSaQlzUnELcVF6DW5RhA9s&#10;UJAQalCcEmhQqxNmULwTZVDYE2RQ8xJkUP8QZFD/D2RQ/w5lT/8NZU//DGVP/wzsQQAA1EwAAMNU&#10;AAC2WQAArFwAAKBaAACXVwAAkVQAAItVDACGVxkAg1gnAIBZNAB9WT8BellIA3dYUAR0WFgGcldf&#10;B29XZgltVm4La1Z3DWhVgQ9mVY0RZFSaEmJUqRNgVLoUX1TTFF5U8hNeVP8RX1T/D19U/w5fU/8N&#10;X1P/DV9T/w3nRAAAz1AAAL9YAACzXQAAqF8AAJxdAACSWwAAi1gAAIVaCgCBWxYAfVwkAHpdMQB3&#10;XTwBdF1GAnFdTgRvXFUFbFxdB2pcZAloW2wLZVp1DWNafw9hWYsRXlmYElxYpxRbWLgUWVnQFFlY&#10;8BNZWP8RWlj/EFpY/w5aV/8NWlf/DVpX/w3jSAAAy1MAALtbAACwYQAApGIAAJdhAACOXwAAhVwA&#10;AH9eBwB7XxMAeGEhAHViLgByYjkBb2JDAmxhSwNqYVMFZ2FaB2VgYgljYGoLYF9zDV5efQ9bXokR&#10;WV2WElddpRNVXbYUVF3OFFRd7hNUXf8RVVz/EFVc/w5VW/8OVlv/DVZb/w3eTAAAx1YAALhfAACt&#10;ZAAAoGUAAJNkAACJYwAAf2EAAHliAwB1ZBEAcmUeAG9mKwBsZzcBamdAAmdmSQNlZlEEYmVYBmBl&#10;YAhdZGcKW2RwDFljew5WY4YQVGKUElJioxNQYrQTT2LME09i7RJPYf8RT2H/EFBg/w5QYP8OUGD/&#10;DVBg/w3ZTwAAw1oAALRjAACpaQAAm2gAAI9nAACEZwAAeWUAAHNnAABvaQ4AbGobAGlrKABnbDQA&#10;ZGw9AWJsRgJfa04EXWtWBVpqXQdYamUJVmluC1NpeA1RaIQPTmiSEExnoRJLZ7ISSWfJEkln6xJJ&#10;Zv8QSmb/D0pl/w5LZf8NS2T/DUtk/w3RVAAAvl4AALFnAACmbQAAl2wAAIprAAB/awAAc2sAAG1t&#10;AABobgwAZXAXAGJxJABgcTAAXnE6AVxxQwJZcUsDV3FTBFVwWgZScGIHUHBrCU5vdQtLb4INSW6P&#10;D0dunxBFbrARRG7HEUNt6hBEbP8PRGv/DkVr/w1Fav8NRWr/DUVq/w3LWAAAumMAAK1sAAChcQAA&#10;knAAAIVvAAB6bwAAbnAAAGVzAABgdQcAXXYSAFt3HwBZeCsAV3g2AFV4PwFTeEgCUXhPA093VwRM&#10;d18FSndoB0h2cwlFdn8LQ3WNDEF1nQ4/da4OPnXFDj116A4+c/0NPnL/DT5x/ww/cf8MP3D/DD9w&#10;/wzFXgAAtWkAAKlxAACcdQAAjXQAAIB0AAB1dAAAaXYAAF55AABYfAEAVH0OAFJ+GgBRfyYAT38x&#10;AE2AOwBMgEMBSoBLAkh/VAJGf1wEQ39lBUF/cAY/fnwIPH6KCTp+mgo5fqwLN37DCzd95gs3e/wL&#10;N3r/Czd5/wo4eP8KOHj/Cjh4/wq+ZAAAsG8AAKV4AACWeQAAh3kAAHt5AABwegAAZHwAAFiAAABQ&#10;gwAAS4UKAEiGFABHhyAARYgrAESINQBDiD4AQYlHAUCJTwE+iFgCPIhhAzqIbAQ3iHgFNYiHBjOI&#10;mAcyh6oHMIjABzCH5AcwhfsIMIP/CDCC/wgwgf8IMIH/CDCB/wi3awAAqnYAAKB/AACQfgAAgn4A&#10;AHZ/AABqgAAAXoMAAFOHAABKiwAAQY4CAD2QDgA7kBgAOpEjADmRLQA4kjcAN5JAADaSSQA0k1IA&#10;M5NcATGTZwEvk3QCLZKDAyuSlAMqkqcDKJK9BCiS4QMnkPoEJ47/BSeN/wUnjP8FJ4z/BSeM/wWx&#10;dAAApX4AAJmFAACKhAAAfYQAAG+FAABjiAAAWIsAAE2PAABDkwAAOpcAADKaBwAumxAALZsaACyc&#10;JAArnC4AKp04ACmdQQAonUsAJ55VACaeYQAlnm4AI55+ASKekAEgnqMBH565AR6e3QEenPgCHpr/&#10;Ah6Z/wMel/8DHpf/Ax6X/wOqfQAAnoUAAJOLAACFigAAdYsAAGiOAABbkQAAUJUAAEaZAAA7nQAA&#10;MqAAACqjAAAipgkAH6cRAB6nGgAdqCQAHKgtABuoNwAaqUEAGalMABipWAAXqmYAFqp2ABWqiQAU&#10;qp4AE6u0ABKr0wASqPUAE6f/AROl/wETpf8BE6T/AROk/wGjhgAAl4wAAI2RAAB9kgAAbZUAAGCY&#10;AABUnAAASKAAAD6kAAA0pwAAKqsAACGuAAAZsQAAErMHAA+1EAAOtRcADrUhAA21KwANtTYADLZB&#10;AAu2TgAKtlwACbZsAAi2fwAHtpQABraqAAW2xQAGtuoAB7X/AAi0/wAIs/8ACbL/AAmy/wCajQAA&#10;kJMAAISYAAB0nAAAZaAAAFekAABLqAAAQKwAADWwAAAqswAAIbUAABi4AAARuwAADL4CAAbACwAC&#10;wBEAAcEZAADBIgAAwisAAMI2AADDQgAAw1AAAMRfAADEcQAAxIcAAMSdAADEtQAAxNoAAMT2AADD&#10;/wAAw/8AAMP/AADD/wCTlAAAh5oAAHigAABqpgAAXKwAAE+xAABBtQAANbcAACm6AAAfvQAAFsAA&#10;ABDDAAAKxgAAA8oAAADMBQAAzAwAAM0RAADOGAAAziEAANAqAADRNQAA00MAANRSAADUYwAA1XgA&#10;ANWPAADVpwAA1sIAANbpAADW/QAA1v8AANb/AADW/wCKmwAAe6IAAGypAABesAAAULYAAEK6AAA0&#10;vQAAKMEAAB3EAAAUxwAADcsAAAbOAAAA0gAAANcAAADZAAAA2gUAANwLAADdEAAA3xUAAOEdAADj&#10;JwAA5TMAAOdCAADoVAAA6GcAAOl+AADplwAA6q8AAOrOAADr7wAA6/4AAOv/AADr/wB9owAAbqsA&#10;AF+yAABRugAAQsAAADTDAAAnxwAAG8sAABLPAAAL0wAAAtgAAADdAAAA4QAAAOQAAADlAAAA5wAA&#10;AOkAAADrBwAA7Q0AAO8RAADxGQAA9CQAAPcxAAD5QQAA+lUAAPpqAAD7hAAA+50AAPy2AAD80gAA&#10;/e0AAP30AAD99ABxrAAAYbUAAFK9AABExAAANMkAACbNAAAa0gAAENgAAAjdAAAA4QAAAOUAAADo&#10;AAAA7AAAAO8AAADxAAAA8wAAAPUAAAD3AAAA+QEAAPsIAAD+DgAA/xUAAP8hAAD/LwAA/0EAAP9W&#10;AAD/bQAA/4cAAP+gAAD/tgAA/8oAAP/UAAD/1AD/CyAA/wceAP8AHQD/ACAA/wAlAP8ALgD/ADsA&#10;/wBJAP8AVgD/AGIA/wBtAP8AdgD/AH8A/wCHAP8AjgD/AJQA/wCaAP8AoAD/AKYA/wCtAP8AtQD/&#10;AL4A/wDLAP8A4QD/APAA/gD9AP0A/wD9AP8A/QD/AP0A/wD8AP8A+QD/APkA/wD/DR0A/wsaAP8E&#10;GQD/ABoA/wAfAP8AKgD/ADcA/wBFAP8AUQD/AF4A/wBoAP8AcgD/AHoA/wCCAP8AiQD/AJAA/wCW&#10;AP8AnAD+AKIA/ACpAPsAsAD5ALkA+ADGAPYA2QD1AOsA9AD5APMA/wDyAP8A8wD/APMA/wDzAP8A&#10;8wD/APMA/wD/EBkA/w4VAP8IFAD/ABQA/wAZAP8AJQD/ADIA/wBAAP8ATAD/AFkA/wBjAP4AbQD8&#10;AHUA+gB9APkAhAD3AIsA9gCRAPQAlwDzAJ4A8gCkAPAArADuALQA7QDAAOsAzwDpAOYA6AD1AOYA&#10;/wDnAP8A5gD/AOUA/wDlAP8A5QD/AOUA/wD/EhQA/xAQAP8MDwD/AxAA/wAVAP8AIAD/ACwA/wA6&#10;AP8ARwD6AFMA9wBeAPQAZwDxAHAA7wB4AO0AfwDrAIYA6gCMAOgAkwDnAJkA5QCgAOMApwDhALAA&#10;3wC6AN0AyQDbAOAA2ADwANcA/gDVAP8A1AD/ANMA/wDTAP8A0wD/ANMA/wD/FRAA/xIMAP8OCQD/&#10;CwwA/wkSAP8DGgD/ACYA/QAzAPQAQADvAE0A6wBYAOgAYQDlAGoA4gByAOAAegDeAIAA3ACHANoA&#10;jgDYAJUA1ACcANIAowDQAKwAzgC2AMwAxADKANkAyADtAMcA+wDFAP8AxAH/AMMB/wDEAf8AxAH/&#10;AMQB/wD/GAsA/xUFAP8QAAD/EAYA/w8NAP8MFAD8Bx8A8QMrAOcAOQDiAEYA3gFRANoCWwDVAmQA&#10;0gNsAM8DdADNBHsAywSCAMoEiQDIBZAAxgWYAMQFoADCBqkAwQa0AL8GwQC9CNUAuwnsALgL/QC2&#10;DP8AtQ3/ALQN/wC0Df8AtA3/ALQN/wD/GwUA/xgAAP8XAAD/FgAA+xMGAPoQDgDuDBYA4wkiANoJ&#10;MADTCj4AzgtKAMoMVQDHDV4AxQ1nAMIObwDBDnYAvw5+AL0PhQC8D40AuhCVALgQnQC3EKcAtRGy&#10;ALMRwACyEdUArhPuAKsU/gCpFf8ApxX/AKcV/wCmFP8BphT/AaYU/wH/HwAA/xwAAPoeAADrHgAA&#10;4xwAAN8VBQDeDg0A0w4YAMsRKADFEzcAwBREALwWTwC5F1kAtxdhALQYaQCzGXEAsRl4AK8agACu&#10;GogArBuQAKsbmQCpG6MApxyuAKYcvACkHc8AoR7qAZ4e/AGcH/8Bmx//AZof/wGaHv8BmR7/AZke&#10;/wH/IgAA/yEAAOwnAADgKgAA1CkAAM0kAADKHAgAxBkSAL0cIgC3HjEAsyA+AK8hSQCtIlMAqiNc&#10;AKgkZACmJGwApCRzAKMkegChJYIBoCWLAZ4llAGdJZ4BmyaqAZkmtwGYJskClSfmApIn+QKQKP8C&#10;jyj/Ao4n/wKOJ/8Cjif/Ao4n/wL/JgAA8ikAAOMxAADSNAAAyDQAAMAwAAC7KQIAuCMOALEmHACs&#10;KCsAqCo4AKQrRAChLE4Any1XAJ0tXwCbLWcBmS1uAZgudQGWLn0ClC6GApMukAKRLpoDjy6mA40u&#10;swOMLsUDii/hBIcv9gSFL/8EhC//A4Qv/wODL/8Dgy//A4Mv/wP7KQAA6zEAANk4AADJPAAAvzwA&#10;ALY5AACwMgAArC0LAKcvFwCiMSYAnjM0AJo0QACYNUoAlTVTAJM1WwGRNWIBjzVpAo01cQKMNXkD&#10;ijWCA4g1iwSGNZYEhDWiBYI1rwWBNcAGfzbcBn029AZ7Nv8Fezb/BXo2/wR6Nv8EejX/BHo1/wT1&#10;LQAA5DcAANA/AADCQwAAt0QAAK1AAACnOgAAozYGAJ03EwCZOSIAlTovAJI8OwCPPEYAjDxPAYo8&#10;VwGIPF4ChjxlAoQ8bQOCPHUEgDx9BH88hwV9PJIGezueB3k7rAd3O7wIdjzVCHQ88QhzPP8Hcjz/&#10;BnI8/wVyPP8Fcjv/BXI7/wXxMgAA3j0AAMlEAAC8SAAAsEkAAKZGAACfQQAAmz0BAJU9EACRPx0A&#10;jUErAIpCOACHQ0IAhENLAYJDUwGAQ1sCfkJiA3xCaQR6QnEFeEJ6BnZBhAd0QY8IckGbCHBBqQlv&#10;QbkKbUHQCmxB7glrQv8IakL/B2pB/wZqQf8GakH/BWpB/wXtNwAA1kIAAMRJAAC3TQAAq00AAKBK&#10;AACYRwAAk0IAAI5DDQCJRRoAhkYoAINHNACASD8AfkhIAXtIUAJ5SFcCd0hfA3VIZgRzR24FcUd2&#10;Bm9HgAdtRowJa0aYCmlGpgtnRrYLZkbMC2VG7AtkR/8JZEb/CGRG/wdkRv8GZEX/BmRF/wboOwAA&#10;0EYAAL9NAACzUQAApVEAAJpOAACSSwAAjUcAAIdICwCDShYAf0skAH1MMQB6TTwAd01FAXVNTQJz&#10;TVUCcU1cA29NYwRtTGsFa0xzB2lLfQhmS4kJZEuWCmJLpAthS7QMX0vKDF5L6gteS/4KXkv/CV5K&#10;/wheSv8HXkr/B15K/wfjPwAAy0kAALxRAACwVQAAoVQAAJZSAACNUAAAh0wAAIFNCAB9TxMAelAh&#10;AHdRLgB0UjkAclJCAW9SSwFtUlICa1FZA2lRYQRnUWgGZVBxB2NQewhhUIYKX0+TC11PoQxbT7IN&#10;WU/HDVlP6AxYT/0LWE//CVlP/whZTv8HWU7/B1lO/wffQwAAx00AALhUAACsWQAAnVcAAJFVAACI&#10;VAAAgVAAAHtSBAB3UxEAdFQeAHFVKwBvVjYAbFZAAWpWSAFoVlACZlZXA2RWXgRiVWYFYFVvB11V&#10;eAhbVIQKWVSRC1dUoAxVU7ANVFPFDVNT5gxTU/wLU1P/CVRS/whUUv8IVFL/B1RS/wfaRgAAw1AA&#10;ALVYAACoWwAAmVoAAI1YAACEVwAAe1QAAHZWAQBxVw8AblkbAGxaKABpWjMAZ1s9AWVbRQFjW00C&#10;YVpVA19aXARdWmQFW1lsBlhZdghWWYIJVFiPC1JYngxQWK4NT1jDDU5Y5AxOWPsLT1f/CU9X/whP&#10;Vv8IUFb/B1BW/wfTSgAAwFQAALJcAACjXgAAlV0AAIlcAAB/WwAAdlkAAHBaAABrXA0AaF0YAGZe&#10;JABkXzAAYl86AGBfQwFeX0sCXF9SAlpfWgNYX2EFVV5qBlNedAdRXX8JT12NCk1dnAtLXawMSl3B&#10;DEld4wxJXPoKSVv/CUpb/whKWv8ISlr/B0pa/wfOTgAAvFgAAK5gAACfYQAAkWAAAIVfAAB7XwAA&#10;cF0AAGpfAABlYQoAYmIUAGBjIQBeZC0AXGQ3AFpkQAFYZEgBVmRQAlRkVwNSZF8EUGRnBU5jcQZM&#10;Y30ISWKLCUdimgpGYqoLRGK/C0Ri4QtEYfkKRGD/CURg/whFX/8HRV//B0Vf/wfIUgAAuFwAAKtk&#10;AACbZAAAjGMAAIBjAAB2YwAAamIAAGNkAABfZgYAW2cRAFloHQBXaSkAVmozAFRqPABSakUBUGpM&#10;AU5qVAJMalwDSmplBEhpbwVGaXoHRGmICEJomAlAaKkKP2i9Cj5o3gk+Z/cJPmb/CD9l/wc/Zf8H&#10;P2T/Bz9k/wfDVwAAs2EAAKdpAACWaAAAh2cAAHtnAABxZwAAZWgAAFxqAABYbAEAVG4OAFJvGABQ&#10;byQATnAuAE1wOABLcUEASnFJAUhxUQFGcVkCRHBiA0JwbARAcHgFPnCGBjxvlQc6b6YIOG+7CDhv&#10;2wc4bvYHOG3/Bzhs/wY5a/8GOWr/Bjlq/wa9XAAAr2YAAKJtAACRbAAAgmsAAHdrAABsbAAAYW4A&#10;AFdwAABQcwAATHUKAEl2EwBHdx8ARncpAEV4MwBDeDwAQnhEAEF4TQE/eFUBPXheAjt4aAI5eHQD&#10;N3iCBDV4kwUzd6QFMne5BTF41wUxdvUFMXT/BTFz/wUxcv8FMnL/BTJy/wW3YwAAqm0AAJxxAACL&#10;cAAAfXAAAHJwAABncQAAXHMAAFF3AABKegAAQn0DAD9+DgA9fxgAPH8jADuALQA6gDYAOYE/ADiB&#10;SAA2gVAANYFaATOBZAExgXABL4F/Ai2BjwMsgaEDKoG2AymB0gMpf/MDKX3/Ayl8/wMpe/8DKXv/&#10;Ayl7/wOxagAApXQAAJV2AACFdQAAeHUAAG11AABhdwAAV3oAAEx+AABDgQAAO4UAADWICQAyiREA&#10;MYkbADCJJQAvii8ALoo4AC2LQQAsi0oAKotUACmLXwAoi2sAJot6ASSLiwEji54BIouzASGMzgEh&#10;ivEBIIj/AiCG/wIghf8CIYX/AiGF/wKrcgAAoXwAAI97AACAegAAc3oAAGZ8AABbfwAAUIIAAEaG&#10;AAA8igAANI0AACyRAAAmkwwAJJQTACOUHAAilSYAIZUvACCVOAAflkIAHpZMAB2WWAAclmQAGpd0&#10;ABmXhgAYl5kAF5euABWXyQAWle4AFpP/ARaS/wEWkf8BFpD/ARaQ/wGlewAAmYMAAImBAAB7gAAA&#10;bIIAAF+EAABUiAAASYsAAD+QAAA1lAAALZcAACWaAAAdngEAFqAMABShEgAUoRsAE6ElABKhLgAR&#10;ojgAEaJDABCiTwAPolwADqNrAA2jfQANo5IADKOnAAqiwAALouYADKD+AA2f/wANnv8ADZ3/AA2d&#10;/wCehAAAkokAAIOIAABziAAAZYsAAFiOAABMkgAAQZcAADebAAAungAAJKIAABylAAAVqAAAD6sE&#10;AAquDAAHrRIABq0bAAWtJAAEri4AAq45AAGuRQAArlIAAK5hAACucwAArocAAK6dAACutAAArtUA&#10;AK30AACt/wAArP8AAKv/AACr/wCWiwAAjJAAAHuQAABrkgAAXZYAAFCaAABEnwAAOaMAAC+nAAAl&#10;qwAAHK4AABSxAAAOtAAACbcAAAG4CQAAuA4AALkUAAC5HAAAuiUAALovAAC7OgAAvEcAALxWAAC8&#10;ZwAAvHsAALyRAAC8qQAAvMQAALzrAAC7/gAAu/8AALv/AAC7/wCQkgAAg5gAAHObAABjnwAAVaMA&#10;AEeoAAA7rQAAMLEAACW0AAAbtwAAEroAAAy9AAAFvwAAAMMAAADEAgAAxQoAAMUOAADGFAAAxxsA&#10;AMgkAADKLgAAzDoAAM1JAADNWQAAzWwAAM6DAADOmwAAzbUAAM7aAADO9gAAzf8AAM3/AADN/wCG&#10;mQAAd6AAAGmmAABarAAATLIAAD62AAAwuQAAJLwAABm/AAARwgAACsUAAALJAAAAzAAAANAAAADR&#10;AAAA0gEAANMIAADVDQAA1xEAANoYAADcIQAA3ywAAOE6AADiSgAA410AAORyAADkiwAA5aUAAOXA&#10;AADl5gAA5fgAAOX/AADl/wB6oQAAa6kAAFyvAABNtgAAP7wAADC/AAAjwwAAF8cAAA/KAAAHzgAA&#10;ANEAAADWAAAA3AAAAN8AAADgAAAA4gAAAOQAAADmAwAA6AkAAOkOAADsFQAA7h4AAPErAAD0OgAA&#10;9U0AAPZhAAD3eQAA+JMAAPitAAD5xgAA+eQAAPnzAAD58wBtqgAAXrIAAE+6AABAwQAAMcUAACLJ&#10;AAAWzgAADdIAAATYAAAA3QAAAOEAAADkAAAA6AAAAOsAAADtAAAA7wAAAPEAAADzAAAA9gAAAPgD&#10;AAD6CwAA/REAAP8bAAD/KQAA/zsAAP9PAAD/ZgAA/38AAP+ZAAD/rwAA/8MAAP/WAAD/1gD/BBwA&#10;/wAZAP8AGQD/ABwA/wAiAP8AKwD/ADgA/wBGAP8AUwD/AF4A/wBpAP8AcgD/AHoA/wCCAP8AiQD/&#10;AI8A/wCVAP8AmwD/AKEA/wCoAP8ArwD/ALkA/wDFAP8A2QD+AOwA/QD7APsA/wD7AP8A+wD/APoA&#10;/wD0AP8A8AD/APAA/wD/BxgA/wEVAP8AFAD/ABYA/wAbAP8AJgD/ADQA/wBCAP8ATgD/AFoA/wBk&#10;AP8AbQD/AHUA/wB9AP8AhAD/AIoA/QCQAPwAlgD6AJ0A+QCjAPgAqwD3ALQA9QC/APQAzgDzAOYA&#10;8QD2APAA/wDvAP8A7wD/AO4A/wDuAP8A6gD/AOoA/wD/CxQA/wYRAP8AEAD/ABAA/wAWAP8AIgD/&#10;AC4A/wA8AP8ASQD/AFQA/gBfAPsAaAD5AHAA9wB4APUAfwDzAIUA8gCLAPAAkgDvAJgA7QCfAOwA&#10;pgDqAK4A6AC5AOcAxwDlAN4A4wDwAOIA/gDgAP8A4AD/AOEA/wDhAP8A4QD/AOEA/wD/DRAA/wkN&#10;AP8BDAD/AAwA/wASAP8AHAD/ACgA/AA2APkAQwD2AE4A8gBZAO8AYgDsAGsA6gByAOgAeQDmAIAA&#10;5ACGAOIAjADhAJMA3wCaAN0AoQDbAKoA2AC0ANUAwADSANMA0ADqAM4A+gDNAP8AzQD/AM0A/wDM&#10;AP8AzAD/AMwA/wD/EAwA/wwHAP8DAgD/AAgA/wAOAP8AFgD2ACIA8AAvAOwAPADpAEgA5QBTAOEA&#10;XADeAGUA2wBsANcAcwDUAHoA0gCAANAAhwDOAI4AzACVAMoAnQDIAKUAxgCvAMQAuwDCAMsAwADl&#10;AL4A9QC9AP8AvAD/ALwA/wC8AP8AvAD/ALwA/wD/EQUA/w4AAP8KAAD/CAEA/wQKAPgAEADpABoA&#10;4wAoAN4ANQDZAEEA0wBMAM8AVgDLAF8AyQBmAMYAbgDEAHQAwgB7AMEAggC/AIkAvQCQALwAmAC6&#10;AKEAuACrALYAtwC0AMcAsgDgALEB8gCvAv8ArgP/AK0E/wCtBP8ArQT/AK0E/wD/FAAA/xAAAP8P&#10;AADyDQAA6goAAOkDCQDdABIA1AAfAM0BLQDIAjoAxANFAMADUAC9BFkAuwVhALkFaAC3Bm8AtQZ2&#10;ALQHfQCyB4QAsQiMAK8IlQCtCZ4AqwmoAKoKtQCoCsUApgvfAKQN9ACiDv8AoA7/AJ8O/wCfDv8A&#10;nw7/AJ8O/wD/FwAA/xMAAO8YAADkGQAA2xYAANIQAgDPCQsAyAgWAMEKJAC8DDIAtw0+ALQOSQCx&#10;DlMArxBbAK0QYwCrEGoAqRFxAKgReACmEYAApRGIAKMSkQChEpsAoBOmAJ4TswCcE8MAmxTeAJcW&#10;9ACVFv8AlBf/AJMX/wCSF/8Akhb/AJIW/wD/GgAA9B0AAOUjAADVJQAAyiQAAMIdAAC+FgQAuxAQ&#10;ALQTHQCvFSsAqxY4AKcYQwClGU0AohlWAKAaXQCeG2UAnRtsAJsccwCaHHsAmByDAJcdjQCVHZcA&#10;kx6iAJIerwCQHr8Ajx/YAIwg8QGJIP8BiCD/AYcg/wGHIP8BhiD/AYYg/wH6HgAA6yYAANotAADK&#10;MAAAvi4AALUoAACwIgAArhsMAKgdFwCjHyYAnyEzAJwiPgCZI0gAlyRRAJUkWQCTJWAAkiVnAJAm&#10;bgCOJnYAjSZ/AIsmiAGKJ5MBiCeeAYYnqwGEJ7sBgyjRAYAo7gF+Kf8BfSn/AXwo/wF8KP8BfCj/&#10;AXwo/wH1JAAA4y4AAM81AADBOAAAtDYAAKsxAAClLAAAoiYGAJ4mEwCZKCEAlSouAJIrOQCPLEQA&#10;jS1MAIstVACJLlwAhy5jAIYuagGELnIBgi56AYEvhAF/L48CfS+aAnsvpwJ6L7cCeC/MAnYw6gJ1&#10;MP4CczD/AnMw/wJzL/8Ccy//AnMv/wLwKgAA3DUAAMc7AAC6PwAArDwAAKI4AACcMwAAmC8AAJUu&#10;EACQMBwAjDIpAIkzNQCGND8AhDVJAII1UQCANVgAfjVfAX01ZgF7Nm4BeTV2Ang1gAJ2NYsDdDWX&#10;A3I2pANwNrQEbzbIBG025wRsNvwDazb/A2s2/wJqNv8CajX/Amo1/wLqMAAA0zoAAMJBAACzQwAA&#10;pUEAAJs+AACVOgAAkDYAAIw1DQCINxgAhDglAIE6MQB/OzwAfDtFAHo8TQB4PFUBdzxcAXU8YwFz&#10;PGoCcTxzAnA8fANuO4cDbDuUBGo7oQRoO7EFZzzFBWU85QVkPPoEZDz/A2M7/wNjO/8DYzv/AmM7&#10;/wLlNQAAzT8AAL1GAACuRwAAn0UAAJVDAACOQAAAiTwAAIQ8CgCAPRQAfT4iAHo/LgB4QDgAdUFC&#10;AHNBSgByQVEBcEFZAW5BYAJsQWcCakFwA2hBeQNnQYQEZUGRBWNBnwVhQa4GYEHCBl5B4gZeQfkF&#10;XUH/BF1A/wNdQP8DXUD/A11A/wPfOQAAyEMAALlKAACpSwAAm0kAAJBHAACIRAAAg0EAAH5BBgB6&#10;QhEAdkMeAHRFKgBxRTUAb0Y/AG1GRwBrRk8BakZWAWhGXQJmRmUCZEZtA2JGdgRgRoIEXkaOBVxF&#10;nAZbRawGWUa/B1hG3wZYRvcFV0X/BFdF/wRXRP8DWET/A1hE/wPaPQAAxEcAALVOAACkTgAAlkwA&#10;AItLAACDSQAAfUUAAHhGAgB0RxAAcEgbAG5JJwBrSjIAaks8AGhLRABmS0wBZEtTAWJLWgJgS2IC&#10;X0tqA11LdARbSn8FWUqMBVdKmgZVSqoHVEq9B1NK3AdSSvYGUkr/BVJJ/wRSSf8DUkj/A1NI/wPU&#10;QQAAwEsAALJRAACgUAAAkk8AAIdOAAB+TAAAeEgAAHJKAABuSw0Aa00YAGhOJABmTi8AZE85AGJP&#10;QgBhUEkBX1BRAV1QWAJbT2ACWU9oA1dPcgRVT30FU0+KBVJOmAZQTqgHTk67B01O2QdNTvUGTU7/&#10;BU1N/wRNTf8ETkz/A05M/wPORAAAvE4AAK5UAACcUwAAjlIAAINRAAB6UAAAck0AAGxPAABoUAsA&#10;ZVEVAGNSIQBhUywAX1M2AF1UPwBbVEcAWlROAVhUVgFWVF0CVFRmA1JTbwNQU3sETlOIBUxTlwZL&#10;U6cHSVO6B0hT1QdIUvMGSFL/BUhR/wRJUf8ESVD/A0lQ/wPKSAAAuVIAAKpXAACYVgAAilUAAH9U&#10;AAB2UwAAbFEAAGdTAABiVAgAX1YSAF1XHgBbVykAWVgzAFhYPABWWUQAVVlMAVNZUwFRWVsCT1hk&#10;Ak1YbQNLWHgESViGBUdXlQZFV6UGRFe4BkNY0gZDV/IGQ1b/BUNV/wREVf8ERFT/A0RU/wPGTAAA&#10;tVYAAKVaAACUWQAAhlgAAHtYAABxVwAAZlYAAGFYAABdWQQAWVoQAFdbGwBVXCYAU10wAFJdOQBR&#10;XkEAT15JAE1eUQFMXlgBSl5hAkhdawNGXXYDRF2DBEJdkgVAXaMGP122Bj5d0AY9XPEFPlv/BD5a&#10;/wQ+Wv8DPln/Az9Z/wPBUAAAsVoAAKFdAACQXAAAglsAAHZbAABtWwAAYVsAAFtdAABWXgAAUmAN&#10;AFBhFwBOYiIATWIsAExjNQBKYz4ASWNGAEdjTgBGY1YBRGNeAUJjaAJAY3MDPmOBAzxjkAQ6YqEE&#10;OWK0BThjzQU4Yu8EOGH/BDhg/wM4X/8DOV7/Azle/wO8VQAArV8AAJxgAACLXwAAfV8AAHJfAABo&#10;XwAAXWAAAFViAABPZAAAS2YKAElnEgBHaB0ARWgnAERpMQBDaTkAQmpCAEBqSgA/alIAPWpbATxq&#10;ZQE6anACOGp+AjZpjQM0aZ8DM2myAzFpywMxaO0DMWf/AzFm/wMyZf8DMmT/AzJk/wO3WwAAqWQA&#10;AJZkAACGYwAAeGMAAG1jAABkZAAAWWUAAFBoAABJawAAQ20EAEBuDgA+bxgAPW8iADxwKwA6cDQA&#10;OXE9ADhxRQA3cU4ANnFXADRxYQEycW0BMXF6AS9xigItcZwCK3GvAipxyAIqcOsCKm//Aipt/wIq&#10;bP8CK2z/Aits/wKxYQAApGkAAJBoAACAZwAAdGcAAGlnAABfaAAAVWsAAEtuAABDcQAAPHQAADd2&#10;CgA0dxIAM3gcADJ4JQAxeS4AMHk3AC95PwAueUgALHpSACt6XAAqemgAKHp2ACZ6hwElepkBI3qs&#10;ASJ6xQEieekBInf/ASJ2/wEidf8CInT/AiN0/wKsaAAAnW4AAIptAAB7bAAAb2wAAGVsAABabgAA&#10;UHEAAEV1AAA9eAAANnwAAC5/AgApgQ0AJ4IUACaCHgAlgicAJIIvACODOAAig0IAIYNLACCEVgAf&#10;hGIAHoRxAByEggAbhJUAGoSpABiEwQAYg+YAGIH9ABmA/wEZf/8BGX7/ARl+/wGmcAAAlXMAAIRy&#10;AAB2cQAAa3EAAF5zAABUdgAASXkAAD99AAA3gQAAL4QAACeIAAAgiwUAG40OABqNFQAZjR4AGI4n&#10;ABeOMAAWjjkAFY5DABSPTwATj1sAEo9qABGPewAQj48AD4+kAA6PuwANj+AADo36AA+L/wAQiv8A&#10;EIn/ABCJ/wChegAAjnkAAH53AABydwAAZHgAAFh7AABNfgAAQoIAADmGAAAvigAAJ44AACCRAAAY&#10;lQAAEpgFAA6aDgANmhQADJodAAuaJgALmjAACpo7AAmaRgAImlMABpthAAWacgAEmoYAApqbAACa&#10;sQABmc8AApnwAAKY/wAEl/8ABZb/AAWW/wCZgQAAh38AAHp+AABrfgAAXYEAAFCFAABFiQAAO40A&#10;ADGSAAAolgAAH5kAABidAAARoAAADKMCAAalCgABpRAAAKUWAACmHwAApigAAKYyAACnPQAAp0oA&#10;AKdYAACnaAAAp3wAAKeRAACmqAAApsMAAKXpAACl/AAApf8AAKT/AACk/wCRhwAAgoYAAHKGAABj&#10;iAAAVYwAAEmRAAA9lgAAMpoAACieAAAfogAAF6YAABCpAAALrAAABK8AAACxBgAAsQwAALIRAACy&#10;FwAAsx8AALMoAAC0MgAAtT8AALVNAAC1XQAAtXAAALWGAAC1nQAAtbYAALXcAAC09wAAtP8AALT/&#10;AAC0/wCLjwAAeo4AAGqRAABblQAATZoAAECfAAA1pAAAKqgAACCsAAAWsAAAD7QAAAm3AAABuQAA&#10;AL0AAAC+AAAAvgYAAL8MAADAEAAAwRYAAMIdAADDJwAAxTIAAMZAAADGUQAAx2MAAMd4AADHkQAA&#10;x6kAAMfHAADH7AAAx/4AAMf/AADH/wCDlwAAcZoAAGGeAABSowAARakAADiuAAAsswAAILcAABa6&#10;AAAOvQAABsAAAADDAAAAxwAAAMkAAADKAAAAzAAAAM0DAADOCQAA0A4AANITAADUGwAA2CUAANsy&#10;AADdQgAA3VQAAN5pAADegQAA3pwAAN+1AADf2QAA3/MAAN//AADf/wB3nwAAaKYAAFmtAABKswAA&#10;O7gAAC27AAAfvwAAFMIAAAzGAAADyQAAAMwAAADQAAAA1QAAANkAAADaAAAA3AAAAN4AAADgAAAA&#10;4gUAAOQLAADnEAAA6hgAAO0kAADwMgAA8UQAAPJYAADzbwAA9IoAAPSkAAD0vwAA9N8AAPTzAAD0&#10;9ABqqAAAW68AAEy3AAA9vQAALcEAAB/GAAATygAAC84AAADSAAAA1wAAANwAAADgAAAA5QAAAOcA&#10;AADpAAAA6wAAAO0AAADvAAAA8QAAAPMAAAD2BwAA+Q4AAPwWAAD/IgAA/zMAAP9HAAD/XQAA/3YA&#10;AP+RAAD/qQAA/74AAP/YAAD/2wD/ABgA/wAWAP8AFQD/ABgA/wAeAP8AJwD/ADYA/wBDAP8ATwD/&#10;AFoA/wBkAP8AbQD/AHUA/wB9AP8AhAD/AIoA/wCQAP8AlgD/AJwA/wCjAP8AqwD/ALQA/gC/AP0A&#10;zwD7AOcA+gD4APkA/wD5AP8A+QD/APUA/wDuAP8A6QD/AOcA/wD/ABQA/wARAP8AEQD/ABIA/wAX&#10;AP8AIwD/ADEA/wA+AP8ASgD/AFYA/wBgAP8AaAD/AHAA/wB4AP0AfgD8AIUA+gCLAPkAkQD4AJgA&#10;9wCeAPUApgD0AK4A8gC5APEAxwDvAOAA7gDyAOwA/wDsAP8A7AD/AOsA/wDlAP8A4AD/AN4A/wD/&#10;AxAA/wAOAP8ADQD/AA0A/wATAP8AHgD/ACsA/wA4AP8ARQD+AFAA+wBaAPgAYwD1AGsA8wByAPEA&#10;eQDvAH8A7gCGAOwAjADqAJIA6QCZAOcAoADmAKkA5ACzAOEAwADgANMA3gDrANwA+wDbAP8A2gD/&#10;ANoA/wDZAP8A1AD/ANIA/wD/Bw0A/wAJAP8ABgD/AAkA/wAPAP8AGAD7ACUA+AAyAPUAPwDyAEoA&#10;7QBUAOoAXQDnAGUA5ABsAOIAcwDgAHoA3gCAANwAhgDaAI0A1wCUANQAmwDSAKQAzwCtAM0AuQDL&#10;AMkAyQDkAMgA9gDGAP8AxQD/AMYA/wDHAP8AxwD/AMcA/wD/CgYA/wEAAP8AAAD/AAQA/wALAPQA&#10;EgDvAB8A6gAsAOUAOADiAEMA3QBOANkAVwDUAF8A0QBnAM4AbQDMAHQAygB6AMgAgADGAIcAxQCO&#10;AMMAlgDBAJ4AvwCoAL0AswC6AMIAuQDbALcA8AC1AP8AtgD/ALUA/wC1AP8AtQD/ALUA/wD/DAAA&#10;/wQAAP8AAAD+AAAA9gADAOgADQDgABcA2QAkANEAMQDNADwAygBHAMYAUQDDAFkAwABgAL4AZwC8&#10;AG4AugB0ALkAewC3AIIAtQCJALMAkQCyAJoAsACkAK4ArwCsAL0AqgDQAKgA6wCnAPsApgD/AKYA&#10;/wClAP8ApQD/AKUA/wD/DQAA/wcAAPQJAADqCQAA4gQAANoABwDPABEAyAAcAMIAKQC+ADUAuwBA&#10;ALcASgC0AFMAsgBbALAAYgCuAGgArABvAKsAdQCpAH0AqACEAKYAjQCkAJYAowCgAKEAqwCfAbkA&#10;nQPMAJwE6ACaBvkAmQf/AJgI/wCXCP8Alwj/AJcI/wD/EAAA9xAAAOgUAADcFQAAzhEAAMYNAADC&#10;BAsAvAAUALcBIQCyAy4ArgU6AKsGRACoCE0ApghVAKQJXACiCmMAoApqAJ8LcQCdC3gAnAuAAJoM&#10;iQCZDJMAlwyeAJUNqgCUDbgAkg3MAJAO6gCOEPwAjBD/AIsQ/wCLEP8AixD/AIoQ/wD7EwAA7RoA&#10;AN0gAADMIQAAvx0AALcXAACzEQAAsgsNAKsNGQCnDiYAow8zAJ8QPgCdEUcAmhFQAJgSVwCWEl4A&#10;lRNlAJMTbACSE3MAkBR8AI8UhQCNFY8AixWaAIoVpwCIFrUAhhbJAIQX5wCCGPsAgBn/AH8Z/wB/&#10;Gf8Afxj/AH8Y/wD1GgAA5CMAAM8pAADAKgAAsyYAAKoiAAClHAAApBUIAKAUEwCbFiEAlxgtAJQZ&#10;OACRGkIAjxtLAI0cUgCLHFkAiR1gAIgdZwCGHm8AhR53AIMfgACCH4sAgB+XAH4gowB9ILIAeyDF&#10;AHkh5AB3IvkAdiL/AHUi/wB0If8AdCH/AHQh/wDvIQAA2ysAAMcxAAC2MQAAqS4AAKAqAACbJgAA&#10;mCEBAJUeEACQIBsAjSEoAIkjMwCHJD0AhSRGAIMlTgCBJlUAfyZcAH4mYwB8J2sAeydzAHknfAB4&#10;KIcAdiiTAHQooAFyKK8BcSnBAW8p4AFtKfcBbCn/AWsp/wFrKf8Bayj/AWso/wHoKAAA0DIAAMA4&#10;AACuNwAAoTUAAJgyAACSLQAAjikAAIsnDACHKBcAgyojAIArLwB+LDkAfCxCAHotSgB4LlEAdy5Y&#10;AHUuYABzL2cAci9vAHAveQFvL4MBbS+QAWsvnQFpL6wBaDC+AWcw2wFlMPUBZDD/AWMw/wFjL/8B&#10;Yy//AWMv/wHiLgAAyjgAALo9AACoPAAAmjoAAJE3AACKMwAAhjAAAIMuCQB/LxMAezAfAHgyKwB2&#10;MzUAdDM+AHI0RgBwNE4AbzVVAG01XABsNWQAajVsAWg1dQFnNYABZTWMAWM1mgJhNqkCYDa7Al82&#10;1gJdNvMCXTb/Alw2/wFcNf8BXDX/AVw0/wHcMwAAxTwAALRBAACiQAAAlT4AAIs8AACEOQAAfzYA&#10;AHs0BAB3NRAAdDccAHE4JwBvOTIAbTk7AGs6QwBqOksAaDtSAGc7WQBlO2EBYztpAWI7cgFgO30B&#10;XjuKAlw7lwJbO6cCWTu4A1g7/+L/4klDQ19QUk9GSUxFAAYJ0gNXO/ECVjv/AlY7/wJWOv8BVjr/&#10;AVY5/wHUNwAAwEEAAK9EAACdQwAAkEIAAIVAAAB+PgAAeTsAAHQ6AABxOg4AbTwYAGs9JABpPi8A&#10;Zz84AGU/QABkQEgAYkBPAGFAVwBfQF4BXUBmAVxAbwFaQHoCWECHAlZAlQJUQKQDU0C2A1JAzwNR&#10;QO8DUED/AlA//wJQP/8CUT7/AVE+/wHPOwAAvUUAAKpHAACZRgAAi0UAAIFEAAB5QgAAdD4AAG8/&#10;AABrQAwAZ0EVAGVCIQBjQysAYUM1AF9EPgBeREUAXUVNAFtFVABZRVwBWEVkAVZFbQFURXgCUkWF&#10;AlFEkwNPRKMDTUW0A0xFzANLRe0DS0T/AktE/wJLQ/8CTEL/AkxC/wLKPwAAuUgAAKZKAACVSQAA&#10;h0gAAH1HAAB1RQAAbkIAAGlDAABlRAkAYkUTAF9GHgBdRygAXEgyAFpIOwBZSUMAV0lKAFZJUgBU&#10;SVkBU0lhAVFJawFPSXYCTUmCAktJkQNKSaEDSEmzA0dJygNGSewDRkj/AkZI/wJHR/8CR0b/AkdG&#10;/wLGQwAAtkwAAKJMAACRTAAAhEsAAHlKAABwSQAAaUYAAGRHAABfSQYAXEoQAFpLGwBYTCUAVkwv&#10;AFVNOABTTUAAUk1IAFFOTwBPTlcATk5fAUxOaQFKTnMCSE2AAkZNjwNFTZ8DQ02xA0JNyANBTeoD&#10;QUz/AkFM/wJCS/8CQkr/AkJK/wLCRwAAs08AAJ5PAACNTgAAgE4AAHVNAABsTAAAY0oAAF5MAABa&#10;TQIAVk4OAFRPGABSUCIAUVEsAE9RNQBOUj0ATVJFAExSTQBKUlQASVJdAUdSZgFFUnEBQ1J+AkFS&#10;jQI/Up0DPlKvAz1SxgM8UukCPFH+AjxQ/wI9T/8CPU//Aj1O/wK+SwAArlMAAJpSAACJUQAAfFEA&#10;AHFQAABoUAAAXk4AAFhRAABUUgAAUVMMAE5UFABMVR8AS1YpAElWMgBIVjoAR1dCAEZXSgBEV1IA&#10;Q1daAEFXZAFAV24BPld7AjxXiwI6V5sCOFetAjdXxAI3V+cCN1b9AjdV/wI3VP8CN1P/AjhT/wK6&#10;TwAAqVYAAJVVAACFVAAAeFQAAG1UAABkVAAAWFQAAFJWAABOVwAASlkJAEdaEQBGWhsARFslAENb&#10;LgBCXDYAQVw+AD9cRgA+XU8APV1XADtdYQA6XWwBOF15ATZdiAE0XZkCM12rAjFdwgIxXOUCMVv8&#10;AjFa/wIxWf8CMln/ATJY/wG2VAAApFkAAJBYAACAWAAAc1cAAGlXAABgWAAAVFkAAE5bAABIXQAA&#10;Q18EAEBgDgA+YRcAPWEgADtiKQA6YjIAOWI6ADhjQgA3Y0sANmNUADRjXQAzY2gAMWN2AS9jhQEu&#10;Y5YBLGOpAStjvwEqY+MBKmL7ASpg/wErX/8BK1//ASte/wGxWQAAnlwAAItcAAB7WwAAb1sAAGVb&#10;AABcXAAAUV4AAElgAABDYgAAPGUAADhnCgA1aBIANGgbADNpJAAyaS0AMWk1AC9qPQAuakYALWpP&#10;ACxqWQAra2UAKWtyAChrggAma5MAJGunACNrvQAiauAAI2n5ASNn/wEjZv8BI2b/ASRl/wGsYAAA&#10;mGAAAIVgAAB2XwAAal8AAGFgAABXYAAATWMAAERmAAA9aAAANmsAADBuBAAscA4AKnEVAClxHgAo&#10;cSYAJ3IvACZyNwAlckAAJHJKACJyVAAhc2AAIHNtAB5zfQAdc5AAG3OjABpzuQAZc9wAGnH3ABpw&#10;/wAbb/8AG27/ARtt/wGmZgAAkWUAAH9kAABxZAAAZmQAAF1kAABSZgAASGkAAD9sAAA3bwAAMHMA&#10;ACl2AAAieQgAH3sQAB57FwAcex8AG3soABp7MAAZfDkAGHxDABd8TgAWfFoAFXxnABR9eAASfYsA&#10;EX2fABB9tQAPfdUAEHv1ABF5/wAReP8AEnf/ABJ3/wCeawAAimoAAHppAABtaQAAYmkAAFdqAABM&#10;bQAAQ3AAADl0AAAxeAAAKXsAACJ/AAAbggAAFIUJABGGEAARhhcAEIcfABCHKAAOhzEADoc7AA2H&#10;RgAMh1MAC4dhAAqHcQAJh4QAB4eYAAaGrgAFhskABoXsAAeE/wAIg/8ACYL/AAmC/wCVcQAAg28A&#10;AHRuAABpbgAAXG8AAFByAABGdQAAPHkAADJ9AAAqgQAAIoUAABuJAAAUjAAAD48DAAqSCwAGkhEA&#10;BJIYAAKSIAABkikAAJIzAACTPgAAk0sAAJNZAACTaQAAk3sAAJKQAACSpgAAkb8AAJHlAACQ+gAA&#10;j/8AAI//AACP/wCNdwAAfXUAAHB0AABidQAAVXgAAEl8AAA/gAAANIQAACuJAAAijQAAGpEAABOU&#10;AAAOlwAACZsAAAGdCAAAnQ4AAJ0TAACeGgAAniIAAJ8rAACfNQAAoEIAAKBQAACgXwAAoHEAAKCH&#10;AACfnQAAn7UAAJ7aAACd9gAAnf8AAJz/AACc/wCGfQAAeHwAAGl8AABbfwAAToMAAEGIAAA2jAAA&#10;LJEAACOWAAAamgAAEp4AAA2hAAAGpAAAAKcAAACpAwAAqQoAAKoOAACrEwAArBkAAK0iAACuKwAA&#10;rzcAAK9FAACvVAAAr2YAAK97AACulAAArqsAAK7JAACu7wAArf8AAK3/AACt/wCBhAAAcYQAAGGH&#10;AABTiwAARpAAADmWAAAumwAAI6AAABqkAAASqAAADKwAAASvAAAAsgAAALYAAAC3AAAAtwIAALgI&#10;AAC5DQAAuhIAALsYAAC9IQAAvisAAMA4AADASAAAwFoAAMFuAADBhgAAwaAAAMG6AADB4wAAwPkA&#10;AMD/AADA/wB5jQAAaJAAAFmUAABLmgAAPaAAADGlAAAlqwAAGq8AABGzAAALuAAAArsAAAC+AAAA&#10;wQAAAMQAAADFAAAAxgAAAMcAAADIBQAAygsAAMwPAADOFQAA0B8AANMrAADVOgAA1UwAANZgAADY&#10;dwAA2JIAANisAADZyQAA2ewAANn7AADY/wBwmQAAYJ4AAFGkAABDqgAANbAAACi2AAAcugAAEb4A&#10;AAnBAAAAxQAAAMgAAADLAAAAzwAAANIAAADTAAAA1gAAANgAAADbAAAA3QAAAN8HAADiDQAA5RMA&#10;AOgdAADsKgAA7TwAAO1RAADuZwAA74EAAO+cAADwtwAA8NMAAPDsAADw9ABnpgAAWK0AAEm0AAA6&#10;ugAAKr4AABzCAAAQxgAAB8oAAADOAAAA0gAAANYAAADcAAAA4AAAAOMAAADkAAAA5gAAAOgAAADr&#10;AAAA7QAAAO8AAADyAgAA9QoAAPgRAAD8HAAA/ywAAP8/AAD/VQAA/24AAP+KAAD/pAAA/7oAAP/R&#10;AAD/4QD/ABQA/wASAP8AEgD/ABQA/wAZAP8AJQD/ADIA/wA/AP8ASwD/AFYA/wBgAP8AaAD/AHAA&#10;/wB4AP8AfwD/AIUA/wCLAP8AkQD/AJgA/wCeAP4ApgD9AK4A/AC5APoAyAD5AOIA+AD0APcA/wD2&#10;AP8A9gD/AO8A/wDnAP8A4gD/AN4A/wD/ABEA/wAOAP8ADgD/AA8A/wAUAP8AIAD/AC0A/wA6AP8A&#10;RgD/AFEA/wBbAP8AYwD+AGsA/ABzAPoAeQD5AIAA9wCGAPYAjAD1AJIA8wCZAPIAoADwAKkA7gCz&#10;AO0AwQDrANYA6gDuAOkA/gDnAP8A5wD/AOUA/wDdAP8A1QD/ANEA/wD/AA0A/wAKAP8ACAD/AAkA&#10;/wAQAP8AGwD/ACgA/wA1AP8AQAD6AEsA9gBVAPMAXgDxAGYA7gBtAOwAdADrAHoA6QCAAOcAhgDm&#10;AI0A5ACTAOIAmwDgAKMA3gCtANwAuQDaAMoA1wDmANQA+ADSAP8A0gD/ANIA/wDOAP8AyQD/AMYA&#10;/wD/AAgA/wADAP8AAAD/AAMA/wANAPwAFgD3ACIA8wAuAO8AOgDsAEUA6ABPAOQAWADhAGAA3gBn&#10;ANsAbQDZAHQA1QB6ANMAgADRAIcAzwCOAM0AlQDLAJ4AyQCnAMcAswDFAMIAwwDcAMEA8QC/AP8A&#10;vwD/AL4A/wC+AP8AvQD/ALsA/wD/AAAA/wAAAP8AAAD/AAAA9gAIAO4AEQDnABsA4QAnAN0AMwDZ&#10;AD4A0wBJAM8AUgDLAFkAyABhAMYAZwDEAG0AwgBzAMAAegC/AIAAvQCIALsAkAC5AJgAuACiALUA&#10;rQCzALsAsQDOALAA6gCvAPwArQD/AK0A/wCuAP8ArgD/AK4A/wD/AgAA/wAAAP0AAADyAAAA6AAA&#10;AN4ADADTABUAzAAhAMgALADEADgAwQBCAL0ASwC6AFMAuABaALYAYQC0AGcAsgBtALAAdACvAHoA&#10;rQCCAKwAigCqAJMAqACdAKYAqACkALUAogDGAKEA4wCfAPYAngD/AJ4A/wCeAP8AngD/AJ4A/wD/&#10;BgAA+wAAAO4FAADiBAAA1QAAAMsABgDDAA8AvQAZALgAJQC0ADEAsQA7AK4ARQCsAE0AqQBVAKcA&#10;WwClAGIApABoAKIAbgChAHUAnwB8AJ4AhQCcAI4AmgCYAJgApACWALAAlQDBAJMA3ACSAPIAkQD/&#10;AJAA/wCQAP8AjwD/AI8A/wD9CgAA8A4AAOERAADOEAAAwg0AALsHAAC3AAoAsQASAKwAHgCoACkA&#10;pQA0AKIAPgCfAEcAnQBPAJsAVgCZAVwAlwFjAJYCaQCUAnAAkwN4AJEDgACQBIoAjgSVAIwFoQCK&#10;Ba4AiQa+AIcI2ACGCfAAhAr/AIML/wCDC/8Agwv/AIML/wD2EAAA5hcAANIcAADAGgAAsxYAAKwS&#10;AACoDQAApgcNAKIFFgCdByIAmQkuAJYKOACUC0EAkgxKAJAMUQCODVgAjA1eAIsNZQCJDWwAiA50&#10;AIYOfQCFDocAgw6TAIEPnwCAEK0AfhC+AH0Q2wB6EfQAeBL/AHcS/wB3Ev8AdxL/AHcS/wDvFwAA&#10;2yEAAMYkAAC0IwAAqCAAAKAcAACbFwAAmREEAJgOEACTEBsAjxEnAIwSMgCJEzwAhxNEAIUUTACD&#10;FFMAgRVaAIAVYAB+FmgAfRZvAHsWeAB5F4MAeBePAHYYnAB0GKoAcxm7AHIZ1ABvGvEAbhv/AG0b&#10;/wBtGv8AbRr/AG0a/wDnIAAA0CkAALwrAACrKgAAnigAAJYkAACQIAAAjRwAAIwXDACIGBYAhBoi&#10;AIEbLQB+HDcAfB1AAHodSAB5Hk8Adx5VAHYfXAB0H2MAcx9rAHEgdABwIH8AbiGLAGwhmABrIacA&#10;aSK4AGgizwBmIu4AZSP/AGQj/wBkIv8AZCL/AGQh/wDgJgAAyC8AALQxAACjMAAAli4AAI0rAACH&#10;KAAAhCQAAIIgCAB+IBIAeyIeAHgjKQB1JDMAcyU8AHElQwBwJksAbiZSAG0nWQBrJ2AAaidoAGko&#10;cQBnKHsAZSiIAGQplQBiKaQAYCm1AF8pywBeKuwAXCr/AFwp/wBcKf8AXCn/AFwo/wDYLAAAwzUA&#10;AK01AACdNAAAkDMAAIYxAACALQAAfCsAAHkoAwB2JxAAcikaAHAqJQBtKy8Aayw4AGosQABoLUcA&#10;Zy1OAGUuVQBkLl0AYy5lAGEvbgBfL3gAXi+EAFwvkgBaL6EBWS+yAVgwyAFWMOkBVTD+AVUv/wBV&#10;L/8AVS7/AFUu/wDQMQAAvToAAKg5AACXOAAAijcAAIA2AAB6MgAAdTAAAHIuAABuLg0Aay8WAGkw&#10;IQBmMSsAZDI0AGMyPQBhM0QAYDNLAF80UgBdNFoAXDRiAFo0awBZNXUAVzWCAFU1kAFUNZ8BUjWw&#10;AVE1xgFQNecBTzX9AU81/wFPNP8BTzT/AU8z/wHLNgAAuD0AAKM8AACSPAAAhTsAAHs6AAB0NwAA&#10;bzUAAGwzAABoNAoAZTUTAGI2HgBgNygAXjcxAF04OgBbOEEAWjlIAFk5UABXOVcAVjpfAFQ6aABT&#10;OnMAUTp/AU86jQFOOp0BTDquAUs6wwFKOuUBSTr8AUk5/wFJOf8BSTj/AUo4/wHHOgAAs0AAAJ4/&#10;AACOPwAAgT4AAHc9AABwOwAAajgAAGY4AABiOQcAXzoRAFw7GwBaOyUAWTwuAFc9NwBWPT4AVD5G&#10;AFM+TQBSPlUAUT5dAE8/ZgBNP3AATD99AUo/iwFIP5sBRz+sAUU/wQFEP+MBRD77AUQ+/wFEPf8B&#10;RD3/AUU8/wHDPgAAr0MAAJpCAACKQgAAfUEAAHNAAABrPwAAZTwAAGA8AABcPgQAWT4PAFc/GABV&#10;QCIAU0ErAFJBNABQQjwAT0JDAE5CSwBNQ1IAS0NaAEpDZABIQ24AR0N7AUVDiQFDQ5kBQkOrAUBD&#10;wAE/Q+EBP0P5AT9C/wE/Qf8BQEH/AUBA/wG/QQAAqkUAAJZFAACGRQAAeUQAAG9EAABnQgAAYD8A&#10;AFtBAABXQgAAVEMNAFFEFQBPRR8ATkUoAExGMQBLRjkASkdBAElHSABIR1AARkdYAEVHYQBDSGwA&#10;Qkh4AUBIhwE+SJcBPEipATtIvgE6SN8BOkf4ATpG/wE6Rf8BO0X/ATtE/wG7RQAApkgAAJJHAACC&#10;RwAAdkcAAGtHAABjRgAAW0MAAFZFAABSRwAATkgKAExJEgBKSRwASEolAEdKLgBGSzYARUs+AENL&#10;RgBCTE0AQUxWAEBMXwA+TGoAPEx2ADtMhQE5TJUBN0ynATZMvAE1TN0BNUv3ATVL/wE1Sv8BNkn/&#10;ATZJ/wG4SQAAoksAAI5KAAB+SgAAckoAAGhKAABfSQAAVUgAAFBKAABMSwAASUwHAEZNEABEThkA&#10;Qk8iAEFPKwBAUDMAP1A7AD5QQwA8UUoAO1FTADpRXAA4UWcAN1FzADVRggAzUZMBMlGlATBRugEv&#10;UdoBL1D2AS9P/wEwTv8BME7/ATBN/wG0TQAAnU0AAIpNAAB6TQAAbk0AAGRNAABbTQAAUU0AAEtP&#10;AABGUAAAQlIDAD9TDQA9VBUAPFQeADpVJwA5VS8AOFU3ADdWPwA2VkcANVZQADNWWQAyV2QAMFdx&#10;AC9XgAAtV5EAK1ejACpXuAApV9YAKVb1AClV/wAqVP8BKlP/ASpS/wGvUQAAmFEAAIVRAAB2UAAA&#10;alAAAGBQAABYUQAATlIAAEdTAABBVQAAO1gAADhZCgA1WhEANFoaADNbIgAyWysAMVszAC9cOwAu&#10;XEMALVxMACxcVgArXWAAKV1tAChdfAAmXY4AJF2hACNdtQAiXdIAIlzzACJb/wAjWv8AI1n/ACRY&#10;/wCoVQAAklQAAIBUAABxVAAAZlQAAFxUAABUVQAASlYAAENYAAA8WwAANl0AADBgBQAtYQ4AK2EV&#10;ACpiHQApYiUAKGIuACdjNgAmYz4AJWNHACNjUQAiZFwAIWRpAB9keQAeZIoAHGSeABtkswAZZM4A&#10;GmPxABth/wAbYP8AHGD/ABxf/wChWQAAjFgAAHtYAABtWAAAYlgAAFlYAABQWQAAR1sAAD5eAAA3&#10;YAAAMWMAACpmAAAkaQkAIWoQACBqFwAfaiAAHmsoAB1rMAAcazkAG2tCABpsTAAZbFgAF2xlABZs&#10;dAAUbIYAE2yaABJsrwARbMoAEWvvABJp/wATaP8AE2j/ABNn/wCZXQAAhV0AAHVcAABoXAAAXlwA&#10;AFVcAABLXgAAQmEAADlkAAAyZwAAK2oAACRtAAAecAEAF3MLABV0EQAUdBgAE3QhABJ1KQARdTIA&#10;EXU7ABB1RgAPdVIADnVfAA11bgAMdYEAC3WVAAp1qgAIdMMACXTnAApz/QALcf8ADHH/AAxw/wCR&#10;YgAAf2EAAHBhAABkYQAAWmEAAE9iAABFZQAAPGgAADNsAAArbwAAJHIAAB12AAAXeQAAEXwEAA1/&#10;DAALfxIACn8ZAAl/IgAIfyoABn80AAV/PwAEf0sAAn9YAAF/ZwAAf3kAAH+OAAB/owAAfrsAAH3g&#10;AAB99wAAfP8AAHv/AAB7/wCJZwAAeGcAAGtmAABhZgAAVGcAAElpAAA/bQAANXEAACx1AAAkeQAA&#10;HXwAABaAAAAQgwAADIYCAAaJCgABiQ8AAIkUAACKGwAAiiMAAIssAACLNwAAi0MAAItQAACLXwAA&#10;i3EAAIuGAACLnAAAirMAAInTAACI8wAAiP8AAIf/AACH/wCCbQAAc2wAAGhsAABabQAATm8AAEJz&#10;AAA4dwAALnsAACWAAAAdhAAAFYgAABCMAAALjwAABJIAAACUBgAAlQwAAJUQAACWFQAAlxwAAJgk&#10;AACYLgAAmTkAAJlHAACZVgAAmWgAAJl9AACZlAAAmKsAAJfIAACW7gAAlv8AAJX/AACV/wB7dAAA&#10;b3MAAGFzAABTdgAARnoAADt/AAAwhAAAJogAAB2NAAAUkgAADpYAAAmZAAABnAAAAKAAAAChAAAA&#10;ogYAAKIMAACkEAAApRQAAKUcAACnJAAAqC8AAKg9AACpTAAAqV4AAKlyAACoiQAAqKIAAKi8AACn&#10;5QAApvsAAKb/AACl/wB3ewAAaHsAAFl+AABLggAAPocAADKNAAAnkgAAHZcAABScAAAOoAAAB6QA&#10;AACoAAAAqwAAAK4AAACvAAAAsAAAALEEAACzCgAAtA4AALUTAAC2GwAAuCQAALoxAAC6QAAAulIA&#10;ALtlAAC7fQAAupcAALqxAAC60gAAuvMAALn/AAC5/wBvgwAAX4YAAFGLAABDkAAANpcAACqdAAAf&#10;ogAAFacAAA2sAAAFsAAAALQAAAC3AAAAuwAAAL4AAAC/AAAAwAAAAMEAAADDAQAAxAcAAMUNAADH&#10;EQAAyhkAAM0kAADOMwAAz0QAANBYAADQbgAA0YgAANCkAADQwQAA0eYAANH4AADR/wBnjwAAV5QA&#10;AEmaAAA7oQAALqcAACGtAAAWswAADrgAAAa8AAAAwAAAAMMAAADGAAAAywAAAM0AAADOAAAA0AAA&#10;ANEAAADUAAAA1gAAANoCAADcCQAA3w8AAOMXAADmJAAA5zYAAOhJAADpXwAA6ngAAOuUAADrrwAA&#10;68wAAOzoAADs9gBfngAAUKQAAEKrAAA0sgAAJrkAABm+AAAOwgAABMUAAADKAAAAzQAAANEAAADY&#10;AAAA2wAAAN8AAADgAAAA4gAAAOQAAADmAAAA6QAAAOsAAADuAAAA8QUAAPUNAAD5FgAA/CUAAP05&#10;AAD+TwAA/2cAAP+CAAD/nQAA/7UAAP/LAAD/5AD/ABEA/wAPAP8ADwD/ABEA/wAWAP8AIgD/AC8A&#10;/wA7AP8ARwD/AFIA/wBbAP8AZAD/AGwA/wBzAP8AegD/AIAA/wCGAP8AjAD+AJMA/QCZAPsAoQD6&#10;AKkA+AC0APcAwgD2ANoA9QDxAPQA/wDzAP8A8wD/AOkA/wDgAP8A2AD/ANMA/wD/AA4A/wALAP8A&#10;CgD/AAsA/wARAP8AHQD/ACoA/wA2AP8AQQD/AEwA/wBWAP4AXwD7AGYA+QBtAPcAdAD1AHoA9ACA&#10;APIAhgDwAI0A7wCUAO0AmwDsAKQA6gCuAOkAugDnAM0A5QDpAOQA+wDjAP8A4gD/AN4A/wDRAP8A&#10;zAD/AMgA/wD/AAkA/wAEAP8AAQD/AAQA/wAOAP8AGAD/ACQA/QAwAPsAOwD3AEYA8wBQAO8AWQDs&#10;AGAA6gBnAOcAbgDmAHQA5AB6AOIAgADgAIcA3gCOANwAlQDaAJ4A1gCoANQAswDRAMMAzwDfAM4A&#10;9ADMAP8AywD/AMsA/wDFAP8AvwD/ALwA/wD/AAIA/wAAAP8AAAD/AAAA/QALAPcAEwDxAB4A7QAq&#10;AOoANQDnAEAA4gBKAN0AUgDZAFoA1QBhANIAZwDQAG0AzgBzAMwAegDKAIAAyACHAMYAjwDEAJgA&#10;wgChAMAArQC+ALsAvADQALoA7QC5AP4AuAD/ALgA/wC3AP8AswD/ALAA/wD/AAAA/wAAAP8AAAD5&#10;AAAA7gAFAOUADgDeABgA2AAjANIALgDPADkAywBDAMcATADEAFQAwQBbAL8AYQC8AGcAuwBtALkA&#10;cwC3AHoAtQCBALQAiQCyAJIAsACbAK8ApwCsALQAqwDGAKkA5ACnAPgApgD/AKYA/wClAP8ApQD/&#10;AKQA/wD/AAAA/wAAAPUAAADqAAAA3gAAANAACgDIABIAwgAdAL4AKAC7ADMAuQA9ALUARgCyAE0A&#10;sABVAK0AWwCsAGEAqgBnAKgAbQCnAHMApQB6AKQAggCiAIwAoACWAJ8AoQCdAK4AmwC+AJkA2ACX&#10;APEAlgD/AJYA/wCXAP8AlwD/AJcA/wD/AAAA9QAAAOcBAADUAAAAyQAAAMAABAC4AA4AswAWAK8A&#10;IQCrACwAqAA2AKYAPwCjAEcAoQBPAJ8AVQCdAFsAmwBhAJoAZwCYAG4AlwB1AJUAfQCUAIYAkgCR&#10;AJAAnACOAKkAjAC4AIsAzQCJAOsAiAD9AIgA/wCIAP8AiAD/AIgA/wD5BgAA6QwAANQOAADDDAAA&#10;twkAALACAACrAAkApgAQAKIAGgCeACUAmwAwAJgAOQCWAEEAlABJAJIAUACQAFYAjgBcAI0AYgCL&#10;AGkAigBwAIgAeACHAIEAhQCMAIQAmACCAKUAgAC0AH4AyAB9AecAfAL5AHsD/wB7BP8AewT/AHsE&#10;/wDxDgAA3hUAAMUVAAC0FAAAqREAAKEOAACeCgAAmwMMAJcAEwCTAB4AkAEpAI0CMwCKAzwAiARD&#10;AIYFSwCFBlEAgwZXAIIHXgCAB2QAfwhsAH0IdAB8CH4AegmJAHgJlgB3CqMAdQqzAHMLxwByDOYA&#10;cA37AHAN/wBvDf8Abw3/AG8N/wDoFgAA0B4AALkdAACpHAAAnRoAAJUWAACQEwAAjw4DAI4KDgCJ&#10;CxcAhgwjAIMNLQCADTYAfg4+AHwORgB7Dk0AeQ9TAHgQWgB2EGEAdRBoAHMQcQBxEXsAcBGHAG4R&#10;lABsEaIAaxKyAGkSxwBoE+cAZhP9AGUU/wBlFP8AZRP/AGUT/wDfHgAAxiQAALAkAACgIwAAlCEA&#10;AIsfAACGGwAAgxcAAIISCAB/ERIAfBIdAHkUKAB2FDEAdBU6AHIWQQBxFkgAbxdPAG4XVgBsF10A&#10;axhkAGkYbQBoGXcAZhmDAGQZkABjGp8AYRqvAGAaxABeG+QAXRz7AFwc/wBcG/8AXBv/AFwb/wDV&#10;JQAAvSoAAKgpAACYKQAAjCgAAIMlAAB9IgAAeR8AAHgbAwB2GQ8AchoYAG8cIwBtHS0Aax01AGke&#10;PQBoHkQAZh9LAGUfUgBjIFkAYiBhAGEgaQBfIXMAXSF/AFwhjQBaIpwAWSKsAFciwABWI+EAVSP5&#10;AFQj/wBUIv8AVCL/AFQi/wDNKwAAti4AAKIuAACSLgAAhS0AAHwrAAB2KAAAciYAAG8jAABtIQwA&#10;aiIVAGcjHwBlJCkAYyQxAGIlOQBgJkEAXyZIAF0mTwBcJ1YAWyddAFknZgBYKHAAVih8AFQoigBT&#10;KZkAUSmqAFApvgBPKd4ATin3AE0p/wBNKf8ATSj/AE4o/wDIMAAAsDIAAJwyAACMMgAAgDEAAHYw&#10;AABwLQAAaysAAGgpAABmKAkAYygRAGApHABeKiUAXCsuAFsrNgBZLD0AWCxEAFctTABVLVMAVC1b&#10;AFMtYwBRLm4AUC56AE4uiABML5cASy+oAEkvuwBIL9sASC/2AEcv/wBHLv8ARy3/AEgt/wDENAAA&#10;qzUAAJc1AACHNQAAezUAAHI0AABrMgAAZi8AAGIuAABfLQUAXC4QAFovGABYMCIAVjArAFUxMwBT&#10;MToAUjJCAFEySQBQMlAATjNYAE0zYQBLM2sASjN3AEg0hQBHNJUARTSmAEM0uQBCNNYAQjT0AEI0&#10;/wBCM/8AQjL/AEIy/wDAOAAApzgAAJM4AACDOAAAdzgAAG03AABmNgAAYTMAAF0yAABZMgIAVzMN&#10;AFQ0FQBSNR8AUTUoAE82MABONjgATDc/AEs3RgBKN04ASThWAEc4XwBGOGkARDh1AEM4gwBBOZMA&#10;QDmkAD45uAA9OdMAPDnzADw4/wA9N/8APTf/AD02/wC7OwAAojsAAI87AAB/OwAAczsAAGo6AABi&#10;OQAAXTcAAFg2AABUNwAAUTgLAE85EwBNORwASzolAEo6LQBIOzUARzs8AEY8RABFPEsARDxTAEI8&#10;XABBPWcAPz1zAD49gQA8PZEAOj2jADk9tgA4PdEANz3yADc8/wA4O/8AODv/ADg6/wC2PQAAnj4A&#10;AIs+AAB8PgAAbz4AAGY9AABePQAAWDsAAFM6AABPOwAATDwIAEk9EQBHPhkARj8iAEQ/KgBDPzIA&#10;QkA6AEFAQQBAQEkAPkFRAD1BWgA8QWQAOkFwADhBfwA3QY8ANUKhADRCtAAyQs4AMkHwADJA/wAz&#10;QP8AMz//ADQ+/wCxQAAAmkAAAIdAAAB4QQAAbEEAAGJAAABbQAAAVD8AAE4/AABKQAAARkEFAERC&#10;DgBCQxYAQEMfAD9EJwA+RC8APEQ3ADtFPgA6RUYAOUVOADhGWAA2RmIANUZuADNGfAAxRo0AMEaf&#10;AC5GswAtRswALUbvAC1F/wAuRP8ALkP/AC5D/wCsQwAAlkMAAINDAAB0QwAAaEMAAF9DAABXQwAA&#10;UEMAAEhDAABERQAAQUYBAD5HDAA8SBMAOkgcADlJJAA4SSwANkk0ADVKOwA0SkMAM0pMADJKVQAw&#10;S18AL0trAC1LegAsS4sAKkudAChLsQAnS8oAJ0vtACdK/wAoSf8AKEj/AClH/wCnRgAAkUYAAH9G&#10;AABwRgAAZUYAAFtGAABURgAATEcAAERIAAA/SgAAO0sAADdMCQA1TRAAM04YADJOIAAxTygAME8w&#10;AC9POAAuT0AALFBIACtQUgAqUFwAKFBoACdQdwAlUIgAJFCbACJQrwAhUMgAIFDrACFP/wAiTv8A&#10;Ik3/ACNN/wChSQAAjEkAAHpJAABsSgAAYUoAAFhKAABQSgAASUsAAEBMAAA7TgAANVAAADFSBAAt&#10;Uw0ALFQUACpUHAApVSQAKFUsACdVMwAmVTwAJVZFACRWTgAiVlkAIVZlAB9WdAAeVoUAHFaYABtW&#10;rAAZVsUAGVbpABpV/wAbVP8AG1P/ABxS/wCbTQAAhk0AAHVNAABoTQAAXU0AAFRNAABNTgAARU8A&#10;ADxRAAA2UwAAMVUAACtYAAAmWgkAI1sQACJbFwAhXB8AIFwnAB9cLgAdXDcAHF1AABtdSgAaXVUA&#10;GF1hABddcAAVXYEAFF2VABNdqgARXcIAEV3nABJb/gATWv8AE1r/ABRZ/wCUUQAAgFEAAHBRAABk&#10;UQAAWVEAAFFRAABJUgAAQVMAADhWAAAyWQAAK1sAACVeAAAfYQMAGmMMABhkEQAXZBkAFmQhABVk&#10;KQAUZTEAE2U6ABJlRAARZVAAEGVdAA9lawAOZX0ADWWRAAxlpQAKZLwACmTgAAtj+QAMYv8ADWH/&#10;AA1h/wCNVQAAelUAAGtVAABfVQAAVlUAAE5VAABEVwAAPFkAADRcAAAsXwAAJmIAAB9lAAAZaAAA&#10;E2sFABBtDQAObhIADW4aAAxuIgAMbisAC240AApuPgAIbkoAB25XAAZuZQAEbnYAAm6KAABtnwAA&#10;bbYAAGzWAABs8wABa/8AAmr/AANq/wCFWgAAdFoAAGZaAABcWQAAU1kAAEhaAAA/XQAANmAAAC5j&#10;AAAmZwAAH2oAABltAAATcQAADnQDAAp3CgAFdxAAAXcVAAB3HAAAdyQAAHgtAAB4NwAAeEMAAHhQ&#10;AAB4XgAAeG8AAHiEAAB4mQAAd7AAAHbNAAB18AAAdf8AAHT/AAB0/wB+XwAAbl8AAGJeAABZXgAA&#10;TV8AAEJiAAA5ZQAAMGgAACdsAAAfcAAAGHQAABJ3AAANewAACH4AAAKACAAAgQ0AAIERAACCFwAA&#10;gx4AAIMmAACEMAAAhDsAAIRIAACEVwAAhGgAAIR8AACEkwAAg6oAAILFAACB6wAAgf4AAID/AACA&#10;/wB3ZQAAaWQAAF9jAABSZAAAR2cAADxrAAAxbwAAKHMAACB3AAAYfAAAEX8AAAyDAAAGhwAAAIoA&#10;AACMAwAAjAkAAI0OAACOEQAAjxcAAJAeAACRJwAAkjIAAJI/AACSTgAAkl8AAJJzAACSiwAAkaIA&#10;AJG8AACQ5QAAj/wAAI7/AACO/wBxawAAZmoAAFhrAABLbQAAP3EAADR2AAAqewAAIIAAABeFAAAQ&#10;iQAAC40AAASRAAAAlQAAAJgAAACZAAAAmgMAAJsIAACcDQAAnhEAAJ8WAACgHgAAoigAAKI1AACj&#10;RAAAo1UAAKNpAACigAAAopoAAKGzAACg2AAAoPYAAJ//AACf/wBucQAAX3IAAFF1AABEeQAAN34A&#10;ACyEAAAhigAAF48AABCUAAAKmQAAAZ0AAACgAAAApAAAAKcAAACoAAAAqQAAAKoAAACsBgAArQsA&#10;AK8QAACwFQAAsh4AALQpAAC0OQAAtEoAALVdAAC1cwAAtY4AALWoAAC0xgAAs+0AALL/AACy/wBm&#10;egAAV30AAEmCAAA8hwAAL44AACOUAAAYmgAAEJ8AAAmkAAAAqQAAAK0AAACwAAAAtAAAALcAAAC4&#10;AAAAuQAAALsAAAC8AAAAvgIAAMAIAADCDgAAxBQAAMceAADILAAAyT0AAMpQAADKZgAAyn8AAMqb&#10;AADKuAAAyt0AAMr1AADK/wBehgAAT4sAAEGRAAAzmAAAJ58AABulAAARqwAACbAAAAC1AAAAuQAA&#10;AL0AAADBAAAAxgAAAMgAAADJAAAAywAAAMwAAADOAAAA0AAAANIAAADUBQAA2QwAAN0SAADhHgAA&#10;4i4AAONCAADkVwAA5W8AAOaMAADmqAAA5cUAAOXnAADm9gBWlAAASJsAADqiAAAsqQAAH7AAABO2&#10;AAALvAAAAMEAAADFAAAAyQAAAM0AAADSAAAA1gAAANoAAADbAAAA3gAAAOAAAADiAAAA5AAAAOcA&#10;AADpAAAA7QAAAPAKAAD0EQAA+B8AAPkyAAD6SAAA+18AAPx6AAD9lwAA/a8AAP3HAAD95AD/AA4A&#10;/wANAP8ADAD/AA4A/wATAP8AHgD/ACoA/wA2AP8AQgD/AE0A/wBXAP8AXwD/AGcA/wBuAP8AdAD/&#10;AHoA/wCBAP0AhwD8AI0A+gCUAPkAnAD3AKUA9QCvAPQAvADzAM8A8QDsAPAA/gDvAP8A7wD/AOMA&#10;/wDXAP8AzgD/AMoA/wD/AAoA/wAGAP8ABAD/AAgA/wAQAP8AGQD/ACUA/wAxAP8APQD/AEcA/gBR&#10;APsAWQD5AGEA9gBoAPQAbgDzAHQA8QB6AO8AgQDuAIcA7ACOAOoAlgDoAJ8A5gCpAOMAtQDiAMYA&#10;4ADjAN8A+ADdAP8A3QD/ANQA/wDJAP8AwgD/AL4A/wD/AAMA/wAAAP8AAAD/AAEA/wANAP8AFAD9&#10;ACAA+gArAPcANgDzAEEA7wBLAOwAVADoAFsA5gBiAOMAaADhAG4A3wB0ANwAegDaAIEA2ACIANQA&#10;kADSAJgAzwCiAM0ArgDLALwAyQDTAMcA8ADGAP8AxAD/AMQA/wC7AP8AtgD/ALMA/wD/AAAA/wAA&#10;AP8AAAD/AAAA9wAIAPAAEADrABoA5wAlAOQAMADhADsA3ABFANUATQDRAFUAzgBbAMsAYgDJAGcA&#10;xwBtAMUAcwDDAHoAwQCBAL8AiQC9AJIAuwCcALkApwC3ALUAtQDIALMA5gCyAPsAsQD/ALAA/wCu&#10;AP8AqgD/AKcA/wD/AAAA/wAAAP4AAADxAAAA5QACANwADQDTABQAzQAfAMoAKgDHADQAxAA+AMAA&#10;RwC8AE4AugBVALcAWwC1AGEAswBnALIAbQCwAHMArgB6AKwAggCqAIsAqACVAKcAoAClAK0AowC+&#10;AKEA2wCgAPQAnwD/AJ4A/wCfAP8AnQD/AJsA/wD/AAAA/AAAAO4AAADgAAAA0AAAAMUACAC+ABAA&#10;uQAZALUAIwCzAC4AsAA3AK0AQACqAEgAqABPAKUAVQCjAFsAogBgAKAAZgCfAGwAnQBzAJsAewCa&#10;AIQAmACOAJYAmgCVAKcAkwC3AJEAzACQAOwAjwD/AI4A/wCOAP8AjgD/AI8A/wD8AAAA7wAAANsA&#10;AADJAAAAvQAAALUAAgCuAAwAqQATAKUAHQCiACcAoAAxAJ0AOgCaAEIAmABJAJYATwCUAFUAkwBb&#10;AJEAYACQAGcAjgBtAI0AdQCLAH4AiQCJAIgAlQCGAKIAhQCxAIMAxACBAOQAgAD5AH8A/wCAAP8A&#10;gAD/AIAA/wD0AgAA4AkAAMcIAAC3BwAArAMAAKYAAACgAAcAmwAPAJgAFwCVACEAkgAqAI8AMwCN&#10;ADwAiwBDAIkASQCHAFAAhgBVAIQAWwCDAGEAgQBoAIAAcAB+AHkAfACEAHsAkAB5AJ0AeACsAHYA&#10;vgB1AN0AcwD0AHMA/wBzAP8AcwD/AHMA/wDpDQAAzxAAALkQAACpEAAAng4AAJcLAACTBgAAkAAL&#10;AIwAEQCJABoAhgAkAIMALgCBADYAfwA+AH0ARAB8AEsAegBRAHkAVwB3AF0AdgBkAHQAbABzAXUA&#10;cQGAAG8CjQBuApoAbAOqAGsDuwBpBNYAaAbxAGgH/wBnB/8AZwf/AGcH/wDfFAAAwxcAAK4XAACe&#10;FgAAkxUAAIsSAACGEAAAhAwCAIMGDQCAAxQAfAUeAHkHKAB3CDAAdQg4AHMJQAByCUYAcApMAG8K&#10;UwBtC1kAbAthAGoLaQBpDHIAZwx+AGYMiwBkDZkAYg2pAGENuwBgDdgAXg7zAF0O/wBdDv8AXQ7/&#10;AF0O/wDUHAAAuR0AAKQeAACVHQAAiRwAAIEaAAB7FwAAeBMAAHgQBgB3DQ8Acw4YAHAOIgBuDysA&#10;bBAzAGoQOwBpEEIAZxFJAGYRTwBkEVYAYxJdAGESZgBgEm8AXhJ7AFwTiABbE5cAWROnAFcUugBW&#10;FNUAVRXzAFQV/wBUFf8AVBX/AFQU/wDKIgAAsCIAAJ0jAACNIwAAgSIAAHkhAABzHgAAbxsAAG4X&#10;AABtEwwAahQUAGcVHgBlFicAYxYvAGEXNwBgFz4AXhhFAF0YSwBcGVIAWhlaAFkZYgBXGmwAVhp3&#10;AFQahQBSG5QAURukAE8btwBOG9AATRzxAEwc/wBMHP8ATRz/AE0b/wDDJgAAqicAAJYnAACHKAAA&#10;eycAAHImAABsJAAAaCEAAGYeAABkGwgAYhsRAF8cGgBdHSMAWx4rAFoeMwBYHzoAVx9BAFYgSABU&#10;IE8AUyBXAFEhXwBQIWkATiF0AE0hggBLIpEASSKiAEgitABHIs0ARiPvAEUj/wBFIv8ARiL/AEYh&#10;/wC8KgAApCsAAJErAACCLAAAdisAAG0qAABmKQAAYiYAAF8kAABdIgQAWyEOAFgiFgBWIx8AVCQo&#10;AFMkMABSJTcAUCU+AE8mRQBOJkwATCZUAEsnXABJJ2YASCdxAEYnfwBFKI8AQyigAEEosgBAKMsA&#10;PyjtAD8o/wA/KP8AQCf/AEAn/wC3LQAAny4AAIwvAAB9LwAAcS8AAGguAABhLQAAXSsAAFooAABX&#10;JwAAVCcMAFIoEwBQKRwATiklAE0qLABLKjQASis7AEkrQgBILEkARixRAEUsWgBELGQAQi1vAEAt&#10;fQA/LY0APS2eADwtsAA6LcgAOi3rADot/wA6Lf8AOiz/ADos/wCyMAAAmzEAAIgyAAB5MgAAbTIA&#10;AGQyAABdMQAAWC8AAFUsAABRLAAATy0JAEwtEQBKLhkASS8iAEcvKgBGMDEARTA4AEMwPwBCMUcA&#10;QTFPAEAxVwA+MWEAPTJtADsyewA5MosAODKcADYyrwA1MscANDLpADQy/wA1Mf8ANTH/ADUw/wCt&#10;MwAAljQAAIQ1AAB1NQAAaTUAAGA1AABZNAAAVDMAAFAwAABMMQAASTEGAEcyDwBFMxYAQzMfAEI0&#10;JwBANC4APzU2AD41PQA9NUQAPDZMADo2VQA5Nl8ANzZrADY2eAA0N4kAMjeaADE3rQAvN8UALzfo&#10;AC82/gAwNf8AMDX/ADA0/wCpNgAAkjYAAIA3AAByOAAAZjgAAF03AABWNwAAUDYAAEs0AABHNQAA&#10;RDYDAEE3DQA/OBQAPjgcADw5JAA7OSwAOjkzADk6OgA4OkIANjpKADU6UwA0O10AMjtoADA7dgAv&#10;O4cALTuZACw7rAAqO8MAKTvmACo6/QAqOv8AKzn/ACw4/wCkOAAAjjkAAHw6AABuOgAAYzoAAFo6&#10;AABTOgAATToAAEY4AABCOgAAPzsAADw8CwA6PBEAOD0ZADc9IQA2PikAND4wADM+NwAyPz8AMT9H&#10;ADA/UAAuP1oALUBmACtAdAApQIQAKECXACZAqgAlQMEAJEDlACQ//AAlPv8AJj3/ACY9/wCfOwAA&#10;ijwAAHg9AABqPQAAXz0AAFY9AABPPQAAST0AAEI9AAA8PgAAOT8AADZBCAA0QQ8AMkIWADFCHgAv&#10;QyUALkMtAC1DNAAsRDwAK0REACpETQAoRFgAJ0VjACVFcQAjRYIAIkWVACBFqAAfRb8AHkTjAB9E&#10;+wAfQ/8AIEL/ACFB/wCaPgAAhT8AAHRAAABnQAAAXEAAAFNAAABMQAAARkAAAD5BAAA4QwAANEUA&#10;ADBGAwAtRw0AK0gSACpIGgApSCIAKEkpACdJMQAlSTkAJElBACNKSgAiSlUAIEphAB9KbwAdSn8A&#10;G0qSABpKpgAYSr0AF0rgABhJ+gAZSP8AGkf/ABpH/wCVQgAAgEIAAHBDAABjQwAAWEMAAFBDAABJ&#10;QwAAQkQAADtFAAA1RwAAMEkAACtLAAAmTQkAJE4QACJOFgAhTx0AIE8lAB9PLAAeTzUAHU89ABxQ&#10;RwAaUFEAGVBdABdQawAWUHwAFFCPABNQpAARULoAEVDeABFP+AASTv8AE03/ABRN/wCPRQAAe0YA&#10;AGtGAABfRwAAVUcAAE1HAABGRwAAP0cAADdKAAAxTAAAK04AACZQAAAgUwMAHFUMABpWEQAZVhgA&#10;F1YgABZWJwAVVjAAFFY5ABNXQgASV00AEVdZABBXaAAPV3kADleMAA1XoAALV7YAC1bUAAtW9AAM&#10;Vf8ADVT/AA5T/wCISQAAdkoAAGdKAABbSgAAUUoAAEpKAABDSgAAO0wAADNOAAAsUQAAJlQAACFW&#10;AAAbWQAAFVwHABFeDQAQXhMAEF4aAA5eIgAOXioADV4zAAxePQALXkgACl5UAAheYgAHXnMABV6G&#10;AANemwACXrEAAl3MAAJd7gADXP8ABFv/AAVb/wCBTgAAcE4AAGJOAABXTgAATk4AAEdOAAA+TwAA&#10;NlEAAC5UAAAnVwAAIVoAABtdAAAVYAAAEGMDAAxmCwAIZxAABmcVAAVnHAAEZyQAAmctAAFnNwAA&#10;Z0IAAGdOAABnXAAAZ20AAGeAAABmlQAAZqwAAGXHAABl6wAAZPwAAGT/AABj/wB6UgAAalMAAF1S&#10;AABUUgAAS1IAAEJTAAA5VQAAMFgAAChbAAAhXwAAGmIAABRlAAAQaAAADGsBAAZuCQAAbw4AAG8S&#10;AABvGAAAcB8AAHAnAABxMAAAcTsAAHFIAABxVgAAcWYAAHF5AABxjwAAcKcAAG/BAABv5wAAbvwA&#10;AG3/AABt/wBzWAAAZVcAAFpXAABRVgAARlcAADxaAAAyXQAAKmEAACJkAAAaaAAAFGwAAA5vAAAK&#10;cgAABHYAAAB4BQAAeAsAAHkOAAB6EwAAexkAAHwgAAB9KQAAfTMAAH1AAAB9TgAAfV4AAH1yAAB9&#10;iAAAfKEAAHy6AAB74gAAevoAAHn/AAB4/wBtXQAAYFwAAFdcAABLXQAAQF8AADVjAAArZwAAI2sA&#10;ABpvAAATcwAADncAAAh7AAACfgAAAIIAAACDAQAAhAYAAIULAACGDwAAiBMAAIkZAACKIQAAiysA&#10;AIs3AACMRgAAi1YAAItpAACLgAAAi5kAAIqzAACJ2AAAiPcAAIj/AACH/wBoYwAAXmIAAFFiAABE&#10;ZQAAOGkAAC5uAAAkcwAAGngAABN9AAANgQAABoUAAACJAAAAjQAAAJAAAACSAAAAkgAAAJQFAACV&#10;CgAAlw4AAJgSAACaGAAAmyEAAJwtAACdPAAAnUwAAJxfAACcdgAAm5EAAJurAACayQAAmvAAAJn/&#10;AACY/wBlaQAAV2kAAElsAAA9cQAAMHYAACV8AAAbgQAAEocAAAyMAAAEkQAAAJUAAACZAAAAnQAA&#10;AKAAAAChAAAAogAAAKQAAAClAQAApwcAAKkMAACqEQAArRgAAK8iAACvMAAAr0EAAK9UAACvawAA&#10;roUAAK6hAACuvgAAreYAAKz8AACs/wBecQAAT3QAAEJ5AAA1fwAAKIUAAB2MAAATkgAADJgAAAOd&#10;AAAAogAAAKYAAACqAAAArgAAALAAAACxAAAAswAAALQAAAC2AAAAuAAAALoEAAC8CgAAvhAAAMEX&#10;AADDJAAAwzUAAMRJAADEXgAAxXcAAMWTAADFrwAAxdEAAMPyAADD/wBWfAAAR4IAADqIAAAsjwAA&#10;IJYAABSdAAANowAAA6kAAACuAAAAsgAAALcAAAC7AAAAvwAAAMIAAADCAAAAxQAAAMYAAADIAAAA&#10;ygAAAM0AAADPAAAA0ggAANUOAADbGAAA3ScAAN46AADfUAAA4GgAAOCEAADhoQAA4b0AAOHiAADg&#10;9ABOiwAAQJIAADKZAAAloQAAGKgAAA6vAAAFtQAAALoAAAC/AAAAxAAAAMgAAADOAAAA0QAAANQA&#10;AADVAAAA2AAAANoAAADdAAAA3wAAAOIAAADkAAAA5wAAAOsFAADvDgAA9BkAAPUrAAD2QQAA91gA&#10;APhyAAD5kAAA+asAAPjEAAD44QD/AAsA/wAIAP8ACQD/AAwA/wASAP8AGgD/ACYA/wAyAP8APgD/&#10;AEgA/wBSAP8AWgD/AGIA/wBpAP8AbwD/AHUA/gB7APwAgQD7AIgA+QCPAPcAlwD1AKAA8wCqAPIA&#10;twDvAMkA7QDmAOwA+wDrAP8A6wD/AN0A/wDOAP8AxgD/AMIA/wD/AAQA/wAAAP8AAAD/AAUA/wAN&#10;AP8AFQD/ACEA/wAsAP8AOAD/AEMA/QBMAPkAVAD3AFwA9ABjAPIAaQDwAG8A7gB1AOwAewDqAIIA&#10;6ACJAOcAkQDkAJoA4gCkAOAAsADdAMAA2gDcANgA9ADVAP8A0wD/AMsA/wDBAP8AuwD/ALcA/wD/&#10;AAAA/wAAAP8AAAD/AAAA/wAKAP0AEQD5ABsA9gAnAPQAMgDwADwA7ABGAOgATgDkAFYA4QBcAN4A&#10;YwDcAGgA2QBuANUAdADSAHsA0ACCAM0AigDLAJMAyACdAMYAqADEALcAwQDMAMAA6wC+AP8AvQD/&#10;AL0A/wC0AP8ArgD/AKsA/wD/AAAA/wAAAP8AAAD6AAAA8gAFAOoADgDlABYA4AAhAN0AKwDbADYA&#10;0wA/AM4ASADKAE8AxwBWAMQAXADCAGEAwABnAL4AbQC8AHMAugB6ALgAggC2AIsAtACWALIAoQCw&#10;AK8ArgDBAK0A4ACrAPcAqgD/AKkA/wCmAP8AoQD/AJ8A/wD/AAAA/wAAAPcAAADoAAAA3AAAANAA&#10;CgDKABEAxQAbAMIAJQC/AC8AvAA4ALgAQQC1AEgAsgBPALAAVQCuAFsArABhAKoAZgCoAGwApwBz&#10;AKUAewCjAIQAoQCOAJ8AmgCdAKcAmwC4AJoA0ACZAO8AmAD/AJcA/wCWAP8AlAD/AJIA/wD/AAAA&#10;9gAAAOQAAADSAAAAxQAAALsABQC1AA4AsAAVAKwAHwCqACkAqAAyAKUAOgCiAEIAoABJAJ4ATwCc&#10;AFUAmgBaAJgAYACWAGYAlQBsAJMAdACSAH0AkACHAI4AkwCMAKEAiwCwAIoAxQCIAOYAhwD7AIYA&#10;/wCHAP8AhwD/AIYA/wD4AAAA5QAAAM0AAAC9AAAAswAAAKoAAACjAAoAnwARAJsAGQCZACMAlwAs&#10;AJUANACSADwAkABDAI4ASQCMAE8AigBUAIkAWgCHAGAAhgBmAIQAbgCDAHcAgQCBAH8AjQB+AJsA&#10;fACqAHsAvAB6ANsAeAD1AHgA/wB4AP8AeAD/AHgA/wDtAAAA0QIAALsCAACsAQAAogAAAJsAAACW&#10;AAUAkQANAI0AFACLAB0AiAAmAIYALgCEADYAggA9AIAAQwB+AEkAfQBPAHwAVQB6AFsAeQBhAHcA&#10;aQB1AHEAdAB8AHIAiABxAJYAbwClAG4AtgBtAM4AbADuAGsA/wBrAP8AawD/AGsA/wDfCwAAwgwA&#10;AK4MAACeDAAAkwsAAIwHAACIAgAAhQAJAIEAEAB/ABcAfAAgAHoAKAB4ADAAdgA4AHQAPgBzAEQA&#10;cQBKAHAAUABuAFYAbQBdAGwAZABqAG0AaAB3AGcAhABlAJIAZAChAGMAsgBhAMkAYADpAGAA/ABg&#10;AP8AYAD/AGAA/wDQEAAAthEAAKISAACTEgAAiBEAAIAPAAB8DQAAeQkBAHgDCwB1ABEAcwAaAHAA&#10;IwBuASsAbAEzAGoCOQBpA0AAZwNGAGYETABlBFIAYwVZAGIFYQBgBWoAXwZ0AF0GgQBcB48AWgef&#10;AFkHsABXB8YAVgnnAFYK+wBVCv8AVQr/AFYK/wDGFQAArRcAAJkYAACKGAAAfxcAAHYWAABxEwAA&#10;bhAAAG0NBQBtCQ0AagkUAGcKHQBlCiYAYwsuAGIMNQBgDDwAXwxCAF4NSABcDU8AWw1WAFkNXgBY&#10;DmgAVg5zAFUOgABTDo8AUQ6fAFAOsQBODsgATRDqAE0Q/QBNEP8ATRD/AE0Q/wC8GwAApRwAAJId&#10;AACDHgAAdx0AAG8cAABpGgAAZhcAAGQUAABkEAgAYg8QAF8QGABdECEAWxEpAFoRMQBYEjgAVxI+&#10;AFYSRQBUEkwAUxNTAFETWwBQE2UAThRwAEwUfQBLFIwASRScAEcVrgBGFcUARRXoAEUW/gBFFv8A&#10;RRX/AEUV/wC1HwAAniEAAIsiAAB8IgAAcSIAAGghAABiHwAAXx0AAFwaAABbFwIAWhUNAFcWFABV&#10;Fh0AVBclAFIYLQBRGDQATxg7AE4ZQgBNGUgASxpQAEoaWABIGmIARxptAEUbegBDG4kAQhuaAEAb&#10;rAA/G8IAPhzlAD0c/AA+HP8APhv/AD4b/wCvIwAAmCQAAIYlAAB3JgAAbCYAAGMlAABdJAAAWSIA&#10;AFYfAABUHQAAUxwLAFEcEgBOHRoATR0iAEseKQBKHjEASR83AEcfPgBGIEUARSBNAEMgVQBCIF8A&#10;QCFqAD8hdwA9IYcAOyGYADkhqgA4IsAANyLjADci+wA3Iv8AOCH/ADgh/wCqJgAAlCcAAIEpAABz&#10;KQAAZykAAF8pAABYKAAAVCYAAFEjAABPIgAATCIHAEoiEABIIhcARyMfAEUkJgBEJC4AQiQ0AEEl&#10;OwBAJUMAPyVKAD0mUwA8JlwAOiZnADkmdQA3J4QANSeWADQnqAAyJ74AMSfhADEn+QAyJv8AMib/&#10;ADMl/wClKQAAjyoAAH0sAABvLAAAZC0AAFssAABVKwAAUCoAAEwoAABKJgAARycEAEQnDQBCKBQA&#10;QSgcAD8pIwA+KSsAPSkyADwqOQA7KkAAOSpIADgrUAA2K1oANStlADMrcgAxK4IAMCyUAC4spwAs&#10;LLwAKyzeACws+AAsK/8ALSr/AC0q/wChLAAAiy0AAHkuAABrLwAAYC8AAFgvAABRLgAATC4AAEgs&#10;AABFKwAAQSsAAD8sCwA9LBEAOy0ZADouIQA5LigANy4vADYvNgA1Lz4ANC9FADMvTgAxMFgAMDBj&#10;AC4wcAAsMIAAKjCSACkwpQAnMLoAJjDcACYw9wAnL/8AKC//ACgu/wCcLgAAhzAAAHYxAABoMgAA&#10;XTIAAFUyAABOMQAASDEAAEQwAABALwAAPDAAADoxCQA3MRAANjIWADUyHgAzMyUAMjMsADEzMwAw&#10;NDsALzRDAC00TAAsNFYAKjVhACk1bgAnNX4AJTWQACM1owAiNbkAITXZACE09gAiNP8AIzP/ACMy&#10;/wCYMQAAgzMAAHI0AABlNAAAWjUAAFE1AABLNAAARTQAAEA0AAA6MwAANzQAADQ1BgAyNg4AMDcT&#10;AC83GwAuNyIALTgpACs4MQAqODgAKTlAACg5SQAmOVMAJTlfACM5bAAhOnwAIDqOAB46ogAcOrcA&#10;GznVABw59QAdOP8AHTj/AB43/wCTNAAAfzYAAG43AABhNwAAVzcAAE43AABINwAAQjcAADw3AAA1&#10;OAAAMjkAAC86AgAsOwsAKjwRACk8GAAoPR8AJj0mACU9LgAkPTUAIz49ACI+RgAgPlAAHz5cAB0/&#10;aQAbP3kAGj+MABg/oAAWP7UAFT7SABY+8wAXPf8AGDz/ABg8/wCONwAAejgAAGo5AABeOgAAUzoA&#10;AEs6AABFOgAAPzoAADk6AAAyPAAALj4AAClAAAAmQQgAJEIOACJCFAAhQhsAIEMjAB9DKgAeQzIA&#10;HEM6ABtEQwAaRE0AGERZABdEZwAVRHcAE0SKABJEngARRLMAEETQABBD8gARQv8AEkL/ABNB/wCJ&#10;OwAAdjwAAGY9AABaPQAAUD0AAEg9AABCPQAAPD0AADY+AAAvQAAAKkIAACVEAAAhRgMAHUgMABtJ&#10;EQAZSRcAGEkeABdJJgAWSS4AFUo2ABRKQAATSkoAEUpWABBKZAAPSnQADkqHAA1KmwAMSrAACkrK&#10;AAtJ7AAMSP8ADUf/AA1H/wCDPgAAcT8AAGJAAABWQAAATUAAAEVAAAA/QAAAOUEAADJCAAArRQAA&#10;JkcAACFJAAAcSwAAFk4HABNQDgASUBMAEVAZABBQIQAPUCkADlAxAA1QOwANUUYAC1FRAApRXwAJ&#10;UW8AB1CBAAVQlgADUKsAAlDFAANP6AADT/sABU7/AAZN/wB9QgAAa0MAAF1EAABSRAAASkQAAEND&#10;AAA8RAAANUUAAC5HAAAnSgAAIUwAABxPAAAXUQAAElQDAA5XCgALWBAAClgVAAhYHAAHWCQABlgs&#10;AAVYNgADWEAAAVhMAABYWgAAWGkAAFh8AABYkQAAV6cAAFfAAABW5QAAVvkAAFX/AABV/wB2RwAA&#10;ZkcAAFlIAABPRwAAR0cAAEBHAAA4SAAAMEoAAClNAAAiUAAAHFMAABZVAAARWAAADVsCAAleCQAE&#10;Xw4AAF8SAABfGAAAYB8AAGAnAABgMAAAYDsAAGBHAABgVAAAYGMAAGB2AABgiwAAX6IAAF+7AABf&#10;4gAAXvkAAF3/AABd/wBvSwAAYUwAAFVMAABMSwAAREsAADtMAAAyTgAAK1EAACNUAAAcVwAAFlsA&#10;ABFeAAANYAAACGMAAAJmBwAAZwwAAGcPAABoEwAAaRkAAGohAABqKQAAajQAAGpAAABqTQAAal0A&#10;AGpvAABqhQAAap0AAGm2AABo3QAAaPcAAGf/AABm/wBpUQAAXFAAAFJQAABKTwAAP1AAADVTAAAt&#10;VgAAJFkAAB1dAAAWYAAAEGQAAAxnAAAGagAAAG4AAABvAwAAcAgAAHENAAByEAAAdBQAAHUbAAB2&#10;IwAAdywAAHc4AAB2RgAAdlYAAHZoAAB2fgAAdpcAAHWxAAB00wAAc/UAAHP/AABy/wBjVgAAWFUA&#10;AFBUAABEVQAAOVgAAC9bAAAmXwAAHWMAABVnAAAQbAAACnAAAARzAAAAdgAAAHoAAAB8AAAAfAMA&#10;AH4IAAB/DAAAgRAAAIIUAACEGwAAhSQAAIYvAACGPQAAhk0AAIVfAACFdQAAhY8AAISpAACDyQAA&#10;gvEAAIH/AACA/wBfWwAAVloAAElbAAA9XgAAMmEAACdmAAAeawAAFXAAAA51AAAJeQAAAX4AAACB&#10;AAAAhQAAAIgAAACKAAAAiwAAAI0BAACOBgAAkAsAAJEPAACTFAAAlRsAAJcmAACXNAAAl0QAAJdW&#10;AACWbAAAlYYAAJWiAACUwQAAk+oAAJL/AACS/wBdYQAAT2EAAEJkAAA2aQAAKm4AAB90AAAVeQAA&#10;Dn8AAAeEAAAAiQAAAI4AAACSAAAAlgAAAJgAAACaAAAAmwAAAJ0AAACfAAAAoQMAAKMIAAClDQAA&#10;pxMAAKkcAACqKAAAqjkAAKpLAACqYQAAqXoAAKiZAACotQAAp90AAKf4AACm/wBWaAAASGwAADpw&#10;AAAudgAAIn0AABeEAAAOigAAB5AAAACWAAAAmgAAAJ8AAACjAAAApwAAAKoAAACrAAAArQAAAK8A&#10;AACxAAAAswAAALUAAAC4BQAAugwAAL0SAADAHAAAwC0AAMBAAAC/VQAAv24AAL6LAAC+qAAAvskA&#10;AL3vAAC8/gBOdAAAQHkAADJ/AAAlhwAAGY4AABCVAAAHnAAAAKIAAACnAAAArAAAALAAAAC1AAAA&#10;uQAAALwAAAC9AAAAvwAAAMEAAADDAAAAxgAAAMgAAADKAAAAzQIAANALAADVEgAA1iEAANc0AADY&#10;SQAA2WAAANp8AADamgAA27UAANvZAADb8gBGggAAOIkAACuQAAAdmAAAEqAAAAqnAAAArgAAALQA&#10;AAC5AAAAvgAAAMIAAADIAAAAywAAAM4AAADPAAAA0gAAANQAAADWAAAA2gAAAN0AAADfAAAA4gAA&#10;AOYAAADqCgAA7xMAAPAlAADyOgAA81EAAPRrAAD0iQAA9aUAAPW/AAD13QD/AAYA/wADAP8ABQD/&#10;AAsA/wAQAP8AFwD/ACIA/wAtAP8AOQD/AEQA/wBNAP8AVQD/AF0A/wBkAP8AagD/AHAA/QB2APsA&#10;fAD5AIMA9wCKAPUAkgDzAJsA8ACmAO4AswDrAMQA6QDkAOcA+QDmAP8A5QD/ANMA/wDHAP8AvwD/&#10;ALsA/wD/AAAA/wAAAP8AAAD/AAIA/wALAP8AEgD/AB0A/wAoAP8AMwD/AD4A/ABHAPgATwD0AFcA&#10;8QBdAO4AYwDsAGkA6gBvAOgAdQDmAHwA5ACDAOIAiwDfAJUA3ACfANkAqwDVALsA0gDUAM8A8gDN&#10;AP8AzAD/AMUA/wC6AP8AtAD/ALAA/wD/AAAA/wAAAP8AAAD/AAAA/wAGAPkADwD1ABcA8wAiAPEA&#10;LQDtADcA5wBAAOIASQDfAFAA2wBXANcAXQDUAGMA0QBoAM8AbgDMAHUAygB8AMgAhADFAI0AwgCY&#10;AMAApAC9ALIAuwDGALkA6AC4AP0AtwD/ALYA/wCtAP8ApwD/AKMA/wD/AAAA/wAAAP8AAAD1AAAA&#10;6wABAOQADADeABMA2QAcANMAJgDRADAAzAA6AMgAQgDEAEoAwABQAL0AVgC7AFwAuQBhALcAZwC1&#10;AG0AswB0ALEAfACvAIUArQCQAKoAnACoAKoApgC7AKUA2gCjAPUAowD/AKIA/wCeAP8AmgD/AJcA&#10;/wD/AAAA/gAAAO8AAADfAAAA0AAAAMcABwDBAA8AvAAXALkAIAC3ACoAtQAzALAAOwCtAEMAqwBJ&#10;AKgATwCmAFUApABaAKMAYAChAGYAnwBtAJ0AdACcAH0AmgCIAJgAlACWAKIAlACyAJIAyQCRAOsA&#10;kQD/AJAA/wCQAP8AjAD/AIoA/wD8AAAA7AAAANkAAADHAAAAugAAALEAAgCrAAwApwASAKQAGwCh&#10;ACQAoAAsAJ4ANQCbADwAmABDAJYASQCUAE8AkgBUAJAAWgCPAF8AjQBmAIsAbQCJAHYAiACAAIYA&#10;jACEAJoAggCqAIEAvgCAAOAAgAD5AH8A/wB/AP8AfwD/AH4A/wDxAAAA2AAAAMIAAACzAAAAqAAA&#10;AKAAAACZAAcAlQAOAJIAFQCQAB4AjgAmAI0ALgCKADYAhwA9AIUAQwCEAEkAggBOAIEAVAB/AFkA&#10;fgBgAHwAZwB6AG8AeQB6AHcAhgB1AJQAdACjAHIAtQByAM8AcQDxAHAA/wBwAP8AcAD/AHEA/wDh&#10;AAAAxAAAALAAAACiAAAAlwAAAJEAAACLAAIAhgALAIMAEQCBABgAfwAhAH0AKQB8ADAAeQA3AHgA&#10;PQB2AEMAdABJAHMATgByAFQAcABaAG8AYgBtAGoAawB0AGoAgABoAI4AZwCdAGUArwBlAMYAZADo&#10;AGQA/QBjAP8AYwD/AGQA/wDPBQAAtgcAAKMIAACUCAAAiQcAAIIDAAB+AAAAewAGAHcADgB1ABMA&#10;cgAbAHEAIwBvACsAbQAyAGwAOABqAD4AaQBEAGcASQBmAE8AZQBWAGMAXQBiAGUAYABvAF8AewBd&#10;AIkAXACZAFsAqgBZAL8AWQDhAFgA+ABYAP8AWAD/AFkA/wDCDAAAqg0AAJcOAACJDgAAfQ4AAHYN&#10;AABxCgAAbwYAAG0ACgBrABAAaQAWAGcAHgBlACYAYwAtAGEAMwBgADkAXwA/AF0ARQBcAEsAWwBS&#10;AFoAWQBYAGIAVwBsAFUAeABTAIYAUgCWAFEApwBQALsATwHbAE4C9ABOA/8ATgT/AE4D/wC4EAAA&#10;oRIAAI4TAAB/EwAAdBMAAGwSAABnEAAAZQ4AAGMLAwBjBgwAYQQRAF4DGQBcBCEAWwUoAFkGLwBY&#10;BjUAVgc7AFUHQgBUB0gAUwhPAFEIVgBQCV8ATglpAE0JdgBLCoQASQqUAEgKpgBHCroARgrYAEUL&#10;8wBFDP8ARQz/AEUM/wCwFAAAmRYAAIcYAAB4GQAAbRgAAGUXAABfFgAAXBMAAFoRAABaDgYAWgwN&#10;AFcMFABVDBwAUw0kAFINKwBQDTEATw44AE4OPgBNDkUASw5NAEoOVQBID14ARw9oAEUPdQBDEIQA&#10;QRCVAEAQpgA+ELsAPRDcAD0R9gA9Ef8APRD/AD4Q/wCpGQAAkhsAAIEcAAByHQAAZx0AAF8cAABZ&#10;GwAAVRkAAFMWAABSEwAAUhEKAFAQEABOERgATBEgAEoSJwBJEi4ASBM0AEcTOwBFE0IARBNJAEMU&#10;UgBBFFsAPxRlAD4VcgA8FYEAOhWSADgVpAA3FbkANRXYADUW9QA2Fv8ANhb/ADcV/wCjHAAAjR4A&#10;AHsgAABtIQAAYiEAAFohAABUHwAAUB4AAE0bAABMGQAASxYGAEkWDgBHFxUARRccAEQYJABCGCoA&#10;QRgxAEAZOAA/GT8APRlGADwaTwA6GlgAORpjADcbbwA1G34AMxuQADIbogAwG7cALxvTAC8c8wAv&#10;G/8AMBv/ADAb/wCdHwAAiCIAAHcjAABpJAAAXiQAAFYkAABQIwAASyIAAEggAABGHQAARRwCAEMc&#10;DABBHBIAPx0ZAD4dIQA8HicAOx4uADofNQA5HzwANx9EADYfTAA0IFYAMyBgADEgbQAvIHwALSGO&#10;ACwhoAAqIbUAKSHQACkh8gApIf8AKiD/ACsg/wCZIgAAhCUAAHMmAABlJwAAWycAAFMnAABMJgAA&#10;RyUAAEQkAABCIQAAPyEAAD0hCQA7IRAAOSIWADgiHgA2IyUANSMrADQkMgAzJDkAMiRBADAkSgAv&#10;JVMALSVeACslawAqJXoAKCWMACYlnwAkJbMAIyXOACMl8AAkJf8AJST/ACUk/wCUJQAAgCcAAG8p&#10;AABiKgAAVyoAAE8qAABJKQAARCgAAEAnAAA9JgAAOiUAADcmBgA1Jg4ANCcUADInGwAxKCIAMCgp&#10;AC8oMAAtKTcALCk/ACspRwApKVEAKCpcACYqaQAkKngAIyqKACEqnQAfKrIAHirMAB4q7wAfKf8A&#10;ICn/ACEo/wCQKAAAfCoAAGwrAABfLAAAVCwAAEwsAABGLAAAQSsAADwrAAA4KgAANSoAADIrAwAw&#10;KwwALiwRAC0sGAAsLB8AKi0mACktLQAoLTQAJy48ACYuRQAkLk8AIy5aACEvZwAfL3YAHS+IABwv&#10;mwAaL7AAGC/KABgu7QAZLv8AGy3/ABst/wCMKwAAeC0AAGguAABbLwAAUS8AAEkvAABDLwAAPi4A&#10;ADkuAAA0LgAAMC4AAC0vAAArMAoAKTEQACcxFQAmMRwAJTIjACQyKgAjMjEAITM5ACAzQgAfM0wA&#10;HTNXABszZAAaNHQAGDSGABY0mgAUM64AEzPIABMz7AAUM/8AFTL/ABYx/wCHLgAAdC8AAGUxAABY&#10;MQAATjIAAEYyAABAMQAAOzEAADYxAAAxMQAAKzMAACg0AAAlNQYAIzYNACE2EgAgNxkAHzcgAB43&#10;JwAdOC4AGzg2ABo4PwAZOEkAFzlVABU5YgAUOXEAEjmEABE5mAAQOa0ADjjHAA446wAQOP8AEDf/&#10;ABE2/wCDMQAAcDIAAGE0AABVNAAASzQAAEQ0AAA9NAAAODQAADM0AAAtNQAAKDcAACQ5AAAgOgIA&#10;HTsLABs8EAAZPRUAGD0cABc9IwAWPSsAFT4zABQ+PAASPkYAET5SABA+XwAPPm8ADj6BAAw+lQAL&#10;PqkACj7BAAo95AALPfsADDz/AA07/wB9NAAAazYAAF03AABRNwAASDcAAEE3AAA7NwAANTcAADA3&#10;AAAqOQAAJTsAACA9AAAcPwAAF0EGABRDDQASQxIAEUMYABFDHwAQRCcAD0QvAA5EOQANREMADERO&#10;AAtEWwAJRGoAB0R8AAZEkAAEQ6UAAkO9AAND4AADQ/YABEL/AAZB/wB4OAAAZzkAAFk6AABOOgAA&#10;RToAAD46AAA4OgAAMzoAAC07AAAnPQAAIUAAABxCAAAXRAAAE0YDAA9JCgANSg8ADEoUAAtKGwAJ&#10;SiMACEorAAdKNAAFSj4ABEpJAAJKVgAASmUAAEp3AABKiwAASqEAAEm5AABJ3QAASfUAAEj/AABI&#10;/wByPAAAYj0AAFU+AABKPgAAQj0AADw9AAA2PQAALz4AAClAAAAjQgAAHUUAABdHAAATSgAAD0wC&#10;AAtPCQAHUA0AA1ERAABRFwAAUR4AAFEmAABRLwAAUTkAAFFEAABSUQAAUmAAAFFyAABRhwAAUZ0A&#10;AFG1AABQ2AAAUPUAAE//AABP/wBsQAAAXUEAAFFBAABHQQAAQEAAADlAAAAyQQAAKkMAACRGAAAe&#10;SAAAF0sAABJOAAAOUQAAC1MBAAZWBwAAVwwAAFgQAABYEwAAWRkAAFohAABaKQAAWjMAAFo/AABa&#10;TAAAWloAAFpsAABagQAAWZkAAFmxAABY0QAAWPQAAFf/AABX/wBlRQAAWEUAAE1FAABFRAAAPkQA&#10;ADVFAAAtRwAAJUoAAB5NAAAYUAAAElMAAA5WAAAKWQAABFwAAABeBAAAXwkAAGANAABhEAAAYhUA&#10;AGMbAABkIwAAZC0AAGQ4AABkRQAAZFQAAGRmAABkewAAY5MAAGOtAABizAAAYfIAAGH/AABg/wBf&#10;SgAAU0oAAEpJAABDSAAAOUkAAC9MAAAnTwAAH1IAABhVAAASWQAADV0AAAhgAAACYwAAAGYAAABo&#10;AQAAaQUAAGoKAABrDQAAbREAAG4WAABwHQAAcSYAAHExAABwPgAAcE4AAHBfAABwcwAAb40AAG+n&#10;AABuxgAAbe8AAGz/AABs/wBaTwAAUE4AAEhNAAA9TgAAM1EAAClUAAAgWAAAGFwAABFgAAAMZAAA&#10;BmgAAABrAAAAbwAAAHIAAAB0AAAAdQAAAHcEAAB4CQAAeg0AAHwQAAB9FgAAfx4AAIAoAACANQAA&#10;gEUAAH9WAAB/awAAf4QAAH6gAAB9vgAAfOkAAHv/AAB6/wBWVAAATlMAAEJUAAA3VgAALFoAACJf&#10;AAAYYwAAEWgAAAttAAADcgAAAHYAAAB6AAAAfQAAAIAAAACDAAAAhAAAAIYAAACHAgAAiQcAAIsM&#10;AACNEAAAkBYAAJIfAACSLAAAkjsAAJJNAACRYgAAkXoAAI+XAACPtAAAjuEAAIz7AACM/wBVWQAA&#10;SFoAADtdAAAvYQAAJGYAABlsAAARcgAACncAAAJ9AAAAggAAAIYAAACLAAAAjgAAAJEAAACTAAAA&#10;lQAAAJcAAACZAAAAmwAAAJ0EAACfCgAAog8AAKQWAACmIQAApjEAAKZDAAClVwAApHAAAKOOAACj&#10;qwAAodAAAKD1AACf/wBOYQAAQGQAADNpAAAnbgAAG3UAABF8AAALgwAAAIkAAACOAAAAkwAAAJgA&#10;AACdAAAAoQAAAKQAAAClAAAApwAAAKkAAACrAAAArQAAALAAAACyAAAAtQgAALgOAAC8FgAAvCUA&#10;ALw3AAC7TAAAumQAALmBAAC3ogAAt8AAALfqAAC3/ABGawAAOXAAACt3AAAffwAAE4YAAAuOAAAB&#10;lQAAAJsAAAChAAAApgAAAKsAAACwAAAAswAAALcAAAC3AAAAugAAALwAAAC/AAAAwQAAAMQAAADH&#10;AAAAygAAAM0FAADRDgAA1BkAANQrAADUQAAA01gAANN0AADTkgAA0rAAANLTAADS8gA+eQAAMYAA&#10;ACOIAAAXkQAADZkAAAOgAAAApwAAAK4AAACzAAAAuAAAAL0AAADCAAAAxgAAAMoAAADKAAAAzQAA&#10;AM8AAADSAAAA1QAAANkAAADdAAAA3wAAAOMAAADnBQAA6w8AAOwfAADtMwAA7ksAAO9kAADvggAA&#10;8J8AAPG5AADx2AD/AAAA/wAAAP8ABAD/AAkA/wAOAP8AFQD/AB4A/wApAP8ANAD/AD8A/wBIAP8A&#10;UAD/AFgA/wBeAP8AZQD9AGsA+wBxAPkAdwD4AH4A9gCFAPMAjQDxAJcA7gCiAOsArwDoAMAA5gDg&#10;AOMA+ADiAP8A2wD/AMsA/wDBAP8AuQD/ALQA/wD/AAAA/wAAAP8AAAD/AAAA/wAJAP8AEAD/ABkA&#10;/wAjAP8ALgD9ADkA+QBCAPUASgDyAFIA7gBYAOsAXgDpAGQA5gBqAOQAcADiAHYA3wB9AN0AhgDZ&#10;AI8A1QCaANEApwDOALYAywDOAMkA8ADHAP8AxQD/ALsA/wC0AP8ArQD/AKkA/wD/AAAA/wAAAP8A&#10;AAD/AAAA+wACAPYADQDxABMA7QAeAOwAKADpADIA4wA7AN0ARADYAEsA0wBRANAAWADNAF0AywBj&#10;AMkAaADGAG8AxAB2AMIAfgC/AIcAvACSALoAnwC3AK0AtQDBALIA5ACxAP0ArwD/AKwA/wClAP8A&#10;oAD/AJwA/wD/AAAA/wAAAPsAAADuAAAA5AAAANwACADTABAAzwAYAMsAIgDJACsAxgA0AMEAPQC9&#10;AEQAugBLALcAUQC1AFYAsgBcALAAYQCuAGcArABuAKoAdgCoAH8ApgCKAKMAlgChAKUAnwC2AJ0A&#10;0QCcAPMAmwD/AJwA/wCWAP8AkwD/AJAA/wD/AAAA9gAAAOcAAADTAAAAxgAAAL0AAwC4AA0AswAT&#10;ALEAHACvACUArgAuAKkANgCmAD0AowBEAKEASgCfAE8AnQBVAJsAWgCaAGAAmABmAJYAbgCUAHcA&#10;kgCBAJAAjgCOAJwAjACtAIoAwwCJAOgAiAD/AIkA/wCHAP8AhQD/AIIA/wDzAAAA4wAAAMwAAAC8&#10;AAAAsAAAAKcAAAChAAgAngAPAJsAFgCZAB8AmAAnAJYALwCTADcAkQA9AI4AQwCMAEkAiwBOAIkA&#10;VACHAFkAhQBgAIQAZwCCAG8AgAB6AH4AhgB8AJQAegCkAHkAuAB4ANgAdwD3AHgA/wB4AP8AdwD/&#10;AHUA/wDmAAAAywAAALcAAACoAAAAngAAAJYAAACPAAQAiwAMAIgAEgCHABkAhQAhAIQAKQCCADAA&#10;fwA3AH0APQB8AEMAegBIAHkATQB3AFMAdgBZAHQAYQByAGkAcQBzAG8AfwBtAI0AbACdAGoArwBp&#10;AMgAaADtAGkA/wBpAP8AaQD/AGkA/wDSAAAAuAAAAKUAAACXAAAAjQAAAIYAAACBAAAAfAAIAHkA&#10;DgB3ABQAdgAcAHQAIwBzACsAcQAxAG8ANwBuAD0AbABDAGsASABqAE4AaABUAGcAWwBlAGMAYwBt&#10;AGIAeABgAIcAXwCWAF0AqABdAL4AXADkAFwA+wBcAP8AXAD/AFwA/wDCAAAAqgEAAJgDAACJBAAA&#10;fwIAAHgAAAB0AAAAcAAEAG0ADABrABEAaQAXAGgAHgBmACUAZQAsAGMAMgBiADgAYAA9AF8AQwBe&#10;AEkAXABPAFsAVgBaAF4AWABoAFcAcwBVAIEAVACRAFIAowBRALcAUQDWAFEA9QBRAP8AUQD/AFIA&#10;/wC2BwAAnwkAAI0LAAB+DAAAcwsAAGwKAABoBwAAZQMAAGMABwBhAA0AXwATAF0AGgBcACEAWwAn&#10;AFkALQBYADMAVgA5AFUAPwBUAEUAUwBLAFEAUgBQAFoATwBkAE0AbwBMAH0ASgCNAEkAnwBIALIA&#10;RwDMAEcA7wBGAP8ARwD/AEcA/wCsDAAAlQ4AAIMQAAB1EAAAaxAAAGMPAABeDgAAWwwAAFoJAgBZ&#10;BAoAVwAPAFUAFQBTABwAUgAjAFEAKQBPAC8ATgA1AE0BOwBMAUEASgJIAEkCTwBIAlcARgNhAEUD&#10;bQBDA3oAQgOLAEADnAA/A68APgPIAD0E6gA9BfwAPQb/AD4G/wCkEAAAjhIAAHwTAABuFAAAZBQA&#10;AFwTAABWEgAAUxEAAFEOAABQDAUAUAkMAE8HEQBNBxcASwgfAEkIJQBICSsARwkxAEYJOABECj4A&#10;QwpFAEIKTQBAC1UAPwtfAD0LawA8C3kAOgyKADgMnAA3DK8ANQzHADUM6QA1Df0ANQ3/ADYM/wCd&#10;EwAAhxUAAHYXAABpGAAAXhgAAFYYAABQFwAATRUAAEoTAABJEQAASQ4HAEgNDgBGDRMARA0aAEMO&#10;IQBCDigAQA4uAD8ONQA+DzwAPQ9DADsQSwA6EFQAOBBeADYQawA0EHkAMhCKADEQnAAvELAALRDJ&#10;AC0R7AAtEf8ALhH/AC8Q/wCXFgAAghkAAHEbAABkHAAAWRwAAFEcAABMGwAARxoAAEQYAABDFQAA&#10;QhMCAEESCwBAERAAPhIXADwSHgA7EyUAOhMrADgTMgA3EzkANhRAADQUSAAzFFEAMRRcADAVaAAu&#10;FXcALBWIACoVmgAoFa4AJxXHACYV6gAnFf8AKBX/ACkV/wCRGgAAfRwAAG0eAABgHwAAVh8AAE4f&#10;AABIHgAAQx0AAEAcAAA+GgAAPRgAADsXBwA5Fg4AOBcUADYXGwA1GCIAMxgoADIYLwAxGTYAMBk9&#10;AC4ZRgAtGk8AKxpZACoaZgAoGnQAJhqGACQamQAiGq0AIRrFACAa6AAhGv4AIhr/ACMa/wCNHQAA&#10;eR8AAGkhAABcIgAAUiIAAEoiAABEIQAAPyEAADwgAAA5HgAAOBsAADUcBAA0HA0AMhwSADAdGAAv&#10;HR8ALh0lAC0eLAArHjMAKh47ACkfQwAnH00AJh9XACQfZAAiH3IAIB+EAB8flwAdH6sAGx/DABsf&#10;5wAbH/0AHR//AB4e/wCJIAAAdSIAAGUjAABZJAAATyUAAEclAABBJAAAPCMAADgjAAA1IgAAMyAA&#10;ADAgAQAuIQoALCEQACshFQAqIhwAKCIjACciKQAmIzAAJSM4ACMjQQAiJEoAISRVAB8kYQAdJHAA&#10;GySCABkklQAXJKoAFiTBABUk5QAWJPwAFyP/ABkj/wCFIgAAcSQAAGImAABWJwAATCcAAEQnAAA+&#10;JwAAOSYAADUmAAAxJQAALiQAACslAAApJQcAJyYOACUmEwAkJxkAIycgACInJwAhKC4AICg2AB4o&#10;PgAdKEgAGylTABkpXwAYKW4AFimAABQplAASKagAESnAABEo5AARKPsAEyj/ABQn/wCAJQAAbicA&#10;AF8oAABTKQAASSoAAEIpAAA7KQAANikAADIoAAAuKAAAKigAACYpAAAkKgQAIisMACArEQAfLBYA&#10;HSwdABwsJAAbLSsAGi0zABgtPAAXLUUAFi5QABQuXQASLmwAES5+ABAukgAOLqcADS29AA0t3wAN&#10;LfkADiz/ABAs/wB8KAAAaioAAFsrAABQLAAARiwAAD8sAAA5LAAANCsAAC8rAAArKwAAJiwAACIu&#10;AAAfLwAAHDAJABoxDgAZMRMAFzEaABYyIQAVMigAFDIwABMyOQASM0MAETNOABAzWwAOM2kADTN6&#10;AAwzjgAKM6IACDK5AAgy2QAIMvQACjH/AAsx/wB3KwAAZi0AAFguAABNLwAAQy8AADwuAAA2LgAA&#10;MS4AAC0uAAApLgAAIzAAAB8yAAAbMwAAFzUFABQ2DAASNxEAETcWABE3HQAQOCQADzgsAA44NQAN&#10;OD8ADDhKAAs4VwAJOGUABzh2AAU4igADOJ8AATe1AAE30wACN/EAAzb/AAU2/wBzLgAAYjAAAFQx&#10;AABJMQAAQTEAADkxAAA0MQAALzAAACswAAAlMgAAIDMAABs2AAAXOAAAEzoCABA8CQANPQ4ADD0T&#10;AAs9GQAKPSEACT0pAAg9MQAGPjsABT5GAAM+UgABPmEAAD5yAAA+hgAAPZwAAD2yAAA90AAAPPAA&#10;ADz/AAA8/wBtMgAAXTMAAFA0AABGNAAAPjQAADc0AAAyMwAALTMAACc0AAAiNgAAHTgAABg6AAAU&#10;PQAAED8CAA1BCAAJQw0ABkQRAANEFgACRB0AAEQkAABELQAARDYAAERBAABETgAARFwAAERtAABE&#10;gQAARJgAAEOvAABDzQAAQvAAAEL/AABC/wBoNgAAWDcAAEw4AABDOAAAOzcAADU2AAAwNgAAKTcA&#10;ACM5AAAeOwAAGD0AABNAAAAQQgAADUUBAAhHBwADSQwAAEkPAABKEwAASxkAAEsgAABLKAAASzIA&#10;AEs9AABMSQAATFcAAEtoAABLfQAAS5QAAEqsAABKygAASe8AAEn/AABJ/wBiOgAAVDsAAEk7AABA&#10;OwAAOToAADM5AAAsOgAAJTwAAB8/AAAZQQAAE0QAABBHAAAMSQAACEwAAAJPBQAAUAoAAFANAABR&#10;EAAAUhUAAFQbAABUIwAAVCwAAFQ3AABURAAAVFIAAFRjAABUdwAAVI8AAFOoAABSxgAAUu0AAFH/&#10;AABR/wBcPwAATz8AAEU/AAA+PgAANz0AAC8+AAAnQAAAIEMAABlGAAATSQAAD0wAAAtPAAAGUgAA&#10;AFQAAABXAgAAWAcAAFkLAABaDgAAWxEAAF0WAABeHQAAXyYAAF8xAABePQAAXkwAAF5dAABecQAA&#10;XYkAAF2jAABcwQAAW+sAAFr/AABa/wBWRAAAS0MAAENCAAA8QQAAMkIAAClFAAAhSAAAGksAABNO&#10;AAAOUgAAClUAAANZAAAAWwAAAF4AAABgAAAAYgIAAGMGAABlCgAAZg4AAGgRAABqFwAAax8AAGsp&#10;AABrNgAAa0UAAGtWAABqagAAaoIAAGmdAABouwAAZ+cAAGb/AABl/wBRSAAASEgAAEFGAAA3RwAA&#10;LEoAACNNAAAbUQAAE1UAAA5ZAAAIXQAAAWEAAABkAAAAZwAAAGoAAABsAAAAbgAAAHAAAAByBQAA&#10;cwkAAHUNAAB3EQAAehgAAHshAAB7LgAAej0AAHpOAAB5YgAAeXkAAHiWAAB3swAAdeAAAHT8AABz&#10;/wBOTQAAR0wAADtNAAAwTwAAJlMAABxYAAATXAAADWEAAAZmAAAAagAAAG8AAAByAAAAdgAAAHkA&#10;AAB8AAAAfQAAAH8AAACBAAAAgwIAAIYHAACIDAAAixEAAI4YAACOJAAAjjMAAI1EAACMWAAAi28A&#10;AIqMAACJqgAAiM8AAIb3AACF/wBNUQAAQVMAADRVAAApWgAAHl8AABRlAAANagAABXAAAAB2AAAA&#10;ewAAAH8AAACDAAAAhwAAAIoAAACNAAAAjgAAAJEAAACTAAAAlQAAAJgAAACaBQAAnQwAAKARAACj&#10;GgAAoygAAKI6AAChTgAAoGUAAKCBAACeoAAAncEAAJvuAACa/wBGWQAAOVwAAC1hAAAhZwAAFm4A&#10;AA51AAAFewAAAIEAAACHAAAAjQAAAJIAAACWAAAAmgAAAJ0AAACfAAAAoQAAAKQAAACmAAAAqAAA&#10;AKsAAACuAAAAsQMAALQLAAC4EQAAuR4AALkvAAC4QwAAt1oAALV2AAC0lwAAtLUAALHiAACw/AA/&#10;ZAAAMWkAACVvAAAYdwAAD38AAAaHAAAAjgAAAJQAAACaAAAAoAAAAKUAAACqAAAArgAAALEAAACy&#10;AAAAtQAAALcAAAC6AAAAvAAAAL8AAADDAAAAxgAAAMkAAADOCgAA0hMAANIjAADRNwAA0E8AAM5q&#10;AADNigAAyqsAAMvLAADL7wA3cQAAKXgAAB2AAAARiQAACJEAAACaAAAAoQAAAKcAAACtAAAAswAA&#10;ALkAAAC+AAAAwgAAAMUAAADGAAAAyQAAAMwAAADOAAAA0gAAANUAAADaAAAA3gAAAOEAAADlAAAA&#10;6gsAAOsXAADqKwAA6kMAAOpeAADqegAA65kAAOu1AADr1QD/AAAA/wAAAP8AAQD/AAcA/wANAP8A&#10;EgD/ABsA/wAlAP8ALwD/ADoA/wBDAP8ASwD/AFMA/wBaAP0AYAD7AGYA+gBrAPgAcgD2AHgA9ACA&#10;APEAiQDvAJIA7ACdAOkAqgDmALwA4wDcAN8A9wDdAP8AzAD/AL4A/wC1AP8AsAD/AK0A/wD/AAAA&#10;/wAAAP8AAAD/AAAA/wAGAP8ADQD/ABQA/wAfAP8AKQD7ADMA9wA9APMARQDvAE0A7ABTAOgAWQDl&#10;AF8A4wBlAOAAagDdAHEA2gB4ANYAgADSAIoAzwCVAMwAogDIALIAxQDJAMIA7QDAAP8AuwD/ALAA&#10;/wCoAP8ApAD/AKEA/wD/AAAA/wAAAP0AAAD6AAAA+AAAAPAACQDsABEA6AAZAOcAIwDlAC0A3gA2&#10;ANYAPgDRAEYAzQBMAMoAUgDIAFgAxQBdAMMAYwDAAGkAvgBwALwAeAC5AIEAtwCNALQAmgCxAKkA&#10;rgC8AKwA4QCqAPwAqAD/AKAA/wCZAP8AlgD/AJQA/wD/AAAA+QAAAPIAAADnAAAA2wAAANEABADK&#10;AA0AxwAUAMQAHQDCACYAvwAvALsANwC3AD8AtABFALEASwCuAFEArABWAKoAXACoAGEApgBoAKMA&#10;cAChAHkAnwCEAJ0AkQCaAKAAmACxAJYAzACVAPEAlAD/AJEA/wCLAP8AiAD/AIYA/wD3AAAA7AAA&#10;AN4AAADJAAAAvAAAALQAAACvAAoAqwAQAKkAFwCoACAApwAoAKIAMACfADgAnAA+AJoARACYAEoA&#10;lgBPAJQAVQCTAFoAkQBhAI8AaACNAHEAiwB7AIkAiACHAJcAhQCoAIMAvgCBAOQAgAD/AIAA/wB8&#10;AP8AewD/AHkA/wDpAAAA1wAAAMEAAACxAAAApgAAAJ0AAACXAAUAlAANAJIAEgCQABoAjwAiAI4A&#10;KgCLADEAiQA4AIcAPgCFAEMAgwBIAIEATgB/AFQAfgBaAHwAYQB6AGkAeABzAHYAfwB1AI4AcwCf&#10;AHEAswBwANAAbwD2AG8A/wBvAP8AbQD/AGwA/wDaAAAAvwAAAKwAAACeAAAAkwAAAIwAAACFAAAA&#10;ggAJAH8ADwB+ABUAfQAcAHwAJAB6ACsAdwAxAHUANwB0AD0AcgBCAHEASABvAE0AbgBTAGwAWgBr&#10;AGIAaQBsAGcAeABmAIYAZACXAGIAqgBhAMIAYADrAGEA/wBhAP8AYQD/AGAA/wDFAAAArQAAAJsA&#10;AACNAAAAgwAAAHwAAAB3AAAAcgAFAHAADABuABEAbAAXAGwAHgBrACUAaQAsAGcAMQBmADcAZAA9&#10;AGMAQgBiAEgAYABOAF8AVQBdAF0AXABmAFoAcgBZAIAAVwCQAFYAowBVALkAVADeAFQA+wBUAP8A&#10;VQD/AFUA/wC2AAAAnwAAAI0AAAB/AAAAdQAAAG4AAABpAAAAZgABAGMACQBhAA4AYAATAF8AGQBe&#10;ACAAXQAmAFsALABaADIAWAA3AFcAPQBWAEMAVQBJAFMAUABSAFgAUQBhAE8AbABOAHoATACKAEsA&#10;nABKALEASQDOAEkA8wBJAP8ASQD/AEoA/wCqAQAAlAUAAIIHAAB0CAAAaggAAGMGAABeBAAAWwAA&#10;AFkABQBXAAwAVgAQAFQAFQBTABsAUgAiAFEAKABQAC0ATgAzAE0AOABMAD4ASwBFAEoATABIAFQA&#10;RwBdAEYAaABEAHUAQwCFAEEAmABAAKsAQADFAD8A6gA/AP8AQAD/AEAA/wCgCAAAigsAAHkNAABs&#10;DQAAYQ0AAFoNAABVCwAAUgkAAFAGAABPAggATgANAEwAEgBLABcASgAeAEkAIwBHACkARgAvAEUA&#10;NABEADoAQgBBAEEASABAAFAAPgBaAD0AZAA8AHIAOgCCADkAlAA4AKcANwC+ADYA4wA2APkANgD/&#10;ADcA/wCYDQAAgw4AAHIQAABlEQAAWxEAAFMQAABOEAAASg4AAEgNAABHCgMARwcKAEUEDgBEAhMA&#10;QgIaAEECIABAAyUAPgMrAD0EMQA8BDcAOwQ+ADoFRQA5BU4ANwVXADYFYgA0BnAAMgaAADEGkgAw&#10;BqUALwW7AC4F3QAuBvUALQf/AC4H/wCREAAAfREAAGwTAABfFAAAVRQAAE4UAABIEwAARBIAAEEQ&#10;AABADgAAQA0GAEAKDAA+CRAAPAkWADsKHAA5CiIAOAooADcLLgA2CzUANQs7ADMLQwAyDEwAMAxW&#10;AC8MYQAtDG8AKwx/ACoMkgAoDKUAJwy7ACUM3QAlDfUAJg3/ACcN/wCLEgAAdxQAAGcWAABbFwAA&#10;URgAAEkXAABDFwAAPxUAADwUAAA6EgAAOREBADkPCAA4Dg0ANw4SADUOGAA0Dh8AMg4lADEPLAAw&#10;DzIALxA6AC0QQgAsEEsAKhBVACgQYQAmEG8AJBCAACMQkwAhEKcAHxC9AB4Q4AAeEfcAHxD/ACAQ&#10;/wCGFAAAcxcAAGMZAABXGgAATRsAAEUaAABAGgAAOxkAADgYAAA1FgAANBQAADMSBAAyEgsAMRIQ&#10;AC8SFQAtEhwALBMiACsTKQAqEzAAKBM3ACcUPwAmFEgAJBRTACIUXwAgFW0AHxV+AB0VkQAbFaUA&#10;GRW7ABgV3gAYFfgAGRT/ABoU/wCCFwAAbxoAAF8cAABTHQAASh0AAEIdAAA8HQAANxwAADQbAAAx&#10;GgAALxkAAC4WAAAsFwgAKxYOACkXEwAoFxkAJxggACUYJgAkGC0AIxg0ACIZPQAgGUYAHhlRAB0Z&#10;XQAbGmsAGRp8ABcajwAVGqMAFBm6ABIZ2wATGfYAFBn/ABUY/wB9GgAAax0AAFwfAABQIAAARyAA&#10;AD8gAAA5HwAANB8AADEeAAAtHQAAKxwAACkbAAAnGwUAJRsMACQcEQAiHBYAIRwdACAdIwAfHSoA&#10;Hh0yABweOgAbHkQAGR5OABceWwAWHmkAFB96ABIejQARHqIAEB64AA4e2AAPHvUAEB3/ABEd/wB6&#10;HQAAZx8AAFkhAABNIgAARCIAADwiAAA2IgAAMiEAAC4hAAAqIAAAJyAAACQfAAAiIAIAICAKAB4h&#10;DwAdIRQAHCEaABsiIQAZIicAGCIvABciOAAVI0EAFCNMABIjWAARI2cAECN4AA4jiwANI58ADCO0&#10;AAsj0AALIvAADCL/AA0h/wB2HwAAZCIAAFYjAABLJAAAQSQAADokAAA0JAAALyMAACsjAAAoIwAA&#10;JCMAACAjAAAdJAAAGyUHABkmDQAXJhEAFiYXABUnHgAUJyUAEycsABInNQARKD8AEChKAA4oVgAN&#10;KGQADCh0AAoohwAJKJsAByexAAUnzAAGJ+wAByb+AAgm/wBxIgAAYCQAAFMmAABIJwAAPycAADcm&#10;AAAxJgAALSYAACklAAAlJQAAIiUAAB0nAAAZKAAAFioEABQrCwASLBAAESwUABAsGwAQLCIADiwp&#10;AA4tMgANLTsACy1GAAotUgAILWAABi1wAAQtgwACLZgAACyuAAAsyQAALOsAASv8AAIr/wBtJQAA&#10;XScAAE8oAABFKQAAPCkAADUpAAAvKAAAKygAACcnAAAjJwAAHygAABsqAAAXLAAAEy4CABAwCAAO&#10;MQ0ADTESAAwxFwALMR4ACjEmAAgyLgAHMjcABTJCAAMyTgABMlwAADJsAAAyfwAAMpUAADGsAAAx&#10;xwAAMOoAADD8AAAw/wBoKQAAWCoAAEwrAABBLAAAOSwAADIrAAAtKwAAKSoAACUqAAAgKwAAHCwA&#10;ABcuAAATMAAAEDICAA40BwAKNwwABzcQAAU3FAADNxsAAjciAAA3KgAAODMAADg+AAA4SgAAOFgA&#10;ADhoAAA4fAAAN5IAADepAAA2xQAANuoAADb9AAA1/wBjLAAAVC4AAEgvAAA+LwAANi4AADAuAAAr&#10;LQAAJy0AACItAAAdLwAAGDEAABQzAAAQNQAADjcBAAo6BwAGOwsAAjwOAAA9EgAAPhcAAD4eAAA+&#10;JgAAPi8AAD46AAA+RgAAPlQAAD5kAAA+dwAAPo8AAD2nAAA9wwAAPOkAADz9AAA7/wBeMAAAUDEA&#10;AEQyAAA7MgAANDEAAC4wAAApLwAAJDAAAB4yAAAZNAAAFDYAABA5AAANOwAACj0AAAVABQAAQQoA&#10;AEINAABDEAAARBQAAEUaAABGIgAARisAAEY1AABGQQAARk8AAEZfAABGcwAARYoAAEWkAABEwAAA&#10;Q+gAAEP+AABC/wBYNAAASzUAAEE1AAA5NQAAMjQAAC0zAAAmNAAAIDUAABo4AAAUOgAAED0AAA1A&#10;AAAJQgAABEUAAABHAwAASAcAAEoLAABLDgAATBEAAE4VAABPHAAATyUAAE8vAABPPAAAT0oAAE9a&#10;AABObQAAToUAAE2gAABMvAAAS+cAAEv+AABK/wBTOQAARzkAAD45AAA3OAAAMTcAACk3AAAhOQAA&#10;GzwAABU/AAAQQgAADEUAAAdIAAACSgAAAE0AAABPAAAAUQQAAFIHAABUCwAAVQ4AAFcRAABZFwAA&#10;Wh8AAFkpAABZNgAAWUQAAFlUAABYZwAAWH8AAFeaAABWtwAAVeMAAFT9AABU/wBOPQAAQz0AADw8&#10;AAA1OwAALDwAACQ+AAAcQQAAFUQAABBIAAALSwAABU4AAABRAAAAVAAAAFcAAABZAAAAWwAAAF0C&#10;AABeBgAAYAsAAGIOAABkEgAAZxgAAGciAABmLgAAZjwAAGZNAABlYAAAZXcAAGSTAABjsQAAYd0A&#10;AGD8AABf/wBJQgAAQUEAADo/AAAwQAAAJkMAAB5GAAAVSgAAEE4AAApSAAADVgAAAFoAAABdAAAA&#10;YAAAAGMAAABlAAAAZwAAAGkAAABrAQAAbQUAAG8KAAByDgAAdRIAAHcbAAB2JgAAdjUAAHVGAAB0&#10;WQAAdG8AAHOLAAByqQAAcM0AAG/3AABu/wBGRgAAQEUAADVGAAAqSAAAIEwAABdRAAAQVgAACVoA&#10;AAFfAAAAYwAAAGgAAABrAAAAbwAAAHIAAAB1AAAAdwAAAHkAAAB7AAAAfQAAAIADAACDCAAAhg0A&#10;AIkTAACKHQAAiisAAIk8AACITwAAhmYAAIWBAACEoAAAgsIAAIHwAAB//wBGSwAAOkwAAC5PAAAj&#10;UwAAGFgAABBeAAAJZAAAAGkAAABvAAAAdAAAAHgAAAB8AAAAgQAAAIQAAACHAAAAiAAAAIsAAACO&#10;AAAAkAAAAJMAAACWAAAAmQcAAJ0NAAChFAAAoCEAAKAxAACeRAAAnVsAAJx2AACZlgAAmbUAAJbl&#10;AACV/gA/UgAAMlUAACZaAAAbYAAAEWcAAAltAAAAdAAAAHsAAACBAAAAhgAAAIsAAACQAAAAlAAA&#10;AJcAAACZAAAAnAAAAJ8AAAChAAAApAAAAKcAAACqAAAArQAAALEGAAC1DQAAuBYAALcmAAC2OQAA&#10;tVAAALRqAACyiQAAsKoAAK7PAACt9QA3XAAAK2EAAB5oAAATcAAAC3gAAACAAAAAhwAAAI4AAACV&#10;AAAAmgAAAJ8AAACkAAAAqAAAAKwAAACtAAAAsAAAALMAAAC1AAAAuAAAALsAAAC/AAAAwwAAAMcA&#10;AADLBQAA0Q4AANEbAADQLgAAz0UAAM1fAADLfgAAyZ4AAMi+AADF6QAvaQAAI3AAABZ5AAANgQAA&#10;AYsAAACTAAAAmwAAAKIAAACoAAAArgAAALQAAAC4AAAAvQAAAMAAAADCAAAAxQAAAMgAAADLAAAA&#10;zgAAANEAAADWAAAA2wAAAN8AAADkAAAA6AYAAOsRAADqIwAA6joAAOlUAADncgAA5ZMAAOOzAADj&#10;1AD/AAAA/wAAAP8AAAD/AAQA/wALAP8AEAD/ABcA/wAhAP8AKwD/ADUA/wA+AP8ARwD/AE4A/wBV&#10;APwAWwD6AGEA+ABmAPYAbQD0AHMA8gB7AO8AhADtAI4A6gCZAOYApwDjALkA3wDVANsA9wDWAP8A&#10;wAD/ALIA/wCqAP8ApQD/AKIA/wD/AAAA/wAAAP4AAAD8AAAA/AADAP4ACwD/ABEA/wAaAP0AJAD5&#10;AC4A9AA4APAAQADsAEgA6QBOAOYAVADiAFoA3wBfANwAZQDYAGsA1AByANAAewDNAIUAygCRAMcA&#10;ngDDAK4AwADFAL0A6wC7AP8AsAD/AKQA/wCcAP8AmAD/AJUA/wD/AAAA+gAAAPQAAADxAAAA8gAA&#10;AOoABQDnAA4A4gAVAOEAHgDhACgA2AAxANAAOQDLAEAAyABHAMUATQDCAFMAvwBYAL0AXgC7AGQA&#10;uQBrALYAcwC0AHwAsQCIAK4AlQCrAKQAqAC4AKYA3ACjAPsAnwD/AJUA/wCPAP8AiwD/AIkA/wD5&#10;AAAA7wAAAOcAAADfAAAAzwAAAMgAAADBAAoAvwARALwAGAC7ACEAuQAqALQAMgCxADoArgBAAKsA&#10;RgCoAEwApgBRAKMAVgChAFwAnwBjAJ0AagCbAHMAmQB+AJYAjACUAJsAkgCtAJAAxwCOAPAAjQD/&#10;AIYA/wCAAP8AfQD/AHwA/wDtAAAA4AAAANEAAAC/AAAAswAAAKoAAACmAAUAogANAKEAEwCgABsA&#10;nwAjAJsAKwCYADIAlQA5AJMAPwCRAEQAjwBKAI4ATwCMAFUAigBbAIgAYwCGAGsAhAB2AIIAggCA&#10;AJIAfgCjAHwAugB6AOEAeQD/AHcA/wByAP8AcAD/AG8A/wDdAAAAywAAALYAAACnAAAAnQAAAJQA&#10;AACOAAEAiwAKAIkAEACIABUAhwAdAIcAJQCEACwAggAyAH8AOAB9AD0AewBDAHkASAB4AE4AdgBU&#10;AHUAWwBzAGMAcQBuAG8AegBtAIkAbACaAGoArgBpAMwAaAD2AGcA/wBlAP8AZAD/AGMA/wDKAAAA&#10;tAAAAKEAAACTAAAAiQAAAIIAAAB7AAAAeAAFAHYADAB1ABEAdAAYAHMAHwByACUAcAAsAG4AMgBs&#10;ADcAagA8AGkAQgBoAEgAZgBOAGUAVQBjAF0AYgBmAGAAcgBeAIAAXQCSAFsApQBaAL4AWQDpAFkA&#10;/wBZAP8AWAD/AFgA/wC5AAAAogAAAJAAAACDAAAAeQAAAHEAAABtAAAAaQABAGYACQBlAA4AZAAT&#10;AGMAGQBjACAAYQAmAGAALABeADEAXAA3AFsAPABaAEIAWABIAFcATwBWAFcAVABgAFMAbABRAHkA&#10;UACKAE8AngBOALQATQDaAE0A+wBNAP8ATQD/AE0A/wCqAAAAlAAAAIIAAAB1AAAAawAAAGQAAABg&#10;AAAAXQAAAFoABQBYAAwAVwAQAFYAFQBWABsAVQAhAFMAJwBSACwAUQAxAE8ANwBOAD0ATQBDAEwA&#10;SgBKAFIASQBbAEgAZgBGAHMARQCEAEQAlwBDAKwAQgDJAEIA8QBCAP8AQwD/AEMA/wCeAAAAiQAA&#10;AHgDAABqBAAAYQQAAFoDAABVAQAAUgAAAFAAAgBOAAkATQANAEwAEQBLABcASgAcAEkAIgBIACcA&#10;RwAtAEUAMgBEADgAQwA+AEIARQBBAE0APwBWAD4AYQA9AG4AOwB+ADoAkQA5AKYAOAC/ADgA6AA4&#10;AP8AOQD/ADkA/wCVAwAAgAcAAG8JAABiCgAAWAsAAFEKAABMCAAASQYAAEcDAABGAAYARAALAEMA&#10;DwBCABMAQQAYAEEAHgA/ACMAPgApAD0ALgA7ADQAOgA6ADkAQQA4AEkANwBSADYAXQA0AGoAMwB6&#10;ADIAjAAxAKEAMAC4AC8A3gAvAPkALwD/ADAA/wCMCQAAeAwAAGgNAABcDgAAUg4AAEsOAABFDQAA&#10;QQwAAD8KAAA+CAIAPQQIADwBDQA7ABAAOgAVADkAGgA4ACAANgAlADUAKwA0ADAAMwA3ADIAPgAx&#10;AEYALwBQAC4AWgAtAGcAKwB3ACoAiQApAJ0AKACzACcA0QAnAPIAJwD/ACcA/wCGDAAAcg4AAGMQ&#10;AABWEQAATREAAEURAABAEAAAPA8AADkOAAA3DQAANgsEADYICgA1Bg4ANAUSADIEFwAxBRwAMAUi&#10;AC8FKAAuBi4ALQY0ACsGPAAqBkQAKQdOACcHWQAmB2UAJAd1ACMHhwAiB5sAIAawACAGywAfBe0A&#10;Hwb+AB8H/wCADgAAbREAAF4SAABSEwAASBMAAEETAAA7EwAANxIAADQRAAAyEAAAMA8BADANBgAw&#10;CwsALwoQAC0KFAAsCxkAKgsfACkLJQAoDCsAJwwyACYMOgAkDEMAIwxNACENWAAgDWUAHg11ABwN&#10;iAAaDZwAGQ2xABgMygAXDOsAFw38ABgM/wB7EQAAaRMAAFoVAABOFgAARRYAAD0WAAA4FQAAMxUA&#10;ADAUAAAtEwAAKxIAACoQAwAqDwgAKQ4NACgOEQAmDhYAJQ8dACQPIwAjDykAIRAxACAQOQAeEEIA&#10;HRBMABsQWAAZEGYAFxB2ABUQiQAUEJ4AEhCzABEQzgAREO4AEhD+ABIQ/wB3EwAAZRUAAFcXAABL&#10;GAAAQhkAADoZAAA0GAAAMBcAACwXAAApFgAAJxUAACYUAQAlEgQAIxILACISDwAhEhQAIBIaAB4T&#10;IAAdEycAHBMuABoTNgAZFEAAFxRKABYUVgAUFGQAEhR0ABEUhwAQFJwADhSxAA0UygANFOsADhP+&#10;AA4T/wBzFQAAYRgAAFMaAABIGwAAPxsAADcbAAAyGgAALRoAACkZAAAmGAAAJBgAACIXAAAgFgEA&#10;HhYIAB0WDQAbFxIAGhcXABkXHQAYGCQAFhgrABUYNAAUGD0AEhlIABEZVAAQGWIADhlyAA0ZhAAM&#10;GZgAChmtAAkYxgAJGOcACRj6AAoX/wBvGAAAXhoAAFAcAABFHQAAPB0AADUdAAAvHQAAKhwAACYb&#10;AAAjGwAAIRoAAB4aAAAcGgAAGhsFABgbDAAWHBAAFRwVABQcGwATHCIAEh0pABEdMQAQHTsADh1F&#10;AA0eUQAMHl4ACh5tAAkegAAHHpQABR2qAAMdwgADHeYABBz4AAUc/wBrGgAAWx0AAE0eAABCHwAA&#10;Oh8AADIfAAAtHwAAKB4AACQeAAAhHQAAHh0AABwdAAAYHgAAFR8CABMgCQASIQ4AECESABAhGAAO&#10;IR8ADiImAA0iLgAMIjcACiJBAAkiTQAHIloABSJpAAMifAABIpEAACKoAAAhwAAAIeUAACD4AAAg&#10;/wBnHQAAVx8AAEohAABAIQAANyIAADAhAAAqIQAAJiAAACIgAAAfHwAAHB8AABkgAAAWIQAAEiMC&#10;ABAkBwAOJgwADCYQAAsmFQAKJhwACSYiAAgmKgAGJzMABCc9AAMnSQABJ1YAACdmAAAneQAAJ48A&#10;ACamAAAmvwAAJeQAACX5AAAk/wBjIAAAVCIAAEcjAAA9JAAANCQAAC4jAAAoIwAAJCIAACEiAAAe&#10;IQAAGiIAABcjAAATJAAAECYCAA4oBwALKgsACCsOAAYrEwAEKxgAAisfAAEsJwAALDAAACw6AAAs&#10;RQAALFMAACxjAAAsdgAALIwAACukAAArvgAAKuQAACr6AAAp/wBfIwAAUCUAAEQmAAA6JgAAMiYA&#10;ACsmAAAmJQAAIyQAAB8kAAAbJAAAFyUAABQnAAARKQAADisCAAstBgAHLwsABDAOAAAwEQAAMRUA&#10;ADEcAAAxIwAAMiwAADI2AAAyQgAAMk8AADJfAAAycgAAMYkAADGiAAAwvAAAMOQAAC/7AAAv/wBa&#10;JwAATCgAAEApAAA3KQAALykAACkoAAAlJwAAISYAABwnAAAYKAAAFCoAABEsAAAOLgAACzABAAcy&#10;BQADNAkAADUMAAA2DwAANxIAADgYAAA4IAAAOCgAADgyAAA5PQAAOUsAADlbAAA4bgAAOIUAADef&#10;AAA3ugAANuQAADX8AAA1/wBVKgAASCwAAD0sAAA0LAAALSsAACgqAAAkKQAAHioAABkrAAAULQAA&#10;ES8AAA0xAAAKNAAABzYAAAI4BAAAOgcAADsKAAA9DQAAPhAAAEAUAABAGwAAQCQAAEAuAABAOQAA&#10;QEcAAEBWAABAaQAAQIAAAD+bAAA+twAAPeMAADz8AAA8/wBQLwAAQy8AADkvAAAyLwAALC0AACcs&#10;AAAgLQAAGi8AABUxAAARMwAADTYAAAk4AAAFOwAAAD0AAABAAQAAQQQAAEMHAABFCwAARg4AAEgR&#10;AABKFgAASh4AAEooAABKNAAASUIAAElRAABJZAAASHsAAEiXAABHtAAARuAAAEX8AABE/wBKMwAA&#10;PzMAADYzAAAwMQAAKjAAACMxAAAcMwAAFjUAABE4AAANOwAACD4AAANBAAAAQwAAAEYAAABIAAAA&#10;SgAAAEwEAABOBwAATwsAAFEOAABUEgAAVRkAAFUiAABULgAAVDwAAFRLAABTXgAAU3QAAFKQAABR&#10;rgAAUNcAAE/7AABO/wBFNwAAPDcAADU2AAAvNAAAJjUAAB43AAAXOgAAET0AAAxBAAAHRAAAAEgA&#10;AABKAAAATQAAAFAAAABTAAAAVQAAAFcAAABYAgAAWwYAAF0LAABfDgAAYhMAAGIbAABiJwAAYjQA&#10;AGFFAABgVwAAYG0AAF+JAABdpwAAXMwAAFr4AABZ/wBBPAAAOjsAADQ5AAAqOgAAITwAABhAAAAR&#10;QwAADEcAAAZLAAAATwAAAFMAAABWAAAAWQAAAFwAAABfAAAAYQAAAGMAAABlAAAAZwEAAGoFAABt&#10;CgAAcA4AAHMVAAByIAAAci0AAHE9AABwTwAAb2UAAG6AAABtnwAAa8EAAGnxAABo/wA/QAAAOT4A&#10;AC4/AAAkQgAAGkYAABJKAAAMTwAABFQAAABYAAAAXQAAAGEAAABlAAAAaAAAAGsAAABuAAAAcQAA&#10;AHMAAAB1AAAAeAAAAHsAAAB+AwAAgQoAAIUPAACHFwAAhiQAAIU0AACERgAAgl0AAIF2AAB/lgAA&#10;frYAAHznAAB6/wA/RAAAM0UAAChIAAAdTAAAE1IAAAxXAAADXQAAAGMAAABoAAAAbQAAAHEAAAB2&#10;AAAAegAAAH4AAACBAAAAgwAAAIYAAACJAAAAiwAAAI4AAACSAAAAlQEAAJkJAACeEAAAnhoAAJ0p&#10;AACcPAAAmlIAAJhsAACWiwAAlKoAAJLUAACQ+gA4SwAALE4AACBTAAAVWQAADWAAAANnAAAAbgAA&#10;AHQAAAB6AAAAgAAAAIQAAACKAAAAjgAAAJIAAACVAAAAlwAAAJoAAACdAAAAoAAAAKMAAACnAAAA&#10;qwAAAK8AAAC0CQAAuBAAALceAAC1MAAAs0YAALFgAACvfgAArKAAAKvBAACp7gAxVQAAJFsAABhh&#10;AAAOaQAABXEAAAB5AAAAgQAAAIgAAACPAAAAlAAAAJoAAACfAAAApAAAAKgAAACpAAAArAAAAK8A&#10;AACzAAAAtQAAALkAAAC9AAAAwQAAAMYAAADLAAAA0QoAANMUAADRJQAA0DsAAM1UAADKcQAAyJIA&#10;AMWzAADD3gApYgAAHGkAABFxAAAHewAAAIQAAACNAAAAlQAAAJ0AAACjAAAAqQAAAK8AAAC0AAAA&#10;uQAAALwAAAC+AAAAwgAAAMUAAADIAAAAzAAAANAAAADUAAAA2gAAAN8AAADkAAAA6gAAAO4MAADt&#10;GgAA7C8AAOpJAADoZQAA5oYAAOSlAADixgD/AAAA/wAAAP8AAAD8AAEA/AAIAP4ADgD/ABQA/wAd&#10;AP8AJgD/ADAA/wA6AP8AQgD/AEkA/gBQAPsAVgD5AFwA9gBiAPQAaADyAG8A8AB2AO0AfwDqAIkA&#10;5wCVAOQAowDgALUA2wDQANUA9gDKAP8AtgD/AKgA/wCfAP8AmgD/AJYA/wD/AAAA+wAAAPYAAADz&#10;AAAA8wAAAPYACQD6AA4A/QAWAPsAIAD3ACoA8gAzAO0AOwDpAEMA5gBJAOIATwDeAFUA2wBbANYA&#10;YADSAGcAzwBuAMwAdgDJAIAAxgCMAMIAmgC/AKoAuwDBALgA6QC2AP8ApwD/AJoA/wCSAP8AjQD/&#10;AIoA/wD6AAAA8QAAAOoAAADnAAAA5wAAAOQAAQDgAAsA2wARANoAGgDbACMA0QAsAMoANADGADsA&#10;wgBCAL8ASAC8AE4AugBTALgAWQC2AF8AswBmALEAbgCuAHcArACDAKkAkQCmAKEAowC1AKAA2ACe&#10;APsAlQD/AIsA/wCFAP8AgAD/AH4A/wDvAAAA4wAAANoAAADTAAAAxgAAAL8AAAC5AAYAtwAOALQA&#10;FAC0AB0AswAlAK4ALQCrADQApwA7AKQAQQChAEYAnwBMAJ0AUQCbAFcAmQBeAJcAZQCVAG4AkwB5&#10;AJAAhwCOAJcAjACpAIkAxACIAO8AhQD/AHwA/wB2AP8AcwD/AHIA/wDgAAAA0AAAAMYAAAC2AAAA&#10;qQAAAKEAAACdAAEAmQAKAJgAEACYABYAlwAeAJQAJgCRAC0AjwA0AIwAOgCKAD8AiABFAIcASgCF&#10;AFAAgwBWAIEAXgCAAGYAfgBxAHwAfQB5AI0AdwCgAHUAtgBzAN8AcgD/AG4A/wBpAP8AZwD/AGUA&#10;/wDMAAAAvgAAAKsAAACdAAAAkwAAAIoAAACFAAAAggAFAIAADQB/ABEAfwAYAIAAIAB9ACYAegAt&#10;AHcAMwB1ADgAdAA+AHIAQwBwAEkAbwBPAG0AVgBsAF4AagBoAGgAdQBnAIQAZQCWAGQAqwBiAMkA&#10;YQD2AGAA/wBcAP8AWwD/AFoA/wC9AAAAqQAAAJcAAACJAAAAfgAAAHgAAABzAAAAbwABAG0ACQBs&#10;AA4AawATAGsAGQBqACAAaAAmAGYALABlADIAYwA3AGIAPABgAEIAXwBIAF0ATwBcAFcAWgBhAFkA&#10;bQBXAHsAVgCOAFUAogBTALsAUgDpAFIA/wBQAP8ATwD/AE8A/wCtAAAAmAAAAIYAAAB4AAAAbgAA&#10;AGcAAABjAAAAYAAAAF0ABQBcAAsAWwAQAFsAFQBbABsAWgAhAFgAJgBWACwAVAAxAFMANgBSADwA&#10;UQBCAE8ASQBOAFEATQBbAEsAZgBKAHQASQCFAEgAmQBHALEARgDYAEYA/ABFAP8ARQD/AEUA/wCf&#10;AAAAiQAAAHgAAABsAAAAYgAAAFsAAABWAAAAUwAAAFEAAgBPAAgATwANAE4AEQBOABYATQAcAEwA&#10;IQBKACYASQAsAEgAMQBHADcARQA9AEQARABDAEwAQgBVAEAAYAA/AG4APgB+AD0AkgA8AKkAOwDH&#10;ADsA8wA7AP8AOwD/ADwA/wCTAAAAfgAAAG4AAABhAAAAWAAAAFEAAABMAAAASQAAAEcAAABFAAUA&#10;RAALAEMADgBDABIAQwAXAEIAHQBAACIAPwAnAD4ALAA9ADIAOwA4ADoAPwA5AEcAOABQADcAWwA1&#10;AGgANAB4ADMAjAAyAKIAMQC8ADEA5wAxAP8AMgD/ADMA/wCJAAAAdgMAAGYFAABZBwAAUAcAAEkG&#10;AABDBQAAQAMAAD4BAAA8AAMAOwAIADoADQA6ABAAOQAUADkAGQA3AB4ANgAjADUAKAA0AC4AMwA0&#10;ADIAOwAwAEMALwBMAC4AVwAtAGQALABzACsAhwAqAJwAKQC1ACkA3AApAPsAKQD/ACoA/wCBBAAA&#10;bggAAF8KAABTCwAASgsAAEILAAA9CgAAOQkAADYIAAA1BQAANAIGADMACgAyAA4AMQARADEAFQAw&#10;ABoALwAfAC4AJAAsACoAKwAwACoANwApAD8AKABJACcAVAAmAGAAJABvACMAggAiAJcAIQCuACEA&#10;zAAhAPMAIQD/ACIA/wB7CQAAaAwAAFoNAABODgAARQ4AAD0OAAA4DQAAMw0AADAMAAAuCwAALQkD&#10;AC0GCAAsBAwAKwIPACoBEgApARcAKAEcACcAIQAmACcAJQAtACQANAAjAT0AIgFGACEBUQAfAV0A&#10;HgFsABwBfwAbAJQAGgCqABoAxQAaAOsAGQD/ABoA/wB1DAAAZA4AAFUPAABKEAAAQBAAADkQAAAz&#10;EAAALw8AACwOAAApDgAAJw0BACcMBQAnCgoAJggNACUHEAAkBhQAIgYZACEGHwAgByQAHwcrAB4H&#10;MgAdBzoAHAhEABoITwAZCFwAFwhrABYIfQAVB5EAFAenABMGvwASBeQAEgX6ABIF/wBxDgAAXxAA&#10;AFERAABGEgAAPRIAADYSAAAwEgAAKxEAACgRAAAlEAAAIxAAACIOBAAhDQcAIQwLACALDgAfCxIA&#10;HQsXABwMHAAbDCIAGgwpABkMMQAYDDkAFg1DABUNTwATDVwAEg1rABANfgAPDZIADg2nAA0MvgAN&#10;DOAADQz1AA0M/wBtEAAAXBEAAE4TAABDFAAAOhQAADIUAAAtFAAAKBMAACUTAAAiEgAAIBEAAB4R&#10;AwAcEAUAHA8IABsPDAAaDhAAGQ8UABcPGgAWDyEAFRAoABQQMAASEDkAERBEABAQUAAOEF0ADRBr&#10;AAwQfAALEJAACRClAAgQvAAHEN8ABxD0AAcP/wBpEQAAWBQAAEsVAABAFgAANxYAADAWAAAqFgAA&#10;JhUAACIVAAAfFAAAHRMAABoTAgAZEgQAFxIGABYSCgAVEg4AFBISABISGAAREx4AERMlABATLgAO&#10;EzcADRRAAAwUSwALFFgACRRnAAcUeAAGFI0ABBSjAAMTuwACE90AARL0AAIS/wBlEwAAVRYAAEgX&#10;AAA9GAAANBgAAC0YAAAoGAAAIxcAACAXAAAdFgAAGhUAABgVAgAWFQQAFBUFABIWCAARFg0AEBcQ&#10;AA4XFQAOFxsADRciAAwXKQALGDIACRg8AAcYRwAFGFQABBhjAAIYdQABGIsAABehAAAXuQAAF90A&#10;ABb1AAAW/wBhFgAAUhgAAEUaAAA7GgAAMhoAACsaAAAlGgAAIRkAAB4YAAAbGAAAGBcAABYXAgAU&#10;FwMAEhgFABAZBwAOGwsADBsPAAsbEwAKGxgACBwfAAccJgAFHC8ABBw4AAIcRAAAHVEAAB1gAAAd&#10;cgAAHIgAABygAAAbuQAAG94AABr2AAAa/wBeGAAATxoAAEIcAAA4HAAALx0AACkcAAAjHAAAHxsA&#10;ABwaAAAZGQAAFxkBABQZAgASGgMAEBsEAA4dBwAMHgsACR8OAAYgEQAFIBYAAyAcAAEhIwAAISsA&#10;ACE1AAAhQAAAIU4AACFdAAAhbwAAIYYAACCeAAAguAAAH94AAB74AAAe/wBaGwAASx0AAD8eAAA1&#10;HwAALR8AACceAAAiHQAAHh0AABscAAAYGwAAFRsAABIcAAAQHQIADh8EAAwhBgAJIgoABSMNAAIk&#10;EAAAJRMAACUZAAAmIAAAJigAACYyAAAmPQAAJkoAACZaAAAmbAAAJoMAACWcAAAltwAAJN8AACP5&#10;AAAj/wBVHgAARyAAADwhAAAyIQAAKyEAACUgAAAgHwAAHR4AABodAAAWHgAAEx4AABAgAAAOIQAA&#10;DCMCAAglBQAFJwkAACgLAAAqDgAAKxEAACwWAAAsHQAALCUAACwuAAAsOgAALEcAACxWAAAsaQAA&#10;LIAAACuaAAAqtQAAKd8AACn7AAAo/wBRIgAARCMAADgkAAAvJAAAKCMAACMiAAAfIQAAHCAAABcg&#10;AAATIQAAECMAAA4kAAALJgAACCgAAAQqBAAALAcAAC4JAAAwDAAAMQ8AADMTAAAzGQAAMyEAADMq&#10;AAAzNQAAM0MAADNSAAAzZQAAMnsAADKXAAAxswAAMN4AAC/7AAAu/wBMJQAAPyYAADUnAAAtJgAA&#10;JyUAACIkAAAeIwAAGSMAABQkAAARJgAADigAAAsqAAAHLAAAAy8AAAAxAgAAMwQAADUHAAA3CgAA&#10;OQ0AADoQAAA7FQAAOx0AADsmAAA7MQAAOz4AADtOAAA7YAAAOncAADmSAAA4sAAAN9sAADb8AAA1&#10;/wBHKQAAOyoAADIqAAArKQAAJScAACEmAAAbJwAAFSgAABEqAAAOLAAACi8AAAYxAAABNAAAADYA&#10;AAA4AAAAOwEAAD0EAAA/BwAAQQoAAEMOAABFEQAARRgAAEUhAABFLAAARDkAAERIAABEWwAAQ3EA&#10;AEKNAABBqwAAQNIAAD/6AAA+/wBCLQAAOC4AAC8tAAApKwAAJCoAAB0qAAAXLAAAES4AAA0xAAAJ&#10;NAAABDcAAAA6AAAAPAAAAD8AAABBAAAARAAAAEYAAABIAwAASgcAAEwLAABODgAAUBMAAFAcAABQ&#10;JwAATzQAAE9DAABPVQAATmoAAE2GAABMpAAASsoAAEn4AABI/wA+MgAANTEAAC4vAAApLgAAIC4A&#10;ABkxAAASMwAADjcAAAk6AAACPQAAAEAAAABEAAAARwAAAEkAAABMAAAATwAAAFEAAABTAAAAVQEA&#10;AFgGAABaCwAAXQ4AAF8VAABeIAAAXiwAAF08AABcTgAAW2MAAFp+AABYnQAAV8AAAFXyAABU/wA6&#10;NgAAMzQAAC0yAAAkMwAAGzYAABM5AAAOPQAACEEAAABFAAAASQAAAEwAAABQAAAAUwAAAFYAAABZ&#10;AAAAWwAAAF0AAABgAAAAYgAAAGUAAABoBQAAawsAAG8QAABvGAAAbiUAAG00AABtRgAAa1sAAGp1&#10;AABolAAAZrYAAGTpAABi/wA4OQAAMjcAACg5AAAeOwAAFT8AAA5EAAAHSQAAAE0AAABSAAAAVgAA&#10;AFoAAABeAAAAYgAAAGUAAABoAAAAawAAAG0AAABwAAAAcwAAAHYAAAB5AAAAfQQAAIELAACFEQAA&#10;hB0AAIIsAACAPgAAflQAAH5rAAB7igAAeqoAAHfWAAB1/QA4PQAALD4AACJBAAAXRgAAD0sAAAdR&#10;AAAAVwAAAFwAAABiAAAAZgAAAGsAAABvAAAAdAAAAHgAAAB7AAAAfgAAAIAAAACDAAAAhgAAAIoA&#10;AACNAAAAkQAAAJYDAACbDAAAnRMAAJshAACaMwAAl0kAAJRiAACTfwAAkKAAAI7FAACM8wAxRAAA&#10;JUgAABpNAAAQUwAACFoAAABhAAAAaAAAAG4AAAB0AAAAeQAAAH8AAACEAAAAiQAAAI0AAACRAAAA&#10;kwAAAJYAAACZAAAAnQAAAKAAAACkAAAAqAAAAKwAAACyAwAAtw0AALcXAAC1KAAAsj4AALBWAACs&#10;cwAAqpQAAKm0AACl5QAqTwAAHlQAABJbAAAKYgAAAGoAAABzAAAAewAAAIIAAACJAAAAjgAAAJQA&#10;AACaAAAAnwAAAKQAAACmAAAAqQAAAK0AAACwAAAAswAAALcAAAC7AAAAwAAAAMUAAADLAAAA0QQA&#10;ANUOAADTHQAA0DIAAM1LAADKZgAAxocAAMKpAADBywAiWwAAFmIAAAxrAAABdAAAAH0AAACHAAAA&#10;kAAAAJcAAACeAAAApAAAAKsAAACxAAAAtgAAALoAAAC8AAAAwAAAAMQAAADIAAAAywAAAM8AAADU&#10;AAAA2gAAAOAAAADmAAAA6wAAAPEGAADwEwAA7icAAOw/AADqWwAA53oAAOSbAADguwD/AAAA+wAA&#10;APYAAADzAAAA9AAFAPYADAD6ABEA/wAZAP8AIgD/ACwA/wA1AP8APQD/AEUA/ABMAPoAUgD3AFgA&#10;9QBeAPMAZADxAGoA7gByAOwAegDpAIUA5QCRAOEAoADdALIA2ADOANIA9gDBAP8ArQD/AJ4A/wCW&#10;AP8AkAD/AIwA/wD6AAAA8gAAAOwAAADpAAAA6QAAAOwABQDyAAwA+AASAPcAGwD1ACUA8AAuAOsA&#10;NwDmAD4A4gBFAN0ASwDYAFAA0wBWANAAXADNAGIAygBqAMgAcgDFAHwAwgCIAL4AlgC6AKgAtwC/&#10;ALQA6ACuAP8AnQD/AJAA/wCIAP8AgwD/AIAA/wDwAAAA5QAAAN4AAADaAAAA2wAAANwAAADYAAcA&#10;0QAOANEAFQDSAB4AywAnAMUALwDAADcAvQA9ALoARAC3AEkAtQBPALIAVQCwAFsArgBhAKwAaQCp&#10;AHMApwB/AKQAjQChAJ4AngCyAJsA1QCZAPwAjAD/AIIA/wB7AP8AdgD/AHQA/wDiAAAA0wAAAMoA&#10;AADHAAAAvAAAALYAAACwAAEArwALAKwAEQCtABgArQAgAKgAKACkAC8AoAA2AJ0APACbAEIAmQBH&#10;AJcATQCVAFMAkwBZAJEAYQCPAGoAjAB1AIoAgwCIAJQAhgCnAIMAwgCCAPAAfAD/AHMA/wBtAP8A&#10;agD/AGgA/wDPAAAAwQAAALkAAACtAAAAoAAAAJgAAACUAAAAkQAGAJAADQCQABIAjwAZAI4AIQCL&#10;ACgAiAAvAIYANQCEADoAggBAAIAARQB+AEsAfABSAHoAWQB4AGIAdgBsAHQAeQByAIkAcQCdAG8A&#10;tABtAN8AbAD/AGUA/wBgAP8AXgD/AFwA/wC+AAAAsQAAAKAAAACSAAAAiQAAAIIAAAB8AAAAegAB&#10;AHgACQB3AA4AeAAUAHcAGgB0ACEAcgAnAHAALQBuADMAbAA4AGsAPgBpAEQAaABKAGYAUQBkAFoA&#10;YwBkAGEAcABfAH8AXgCTAF0AqQBcAMgAWwD3AFcA/wBUAP8AUgD/AFEA/wCwAAAAnwAAAI0AAAB/&#10;AAAAdAAAAG4AAABqAAAAZgAAAGUABABjAAsAYwAQAGMAFQBjABsAYQAhAF8AJwBdACwAXAAyAFoA&#10;NwBZAD0AVwBDAFYASwBVAFMAUwBcAFIAaABQAHcATwCJAE4AnwBNALoATADpAEsA/wBJAP8ARwD/&#10;AEcA/wCiAAAAjQAAAHwAAABuAAAAZQAAAF4AAABZAAAAVwAAAFUAAQBUAAcAUwANAFMAEQBUABYA&#10;UgAbAFEAIQBPACYATgArAEwAMQBLADcASgA9AEkARABHAEwARgBWAEQAYQBDAHAAQgCBAEEAlwBA&#10;AK8APwDXAD8A/wA+AP8APQD/AD4A/wCUAAAAfwAAAG8AAABjAAAAWQAAAFEAAABNAAAASgAAAEgA&#10;AABHAAQARwAKAEYADgBGABEARwAWAEUAHABEACEAQgAmAEEAKwBAADEAPgA3AD0APgA8AEcAOgBQ&#10;ADkAWwA4AGkANwB6ADYAjwA1AKcANQDGADQA9QA0AP8ANAD/ADUA/wCIAAAAdAAAAGUAAABYAAAA&#10;TwAAAEgAAABDAAAAPwAAAD0AAAA8AAIAPAAHADsADAA7AA8AOwASADoAFwA5ABwANwAhADYAJgA1&#10;ACwANAAyADMAOQAxAEEAMABLAC8AVgAuAGMALQBzACwAiAAsAKAAKwC7ACsA6gArAP8AKwD/ACwA&#10;/wB/AAAAbAAAAF0BAABRAgAASAMAAEADAAA7AgAANwAAADQAAAAzAAAAMgAFADIACQAyAA0AMQAQ&#10;ADEAEwAwABgALwAdAC0AIgAsACgAKwAuACoANQApAD0AKABGACcAUQAmAF4AJQBuACQAggAjAJkA&#10;IwCzACIA3gAiAP8AIwD/ACQA/wB3AAAAZQQAAFYGAABLBwAAQggAADoIAAA1BwAAMAYAAC0FAAAs&#10;AwAAKwADACoABwApAAsAKQAOACkAEQAoABUAJwAZACYAHgAlACQAJAAqACMAMQAiADkAIQBDACAA&#10;TgAfAFoAHgBpAB0AfAAcAJMAGwCsABsAzQAbAPYAGwD/ABwA/wBwBQAAXwgAAFEKAABGCwAAPQsA&#10;ADULAAAwCwAAKwoAACgJAAAlCAAAJAcCACMEBgAjAgkAIgEMACIADwAhABIAIAAWAB8AGwAeACAA&#10;HQAmABwALgAbADYAGgA/ABkASgAYAFcAFwBmABYAeAAVAI8AFQCmABQAwwAUAO4AFAD/ABUA/wBr&#10;CAAAWwsAAE0MAABCDQAAOQ0AADENAAAsDQAAJw0AACMMAAAhDAAAHwsBAB4KBQAdCAgAHQYLABwF&#10;DQAcBBAAGwQUABkEGAAZBB4AGAQjABcEKwAWBDMAFQQ8ABQERwATA1QAEgNjABEDdQAQAooAEAGi&#10;AA8AvAAPAOUADwD+ABAA/wBnCwAAVw0AAEkOAAA+DwAANQ8AAC4PAAAoDwAAJA4AACAOAAAdDgAA&#10;Gw0BABkNBAAYDAcAGAsJABcJDAAXCQ4AFgkSABUJFgAUCRsAEwkhABIJKAASCTAAEQk6ABAJRQAP&#10;CVIADglhAA0JcwAMCIgACwifAAoHtwAKBtsACgX2AAoE/wBjDQAAUw4AAEYQAAA7EQAAMhEAACsR&#10;AAAlEAAAIRAAAB0QAAAaDwAAGA8BABYOBAAVDgcAFA0JABMNCwATDA0AEgwQABEMFAAQDBkAEAwf&#10;AA8MJwAODS8ADQ05AAwNRQALDVEACQ1gAAgNcQAGDYYABQ2dAAQMtAADDNIAAgzxAAIL/wBfDgAA&#10;UBAAAEMRAAA4EgAALxIAACgSAAAjEgAAHhEAABsRAAAYEQAAFRACABQQBQASEAcAEQ8JABAPCgAQ&#10;DgwADg4OAA4PEgANDxcADBAdAAwQJAAKECwACRA2AAgQQQAGEE4ABRBdAAMQbwABEIQAABCcAAAP&#10;tAAADtQAAA7zAAAO/wBcEAAATRIAAEATAAA2FAAALRQAACYUAAAhEwAAHBMAABkSAAAWEgAAFBED&#10;ABIRBgAREQgAEBAKAA4QCwANEQsADBENAAsSEQAKEhUACRIaAAgSIQAGEykABRMzAAMTPgACE0sA&#10;ABNaAAATbAAAE4IAABKbAAAStAAAEdcAABH1AAAR/wBYEgAASRQAAD0VAAAzFgAAKxYAACQVAAAf&#10;FQAAGhQAABcUAAAUEwEAExIEABESBwAQEgkADhIJAA0SCQALEwoACRQNAAcVDwAGFhMABBYYAAMW&#10;HwACFicAABcwAAAXOwAAF0gAABdYAAAXagAAFoAAABaZAAAVtAAAFdkAABT3AAAT/wBVFAAARhYA&#10;ADoXAAAwGAAAKBgAACIXAAAdFgAAGRYAABYVAAATFAMAEhMGABATBwAPEwcADRQHAAsVCAAJFgkA&#10;BhgMAAMaDgABGhEAABoWAAAbHAAAGyQAABstAAAbOAAAG0YAABxVAAAbZwAAG30AABuXAAAaswAA&#10;GdsAABj5AAAX/wBRFgAAQxgAADcZAAAuGgAAJhoAACAZAAAbGAAAGBcAABUWAQATFQUAERUEAA8V&#10;BAANFgQACxcFAAkZBgAGGggAAhwKAAAeDQAAIBAAACATAAAgGQAAICEAACEqAAAhNQAAIUIAACFS&#10;AAAgZAAAIHoAAB+VAAAfsQAAHtsAAB36AAAc/wBNGQAAPxsAADQcAAArHAAAJBwAAB4bAAAaGgAA&#10;FxgAABQXAgASFwIAEBgBAA0ZAQALGgIACBwDAAUdBAACHwYAACEIAAAjCwAAJQ4AACYRAAAmFgAA&#10;Jh4AACcnAAAnMgAAJz8AACZOAAAmYAAAJncAACWSAAAkrwAAI9oAACL7AAAh/wBIHQAAPB4AADEf&#10;AAAoHgAAIh4AAB0cAAAZGwAAFhoAABIaAAAQGwAADRwAAAsdAAAIHwAABCEAAAEjAgAAJQQAACcG&#10;AAApCQAALAwAAC4PAAAuEwAALhoAAC4jAAAuLgAALjsAAC5KAAAtXAAALXIAACyOAAArrAAAKtQA&#10;ACn7AAAo/wBEIAAAOCEAAC4hAAAmIQAAICAAABweAAAYHQAAFB0AABAeAAAOHwAACyEAAAcjAAAD&#10;JQAAACcAAAApAAAALAEAAC4DAAAwBgAAMwoAADUNAAA2EQAANhcAADYfAAA2KQAANjYAADZFAAA1&#10;VwAANW0AADSJAAAyqAAAMc8AADD6AAAv/wA/JAAANCQAACskAAAkIwAAHyEAABsgAAAWIAAAESEA&#10;AA4jAAAKJQAABigAAAIqAAAALQAAAC8AAAAyAAAANAAAADcAAAA5AwAAOwYAAD4KAABADgAAQRIA&#10;AEEaAABAJQAAQDEAAEBAAAA/UgAAPmcAAD2CAAA8ogAAOscAADn4AAA4/wA6KAAAMCgAACknAAAj&#10;JQAAHyMAABgkAAASJQAADigAAAoqAAAFLQAAADAAAAAzAAAANgAAADgAAAA7AAAAPgAAAEAAAABC&#10;AAAARQIAAEcGAABKCgAATQ4AAE0VAABMHwAATCsAAEs6AABKTAAASWEAAEh8AABHmwAARb8AAEPz&#10;AABC/wA2LAAALSsAACcpAAAjJwAAGygAABQqAAAOLQAACjAAAAQzAAAANwAAADoAAAA9AAAAQAAA&#10;AEMAAABGAAAASAAAAEsAAABNAAAAUAAAAFMBAABWBgAAWQsAAFsQAABbGQAAWiUAAFk0AABYRgAA&#10;V1oAAFV0AABUkwAAUrUAAFDqAABP/wAzMAAALC4AACcsAAAeLQAAFi8AABAyAAAKNgAAAzoAAAA/&#10;AAAAQgAAAEYAAABJAAAATAAAAE8AAABSAAAAVQAAAFgAAABaAAAAXQAAAGAAAABjAAAAZwYAAGsM&#10;AABsEgAAax4AAGssAABpPQAAZ1IAAGZqAABkiQAAYasAAF/cAABd/wAxMwAALDEAACIyAAAZNQAA&#10;ETkAAAo9AAACQgAAAEcAAABMAAAAUAAAAFQAAABYAAAAWwAAAF8AAABiAAAAZQAAAGgAAABrAAAA&#10;bgAAAHEAAAB1AAAAeQAAAH0GAACCDQAAghYAAIAkAAB+NQAAfEkAAHthAAB4fwAAdp8AAHPGAABw&#10;9wAxNgAAJjgAABw7AAASQAAAC0UAAAJLAAAAUQAAAFYAAABbAAAAYAAAAGUAAABpAAAAbgAAAHIA&#10;AAB2AAAAeQAAAHwAAAB+AAAAggAAAIUAAACJAAAAjgAAAJMAAACYBgAAnA4AAJsaAACYKwAAlkAA&#10;AJJZAACRcwAAjZUAAIu1AACI6AArPgAAIEEAABVHAAANTQAAAlQAAABbAAAAYQAAAGgAAABuAAAA&#10;cwAAAHkAAAB+AAAAgwAAAIgAAACMAAAAjwAAAJIAAACVAAAAmQAAAJ0AAAChAAAApQAAAKoAAACw&#10;AAAAtwcAALgRAAC1IQAAsjUAAK9NAACqaQAAqIgAAKaoAACi0QAjSAAAGE4AAA5UAAAEXAAAAGQA&#10;AABtAAAAdQAAAHwAAACDAAAAiQAAAI8AAACVAAAAmwAAAKAAAACjAAAApgAAAKkAAACtAAAAsQAA&#10;ALUAAAC5AAAAvgAAAMQAAADKAAAA0gAAANoKAADWFgAA0ikAAM5BAADKXAAAxXwAAMKdAADBvQAc&#10;VQAAEVwAAAdlAAAAbgAAAHcAAAB/AAAAiAAAAJAAAACYAAAAnwAAAKUAAACtAAAAswAAALgAAAC6&#10;AAAAvgAAAMIAAADGAAAAygAAAM4AAADTAAAA2gAAAOAAAADnAAAA7QAAAPMAAAD0DgAA8h4AAO82&#10;AADsUQAA6G4AAOSQAADfsQAAAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0f&#10;ICEiJCUmKCkqKy0uLzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZn&#10;aWprbG5vcHFzdHV3eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+w&#10;sbO0tba4ubq7vb6/wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5&#10;+vv8/v//////////////////////////////////////////////////////AAAAAAAAAAAAAAAA&#10;AAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKistLi8wMjM0Njc4OTs8PT5AQUJE&#10;RUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1d3h5enx9foCBgoOFhoeIiouM&#10;jo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+v8HCw8TGx8jJy8zNz9DR0tTV&#10;1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////////////////////////////&#10;/////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJCgsNDg8REhMUFhcYGhscHR8g&#10;ISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BSU1RVV1hZW1xdXmBhYmNlZmdp&#10;amtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJmanJ2en6Gio6Smp6iqq6ytr7Cx&#10;s7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj5Obn6Onr7O3u8PHy9PX29/n6&#10;+/z+//////////////////////////////////////////////////////8AAQIDBAUGBwgJCgsM&#10;DQ4PEBESExQVFhcYGRobHB0eHyAhIiMkJSYnKCkqKywtLi8wMTIzNDU2Nzg5Ojs8PT4/QEFCQ0RF&#10;RkdISUpLTE1OT1BRUlNUVVZXWFlaW1xdXl9gYWJjZGVmZ2hpamtsbW5vcHFyc3R1dnd4eXp7fH1+&#10;f4CBgoOEhYaHiImKi4yNjo+QkZKTlJWWl5iZmpucnZ6foKGio6SlpqeoqaqrrK2ur7CxsrO0tba3&#10;uLm6u7y9vr/AwcLDxMXGx8jJysvMzc7P0NHS09TV1tfY2drb3N3e3+Dh4uPk5ebn6Onq6+zt7u/w&#10;8fLz9PX29/j5+vv8/f7/bWZ0MQAAAAADBCEAAAEAAAAAAAAAAAAAAAAAAAABAAAAAAAAAAAAAAAA&#10;AAAAAQAAAAECAwQFBgcICQoLDA0ODxAREhMUFRYXGBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEy&#10;MzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9QUVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWpr&#10;bG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJiouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOk&#10;paanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd&#10;3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7/P3+/wABAQICAwMEBAUGBgcHCAgJCQoLCwwM&#10;DQ0ODw8QEBEREhMTFBQVFhYXFxgZGRoaGxwcHR4eHyAgISIiIyQkJSYmJygpKSorLC0tLi8wMTIy&#10;MzQ1Njc4OTo7PD0+P0BCQ0RFRkhJSkxNT1BSU1VXWFpcXmBiZGZoam1vcXR2eXx+gYOGiYuOkJKV&#10;l5mbnZ+ho6WnqKqsra+wsrO1tre5uru8vb/AwcLDxMXGx8jJysvMzc3Oz9DR0tLT1NXW1tfY2dna&#10;29vc3d3e39/g4eHi4+Pk5eXm5ufo6Onp6uvr7Ozt7u7v7/Dw8fLy8/P09PX29vf3+Pj5+fr7+/z8&#10;/f3+/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERITExQUFRYWFxcYGRkaGhscHB0e&#10;Hh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9Pj9AQkNERUZISUpMTU9QUlNV&#10;V1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iqrK2vsLKztba3ubq7vL2/wMHC&#10;w8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh4uPj5OXl5ubn6Ojp6err6+zs&#10;7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7//6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF&#10;/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+k&#10;MA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ&#10;3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrD&#10;q3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNe&#10;WvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/&#10;pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3&#10;vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLE&#10;ZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY&#10;/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5&#10;wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDk&#10;wmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FD&#10;I/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wreh&#10;fcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG&#10;17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleal&#10;l5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7&#10;SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV&#10;5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcux&#10;nYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/wVVF/sNeWvLEZXDkwmyG17pw&#10;mcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm&#10;pZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6UlBv+kMA7/pjoY/7FDI/+7SzL/&#10;wVVF/sNeWvLEZXDkwmyG17pwmcyydKrDq3a3vaZ5wrehfcuxnYLTq5qJ3KWXleall5XmpZeV5qWX&#10;leall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5XmpZeV5qWXleall5Xm/6Yl&#10;Bv+kMA7/pzoY/7JDIv+8SzL/w1RF/MZdWvHIZHHjxmqH1sBvm8u4cqzCsXS6u613xLSpe82ro3/U&#10;op6F25majuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZmo7hmZqO4ZmajuGZ&#10;mo7hmZqO4ZmajuGZmo7h/6YlBv+lMA7/qDoX/7NDIv++SzH/xVRF+clcW+/NY3HjzGmI1cZtnMm/&#10;cK69tnK6tLB1w6uqeMqipXzRmaGB2JCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J&#10;3ZCdid2QnYndkJ2J3ZCdid2QnYndkJ2J3ZCdid2QnYnd/6YlBv+lMA7/qjoX/7VDIv/ASzH9yFNF&#10;9s1bW+3RYXLh0GeJ0ctrncLAbq22t3G4rLFzwaOsdsiaqHnOkqR+1ImghdiJoIXYiaCF2ImghdiJ&#10;oIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXYiaCF2ImghdiJoIXY/6clBv+l&#10;MA7/qzoX/7ZDIf/BSzH6y1JE89FaWurZYHLe1mWJy8xqnLvBbauvuXC2pbRyvpyvdMSUq3fKi6d7&#10;z4SkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHUhKSB1ISkgdSEpIHU&#10;hKSB1ISkgdSEpIHU/6clBv+mMA7/rToW/7hCIf7ESjD3zlJE8NZYWufgXnLW2mSIxM1pmrTDbKio&#10;u2+ynrZwupaycsCOrnbGhqp6yn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/Of6d/zn+n&#10;f85/p3/Of6d/zn+nf85/p3/Of6d/zn+nf85/p3/O/6glBv+nMA7/rjkW/7pCIPvGSi/001FD691X&#10;WuPmXHHO22SHvc9pmK7Fa6Wivm6vmLlvtpC1cbyIsXTBga54xXusfcl7rH3Je6x9yXusfcl7rH3J&#10;e6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3Je6x9yXusfcl7rH3J/6gkBv+nMA3/&#10;sDkV/71CH/fJSi/v2FBC5uNVWdzoW3DG3WOFttFolafIa6GcwW2qk7xvsYq5cbaEtXS7fbJ3v3ew&#10;fMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8wnewfMJ3sHzCd7B8&#10;wnewfMJ3sHzC/6kkBf+oMA3/szkU/sBCHvPNSi3p3U9A4elTWdPqW2+/32OCr9NnkaHLap2WxW2l&#10;jcBvq4a9cbB/unO1erd3uHS1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0&#10;tXu7dLV7u3S1e7t0tXu7dLV7u3S1e7t0tXu7/6okBf+pLw3/tjgT+cRBHe3SSSvi401A2+9SWMrt&#10;Wm234WJ/qNZnjZvPapeRyW2fiMVvpYLCcal7v3Stdr13sHG7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7&#10;s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uzcbt7s3G7e7Nxu3uz/6skBf+rLw3/ujgS&#10;88lBG+TaSSjY6ExAzvNRV8DvWWuu5GF6oNxnhpTUa5CLz26XhMxwnH3Jc6B4xnWjc8R4pm7CfKlu&#10;wnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7CfKluwnypbsJ8qW7C&#10;fKluwnyp/60kBf+wLwv7wDgP6tBBF9riRijM7kxBw/lQVbXzWGal6WF0l+Fnfo3ba4aF12+Mf9Ry&#10;kXrRdZR1z3iXcc17mmzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6cbMx+nGzMfpxszH6c&#10;bMx+nGzMfpxszH6cbMx+nGzMfpxszH6c/68jBP+2LQnxyDYM3dw9E83qRirB9ktAtv9PUar3WGCb&#10;72Frj+hodIXkbXt/4HGAed50g3XceIZy2nuJbth+i2vWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvW&#10;go1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKNa9aCjWvWgo1r1oKN/7EjBPq/LAbj1C8HzuY7&#10;FsHzRSu0/0k9qP9OTJ79V1iR9mFhhvFpaX/tb2556nRydeh3dXHnendu5X15a+SAe2njhHxp44R8&#10;aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp44R8aeOEfGnjhHxp&#10;44R8/7UiA+vLIgLQ4ycHwvE6GbT+Qiqm/0Y5m/9NRZL/Vk+G/mJWfvpqXHf3cGBz9XVjb/N4ZW3y&#10;fGdq8X9oaPCCambvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+Fa2bvhWtm74VrZu+F&#10;a2bvhWtm74VrZu+Fa2bvhWtm74Vr9sIbAdTfEQHC7yYLtfw6Gqf/PieZ/0Qzjf9LPYX/VUV8/2FL&#10;df9qT3D/cFJs/3VUav55Vmj9fFdm/H9YZPyCWmP7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj&#10;+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4ZbY/uGW2P7hltj+4Zb1M8KAMTtEgK1+yYNqP82GZn/&#10;OyOM/0EsgP9KNHj/Uzpx/18/bP9pQ2j/b0Vl/3RHY/93SGL/e0lh/35KX/+BSl7/hEte/4RLXv+E&#10;S17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RLXv+ES17/hEte/4RL&#10;/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+&#10;iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1&#10;idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/&#10;tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58i&#10;Bf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/&#10;uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idik&#10;e5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8&#10;/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+d&#10;LQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoOR&#10;xbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nO&#10;m3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hd&#10;T/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTR&#10;rnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/&#10;njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/&#10;l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+m&#10;yJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGu&#10;eaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV/6hBHv+xSSv/tlM8/7hdT/u2&#10;ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0faDPrnmk0a55pNGueaTRrnmk&#10;0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTR/58iBf+dLQz/njgV&#10;/6hBHv+xSSv/tlM8/7hdT/u2ZmPutG934qx1idike5nOm3+myJOEscKNiLm+iIy/uoORxbd/l8u0&#10;faDPrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55pNGueaTRrnmk0a55&#10;pNGueaTR/58iBf+dLQz/nzgV/6pAHv+zSSv/uVI8/7tcT/q6ZWTtuG144bBzi9WoeZzMn32qxZeB&#10;tb+Rhb66jInFtoePzLKDltKvgaDWp36i06d+otOnfqLTp36i06d+otOnfqLTp36i06d+otOnfqLT&#10;p36i06d+otOnfqLTp36i06d+otOnfqLT/58iBf+eLQz/oDcU/6tAHv+0SSv/u1I8/71bUPq+ZGTs&#10;vGx54LVyjdOtd57KpHqtwpx+ubyWgsO3kIfKsouM0q6Hldimg53aoYKh1aGCodWhgqHVoYKh1aGC&#10;odWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHVoYKh1aGCodWhgqHV/6AiBf+eLQz/oTcU/6xA&#10;Hf+2SCv/vVE8/8BaUPrBY2XswWp63rlwj9KxdaHIqHiwwKF7vLmbf8e0loTPsJSN1auRl9qgiZzc&#10;moig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNeaiKDXmoig15qIoNea&#10;iKDX/6AiBf+eLQz/ojcU/61AHf+3SCr/v1E8/8JaUPnEYmXrxWl73r5ukNG2c6PGrnazvqd5wLij&#10;f8m0oYbPrJyN1aOWlNqakZzclY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f2JWOn9iVjp/YlY6f&#10;2JWOn9iVjp/YlY6f2JWOn9iVjp/Y/6AiBf+fLQz/ozcU/65AHf+4SCr/wVA8/sVZUPfIYGbrymd8&#10;3cNtkc+8caXFtHS1vbB5wLasf8iup4XPpaGK1ZyckdqVmZzcj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iP&#10;lJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Yj5Sf2I+Un9iPlJ/Y/6EiBf+fLQz/pDcU/7A/HP+6&#10;SCr/w1A7+8hYUPXLX2bpz2Z83Mlrks7Db6bBunK1trJ2wKyse8ikqH/OnKSF1JSgjdiNn5nbipyf&#10;2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Yipyf2Iqcn9iKnJ/Y&#10;/6EiBf+gLQz/pjYT/7E/HP+7SCn+xk87+MtXUPLQXmbn1GR92s9pk8jFbaa6u3C0rbNzv6Otdsea&#10;qHrNkqV/0oqihteEoJHZhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14SinNeEopzXhKKc14Si&#10;nNeEopzXhKKc14SinNeEopzX/6EiBf+gLQz/pzYT/7M/HP+9Ryn8yE479c5WT+7VXWbk2mJ909Jo&#10;ksHGbKSzvG+xprVyvJyvdMSTq3fKi6d7z4OkgdR9oovWe6OV1XujldV7o5XVe6OV1XujldV7o5XV&#10;e6OV1XujldV7o5XVe6OV1XujldV7o5XVe6OV1XujldV7o5XV/6IhBf+gLQz/qDYS/7Q/G/+/Ryj5&#10;y0468tNVT+rcW2bg4GF9zNNnkbvIa6Ksvm6voLdwuJWyc8CNrnbFhap6yn6of854pofRdaWP0nWl&#10;j9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/SdaWP0nWlj9J1pY/S/6Ih&#10;Bf+hLAv/qjYS/7Y+G/3CRyj1zU457tlUTubjWWXY4mB7xdVmj7TKap+lwW2rmbpvtJC1cruIsXXA&#10;ga54xXqsfcl0qoTLcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xxqYvMcamLzHGpi8xx&#10;qYvMcamLzHGpi8xxqYvM/6MhBf+iLAv/rDUR/7k+GvnFRyfw0U046eBSTOLpV2TO5F96vddmjK3M&#10;apufxGynk75vr4q5cbWDtnS6fLN3vnaxfMJxr4LEbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofGbq6H&#10;xm6uh8ZurofGbq6Hxm6uh8ZurofGbq6Hxm6uh8ZurofG/6QhBf+jLAv/rzUQ/7w+GPTJRiXq2E02&#10;4udPTNzvVWPG5l94tNpliaXQaZaYyGyhjcNvqIW/ca5+u3SyeLl3tnO3e7lutYC8a7SFvmu0hb5r&#10;tIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+a7SFvmu0hb5rtIW+/6UhBP+k&#10;LAv/szUP+8E+F+3PRiLh30s02OtPTM/zVGK86F50q95khJ3UaZCRzm2Zh8lvoIDFcqV6wnSpdMB4&#10;rHC+e69rvICyaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4SzaLuEs2i7hLNou4Sz&#10;aLuEs2i7hLNou4Sz/6YhBP+oKwr/uDQN88c9FOTYRR7W5kk1y/FOTMT3U1+x7F1woeJkfZXbaYeK&#10;1W6PgtBxlXvNdJp2y3edccl5oG3HfaJpxYGlZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWmZsSFpmbE&#10;haZmxIWmZsSFpmbEhaZmxIWmZsSFpmbEhaZmxIWm/6ggBP+uKgj8vzML6c88ENfhQh7K7Uk1v/hN&#10;Srf7Ulum8V1pmOlldIzian2D3W+EfNpziXfXd4xz1XqPb9N9kWzRgJRo0ISWZc+Hl2XPh5dlz4eX&#10;Zc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eXZc+Hl2XPh5dlz4eX/6ogA/+1KQbw&#10;yDEH2t0zDMvqQiG+9kg1sv9MRqn/UVWb911gjvBlaoXrbHF953F2d+R2enPieX1v4Xx/bN+AgWne&#10;g4Nn3YeFZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJhmXciYZl3ImGZdyJ&#10;hmXciYZl3ImG/60fA/m/JQPf1iICy+gyD770QSKw/0UzpP9KQZz/UU2P/l1WhflmXn30bmR28nNo&#10;cu94a27ufG1s7X9vauyCcGfqhXJl6olzY+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj&#10;6Yx0Y+mMdGPpjHRj6Yx0Y+mMdGPpjHRj6Yx0/7YcAujNFAHM5h0EvvMxErH/PiKj/0Ivlv9IOo3/&#10;UESE/1xLe/9nUXT+blZv/HNZbPt4W2n5fF1n+H9eZviDX2T3hmBi9olhYfaMYmH2jGJh9oxiYfaM&#10;YmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxiYfaMYmH2jGJh9oxi88QPAM7aCwC98x0H&#10;sf8yFKP/Oh+V/z8qif9GM4D/Tzp4/1tAcf9mRWz/bUho/3NKZv93TGT/e01i/39OYf+CT2D/hVBe&#10;/4lRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/i1Fe/4tRXv+LUV7/&#10;i1Fe/4tRzMsJAL7mDAGv/x4JpP8wE5X/NRyH/zwkfP9EK3P/TTFs/1g1Z/9jOWP/azth/3E9X/91&#10;Pl3/eT9c/3xAW/9/QVr/gkFZ/4ZCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hC&#10;WP+IQlj/iEJY/4hCWP+IQlj/iEJY/4hC/5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4&#10;qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+&#10;Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5&#10;wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+F&#10;kabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o&#10;7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+o&#10;Ryb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSq&#10;vL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/&#10;/5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabL&#10;gJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lv&#10;sb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4&#10;eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/&#10;uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/&#10;rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1x&#10;sr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kf&#10;Bf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeObf4fbkoWU1IuMns+FkabLgJWs&#10;x3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5&#10;b7G/uW+xv7lvsb+5b7G//5kfBf+WKwv/lTYS/6A+Gv+oRyb/rlE0/69bRf+tZVf4qW9o7aN4eeOb&#10;f4fbkoWU1IuMns+FkabLgJWsx3yZscV5nrXCdqO5wHSqvL1xsr65b7G/uW+xv7lvsb+5b7G/uW+x&#10;v7lvsb+5b7G/uW+xv7lvsb+5b7G/uW+xv7lvsb+5b7G//5kfBf+XKwv/lzYS/6E+Gv+qRiX/sFA0&#10;/7FaRf+wZFf3rG1p7Kd3e+GefYrZloOX0Y6JosuIjqvHgpOxxH6Xt8F6nLu+d6K/vHWqwrVxrsOz&#10;cq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/Bs3KvwbNyr8Gzcq/B/5kfBf+X&#10;Kgr/mDUS/6M9Gv+sRiX/s080/7RZRv+0Y1j2sWxr6q11fd+je43Vm4GczZKGqMeLirHChY+5v4CU&#10;vrt8msO5eaHHtXapyq11rMardq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3Eq3atxKt2rcSrdq3E&#10;q3atxKt2rcSrdq3E/5ofBP+YKgr/mjQS/6U9Gf+uRiX/tU40/7dYRv+3YVn1tWps6bJzf92oeJDT&#10;n36gypaCrMSOh7e+iIy/uoORxbd/mMu0fKHPq3ilz6V5qsikeazGpHmsxqR5rMakeazGpHmsxqR5&#10;rMakeazGpHmsxqR5rMakeazGpHmsxqR5rMakeazG/5ofBP+YKgr/mzQR/6Y9Gf+vRSX/t040/7pX&#10;Rv+7YFn0uWlt57ZxgdysdpPQpHujyJp/scCThLy7jInFt4iQy7SGmc6yhqTRpHyk0Z99qcqefarI&#10;nn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarInn2qyJ59qsiefarI/5sfBP+ZKgr/&#10;nDQR/6c8Gf+xRST/uU00/7xXRv6+X1n0vWdu57pvgtqxdJXPqHmmxZ99tL6XgcC5lIrGtZGSy6+N&#10;mM+qiqHSnoKj05mBqMyYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKpypiCqcqYgqnKmIKp&#10;ypiCqcqYgqnK/5sfBP+ZKgr/nTQR/6k8GP+yRST/u00z/79WRv3BXlrzwWZv5r9tg9m2c5fNrXeo&#10;xKV7t76hg8C2m4nGrpWPzKiRlc+ijp7SmYei05SGp82ThqjLk4aoy5OGqMuThqjLk4aoy5OGqMuT&#10;hqjLk4aoy5OGqMuThqjLk4aoy5OGqMuThqjL/5sfBP+ZKgr/njMR/6o8GP+zRST/vEwz/8FVRvvE&#10;XVrzxWVv5cNshNi7cZjMsnWrw618trmlgb+wnobGqJmMy6GVktCbkpvTlI6i1I+Kps6PiqjLj4qo&#10;y4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjLj4qoy4+KqMuPiqjL/5sfBP+aKgr/nzMQ&#10;/6s8GP+1RCP/vkwz/sNVRfnHXFrxyWRv5chqhdbBb5rKuXSqvrB6trOpf7+qooTGop2Ky5uakM+V&#10;l5nSj5Si1IqQps6Kj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqPqMyKj6jMio+ozIqP&#10;qMyKj6jM/5wfBP+aKgr/oDMQ/6w8GP+2RCP/v0wy/MZURfbKXFrvzWJw5M1ohtPFbZrFvHOqubR4&#10;ta6tfb6lp4LFnaKIy5Wfjs+PnJbSi5yi04aVps6GlKfMhpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfM&#10;hpSnzIaUp8yGlKfMhpSnzIaUp8yGlKfM/5wfBP+aKQr/ojMQ/607F/+3RCP/wUwy+clTRfPNWlrs&#10;0mBw4NBmhs7IbJrAv3GptLh3tamxfL6frIHFl6iGypCkjM6KopXRhaKh0oGcps6BmqfMgZqnzIGa&#10;p8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfMgZqnzIGap8yBmqfM/5weBP+bKQr/ozMQ/687&#10;F/+5RCL9w0sx9sxSRPDSWVno2l9w29VkhsnMapm6w2+orbt0tKK0eb2Yr33DkKyDyImpicyDp5HP&#10;fqac0H2kps18oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8oqjLfKKoy3yiqMt8&#10;oqjL/50eBP+bKQr/pTIP/7E7Fv+8RCH6xksx89FRQ+vaV1nj311v09tjhcLPaZexxG2npLxwspi1&#10;dLuOsXjChq19xoCrgsp6qYrNdqiUznapo8x3q6jKd6uoynerqMp3q6jKd6uoynerqMp3q6jKd6uo&#10;ynerqMp3q6jKd6uoynerqMp3q6jK/50eBP+cKQr/pzIP/7M7Fv++QyD1yksv7tZQQubhVlfc5Ftu&#10;y95jg7rRaJSpx2yjm75urpC4cbeGtHS9frB4wneufMZyrIPJbauMym2rmclurJ/Hbqyfx26sn8du&#10;rJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/Hbqyfx26sn8durJ/H/54eBP+dKQn/qTIO/7Y6FPrC&#10;Qx/wzkou591PQOLpUlfS6FptweBigLHUZ5GhymuelMNuqIm9cbCAuXS2ebZ3unS0e71usoHAarCI&#10;wmewksNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbDZrCWw2awlsNmsJbD&#10;/58eBP+eKQn/rTEN/7o6E/THQh3o1Uor3+RMP9fsUVbJ7llrt+NhfKjYZ4uaz2uXjcluoIPEcad7&#10;wHSsdb14sHC7e7NsuYC2aLiGuGS3j7ljtpG6Y7aRumO2kbpjtpG6Y7aRumO2kbpjtpG6Y7aRumO2&#10;kbpjtpG6Y7aRumO2kbpjtpG6/6AeBP+hKAj/sTAL+8A5EezOQhnf30co0+lMQMrxUVW+8lhoreZh&#10;d57dZ4SS1WyPh89vln7Lc5x4yHahcsZ5pG7EfKdpwoGpZsCGrGK/ja1hv4+uYb+PrmG/j65hv4+u&#10;Yb+PrmG/j65hv4+uYb+PrmG/j65hv4+uYb+PrmG/j65hv4+u/6IdA/+mJwf/ty8J8sc4DeHYQRTS&#10;5kYqx/BMQL74UFOy9VdjouthcJXjZ3uK3W2Egdhxi3rUdZB00nmTcNB8lmzOf5lozIObZMuInWHK&#10;jZ9gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+fYMmPn2DJj59gyY+f/6Qd&#10;A/+tJgX7vi0G5tA0CNPiPBbH7kYru/lKPrD+T0+m+ldcmPFhaIzraHGD5m54e+JzfXXfeIFx3XuE&#10;bdt/h2rag4ln2YaKZNeLjGHWkI5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g1ZGOYNWRjmDVkY5g&#10;1ZGOYNWRjmDVkY5g1ZGO/6ccA/+1IwPuySYD1d8pB8fsPBm6+EQrrf9IO6P/TUma/1dUjflhXYT0&#10;amV88HBqdu12bnHrenFt6X50a+iCdmjmhXdm5Yh5Y+SMemHjkXxg45J8YOOSfGDjknxg45J8YOOS&#10;fGDjknxg45J8YOOSfGDjknxg45J8YOOSfGDjknxg45J8/6sbAvfAHQHZ3BIBx+soCrr3Oxqs/0Ep&#10;oP9GNpX/TEGN/1ZLg/9hUnv9a1d0+nFcb/h2X2z2e2Fp9X9jZ/SDZGXzhmZj8opnYfGOaF/wkmlf&#10;8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNqX/CTal/wk2pf8JNq/7cVAdbP&#10;CwDH6hMCufcpDaz/ORqe/z4mkv9EMIf/SzmA/1RAeP9hRnL/akps/3BNaf92UGb/e1Fk/39TY/+D&#10;VGH/hlVg/olWXv6NV139klhc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNYXP2TWFz9k1hc/ZNY&#10;XP2TWFz9k1hc/ZNY1sQIAMbUCQC49xQEq/8pDp7/NBiQ/zohhP9BKXr/STBy/1I2bP9eOmj/aD1k&#10;/29AYf90QV//eUNe/31EXf+ARVz/hEVb/4dGWv+KR1j/j0dY/5BIWP+QSFj/kEhY/5BIWP+QSFj/&#10;kEhY/5BIWP+QSFj/kEhY/5BIWP+QSFj/kEhY/5BIxMcHALfbBwGp/xYGn/8qDZD/MBWD/zYcd/8+&#10;Im7/Ryhm/1AsYf9aL13/ZDFb/2wzWf9xNVj/dTZW/3k2Vv98N1X/fzdU/4I4U/+FOVL/iTlS/4o5&#10;Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5Uv+KOVL/ijlS/4o5/5IdBP+QKQn/&#10;jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1&#10;pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC&#10;4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+l&#10;ZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ&#10;/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLP&#10;c6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNp&#10;va7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaP&#10;i9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u&#10;w2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/&#10;oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNp&#10;va7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2u/5IdBP+QKQn/jTUQ/5g7&#10;F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yAlZPYfJuZ1HigntF1pKLPc6ml&#10;zXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9rsNpva7D&#10;ab2u/5IdBP+QKQn/jTUQ/5g7F/+gRCH/pk4t/6dZPP+lZEz/oW5b95t4au6VgXfnjomC4YaPi9yA&#10;lZPYfJuZ1HigntF1pKLPc6mlzXGuqMxvtarKbb6tw2m9rsNpva7Dab2uw2m9rsNpva7Dab2uw2m9&#10;rsNpva7Dab2uw2m9rsNpva7Dab2u/5MdBP+QKQn/jzQQ/5o7F/+iRCD/qU0t/6pYPP+oYkz/pGxc&#10;9Z92bOyZf3rkkYeG3omNkNiDk5jTfpmf0HqdpM12oqnLdKesyXGtr8dvtLLBbLm0vGy7sbxsu7G8&#10;bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLuxvGy7sbxsu7G8bLux/5QdBP+RKAn/kTMQ/5w6Fv+k&#10;QyD/rEwt/61WPf+tYE3+qWpe9KV0buqffX3hloOL2Y6KltOHkKDOgZWnynyarcd4n7LEdaW2wnKr&#10;ucBwtLu3brW5s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1s2+4tbNvuLWzb7i1&#10;/5QdBP+SKAn/kzIP/546Fv+nQyD/rkst/7FVPf+wX079rmhf8qpycOekeoHemoCP1ZKHnM6LjKbJ&#10;hJGvxH6XtcF5nLu+dqO/vHSrwrRvrsOucrO8q3O2uKtztrirc7a4q3O2uKtztrirc7a4q3O2uKtz&#10;trirc7a4q3O2uKtztrirc7a4/5UcBP+SKAn/lTIP/6A6Fv+pQh//sEot/7RUPf+0Xk79s2dg8a9w&#10;cuapeIPbn36T0peDocuOiazEho61wICUvbx7msO6eqPFt3mrx6xzrMandbG/pXe1uqV3tbqld7W6&#10;pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6pXe1uqV3tbqld7W6/5UcBP+TKAn/ljEP/6E5Ff+qQh//&#10;skos/7ZTPP+3XU77tmVh8LRudOStdYbZpHuWz5uApceShbHBiou7vYeUwLuFncS2gqTHsH6qyKV3&#10;qsihebDBn3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8n3qzvJ96s7yferO8/5Uc&#10;BP+TKAn/lzEP/6M5Ff+sQh//tEos/7lTPP+6XE74umRi77hsdeOyc4jYqXmZzZ9+qcWYhLS/k4y8&#10;uI2TwbOJmcWuhqHIqoSpyZ98qcqbfa7CmX6yvZl+sr2ZfrK9mX6yvZl+sr2ZfrK9mX6yvZl+sr2Z&#10;frK9mX6yvZl+sr2ZfrK9/5YcBP+TKAn/mDAO/6Q5Ff+tQR7/tUks/7tSPP29W072vWNi7r1rduK2&#10;cYnVrneby6V8qsKdg7S5lom8spGQwayMlsaniZ3Io4emypmAqMuWga7ElYGxvpWBsb6VgbG+lYGx&#10;vpWBsb6VgbG+lYGxvpWBsb6VgbG+lYGxvpWBsb6VgbG+/5YcBP+UJwn/mTAO/6U5FP+uQR7/t0kr&#10;/71RPPy/Wk70wWJi7MFpd+G7cIvSsXSdx6h7qryggbS0moe8rJSNwqaQlMagjZvJnIuky5WGqMuR&#10;ha3FkIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG/kIWxv5CFsb+QhbG//5YcBP+U&#10;Jwj/mjAO/6Y4FP+wQR3/uEkr/79RPPrCWU7yxGFj6cVod92+bYzNtHOdwqt5qrekfrSunYS8ppiK&#10;waCUkcaakZjJlo+hy5CLqMyMiazFjImwwIyJsMCMibDAjImwwIyJsMCMibDAjImwwIyJsMCMibDA&#10;jImwwIyJsMCMibDA/5ccBP+VJwj/mzAO/6c4FP+xQR3/ukkr/8JQO/jGWE7wyF9j5shmeNjBa43J&#10;t3Gdva93qbKnfLOpoYK7oZyIwZqYj8aUlpbJkJSfy4uRqMyHjqzGh42wwYeNsMGHjbDBh42wwYeN&#10;sMGHjbDBh42wwYeNsMGHjbDBh42wwYeNsMGHjbDB/5cbA/+VJwj/nS8N/6k4E/+zQB3/vEgq/MVP&#10;O/bJV07tzV5j4stkeNLEaozEu2+cuLJ1qa2re7OjpoC7m6GGwZSdjcWOm5TIipmdyoaZqMuCk6zG&#10;gpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/BgpKvwYKSr8GCkq/B/5cbA/+VJwj/&#10;ni8N/6o4E/+1QBz/vkgp+chOOvPNVk3q01xi3s9ieM3HaIu/vm6bsrdzqKewebKeq366laeEwI6j&#10;i8SIoZLHg5+ayYCgp8p9mqzGfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZivwX2Yr8F9mK/BfZiv&#10;wX2Yr8F9mK/B/5gbA/+WJwj/oC8N/6w3Ev+3QBv9wUgo9stOOe/TVEzm2Vpi2NRhd8fLZ4q5w2ya&#10;rbxyp6G2d7GYsX24j62CvoiqicOCqJDGfaeZyHqnpcl3oqzFeJ+wwXifsMF4n7DBeJ+wwXifsMF4&#10;n7DBeJ+wwXifsMF4n7DBeJ+wwXifsMF4n7DB/5gbA/+XJgj/oi8M/643Ev+5Pxr5xEcn8c5NOOrb&#10;U0vg31lg0NpfdsHQZYmzyWuZpsJwpZu9da+RuHu2iLWAvIGyhsB7sI3Ddq6WxXOuocZyra3Ecqmw&#10;wHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDAcqmwwHKpsMByqbDA/5kbA/+YJgj/pC4L&#10;/7E2Ef69Pxn0yEcl69RNNuXjUEnZ41dfyd9edLrXZIasz2mWncdto5HAcayGu3Wzfrd6uXe0f71y&#10;soW/bbGNwWqwl8JpsaXBbLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0sr1stLK9bLSyvWy0&#10;sr1stLK9/5obA/+ZJgj/py0K/7U2D/nBPxfuzkYj5NxMMt3nT0nP6FZewORdcrLeZIKj1GmRlctt&#10;nInFcKV/wHOsd7x3sXC5fLVrt4G4Z7aHumO1kLthtZu8Y7emuWO3prljt6a5Y7emuWO3prljt6a5&#10;Y7emuWO3prljt6a5Y7emuWO3prljt6a5/5sbA/+bJQf/qy0J/7k1DfLHPhXl1UYf2uNJM8/rTknG&#10;7VRdt+pcbqjiY32a2WmKjtJtlITMcZt7yHWhc8R4pm7CfKlpwIGsZb6HrmK9jrBfvZexXryesV68&#10;nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6xXryesV68nrFevJ6x/5waA/+gJAb/sCwI+cA0&#10;C+nPPRDa30IdzulJM8TxTki78lJarfBbaZ7nY3aS4GmBh9pviX7Uc5B30XeVcc57mWzMf5xoyoOe&#10;ZMmIoGHHjqJexpWkXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6RcxpukXMabpFzGm6Rc&#10;xpuk/54aA/+lIwX/tyoF8MgyB9zbNQzO50IfwvFINLj5TEav91FVovVbYpXtZG2K52t2gOJwfXne&#10;dYJz23qHbtl+imvXgoxn1YaOZNSLkGHTkJJe0ZaUXNGblVzRm5Vc0ZuVXNGblVzRm5Vc0ZuVXNGb&#10;lVzRm5Vc0ZuVXNGblVzRm5Vc0ZuV/6EZAv+tIQP4vyYD4tQlA87lMw/C8EIhtvpHM6v+S0Ki/lBP&#10;l/tbWov1ZWOC8GxqeuxycHTpeHRv53x3bOWBemjjhHxm4oh9Y+GMf2DgkYFe35aCXN6ag1zemoNc&#10;3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqDXN6ag1zemoNc3pqD/6MZAv+2HQHpzBcBz+MeA8Lw&#10;MxK1+kAiqf9EMJ3/ST2V/1BIi/9bUIL9ZVd6+W1ddPZzYW/0eWRr8n5naPGCaWbwhmpk74psYu6O&#10;bWDtkm5d7JdwXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65txXOubcVzrm3Fc65tx&#10;/6wVAfPDEADR2gsAwe8fBrT7MxOo/zwgm/9CLJD/SDaH/08/f/9aRnj/ZUtx/21PbP9zUmn/eVVm&#10;/n5XZP2CWGL8hllh+4paX/qOW176klxc+ZddW/ibXlv4m15b+JteW/ibXlv4m15b+JteW/ibXlv4&#10;m15b+JteW/ibXlv4m15b+Jte+rkOAM3LCQDA5g0BsvwgCKf/MxOa/zkdjf8/JoL/Ri56/041c/9Y&#10;Om3/Yz9p/2xCZf9yRGL/d0Zg/3xHX/+BSF3/hUlc/4hKW/+MS1r/kExY/5VNV/+ZTVf/mU1X/5lN&#10;V/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNV/+ZTVf/mU1X/5lNzcEGAL7QBwCx9g4Cpf8hCZn/LhKM&#10;/zQZgP87IHb/Qydt/0wsZv9UMGL/YDNe/2k1XP9vN1r/dDhZ/3k5WP99Olf/gDtW/4Q7Vf+HPFT/&#10;iz1T/5A9Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+Uv+TPlL/kz5S/5M+vcUF&#10;ALDXBQCj/xADmf8iCYv/KQ9+/zAVc/84Gmn/QB9i/0kjW/9RJlf/WihV/2IqUv9pK1H/byxQ/3Mt&#10;T/93Lk7/ei5O/30vTf+AL0z/hDBL/4gwS/+LMEv/izBL/4swS/+LMEv/izBL/4swS/+LMEv/izBL&#10;/4swS/+LMEv/izBL/4sw/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiN&#10;gmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXL&#10;m8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/+L/4klDQ19QUk9GSUxFAAcJ/4scBP+I&#10;KAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSj&#10;it9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub&#10;zGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfy&#10;iItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xl&#10;y5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55X&#10;NP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY&#10;1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+IKAj/&#10;hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx7IKTeeh8mYDkeJ6G4XSjit9x&#10;qI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcubzGXL&#10;m8xly5vMZcub/4scBP+IKAj/hDQO/486FP+XQhz/nksn/55XNP+dYkL/mW1P/5N4XPiNgmfyiItx&#10;7IKTeeh8mYDkeJ6G4XSjit9xqI7db66R222zlNpsuZbYa8KY1WnMmsxly5vMZcubzGXLm8xly5vM&#10;ZcubzGXLm8xly5vMZcubzGXLm8xly5vMZcub/4scBP+JKAj/hTMO/5A5FP+YQhz/nksn/59WNP+e&#10;YUL/mm1Q/5V3XfePgWjxiYty64OSe+d9mILjeJ2I4HSjjN1yqJDbb62T2m6zlthsupjWa8Kb0WnK&#10;nMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqcymbKnMpmypzKZsqc/4wcA/+JJwj/iDIO&#10;/5M4FP+bQRz/okon/6RUNP+iX0P/n2pR/Zp0X/WUfmztjoh454ePgeKAlYrde5qQ2negltZ0pprU&#10;caye0m+yodBtuaPPbMOmxWfDpsBpx6HAacehwGnHocBpx6HAacehwGnHocBpx6HAacehwGnHocBp&#10;x6HAaceh/40cA/+KJwj/ijEN/5Y3E/+eQBv/pUkn/6dTNP+nXUP/pGhT/KByYvKafHDqlIV944uL&#10;iN2EkpHYfpiY03qen9B1pKTNcqqoy2+wq8ltuK7CabywvGvAqrdtxKW3bcSlt23EpbdtxKW3bcSl&#10;t23EpbdtxKW3bcSlt23EpbdtxKW3bcSl/40bA/+LJwj/jDAN/5g3E/+gQBv/p0gm/6tSNP+rXET/&#10;qWZU+qVwZPCfeXPnmIKB34+IjdmIj5fSgZWgznubp8p2oa3Hc6ixxXCvtcFtt7e5a7i1s269rrBw&#10;waiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGosHDBqLBwwaiwcMGo/44bA/+LJgj/jjAN/5o2&#10;Ev+iPxr/qUgm/65RNP+uW0T/rGRV+apuZe+ld3blnX+F3JSFktSMjJ3OhJKnyX2Yr8R4nrXCdae5&#10;wXSxu7hws7uxb7a4rHG7salzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6upc7+rqXO/q6lzv6up&#10;c7+r/44bA/+MJgj/kC8N/5s2Ev+kPxr/q0cm/7FQNP+xWUT8sGNV9q5sZ+2qdXjjoXyI2ZiDltGQ&#10;iaPKh4+txYKXtMJ/oLi+fKi7u3qwvbF0sr2pcrS7pnS5s6N2vq2jdr6to3a+raN2vq2jdr6to3a+&#10;raN2vq2jdr6to3a+raN2vq2jdr6t/48bA/+MJgf/kS4M/502Ev+mPhr/rUcl/7NPNP+0WET6tGFW&#10;87JqaOyvc3rhpnqL1p2Ams2UhqfGjY2vv4eUtbqCnLm1f6S8sn2svqt5sb+jdrK9oHi4tZ55va+e&#10;eb2vnnm9r555va+eeb2vnnm9r555va+eeb2vnnm9r555va+eeb2v/48bA/+NJgf/ky4M/541Ef+o&#10;Phn/r0Yl/7ZOM/63V0T3t2BW8LZoaeizcHveqneN0J98nceXg6e/kIqvuIuRtrKGmLqtg6C9qYGp&#10;v6V+sMCcebG/mnu3t5h9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuwmH27sJh9u7CYfbuw&#10;/5AaA/+NJgf/lC0M/6A1Ef+pPhn/sUYk/7hNM/y7VkT1u19W7btnaeO1bn3WrHOPyqN6ncGbgKe4&#10;lIewsY+OtquKlbumh52+ooWlwJ+Er8GWfrDBlH+2uJOAu7KTgLuyk4C7spOAu7KTgLuyk4C7spOA&#10;u7KTgLuyk4C7spOAu7KTgLuy/5AaA/+OJgf/lS0M/6E1Ef+rPRj/s0Yk/7pNM/q+VUTzv11W6r9l&#10;at+4a37Qr3GPxaZ4nLuffqeymIWvq5OLtqWOk7ufi5q+m4miwZiIrMKQgq/Cj4O1uY+EurOPhLqz&#10;j4S6s4+EurOPhLqzj4S6s4+EurOPhLqzj4S6s4+EurOPhLqz/5AaA/+OJQf/liwL/6I1EP+sPRj/&#10;tUUj/7xMMvjBVEPww1xW58Njatq7aX7MsnCPwKp2nLaifKetnIKvpZeJtp6TkLuZj5i+lI2gwZGM&#10;qcKLiK7Cioi0uoqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0ioi5tIqIubSKiLm0/5Ea&#10;A/+PJQf/mCwL/6Q0EP+uPRj/t0Uj/79MMvbFU0PuyFtW48ZhatS/aH7Htm6Ou610nLGmeqanoICv&#10;n5uGtZiXjruTlZW+jpKdwYqSp8KGjq7ChI20u4WMubSFjLm0hYy5tIWMubSFjLm0hYy5tIWMubSF&#10;jLm0hYy5tIWMubSFjLm0/5EaA/+PJQf/mSwL/6Y0D/+wPBf/uUQi/MFLMfTJUkLrzVlV38lgas/C&#10;Zn3CuWyNtrFym6ureKaipX6umaCEtZKdi7qMmpO+h5ibwISXpcKAlq/Cf5KzvICRuLWAkbi1gJG4&#10;tYCRuLWAkbi1gJG4tYCRuLWAkbi1gJG4tYCRuLWAkbi1/5IaA/+QJQf/mywK/6c0D/+yPBb/u0Qh&#10;+cVLMPHOUUHn0lhU2s5eacrGZXy9vWuMsLZwmqWwdqWcqnytk6aCtIyjibmGoJC9gZ6Zv32eosF7&#10;nq/BeZmzvHqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1epe4tXqXuLV6l7i1/5IZA/+Q&#10;JQf/nSsK/6ozDv+1PBX8v0Qg9MhKLu3TUD/j2FZT09JdaMXKY3u3wmmLqrtvmJ+2dKOVsXqsja2A&#10;soWqh7d/p467eqaXvnemoL90pq2/c6G0u3SeuLV0nri1dJ64tXSeuLV0nri1dJ64tXSeuLV0nri1&#10;dJ64tXSeuLV0nri1/5MZA/+RJAf/nysJ/6wzDf+4OxT4w0Me781KLOfaTz3d3lVRzdhbZ77PYnqw&#10;yGeJpMJtl5m8cqGPuHiphrV+sH+yhbV5sIy4dK+Vu3Cvn7xur6y8bau1uW6nubRup7m0bqe5tG6n&#10;ubRup7m0bqe5tG6nubRup7m0bqe5tG6nubRup7m0/5QZA/+SJAf/oioI/7AyDP68OhLyx0Ic6NNJ&#10;KeHhTDvU41NRxt1aZbfVYHipz2aHnclrlJHFcJ6HwXamf758rHi8hLFyuou0bbmTtmq4nLhnt6e4&#10;Z7e3tmiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7FosruxaLK7sWiyu7Fosrux/5UYA/+VIwb/&#10;pSkH/7QxCvjBOhDrzkIY4N1HJdXlSzvL51FQveNZY6/eX3Si2GWDltNqj4rOb5l/yHOhdcR4p27B&#10;fatpvoSuZb2LsWG8k7JfvJ2yX7yssWK/vq1iv76tYr++rWK/vq1iv76tYr++rWK/vq1iv76tYr++&#10;rWK/vq1iv76t/5YYA/+ZIQX/qigG/7kwCPDIOA3h2EAT1ONFJsrrSzvB7E9Ps+hXYKblX2+a4mZ8&#10;jtxshoTVcY960HWVc816m2zKf59nx4SiY8aKpF/EkaZcxJmnWsOkp1rEsKdaxLCnWsSwp1rEsKda&#10;xLCnWsSwp1rEsKdaxLCnWsSwp1rEsKdaxLCn/5gXAv+eIAT/ryYF+MAuBubQMwjV4TwUyepFKL/y&#10;Sju18U5Mqe9WW53tX2iS6mdzh+NtfH7ecoJ22niIcNd9jGvUgpBm0oeSY9GMlV/PkpZczpmYWc6i&#10;mVjNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzauaWM2rmljNq5pYzaua/5oXAv+lHgP/tyMD&#10;7ckmA9beKQbJ6TsXvvNEKbP4STqo901In/ZVVZT1X2CJ8WhogOxvcHjodXVy5Xp5beJ/fWnghIBl&#10;34mCYt2OhF/ck4Zd25mHWtqhiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZqIlY2aiJWNmoiVjZ&#10;qIlY2aiJ/5wWAv+tGwL2wR0B29oTAcnoKQm98zsZsv1DKKb+Rzac/UxDk/1VTYr9X1aB+WldefVw&#10;YnPydmdu8Hxqau6BbWfshm9k64txYeqPcl/plHRd6Jl1Wuegd1jmpnhY5qZ4WOameFjmpnhY5qZ4&#10;WOameFjmpnhY5qZ4WOameFjmpnhY5qZ4/6IVAf+3FQDYzwsAyucTArzzKQux/TsZpP9AJpn/RTKP&#10;/0s8h/9URH//X0t4/2lQcf9wVGz9dlhp+3xaZvqBXGP4hl5h94tfX/aQYV72lWJc9ZpjWvSgZFjz&#10;pWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86VlWPOlZVjzpWVY86Vl/60QANbDCADI0woAu/QV&#10;A6//Kg2j/zcYl/89Iov/QyyB/0o0ev9SOnP/Xj9u/2hDaf9vR2b/dUlj/3tLYf+BTF//hU5d/4pP&#10;XP+PUFr/k1FZ/5hSV/+eU1b/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW/6NUVv+jVFb/o1RW&#10;/6NU2boFAMXHBwC52QgArP8XBaL/Kw2V/zMWif85Hn7/QCV1/0grbf9QMGf/WjRj/2U3YP9tOV7/&#10;cztc/3g9Wv99Plj/gj9X/4ZAVv+LQFX/j0FU/5RCU/+aQ1H/n0NR/59DUf+fQ1H/n0NR/59DUf+f&#10;Q1H/n0NR/59DUf+fQ1H/n0NR/59Dxr4FALfNBQCq5AgBn/8ZBpT/KAyH/y4Te/81GXH/PR5p/0Uj&#10;Yv9NJlv/VilY/18sVv9oLVT/bi9T/3MwUv94MVH/fDFQ/4AyT/+EM07/iDNN/4w0TP+SNEv/ljVL&#10;/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1S/+WNUv/ljVL/5Y1t8QDAKnUAgCc+QsCk/8bBYX/&#10;Iwp5/ykPbv8xFGX/ORhd/0EbV/9KHlP/UiBQ/1kiTf9gI0v/ZiRK/2slSf9vJUj/cyZH/3cmRv97&#10;J0X/fidF/4IoRP+HKEP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4spQ/+LKUP/iylD/4sp&#10;/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7x&#10;dKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng&#10;2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4&#10;T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH&#10;02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/&#10;k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+do&#10;wIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4Mc&#10;A/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+GhFn8go5h932WaPR4nW7xdKNz&#10;7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofT&#10;YNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/ezMN/4Y4Ef+OQBn/k0ki/5VVLf+TYTn/kG1F/4t4T/+G&#10;hFn8go5h932WaPR4nW7xdKNz7nGpd+xurnrqbLN96Wq5f+dowIHmZ8eD42XPhd1j2IbTYNqH02Da&#10;h9Ng2ofTYNqH02Dah9Ng2ofTYNqH02Dah9Ng2ofTYNqH/4McA/+AJwf/fTIM/4g3Ef+QPxj/lUki&#10;/5dULf+WXzn/k2tF/453Uf+Iglv6hIxk9X+Ua/F6m3LudqJ363Kne+lvrX/nbLKC5Wq4hORpv4fi&#10;aMeJ4GbPitZj1ozPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiKz2LYis9i2IrPYtiK/4QbA/+B&#10;Jwf/gDEM/4s2Ef+TPhj/mUci/5xSLf+aXTr/mGlH/5N0U/6Ofl/3iIlp8YKRcu19mHnpeJ9/5XSk&#10;hONwqojgbbCM3mu3j91qv5HbaciT1WbPlctk0ZPGZdSOxmXUjsZl1I7GZdSOxmXUjsZl1I7GZdSO&#10;xmXUjsZl1I7GZdSO/4UbA/+CJgf/gjAM/441EP+WPRj/nEYh/6BQLf+fWzv/nGZI/5hxVvuTfGL0&#10;jYZt7oeOd+iAlYDkepyH4HWijN1yqJHab6+V2G23mdVrwJzSacmeyWXJnsJnzZi+adGTvmnRk75p&#10;0ZO+adGTvmnRk75p0ZO+adGTvmnRk75p0ZO+adGT/4YbA/+DJgf/hS8L/5A0EP+ZPRf/n0Yh/6NP&#10;Lf+jWjv/oGRJ/51vWPqYeWXxkoNx6ouMfOSDkobffZmO2nigldZ0p5rTcK6f0W22o89rwKXHZsKn&#10;wGjGortqy5u3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6Wt2zOlrdszpa3bM6W/4YbA/+DJgf/&#10;hy4L/5M0EP+bPBf/oUUg/6dNLf+mWDv/pGJK/KFsWfecdmjvloB154+JgeCHkIzagJaV1XqendF1&#10;paPNcKyoy221rMdrvq29aL+suGvDprNtyJ+wb8yZsG/MmbBvzJmwb8yZsG/MmbBvzJmwb8yZsG/M&#10;mbBvzJmwb8yZ/4caA/+EJQf/iS0L/5UzD/+dPBb/pEQg/6pMLf+qVzv+qGBL+KVqWvOhdGrtnH55&#10;5JOGhtyLjZLVg5Scz3ybpct3o6rHdKutxHO1r79wvLC1a7ywsG7BqaxwxqKpcsqcqXLKnKlyypyp&#10;csqcqXLKnKlyypypcsqcqXLKnKlyypypcsqc/4caA/+EJQf/iywK/5czD/+fOxb/pkQf/6xLLP+u&#10;VTv7rF9L9apoXO6mcWznoHp835eCitWOiJjNhY+hx4CXp8J7nqy9eKevunawsbd1urKtcLqyqXG/&#10;rKV0xKSjdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcmeo3XJnqN1yZ6jdcme/4gaA/+FJQf/jCsK&#10;/5gyDv+hOxX/qUMf/69LLP+xVDv4sV1L8a9mXOqrb27ho3Z/1Zl9j8yRhJnFioyivoSTqLl/mq20&#10;fKOwsHqrs615trSmdLm0onW9r593w6adecegnXnHoJ15x6CdecegnXnHoJ15x6CdecegnXnHoJ15&#10;x6Cdeceg/4gaA/+FJQf/jioK/5oyDv+jOhX/q0Ie/7FKK/21Uzv2tVxL7rNkXeWubG/bpXOBzp16&#10;j8WVgZm+joiit4iQqbGEl66sgJ+xqH6otKV9srWferi2m3m7sZl7waiYfMaimHzGoph8xqKYfMai&#10;mHzGoph8xqKYfMaimHzGoph8xqKYfMai/4kaA/+GJQb/kCoK/5wxDf+lOhT/rUIe/7RKK/u4Ujrz&#10;uVpL6rhiXuGxanDTqXCByKB3j7+Zfpm3koWisIyMqaqIlK6lhJyyoIKktZ2BrraZf7e3lH26s5N/&#10;wKqSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wjkn/Fo5J/xaOSf8Wj/4kZA/+GJAb/kSkJ/50x&#10;Df+nORT/r0Id/7ZJKvi8UDrwvVlL57xhXty1Z3HOrG+Bw6R1jrmcfJmxloKiqpGKqaOMka6eiZmy&#10;mYahtZaFq7eThba3joG5tI6Dv6uNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWNg8SljYPEpY2DxKWN&#10;g8Sl/4kZA/+HJAb/kykJ/58xDf+pORP/sUEc/7lJKfbATzntwldK5L9fXda5ZnDJsG2AvqhzjrSg&#10;epmrmoCipJWHqZ2Rjq6XjpaykouftY+KqbeMirS4iIa4tYiHvqyIh8OmiIfDpoiHw6aIh8OmiIfD&#10;poiHw6aIh8OmiIfDpoiHw6aIh8Om/4oZA/+HJAb/lCkJ/6EwDP+rORL/tEEc/LtIKPTDTjjrx1ZK&#10;4MNeXdG8ZW/Es2uAuatxja+kd5imnn6hnpqEqJeWjK6Rk5SyjJGctYiPpreFj7G4goy3toKMvq2D&#10;jMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOmg4zDpoOMw6aDjMOm/4oZA/+IJAb/ligI/6MwDP+t&#10;OBL/tkAb+r5IJ/HHTjfnzFVI3MdcXMy/Y2+/t2l/tLBwjKmpdZego3ugmJ+CqJGbia2KmZKyhZaa&#10;tYGVpLd+la+3e5K3tn2Rva59kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKnfZDCp32Qwqd9kMKn&#10;/4sZA/+JJAb/mCgI/6UvC/+wOBH/uUAZ+MJHJu7LTTXk0FRG1ctbW8fDYm66u2h+rrRui6Ouc5aa&#10;qXqfkqWApoqhh6yEn4+xfp2YtHqcobZ4m6y2dZq3tneYva54lsKneJbCp3iWwqd4lsKneJbCp3iW&#10;wqd4lsKneJbCp3iWwqd4lsKn/4wYA/+KIwb/micH/6cvCv+zNw/8vT8Y88ZGI+rQTDLg1VJFz89Z&#10;WsHIYGy0wGZ8qLpsip20cpWUsHiei6x+pYOohap9poyveKSVsnSjn7Rxo6q1b6S5tHCgvq1yncKn&#10;cp3Cp3KdwqdyncKncp3Cp3KdwqdyncKncp3Cp3KdwqdyncKn/4wYA/+MIgb/nScH/6ouCf+2Ng73&#10;wT4W7cxGIOTYSy7Z3FBEydRYWLvNXmuuxmV6osBqiJe7cJKNt3WbhLN8on2xg6h2r4qsca2Tr22t&#10;nbFqramyaa23sWqpv6xrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOma6bDpmumw6ZrpsOm/40Y&#10;Av+PIAX/oCYG/64tCP27NQzxxz0T5dNEHN3gSC3Q4U9CwttWVrTTXWinzWN4mshohY/Dbo+FwHSY&#10;fb16nna6gaRwuYmoa7iSqme3nKxluKitY7i2rWS1wallsMWkZbDFpGWwxaRlsMWkZbDFpGWwxaRl&#10;sMWkZbDFpGWwxaRlsMWk/44XAv+THwT/pCUF/7MsBvfBMwnozjwP3N5AGdDlSC7H5U1CueBVVKzb&#10;W2Wf1WF0ktBmgYfNbIt+ynKTdsh5mW/GgZ5qxYmiZcWSpGLEnaZfxKenXcS0p17DxKRfvcigX73I&#10;oF+9yKBfvcigX73IoF+9yKBfvcigX73IoF+9yKBfvcig/5AXAv+YHQT/qSME/7kpBO7IMQbd2jQK&#10;0ORBG8brRy686kxBsOZTUqPjWmGX4GFujN1oeYLbboJ62XWJctV8j2vSgpNlz4iXYM2PmlzMl5xa&#10;y6CdWMurnVfLup1ZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZWczMmVnMzJlZzMyZ/5IWAv+d&#10;HAP/ryAC9sAlAuLTJAPQ4zIMxexAHbrxRy+w70s/pe1RTprrWlqP6mJlhehqbn3ncnV143h7b+B+&#10;gGndhIRk24qHYNmRiV3YmIta1qCNWNaojlbVtI5U1cGOVNXBjlTVwY5U1cGOVNXBjlTVwY5U1cGO&#10;VNXBjlTVwY5U1cGO/5QVAv+kGQL/txwB6csWAdHhHQLF7DEOuvVAHq73RS6j9Uo8mvRQSJDzWlOG&#10;82NbfvJsYnfxc2hx7nptbOuAcGfphnNj54x2YOaSeF3kmHpa4557WOOlfVbir35U4bh+VOG4flTh&#10;uH5U4bh+VOG4flThuH5U4bh+VOG4flThuH5U4bh+/5gTAf+tFAHzww8A0tgLAMTsHgS49jERrf0+&#10;HqL9QyuX/Eg3jvxPQYX8WUl9/GNQd/xtVnD7dFpr+XpeaPeBYWT1h2Nh841lX/KTZ13xmWha8J5p&#10;WO+la1bvrWxU7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRtVO60bVTutG1U7rRt/6MQAPG5DADO&#10;yQkAxN8LALb3Hwas/zISoP87HZT/QSeK/0cxgf9OOXr/WD9z/2JFbv9sSWn/c0xm/3pPY/+AUWD/&#10;hlNe/4xUXP+SVVr+mFdZ/Z1YV/ykWVX7q1pU+7FbVPuxW1T7sVtU+7FbVPuxW1T7sVtU+7FbVPux&#10;W1T7sVtU+7Fb8K8IAM2/BwDAzQgAtO4OAqn/IQif/zERkv83Gof/PiJ9/0Updf9NMG7/VTVp/2A5&#10;Zf9qPGH/cT5f/3dAXP9+Qlr/hENZ/4lEV/+PRVb/lEZV/5pHU/+gSFL/p0lR/61KUf+tSlH/rUpR&#10;/61KUf+tSlH/rUpR/61KUf+tSlH/rUpR/61Kz7gEAL7DBQCy1AYApv4QA5z/IwiQ/y0PhP8zFnn/&#10;Oxxw/0Miaf9KJ2L/Uipd/1wtWv9lMFj/bTFW/3MzVP95NFP/fjVS/4Q2UP+JN0//jjhO/5M4Tf+Z&#10;OUz/oDpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6S/+mOkv/pjpL/6Y6v7wDALDKAwCj3AMB&#10;mf8SA4//IgiC/ygNdv8vEm3/Nxdl/z8bXv9HHlj/TiFU/1cjUf9fJU7/ZSZN/2wnS/9xKEr/dilJ&#10;/3sqSP+AKkf/hStG/4krRf+OLET/lCxD/5otQ/+aLUP/mi1D/5otQ/+aLUP/mi1D/5otQ/+aLUP/&#10;mi1D/5otscIBAKPSAACV6wMBjP8TA4D/HAZ0/yMKaf8qDmD/MhJZ/zoVU/9CF07/SRlL/1EaSP9Y&#10;HEb/XR1E/2MdQ/9nHkH/bB9A/3AfP/90ID7/eCA9/3wgPP+BITv/hyE7/4wiO/+MIjv/jCI7/4wi&#10;O/+MIjv/jCI7/4wiO/+MIjv/jCI7/4wi/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/&#10;hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf&#10;3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3odA/92KAb/cjML/3w3&#10;D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp&#10;9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPd&#10;W+Zz/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07/4J5RP9+hkz/e5FT/3eaWP90&#10;ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHiXeVz3Vvmc91b5nPdW+Zz3Vvm&#10;c91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3odA/92KAb/cjML/3w3D/+EPxX/iEgd/4tTJ/+JYDH/hm07&#10;/4J5RP9+hkz/e5FT/3eaWP90ol38cahh+m6uZPhrtGf3abpp9WjBa/NmyG3vY81v7GHTcOdf3XHi&#10;XeVz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz3Vvmc91b5nPdW+Zz/3ocA/93Jwb/dDIL/382D/+G&#10;PRX/i0cd/45RJ/+MXjH/iWs8/4V3Rv+Bg07/fY9W/3mYXPx1oGH5cqZl92+tafVss2zzarlv8mjA&#10;cfBmyHPsZM116GHUduNf3nfbXeN51V3ldtVd5XbVXeV21V3ldtVd5XbVXeV21V3ldtVd5XbVXeV2&#10;/3scA/93Jwb/dzAK/4I1Dv+KPBX/j0Yd/5JPJ/+RXDL/jmg9/4p0SP+GgFL/gYta/H2VYfh4nWf1&#10;dKRt8nGqcfBusHTua7Z37Gm+eupnx33nZc5/4mLWgNlf3YHQX+B+zGDje8xg43vMYON7zGDje8xg&#10;43vMYON7zGDje8xg43vMYON7/3wcA/94Jgb/ei8K/4UzDv+NOxT/kkQc/5ZOJ/+VWjL/kmU+/45x&#10;Sv+KfVX+hYhe+YCSZ/R7mm7wdqFz7XKneOpvrn3obLSA5mm8g+RnxobhZc+I2WLXis9h2YjIYt2C&#10;xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B/xGPgf8Rj4H/EY+B//30bA/95Jgb/fC4K/4gyDv+QOhT/&#10;lUMc/5pMJ/+ZWDP/lmM//5JuTP+Oelf8iYVi9YSPa/B+l3PseZ566HSlgOVwq4XibLOJ4Gq7jN5o&#10;xo/aZtGSzmLRksdk1YzBZduGvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2CvWbdgr1m3YK9Zt2C/30b&#10;A/96Jgb/fywK/4sxDf+TOhP/mEIc/51LJv+dVjP/m2FA/5dsTfuSdlr3jYFm8oiMcOyClHnne5uB&#10;43WiiN9xqY7cbbGS2Wu7ltdpyJnMZMubxWXOl8Bn0pG6aNiKtmnbhrZp24a2aduGtmnbhrZp24a2&#10;aduGtmnbhrZp24a2aduG/34bA/97Jgb/gSsJ/40xDf+VORP/m0Ib/6BKJv+hVDP/n19B+5xpT/aX&#10;c13xkn5q7IyIdeeFkYDifpiJ3Xigkdhyp5fSba+dz2y5n8xrxaDDZ8egvGjLm7dq0JSybNWNr2zZ&#10;ia9s2YmvbNmJr2zZia9s2YmvbNmJr2zZia9s2YmvbNmJ/34aA/97JQb/gyoJ/48wDP+YOBL/nkEb&#10;/6NJJv+mUjP9pF1B96FnUPGccV/rl3tt5Y+Det6Hi4bVfpKRz3iZl8p0oZzHcaqfw2+zocFuv6O6&#10;a8Wjs2vIn69tzZirb9KRqXDWjKlw1oypcNaMqXDWjKlw1oypcNaMqXDWjKlw1oypcNaM/38aA/98&#10;JQb/hikI/5IvDP+bOBL/oUAa/6dIJf+qUTL5qVtB86ZkUeyibmHlmnZw3JF+f9KJhovLgo2TxX2V&#10;mcB4nZ68daWhuXOupLZyuaWycMOmq2/Goqhxy5ukc9CTonTUjqJ01I6idNSOonTUjqJ01I6idNSO&#10;onTUjqJ01I6idNSO/4AaA/98JQb/iCgI/5QvC/+dNxH/pD8Z/6pHJP2uTzL2rVlB76tiUuema2Le&#10;nnJz0pV6gcqNgovDh4qTvYGRmrd9mZ+zeaGjr3eqpqx2tKeqdsGoo3PDpaB1yZ6ed8+WnHfSkZx3&#10;0pGcd9KRnHfSkZx30pGcd9KRnHfSkZx30pGcd9KR/4AaA/99JQb/iicI/5YuC/+fNhD/pz8Y/61H&#10;I/uyTjHzsldB67FgUuKqaGTWonB0zJl3gcOSf4u8i4aUtYaOmq+BlaCqfp2kpnump6N6sKmhebyp&#10;m3fBqJl5x6CYes2Yl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GTl3vRk5d70ZOXe9GT/4EaA/9+JAb/&#10;jCYH/5guCv+iNhD/qT4Y/69GI/i1TTDwt1ZA57VeUt2uZmTQpW5zxp11gL2WfIu1kIOUroqLm6iG&#10;kqCjgpqln3+jqJt+raqYfbmrlHvAqpN9xqKSfsyZkX/QlJF/0JSRf9CUkX/QlJF/0JSRf9CUkX/Q&#10;lJF/0JSRf9CU/4EZA/9+JAb/jSYH/5otCv+kNQ//rD0X/rJFIva4TDDtvFRA5LhdUdeyZGPLqWxz&#10;wKFzgLeaeouvlICTqI+Im6KKj6Cch5ell4SgqJSCqaqRgrWrjYG/q42BxaSMgsubjILPlYyCz5WM&#10;gs+VjILPlYyCz5WMgs+VjILPlYyCz5WMgs+V/4IZA/9/JAb/jyUH/5wtCf+mNQ7/rj0W/LVFIfO8&#10;Sy7qwVI/4LxbUdG1Y2PGrWpyu6Vxf7Ked4qpmH6TopOFmpuPjaCWjJWlkYmdqI2Hp6uKh7Ksh4e/&#10;rIaGxKWHhsqch4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6Xh4bOl4eGzpeHhs6X/4IZA/+AIwX/kSUG&#10;/54sCf+oNA3/sTwV+rhEH/C/Sy3nxVE93MBaUM24YWLBsGhxtqlvfqyidYmknXySnJiCmpWUiqCP&#10;kZKlio6bqIaNpauDjLCsgY2+rICLw6aBi8mdgYvNmIGLzZiBi82YgYvNmIGLzZiBi82YgYvNmIGL&#10;zZiBi82Y/4MZA/+CIgX/kyQG/6AsCP+rMw3/tDwU97xDHu7ESivkyVE71cRYT8i8YGG8tGdwsa1t&#10;faenc4meonmSlp2AmY+aiJ+Jl5Ckg5SYqH+Toqp8kq2repK7rHqRw6Z7kMmefI/NmHyPzZh8j82Y&#10;fI/NmHyPzZh8j82YfI/NmHyPzZh8j82Y/4MYAv+EIQX/lSQG/6IrCP+tMwv+tzsS9MBCHOrJSSjg&#10;zU850MdXTsPAXmC3uGVvq7JrfKGscYeYp3iQkKN+mImghZ6CnY2jfZuWp3iZoKl1mauqc5m4q3OY&#10;w6Z1lsmedpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2ZdpXNmXaVzZl2lc2Z/4QYAv+HIAX/lyMF/6Uq&#10;B/+xMgr7uzoQ8cVBGefPSCXb0k04y8tVTL3EXV6xvmNupbhqe5uyb4aSrnaPiap8loKng5x7pIuh&#10;dqKUpXGhnaduoKmpbKG2qW2hw6ZvncmecJzNmHCczZhwnM2YcJzNmHCczZhwnM2YcJzNmHCczZhw&#10;nM2Y/4UYAv+KHgT/miIE/6gpBv+1MAj2wDgO68tAFeHYRiDT2Es2xdBUS7fJW1yrw2Jsn75oeJS5&#10;boOLtXOMg7J6k3uvgZl1rYmeb6uSomuqnKRoqqelZqq0pmarxaRopsqcaaTNl2mkzZdppM2XaaTN&#10;l2mkzZdppM2XaaTNl2mkzZdppM2X/4YXAv+NHAT/niEE/6wnBf26LwbvxzYK49Q+ENjfQx/L3ko0&#10;vtZSSLDQWlqkymBpmMZmdo3BbICEvnKJe7t4kHS5f5Vut4eaabaQnWW1m6BitKahYLWzoV+2xaBh&#10;scyaYq7PlWKuz5Virs+VYq7PlWKuz5Virs+VYq7PlWKuz5Virs+V/4cXAv+RGgP/oiAD/7IlA/XA&#10;KwTmzzEG2N44D8zlQyDD4kkztt5RRqnYWFec0l5lkM5kcobLanx8yHCEdMZ3im7Efo9ow4eUY8KQ&#10;l1/Bm5lcwaaaW8Kzm1rDxZpbvs+VXLrSkVy60pFcutKRXLrSkVy60pFcutKRXLrSkVy60pFcutKR&#10;/4kWAv+WGQL/qB0C/rghAuzJIgLZ3SUEzOU3EcLqQyK350gzrORPRKDgVlOU3V1giNpja37WanV1&#10;1HB9btJ3g2fRf4hi0IeLXtCRjlrQnJBY0KeRVtC1klXSx5FWzdSOVsjWi1bI1otWyNaLVsjWi1bI&#10;1otWyNaLVsjWi1bI1otWyNaL/4sVAv+dFwH/rxkB9MEYAd3YEQDM5SYFwe43E7bvQiOr7UcyoetM&#10;QJbpVU2L511YguZlYXnkbGly5HRvbON8dGfihHhi4o17XuKVflvgnoBY36eCVd6xg1PevoNS3tKD&#10;UdncglHZ3IJR2dyCUdncglHZ3IJR2dyCUdncglHZ3IJR2dyC/48TAv+kEwH+uBIA1swLAMzkEQHA&#10;7yYHtfU4Far0QCKf80YwlfJLPIzxVEaC8F1PevBmVnTwblxu73Zhae9+ZGXvhmhh745qXu6WbVvt&#10;nm9Y66VwVuuucVTquHJS6sdzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVzUenVc1Hp1XNR6dVz/5gQ&#10;Af+uDgDUwQkAyc8JAL7wEgKz+ScKqfs4FZ77PiGT+0QsifpKNYH6Uz55+l1FcvpmSm36b05o+nZS&#10;ZPp+VWH6hldf+45aXPqWW1r5nV1X+KVeVfesYFP3tWFS9sFhUPbKYlD2ymJQ9spiUPbKYlD2ymJQ&#10;9spiUPbKYlD2ymJQ9spi/6MLANa4BgDGxAcAu9QJALD8FAOm/ykLnP81FZD/Ox6G/0Imff9JLnX/&#10;UTRv/1s6af9lPmX/bkFi/3VEX/98Rlz/g0ha/4tJWP+TS1b/m0xV/6JNU/+pTlH/sU9Q/7tQT//D&#10;UU//w1FP/8NRT//DUU//w1FP/8NRT//DUU//w1FP/8NR2q8CAMa8BQC5yQUArdsIAKP/FwSa/ysL&#10;jv8xEoP/OBp5/0AgcP9HJmn/Tytj/1gvX/9iMlz/azRa/3I2WP94OFb/fzlU/4Y7Uv+NPFH/lT1P&#10;/5w+Tv+jPk3/qj9L/7NASv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lBSv+5QUr/uUFK/7lByLUCALjB&#10;BACr0AMAn+sJAZb/GgWL/yYKf/8tD3X/NRVs/z0aZf9EHl7/TCJY/1QlVf9dJ1L/ZSlQ/2wqTv9z&#10;K03/eSxM/38tSv+FLkn/jC9I/5IwR/+ZMEX/oDFE/6kyQ/+uMkP/rjJD/64yQ/+uMkP/rjJD/64y&#10;Q/+uMkP/rjJD/64yuLoCAKrIAACd2QAAkv8MAon/GgR9/yEIcv8oDGj/MBBg/zgUWv9AF1T/SBpP&#10;/08cTP9XHUn/XR5H/2MgRf9pIET/byFC/3QiQf96IkD/gCM//4YkPv+MJD3/kiU8/5klO/+eJjv/&#10;niY7/54mO/+eJjv/niY7/54mO/+eJjv/niY7/54mq8EAAJ3QAACP4QAAhv8OAnr/FQNu/xwGZP8j&#10;CVz/KwxV/zMPT/87EUn/QhNG/0kUQv9PFkD/VRY+/1oXPP9fGDv/ZBg5/2gZOP9tGTf/cho2/3ca&#10;Nf98GjT/gRsz/4gbMv+NGzL/jRsy/40bMv+NGzL/jRsy/40bMv+NGzL/jRsy/40b/3AeA/9sKQb/&#10;aTMJ/3I3Df95PhL/fUcZ/4BRIf9+Xyn/fG0y/3l7Of92iED/c5NF/3CdSv9upk7/a61R/2m0U/9o&#10;u1X/ZsNX/2PHWfthzFv3X9Nc817dXfBc417rW+lf51nvYOVZ8V/lWfFf5VnxX+VZ8V/lWfFf5Vnx&#10;X+VZ8V/lWfFf/3AeA/9sKQb/aTMJ/3I3Df95PhL/fUcZ/4BRIf9+Xyn/fG0y/3l7Of92iED/c5NF&#10;/3CdSv9upk7/a61R/2m0U/9ou1X/ZsNX/2PHWfthzFv3X9Nc817dXfBc417rW+lf51nvYOVZ8V/l&#10;WfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf/3AeA/9sKQb/aTMJ/3I3Df95PhL/fUcZ/4BRIf9+&#10;Xyn/fG0y/3l7Of92iED/c5NF/3CdSv9upk7/a61R/2m0U/9ou1X/ZsNX/2PHWfthzFv3X9Nc817d&#10;XfBc417rW+lf51nvYOVZ8V/lWfFf5VnxX+VZ8V/lWfFf5VnxX+VZ8V/lWfFf/3AeA/9sKAb/azEJ&#10;/3U2Df97PBL/f0YZ/4NQIf+BXir/fmsz/3t4O/94hkL/dZJI/3KbTf9wpFH/baxU/2uyV/9puVr/&#10;Z8Fc/GXHXvhizF/1YNNh8F7dYuxc5GPoW+lk4lrvZOBa8GLgWvBi4FrwYuBa8GLgWvBi4FrwYuBa&#10;8GLgWvBi/3EdA/9tKAb/bjAJ/3g0DP9/OxL/g0QZ/4dOIf+GWyv/g2g0/391Pf98gkX/eY5M/3aZ&#10;Uv9yoVb/b6la/m2wXvxqt2H7aL5j+WbGZfRjzGfwYdNp61/ea+Zd5WzgW+lt2VzuaNZc72fWXO9n&#10;1lzvZ9Zc72fWXO9n1lzvZ9Zc72fWXO9n/3IdA/9uKAb/cS4J/3syDP+DOhH/h0MY/4pMIf+KWSv/&#10;h2U1/4NyP/9/fkj/fItQ/3mWVv91n1z9cqZg+m6tZPhstGj2abxr9GfFbfBkzHDrYdNy5V/fc95c&#10;5XTWXOhxz17tbM1e7mvNXu5rzV7ua81e7mvNXu5rzV7ua81e7mvNXu5r/3McA/9vJwb/dC0I/34x&#10;DP+GORH/i0IY/45LIf+OViv/i2M2/4dvQf+De0v/f4dT/nySW/x4nGH5dKRn9nCra/Ntsm/xarpz&#10;72jDdutlzHjmYtV63l/ffNNd43vNX+Z2x2DqcMZg7G7GYOxuxmDsbsZg7G7GYOxuxmDsbsZg7G7G&#10;YOxu/3QcA/9wJwb/disI/4EvC/+JOBD/jkAY/5JJIf+TVCz/kGA3/4xsQ/+Hd037g4NX+H+OYPZ6&#10;l2fzdqBu8HKoc+1ur3jra7h86GjCf+ZmzYLfYtiE0V/chcpg4H/FYeN6v2PodL5j6XK+Y+lyvmPp&#10;cr5j6XK+Y+lyvmPpcr5j6XK+Y+ly/3QcA/9wJgb/eSoI/4UuC/+NNxD/kj8X/5ZIIP+XUiz/lV44&#10;/pFpRPqMdFD1h39b8oKJZe59k27qd5t153KjfORuq4HharOG3me9itplyo3SYtSOyGLYisJj3IS8&#10;ZeB+t2bleLZm5na2ZuZ2tmbmdrZm5na2ZuZ2tmbmdrZm5na2ZuZ2/3UbA/9xJgb/fCgH/4gtCv+Q&#10;Ng//lj4W/5pHIP+cUCv/mls4+ZdmRfSScFLvjHtf6oWFauV+jXTgeJV923KdhdRtpIvQaq2OzWi3&#10;kMtow5HIZ9GSv2XUj7ln2Ym0aN2CsGnifK5q5HmuauR5rmrkea5q5HmuauR5rmrkea5q5HmuauR5&#10;/3YbA/9yJgX/fycH/4osCv+TNQ7/mT0W/55GH/+hTiv7oFk49ZxjRu+YbVTokHdi4oh/b9qAh3vS&#10;eo+DzXWXiclxn43FbqiRwmyxk79rvJW9a8uVtmnQlLFr1Y2sbNuGqG3gf6dt4nynbeJ8p23ifKdt&#10;4nynbeJ8p23ifKdt4nynbeJ8/3YbA/9zJQX/gSYH/40sCf+WNA7/nTwV/6FEHv6lTCr3pVc48KJh&#10;R+mcalbhlHJl2Ix7c8+Fg3zJf4uEw3qTir92m4+6c6OTt3CslrRvt5exb8SYrG3NmKlv05ClcNiJ&#10;oXHegqBx4H+gceB/oHHgf6Bx4H+gceB/oHHgf6Bx4H+gceB//3cbA/90JQX/gyUG/5ArCf+ZMw3/&#10;oDsU/6VDHfupSynzqlQ47KheR+OhZ1famW9nz5F4c8eKgH3BhIiFu3+Pi7V6l5Cxd5+UrXSol6pz&#10;spmncr+apHLLmqFz0JOedNaMm3XchJp13oGadd6BmnXegZp13oGadd6BmnXegZp13oGadd6B/3ga&#10;A/92JAX/hiMG/5IqCP+bMgz/ozoT/6hCHPitSijwr1I356xcR96lZFjRnW1myJV1c8COfH25iYSF&#10;s4OMjK1/k5Gpe5uVpXmkmaF3rpuedrqcnXfKnJl3z5aXeNSOlXjbhpR43YOUeN2DlHjdg5R43YOU&#10;eN2DlHjdg5R43YOUeN2D/3gaA/94IwX/iCMG/5QqCP+eMQv/pjoS/qtCG/WwSSfstVA247BaRtip&#10;Y1fMoWtmwppycrqTenyzjYGFrIiJjKaEkJGhgJiWnX2hmpl7qpyWe7adlHvGnpJ7zZiRfNOQj3zZ&#10;iI983IWPfNyFj3zchY983IWPfNyFj3zchY983IWPfNyF/3kaA/96IgX/iiIF/5YpB/+gMQv/qDkR&#10;+69BGvK0SCbpuU8037RZRdKtYVbHpWllvZ5wcrSXd3ytkX6FpoyGjKCIjZGahZWWloKempKAp52P&#10;f7OejYDCnouAzJqLgdKSioDYiYmA24aJgNuGiYDbhomA24aJgNuGiYDbhomA24aJgNuG/3kaAv97&#10;IQT/iyIF/5goB/+jMAr/qzgQ+bJAGO+4RyTmvU4z27hXRM2wYFbCqWdkuKJuca+bdXunlnyEoJGD&#10;i5qNi5GUipOWj4ebmouFpZ2IhLCfhYS/n4WFy5uFhdGThYXYioSE2oeEhNqHhITah4SE2oeEhNqH&#10;hITah4SE2oeEhNqH/3oZAv99IAT/jSEF/5soBv+lLwn/rjcO9rY/F+y8RiLjwU4w1bxWQ8i0XlW9&#10;rGZjs6ZscKqfc3uhmnqEmpaBi5SSiJGOj5CWiYyZmoSKo52Biq6ffoq8n36Kypx/itCUf4nWi3+I&#10;2Yh/iNmIf4jZiH+I2Yh/iNmIf4jZiH+I2Yh/iNmI/3oZAv9/HgT/kCEE/50nBf+oLgj+sjYN87o+&#10;FenBRR/fxUwv0L9UQsS3XVO4sGRirqpqb6SkcXqcn3eDlJt+io6YhpCHlY6VgpKXmX2QoJx6j6ue&#10;eI+5n3eRyp15kM+VeY7WjHmN2Il5jdiJeY3YiXmN2Il5jdiJeY3YiXmN2Il5jdiJ/3sZAv+BHQT/&#10;kiAE/6AmBf+rLQf7tTUL8L49EubHRBzayUkuy8NTQb68W1KztWJhqK9pbp+qb3iWpXWBjqF8iYee&#10;g4+Bm4uUe5mUmHeXnptzlqmdcZa2nnCXyJ1yls+Vc5TVjHST2Il0k9iJdJPYiXST2Il0k9iJdJPY&#10;iXST2Il0k9iJ/3wYAv+EHAP/lR8D/6MlBP+vLAb3ujMJ7MQ7D+LOQhjTzkgsxsdSQLnAWlGtumFf&#10;o7RnbJmwbXeQq3SAiKh6h4GlgY16oomSdaCSlnCem5lsnqebap60nGmfxZtsntCUbZrWjG2Z2Ilt&#10;mdiJbZnYiW2Z2IltmdiJbZnYiW2Z2IltmdiJ/30YAv+HGgP/mB4D/6YjA/+zKQTzwDEH58s4C93Y&#10;OhbN0kYqwMxQPrPGWE+nwF9dnLtlapK3a3SJs3F9ga94hHqtf4p0qoePbqmPk2mnmpZmp6WYY6ey&#10;mWKow5hlp9GTZqPWi2eh2YlnodmJZ6HZiWeh2YlnodmJZ6HZiWeh2YlnodmJ/34XAv+LGAL/nBwC&#10;/6shAvu5JgPtxywE39UxBtPeORTG2EQoudFOO6zMVkygx11alcJjZ4u/aXGCu295erh2gHO2fYZt&#10;tIWLaLOOj2OymJJgsaSTXrKxlFyywpRestOQX6zZiWCq2oZgqtqGYKrahmCq2oZgqtqGYKrahmCq&#10;2oZgqtqG/38XAv+QFgL/oRoB/7EdAfTAIAHj0SAB098sBsniOxS+30QlstlMOKXTVEmZz1tXjsth&#10;Y4TIaGx7xW51c8N1e2zBfIFnwISFYr+OiV6+mItavqSNWL6xjle/wo1Yv9eLWbjchVm23YNZtt2D&#10;Wbbdg1m23YNZtt2DWbbdg1m23YNZtt2D/4EWAv+VFAH/pxYB/bgXAOnLEQDT3xYByOcsB77mOxaz&#10;5EQlqOFLNZzdUkSR2VlShtVgXXzTZmZ00W1ubM90dGbOfHlhzYV9XMyOgFnMmYNWzKWEVMyzhVPN&#10;xIVTzd2DU8bgflTD4X1Uw+F9VMPhfVTD4X1Uw+F9VMPhfVTD4X1Uw+F9/4cTAf+cEgH/rhEA2sIK&#10;ANDSCgDH6BgBvOwsCrLrPBeo6kMlnehIM5LmUECI5FlLfuJgVHbhaFxv4G9iaN93aGPef2xe3ohw&#10;Wt6Rc1fem3VU3qd3Ut+0eFDfxHhP4N54T9bldU/T53RP0+d0T9PndE/T53RP0+d0T9PndE/T53RP&#10;0+d0/48PAf+kDgDbuAgAzcUJAMXVCgC68RoDsPItDKbxOxib8EEkke9HL4fuTjp+7lhDd+1hSnDt&#10;aVBq7HFVZex5WWHsgVxd7IpfWuyTYVftnWNV7adlUu2zZlHuwGdP79RoTuvmaE3o6GhN6OhoTejo&#10;aE3o6GhN6OhoTejoaE3o6GhN6Oho/5kLAN2uBADMvAYAwckHALjbCgCt+BwEpPgvDZn4OReP+D8h&#10;hfhGKnz4TTJ191c5bvdgP2n3aUNk+HFHYfh5Sl34gUxa+IlPWPiSUVb5m1JT+aVUUfqvVVD6u1ZO&#10;+spXTfvjV0z76VdM++lXTPvpV0z76VdM++lXTPvpV0z76VdM++lX5aUAAM60BAC/vwUAtM4GAKrr&#10;DQGg/x8Gl/8vDYz/NhWC/z0deP9EJHD/TCpq/1QvZf9eM2H/Zzdd/285Wv92PFj/fj5W/4Y/U/+O&#10;QVH/l0JQ/6BDTv+pRU3/s0VL/75GSv/QR0n/3EdJ/9xHSf/cR0n/3EdJ/9xHSf/cR0n/3EdJ/9xH&#10;0a4AAL+5AwCyxQMAp9UFAJz9DwKU/yIGif8rDH7/MhJ1/zoYbP9CHWX/SSJf/1ElWv9aKFf/YytU&#10;/2stUv9yL1D/eTBP/4AxTf+IMkv/kDRK/5g1SP+hNUf/qjZG/7M3RP+/OET/xThE/8U4RP/FOET/&#10;xThE/8U4RP/FOET/xThE/8U4wbMAALK+AgClzAEAmd0DAJD/EgKG/x8Fe/8nCnH/Lg5o/zYTYf8+&#10;F1r/RhpV/00dUf9VH07/XSBL/2QiSf9rI0f/cSRG/3glRP9/JkP/hidB/44oQP+WKD//nik9/6cp&#10;PP+wKjz/tCo8/7QqPP+0Kjz/tCo8/7QqPP+0Kjz/tCo8/7Qqs7gBAKXGAACX1QAAi+8EAYT/EwJ3&#10;/xoEbf8iB2T/Kgtc/zIOVf85EVD/QRNL/0gVSP9PF0X/VhhC/1wZQP9hGj7/Zxo8/20bO/9zHDn/&#10;eRw4/4AdNv+IHTX/jx40/5ceMv+gHzL/pB8y/6QfMv+kHzL/pB8y/6QfMv+kHzL/pB8y/6QfpsAA&#10;AJfOAACJ3gAAf/8HAXT/EAJp/xUDX/8cBVf/JAhQ/ywKSv8zDEX/Ow5B/0EPPf9HEDr/TRE4/1IR&#10;Nv9XEjT/XBMy/2ETMf9mFC//axQu/3EVLf93FSz/fRUq/4MWKf+LFin/jhYp/44WKf+OFin/jhYp&#10;/44WKf+OFin/jhYp/44W/2YgA/9hKgX/YTMI/2k2C/9uPQ//cUYV/3NRHP9zXiP/cG0p/258MP9r&#10;iTX/aZY5/2ehPf9mqkD/ZLJC/2O5RP9hwkb/YMhH/17NSP9c1Er/W95L+1nkTPdY6kz0V+9N8Fbz&#10;TexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN/2YgA/9hKgX/YTMI/2k2C/9uPQ//cUYV&#10;/3NRHP9zXiP/cG0p/258MP9riTX/aZY5/2ehPf9mqkD/ZLJC/2O5RP9hwkb/YMhH/17NSP9c1Er/&#10;W95L+1nkTPdY6kz0V+9N8FbzTexV+E3sVfhN7FX4TexV+E3sVfhN7FX4TexV+E3sVfhN/2YgA/9i&#10;KgX/YzEI/2s1C/9wPA//c0UV/3VPHP92XSP/c2wq/3B6Mf9thzb/a5Q7/2mfP/9oqEL/ZrBF/2S4&#10;R/9jwEn/YcdK/1/MTP9d0038XN5O+VrkT/VZ6lDxWO9R7Vf0UelX+VDpV/lQ6Vf5UOlX+VDpV/lQ&#10;6Vf5UOlX+VDpV/lQ/2cfA/9jKgX/ZTAI/24zC/90Og//d0MV/3lOHP96WiT/d2gr/3R2M/9xhDn/&#10;bpA//2ybQ/9qpUf/aK1K/2e2TP9lvk7/Y8VQ/2HLUv1f0lT5Xd1V9FvkVvBa6lfrWPBY51j1V+NZ&#10;+lTjWfpU41n6VONZ+lTjWfpU41n6VONZ+lTjWfpU/2gfA/9jKQX/aC4H/3EyCv93OA//e0IV/31M&#10;HP9+WCT/e2Yt/3dzNf90gDz/cYxC/2+XR/9soUv/aqpP/2iyUv9nu1T/ZcRW/mLKWPlg0Vr1Xtxc&#10;8FzkXepa617mWfFf4lr1W9xb+VfcW/lX3Fv5V9xb+VfcW/lX3Fv5V9xb+VfcW/lX/2keA/9kKQX/&#10;ay0H/3QwCv97Nw7/f0EV/4FKHP+CVSX/f2Mu/3twNv94fD7/dYlF/3GUS/9vnlD/bKZU/2quWP1o&#10;t1v8ZsBd+mTJYPVh0GLwXtxj6lzlZeVb7GbeWvBj2Fv0YNFd+FvRXfhb0V34W9Fd+FvRXfhb0V34&#10;W9Fd+FvRXfhb/2keA/9lKAX/bisH/3guCv9/Ng7/gz8U/4VIHP+HUyX/hGAv/4BsOP98eUH/eIVJ&#10;/nSQUPtxmVb5bqJa+GuqX/ZosmL0Zrtl82TFaPBi0GvqX91t413nbttb6m3TXO9ozV7zZMhf91/I&#10;X/dfyF/3X8hf91/IX/dfyF/3X8hf91/IX/df/2oeA/9mKAX/cSkH/3ssCf+DNQ3/hz4U/4pHG/+M&#10;UCX/iV0v/4VpOv2BdUT6fIBN93iLVfRzlVzxb51i72ylZ+1prWvrZrZv6GPAcuZhzHXjYN931lzk&#10;eM5e6XLJX+1txGDwaL9i9GO/YvRjv2L0Y79i9GO/YvRjv2L0Y79i9GO/YvRj/2sdA/9nJwX/dCcG&#10;/38rCP+HMw3/jDwT/49FG/+RTiX/j1ow/ItmO/iGcUbzgXxR73yHWux2kGLocZhp5WygcOFoqHXe&#10;ZLB622K6fthhx3/UYdp/y1/hfsRh5Xe/Yulyu2PtbbZk8We2ZPFntmTxZ7Zk8We2ZPFntmTxZ7Zk&#10;8We2ZPFn/2wdA/9qJgX/dyYG/4IqCP+KMgz/kDsS/5NDGv+WTCT9lVcw95FiPPKMbUnshnhU53+B&#10;X+J4imnccpJy1m2aeNJqonzOZ6t/y2a0gcllv4PHZM6EwWPdg7pk4ny2ZuZ2smfqca5o72quaO9q&#10;rmjvaq5o72quaO9qrmjvaq5o72quaO9q/20cA/9sJAX/eiQF/4UpB/+OMQv/lDkR/5hCGf+bSiT4&#10;m1Qw8pdfPeuSakvlinNY3oJ8ZNV8hW7Pdo11ynKVesZunX7DbKWCv2qvhL1puYa6aMeHt2jah7Fo&#10;3oGtaeN6qWvodKZr7G2mbO1tpmztbaZs7W2mbO1tpmztbaZs7W2mbO1t/20cA/9uIwT/fSIF/4go&#10;B/+RMAr/mDgQ/5xAGPufSSP0oVIv7Z1cPeWWZkzdjm9a04d4ZcyBgW7Ge4l2wXeRe7xzmYC4cKGE&#10;tW6qh7JttImvbMGKrWzSiqhs3IWlbeF+om7ld59v63Cfb+twn2/rcJ9v63Cfb+twn2/rcJ9v63Cf&#10;b+tw/24cA/9xIgT/fyEF/4snBv+ULwn/mzcP/6A/F/ikRyHwp08u6KJaPd+bY03UlGxay4x1ZcSG&#10;fW++gIV2uHyNfLN4lYGvdZ2Fq3Kliahxr4ulcLuMo3DLjaBx2Yidcd+Bm3Lkeplz6XKZc+lymXPp&#10;cplz6XKZc+lymXPpcplz6XKZc+ly/28bA/9zIAT/giAE/44mBv+XLgj/nzYO/aQ+FfSoRiDsrE0t&#10;46dYPNmgYUzNmGpZxZFyZb2Lem62hYJ2sICJfat9kYKneZmGo3eiip91q42cdLeOmnTGj5h11ouW&#10;dt2DlHbifJN253SSduh0knbodJJ26HSSduh0knbodJJ26HSSduh0/28bAv91HwT/hB8E/5AlBf+a&#10;LQj/ojUM+qg9FPGsRR7osEwr36tXO9KkX0vInGhZv5VvZLePd26win92qoWGfaSBjoKffpaHm3ue&#10;i5d5qI6UeLOPknjCkJF61Y2PetuFjnrhfo165naNeuZ2jXrmdo165naNeuZ2jXrmdo165naNeuZ2&#10;/3AbAv92HgP/hh4E/5MlBf+dLAf/pTQL96s8Eu6xQxzltEsp2q9VOs2oXkrCoGZYuZptZLGTdW6q&#10;jnx2o4qDfZ6Gi4KZgpOHlICbi5B+pY6NfbCQin2+kYp/04+JftqHiH7ff4d+5XeHfuV3h37ld4d+&#10;5XeHfuV3h37ld4d+5XeHfuV3/3AbAv94HQP/iB4D/5UkBP+gKwb/qDIK9K86Eeu1QhrhuEon1LNT&#10;OcirXEm+pGRXtJ5rY6yYcm2kk3l1no6BfJiLiIKSh5CHjYWZi4mDoo6Ggq6Rg4K8kYKDzpGDg9mI&#10;goLfgYKC5HmCguR4goLkeIKC5HiCguR4goLkeIKC5HiCguR4/3EaAv96HAP/ih0D/5cjBP+iKQX8&#10;rDEJ8bM5D+i6QBfdvEglz7ZSOMOvW0i5qGJWr6JqYqeccGyfl3d1mJN+fJKQhoKMjY6Hh4qXi4OI&#10;oI5/h6uRfIe5kXuHy5F8iNiJfYfegn2G5Hp9huR5fYbkeX2G5Hl9huR5fYbkeX2G5Hl9huR5/3Ea&#10;Av98GgP/jRwD/5oiA/+lKAT5ry8H7rg3DOS/PxTYwEYkyrpQN7+zWUe0rGFVqqZoYaGhbmuZnHV0&#10;kph8e4yVg4GGkouGgZCUi3yOno54jamQdoy2kXSNyJF2jtiKd4zdgneK43p3iuN6d4rjeneK43p3&#10;iuN6d4rjeneK43p3iuN6/3IaAv9/GQL/jxsC/50gA/+pJgP2sy0F6r01CeDGPBDSxEQjxb1PNbq3&#10;WEavsV9UpatmYJymbWqUonNzjJ56eoabgYCAmImFepaSiXWUm41yk6aPb5O0kG2UxZBwldiKcJLd&#10;g3GQ43txkON7cZDje3GQ43txkON7cZDje3GQ43txkON7/3MZAv+CFwL/khoC/6AfAv+tJALyuCoE&#10;5sMxBtvMNQ/MyEIhwMJNNLS8VkSptl5Sn7FkXpasa2iOqXFxhqV4eH+if355oIeDdJ2PiG+cmYtr&#10;m6SNaJuyjmebwo5pndiKapndgmuW43trluN7a5bje2uW43trluN7a5bje2uW43trluN7/3QZAv+F&#10;FQL/lhgB/6QcAfuyIAHtvyUC4cwqA9TRMg3HzEEfusdMMa7BVEKjvFxQmbdiXJCzaWaHsG9ugK12&#10;dXmqfXtzqISAbaaNhWill4hlpKOKYqSwi2CkwYtiptmIY6LegWWe43plnuN6ZZ7jemWe43plnuN6&#10;ZZ7jemWe43plnuN6/3YYAv+JEwH/mhYB/6kYAfa4GwHnxxoB29kcAc3WMAvA0j8dtM1KL6jIUj+d&#10;w1pNkr9hWIm7Z2KAuG1rebZ0cXKze3dssYN8Z7CMgGKvloNerqGGXK6vh1qvv4dbsNqEXazgf16n&#10;5Xhep+V4XqfleF6n5Xhep+V4XqfleF6n5Xhep+V4/3oVAv+OEgH/nxMA/7ATAO/AEADZ1AwAzt8c&#10;AcTdLwm52T0ardNILKHPUDuVy1hJi8dfVILEZV55wmxmcsBybGu+enJmvYJ2YbuLely7lX1ZuqF/&#10;V7qvgFW7v4BVvNl/Vrjjeliy53VYsud0WLLndFiy53RYsud0WLLndFiy53RYsud0/4ASAf+UEAD/&#10;pg8A47gLANLGCgDM1wsAw+MeArniMQqv4D0YpN1GJ5nZTjeN1FZEg9FdT3rPZFhyzWpfa8tyZWXK&#10;eWpgyYJvW8mLclfIlnVUyKJ3UsiveFHJwHhQytt3Ucboc1LA629Sv+xvUr/sb1K/7G9Sv+xvUr/s&#10;b1K/7G9Sv+xv/4cOAf+bDQDfrgcA0LwIAMfJCADB2wsAt+ggA63nMQ2k5j0ZmeREJo7iTDOE4FQ+&#10;e95cR3PdY09r3GpWZdpyXGDaemBb2YNkV9mMZ1PZl2pQ2aNsTtmxbU3awm1M29xsTdjsak7P8GdO&#10;z/BnTs/wZ07P8GdOz/BnTs/wZ07P8GdOz/Bn/48LAOmkBADRtAYAxb8GALzNCAC06Q4Bqu4iBaLu&#10;Mw6X7TsZjexCJIPrSS576lM2c+lcPmzpZERn6WxJYuh0TV7ofFFa6IVUVuiOVlPpmFlR6aNaTumw&#10;XE3qvlxM69JdS+rpXUrj81xK4/NcSuPzXErj81xK4/NcSuPzXErj81xK4/Nc+ZkDANSsAgDFtwQA&#10;ucMFALDSCACn9hEBnvUkBpX1Mg6K9ToXgfVBIHj1SCdw9VAuavRaNGX0Yzhg9Gs8XfV0P1n1fEJX&#10;9YREVPWNRlH2l0hP9qFKTfasS0v3uUxK98hNSfjgTUj3801I9/RNSPf0TUj39E1I9/RNSPf0TUj3&#10;9E1I9/RN2qMAAMexAgC4uwMArckEAKPZBwCa/RQCkv0nB4f+Lw19/jcUdP8/G2z/RyBm/04lYP9X&#10;KVz/YC1Z/2kwVv9xMlP/eDRR/4A2T/+JN03/kjlL/5w6Sf+mO0j/sTxG/709Rf/MPUT/5j5E/+c+&#10;RP/nPkT/5z5E/+c+RP/nPkT/5z5E/+c+y6wAALm2AQCswgEAoNACAJXlBwCO/xgDhP8kBnr/LAtw&#10;/zQQaP88FWH/RBlb/0sdVv9TIFP/WyJQ/2MkTf9rJkv/cydJ/3opSP+CKkb/iitE/5QsQv+eLUH/&#10;py5A/7EuP/+8Lz7/zTA+/80wPv/NMD7/zTA+/80wPv/NMD7/zTA+/80wu7EAAKy8AACfyQAAk9kA&#10;AIn8CwGA/xcCdv8gBWz/KAlk/zANXf84EFf/QBNR/0cWTf9OGEr/VhlH/1waRP9jHEL/aR1A/3Ae&#10;P/94Hj3/gB87/4ggOv+RITj/myI3/6QiNv+tIzX/uCM1/7kjNf+5IzX/uSM1/7kjNf+5IzX/uSM1&#10;/7kjrbYAAJ/EAACS0gAAhOEAAH3/DQFy/xMCaP8bBF//IwZY/ysJUf8zC0z/Og1H/0EPQ/9IEUD/&#10;ThI9/1QTO/9aFDn/XxQ3/2UVNf9rFjP/chYx/3oXL/+CFy7/ixgs/5MYK/+cGSr/pxkq/6cZKv+n&#10;GSr/pxkq/6cZKv+nGSr/pxkq/6cZob8AAJLMAACE3AAAePcAAG7/CgFj/xACWv8VA1L/HQRL/yQG&#10;Rv8sCEH/Mwk8/zoKOf9ACzX/RQwy/0oNMP9QDS7/VA4s/1kOKv9eDyj/ZA8m/2oPJf9xECP/eBAi&#10;/4ARIP+IER//kREf/5ERH/+RER//kREf/5ERH/+RER//kREf/5ER/1wiA/9XLQX/WDMH/182Cf9j&#10;PQ3/ZUYS/2ZQF/9lXhz/ZG4i/2F8J/9fiiv/XpYu/1yhMf9bqjP/WrI1/1m6Nv9Ywzf/WM05/1fY&#10;Of9W4Dr/VeY7/1TsPP9T8Tz8UvU9+FL5PfVR/T3zUf8981H/PfNR/z3zUf8981H/PfNR/z3zUf89&#10;/1wiA/9XLAX/WjIH/2E1Cf9lPA3/Z0US/2hPF/9oXB3/Zm0i/2N7KP9hiCz/X5Qv/16fMv9dqTX/&#10;W7E3/1q5OP9awTr/Wcs7/1jVPP9X3z3/VuY+/1XrPv1U8D/5U/U/9lL5QPNS/UDwUv8+8FL/PvBS&#10;/z7wUv8+8FL/PvBS/z7wUv8+/10hA/9YLAX/XDAH/2QzCf9oOg3/a0MS/2xOF/9sWh3/amok/2d4&#10;Kf9khS7/YpEy/2GcNv9fpjj/Xq46/122PP9cvj7/W8g//1rSQf9Z3UL/V+VD/VbqRPlV8ET1VPVF&#10;8VT6Re5U/kTsVP9C7FT/QuxU/0LsVP9C7FT/QuxU/0LsVP9C/14hA/9ZLAX/Xy4G/2YyCf9sOAz/&#10;b0ER/29MF/9xVx7/bmcl/2t1K/9ogjD/ZY41/2SZOf9iozz/YKs+/1+zQf9eu0L/XcRE/1zORv9a&#10;3Ef+WeRI+lfqSfVW8ErwVfZK7VX6SulW/kfnVv9F51b/RedW/0XnVv9F51b/RedW/0XnVv9F/14h&#10;A/9ZKwX/Yi0G/2owCP9vNgz/ckAR/3RKGP91VR7/cmQm/29yLf9sfzP/aYs4/2aWPP9loED/Y6hD&#10;/2GwRv9guEj/XsFK/13LS/9c2k36WuNO9VnqT/BX8VDrVvZR51f7TuRY/0vhWf9J4Vn/SeFZ/0nh&#10;Wf9J4Vn/SeFZ/0nhWf9J/18gA/9aKwX/ZSsG/20uCP9zNQz/dz4R/3hIF/95Uh//d2An/3RuLv9w&#10;ezX/bYc7/2qSQf9nm0X/ZaRJ/mOsTP1htE77YLxR+l7GU/ld1FX1W+NW71rqWOlY8lnlWfdW4Fr7&#10;U9tb/0/XW/9N11v/Tddb/03XW/9N11v/Tddb/03XW/9N/2AgA/9dKQX/aCkG/3ErB/94Mwv/fDwQ&#10;/31GF/9+UB//fV0o/3lqMP91djj/cYI//G2NRfpql0v4Z59P9mWnU/Rir1bzYLhZ8V/BXPBdzV7t&#10;XOBg6FrsYeFa8mDaW/Zb01z6V89d/VPMXv9RzF7/Ucxe/1HMXv9RzF7/Ucxe/1HMXv9R/2EfA/9g&#10;JwT/ayYF/3UpB/98MQr/gToQ/4NEF/+ETR//g1ko/39mMvx6cjv4dX5D9XGIS/JtklHvaZpW7Wai&#10;W+pjql/oYLJj5l68ZuRcyGnhW9pr3Vrqa9Nc8GbNXvVhyF/5XMRg/FjBYf5VwWH+VcFh/lXBYf5V&#10;wWH+VcFh/lXBYf5V/2IfA/9jJQT/byQF/3koBv+BMAr/hTkP/4hCFv+JSx7/iVYo+oViM/WAbj3w&#10;enlH7HWDUOlwjFjla5Ve4WadZN5jpGnbYK1t11+3b9Rew3DRXtJxzV3nccdf7mvCYfJmvmL2Ybpj&#10;+Vy3Y/xYt2P8WLdj/Fi3Y/xYt2P8WLdj/Fi3Y/xY/2MfA/9mIwT/ciIE/30nBv+FLgn/ijcO/41A&#10;Ff+PSR76j1Mo9IxfNO6Gaj/pf3RL43h+Vd5yhl7YbY9l02qYas9noG3MZahwyWOxc8ZivHTEYcl1&#10;wWHgdrxj6nG3ZO9qtGXzZbBm9mCuZ/lcrmf5XK5n+VyuZ/lcrmf5XK5n+VyuZ/lc/2MeA/9oIQT/&#10;dSAE/4ElBf+JLQj/jzUM/5I+FPyURx31lk8o7pFbNOeLZkHghG9O2X15WNF3gmDMc4pnx2+TbMRs&#10;m3DAaaNzvWesdrpmtni4ZcJ5tmXVebJm5nauaOxvqmnwaahp9GOmavdfpmr3X6Zq91+mavdfpmr3&#10;X6Zq91+mavdf/2QeA/9rIAP/eB4E/4QkBf+NLAf/kzQL/5c8EviZRRvwm00n6JdZNOGQYkLXiWxO&#10;zoN1WMh9fmHDeIZovnSObblwlnK2bp51smyneK9qsXutab18qmnNfahq43qlbOlyomztbKBt8mae&#10;bvVinm71Yp5u9WKebvVinm71Yp5u9WKebvVi/2UdAv9tHgP/ex0D/4cjBP+QKgb/lzIK/Zw7EPSf&#10;QxnsoUsl45xWM9qWYEHPjmlOx4hyWMCCemG6fYJotXmKbrF1knOscpp3qXCjeqZurH2jbbh+oW3H&#10;f59u4H6ccOd1mnDrb5lx8GiXcfNkl3HzZJdx82SXcfNkl3HzZJdx82SXcfNk/2UdAv9vHQP/fhwD&#10;/4oiBP+TKQX/mzEJ+aA5D/CjQRjnpkkj3qFUMdKaXkDIk2dNwIxvWLmHd2Gzgn9orn2Hbql6jnOk&#10;d5Z4oHSfe51zqH6acbSAmHHCgZZy2IGVdOV4k3TqcZJ172uRdfJmkXXyZpF18maRdfJmkXXyZpF1&#10;8maRdfJm/2YdAv9xGwP/gBsD/4whA/+WKAX/ni8I9qQ3DeyoPxXjq0gg2KZSMMyeXEDDl2VNu5Ft&#10;V7OLdGGthnxop4KDbqJ+i3Sde5N4mXmcfJV3pX+SdrCBkHW+go520YKOeON6jXjoc4x47WyLePFo&#10;i3jxaIt48WiLePFoi3jxaIt48WiLePFo/2ccAv9zGgL/ghoC/48gA/+ZJgT+oi4G86g1C+mtPRPf&#10;r0Ye0qlRL8eiWj++m2NMtZVqV66PcmCni3looYeBbpyDiHSXgJB4kn2ZfI58ooCLeq2CiHq7g4d6&#10;zYOHfOJ8h3zndYZ87G6GfPBphnzwaYZ88GmGfPBphnzwaYZ88GmGfPBp/2ccAv91GQL/hRkC/5If&#10;Av+cJQP7pSwF8Kw0CeayOxDbs0Qdza1PLsOmWT65n2FLsJloVqiUcF+hj3dnm4t+bpaIhnOQhY54&#10;jIKWfIiAoICEf6uCgX+4g39/yoSBgeF9gYHmdoGA62+AgO9qgIDvaoCA72qAgO9qgIDvaoCA72qA&#10;gO9q/2gcAv94FwL/hxgC/5QdAv+fIwP4qSoE7LExB+K3OQ3Vt0IcybBOLb6qVz20o19Kq55nVaOY&#10;bl+clHVmlpB8bZCNg3OLiot4hoiUfIGGnoB9hKiCe4S1hHmEx4R6huB/e4Xmd3uF63B7hO5re4Tu&#10;a3uE7mt7hO5re4Tua3uE7mt7hO5r/2kbAv96FgL/ihcC/5ccAv+jIQL0rScD6LUuBd69NQrQukAb&#10;xLRMLLquVjuvqF5JpqJlVJ6dbF2XmXNmkJV5bIqSgXKFkIl3f42SfHuLm393iqaCdImzg3KKxIN0&#10;jOB/dIvleHWJ6nF2iO1sdojtbHaI7Wx2iO1sdojtbHaI7Wx2iO1s/2saAv99FAL/jRYB/5oaAf+m&#10;HgHwsSMC5LspA9nCMAnLvT8ZwLhKKrWyVDqqrFxHoadjUpmjalyRn3Fkipt3a4SYf3F+loZ2eZOP&#10;e3SSmX5wkKSBbZCxgmuQwYJtkt1/bpHleG+P6nFwju1scI7tbHCO7Wxwju1scI7tbHCO7Wxwju1s&#10;/24YAv+AEgH/kBUB/54XAfurGgHstx4B4MMhAdLGLQjGwT0YurxJKK+3UjilslpFnK1hUZOpaFqL&#10;pW9ihKJ1aX6ffG94nYR0c5uNeW6ZlnxqmKJ/Z5eugGWYv4Flmdh/aJjleGmW6nFqlO1sapTtbGqU&#10;7WxqlO1sapTtbGqU7WxqlO1s/3EWAv+DEQH/lBMB/6IUAPWwFADmvhQA2cwVAMzKKwfAxjsWtcFH&#10;Jqq8UTafuFhDlrNgTo2wZliFrG1gfqpzZ3enemxypYJybKOLdmiilHlkoaB8YKCtfV+hvX5eotR9&#10;YaHmdmKd63Bjm+5sY5vubGOb7mxjm+5sY5vubGOb7mxjm+5s/3QTAf+HEAH/mBAA/qcQAOe3DQDW&#10;xQsA0NARAMXPKAW5yzkUrsdFI6PDTzOZv1dAj7teS4a4ZFR+tWtcd7JxY3GweGlrroBtZq2JcmGr&#10;k3Vdq554W6qseVmrvHlYrNJ5Wqvoc1yn7G5dpO9qXaTval2k72pdpO9qXaTval2k72pdpO9q/3kR&#10;Af+MDgD/ng0A3K4IANK7CQDMyAkAx9YOAL3VJQSy0jYRp85CIJzKTC+Sx1Q8iMNcR3/BYlB3vmlX&#10;cLxwXmq7d2NluX9oYLiIbFy3km9Ytp5xVbarc1O3u3NSt9JzVLfrb1ay72pXr/FnV6/xZ1ev8WdX&#10;r/FnV6/xZ1ev8WdXr/Fn/38OAf+TCwDhpQUA0rMHAMm+BwDCywgAvN0OALTdIwOq2jMNn9ZAHJTT&#10;SiqK0FI3gM1aQXjLYUpwyWhRashvV2TGdlxfxX9gWsWIZFbEkmdTxJ5pUMSsak/EvGtOxdNqT8Xt&#10;aFDA82RRvfVhUb31YVG99WFRvfVhUb31YVG99WFRvfVh/4YKAPCaBADUqgQAyLYGAL7BBQC3zwkA&#10;sOMRAKjjJQSf4jUNleA+GYveSCWB3FAweNpYOnDYX0Jp1mdJY9VuT17UdlNZ039XVdOJWlLTk11P&#10;06BfTdOtYEvUvmBK1dhgS9TtXkzR91xMzPlaTMz5WkzM+VpMzPlaTMz5WkzM+VpMzPla/48DANqi&#10;AADKrwMAvbkEALTGBQCr1AkApOoUAZzpKAaT6TQOieg9GH/nRCJ35k4qb+ZXMmnlXzhj5Wc9X+Rv&#10;Qlrkd0VW5IBJU+SKS1DklE5N5J9QS+WsUUnlu1JI5s9SSOboUkjk+FFI4fxPSOH8T0jh/E9I4fxP&#10;SOH8T0jh/E9I4fxP4ZkAAM2pAAC+swIAs74DAKjLBQCf2gkAmPIYApDyKgeG8jMOfPE7FnTxQx1s&#10;8UsjZvFUKWHxXS1d8WYxWfFuNVbxdjdT8X86UPKIPE3ykj5L8p1ASfOpQUfztkJG9MdDRfTfQ0T0&#10;8ENE8vpCRPL6QkTy+kJE8vpCRPL6QkTy+kJE8vpC0aIAAMCuAACyuAEAp8QCAJzSBACS7QwAjPsc&#10;A4L7KAd5+zEMcPw5Emn8QRdi/EkcXPxQIFf8WSNU/WImUf1qKE/9cypM/nssSv6DLkj+jS9G/5gx&#10;RP+iMkP/rjNB/7s0QP/LND//4zQ//+81P//vNT//7zU//+81P//vNT//7zU//+81xKoAALOzAACn&#10;vwAAmssAAI/aAgCG/w8Bfv8cA3X/JQZs/y0KZP82Dl3/PhJY/0UVUv9NGE//VRpM/1wcSf9kHkf/&#10;ax9E/3MgQv98IkH/hSM//48kPf+aJTv/pCY6/68mOf+6Jzj/yic4/9woOP/cKDj/3Cg4/9woOP/c&#10;KDj/3Cg4/9wota8AAKe6AACaxgAAjdQAAIHmAQB6/xABcP8YAmf/IQVf/ykHWP8xClL/OQ1N/0EP&#10;Sf9IEUX/TxNC/1UUQP9cFT3/YhY7/2kXOf9wGDf/eRk1/4IZM/+MGjL/lxsw/6EbL/+qHC//tRwu&#10;/78cLv+/HC7/vxwu/78cLv+/HC7/vxwu/78cqbUAAJrCAACMzwAAf94AAHb/BQBs/w4BYv8UAlr/&#10;GwNT/yQFTf8rB0f/MwlD/zoKP/9BCzv/Rww4/00NNf9TDjP/WA8x/14PL/9kEC3/axEr/3MRKf98&#10;Eif/hhIl/5ATJP+ZEyP/oxQi/6sUIv+rFCL/qxQi/6sUIv+rFCL/qxQi/6sUnL4AAI3LAAB+2gAA&#10;cOYAAGf/AABd/woBVP8QAU3/FQJH/x0DQf8kBDz/KwU3/zIGNP84BzD/PQgt/0MIKv9ICSj/TQkm&#10;/1IKJP9XCiL/XQsg/2MLHv9rCxz/cwwa/3wMGP+EDBf/jg0V/5UNFf+VDRX/lQ0V/5UNFf+VDRX/&#10;lQ0V/5UN/1IlA/9NLwT/UTIG/1c1B/9aPAr/W0UO/1pPE/9ZXRf/WG0b/1Z7H/9ViSL/U5Ul/1Kg&#10;J/9RqCn/ULEq/1C4K/9PwSz/T8ot/07WLv9O5C7/Tu0v/07zL/9N+DD/Tfww/0z/MPxM/zD5TP8v&#10;+Ez/L/hM/y/4TP8v+Ez/L/hM/y/4TP8v/1MkA/9NLwT/VDAF/1k0B/9dOgr/X0MO/15OE/9dWhj/&#10;W2oc/1p5If9YhiT/VpIn/1WdKf9Upiv/U64t/1K2Lv9Svi//Uccw/1HSMf9Q4TL/UOsy/0/yM/9P&#10;9zP/Tvw0+07/NPhN/zT1Tv8y9E7/MvRO/zL0Tv8y9E7/MvRO/zL0Tv8y/1MkA/9OLgT/Vi8F/1wy&#10;B/9gOAr/YkEO/2JME/9gWBj/X2gd/112Iv9bgyb/WY8p/1iaLP9Woy7/Vaww/1WzMf9UuzP/U8Q0&#10;/1PONf9S3jb/Uuk3/1HxN/9R9jj7UPs490//OPRP/zfxUP818FD/NPBQ/zTwUP808FD/NPBQ/zTw&#10;UP80/1QjA/9QLQT/WS0F/18wB/9jNgr/ZkAO/2ZKE/9lVRn/Y2Ue/2FzI/9egCj/XIws/1uXL/9Z&#10;oTH/WKk0/1ewNf9WuDf/VcE4/1XLOf9U2jr/VOc7/1PwPPtS9j32Ufs98lH/Pe9S/zvsUv8461L/&#10;OOtS/zjrUv8461L/OOtS/zjrUv84/1UjA/9SKwT/XCsF/2MuB/9nNAr/aj4O/2tIE/9qUxn/aGEf&#10;/2ZwJf9jfSr/YIgv/16TM/9cnTb/W6U4/1qtOv9YtTz/V70+/1fHP/9W00H8VeRC+VXuQ/VU9kTw&#10;U/xE7FT/QelV/z/mVf885VX/O+VV/zvlVf875VX/O+VV/zvlVf87/1YiA/9VKQT/XygF/2crBv9s&#10;Mgn/bzwN/3BGE/9wUBn/bl0g/2trJ/9oeS3/ZYQy/2KPN/9gmTv+XqE+/VypQftbsUP6WblF+VjC&#10;R/dXzkj1VuBK8VbsS+5V9kzpVvxK5Vf/RuJY/0PeWf9A3Vn/P91Z/z/dWf8/3Vn/P91Z/z/dWf8/&#10;/1ciA/9ZJwT/YyYE/2soBv9xMAj/dDkN/3VDE/91TRn/dVkh/3FnKf9tdDD9aoA2+maKPPhjlED2&#10;YZxE9F6kSPJcrEvxW7RN71m9UO1YyVLrV9pT51bpVeRX9VThWf1P21r/S9Vb/0jQXP9Ez1z/RM9c&#10;/0TPXP9Ez1z/RM9c/0TPXP9E/1giA/9cJAP/ZiME/28mBf92Lgj/ejcM/3tBEv97Sxn/e1Uh/ndj&#10;KvlzbzL2bns68mqFQe9mj0fsY5dM6mCfUOhdp1TlW69X41m4WuFXw13fV9Je2lbmXtZZ81rSXPxV&#10;zV7/UMle/0zFX/9JxF//SMRf/0jEX/9IxF//SMRf/0jEX/9I/1khAv9fIgP/aiEE/3QkBf97LAf/&#10;fzUL/4E+Ef+CSBn9glIh935fK/J5azXtc3U+6W6ARuVpiU3hZZFU3mGZWdpfolzWXapf01yzYdBb&#10;vmLOW8xjy1riY8hc8WDGX/pawWD+Vb1h/1G6Yv9NuWL/S7li/0u5Yv9LuWL/S7li/0u5Yv9L/1kh&#10;Av9iIAP/bh8D/3gjBP9/Kwb/hDMK/4c8EP6IRRf3iE4h8IRbK+p+ZjbkeHBB33J6S9ltg1LTaYxY&#10;z2aVXMxknV/JYqVixmCuZMNfuGbBXsRnv17YaLxf62a6Y/dftmT7WbNl/lWwZf9Qr2X/T69l/0+v&#10;Zf9Pr2X/T69l/0+vZf9P/1ogAv9lHgP/cRwD/3wiA/+EKQX/iTEJ/4w6DvmOQxbxjkwg6opYK+OE&#10;YjfbfmxD03h2TM1zf1PIb4dZxGuQXsBpmGK9ZqBlumWoaLdjsmq1Yr5rs2LObLBi5WuvZvRkrGf4&#10;Xalo/Finaf9Tpmn/UqZp/1Kmaf9Spmn/UqZp/1Kmaf9S/1sgAv9nHAL/dBoC/38gA/+IJwT/ji8H&#10;/ZI3DPSUQBTslUke5JBVKtuKXzfRhGlDyn1yTMR4e1S/dINaunGLX7Zuk2Sza5tnr2mkaq1nrWyq&#10;ZrhuqGbHb6Vm32+lavFoomv2YaBs+VuebP1Wnmz+VZ5s/lWebP5Vnmz+VZ5s/lWebP5V/1wfAv9q&#10;GgL/dxkC/4MfA/+MJQT/ki0G+Zc1C++ZPhLnm0Yc3pZSKdKQXDfKiWZCw4NvTLx+d1S3eX9bsnWH&#10;YK5yj2WqcJdopm2fbKNsqW6ga7RwnmrCcZxq13Gcbu5rmm/zZJlv+F6XcPxYl3D9V5dw/VeXcP1X&#10;l3D9V5dw/VeXcP1X/14eAv9sGQL/ehgC/4YdAv+PIwP/lisF9ZszCeufOxDioEUZ15tQKMyUWjbE&#10;jWNCvIhsTLWCdFSwfnxbq3qEYKZ3i2WidJNpnnKcbZtwpXCYb7BylW69c5Nv0HOUcutuk3PyZpJz&#10;9mCQc/pakHP7WZBz+1mQc/tZkHP7WZBz+1mQc/tZ/18dAv9uFwL/fRcC/4kcAv+SIgL9mikE8aAw&#10;B+ekOQ3epUMX0Z9OJ8eYWDW+kmFBtoxpS6+HcVSpgnlbpH+AYJ98iGWbeZBql3aZbZN1onGQc6xz&#10;jXO6dItzy3WMdudwjHfwaIt39WKKd/lcinf6Wop3+lqKd/painf6Wop3+lqKd/pa/2EbAv9xFgL/&#10;fxYB/4saAf+VIAL5niYD7aQuBeOpNgrYqUAWzKNMJsKcVjS5ll9AsZBnSqqLb1Okh3ZanoN+YJmA&#10;hWWUfY1qkHuWbox5n3GJeKp0hne2dYR3x3aFeuRyhnvvaoV79GSFe/hdhXv5XIV7+VyFe/lchXv5&#10;XIV7+VyFe/lc/2MaAv9zFAH/gRUB/44ZAf+ZHgH2oSMC6qkqBOCvMgfSrD4Vx6ZLJL2gVTO0ml4/&#10;rJVlSqWQbVKejHRZmIh7YJOFg2WOgotqioCTboZ+nXGCfad0f3y0dn18xXZ9fuBzf3/ua39/82V/&#10;fvdef374XX9++F1/fvhdf374XX9++F1/fvhd/2UYAv91EwH/hBQB/5EXAf+cGwHypSAB5q4mAtu0&#10;LgbOrz0Uw6pJI7mkUzGvnlw+p5lkSaCUa1GZkHJZk415X46KgGSJh4hphIWRboCDmnF8gqV0eYGy&#10;dneBwnZ2gt10eYTtbHmD8mZ6gvdfeoL4XnqC+F56gvheeoL4XnqC+F56gvhe/2cXAv93EQH/hxMB&#10;/5QVAP6fGADuqhwB4rMhAdW3KgXJszsTvq5IIrSoUjCro1o9op5iR5uZaVCUlXBYjpJ3XoiPfmSD&#10;jYZpfouPbXmJmHF2h6NzcoavdXCGv3Zvh9d1c4ntbXOI8mZ0h/ZgdIf3X3SH9190h/dfdIf3X3SH&#10;9190h/df/2kVAf96EAH/ihEA/5cSAPmjFADqrhUA3bkXAM+6KATEtzkRubJGIK+sUC+mp1g7naNg&#10;RpWfZ0+Om25WiJh1XYKVfGN9k4RoeJGMbHOPlnBvjqBybI2tdGqNvXVpjdJ1bJDtbW2O8WdujPZg&#10;boz3X26M919ujPdfboz3X26M919ujPdf/2wTAf99DwH/jRAA/5sQAPSoDwDltQ0A1b8QAMq+JgO/&#10;uzcQtLZEHqqxTi2hrVc5mKleRJClZU2JomxVgp9zW3ycemF3moFmcpiKam2WlG5plZ5xZpSrc2OU&#10;unNilc9zZpfsbGeV8WZok/ZgaJL3X2iS919okvdfaJL3X2iS919okvdf/28RAf+BDgD/kQ4A8qAM&#10;ANqtCQDTuAoAzsMOAMTCIwO5vzUOr7tCHKS3TCqbs1U3kq9cQYqsY0qDqWpSfKZxWXakeF5won9j&#10;a6CIZ2eekWtjnZ1uX52pcF2duXBcnc1wX5/ra2Gd8mVimvZgYpn3XmKZ915imfdeYpn3XmKZ915i&#10;mfde/3MQAf+FDAD6lgoA26UGANGxCADLuwgAxscLAL3HIAKyxTILqMFAGZ6+SieUulM0i7ZaPoO0&#10;YUd8sWhPda9vVW+tdlpqq31fZamGY2GokGddp5tqWaeoa1enuGxWp8xsWKjpaFqn9GNbo/heXKP5&#10;XVyj+V1co/ldXKP5XVyj+V1co/ld/3gNAP+LCQDfnAMA0qkGAMm0BwDCvgYAvMwIALXNHAGryy8J&#10;ocg9FpfFSCONwlEvhL9YOny8X0N1umZKb7htUGm3dFVktXxaX7SFXluzj2FXs5pkVLKnZVKyt2ZR&#10;s8xmUrPpY1Sy919VrvpbVq37Wlat+1pWrftaVq37Wlat+1pWrfta/34JAPKRAgDWoQIAyq0FAMC3&#10;BQC4wgUAss8JAKvUFwCj0ysGmdA6Eo/ORR+Fy04qfclWNHXHXT1uxWVEaMRsSWPCc05ewXtTWcGE&#10;VlXAj1lSv5tcT7+oXU2/uF5MwM1eTMDqXE6/+VlPvP5VULr+VVC6/lVQuv5VULr+VVC6/lVQuv5V&#10;/4UCAN2YAADNpgIAwbEDALe6AwCuxgYAp9MKAKDdFQCZ3SgEkNs3DobZQhl91kskddRULW3SXDVn&#10;0WM8YdBrQVzPckZYz3tJVM6ETVDOj1BNzptSS86pU0nOuVRIz89USM7rU0nO+FBKy/9OSsr/TUrK&#10;/01Kyv9NSsr/TUrK/01Kyv9N548AANGfAADDqwEAt7QCAK2/AwCjywYAm9kKAJTlGgGN5SsGhOQ1&#10;DXvjPxZz4kgebOFSJmbhWixg4GIyW+BqNlfgcjpT33s9UN+FQE3fj0NK4JtFSOCoRkbguEdF4cxH&#10;ReDoR0Xf9kZF3v9ERd7/REXe/0RF3v9ERd7/REXe/0RF3v9E2ZcAAMemAAC4sAAArLkBAKLFAgCY&#10;0QYAj+sNAInuHwKA7isGeO00DHDtPRNo7UYZYu1OHl3tVyNZ7WAnVe1oKlLtcS1P7XkvTO2DMkru&#10;jTRH7pg1Re6lN0PvszhC8MQ4QfDfOUHv7zhA7f04QOz/OEDs/zhA7P84QOz/OEDs/zhA7P84y6AA&#10;ALqrAACttAAAocAAAJbMAQCL2QUAhPgRAXz4HwJ0+CkGbPgyCmT4Ow9e+UMTWPlLF1P5UxpQ+Vsd&#10;TfpkH0r6bCFI+nQjRvp+JUT7iCZB+5MoQPueKT78qyo9/LkrO/3LKzv94is6/PQrOvz3Kzr89ys6&#10;/PcrOvz3Kzr89ys6/PcrvagAAK6wAAChvAAAlcgAAInUAAB+6AUAd/8SAW//HAJn/yYFYP8vCFn/&#10;NwtU/z8OT/9HEUv/ThNH/1YVRP9dFkL/ZBhA/2wZPf91Gjv/fhs5/4kcN/+UHTb/oB41/6wfM/+5&#10;HzP/yB8y/+IgMv/nIDL/5yAy/+cgMv/nIDL/5yAy/+cgsK0AAKK3AACVxAAAh9AAAHvdAABy/QkA&#10;av8RAWH/GQJa/yIDVP8qBU7/MgdJ/zoJRf9BC0H/SAw+/04OO/9VDzj/WxA2/2IRNP9pETL/chIv&#10;/3sTLf+GFCv/khUq/54VKf+pFij/sxYn/8IWJ//HFif/xxYn/8cWJ//HFif/xxYn/8cWpLQAAJbA&#10;AACHzAAAetoAAG3rAABk/wUAXP8OAVT/FAFN/xwCSP8kBEL/LAU+/zMGOv85Bzb/QAgz/0UIMP9L&#10;CS7/UQor/1cKKf9dCyf/ZAsk/2wMIv92DSD/gA0e/4wOHf+XDhz/oQ4b/6wPG/+uDxv/rg8b/64P&#10;G/+uDxv/rg8b/64Pl7wAAIjJAAB51gAAa+MAAF/2AABW/wAATv8KAEf/EAFB/xYCPP8dAjf/JAMy&#10;/yoDL/8wBCv/NgUn/zsFJf9ABSL/RQYg/0oGHv9QBhv/VgcZ/1wHF/9kCBX/bQgT/3cIEf+BCRD/&#10;iwkQ/5UJD/+YCQ//mAkP/5gJD/+YCQ//mAkP/5gJ/0knAv9EMQT/SzEE/1A0Bv9SOgj/UkML/1FO&#10;D/9PXBP/TWsW/0x5Gf9Lhxv/SZMd/0idH/9IpiD/R64h/0e1Iv9GvSP/RsYj/0bQJP9G4CT/Ruol&#10;/0bzJf9G+iX/Rv8l/0b/Jf9G/yX/Rv8k/Ub/I/1G/yP9Rv8j/Ub/I/1G/yP9Rv8j/0knAv9GLwP/&#10;TS8E/1IyBv9VOQj/VUIL/1RND/9SWRP/UGgX/093Gv9OhB3/TJEf/0ubIf9KpCL/Sqwj/0mzJP9J&#10;uyX/SMQm/0jNJv9I3Sf/SOgn/0jxKP9I+Sj/SP8o/0j/KP5I/yj7SP8n+Uj/JvlI/yb5SP8m+Uj/&#10;JvlI/yb5SP8m/0onAv9ILQP/UC0E/1UwBv9YNgj/WUAL/1hLD/9VVhP/VGYY/1J0G/9RgR7/T44h&#10;/06YI/9NoSX/Takm/0yxJ/9LuCj/S8Ep/0vKKv9K2Sr/SuYr/0rwK/9K+Cz/Sv8s/Ur/LPpK/yv3&#10;Sv8p9Ur/KPVK/yj1Sv8o9Ur/KPVK/yj1Sv8o/0smAv9LKwP/UisE/1guBf9bNAj/XT4L/11JD/9a&#10;VBT/WWIY/1dxHf9VfiD/U4oj/1KVJv9Rnij/UKYq/0+uK/9OtSz/Tr0t/03HLv9N0y//TOMw/0zt&#10;MPxM9jH6TP4x90z/MfVN/y/yTf8t8E3/K/BN/yvwTf8r8E3/K/BN/yvwTf8r/0smAv9OKQP/VikE&#10;/1wrBf9gMQf/YjsL/2JGD/9gURT/Xl8Z/1xtHv9aeiP/WIYm/1aRKf9Vmiz/U6Iu/1KqMP9RsTH/&#10;Ubkz/1DDNP5PzjX7T982+E7rN/VO9TjyTv048E//Ne5Q/zPrUf8x6VH/L+lR/y/pUf8v6VH/L+lR&#10;/y/pUf8v/0wlAv9RJwP/WiYD/2AoBf9lLwf/aDkK/2hDD/9nThX/ZVoa/2JoIP9fdiX/XYEq/1qM&#10;Lv5YljH8V540+1WmNvlUrTj4U7U691K+O/VRyT3zUdo+8FDoP+xQ80DpUf0+6FP/O+ZU/zjjVf81&#10;4VX/M+FV/zPhVf8z4VX/M+FV/zPhVf8z/00kAv9UJAP/XSMD/2UlBP9qLQb/bTYK/25ADv9tSxT/&#10;a1Yb/2hkIf5lcSj7Yn0t+F+HMvZckTbzWpk68lihPfBXqUDuVbFC7FS5ROtTxEbpUtJI5VHlSeJS&#10;8kjfVPxE3Vb/QNtY/z3WWf860ln/ONJZ/zjSWf840ln/ONJZ/zjSWf84/04kAv9YIQP/YSAD/2oj&#10;BP9wKwX/czQJ/3Q+Dv90SBT/clIb+29fI/ZrbCryZ3cx72OCN+xgiz3pXZRB5lqcReRYpEniVqxM&#10;4FS0Tt1Uv1DbVM1Q11PiUdJU8E7QV/tKzlr/Rc1c/0LJXP8+xVz/PMVc/zzFXP88xVz/PMVc/zzF&#10;XP88/08jAv9bHwL/ZR0C/24hA/91KQX/eTEI/3o7DP96RBP6eU4b9HZbI+5xZyzpbHI15Wh8POFj&#10;hUPdYI5I2V2XTNVcn0/SWqdRz1mwU81YulTLWMZVyVfaVsVX7FXDW/lPwl7/SsBf/0a9YP9CumD/&#10;QLpg/0C6YP9AumD/QLpg/0C6YP9A/1IhAv9eHQL/aRoC/3MfA/96JgT/fi8G/4E4C/uBQRLzgEsa&#10;7HxXI+Z3Yy3gcW042m13QNNpgEbPZYlLy2ORT8hgmVLFX6FVwl2qV8Bcs1m+XL9avFvOW7hb5Vu3&#10;XvVVt2L/T7Vj/0qyZP9GsGT/Q7Bk/0OwZP9DsGT/Q7Bk/0OwZP9D/1UfAv9hGgL/bRgC/3cdAv9+&#10;JAP/hCwF/oc1CfWIPhDth0gY5YNUIt5+Xy7UeGk4znNzQMlufEfEa4RMwGiMUb1llFS6Y5xXt2Kl&#10;WrRgrlyyYLlesF/HXq1f31+sYvFZrGX+U6pn/06oZ/9Kpmf/RqZn/0amZ/9Gpmf/RqZn/0amZ/9G&#10;/1cdAv9kGAL/cBYC/3scAv+DIgL/iSoE+YwyB++OOw3njkQW3opRIdSEXC3MfmY4xXhvQcB0d0i7&#10;cIBNt22IUrNqkFawaJhZrGagXKplqV+nZLRgpWPCYaNj1WKiZe1domn7V6Fq/1Gfa/9Mnmv/SZ5r&#10;/0mea/9Jnmv/SZ5r/0mea/9J/1kcAv9nFgH/cxUB/34aAf+HIAL/jScD9JIvBuqUOAvhlEIT1o9O&#10;IMyJWS3Fg2M3vn1rQLh5dEizdXxOrnKEU6pvjFenbZRbo2ucXqBppWCeaLBjm2e9ZJlnzmSYaehh&#10;mm35Wplu/1SXbv9Plm7/S5Zu/0uWbv9Llm7/S5Zu/0uWbv9L/1saAv9pFAH/dhQB/4EYAf+KHQH8&#10;kSQC8JcsBOWaNAjcmj8Rz5RMH8aOVyy+iGA3t4JpQLF+cUisenlOp3eAU6N0iFifcZBcm2+YX5ht&#10;oWKVbKxkk2y5ZpFryWaQbeRkkXH2XJFy/laQcv9RkHL/TZBy/02Qcv9NkHL/TZBy/02Qcv9N/10Y&#10;Af9rEwH/eRMB/4QWAf+OGwH4lSEB65soA+GgMAbVnj0QyphKHsGSVCu5jF42sYdmP6uCbkemfnZO&#10;oXt9U5x4hViYdo1clHSVX5FynmOOcalli3C1Z4lwxWeIcOBminT0Xot2/FiKdv9SiXb/Tol2/06J&#10;dv9OiXb/Tol2/06Jdv9O/18XAf9uEQH/exIB/4cUAP+RGAH0mR0B56AjAt2lKwTPoTsPxZxIHbyW&#10;Uyq0kFw1rItkP6aHbEegg3NNm4B6U5Z9gleSeopcjniSYIp2nGOHdaZmhHSyaIJ0wmiAdNtog3jy&#10;YIR6+1mEef9UhHn/T4R5/0+Eef9PhHn/T4R5/0+Eef9P/2EVAf9wEAH/fhEA/4oSAP+UFQDwnRkA&#10;46UeAdeoKAPLpTkOwZ9GG7eaUSmvlVo0p5BiPqGLakabh3FMlYR4UpCBf1eMf4dciH2QYIR7mWOA&#10;eqNmfXmwaHt5v2l6edZpfHzwYX5++lp+ff5Vfn3/UX59/1F+ff9Rfn3/UX59/1F+ff9R/2MUAf9y&#10;DwH/gRAA/40RAPyYEgDsoRMA36oWANGsJgPHqDcNvKNEGrOeTyeqmVgzo5RgPZyQaEWWjG9MkIl2&#10;UouGfVeGhIVbgoKOX36Al2N6f6Fmd36taHV+vWlzftJpdoHuYniC+lt4gv5WeYH/UXmB/1F5gf9R&#10;eYH/UXmB/1F5gf9R/2UTAf91DgD/gw4A/5AOAPWbDgDopg4A2a8PAMyvJALCqzUMuKdDGa6iTiam&#10;nVYxnpleO5eVZkSQkW1Li450UYaMe1aBiYNbfIeLX3iGlWJ0hJ9lcYOraG6Dumltg85pb4brY3KH&#10;+Vxzhv1Wc4X/UnOF/1Jzhf9Sc4X/UnOF/1Jzhf9S/2gRAf94DQD/hg0A9pMMAN6gCQDWqQoA0rIN&#10;AMeyIgK9rzMKs6tBF6qnTCSholUwmZ5dOpKaZEKLl2tJhZRyUICSeVV7j4Fado2JXnKMkmJuip1l&#10;a4mpZ2iJuGhnictoaYvpY2yN+VxtjP1XbYr/Um2K/1Jtiv9SbYr/Um2K/1Jtiv9S/2sQAf97CwD/&#10;igoA4pgGANajCADQrAkAy7ULAMG2HwG4tDEJrrA/FqSsSiKcqFMulKRbOIygYkCGnmlIgJtwTnqZ&#10;d1N1ln5YcJSHXGyTkGBokptjZJGnZWKQtmZgkclmYpLnYmWU+Fxnkv1XZ5H/UmeR/1Jnkf9SZ5H/&#10;UmeR/1Jnkf9S/24OAP9/CQDxjgUA2ZsFAM+mBwDJrwcAxLkIALu6HAGyuC8HqLU9E5+xSCCWrlEr&#10;jqpZNYanYD6ApWdFeqJuS3SgdVFvnnxVapyFWWabjl1implgXpmmYlyZtGNamcdjW5rlYF+b91tg&#10;mv5WYZj/UmGY/1JhmP9SYZj/UmGY/1JhmP9S/3ILAP+DBQDfkwEA0Z8EAMmqBgDBsgUAu70EALS/&#10;GACrviwFors6EZm4RR2QtU8oh7JXMoCvXjp5rWVCc6tsSG6pc01pp3pRZKaDVl+kjVlco5hcWKOk&#10;Xlajs19Vo8ZfVaTkXVik9lhao/9UW6H/UFuh/1Bbof9QW6H/UFuh/1Bbof9Q/3cHAPCJAADWmAAA&#10;y6QDAMGtBAC5tgMAssAEAKvFFACjxSgEm8I3DpHAQxmJvUwkgLpVLnm4XDZytmM9bbRqQ2ezcUhi&#10;sXlMXrCBUFqvi1RWr5dWU66jWFCusllPrsZZT67kWFGu9lRTrv9QVKz/TVSs/01UrP9NVKz/TVSs&#10;/01UrP9N/30AAN+PAADOnQAAw6gCALmwAgCwugIAqMQFAKHMDwCbzCMCksozConIPxWBxkkfecRS&#10;KHLCWjBrwWE3Zr9oPGG+cEFcvXhFWLyBSVS8i0xRu5ZPTrujUUy7s1JKu8ZSSrvkUUy79k5Nuv9L&#10;Trn/SU65/0lOuf9JTrn/SU65/0lOuf9J74UAANSVAADHowAAuqwBALC0AACnvwMAnskGAJXUCwCQ&#10;1R0BidQuBoDSPBB40EYZcc9PIWrOWClkzV8vX8xnNFrLbjlWync9UsqAQE/Ji0NMyZdFScmkR0fJ&#10;s0hGyshIRsrmR0fJ90VHyP9DSMf/QkjH/0JIx/9CSMf/QkjH/0JIx/9C3o0AAMucAAC9pwAAsbAA&#10;AKa6AACcxAMAk88HAIrdDACF3x0Bft8sBXbeNwtv3kMTaN1NGmLcVSBd210mWNtlKlTabS5Q2nYy&#10;TdqANUraizdH2pc5RdqkO0PbtDxC3Mg8QtvlO0La9DpC2f46Q9j/OUPY/zlD2P85Q9j/OUPY/zlD&#10;2P850JYAAMGjAACyrAAAp7UAAJzAAACRygMAh9YHAIDpEQB56SACcuksBWvpNgpk6T8PXulIFFnp&#10;URlV6FocUeliIE7payNL6XQlSOl9J0bpiCpD6ZMrQeqgLUDqry4+68AuPezbLj3q7y496PwuPef/&#10;LT3n/y095/8tPef/LT3n/y095/8txZ8AALWpAACosQAAnLwAAJDHAACE0gEAet8GAHT0EwBt9CAC&#10;ZvQqBF/0NAha9T0LVPVFD0/1TBJM9VUUSfZdF0b2ZRhE9m4aQfZ3HD/3gR09940fO/eZIDn4piE4&#10;+LUiN/nIIjb54yI2+PMiNvf8Ijb3/CI29/wiNvf8Ijb3/CI29/wit6YAAKmuAACcuQAAkMQAAIPP&#10;AAB32wAAb/YKAGf/EwFg/x0CWv8nA1T/MAVP/zgISv9ACkb/SAxD/08OQP9WDz3/XhA7/2USOP9u&#10;Ezb/dxQ0/4IVMv+PFjD/mxcv/6kXLv+3GC3/yBgs/+EYLP/vGCz/7xgs/+8YLP/vGCz/7xgs/+8Y&#10;q6sAAJ61AACQwQAAgswAAHXZAABp5AAAYf8JAFv/EQBU/xkBTv8iAkn/KwRE/zIFQP86Bjz/QQc5&#10;/0cINv9OCTP/VAox/1sLLv9iDCz/awwp/3UNJ/+ADiX/jQ4k/5oPI/+mECL/sxAh/8EQIf/QECH/&#10;0BAh/9AQIf/QECH/0BAh/9AQn7IAAJG+AACDygAAddYAAGfiAABb8QAAVP8GAE7/DgBI/xQBQv8c&#10;Aj3/JAI5/ysDNf8yBDH/OAQu/z4FK/9DBSj/SQYl/08GI/9WByH/XQce/2UIHP9vCBn/egkX/4cJ&#10;Fv+UCRX/nwoU/6oKFP+zChT/swoU/7MKFP+zChT/swoU/7MKk7sAAITHAAB10wAAZ+EAAFjoAABO&#10;+wAASP8AAEH/CgA7/xABNv8VATH/HAEt/yICKf8oAiX/LQIi/zIDH/84Axz/PQMa/0IDF/9IBBX/&#10;TgQT/1UEEf9dBQ//ZwUN/3IFDP99BQr/iQYK/5MGCf+cBgn/nAYJ/5wGCf+cBgn/nAYJ/5wG/z8q&#10;Av8/MAP/RDAD/0gzBP9JOQb/SEII/0ZNC/9FWw7/Q2kR/0F3E/9AhRX/P5EW/z6bGP8+pBj/PasZ&#10;/z2zGv89uhr/PcMa/zzMG/882xv/POcb/zzwG/88+Bv/Pf8b/z3/G/89/xv/Pf8a/z3/Gf89/xn/&#10;Pf8Z/z3/Gf89/xn/Pf8Z/0AqAv9BLgP/Ry4D/0oxBP9MNwb/S0AI/0pLC/9IWQ//RmcR/0R1FP9D&#10;ghb/Qo8Y/0GZGf9Bohr/QKkb/0CxG/8/uBz/P8Ac/z/JHf8/1h3/P+Ud/z/vHf8/9x7/P/4d/z//&#10;Hf8//x3/QP8c/kD/G/5A/xv+QP8b/kD/G/5A/xv+QP8b/0AqAv9DLAP/SSwD/00vBP9PNQb/UD4I&#10;/05JDP9MVg//SmQS/0hyFf9Hfxj/RosZ/0WWG/9Enxz/RKcd/0OuHv9DtR//Qr0f/0LGIP9C0SD/&#10;QuIh/0LtIf9C9SH/Qv0h/UL/IftD/yD6Q/8f+UP/HvlD/x75Q/8e+UP/HvlD/x75Q/8e/0EpAv9G&#10;KgP/TCkD/1EsBP9TMgb/VDwI/1RHDP9RUg//T2AT/01vF/9MfBn/Sogc/0mSHv9Imx//R6Mh/0er&#10;Iv9GsiP/Rroj/0bDJP9FzSX/Rd4l/0XqJvxF9Cb5Rfwm9kX/JvVG/yT0Rv8j80f/IfNH/yHzR/8h&#10;80f/IfNH/yHzR/8h/0IoAv9JJwL/UCYD/1UoBP9YLwX/WjkI/1pEDP9XTxD/VVwU/1NqGP9Rdxv/&#10;T4Mf/06OIf9NlyP/TJ8l/0unJv9Krif/SrYp/km+Kv1JySr6SNkr90jnLPRI8izxSPss70n/Ku1K&#10;/yjsSv8n60v/JetM/yXrTP8l60z/JetM/yXrTP8l/0MoAv9NJAL/VCMD/1olA/9eLAX/YDYH/2BB&#10;C/9eTBD/W1cV/1lmGf9Xch7/VX4i/lOJJfxRkyj6UJsq+U+jLPdOqi72TbIv9Ey6MPNMxDLyS9Ez&#10;7kvkNOpK8DTnS/oz5U3/MORO/y3iT/8r4VD/KeFQ/ynhUP8p4VD/KeFQ/ynhUP8p/0YlAv9QIQL/&#10;WCAC/18hA/9kKgT/ZjMH/2Y9C/9lSBD/YlMV/2BhG/xdbSD4Wnkl9ViEKfNWjS3wVJYw7lKeM+1R&#10;pTXrUK036U61OedOvzvmTcw840zgPd9N7jzcT/k52VH/NdZS/zLUU/8w01T/LdNV/y3TVf8t01X/&#10;LdNV/y3TVf8t/0ojAv9UHgL/XBwC/2QfAv9pJwT/bDAG/206Cv9sRA/9ak8V+GdcHPNjaCLvYHQo&#10;611+LuhaiDPlV5E341WZOuBToD7eUqhA3FGxQdlQu0LWUMhD01DcRM9Q7EPMUvg/y1X/O8lX/zfI&#10;WP80x1n/MsZZ/zHGWf8xxln/McZZ/zHGWf8x/00gAv9XGwL/YBkC/2kdAv9vJQP/ci0F/3Q3CP1z&#10;QQ72cUsU8G5YHOpqZCTlZW4r4GF5M9xegjjYXIs801qUP9BYnELOV6NEy1WsRslVtUfHVMBJxVTQ&#10;ScJT5knAVvVFvln/QL1b/zy8XP85u13/Nbpd/zW6Xf81ul3/Nbpd/zW6Xf81/1AeAv9bGQH/ZBYB&#10;/20bAv90IgL/eCoE/3ozB/Z6PQzveEcT53VUG+FwXyXaa2ot02d0NM5kfTrKYYY/x1+OQsRdlkXB&#10;W55Iv1qmSrxZr0y6WLpNuFjITrZY3060WfBLs1z9RbJf/0CyYP88sGH/ObBh/ziwYf84sGH/OLBh&#10;/ziwYf84/1IbAf9eFgH/aBQB/3IZAf95HwL/ficD+YAwBfCBOQrngEMR4HxQGtZ3WyTPcmYuyW1v&#10;NcRqeDvAZ4FAvGSJRLlikUi2YJlKs1+hTbFdqk+uXLRRrFzBUqpc1FKoXetQqGD6Sahj/0SoZP9A&#10;pmX/PKZl/zumZf87pmX/O6Zl/zumZf87/1UZAf9hFAH/bBIB/3YXAf99HAH/gyMC9IYsBOqINQfh&#10;h0AO1oJMGc19WCTGd2ItwHNrNbtvdDy3bHxBs2mERq9njEmsZZRMqWOcT6ZipVGkYa9TomC8VaBg&#10;zVWeYOZUnmT3TZ9n/0efaf9Dnmn/P51p/z2daf89nWn/PZ1p/z2daf89/1cXAf9jEgH/bxEB/3kU&#10;Af+BGQH7hyAB74wnAuSOMAXajT0Mz4dKGMeCVSO/fV8tuXhoNbN0cDyvcXhCq26ARqdsiEqkaZBO&#10;oGiYUZ1moVObZatVmGS4V5ZkyFiUZOFYlWj0UJZr/0qXbP9Flm3/QZZt/0CWbf9Alm3/QJZt/0CW&#10;bf9A/1kVAf9mEAH/chAA/30SAP+FFgD2jBsB6pEiAd+UKwPTkToLyYxHF8CHUyK5glwssn1lNa15&#10;bTyodXVCo3N9R6BwhEucboxOmWyVUpVrnlSSaahXkGm0WY5ow1mMaNxajWzyU49u/0yQcP9Hj3H/&#10;Q49x/0GPcf9Bj3H/QY9x/0GPcf9B/1sUAf9oDwD/dQ8A/4ARAP+JEwDykBcA5ZYcANmZJgLNlTgK&#10;xJBFFruLUSGzhlosrYJjNKd+azuhenJBnXd6Rpl1gUuVc4lPknGRUo5vm1WLbqVYiG2wWoZsv1uE&#10;bdVbhm/vVYhy/U6JdP9JiXT/RIh0/0OIdP9DiHT/Q4h0/0OIdP9D/10SAf9rDgD/eA4A/4MPAP2M&#10;EADtlBIA4JoVANOcJALImTYJv5RDFbaPTyCuilgrp4ZhM6GCaDucf3BBl3x3RpN5fkuPd4ZPi3WP&#10;UohzmFaEcqJYgXGuWn9xvFx9cdBcf3PsVoF2+0+DeP9Kg3j/RYJ4/0SCeP9Egnj/RIJ4/0SCeP9E&#10;/18RAf9tDAD/eg0A/4UNAPKPDQDnmA0A258OAM6fIgHEnTQIuphCFLKTTR+qj1Yqo4pfMpyGZjqX&#10;g21AkoB1RY1+fEqJfIROhXqMUoJ4lVZ+d6BZe3arW3l1ulx3ds1ceHfqWHt6+lF9fP9LfXz/Rn18&#10;/0V9fP9FfXz/RX18/0V9fP9F/2EQAf9vCwD/fQsA9YgKAN+TCADYmwoA06IMAMmjHwG/oDIHtpxA&#10;E62XSx6lk1Qono9dMZiLZDmSiGs/jYVyRYiDekqEgIFOgH+KUnx9k1V4fJ1YdXupW3J6uFxxespc&#10;cnzoWHV++VF3gP9Md4D/R3eA/0Z3gP9Gd4D/RneA/0Z3gP9G/2QPAP9yCQD/fwgA5YwFANiWBwDR&#10;ngkAzqUKAMSmHQG6pC8GsaA+EaicSR2gmFMnmZRbMJOQYjiNjWk+iIpwRIOIeEl+hn9NeoSIUXaC&#10;kVVygZtYb4CnWmx/tVxrgMhca4HlWW6D91JxhP9NcoT/SHKE/0dyhP9HcoT/R3KE/0dyhP9H/2YN&#10;AP91BwD2gwUA3I8DANKYBgDMoQcAyKgIAL+pGgC1qC0FrKQ8EKSgRxucnVEllJlZL46WYDaIk2c9&#10;gpBuQ32Odkh5jH1MdIqFUHCIj1Rsh5lXaYalWWaGs1tlhsVbZYbjWWiI9lJriv9NbIr/SGyJ/0ds&#10;if9HbIn/R2yJ/0dsif9H/2kLAP94BADlhwAA1pIDAM2cBQDGpAYAwasGALmtFwCwrCsEp6k6Dp+m&#10;RRmWok8jj59XLYicXzWCmWY7fZdsQXiVc0Zzk3tLbpGDT2qPjVJmjpdVY42jWGCNsVlfjcNaXo3g&#10;WGKP9VJkkP9NZpD/SGaP/0dmj/9HZo//R2aP/0dmj/9H/2wIAP58AADeigAA0JYCAMifBADApwQA&#10;ua4DALKyFACqsSgDoa83DJmsQxeRqE0hiaVVKoKjXDJ8oGM5d55qPnKccURtmnlIaJmBTGSXi1Bg&#10;lpVTXZaiVVqVsFdZlcFXWJXeVluW81Bdl/9MX5f/R2CW/0Zglv9GYJb/RmCW/0Zglv9G/3ADAOuB&#10;AADWjwAAypoBAMGjAwC5qgIAsbIBAKq3EQCjtyQCm7U0CpOyQBSKr0oeg61TJ3yrWi52qGE1cKdo&#10;O2ulb0Bno3dEYqJ/SF6hiUxaoJRPV5+gUVSfrlNTn8BTUp/dUlWf805XoP9KWaD/Rlmf/0VZn/9F&#10;WZ//RVmf/0VZn/9F/3UAAOCGAADPkwAAxJ8BALqnAQCxrgAAqbYAAKG9DQCbvSABlLwxB4u6PRCD&#10;t0gafLVQInWzWCpvsl8warBmNmWvbTtgrXU/XKx+Q1irh0dVqpNKUaqfTE+qrk1NqsBNTarcTU6q&#10;8klQqv5GUqn/Q1Kp/0JSqf9CUqn/QlKp/0JSqf9C8nwAANeMAADImQAAvaMAALKrAACpsgAAoLsC&#10;AJfECQCSxRsAi8QsBIPCOgx7wUQVdL9OHW69ViRovF0qY7tkMF+6bDRauXQ5Vrh8PFO3hz9Pt5JC&#10;TLafREq2rUZItsBGSLfdRUm28kNKtf9BS7X/Pku0/z1LtP89S7T/PUu0/z1LtP894oMAAM2SAADB&#10;nwAAtKcAAKqvAACguAAAlsADAIzKBwCGzRQAgc0mAnrMNQhzy0EPbMpKF2bJUx1hyFsjXMdiKFjG&#10;aixUxnIwUMV8M03FhjZKxJI5R8SfO0XErjxExcE8Q8XfPETE8ztEw/85RcL/N0XB/zdFwf83RcH/&#10;N0XB/zdFwf831YsAAMWaAAC3pAAAq6wAAKC0AACWvgAAi8cEAIHQCAB42Q4AddkgAW/YLwRp2DwJ&#10;Y9ZGEF7WUBVZ1VgaVdRgH1HUaCJO1HEmS9N7KUjThStF05IuQtSfL0HUrzA/1cIxP9XhMD/T8jA/&#10;0v0vP9H/Lj/Q/y4/0P8uP9D/Lj/Q/y4/0P8uypQAALuhAACtqQAAorEAAJa7AACLxAAAgM0DAHXY&#10;CABv5BEAauQgAWTkLQNe5DgHWeRBC1XkSw9R5FQSTeRdFkrkZRhH5G4bReR3HULkgh9A5I4hPuWb&#10;IzzlqiQ75rwkOubTJDnl7iQ54/ojOeL/JDni/yQ54v8kOeL/JDni/yQ54v8kv54AAK+mAACjrgAA&#10;l7gAAIrCAAB+zAAAc9YCAGnlCQBk7xQAX/AgAVnwKwNU8DUFT/A+B0vxRgpH8U4MRPFXDkLxXxA/&#10;8mcSPfJwFDryexU484cWNvOUGDX0ohkz9LEZMvXFGjH14hox9PEZMfH+GTHx/xkx8f8ZMfH/GTHx&#10;/xkx8f8ZsqQAAKWrAACYtgAAi8AAAH7KAABx1QAAZd4AAF71CgBZ/BMAU/weAU78JwJK/TADRf05&#10;BUH9QAY+/kgHO/5PCTj/Vwo2/14LM/9nDDH/cA0u/3wOLP+JDyv/lhAp/6QQKP+0ESf/xxEn/+ER&#10;Jv/yESb/9hEm//YRJv/2ESb/9hEm//YRp6kAAJmzAACLvgAAfskAAHDTAABk3gAAWOcAAFL/CQBN&#10;/xEAR/8ZAUP/IgE+/yoCOv8yAzf/OQMz/z8EMP9GBS3/TQUr/1QGKP9bByb/Ywcj/20IIf95CR//&#10;hwke/5UKHf+jChz/sQob/8ALGv/WCxr/3wsa/98LGv/fCxr/3wsa/98Lm7EAAI28AAB+xwAAcNIA&#10;AGPeAABV5AAAS/UAAEb/BQBA/w4AO/8UADf/GwEz/yMBL/8pAiv/MAIo/zUCJf87AyL/QQMf/0cD&#10;Hf9OAxr/VQQY/14EFf9oBRP/dAUR/4IFEP+QBhD/nQYP/6kGDv+1Bg7/ugYO/7oGDv+6Bg7/ugYO&#10;/7oGjroAAH/FAABw0QAAYt4AAFTlAABG6wAAP/4AADn/AAA0/wkAL/8OACv/FAAn/xoBI/8hAR//&#10;JQEc/yoBGf8vARb/NAIU/zoCEf9AAhD/RgIO/04CDP9WAgn/YAMH/2wDBP94AwP/hgMC/5EDAf+d&#10;AwH/oQMB/6EDAf+hAwH/oQMB/6ED/zYtAv85LgL/Pi4D/0AyA/9AOAT/PkEG/zxMCP86Wgr/OGgM&#10;/zZ2Dv81gw//NI8Q/zOZEf8zoRH/M6kS/zKwEv8ytxL/Mr8S/zLIE/8y0xP/MuMT/zLtE/8y9hL/&#10;M/4S/zP/Ev8z/xL/M/8R/zP/Ef8z/xD/M/8Q/zP/EP8z/xD/M/8Q/zYtAv87LAL/QCwD/0MvA/9D&#10;NQT/Qj4G/0BKCP8+Vwv/PGUN/zpzD/84gBD/N4wR/zeWEv82nxP/NqcT/zauFP82tRT/NrwU/zXF&#10;Ff810BX/NeAV/zbrFf829BX/Nv0U/zb/FP82/xT+N/8T/jb/E/02/xL9Nv8S/Tb/Ev02/xL9Nv8S&#10;/zcsAv8+KgL/QyoC/0YtA/9HMgT/RjwG/0VICP9DVQv/QWIN/z9wEP89fRH/PIkT/zuTFP87nBX/&#10;OqQW/zqrFv86shf/OrkX/znCF/85zBf/Od0Y/znpGP858xj/OvsY/Dr/F/o6/xf5Ov8W+Dr/Fvg6&#10;/xX4Ov8V+Dr/Ffg6/xX4Ov8V/zkrAv9BJwL/RicC/0opA/9LLwT/TDkG/0tFCP9IUQv/Rl4O/0Rs&#10;Ef9CeRP/QYUV/0CPF/9AmBj/P6AY/z+nGf8+rhr/PrYa/z6+G/8+yBv/PdYc/j3mHPs+8Rz4Pvoc&#10;9T7/HPM+/xryP/8Z8T//GfE//xjxP/8Y8T//GPE//xjxP/8Y/z0oAv9FJAL/SiMC/04lA/9RLAT/&#10;UjYG/1FBCP9PTQz/TFoP/0pnEv9IdBX/R4AX/0aLGf9FlBv/RJwc/0OkHf5Dqx79QrIf/EK6IPpC&#10;xCD5QtAh9kHiIfJC7iLvQvki7UL/IOtD/x/qQ/8d6UT/HOhE/xvoRP8b6ET/G+hE/xvoRP8b/0Al&#10;Av9IIQL/TyAC/1MhAv9XKQP/WTMF/1g+CP9WSQz/UlUQ/1FjFP9Pbxf+TXsa+0uGHflKjx/3SZgh&#10;9kifIvRHpiTzR64l8Ua2JvBGvyfvRcso7EXeKehF7CnlRvgo4kf/JuFI/yTfSf8i3kn/IN1J/x/d&#10;Sf8f3Un/H91J/x/dSf8f/0MiAv9MHgH/UxwC/1keAv9dJgP/XzAE/186B/9dRQv/WlAQ/VheFfhV&#10;ahn1U3Yd8lGAIe9PiiTtTZMm60yaKelLoivnSqks5UmxLuRIuy/iSMcx4EjZMdxI6jHYSfYu1Ev/&#10;K9JM/ynQTf8mz07/Jc5O/yPOTv8jzk7/I85O/yPOTv8j/0cfAf9QGgH/VxgB/14cAf9jIwL/ZiwE&#10;/2Y2Bv9kQQr6YkwP9F9ZFe9cZRvrWXAg51Z7JeRUhCnhUY0t3lCVMNxPnTLZTqUz1k2tNdNNtzbR&#10;TMI3z0zROMxM5jjJTfQ1x0//McVR/y7EUv8rw1P/KcJT/yfCU/8nwlP/J8JT/yfCU/8n/0ocAf9U&#10;FwH/XBUB/2MZAf9pIAL/bCkD/20yBflsPQnyaUcO62ZUFeVjYBzgX2si21x1KNZZfy3SV4gwz1WQ&#10;M8xUmDbKU6A4x1KnOsVRsDvDULs8wVDJPb9Q3z28UfA7ulP8N7lV/zO4V/8vt1j/LbdY/yu3WP8r&#10;t1j/K7dY/yu3WP8r/00aAf9XFAH/YBIB/2gXAf9uHQH/ciUC+3MuA/JzOAfpcUMN4m5QFNtpXBzT&#10;ZWYkzmJwKslfei/GXIIzw1uKNsBZkjm9WJo7u1aiPrhVqz+2VbVBtFTCQrJU1EKwVepBrlf5PK5Z&#10;/zetW/8zrVz/MK1d/y6tXf8urV3/Lq1d/y6tXf8u/1AXAf9aEgH/ZBAA/20UAP9zGgH/dyEB9Hkp&#10;Aup6MwXieD8K2XRME89wWBzJa2IkxGhsK79ldTC7Yn01uGCFOLVejTyyXJU+r1udQa1apkOrWa9E&#10;qVm8RadYzEakWOVGpFv2QKNe/zujX/83o2D/M6Nh/zGjYf8xo2H/MaNh/zGjYf8x/1MVAf9dEAD/&#10;aA8A/3ASAP93FgD7fBwB7n8kAeSALQPafzsIz3pJEsd1VBvBcV8ku21oK7ZqcDGyZ3k2r2WAOqtj&#10;iD2oYZBApmCYQ6NeoUWgXqtHnl23SJxdxkmaXN9Jml/yRJpi/z6aY/85m2X/Nptl/zObZf8zm2X/&#10;M5tl/zObZf8z/1UTAf9gDgD/aw4A/3QQAP97EgD1gRcA6IQeAN6HJwHRhDcHyH9GEcB7URu5dlsj&#10;tHJlK69vbTGqbHU2p2p8OqNohD6gZoxBnWSURJpjnUeXYqdJlWGyS5NhwUyRYdhMkWPvR5Jl/UGS&#10;Z/88k2n/OJNq/zWTav81k2r/NZNq/zWTav81/1cRAf9jDQD/bgwA/3cOAP9/DwDwhREA44kWANaL&#10;IwHLiDUGwoRDELqATxqze1kjrXdiKqh0ajGjcXE2n255O5xsgT+YaohClWmRRZJnmkiPZqNKjWWv&#10;TIplvU2JZdFOiWfsSopp+0OLa/8+jG3/Ooxu/zeMbv83jG7/N4xu/zeMbv83/1kQAP9lCwD/cQsA&#10;/3oLAPGCDADoiQ0A3Y4OAM+PIAHGjTIGvYlBD7WETRmugFYip3xfKqJ4ZzCddW82mXN2OpVxfT+S&#10;b4VCjm2ORotslkmIaqBLhWqsTYNpuk+BacxPgWroTINt+UWEb/8/hXD/O4Zx/ziGcf84hnH/OIZx&#10;/ziGcf84/1sPAP9nCAD/cwgA830IAN6GBwDZjAkA1ZELAMqSHgDBkDAFuI0/DrCIShiphFQhooBd&#10;KZ19ZTCYemw1k3dzOo91ez6Mc4JCiHKLRoVwlEmCb55Mf26pTnxtt097bclQem7mTXxx+EZ+c/9B&#10;f3T/PYB1/zqAdf86gHX/OoB1/zqAdf86/10OAP9qBgD/dgYA5IADANmJBgDSjwgAz5QKAMWWGwC8&#10;lC4Es5E9DauNSBekiFIgnoVbKJiBYy+Tfmo1jnxxOYp6eD2GeIBCg3aIRX91kUl8c5tMeXKnTnZy&#10;tVB0csZQdHLjT3Z19kd4d/9Cenj/Pnt5/zp7ef86e3n/Ont5/zp7ef86/18MAP9sBAD1eQIA3oMC&#10;ANOLBQDNkgcAyZcIAMCZGQC3mCwDr5U7DKeRRxafjVAfmYlZJ5OGYS6Og2g0iYFvOYV/dj2BfX5B&#10;fXuGRXl6j0l2eJlMc3elTnB3slBud8RQbXfgT3B59Uhye/9DdHz/PnV9/zt1ff87dX3/O3V9/zt1&#10;ff87/2EKAP9vAgDofAAA2YYBAM+OBADIlQYAw5oGALucFgCznCoDqpk5C6KVRRSbkU4dlI5XJo6L&#10;Xy2JiGYzhIZtOICEdD17gntBd4CERXR/jUhwfZdLbXyjTmp8sE9ofMFQZ3zdUGp+80ltgP9DboH/&#10;P2+B/zxvgf88b4H/PG+B/zxvgf88/2QIAP9yAADhfwAA04kBAMqSAwDDmAQAvZ4EALagEwCuoCcC&#10;pZ02CZ2aQxOWl00cj5NVJImRXSuEjmQxf4xrN3qKcjt2iHlAcoaCRG6Fi0dqg5VKZ4KhTWSCrk9i&#10;gr9PYYLaT2SE8klmhf9DaIb/P2qG/zxqhv88aob/PGqG/zxqhv88/2cEAPZ2AADcggAAzo0AAMWV&#10;AgC+nAMAt6ECAK+kEQCopCQCoKI0CJifQBGRnEoaiplTIoSXWyl+lWIweZJpNXWQcDpwj3c+bI1/&#10;QmiMiUZlipNJYYmfS16JrE1dib1OXInWTV6K8Ehgi/5DYov/P2OM/zxjjP88Y4z/PGOM/zxjjP88&#10;/2oAAOZ6AADVhgAAyZEAAMCZAQC4nwEAsKUAAKipDgCiqSEBmqgxBpOlPg+Lo0gYhKBRIH6eWSd4&#10;nGAtc5pnMm+YbjdqlnU8ZpV9P2KUh0NfkpFGW5KdSVmRq0pXkbtLVpHTS1eS70dakv1CXJP/Pl2T&#10;/ztdk/87XZP/O12T/ztdk/87/24AAOB+AADOiwAAxJUAALqdAACxowAAqakAAKGuCwCbrx0BlK4u&#10;BIysOwyFqkYVfqhOHHimViNypF0qbaJkL2mhazRkn3M4YJ57PFydhT9ZnI9CVZucRVObqkdRm7pH&#10;UJvRR1Gb7kRTm/xAVZv/PFab/zpWm/86Vpv/Olab/zpWm/868XQAANmDAADIkAAAvpoAALOhAACq&#10;pwAAoa4AAJe1BgCSthgAjLUqA4W0Nwl+skIRd7BMGHGuVB9srVslZ6tiKmKqaS9eqXEzWqh6N1an&#10;gzpTpo49UKabQE2lqUFLpbpCS6bRQkul7T9Npfw8TqT/OU+k/zdPpP83T6T/N0+k/zdPpP835HoA&#10;AM+JAADClQAAtp8AAKylAACirAAAmLMAAI67AgCIvRIAg70lAXy8MwZ2uz8Nb7pJFGq4URplt1kf&#10;YLZgJFy1ZylYtG8sVLN4MFGzgjNNso02SrKaOEixqDpGsrk6RbLROkax7TlHsPw2R7D/NEiv/zNI&#10;r/8zSK//M0iv/zNIr/8z24IAAMeQAAC7nAAArqMAAKSqAACZsQAAj7kAAITAAwB7xg0AeMYeAHPG&#10;LgNtxToIZ8RFDmLDThNdw1YYWcJeHVXBZiFRwW4kTsB3KEvAgStIv4wtRb+aL0O/qDFBv7oxQcDS&#10;MUG+7jBBvf0vQbz/LkG8/y1BvP8tQbz/LUG8/y1BvP8tzooAAL+YAACxoAAApqgAAJuwAACQuAAA&#10;hb8AAHrHBABvzwkAa9EVAGfRJgFj0TQEXtBACFnQSgxVz1MQUc9bFE7PYxhLzmsbSM51HkXOfyBC&#10;zowiQM6ZJD7OqCY8zromPM/UJjzN7yU7zPslO8v/JTvK/yU7yv8lO8r/JTvK/yU7yv8lw5MAALWe&#10;AACopgAAna4AAJG2AACFvwAAeccAAG/OBABk1gkAXt4RAFveIABX3i0CU986BFDfRAZM304JSd9X&#10;DEbfXw9D32gRQd9xEz7ffBU834kXOuCWGTjgpRo34LcaNuHNGjbf7Bo13vkaNN3/GzTc/xs03P8b&#10;NNz/GzTc/xs03P8buZwAAKqkAACeqwAAkrUAAIW+AAB5xwAAbc8AAGLWAwBY4QgAVeoTAFHrIABN&#10;6ysBSes1AkXsPgRC7EcFP+xPBz3tWAk67WAKOO1qDDbudA0z7oAOMu6ODzDvnRAu760RLfDAES3w&#10;3hEs7vERLOz+ESzr/xAs6/8QLOv/ECzr/xAs6/8QraIAAKCpAACTswAAhr0AAHnGAABszwAAYNgA&#10;AFXeAABO8woASvcTAEb4HQBD+CcBP/gwAjv5OAI4+UADNfpHBDP6TwUw+1cFLvtfBiv8aQcp/HQI&#10;J/yCCSX9kAkk/aAKI/6wCiL+xAsh/+ALIf3yCiD8/Aog/PwKIPz8CiD8/Aog/PwKoqcAAJWxAACH&#10;uwAAecYAAGzPAABf2QAAUt8AAEjoAABD/wgAP/8QADv/GQA3/yEANP8pATD/MAEt/zcCKv8+Aif/&#10;RAIl/0sDIv9TAyD/XAMd/2YEG/9yBBn/gAUX/48FFv+fBhX/rwYU/8AGFP/WBhP/6QYT/+kGE//p&#10;BhP/6QYT/+kGl68AAIi6AAB6xQAAbM8AAF7aAABQ4AAAROYAADz1AAA3/wQAM/8NAC//EwAr/xoA&#10;KP8hACX/JwEh/y0BHv8yARv/OAEZ/z8BFv9GAhT/TQIR/1YCEP9gAg7/bAIM/3sDC/+LAwr/mgMK&#10;/6gDCf+1Awj/wgMI/8IDCP/CAwj/wgMI/8IDirgAAHvDAABszgAAXtsAAE/iAABC5wAANuwAADH/&#10;AAAs/wAAJ/8HACP/DgAg/xIAHP8YABj/HQAV/yEAEv8mABD/LAEO/zEBDf83AQr/PgEI/0YBBf9P&#10;AQH/WQEA/2YBAP90AQD/ggIA/5ACAP+cAgD/pgIA/6YCAP+mAgD/pgIA/6YC/y4vAv8zLAL/Ny0C&#10;/zgwAv83NgP/ND8E/zFLBv8vWAf/LGYI/yp0Cf8pgQr/KI0L/yiXC/8onwv/KKYM/yetDP8ntAz/&#10;J7sM/yfEDP8nzgz/KN4L/yjpC/8o8wv/KPsL/yj/Cv8p/wr/Kf8K/yn/Cv8o/wr/KP8K/yj/Cv8o&#10;/wr/KP8K/zAtAv82KgL/OSoC/zsuAv86NAP/ODwE/zZJBv8zVgf/MWMJ/y9xCv8tfgv/LYoM/yyU&#10;DP8snA3/LKQN/yyrDf8ssQ3/LLkN/yvBDf8syw3/LNoN/yznDf8s8Q3/LPoN/yz/DP4t/wz9Lf8M&#10;/S3/DP0s/wv9LP8L/Sz/C/0s/wv9LP8L/zIrAf85KAL/PSgC/z8qAv8+MAP/PToE/zxGBv85Uwj/&#10;N2AJ/zVtC/8zegz/MoYN/zGQDv8xmQ7/MaEP/zGoD/8wrg//MLUP/zC9EP8wxxD/MNQQ/zDkEP8x&#10;7xD+MfkP+zH/D/kx/w/4Mf8O9zH/Dvcx/w72Mf8O9jH/DvYx/w72Mf8O/zUoAf88JQH/QCQC/0Mn&#10;Av9DLAP/RDcE/0JDBv9ATwj/PVwK/ztpDP85dg3/OIIP/zeMEP83lRH/Np0R/zakEv82qxL/NrIT&#10;/zW6E/81wxP/Nc8T/DXhE/k27RP2NvcT8zb/E/E2/xLwNv8S8Df/Ee83/xHvN/8Q7zf/EO83/xDv&#10;N/8Q/zklAf9AIQH/RSAB/0ciAv9JKQL/SjQE/0k/Bf9GSwj/RFgK/0JlDf9AcQ//Pn0R/z2HEv89&#10;kRT+PJkV/TygFfw7pxb6O64X+Tu2F/g7vxf2O8oY9DvcGPA76hjtO/YY6jv/F+g8/xfnPP8W5j3/&#10;FeU9/xTlPf8U5T3/FOU9/xTlPf8U/z0iAf9EHgH/SRwB/00eAf9QJgL/UTAD/1A7Bf9ORgj/S1ML&#10;/0hgDv9GbBH7RXgT+ESCFfZDjBf0QpQY80GcGfFBoxvvQKob7kCyHO0/ux3rP8Ye6T/VHuU/6B/i&#10;QPQe30D+Hd1B/xvbQv8a2UL/GNhC/xfYQv8X2EL/F9hC/xfYQv8X/0AfAf9IGgH/ThgB/1IbAf9W&#10;IwL/WCwD/1c3BP9VQgf/Uk0L+VBaDvVNZxLxTHIW7kp9GOtIhhvpR48d50aXH+VFniDjRKYi4USu&#10;I+BDtyTeQ8Il3EPQJtdD5SbTRPMk0EX+Is1G/yDMR/8eykf/HMlI/xvJSP8byUj/G8lI/xvJSP8b&#10;/0QbAf9MFgH/UhQB/1gYAf9dHwH/XygC/14yA/1dPQb2WkkK8FdVD+pVYhPmUm0Y4lB3HN9OgR/c&#10;TIoi2UuSJNVKmibTSaEo0UmpKc9IsirNSLwry0jJLMhI3yzFSO8rwkr8KMBL/yW/TP8ivk3/IL1N&#10;/x+9Tf8evU3/Hr1N/x69Tf8e/0cYAf9PEwH/VhEA/14VAP9iHAH/ZSQB/mUtAvRkOAXtYUMJ5l9R&#10;DuBcXRTaWGga1FZyHtBUeyLMUoQmylCMKMdPlCrFTpssw06jLsFNrC+/TLYwvUzCMbtM0zK4TOkx&#10;tk74LbRQ/yqzUf8ns1L/JLJS/yKyUv8islL/IrJS/yKyUv8i/0oVAf9TEQD/Ww8A/2ISAP9oFwD/&#10;ah8B9msoAexrMgPkaT4H3GZMDdNiWBTNX2MbyFxtIMRadiTBWH4ovlaGK7tVji65U5YwtlKeMrRS&#10;pjOyUbA1sFG8Nq5QyzesUOM3qlL0M6lU/y6oVv8rqFf/KKhX/yWoV/8lqFf/JahX/yWoV/8l/00T&#10;AP9WDgD/Xw0A/2cQAP9sEwD7cBkA73EiAeRxLALbcDoF0WxIDMloVBTDZV8bvmJoIbpfcSa2XXkq&#10;s1uBLbBaiTCuWJEzq1eZNalWoTenVqs4pVW2OqNVxTuhVd07n1bwN59Y/jKfWv8unlv/K55c/yie&#10;XP8onlz/KJ5c/yieXP8o/1ARAP9ZDAD/YwwA/2sNAP9wEAD1dBMA6HYaAN13JQHRdjYEyHJEDMFu&#10;UBS7a1sbtmdkIbFlbSetYnUrqmB8L6dfhDKkXYw0olyUN59bnTmdWqY7mlmxPZhZvz6XWdM+lVrs&#10;O5Vd+zWWXv8xll//LZZg/yqWYP8qlmD/KpZg/yqWYP8q/1IPAP9cCgD/ZgkA/24KAPZ0DADveA4A&#10;4XsSANR8IADKezMEwXdBC7p0TRO0cFgbrmxhIalqaSemZ3EromV4L59kgDOcYog2mWGQOJZfmTuU&#10;XqI9kV6tP49du0CNXc1BjF7oP41h+TiNYv8zjmT/MI5k/yyOZf8sjmX/LI5l/yyOZf8s/1UOAP9f&#10;BgD/aQYA9HIGAOJ4BgDbfAkA2X8MAM2BHQDEfzADu3w/CrR4SxKtdVUaqHFeIaNuZiafbG4rm2p1&#10;L5hofTOVZ4Q2kmWMOY9klTyMY58+iWKqQIdht0KFYclChGLkQYVk9zuGZv81h2f/MYdo/y6Haf8t&#10;h2n/LYdp/y2Haf8t/1cMAP9hBAD+bAMA5HUBANt7BQDTgAgA0IMKAMeFGgC+hC0DtoE8Ca99SBKo&#10;eVIZonZbIJ1zYyaZcGsrlW5yL5FteTOOa4E2i2mJOohokjyFZ5w/gmanQYBmtEN+ZsVEfGbhQ35o&#10;9Tx/av83gGv/M4Fs/y+BbP8vgWz/L4Fs/y+BbP8v/1kLAP9jAQD0bwAA33gAANR/BADOgwYAyocI&#10;AMKIGAC5hysCsYU6CKqBRhGjflAYnXpZH5h3YSWTdWgqj3NvL4txdzOIb342hW6GOoJsjz1/a5lA&#10;fGqlQnlqsUR3asJEdmrdRHhs8z55bv84em//NHtw/zB8cP8wfHD/MHxw/zB8cP8w/1sIAP9mAADn&#10;cgAA2nsAAM+CAwDJhwUAxIoGALyMFQC0iygCrIk4B6WFRBCegk4YmH9XHpN8XySOeWYqindtLoZ1&#10;dDKCdHw2f3KEOXxxjT15cJdAdm+iQnNur0RxbsBFcG7ZRXJw8T9zcv85dXP/NXZ0/zF2dP8xdnT/&#10;MXZ0/zF2dP8x/10GAP9pAADidAAA1H0AAMuFAgDEigQAv40FALePEwCwjyYBqI01B6CKQg6ahkwW&#10;k4NVHY6BXSSJfmQphXxrLYF6cjJ9eHk1eneCOXZ2izxzdZVAcHSgQm1zrURrc71FanPVRWx070Bu&#10;dv46b3f/NnF4/zJxeP8xcXj/MXF4/zFxeP8x/18CAPdsAADedwAA0IEAAMeIAQDAjQMAuZEDALKT&#10;EQCrkyMBo5EzBpyOQA2Vi0oVj4hTHImGWyKEg2IogIFpLXx/cDF4fnc1dHyAOHF7iTxuepM/a3me&#10;Qmh4q0RmeLtFZHjRRWZ57kBoe/06anv/Nmt8/zJrfP8ya3z/Mmt8/zJrfP8y/2EAAOpvAADZegAA&#10;zIQAAMOLAAC7kQEAtJUBAKyXDgCllyEBnpYxBZeTPgyQkEgUio5RG4SLWSF/iWAne4dnK3eFbjBz&#10;hHU0b4J9N2uBhztogJE+ZX+cQWJ+qUNgfrlEX37PRGB/7EBigPw6ZID/NmWB/zNmgf8yZoH/MmaB&#10;/zJmgf8y/2QAAOVyAADTfgAAx4cAAL6PAAC2lQAArpkAAKabDACgnB4AmZsuBJKZOwqLlkYShZRP&#10;GX+RVx96j14ldY5lKnGMbC5tinMyaYl7NmaIhDliho89X4WaP1yFqEFahbdCWYXMQlqF6j9chvs6&#10;Xob/Nl+H/zJfh/8yX4f/Ml+H/zJfh/8y/WgAAOB2AADNggAAwowAALmTAACwmQAAqJ0AAJ+gCQCZ&#10;oRoAk6ArA4yfOAiFnUMQf5pMF3mYVB10l1wicJVjJ2uTaixnknEwZJF5M2CPgjdcjo06WY2ZPVeN&#10;pj9UjbZAU43LQFSN6T1Wjfo5V43/NVmO/zJZjv8xWY7/MVmO/zFZjv8x7W0AANl7AADIhwAAvZAA&#10;ALSYAACqnQAAoaEAAJemBACRpxUAjKcnAoWmNQZ/pEANeaJKFHOgUhpun1kfaZ1gJGWcZyhhm28s&#10;Xpp3MFqYgDNWl4s2U5eXOVGWpTtPlrQ8TpbJPE6W6DpPlvk2UZb/M1KW/zBSlv8wUpb/MFKW/zBS&#10;lv8w5nIAANCAAADCjAAAuJYAAK2cAACjoQAAmaYAAI6tAACIrhEAg64iAX2tMQR3rD0KcqpHEGyp&#10;TxZnqFcbY6deH1+mZSRbpG0nWKR1K1Sjfy5RookxTqGWNEuhpDZJobQ2SKHIN0ig5zVJoPkySp//&#10;MEuf/y5Ln/8tS5//LUuf/y1Ln/8t3XkAAMmGAAC8kgAAsZoAAKagAACcpgAAkawAAIayAAB9tg0A&#10;ebYdAHW2LAJvtTkGarRDC2WzTBFgslQWXLFbGliwYx5Vr2shUa9zJU6ufShLrYgqSK2VLUWtoy5E&#10;rbMvQ63IL0Ks5y9Dq/ktRKv/K0Sq/ylEqv8pRKr/KUSq/ylEqv8p0YAAAMGNAAC1mAAAqZ8AAJ6l&#10;AACTrAAAiLIAAH24AABxvgYAbr8VAGq/JgFmvzMDYb4/B12+SAtZvVEPVb1ZE1G8YBdOvGgaS7tx&#10;HUi7ex9FuociQrqUJEC6oiY+urMmPbrIJj266CY9uPklPbf/JD22/yM9tv8jPbb/Iz22/yM9tv8j&#10;x4gAALmVAACsnQAAoaQAAJarAACKsgAAf7kAAHO/AQBoxgUAYMoOAF7KHQBbyiwBV8o4A1TKQwVQ&#10;ykwITclVC0rJXQ5HyWYRRMlvFEHJeRY/yIUYPMiTGjrIohs5ybMcOMnJHDjI6Bw3x/kcN8X/HDbE&#10;/xw2xP8cNsT/HDbE/xw2xP8cvpEAALCbAACkowAAmKoAAIyyAACAuQAAdMAAAGjHAABdzQUAU9MK&#10;AE/XEgBN2CIAS9gwAEnYPAJG2EYDRNlPBEHZWAY/2WEIPNlrCjrZdgw32YIONdqQDzTaoBAy2rER&#10;MdvHETHa5xEw2PYSMNb/Ey/U/xMv1P8TL9T/Ey/U/xMv1P8Ts5oAAKahAACaqQAAjbEAAIC6AAB0&#10;wQAAaMkAAFzPAABS1QMASNwIAEXlEgBD5R4AQeYqAD7mNQE75z4BOedHAjfnUAM06FkEMuhiBTDo&#10;bQYu6XkHLOmHCCvqlgkp6qcKKOq6Cifr1gon6fAKJ+f9CSbm/wom5v8KJub/Cibm/wom5v8KqKAA&#10;AJynAACPsAAAgrkAAHTCAABoygAAW9EAAE/XAABF3QAAPu4JADzyEQA58xsANvMlADT0LgAx9DcB&#10;LvU/ASz1RwEp9k8CJ/ZXAiX3YQMj92wDIfh6BB/4iQQe+ZoFHPmrBRv6wAUa+t4FGvnyBRr3/QUZ&#10;9v8FGfb/BRn2/wUZ9v8FnqYAAJGvAACDuQAAdcIAAGfLAABa0wAATdoAAELfAAA45QAANfsHADH/&#10;DwAu/xYAK/8fACn/JgAl/y0AI/80ACD/OwEe/0MBG/9LARn/UwEW/10CFP9qAhL/eAIR/4gCEP+a&#10;AhD/qwMO/74DDv/VAw7/7QMO//ADDv/wAw7/8AMO//ADk64AAIS4AAB2wgAAZ8wAAFrVAABM3AAA&#10;P+EAADXmAAAt9AAAKv8CACb/CwAj/xEAIP8XAB3/HQAZ/yMAFv8pABT/LwAS/zUAEP89AA7/RQEM&#10;/04BCv9YAQf/ZQEF/3QBA/+FAQL/lgEB/6YBAP+1AQD/xgEA/8oBAP/KAQD/ygEA/8oBhrcAAHfB&#10;AABozAAAWtcAAEveAAA+5AAAMukAACftAAAj/wAAH/8AABv/BQAX/wwAFP8QABH/FAAP/xgADf8d&#10;AAv/IgAI/ygABf8uAAL/NQAA/z0AAP9HAAD/UgAA/14AAP9tAAD/fgEA/44BAP+bAQD/qQEA/6sB&#10;AP+rAQD/qwEA/6sB/yotAf8uKwH/MCsB/zAuAv8uNQL/KT0D/yVJBP8jVwT/IWQF/x9yBv8dfwb/&#10;HYoG/x2UBv8dnAf/HKMH/xyqB/8csQf/HLgG/xy/Bv8cyQb/HNYG/x3lBv8d7wb/HfkF/x3/Bf8d&#10;/wX/Hf8F/x3/Bf8d/wX/Hf8F/x3/Bf8d/wX/Hf8F/ywrAf8wKAH/MygB/zMrAv8xMQL/LToD/ytH&#10;BP8oVAX/JmEF/yRvBv8ifAf/IocH/yKRB/8hmQf/IaEI/yGnCP8hrgj/IbUI/yG8CP8hxgf/IdEH&#10;/yHiB/8i7Qf/IvcH/yL/Bv0i/wb8Iv8G/CL/Bvwi/wb7Iv8G+yL/Bvsi/wb7Iv8G/y4oAf8zJQH/&#10;NiUB/zcnAf81LQL/NDgD/zJEBP8vUQX/LF4G/yprB/8pdwf/KIMI/yeNCP8nlgn/J50J/yekCf8n&#10;qwn/J7IJ/ye5Cf8nwgn/J80J/yfeCf8n6wn8J/YI+Sj+CPco/wj2KP8I9Sj/CPUo/wj1KP8I9Sj/&#10;CPUo/wj1KP8I/zIlAf83IgH/OiEB/zsjAf87KQL/OzQC/zlABP82TQX/NFoG/zFmB/8wcwj/Ln8J&#10;/y6JCv8ukgr/LZkL/y2hC/8tpwv/La4L/y21DP8tvgz+LckM+y3ZDPgt6Av0LvQL8S7+C+8u/wvu&#10;Lv8L7S7/C+wu/wrsLv8K7C7/Cuwu/wrsLv8K/zUiAf87HgH/Px0B/0AfAf9CJgH/QjEC/0A8A/8+&#10;SAX/O1UG/zliCP83bgr/NnkL/zWEDP00jQ38NJUN+jScDvkzow73M6oP9jOyD/Uzug/zM8UP8jPS&#10;D+4z5Q/qNPIP5zT9D+U0/w/kNP8O4jX/DuI1/w3hNf8N4TX/DeE1/w3hNf8N/zkeAf8/GgH/QxgB&#10;/0YaAf9JIwH/SS0C/0g4A/9FRAX/Q1AH/0BdCfs+aQv4PXQN9Tx/DvM7iA/xO5AQ7zqYEe06nxLs&#10;OaYT6jmuE+k5thTnOcEU5jnOFeI54xXeOfEV2zr8FNg6/xPVO/8S0zv/EtI7/xHSO/8Q0jv/ENI7&#10;/xDSO/8Q/z0bAf9DFgD/SBQA/0wXAf9PHwH/UCgB/08zAv9NPwT7SkoG9UdXCfFGZAztRG8O6UN5&#10;EedCgxPkQYsU4kCTFuA/mxffP6IY3T6qGds+sxrYPr0a1j7KG9I+3xvOPu8byz/7GslA/xjHQP8X&#10;xkH/FcVB/xTEQf8UxEH/FMRB/xTEQf8U/0EXAP9HEgD/TBAA/1IUAP9WGwD/VyQB/1YuAvhUOQPx&#10;UUUG609SCeZNXgzhS2kQ3Ul0E9lIfRbVRoYY0kWOGtBFlhzORJ0dzESlHspDrR/IQ7YgxkPDIcVD&#10;0yHBQ+khvkT3H7xF/x26Rv8buUf/GbhH/xi4R/8XuEf/F7hH/xe4R/8X/0QUAP9LEAD/UQ4A/1cR&#10;AP9bFgD/XR4A+V0oAe9bMwLnWT8E4FdNCNpUWQ3TUmQSzlBuFspOdxnHTIAcxUuIHsJKkCDASpch&#10;vkmfI7xIpyS6SLAluEi8JrdIyye0R+MnsknzJbBK/yKuS/8frkz/Ha1M/xutTf8arU3/Gq1N/xqt&#10;Tf8a/0cRAP9PDQD/VgwA/1wOAP9gEgD9YhgA8GMhAOZiLAHeYDoD1F5IB81bVA3HWF8Tw1ZpF79U&#10;chu8UnoeuVGCIbZQiiO0T5Elsk6ZJ7BNoiiuTasqrEy2K6pMxCyoTNsspk3vKqRP/SakUP8jo1H/&#10;IKNS/x6iUv8dolL/HaJS/x2iUv8d/0oPAP9SCgD/WgkA/2ALAP9lDgD1ZxEA6GgYAN1nJADSZjUC&#10;ymREB8NhUA29XlsTuVxkGLVabRyxWHUgrld9I6xVhCWpVIwop1OUKqVSnSyjUqYtoVGxL59RvjCd&#10;UdEwm1HqL5pT+iqaVf8mmVb/I5lW/yGZV/8fmVf/H5lX/x+ZV/8f/00NAP9VBgD/XQUA+2QHAO9p&#10;CQDpawwA4WwQANNtHgDJbDECwmpAB7tnTA21ZFcTsGFgGaxfaR2oXXEhpVx4JKJagCegWYcqnViQ&#10;LJtXmC6ZVqIwllWsMpRVuTOTVcozkVXlM5FX9y2RWf8pkVr/JZFb/yORW/8hkVv/IZFb/yGRW/8h&#10;/08LAP9XAgD/YQIA6mgBAN5tBADYcAgA1XALAMtyGwDCcS4Cum89BrRsSQ2uaVQTqWddGaRkZR2h&#10;Ym0hnWF0JZpffCiYXoMrlV2LLZJblDCQW54yjVqoNItZtTWKWcY2iFnhNohc9DCIXf8riV7/KIlf&#10;/yWJX/8jiV//I4lf/yOJX/8j/1EJAP9aAAD1ZAAA4GwAANdxAwDQdAYAzXUJAMR2FwC8dioBtHQ6&#10;Ba5xRgynblESomtaGJ5pYh2aZ2khlmVxJZNkeCiQYoArjWGILotgkTGIX5ozhl6lNYNesjeCXsI3&#10;gF7cOIBf8jOBYf8tgmL/KYJj/yaCZP8lgmT/JYJk/yWCZP8l/1MGAP9dAADnZwAA228AANB0AgDK&#10;eAUAxnkHAL56FQC2eigBr3g3Bah2RAuic04SnHBXGJhtXx2Ua2chkGpuJY1odSiKZ30rh2WFLoRk&#10;jjGBY5c0f2KiNnxirzh6Yr45eWLVOXlj7zR6Zf4ve2b/K3xn/yh8Z/8mfGf/Jnxn/yZ8Z/8m/1UD&#10;AP9gAADjagAA1XIAAMx4AQDFewMAwH0FALl+EgCxfiUBqn01BKN6QQqdd0wRl3RVF5JyXRyOcGQg&#10;im5rJIdsciiEa3orgWqCLn5pizF7Z5U0eGegNnZmrDh0Zrw5c2bROnNn7TZ0af0wdWr/LHZr/yl3&#10;a/8nd2v/J3dr/yd3a/8n/1cAAPZjAADfbQAA0XUAAMh7AADBfwIAu4ADALSBEACsgiMBpYEyBJ5+&#10;PwmYe0oQknlTFo12WxuJdGIghXJpJIFxcCd+b3cre25/LnhtiDF1bJI0c2ueN3Bqqjluark6bWrO&#10;Om1r6zdvbfwxcG7/LXFu/ypxb/8ocW//KHFv/yhxb/8o/1kAAOtlAADbcAAAzXgAAMR+AAC8ggEA&#10;toQBAK6FDgCnhiAAoIUwA5qCPQiTgEgPjn1RFYl7WRqEeWAfgHdnI3x1bid5dHUqdnN9LnNyhjFw&#10;cZA0bXCcN2pvqDlob7c6Z2/LOmdw6Tdpcfoya3L/LWxz/ypsc/8obHP/KGxz/yhsc/8o/1wAAOdo&#10;AADVcwAAyXsAAMCCAAC4hgAAsYgAAKmJDQCiih0AnIkuApWHOwePhUUOiYJPFISAVxl/fl4ee3xl&#10;Inh7bCZ0eXMqcXh7LW53hDBrdo4zaHWaNmV0pjhjdLU5YXTJOmF05zhjdvkyZXb/LmZ3/ytnd/8p&#10;Z3f/KWd3/ylnd/8p/18AAONsAADQdgAAxX8AALyFAAC0igAArIwAAKOOCgCdjhoAl44rApCMOAaK&#10;ikMMhIdMEn+FVRh6hFwddoJjIXOAaiVvf3EpbH55LGh9gi9lfIwyYnuYNV96pDdderM4XHrHOVx6&#10;5Tdee/gyX3v/LmB8/ythfP8pYXz/KWF8/ylhfP8p9WIAAN5vAADMegAAwIMAALeJAACvjgAAppEA&#10;AJ2SBgCXkxcAkZMoAYuSNgWFkEELf45KEXqMUhZ1ilobcYhhH22HaCNqhm8nZoR3K2ODgC5ggoox&#10;XYGWNFqBozZYgLI3VoDFN1aA4zZYgfcxWYH/LVuC/ypbgv8pW4L/KVuC/ylbgv8p7GYAANhzAADH&#10;fgAAvIcAALOOAACpkgAAoJUAAJaYAQCQmRMAipkkAYWYMgR/lj4JeZRIDnSTUBRvkVcZa5BeHWiO&#10;ZSFkjW0lYIx1KF2LfitaioguV4mUMVSJoTNSiLA0UYjDNVCI4jRSiPYwU4j/LFSI/ylViP8oVYj/&#10;KFWI/yhViP8o5msAANB4AADCgwAAt4wAAK2SAACjlgAAmpoAAI6eAACHnxAAg58gAH6fLwJ4nTsH&#10;c5xFDG6bTRFpmVUWZZhcGmGXYx5elmohW5VyJVeUfChUk4YrUZKSLk6SoDBMkq8xS5LCMUqR4DFM&#10;kfUtTZH/Kk6Q/yhOkP8mTpD/Jk6Q/yZOkP8m3nAAAMl9AAC8iQAAspIAAKeXAACdmwAAk58AAIak&#10;AAB+pgwAeqYbAHWmKgFwpjcEbKVBCWejSg1jolISX6FZFluhYRlYoGgdVJ9wIFGeeiNOnYQmS52R&#10;KUicnipGnK4sRZzBLEWc3ytFm/QpRpr/J0ea/yVHmv8kR5r/JEea/yRHmv8k1HcAAMKEAAC2jwAA&#10;q5YAAKGcAACWoAAAi6UAAH+qAAB0rgUAb68UAGyvJABorzICZK49BV+tRglbrE8NWKxWEVSrXhRR&#10;qmYXTqpuGkupeB1IqYMgRaiPIkOonSRBqK0lQKjAJT+o3yU/pvQjQKX/IkCl/yFApP8gQKT/IECk&#10;/yBApP8gyn4AALuLAACvlQAApJsAAJmhAACOpgAAgqwAAHexAABqtgAAY7gOAGG4HQBeuCwBWrg4&#10;Ale4QgVTuEsIULdTC023Ww5KtmMQR7ZrE0S1dRZCtYEYP7WOGj21nBw7tawcOrXAHTm13xw5s/Qc&#10;ObL/HDmx/xs5sP8bObD/Gzmw/xs5sP8bwYYAALSTAACnmgAAnKAAAJGnAACFrQAAebMAAG24AABi&#10;vQEAVsIHAFPDFABSwyMAUMQwAU3EOwJKxEUDR8ROBUXEVwdCw18JQMNoCz3Dcg07w34POMOMETbD&#10;mxI1w6sTM8PAEzPD4BMzwfUTMsD/FDK//xQxvv8UMb7/FDG+/xQxvv8UuJAAAKuZAACfoAAAk6cA&#10;AIeuAAB7tAAAbrsAAGPAAABYxQEATcoFAETPDABD0BcAQtAlAEDQMgA/0T0BPdFHATvRUAI50lkD&#10;NtJjBDTSbgUy0noHMNKICC7SmAkt06kJLNO+CizT3wkr0fMKKs/+CynO/wwpzf8NKc3/DSnN/w0p&#10;zf8NrpgAAKKfAACWpgAAia4AAHy2AABvvQAAY8MAAFfIAABMzQAAQtIDADnZCQA13xAANN8bADLg&#10;JwAx4TIAMOE9AC7iRwAt4lABK+JaASrjZQIo43ECJuR/AyXkjwMj5aEEIuW0BCHlzQQg5OwEIOL7&#10;BB/h/wUf4P8FH+D/BR/g/wUf4P8FpJ4AAJilAACLrgAAfbYAAHC+AABjxgAAVssAAEvQAABA1QAA&#10;NtwAAC/lBwAt7RAAK+4YACnuIgAn7ysAJe80ACPwPAAh8EUAH/FOAB3yWAEb8mQBGfNxARjzgQEX&#10;9JICFfSlAhT1ugIT9dYCE/TvAhLy/AIS8P8CEvD/AhLw/wIS8P8CmqQAAI2tAAB/tgAAcb8AAGPH&#10;AABWzgAASdMAAD3aAAAz3wAAKuMAACb0BQAk+w0AIfwTAB79GwAc/SIAGf4pABf+MQAV/zkAE/9B&#10;ABH/SgAQ/1UADv9hAAz/bwEM/4ABCv+TAQn/pgEI/7oBB//UAQf/6wEG//YBBv/2AQb/9gEG//YB&#10;j6wAAIC2AAByvwAAY8kAAFbRAABI2AAAO90AADDiAAAm5gAAH/AAABz/AAAZ/wkAFv8OABT/EwAR&#10;/xkAD/8eAA3/JAAL/ysACf8yAAb/OwAD/0QAAP9PAAD/XAAA/2sAAP99AAD/kAAA/6MAAP+0AAD/&#10;xgAA/9YAAP/WAAD/1gAA/9YAgrUAAHO/AABkyQAAVtMAAEfbAAA64AAALuUAACPpAAAa7QAAFf0A&#10;ABL/AAAQ/wIADv8JAAv/DQAI/xAABP8TAAH/GAAA/x4AAP8kAAD/KwAA/zMAAP89AAD/SQAA/1YA&#10;AP9mAAD/eAAA/4oAAP+bAAD/qAAA/7EAAP+xAAD/sQAA/7EA/yUrAf8oKQH/KSkB/ygsAf8jMgH/&#10;HjsC/xpHAv8XVQP/FWID/xNwA/8SfAP/EocD/xKRA/8SmQP/EqAD/xKnA/8SrQP/EbQD/xG7A/8R&#10;xAP/Ec4D/xHfA/8R6wL/EvYC/xL+Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/xL/Av8S/wL/Ev8C/ygp&#10;Af8rJgH/LCYB/yspAf8oLwH/IjgC/yBEAv8dUgP/G18D/xhsA/8XeQT/F4QE/xeOBP8XlgT/Fp0E&#10;/xakBP8WqgT/FrEE/xa4BP8WwAP/FsoD/xbbA/8W6AP/F/QD/xf9A/wX/wL7F/8D+xf/A/oX/wP6&#10;F/8D+hf/A/oX/wP6F/8D/yomAf8uIwH/LyIB/y8lAf8sKwH/KjUC/ydBAv8kTgP/IlsD/yBoBP8e&#10;dAT/HYAE/x2KBP8dkgX/HZoF/x2hBf8dpwX/Ha0F/x20BP8dvQT/HccE/x3UBP4d5gT7HfIE9x77&#10;A/Ue/wT0Hv8E8x7/BPMe/wTyHv8E8h7/BPIe/wTyHv8E/y4iAf8yHwH/NB4B/zMgAf8yJgH/MjIB&#10;/y8+Av8sSgP/KlcD/ydkBP8mcAX/JXsF/ySFBf8kjgb/JJYG/ySdBv8kowb/JKoG/SSxBvwkuQb7&#10;JMMG+STPBvYk4wbyJPAF7iX6Be0l/wbrJf8G6iX/Bukl/wbpJf8G6SX/Bukl/wbpJf8G/zIeAf82&#10;GwD/OBkA/zgbAf86IwH/OS0B/zg6Av81RgP/MlIE/zBfBP8uawX/LXYG/SyAB/osiQf5K5EH9yuZ&#10;CPUrnwj0K6YI8yutCPErtQjwK78I7ivLCOsr3wjnLO4I5Cz6COIs/wngLP8J3iz/CN4s/wjdLP8I&#10;3Sz/CN0s/wjdLP8I/zUaAP86FgD/PRQA/z8XAP9BHwD/QSkB/0A0Af89QQL/Ok0D/DhaBfg2ZQb0&#10;NXEH8TR7CO8zhAntM40J6zKUCukymwroMqIL5jKqC+QysgzjMrsM4TLIDN8y3AzaMuwN1TP4DdIz&#10;/w3QM/8MzjP/DM00/wvMNP8LzDT/C8w0/wvMNP8L/zkWAP8+EgD/QRAA/0UTAP9IGwD/SCQA/0cv&#10;Af5EOwL3QkcD8T9UBew+YAboPGsI5Tt2CeI7fwvgOogM3TmQDds5lw7ZOJ4P1jimENQ4rhHSOLcR&#10;0DjDEs440xLKOOgSxzn3EsQ5/xHCOv8QwTr/D8A6/w6/Ov8Ovzr/Dr86/w6/Ov8O/z0TAP9CDwD/&#10;Rg0A/0sQAP9OFgD/Tx8A/U4pAfRMNAHsSEEC5kdOBOBFWwbbRGYJ1kJwDNJBeQ7PQIIQzUCKEco/&#10;kRPJP5kUxz6gFcU+qBbDPrEXwT68F8A+yxi9PuIYuj7yF7c//xa1QP8UtED/E7NB/xGzQf8Qs0H/&#10;ELNB/xCzQf8Q/0AQAP9GDAD/SwoA/1ENAP9TEQD/VBgA81QiAOlSLQHhUDsB2k9JA9JNVQfMS2AL&#10;yElqDsVIcxHCR3sTv0aDFb1Fixe7RZMYuUSaGbdDohq1Q6sbtEO2HLJDxB2wQ9kerUPtHatF/Bqp&#10;Rf8YqEb/FqhG/xWnR/8Tp0f/E6dH/xOnR/8T/0QOAP9KCAD/UAYA/1UKAP9YDQD3WREA6lgYAN9X&#10;JADUVzUBzFVEBMZUUAjBUlsMvVBlELlObRO2TXYWtEx9GLFLhRqvSo0brUmVHatJnR6pSKYgp0iw&#10;IaVIvSKkSM8ioUjoIqBJ+B6fS/8bnkv/GZ1M/xedTP8WnUz/Fp1M/xadTP8W/0cLAP9NAgD/VAIA&#10;91oEAOtdBwDnXQsA4VwQANNdHgDKXTABw1w/BL1aTAi3WFcMs1ZgEa9UaRSsU3EXqVF4GqdQgByk&#10;T4ceok+PIKBOmCGeTaEjnE2rJJpNuCWZTMgmlkziJpVO9SKUT/8flFD/HJRR/xqUUf8YlFH/GJRR&#10;/xiUUf8Y/0kIAP9QAAD7WAAA5V4AAN1iAwDWYwcA1GEKAMpiGQDCYywBu2I7A7RgSAivXVMMqltc&#10;EaZaZBWjWGwYoFd0G51Vex2bVIMgmVSLIpZTkySUUp0lklGnJ5BRsyiOUcMpjVHdKoxS8iaLVP8i&#10;i1X/HotW/xyLVv8ai1b/GotW/xqLVv8a/0wEAP9TAADsXAAA32IAANRmAQDOaAUAy2cIAMJnFgC6&#10;aCgBs2c4A61lRQeoY1AMo2FZEZ9fYRWbXWgYmFxwG5Vadx6TWX8hkFiHI45XjyWMV5kniVajKYdW&#10;ryqFVb8rhFbVLINX7ymDWP4kg1n/IIRa/x6EWv8chFr/HIRa/xyEWv8c/04BAP9XAADlXwAA2GYA&#10;AM5qAADHbAMAw2sFALxsEgC0bSUArWw1A6dqQgehZ00MnGVWEZhjXhWUYmUYkWBsG45fdB6MXnsh&#10;iV2DJIZcjCaEW5UogVqgKn9arCx9WrstfFrPLntb7Ct8XPwmfF3/In1e/x99Xv8dfV7/HX1e/x19&#10;Xv8d/1AAAPVZAADhYwAA0moAAMluAADCcAEAvXADALZwEACucSIAqHAyAqFuPwacbEoLl2pTEJJo&#10;WxSOZmIYi2VpG4hjcB6FYnghgmGAJIBgiSZ9X5Ipe16dK3heqS12XrgudV7ML3Re6S11YPondmH/&#10;I3di/yB3Yv8ed2L/Hndi/x53Yv8e/1IAAOxcAADcZgAAzm0AAMRyAAC9dAAAt3QBALB0DgCpdR8A&#10;onQvApxyPQWXcEcKkW5RD41sWRSJamAXhWlnG4Jobh5/ZnUhfWV9JHpkhid3Y5ApdWObLHJipy5w&#10;YrYvb2LJL25i5i5vZPkocGX/JHFm/yFxZv8fcWb/H3Fm/x9xZv8f/1QAAOhfAADXaQAAynAAAMB1&#10;AAC5eAAAsngAAKt4DQCkeR0AnngtAZd3OgWSdUUKjHJODohwVhOEb14XgG1kGn1sax16a3Mgd2p7&#10;I3RpgyZyaI0pb2eZLGxmpS5qZrMvaWbGMGhm5C9qaPcpa2n/JWxp/yJsav8gbGr/IGxq/yBsav8g&#10;/1cAAORiAADSbAAAxnMAAL14AAC1ewAArXwAAKV8CgCffRoAmXwqAZN7OASNeUMJiHdMDoN1VBJ/&#10;c1sWe3JiGXhwaR11b3Agcm54I29tgSZsbIspamyXLGdroy5la7IvZGvEMGJr4S9kbPYqZm3/JmZt&#10;/yNnbv8gZ27/IGdu/yBnbv8g9lkAAOBlAADObwAAwnYAALl8AACxfwAAqYAAAKCABwCZgRcAlIEo&#10;AY6ANQOIfkEIg3xKDX56UhF6eFkVdndgGXN2ZxxwdG4fbXN2I2pyfyZncYkpZHGVK2JwoS1gcLAv&#10;XnDCL11w3y9fcfUqYHH/JmFy/yNicv8gYnL/IGJy/yBicv8g71wAANxpAADKcgAAvnoAALWAAACt&#10;hAAApIUAAJqFAwCUhRQAjoYlAYmEMwODgz4HfoFIC3l/UBB1flcUcX1eGG57ZRtremweaHl0ImV4&#10;fSVid4coX3aTKlx2nyxada4uWXXALlh13S5ZdvMqW3b/Jlx3/yNcd/8gXHf/IFx3/yBcd/8g6mAA&#10;ANVsAADFdgAAun4AALGEAACoiAAAn4kAAJSKAACNihEAiIshAIOKMAJ+iTsFeYdFCnSGTg5whFUS&#10;bINcFmmCYxpmgWodYoByIF9/eyNcfoUmWX2RKVd8nitVfKwsU3y+LVJ82i1TfPIpVXz/JVZ8/yJX&#10;fP8gV3z/IFd8/yBXfP8g5WQAAM9wAADBegAAtoMAAK2JAACjjAAAmY4AAI2PAACGkA4AgZEdAH2Q&#10;LAF4jzgEc45CCG6NSwxqjFMQZ4paFGOJYRdgiGgbXYdwHlqGeSFWhYMkVIWPJlGEnChPhKoqTYS8&#10;Kk2E1ypNg/EnT4P/JFCD/yJQg/8fUIP/H1CD/x9Qg/8f3mkAAMl1AAC8gAAAsogAAKiNAACdkQAA&#10;k5MAAIWWAAB+lwsAeZcZAHWXKAFxlzUDbJY/BmiVSApklFANYZNXEV2SXhVakWYYV5BuG1SPdx5R&#10;joEgTo6NI0uNmiVJjakmSI27J0eN1CdHjPAkSIz/IkmL/yBKi/8eSov/HkqL/x5Ki/8e1W4AAMN7&#10;AAC3hQAArI0AAKKSAACXlgAAjJkAAH+cAAB1ngUAcJ8TAG2fIwBpnzABZZ47BGGeRQddnU0KWpxU&#10;DVebXBFUmmMUUZprF06ZdBlLmH8cSJiLHkWXmSBDl6ghQpe6IkGX0yJBlu8gQpX+HkKV/x1DlP8c&#10;Q5T/HEOU/xxDlP8czHUAALyBAACxjAAAppIAAJuXAACRmwAAhZ8AAHmjAABqpwAAZacOAGOoHABg&#10;qCsBXag2AlmnQARWp0kGU6ZRCVCmWQxNpWAOSqVpEUekchREpH0WQqOJGD+jlxo9o6cbPKO5HDuj&#10;0hs7ou8bO6D+Gjuf/xk8n/8YPJ//GDyf/xg8n/8YxHwAALaJAACqkgAAn5cAAJWcAACJoQAAfaYA&#10;AHGqAABkrgAAWrEIAFexFABVsiMAU7IwAVCyOwJNskQDS7FNBUixVQdFsV0JQ7FlC0Cwbw0+sHoP&#10;O7CHETmvlhM3r6YUNq+4FDWw0RQ1ru8UNK3+FDSs/xQ0q/8UNKv/FDSr/xQ0q/8Uu4UAAK+QAACj&#10;lwAAmJ0AAIyjAACAqAAAdK0AAGiyAABctgAAULoBAEm8DQBIvBkARr0nAEW9MwBDvT0BQb1HAT+9&#10;UAI9vVgDOr1hBTi9awY2vXcINL2ECTK9kwowvaQLL723DC6+0AsuvO4MLbr+DSy5/w0suP8OLLj/&#10;Diy4/w4suP8Os48AAKaXAACbnQAAj6MAAIOqAAB2sAAAarUAAF66AABSvgAAR8IBAD3HBgA4yRAA&#10;N8kbADbKJwA1yjMANMs9ADPLRwAxy1EBMMtbAS7MZQIszHECKsx/AynMkAQnzKEEJs20BCXNzgQl&#10;y+4EJMn8BiPI/wcjx/8HI8f/ByPH/wcjx/8HqZYAAJ6dAACSowAAhasAAHiyAABruAAAX74AAFLC&#10;AABHxgAAPcoAADTPBAAr1AkAJtkPACXZGQAl2iUAJNowACPbOwAj20UAItxQACHdWwAg3WgAHt52&#10;AB3ehwEc35kBGt+sARnfxAEY3ucBGNz4ARjb/wIX2v8CF9r/Ahfa/wIX2v8CoJwAAJSjAACHqwAA&#10;ebMAAGy6AABfwQAAUsYAAEbKAAA7zgAAMdMAACnZAAAh3gUAHugOAB3oFQAb6R4AGeknABjqMAAW&#10;6jkAFetDABTsTgAS7FoAEe1nABDudwAQ7ooADu+eAA7wswAN8M0ADO/sAAzt/AAM6/8ADOv/AAzr&#10;/wAM6/8Al6MAAImrAAB7tAAAbbwAAF/EAABSygAARc4AADnTAAAv2AAAJd0AAB3hAAAY7AIAFvcL&#10;ABT3EQAR+BcAEPgeAA75JQAN+S0AC/o1AAn7PwAH+0oABPxXAAP9ZgAC/ncAAP2LAAD9nwAA/LUA&#10;APzRAAD87QAA/PwAAPz9AAD8/QAA/P0Ai6sAAH20AABuvQAAYMYAAFLNAABE0gAAN9gAACzdAAAi&#10;4QAAGeUAABPqAAAQ+gAADv8GAA3/DAAK/xAAB/8UAAT/GgAB/yAAAP8nAAD/MAAA/zoAAP9FAAD/&#10;UwAA/2IAAP91AAD/igAA/58AAP+zAAD/xwAA/+UAAP/lAAD/5QAA/+UAf7QAAHC9AABhxwAAU9AA&#10;AEPWAAA23QAAKuIAAB/mAAAW6gAAEO0AAAz6AAAJ/wAABv8AAAL/BAAA/wkAAP8NAAD/EAAA/xQA&#10;AP8aAAD/IQAA/ykAAP80AAD/QAAA/04AAP9eAAD/cgAA/4cAAP+aAAD/qgAA/7kAAP+5AAD/uQAA&#10;/7kA/yApAf8iJwH/IicB/x8qAf8ZMAH/EjkB/xBFAf8NUwH/DGAB/wptAv8JeQL/CYQC/wmOAf8J&#10;lgH/CZ0B/wmjAf8JqQH/CbAB/wi3Af8IvgH/CMgB/wjWAf8I5gH/CPEB/wj7AP8I/wD/CP8A/wn/&#10;Af8J/wH/Cf8B/wn/Af8J/wH/Cf8B/yMmAf8lJAD/JSQA/yMnAf8dLAH/GDUB/xVCAf8SUAH/EF0C&#10;/w5qAv8OdgL/DoAC/w6KAv8OkgL/DpoC/w6gAv8OpgH/Da0B/w2zAf8NuwH/DcUB/w3RAf8N4wH/&#10;De8B/g36AfoN/wH5Dv8B+Q7/AfkO/wH4Dv8B+A7/AfgO/wH4Dv8B/yYjAP8oIAD/KCAA/yYiAP8i&#10;KAH/IDIB/xw/Af8ZTAH/F1kC/xVlAv8TcQL/E3wC/xOGAv8TjgL/EpYC/xKdAv8SowL/EqkC/xKw&#10;Av8StwL/EsEC/xLMAf0S3wH5E+0B9RP4AfMT/wHyE/8B8RP/AvAU/wLwFP8C8BT/AvAU/wLwFP8C&#10;/yofAP8sHAD/LBsA/ysdAP8pJAD/KC8B/yU7Af8iSAH/H1QC/x1hAv8bbQL/GncC/xqBAv8aigL/&#10;GpIC/xqZAv0anwL8GqYC+xqsAvkatAL4Gr0C9hrIAvMa2wLvGuoC7Bv3Aukb/wLoG/8D5xz/A+Yc&#10;/wPlHP8D5Rv/A+Ub/wPlG/8D/y0bAP8wFwD/MRUA/zAWAP8xIAD/MCoA/y42Af8rQwH/KE8C/yZc&#10;Av8kZwL8I3ID+SN8A/cihQP1Io0D8yKVA/IimwPwIqID7yKpA+0isQPsIrkD6iLFA+gi1QPkI+kD&#10;4CP2BN4j/wTbJP8E2ST/BNgk/wTXJP8E1iT/BNYk/wTWJP8E/zEWAP80EgD/NhEA/zcTAP85GwD/&#10;OCUA/zYxAf8zPQH9MUoB+C5WAvQtYgPwLG0D7St3A+orgAToKogE5iqQBOUqlwTjKp4F4SqlBeAq&#10;rQXeKrYF3CrCBdoq0gbVK+cG0Cv1B80s/wfLLP8HySz/B8gs/wfHLP8Gxyz/Bscs/wbHLP8G/zUS&#10;AP85DgD/Og0A/z4QAP9AFgD/PyAA/z0qAPk7NwHyOEQB7DZRAuc1XAPjNGcD4DNyBN0zewXaMoMG&#10;1jKLBtQykwfSMZoI0DGhCM4xqQnMMbIJyzG8CskxygrGMuELwjLxC78z/gu9M/8KuzP/Croz/wm6&#10;M/8JujP/Cboz/wm6M/8J/zkQAP89CwD/QAkA/0QNAP9GEQD/RRkA90QjAO5BLwDmPzwB4D5KAdo9&#10;VwLTPGIEzztsBsw6dQfJOn0JxzmFCsU5jAvDOJQMwTibDcA4ow2+OKwOvDi2D7o4ww+5ONcQtTjs&#10;ELI5+w+wOv8Orzr/Da46/wytOv8LrTr/C606/wutOv8L/zwNAP9ABgD/RQQA/0kJAP9LDQD5ShEA&#10;7UkaAONGJgDaRjYA0UZFActFUQPGRFwFwkJmCL9Cbwq8QXcLukB/Dbg/hg62P44QtD6VEbI+nRKw&#10;PqYTrz6wFK0+vRSrPs0VqT7mFaY/9xOkQP8So0D/EKJA/w+iQP8OokH/DqJB/w6iQf8O/z8JAP9E&#10;AAD/SgAA904CAOxQBgDqTwsA40wQANZMHgDNTTAAxk0/AcBMTAS7S1cGt0lhCbRIaQyxR3EOrkZ5&#10;EKxGgBGqRYgTqESQFKZEmBakQ6EXokOrGKBDtxmfQ8cZnUPgGptE8xeZRf8VmEb/E5hG/xGYRv8Q&#10;l0b/EJdG/xCXRv8Q/0IFAP9HAAD3TwAA5VMAAN1VAQDXVQYA1VILAMtTGQDDVCsAvFQ7AbZSSASx&#10;UVIHrVBcCqlOZA2mTWwPpEx0EaFLexOfSoIVnUqKF5tJkxiZSZwal0imG5VIshyUSMEdkkjYHZBJ&#10;7xuPSv4Yj0v/Fo5L/xSOTP8Sjkz/Eo5M/xKOTP8S/0UAAP9LAADpUwAA3lgAANNbAADNWwQAylgH&#10;AMJYFQC6WicAs1o3Aa5YRASpV08HpFVYCqFUYA2eU2gQm1FvE5hQdhWWUH4XlE+GGZJOjhqPTpgc&#10;jU2iHYtNrh+KTbwgiE3QIIdN6x+GT/wbhlD/GIZQ/xaGUP8UhlH/FIZR/xSGUf8U/0cAAPhPAADk&#10;VwAA1V0AAMxgAADFYAIAwV4FALpdEQCzXyMArF8zAaZeQAOhXEsHnVpUCplZXA6WWGQRk1ZrE5BV&#10;chaOVHoYi1SCGolTihyHUpQehVKeH4NRqiGBUbgif1HLIn5S5yF+U/kdflT/Gn5V/xd+Vf8WflX/&#10;FX5V/xV+Vf8V/0oAAO5SAADeWwAAz2EAAMZkAAC/ZQAAumMCALNiDwCsYyAApmMwAaBiPQObYUgG&#10;ll9RCpJeWQ2PXGERjFtoE4labxaGWXYYhFh+GoJXhxx/V5AffVabIXtWpyJ5VrUjd1bHJHZW5CR2&#10;V/cfd1j/G3dZ/xl3Wf8Xd1n/FndZ/xZ3Wf8W/0wAAOlWAADZXwAAy2UAAMFoAAC6aQAAtGgAAK1n&#10;DQCmaBwAoGgtAZpnOgOVZUUGkGNOCoxiVw2JYV4Qhl9lE4NebBaAXXMYflx7Gntcgx15W40fdlqY&#10;IXRapCNyWrIkcVrEJW9a4SVwW/YgcVz/HHFd/xpxXf8YcV3/F3Fd/xdxXf8X/U8AAOVZAADTYgAA&#10;x2gAAL1sAAC2bQAAr2wAAKdrCwCgbBkAm2wqAZVrNwKQaUMFi2hMCYdmVAyDZVsQgGNiE31iaRV6&#10;YXAYeGF4GnVggR1zX4sfcF6WIm5eoiRsXrAla17BJmle3iZqX/Qha2D/HWth/xtsYf8ZbGH/GGxh&#10;/xhsYf8Y9VEAAOJcAADPZQAAw2sAALlvAACxcQAAqnEAAKJvCACbbxcAlnAnAJBvNQKLbkAFhmxJ&#10;CIJqUgx+aVkPe2hgEndmZhR1Zm4XcmV2GnBkfh1tY4gfa2OTImlioCRmYq4lZWK/JmRi2iZkY/Ii&#10;ZWT/HmZk/xtnZP8ZZ2X/GGdl/xhnZf8Y8FMAAN1fAADLaAAAv28AALZzAACudQAApnUAAJ1zBQCW&#10;cxQAkXQkAItzMgKGcj4EgXBHCH1vTwt5bVcOdmxeEXNrZBRwamwXbWpzGmtpfBxoaIYfZmeRImNn&#10;niRhZqwlYGa9Jl9n1iZfZ/EiYGj/HmFo/xxiaP8aYmj/GWJo/xliaP8Z7FcAANliAADHawAAvHIA&#10;ALN3AACqeQAAoXkAAJd3AQCQeBEAi3ghAIZ4LwGBdzsEfHVFB3h0TQp0clUOcXFcEW5wYxRrb2oW&#10;aG5xGWZuehxjbYQeYGyPIV5snCNca6olWmu7Jlls0yZabO8jW2z/H1xt/xxdbf8aXW3/GV1t/xld&#10;bf8Z6FoAANJmAADDbwAAuHYAAK97AACmfgAAnX4AAJF8AACKfA8AhX0eAIF9LQF8fDkDd3pDBnN5&#10;SwlweFMMbHdaEGl2YRNmdWgWY3RvGGFzeBtecoIeW3KNIFlxmiJXcagkVXG5JVRx0CVUce4iVnH+&#10;Hldx/xxXcf8aWHH/GVhx/xlYcf8Z414AAM1pAAC/cwAAtHoAAKt/AACiggAAmIMAAIuBAACEgQ0A&#10;f4IaAHuCKQF2gTYCcoFABW5/SQhqflALZ31XDmR8XhFhe2YUXnptF1t6dhlZeYAcVniLH1N4mCFR&#10;d6YiUHe3I093ziNPd+whUHf9HlF3/xtSd/8ZUnf/GVJ3/xlSd/8Z3mIAAMhuAAC7dwAAsH8AAKeE&#10;AACdhwAAkocAAISHAAB9hwkAeIgWAHSIJgBwiDICbIc9BGiGRgZlhU4JYYVVDF6EXA9bg2MSWYJr&#10;FVaBdBdTgH4aUICJHE5/lh5Mf6UgSn+2IUl/zCFJfusfSn78HEt+/xpLfv8ZTH7/GEx+/xhMfv8Y&#10;1WcAAMNzAAC2fAAArIQAAKKJAACYiwAAjY0AAHyNAAB1jgQAb48SAG2QIQBpkC4BZY85AmKOQgRe&#10;jksHW41SCliMWQxWi2EPU4toElCKcRRNiXsXSomHGUiIlRtGiKMdRIi0HUOIyh1Dh+ocRIb7GkSG&#10;/xhFhv8XRYX/F0WF/xdFhf8XzW0AAL14AACxggAAp4oAAJyOAACSkAAAhpMAAHmVAABslwAAZpcO&#10;AGOYGwBhmCkAXpg1AVqXPgNXl0cFVZZPB1KWVglPlV4MTJRmDkqUbxBHk3kTRJOFFUKSkxdAkqIY&#10;PpKzGT2SyRk9kekYPZD6Fz6P/xY+j/8VPo//FT6P/xU+j/8VxXMAALd/AACsiQAAoY8AAJaTAACL&#10;lgAAf5kAAHOcAABknwAAXKAJAFmgFABXoSIAVaEvAFKhOQFQoUMCTaBLBEqgUwVIoFoHRZ9jCUOf&#10;bAtAnnYOPp6DEDuekRE5naASOJ2yEzeeyBM3negSNpv6Ejaa/xI2mf8RN5n/ETeZ/xE3mf8RvnsA&#10;ALGHAACljwAAm5QAAJCYAACEnAAAd6AAAGukAABfpwAAUqoAAE2rDgBLqxoASqsnAEirMwBGqz0B&#10;RKtGAUKrTgJAq1YDPqtfBTuraAY5qnMIN6qACTSqjwsyqp8MMaqwDDCqxwwwqecML6f6DS+m/w0v&#10;pf8NL6X/DS+l/w0vpf8NtoQAAKqOAACelAAAlJkAAIeeAAB7owAAb6gAAGOsAABXrwAAS7IAAEG1&#10;BgA+thEAPbYeADu2KQA6tzQAObc+ADe3RwA2t1ABNLdaATK3ZAIwt28DLrd8BCy3iwUqt5wFKbeu&#10;Bii4xQUot+YFJ7X5Byaz/wcmsv8IJrL/CCay/wgmsv8Ir40AAKKUAACXmgAAi6AAAH6mAABxqwAA&#10;ZbAAAFm0AABNtwAAQrsAADi+AQAvwgkALcMSACzDHgArwykAKsQzACnEPQAoxUcAJ8VRACbFXAAl&#10;xmgAI8Z2ASLGhgEgxpgBH8arAR7HwQEexuQBHcT4AhzC/wMcwf8DHMH/BBzB/wQcwf8EpZQAAJqa&#10;AACOoQAAgacAAHOuAABntAAAWrkAAE69AABCwAAAOMMAAC/HAAAmywQAHtAKABvREQAa0hoAGdIl&#10;ABjTLwAY0zoAF9REABbUUAAV1V0AFNVrABPWfAAS148AEdikABDZuwAQ2d4AENXzABDT/wAQ0v8B&#10;ENH/ARDR/wEQ0f8BnJoAAJGhAACDqAAAdbAAAGi3AABbvQAATsEAAELFAAA3yAAALcwAACTQAAAc&#10;1QAAFdoFABDiCwAQ4xEADuQaAA7kIwAN5S0ADOU3AAvmQgAK5k8ACeddAAjnbQAG5oAABeaVAATm&#10;qwAC5sQAAebmAADn+QAA5/8AAOb/AADm/wAA5v8Ak6EAAIWpAAB3sQAAabkAAFvAAABOxgAAQcoA&#10;ADXOAAAq0gAAIdYAABnbAAAS3wAADeMAAAvxCAAJ8w4AB/MTAATyGgAC8iIAAPIqAADyNAAA8j8A&#10;APJMAADyXAAA8m0AAPKCAADymAAA860AAPPGAAD05QAA9PYAAPT7AAD0+wAA9PsAh6kAAHmyAABq&#10;ugAAXMIAAE7JAABAzgAAM9MAACjYAAAe3QAAFeEAAA/kAAAK6AAABfMAAAP9AQAA/AgAAPsNAAD7&#10;EQAA+xYAAPweAAD8JgAA/DAAAP08AAD+SQAA/loAAP5tAAD/ggAA/5gAAP+sAAD/wAAA/9gAAP/k&#10;AAD/5AAA/+QAe7IAAGy7AABdxAAAT80AAEDSAAAy2QAAJt4AABviAAAS5gAADOoAAAXtAAAA9AAA&#10;AP8AAAD/AAAA/wAAAP8EAAD/CQAA/w4AAP8SAAD/GAAA/yEAAP8rAAD/NwAA/0YAAP9YAAD/awAA&#10;/4AAAP+VAAD/pgAA/7MAAP+7AAD/uwAA/7sA/xsmAP8cJAD/GiQA/xUnAP8QLQD/CjYA/wVDAP8B&#10;UAH/AF4B/wBrAf8AdgH/AIEA/wCKAP8AkgD/AJoA/wCgAP8ApgD/AKwA/wCyAP8AuQD/AMIA/wDN&#10;AP8A3wD/AOwA/wD4AP8A/wD9AP8A/QD/AP0A/wD9AP8A/QD/AP0A/wD9AP8A/x8jAP8fIQD/HiEA&#10;/xkjAP8TKQD/DjIA/wxAAP8JTQH/B1oB/wRnAf8DcwH/A30B/wOHAf8DjwD/ApYA/wKcAP8CogD/&#10;AqgA/wKvAP8BtgD/Ab4A/wHJAP8B2wD/AOoA/AD2APgA/wD3Av8A9wP/APYE/wD2BP8A9gX/APYF&#10;/wD2Bf8A/yIfAP8iHAD/IRwA/x4fAP8YJAD/FS8A/xI8AP8QSQD/DlYB/wxiAf8LbgH/C3kB/wuC&#10;Af8LiwH/C5IB/wqZAf8KnwD/CqUA/wqrAP8KsgD/CrsA/QrGAPsK1AD3CucA8wr0APAK/wDvC/8A&#10;7gz/AO0M/wHtDP8B7Qz/Ae0M/wHtDP8B/yUbAP8mGAD/JRcA/yEYAP8gIQD/HisA/xo3AP8XRQD/&#10;FFEB/xJeAf8RaQH/EXQB/xF9Af8QhgH9EI4B/BCVAfoQmwH5EKEB9xCoAfYQrwH0ELcA8xDCAPEQ&#10;0ADtEOUA6BHyAOYR/gHkEv8B4xL/AeIS/wHiEv8B4RL/AeES/wHhEv8B/ykWAP8qEwD/KRIA/ycT&#10;AP8oHAD/JycA/yMzAP8gPwD/HUwA/xtYAfwZZAH4GW4B9hh4AfMYgQHxGIkB7xiQAe4YlwHsGJ4B&#10;6hikAekYrAHnGLQB5hi/AeQYzQHgGeMB3BrxAdga/gLUG/8C0hv/AtEb/wLQG/8C0Bv/AtAb/wLQ&#10;G/8C/y0SAP8uDwD/Lg0A/y8QAP8vFwD/LiEA/ywtAP8pOQD5JkYA9CRTAe8iXgHrImkB6CFzAeYh&#10;fAHjIYQB4SGMAeAhkwHeIZoB3CGhAdohqQHYIbEC1SG8AtMiyQLQIt8CzCPwA8gj/QPGJP8DxCT/&#10;A8Mk/wPCJP8DwST/A8Ek/wPBJP8D/zAPAP8yCwD/MwgA/zYNAP82EgD/NRoA/TIlAPQwMgDtLT8A&#10;5yxMAOIrWAHdK2MB2SptAdUqdgLSKn8C0CqGAs4qjgPMKpUDyiqcA8kqowTHKqwExSq2BMMqwwXC&#10;KtUFvivrBbor+Qa4LP8Gtiz/BbUs/wW0LP8FtCz/BbQs/wW0LP8F/zQMAP82BQD/OQMA/zwIAP88&#10;DQD9OxMA8TgdAOg1KQDgNDcA2TNGANE0UgHNM10ByTNnAsYzcAPEMngEwTKABL8yhwW+Mo8GvDKW&#10;Broxnge4MaYHtzGwCLUyvAizMswJsTLlCa0z9QmrM/8JqjP/CKgz/weoM/8HpzP/B6cz/wenM/8H&#10;/zcHAP86AAD/PgAA+kEBAPFBBgDxPw0A5jwSANs6HwDQOzEAyjxAAMQ8TQHAPFgCvDthA7k7agW2&#10;OnIGtDp6B7I5gQiwOYgJrzmQCq04mAqrOKELqTiqDKg4tg2mOMUNpDjeDqE58Q2fOv8Mnjr/C506&#10;/wqcOv8JnDr/CZw6/wmcOv8J/zsCAP8+AAD3RAAA5kcAAN9IAQDaRgYA2UALAM1CGQDFRCsAvkQ7&#10;ALlESAG1Q1MDsUJcBK5CZQarQWwHqUB0CaZAewqkP4MLoz+KDaE+kw6fPpwPnT6lEJs+sRGaPr8R&#10;mD7UEpY/7RGUP/wPk0D/DpJA/wySQf8LkkH/C5JB/wuSQf8L/z0AAP9DAADpSQAA3k4AANNPAADN&#10;TgMAykkIAMJJFAC7SiYAtUs2AK9LQwKrSk4Dp0lXBaRIYAehR2cJnkZvCpxGdgyaRX0OmEWFD5ZE&#10;jhCURJcSkkOhE5BDrBSPQ7oVjUPNFYtE6BWKRfoSiUb/EIlG/w6IRv8NiEb/DYhG/w2IRv8N/0AA&#10;APJHAADjTwAA1FMAAMtVAADEVAAAwFAEALlPEQCyUCIArFEyAKdRPwKiUEoDnk9TBZtOXAiYTWMK&#10;lUxqDJNLcQ2RSnkPjkqAEYxJiRKKSZIUiEicFYZIqBaFSLUXg0jHGIFI5BiBSvcVgEr/EoBL/xCA&#10;S/8PgEv/DoBL/w6AS/8O/0MAAOxLAADdUwAAzlgAAMRaAAC9WgAAuFcBALFUDgCqVh4ApVYuAJ9W&#10;OwGbVUYDl1RQBZNTWAiQUl8KjVFmDItQbQ6IT3QQhk98EoROhROCTo4VgE2ZF35NpBh8TbIZek3D&#10;GnlN3xp4TvQXeE//FHhP/xJ4UP8QeFD/D3hQ/w94UP8P/UYAAOdPAADWVwAAyFwAAL9fAAC3XwAA&#10;sVwAAKpZDACkWhoAnlsqAJlbOAGUWkMDkFlMBYxYVQiJV1wKhlZjDINVag6BVHEQf1N5En1TgRR6&#10;UosWeFKVGHZRoRl0Ua8bc1HAG3FR2xxxUvIZcVP/FXFU/xNyVP8RclT/EHJU/xByVP8Q80gAAONT&#10;AADQWwAAxGAAALpjAACzYwAArGEAAKReCQCdXxcAmF8nAJNfNQGOXkADil1KBYZcUgeDW1kKgFpg&#10;DH1ZZw57WG4QeFh1EnZXfhR0VogXclaTGG9WnxpuVawbbFW9HGtW1R1rVvAaa1f/F2tY/xRsWP8S&#10;bFj/EWxY/xFsWP8R8UsAAN9WAADMXgAAwGQAALdnAACuaAAAp2YAAJ9iBgCYYxQAkmQkAI1jMgGJ&#10;Yj0ChGFHBIFgTwd9X1YJel5dC3ddZA11XGsQc1xzEnBbexRuW4UXbFqQGWpanBtoWaocZlq6HWVa&#10;0R1lWu4bZVv+F2Zb/xVmXP8TZ1z/Emdc/xJnXP8S7U4AANpZAADIYQAAvGcAALNqAACrbAAAomoA&#10;AJlnAgCSZxEAjWchAIhnLwGEZjsCf2VEBHtkTQZ4Y1QJdWJbC3JhYQ1wYWkPbWBwEmtfeRRpX4MX&#10;Zl6OGWRemhtiXqgcYV64HV9ezh1fXuwbYF/9GGFf/xVhX/8TYl//EmJf/xJiX/8S6lEAANRcAADE&#10;ZAAAuWoAALBuAACncAAAnm4AAJRrAACNahAAh2seAINrLAB+azgCempCA3ZpSgZzaFIIcGdZCm1m&#10;YA1rZWcPaGRuEWZkdxRkY4EWYWOMGF9imBpdYqYcW2K2HVpizB1aYuocW2P8GFxj/xZcY/8UXWP/&#10;E11j/xNdY/8T5lUAAM9fAADBaAAAtm4AAKxyAACkdAAAmnMAAI5vAACHbw0Agm8bAH1wKQB5bzUB&#10;dW4/A3JtSAVubFAHa2xXCmlrXgxmamUOZGlsEWFpdRNfaH8WXGiKGFpnlhpYZ6QcVme0HVVnyh1V&#10;Z+gbVmf7GFdn/xZXaP8UWGf/E1hn/xNYZ/8T4VgAAMtjAAC9awAAsnIAAKl2AACgeAAAlncAAIhz&#10;AACBcwsAfHQXAHh0JgB0dDIBcHM9Am1zRgRqck4HZ3FVCWRwXAthcGMOX29qEFxucxJabnwVV22I&#10;F1VslBlTbKMbUWyzHFBsyBxPbOcbUWz6GFFs/xVSbP8UUmz/E1Js/xNSbP8T3FwAAMdnAAC5bwAA&#10;r3YAAKV7AACcfAAAkXwAAIJ4AAB6eQcAdXkUAHJ6IwBuei8Ba3k6Amh5QwNkeEsFYXdSCF93WQpc&#10;dmAMWXVoD1d0cBFUdHoTUnOGFk9zkxhNcqEZTHKxGkpyxhpKcuUaS3L5F0xy/xVMcv8TTXL/Ek1y&#10;/xJNcv8S1GAAAMJrAAC1dAAAq3sAAKJ/AACXgQAAjIEAAHp+AABzfwIAbn8RAGuAHgBogCwAZYA3&#10;AWKAQANff0gEXH5QBll+VwhXfV4LVHxmDVF8bg9Pe3gRTHuDFEp6kRZIep8XRnqvGEV6xBhEeuQY&#10;RXn4FkZ5/xRGeP8SR3j/EUd4/xFHeP8RzWUAAL1wAACxeQAAp4AAAJyEAACShgAAhoYAAHeGAABr&#10;hgAAZocNAGOHGQBgiCcAXogzAVuIPAJYh0UDVodNBFOGVAZQhlsIToVjCkuEbAxJhHYPRoOBEUSD&#10;jxNCg50UQIKuFT+DwhU+guIVP4H3Ez+B/xJAgP8RQID/EECA/xBAgP8QxmsAALd2AACsfwAAooUA&#10;AJeJAACMiwAAgY0AAHOOAABljwAAXY8JAFqQFABYkCEAVpEtAFOQOAFRkEECTpBJA0yQUARKj1gF&#10;R49gB0WOaQlCjnMLQI1/DT6NjQ88jZwQOo2sETmNwRE4jeEQOIv2EDiK/w85if8POYn/DjmJ/w45&#10;if8Ov3IAALJ9AACnhgAAnIoAAJGOAACGkQAAepMAAG2VAABflwAAVJkBAE+ZDwBOmhoATJonAEqa&#10;MgBImjwBRppEAUSaTAJCmlQDQJlcBD6ZZgU7mXAHOZh8CDeYigo1mJoLM5irCzKYvwwymN8LMZb1&#10;CzGV/wsxlP8LMZP/CzGT/wsxk/8LuHoAAKyFAAChiwAAlpAAAIuUAAB/lwAAcpsAAGadAABaoAAA&#10;TqIAAEWkCQBCpBMAQKQfAD+kKgA+pTQAPKU+ADulRwE5pU8BN6VYAjWlYQIzpWwDMaV5BC+khwUt&#10;pJcGLKSpBiukvQYqpN4GKqL1Bymh/wcpoP8IKZ//CCmf/wgpn/8IsYIAAKWLAACakQAAkJYAAIOa&#10;AAB2nwAAaqIAAF6mAABSqQAARqsAADytAAA1rwwAM7AVADKwIQAxsCsAL7A1AC6xPgAtsUgALLFR&#10;ACuxWwApsWcBJ7F0ASaxgwEksZQCI7GmAiKyuwIhstsCIa/zAyCu/wMgrf8EH6z/BB+s/wQfrP8E&#10;qosAAJ2RAACTlwAAh5wAAHqiAABtpwAAYKsAAFWvAABJsQAAPrQAADO3AAAqugMAJLwNACK9FQAh&#10;vSAAIb0qACC9MwAfvj0AHr5HAB2+UgAcv14AGr9sABm/fAAYv44AF8ChABbAtgAUwNMAFb7xABW8&#10;/wEVu/8BFLr/AhS6/wIUuv8CoZIAAJaYAACKngAAfaQAAG+qAABirwAAVrQAAEq3AAA+ugAAM70A&#10;ACrAAAAhxAAAGccFABPLCwARzBIAEcwbABDMJQAPzS8ADs06AA7NRgANzVIADc5gAAzOcAALzoMA&#10;Cs6XAAnOrAAIzsYACM7oAAjN+wAJy/8ACcv/AAnL/wAJy/8AmJgAAI2eAAB/pQAAcawAAGSzAABX&#10;uQAASr0AAD7AAAAywwAAKMYAAB/KAAAXzQAAEdEAAAzWBQAI2QwABtkSAAXaGwAE2iQAA9suAAHb&#10;OQAA3EUAAN1SAADeYgAA3nMAAN6IAADfnQAA37MAAN/OAADg7gAA3/oAAN//AADf/wAA3/8Aj58A&#10;AIGmAABzrgAAZbUAAFi9AABKwgAAPcUAADHJAAAmzAAAHdAAABTUAAAO2QAACd0AAAPhAAAA4wcA&#10;AOMNAADkEgAA5RkAAOYiAADnKwAA6TYAAOtDAADsUgAA7GIAAO12AADujAAA7qEAAO+3AADv0QAA&#10;7+sAAPD2AADw9gAA8PYAhKcAAHWvAABntwAAWb8AAEvGAAA8ygAAL84AACTSAAAa2AAAEtwAAAzg&#10;AAAF4wAAAOcAAADrAAAA6wAAAO0FAADuCwAA8BAAAPEVAADzHgAA9CcAAPczAAD5QAAA+lEAAPtj&#10;AAD8dwAA/Y0AAP2jAAD+tgAA/skAAP/fAAD/3wAA/98Ad7AAAGi5AABawQAATMoAADzPAAAu1AAA&#10;ItoAABfeAAAQ4gAACeYAAADpAAAA7AAAAPAAAAD2AAAA9gAAAPcAAAD4AAAA+gcAAPsNAAD9EQAA&#10;/xkAAP8jAAD/LwAA/z4AAP9PAAD/YgAA/3cAAP+NAAD/nwAA/64AAP+6AAD/ugAA/7oA/xYjAP8V&#10;IQD/EiEA/w4kAP8GKgD/ADMA/wBBAP8ATgD/AFwA/wBoAP8AdAD/AH4A/wCHAP8AjwD/AJYA/wCc&#10;AP8AogD/AKgA/wCuAP8AtQD/AL0A/wDHAP8A1gD/AOcA/gDzAP4A/gD9AP8A/AD/APsA/wD7AP8A&#10;+wD/APsA/wD7AP8A/xogAP8ZHgD/Fh4A/xAgAP8KJQD/BDAA/wA9AP8ASwD/AFgA/wBkAP8AcAD/&#10;AHoA/wCDAP8AiwD/AJIA/wCYAP8AngD/AKQA/wCqAP8AsQD9ALkA+wDDAPoA0AD4AOMA9wDxAPYA&#10;/AD0AP8A9AD/APMA/wDzAP8A8wD/APMA/wDzAP8A/x0cAP8cGQD/GRkA/xQbAP8O/+L/4klDQ19Q&#10;Uk9GSUxFAAgJIQD/DCwA/wk5AP8FRgD/AlMA/wBfAP8AawD/AHUA/wB+AP8AhgD/AI4A/wCUAP4A&#10;mwD8AKEA+gCnAPgArgD1ALUA8wC/APEAywDwAN8A7gDuAOwA+QDrAP8A6gD/AOoB/wDpAf8A6QH/&#10;AOkB/wDpAf8A/yAXAP8fFAD/HBMA/xcVAP8WHQD/EygA/xA0AP8NQQD/DE4A/wlaAP8IZgD/CHAA&#10;/gd5APwHgQD6B4kA+AeQAPYGlgDzBp0A8QajAO8GqgDtBrIA6ga7AOgGyADmBtwA5AbsAOII+gDg&#10;Cv8A3gv/AN0L/wDdDP8A3Az/ANwM/wDcDP8A/yMSAP8jEAD/IQ4A/x4QAP8eGAD/HCMA/xgvAP8U&#10;OwD/EkkA/BBVAPgPYAD0D2oA8Q90AO8OfADtDoQA6w6LAOkOkgDnDpkA5g6gAOQOpwDiDq8A4A64&#10;AN4OxQDcDtoA1hDsANIR+gDPEv8AzRL/AcwS/wHLE/8ByhP/AcoS/wHKEv8B/ycPAP8nDAD/JQkA&#10;/yYNAP8lEwD/IxwA/yAoAPscNQD1GkIA7xhPAOoXWgDmFmUA4xZuAOAWdwDeFn8A3BaHANkWjgDW&#10;FpUA1BacANIXowDQF6sAzhi1AMwYwQDLGNIAxxroAcMb+AHAG/8Bvhz/Ab0c/wK8HP8CvBv/Arwb&#10;/wK8G/8C/ysMAP8rBQD/KwMA/y0JAP8sDgD/KRUA9yYgAO4jLQDnIToA4R9IANsfVADVIF8A0SBo&#10;AM4gcQDMIXkAyiGBAcghiAHGIY8BxCGWAcMhngHBIqYBvyKvAb0iuwK8I8oCuSPjArUk9AKzJP8D&#10;sST/A68k/wOvJP8DriT/A64k/wOuJP8D/y8GAP8vAAD/MgAA/zMCAPkyCAD3Lw4A6ysWAOEnIgDY&#10;JzIA0ClBAMsqTgDGKlkAwypiAcAqawG9KnMBuyp6ArkqggK4KokCtiqQArQqmAOzKqEDsSqqA68r&#10;tQSuK8QErCvbBKgs7wSmLP4FpCz/BKMt/wSiLf8Eoiz/BKIs/wSiLP8E/zIAAP8zAAD5OAAA6TkA&#10;AOI5AADeNQcA3i4NANEvGwDJMSwAwzM7AL0zSAC5NFMBtjNcAbMzZQKwM20CrjN0A6wyewOrMoME&#10;qTKKBKcykwWlMpsGpDKlBqIysAegMr4HnzLRB5wz6geaM/sHmDT/B5c0/waWNP8GljT/BZY0/wWW&#10;NP8F/zUAAP84AADqPgAA30IAANVCAADPPwMAzTgIAMU4FQC9OiYAtzs2ALI8QwCuPE4BqjtXAqc7&#10;YAOlOmcDozpvBKE6dgWfOX0GnTmFB5s5jQeZOJYImDigCZY4qwqUOLgKkznKC5E55QuPOvcKjTr/&#10;CYw7/wiMO/8HjDv/B4w7/weMO/8H/zgAAPE+AADjRQAA1EkAAMtKAADFRwAAwUEEALo/EQCzQSEA&#10;rUIxAKhDPgCkQ0kBoEJTAp1BWwObQWIEmEBqBZZAcQaUP3gHkj9/CJA/iAqPPpELjT6bDIs+pg2J&#10;PrMNiD7EDoY/4A6EP/QNg0D/C4NA/wqCQP8JgkH/CIJB/wiCQf8I/zwAAOtDAADcSgAAzE8AAMNQ&#10;AAC8TgAAt0kBALFGDgCqSBwApEksAKBJOgCbSUUBmEhOApRHVwOSR14Fj0ZlBo1GbAeLRXMJiUV7&#10;CodEgwuFRI0Mg0SXDoFDog9/Q68QfkPAEHxE2hF7RPEPekX/DXpG/wt6Rv8Kekb/CXpG/wl6Rv8J&#10;9T4AAOZIAADTTwAAx1QAAL1VAAC2VAAAsFAAAKlMCwCiTRgAnU4oAJhONgCUTkEBkE1LAo1NUwSK&#10;TFoFh0thBoVLaAiDSm8JgEp3C35Jfwx8SYkOekiTD3hInxB3SKwSdUi8EnRJ0hNzSe4Rckr/D3JK&#10;/w1ySv8Lckr/C3JK/wpySv8K8kIAAOBMAADOUwAAwVgAALhaAACwWQAAqVYAAKJSBwCbUhUAllMk&#10;AJFTMgCNUz4BiVJHAoZRUASDUVcFgFBeBn5PZQh7T2wJeU5zC3dOew11TYUOc02QEHFNnBJvTakT&#10;bk25FGxNzhRsTesTbE79EGxP/w5sT/8MbE//C2xP/wtsT/8L7kUAANxQAADJVwAAvVwAALReAACs&#10;XgAApFsAAJxWBACVVhIAkFchAItYLwCHVzsBg1ZEAn9WTQN8VVQFelRbBndUYgh1U2gJc1NwC3FS&#10;eA1vUoIPbVGNEWtRmRJpUaYUZ1G2FWZRyxVlUukUZVL7EWZT/w9mU/8NZlP/DGZT/wxmU/8M6kkA&#10;ANVTAADFWgAAul8AALBiAACoYgAAn18AAJZaAACPWhAAilseAIVbLACBWzgBfVtBAnpaSgN3WVEE&#10;dFhYBnFYXwdvV2YJbVdtC2tWdg1pVn8PZ1WKEWVVlxNjVaQUYVW0FWBVyBZfVecVYFb6EmBW/w9h&#10;V/8OYVf/DWFX/wxhV/8M50wAANFWAADBXgAAtmMAAK1mAACkZgAAm2QAAJBeAACJXg4AhF8bAIBf&#10;KQB8XzUBeF8/AnReRwNxXU8Eb1xWBWxcXAdqW2MJaFtrC2Zacw1kWn0PYlqIEV9ZlBNeWaIUXFmy&#10;FVtZxhZaWeUVW1r5Elta/xBcWv8OXFr/DVxa/w1cWv8N408AAM1ZAAC+YQAAs2YAAKlpAACgagAA&#10;l2gAAItiAACDYgwAfmMYAHpjJgB2YzIAc2M8AW9iRQJsYUwEamFUBWdgWgdlYGEIY19pCmFfcQxf&#10;XnsOXV6GEVpekxJYXaAUV12wFVZexBZVXuMVVl73ElZe/xBXXv8OV17/DVde/w1XXv8N3lMAAMhd&#10;AAC7ZAAAsGoAAKZtAACdbgAAk20AAIVnAAB+ZwkAeGcVAHRnIwBxaC8Abmc5AWtnQgJoZkoDZWZS&#10;BWNlWAZgZV8IXmRnClxkbwxaY3kOWGOEEFVikRJTYp8TUmKuFVFiwhVQYuEVUWL2ElFi/xBSYv8O&#10;UmL/DVJi/w1SYv8N2VYAAMRgAAC3aAAArG4AAKNxAACacwAAj3EAAH9rAAB4awUAcmsSAG5sHwBr&#10;bCwAaGw3AWZsQAJja0gDYGtPBF5qVgZcal0HWWllCVdpbQtVaXcNU2iCD1BojxFOZ50TTWesFEto&#10;wBRLaN4US2f1Ekxn/w9MZ/8OTWf/DU1n/w1NZ/8N0loAAMBkAACzbAAAqXIAAKB2AACWdwAAinYA&#10;AHlxAABxcQAAa3EPAGhxHABmcigAY3I0AGByPQFeckUCW3FNA1lxVAVXcFsGVHBjCFJvawpQb3QM&#10;TW6ADktujRBJbpsRR22rEkZuvhNFbtwSRm30EUZt/w9Hbf8OR2z/DUds/w1HbP8NzF8AALxpAACw&#10;cQAApXcAAJx7AACRfAAAhnsAAHV4AABrdwAAZXcMAGF4FwBfeCQAXXkwAFp5OgFYeUICVnhKAlN4&#10;UQRRd1gFT3dgB0x2aAhKdnIKSHV9DEV1ig5DdZkPQnWpEEB1vBBAddkQQHTzD0B0/w5Bc/8NQXP/&#10;DEFz/wxBc/8MxmQAALduAACrdgAAonwAAJd/AACMgQAAgYEAAHKAAABlfwAAXX8IAFl/EwBXgCAA&#10;VYArAFOBNgBRgD4BT4BGAk2ATgJLf1UDSX9dBUZ/ZgZEfnAIQn57CT9+iAs9fZcMPH2nDTp9ug46&#10;ftYNOnzxDTp7/ww6e/8LOnr/Czp6/ws6ev8LwGkAALJ0AACnfAAAnYEAAJKEAACHhgAAe4cAAG6H&#10;AABghwAAVYcBAFCIDgBOiBoATYkmAEuJMABJiToASIlCAUaJSgFEiVICQolaA0CIYwQ9iG0FO4h4&#10;BjmHhgg3h5UJNYemCjSHuQozh9MKM4bwCTOF/wkzhP8JM4P/CTOD/wkzg/8JuXAAAK16AACiggAA&#10;l4cAAI2KAACBjAAAdY4AAGiPAABakAAAT5EAAEeSCgBEkhMAQ5MfAEGTKgBAkzQAP5M9AD2TRQA7&#10;k00BOpNWATiTXwI2k2kDNJN1AzKSgwQwkpMFLpKkBi2StwYsktEGLJHvBiuP/wYrjv8GK43/ByuN&#10;/wcrjf8Hs3gAAKeCAACciAAAkYwAAIeQAAB6kwAAbZUAAGGXAABVmQAASZsAAD+cAQA5nQ4AN50X&#10;ADaeIgA0niwAM541ADKePgAxnkcAMJ9QAC6fWgAtn2QBK59xASmefwInnpACJp6hAiSetQIjns4C&#10;I53uAyOb/gMimv8EIpn/BCKZ/wQimf8ErIEAAKCIAACVjgAAi5IAAH+WAABymgAAZZ0AAFmgAABO&#10;owAAQqQAADemAAAuqAUAKakPACipGAAnqiIAJqosACWqNQAkqj8AI6pIACKrUwAhq14AIKtqAB6r&#10;eQAdq4sAG6udABqrsQAZq8oAGarsARmo/QEYp/8CGKb/Ahim/wIYpv8CpYkAAJmPAACPlAAAg5kA&#10;AHWeAABoogAAXKYAAFCpAABErAAAOa4AAC+wAAAmswAAHrUGABm3DwAYtxcAF7chABa3KgAVtzQA&#10;FLg+ABO4SQASuFQAErliABG5cQAQuYMAD7mXAA65rAANucQADbjnAA62+wAOtf8ADrT/AA60/wAO&#10;tP8AnJAAAJKVAACGmwAAeaAAAGumAABeqwAAUq8AAEayAAA6tQAAL7cAACW6AAAdvQAAFcAAABDD&#10;BgALxg4ACsUVAAnFHgAIxSgAB8UyAAbGPQAFxkkABcZXAAPGZgACxncAAcaLAADGoAAAxbYAAMbS&#10;AADF7wAAxfwAAMX/AADF/wAAxf8AlZYAAImcAAB7owAAbakAAGCvAABTtAAARrgAADq7AAAuvgAA&#10;JMEAABvEAAATxwAADsoAAAjOAQAB0AoAANAQAADQFgAA0R4AANInAADTMQAA1DwAANVJAADWWAAA&#10;1mkAANZ8AADWkgAA1qcAANa/AADW4AAA1vMAANb+AADW/wAA1v8AjJ0AAH6kAABvqwAAYbIAAFS5&#10;AABGvQAAOcEAAC3EAAAixwAAGcsAABHOAAAM0gAABdUAAADbAAAA3AMAAN0KAADeDwAA3xQAAOEc&#10;AADiJAAA5C4AAOY6AADnSQAA6FkAAOhrAADpgQAA6ZgAAOmtAADpxQAA6eIAAOnyAADp9QAA6fUA&#10;gKUAAHGtAABjtQAAVbwAAEfCAAA5xgAALMoAACDOAAAW0gAAD9YAAAjbAAAA3wAAAOMAAADlAAAA&#10;5wAAAOgBAADqBwAA6w0AAO0RAADvGAAA8SEAAPMrAAD2OAAA90gAAPhaAAD5bQAA+oQAAPqbAAD6&#10;rwAA+sIAAPraAAD63wAA+t8AdK4AAGW2AABWvgAASMYAADnLAAAr0AAAH9QAABTaAAAN3wAABeMA&#10;AADmAAAA6QAAAO0AAADvAAAA8QAAAPMAAAD1AAAA9gIAAPgJAAD6DgAA/RMAAP8cAAD/KAAA/zYA&#10;AP9HAAD/WgAA/24AAP+FAAD/mgAA/6sAAP+5AAD/vAAA/7wA/xEgAP8QHgD/DB4A/wQhAP8AJwD/&#10;ADAA/wA+AP8ATAD/AFkA/wBlAP8AcAD/AHoA/wCDAP8AiwD/AJIA/wCYAP8AngD/AKQA/wCqAP8A&#10;sAD/ALgA/wDCAP8AzgD/AOIA/gDwAP0A+wD7AP8A+wD/APsA/wD6AP8A+gD/APoA/wD6AP8A/xQc&#10;AP8SGgD/DhoA/wgcAP8AIQD/AC0A/wA6AP8ASAD/AFUA/wBhAP8AbAD/AHYA/wB/AP8AhwD/AI4A&#10;/wCUAP8AmgD+AKAA/QCmAPwArAD7ALQA+QC9APgAyQD3ANwA9QDsAPMA+ADzAP8A8gD/APEA/wDw&#10;AP8A8AD/APAA/wDwAP8A/xcYAP8VFgD/ERUA/wwXAP8FHQD/ACgA/wA2AP8AQwD/AFAA/wBcAP8A&#10;ZwD/AHEA/wB6APwAggD6AIkA+ACQAPcAlgD1AJwA9ACiAPMAqADxALAA8AC4AO4AwwDsANMA6gDn&#10;AOkA9QDnAP8A5gD/AOUA/wDlAP8A5QD/AOUA/wDlAP8A/xoTAP8YEQD/FBAA/w8RAP8NGQD/CiQA&#10;/wUwAP8BPgD/AEsA/wBXAP4AYgD6AGwA9QB1APIAfQDwAIQA7gCLAOwAkQDrAJcA6QCeAOcApADm&#10;AKwA5AC0AOIAvwDgAM0A3gDjANwA8gDaAP0A2AD/ANYA/wDVAf8A1QH/ANUC/wDVAv8A/x4QAP8c&#10;DQD/FwsA/xUOAP8UFQD/ER8A/w4qAP8LOAD9CEUA+AZRAPQEXADuBGYA6gRvAOYDdwDkBH8A4gSG&#10;AOAEjADeBJMA3QWaANsFoADYBagA1QWxANIFuwDQBskAzgfgAMwI8QDJCv8Axwv/AMYM/wDFDP8A&#10;xQz/AMUM/wDFDP8A/yEMAP8gBgD/HAMA/x0KAP8bEAD/GBgA/xQjAPYRMADvDj4A6g5KAOUNVgDh&#10;DWAA3Q1pANkNcQDVDXkA0w2BANENiADPDY8AzQ6WAMsOnQDKDqUAyA6uAMYPuQDEEMgAwhDfAL4R&#10;8gC7Ev8AuRP/ALcT/wG2E/8BthP/AbYT/wG2E/8B/yUGAP8jAAD/IwAA/yQDAP8hCgD9HREA8Rob&#10;AOgWJwDhFDUA2hNDANMUTwDOFVkAyxVjAMgWawDFFnMAwxd7AMEXggDAGIkAvhiQALwYmAC7GaAA&#10;uRmpALcZtAC1GsIAtBrWALAb7QGtHPwBqx3/Aakd/wGpHf8BqB3/Aagd/wGoHf8B/ygAAP8nAAD+&#10;KgAA7yoAAOcnAQDnIgkA5B0QANkbHQDPHS0AyR48AMQgSQC/IFMAvCFdALkhZQC3Im0AtSJ0ALMi&#10;fACxIoMBsCKKAa4ikgGsI5sBqyOkAakjrwGnI7wBpiTOAaMk6AKgJfkCniX/Ap0l/wKcJf8CmyX/&#10;Apsl/wKbJf8C/ywAAP8tAADtMgAA4jQAANozAADTLgMA0iUKAMklFwDBJycAuyk2ALYqQwCyK04A&#10;rytXAKwrYACqK2cBqCtvAaYrdgGkK30BoyuEAqErjQKfK5UCniufApwrqgOaK7YDmSzHA5cs4gOU&#10;LfUEki3/A5Et/wOQLv8DkC3/A5At/wOQLf8D/zAAAPIzAADkOgAA1j0AAMw8AADHOQAAwzEFAL0u&#10;EQC1MCEAsDIwAKszPQCnM0kApDNSAKEzWgGfM2IBnDNpApozcAKZM3cClzJ/A5UyhwOTMpAEkjKa&#10;BJAypQWOMrEFjTPCBosz3AaJNPIGhzT/BYY0/wWGNP8EhTT/BIU0/wSFNP8E/DMAAOs6AADcQQAA&#10;zUQAAMNEAAC9QQAAuDsBALI3DgCrOBwApTkrAKE6OACdO0QAmjtNAZc6VgGUOl0CkjpkApA6awOO&#10;OXIDjDl6BIo5ggWJOYsFhzmVBoU5oAeDOa0Hgjm8CIE50wh/Ou4IfTr+B3w7/wZ8O/8FfDv/BXw7&#10;/wV8O/8F9DcAAOVAAADSRwAAxUoAALxLAAC1SQAAr0MAAKk+CwCiPxcAnUAmAJhBNACUQT8AkUFJ&#10;AY5BUQGLQFkCiUBgA4dAZwOFP20Egz91BYE/fQZ/PocHfT6RCHs+nAl6PqkJeD64Cnc/zQp1P+oK&#10;dED8CHRA/wd0QP8Gc0D/BnNA/wZzQP8G8TsAAN9FAADMTAAAv08AALZQAACuTwAAp0oAAKBEBwCa&#10;RRQAlUYiAJBGMACMRzwAiUZFAYZGTgGDRlUCgUVcA35FYwR8RGoEekRxBXlEeQZ3RIIIdUONCXND&#10;mQpxQ6YLcEO1DG5EyQxtROcMbUX6CmxF/whsRf8HbEX/B2xF/wdsRf8H7D8AANhJAADHUAAAu1QA&#10;ALFVAACpVAAAoVAAAJlKAgCSSREAjUofAIlLLACFTDgAgktCAX9LSgF8SlICeUpYA3dKXwR1SWYF&#10;c0ltBnFJdgdvSH8IbUiKCWxIlgtqSKMMaEiyDWdIxQ1mSeQNZkn4C2ZJ/wlmSv8IZkn/B2ZJ/wdm&#10;Sf8H6EMAANJNAADCUwAAt1gAAK1ZAACkWAAAnFUAAJNOAACMTg4Ah08bAIJPKQB/UDUAe1A/AXhP&#10;RwF2T08Cc05VA3FOXARvTWMFbU1qBmtNcgdpTXwIZ0yHCmVMkwtjTKANYkyvDmFNwg5gTeEOYE32&#10;DGBO/wpgTv8JYE7/CGBO/whgTv8I40cAAM1QAAC+VwAAs1sAAKpdAAChXQAAmFoAAI1TAACGUgwA&#10;gFMYAHxTJQB5VDEAdVQ8AHNTRAFwU0wCbVJTAmtSWQNpUmAEZ1FoBmVRcAdjUXkIYVGECmBQkQxe&#10;UJ4NXFCtDltRwA5aUd4PWlH1DFpS/wpbUv8JW1H/CFtR/whbUf8I30oAAMlTAAC7WgAAsF8AAKZh&#10;AACdYQAAlF4AAIhXAACAVgoAelcVAHZXIgBzWC4AcFc5AG1XQQFqV0kCaFZQAmZWVwNkVl4EYlVl&#10;BWBVbQdeVXcIXFWCClpVjgxZVZwNV1WrDlZVvg9VVdsPVVXzDVVV/wtWVf8JVlX/CVZV/whWVf8I&#10;200AAMVXAAC4XgAArWIAAKNlAACaZQAAkGMAAINcAAB7WwYAdVsSAHFbHwBuXCsAa1w2AGhbPwFl&#10;W0cBY1tOAmFaVQNfWlwEXVpjBVtaawZZWXUIV1mAClVZjAtUWZoNUlmqDlFZvA5QWdgOUFnyDVFZ&#10;/wtRWf8KUVn/CVFZ/whRWf8I1FEAAMJaAAC0YQAAqmYAAKBoAACXaQAAjGcAAH1gAAB1XwMAb18Q&#10;AGtfHABoYCgAZmAzAGNgPAFhYEQBX19MAlxfUwNbX1oEWV9hBVdeaQZVXnMIU15+CVFdigtPXZkM&#10;TV2oDUxeug5LXtQOS17xDExe/wtMXf8KTF3/CUxd/whMXf8Iz1QAAL5eAACxZQAAp2oAAJ1tAACU&#10;bQAAiWwAAHhlAABvZAAAaWQOAGVkGQBiZCUAYGUwAF5lOgBcZUIBWmVKAlhkUQJWZFgDVGRfBFJk&#10;ZwVQY3EHTmN7CUxjiApKY5cLSGOmDEdjuA1GY9ENRmPvDEZi/wpHYv8JR2L/CUdi/whHYv8IylgA&#10;ALpiAACuaQAAo24AAJpxAACQcgAAhHEAAHRrAABpaQAAY2kLAF9pFQBcaiEAWmotAFhrNgBWaz8B&#10;VWtHAVNqTgJRalUDT2pdBE1qZQVKaW4GSGl5B0ZphglEaZUKQ2ilC0FptwxAac8MQGjuC0Fo/wpB&#10;Z/8JQWf/CEJn/whCZ/8IxV0AALZmAACqbQAAoHMAAJZ2AACLdwAAgHYAAHByAABlcQAAXHAHAFhw&#10;EQBWcB0AVHEoAFJxMwBQcTwAT3JEAU1xSwFLcVMCSXFaA0dxYgRFcGwFQ3B3BkFwhAc/cJMIPW+j&#10;CTtwtQo7cM0KOm/sCTtu/gg7bv8IO23/Bztt/wc7bf8Hv2IAALFrAACmcwAAnXkAAJJ7AACHfAAA&#10;e3wAAG16AABgeAAAVncBAFB3DgBOeBgATHgkAEt5LgBJeTcASHlAAEZ5SAFEeU8BQnlXAkF5YAI/&#10;eGkDPHh0BDp4ggU4eJEGN3ihBzV4swc0eMsHNHfrBzR2/Qc0df8HNXX/BjV0/wY1dP8GuWgAAK1x&#10;AACieQAAmH4AAI2AAACCgQAAdoIAAGmBAABbgQAAUYEAAEiACgBFgRMAQ4EeAEKCKQBBgjIAQII7&#10;AD6CQwA9gksAO4JTATmCXAE3gmYCNYJxAzOCfwMxgY4EMIGfBC6BsQUtgcgFLYHpBC1//AUtfv8F&#10;LX3/BS19/wUtff8Fs24AAKh4AACdfwAAkoMAAIiGAAB9hwAAcIgAAGOJAABVigAAS4oAAEGKAgA7&#10;iw4AOYsXADiMIgA3jCwANow1ADSMPQAzjEYAMo1PADGNWAAvjWIBLYxuASuMewEqjIsCKIycAiaM&#10;rwIljMYCJYvoAiWK+wMliP8DJYj/AyWH/wMlh/8DrXYAAKOAAACXhQAAjYkAAIKMAAB2jgAAaZAA&#10;AFySAABQkwAARJQAADqVAAAxlggALZcRACyXGgArlyQAKpctACmXNgAomD8AJ5hIACaYUgAlmFwA&#10;I5hoACKYdwAgmIcAH5iZAR2YrAEcmMMBHJflARyV+gEblP8BG5P/AhuT/wIbk/8Cp38AAJyGAACR&#10;iwAAh48AAHqSAABtlQAAYZgAAFWbAABJnQAAPZ4AADOfAAAqoQAAIaMKAB+jEQAeoxoAHaQkAByk&#10;LQAbpDYAGqQ/ABmkSgAYpFUAFqVhABWlcAAUpYEAE6WUABKlqAARpb8AEKTiABGi+AARof8AEaD/&#10;ARGg/wERoP8BoIYAAJWMAACMkQAAf5UAAHGaAABkngAAWKEAAEykAABApgAANacAACqpAAAirAAA&#10;Ga4AABKwCQAQsRAAELEYAA6xIgAOsSsADbE1AA2xQAAMsUsAC7FYAAqxZwAIsXgAB7GLAAWxoAAE&#10;sLUABLDQAASw7wAFr/4ABq7/AAau/wAGrv8AmI4AAI+TAACCmAAAdZ0AAGeiAABapwAATqsAAEGt&#10;AAA1rwAAK7EAACG0AAAYtgAAEbkAAA28AwAHvgwAA70SAAG9GQAAviIAAL4rAAC+NgAAvkEAAL9O&#10;AAC/XAAAv20AAL+AAAC+lQAAvqoAAL7CAAC95AAAvfYAAL3/AAC9/wAAvf8AkpQAAIWaAAB4oAAA&#10;aqYAAFyrAABPsAAAQrMAADW2AAAquAAAILsAABe+AAAQwQAAC8QAAATHAAAAyQcAAMkNAADJEgAA&#10;yhkAAMsiAADLKwAAzTUAAM5BAADOUAAAz2AAAM9yAADPhwAAz50AAM+zAADPzgAAz+sAAM74AADO&#10;/gAAzv4AiJsAAHqiAABsqAAAXq8AAFC1AABCuQAANbwAACm/AAAewgAAFcYAAA7JAAAIzAAAANAA&#10;AADTAAAA1QAAANYGAADYDAAA2REAANsWAADcHwAA3igAAOA0AADiQQAA4lEAAONjAADjdwAA5I4A&#10;AOSkAADkugAA5dQAAOXqAADl8wAA5fMAfKMAAG6qAABgsgAAUbkAAEO+AAA1wgAAKMYAABzJAAAT&#10;zQAADNEAAATVAAAA2gAAAN4AAADhAAAA4gAAAOQAAADlAwAA5wkAAOkOAADrEgAA7RoAAO8kAADy&#10;MQAA9EEAAPRTAAD1ZgAA9XwAAPaTAAD2qQAA97wAAPfOAAD33wAA998AcKwAAGG0AABTuwAARcMA&#10;ADbHAAAnzAAAG9AAABHVAAAK2wAAAN8AAADiAAAA5QAAAOkAAADsAAAA7QAAAPAAAADxAAAA8wAA&#10;APUEAAD3CgAA+hAAAPwWAAD/IQAA/y4AAP9AAAD/UwAA/2gAAP+AAAD/lgAA/6gAAP+2AAD/vwAA&#10;/78A/w0cAP8KGwD/AhsA/wAeAP8AJAD/AC4A/wA8AP8ASgD/AFYA/wBjAP8AbQD/AHcA/wB/AP8A&#10;hwD/AI4A/wCUAP8AmgD/AKAA/wCmAP8ArAD/ALQA/wC9AP8AyQD+AN0A/QDtAPwA+gD7AP8A+gD/&#10;APkA/wD6AP8A+gD/APoA/wD6AP8A/xAZAP8NFwD/BhYA/wAYAP8AHgD/ACoA/wA3AP8ARQD/AFIA&#10;/wBeAP8AaQD/AHIA/wB7AP8AggD/AIkA/wCQAP4AlgD9AJwA/AChAPsAqAD5AK8A+AC4APYAwwD0&#10;ANIA8wDnAPIA9gDwAP8A7wD/APAA/wDvAP8A7wD/AO4A/wDuAP8A/xIUAP8PEgD/CxIA/wASAP8A&#10;GgD/ACUA/wAzAP8AQAD/AE0A/wBZAP8AZAD9AG0A+wB2APkAfQD3AIQA9QCLAPQAkQDzAJcA8QCd&#10;APAAowDuAKoA7ACzAOoAvQDoAMsA5wDhAOUA8QDjAP0A4wD/AOIA/wDhAP8A4QD/AOAA/wDgAP8A&#10;/xQQAP8RDgD/DQ0A/wcPAP8CFQD/ACAA/wAtAP8AOgD/AEcA+QBTAPUAXgDyAGgA8ABwAO0AeADr&#10;AH8A6QCFAOgAjADmAJIA5QCYAOMAnwDhAKYA3wCuANwAuADaAMUA1gDZANQA7ADSAPkA0QD/AM8A&#10;/wDOAP8AzgD/AM4A/wDOAP8A/xcMAP8UCAD/DwUA/w4LAP8MEQD/BxoA/wEmAPwANAD0AEEA7QBN&#10;AOkAWADmAGIA4wBqAOAAcgDeAHkA2wCAANkAhgDWAI0A0wCTANEAmgDPAKEAzQCqAMsAswDJAL8A&#10;xgDQAMUA6ADDAPYAwQD/AMAC/wC/A/8AvwP/AL8D/wC/A/8A/xsGAP8XAAD/FAAA/xMFAP8RDQD/&#10;DhQA+QofAPAGLADmAzkA4ANGANwDUQDWBFsA0gRkAM8FbADMBXMAygV6AMgFgQDGBYcAxQaOAMMG&#10;lgDBBp0AvwamAL0GsAC7B7wAuQjNALgK5QC1C/cAsw3/ALEN/wCwDf8AsA7/AK8O/wCvDv8A/x4A&#10;AP8bAAD/GwAA+hoAAPUWBQD2EQ0A6w4VAOILIgDYCzEA0Aw+AMsNSgDHDVUAxA5eAMEOZgC/Dm0A&#10;vQ50ALsPewC5D4IAtxCKALYQkQC0EJoAshCjALARrQCvEboArRHKAKoS5QCnFPcApRX/AKMV/wCi&#10;Ff8AohX/AKIV/wCiFf8A/yIAAP8gAADwIwAA5iQAAOAhAADcGQUA2xAMANARGQDIEykAwhU3AL0W&#10;RAC5F04AtRdXALMYYACwGGcArhhuAKwZdQCrGXwAqRmEAKgajACmGpQApBqeAKMbqAChG7QAnxzF&#10;AJ4c3wCaHfMBmB7/AZce/wGWH/8BlR//AZUf/wGVH/8B/yYAAPQnAADmLQAA2i8AAM8tAADKJwAA&#10;xx8IAMEcEwC6HiIAtB8xAK8gPQCrIUgAqCJSAKYiWgCjI2IAoSNpAKAjbwCeI3cAnCN+AJsjhgCZ&#10;JI8BlySZAZYkowGUJLABkiW/AZEl1gGOJu8BjCf/Aosn/wKKJ/8CiSf/Aokn/wGJJ/8B+ikAAOww&#10;AADdNgAAzTgAAMQ3AAC+MgAAuisCALUlDgCuJx0AqCkrAKQqOACgKkMAnStMAJorVQCYK1wAlitj&#10;AJQragGSK3EBkCx4AY8sgQGNLIoBiyyUAoosnwKILKsChiy6AoUtzgODLuoDgS78A4Au/wJ/Lv8C&#10;fy7/An4u/wJ+Lv8C9C4AAOQ3AADSPQAAxT8AALs/AAC0PAAArzUAAKkvCwCjLxcAnjEmAJkyMwCW&#10;Mj4AkjNIAJAzUACNM1gAizNeAYkzZQGHM2wBhjNzAYQzfAKCM4UCgDOPA38zmgN9M6cDfDO1BHoz&#10;yQR5NOYEdzX5BHY1/wN1Nf8DdTX/A3U1/wN1Nf8D8DMAAN09AADKQwAAvkUAALVGAACtQwAApj0A&#10;AKA2BgCZNhMAlDghAJA5LgCMOTkAiTlDAIc5TACEOVMBgjlaAYA5YQF+OWgCfDlvAno5dwJ5OYAD&#10;dzmLBHU5lgR0OaMFcjmxBXE5xAZvOuIGbjr3BW47/wRtO/8EbTv/A206/wNtOv8D6jkAANVCAADE&#10;SAAAuUsAAK9LAACnSQAAn0QAAJg+AQCRPBAAjD0dAIg+KgCEPzUAgT8/AH4/SAB8P08Bej9WAXg/&#10;XQF2PmQCdD5rAnI+cwNwPnwDbz6HBG0+kwVrPqAGaj6uBmk/wAdnP94HZz/1BmZA/wVmQP8EZkD/&#10;BGY//wRmP/8E5T0AAM9GAAC/TAAAtE8AAKpQAACiTwAAmUoAAJFEAACKQQ0AhEIZAIBDJgB9RDIA&#10;ekQ8AHdERAB1REwBckRTAXBDWQFvQ2ACbUNnAmtDbwNpQ3kEaEODBWZDjwZkQ50HY0OrB2FDvQhg&#10;RNkIYETzB2BE/wZfRP8FX0T/BGBE/wRgRP8E4EEAAMpKAAC7UAAAsFMAAKdVAACeUwAAlU8AAItJ&#10;AACDRwsAfUcVAHlHIgB2SC4Ac0g4AHFIQQBuSEkBbEhQAWpIVgFoSF0CZkdkAmVHbANjR3YEYUeA&#10;BWBHjQZeR5oHXEepCFtIuwhaSNQIWkjxB1pJ/wZaSf8FWkj/BVpI/wRaSP8E20QAAMZNAAC4UwAA&#10;rVcAAKNZAACaWAAAkVQAAIZOAAB9SwgAd0sSAHNMHwBwTCsAbUw1AGtMPgBoTEYAZkxNAWRMUwFi&#10;TFoCYUxiAl9MagNeTHMEXEt+BVpLigZYS5gHV0ynCFZMuQlVTNEJVEzvCFRN/wZVTP8GVUz/BVVM&#10;/wVVTP8F1UgAAMJRAAC1VwAAqlsAAKBcAACXXAAAjVkAAIFTAAB3TwQAcU8QAG5QHABqUCgAaFAy&#10;AGVQOwBjUEMAYVBKAV9QUQFdUFgCXFBfAlpQZwNYUHEEV1B7BVVQiAZTUJYHUlClCFBQtwlQUM4J&#10;T1DtCFBQ/wdQUP8GUFD/BVBQ/wVQUP8F0EsAAL9UAACyWgAAp14AAJ1gAACUYAAAiV0AAHxXAABy&#10;VAAAbFMOAGhUGQBlVCQAYlQvAGBUOABeVEAAXFRIAVpUTwFZVFYBV1RdAlVUZQNUVG4EUlR5BVBU&#10;hgZOVJQHTVSkCEtUtQhLVMwJSlTrCEtU/gdLVP8GS1T/BUtU/wVLVP8FzE4AALtXAACuXgAApGIA&#10;AJpkAACRZAAAhmIAAHdbAABtWAAAZlgMAGJYFgBfWCIAXVksAFtZNgBZWT4AV1lGAFZZTQFUWVQB&#10;UllbAlFZYwNPWWwDTVl3BEtYhAVJWJIHSFiiB0dZswhGWcoIRVnqCEZZ/QZGWP8GRlj/BUdY/wVH&#10;WP8Fx1IAALhbAACrYQAAoWYAAJhoAACOaQAAg2cAAHJgAABoXgAAYV0JAFxdEwBaXR4AV10pAFZe&#10;MwBUXjsAUl5DAFFeSgFPXlIBTl5ZAkxeYQJKXmoDSF51BEZeggVEXZAGQ16gB0FesQdAXsgHQF7o&#10;B0Bd/AZBXf8FQV3/BUFc/wVBXP8Fw1YAALRfAACoZgAAnmoAAJVtAACKbQAAf2wAAG9nAABkZAAA&#10;W2IFAFZiEABUYhsAUmMlAFBjLwBOZDgATWRAAEtkSABKZE8BSGRXAUZkXwJFZGgCQ2RzA0FjfwQ/&#10;Y44FPWOeBjxjsAY7ZMYGO2TmBjtj+gU7Yv8FO2L/BTxh/wQ8Yf8EvlsAALBjAAClagAAm28AAJFy&#10;AACGcgAAe3EAAGxtAABgawAAVWkAAE9oDQBNaRcAS2khAElqKwBIajQAR2o9AEVrRABEa0wAQmtU&#10;AUFrXAE/amUCPWpwAjtqfQM5aowEN2qcBDZqrgU1asQFNWrlBTVp+QQ1af8ENWj/BDVo/wQ1aP8E&#10;uWAAAKxpAAChcAAAmHUAAI13AACCdwAAd3cAAGl0AABccwAAUXEAAEhwCgBFcBIAQ3EdAEJxJwBA&#10;cjAAP3I4AD5yQAA9ckgAO3JQADpyWQE4cmMBNnJtAjRyegIzcokDMXKaAy9yrAMucsEDLnLjAy5x&#10;+AMucP8DLm//Ay5v/wMub/8Ds2YAAKdvAACddgAAk3oAAIh8AAB+fQAAcn0AAGR8AABXewAATHoA&#10;AEJ5AwA8eQ4AOnoXADl6IQA4eioAN3szADZ7OwA0e0QAM3tMADJ7VQAwe18AL3tqAS17dwEre4cB&#10;KnuYAih7qgIne78CJnvhAiZ69wImeP8CJnj/Aid3/wInd/8CrmwAAKN2AACZfAAAjn8AAISCAAB4&#10;gwAAbIQAAF+EAABRhAAAR4QAADyEAAAzhAkAMIQRAC+EGgAthCQALIUtACuFNQAqhT4AKYVHACiG&#10;UAAnhloAJoZmACSGcwAjhoMAIYaVACCGpwEehrwBHobeAB6E9QEegv8BHoL/AR6B/wEegf8BqHQA&#10;AJ59AACTggAAiYUAAH6IAABxigAAZYsAAFiMAABMjQAAQI4AADaOAAAsjwAAJZAMACOQEwAikBwA&#10;IZAlACCRLgAfkTYAHpFAAB2RSQAckVQAGpFgABmRbgAYkX4AFpKQABWSpAAUkbkAE5HYABOP9AAU&#10;jv8AFI3/ABSM/wEUjP8Bo30AAJiDAACOiAAAhIwAAHePAABpkQAAXZMAAFCVAABFlwAAOZgAAC6Z&#10;AAAlmgAAHZsCABadDAAVnRMAFJ0bABOdJAASnS0AEZ43ABGeQQAQnkwAD55YAA6eZwANnncADJ6K&#10;AAudngAKnbIACZ3MAAmc7AAKm/4AC5r/AAuZ/wALmf8AnIQAAJGKAACIjgAAe5IAAG2WAABgmQAA&#10;VJwAAEifAAA8oAAAMKEAACajAAAdpQAAFacAABCpBQALqw0ACKoTAAeqGwAGqiQABaouAASqOAAC&#10;qkQAAapQAACqXgAAqm4AAKqBAACqlQAAqaoAAKnBAACo5AAAqPYAAKf/AACn/wAAp/8AlYsAAIyQ&#10;AAB/lQAAcZoAAGOeAABWogAASqYAAD2oAAAxqgAAJqsAAB2tAAAUsAAADrIAAAm1AQACtgoAALYP&#10;AAC2FQAAtx0AALclAAC3LwAAuDkAALhGAAC4VAAAuGQAALh2AAC4iwAAt6AAALe2AAC30wAAtu8A&#10;ALb8AAC2/wAAtv8Aj5IAAIKXAAB0nQAAZqIAAFinAABLrAAAPq8AADGxAAAmswAAHLYAABO4AAAN&#10;uwAABr4AAADBAAAAwgQAAMILAADDEAAAxBUAAMQcAADFJAAAxi4AAMg6AADJRwAAyVcAAMlpAADJ&#10;fQAAyZQAAMiqAADIwwAAyOQAAMj0AADI/QAAyP0AhZkAAHefAABopgAAWqsAAE2xAAA/tQAAMbgA&#10;ACW6AAAavQAAEcAAAAvDAAADxwAAAMoAAADNAAAAzgAAAM8DAADQCQAA0Q4AANMSAADVGQAA1yIA&#10;ANotAADdOQAA3kkAAN5aAADfbgAA34UAAN+cAADfsgAA3ssAAN7mAADf9AAA3/QAeaEAAGuoAABc&#10;rwAATrUAAEC7AAAxvgAAJMEAABnFAAAQyAAACcwAAADPAAAA0wAAANkAAADcAAAA3QAAAN8AAADh&#10;AAAA4gUAAOQLAADmEAAA6BYAAOogAADtKwAA8DoAAPFLAADxXgAA8nMAAPOLAADzogAA87YAAPPJ&#10;AADz4QAA8+EAbaoAAF6xAABQuQAAQb8AADLEAAAkyAAAF8wAAA7QAAAG1QAAANoAAADeAAAA4gAA&#10;AOYAAADpAAAA6gAAAOwAAADuAAAA8AAAAPIAAAD0BgAA9gwAAPkSAAD8HAAA/ykAAP86AAD/TQAA&#10;/2IAAP94AAD/kAAA/6MAAP+zAAD/wQAA/8EA/wcZAP8BFwD/ABcA/wAaAP8AIQD/ACsA/wA5AP8A&#10;RwD/AFQA/wBfAP8AagD/AHMA/wB7AP8AgwD/AIoA/wCQAP8AlgD/AJsA/wChAP8AqAD/AK8A/wC4&#10;AP8AxAD+ANUA/ADqAPsA+AD6AP8A+QD/APgA/wD4AP8A9gD/APMA/wDxAP8A/wsVAP8FEwD/ABMA&#10;/wAUAP8AGgD/ACcA/wA0AP8AQgD/AE8A/wBbAP8AZQD/AG4A/wB2AP8AfgD/AIUA/gCLAP0AkQD7&#10;AJcA+gCdAPgAowD3AKsA9gCzAPQAvgDzAMwA8QDjAO8A8wDuAP8A7QD/AOwA/wDrAP8A7AD/AOwA&#10;/wDrAP8A/w0RAP8JEAD/AA8A/wAQAP8AFgD/ACIA/wAvAP8APQD/AEoA/wBVAP0AYAD6AGkA+ABx&#10;APYAeQD0AH8A8wCGAPEAjADvAJIA7gCYAOwAnwDrAKYA6QCuAOcAuADlAMUA4wDaAOEA7QDfAPsA&#10;3gD/AN0A/wDdAP8A3QD/AN0A/wDdAP8A/w8NAP8MCwD/AwkA/wAMAP8AEgD/AB0A/wApAPsANwD4&#10;AEQA9QBQAPIAWgDuAGMA7ABrAOkAcwDnAHoA5QCAAOMAhgDhAIwA3wCTAN0AmQDbAKEA2QCpANUA&#10;sgDSAL4A0ADOAM4A5gDMAPYAygD/AMoA/wDJAP8AyAD/AMgA/wDIAP8A/xEIAP8NAgD/BwAA/wUI&#10;AP8ADgD/ABYA9wAiAO8AMADrAD0A6ABJAOQAVADgAF0A3QBlANkAbQDVAHMA0gB6ANAAgADOAIcA&#10;zACNAMoAlADIAJsAxgCkAMQArQDCALgAwADHAL0A3wC8APEAuwD+ALkA/wC4AP8AuAD/ALgA/wC4&#10;AP8A/xQAAP8PAAD/DQAA/wwAAP8HCQD4ARAA6AAaAOMAKADdADYA2ABCANIATQDOAFcAygBfAMcA&#10;ZgDFAG0AwwB0AMEAegC/AIEAvQCIALsAjwC5AJcAtwCfALUAqACzALMAsQDCAK8A2ACuAu0ArAP7&#10;AKsF/wCqBv8AqQb/AKkG/wCpBv8A/xYAAP8SAAD3EgAA7BEAAOYOAADlBggA3QMSANQDIADNBC0A&#10;yAQ6AMMFRgC/BVAAvAZYALkGYAC3B2cAtQduALMHdQCxCHsArwiCAK4JigCsCZIAqgmbAKgKpQCm&#10;CrAApQu/AKMM1AChDe0Anw7+AJ0O/wCcD/8Amw//AJsP/wCbD/8A/xoAAPcZAADqHgAA3x4AANUa&#10;AADQEwIAzgwLAMcLFgDADSUAug4yALYOPwCyD0kArxBSAKwQWgCqEGEAqBFoAKYRbwCkEXYAohF9&#10;AKERhQCfEo4AnRKXAJwSogCaE60AmBO8AJcU0ACUFewAkhb9AJAX/wCPF/8Ajhf/AI4X/wCOF/8A&#10;+h0AAO4jAADfKAAA0CoAAMcnAADBIQAAvRkFALkSEACyFR4ArRYsAKgXOACkGEMAoRlMAJ8ZVACc&#10;GlwAmhpiAJkaaQCXG3AAlRt3AJQbfwCSHIgAkBySAI8cnQCNHakAix23AIoeygCIH+cAhiD6AIQg&#10;/wGDIP8BgyD/AYIg/wGCIP8B9SQAAOUsAADTMQAAxjMAALwxAAC2LQAAsCUAAKwdDACmHhgAoSAm&#10;AJwhMgCZIj0AlSJHAJMjTwCRI1YAjyNdAI0kZACLJGsAiSRyAIgkegCGJIMAhCWNAIMlmAGBJaQB&#10;gCayAX4mxQF9J+IBeyf3AXko/wF4KP8BeCj/AXgo/wF4KP8B7ysAAN0zAADKOQAAvjsAALQ6AACt&#10;NgAApi8AAKEoBwCbJxMAliggAJEpLQCOKjgAiytCAIgrSgCGK1IAhCtYAIIsXwCALGYAfyxtAH0s&#10;dQB7LH4BeiyIAXgslAF2LaABdS2uAnQtwAJyLt0CcS70AnAv/wJvL/8Cby//AW4v/wFuL/8B6DEA&#10;ANM6AADDPwAAt0EAAK5BAACmPgAAnjgAAJcxAQCRLhAAjC8cAIgwKACEMTMAgTI9AH8yRgB9Mk0A&#10;ezJUAHkyWwB3MmEAdTJpAXQycAFyMnkBcDOEAW8zkAJtM50CbDOrAmo0vAJpNNUDaDXxAmc1/wJn&#10;Nf8CZjX/AmY1/wJmNP8C4jYAAMw/AAC9RAAAskcAAKhHAACgRAAAmD8AAJA5AACINA0AgzUXAH82&#10;JAB8Ny8AeTc5AHc4QgB0OEkAcjhQAHE4VwBvOF4AbThlAWw4bQFqOHUBaDiAAmc4jAJlOJkDZDmo&#10;A2I5uQNhOtADYDruA2A6/wNfOv8CXzr/Al86/wJfOv8C3TsAAMdDAAC5SQAArksAAKRMAACbSgAA&#10;kkUAAIk/AACBOgkAezoUAHc7IAB0PCsAcjw1AG89PgBtPUYAaz1NAGk9UwBoPVoAZj1hAWQ9aQFj&#10;PXIBYT19AmA9iQJePZYDXT6lA1s+tgRaPswEWj/sBFk//gNZP/8DWT//Alk//wJZPv8C1j8AAMNH&#10;AAC1TAAAqlAAAKBQAACXTwAAjksAAIRFAAB6QAYAdT8RAHFAHABtQCgAa0EyAGlBOwBnQUIAZUFJ&#10;AGNBUABhQVcAYEFeAV5BZgFdQm8CW0J6AlpChgNYQpQDV0KjBFVDswRUQ8kEVEPpBFND/QNTQ/8D&#10;VEP/A1RD/wJUQ/8C0EIAAL9KAACyUAAAp1MAAJ1UAACUUwAAilAAAH9KAAB1RQIAbkMOAGtEGQBn&#10;RSQAZUUuAGJFNwBhRT8AX0VGAF1FTQBbRVQAWkZbAVlGYwFXRmwCVkZ3AlRGgwNTRpEDUUahBFBH&#10;sQRPR8cETkfnBE5H+wROR/8DTkf/A09H/wNPR/8DzEYAALtOAACvVAAApFcAAJpYAACRVwAAhlQA&#10;AHtOAABwSgAAaUgNAGVIFgBiSSEAX0krAF1JNABbSTwAWUlDAFdJSgBWSVIAVUpZAVRKYQFSSmoB&#10;UUp1Ak9KgQNOSo8DTEufBEtLsARKS8UESUvmBElL+gRJS/8DSkv/A0pL/wNKS/8DyEkAALhRAACs&#10;VwAAoVsAAJhcAACOXAAAg1kAAHZTAABrTgAAZE0KAF9MEwBcTR4AWk0oAFhNMQBWTToAVE1BAFNO&#10;SABSTk8AUE5XAU9OXwFNTmgBTE5zAkpPfwJJT40DR0+dBEZPrgRFT8MERFDkBERP+QRFT/8DRU//&#10;A0VO/wNFTv8DxEwAALVVAACpWwAAn14AAJVgAACLYAAAgF4AAHJXAABnUwAAXlEHAFlREQBXURsA&#10;VFElAFJSLwBRUjcAT1I/AE5SRgBNU00ATFNVAEpTXQFJU2YBR1NwAkVTfQJEU4sDQlObA0FUrARA&#10;VMEEP1TiBD9U+ANAU/8DQFP/A0BT/wNAUv8DwFAAALJYAACmXgAAnGIAAJJlAACIZQAAfWIAAG5c&#10;AABjWQAAWVYDAFRWDgBRVhgAT1YiAE1XLABMVzQASlc8AElYRABIWEsAR1hTAEVYWwFEWGQBQlhu&#10;AUBYewI/WIkCPViZAzxYqgM7Wb8DOlngAzpY9wM6WP8DO1f/AztX/wM7V/8DvFQAAK5cAACjYwAA&#10;mWcAAJBpAACFaQAAeWcAAGtiAABgYAAAVV0AAE5bDABLWxQASVwfAEdcKABGXTEARV05AENdQQBC&#10;XUgAQV5QAEBeWAA+XmEBPF5sATteeAI5XocCN16XAjZeqQM1Xr0DNF/dAzRe9QM1Xf8CNV3/AjVc&#10;/wI1XP8CuFkAAKphAACgZwAAlmwAAIxuAACBbgAAdmwAAGdpAABcZgAAUWQAAEhiCQBEYhEAQmIb&#10;AEFjJAA/Yy0APmM1AD1kPQA8ZEUAO2RNADlkVQA4ZF8ANmRpATVkdgEzZIUBMWWVAjBlpwIvZbsC&#10;LmXaAi5k9AIuY/8CL2P/Ai9i/wIvYv8Cs14AAKdmAACcbQAAk3EAAIhzAAB9cwAAcnIAAGRwAABY&#10;bgAATWwAAEJqAwA8aQ4AOmoWADlqIAA4aigANmsxADVrOQA0a0EAM2xJADJsUgAxbFwAL2xmAC5s&#10;cwAsbIIBKmyTASlspQEobLkBJ23WASdr8gEnav8BJ2r/AShp/wIoaf8CrmQAAKNsAACZcwAAjnYA&#10;AIR4AAB5eQAAbXgAAGB3AABTdgAASHUAAD5zAAA0cgoAMXMRADBzGgAvcyMALnMrAC10NAAsdDwA&#10;K3REACl0TQAodVcAJ3VjACV1bwAkdX8AInWQACF1ogAgdbcAH3XSAB908QAfc/8BH3L/ASBx/wEg&#10;cf8BqWsAAJ5zAACUeQAAinwAAIB+AAB0fwAAZ38AAFp/AABNfgAAQ34AADh9AAAvfQIAKH0NACZ9&#10;FAAkfRwAI34lACJ+LQAhfjYAIX4/AB9/SAAef1IAHX9eABx/awAaf3oAGX+MABd/nwAWf7MAFX/O&#10;ABV+7wAWfP8AFnv/ABZ7/wAXe/8ApHIAAJp6AACPfwAAhYIAAHuEAABthgAAYIcAAFSHAABIiAAA&#10;PIgAADKIAAAoiAAAIIgFABqJDgAZiRUAGIkdABeKJgAWii4AFYo3ABSKQQATikwAEotYABGLZQAQ&#10;i3UAD4uHAA6KmwANiq8ADIrIAAyJ6gANh/wADof/AA6G/wAOhv8An3sAAJSBAACKhQAAgIgAAHOL&#10;AABljQAAWY8AAEyQAABBkgAANJIAACqSAAAhkwAAGZQAABKWBgAOlw4ADZcVAAyXHQAMlyYAC5cv&#10;AAqXOQAJl0QACJdQAAaXXgAFl24AA5aAAAGWlAAAlagAAJW+AACU4AAAlPQAAJP/AAGS/wABkv8A&#10;mIIAAI6IAACFjAAAd48AAGqSAABdlQAAUJgAAESaAAA4mwAALJwAACKdAAAZngAAEqAAAA2iAgAH&#10;owsAAaMQAACjFwAAox8AAKMnAACjMQAApDwAAKRIAACkVgAApGUAAKN3AACjiwAAo6AAAKK2AACh&#10;0gAAofAAAKD7AACg/wAAoP8AkYoAAImOAAB7kgAAbZcAAGCbAABTngAARqEAADmjAAAtpAAAI6YA&#10;ABmoAAARqgAADKwAAAWuAAAArwcAAK8NAACvEQAAsBgAALAgAACxKAAAsTIAALI+AACyTAAAslsA&#10;ALJsAACygQAAsZcAALGsAACwxgAAsOgAAK/3AACv/wAAr/8AjJAAAH+VAABxmgAAY58AAFWkAABH&#10;qAAAOqoAAC2sAAAirgAAGLAAABCzAAAKtQAAArgAAAC7AAAAuwAAALwHAAC8DQAAvREAAL4WAAC/&#10;HgAAwCcAAMEyAADCQAAAw08AAMNgAADDdAAAw4sAAMOhAADDuAAAwtcAAMLvAADC+gAAwf4AgZcA&#10;AHOdAABlowAAV6gAAEmtAAA7sQAALbMAACG2AAAWuQAADrsAAAe+AAAAwQAAAMUAAADHAAAAyAAA&#10;AMkAAADKBQAAywsAAM0PAADOFAAA0BwAANMmAADWMgAA2EEAANhTAADZZgAA2XwAANmUAADZqwAA&#10;2cMAANnhAADZ8AAA2fQAdp8AAGemAABZrAAAS7IAADy3AAAuugAAIb0AABXAAAANxAAABccAAADK&#10;AAAAzgAAANIAAADVAAAA1gAAANkAAADbAAAA3QAAAN8HAADhDAAA4xEAAOYZAADpJAAA7DIAAO1D&#10;AADuVgAA72sAAO+EAADvnAAA77IAAO/GAADv3QAA7+QAaqgAAFuvAABMtgAAPrwAAC/AAAAgxAAA&#10;FMgAAAzMAAAC0AAAANQAAADZAAAA3gAAAOIAAADlAAAA5gAAAOgAAADpAAAA7AAAAO4AAADwAgAA&#10;8gkAAPUPAAD4FwAA/CMAAP8zAAD/RgAA/1oAAP9xAAD/iQAA/58AAP+xAAD/wAAA/8YA/wAVAP8A&#10;FAD/ABQA/wAXAP8AHQD/ACgA/wA3AP8ARAD/AFEA/wBcAP8AZgD/AG8A/wB3AP8AfgD/AIUA/wCL&#10;AP8AkQD/AJcA/wCdAP8ApAD/AKsA/wC0AP4AvwD9AM4A+wDmAPkA9gD4AP8A9wD/APcA/wD3AP8A&#10;8AD/AOwA/wDpAP8A/wMSAP8AEAD/ABAA/wARAP8AFwD/ACQA/wAyAP8APwD/AEwA/wBXAP8AYQD/&#10;AGoA/wByAP8AeQD9AIAA/ACGAPoAjAD5AJIA+ACYAPYAnwD1AKYA9ACuAPIAuQDwAMYA7gDeAO0A&#10;8ADrAP4A6gD/AOkA/wDpAP8A5wD/AOMA/wDgAP8A/wcOAP8ADQD/AAsA/wAMAP8AEwD/AB8A/wAs&#10;AP8AOgD/AEYA/gBSAPsAXAD4AGUA9QBsAPMAdADxAHoA7wCBAO4AhwDsAI0A6gCTAOkAmgDnAKEA&#10;5gCpAOMAswDhAL8A3wDQAN0A6QDaAPkA2QD/ANcA/wDVAP8A1QD/ANUA/wDUAP8A/wkKAP8BBQD/&#10;AAMA/wAJAP8AEAD/ABkA+wAmAPcANAD0AEAA8gBMAO4AVgDqAF8A5wBnAOQAbgDiAHQA4AB7AN4A&#10;gQDcAIcA2gCNANYAlADUAJsA0QCjAM8ArQDMALgAygDHAMgA4ADGAPMAxQD/AMMA/wDDAP8AwwD/&#10;AMMA/wDDAP8A/wsBAP8DAAD/AAAA/wADAP8ACwDzABIA7gAfAOoALQDmADoA4gBFAN4ATwDZAFgA&#10;1ABgANEAaADOAG4AzAB0AMoAewDIAIEAxgCHAMQAjgDCAJYAwACeAL4ApwC7ALIAuQDAALcA1AC1&#10;AOwAswD7ALMA/wCyAP8AsgD/ALEA/wCxAP8A/w0AAP8GAAD/AwAA9wAAAPQAAwDnAA0A4AAYANoA&#10;JQDTADIAzgA+AMoASQDGAFIAwwBaAMAAYQC+AGgAvABuALoAdAC4AHsAtgCBALQAiACyAJAAsACZ&#10;AK4AogCsAK0AqgC6AKgAywCmAOYApQD3AKQA/wCjAP8AogD/AKIA/wCiAP8A/xAAAPsMAADvDgAA&#10;5g0AAN8JAADaAAYA0AARAMkAHQDEACoAvwA3ALsAQgC3AEsAtABUALIAWwCvAGIArQBoAKsAbgCp&#10;AHUAqAB7AKYAgwCkAIsAogCUAKAAngCeAagAnAK1AJsDxgCZBeIAmAb0AJYI/wCVCf8AlAn/AJQJ&#10;/wCUCf8A/BEAAPEVAADjGQAA1hkAAMwVAADHEAAAxAcKAL0DFAC3BCEAsgYuAK4IOgCqCUQApwlN&#10;AKQKVQCiClwAoApiAJ4LaQCcC28Amwt2AJkMfgCXDIYAlgyQAJQMmgCSDaYAkQ2zAI8NxQCNDuIA&#10;ixD2AIkQ/wCIEf8AhxH/AIcR/wCHEf8A9hkAAOcgAADWJAAAyCUAAL8iAAC5HAAAtBQBALENDgCq&#10;DhkApQ8nAKEQMwCdET4AmhFHAJgSTwCVElYAkxJcAJESYwCQE2kAjhNwAIwTeACLE4EAiRSLAIcU&#10;lgCGFaIAhBWwAIMWwQCBF90Afxj0AH0Z/wB8Gf8AfBn/AHsZ/wB7Gf8A7yEAAN0pAADKLQAAvi8A&#10;ALUsAACuJwAAqCAAAKMXCACeFhMAmRchAJQZLQCRGjgAjhpBAIsbSQCJG1AAhxtXAIUcXgCEHGQA&#10;ghxrAIAccwB/HXwAfR2GAHwekQB6Hp4AeB+rAHcfvAB2INQAdCHwAHIh/wBxIv8AcSH/AHEh/wBx&#10;If8A6CgAANIwAADCNQAAtzcAAK01AAClMQAAnisAAJgjAgCSHhAAjSAbAIkhJwCGIjIAgyM8AIEj&#10;RAB+I0sAfCRSAHskWQB5JF8AdyRmAHYlbgB0JXcAcyWBAHEmjQBvJpkAbianAG0nuABsJ84Baijt&#10;AWkp/wFoKf8BaCn/AWgo/wFoKP8B4S4AAMs2AAC8OwAAsT0AAKc9AACfOQAAlzMAAI8tAACIJwwA&#10;gycWAH8oIgB8KS0AeSo3AHcqPwB1KkcAcytOAHErVABwK1sAbitiAGwragBrLHIAaSx9AGgsiQBm&#10;LZYBZS2kAWQutAFjLsoBYS/pAWAv/QFgL/8BYC//AWAv/wFgLv8B2jQAAMU8AAC3QQAArEMAAKJD&#10;AACZQAAAkDoAAIg0AACALggAei0SAHcuHgBzLykAcTAzAG8wOwBtMEMAazFKAGkxUQBnMVcAZjFe&#10;AGQxZgBjMm8AYTJ5AGAyhQFfMpIBXTOhAVwzsQFbNMYBWjTmAVk1+wFZNf8BWTT/AVk0/wFZNP8B&#10;0jgAAMBAAACzRQAAqEgAAJ5IAACVRgAAi0AAAII7AAB5NQQAczMQAG80GgBsNCUAaTUvAGc1NwBl&#10;Nj8AYzZGAGI2TQBgNlQAXzZbAF03YwBcN2sAWzd2AVk3ggFYOI8BVjieAVU4rwJUOcMCUznkAlM6&#10;+QFTOf8BUjn/AVM5/wFTOf8BzTwAALxEAACvSQAApEwAAJpMAACRSwAAh0YAAH1AAABzOwAAbDgN&#10;AGg5FwBlOSIAYzorAGA6NABeOjwAXTpDAFs6SgBaO1AAWDtYAFc7YABWO2gAVTxzAVM8fwFSPI0B&#10;UD2cAU89rAJOPsECTT7hAk0++AJNPv8BTT7/AU09/wFNPf8ByUAAALhIAACsTQAAoVAAAJdRAACO&#10;TwAAhEsAAHlFAABuQAAAZj0LAGI9FABfPR4AXD4oAFo+MQBYPjgAVz5AAFU/RgBUP00AUz9VAFJA&#10;XQBQQGYAT0BwAU5AfAFMQYoBS0GaAkpBqwJJQr4CSELeAkhC9gJIQv8CSEL/AUhB/wFIQf8BxUQA&#10;ALVLAACpUAAAnlQAAJVUAACLUwAAgFAAAHVKAABqRgAAYUIIAFxBEQBZQhsAV0IlAFVCLgBTQjUA&#10;UUI9AE9CQwBPQ0sATkNSAE1EWgBLRGMASkRuAUlFegFHRYgBRkWYAkVGqQJERr0CQ0bcAkNG9QJD&#10;Rv8CQ0b/AUNF/wFDRf8BwUcAALJPAACmVAAAnFcAAJJYAACIWAAAflUAAHFPAABmSgAAXEYFAFdG&#10;DwBURhgAUUYiAE9GKwBORjMATEc6AEtHQQBKR0kASUhQAEhIWABHSGEARUlsAERJeAFCSYYBQUmW&#10;AUBKpwI/SrsCPkvYAj5K8wI+Sv8CPkn/AT9J/wE/Sf8BvUoAAK9SAACjWAAAmVsAAJBdAACGXAAA&#10;e1kAAG1TAABiTwAAV0wBAFFKDQBOShUATEsfAEpLKABJSzAAR0s4AEZMPwBFTEYARExOAENNVgBC&#10;TV8AQE1qAD9NdgE9ToQBPE6UATtOpQE5T7kCOU/UAjlP8gE5Tv8BOU7/ATlN/wE6Tf8Buk4AAKxW&#10;AAChWwAAl18AAI1hAACDYQAAeF4AAGlYAABfVgAAVFIAAExPCwBJTxIAR1AcAEVQJQBDUC0AQlA1&#10;AEFRPABAUUQAP1FMAD5SVAA8Ul0AO1JnADpScwA4U4IBN1OSATVTpAE0U7cBM1TRATNT8QE0U/8B&#10;NFL/ATRS/wE0Uv8BtlIAAKlaAACeYAAAlGQAAItmAACAZQAAdGMAAGZeAABcXAAAUVgAAEdVBwBC&#10;VRAAQFUYAD9WIQA9VioAPFYyADtWOQA6V0EAOVdJADhXUQA3WFoANVhlADRYcQAyWIABMViQAS9Z&#10;ogEuWbUBLVnPAS1Z7wEuWP8BLlf/AS5X/wEuVv8BslcAAKVfAACbZQAAkWkAAIdqAAB8agAAcWgA&#10;AGNlAABYYgAATV8AAENdAgA8Ww0AOlwUADhcHQA3XCYANV0uADRdNgAzXT4AMl1GADFeTgAwXlcA&#10;L15iAC1ebgAsX30AKl+OAClfoAAoX7MBJ1/MACdf7QEnXv8BJ13/AShd/wEoXP8BrVwAAKJkAACY&#10;agAAjm4AAINvAAB5bwAAbm4AAGBrAABUaQAASWcAAD9lAAA1YwkAMmMRADBjGQAvZCEALmQpAC1k&#10;MQAsZDkAK2VCACplSgAoZVQAJ2VfACZmawAkZnoAI2aLACJmnQAgZrEAH2bJAB9m6wAgZf4AIGT/&#10;ACBj/wEhY/8BqWIAAJ5qAACVcAAAinMAAIB1AAB1dQAAaXQAAFxyAABPcQAARG8AADpuAAAwbQMA&#10;KWwNACdsFAAmbBwAJW0kACRtLAAjbTQAIm09ACFuRgAgblAAHm5bAB1uZwAcbnYAGm6HABlvmgAY&#10;b64AFm/GABZu6QAXbfwAGGz/ABhr/wAYa/8ApGkAAJpxAACQdgAAhnkAAHx7AABxewAAZHsAAFd6&#10;AABKeQAAP3gAADV4AAArdwAAInYHAB12DwAcdxYAG3ceABp3JgAZdy4AGHc3ABd4QAAVeEoAFHhW&#10;ABN4YwASeHIAEXiDABB4lwAPeKsADnjDAA535gAOdvoAD3X/ABB1/wAQdP8An3EAAJV4AACLfAAA&#10;gn8AAHeBAABqggAAXYIAAFCCAABEggAAOIIAAC6CAAAkggAAHIIAABSCCQARgxAAEIMWABCDHgAO&#10;gycADoMwAA2DOQANg0QADINQAAuDXQAJg2wACIN+AAaDkQAFgqUAA4K7AASB2wAEgfIABYD/AAZ/&#10;/wAGf/8AmnkAAJB+AACGgwAAfYUAAG+HAABiiQAAVYoAAEmLAAA9jAAAMYwAACaMAAAdjQAAFY4A&#10;AA+PAwAKkAwABpARAASPGAADjyAAAY8pAACPMgAAkD0AAJBJAACPVgAAj2UAAI92AACPigAAjp8A&#10;AI60AACNzwAAjO4AAIz7AACL/wAAi/8AlIAAAIuFAACCiQAAdIwAAGaPAABZkQAATJMAAECVAAA0&#10;lgAAKJYAAB6XAAAVmAAAD5oAAAqbAAACnAkAAJwOAACcEwAAnBoAAJwiAACdKwAAnTUAAJ1AAACd&#10;TgAAnVwAAJ1uAACcgQAAnJcAAJysAACbxgAAmugAAJn5AACZ/wAAmP8AjogAAIaMAAB4kAAAapQA&#10;AFyXAABPmgAAQp0AADaeAAApnwAAH6EAABWiAAAOpAAACKYAAACoAAAAqQQAAKkKAACpDgAAqRMA&#10;AKoaAACqIgAAqysAAKw2AACsRAAArFMAAKxjAACsdwAAq44AAKukAACrvAAAqt4AAKn0AACp/QAA&#10;qf8AiY4AAHuTAABtlwAAX5wAAFGgAABEpAAANqYAACqoAAAeqQAAFKsAAA2uAAAGsAAAALIAAAC1&#10;AAAAtQAAALUDAAC2CQAAtw4AALgSAAC4GQAAuiEAALsrAAC8OAAAvUcAAL1YAAC9awAAvYEAAL2Z&#10;AAC9sAAAvcwAALzqAAC89wAAu/4AfpUAAHCbAABioAAAU6UAAEaqAAA4rQAAKq8AAB6xAAATtAAA&#10;DLcAAAO5AAAAvAAAAL8AAADCAAAAwgAAAMMAAADEAAAAxgYAAMcMAADIEAAAyhYAAMwgAADPKwAA&#10;0DoAANFLAADRXgAA0nMAANKLAADSpAAA07sAANPYAADT7QAA0/YAc50AAGSjAABWqQAAR68AADmz&#10;AAAqtgAAHbkAABK8AAAKvwAAAMMAAADGAAAAyQAAAM0AAADPAAAA0AAAANIAAADUAAAA1gAAANkC&#10;AADbCAAA3g4AAOETAADkHQAA6CoAAOg8AADpTwAA6WQAAOp8AADrlQAA66wAAOvCAADs1QAA7OUA&#10;ZqYAAFisAABJswAAO7kAACu8AAAdwAAAEcQAAAnIAAAAzAAAAM8AAADTAAAA2QAAAN0AAADgAAAA&#10;4QAAAOMAAADlAAAA5wAAAOoAAADsAAAA7gQAAPELAAD1EgAA+BwAAPsrAAD9PgAA/lMAAP5qAAD/&#10;gwAA/5sAAP+uAAD/vgAA/8oA/wASAP8AEAD/ABEA/wATAP8AGQD/ACYA/wA0AP8AQQD/AE0A/wBY&#10;AP8AYgD/AGsA/wBzAP8AegD/AIEA/wCHAP8AjQD/AJMA/wCZAP8AoAD/AKcA/gCvAPwAugD6AMkA&#10;+QDhAPgA8wD3AP8A9gD/APUA/wDxAP8A6QD/AOQA/wDhAP8A/wAPAP8ADQD/AA0A/wAOAP8AFAD/&#10;ACEA/wAuAP8APAD/AEgA/wBTAP8AXQD/AGYA/gBtAPwAdQD7AHsA+QCCAPgAiAD3AI4A9gCUAPQA&#10;mwDzAKIA8QCqAO8AtADtAMEA6wDVAOoA7ADoAPwA5wD/AOUA/wDmAP8A4AD/ANkA/wDUAP8A/wAL&#10;AP8ACAD/AAYA/wAJAP8AEAD/ABwA/wApAP8ANgD/AEIA+wBOAPcAVwD0AGAA8gBoAO8AbwDtAHYA&#10;7AB8AOoAggDoAIgA5wCOAOUAlQDjAJwA4QCkAN8ArgDdALkA2gDKANcA5ADUAPYA0QD/ANAA/wDQ&#10;AP8AzwD/AMsA/wDHAP8A/wADAP8AAAD/AAAA/wAEAP8ADQD6ABYA9gAjAPMAMADwADwA7QBHAOkA&#10;UQDlAFoA4gBiAN8AaQDdAG8A2gB2ANgAfADUAIIA0gCIANAAjwDNAJYAywCeAMkAqADHALMAxQDB&#10;AMIA2ADAAO8AvwD+AL4A/wC9AP8AvAD/ALwA/wC8AP8A/wIAAP8AAAD/AAAA/wAAAPQABwDtABEA&#10;6AAcAOMAKQDfADUA2wBBANYASwDRAFQAzQBcAMoAYwDIAGkAxgBvAMMAdQDBAHsAvwCCAL4AiAC8&#10;AJAAugCYALgAogC1AKwAswC5ALEAywCvAOcArgD4AKwA/wCrAP8ArAD/AKwA/wCrAP8A/wQAAP8A&#10;AAD2AAAA7gAAAOcAAADfAAwA1gAVAM8AIgDKAC4AxwA6AMMARADAAE0AvABVALkAXAC3AGMAtQBp&#10;ALMAbwCxAHUArwB7AK0AggCrAIoAqQCSAKcAnAClAKYAowCzAKEAwwCfAN4AngDyAJ0A/wCcAP8A&#10;nAD/AJsA/wCbAP8A/wcAAPYJAADpCwAA3woAANUEAADOAAUAxgAQAMAAGgC7ACcAtwAyALMAPQCw&#10;AEYArQBPAKoAVgCoAFwApgBjAKQAaACiAG8AoQB1AJ8AfACdAIQAmwCNAJkAlwCXAKIAlQCuAJMA&#10;vQCRANMAkADtAI8A/ACOAP8AjQH/AI0B/wCNAf8A+Q4AAOoSAADcFQAAzRUAAMQRAAC+DAAAugIK&#10;ALQAEgCuAB4AqgAqAKYANQCiAD8AoABIAJ0BUACbAlYAmQJcAJcDYwCVA2kAkwNvAJEEdgCQBH8A&#10;jgWIAIwFkgCKBp4AiAaqAIYHugCFCM8AhArrAIIL/ACBDP8AgAz/AIAM/wCADP8A8RUAAOAdAADN&#10;IAAAwSEAALgdAACxFwAArBAAAKgJDQCiBxYAnQkjAJkKLgCVCzgAkwxBAJAMSQCODVAAjA1XAIoN&#10;XQCIDWMAhw1qAIUOcQCDDnoAgg6EAIAOjwB+D5sAfA+oAHsQuAB6EM4AeBHsAHYS/wB1Ev8AdBP/&#10;AHQT/wB0E/8A6B4AANMmAADDKgAAuCoAAK4oAACnIwAAoBwAAJsTAwCWDxAAkBAbAIwRJwCJEjIA&#10;hhM7AIQTQwCCFEsAgBRRAH4UVwB8FF4AexVlAHkVbAB3FXQAdhZ+AHQWigByF5YAcRekAG8YtABu&#10;GMkAbRnoAGsa/ABqG/8Aahv/AGob/wBqG/8A4CYAAMotAAC8MQAAsDMAAKcxAACfLAAAlyYAAJAf&#10;AACKFwwAhRgWAIEZIgB+GiwAexs2AHkbPgB3HEUAdRxMAHMcUwBxHVkAcB1gAG4dZwBtHnAAax56&#10;AGoehQBoH5IAZx+gAGUgsABkIcUAYyHkAGIi+gBhIv8AYSL/AGEi/wBhIv8A1ywAAMM0AAC2OAAA&#10;qjkAAKE4AACYNQAAkC8AAIgoAACAIQgAeyASAHchHQB0IicAcSIxAG8jOQBtI0EAayNIAGkjTgBo&#10;JFUAZiRbAGUkYwBjJWsAYiV1AGElgQBfJo4AXiadAF0nrQBbKMEAWyjgAFop9wBZKf8AWSn/AFkp&#10;/wBZKP8AzzIAAL45AACxPQAApj8AAJw/AACTPAAAijYAAIEwAAB5KgMAciYPAG4nGQBrKCMAaSgs&#10;AGYpNQBlKTwAYylDAGEqSgBgKlEAXipXAF0qXwBcK2gAWityAFksfQBYLIsAVi2aAFUtqgBULr0A&#10;Uy7cAFIv9QBSL/8AUi7/AFIu/wBSLv8AyjYAALo9AACtQgAAokQAAJhEAACPQQAAhTwAAHs3AABy&#10;MQAAaywMAGctFQBkLR8AYS4oAF8uMQBdLjkAXC9AAFovRgBYL00AVy9UAFYwXABVMGQAUzFuAFIx&#10;egBRMYgAUDKXAE4yqABNM7sATTTYAEw08wBMNP8ATDT/AEwz/wBMM/8AxjoAALZCAACpRgAAnkkA&#10;AJVJAACLRwAAgUIAAHc9AABtNwAAZDIJAGAyEgBdMhwAWjIlAFgzLQBWMzUAVTM8AFM0QwBSNEoA&#10;UTRRAFA0WQBPNWEATTVsAEw2dwBLNoUASjeVAEg3pgBHOLgBRzjTAUY48QFGOP8BRjj/AEY4/wBG&#10;N/8AwT4AALJFAACmSgAAnE0AAJJNAACISwAAfkcAAHNCAABpPQAAXzcGAFo2EABXNxgAVDciAFI3&#10;KgBQNzIATzg5AE04QABMOEcASzhOAEo5VgBJOV8ASDppAEc6dQBFO4MARDuTAEM8pAFCPLYBQT3Q&#10;AUE98AFBPf8BQTz/AUE8/wFBPP8AvkIAAK9JAACjTgAAmVAAAI9RAACFUAAAe0wAAG9GAABlQgAA&#10;Wj0CAFQ7DgBROxUATzsfAE07JwBLOy8ASTw2AEc8PQBHPEQARj1LAEU9VABEPlwAQz5nAEI/cwBA&#10;P4EAPz+RAD5AogA9QLUBPEHOATxB7gE8Qf8BPED/ATxA/wE9P/8BukUAAKxMAAChUQAAl1QAAI1V&#10;AACDVAAAeFEAAGxLAABhRwAAVkIAAE9ADABMPxMASUAcAEdAJABGQCwAREAzAENAOgBCQUIAQUFJ&#10;AEBCUQA/QloAPkNlAD1DcQA7Q38AOkSPADlEoAA4RbMBN0XLATdF7AE3Rf8BN0T/AThE/wE4Q/8A&#10;t0kAAKlQAACeVQAAlFgAAItZAACAWAAAdlYAAGhQAABdTAAAU0gAAEpFCQBGRBEAREQZAEJEIgBB&#10;RSkAP0UxAD5FOAA9RT8APEZHADtGTwA6R1gAOUdiADhIbgA2SHwANUiNADRJngAzSbEAMknJADFJ&#10;6wAySf4AMkj/ADJI/wAzSP8AtEwAAKdUAACcWQAAklwAAIhdAAB+XQAAc1oAAGVVAABbUgAAUE4A&#10;AEZKBQBASQ4APkkWAD1JHgA7SiYAOkouADlKNQA4Sz0AN0tEADZLTQA0TFYAM0xgADJMbAAxTXoA&#10;ME2LAC5NnAAtTq8ALE7HACxO6QAsTf0ALU3/AC1M/wAtTP8AsFAAAKRYAACZXQAAj2EAAIZiAAB7&#10;YQAAcF8AAGJbAABYWAAATlUAAENRAQA7TwwAOE8TADZPGwA1TyMANFArADNQMgAyUDoAMVBCADBR&#10;SgAuUVMALVJdACxSaQArUngAKVKIAChTmgAnU60AJlPFACZT5wAmU/wAJ1L/ACdR/wAnUf8ArFUA&#10;AKBcAACWYgAAjWYAAINnAAB4ZgAAbWUAAGBhAABVXgAASlsAAD9YAAA1VggAMVUQADBWFwAuVh8A&#10;LVYnACxWLwArVzYAKlc+AClXRwAoV1AAJlhaACVYZwAkWHUAI1mGACFZmAAgWasAH1nCAB9Z5QAf&#10;WPoAIFj/ACBX/wAhV/8AqFoAAJ1iAACTZwAAimsAAH9sAAB1bAAAamsAAF1oAABRZQAARmMAADtg&#10;AAAxXgMAKl0NAChdEwAmXRsAJV4jACReKgAjXjIAIl46ACFeQwAgX0wAH19XAB5fYwAcYHEAG2CC&#10;ABlglQAYYKkAF2DAABZg4gAXX/kAGF7/ABle/wAZXf8ApGAAAJloAACQbgAAhnAAAHxyAABycgAA&#10;ZnEAAFhuAABMbAAAQWsAADZpAAAtZwAAI2YIAB9mDwAdZhUAHGYdABtmJQAaZi0AGWc1ABhnPgAX&#10;Z0gAFmdTABVoXwATaG4AEmh/ABFokgAQaKYAD2i9AA5o4AAQZ/cAEGb/ABFl/wARZf8An2cAAJZv&#10;AACMcwAAgnYAAHh4AABteAAAYHcAAFN2AABGdAAAO3MAADFyAAAncQAAHnEAABZwCgATcBAAE3AX&#10;ABJwHwARcScAEHEvABBxOAAOcUIADnFOAA1xWwAMcWkAC3F6AApxjQAIcaEABnG2AAZw0gAHcO8A&#10;CG//AAlu/wAJbv8Am28AAJF1AACHeQAAfnwAAHR+AABmfgAAWX4AAE1+AABAfQAANX0AACp8AAAh&#10;fAAAGHwAABF8BAAMfAwACnwRAAl8GQAIfCEAB3wpAAZ8MgAEfD0AA3xIAAF8VQAAfGMAAHx0AAB8&#10;hwAAe5wAAHuxAAB6ywAAeesAAHn6AAB5/wAAeP8AlncAAIx8AACDgAAAeYMAAGyEAABehQAAUYYA&#10;AEWHAAA5hwAALYcAACOHAAAahwAAEocAAA2IAQAGiQoAAYkPAACJFAAAiBsAAIgjAACJLAAAiTYA&#10;AIlCAACITgAAiF0AAIhtAACIgQAAh5UAAIerAACGxAAAheYAAIT4AACE/wAAhP8AkH4AAIeDAAB+&#10;hwAAcYkAAGOLAABWjQAASY8AADyRAAAwkQAAJJEAABqSAAASkwAADZQAAAaVAAAAlgYAAJYMAACV&#10;EAAAlhUAAJYdAACWJAAAli4AAJY5AACWRgAAllUAAJZlAACWeAAAlY4AAJWkAACUvAAAk98AAJP1&#10;AACS/wAAkv8Ai4YAAIOKAAB1jQAAZ5AAAFmUAABMlwAAP5kAADKaAAAmmwAAG5wAABKdAAAMnwAA&#10;BKAAAACiAAAAowEAAKMHAACjDAAAoxAAAKQVAACkHAAApSUAAKYvAACmPAAApksAAKZbAACmbgAA&#10;pYQAAKWbAACkswAAo9AAAKPvAACi/AAAov8Aho0AAHiRAABqlQAAXJkAAE6dAABBoAAAM6IAACaj&#10;AAAbpQAAEacAAAqpAAABqwAAAK0AAACvAAAAsAAAALAAAACwBQAAsQsAALIPAACzFAAAtBsAALUk&#10;AAC3MAAAtz8AALdQAAC3YgAAt3gAALeQAAC2qQAAtsIAALbkAAC29QAAtf4Ae5MAAG2YAABfnQAA&#10;UKIAAEKmAAA0qQAAJqsAABqtAAAQrwAACbIAAAC0AAAAtwAAALoAAAC8AAAAvQAAAL4AAAC+AAAA&#10;wAIAAMEIAADCDQAAxBIAAMYZAADJJAAAyjIAAMtDAADLVQAAzGoAAMyDAADMnAAAy7UAAMzOAADM&#10;6QAAzPYAcJsAAGGhAABSpgAARKsAADawAAAnsgAAGrUAABC4AAAHuwAAAL4AAADBAAAAxAAAAMgA&#10;AADLAAAAywAAAM0AAADOAAAA0AAAANIAAADVAwAA2AoAANsQAADeGAAA4iQAAOM1AADkSAAA5VwA&#10;AOZzAADmjQAA5qUAAOa8AADm0wAA5+cAY6QAAFWqAABGsAAAOLUAACi5AAAavAAAD8AAAAXEAAAA&#10;xwAAAMsAAADPAAAA1AAAANgAAADcAAAA3QAAAN8AAADhAAAA4wAAAOUAAADoAAAA6gAAAO0GAADx&#10;DgAA9RYAAPglAAD5OAAA+U0AAPpjAAD7fAAA/JUAAPyqAAD8uwAA/csA/wAPAP8ADgD/AA4A/wAQ&#10;AP8AFgD/ACMA/wAwAP8APQD/AEkA/wBUAP8AXgD/AGYA/wBuAP8AdgD/AHwA/wCCAP8AiQD/AI8A&#10;/wCVAP4AmwD9AKMA+wCrAPoAtQD5AMMA9wDbAPYA8AD0AP8A8wD/APIA/wDsAP8A4gD/ANwA/wDW&#10;AP8A/wAMAP8ACQD/AAgA/wAKAP8AEgD/AB4A/wArAP8AOAD/AEQA/wBPAP8AWQD+AGEA/ABpAPoA&#10;cAD4AHcA9wB9APYAgwD0AIkA8gCPAPEAlgDvAJ0A7QClAOwArwDqALwA6ADNAOYA6ADkAPoA4wD/&#10;AOIA/wDgAP8A1QD/AM4A/wDLAP8A/wAGAP8AAQD/AAAA/wAEAP8ADgD/ABkA/wAlAP0AMgD7AD4A&#10;9wBJAPMAUwDwAFwA7gBjAOwAagDqAHEA6AB3AOYAfQDkAIMA4gCJAOAAkADeAJcA3ACfANkAqQDW&#10;ALQA0wDEANAA3gDOAPMAzAD/AMsA/wDKAP8AyAD/AMIA/wC+AP8A/wAAAP8AAAD/AAAA/wAAAPsA&#10;CwD2ABMA8QAgAO0ALADqADgA5wBDAOMATQDgAFYA3ABdANkAZADVAGsA0gBxANAAdgDOAHwAzACD&#10;AMoAiQDIAJEAxgCZAMQAowDBAK0AvwC7AL0AzwC7AOsAuQD8ALcA/wC3AP8AtgD/ALQA/wCxAP8A&#10;/wAAAP8AAAD/AAAA9gAAAO4ABQDnAA8A4QAZANsAJQDVADEA0gA8AM4ARgDKAE8AxwBXAMQAXgDB&#10;AGQAvwBqAL0AcAC7AHYAuQB8ALgAgwC2AIoAswCTALEAnACvAKcArQCzAKsAxQCpAOEApwD1AKYA&#10;/wClAP8ApAD/AKQA/wCkAP8A/wAAAPwAAADxAAAA6AAAAOAAAADUAAsAzAATAMcAHwDCACoAvwA1&#10;ALwAPwC4AEgAtQBQALMAVwCwAF4ArgBkAKwAaQCrAG8AqQB1AKcAfAClAIQAowCMAKEAlgCfAKEA&#10;nQCtAJoAvACYANIAlwDuAJUA/gCUAP8AlQD/AJUA/wCVAP8A/AEAAPAFAADjBwAA1QUAAMwAAADF&#10;AAQAvgAOALgAFwCzACMArwAuAKsAOACpAEEApgBKAKMAUQChAFcAnwBdAJ0AYwCbAGkAmgBvAJgA&#10;dgCWAH0AlACGAJIAkACQAJsAjgCnAIwAtgCKAMkAiADnAIcA+QCHAP8AhgD/AIYA/wCGAP8A9AwA&#10;AOQQAADREgAAxREAAL0OAAC2CAAAsQAIAKsAEQCmABsAoQAmAJ4AMQCaADoAmABDAJUASgCTAFEA&#10;kQBXAI8AXQCOAGMAjABpAIoAcACIAHcAhgCAAIQAiwCCAJYAgACjAH4AsQB9AMQAewLhAHoD9QB6&#10;Bf8AeQX/AHgG/wB4Bv8A6hMAANYaAADGHQAAuhwAALEZAACqEwAApA0AAJ8FDACZABQAlQAfAJEC&#10;KQCNAzMAiwQ8AIgFRACGBksAhAZRAIIHVwCBB10AfwdjAH0IagB7CHIAegh8AHgJhgB2CZIAdAqg&#10;AHMKrwBxC8EAcAzfAG8N9gBuDv8AbQ7/AG0O/wBtDv8A4RwAAMsjAAC8JgAAsSYAAKgkAACgHgAA&#10;mRgAAJMQAgCOCw4AiAsXAIQMIgCBDSwAfg01AHwOPQB6DkUAeA5LAHcOUQB1D1gAcw9eAHEQZQBw&#10;EG4AbhB3AGwQggBrEI8AaRGdAGgRrQBmEsAAZRLfAGQT9gBjFP8AYxT/AGIU/wBiFP8A1iQAAMMq&#10;AAC1LgAAqi8AAKAtAACYKAAAkCIAAIkbAACCEwgAfRESAHkSHAB2EycAcxQwAHEUOABvFT8AbRVG&#10;AGwVTABqFlMAaBZZAGcWYQBlFmkAZBdyAGIXfgBhGIsAXxiZAF4ZqQBcGbwAXBrYAFob8wBaHP8A&#10;WRz/AFkc/wBZHP8AzSoAAL0xAACvNQAApDYAAJs0AACSMQAAiSsAAIElAAB5HQMAcxgOAG8ZGABs&#10;GiIAaRsrAGcbMwBlHDsAZBxBAGIdSABgHU4AXx1VAF0dXABcHmQAWx5uAFkfeQBYH4cAViCWAFUg&#10;pgBUIbgAUyHSAFIi8QBSI/8AUiP/AFIi/wBSIv8AyC8AALg2AACrOgAAoDwAAJY7AACNOAAAgzIA&#10;AHotAAByJgAAaiAMAGYgEwBjIR0AYSEmAF8iLwBdIjYAWyI9AFojRABYI0oAVyNRAFUjWABUJGEA&#10;UyRqAFEldgBQJYMATyaTAE4nowBMJ7UATCjOAEso7gBLKf8ASyj/AEso/wBLKP8AwzQAALM7AACn&#10;PwAAnEEAAJJAAACJPgAAfzkAAHUzAABsLQAAYycIAF4mEQBcJhkAWSciAFcnKwBVKDIAVCg5AFIo&#10;QABRKEYAUClNAE4pVQBNKV0ATCpnAEsqcwBJK4AASCuQAEcsoQBGLbMARS3LAEUu7ABELv8ARC7/&#10;AEUt/wBFLf8AvjgAALA/AACkQwAAmUUAAI9FAACFQwAAez4AAHE5AABnNAAAXi4EAFgrDgBVKxYA&#10;UiwfAFAsJwBPLC8ATS02AEwtPABKLUMASS1KAEguUgBHLloARi9kAEUvcABDMH4AQjCNAEExngBA&#10;MrEAPzLIAD8z6gA/M/4APzL/AD8y/wA/Mv8AuzwAAK1DAAChRwAAlkkAAIxJAACDSAAAeEQAAG0+&#10;AABjOQAAWjQAAFIwDABPMBMATDAcAEowJABJMSsARzEyAEYxOQBEMUAAQzJHAEIyTwBBM1gAQDNi&#10;AD80bQA+NHsAPTWLADw2nAA7Nq8AOjfGADk36AA5N/wAOjf/ADo2/wA6Nv8At0AAAKpGAACeSwAA&#10;lE0AAIpOAACATAAAdUgAAGpDAABgPgAAVjkAAE01CQBJNBEARzUZAEU1IQBDNSgAQTUvAEA1NgA/&#10;Nj0APjZFAD03TQA8N1UAOzhgADo4awA5OXkAODmJADc6mwA1Oq0ANTvEADQ75gA0O/sANTv/ADU6&#10;/wA1Ov8AtEMAAKdKAACcTgAAklEAAIhSAAB+UAAAc00AAGdIAABcRAAAUj8AAEg6BgBEOQ8AQTkW&#10;AD85HgA+OSYAPDktADs6NAA6OjsAOTtCADg7SgA3PFMANjxdADU9aQA0PXcAMz6HADE+mQAwP6sA&#10;Lz/CAC8/5AAvP/oAMD//ADA+/wAwPv8AsUcAAKRNAACZUgAAj1UAAIZWAAB8VQAAcVIAAGRMAABZ&#10;SQAAT0UAAEVAAwA/Pg0APD4TADo+GwA5PiMANz4qADY/MQA1PzgAND9AADNASAAyQFEAMUFbADBB&#10;ZwAuQnUALUKFACxDlwArQ6oAKkPAAClE4gAqQ/kAKkP/ACtC/wArQv8ArkoAAKFRAACXVgAAjVkA&#10;AINaAAB5WgAAblcAAGFSAABXTgAATUsAAENHAAA6QwoANkMRADRDGAAzQyAAMkQnADFELwAwRDYA&#10;L0U9AC1FRgAsRU8AK0ZZACpGZAApR3IAKEeDACZHlQAlSKgAJEi+ACNI4AAkSPcAJUf/ACVH/wAm&#10;R/8Aqk8AAJ9VAACUWgAAi14AAIFfAAB3XgAAa1wAAF9YAABVVQAAS1EAAEBNAAA1SgcAMEkOAC5J&#10;FQAtSR0ALEkkACtKKwAqSjMAKEo7ACdLQwAmS0wAJUtWACRMYgAjTHAAIUyAACBNkwAfTaYAHk27&#10;AB1O3QAeTfYAHkz/AB9M/wAgS/8Ap1MAAJxaAACSXwAAiGMAAH5kAAB0YwAAaWEAAFxeAABSWwAA&#10;R1gAADxVAAAyUgIAKlAMACdPEgAmUBkAJVAgACRQKAAjUC8AIlE3ACFRQAAgUUkAHlJTAB1SXwAc&#10;Um0AGlN9ABlTkAAYU6QAFlO5ABVT2QAWU/QAF1L/ABhR/wAZUf8Ao1kAAJhgAACPZQAAhWgAAHtp&#10;AABxaQAAZmcAAFlkAABNYQAAQl8AADhcAAAuWgAAJVgIACBXDgAeVxQAHVccABxYIwAbWCsAGlgz&#10;ABlYPAAYWEUAFllQABVZWwAUWWkAE1p6ABJajQARWqEAEFq3AA5a1QAQWfMAEFn/ABFY/wARWP8A&#10;n18AAJVmAACMawAAgm0AAHhuAABubwAAYm0AAFVqAABIaAAAPmYAADNlAAApYwAAIGEBABhgCwAV&#10;YBAAFGAXABNgHgASYCYAEmAuABFhNwAQYUAAD2FLAA5hWAANYWYADGJ2AAtiiQAKYZ0ACWGyAAhh&#10;ywAIYesACWD9AApf/wALX/8Am2YAAJJtAACIcQAAfnMAAHV1AABqdAAAXHMAAE9yAABDcAAAOG8A&#10;AC1uAAAkbAAAG2sAABNrBAAOagwADWoSAAxqGQALaiEACmopAAlqMgAIajwAB2tHAAVrUwAEa2EA&#10;AmtxAABqhAAAapgAAGqtAABpxgAAaecAAGn4AABo/wAAaP8Al20AAI1zAACEdwAAe3oAAHB7AABj&#10;ewAAVnoAAEl6AAA9eQAAMXgAACd3AAAddgAAFXYAAA92AgAJdgoABHYPAAB2FQAAdhwAAHYkAAB1&#10;LAAAdTYAAHVBAAB1TgAAdVwAAHVsAAB1fgAAdJMAAHSoAABzwAAAc+MAAHL3AABy/wAAcf8AknUA&#10;AIl6AACAfgAAdoAAAGmBAABbggAAToIAAEGCAAA1gwAAKYIAAB+BAAAWgQAAEIIAAAqCAAACgwcA&#10;AIINAACCEQAAghcAAIIeAACCJgAAgi8AAII7AACCRwAAglUAAIFlAACBeAAAgY0AAICiAAB/ugAA&#10;f90AAH70AAB9/wAAff8AjXwAAISBAAB7hAAAboYAAGCIAABSigAARYsAADmMAAAsjAAAIYwAABeM&#10;AAAQjQAACY4AAAKPAAAAkAMAAI8JAACPDgAAjxIAAJAYAACQHwAAkCgAAJAyAACQPwAAkE0AAJBd&#10;AACPcAAAj4UAAI6cAACOswAAjdAAAIzwAACL/gAAi/8AiIQAAICIAAByiwAAZI0AAFaQAABIkwAA&#10;O5UAAC6WAAAilgAAF5cAAA+YAAAImQAAAJsAAACdAAAAnQAAAJ0DAACdCQAAnQ0AAJ4RAACeFwAA&#10;nx8AAJ8pAACgNQAAoEMAAKBUAACgZgAAn3sAAJ6TAACeqwAAncYAAJ3pAACc+QAAnP8Ag4sAAHWO&#10;AABnkgAAWZYAAEuZAAA9nAAAMJ4AACOfAAAXoAAADqIAAAekAAAApgAAAKgAAACqAAAAqgAAAKoA&#10;AACrAQAAqwcAAKwMAACtEAAArhYAAK8eAACxKQAAsTgAALFIAACxWgAAsW8AALGIAACxoAAAsLoA&#10;AK/dAACv8gAAr/0AeJEAAGqWAABcmgAATZ8AAD+jAAAxpgAAI6cAABepAAAOqwAABa4AAACwAAAA&#10;sgAAALUAAAC3AAAAtwAAALgAAAC5AAAAugAAALwDAAC9CQAAvg4AAMAUAADDHgAAxSsAAMU8AADG&#10;TgAAxmIAAMZ6AADGlAAAxq0AAMbIAADF5QAAxfMAbJkAAF6eAABPpAAAQagAADKsAAAkrwAAFrEA&#10;AA20AAADtwAAALoAAAC9AAAAwAAAAMQAAADGAAAAxgAAAMgAAADJAAAAywAAAMwAAADOAAAA0AYA&#10;ANMNAADYEwAA3B4AAN4tAADfQAAA4FQAAOFrAADhhQAA4Z8AAOG3AADhzwAA4eYAYKEAAFKnAABD&#10;rQAANLIAACW1AAAXuQAADbwAAAG/AAAAwwAAAMcAAADKAAAAzwAAANMAAADWAAAA1wAAANoAAADc&#10;AAAA3wAAAOEAAADjAAAA5gAAAOkBAADsCwAA8BIAAPMfAAD0MQAA9kYAAPdcAAD4dAAA+I8AAPmm&#10;AAD5uAAA+MkA/wANAP8ACwD/AAsA/wAOAP8AEwD/AB8A/wAsAP8AOQD/AEUA/wBQAP8AWQD/AGIA&#10;/wBqAP8AcQD/AHcA/wB+AP8AhAD+AIoA/QCQAPwAlwD6AJ4A+QCnAPcAsQD2AL4A9QDSAPMA7ADx&#10;AP4A8AD/APAA/wDmAP8A3AD/ANIA/wDNAP8A/wAHAP8ABAD/AAIA/wAGAP8AEAD/ABsA/wAnAP8A&#10;MwD/AD8A/wBKAP4AVAD7AF0A+QBkAPcAawD1AHIA8wB4APIAfgDwAIQA7wCKAO0AkQDsAJkA6gCh&#10;AOgAqwDmALYA5ADHAOIA4wDgAPcA3gD/AN0A/wDZAP8AzAD/AMUA/wDBAP8A/wAAAP8AAAD/AAAA&#10;/wABAP8ADQD/ABYA/AAiAPkALgD2ADkA8wBFAO8ATgDsAFcA6QBeAOYAZQDkAGwA4gByAOAAdwDf&#10;AH4A3QCEANsAiwDYAJIA1QCbANIApADPAK8AzQC+AMsA1QDJAO8AxwD/AMUA/wDEAP8AvgD/ALgA&#10;/wC1AP8A/wAAAP8AAAD/AAAA/gAAAPcACQDxABEA6wAcAOcAKADkADMA4QA+AN0ASADYAFEA0wBY&#10;ANAAXwDOAGUAzABrAMoAcQDIAHcAxgB9AMQAhADCAIwAwACUAL4AngC7AKgAuQC2ALcAyAC1AOYA&#10;swD6ALEA/wCwAP8AsAD/AKwA/wCpAP8A/wAAAP8AAAD6AAAA8QAAAOgAAwDgAA0A2AAWANEAIgDN&#10;AC0AygA3AMYAQQDCAEoAvwBSAL0AWQC6AF8AuABlALcAagC1AHAAswB2ALEAfQCvAIUArQCNAKsA&#10;lwCpAKEApwCuAKUAvgCiANgAoADyAJ8A/wCeAP8AngD/AJ4A/wCcAP8A/wAAAPcAAADrAAAA4QAA&#10;ANYAAADLAAkAxQARAL8AGwC7ACYAtwAxALQAOgCxAEMArgBLAKsAUgCpAFgApwBeAKYAZACkAGkA&#10;ogBwAKAAdgCeAH4AnACGAJoAkACYAJsAlgCnAJQAtgCSAMoAkADpAI8A/ACOAP8AjQD/AIwA/wCN&#10;AP8A+AAAAOkCAADbAwAAzAEAAMQAAAC9AAIAtgANALAAFQCrACAApwAqAKQANAChADwAngBEAJwA&#10;SwCaAFIAmABYAJYAXQCVAGMAkwBpAJEAcACPAHcAjQCAAIsAigCJAJUAhwChAIUArwCDAMEAgQDg&#10;AIAA9QB/AP8AfwD/AH8A/wB/AP8A7goAANwOAADKEAAAvg4AALULAACvAwAAqQAHAKMAEACeABgA&#10;mQAjAJYALACTADUAkAA+AI4ARQCMAEsAigBRAIgAVwCGAF0AhQBjAIMAagCBAHEAfwB6AH0AhAB7&#10;AI8AeQCcAHcAqgB1ALsAdADUAHIA8AByAP8AcgD/AHEA/wBxAP8A4xEAAM0XAAC/GQAAsxkAAKoV&#10;AACjEAAAnQoAAJcBCgCRABIAjQAbAIkAJQCFAC8AgwA3AIAAPgB+AEUAfQBLAHsAUQB5AFcAeABd&#10;AHYAZAB0AWsAcgF0AHACfwBuAosAbAOYAGsDpgBpBLcAaAXOAGcH7ABmCP0AZgn/AGUJ/wBlCf8A&#10;1hoAAMQgAAC2IwAAqyMAAKEgAACZGwAAkhQAAIwOAQCGBw0AgAQUAHwGHgB5BygAdggwAHQIOABy&#10;CT8AcAlFAG8KTABtClIAbApYAGoLXwBoC2cAZwtwAGUMegBjDIcAYgyVAGANpABfDbYAXg3OAFwO&#10;7QBcD/8AWxD/AFsQ/wBbEP8AzSEAALwoAACvKwAApCsAAJopAACSJAAAiR8AAIIYAAB7EQUAdQ0P&#10;AHENFwBuDiEAaw4qAGkPMgBnEDkAZRBAAGQQRgBjEE0AYRBTAF8RWgBeEWIAXBFrAFsRdgBZEoMA&#10;WBKSAFYTogBVE7QAVBPLAFMU7ABSFf8AUhb/AFIV/wBSFf8AxigAALYuAACpMgAAnzIAAJUxAACM&#10;LQAAgycAAHohAAByGgAAaxMLAGcTEwBkFBwAYRQlAF8VLQBdFTQAXBU7AFsWQgBZFkgAWBZPAFYX&#10;VgBVF14AUxdnAFIYcgBQGH8ATxmOAE4anwBMGrAASxvHAEsb6QBKHP0AShz/AEoc/wBKHP8AwS0A&#10;ALE0AAClNwAAmjgAAJA3AACHNAAAfS8AAHQpAABsIwAAZBwHAF4ZEABbGhgAWRshAFcbKQBVGzAA&#10;VBw3AFIcPQBRHEQATx1LAE4dUgBNHVoASx5jAEoebgBJH3wARx+LAEYgnABFIa4ARCHEAEMi5gBD&#10;IvwAQyL/AEMi/wBDIv8AvDIAAK04AAChPAAAlz4AAI09AACDOgAAeTUAAG8wAABmKgAAXiQCAFcg&#10;DQBUIBQAUSAdAE8hJQBOISwATCEzAEsiOgBJIkAASCJHAEciTgBGI1cARCNgAEMkawBCJHkAQSWI&#10;AD8mmQA+JqsAPSfBAD0n4wA9KPoAPSj/AD0n/wA9J/8AuDYAAKo9AACeQAAAlEIAAIpCAACAPwAA&#10;djsAAGw2AABiMAAAWSoAAFElCwBNJREASyUZAEklIQBHJigARSYvAEQmNgBDJj0AQidEAEEnSwA/&#10;KFQAPihdAD0paQA8KXYAOyqGADkrlwA4K6kANyy/ADcs4AA3LPgANyz/ADcs/wA4LP8AtToAAKdA&#10;AACcRAAAkUYAAIdGAAB9RAAAc0AAAGg7AABfNgAAVTEAAEwrBwBHKQ8ARSoWAEMqHgBBKiUAPyos&#10;AD4rMwA9KzkAPCtBADssSAA6LFEAOS1bADguZgA2LnMANS+DADQvlQAzMKcAMjC9ADEx3gAxMfcA&#10;MjH/ADIw/wAzMP8AsT4AAKREAACZSAAAj0oAAIVKAAB7SQAAcEUAAGVAAABbOwAAUjYAAEgxBABC&#10;Lg0APy4TAD0uGwA7LiIAOS8pADgvLwA3LzYANjA+ADUwRgA0MU8AMzFZADIyZAAxMnEAMDOBAC80&#10;kwAuNKYALDW7ACw12wAsNfUALTX/AC00/wAuNP8ArkEAAKJIAACXTAAAjU4AAINOAAB5TQAAbkoA&#10;AGJFAABYQAAATjwAAEU3AAA9MwsAOTMRADczGAA2Mx8ANDMmADMzLQAyNDQAMTQ8ADA1RAAvNUwA&#10;LjZWAC02YgAsN28AKzd/ACo4kQAoOKQAJzm5ACY52AAnOfQAKDn/ACg4/wApOP8Aq0UAAJ9LAACU&#10;TwAAi1IAAIFTAAB3UgAAbE8AAF9JAABWRgAATEIAAEI9AAA4OAgANDgPADI4FQAxOB0ALzgkAC44&#10;KwAtOTIALDk5ACs6QQAqOkoAKTtUACg7XwAnPG0AJTx9ACQ9jwAjPaIAIj23ACE+1AAhPvMAIj3/&#10;ACM9/wAjPP8AqEkAAJ1PAACSUwAAiVYAAH9XAAB1VgAAalMAAF1PAABTTAAASkgAAEBEAAA2QAUA&#10;Lz0NAC09EwArPRoAKj4hACk+KAAoPi8AJz43ACY/PwAkP0gAI0BSACJAXQAhQWoAIEF6AB5BjQAd&#10;QqAAHEK1ABtC0QAbQvEAHEL/AB1B/wAeQf8ApU0AAJpTAACQWAAAhlsAAH1cAAByWwAAZ1gAAFtU&#10;AABRUgAASE4AAD1KAAAzRwAAKkMLACZDEAAlQxYAJEMeACNEJQAiRCwAIUQ0ACBFPAAeRUUAHUVP&#10;ABxGWgAbRmgAGUZ4ABhHigAXR54AFkezABRIzgAVR+8AFkf/ABdG/wAXRv8AolIAAJdYAACNXQAA&#10;hGAAAHphAABwYAAAZV4AAFlaAABPWAAARFQAADlRAAAvTgAAJksGACBKDgAeShMAHUoaABxKIQAb&#10;SygAGkswABlLOAAXS0IAFkxMABVMVwAUTGUAE011ABJNiAARTZwAEE2xAA5OzAAPTe4AEE3/ABFM&#10;/wARTP8AnlcAAJRdAACLYgAAgWUAAHdmAABtZgAAY2QAAFZhAABKXgAAP1sAADVYAAArVgAAIlQB&#10;ABpSCgAWUhAAFVIWABRSHQATUiQAElIsABFSNAARUj4AEFNIAA9TVAAOU2IADVRyAAxUhAALVJgA&#10;CVStAAhUxQAJVOcAClP7AAtS/wALUv8Am10AAJFkAACIaAAAfmsAAHRsAABrbAAAX2oAAFJnAABF&#10;ZAAAOmIAADBgAAAmXgAAHV0AABVbBQAQWgwADloRAA5aGAANWyAADFsnAAtbMAAKWzoACVtFAAdb&#10;UQAGW14ABFttAANbgAABW5QAAFuoAABbwAAAWuIAAFr2AAFa/wACWf8Al2QAAI5rAACEbgAAe3AA&#10;AHJyAABncQAAWXAAAExuAABAbAAANWsAACppAAAhZwAAGGYAABFmAQAMZQoAB2UPAARlFAADZBsA&#10;AmQjAABkLAAAZDUAAGRAAABkTAAAZFoAAGRpAABkewAAZI8AAGOkAABjuwAAYt0AAGL0AABi/wAA&#10;Yf8Ak2wAAIlxAACAdQAAeHcAAG14AABgdwAAUnYAAEZ1AAA5dAAALnQAACNyAAAacQAAEnEAAA1x&#10;AAAGcQgAAHANAABwEgAAcBcAAG8fAABvJgAAbzAAAG87AABvRwAAb1QAAG9kAABvdQAAbooAAG2g&#10;AABttgAAbNYAAGvyAABr/wAAa/8AjnMAAIV4AAB9ewAAc30AAGV+AABYfgAAS34AAD5+AAAyfgAA&#10;Jn0AABx8AAATfAAADXwAAAZ9AAAAfQUAAHwLAAB8DwAAfBMAAHwZAAB8IQAAfCkAAHw0AAB7QAAA&#10;e04AAHteAAB7bwAAeoQAAHqaAAB5sQAAeM4AAHfvAAB2/gAAdv8AiXoAAIF/AAB4ggAAa4MAAF2F&#10;AABPhgAAQocAADWIAAAphwAAHYcAABSHAAANiAAABokAAACKAAAAigAAAIkGAACJDAAAiQ8AAIkT&#10;AACJGgAAiiIAAIosAACKOAAAikYAAIlWAACJaAAAiXwAAIiUAACHqwAAhsYAAIXqAACF+wAAhP8A&#10;hYIAAH2GAABviAAAYYsAAFONAABFjwAAOJEAACuRAAAfkgAAFJIAAA2TAAAElAAAAJYAAACXAAAA&#10;mAAAAJcAAACXBQAAlwsAAJgOAACYEwAAmRoAAJkiAACaLgAAmj0AAJlNAACZXgAAmXMAAJiLAACY&#10;owAAl7wAAJbiAACW9wAAlf8AgIkAAHKMAABkjwAAVpMAAEiWAAA6mQAALJoAAB+bAAAUnAAADJ4A&#10;AAOfAAAAoQAAAKMAAAClAAAApQAAAKUAAAClAAAApgIAAKcIAACnDQAAqBEAAKkZAACrIwAAqzEA&#10;AKtBAACsUwAArGcAAKuAAACqmgAAqrMAAKrQAACp7wAAqfsAdY8AAGeUAABZmAAASpwAADyfAAAt&#10;ogAAIKMAABOlAAALpwAAAakAAACrAAAArgAAALEAAACyAAAAsgAAALMAAAC0AAAAtQAAALYAAAC4&#10;BAAAuQsAALsQAAC9GAAAvyQAAL81AADARwAAwFsAAMByAADAjQAAwaYAAMDBAAC/4wAAvvMAapcA&#10;AFucAABNoQAAPqUAAC+pAAAhqwAAE60AAAuwAAAAswAAALUAAAC4AAAAvAAAAL8AAADBAAAAwQAA&#10;AMMAAADEAAAAxgAAAMcAAADJAAAAywAAAM4IAADRDwAA1RgAANgnAADZOQAA2k0AANtkAADbfgAA&#10;3JkAANywAADcyQAA3OMAXZ8AAE+lAABAqgAAMq8AACKyAAAUtQAACrgAAAC7AAAAvwAAAMMAAADG&#10;AAAAywAAAM4AAADRAAAA0QAAANQAAADWAAAA2QAAANsAAADeAAAA4AAAAOQAAADnBgAA6w4AAO8Z&#10;AADwKgAA8j8AAPNVAAD0bQAA9IgAAPShAAD0tgAA9McA/wAJAP8ABgD/AAcA/wAMAP8AEQD/ABwA&#10;/wAoAP8ANAD/AEEA/wBMAP8AVQD/AF0A/wBlAP8AbAD/AHIA/gB4APwAfgD7AIQA+gCLAPkAkgD3&#10;AJkA9gCiAPQArADzALkA8QDLAPAA6ADuAPsA7QD/AOwA/wDhAP8A0gD/AMkA/wDEAP8A/wABAP8A&#10;AAD/AAAA/wAEAP8ADgD/ABcA/wAjAP8ALwD/ADsA/QBGAPoAUAD3AFgA9ABfAPIAZgDwAGwA7wBy&#10;AO0AeADsAH4A6gCFAOkAjADnAJMA5QCcAOMApgDhALEA3wDBAN0A3QDbAPQA2QD/ANYA/wDPAP8A&#10;xAD/AL0A/wC5AP8A/wAAAP8AAAD/AAAA/wAAAP8ACwD8ABMA9wAeAPQAKgDyADUA7gBAAOkASgDm&#10;AFIA4wBZAOAAYADeAGYA3ABsANoAcgDXAHgA1AB+ANIAhQDQAI0AzgCVAMwAnwDJAKoAxwC4AMUA&#10;zQDDAOsAwAD+AL8A/wC+AP8AtgD/ALAA/wCtAP8A/wAAAP8AAAD/AAAA+QAAAPIABgDrAA8A5gAZ&#10;AOEAJADeAC8A2gA5ANMAQwDPAEwAzABTAMkAWgDHAGAAxQBmAMMAawDBAHEAvwB3AL0AfgC7AIYA&#10;uQCOALcAmAC1AKMAswCwALEAwgCuAOAArAD3AKsA/wCqAP8AqAD/AKMA/wCgAP8A/wAAAP8AAAD1&#10;AAAA6wAAAOEAAADWAAwAzwATAMoAHgDGACkAwgAzAL8APQC7AEUAuABNALYAVACzAFoAsQBfALAA&#10;ZQCuAGoArABwAKsAdwCpAH8ApwCHAKUAkQCjAJwAoACpAJ4AuACcAM4AmgDuAJkA/wCXAP8AlgD/&#10;AJYA/wCTAP8A/QAAAPEAAADlAAAA2QAAAM0AAADEAAYAvQAPALcAGACzACIAsAAsAK0ANgCpAD4A&#10;pwBGAKQATQCiAFMAoABZAJ8AXgCdAGQAmwBqAJoAcACYAHcAlgCAAJQAigCRAJUAjwCiAI0AsACL&#10;AMMAiQDjAIgA+QCGAP8AhgD/AIYA/wCGAP8A8wAAAOMAAADRAAAAxQAAAL0AAAC2AAAArgALAKgA&#10;EgCkABwAoAAmAJwALwCaADcAlwA/AJUARgCSAEwAkQBSAI8AWACNAF0AiwBjAIoAagCIAHEAhgB5&#10;AIQAgwCCAI8AfwCbAH4AqQB8ALsAegDVAHgA8gB4AP8AdwD/AHcA/wB3AP8A5wcAANEMAADDDQAA&#10;uAwAAK4IAACoAAAAogAFAJsADgCWABUAkgAfAI4AKACLADEAiAA5AIYAQACEAEYAggBMAIAAUgB/&#10;AFcAfQBdAHsAYwB6AGsAeABzAHYAfQB0AIgAcQCVAHAApABuALQAbADKAGsA6gBqAPwAagD/AGoA&#10;/wBqAP8A2hAAAMYUAAC4FgAArRUAAKQSAACcDgAAlgcAAJAACQCKABAAhQAYAIEAIQB+ACoAewAy&#10;AHkAOQB3AEAAdQBGAHMATAByAFEAcABXAG4AXgBtAGUAawBuAGkAdwBnAIMAZQCRAGMAnwBiAK8A&#10;YADEAF8A5ABfAfgAXgL/AF4C/wBeAv8AzhgAAL0dAACwIAAApR8AAJscAACTFwAAixEAAIQMAAB+&#10;BAsAeQASAHUAGwByACMAbwArAG0BMwBrAToAaQJAAGcDRgBmA0wAZARSAGMEWQBhBGAAXwVpAF4F&#10;cwBcBn8AWgaNAFkHnABXCK0AVgjBAFUJ4QBUC/YAVAv/AFQL/wBUC/8Axh8AALYlAACpKAAAnigA&#10;AJQlAACLIQAAgxsAAHsUAAB0DgMAbgkNAGkIFABmCR0AZAolAGIKLQBgCzQAXgs6AF0LQABbDEcA&#10;WgxNAFgMVABXDVwAVQ1kAFQNbwBSDXsAUA6KAE8OmgBODqwATA/CAEwQ4wBLEPkASxD/AEsR/wBL&#10;EP8AvyYAALArAACkLwAAmS8AAI8tAACGKQAAfSQAAHQeAABsFwAAZREHAF8OEABcDxcAWhAfAFgQ&#10;JwBWEC4AVBA1AFMQOwBSEUIAUBFIAE8RUABOEVcATBJgAEsSawBJEngASBOHAEYTlwBFFKkARBS+&#10;AEMV3wBDFvgAQxb/AEMW/wBDFv8AuisAAKsxAACgNAAAlTUAAIs0AACBMQAAeCsAAG8mAABmIAAA&#10;XhkBAFcUDQBUFBMAURQbAE8VIwBOFSoATBUxAEsWNwBJFj4ASBZEAEcXTABFF1QARBddAEMYZwBB&#10;GHQAQBmDAD8alAA9GqYAPBu7ADsb2wA7HPYAPBz/ADwc/wA8HP8AtTAAAKg2AACcOQAAkTsAAIc6&#10;AAB+NwAAczIAAGotAABhJwAAWSEAAFEbCQBMGRAAShoXAEgaHwBGGiYARRstAEMbMwBCGzoAQRxB&#10;AEAcSAA+HFAAPR1ZADweZAA7HnEAOR+AADgfkgA3IKQANiC4ADUh1gA1IfQANSL/ADUh/wA2If8A&#10;sjQAAKQ6AACZPgAAjz8AAIU/AAB7PAAAcDgAAGcyAABdLQAAVCgAAEwiBQBGHw4AQx8UAEEfGwA/&#10;HyIAPiApAD0gMAA7IDYAOiE9ADkhRQA4Ik0ANyJXADYjYgA0I24AMyR+ADIkjwAxJaIALyW2AC8m&#10;0gAvJvIALyb/ADAm/wAwJv8ArzgAAKI+AACWQgAAjEMAAIJDAAB4QQAAbj0AAGM4AABaMwAAUS4A&#10;AEgoAQBAJAwAPSMRADskGAA5JB8AOCQmADYkLAA1JTMANCU6ADMmQgAyJkoAMSdUADAnXwAvKGwA&#10;Lih7ACwpjQArKqAAKiq0ACkqzwApK/AAKiv/ACoq/wArKv8ArDwAAJ9CAACURgAAikcAAIBHAAB2&#10;RQAAbEIAAGE9AABXOAAATjMAAEQuAAA8KQkANygQADUoFQAzKBwAMigjADAoKQAvKTAALyo3AC4q&#10;PwAtK0gALCtSACssXQAqLGoAKC15ACctiwAmLp4AJS6zACQvzQAkL+4AJS//ACUv/wAmLv8AqT8A&#10;AJ1FAACSSQAAiEsAAH5MAAB0SgAAakcAAF5CAABUPQAASzkAAEE0AAA4LwYAMi0NADAtEwAuLRkA&#10;LS0gACstJwAqLi4AKS41ACkvPQAoL0YAJzBPACUwWwAkMWgAIzF3ACIyiQAhMp0AHzOxAB4zywAe&#10;M+0AHzP/ACAz/wAhMv8ApkMAAJpJAACQTQAAhk8AAHxQAABzTwAAaEwAAFxGAABSQwAAST8AAD87&#10;AAA2NgIALjIMACsyEQApMhcAKDIeACYyJAAlMysAJDMyACM0OgAiNEMAITVNACA1WAAfNmUAHjZ1&#10;ABw3hwAbN5sAGjevABk4yAAZOOsAGjj/ABs3/wAbN/8Ao0cAAJhNAACOUQAAhFMAAHtUAABxUwAA&#10;ZlAAAFpMAABQSQAAR0UAAD1BAAAzPQAAKjkJACU3DgAjNxQAIjgbACE4IgAgOCgAHzgwAB45OAAd&#10;OUEAHDpLABo6VgAZO2MAGDtyABY7hQAVPJkAFDytABM9xgATPekAFDz9ABU8/wAWO/8AoEsAAJVR&#10;AACLVQAAglgAAHlZAABuWAAAZFYAAFhRAABOTwAARUsAADpHAAAwQwAAJ0AFACA+DQAdPhEAHD4X&#10;ABs+HgAaPiUAGT4tABg/NQAWPz4AFT9IABRAUwATQGAAEkFwABFBggAQQZcAD0GsAA5CxAAOQucA&#10;D0H8ABBB/wAQQP8AnVAAAJNWAACJWgAAgF0AAHZeAABsXQAAYlsAAFZXAABMVQAAQVEAADZOAAAs&#10;SwAAI0gAABtFCQAXRA8AFUQUABRFGwATRSIAEkUpABFFMQARRTsAEEZFAA9GUAAOR14ADUdtAAxH&#10;fwALR5MACUenAAhHvgAIR+AACUf2AApG/wALRv8AmlUAAJBbAACHYAAAfWIAAHNjAABqYgAAYGEA&#10;AFNeAABHWgAAPFcAADJVAAAoUgAAH1AAABdOBAARTAwAD0wRAA5MFwAOTB4ADU0lAAxNLgALTTcA&#10;Ck1CAAlNTQAHTloABk5pAAROewACTo8AAU6kAABNugAATdsAAU3yAAFN/wACTP8AllsAAI1iAACE&#10;ZgAAemgAAHFpAABoaQAAXGcAAE9kAABCYQAAN18AAC1cAAAjWgAAGlgAABJXAQANVgkACVUOAAdV&#10;EwAGVRoABFUiAANVKgACVTQAAFU+AABVSgAAVlcAAFZlAABVdwAAVYsAAFWgAABVtgAAVNQAAFTx&#10;AABT/QAAU/8Ak2IAAIpoAACAbAAAd24AAG9vAABjbgAAVmwAAElqAAA9aAAAMmYAACdlAAAdYwAA&#10;FWIAAA5hAAAJYAgAA2ANAABfEQAAXxcAAF8eAABfJgAAXy8AAF86AABfRQAAX1MAAF9hAABecgAA&#10;XocAAF2cAABdsgAAXM8AAFzvAABb/QAAW/8AkGoAAIZvAAB9cgAAdXQAAGp1AABddAAAT3MAAEJy&#10;AAA2cAAAK28AACBuAAAXbQAAEGwAAApsAAACawYAAGsLAABqDwAAahQAAGoaAABqIQAAaSoAAGk0&#10;AABpQAAAaU4AAGlcAABpbQAAaIIAAGiYAABnrgAAZsoAAGXtAABl/AAAZP8Ai3EAAIJ2AAB6eQAA&#10;cHsAAGJ7AABVewAASHoAADt6AAAvegAAI3kAABl4AAARdwAACncAAAN3AAAAdwIAAHcIAAB2DQAA&#10;dhAAAHYVAAB2GwAAdiMAAHYuAAB1OgAAdUcAAHVWAAB1aAAAdHwAAHSSAABzqgAAcsQAAHHpAABw&#10;+wAAcP8AhnkAAH99AAB2fwAAaIEAAFqCAABMggAAP4MAADKEAAAlgwAAGoMAABGDAAAKgwAAAoMA&#10;AACEAAAAhQAAAIQDAACDCAAAgw0AAIMQAACDFQAAhBwAAIQmAACEMgAAhD8AAINPAACDYAAAgnUA&#10;AIKMAACBpAAAgL0AAH/jAAB++QAAfv8AgoAAAHqEAABshgAAXogAAFCKAABCiwAANY0AACeNAAAb&#10;jQAAEY4AAAqOAAAAjwAAAJEAAACSAAAAkgAAAJIAAACSAQAAkgcAAJIMAACSEAAAkxUAAJMdAACU&#10;KAAAlDYAAJRFAACTVwAAk2sAAJOCAACSnAAAkbYAAJDYAACP8wAAj/8AfocAAHCKAABhjQAAU5AA&#10;AEWTAAA3lQAAKZYAAByXAAARmAAACZkAAACbAAAAnAAAAJ4AAACgAAAAoAAAAKAAAACgAAAAoQAA&#10;AKEEAACiCQAAow4AAKQUAAClHQAApioAAKY6AACmTAAApWAAAKV4AAClkgAApKwAAKTJAACj6wAA&#10;ovoAc44AAGSRAABWlQAAR5kAADmcAAAqngAAHaAAABGhAAAIowAAAKUAAACnAAAAqQAAAKwAAACu&#10;AAAArgAAAK4AAACvAAAAsAAAALEAAACyAAAAswYAALUNAAC3EwAAuR4AALkuAAC6QAAAulQAALtq&#10;AAC6hQAAuaEAALm7AAC63gAAufIAZ5UAAFiZAABKngAAO6IAACymAAAdqAAAEaoAAAesAAAArwAA&#10;ALEAAAC0AAAAuAAAALsAAAC8AAAAvAAAAL4AAAC/AAAAwAAAAMIAAADEAAAAxgAAAMgDAADLCwAA&#10;zxIAANEgAADRMgAA0kYAANNdAADUdgAA1JIAANWrAADVxAAA1OIAW50AAEyiAAA9pwAAL6wAAB+v&#10;AAARsQAAB7UAAAC4AAAAuwAAAL4AAADCAAAAxwAAAMoAAADMAAAAzAAAAM4AAADQAAAA0gAAANUA&#10;AADYAAAA2wAAAN8AAADiAAAA5gsAAOsTAADsJAAA7TgAAO5OAADvZwAA8IIAAPCcAADwsgAA8cUA&#10;/wADAP8AAQD/AAQA/wAJAP8ADwD/ABgA/wAkAP8AMAD/ADwA/wBHAP8AUQD/AFkA/wBgAP0AZwD8&#10;AG0A+gBzAPkAeQD4AH8A9gCFAPUAjADzAJQA8gCdAPAApwDuALMA7ADEAOsA4QDqAPgA6QD/AOcA&#10;/wDZAP8AywD/AMIA/wC9AP8A/wAAAP8AAAD/AAAA/wAAAP8ADAD/ABQA/wAgAP8AKwD+ADcA+gBC&#10;APYASwDyAFMA8ABbAO4AYQDsAGcA6gBtAOgAcwDnAHkA5QB/AOMAhgDhAI4A3wCWAN0AoADbAKwA&#10;2AC7ANQA0QDTAPAA0AD/AM4A/wDIAP8AvQD/ALYA/wCyAP8A/wAAAP8AAAD/AAAA/wAAAP0ACAD3&#10;ABAA8wAaAO8AJgDtADEA6AA7AOMARQDgAE0A3ABVANkAWwDWAGEA0wBnANEAbADPAHIAzQB4AMsA&#10;fwDJAIcAxwCQAMUAmgDDAKUAwACyAL4AxQC8AOUAugD7ALgA/wC3AP8AsAD/AKkA/wClAP8A/wAA&#10;AP8AAAD+AAAA9QAAAOwAAwDlAA0A3wAVANoAIADUACoA0AA1AMsAPgDIAEcAxQBOAMIAVQDAAFsA&#10;vgBhALwAZgC6AGwAuAByALYAeAC1AIAAswCIALEAkgCuAJ4ArACqAKkAuwCoANUApgDzAKQA/wCj&#10;AP8AoQD/AJsA/wCYAP8A/wAAAPsAAADwAAAA5QAAANgAAADOAAkAxwARAMIAGgC+ACQAuwAuALcA&#10;OAC0AEAAsQBIAK4ATgCsAFQAqgBaAKkAXwCnAGUApQBrAKQAcQCiAHgAoACBAJ4AiwCcAJYAmQCj&#10;AJcAsgCWAMcAkwDoAJIA/gCRAP8AkAD/AI0A/wCLAP8A+QAAAOsAAADdAAAAzwAAAMYAAAC8AAQA&#10;tQANALAAFQCsAB4AqAAoAKUAMQCiADkAnwBBAJ0ASACbAE4AmQBTAJcAWQCWAF4AlABkAJIAagCQ&#10;AHEAjgB6AIwAgwCKAI8AiACcAIYAqgCEALwAggDcAIEA9gCAAP8AfwD/AH8A/wB+AP8A7AAAANoA&#10;AADJAAAAvgAAALYAAACuAAAApwAJAKEAEACcABgAmAAiAJUAKgCSADIAkAA6AI0AQQCLAEcAiQBN&#10;AIcAUgCGAFgAhABdAIIAZACBAGsAfwBzAH0AfQB7AIgAeACVAHYAowB1ALQAcwDMAHEA7QBwAP8A&#10;cAD/AHAA/wBwAP8A3wUAAMoKAAC8CwAAsQkAAKgEAAChAAAAmwADAJQADACPABMAigAbAIcAJACE&#10;ACwAgQAzAH8AOgB9AEEAewBHAHkATAB3AFIAdgBXAHQAXQByAGQAcABtAG8AdgBsAIIAagCPAGkA&#10;nQBnAK4AZQDDAGQA5ABjAPoAYwD/AGIA/wBjAP8A0A4AAL8SAACyEwAApxIAAJ0QAACVCwAAjwMA&#10;AIkABwCCAA4AfgAVAHoAHgB2ACUAdAAtAHEANABvADoAbgBAAGwARgBqAEwAaQBSAGcAWABmAF8A&#10;ZABnAGIAcQBgAHwAXgCJAFwAmABbAKkAWQC8AFgA3ABYAPQAWAD/AFcA/wBXAP8AxhYAALYaAACq&#10;HQAAnxwAAJUZAACNFAAAhQ8AAH4JAAB3AQoAcgAQAG4AFwBqAB8AaAAnAGUALgBkADQAYgA7AGAA&#10;QABfAEYAXQBMAFwAUwBaAFoAWABiAFcAbABVAHcAUwCFAFIAlABQAaUATwG4AE4C0gBNBPAATQX/&#10;AE0F/wBNBf8Avx0AALAiAACjJQAAmSUAAI8iAACFHQAAfRgAAHUSAABuDQIAZwYMAGMDEQBfAhkA&#10;XQMhAFsEKABZBC8AVwU1AFYFOwBUBkEAUwZHAFEGTgBQB1UATgdeAE0IZwBLCHMASQmBAEgJkgBH&#10;CqMARQq2AEQL0ABEDO8AQw3/AEMN/wBEDf8AuSQAAKopAACeLAAAlCwAAIoqAACAJgAAdyEAAG4b&#10;AABmFAAAXw8FAFkLDQBVChMAUwsbAFELIgBPDCkATQwvAEwMNgBLDTwASQ1CAEgNSQBGDVEARQ5a&#10;AEQOZABCDnAAQA5/AD8PkAA+EKIAPBC2ADsQ0QA7EfEAOxH/ADsR/wA8Ef8AtCkAAKYvAACaMgAA&#10;kDIAAIYxAAB8LQAAcigAAGkjAABhHQAAWRYAAFERCABMDxAAShAWAEgQHQBGECQARRArAEMRMQBC&#10;ETcAQRE+AEARRQA+Ek0APRJWADwSYQA6E20AORN8ADcUjQA2FJ8ANRWzADQVzQAzFu4ANBb/ADQW&#10;/wA0Fv8Ary4AAKI0AACXNwAAjDgAAII2AAB4NAAAbi4AAGUqAABcJAAAVB4AAEwYBABGFA0AQhQS&#10;AEAUGQA/FCAAPRUnADwVLQA7FTQAORY6ADgWQgA3FkoANhdTADUXXgAzGGoAMhl5ADAZigAvGp0A&#10;LhqxAC0bygAtG+wALRz/AC4b/wAuG/8ArDIAAJ84AACUOwAAijwAAIA8AAB2OQAAazQAAGIvAABZ&#10;KgAAUCUAAEcfAABAGgoAPBkQADoZFgA4GR0ANhojADUaKQA0GjAAMxo3ADIbPgAxG0cALxxQAC4d&#10;WwAtHWcALB52ACoeiAApH5sAKB+uACcgxwAmIOoAJyD+ACgg/wAoIP8AqTYAAJ08AACSPwAAh0EA&#10;AH1AAAB0PgAAaToAAF81AABWMAAATSsAAEQlAAA7IAcANh4OADMeEwAyHhkAMB4gAC8eJgAuHy0A&#10;LR80ACwgOwArIEQAKiFOACkhWAAnImUAJiJ0ACUjhQAjI5kAIiStACEkxQAhJegAIiX9ACIk/wAj&#10;JP8ApjoAAJo/AACPQwAAhUUAAHtEAAByQwAAZz8AAF06AABTNgAASjEAAEEsAAA4JgMAMSMMAC4i&#10;EQAsIhYAKiIdACkiIwAoIyoAJyMxACYkOQAlJUEAJCVLACMmVgAiJmMAISdyAB8ngwAeKJcAHSir&#10;ABspwwAbKeYAHCn7AB0p/wAeKP8Aoz4AAJhDAACNRwAAg0kAAHpJAABwRwAAZkQAAFo/AABROwAA&#10;RzcAAD4yAAA1LQAALCgJACgnDwAnJxQAJScaACQnIQAjKCcAIiguACEpNgAgKT8AHypJAB4qVAAd&#10;K2AAGytvABosgQAZLJUAFy2pABYtwQAWLeQAFy36ABgt/wAZLf8AoUEAAJVHAACLSwAAgk0AAHhN&#10;AABuTAAAZEkAAFhEAABPQAAARj0AAD04AAAzNAAAKi8GACQsDQAhLBIAICwYAB8tHgAeLSUAHS0s&#10;ABwuNAAbLjwAGi9GABgvUQAXMF4AFjBtABUxfwATMZMAEjGoABEyvwARMuIAEjL5ABMx/wATMf8A&#10;nkUAAJNLAACJTwAAgFEAAHZSAABtUAAAYk4AAFZJAABNRgAAREMAADs/AAAxOgAAJzYDAB8yCwAc&#10;MhAAGzIVABkyGwAYMiIAFzMpABYzMQAVNDoAFDREABM0TwASNVwAETVrABA2fQAPNpEADjamAA03&#10;vAANN90ADTb2AA42/wAPNv8Am0kAAJFPAACHUwAAflYAAHVWAABqVQAAYFMAAFVPAABMTAAAQkkA&#10;ADhFAAAuQQAAJD0AABw6CAAWOA4AFTgSABQ4GAATOR8AEjkmABE5LgAQOTcADzpBAA46TAANO1kA&#10;DTtoAAs7egAKO40ACTyiAAc8uAAHPNUACDzwAAk7/wAKO/8AmE4AAI5UAACFWAAAfFsAAHJbAABo&#10;WgAAXlgAAFNVAABJUgAAPk4AADRLAAAqRwAAIUQAABhCAwASQAsAED8QAA4/FQAOPxwADUAjAAxA&#10;KwALQDQACkA+AAlBSgAHQVYABkFlAARBdgADQYoAAUGfAABBtAAAQdAAAUHuAAFB/AACQP8AlVQA&#10;AIxZAACDXgAAeWAAAHBgAABmYAAAXV4AAFFbAABFVwAAOlQAAC9RAAAlTwAAHEwAABRKAAAOSAgA&#10;C0cOAAhHEgAHRxkABkcgAAVIKAADSDEAAkg7AABIRwAASFMAAEhiAABIcwAASIYAAEibAABIsQAA&#10;R8wAAEftAABH+wAAR/8AkloAAIlgAACAYwAAd2UAAG5mAABlZgAAWWQAAExgAABAXQAANVsAACpZ&#10;AAAgVwAAF1UAABBTAAALUgcABVENAAFQEQAAUBYAAFAdAABQJQAAUC4AAFA4AABQQwAAUFAAAFBe&#10;AABQbwAAUIMAAE+YAABPrgAATskAAE7rAABN+wAATf8Aj2EAAIZmAAB9aQAAdGwAAGxtAABhawAA&#10;U2kAAEZnAAA6ZAAAL2MAACRhAAAaXwAAEl4AAAxcAAAGXAYAAFsLAABaDwAAWhMAAFoZAABZIQAA&#10;WSkAAFkzAABZPwAAWUwAAFlaAABZawAAWH4AAFiUAABXqwAAV8UAAFbpAABV+wAAVf8AjGgAAIJt&#10;AAB6cAAAcnIAAGdyAABacQAATHAAAD9uAAAzbQAAKGsAAB1qAAAUaAAADWcAAAdnAAAAZgMAAGYJ&#10;AABlDQAAZREAAGQVAABkHAAAZCQAAGQuAABkOgAAY0cAAGNVAABjZgAAY3oAAGKQAABhpwAAYMEA&#10;AF/mAABf+gAAXv8Ah28AAH90AAB4dwAAbngAAGB4AABSdwAARXcAADh2AAArdgAAIHQAABZzAAAO&#10;cwAAB3IAAAByAAAAcgAAAHEFAABxCgAAcQ4AAHARAABwFwAAcB4AAHAnAABwMwAAb0AAAG9QAABv&#10;YAAAbnQAAG6LAABtogAAbLwAAGviAABq+AAAaf8Ag3cAAHx7AABzfQAAZX4AAFd/AABJfwAAPH8A&#10;AC+AAAAifwAAF34AAA9+AAAHfgAAAH8AAAB/AAAAfwAAAH4AAAB+BQAAfgoAAH4NAAB+EQAAfhcA&#10;AH4gAAB+KwAAfTkAAH1IAAB9WQAAfG0AAHyEAAB7nAAAerYAAHnaAAB49QAAd/8AgH8AAHeCAABp&#10;gwAAW4UAAE2GAAA/iAAAMokAACSJAAAYiQAAD4kAAAeKAAAAiwAAAIwAAACNAAAAjQAAAIwAAACM&#10;AAAAjAMAAIwIAACNDQAAjREAAI0XAACOIgAAji8AAI4/AACNUAAAjWQAAIx7AACMlQAAi64AAIrN&#10;AACJ7wAAif8Ae4UAAG2IAABeigAAUI0AAEKPAAA0kQAAJpIAABmTAAAOlAAABpUAAACWAAAAmAAA&#10;AJoAAACbAAAAmwAAAJsAAACbAAAAmwAAAJwAAACdBQAAnQsAAJ4QAACfFwAAoCQAAKA0AACgRgAA&#10;oFkAAJ9wAACfigAAnqUAAJ7CAACd6AAAnPkAcIwAAGGPAABTkgAARJYAADaZAAAnmwAAGZwAAA+d&#10;AAAFnwAAAKEAAACjAAAApQAAAKgAAACpAAAAqQAAAKkAAACqAAAAqwAAAKwAAACtAAAArgEAALAJ&#10;AACyDwAAsxgAALQnAAC0OQAAtU0AALRkAAC0fgAAs5oAALO0AACz1QAAs/AAZJMAAFWXAABHmwAA&#10;OJ8AACmiAAAapAAADqYAAASoAAAAqwAAAK0AAACwAAAAtAAAALYAAAC4AAAAuAAAALkAAAC6AAAA&#10;vAAAAL0AAAC/AAAAwAAAAMMAAADFBwAAyQ8AAMoaAADLLAAAzEAAAM1WAADObwAAzYsAAMyoAADM&#10;wgAAzOIAWJsAAEmgAAA6pQAALKkAAByrAAAPrgAABLEAAAC0AAAAtwAAALoAAAC+AAAAwwAAAMYA&#10;AADIAAAAyAAAAMoAAADLAAAAzQAAAM8AAADSAAAA1QAAANkAAADdAAAA4QUAAOYPAADnHgAA6DIA&#10;AOlIAADqYAAA63sAAOuXAADsrgAA7MIA/wAAAP8AAAD/AAAA/wAGAP8ADQD/ABUA/wAhAP8ALAD/&#10;ADgA/wBDAP8ATAD+AFQA+wBbAPoAYgD4AGgA9gBuAPUAdAD0AHoA8gCAAPEAhwDvAI8A7QCXAOsA&#10;oQDpAK0A5wC9AOUA2ADkAPMA4gD/AOAA/wDQAP8AxAD/ALwA/wC2AP8A/wAAAP8AAAD/AAAA/wAA&#10;AP8ACQD/ABEA/wAcAP0AJwD5ADIA9QA9APEARgDtAE8A6wBWAOgAXADmAGIA5ABoAOMAbgDhAHMA&#10;3wB5AN0AgADaAIgA2ACRANQAmwDSAKYAzwC0AMwAyQDJAOkAyAD/AMcA/wDBAP8AtwD/AK8A/wCr&#10;AP8A/wAAAP8AAAD/AAAA/wAAAPgABQDyAA4A7gAXAOoAIgDmACwA4QA3AN0AQADYAEkA0wBQANAA&#10;VgDOAFwAzABiAMoAZwDIAG0AxgBzAMQAeQDCAIEAwACKAL4AlAC8AJ8AuQCsALYAvgC0AN0AswD3&#10;ALEA/wCwAP8AqAD/AKIA/wCeAP8A/wAAAP8AAAD5AAAA7wAAAOYAAADfAAsA1gASANAAHADMACYA&#10;yAAwAMQAOgDAAEIAvQBKALsAUAC4AFYAtgBbALUAYQCzAGYAsQBsALAAcgCuAHoArACCAKkAjACn&#10;AJgApQClAKMAtACgAMsAnwDuAJ0A/wCcAP8AmQD/AJQA/wCRAP8A/wAAAPYAAADqAAAA3QAAAM8A&#10;AADHAAYAwAAPALsAFwC3ACAAswAqALAAMwCtADsAqgBDAKcASQClAE8AowBVAKIAWgCgAF8AngBl&#10;AJ0AawCbAHIAmQB7AJcAhQCUAJAAkgCdAJAArACOAL8AjADiAIsA+gCJAP8AiQD/AIYA/wCDAP8A&#10;9AAAAOQAAADUAAAAyAAAAL8AAAC1AAEArgALAKkAEgClABsAoQAjAJ4ALACbADQAmAA8AJYAQwCU&#10;AEkAkgBOAJAAUwCOAFkAjQBeAIsAZACJAGsAhwBzAIUAfQCDAIgAgQCVAH8ApAB9ALUAewDPAHkA&#10;8QB4AP8AdwD/AHcA/wB1AP8A5QAAANEAAADDAAAAuAAAAK8AAACoAAAAoAAGAJoADgCVABUAkQAe&#10;AI4AJgCLAC0AiAA1AIYAPACEAEIAggBHAIAATQB/AFIAfQBYAHsAXgB5AGUAeABtAHYAdgBzAIEA&#10;cQCOAG8AnQBtAK4AbADEAGoA5wBpAP0AaAD/AGgA/wBpAP8A1QMAAMMHAAC2CAAAqwYAAKIAAACb&#10;AAAAlAAAAI0ACgCIABAAgwAYAH8AIAB8ACcAegAuAHcANQB1ADsAdABBAHIARwBwAEwAbwBSAG0A&#10;WABrAF8AaQBmAGcAcABlAHsAYwCIAGIAlwBgAKcAXgC7AF0A3ABcAPYAXAD/AFsA/wBbAP8AyQ0A&#10;ALkQAACsEQAAoRAAAJcNAACPCAAAiAAAAIIABQB7AA0AdwASAHMAGgBvACEAbAAoAGoALwBoADUA&#10;ZwA7AGUAQQBjAEYAYgBMAGAAUgBfAFkAXQBhAFsAagBZAHUAVwCCAFUAkQBUAKIAUwC1AFEAzwBQ&#10;AO8AUAD/AFAA/wBQAP8AvxQAALAYAACkGgAAmRkAAI8WAACHEQAAfw0AAHcGAABxAAgAawAOAGcA&#10;FABkABsAYQAiAF4AKQBdAC8AWwA1AFkAOwBYAEEAVgBGAFUATQBTAFQAUgBcAFAAZQBOAHAATAB9&#10;AEsAjQBJAJ4ASACwAEcAxwBGAOkARgD7AEYA/wBFAP8AuBsAAKogAACeIgAAkyIAAIkfAACAGgAA&#10;dxUAAG8QAABoCwAAYQQKAF0AEABZABYAVgAdAFQAIwBSACoAUAAwAE8ANQBOADsATABBAEsASABJ&#10;AE8ARwFXAEYBYQBEAmwAQwJ5AEEDiQBAA5oAPgStAD0ExAA8BeUAPAf4ADwH/wA8B/8AsiIAAKUn&#10;AACZKQAAjikAAIQnAAB7IwAAcR4AAGkYAABhEgAAWg0DAFMIDABPBREATAUXAEoGHgBIBiQARwYq&#10;AEUHMABEBzYAQwg9AEEIQwBACEsAPglTAD0JXQA7CmgAOgp2ADgLhwA3C5kANQusADQMwgAzDOQA&#10;Mw35ADMN/wA0Df8ArScAAKAsAACVLwAAiy8AAIAuAAB3KgAAbSUAAGQgAABcGgAAVBQAAEwPBgBG&#10;DA0AQwwSAEEMGAA/DB8APgwlADwNKwA7DTIAOg04ADgNPwA3DkcANg5QADQOWgAzDmYAMQ90ADAP&#10;hQAuEJgALRCrACwQwwArEeUALBH6ACwR/wAtEf8AqiwAAJ0xAACSNAAAhzUAAH00AAB0MQAAaisA&#10;AGAnAABYIQAATxsAAEcWAABAEQkAOxAPADkQFAA3EBsANhAhADQQJwAzES0AMhE0ADEROwAwEUMA&#10;LhJNAC0SVwAsEmMAKhNxACkTggAnFJUAJhSpACUVwAAkFeMAJRb6ACYW/wAmFf8ApjEAAJo2AACP&#10;OQAAhToAAHs5AABxNgAAZzEAAF0tAABUKAAATCIAAEMdAAA7FwUANRQNADITEQAxFBcALxQdAC4U&#10;JAAsFCoAKxUxACoVOAApFkAAKBZKACcXVAAmF2AAJBhvACMYgAAhGZMAIBmnAB8ZvgAeGuAAHxr4&#10;ACAa/wAgGv8AozQAAJg6AACNPQAAgz4AAHk9AABvOwAAZTcAAFsyAABSLQAASSgAAEAjAAA4HgEA&#10;MBkKACwYDwAqGBQAKRgaACcYIAAmGScAJRktACQaNQAjGj4AIhtHACEbUgAgHF4AHx1sAB0dfgAc&#10;HZEAGh6lABkevAAYH90AGR/2ABof/wAbHv8AoTgAAJU9AACLQQAAgUIAAHdCAABtQAAAYzwAAFk3&#10;AABPMwAARi4AAD0pAAA1JAAALSAHACcdDQAlHRIAIx0XACEdHQAhHSQAIB4rAB8eMgAeHzsAHR9F&#10;ABwgTwAaIVwAGSFqABgiewAWIo8AFSKjABQjugATI9oAFCP1ABUj/wAWI/8AnjwAAJNBAACJRAAA&#10;f0YAAHVGAABsRAAAYkEAAFc8AABNOAAARDQAADwwAAAzKwAAKiYDACMiCwAgIRAAHiEVABwiGwAb&#10;IiEAGiIoABojMAAZIzgAGCRCABYlTQAVJVkAFCZoABMmeQASJo0AESeiABAnuAAOJ9YAECj0ABEn&#10;/wARJ/8AnEAAAJFFAACHSAAAfUoAAHRKAABqSQAAYEYAAFVBAABMPgAAQzoAADo2AAAxMgAAKC0A&#10;ACApCQAbJw4AGScSABgnGAAWJx8AFSglABQoLQATKDYAEilAABIpSwARKlcAECpmAA4rdwAOK4sA&#10;DSyfAAwstQALLM8ADCzvAA0s/wANK/8AmUQAAI9JAACFTAAAfE4AAHNPAABpTgAAXksAAFNHAABK&#10;RAAAQkAAADk9AAAvOAAAJTQAAB0wBQAWLQwAFCwQABMtFQASLRwAES0jABAtKgAPLjMADi49AA0v&#10;SAANL1UADDBjAAowdAAJMIgACDGcAAYxsQAGMcsABjHrAAcw/AAIMP8Al0gAAI1NAACDUQAAelMA&#10;AHFUAABnUgAAXVAAAFJMAABJSgAAQEYAADVCAAArPgAAIjoAABo3AQASNAkADzMOAA4zEwANMxkA&#10;DTMgAAw0KAALNDEACjU7AAg1RgAHNVIABTZgAAQ2cQACNoQAADaZAAA2rwAANsgAADboAAA2+QAB&#10;Nf8AlE0AAIpSAACBVgAAeFgAAG9ZAABlWAAAW1UAAFFSAABHTwAAPEwAADFIAAAnRAAAHkEAABY/&#10;AAAQPAcACzoNAAk6EQAIOxcABjseAAU7JgAEOy4AAjs4AAE8QwAAPE8AADxeAAA8bgAAPIEAADyX&#10;AAA8rAAAO8UAADvnAAA7+AAAO/8AkVIAAIhYAAB/XAAAdl0AAG1eAABjXQAAWlwAAE5YAABCVAAA&#10;N1EAAC1OAAAjSwAAGkkAABJGAAANRAYAB0MMAANDEAAAQxUAAEMbAABDIwAAQysAAEM1AABDQAAA&#10;Q00AAENbAABDawAAQ34AAEOUAABCqgAAQsMAAEHmAABB+QAAQf8AjlgAAIZeAAB9YQAAc2MAAGtk&#10;AABiYwAAV2EAAEldAAA9WgAAMlgAACdVAAAeUwAAFVEAAA5PAAAJTQUAAk0LAABMDgAATBMAAEsY&#10;AABLHwAASygAAEsyAABLPQAAS0kAAEtXAABLZwAASnsAAEqQAABJpwAAScAAAEjkAABI+AAAR/8A&#10;i18AAINkAAB6ZwAAcWkAAGlqAABeaQAAUGYAAENkAAA3YQAALF8AACFdAAAYWwAAEFkAAApYAAAD&#10;VwMAAFcJAABWDQAAVRAAAFUVAABUGwAAVCMAAFQtAABUOQAAVEUAAFRTAABUZAAAU3cAAFONAABS&#10;pAAAUb0AAFDiAABQ+AAAT/8AiGcAAH9rAAB3bgAAb3AAAGVwAABXbgAASmwAAD1rAAAwaQAAJWgA&#10;ABpmAAARZAAAC2MAAARiAAAAYgEAAGEGAABgCwAAYA4AAF8SAABfFwAAXx4AAF4oAABeMwAAXkAA&#10;AF5PAABeXwAAXXIAAF2IAABcoAAAW7kAAFrfAABZ9wAAWP8AhG4AAHxyAAB1dQAAa3YAAF11AABP&#10;dAAAQnMAADVzAAAocgAAHXAAABNvAAAMbgAABG4AAABuAAAAbgAAAGwCAABsBwAAawsAAGsOAABr&#10;EgAAahkAAGoiAABqLQAAajoAAGlJAABpWgAAaWwAAGiDAABnmwAAZrUAAGXYAABk9QAAZP8AgHUA&#10;AHp5AABwewAAYnsAAFR8AABGfAAAOXwAACx8AAAfewAAFHoAAA16AAAEegAAAHoAAAB6AAAAegAA&#10;AHkAAAB5AQAAeAYAAHgLAAB4DgAAeBMAAHgaAAB4JQAAeDIAAHdBAAB3UgAAd2UAAHZ8AAB1lQAA&#10;dK8AAHPOAABy8QAAcf8Afn0AAHWAAABngQAAWIIAAEqDAAA8hAAALoUAACGFAAAVhQAADYUAAAOF&#10;AAAAhgAAAIcAAACIAAAAiAAAAIcAAACHAAAAhwAAAIcEAACHCQAAhw4AAIgTAACIHAAAiCkAAIg4&#10;AACHSgAAh10AAIZzAACGjQAAhacAAITFAACD7AAAgv4AeIQAAGqGAABciAAATYoAAD+MAAAxjgAA&#10;I48AABaPAAANkAAAApEAAACSAAAAkwAAAJUAAACWAAAAlgAAAJYAAACWAAAAlgAAAJcAAACXAAAA&#10;lwcAAJgNAACZEwAAmh8AAJotAACaPwAAmlIAAJpoAACZgwAAmZ8AAJi6AACX4gAAlvgAbYoAAF+N&#10;AABQkAAAQZMAADOWAAAklwAAFpgAAA2ZAAABmwAAAJ0AAACfAAAAoQAAAKQAAAClAAAApAAAAKUA&#10;AAClAAAApgAAAKcAAACoAAAAqQAAAKoEAACsDAAArhMAAK4hAACuMwAArkcAAK5dAACudgAArpMA&#10;AK6uAACtzQAArO8AYZEAAFOVAABEmAAANZwAACafAAAXoQAADaMAAAClAAAApwAAAKoAAACsAAAA&#10;sAAAALIAAAC0AAAAswAAALQAAAC1AAAAtwAAALgAAAC5AAAAuwAAAL0AAAC/AQAAwwsAAMUVAADF&#10;JQAAxjkAAMdPAADHaAAAxoUAAMaiAADGvAAAxt4AVZkAAEedAAA4ogAAKaYAABmoAAANqwAAAK0A&#10;AACxAAAAtAAAALcAAAC6AAAAvwAAAMEAAADEAAAAwwAAAMUAAADGAAAAyAAAAMoAAADNAAAAzwAA&#10;ANIAAADWAAAA2wAAAOAMAADhGAAA4ysAAORBAADlWgAA5nQAAOaRAADlrAAA5cQA/wAAAP8AAAD/&#10;AAAA/wABAP8ACgD/ABIA/wAdAP8AKAD/ADQA/wA+AP0ASAD6AFAA9wBXAPUAXQD0AGMA8gBpAPAA&#10;bwDvAHQA7QB7AOsAgQDpAIkA6ACSAOYAnADkAKgA4gC3AN8AzQDcAO4A2QD/ANkA/wDKAP8AvgD/&#10;ALUA/wCwAP8A/wAAAP8AAAD/AAAA/wAAAP8ABgD/AA8A/AAYAPgAIwD0AC4A8AA4AOsAQgDoAEoA&#10;5QBRAOIAWADgAF0A3gBjANwAaADZAG4A1gB0ANQAewDRAIIAzwCLAM0AlQDKAKEAyACvAMUAwQDC&#10;AOMAwAD7AMAA/wC7AP8AsAD/AKgA/wCkAP8A/wAAAP8AAAD/AAAA+wAAAPMAAQDtAAwA6AATAOMA&#10;HgDgACgA2gAyANMAPADPAEQAzABLAMkAUQDGAFcAxABdAMIAYgDBAGcAvwBtAL0AdAC7AHsAuQCE&#10;ALcAjgC0AJkAsgCnAK8AtwCtANAAqwDyAKoA/wCpAP8AoQD/AJsA/wCXAP8A/wAAAP8AAAD0AAAA&#10;6QAAAOAAAADVAAgAzgAQAMkAGADFACIAwQArALwANQC5AD0AtgBFALMASwCxAFEArwBWAK4AWwCs&#10;AGEAqgBmAKkAbQCmAHQApAB8AKIAhgCgAJIAngCfAJwArgCZAMMAlwDnAJYA/wCVAP8AkgD/AI0A&#10;/wCKAP8A/AAAAPAAAADjAAAA1AAAAMgAAAC/AAMAuQANALMAEwCvABwArAAlAKkALgClADYAowA+&#10;AKAARACeAEoAnQBQAJsAVQCZAFoAlwBfAJYAZgCUAGwAkgB1AJAAfgCOAIoAiwCXAIkApgCHALgA&#10;hQDWAIQA9gCCAP8AgQD/AH4A/wB8AP8A7QAAAN0AAADMAAAAwQAAALgAAACuAAAApwAJAKIAEACe&#10;ABcAmgAfAJcAJwCUAC8AkQA3AI8APQCNAEMAiwBJAIkATgCIAFMAhgBZAIQAXwCCAGUAgABtAH4A&#10;dwB8AIIAegCPAHgAngB1AK8AcwDHAHIA7ABxAP8AcAD/AHAA/wBuAP8A3QAAAMkAAAC8AAAAsQAA&#10;AKkAAAChAAAAmQADAJMADACOABIAigAZAIcAIQCEACkAgQAwAH8ANwB9AD0AewBCAHkASAB4AE0A&#10;dgBSAHQAWAByAF8AcQBnAG8AcABsAHsAagCIAGgAlwBmAKgAZQC8AGMA4QBiAPoAYQD/AGEA/wBh&#10;AP8AzQEAALwFAACvBQAApQIAAJwAAACUAAAAjQAAAIYACACBAA4AfAAUAHgAGwB1ACMAcgApAHAA&#10;MABuADYAbQA8AGsAQQBpAEcAaABMAGYAUgBkAFkAYwBgAGEAaQBfAHQAXQCBAFsAkABZAKEAVwC0&#10;AFYA0ABVAPIAVQD/AFQA/wBVAP8AwQwAALIOAACmDwAAmw4AAJILAACJBQAAggAAAHsAAgB1AAsA&#10;cAAQAGwAFgBoAB0AZgAjAGMAKgBhADAAYAA2AF4AOwBdAEEAWwBGAFoATABYAFMAVgBbAFQAZABS&#10;AG4AUQB7AE8AigBNAJsATACuAEsAxgBKAOoASQD+AEkA/wBJAP8AuRIAAKoWAACeFwAAlBYAAIoT&#10;AACBEAAAeQsAAHEDAABrAAYAZQANAGEAEQBdABgAWgAeAFgAJABWACoAVAAwAFMANgBRADsAUABB&#10;AE4ARwBNAE4ASwBWAEkAXwBHAGkARgB2AEQAhQBDAJcAQQCpAEAAvwA/AOIAPwD4AD4A/wA/AP8A&#10;shkAAKQeAACYHwAAjh8AAIQcAAB6GAAAchIAAGoOAABiCAAAXAEIAFcADgBTABMAUAAZAE4AHwBM&#10;ACUASgArAEgAMABHADYARgA8AEQAQgBDAEkAQQBRAD8AWgA+AGUAPAByADoAgQA5AJMAOAClADYA&#10;ugA2ANsANQD0ADUA/wA1AP8ArCAAAJ8kAACUJgAAiSYAAH8kAAB1IAAAbBsAAGQVAABcEAAAVAwB&#10;AE4GCgBKAg8ARwAUAEQAGgBCACAAQAAlAD8AKwA+ATEAPAE3ADsCPgA5AkUAOANNADYDVgA1BGEA&#10;MwRuADEFfgAwBZAALwWjAC0GuAAsBtQALAfwACwI/wAsCP8AqCUAAJsqAACQLAAAhi0AAHsrAABy&#10;JwAAaCIAAF8dAABXFwAATxIAAEgOBABBCgsAPgcQADsGFQA5BxsAOAchADYIJgA1CCwAMwgyADIJ&#10;OQAxCUEALwlJAC4KUwAsCl4AKwtsACkLfAAoDI8AJgyiACUMtwAkDNMAIw3wACQN/wAlDf8ApCoA&#10;AJgvAACNMgAAgzIAAHkxAABvLgAAZSkAAFwkAABTHwAASxkAAEMTAAA8EAYANQ0MADMMEQAxDBYA&#10;LwwcAC4NIgAtDSgAKw0uACoNNQApDT0AJw5GACYOUAAkDlwAIw9qACIPewAgEI4AHxCiAB0QtwAc&#10;ENQAHRHyAB0R/wAeEf8AoS8AAJUzAACKNgAAgDcAAHY2AABtMwAAYy8AAFkqAABQJQAASCAAAD8a&#10;AAA4FQAAMBEIACwQDgAqEBIAKBAYACcQHgAlECQAJBAqACMRMgAiEToAIRFDACASTgAeEloAHRNo&#10;ABsTeAAaE4sAGBSgABcUtQAWFNEAFhXxABcV/wAYFP8AnjMAAJM3AACIOgAAfjsAAHQ7AABrOAAA&#10;YTQAAFcvAABOKwAARSYAAD0hAAA0HAAALRcFACYTDAAjExAAIhMVACATGgAfEyEAHhQnAB0ULwAc&#10;FTcAGxVBABoWSwAZFlcAFxdlABYXdgAUGIkAExieABIYswARGc4AERnvABIZ/wATGf8AnDYAAJE7&#10;AACGPgAAfD8AAHM/AABpPQAAXzkAAFU1AABMMAAAQywAADonAAAyIgAAKh4BACIZCQAeFw4AHBcS&#10;ABoXFwAZGB4AGRgkABgZLAAXGTQAFho+ABUaSQATG1UAEhtjABEcdAAQHIcADx2cAA4dsQANHcsA&#10;DR3sAA4d/wAPHf8AmToAAI8/AACEQgAAe0QAAHFDAABoQgAAXj4AAFM6AABKNgAAQTIAADktAAAx&#10;KQAAKCUAACAgBgAaHQwAFxwQABUcFQAUHRsAFB0iABMdKQASHjIAER88ABAfRgAQIFMADiBhAA0h&#10;cQAMIYUACyKZAAoirgAJIscACSLnAAoi+wALIf8Alz4AAIxDAACDRgAAeUgAAHBIAABnRgAAXEQA&#10;AFI/AABJOwAAQDgAADg0AAAvMAAAJywAAB4nAwAWIwoAEiEOABEhEwAQIhkAECIgAA8iJwAOIy8A&#10;DSQ5AAwkRAALJVAACiVeAAkmbwAHJoIABiaWAAQmrAADJsQABCblAAQm9wAGJv8AlUIAAIpHAACB&#10;SgAAeEwAAG9MAABlSwAAW0gAAFBEAABHQQAAPz4AADc7AAAtNgAAJDEAABstAAATKgcADygNAA0n&#10;EQANKBYADCgdAAsoJQAKKS0ACSk3AAcqQgAGKk4ABCtcAAMrbAABK38AACuUAAArqQAAK8EAACvj&#10;AAAr9gAAKv8AkkYAAIhLAAB/TwAAdlEAAG1RAABjUAAAWk0AAE9KAABHRwAAPkQAADNAAAApPAAA&#10;IDgAABc0AAARMQUADC8MAAkuEAAHLhUABi8bAAUvIwADLysAAjA1AAAwPwAAMEwAADFZAAAxaQAA&#10;MXwAADGRAAAxpwAAML8AADDhAAAw9QAAL/8AkEsAAIZQAAB9VAAAdVYAAGtWAABiVQAAWFMAAE5Q&#10;AABFTQAAOkkAAC9FAAAlQgAAHD4AABQ7AAAOOQUACTcLAAQ2DwABNhMAADYZAAA2IAAANikAADYy&#10;AAA3PQAAN0kAADdXAAA3ZwAAN3kAADePAAA2pQAANr0AADbgAAA19QAANf8AjVAAAIRWAAB8WgAA&#10;clsAAGlbAABgWwAAV1kAAExWAABAUgAANU4AACpLAAAgSAAAF0YAABBDAAALQQQABEAKAAA/DgAA&#10;PhEAAD4WAAA+HQAAPiYAAD4vAAA+OgAAPkYAAD5UAAA+ZAAAPnYAAD2MAAA9owAAPLsAADzeAAA7&#10;9QAAO/8AilcAAIJcAAB5XwAAcGEAAGhhAABfYQAAVF4AAEdbAAA6VwAAL1UAACVSAAAbUAAAEk0A&#10;AAxLAAAGSgMAAEkJAABIDQAARxAAAEcUAABGGgAARiIAAEYsAABGNwAARkMAAEZRAABGYAAARXMA&#10;AEWJAABEoAAARLgAAEPcAABC9QAAQv8AiF0AAH9iAAB3ZQAAbmcAAGdoAABbZgAATmMAAEFhAAA0&#10;XgAAKVwAAB9aAAAVVwAADlYAAAdUAAAAUwEAAFIGAABRCwAAUQ4AAFARAABPFgAATx4AAE8nAABP&#10;MgAATz8AAE9NAABOXQAATm8AAE6FAABNnQAATLUAAEvYAABK9QAASv8AhWUAAHxpAAB0bAAAbW4A&#10;AGJtAABUawAAR2kAADpnAAAtZQAAImQAABhiAAAQYAAACV8AAABeAAAAXgAAAF0DAABcCAAAWwwA&#10;AFoPAABaEwAAWRkAAFkiAABZLQAAWToAAFlIAABYWAAAWGsAAFeBAABXmQAAVrIAAFXSAABU9AAA&#10;U/8AgWwAAHlwAABzcwAAaHMAAFpyAABMcQAAP3AAADJvAAAlbgAAGmwAABFrAAAJagAAAGoAAABp&#10;AAAAaQAAAGgAAABnAwAAZggAAGYMAABmDwAAZRQAAGUcAABlJwAAZDQAAGRDAABkUwAAZGUAAGN7&#10;AABilAAAYa0AAGDNAABf8QAAXv8AfXQAAHd3AABueQAAX3kAAFF5AABDeQAANngAACl4AAAcdwAA&#10;EXYAAAp1AAAAdQAAAHUAAAB2AAAAdQAAAHQAAAB0AAAAcwIAAHMHAABzDAAAchAAAHIVAAByIAAA&#10;ciwAAHI7AABxTAAAcV8AAHF0AABwjgAAb6gAAG7GAABs7QAAa/8Ae3sAAHJ+AABkfgAAVX8AAEeA&#10;AAA5gQAAK4IAAB6BAAASgQAACoEAAACBAAAAggAAAIMAAACDAAAAgwAAAIIAAACCAAAAggAAAIIA&#10;AACCBQAAggoAAIIPAACCFwAAgiMAAIIyAACCQwAAgVYAAIFsAACAhgAAf6EAAH69AAB95gAAfPwA&#10;doIAAGiDAABZhQAAS4cAADyJAAAuigAAIIsAABOLAAAKiwAAAIwAAACNAAAAjwAAAJEAAACSAAAA&#10;kQAAAJEAAACRAAAAkQAAAJEAAACSAAAAkgIAAJMJAACUDwAAlBkAAJQnAACUOAAAlEwAAJNiAACT&#10;fAAAk5gAAJKzAACR2AAAkPYAaogAAFyKAABNjQAAP5AAADCSAAAhlAAAFJUAAAqWAAAAlwAAAJkA&#10;AACbAAAAnQAAAJ8AAACgAAAAoAAAAKAAAACgAAAAoQAAAKIAAACjAAAApAAAAKUAAACmBwAAqBAA&#10;AKgcAACoLQAAqUAAAKlWAACpbwAAqYsAAKioAACnxwAApuwAX48AAFCSAABBlgAAM5kAACOcAAAU&#10;nQAACp8AAAChAAAAowAAAKYAAACoAAAArAAAAK4AAACvAAAArwAAALAAAACwAAAAsgAAALMAAAC0&#10;AAAAtgAAALcAAAC6AAAAvQcAAL8QAAC/HwAAwDMAAMBJAADAYgAAwH4AAMCbAADAtwAAv9gAU5cA&#10;AESbAAA1nwAAJqMAABalAAALpwAAAKoAAACtAAAAsAAAALMAAAC2AAAAuwAAAL0AAADAAAAAvwAA&#10;AMEAAADCAAAAxAAAAMYAAADIAAAAygAAAMwAAADPAAAA0wAAANoHAADbEwAA3SUAAN47AADfUwAA&#10;4G4AAN+MAADdqQAA3cIA/wAAAP8AAAD/AAAA/wAAAP8ABwD/ABAA/wAZAP8AJAD/AC8A/AA6APkA&#10;QwD1AEsA8wBSAPEAWQDvAF4A7QBkAOsAaQDpAG8A5wB1AOYAfADkAIQA4gCNAOAAlwDdAKIA2gCx&#10;ANUAxQDSAOgA0AD/AM8A/wDEAP8AuAD/AK8A/wCpAP8A/wAAAP8AAAD/AAAA/wAAAP8AAgD7AA0A&#10;9wAVAPMAHwDvACkA6gA0AOYAPQDiAEUA3gBMANsAUwDYAFgA1ABeANIAYwDQAGkAzgBuAMwAdQDK&#10;AH0AyACFAMYAkADCAJsAwACpAL4AugC7ANkAuQD3ALgA/wC0AP8AqQD/AKIA/wCdAP8A/wAAAP8A&#10;AAD/AAAA9gAAAO4AAADnAAoA4QARANwAGgDXACMA0AAuAMsANwDHAD8AxABGAMEATQC/AFIAvQBY&#10;ALsAXQC5AGIAuABoALYAbgC0AHUAsQB+AK8AiACtAJMAqgChAKgAsQCmAMgApADtAKIA/wCiAP8A&#10;mwD/AJUA/wCRAP8A/wAAAPwAAADuAAAA4wAAANgAAADNAAUAxgAOAMEAFQC9AB4AuQAnALUAMACy&#10;ADgArwBAAKwARgCqAEwAqABRAKcAVgClAFsAowBhAKEAZwCfAG4AngB2AJsAgACZAIwAlwCZAJQA&#10;qACSALwAkADfAI4A+wCOAP8AiwD/AIYA/wCDAP8A+AAAAOkAAADcAAAAzAAAAMEAAAC4AAAAsgAK&#10;AKwAEQCoABgApQAhAKIAKQCeADIAnAA5AJkAPwCXAEUAlQBKAJQAUACSAFUAkABaAI8AYACNAGcA&#10;iwBvAIkAeACGAIQAhACRAIIAoACAALIAfQDMAHwA8QB7AP8AegD/AHcA/wB1AP8A5gAAANMAAADG&#10;AAAAuwAAALEAAACnAAAAoQAFAJsADQCXABMAkwAbAJAAIwCMACsAigAyAIgAOACGAD4AhABEAIIA&#10;SQCBAE4AfwBTAH0AWQB7AGAAeQBoAHcAcQB1AHwAcwCJAHAAmABvAKkAbQC/AGsA5gBqAP8AaQD/&#10;AGkA/wBnAP8A0wAAAMMAAAC1AAAAqwAAAKMAAACbAAAAkgAAAIwACgCHABAAgwAWAH8AHQB9ACQA&#10;egArAHgAMgB2ADgAdAA9AHIAQgBxAEgAbwBNAG0AUwBsAFkAagBhAGgAagBmAHQAZACBAGEAkQBf&#10;AKIAXgC2AFwA1QBbAPcAWwD/AFoA/wBaAP8AxQAAALYCAACpAgAAnwAAAJYAAACOAAAAhwAAAIAA&#10;BQB6AAwAdQARAHEAGABuAB4AawAlAGkAKwBnADEAZgA3AGQAPABjAEEAYQBHAF8ATQBeAFMAXABb&#10;AFoAZABYAG4AVgB7AFQAigBSAJsAUQCuAFAAyABPAO4ATgD/AE4A/wBNAP8AuwoAAKwNAACgDQAA&#10;lQwAAIwIAACDAgAAfAAAAHUAAABuAAgAaQAOAGUAEwBiABkAXwAfAF0AJQBbACsAWQAxAFgANgBW&#10;ADsAVQBBAFMARwBRAE4AUABVAE4AXgBMAGgASgB1AEgAhABHAJUARQCoAEQAvwBDAOQAQgD8AEIA&#10;/wBCAP8AshEAAKUUAACZFQAAjhMAAIQRAAB7DQAAcwgAAGwAAABlAAMAXwALAFsADwBXABQAVAAa&#10;AFEAHwBPACUATgArAEwAMABLADYASQA8AEgAQgBGAEgARQBQAEMAWQBBAGMAPwBvAD4AfgA8AJAA&#10;OwCjADoAuAA5ANkAOAD1ADgA/wA4AP8ArBcAAJ8bAACTHQAAiRwAAH8ZAAB1FQAAbBAAAGQMAABd&#10;BgAAVgAGAFEADABNABAASgAVAEcAGgBFACAARAAmAEIAKwBBADEAPwA2AD4APQA8AEQAOwBLADkA&#10;VAA3AF8ANgBrADQAegAyAIwAMQCeADAAswAvAM4ALwDvAC4A/wAuAP8Apx4AAJoiAACPJAAAhCQA&#10;AHohAABxHQAAZxgAAF8TAABXDgAAUAoAAEkDCABFAA0AQQARAD4AFgA8ABsAOgAhADkAJgA3ACwA&#10;NgAyADQAOAAzAD8AMQBHADAAUAAuAFsALQBnACsAdgAqAIgAKACcACcAsAAmAMkAJQDqACUB+wAl&#10;Af8AoiMAAJYoAACLKgAAgSoAAHcoAABtJQAAZCAAAFsbAABSFQAASxAAAEMMAgA9BwkAOQMOADYB&#10;EgAzARcAMQEcADABIgAvAicALQItACwDNAAqAzsAKQRDACgETQAmBVgAJQVlACMGdAAiBoYAIAaa&#10;AB8HrgAeB8YAHQfnAB0I+AAdCf8AnygAAJMtAACILwAAfi8AAHQuAABqKwAAYSYAAFghAABPHAAA&#10;RxcAAD8SAAA4DgQAMQsKAC4IDgArBxIAKQcXACgIHQAnCCMAJQgpACQJMAAjCTcAIQpAACAKSgAf&#10;C1UAHQtiABsMcgAaDIUAGAyZABcMrQAWDMYAFQ3mABUN+QAWDf8AnC0AAJAxAACGNAAAfDQAAHIz&#10;AABoMQAAXywAAFUnAABMIwAARB0AADwYAAA0EwAALRAGACYNCwAkDA8AIgwTACEMGQAfDB8AHg0l&#10;AB0NLAAbDTQAGg49ABkORwAXDlMAFg5hABQPcQATEIQAEhCYABEQrgAQEMYAEBDoABAQ+wAREP8A&#10;mTEAAI41AACEOAAAejkAAHA4AABnNgAAXTIAAFMtAABKKAAAQiQAADkfAAAxGgAAKhUBACMRBwAd&#10;EA0AGw8QABkPFQAYEBsAFxAhABYQKQAVEDEAFBE6ABMRRQASElEAERJfABASbwAOE4IADhOWAA0T&#10;qwALE8IACxTjAAwU+gANE/8AlzUAAIw5AACCPAAAeD0AAG89AABlOgAAWzcAAFIyAABJLgAAQCoA&#10;ADclAAAvIQAAKBwAACAYAwAZFAoAFRIOABQSEgATExgAEhMfABEUJgARFC4AEBQ4AA8VQgAOFk8A&#10;DRZcAAwXbAALF38ACRiTAAgYqAAGGL8ABxjgAAcY9QAJGP8AlTgAAIo9AACAQAAAd0EAAG1BAABk&#10;PwAAWjwAAFA4AABHMwAAPjAAADYrAAAuJwAAJyMAAB8fAAAXGggAEhcNABAXEQAPFxYADhgcAA4Y&#10;IwANGSwADBo1AAsaQAAKG0wACRtaAAccaQAFHHwABB2RAAIdpgABHbwAAhzdAAIc8gADHP8AkzwA&#10;AIhBAAB/RAAAdUUAAGxFAABjRAAAWUEAAE89AABGOQAAPjYAADUyAAAuLgAAJSoAAB0lAAAUIQQA&#10;Dx0LAA0dEAAMHRQACx0aAAoeIgAIHioABx8zAAYgPgAEIEoAAyFXAAEhZwAAIXkAACGOAAAhpAAA&#10;IboAACHbAAAh8gAAIP4AkEAAAIZFAAB9SAAAdEoAAGtKAABiSQAAWEYAAE5CAABFPwAAPTwAADU5&#10;AAArNAAAIi8AABkrAAASKAQADSQKAAkjDgAGIxIABSMZAAQkIAACJCgAASUxAAAlPAAAJUgAACZV&#10;AAAmZQAAJncAACaMAAAmogAAJrkAACbZAAAl8gAAJf4AjkUAAIRJAAB7TQAAc08AAGpPAABgTgAA&#10;V0sAAE1IAABERQAAPEIAADE9AAAnOQAAHjUAABUyAAAPLgMACiwKAAUrDgABKhEAACoWAAAqHgAA&#10;KiYAACsvAAArOQAAK0UAACxTAAAsYgAALHUAACyKAAAroAAAK7cAACvWAAAq8gAAKv8AjEkAAIJO&#10;AAB6UgAAcVQAAGhUAABfUwAAVlEAAExOAABDSwAAN0cAAC1DAAAjPwAAGjwAABI4AAAMNgMABjMJ&#10;AAAyDQAAMhAAADEUAAAxGwAAMSMAADEsAAAyNwAAMkMAADJQAAAyYAAAMnIAADKHAAAxngAAMbUA&#10;ADDUAAAw8gAAL/8AiU8AAIBUAAB4VwAAb1kAAGZZAABeWQAAVVcAAElTAAA+TwAAMkwAAChIAAAe&#10;RQAAFUIAAA5AAAAIPQIAATwIAAA7DAAAOg8AADkSAAA5GAAAOSAAADkpAAA5NAAAOUAAADlOAAA5&#10;XQAAOW8AADiFAAA4nAAAN7MAADfSAAA28gAANf8Ah1UAAH9aAAB2XQAAbV8AAGVfAABdXwAAUlwA&#10;AERYAAA4VQAALVIAACJPAAAYTAAAEEoAAApIAAADRgEAAEUGAABECgAAQw0AAEIQAABBFQAAQR0A&#10;AEEmAABBMQAAQT0AAEFKAABBWgAAQWwAAECBAAA/mQAAP7EAAD7QAAA98gAAPP8AhFwAAHxgAABz&#10;YwAAbGUAAGRmAABZZAAAS2EAAD5eAAAyWwAAJlkAABxWAAASVAAADFIAAARRAAAATwAAAE4DAABN&#10;CAAATAwAAEsOAABLEgAAShkAAEoiAABKLAAASjkAAEpHAABKVgAASWgAAEl+AABIlgAAR68AAEbN&#10;AABF8QAARP8AgWMAAHlnAAByagAAa2wAAGBrAABSaQAARGYAADdkAAAqYgAAH2AAABVeAAANXQAA&#10;BlsAAABaAAAAWQAAAFgAAABXBAAAVggAAFYMAABVEAAAVBQAAFQdAABUJwAAVDQAAFRCAABTUgAA&#10;U2QAAFJ5AABSkgAAUasAAFDKAABP7wAATv8AfmoAAHduAABwcQAAZnEAAFhwAABKbwAAPG0AAC9s&#10;AAAiagAAF2kAAA5nAAAGZgAAAGUAAABlAAAAZQAAAGMAAABiAAAAYgQAAGEIAABhDQAAYBAAAGAX&#10;AABgIQAAXy4AAF88AABfTQAAXl4AAF50AABdjQAAXKcAAFvFAABa7QAAWf8Ae3IAAHV2AABrdwAA&#10;XXYAAE92AABBdQAAM3UAACZ0AAAZcwAAEHIAAAdxAAAAcQAAAHEAAABxAAAAcQAAAG8AAABvAAAA&#10;bgAAAG4CAABuCAAAbQwAAG0RAABtGgAAbSYAAGw1AABsRgAAa1gAAGttAABqhgAAaaEAAGi+AABn&#10;6AAAZv4AeXoAAHB8AABhfAAAU30AAER9AAA2fgAAKH4AABt9AAAQfQAAB30AAAB9AAAAfQAAAH4A&#10;AAB/AAAAfgAAAH0AAAB9AAAAfAAAAHwAAAB8AAAAfAYAAHwMAAB8EgAAfB0AAHwsAAB8PAAAfE8A&#10;AHtlAAB7fgAAepoAAHm2AAB43wAAd/oAc4AAAGWBAABWgwAASIQAADmGAAArhwAAHYcAABGHAAAH&#10;iAAAAIgAAACJAAAAigAAAIwAAACNAAAAjQAAAIwAAACMAAAAjAAAAIwAAACMAAAAjQAAAI0EAACO&#10;DAAAjhMAAI8hAACOMgAAjkYAAI5bAACNdAAAjZAAAIytAACLzgAAivMAaIYAAFqIAABLiwAAPI0A&#10;AC2PAAAekAAAEZEAAAeSAAAAkwAAAJUAAACXAAAAmQAAAJsAAACcAAAAmwAAAJsAAACcAAAAnAAA&#10;AJ0AAACeAAAAngAAAJ8AAAChAwAAogwAAKIWAACjJgAAozoAAKNPAACjaAAAooYAAKKiAACiwAAA&#10;oegAXI0AAE2QAAA/kwAAMJYAACGZAAASmgAAB5sAAACdAAAAoAAAAKIAAACkAAAAqAAAAKoAAACr&#10;AAAAqgAAAKsAAACsAAAArQAAAK4AAACvAAAAsQAAALIAAAC0AAAAtwEAALkNAAC5GgAAui0AALpD&#10;AAC6WwAAuncAALuUAAC7sQAAudIAUJUAAEGYAAAynAAAI6AAABOiAAAIpAAAAKcAAACqAAAArAAA&#10;AK8AAACyAAAAtwAAALkAAAC7AAAAugAAALwAAAC9AAAAvwAAAMAAAADCAAAAxAAAAMYAAADJAAAA&#10;zQAAANIBAADUDwAA1R8AANc1AADYTQAA2GkAANeGAADXowAA1r0A/wAAAP8AAAD/AAAA/wAAAP8A&#10;AwD/AA0A/wAVAP8AIAD8ACsA+AA1APQAPwDwAEcA7gBOAOsAVADpAFoA5wBfAOUAZADjAGoA4QBw&#10;AN8AdgDdAH4A2wCHANgAkQDTAJ0AzwCrAM0AvQDLAOAAyQD7AMcA/wC9AP8AsQD/AKkA/wCjAP8A&#10;/wAAAP8AAAD/AAAA/wAAAPwAAAD2AAsA8QARAO0AGwDpACUA5AAwAN8AOQDaAEEA1QBIANEATgDP&#10;AFQAzQBZAMsAXgDJAGMAxwBpAMUAbwDDAHcAwAB/AL4AigC7AJUAuACjALYAtAC0AM0AsgDyALAA&#10;/wCsAP8AowD/AJwA/wCXAP8A/wAAAP8AAAD6AAAA8QAAAOgAAADgAAYA2QAOANIAFgDOAB8AyAAp&#10;AMQAMgDAADoAvQBBALoASAC4AE0AtgBTALQAWACyAF0AsABiAK4AaQCsAG8AqgB4AKgAggCmAI4A&#10;pACbAKEAqwCfAMAAnQDmAJsA/wCaAP8AlAD/AI4A/wCKAP8A/wAAAPYAAADoAAAA3AAAAM4AAADG&#10;AAEAvwALALoAEQC2ABoAsgAiAK4AKwCqADQAqAA7AKUAQQCjAEcAoQBMAJ8AUQCeAFYAnABcAJoA&#10;YgCZAGgAlwBwAJUAegCSAIYAkACTAI0AogCLALUAiQDTAIcA9wCGAP8AhAD/AH8A/wB8AP8A8gAA&#10;AOMAAADSAAAAxQAAALoAAACxAAAAqwAHAKUADgChABQAngAcAJoAJQCXAC0AlAA0AJIAOgCQAEAA&#10;jgBFAI0ASgCLAFAAiQBVAIgAWwCGAGEAhABpAIIAcgB/AH0AfQCLAHsAmgB4AKsAdgDEAHQA6wBz&#10;AP8AcwD/AHAA/wBuAP8A3wAAAMwAAAC/AAAAtAAAAKsAAAChAAAAmgACAJQACwCQABAAjAAXAIgA&#10;HgCFACYAgwAtAIEAMwB/ADkAfQA/AHsARAB5AEkAeABOAHYAVAB0AFoAcwBiAHAAawBuAHUAbACD&#10;AGoAkgBoAKMAZgC4AGQA3gBjAPsAYgD/AGIA/wBgAP8AzAAAALwAAACvAAAApQAAAJ0AAACUAAAA&#10;jAAAAIYABwCBAA0AfAASAHgAGQB1AB8AcwAmAHEALQBvADIAbQA4AGsAPQBqAEIAaABIAGcATgBl&#10;AFQAYwBbAGEAZABfAG4AXQB7AFsAigBZAJsAVwCvAFYAywBVAPIAVAD/AFQA/wBUAP8AvgAAALAA&#10;AACkAAAAmQAAAJAAAACIAAAAgQAAAHkAAgBzAAoAbwAPAGsAFABnABoAZQAgAGMAJgBhACwAXwAy&#10;AF4ANwBcADwAWwBCAFkARwBXAE4AVgBVAFQAXgBSAGgAUAB0AE4AgwBMAJUASgCoAEkAwABIAOgA&#10;RwD/AEcA/wBHAP8AtAkAAKYLAACbDAAAkAoAAIYFAAB+AAAAdgAAAG8AAABoAAUAYwAMAF8AEABb&#10;ABUAWAAaAFYAIQBUACYAUwAsAFEAMQBQADYATgA8AE0AQgBLAEgASQBQAEgAWABGAGIARABuAEIA&#10;fQBAAI4APwCiAD0AuAA9AN0APAD4ADwA/wA8AP8ArBAAAJ8SAACUEgAAiREAAH8PAAB2DAAAbgUA&#10;AGYAAABgAAEAWQAIAFUADQBRABEATgAWAEsAGwBJACEASAAmAEYAKwBFADEAQwA2AEIAPABAAEMA&#10;PgBLAD0AUwA7AF0AOQBpADcAeAA2AIkANACcADMAsQAyAM4AMgDxADEA/wAxAP8AphYAAJoZAACO&#10;GgAAhBoAAHoWAABwEgAAaA4AAF8KAABYAwAAUQAEAEwACgBIAA4ARAASAEEAFgA/ABsAPQAhADwA&#10;JgA6ACwAOQAxADcANwA2AD4ANABGADMATwAxAFkALwBlAC4AcwAsAIUAKwCYACoArQApAMYAKADq&#10;ACgA/gAoAP8AoRwAAJUgAACKIQAAfyEAAHUfAABsGgAAYxYAAFoRAABSDQAASwcAAEQABgBAAAsA&#10;PAAPADgAEgA2ABcANAAcADMAIQAxACcAMAAsAC4AMwAtADoAKwBCACoASwAoAFUAJgBhACUAcAAk&#10;AIEAIgCVACEAqQAgAMEAIADkAB8A+QAfAP8AnSIAAJEmAACGKAAAfCcAAHIlAABpIgAAXx0AAFcY&#10;AABOEwAARg4AAD8LAAA4BQcANAAMADEAEAAuABMALAAYACoAHQApACIAJwAoACYALgAkADYAIwA+&#10;ACIARwAgAFIAHwBeAB0AbQAcAH4AGgCSABkApwAYAL0AFwDfABcB9QAXAv8AmicAAI4rAACELQAA&#10;eS0AAHArAABmKAAAXSQAAFQfAABLGgAAQxQAADsQAAA0DQIALQkJACkFDQAmAxAAJAETACICGQAh&#10;Ah4AIAIkAB4DKgAdAzIAGwQ6ABoFRAAZBU8AFwZcABYGagAUB3wAEweQABIHpQARB7sAEAfbABAI&#10;8gAQCf8AlysAAIwvAACBMQAAdzIAAG4xAABkLgAAWyoAAFElAABJIAAAQBsAADgWAAAxEgAAKQ4E&#10;ACMMCQAfCQ0AHQcQABsHFQAZCBoAGAggABcJJwAWCS4AFQo3ABMKQQASC00AEQtaABALaQAODHsA&#10;DgyQAA0MpQAMDbsACw3ZAAsN8QAMDf8AlS8AAIozAAB/NgAAdjYAAGw1AABjMwAAWS8AAFArAABH&#10;JgAAPiEAADYdAAAuGAAAJxMAACAQBQAZDgoAFQwOABQMEQATDBYAEgwcABENIwAQDSsADw00AA4O&#10;PwANDkoADA9YAAsPZwAKEHkACBCNAAcQogAGELgABRDUAAUQ7wAGEP8AkjMAAIg3AAB+OgAAdDsA&#10;AGs6AABhOAAAWDUAAE4wAABFLAAAPScAADUjAAAtHwAAJhoAAB4WAQAXEwYAERALAA4ODgAODxMA&#10;DRAZAA0QIAAMECgACxEyAAoRPAAIEkgABxJVAAYTZQAEE3YAAxOLAAEUoAAAE7YAABPRAAAT7gAA&#10;E/sAkDYAAIY7AAB8PgAAcz8AAGo/AABgPQAAVzkAAE02AABEMQAAPC4AADQqAAAsJgAAJSIAAB4e&#10;AAAWGgIAEBUJAAwTDgAKExIACRQXAAgUHwAHFSYABhUvAAQWOgADFkYAARdTAAAXYgAAGHQAABiJ&#10;AAAYnwAAGLUAABfQAAAX7QAAF/sAjjoAAIQ/AAB7QgAAckMAAGhDAABfQgAAVj8AAEw7AABDNwAA&#10;OzQAADMwAAAsLAAAJCkAABskAAATHwIADRsJAAkZDQAGGREABBkWAAIZHQABGiQAABotAAAbOAAA&#10;G0QAABxRAAAcYAAAHXIAAB2HAAAcnQAAHLMAABzOAAAb7QAAG/wAjD4AAIJDAAB5RgAAcEgAAGhI&#10;AABeRgAAVUQAAEtAAABDPQAAOzoAADM3AAAqMgAAIC0AABcpAAAQJQIACyIJAAUgDQABHxAAAB8U&#10;AAAfGwAAICIAACArAAAhNgAAIUEAACFPAAAhXgAAInAAACKFAAAhmwAAIbIAACHNAAAg7QAAH/wA&#10;ikMAAIBIAAB4SwAAb0wAAGZNAABdSwAAVEkAAEpGAABCQwAAOkAAAC87AAAlNwAAHDMAABMvAAAN&#10;LAIABykIAAEnDAAAJg4AACUSAAAmGQAAJiEAACYpAAAmMwAAJz8AACdNAAAnXAAAJ20AACeCAAAn&#10;mQAAJrAAACXMAAAl7gAAJP0AiEgAAH9MAAB2UAAAblEAAGVSAABcUQAAU08AAEpMAABBSQAANUQA&#10;ACtAAAAhPAAAFzkAABA2AAAKMgEAAzAHAAAvCwAALg4AAC0RAAAtFgAALR4AAC0nAAAtMQAALT0A&#10;AC1KAAAtWQAALWsAAC2AAAAslwAALK8AACvLAAAq7gAAKv4AhU0AAH1SAAB1VQAAbFcAAGNXAABb&#10;VgAAU1UAAEdRAAA7TQAAMEkAACVGAAAcQwAAEz8AAA09AAAGOgAAADgFAAA3CQAANg0AADUPAAA0&#10;FAAANBsAADQkAAA0LgAANDoAADRHAAA0VwAANGgAADR9AAAzlQAAMq0AADHKAAAx7gAAMP8Ag1MA&#10;AHtYAABzWwAAal0AAGJdAABbXQAAT1oAAEJWAAA2UgAAKk8AACBMAAAWSQAADkcAAAhEAAAAQgAA&#10;AEEDAAA/BwAAPgsAAD0OAAA9EQAAPBgAADwhAAA8KwAAPDcAADxEAAA8UwAAPGUAADt6AAA6kgAA&#10;OqsAADnIAAA47QAAN/8AgVoAAHleAABxYQAAaWMAAGJkAABXYgAASV4AADxbAAAvWAAAJFUAABlT&#10;AAAQUQAACk8AAAFNAAAATAAAAEoAAABJBAAASAgAAEcMAABGDwAARhQAAEUcAABFJwAARTMAAEVA&#10;AABFUAAARGEAAER2AABDjwAAQqgAAEHGAABA7AAAP/8AfmEAAHZlAABvaAAAaGoAAF1pAABPZgAA&#10;QmQAADRhAAAoXwAAHV0AABJbAAALWQAAAlgAAABWAAAAVgAAAFQAAABTAAAAUgQAAFEJAABQDQAA&#10;UBAAAE8YAABPIgAATy4AAE88AABPSwAATl0AAE5yAABNiwAATKUAAEvCAABJ6gAASP8Ae2kAAHRs&#10;AABubwAAZG8AAFVtAABHbAAAOWoAACxpAAAgZwAAFGUAAA1kAAADYgAAAGIAAABhAAAAYAAAAF8A&#10;AABeAAAAXQAAAFwEAABcCQAAWw0AAFsSAABbHAAAWigAAFo2AABaRgAAWVgAAFltAABYhQAAV6AA&#10;AFa9AABV6AAAU/4AeXAAAHN0AABpdQAAW3QAAExzAAA+cwAAMHIAACNxAAAWbwAADW4AAARtAAAA&#10;bQAAAG0AAABtAAAAbAAAAGsAAABqAAAAaQAAAGkAAABpAwAAaAkAAGgOAABoFQAAZyEAAGcvAABn&#10;PwAAZlIAAGZmAABlfwAAZJoAAGO3AABi4QAAYfwAd3gAAG16AABfegAAUHoAAEJ6AAAzewAAJXsA&#10;ABh6AAAOeQAABHkAAAB5AAAAeQAAAHoAAAB6AAAAegAAAHgAAAB4AAAAdwAAAHcAAAB3AAAAdwEA&#10;AHcIAAB3DgAAdxgAAHcmAAB2NgAAdkkAAHVfAAB1dwAAdJMAAHOvAABy0wAAcfcAcX4AAGN/AABU&#10;gAAARYIAADaDAAAohAAAGoQAAA6DAAAEhAAAAIQAAACFAAAAhgAAAIgAAACJAAAAiAAAAIcAAACH&#10;AAAAhwAAAIcAAACHAAAAiAAAAIgAAACIBwAAiRAAAIkcAACJLAAAiD8AAIhVAACIbQAAh4kAAIan&#10;AACFxwAAhO8AZoQAAFeGAABIiAAAOYoAACqMAAAbjQAAD40AAASOAAAAkAAAAJEAAACTAAAAlQAA&#10;AJcAAACYAAAAlgAAAJcAAACXAAAAlwAAAJgAAACYAAAAmQAAAJoAAACbAAAAnQcAAJ0RAACdIQAA&#10;nTMAAJ1JAACcYgAAnH8AAJycAACcuQAAm+IAWosAAEuOAAA8kQAALZMAAB6VAAAQlgAABJgAAACa&#10;AAAAnAAAAJ4AAAChAAAApAAAAKYAAACnAAAApgAAAKcAAACnAAAAqAAAAKkAAACqAAAArAAAAK0A&#10;AACvAAAAsQAAALMJAACzFQAAtCcAALQ9AAC1VQAAtXAAALSOAAC0rAAAtMwATZIAAD+WAAAvmgAA&#10;IJ0AABGfAAAFoQAAAKMAAACmAAAAqQAAAKwAAACvAAAAswAAALUAAAC3AAAAtgAAALcAAAC4AAAA&#10;ugAAALsAAAC9AAAAvwAAAMEAAADEAAAAxwAAAMsAAADNDAAAzhoAAM8vAADPSAAA0GIAANCAAADQ&#10;nQAA0LgAAAAAAAAAAAAAAAAAAAAAAAEDBAUGCAkKCw0ODxESExQWFxgaGxwdHyAhIiQlJigpKist&#10;Li8wMjM0Njc4OTs8PT5AQUJERUZHSUpLTU5PUFJTVFVXWFlbXF1eYGFiY2VmZ2lqa2xub3Bxc3R1&#10;d3h5enx9foCBgoOFhoeIiouMjo+QkZOUlZaYmZqcnZ6foaKjpKanqKqrrK2vsLGztLW2uLm6u72+&#10;v8HCw8TGx8jJy8zNz9DR0tTV1tfZ2tvd3t/g4uPk5ufo6evs7e7w8fL09fb3+fr7/P7/////////&#10;/////////////////////////////////////////////wAAAAAAAAAAAAAAAAAAAAABAwQFBggJ&#10;CgsNDg8REhMUFhcYGhscHR8gISIkJSYoKSorLS4vMDIzNDY3ODk7PD0+QEFCREVGR0lKS01OT1BS&#10;U1RVV1hZW1xdXmBhYmNlZmdpamtsbm9wcXN0dXd4eXp8fX6AgYKDhYaHiIqLjI6PkJGTlJWWmJma&#10;nJ2en6Gio6Smp6iqq6ytr7Cxs7S1tri5uru9vr/BwsPExsfIycvMzc/Q0dLU1dbX2drb3d7f4OLj&#10;5Obn6Onr7O3u8PHy9PX29/n6+/z+////////////////////////////////////////////////&#10;//////8AAAAAAAAAAAAAAAAAAAAAAQMEBQYICQoLDQ4PERITFBYXGBobHB0fICEiJCUmKCkqKy0u&#10;LzAyMzQ2Nzg5Ozw9PkBBQkRFRkdJSktNTk9QUlNUVVdYWVtcXV5gYWJjZWZnaWprbG5vcHFzdHV3&#10;eHl6fH1+gIGCg4WGh4iKi4yOj5CRk5SVlpiZmpydnp+hoqOkpqeoqqusra+wsbO0tba4ubq7vb6/&#10;wcLDxMbHyMnLzM3P0NHS1NXW19na293e3+Di4+Tm5+jp6+zt7vDx8vT19vf5+vv8/v//////////&#10;////////////////////////////////////////////AAECAwQFBgcICQoLDA0ODxAREhMUFRYX&#10;GBkaGxwdHh8gISIjJCUmJygpKissLS4vMDEyMzQ1Njc4OTo7PD0+P0BBQkNERUZHSElKS0xNTk9Q&#10;UVJTVFVWV1hZWltcXV5fYGFiY2RlZmdoaWprbG1ub3BxcnN0dXZ3eHl6e3x9fn+AgYKDhIWGh4iJ&#10;iouMjY6PkJGSk5SVlpeYmZqbnJ2en6ChoqOkpaanqKmqq6ytrq+wsbKztLW2t7i5uru8vb6/wMHC&#10;w8TFxsfIycrLzM3Oz9DR0tPU1dbX2Nna29zd3t/g4eLj5OXm5+jp6uvs7e7v8PHy8/T19vf4+fr7&#10;/P3+/21mdDEAAAAAAwEhAAABAAAAAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAAAAAAAAAEAAAABAgME&#10;BQYHCAgJCgsMDQ4PEBESExQVFhcYGRoaGxwdHh8gISIjJCUmJygpKissLS4vMDExMjM0NTY3ODk6&#10;Ozw9Pj9AQUJDREVGR0hJSktMTU5PUFFSU1RVVldYWVpbXF1eX2BhYmNkZWZnaGlqa2xtbm9wcXJz&#10;dHV2d3h5ent8fX5/gIGCg4SFhoeIiYqLjI2Oj5CRkpOUlZaXmJmam5ydnp+goaKjpKWmp6ipqqus&#10;ra6wsbKztLW2t7i5uru8vb6/wMHCw8TFxsfIycrLzM3Oz9DR09TV1tfY2drb3N3e3+Dh4uPk5ebn&#10;6Onq6+zt7u/x8vP09fb3+Pn6+/z9/v8AAQECAgMDBAQFBgYHBwgICQkKCwsMDA0NDg8PEBARERIT&#10;ExQUFRYWFxcYGRkaGhscHB0eHh8gICEiIiMkJCUmJicoKSkqKywtLS4vMDEyMjM0NTY3ODk6Ozw9&#10;Pj9AQkNERUZISUpMTU9QUlNVV1haXF5gYmRmaGptb3F0dnl8foGDhomLjpCSlZeZm52foaOlp6iq&#10;rK2vsLKztba3ubq7vL2/wMHCw8TFxsfIycrLzM3Nzs/Q0dLS09TV1tbX2NnZ2tvb3N3d3t/f4OHh&#10;4uPj5OXl5ubn6Ojp6err6+zs7e7u7+/w8PHy8vPz9PT19vb39/j4+fn6+/v8/P39/v7/AAEBAgID&#10;AwQEBQYGBwcICAkJCgsLDAwNDQ4PDxAQERESExMUFBUWFhcXGBkZGhobHBwdHh4fICAhIiIjJCQl&#10;JiYnKCkpKissLS0uLzAxMjIzNDU2Nzg5Ojs8PT4/QEJDREVGSElKTE1PUFJTVVdYWlxeYGJkZmhq&#10;bW9xdHZ5fH6Bg4aJi46QkpWXmZudn6Gjpaeoqqytr7Cys7W2t7m6u7y9v8DBwsPExcbHyMnKy8zN&#10;zc7P0NHS0tPU1dbW19jZ2drb29zd3d7f3+Dh4eLj4+Tl5ebm5+jo6enq6+vs7O3u7u/v8PDx8vLz&#10;8/T09fb29/f4+Pn5+vv7/Pz9/f7+////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+KB8ElDQ19QUk9GSUxFAAkJ////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////////0&#10;/////////////////////////////////////////+vR////////////////////////////////&#10;//////////fp/v//////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////+HN1///////////////////////////////////&#10;////3a+Wt/T/////////////////////////////////////xYxop+f/////////////////////&#10;////////////////zJyJpOf/////////////////////////////////////+s67xvX/////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/9zFvfX/////////////////////////////////////v5N6hcX/////////////////////////&#10;///////////bkFs9Zaj2//////////////////////////////////68dTQAVJvr////////////&#10;/////////////////////9OUfkksTprs////////////////////////////////2NTKs35lbaX5&#10;////////////////////////////////////9MWur8n/////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////DWxuz/////////////////////////////&#10;///////mu5F0Y6v3////////////////////////////////9sSac0UmNH3M////////////////&#10;////////////////tYBVMAoAGWCy///////////////////////////////PdDULAAAAClKn////&#10;//////////////////////////+WNAAAAAAAAE+n//////////////////////////////ZpHQAA&#10;CQwGCVKx/////////////////////////////8s7DhM1TFtNTF7D////////////////////////&#10;/////6lgNmCGn7asqbjZ/////////////////////////////+CXjb7l////////////////////&#10;///////////////////t+f//////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////69nKvMf//////////////////////////////////8+agW1aRojq////////////////////&#10;////////////xHw+JhAAAFSw///////////////////////////////ggzwAAAAAAC6H7f//////&#10;//////////////////////+sUxAAAAAAABdt1v////////////////////////////uAMQAAAAAA&#10;AAlhzP///////////////////////////9JaAgAAAAAAAABdzP//////////////////////////&#10;/6g1AAAAAAAAAABc0////////////////////////////30NAAAAAAAAAABU1v//////////////&#10;////////////7n1FAAAAAAAAAABE1P///////////////////////////KpkLwIAAAQiN0lYzv//&#10;/////////////////////////+mka0EoP2N/lae62v//////////////////////////////1bKs&#10;sszk+v//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////5buXd2LI////////////////////////&#10;/////////9ueZzYKAAKM////////////////////////////////yH8/BQAAAABez///////////&#10;///////////////////ZgTkAAAAAAAA8qv////////////////////////////+eTAAAAAAAAAAj&#10;kP///////////////////////////9xvGgAAAAAAAAAQffn//////////////////////////69I&#10;AAAAAAAAAAAAb+7//////////////////////////4QTAAAAAAAAAAAAZOb/////////////////&#10;////////7FEAAAAAAAAAAAAAV97/////////////////////////uBUAAAAAAAAAAAAASNb/////&#10;////////////////////dBQAAAAAAAAAAAAAOM/////////////////////////5oloTAAAAAAAA&#10;AAAAI8X/////////////////////////35tcLAAAAAAAAAAADbr/////////////////////////&#10;/++xfVU5IhEHAQIRIrL//////////////////////////////9+/pZmYmqCsvdr/////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////+O+nYB8+/////////////////////////////////K3hFcwDgAdrP//////////////&#10;////////////////0opMFQAAAAAAcvP////////////////////////////WfzYAAAAAAAAAS8n/&#10;//////////////////////////qRPgAAAAAAAAAAL6v//////////////////////////8BaAAAA&#10;AAAAAAAAGpX//////////////////////////40kAAAAAAAAAAAACIT/////////////////////&#10;////514AAAAAAAAAAAAAAHf/////////////////////////tCUAAAAAAAAAAAAAAGr/////////&#10;////////////////fQAAAAAAAAAAAAAAAFv0///////////////////////9KwAAAAAAAAAAAAAA&#10;AEzr//////////////////////+lAAAAAAAAAAAAAAAAADzh//////////////////////8wDAAA&#10;AAAAAAAAAAAAAC3Z/////////////////////5mKYScAAAAAAAAAAAAAACfX////////////////&#10;///////tvolVJwAAAAAAAAAAACXc//////////////////////////7KnXZdSjwyLSwwOUfe////&#10;///////////////////////////95t3W0tDT2eT/////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////79S71v//////////////////&#10;///////////////nuI9qSy8Vb///////////////////////////////5KFnNAcAAAAAPMn/////&#10;///////////////////////WgjsAAAAAAAAAEpf//////////////////////////+2FMQAAAAAA&#10;AAAAAG///////////////////////////6ZCAAAAAAAAAAAAAFDh////////////////////////&#10;7GkAAAAAAAAAAAAAADfJ////////////////////////sy8AAAAAAAAAAAAAACK2////////////&#10;////////////eQAAAAAAAAAAAAAAABCn///////////////////////yNAAAAAAAAAAAAAAAAACZ&#10;//////////////////////+pAAAAAAAAAAAAAAAAAACM//////////////////////9GAAAAAAAA&#10;AAAAAAAAAAB//////////////////////98AAAAAAAAAAAAAAAAAAAB0////////////////////&#10;/5cAAAAAAAAAAAAAAAAAAABq/////////////////////84AAAAAAAAAAAAAAAAAAABj////////&#10;//////////////8pIgEAAAAAAAAAAAAAAABh//////////////////////+5o4BXNxcAAAAAAAAA&#10;AABo///////////////////////////6066Uhnx1cXByd4GU////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////////////////////////////////9u6nYJpadP/////////&#10;/////////////////////8iTZT0ZAAAAHZ7////////////////////////////bjkwTAAAAAAAA&#10;AG7//////////////////////////9t8LAAAAAAAAAAAAEXX/////////////////////////4sq&#10;AAAAAAAAAAAAACK0////////////////////////wkQAAAAAAAAAAAAAAAOX////////////////&#10;////////fQEAAAAAAAAAAAAAAAB////////////////////////nNgAAAAAAAAAAAAAAAABq////&#10;//////////////////+dAAAAAAAAAAAAAAAAAABY//////////////////////9GAAAAAAAAAAAA&#10;AAAAAABH+P///////////////////+kAAAAAAAAAAAAAAAAAAAA16f///////////////////5YA&#10;AAAAAAAAAAAAAAAAAAAl2////////////////////7wAAAAAAAAAAAAAAAAAAAAYzv//////////&#10;/////////+sAAAAAAAAAAAAAAAAAAAAPwv////////////////////8AAAAAAAAAAAAAAAAAAAAK&#10;uf////////////////////8nAAAAAAAAAAAAAAAAAAAKtf////////////////////9wAAAAAAAA&#10;AAAAAAAAAAANuf/////////////////////gnIxwVUIzJhsUDw0OEhomv///////////////////&#10;//////////nk2NLOzMvMz9bg/P//////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////+vTvOP////////////////////////////////SqYVlSCwSAYX/&#10;///////////////////////////xq3E8DwAAAAAAAE/g/////////////////////////9V/NQAA&#10;AAAAAAAAAB+y////////////////////////43UdAAAAAAAAAAAAAACJ////////////////////&#10;////kCMAAAAAAAAAAAAAAABn///////////////////////VQwAAAAAAAAAAAAAAAABI9v//////&#10;//////////////+KAAAAAAAAAAAAAAAAAAAu3f////////////////////84AAAAAAAAAAAAAAAA&#10;AAAXyP///////////////////74AAAAAAAAAAAAAAAAAAAAEtv///////////////////5wAAAAA&#10;AAAAAAAAAAAAAAAApf///////////////////7oAAAAAAAAAAAAAAAAAAAAAk///////////////&#10;/////9wAAAAAAAAAAAAAAAAAAAAAgv////////////////////8AAAAAAAAAAAAAAAAAAAAAdP//&#10;//////////////////8TAAAAAAAAAAAAAAAAAAAAaP////////////////////9CAAAAAAAAAAAA&#10;AAAAAAAAYP////////////////////96AAAAAAAAAAAAAAAAAAAAXf/////////////////////R&#10;AAAAAAAAAAAAAAAAAAAAYf//////////////////////JAAAAAAAAAAAAAAAAAAAZv//////////&#10;////////////yayZiX12cWxpZ2Zna3B6jP//////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////////////////////+LFqpF5YXf/////////////////////////////3aZ3UCwM&#10;AAAAADHE/////////////////////////+CSThMAAAAAAAAAAACP////////////////////////&#10;0nAdAAAAAAAAAAAAAABg///////////////////////ubw8AAAAAAAAAAAAAAAA34v//////////&#10;//////////+WHAAAAAAAAAAAAAAAAAAUwP////////////////////9AAAAAAAAAAAAAAAAAAAAA&#10;o////////////////////64AAAAAAAAAAAAAAAAAAAAAif///////////////////54AAAAAAAAA&#10;AAAAAAAAAAAAcv///////////////////7wAAAAAAAAAAAAAAAAAAAAAX///////////////////&#10;/9oAAAAAAAAAAAAAAAAAAAAATf////////////////////oAAAAAAAAAAAAAAAAAAAAAO///////&#10;//////////////8OAAAAAAAAAAAAAAAAAAAAKvn///////////////////8zAAAAAAAAAAAAAAAA&#10;AAAAG+n///////////////////9eAAAAAAAAAAAAAAAAAAAAD9v///////////////////+PAAAA&#10;AAAAAAAAAAAAAAAABtD////////////////////QAAAAAAAAAAAAAAAAAAAAAMr/////////////&#10;////////KwAAAAAAAAAAAAAAAAAAAMj/////////////////////gAAAAAAAAAAAAAAAAAAAAMv/&#10;////////////////////9xYBBQUDAQAAAAAAAQYNGMv///////////////////////zr4djPzM3P&#10;0NLU19zi6v//////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////////////////////x&#10;2sb///////////////////////////////HGo4RoTTIYABWr//////////////////////////+5&#10;fEYYAAAAAAAAAABx////////////////////////13wvAAAAAAAAAAAAAAA74///////////////&#10;///////fZAkAAAAAAAAAAAAAAAAMtf////////////////////90AwAAAAAAAAAAAAAAAAAAjf//&#10;/////////////////8UVAAAAAAAAAAAAAAAAAAAAav///////////////////5kAAAAAAAAAAAAA&#10;AAAAAAAAS////////////////////7YAAAAAAAAAAAAAAAAAAAAAMP3//////////////////9cA&#10;AAAAAAAAAAAAAAAAAAAAGef///////////////////YAAAAAAAAAAAAAAAAAAAAABdP/////////&#10;//////////8OAAAAAAAAAAAAAAAAAAAAAMH///////////////////8vAAAAAAAAAAAAAAAAAAAA&#10;AK////////////////////9SAAAAAAAAAAAAAAAAAAAAAJ7///////////////////95AAAAAAAA&#10;AAAAAAAAAAAAAI7///////////////////+lAAAAAAAAAAAAAAAAAAAAAID/////////////////&#10;///YAAAAAAAAAAAAAAAAAAAAAHT/////////////////////NgAAAAAAAAAAAAAAAAAAAG3/////&#10;////////////////fAAAAAAAAAAAAAAAAAAAAGn/////////////////////1w0AAAAAAAAAAAAA&#10;AAAAAGj//////////////////////3AAAAAAAAAAAAAAAAAAAGH///////////////////////9Q&#10;PEZOVFldYWRobHB2fon/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/+/Vu6OLc1qV///////////////////////////4v45kQSEFAAAAAABS/P//////////////////&#10;////951WGAAAAAAAAAAAAAAXwf/////////////////////lbBYAAAAAAAAAAAAAAAAAjf//////&#10;//////////////9jAAAAAAAAAAAAAAAAAAAAXv///////////////////50AAAAAAAAAAAAAAAAA&#10;AAAANfz//////////////////6EAAAAAAAAAAAAAAAAAAAAAEdn//////////////////8oAAAAA&#10;AAAAAAAAAAAAAAAAALv//////////////////+4AAAAAAAAAAAAAAAAAAAAAAKH/////////////&#10;//////8MAAAAAAAAAAAAAAAAAAAAAIr///////////////////8tAAAAAAAAAAAAAAAAAAAAAHb/&#10;//////////////////9NAAAAAAAAAAAAAAAAAAAAAGT///////////////////9vAAAAAAAAAAAA&#10;AAAAAAAAAFL///////////////////+UAAAAAAAAAAAAAAAAAAAAAED///////////////////+8&#10;AAAAAAAAAAAAAAAAAAAAADD////////////////////qDgAAAAAAAAAAAAAAAAAAACL/////////&#10;////////////RAAAAAAAAAAAAAAAAAAAABX/////////////////////gQAAAAAAAAAAAAAAAAAA&#10;AAv1////////////////////yAsAAAAAAAAAAAAAAAAAAALs/////////////////////14AAAAA&#10;AAAAAAAAAAAAAADl/////////////////////8kcAAAAAAAAAAAAAAAAAADa////////////////&#10;//////+dAQAAAAAAAAAAAAAHDhfF////////////////////////1bm8wcfO1dvh5u30+///////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////+N/P////////////////////////&#10;/////+zGpYhtVDshBwAy3v///////////////////////9eSWSkAAAAAAAAAAAAAoP//////////&#10;////////////iTYAAAAAAAAAAAAAAAAAZ/////////////////////9mAAAAAAAAAAAAAAAAAAAA&#10;Mvb//////////////////5UAAAAAAAAAAAAAAAAAAAAAA8j//////////////////6cAAAAAAAAA&#10;AAAAAAAAAAAAAKD//////////////////9cAAAAAAAAAAAAAAAAAAAAAAHz/////////////////&#10;//8AAAAAAAAAAAAAAAAAAAAAAF7///////////////////8lAAAAAAAAAAAAAAAAAAAAAEP/////&#10;//////////////9IAAAAAAAAAAAAAAAAAAAAACz///////////////////9qAAAAAAAAAAAAAAAA&#10;AAAAABj///////////////////+LAAAAAAAAAAAAAAAAAAAAAAXz//////////////////+vAAAA&#10;AAAAAAAAAAAAAAAAAADh///////////////////VAAAAAAAAAAAAAAAAAAAAAADP////////////&#10;////////JAAAAAAAAAAAAAAAAAAAAAC+////////////////////VAAAAAAAAAAAAAAAAAAAAACu&#10;////////////////////iwAAAAAAAAAAAAAAAAAAAACf////////////////////yw4AAAAAAAAA&#10;AAAAAAAAAACS/////////////////////1cAAAAAAAAAAAAAAAAAAACG////////////////////&#10;/6oKAAAAAAAAAAAAAAAAAAB5//////////////////////9tAAAAAAAAAAAAAAAAAABm////////&#10;///////////////3VQAAAAAAAAAAAAAAAABF/////////////////////////2ojKzU/SlVganV+&#10;h5Gc////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////oz7adg2lOuf//////////////&#10;///////////ssoNcOh0CAAAAAAAAe///////////////////////xW0pAAAAAAAAAAAAAAAAQP//&#10;//////////////////+DGwAAAAAAAAAAAAAAAAAAB8v//////////////////5IAAAAAAAAAAAAA&#10;AAAAAAAAAJj//////////////////6QAAAAAAAAAAAAAAAAAAAAAAGr//////////////////90A&#10;AAAAAAAAAAAAAAAAAAAAAEH///////////////////8OAAAAAAAAAAAAAAAAAAAAAB3/////////&#10;//////////85AAAAAAAAAAAAAAAAAAAAAADo//////////////////9gAAAAAAAAAAAAAAAAAAAA&#10;AADO//////////////////+FAAAAAAAAAAAAAAAAAAAAAAC3//////////////////+oAAAAAAAA&#10;AAAAAAAAAAAAAACj///////////////////LAAAAAAAAAAAAAAAAAAAAAACQ////////////////&#10;///vFgAAAAAAAAAAAAAAAAAAAAB9////////////////////PgAAAAAAAAAAAAAAAAAAAABs////&#10;////////////////aQAAAAAAAAAAAAAAAAAAAABa////////////////////mQAAAAAAAAAAAAAA&#10;AAAAAABJ////////////////////0hYAAAAAAAAAAAAAAAAAAAA5/////////////////////1gA&#10;AAAAAAAAAAAAAAAAAAAp/////////////////////6IAAAAAAAAAAAAAAAAAAAAZ////////////&#10;//////////VWAAAAAAAAAAAAAAAAAAAE//////////////////////+7LwAAAAAAAAAAAAAAAAAA&#10;+P//////////////////////qykAAAAAAAAAAAAAAAAAz////////////////////////8lHAAAA&#10;AAcTIC4+UmiE7f//////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////TVyf////////////////////////////rSsJJ3XUIoDAAASv//////&#10;/////////////////8V9RRcAAAAAAAAAAAAAEdj////////////////////EUAAAAAAAAAAAAAAA&#10;AAAAAJ///////////////////6IMAAAAAAAAAAAAAAAAAAAAAGj//////////////////5QAAAAA&#10;AAAAAAAAAAAAAAAAADb//////////////////9oAAAAAAAAAAAAAAAAAAAAAAAfs////////////&#10;//////8VAAAAAAAAAAAAAAAAAAAAAADE//////////////////9IAAAAAAAAAAAAAAAAAAAAAACi&#10;//////////////////91AAAAAAAAAAAAAAAAAAAAAACD//////////////////+dAAAAAAAAAAAA&#10;AAAAAAAAAABp///////////////////DAAAAAAAAAAAAAAAAAAAAAABS///////////////////n&#10;DwAAAAAAAAAAAAAAAAAAAAA+////////////////////MwAAAAAAAAAAAAAAAAAAAAAr////////&#10;////////////WAAAAAAAAAAAAAAAAAAAAAAY////////////////////gQAAAAAAAAAAAAAAAAAA&#10;AAAF////////////////////rAAAAAAAAAAAAAAAAAAAAAAA////////////////////3iIAAAAA&#10;AAAAAAAAAAAAAAAA8v///////////////////1wAAAAAAAAAAAAAAAAAAAAA3///////////////&#10;/////58AAAAAAAAAAAAAAAAAAAAAzP///////////////////+hKAAAAAAAAAAAAAAAAAAAAt///&#10;//////////////////+gFgAAAAAAAAAAAAAAAAAAnP//////////////////////egIAAAAAAAAA&#10;AAAAAAAAd////////////////////////3oLAAAAAAAAAAAAAAAFTP//////////////////////&#10;//+iV2h0gI2cq7zQ5///////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////t4///////////////////////////0qN6WDopIxwWDgYA&#10;AJ//////////////////////rFIOAAAAAAAAAAAAAAAAAGn//////////////////+RDAAAAAAAA&#10;AAAAAAAAAAAAADT//////////////////3kAAAAAAAAAAAAAAAAAAAAAAADj////////////////&#10;/80AAAAAAAAAAAAAAAAAAAAAAACy//////////////////8TAAAAAAAAAAAAAAAAAAAAAACF////&#10;//////////////9PAAAAAAAAAAAAAAAAAAAAAABd//////////////////+DAAAAAAAAAAAAAAAA&#10;AAAAAAA6//////////////////+yAAAAAAAAAAAAAAAAAAAAAAAc///////////////////bAwAA&#10;AAAAAAAAAAAAAAAAAAAC////////////////////KgAAAAAAAAAAAAAAAAAAAAAA+///////////&#10;////////TwAAAAAAAAAAAAAAAAAAAAAA5///////////////////dAAAAAAAAAAAAAAAAAAAAAAA&#10;1P//////////////////mwAAAAAAAAAAAAAAAAAAAAAAwP//////////////////xAcAAAAAAAAA&#10;AAAAAAAAAAAArf//////////////////8DMAAAAAAAAAAAAAAAAAAAAAmv//////////////////&#10;/2cAAAAAAAAAAAAAAAAAAAAAhv///////////////////6MAAAAAAAAAAAAAAAAAAAAAcv//////&#10;/////////////+NEAAAAAAAAAAAAAAAAAAAAXP////////////////////+RBgAAAAAAAAAAAAAA&#10;AAAAQf/////////////////////rXwAAAAAAAAAAAAAAAAAAHf//////////////////////yksA&#10;AAAAAAAAAAAAAAAAAP///////////////////////8tXAAAMGCQxP05gdIunx///////////////&#10;////////////1+fy////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////69TNx8K+&#10;urezsK2pqKX////////////////////dflM/MCMZEQkCAAAAAAAAAADb/////////////////3YA&#10;AAAAAAAAAAAAAAAAAAAAAACn/////////////////7oAAAAAAAAAAAAAAAAAAAAAAAB1////////&#10;//////////8HAAAAAAAAAAAAAAAAAAAAAABG//////////////////9OAAAAAAAAAAAAAAAAAAAA&#10;AAAa//////////////////+MAAAAAAAAAAAAAAAAAAAAAAAA/f/////////////////BAAAAAAAA&#10;AAAAAAAAAAAAAAAA2//////////////////xGQAAAAAAAAAAAAAAAAAAAAAAvv//////////////&#10;////RAAAAAAAAAAAAAAAAAAAAAAApP//////////////////awAAAAAAAAAAAAAAAAAAAAAAjf//&#10;////////////////kQAAAAAAAAAAAAAAAAAAAAAAef//////////////////twAAAAAAAAAAAAAA&#10;AAAAAAAAZv//////////////////3iEAAAAAAAAAAAAAAAAAAAAAU////////////////////0oA&#10;AAAAAAAAAAAAAAAAAAAAP////////////////////3cAAAAAAAAAAAAAAAAAAAAAK///////////&#10;/////////6wKAAAAAAAAAAAAAAAAAAAAFv///////////////////+dFAAAAAAAAAAAAAAAAAAAA&#10;AP////////////////////+KAAAAAAAAAAAAAAAAAAAAAP/////////////////////WTQAAAAAA&#10;AAAAAAAAAAAAAP3/////////////////////py4AAAAAAAAAAAAAAAAAANX/////////////////&#10;/////5gqAAAAAAAAAAAGGC1FYOD///////////////////////+oY3SBj5yru83i+v//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////58u3qZ2VjomEgHx4dHBsaGWQ////////////&#10;/////7xqSC0ZCgAAAAAAAAAAAAAAAAAx//////////////////8AAAAAAAAAAAAAAAAAAAAAAAAD&#10;//////////////////9CAAAAAAAAAAAAAAAAAAAAAAAA3P////////////////+OAAAAAAAAAAAA&#10;AAAAAAAAAAAAsv/////////////////OAAAAAAAAAAAAAAAAAAAAAAAAjf//////////////////&#10;KQAAAAAAAAAAAAAAAAAAAAAAa///////////////////WgAAAAAAAAAAAAAAAAAAAAAATv//////&#10;////////////hgAAAAAAAAAAAAAAAAAAAAAANP//////////////////rgAAAAAAAAAAAAAAAAAA&#10;AAAAHv//////////////////1BcAAAAAAAAAAAAAAAAAAAAACv//////////////////+j0AAAAA&#10;AAAAAAAAAAAAAAAAAP///////////////////2UAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;/////44AAAAAAAAAAAAAAAAAAAAAAP///////////////////7wZAAAAAAAAAAAAAAAAAAAAAO//&#10;//////////////////FOAAAAAAAAAAAAAAAAAAAAANj///////////////////+LAAAAAAAAAAAA&#10;AAAAAAAAAL/////////////////////MQwAAAAAAAAAAAAAAAAAAAKH/////////////////////&#10;kRkAAAAAAAAAAAAAAAAAAHr/////////////////////8nQKAAAAAAAAAAAAAAAAEV//////////&#10;/////////////+h0Ex8sOEVTYnKFm7TS9f//////////////////////////1+j0////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////////////////////////////////////79/Px7uzr6+zx////&#10;///////////////ZspmHeW1kXVZRS0ZBPDgyLSgjxP////////////////9LJQsAAAAAAAAAAAAA&#10;AAAAAAAAkv////////////////+IAAAAAAAAAAAAAAAAAAAAAAAAZv/////////////////XAAAA&#10;AAAAAAAAAAAAAAAAAAAAPf//////////////////MwAAAAAAAAAAAAAAAAAAAAAAGP//////////&#10;////////bAAAAAAAAAAAAAAAAAAAAAAAAP//////////////////nQAAAAAAAAAAAAAAAAAAAAAA&#10;AP//////////////////yQwAAAAAAAAAAAAAAAAAAAAAAPb/////////////////8TUAAAAAAAAA&#10;AAAAAAAAAAAAAN///////////////////1sAAAAAAAAAAAAAAAAAAAAAAMv/////////////////&#10;/4IAAAAAAAAAAAAAAAAAAAAAALf//////////////////6kGAAAAAAAAAAAAAAAAAAAAAKP/////&#10;/////////////9MvAAAAAAAAAAAAAAAAAAAAAI3///////////////////9eAAAAAAAAAAAAAAAA&#10;AAAAAHf///////////////////+TBwAAAAAAAAAAAAAAAAAAAF7////////////////////NQwAA&#10;AAAAAAAAAAAAAAAAAED/////////////////////hxAAAAAAAAAAAAAAAAAAABz/////////////&#10;////////2F4AAAAAAAAAAAAAAAAAAAD//////////////////////79OAAAAAAAOHCw+UmqGpcj/&#10;///////////////////////CfIyap7bF1uj9////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;///////////////////////////u4dfPycO+uraxramnpqanrv////////////////++hm1bTEA3&#10;LygiHBYQCwQAAAAAFP/////////////////XBQAAAAAAAAAAAAAAAAAAAAAAAP//////////////&#10;////NAAAAAAAAAAAAAAAAAAAAAAAAPb/////////////////dgAAAAAAAAAAAAAAAAAAAAAAANL/&#10;////////////////sAAAAAAAAAAAAAAAAAAAAAAAALL/////////////////4SQAAAAAAAAAAAAA&#10;AAAAAAAAAJb//////////////////1EAAAAAAAAAAAAAAAAAAAAAAHz//////////////////3kA&#10;AAAAAAAAAAAAAAAAAAAAAGb//////////////////6AAAAAAAAAAAAAAAAAAAAAAAFH/////////&#10;/////////8cjAAAAAAAAAAAAAAAAAAAAADz//////////////////+5LAAAAAAAAAAAAAAAAAAAA&#10;ACf///////////////////90AAAAAAAAAAAAAAAAAAAAABD///////////////////+jFgAAAAAA&#10;AAAAAAAAAAAAAAD////////////////////YTAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;////iA8AAAAAAAAAAAAAAAAAAAD/////////////////////y1MAAAAAAAAAAAAAAAAAAAD/////&#10;/////////////////6U4AAAAAAAAAAAJHTROa4z///////////////////////+ZOUNRX259jqC1&#10;y+X/////////////////////////////6/n/////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;68y5rKGZkYuGgXx4dHBraGZmaPH/////////////////YUUyIxgOBgAAAAAAAAAAAAAAAJ7/////&#10;////////////fgAAAAAAAAAAAAAAAAAAAAAAAHX/////////////////wwAAAAAAAAAAAAAAAAAA&#10;AAAAAFL/////////////////+zcAAAAAAAAAAAAAAAAAAAAAADL//////////////////2oAAAAA&#10;AAAAAAAAAAAAAAAAABb//////////////////5YAAAAAAAAAAAAAAAAAAAAAAAD/////////////&#10;/////78bAAAAAAAAAAAAAAAAAAAAAAD//////////////////+ZCAAAAAAAAAAAAAAAAAAAAAAD/&#10;//////////////////9pAAAAAAAAAAAAAAAAAAAAAAD///////////////////+QAgAAAAAAAAAA&#10;AAAAAAAAAAD///////////////////+5LAAAAAAAAAAAAAAAAAAAAAD0///////////////////o&#10;XAAAAAAAAAAAAAAAAAAAAADZ////////////////////kRgAAAAAAAAAAAAAAAAAAAC8////////&#10;////////////ylMAAAAAAAAAAAAAAAAAAACd/////////////////////5guAAAAAAAAAAAAABAp&#10;RmbE/////////////////////+5/HQwaKDdGV2l+la/M7v/////////////////////////noKq5&#10;yNjp/P//////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////318Ovm4t/b2NTS0dDS1+D/////////////////zp6KfHFpYVtWUUxIQz46NjIv&#10;LjH/////////////////0iURAwAAAAAAAAAAAAAAAAAAAAD//////////////////0IAAAAAAAAA&#10;AAAAAAAAAAAAAAD//////////////////30AAAAAAAAAAAAAAAAAAAAAAAD/////////////////&#10;/7ALAAAAAAAAAAAAAAAAAAAAAAD2/////////////////905AAAAAAAAAAAAAAAAAAAAAADc////&#10;//////////////9iAAAAAAAAAAAAAAAAAAAAAADF//////////////////+JAAAAAAAAAAAAAAAA&#10;AAAAAACv//////////////////+vIgAAAAAAAAAAAAAAAAAAAACZ///////////////////WSAAA&#10;AAAAAAAAAAAAAAAAAACC////////////////////cgAAAAAAAAAAAAAAAAAAAABp////////////&#10;////////oSgAAAAAAAAAAAAAAAAAAABO////////////////////01wAAAAAAAAAAAAAAAAAAAAz&#10;/////////////////////5YuAAAAAAAAAAAAAAAVMlJ3/////////////////////+ByEwAAAQ8f&#10;L0JYcIuoyOz////////////////////////Kb25+jp6ww9jv////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////////////////ng0sjAurWwrKil&#10;op+dm5ucoKf//////////////////4JkVktDPDYwKyciHRgTDgkEAADU/////////////////5IA&#10;AAAAAAAAAAAAAAAAAAAAAACt/////////////////8weAAAAAAAAAAAAAAAAAAAAAACL////////&#10;//////////tSAAAAAAAAAAAAAAAAAAAAAABt//////////////////+AAAAAAAAAAAAAAAAAAAAA&#10;AABR//////////////////+pGwAAAAAAAAAAAAAAAAAAAAA6///////////////////QQgAAAAAA&#10;AAAAAAAAAAAAAAAj///////////////////1aAAAAAAAAAAAAAAAAAAAAAAM////////////////&#10;////jxQAAAAAAAAAAAAAAAAAAAAA////////////////////uD4AAAAAAAAAAAAAAAAAAAAA////&#10;////////////////5W0DAAAAAAAAAAAAAAAAAAAA/////////////////////583AAAAAAAAAAAA&#10;AAAQL1B0/////////////////////91yFAAAAAAGFypBWnWUttr///////////////////////+8&#10;WERUZHWGmq/I4///////////////////////////////0s3h8f//////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////Pv6+/3//////////////////////+65qJ2Wj4qGgn97eHZ0cnN1eH+Q////////////&#10;/////+tPOjAoIRsVEAsHAgAAAAAAAAAj//////////////////9pAAAAAAAAAAAAAAAAAAAAAAAA&#10;//////////////////+bCgAAAAAAAAAAAAAAAAAAAAAA///////////////////IOQAAAAAAAAAA&#10;AAAAAAAAAAAA///////////////////wYwAAAAAAAAAAAAAAAAAAAAAA////////////////////&#10;ig4AAAAAAAAAAAAAAAAAAAAA////////////////////sDQAAAAAAAAAAAAAAAAAAAAA////////&#10;////////////1VsAAAAAAAAAAAAAAAAAAAAA/////////////////////4UaAAAAAAAAAAAAAAAA&#10;AAAD7P///////////////////7FJAAAAAAAAAAAAAAAYOV2B/////////////////////+V7HgAA&#10;AAAADCE4Um+Ps9n///////////////////////+7WCk5SVpsgJewze3/////////////////////&#10;////////s560xdfr////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////+u/n4dzZ1tTS0NDQ0dPZ4Ov3////&#10;//////////////+4in53cWxoZGFeW1lYV1dZXmVx//////////////////+/MR8WEAoFAAAAAAAA&#10;AAAAAAAA///////////////////tVgAAAAAAAAAAAAAAAAAAAAAA6P//////////////////ggQA&#10;AAAAAAAAAAAAAAAAAAAAzP//////////////////qy8AAAAAAAAAAAAAAAAAAAAAs///////////&#10;////////0lcAAAAAAAAAAAAAAAAAAAAAm///////////////////93wQAAAAAAAAAAAAAAAAAAAA&#10;hf///////////////////6I3AAAAAAAAAAAAAAAAAAUrlP///////////////////8thAgAAAAAA&#10;AAAAAAwsUHae0f////////////////////WNMAAAAAAADSM7V3aZvuX/////////////////////&#10;///DYxgqO0xfdI2nxuf/////////////////////////////qH+WqLvQ5///////////////////&#10;//////////////////3/////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////3c7Fv7y5trSzsbKytbnAydXj////////////////////l2xkXllV&#10;UU9MSkhHRkhLUFlmof//////////////////pyYOBwIAAAAAAAAAAAAAAAAAVv//////////////&#10;////zlAAAAAAAAAAAAAAAAAAAAAAOv//////////////////9HkLAAAAAAAAAAAAAAAAAAAAIf//&#10;/////////////////58yAAAAAAAAAAAAAAAAAAAADv///////////////////8RYAAAAAAAAAAAA&#10;AAAACDFahP///////////////////+l/HwAAAAAAAAAABidLcZrC6f////////////////////+n&#10;SQAAAAACFy9KaIqu1fz////////////////////////TdR4mOEpedY+ry+//////////////////&#10;////////////rnKFmKzC2/b//////////////////////////////////9/v////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/7+yqqajoaCfn6Gjpqy0wM3d7P///////////////////4paU09LSEZEQ0JBQkNHTllpff//////&#10;/////////////54uBgAAAAAAAAAAAAAAAAAAAP///////////////////8NWAAAAAAAAAAAAAAAA&#10;AAAVQf///////////////////+d7GgAAAAAAAAAAAAAJNGCLtP////////////////////+fPwAA&#10;AAAAAAAEJUpxmcLr///////////////////////GZg8AAAATKkRig6fN9f//////////////////&#10;///////rjjUrPlFogZ283v//////////////////////////////vnZ/lKnB3Pn/////////////&#10;/////////////////////9LY8///////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////9vLw7+/v8fP4/f////////////////////////////iwn5qXlpaWmJufpKy2wtHh&#10;7v////////////////////6OUEpHRUREREVGR0tRWmiDqf////////////////////+mQQEAAAAA&#10;AAAAAAc2Y4+64f/////////////////////GZQoAAAAAAAQnTHOcxOz/////////////////////&#10;///liC8AABMqRGKCpsz0////////////////////////////q1A2SmF7lrTW+v//////////////&#10;////////////////0od8mLHL6f///////////////////////////////////9TO7f//////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////7eXj4+Tm6O3x&#10;+f/////////////////////////////9sZSSkpWZnaOpsrzQ7f//////////////////////////&#10;nVNHSU1RVmBziq/W/P//////////////////////////slYAGjVQbYuu0vf/////////////////&#10;////////////zW8+X3uZt9f5////////////////////////////////7p+DpsLh////////////&#10;/////////////////////////+PO6///////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;/////////////wAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA////////////////////////////////////////////&#10;////////////////////////////////////////////////////////////////////////////&#10;//////////////////////////////////////////////////8AAAD/7gAOQWRvYmUAZAAAAAAC&#10;/9sAhAAGBAQEBQQGBQUGCQYFBgkLCAYGCAsMCgoLCgoMEAwMDAwMDBAMDAwMDAwMDAwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMAQcHBw0MDRgQEBgUDg4OFBQODg4OFBEMDAwMDBERDAwMDAwMEQwMDAwMDAwM&#10;DAwMDAwMDAwMDAwMDAwMDAwMDAz/wAAUCAIcBPsEAREAAhEBAxEBBBEA/90ABACg/8QBogAAAAcB&#10;AQEBAQAAAAAAAAAABAUDAgYBAAcICQoLAQACAgMBAQEBAQAAAAAAAAABAAIDBAUGBwgJCgsQAAIB&#10;AwMCBAIGBwMEAgYCcwECAxEEAAUhEjFBUQYTYSJxgRQykaEHFbFCI8FS0eEzFmLwJHKC8SVDNFOS&#10;orJjc8I1RCeTo7M2F1RkdMPS4ggmgwkKGBmElEVGpLRW01UoGvLj88TU5PRldYWVpbXF1eX1ZnaG&#10;lqa2xtbm9jdHV2d3h5ent8fX5/c4SFhoeIiYqLjI2Oj4KTlJWWl5iZmpucnZ6fkqOkpaanqKmqq6&#10;ytrq+hEAAgIBAgMFBQQFBgQIAwNtAQACEQMEIRIxQQVRE2EiBnGBkTKhsfAUwdHhI0IVUmJy8TMk&#10;NEOCFpJTJaJjssIHc9I14kSDF1STCAkKGBkmNkUaJ2R0VTfyo7PDKCnT4/OElKS0xNTk9GV1hZWl&#10;tcXV5fVGVmZ2hpamtsbW5vZHV2d3h5ent8fX5/c4SFhoeIiYqLjI2Oj4OUlZaXmJmam5ydnp+So6&#10;SlpqeoqaqrrK2ur6/9oADgQBAAIRAxEEAAA/AOjLJyFDnQ4NUDzeA1Oi4WOeW/OckbgMxFKfT+GJ&#10;ywct6ZsYzdZOFPVfLnnBZAtX60rgGa167ZfGbBnenaysqjfAUluRlwmyBTeO8DAYmYvbJcSqwnGV&#10;w9sbS4y44RjwxtDjMK44RDI2hb648cv0RXfHiRbvXIG2UYBh4kLluaY0w4eJVQXWNMJ+jDxKuFxm&#10;4kHG1DmcHrikZYZEhSpOqtgiG4Yd8rlBBCDuLRHBFOuDIbs165TLGlj+p+XYplNVBrUUwSlwhABy&#10;meK+bdHMQwfWPy9hlU0T8P7cd+7bvmLLSRLmY9bIMJ1P8uTGzFE+Q/zOUU8O2Y8tGXMhrWOXnlC4&#10;h/ZPTGlTmJPCQ5uPUApDd6TNHWo6YwimY8g52OdpZPDwyjlJc/FFAyHc5QyouWFBsvINoKkwOOGA&#10;toUm647tiyWAb5sVdUZsVaFK9MoHFbXEbY7FVuVirh1zYq33643AxXdscMLJae2bFXU8eubbFXUb&#10;NyGKLdxOauKbdxzYq1U1zdsVbpvmpirie2XirWVirjl4FazYVbyj0xVw65WKXDNgVrLpituzUwq4&#10;eGamK22M2Kup7Zq4odQ5sVb3zVxRbuJzY2m3dds3IYot3A5VRitthTUZhikOObCrsvArVc1MVdWu&#10;bFXEn+mUcVbAJpjThYEqiigzDFQHHbLwFKxs2BXAZsVdmxV2YYVDjlnFJcMrAh2bCrs2BXZsKtjN&#10;ilxzYENZsVdmwq7NjSW6ZsVdmxpDqZsVdTNgVrNirs2KuzYq4ZsVdljCEhxysUOzYFdmxV2bFXUz&#10;Yq7NWmGkE02qktTHItd8y8cNnnNbqblSfadZ0i5UynxKMLVyCDTGYHICHpXNgZcS3ga5qb5IMZT2&#10;XxpVhgyBeIJPhm20UNreU7UzXs9L/LTSvUv0enhhXqQaWTgvTN3h2DoOj6i8vxRWlqhIpQYtYaas&#10;YLsN6d8hlzWoGyXeYPM49X6vE2/TbENWVTEwHSmTwHdSmPlmSRhzbq2cg88aYsqPT3zrez8vR23Z&#10;ufhmygdM5Hd2zQzMCOhyzPp6lxB7rFk4oh2HOjag0cfAnbpmZEWHW6zACbdhsbkuMadd4dOxvB5N&#10;lFcNsuIB2KLpE0vbAcgDH8yIuypPLj0qRiMwZR17sLrrRhFXbJcbl49YS7Af1fgwpg583JGTidhn&#10;p93cwMpVyMgaLgZ8cZOycaD501C24guSo7VOa/PoITdTk01bhDX2m2N9CYbuFZYzsQwzoekec7a7&#10;VRPsx75zOt7FiejDFrZ4jQeV+c/+cevLerepcWA+q3BqQF6V+k5IILm3mUGJwSe2c9n7KnE7O0x9&#10;piX1B4j5n/JPzVoruY4jPCOjLToMVKsN8188Uo7EOyxZ8cuRYFeabf2jlJ4WRh1rjDlNOwhVbJc6&#10;tXfNhpZTcqHMMtgN3Ezy2Rtmn7wYsooubzTDZ5nVz3emeS7RJOIND4+OA7ucID4nM/HG3BBt695c&#10;0NSVNNtt++RTWL/iDvm10+JkA9P0qzWKJQB0yGajqR5nfNziwuTCCZgUwpfUdzU5kjGG4YnYlJec&#10;0Ir1yQjSjG7CmWYpJy98tG4cyMbDslHlrVqFVJ+eYOqw2HW6jFwlphUUydwzxSRg7UOaWUSC64kg&#10;qRip0xktpZyj4o1bDHJIMhkLQLr3wDP5b0yWtYgPemXx1kx1bBqpBeHbvgGXyZpbfs/hlw182cdd&#10;NdzwHN5I0z/Mf25bHXybB2hNsNgGXydpyHah/wA/nlo1si2DtCbeIN5d09Owy0amRX87M9XY39G2&#10;SGiqMl4siv5iR5uxywwJ0XEyLCUyXY4MNgopTAxdi0YYmvTIFgadgqJTlUmuTsEJlZa3YqvIZAqX&#10;YoGbIq7HB2wUinY5ZDgIXhdjgxOCldtigJwJprFo8gVLsVUjIFFLScVTrkSimji65ApAU2OMmb4T&#10;hiGXJ0Yqa4QahLSuZ+KLIBXGEdzKN8zoRb4hvC+WbfLxFyBF2OilpglFjOLsFCc8djlfC1mLsr1G&#10;/jjSOF2f/9CfqSD1zIjkp0mbCCOTxm1u3jYENTFlc065scGqp0mo0g7mV6J5nuLcp+9NBltFy75t&#10;MeUEWHTZMVdHqHlvzlzVeUv0YEmt/HMiMmmnoGl6+ktPiqfDAkkBGXCSQU+gvQwFGriYiI+WS4lt&#10;Fiao98rgcbVoy/dj+BwWhYZR49McFwWq1p/eu+OEde2C0LPrFMsxAjcYOJbcLkg7Y0wA9sPEq8Xh&#10;HU4z6uN9q5LiW1QXhJFW6ZRgPbHiVUW8Tu2NMZGG1Xi4Q5gGXFXFkYY9JmGRMVpQkt4mFCOvbBMc&#10;575AxTRSm90y1av7sE+OCo5a5UYs4ksQ17SbVQ37sfI4oWFOmYmojs7DATbzDzLaRIWCqAN8Rcmu&#10;abKHf6UWHnupgK5A2GNOYknc4Qk0h3ObKi5QCix3x2QtkFNjl4toUjvjsWSyu+VirYAzYodlYEN9&#10;dsupxW2uIysK23mrituoM2BXZq4Vt1Blg4E20Rmwpdl0xWmgffNtirt82KuAysVbOXiq3c5sVdTx&#10;zYq7sM2Kupl4FayqYVbrmpirhmxVsAVzVxVqm+bFW6U75sVdT55t8VcKfTlDFDZ9s1Rim3EHNihw&#10;PvlYEN/jmxV2bFXZYxSGiD2zHCkuHvmqcDG3cRmrituptmrhZBxGUTiwJXqO+VhQurQZeBksObAr&#10;WbFXZsVdmxV2bFXZfbCklrKxYt5sUhseGbFXZsUOzYEtZsVdmxV2bCodmOKSXDNihsZsUuzYodmx&#10;S6mbFDqZsCtZsVdmxV2bCrs2BXZsVdmxV2WMSrswxKuxp60ycBbjanJwwJRFnFzmUU74s1VAAzOO&#10;weVh6ySWTTcoYlRdtumJN1youfiCXXBJxuBvUMwwsSVyjHIKsMnGO7RmnUURaQl5hTxwaQBH03pm&#10;9wRoPF6vJcnun5Y6Si8JCtCoBrgeO2Bbmw3GZJn0cKI3en6z5jjtbQRRtR6U/DFpW4qd+2QAbDQY&#10;7o6z310ZpCWJ74R6pMOLCuZ2GLAh6ZoNuY4l2pTtnPfMiiRWGdBozTk6c1JPx0zlmt6f+9YgZvbE&#10;g9fo9Rs7C22t3V6AYx2czJkFOyQ6bZSSEVG2QnIOp1GUOyU6foybEjMLLndZkzE9XYfQaXCqiijb&#10;MGWYlxjMtFsCahbIiHbLcU7ZRJbByG6vQV28c2ceTtNPbsj8swVjk+btIwt2XBdLy65E7Ini2dhz&#10;YXUdQK5FwMmJ2SjTCTQqcxczrM0C7JRp+oXMBFGNPDNXlxRk4pxqU8EUyFZFDA9jkosNecgB9/nm&#10;rz6QFEZmJ5sJ80/lnoGqxOWtU5nflvX9eHEU0U4FKKc02fs6PTZ2mn7UlDmeJ4h5v/JCW3ZpLIUU&#10;E7e30nH+k471zWZNLKLt8faMJh5hqPlPU7CQrLGQAcyqamuQjGinLlBGyGt7do5CGHTFQDxObbTS&#10;2dDqxu9F8iXAWdFJ2pQ4T6pUA5tsDgiVPoPyvHFLClAOgyCa9KRyze6UN0JWzaBAqAZB9SuCpO++&#10;beI2djijaphJLdmvXLAHOjjdjkuz44KQcbsZNIW3OWRDKEadi2mXpimG9BkZi2GfHYdnQ9G1MPCo&#10;rvTNRqMNF0WeBBaIGHSXNd8wjBxiGuOOa7XucRjY8LuOBZtSjXLI4SyESWwowuuNVY1AOZMMDMQb&#10;pgGW+Zj1y+ONsGN2BnmJ65YIshF2ImXfb6cnTYIuykDMcTsp2dguG1Zu2VSm1Sk7BsdmcoORqlJ2&#10;CktgO2VmbAydiohFOmQ4kW7HrDXtgMlt2OFuT2yPGturjhanwx4021XHC19sBmlxYYottkeNba5Y&#10;70MHEtu5ZfAjG1dXLCnxwK1XHpgKaaOK88hShaVrga6n4od8shFPNci0yN6hdCp3rmyxQbccd1TC&#10;G6vAK75mxg5sMduwAbgsa1y2nI4KdgiBiRuciWuYDsHW6s7DKpmnGns7DD6uv4UzH42jiLs//9Gf&#10;VyxwjC3hobwzAnJA04+TCFWKdl6HFY5DmZgzmLqNVpAU+0fWpoGB5H5Y4jlm4w5xJ0uXBT0Xy35u&#10;eiqWxGSKu+ZIk4ZjT0jR/MAcLVq1wO8VDlgkwpktvqIYAV64z0/oyVptE+uPnlhN8FoaaZaY4Jgt&#10;Ki1x9GOCYLQsNxQUywuNopSN0PGuWFwWtNG7oMsR17Y2tKZ1Ep32y/RHhg4lpb+liD128cxt8eJF&#10;L01tR3rjDbjwyXGnhKqvmGJR16436rh400VT/EEFK8umOS3pgM00hbrzBBQksKYvGoGVyLbDGWH+&#10;YfMlvxJDD5Y92UZr9RmHJ2mlwSLy7zLrkUhcA/LEWNTmoyTt6PS4WBX9zzY75WYpLtccaCXO1Tlj&#10;rkS2qbZeRZBY2Xgpmp0qcwbFeJox71zVxUF1MvFlbWVgYt5sVdm2xV2+bFXZfbFWq75WKt5YxVo0&#10;8cdhZLR1ysVbqNxmxV2bFXUObFXV28c2Ktd8vFXZVcVboKZq4q4A5sVdvX2ysVbpl4q0Ou/TNXFX&#10;U3zYq2TTNirVD9ObbFXUPjmxV3f+OVXFDYWmYY0tOObFJdQVysDFumbFXZsVdljFQ47jLOFkVo9q&#10;5WBi3QnrlYq30zYQrag1ysLBeNswxZBzHrl4EqebArs2KuzYq7Nirs2KHZsUuzYq7NhVsZsUuzYl&#10;XVzYENZsVdmxV2bFXZsUOzYUtjNhS3mwK7NirWbFDjmwK1mxV2bFXZsVdmxV2bFXZsVdljFXHKrT&#10;CoLipNBlpu1cycMXRdo5rHCE50i3AdZG7Y92q2XyNurwwoJldy+pIB3xNhRsrPJzMRsIK5UqcrIu&#10;Qh6GuVhDEr1xeBasMycMd3Va3JQKc6LAGuE+eC2FR02ObqPJ5PKLk9v8sX0en6YJCaFlFMxHFdsK&#10;QKCxru41TUNmPCophfe3FFO/TMjHBqL0ryxpSxxL8NPfI1qV3UGhzZYYJEWcWcPBRkR1QNKTTfNt&#10;h2bYbFGDIvfaNJMT8Na5soZwHZ4dUIuwHH5fKNUrlhzhyJa2w7DrT9N4ECmYuXK4mTNbskVnb0FK&#10;Zr8k3GkWicMRFRcx+JAKmW3wq1SP92cysB3ZxkvXpkC1tSC3tm4hydtpSuyI3bEMcslsHfYhs7An&#10;1gqdsx5ZKcjgt2C7XUSrDfJRmC4+XT2HZMvL2sglQTgy47DpNXgIdk/sJo5Y1I75p8sSC6eVhYww&#10;1hQjpmLItBCm7UGGlrcSpShzGnEFSAlt5bpMGDLWow3tb4nY5hzxJ46YNr/kW1vAzFBU4PWSOQCh&#10;ocwMmlBcnHqyObyzzF+WTwuXhXxJ/wA649UHzGRx4zAtmXKJBItP0y7026HIEAHvhdqVqWRqZscM&#10;6LhkPaPImuhaRyHfamc88xWsi8jTOg0kwzgaL1W3kWSIMOhGc71ZCGObuPJ3OnNquR+dyGOWB2uM&#10;bOxNJiMNMjB2LiTkKHCGuqdjQ/BwckQkxsOySaJqvAqCcxsuOw6nU4HZJU1f4RQ5hHA6w4S7GS6q&#10;x/awxwJGJ2A5L1mPWuXDGzGN2J+qWyXCnhdlk9zimnY3kT06YaTydi8Fmzn2yuWSmuU3YaW9ioAz&#10;GnlceWR2DorenQZQZsLdi6wnKzJiXVxUQE5HiQ1XHrb5EyV1Riq22/TImaFpYDFltxkDNaWmTH+i&#10;Bg4mQa9TN6ajG0tcsootMbUtgnGNTtkgq4YwjCrs22KQ45VRTbCm3UOJvLSuERVsLhXqN1RTQ5lY&#10;YM4BcBkW1C5ap3zaY4Odig3hJPMWJ3zIAc+EXY2LfGSydhnbRlqZUS4ky7DOECNa98x5buNLd2Ke&#10;s/8AHI8LXwuz/9Ke5KnGNvCxTLxIYlsZYOTBcOcLKtFKV3BpjkkPjmVjy04Gp0oPRNdO1WSJgQ9K&#10;HbFQQw3O+bfBqBJ0eo03Cz/y15pbkoZ98TdK5mAuAY09F0nXVlABapHfEWSh6ZMFhwsih1UMB8Vc&#10;wQV6Y2ghEfXgRv1ywmNqpvcCm5xwTBaVB7sdK/Tl8DgtAU3u6HY/LHKuAlSpNdE1+LLAwJAQVxfk&#10;UoccoxLLgQcupGhqccU8DgtlGKXXOrlBs2UE8TgMwG3gS6TzFx6ufYZYQDqcrOYJGK+iEl82yKpH&#10;qEe2USB36ZTLVgORDSk9EovfOsm49Q4m0i9tswsuqJdng0B6sX1PzRNLX4vliZapzBnkJd1h0lMa&#10;utQeUks3XKzHJdhDHXJBPIWNTmyDYAVMkVy9sBZLTvmwJ4lvE5q4WMsi5YvbNXBSIyttkAGXXA2x&#10;KiyjLxZrM2BXZsKuy8UtDrlYEN5eGkgNd82Kadvl4q0c2KtAZsVbp7ZsVdXt3zYq1v3ObArqDKrv&#10;ixtdQUzVxW3BcrCttnNituzYrbs2KXHL74qWq1HvmxSGqHLxV3XNirYrmxVo1p0zGmKlwrjcDFdQ&#10;ZsK26mbFXZsVdl7YpdvmxV2VgQ45ZxW2gMrFW8vClrevtjThDAqijbMMSoDbHbbLwJCnU1y+2LJ2&#10;VgQ7Nirs2KuzYVdmxV1M2BXZsVdmwq2M2FLebFXUzYENUGbFXHNgVrNirs2FabpmxUt0GbFDRAzY&#10;q7NhSG82BVubArs2KuzYq7Nirs2KuzYq7Nirs2FXZnoBt1xgCS15ZCMbVYFLuB1GKxp8FaZsYR2e&#10;R1OYmfNlNjbBbbdd8YetcgObaDsh2B9U/PKPTGYbMXNZdCqjxxmQAcq0Kqb5dMlTUZKqx79MEQCh&#10;rmVg2LqNbKxSfaEvCdWYCmCmYcV+fTNlx9zpI4tyWbS6yxgit4zT4gKDE7mTihpsMyIBxJnd6D5K&#10;0kPwlK/EepyN6ld0rmxw42FPXtJs1jiWo7ZH53aVjTM+IpsAThQFHhi1nobXDCq9chk1PCyIQl9q&#10;9rZoWlcCnjg258rJHESFFcphrSSwBQNl5qsLqb043Fa0yNahp4gf4l2zZYstsoTs0nasGUEdDidn&#10;HGW/hkshLfMUHE4aQQ037ZjSkw4rWMcFCOo6ZVaqRYVwDqFmXQimX4slIEqVY3BGQXXdMlHL4c3W&#10;nyguw0ufdUyC6laOjnb55nVYem02UEOwlkQgnNfnxuxiXY1euY0SQWdW7DTTL1opBvmyxS4g4Oqw&#10;Ah2dC8v64aKCfDMfUYLeX1WnMXEVycWGpJIoNeuabLhIdVI0VN4qjbDiGdWA3zElFhxIeWA08cFR&#10;yHxyohOyElhbB1vcEU3yicFKU3umRSBuSA1wwhuQQBlEoJEiw7WfKluxZhEKnuMVakigZAbM+JI4&#10;LG6sJwyVUV7YQa5oqzRsQtcz9NqKKxm9J8reYQ8axTN8XvnKvMmgyxMSF23zp9LqBIOw0+aizBHV&#10;1BBqDkDv7Z43NR0zYx3d/gyAhvCwuQfliRTncLsUSc9K4RIMJQDsez175MMQHYpa3TI43wEMMuME&#10;Ow/tNQLACuVGLqsmGnYNWVmyLjGIDsWRSaZElgS7FR8PXr4ZFg7LVXc/wwE0xJAdhha2Y2LZjzyN&#10;E5uw0ghAHSmY0pNMi7BkUWUyk1uJwSsVO2VGShquLpDsNsgZLa0tiy2/tkDJC0yAYIW3G2Vma0pt&#10;MBiggXwyPEqmZq5ZjFOmNpW+ocTZdskCzXK1TiTDbJBbVF3xJycmELwMSJJySrsrfCl2bqMVdjWB&#10;whW8DTVAyyLINjCDVJqVzPwxbcYtdkWvp/iIrmxgHaYYuwBsa5Y5LsEW0fJgMjItWSTsPbO3NBQb&#10;5izk4GSe7sHxWhJq2+USm0Sm7BP1ZPD/AG8r42PGXZ//059TI2gxeCq+VkgWkxVAcsHbJE01GG6+&#10;u2V3xEmc8QIcspBx6vTMvFlp1Oq0tprpmpNEw3xZCrDNvgz3s85qcBiXoHlvzETQE/PGum+ZoLhm&#10;LOtO1hHA+IY3hhtqKdQ36EA165uONq296evLbLC4LTSHe9oOv0Y/jXBbGlI3+1a7eGalMWQihptQ&#10;FftfRjgFwMuEoOW/jNRX6MvbAyECl9zqCAbGvyygTlcsjkCCSXeokg0+iuMYkGgzEnkcvHjBSK9v&#10;nUmp+nE2kzDlN2GLThIbq+k3PI4zkcxjJ2MMASqa7kNd8rbKZSLsseNBSSsd65dBlVlygEOzmuag&#10;xtlTXI5qY2rq5qYLQQ7lmxazFcCM2LAY2/UGamBtEKWtJjgMDOMVJmrmxZrMumLJqtRmoMVdUnbN&#10;XAi3Up3zYUuBNMvFWq+PXKxW2+2Xiq2ubFW6d8okYotwBzVxW26Zq4rbqZq4rbqZWBDebFXZsVdm&#10;xV2bFXZsVdl4Uhrp0zYqW+oysUW6gzVxW3UGbFbdmxV2bArs2KuzYq7Nirs2KuzYq7Nirs2FXZsC&#10;urmwq2MrJMVTplgYCkLGObIpW5sVdmxV2bFXZsVdmwq7NigNnNgS1mxV2bCrebFLebCrs2LEtZsC&#10;XZsCtZsVdmwpbzYUFvNih2bFXZsUh2bArWbFFupmxS7NgVrNirs2KuzYq7NirswNMSrsdEhlfMzT&#10;YrLoe19bwCk+8uaUbmapHwjBL/CvHwzMkKebxHiNsku4/QjZadAKYGPXMYc3agbJGW/ek+OUcMme&#10;MtTKcoDAA2SkpogrjgMk0SkrxxilfDHo9NslGVONkxWire59M7bHFkHIk9gK5nabcus1UhAMm8q2&#10;sl/qCKdwN6fTgHUroKhFc3GGDpDuX0l5M0gQ2kdVoaDbItdytI5A8c2kI0GwM5gjCKPbBOnaY0jh&#10;iMrzZqTHdL9d1u3061eSRgKA5JYIIreNaCrd80mp1VF2Gn0hmd3z1+YP5nzzzNDbyU4sa0PamKmU&#10;SAqRscxsero7uRl7OoWGLaD+YuoWl6jvIxANT/nTCLXNGWZGKjfN7pdTTq5YeF9B+QfzHtNWiWGW&#10;QepQZBLyC4sp9hQVze45CYTAnk9DVldQymoPTB+n6kklA+xHbKMuEhkYrJENNsOoJEYDMKQIYEIO&#10;YMK4J+rrINhlfFSgIOS8kiI3wBf+XI7lDtucvxasxYg0dkVBrMJ2c0OQjXPI027Klc3On7RiebsM&#10;GsMUfHPFIKowOQPVvKd1Ex+AimbIThMO903acTzX4QT6XcxndcqlpR0drDVRk7E44ZkYfCQcsxYS&#10;GUpRIdh3pt1PGwqKZfKIdZqccSHZL9L1iRQu5zCy4AXQZ9MLdkq0/WmIHLNXl07rMmOnEA4fW2oB&#10;gN8wZ4qalJ4QcMYbjYUzHlBINoWa2FMGwzkZTKKbS25skbt9GDoZztlEoqkmoaVE9SFFe5wQWEi0&#10;OV1SQkjRPaSck2FcJNZ0GK5ib4ak9MzdPqjEtkebJtC81xj9zMaeFc5Z5m8oTRszKnw502l1sZCi&#10;7XBqeFlsFxFOgeNgQc5/qGlywuQRTNjHd3uDVCQVMKyrK2Axc0G3YorbZZFiQ7LCmu2SQS7B9lKQ&#10;wBwSDi547OyQ2pDKMpLqMgdg1XCigyshxyHYtHGXNcgTTAmnYYW1uBmPObRObsMIIqZjyk45LsGx&#10;ocpJYurgyOMUGUkoWk4Kji8crMkWtZsExw5UZJUnkpglIhtlZkkIaSY+OK+nQZG1tQMpJyqU2xSW&#10;lc+ONamEKqqTiLDJhbV064g43yYRaquIMMsCFUYkcklvKxS6mOxS1mIxtLsLtRmCKcyMUbZRFr1G&#10;RDVbupO+bbDBzsGNvI5PKWc5mAO0hDZ2UnWmJUuw406DkRlGSVODmm7JBEqxqKCmYMjbgE27Epru&#10;SlI9zko4x1ZAB2I/6d4n+bJ+llQdn//Un+VpLwJRlZJpkrDNiojbiwAOamNtoiplt+uVvXLIyphk&#10;xghVjkI745WI75l4slOi1WnB6JxpmoPER8VKYuHU9c2+DPbz+bTkM70XXgSoJB8cs7DpmW4Rgy62&#10;1VSFIxtDXJIEUY18CNm+jHqMiUEKLXtTud/HLFaYp4UNJfCnXL4+OC0gIOW9r0OVxAwGbYN0LLdk&#10;A75qZTKbMBAXF2vc7nGsx6DMac3Jx475pRd3XEfapibMfHMSUnOxYwk1zcMSamuJnKJF2OMJVO5N&#10;d8blJc7GAgZCanKGVSc+JQ71x4yDaFFhmxS1mpgWnFhmxVqvhl4rTVTmpil1TmwJaJqcsYpDRJzY&#10;pazVxRbqHLqMU21xP9c22NK1Q5sVXU2zVwLa2mVUYULqHNU4EW7iMrCtt5sCu7ZsVdmxV2bFXZsV&#10;dmxV2bFXZsVdmxV2bFXZsVdmwq7NgV2bCrs2Kl2bArs2KuzYVcM2KGyM2KWjmxQ7NgVwzYpdmHXF&#10;Q49Ms4UlwFcbXFrJVAtMwwqHEnLwFmsObArWbFXZsVdmxV2bFXZsKW82LF2bAlrNhV2bFWwM2FFt&#10;/PK3xW29qbZeKQ1mxS7NgVqmbFXUzYUFvNii3CuVirfXtl4q126ZsU27NgVqhzYrTt82Ku3zYq1m&#10;wK7Nirs2KG82Fk6maoxALXI0CV6JyYCnXBVsvAeBPfNzpoiMXgu0cxyzPUPQPLtsLSzVivGR+jfP&#10;Gzk8iD18chmnbPR49rUNbuayenX4upPtiQ65S50rpK4uBbcb5THGVJwguuWWgAGUMAbZFRTplmvb&#10;FjGuq5mYLsaZVd9she7PgoKYkq4UYKZvTgLHqRm80mPZ5LXZLlQe1flLoRldZnTlUDrkZ1S65MaZ&#10;vMMKcGMTb6K0m0jhtkULSgwLY2hmkqRXLcmSgzoqupajDZ27SOaADJNawpBGPHtmk1ep4XP02mMi&#10;+e/zQ/MSSWWS2hlPGhFO2ZmqTmklKzb0eLFQAeK3N00srOxqW6nMPEYAUzHRbG9SCD0x4INQxqD2&#10;zN0+fhLrdTgBGwZJ5b8w3Wn3SSxSlKeHTCLXdDjlQugrnR6XVU6kw3fSn5f/AJiwX9tHBcOPU2Fc&#10;hU+ny2s3TaubuGUSCiL0eKaORAymoOGGnzOSAdjmPliGJitlVaGow9tZHOYMwGBSq9hQg8TQ4aQN&#10;UAHMWQQx6/jdSSrb+OCGt4ZFoy1rlYmQgRBSeXXtTsmDRSE1NKfLCzUPLWmXCnki1OZOLWTikbck&#10;50jzrqElBNCWH05EtS/L6zlqUUCmbbD2rIc3IhqJx5FlFtrtrKBzrGT45Hrr8uSCeK5nw7UDkx1+&#10;QI1Lu3f7Lg4FXyJKh+xXLP5Rik6+RVOafzDBtv5QmSnw0yuWvDjZNXIu5r4jDW28uTIB4ZiT1YLi&#10;SyEtGVB1OGltpVxGBTemY084LUQtNxF/NhhEssVOSnMeRBREKbvG42YYNiuI/wBoEHvXKZQKUJPB&#10;Ifs0OC47mPswyowLKktntZ+hBwQl5GOpys4yoS670WSVT8O5xdL2FhRmys4yGSQ3XlbUA3OGoI8M&#10;QvLGzvIyKg1+WWY8soFsjKuitpmqa/pcoWbm8QO4p2yA+ZPIUbqXjUHqds3uk7T6FysWpMTsznSd&#10;ftb5KE8JB1U7ZzDWfK09tI3wkAZvseeMw7rTdo3sU1yPyWzxkgginfLg7SOQF2WoyaCXYtEOLA4G&#10;uRsOw2tLqlBlZDr8uN2HNt8VCd/DKZOuns7DSBBTMaRcWRdg+BAcokWmRdg6FOm2USLB2D4Y6dco&#10;kWJLRwXFHlMigrGbBccfTKiVCjI+Ckj2yolKFklNdvpxZRTpkCqGZieuWemKHCuMNMKbXqD1AxJz&#10;kgm1ZVxJjkwgqyCmIPXJhVYYkwyYRS8HEmAyQSG8bhZU3lV98K21SuJzziNSa5KMbSC2F3yMavqN&#10;eQBzZafE5GGFlfkTvrksxFc2UIu1w43YXEgnLHMrZ2CrSFncADbIyNNGSYAdkv0nTJCgPD6c1ufM&#10;HT5sll2GjadX7Zp7DMbxu5ot1cpbOJOi4nISm3Vx3pJ4e2DiK8Ts/9WfZFS8FXrmwgNEiqKPHNTC&#10;QiOW22TMMi5USoMKHLwBWgaHGjLRKnGzYrRMUhBx6sMzMWUguk1OnTnTdRaN13xdWBFM2mLO6LNg&#10;ILMdM1oFAOvhl0B3zLE3GMaTxL4so398dQDEyYUukvCB1qMaGPyyo5G3gQUl9sd8utOuVmbLgQkl&#10;63jlGQZVLI2RwlCzaiTWrUOMLE5VKduRHGgZr2prX5ZRNBlMpN8IICeeuJk5SS5sIpfNKe2NrlRL&#10;lQig5ZKjrlZAlzMcUK7VJzUyolzYxpQZhvjgMgS3BRcjNTAoDRP35eLJYa9c2BDqnNimnVpmxS1X&#10;NgQ7NhV2Xim3ZWBDs2KuzYVt2bFbdmwK7Nirs2KuzYq7Nirs2KuGbFXZsVdmxV2bFXZsVdmxV2bF&#10;XZsVdmxV2bDSW6ZsUOpmxV2bGldTNih2bFLts2FW9s2KHUB6ZsCWjmwIazYVdmxS7fNitt0yjixM&#10;l6rmxYgNk5YwsgsJzYGTRzYFazYq7Nirs2FXZsVdmxV2bAh2bFXZsKuzYra7NhV2bFXVzYq7Niod&#10;mxZOzYFdmwoLs2KHVNM2KuGVihdUZqYrTXLNTFadyOXilb3zYFdmxV22bFWs2BXZsISHDNiGIX+A&#10;8ctELN8uuZGCHFJ1Xaer8OBHemmiae11dKP2VNTg16AqR2zbyFCnisZu2e3CLGsar0UCv0YhLvIW&#10;7UzCm7TTHhgAkGpD1bt5Oi0piPfIOdVhLSaNmJyJLOIoLXYk0zA5IMSFykAZRbISLbixWVGeegoM&#10;dAvJxksMeKQDXr5+HjKvodu11qEUYFasBlapOEjK+2dRp4PC5JEyt9Z/ljoS2unxsygHiPvyN+kZ&#10;pT33zZXQSHo7SLDFyO1Bh9p9osUYY7ZrtTnpysOIyLyD80vPSW1u1tG/xkkHfwwQ7VP6s53NMyNv&#10;SafFwRfOeq38l3cvLI1ST3xhplJc2AS1yBlg4hhML0ObJgtUo2rxyEMPbpjiykcTmfp9TwuvzaQn&#10;dkvl7zVNp86sGoAa4UanpUUylgM32n1Pc6ueMxL6E8gfmTbXsKwySfEoHXCL6h6MmwzYeLYaqL0m&#10;O/hni5I1QRhrZR1G/XMXIUyAKSanePByP7Jwzih79sxZSRTE77VpGfiDU5c1ysS0rvjGFsKROmaZ&#10;Pdnm61XthdNqJJpXbMiOJeEMltdHWNR8HTEhc8j8WS4KSLHJXexjYUZenQUxRZIz2rgIKklTNoqf&#10;ZqPlj6Qt+yMjuxshoLMD9sgeOWIoOwx4ijiLuVwP92HLCQjtgssSbXK1x/MTlgxjHdDdJj3ymMff&#10;pjuhcnqjribxxnJAliiY5XGBpIKH4dj45YJJtExyhhvvgSZp0BoctiAVtXRY27DAM1/cx1NTmRHE&#10;CytUEMfgMCnzJPEftHbLPyYLONlY9jbOKNGD8xgmHzkrDjMaj3yuXZ9cmVSHRCSaBYMwZF9Nh3XA&#10;2oSaVqUZrQMcsxDJjLZDIQi4IZIVC8uSjxyF6z5YSpaHce2bfDqr5uxwasjmr1yLXWlSQMaimZsZ&#10;gu0xaoSDsBlGByzm5ANuwRb1DDIlqnuHYf2U1VA8Mx5B1WWG7sOLeQbZizDgZIuwzgNcxptEnYZQ&#10;KCcx5NZccMIl6ZjyKFjYNhTp3ymRQVJ2wWijKSVCGlY4uoAyBShpDvjgcCqeNY4Qq9F74kzZIBVZ&#10;FFOmJM1cmAmlVRibnbJBQqKMRfJhK9TiTEUyQRSoMRYjJhkG8TZ98lSWwMQmuFQZOMLQAuAwj1LV&#10;aggHM7DgboYrbyL312WJzYwjTs8OKnYUzMWJy4OdAU7H2to0jVPTBKVMcmWg7JVomlLUbfTmBqMz&#10;qc+ay7JjDAscQAHbNTKVlwiVhOJSkAnJRTbYwLJIFBy0BIDeBvrC+3XLOBPC3n//1p9kUF4KMwyQ&#10;cTJKlZBlnJFrxxXORlDK3YY+SGkO+WcADZQUxXvuco5IMCFRW3ysujJxcuKwiIZaEY9WzJx5HS6j&#10;TpxYX5Ujf6cVWTx+/M+GZ1GXT0ySx1atBy9sUqMu4nG4Ex+uFl/HKJpkJSpnGFoaadVBxlT47ZQZ&#10;OSMYS+a7bYA400GVyk3RgShJbkCpOUXyuWRyIYChJbxANzjC22VGblw05Qct8D3yicqM3KhpihZL&#10;uuVvlZm5kcCGefrvl0ysyciOMKDTE9DlgZG22lMvl4E0sJJObFXZsVa3zYEuzYq7NhV2bArs2FW9&#10;s2KtZsSrZpmwK1mwq3tmxV2bArWbFXZsVdmxV2bFXZsVdmxV2bFXZsVdmxV2bCh1DmxV1DmxW26Z&#10;sVdTNjSXZsVdvmxV2+bFXVzYqXZsKG82K27Nirs2KuzYq7NgVrNhVsAZsVdQ5WKC2M2KKbzDFkGi&#10;cvAlaa5sVdmwK1mxV2bFXZsVdUZsKuzYq7NgV2bFXZsKuzYVIXZsUO28MrfFW9qVpl4rTWbFQHZs&#10;DJrNirs2FDYzYqXZsUO2+nNihwObFLq5sBUtVzYocTmxS0Cc2KurmxVsHNirqDNjSuyj0xYzNC16&#10;CrAU37YKt4yFqep/Vm402Chbw3aer8TIe5nvlzSfRs0mpSR+vjTHy7DLsuzhafc0j9TJiiL9Nvxx&#10;BiaZhydpjG7Hp3PCoO564kTvlTsIjZL3JDZe1MIYyu1yEUyiRgJZwislkAxpyqUnYYcaClkqcEWl&#10;BVvAZn9nwuVvO9vZKFMz/LDT/rWtR1XkAQd8K9Uk5Px8c6fAKeSiN3195egjtrGMBaCg2ytNswG5&#10;MNsc2RtjHiKA85eY4tOsJCWoSpphpIQAAvTOf1WbiNO/0ODhFnm+WvOWvSalqEj8yU5GmJHMEl28&#10;AxSQ7/0ysi23SnSuX0whrO68bZVRiSkQtp5aDbGk4OJvGJRNywOxy+uxOxzM02qMS4Or0gIut0+8&#10;t+Zbqwu1dZGC7bDAl5ZIfiUZ0OHNYecyYyC+iPI3n1Lm1jV3qTtgeJeDbjbLpG2gima3MyXsA47n&#10;Nd6rFEvEEbY48BKFDTPKjSTerKu1agHwwhutZDmlcz4aemPDuzC106GBAqLTxwJ+lox9p9/DLfAL&#10;LhCI9LwxaPVYGp8WQOArVLGti3XfBkV7GwFGymWMsSoPaMOgxf6yCOuQ4FGykbQk75vrQHfHgQS4&#10;WQ8Mo3g8cfDYkr1sl7DG/Xh45LwkKgtAMct2D1ORMGNtG0XwxUXAOR4UWtNsBlmWo64OFDhFTpiM&#10;tDk4qrICML7mBWHtmRCSgq6nCS+sFNSBmbiytkJr8IbuydTttTM6GQFzceV2F7zXkRorkUzI4Yly&#10;RGB6Oy01S/8Ass+xyPgx7kywxPR2PMYuhV6EnG+FgJcHJ2AbrQhTkoyyOZycet6OwtksZIjlwkC5&#10;Yzguxa2kZCBkSGrILdh1ZzVpmPki6/LB2HVrJWmYcw4Uw7De1PT9eYc2kuOGcFKZjyQsbB0OY8lQ&#10;8mCkysqhnqcUGRVSI8RXLO2KtADE2O+EBK9RtiLtkwEqyLiTNk6SFQLjTvhS2vviTn7skEKi4Hdq&#10;5YAqoBiDyUFcsAZNgYEnulTv9OWxhaRuuAwk1DUDQgGmZuLE248dlvCC6uXYmh2zNjGnPxwAdhdL&#10;U1Jy0OVF2Jxw8m6YkszJ2HWnWlWFBlOWdOBmyOyYaXbCOMEjfNRmnZdfLdpjhhJIoXwzHAY0tGFl&#10;1dold8yYY7ZAWuAwmvNVVQd8zceByMeElvCz9Mr/ADftZkeC3/li7P/Xn2RYvBqZgck484WqqQBm&#10;wEtkILHfLwOSAok1zYE20M2KKcK9crJWxO6ohIysujJw8uMFERyEdMcrb5kwnTqs+nKaWd6FIqcU&#10;5gDMkZXXHTEpxHqiKBU19sxkGQlmDOGlKlc6tGR+vGmTKJZXMx6MpbPqYNQD8sZyJymWR2GPRUgJ&#10;dQZh1zb5Ucjlx0wCFe6J75uOQMnIjiAUmnOXxGC20ALDIxy6ZG1pYWO+amNparmxtJarmxQ7Nirs&#10;2BXZsVdmwq7NilumbFDqZsKA2embIpW5sKuzYFdmwq3TNirVDmxS3QZsaRTqZsVdTNirs2KupmxS&#10;6mbGkOpmxVxGbFFtZsVbzYVbzYq7Nirs2Kuoc2KbdSmbFbd0zYocR75sVDts2KS7NihwzYq1TfNi&#10;rebFXZsVazYq3+vNihsDKrivE7ic2KLbpTNilo7ZeBktNc2KXHNgQ1mxV2bFXZsVdmwq7Lrim3EZ&#10;sVt2VgQ7Nirs2KuzYVLeY4UNqMrbFW98vFNtEHNituoM2K27Nii3ZsVd1ysVbp7ZeKu9jlfrxQ4f&#10;hl4paObAlrNgQ1mxV2bFXUzYVcBmrhW13HKOKCVwU46JecgHYdcv0+LilTq+1dT4WIjqUz0DTmvd&#10;QijA2rVj7YYbV9s3tUKeBu3p0iJHGqqAoQUoPbEZ27DpmJnn0dho8fVIdcuixWKu3UjA7H4cxiXZ&#10;4xukk5qn04meuVFzoDZASnfNiCkhaj7ZRyMi34RZUpm65WVcy7ICgha8mGCohSBj45vOzoULeC7b&#10;y3OnsX5IaaJL0SkVodsK5YvUm8QOubyJoOki+kxcrb2tTtxFRhjFGqxUHXMDU5KDnaTF6rLxT81v&#10;NBuOdvGd+hGMPWnhmkkbL0mMbW8WuXJY+OVTKiHIEkIVNTmpTrhAY3fJsKAN8xOJZRDTk0ONIyJL&#10;kwQzk75WBuOQBTEZY9MdwJycRu4uTOEVbW78hj1jLfCc2+kmRs6DWEc2deT724t5koxAHhhNrtzF&#10;aRNvQ5vNNAzLqCbL6V8hWk11apPMDxoKVznmqeYmLlVOdDh0jdHFbPEjVAAB0wobUpZG3bMsYQGz&#10;wV2LQ3C9WYfTkJQYnG7B8F1CaAMDmPKBYGDsMIroKNjlEoNJDVMXGo06nIeEghrgMa2pgd8RhRwt&#10;8BiEmreBywYF4XcRlR6gzt1xOKkGLdBhhBOxFcolFgWiMGxSMaZRIMVNgMEpyIysqptQY8oxyNop&#10;rmBiMkDEZMSWl6yLgOe0Y9sujkUKiuMLbnTS1dsyYZmcZL6jCi60kmvw5lwzuRDNTsLJtNdd+OZM&#10;czkRzuxJYpYztkjIFmZAuwTGzkUI2yshrIDs0mnCYV44jLSRmp2ApdIdTUDplsc4bo6l2VDC8bUP&#10;bJSlaynbsNLVyKZizDhzDsObWXYZhzDjyDsNbeQHMWYYrWGGML1GY8ghQkXBaGuUlUNIDi3XIqon&#10;wyjXFLQpibHJBKoowOxywJVlGJ5JKpmOLJYDiEppk4hCsm+AZpQtd8vjFNKoGFtzeAV3zIhjZALw&#10;MKLu9JrvmZjxtsIOwnuJWc0zLjGnMhGnYGZNt8k2guwNK3I07ZJuDsEWsIJ2yJLVkm7JFpkCrQnM&#10;LNJ1+Q27Dl7+KFKVG3bMMYiWsQLVMKNQ8xIgI5UzLxaVvx6YybApkZv/ADKKkBszYYAHYYezy7CC&#10;71x3JocuFB2mLRAOwD+kpfE9clxhyvy4dn//0J7kSwk8H65dMbWItpnpl5ElsAU2aubDbK3dcoYV&#10;bNMvBatZsWNNhsqmSBQYWuElDlUOTE2qWnvmqLcU6HNU4eNgNGF/1t6faOXQ0yJm2R0oCk12TtXL&#10;pkCW4YgFNpie5zUGC2dLCzHLxZLfnmwWrVc2KurmxV2bArWbFXZsKuzYobzYVbpmwK1TNhVugpmx&#10;V2bFWs2Kt5sCtZsVt2bCttjrmxW3ZsVazb4Fb28M2Ku2zYsms2KHZsKLbzYq7NiydmwIazYobzYq&#10;7Kwq3Q5sVdTLrirqe+VirqjNTFXcs2KHHpl4paAyjirYGY4ocBl4pa2GV2xVs7nLritupmxRbqZV&#10;cVt3DNXFja4LlVw0xMl4QZsUAtlaZeBmFMnLxZrTWgzYpazYFaObArWbFXZsKuzYqV2bCh2bFXUG&#10;bAlbmwK7Nirs2FWwM2FDeUeuKtjpmxVugy8VW70yhiobPjmOKS4VyzihwFcrFXGmbFDYzYq45sVa&#10;PhmGKXEbVy8VC05sCbdmxQ6mbFW82KuysKGxXvmONMSFy4Ks0ADOR8s3HZ+Oty8X29qjkyCIP0s/&#10;8gaekMMt5Ov2wVQnFwwCknv2zLyTDphAkgBPLy5iHJjum/0HAjtVuua2Rsu8x4+GLEbi49W6duRK&#10;12rjGyBciAQszbkdsZlZcuKCkIrvmxZc1oIArlHrlcy5+nxoaeSuamQjzb80qipQgs4wUBSCleud&#10;Joo1APm/asuLIX0B+Slv6MKyeO4wNHF+8qcz5S2cKAt6f5g1f6vZuQ/UUwQ5UdBQ5qtVKzTutJj2&#10;3fPfm2/NxfSEGtTiLdffMAu3hyYpKKsfHucwrgpJkFqxMTUZfEnDwFr8YBVFpIdiPfMUOJxlmNQF&#10;j2MnShyvTNcj4RZHVCli6c5alMeIsmMLjz1aKi0lqj4cesZFaZfHC4eTU2mVtpDip41oMqSVIYWk&#10;am2bDTYd3A1OXozr8vPKcup6pHH6dFVhyPyzlvnHXi7sgbapzsOz9NQtqxQsvqHR9NisLKOCNacQ&#10;Ac53dajWQ71zeCGztsen2RuVFe1pvTDwplhdghpyRs2DhahB2K292QaV3GCUGE8bsM4dRYDrmPLE&#10;4ssbsUN/t1yPhMfDdiUl+fHJDEkYnYmt2WYCuSONl4dOw308FgDmJlcXIHYeW0Z2/DMGZamicNbe&#10;HMWcmKhLIAMMobUmmY0poQE94B0OC0sjlRyItAy6mo/ax31AkbjB4qqX6bjU/axN9NrXbJDMqpHr&#10;8VQOWB30rrUZYM6aRUeuRH9offgSbRq9stjqEoqPVom7jAE+gAj7NcyI6pIKJS+hbvgGXy6N/gy6&#10;OrZ8ZVRcRnuMDny6w/Zyz82jjXCRD3xWLRmHUZGWoQZO9RfHBa6EHXdcqOppHEVjXMa9TgW58r7F&#10;lXLYa1sGQuW6iY05DC9tEkiP2entl41IKnIVQMD0OPjgdNiMBkCwJbwdASDlEmJaOGdu3TMWYQpu&#10;KjB8RygoQsu2CFBoMrKUI7b7ZbDEMlgY13xFxkwqtG1fowOwywJRCnGUphtkFxJxrsAMICXIpJwB&#10;czgVy+EUIlEphTdTnffMuEWQCoMJrq5NTvmZCDkRi7C2VixzJApviKdiTAAV75IMwXYFuJNqZIN0&#10;A7Ayfa3yTaXYPtnRdychIOPkFuwTJrUcKbNuNtsq8G2EdMS7Ca/8yyNUK22XwwgOfh0HeHYQXWqT&#10;yk/EaZbYDtMWmjHo7ATGWQ9zkeIlyQAHY6Ozlc9DjwsZZgHYv+i5f5T0rjwhr/Mjvdn/0Z9kF4Xg&#10;hfLGLYAsY5dMWVLa75WCmPCuqM1MK04tmpgXha5DLpjbKlpY5sKXAn6c2BWt82Fbb3zYFtqhzYob&#10;r9+bFLVTmxS1mwIdmxV2bFXZsVdmxQ7NhV2bCrdM2Kt1zYq7NirjmxVrNirdM2KuptmxV2bFXZsV&#10;dmxVrbNirs2BbdTNhTbdDmxQ6mbFXZsVdmxV1CM2KuzYq7KxVum24zYq6vtmwq3mwK1QjNirqjtl&#10;74q7bNXFXUOVihumbFbdmxV2bFXb5sUW6nbNXFBLfE5VcUErguapw0xtviM2K8TYTKwsTJcFzY0w&#10;MmwBljAWyIWORTLwNoCkcvFk0f8AMZsVDVds2BLWbGkW6lc2FW6ZsCWqZsKlsbb5sVaGbFSG82BC&#10;3vmwJdmxV2bCFK4ZVcKG+ObFWzt0zYVcM2BXU3zdsVa6tTNirdB2zYocdhmxS4UObCguzb4Fdtmx&#10;V2bFLjl4qtObFXVzYq6mVvirewy8UF1RlY2i2xuRmVSzAZbihZcHWarw4Eo2wsmuLlI1BJJwwCgK&#10;EGb/ABw4Y08BkyGczIvUbO1FppscCgAgdfc4yc8V45i5jW7laSHFJJ9ZmMNuwUfaPXAq9cwndTY3&#10;FWpOUx3pgZQC2Rt8bkS5MUJJ1yjgbIDdY/2dswyiXN2uMbIOTdqZh1yzGN2jVSHCVW0QmVaeOC3U&#10;iIDOl0oqIfOdZIHIX0B+WKSQ6cpHT3+WNiT9eZEi0QIBZH5nNxNZkDHGKrZgZMJJdnj1FB5PfaJN&#10;NcMab98whyv8sWZ1iHXyxIzUP3Y70h3yyOmapaslGQeVyDuu2b0xk/y4YfmSih5cKj7OWIxgOnCP&#10;zJW/4bdv2cxjGIwBB1JVIvLD9eP35fEDLRiDUc6PtvK7Hcqds1QK1yYiGuWUlNbTy0A3EoaOABtk&#10;Y826sLe2ZVNNs2mgwcRa7Mi9i/LPyrFptobhkHqOag5w/wAw6uXmY16nOxw4+EO+0Wl2Z5kUlvy0&#10;lAdycyDLo7uGnoOwXbyVINTkq2aJxdg4TFQtDt3yNOJw7uxSK4+JiDtgIYzg7BC3XHI00nFbsx1C&#10;lceFfAdiR1HkaYeFn4FOwx00mZxTKcmwcXOOF2TDTrchQKZqs03VZJbuyQ2luSRtUZgZJtajLIFB&#10;3w5tbXptmFOaEnvr3iDvhrBbUAzFlNDGtR1jh337YLSEDtlRkkRtjWo+ZGStHrjhGMFs/DSSfzU1&#10;TRtsv0x4Y2z8JCN5xlU05kfTjWhWnTCJIGNERecn+H4/njDbqe2HjQYUmVr5zk2o5+/Ens1I6ZMZ&#10;GPCm1v5xc0+I7Yl9QUnpkvFQQmMPnAgfbrjG05PDCMpRSNi83VH2sTOmoN6ZLxkIyHzNz2LY+OyV&#10;T0wHIglc+smRdji/1WIihXK+MoS6TW5o3qG2BwNPpETD7PXLY5yGXNFWnm8IeLNhZc6CKkqMyYap&#10;U9s/MdvNQFhvhfJpTo3TLxntCZx3kUgqDlxW7oem2MpgquaRTg6GImmUSKbpCTuMGRx7ZUSqXzS9&#10;ccY8FpUhOK4jJF45MFNoiGWtKYElShy2JUFGxtUYHdqZYAlXVcCTy5bGKbVkTCy6mNPbMqEWUVQD&#10;CW7nNTvmZji3Qi3hZLyYmuZMdm+OzsRai5MM+bsCXE4UdcsAb4QdhbPcitScsEXLhjdgc3oU5Lhb&#10;hht2JSalIRQHERbI6cOwHJPNKepyewciMIxdjVsppD0xMgzOoiHYMt/L08hFFJrlRmA409eA7Duw&#10;8mXElPgymeqhFwsvaDqjJHYeQzsWXMLJ2iOjrsmuJWmRB1OGv+CY/wCXtTMf+UXH/My71v1iPxz/&#10;0p/TINnC8A5DLpgtlS0sPDNilbmwK7NkkkNiubFi3mwJa2zY2hwObAlrNhtW6nNirWbFXd65sCuz&#10;YVdmwK45sUOGbCrdM2KupmwpdTNgV1MxwobA982KuNc2KuzYq6hzYq6pzYq4V3zYq72zYq6ubFW8&#10;2KWs2Kl2bFDqZWNKWxXNixbzYsmt81cUN0GbCrqDNgV2bFLRAObFXUzYVbzYEO3rmxVwzYUu3zYF&#10;dtmrihxG22bbFLQrmxQ3Q5q4otvic2NItsLtlVwoMmwmVhpjxLgvtmxpiZN8Bl1wUrdBlVyVIbpm&#10;rgpXUObJAINNgHLyJRHctMaDLyLkRCgzVOXTFmsrmxVxzYFaPXNilwFcrChd2y8Va28c1cVboc2K&#10;tfT9GVirZ8MvFVtc2BXUrmwq2RTNgVrNhQuFMrCrebFW82KuzYq1mwK4j781cVaAObCrebFXZsVd&#10;mwK7NhV2bArs2KuzYq7Nvih22bFLqDNXAQguAzYsJLkpXBVlFRSzCrfs1zc6LEDuXjO3NXxS4Yn0&#10;s98i6TGxkuZo6vxrGSP1YuDTc5mEumruT93YOzMRtWgbtTAtxIWfrmtzTs073Q4RGN0xDXL2SW49&#10;LmWUHGdBldNoNlDFQsdRtjCciXKgEK7UqTlEHI822MlJlBzUNPHDwk8k+KAWvq8j7KCfljhDIegy&#10;UdOT0YntWEdrREXl++lIKxNv7HFY7Yg1YVzKxaOV7up1fa/ECAU+0byTetcIzx7V98fPJxFOwzc4&#10;4UKeXyTs2958neXnt7KNCKeOJRTDp0yyUWNp5qWjF4eIWv0Yr6oyHC2CbG5PK4Lk+kKn2yzMKdce&#10;FHGvXyuDv6QB7kDK9YeOHhRxq6eVgP2BT5ZXrA98eFeNefK+1OOb1gO+PCvG2nlcj9nGtce+EQRx&#10;ImPyxTfjjTcj6cPApKLt/LgHVR74hNdhUJ8MnHHuoTG08vR+qgKAgGucy886qxLiu2dL2bhpy9NC&#10;5PQbG3WC2SNRQAZxvWLxmlO/jm9maD2OkxUFfCks1QQdxmBKcjIUXZUKdhrbS7A+ObTo6/LF2DGn&#10;ATriQ4ohu7FIZSEqTucBDGcd3ZpLmgO+PCiOJ2A5bwjocOzkwwuzWsrSygDffGVLmiIh2Tvy9aUU&#10;E9T1zXambzeryWXZNrCAUHvmnyydbLmtdqDD+zgpTMDJJCWXlxTocObeIAdPlmHOTFjOq3hFaH54&#10;YRrQDMclMQwjWb9tqNsa4qAMi2xDE9QvHYmp+nKPttkZFyI+aRzyMWNDjdx88pttFINmcvUH6csV&#10;75IEsDSrG7jqa++Y9MuBYEI22lavXKHeu+FqkE6tJmNanMQMWCOimf8Am+WNwoIRkE8lDVsogYsS&#10;EbbX5U7nGlfD6clbAhNrW89QGhONFQcVtVmjLqf14qtD7nIlNpXcwSIetPDLaMMN8QaXhQ66y9q/&#10;wyEEYjJYowO2TGUhTFM7Dzw0Zo8p+/Akmlr2GWjMimRWnnS3kUVkHvvjBZFe2E5FpF/4ghkWocUP&#10;viiwEZEyVDS6rG5oG6ZbQ+2IkkFpL5S2x64HmQAHbLIlUytJi1DWvhhdcDMiKQnEBqMASDfpl4Ta&#10;MTAVxUZfFVVcJ72SgOZeMNsAvwnmq7VOZkdnIGzsDSlVyyO7OO7sL7q6VAanL4xcnHjt2Ed5f1Ox&#10;y+MXZ4cDsLJLp2Ox2yYDmxxgOzIkjnoTjakgOwba6RPMdlOQlkDjZNUA7JHpfk65nYfB1zDy6uMe&#10;rr8ut7mmZVFWNBky0r8utgZE6+OavN2qBycDJqieqX3evadbVDyio7VGSW18l2sCj92KjNdPtGUu&#10;rizzE9UAfNtmxohBwyg0SCOlEApmNLUktRmVKXzAHUsrUGDY9NQD7OUnMWFpddeY+Ffjr7Yp+jV8&#10;BkfGTaB/xUP5j1z/0+g0GVuS+e6nNtihvc5WBDs2KuzYUuGahxWnVGWRimmgcrAxbzYq7Nirs2Ku&#10;zYq7Nirs2KuzYUt0zYsS6mbCrdM2KtZsVb7fxzYq17ZsVbzYq7Nirhmpirq9s2KuzYq7Nirso4q2&#10;Nx75sKtnNgVoV3y8UlrKxQ3TbMcVcCc2KGzmxS7NhQ7NtgS1Q+OauKup75sVbAGbFXUGbCrs2BXA&#10;19s2KuzYotwXKrhY8S7ic1caRxN8Ns1cNKZNhMquGmJmuCe2bfGmIm3wzVw0m3cc1cFIcBTNgRTg&#10;c2KurmyQDDj3Xcc2GlMm6ZqY018bfHNTJI47b40yxlRcqEVCRt6DLyLcFEn33y8UtZsVdXNgVrvl&#10;HCq5R3zYUN5sCXUzDFXHNXFWgv0ZYxVo5sCWqZsVpvNhWmt++bAtOqKZsKGxlYoXZsVdmwq3vTNi&#10;rqZsCGuubCrebFXZsUuzYq1mxVumbFDhmxW3UzYFt3zzY2ttU75sVt2bFXZWFBXAY5F5uFHfJ4cf&#10;FJwe0NR4eMzRuk2LXd7FbqKl2AwxoFoB2FM6KMeAAB88MjMknverrHHYwQxxqBwQJt7YnO1BmNmk&#10;5mljZSbWZz6bEGhIrUYDNS2a8G5PQ1wwpiCsZbssxqBjm6YSWiG5RExotBiZyLlxQklOmWcBTDzW&#10;yUqAMWThEKyU3Gwzb6PTbcRea7S1tnhi9V/LD8updTiN7cx1iKjht38cttQiA2pmwGEul45F6rB+&#10;W9pGlFiH3YkdQXrUZPwkE2mdn5HihYN6e3ywDd6gteuXwxMQGVWGjJFGFC0+jAyaiAeuWHEypFya&#10;ShXpiw1Fadch4S0UK2ioTXj+GY6iNqHEYkgO/QygbLjfr9e+Hwk02NJWnTL+u++Phopx0tR+yMv6&#10;4T3weGoDR09B2xpuWPTCIMqpy2S0+WNMzeP04eFK4Wyg9OvbAt5cFYWy3HDdKLsrcGYEjpnLfOMx&#10;YvvnTaKNB2WiHqToCgGct1At6x+eZWcmnsdP9LsCLWpzCxAmTkk7OwfbtRfkO+bXGdnDmN3YqjtI&#10;1P2R1ydsJCnYv63EE+GLVwW7Ac91uRXISy05EMbsDeozsBlHicRb+EB2SXy9ppd1dh3ycpUHS67U&#10;Vs7OjaVZlVWgzU58lvM5ZWXZKNPipTNZlk0lQnb4Tkhs4uma/JJgSkOoy8Qf14ZwqABmLIqAw3Wb&#10;tgWA3wUvQZWWyIYZqkzMaD3x46ZFtDHrwBumNyJbUvOxI8cquQLMBRfjX9ebBaGg3gMwyyMkEKsU&#10;lCOmY1yxgYpjb3gUHemV1xYGKYQXq0265VMWNItbwhdjTLCnG0FyXQLVGMYUrtvhDCQTnSrlqipo&#10;D44ma5NqIZPbSqyDep74+IiuRkFAQWrfFESuxFcV6b5XKVBy8cbeca5fukjAk1B7ZRYjKDmcmOIF&#10;jsusyq1QxzeoO+RGoSdKug813MRpzI+nKqpGWxzgtUtKU3svPkq7Fyd+lc3pg7jLRO3HlipkGn+b&#10;mnIDNT6cY6DiSO2TBaJCmWaTeNOK169/ngC4HXL4FFsu00VCjwwtuE3zJiVBT+3+zgKVMuBTaLQ9&#10;MLLzYHMnGyirphDeGpzPxt8F+Fk8gQHMmItvAt2E19fBa775lQg5uHE7I/eXjudjmRGLtMOEB2AC&#10;ryHLLcsSEXYNstIlmIota5XLJTj5dWIuyX6L5NlmKlk/DMDPrRF0+bXE8mndUFWNAMn+jeRoU4l0&#10;8OozSajtInk4Byk80i1jzdp2noauCQD3GS+z0K0tkFEFRmmzawnmUQgZPL/Nf5uSANHbvQHoB/Zh&#10;giBRQADMI6gW3flxTzu589ajcTl3lYiu4qcU9MEb5ZGduNkx0nuheamdlDsa+JxhhFdhkhJx6Zam&#10;uBlAVuuWEpjaQhbq+dwSD7dcfTAlLvUkr1P2q5//1OhZW5L56qe2amKtA065VBiq6p6dvHKOKC2M&#10;1cCHEA5eFk1lYsbbzYFdmwpboM2KHUzYq6mbFXUzYFazYq7NkkN75sVd3zYq3mxV3Q++bFXGpGbF&#10;XZsVcOubFXEZsVdmxV2bFXDrlYobzYpdtmxVvNhRTt82KuzYFa6dc1MVbrm2xV2+bbFXb5sKuzYq&#10;7Nirs2BXbZtsG6Hb5sKXEVzHFSXAHNixtviaZVcKmTYTNhYGS9VysaYWupmrhpLdDmGFiW6DNi1t&#10;5seEpt2+b6MaKiTiM2GmXG1xzYKR4juGbJUxlIrgoy9sNNW5K7YZq4E8JaqM1cQvCHcjmyEi2Y4L&#10;Heg65YGQtzIhDu1Tl4GSzNhVxPhtmwK0K5sKt0ysULhmxV2bFDts2LJo1BzUxQ6oy8WQazYpdmwI&#10;azYUOJzYq7Nire+Vihdmwq7NgQW6bZsKLbHTNirqZsUtHNirs2KupmxV1M2Bbcc2FBLebAh2bFIa&#10;75sCuzYUOzYFcMo5IBBXoN64Ksoty5G4+yTm30GLq8f29rLPhxPpZ3+X+kqWkvpV+Jdoif14IkPw&#10;171zKyzdJhjv8E91S4BNQdw3TA1w2wocwck3b6HGLYxrV23GlaVGJLSlcxoh2GU70lVslE5Hqe+Z&#10;jtkijHHduV6jrjB1yLkS2CHWrP4gb5fJVBdvsrucyNLp/EyAOHrM3h4/6RTvyf5dn17zHa2EKFw7&#10;jntsAMi+p+ZB6zBTtWgGdtg0ezyJHEbfa3lzytZaTpkFrHGq+moBoO9MA/p5j3y/8qxME3+qQ/yj&#10;FBrDN1OROnQIONtHSlNsTlv3bJRxBeFesSjtiS3MhPfJmAZcNLiowXDLMR3ymQDFTZUGCEWU9emV&#10;mlpSd4l6nF44ZPDIGQWlCS5hXuMEJbSEZWZhaQ0uoQfzAfTi62j5AzSgpdVgH7YxwtiMHGmrQ76x&#10;CDs+5zNbmmIkvCuTVUJG/XC+/icRN8svxSFppNdNu45JKZzHzRbOWfbY1pnS6SWzsNLKinI6ZzrU&#10;bFuZIHfNgYgh6nT5xTsAC1ZTv9OVww0XK8V2PCuSFXp45dXcxscy7BKxcF2+nJRaDO3YGuJz0GVZ&#10;MlN+ODsBliTmBKZkXJAp2GOl2LSygkVGZmKFDdwtTm4Q7OjeXdLIVfh6ZjanLTymrzWXZNrGy402&#10;zTZMjrZSWuwAw6tLYim2YWSbG0BdzgAitMOrZDQZhzLFjup3ACnfbDGNdsxyUhhOsybkjFAMg3RD&#10;EtRuad/ox3TIyLbGKQXdwSDQkEdhjS2UmTeIpa9yAdz9+UcHEyAU/rSH55uvQ42tNG4P7JpmGNqQ&#10;0sjnvmLEZKJKOEK8csg71y6chttl4LTLZMrWVmIoxGYKR3rhtrO6ZK/Ff3jbH3y6YLRwufUIEFV2&#10;I6E43jv1xEgyMNnW2un1lHPGOhyYLQYss07WA4WsnXrvjQpAxauqdFoZoT0NRigOQlGw5eGbBfNe&#10;ik8pIwPfGsd81uUUXaYaIeaakksLgdABvTGlsoMnLjjSp5zX3yganESWUKDccrcxi6Vpvmdp7dVq&#10;KZX5fWdpkIJpXtjJaBTmbF1czu9g8twSGMUFBscL5ycyIsCzzTY6ID7dcATUy+KhN4K0wDOwCnwy&#10;+IZIyNd8ItSnUA75nYYtkUSgoMjl5dAVNc2OODk44Wuwhv8AUKVAO+ZkIOww4HYQXM0khO+ZAFO0&#10;xwAdicVlJK3SuEyplLOIuw90ryzJK4qta5j5dQIh1+fXdzsn+g+TkXiWQZpNTr3V5M5keaEvtRgt&#10;YyzEVGTzTdEhgQfCBmjzakyLRdl595o89MkbrE5FK0Aw0VAg2zX5c1OVjxW8d8x+a7maRqzGnse2&#10;apJ3Oa6eQkuxhiAHJgt3qU0spJao7b5YY065EIlF0MzOOuKIa98ycU6cTLBNtOu3jbrtjqbdcyhM&#10;Fw5Y2S2WuMFoXPsMxG2TapRpO7C/EtKtU5WLBNeSeA6V+nP/1ehUytyXz1yzdMVd1yicUEuA39sr&#10;AhdmwpbpmwotumbAhrNhVsUrmxS76M2KXZsWLvHtmxV2bArVM2KuzYVbzYq7NirhmxVuubFXfqzY&#10;q1tXK2xVvfNiru2+Xvii3UGVirdBmOKWhTNihsbjNhV2bFW65sUurmwK1TNhQ7tmxV1M2BXZsKuz&#10;YFdmwodmwLbdM2FbcFyq4otcFzVxY8TfHNXDSDJsLlYQGHEv45saUlqmbAgt5skrebFiS4VzZIBi&#10;SuAzYsLcBmxVvNjaaazYLXhdyGbBagOrmwhlTVc2Fi3mxQbbGXg5IiDbiQBmAyoubjihpXqcdi20&#10;pVzYLS1XNirq5sVLh0zYUNjNTFXV3yqYrTfLLpitNVzYq6u2bAkBrNhQ30GbFXZsVazYq7NirebF&#10;XDK2xQ3vmwq3mxYlvNgQ2M2FXZsCXZsKu3zYFdXfNhV2+bFDqHKwK4jLxVwzYpDWbFXUzYUN5sFK&#10;XDMiF2CjLcUeI06/V6rwoGSO06ye7uY4FG7mhwxSiqqDrnQ44iEaeAyyM5mRer2EEFhYJboN1AFc&#10;bMOJ4+2YuXm5ODcJNqVA5qTvvgSVqtmBklZp32lx8MbYpqVw0swj60OUdhhpQeIudQkYpjCcgS5U&#10;YoV3rmBw9ETFroiFUnxBAwDrkkiaewTq/fOh7Exj6i8/2tluVdz3j/nGLQreS+udUlUF0+GOuQH9&#10;HXUshahzrvFiA6gCn0oXQdTg230S4NNjlM9SEkKL3tun2nGGUGgSGnIZjS1QY0g59esIgSZB9+DV&#10;8vnaoyk6pFIJvN2nA0Dj7xii6FxPTInUoWnzXZsDwcE4Lg0pV6jKpZ7TSXX3mxFB4npgxNOjA6ZS&#10;cpSAkF754YHY0xUWca9sj4hZcKVT+d5GJAf6Md6KAbDBxFkIJdcebrg9G744RjwwWngCFbzJdP8A&#10;t0rjWQeGIK8IVYNYuHb4mJ7YlIopkwWJCfadeSMQScLr5PgIpmRjO6GXaLMQ4NeuQPzFZcuRpm90&#10;mRsxyosviaqA5A9Qs1q22bqEnb4Mq7CSWzLNSlBlvE7KGag7HppwUdMeJjLU27A12Ai0yQbsW7sJ&#10;5VJbMXJG3ZQNB2PtrYu4qMceIDdhky0HZM/L2klmXbwpks2UAPO63Uuzp2j6UI4VqvXOf1Gey8/O&#10;dlZJIFGH9vaUptmBObCkBcXigUBw1t7alDTMWU2KTX1+Arb4Phjp2yiRTTGNT1IEHevtglBlRZxD&#10;EtVvwQ1Dv4Y7pQ5Emm+EWI6lcgmoOUxpmNKTkRikNzctvQ4mzZTKTlQgls0zddycoMcAkmUFqSnv&#10;j1bLQWqUUQkgpvlnCGCshY0I2HjlAjv9GSBQQeivFLCgq5y6+GT8TuY8HerHUSKCP4Rm5N3wGZXg&#10;HRp9QlKksfljTJ2yiWVyIYLSy41V1NKnG8zX2yAylmcGygmrP6gNfux5cHbMnHntxZ6dPNM8xyI6&#10;gsQo6nMVzJBcKWJnOl+ZlZVXlWtOvfKGFrAophe3EV1CV2JIy2WtMx82Ow7DT5aed+ZtIFSwWgNe&#10;mJlN81hhu7UZtmFPaMJeJGORN/bL8WK3FzZ6CZ6XpDTyKKV9sVJCimbCEadRly29L8s+WQpjJXf5&#10;YGlk2Pvl8Q4hNl6ZpOmiKMbUwDNIKZdELTI7RNhTthdcS0rvmTAMgE0gSuEt/ehFO+ZmLHbOMbKN&#10;jSgGRTUtS5Eitc2uHC5cMSrkdvLtmJFczoxpz8WOnYVyK8p8ctBpzYyEQ7BFppLSNuMjLJTVk1NO&#10;yT6T5b5MCV2zAz6unX5dTbiQBk50jQUjCnjml1GqJcGUrKXahqaQRmh3yV2dmiKNs1WTJaAHnfmf&#10;zNswLeNMHAhV2zFnOnJxYt3lXmDXeRf4v7MRZ981WbJu7rT6fZ53qupEyHicZyGYvE5/g7JOLmrb&#10;49W2y6EnEyY0dbXNBSuKA5cC4U4ppBKSAa48N92WxmWgwRkdw4PXH+33Zl4y4uSLINIvGVhvTNQZ&#10;Y4/CyP8ASO3+xr9Of//W6DXK3It89gZq4rbgMrFDYGbGkN0NM2FNt0Nc2KLcQcrFW6bV7+GY4q4A&#10;ZsVd1FRmOK24AZsVbptmrittcc1caW3ccuuK27icrbFXUPjl4q0PvyjirYGbFXUNTmxVxG368xxQ&#10;XDpmwq3mwJdTfNhQ7Nirs2BLXjtm2xVwBzDFDj1zYVbzYq4ZsVdmxVvtmxV2bFXZsCLdQ5sKCWwu&#10;bFFt8cquNItvjmrjTHiXBcrfCi26DNihvtmwqXDNih2bCglumbGmNl1M2Km29s2No4S6ozUx4k+G&#10;XFxmxMmQxrTJl5G2fhtGTNingDXM+OVja8LuXvmxRwu5ZsNo4W+YzUNMRJeBv1BmpjxI8Nr1RlgY&#10;CWyONY8uOGQbwFEtmxVqubFWs2KtjNhQ3XNiodmOKS4DNigOIzYElrNhQ3mxTbXUZsUN0FM2KuFM&#10;2KuIzYq12zYq6ubFW8xxQW165WFVwzYod882KFwplHEIdTMMSriKZeBWt82FXHNirs2KuGbFXZsV&#10;dXNgV2bCrs2BbcAcrEljKVL0WuC7KPjVmG56HNvocQ+ovHdu6vjlwR+kM68iaWE530yVJFIicEil&#10;a9x0zYTLoRbKLqVDWgAIwPK5qSTU5rsknbafGDQYpqdzIHclidiN8DVqcw4iy7ufpjQY7DWSdnY1&#10;3zNlpaMcUTO4IAGwxpyty4oKSgOYYCU01y7DLktluIOD70zf6DJwx2eX7TjeWw9o/JzzUND0+QFu&#10;PI1xCLSbdeoAzPlqfNw/CJZzf/m+1CEc1r/n3wStpAnTbMeWpZDTk9GOX/5rXsnLjId+m5/rigEY&#10;2GUnVBtjpfJIbv8AMPUpiazN95xwK5EalJ03kgo/OeoM4rO335ZRfDMiM7cSeJk2j+aJZNjKTUdc&#10;YY6HJ21MgS7M8YJYmvfLBHhizCBu059e2WQDgZA0l8lu56Y0p4bYbZiakbaU7GoIzUI98Vu18cLq&#10;RXfwrjC1T02w0xIoJjaK1fiX8MTcbZMMCyHTdgKDANyBxPKmXQQyzSWcuAAe1MiWuIrBgM22mNJj&#10;zZpZlvSHLrkLvbJmY0XNzjyOZDJSIwB+iqEkrtl3ihyPGdgK+VIkI75bE23YjZdkYvnqxy4cnc4B&#10;s7AQWpyoRsuVbsO9H08ySL8NclMinWavPQdnU/KugbK5Xbtmi1up6PM58xJU55liQscnMFgERRTN&#10;JLLbiWktzqJLGh28MHw2ygdN8olNjZSu81JQNzgyOKmUmSQGOalqtAQHpghU222yslmAxXUNRYjZ&#10;zXeu+OC4Lb4hjOoXsjVox998zdspmW6ASO7lNNzXGnKS3xSuUgk9sTZemUyb4SQk6bjbKFOmRbCp&#10;LQdTjgwHbLBMNJgSrrcwp88xY9sByJGLvc14SPhONYsSO+DjbIwCm1wdq7+GWrEY8ZRLGHJdsTvt&#10;4Y/lUZYJW0cNFEiUuNzXEqb5RJzYEJXeK9ScwByoBtMghVVifDLplgaTurxsydCajL5NXrtl2PKR&#10;zaJ4QRyTOw1eeNwC7Adt8UA98zozt12THTMdL12R0+J65dd6dckQxiKVdQmW4QAjlt3xjD4um2Yn&#10;gWXNjlqLF30eWS6qqbE44uFHTMqGMBwMuS2deV/K5AVjGOW3auB5Zxl0YuIS9L0nRxHGvwio6nAc&#10;05pl0YopPrS1PffAU84AJy6MU0mkEHgKYS398qqd98zMWJmIpjDEABtkU1TUWNRyza4MTk4oK9Mj&#10;lzMzk5sYxoOfCNOwKIWkbbJW28YDsMbHR2kYfDlOTMA0TzuyV6XoAXiSuavNqnCyZLWPKqipyVWG&#10;mKnGi5q8ua2hLL/UxGhoaZIbS1CgbZr8k0VuwbzF5iCxPVht3wWqj6BlMpU5MIU8u1zWnlL1bYbG&#10;uMkbNbnyu10uG3n2t6n8TKGxB2zWylbvMOOgxS6nLt1xoO+AlyJRFKAc1x4O+SiXEyQ2RUE1GGKh&#10;idumZEZW66eOk1t7hiQFP0Yqo23zKxi3X5DundrGXAqcUUjrmXjDizTyxUKAab5e2WNVJh65/Cn0&#10;5//X6BkG58/UAzYFazYU23lHFDYzHFDhmxQ3mwsnZq4FdQZsKHDNgV2bCtuzYq3tmxS1m2wK18Wb&#10;FXVp1zVxV1Dmwq3mxV2bAgNHNirt822KXGubChvNirs22BLVDmwq2DmwK7Nih1DXNirs2FXZsCHZ&#10;sUNiubCrYGVgRbYGbDSGwM1caQV1BmxpDq5qY2tOrlYV4Xcs2KaarmxRwt8svFeF3LNTBaeFrmK5&#10;qY2vC7nmoMbTwNGQ+OamNp4GvUrmxTwh3Jjl4q1882BXbZsKt5sVarmxTTVc2K07NihvKOKuAzA4&#10;kKAuNMcMDYAoM2+2bApLQG2bFbbptmritu45sK26mbFDY65VcVbpXpmxV1KDLxS1mxQ4dc2Kadmx&#10;Q7Nirs2KuFO+bFXdTmxV2bFXZsVdlHFDYzYVXDKxYlsDNXDSCuAysaVvLGJVo5eBVtM2KuzYFdmw&#10;q7NirqZsVdmwJcKZsKHAb43FC6mOA5MAMnhhxScPV6gQgZIrT7OS5uY4EFWdgMM1SiKB2FM6OEOG&#10;NPneTIZTJPV65aWiWmnxwrQCNQDTE2JBpmLlkbcrHEEJLezuJGJNR2wLM1TmDlm7vR4mL6tdEjba&#10;ppTGhdq5GAoN2SdlQtolWME9euUcJKYNS9cblZcqKEepObGI3TIgAl0SM8qr7jFlPAgeObTHKg89&#10;ljxklmNjObaFYxsCMzkE0G2GU0Y4ENz3YJ675XEZWZFt3CFeYMalt81FHTI2ncqTTADrU5uQGDiD&#10;LwyVP1wN6745ZBXLcefhaMmmtMLDW2t2BJx/qK2Z2PMJOuy6WUWZaH5vhIVGPXY/51yip60y9xqp&#10;lUN3BcKCjA1yuQ/tw0i1UWpY7fdlMQaUOIW1RLWQbEV8cbU+OFBKOtrO3YjnGPfEpJDTb6ckAoJT&#10;S20qwY1Vab7dMDSzv2y0RUlO7DR7VaEgfhhfctK+wBPjmRAAJDIbOK2ioRQV77YV3Ng8n2h9+ZMM&#10;tJoplFf242Db4W3GkooLGhpmTHOWYtEpco/2cj2rNFECF65sMAJb4glWHTIRq11yYge+bOIdxpsT&#10;sj81WbLAXbQ2DsWsrRncCnyxumvNmoOzovlPy+ZWU8PCuavV6jhDzWrzklp3VFLE0AzrOlaYkEKg&#10;LQ5y+fMZF1R5sU1vXk58EbYdcNEg6bZimSGO3Wrneh2xZI8gSypJrzVXPfFVUZElkAkd7euQfi69&#10;ccMi2AJFeXexqd8qvhkJSb4wSW6vBU5m6ZRItkAldzPzGxpiTNvlEpOXCCWTXCgUJyi1crMmyOND&#10;y3hp8ONLUyBk5EcSCkuCTucxauREmXh0tEpPTMDXLAWuUVRJWr165Z36YWAFKvqMds2KlyV5Dw74&#10;5OmZEA42QprbJUbd8vgMMsbCOUgqk9iDHUjGH4euY9OWDaVNBwcgjKqcaS0UHhm3HXAq3ia1GKI2&#10;2ZGElxM8U40mWTmFrjiV+7M9185UzjRtLmu1G1emJSzqDkxFp8Qsu07yYh4syV+j+zA8k4OTEWkm&#10;2Zado0duijiAfbAklwBloiik7gtQKbYCuLpVBy+MEo+C29qYT3uobEA5l48TMBHRQhe2R6/vak75&#10;scWNujFWGR+6dnY75nwFOXAU7A6WrO2WGdNpnTsOdO0UuwquYebUU42TK4mmSzTdECAVXNTm1NuM&#10;ZEoa4vI4x13w/trILQUzAnkYJPeaoN98Nra1AAqMxZzQN2I+YdfESEBuuDVAC5QW+EHmus60Jmcc&#10;utdsaWp075iZsjn48dsJ1W/pUKeuIOa5rMhJLusAEWH3ryTOTX6cZxOVEObHKEA8D9cqlMg28VqP&#10;Eg5a7nJBqmaCrCCTiq9ctxuvzckys/tjBCj4c2WEOmyndluloGFCNz3y6UzMDimTIobUcQRTNXCt&#10;r/qx8O9c/9Cf1yDc+f8Aic2FW6DNgQ1QUObvirdNs2KuzYq4DNii3ZsKXU/HNgUt9M2Kh2bFDs2F&#10;Lts2AIDs2KWqZq4q6leubCrebArWbFFuzYpdmrilqh65sKt0zYodmwK7NhV1M2BXZsVtqhrmxUls&#10;A982BjbdM2FW9s2FXbZsUOrmxVsEZVMVp3IZsVp3LLwJpqpzYop1TlYVdyzYpp3I5sVp3LLxTTVT&#10;mpgTTRbfNitOqd822K01Vs2KXfPpm3xQ2AubCxK4EZsVdmxSGjvmxS4A9M2BjTfbNhS1tmxV1c2K&#10;23vlHCEcTaqcsZElmCskqOmOwMrU8rFDdTmxUO65jhCtrtmxQ4ZWKt9c2FDdNs2BLiMvFWqU65sV&#10;azYppwzYrTs2KHZsVcM2KHDrm3xVv4c2KuplVxVvjmxVumbFi3lHCENjKySCu2zYEN5sCWsvFLW2&#10;bfFXUzYFaoeubCrgM2BDZzYUtbVzYrbqZjiglsDNixJXKME2SBmLMKkdK5tNBis28p2/qKqEeTMv&#10;IGmrLPJdyLy9MUSvWp7jBZagNT3zYzlTzsY2y29uXjHDl33GIM+5JzBmXZYsbG725pyqanxwK5qc&#10;wZGy7zCOCFsauXM1zx6qMs1AywNIAJVyWVQK0FMbXIFyIxQ8knico5FtiFFmBO3TLRd8vwiy4uqn&#10;QpHaZEGfmR06YpStCTXMq3WjyTczfzb8elcx49ab5EybIxPJRecddq40kdsgZNwgotMD3yiT2wWz&#10;EFNpPemN3yJLcAFJnOX2wMKcGJy1NDXJiRDCcAQqwzyRtVWKmvbFfVJ/aNPDMrHqSHXZNGD0T7Tv&#10;NF7bH++YjoBXLHA98y46oHm4WTSSHJlGl/mDx2mqQO5/28or4HLo5onq0HTyHNkNp580yT9oL4+P&#10;68YVPhXLBIMDiKbW3m3Snp+9X5mn9cTMZr9nJ2vhlMIPNFhX4ZlB9v8Abxjwk9skJIGNGjzXbqAq&#10;z7kbkf7eJPBQdaZISSIoy38xmUL6fJ8B3Lwxgk75dAEp4WQaS13chSRSuRbWtTRQQDT5ZtNPhtmI&#10;stsrYRpU9c5/rWo1Lb775vMUKDm4MVovIjeTFm2OZUXd4YUHYhFA0jigwkt0pgB2S/y3oLzyL8GY&#10;mfPwB0er1Pm4kAVOdk8s6AttCrMoG2cprNVxF0k5kli3mnzHHbxGKJhzO3XJOsSgZrDJrefT6i7s&#10;X5VJ3NceBTAkBA3N8Qpq345YAwMxFKbrUVA2bfHdMBLZGKTXmpHclvuOYnKZTbowSW5v3NatUeBx&#10;jNvlEpuTDGlM92eRJO2NLE98pMm6ONCS3RO6ttjci3xCCmYsaE43IEt1IflSoO+VtkC2AlTIXwyh&#10;iEyclBXLGSDAheDvjqZNoKsuVXJKQqpUfTjlPhl2OTjZIpjazdAvQd8U+nLbcekc09UpXtjGWprl&#10;co2W6E6CDlgDuD7ZRTwwHG2Ry96m9mCPhqMpUau+RjjJZTyilltp87vuD22x1QvXM3FhpwM2a2Xe&#10;XPLE81wh4UUnw/swHc3QUGmZkIW6+U7e0+WfK8cMSlowDQb0wua8qdzmQMbWWXQ6bGigcBt7Yk96&#10;PHJjGmldbL2wJPfgA0OWxxJREVoB1GFdzfFgd8yoY0gIpIwuFVxMx75lQi2gL8LZkZum+ZMS2R2d&#10;iC2LO3TJnJTZxuw0sNI5MKjMbLnYSm0zACuSvTtJCgGlM1WXPbSZBLb3UAlVU/Th3FbADYZhSm12&#10;klzfFty3TB0FsOuUSmkMZ13XEhQ/FQ9K1wYqgUyklthGnnes6y1zJ9olV265mKgZTkm5OOJJYtqN&#10;2iqSKA17Yiak5gTlbs8cQAxW/neSUipIyuI8Mhwhmch71GO2Vuoy+Ip0wGCxzG+bctgvGqqMTZKH&#10;KJxpzcWa0subUKdhlUplbcZWhwoXHoRXLIc3GzR2Rdq45jF0Pw/TmywOkzR3Zfo7goPGu2OOZziF&#10;lNqwMYHcZWLG1fgPH8c//9Gf5FueA5sVazYEO2pmwq7Nirs2Kt5sFIp2bCl2bArs2KuzYVcM2KuN&#10;K5sVdvmwEoJdmwpdmxV2bFXd82AsS45sWTWbCrs2BLts2FXZsUOzYq7Nirs2RpFOrTNTCmncs1MU&#10;U7l75qYrwu5ZqYrwuLZsKadXbNitOzYq7NirdM2KuzYEU7tmxTTWbG0W7NTFlTVd8umKadXNitNV&#10;zUxWm+RzYrTRrmrihsDKwotvic2BBLdM2FAcc2KXDbKxW26+OXivE4L4ZVcaYGTYSuVXDTAzXiMZ&#10;eGmByLhGMrDSIkkriAq44ZWXLCEkNcvIslmbFXZsKtjNhRbebFQ7YDKOKtrTNihvNirgN82K24iu&#10;auK21xy64ptqm9MquK23xzVxY23TNXG1t1M2K26mauNKS3xzVwUxtvieuVXDS27ic1cNLbfE5q4g&#10;MTJsJlVw0jjXcDmxpeJ3HNjTG26ZdcaSJNFc2ABkJNccrCl2WMC21m74q7Nirs2KuzYqS4CpysWB&#10;K8DLAqQMnCNmnGz5eCBKtbwmWZIx1YgYYxxiJR75v8MRCNPA6jKcsyS9S0m1j02yjhVRWlWI2qTl&#10;TNvQZRknZbMENkBqV2XmPbA8xzEyyp2+khZY5qs5AJB64kvXKYC3PynakttRVy575nO2TLXijuq3&#10;D0XGjcZWXK5IRt82NI4m/TNB4nHqab5kwFBwMvqKaWoEcQzF8TJY4nPcbnfKrXI22iFKJmrlHG08&#10;LQkJzDripbqSd8o9cUho5Z6DEMVy075VMkhdXbNgtJDg2+apyYYEBUQknbpjgSMtAaJ0i7cSVqCR&#10;lgt9GX4wXGmIplaLcEgAnrlhiKk/RmdCBcSZDItPs53Ybn5nEpZaVqcyIxabDLtK0WSQrQfrwBd3&#10;qop365fDHbUS9D8veWiApYZF9W1hVDb5s8GntRZZ7p+mxwINtxkG1jVi1d83eDCA5eLFZTACgyIX&#10;120jHfMynb4cQAdgJYWkb6cmDTkmYiHZI9A0GS4kX4a1zGzZhEOq1errZ2dh8qeV1gjV3TOX12t4&#10;jQdLknbGPNfmqDToWjRv3h2yZogCBVFANs05LUIU8lv9de6nd2epO/445VPfASy4UBLq1KivTwx1&#10;MDKMUsu9TY13qMommVmbdGCUz3znvtlVPfKpSbRFL57okbmuNJymUm2MUBLNUYm2UkuXAJdNK1Tv&#10;XNWmRJZ8NoZpPE/RlgjI8SeEhZ6gONfbA2w3WPtvjK5EtoCmxOYnIsqWVIzKd8mGEgvQmuKVyxxi&#10;EQGFMbWuSCSFRB92OUdcnANGQo61VqVx+ZDjI9F5bVr9GW22ICAV4gbqMaK7k5bHHbGc6R1jprzu&#10;qgVqemU86Ip8cvjjcPJlLN/LfkeSaQPIm1dtv7ML7i93oMyYY3HM7enaN5St7VVbgK+FMLLq7UCp&#10;OZMMbXTLLW2VVAC7YT3GpAE0OZkMLPhRqRADAT6ixPXLhhZUv4DK9Z3748ICadSmJuhIyQKeTsT+&#10;qMx6bZLjplbdcUTTx4ZE5VMmuWCIdOFdhlcszHiaLgYc6fYqCDTMPLlW0t1C9CKQDh5FEFUUGYUp&#10;MaY3eX9WNTguKE1GVGSgMe1XWVhQ/EKmu2C1FBQZSW6Maef61q0txIwrQH3zUI2yucqbhux27lKV&#10;3675RFTQZhzJLkwoJFdO8zbd8sQ7b5CONJ1CnFpnNSzDfKMVMPBSjNa5rIp22xp2wEM4lSdQFIpj&#10;JOmY2Tk5mBKb7jvTEWOY5dpjjslEzgHbLQ75KLDPGgqWjkuMErWhGbLCXQZubLtJcqgqaHtj67Zl&#10;xm4hgn9vfFAN8quT4wjgRH6T98//0p/kW14DmwK0aZsKuzYFcc2FXZsCuzYVboc2KuptmxVrNihv&#10;Ngtbd+rNja27fNhV1M2BW9s2KKa2zYpcDmwpazYEOJzbYpaqc2KtjNirs2KWv65sUBs1y6Yparlb&#10;Yq41zYodUHLxZtZsVdmxQ7NipbGVhQ3mxV2bFFOzUwLTROXTFlTVTmxWnVOamNopwbKpiim+Vcuu&#10;LK2qHNXFFt8ScquK8bghzYo4lwUZsLG2woyq40xM1wQnKrkhFgcoXCI5q4mKjIC5oiN8sZEsxJbx&#10;pmwgMTNsR1yt8NMDkXiMeGXjTXx2uCAZWK2XUGbCrsvFiQ2DmGRJcjHBSlk7Y7IOQEOd82KWqZsV&#10;dmwobFK5WKriPDNXFba45q4sbdxzVwLxNhTXNhKLbpmwIt1MxOEBNthTlVGGkGTuDeGauCmJmFwi&#10;JzYRFgcwDYgbNvkuFrOpivFsx7ZqHJcDWdWAvFo5/ZOXxbD4bA62KotjJ/KfuzcGwjE1HXRVBp0x&#10;/Zy/TbwyQxFge0AuGmTn9k/ccv0X8MfCLD+UR3rxpNx/L+Bzei3hh8IsD2iO9eNHn7qfxzGJvDD4&#10;RUa8d7R0qYfsn7sr0zg8NkNaO9adNlHUH7srgfDAYNg1fmptZOP2TlFTkTFtjqQptbuu1M1MiYt8&#10;c4Kk0RHbKwEM/FW+nl5GmYla3jTKxZgtUy8BVx3zHEBXZsWuRXADvlAZKWyDOyuC0GCLaGvxMKge&#10;OZ+jx2eJ53tnWV6Ism8oaUZZGvJFBRPhQH+bxGDa/DvuB0zYyNPNCO+zLriUBPiNeO5B9sQZswpF&#10;2WOGzHrqcCRy29fs4FkYk9cxJmy7vTQADHtQmaSTjXbMOmSiGEzZVIlCoMo9cEi24xSlO1TlZFtU&#10;Bucs0plgaBaL2+HbpmB2ydtZhuq+r8NK5qYGYoLCC2amNIMg70zl4sCV3GmXgtFtjGmgw2yALRYD&#10;NUYWRiWg4ONrvhCaDYJPTLyQi1kqypXLFMsjBpnJEQQEnplitTvmVjxuNkyBNrKwdjShFcquZ0MV&#10;OJkyMm0vQZHpQE4lLNxB3zIjFxjMFnOieV5OQPHw/wA+mFl5qCqDvmVjxW1F6LoXlpVClkHzpkY1&#10;XWqVo2bPBp2cYsxs7COFQKdMhmq6tyLfFm3w4acjFisowCmRe8unlY0O2ZQdljx07AiQNI3StckC&#10;5BnQdkg0Py9LcSrRMozZxEbuu1GqpxIAqemdc8reUUgjWR0A77jOX1uvMjQdLORkd2JecPO9jpFs&#10;yLIDMdhQj+uTSONI0CLsBmmM7ZRx08R1rzVPqE7O8rGpO1f7cdsOmQMwz4EmbUWFaNv88x39sgcj&#10;MQQs2oNX7RObIGbIRQ0l6SN2xpYZXKbbHGgprvbZjjGY5UcjfHEg5r3Yivzxu/jlZk2iAQj3bHYM&#10;aZWBsAUC5bvjWrkC3xoKD1JyxiAxlybQb5mFckUQNLnB8MoAYOFlxteltUjNxGPCviN/Vyd6ZQAw&#10;iKJTbSA16Y6uSpqtXEO1TmAyYDGUleGCp6bY9Rl0YuNOSYQQgDw8Msb5fGLRKVJna2rufhG5yj8I&#10;JJy2MGqeYJ7pXle7upO5Bp4/0wLPeIgPjmRHGS408tvR/LXkHhweWMEjuR/ZhTdaiKnfbMuGJqsv&#10;QdO0OC3QBUAPsMKbrV0WoB3zLhgKOFN47ZQNxhVPqEkld9syo4gGYCsqKOmBWLuctGyV2Oit3bc/&#10;jglMIJdXB0VtQDbKJTStLYJjtCcrORKm0wGCY7HptlRyMSVJrkDviptgO2R42JLlm8cVt7Qk7jIT&#10;yJtQubpVBFcNrW3C02zFnO0Esf1O9r1O2DUQHttlBLKMWJaxq6QBt9+2ClFAMqJbYwYLquuGaQkv&#10;RR748UHTrlUptgiUgur9CfhOWSK9cx5TbYxSi4ui5oWxyheoH04IsZkuto0LA8R88eEy0BpMkyit&#10;x4bY1lwyiyhJbdQJxqKAeGISDfMbI5mIpLdqAxHtiUnTMTI7HT80i1DocQI3zHLtoHZJpVJbfHxj&#10;LMYtxtTPZFWEJLigwSNlzY4o7OhySssv0+3IjFR8sqpyySAAqz+onQnNXKeIsuFQ9ebxOf/Tn+Qt&#10;st4BmxtbdmxWm/fNjS01mwpdmxV2Y4FaU5sKt5sVb3rmxV2amCkU1yGbGlpxOamKaaLeGamKuLHL&#10;xV1TmxVquVilv6c2FDebAi3ZsKXZqYE01yGbChvNirs2BLR+/LxVqlM2Kh1c2LJ2bFXZsWLsrFWy&#10;ds2Ku7DNhVvNgVqvYZt8Vb2y64ptbTKrijib4nNXGkcTfAZq4o4mwtMrCi26Zq4otcFysLHjDfE+&#10;GauGmJmG/TzY0wlkXBAM2TDSSSqAAZsNsTEt8hmyEi2RjS0nNkW5ZmxDXJseGbJMKXVy64sQN265&#10;WLYFpzYGVNd8vBaYxtotQZYGRLlRih5Gqf15eBkszYqXZVcKLXBds1cWNthe2VXFHEuCnNXCAx41&#10;wjOauGkHIG/SOapw8LA5gFwhOahw8LXLUgLxASdhl8WyQxtEtaAqpZSHouWImPTJjEXGn2kArx6T&#10;O/Ra48WznemWDTSLiz7WiOqNi8uXj/sH7j/THrasctjo5FxJ9rhHW/k+8kP2D+P9MeLQeOXDQlw5&#10;9rppbeQL1iKxk++/9Md9WTxy2OhceXaskztvy3umoOBH0f2ZhFGP8/7MtGii0S7SkUxh/LCcsKp+&#10;H9mXxiGTGji1HXyR8H5XuTQx7eFP7MusQ32yY00e5qOtkeqPi/K6nWPp7f2ZXqRZL8vHuYnVSRMf&#10;5YAU/d/h/Zm9SL2w+BHuR+Zkq/8AKsv+Kh939mWJI+1MTgj3I/My73P+WoA+xT6P7M1UOA4I9zMa&#10;ohCTflyN/wB3Xw2/syyiHIHTxbI6wpZd+QCm4Q/0/DK9FSMqlpA5EdcUmu/Jbop+H/P7sY1vmPPS&#10;kOVDXpNdeVpUr8P+f3Yk8BAzGlhIc/FrglFzocydVO3t/ZibRsMqlBz8erCWz6e6mlMaVIyoxcyO&#10;oBQb27KdxjcjwuRDIpMmbIkNomsKZsQEGbYXvm3yVI4w3THKpLADvhjHj2Di5s4xxMir21tJcTxw&#10;xiruQqj3OGMcfpxhfpzeYsQhGnhs+c5ZmT07T9Jj02yjgYfEu9R3JG+VI1ABkMx6NmCO6D1WWgZf&#10;HpTAzk5g5JO3wwtjN3My1JxE75j9XaR2CUMS8vLN2y22kxsogNRcrIFviFCU75RxBZ0sUgEY4jbL&#10;IuNdFFqCwrmAoMNMJSVFiOOphAaTJWSPMemEpju6TiMrIktgios4yq4GRgs541jvkgGyIoNGpPzz&#10;AUw0xMl6RnbLAyyMWmc0TDASdhl0rtl8MZLjyzUmFrpzyUoMwWg3zMx6dxMuoCf6Z5elehoT4j/M&#10;Y15AKmuZcMYDinKy/SfKUjsDxJr4/wC1gSa7VAd8yI47aJStn2g+TyAvwU/z+WE97q6qDvmZjwWw&#10;pnmleXo4gCVyL6nrv2gDvmzw6ZmIJ/DbpGoAGRTUdSeSvxZtMeIBy8eNWwjuJHkOXuXAAOxkVjJI&#10;w2+eNs5ZgHZJ9B8qy3EigIaeNMw9RqxAOuzaklZNNHCheRgqjqTnVfL3lSC0jV5EoffOX1naBl1c&#10;KjIvNfPv5q2WnQtb2UgaYmjEHp9xySqVUBVFFGaOWbiLkRwUHhereaLzVLl5JpCQSSBU0/XmLr26&#10;98rORsGIpW19QkA7jrlepkTkZDEptfdycrkcgchbBiCGk1AjvXMX98rM2ccKhJqHw7k4wuMgZt4w&#10;oV71m2rlF8HG2DEpNcV6nK5Y8TPw1vq++YGuNoMacHr3y8LEFeRXNkgGMja5FIObJMVULX3rlE4a&#10;W16x12zKCcmItcpIiO3qMsLvkhjYnIqraCoxxUZMYw0+IUStmOlPllgZdHE1yyIyDTK02+nMaUrl&#10;0cYDUctJtZaJJIQqqT74k9wkY65cIW42TLbOPLfkWaRld02PiP7MK7vU6VocyoYWgyt6ZonlOG1Q&#10;fAK/LCW71UCpJzMx4EcLJ4LRY1AAphHdaszmi19zmdDBTMBEKgGAubyMT45dQDKl2CYbZ3ptlcp0&#10;xtxOGVvpxIBIzGnlVTeZV74MFmFHTbKfEtjSkLgHFI4BXImSVry7YNit+gAymU0cSCmmNa12wSts&#10;QMqM2JKHN2CdsaISzUAw8Shc91xStabdMFx24UVplRktpbPeF6gGtcFQpU++VSKYi0h17UUtoqua&#10;ClaYJ4hcx55Kc3DiJeT+ZvMqPIyxtXfc/wCZxxcdsw5ZnJjhYlPqZNSW2xvqGvWmUSyuQNOKSybV&#10;XZ6BqAeGO5e+V8S+HSn9d5dT9OKRvT5ZZDJTj5cSNs74ClTtiwcU2zJjkcKWMpxb6ivH6cYzjGU2&#10;ccaye+HGlcTbffKJG3IgKKXzNzWvtiLiuUTDn4ZUk97H7YkV3zGp2EZ7JVJD8WPQZfiG7i6meyO0&#10;yH94KjF6ZtsQFOlnLdmunxL6QA65iu2SlC0RyK1zY8uo+7K45T4bbxoD6gPE9aZ//9Sf5BseAjNi&#10;rVc2KXd82FW82KtUFM1MCuqM2KtE0OXTFXcjlUxS7ll4q1U9MrfFW6jLxVok1ytsVbofHNirup2z&#10;VxQ4rmwpboM2KHDNgV1c1MVpqu+bClvNXAtupm2xVqhGbFXAHNirum2auKupmrii2wozVxTbiM1c&#10;U21x3zYobPyzb4q7bNTFQ1XNhQS2BtmrgTbiuauKCWwubCxtdSmVih1fbLxV1DlYotuhysIDCU14&#10;TNkxFolkXqmXTJU08RK+gzHBTOJaOVvhZ7Nb5sirs2Ktb5t8eFPG3xzY8KPEa4nNjwp4ncc2BIFu&#10;zZFeB3LNkmQi0TmGLOmq5YGQLZGKk7Vx1cDbanTKrjSLdw8MonCA1mS9Y81clwNUsoCqsJzUOSEG&#10;g6kBUW3J6DfMFOT4GmWrCqtnIeinHCJj2yQxOLPXgdURHpc7EAKd/Y/0xRbZz2y2Omkejh5O1Ijq&#10;j7fy1eS7LGT9B/pjxaNUVzIjoiXCn2uOia2vke+kI/dn6Qf6Y8W6jrTL46EdXDydqE8indh+XF3I&#10;wJh29wf6Y6kS7kDMiOkiHCnr5HqySx/K1yQzQrT5f2Y0zxL2GXx08e5olqZHqn9l+WCAisI+7+zG&#10;NfRjwywYWo5D3p/Z/ltCKEwKQOxH9mJNqUY8KZYMJYGR705tPIFuv+6FH+x/sxF9XjHfJjAUbptB&#10;5JgG/oqKe39mIPrKeOTGnWkdD5Qt1/3Uv3Yi2tr45MaZFIyPyvbD/dY+7Em1tex+eTGmTSunl23X&#10;9ge22MOtj+bD+WWlQaFCP2Rjf00P5sP5daXjRIf5R92OXWP8rAdOvC5tHipTiMVTVa/tZE4EUoya&#10;LGf2cEx6jXvlRxKgp9BjPRAPemCo72o65UcaLSy68uK1fhwTHcAjKzFPEkd75YQgjgPu/sxZZAcg&#10;YsxkY7qPlUUNEHzp/Zj9iOmVSxgtsM9MZ1Lyk1DRfw/sxrw16dcxcmm7nOw6umKap5XlWpEW/iB/&#10;ZiDwEdtswp4CHaYdaO9jN7ocyAkofu/sxFoyO2Y8oF2WPVeaUT6eysfhIxvHKzFyo6lCNauD0yuO&#10;PCz8db9XYds3HFHiuMTDtgmzhrVm69icz9Dh9XE6HtnWcoDky7yJoxkkkvZFB9LaOvXke4wUahNz&#10;U++bKWzoY0Tsy665xxs0x5keO5A9sSc1OYE5WXY4oUGMXtwJJGIGwwLIcwshd3pMbGtSmO9O5xPI&#10;xcmfNDQfZ36nNXCUiLTua07ZVcizApYTU5YGTEbYTyUFWGAuceBl0YuFOaPihFKeGO45YINPiK4h&#10;2xp2yuWzZHdSkJXKJyNt4gh3lJxhJyNt8YhQZmJzVOEBBpciscwy2MGqc6RUNuxptlg79MyIYXFy&#10;ZaTG1013I+En6MsZmY9M4WXOyHTfLryN9jr7Y1pApbMyGIBxZ5rZbo3k9qg+n170/swPLeBRl8cb&#10;jylbO9G8nAUrGOncf2YWXWpgE75kwwsWa6Z5Zijp+7H3YR32sGhoczcWnURZJa6fFCAAoyN3+ps9&#10;RyzZYsNN0Yo1VAGEdzM7EmuZsIgORCLeAXiZzl1twlTsEWulSSuAErv4ZVPIAwnlrq7Jn5f8lSTM&#10;rOm3vmp1XaIHJwMmYlLtX13T9Lt2muZVUAdCRXOiabo1nYRqOA5DOV1faNlni00p7vCPzD/OuWd3&#10;s9Ocqm45L/YcMORPfbsM1Ushkbc2OER6PJLrVrm7laWaVnLGu++VkLZcKj9ZAythjbIRKxrhaE13&#10;PfKLDKzNtjiQ0t2a0rjeRyBm3jGEM1wfHKJPjkeJsEFNpz45VaYCWfApmXNUY2gwbEtds22G1pv1&#10;DmrkgghejY4ZbFx5ikVEa5eWNJRSJXNkoxazJExW9O2WEy0QazkREdqT26+2OVd9sujBqnkR9tp7&#10;cqAbe+ZlAy0Y2oZEwTS+lB+GYmgH68sEAwM0wttIqVqla96Yx5QoqdsmItRmyDTfK0szqAmx9j/T&#10;ANzqSRggUy+GG2iUrL0Py/5HijRWkiFduo/swmu9TO55UGZmPC1ndm1jpUNugVVAp4YSXup9aNmb&#10;jwshFMUjAGE01zJK1ATTMyMAGYC/HRWzsRglNXYZ2mmsSNsxp5kLHlVRucO7TSxQGnTMLJmYoC61&#10;JEqFO+D1tkQdN8xzO1tANdvI3XbEpI67DJgqiIZAOuXFbmuCU0EuluQB1wwjjVRvlBLC0unkkdvh&#10;O3fHAFjQYFU2kWJatTbxxeOBVWp65WZKl1zqJd+APyzUJNMKQFrXCRQl27CpPvgqNQqgd6b5j5J0&#10;5WDG8u8++YnllKo9AAQAD7/PGtUmpOa/JN22KPk8xvbljyZmrjTIKbZhSm5+PT96R3N+SSAab4wP&#10;vlfE5Jw0EILklupx9ffGy0GAVhM21DjlcjvkuJqliBVkuHH7WP8AVPjkxkaDpgiF1KUftED55g9e&#10;+SE7YSw0qx35YirVrjwdsmC0GNIyOUsNjlEYCyiaU54+S43gMhwt/jIP6oSemOAA7ZZDZpnIlGWk&#10;SowNBtjgczscnDnFPrG5VR4eIy6jxy/iDTwpkbpWSle2VkLbKQ3MeP7Vc//Vn+RbXgObFXfRmpgV&#10;rkPpzUxWmi3btmxV1a7ZeKWh1zYq45sVcMrFW6e2bCrebAh3zzYVdmAwJaJzYq6u3vmpigOJ2y8U&#10;tDKxVsVrmwq3mwK18tzm2xV1Tm2xVvelB9+bbFWhXNhQ3mxV1M2KlsZsWNtjKrii2yM1caTbRU5q&#10;jFNu4tl4rbXE5sVt3EZWLElcvTNXDShsjNXAgycFOauGmEpLghzZIQajmpeIs2HgazqF4gr2zUw8&#10;DUdQvW3PYZqZKms5iV3o0y8WPE1xzYswWiKZsFpMqaAJyqYUeLS4Rk9ssLXJCLA6ilRLR26DLCYe&#10;FpOqVRYmlTlEUONNkZ2seJU2yjkbb4RJUHYdsrfKzJy441Fnpl0yFtwipl81MbTTXM5qY2mncq5q&#10;Y2tOrl5FbWkVyq75KkSnS5Yyc1CclGBcaeqAVo7ZmO2OWNjl0cRdfl7QAR1vpUzkfCd/DFFtycyI&#10;6Yl1uXtMJraeW7iSlEJ+j+zFBbCormTHRF18+09k7svJF1Iw+A++x/pjxHGvfMmOjDhZNfIsj038&#10;uJXIrGfu/szNLGv0ZkR08R0cOWpkWVad+WI+EmP7x/ZibXqL3GXDE0yyEso038uIlArEPu/swNJq&#10;ijvlowsbZBaeRLdCP3Yr8h/TAsusKP2stGnVObXyjAgH7sbe2A5dcA/ay6OmRwprB5fgUfYH3YBl&#10;19R+1l0dKyEUZHpEC/sjAMvmEU2bL46RkIIhbGFf2RgSXzF/lfjlo0ifDVVt416DAsnmA/zZaNKk&#10;YlwjUdsDvrx/mywaVn4TfEYkddY/tZP8snwW6DGnWif2jj+XR4TqDN+mG7Nh/Lr4Tscmrnu2ROnQ&#10;cbqYITVj/NkDgQYuoMFRar0+LKpYGBi0VGD4dUH82USwsKWNCD2wfBqY8cx5YWJUJLRWGD4NSG2+&#10;USwoKDn0sNXbB0WoDxyiWJCWXWhBq/DguO9B7/TlRxotJ7vy0CDRfw/swUlwGyowZCdMf1HyiHrV&#10;Plt/ZioIYUyuUAWyOeixbVPJAZSOAr4/5jM0KnMeenBczHrSGIap5IZKkDf5f2Ym1r4ZjS0pc2Ha&#10;DHbrypJGNkJ/z+WMa2Iyk4KcmOvtLZtAkSvw/wCf3Y0W5LAZWMJJpuOtAFoeLQ55Z0iVSWdgFFO5&#10;+jBKqUAA75uMWMRjQefyZvEJJelWWiLpdpDbgb0qzeJ9+mOcHpkcnJOIhAasJOBrsKficDSE0zWy&#10;dxh3LDL6q8t+u+Bm3OYctzTu8XpjbHrjlLNxHbfKocmBSOKyvCFUxpwNwUCatmGNKS2FqcUGWxcL&#10;ISj7cCv0ZdcnbVw2rcwp2zF6DJcaBisrzcUX+ONLZWW+MKQ0knLvjcFNtqQQk7ZqZMQYSy0qpaMx&#10;6ZdBl0MVuPkzo6101mNKZYUd8zsencHLqCyHTfL7SU2zMyipzMjjAcOeYsv0nysGK/BUD/PwwPJc&#10;KtcuEGiUiWcaL5XjHGqj/P6ML7m+C98yIYmAtmum6BEgHwCuFF1qJ33zLhiZcLI7TT40A+EYTXV6&#10;zE5mQxsuFMY41UbDCi6mdq5mQiziFQYXSRknMgFs4nYxbJnOw64TkpPG7DXTvLc07L8J+7MXLqxF&#10;rlmWSzxxIWdgAOtcnWi+UYIVDyqAR40zQ6vtLzaIxlI7MB86fmzo2iQOkcqvPSgAI6/fkkiWOBQk&#10;IoB3zmtTrZTOztcGgA3k+c/OP5ma3rtwR6zLACaKCRUH6ceWr1zB4rcwY65MRaf1Dyc1Pj75XLbE&#10;yKfCWtcEbDNyODiT4Ya+sHxyiTgMmUYLHnJHXKrgJbhFRaU1yq5ElsEFNpMquBmILGkOVXFlwrPU&#10;bNja02HOXXDbAxXq2YHLA1zirxPvj1OWwcTKEbbHfHKK5kQjbh5DSa2kfL+GPoD0zJjFxTJNYLUs&#10;dhl1p1y+ONqlK0ztbAdaY0v8QA2y0BgTsm1tpjFlouNkf3wgNQknlpokknHbr0GBprxIxuemWRxk&#10;tcpMr0Xye8xUuu3bb+zCi81SpNDmXjwNXEz7SvLltaovwCo9hhTcX21WO+ZcMbGinkcSqAANhhPd&#10;XrsSAdsy4Y6bIxVQAMBLFNM3emX8QDN2GNppjGm2Y88yla0iqKk4cWulAUqu+Yc87FB3GoInQ4aw&#10;2KpQ0zFlltFpXcakz7KdzgtQAKAbZUWJKC4uzVY75jGWxtFrxIqZa21e334DNbU5NRC7V+QGPZUj&#10;FTgsli3DJJMwAxBGeR6L0yZAAVFyLFDES/XDOC3CqC3QZjSmxtjOp6izyEL8qds0rciAuMQziENC&#10;nEGRz8ycdFEV374JFnEbpTrurn6uyodqUpj96V8Mxs5dliHR5Pr8xeVnckjfribPtTNVkk7fBi6s&#10;K1C6JqAdu2JUzGt2QNJQ1WJPvlhTiFlNyoa1x6jJOLMomNScsjFrBVCpA2yq4G0BRLN3OWvXEFhM&#10;L4Sa4uvTMmLq8nNOrMELv3xRUrloi40p0mCQKw9sd6QpkxjYeKVRbRKHGMnhjwMxNa0HEmnTG0Iy&#10;QNMibcvJa0H05snxsOFEC6YbV+WXhtFO+sN45//Wn+Qbnz/19s2KuqfDMMVc2bCrebAh1PDNhW3Z&#10;q4EuA2zb4q1t9+bfFXVXNTG1cWGXimmt6ZsVp1c2KadmxV2bFXZsWLYrlYoLYqc2FFt0zVxXicEp&#10;lVxRxLuBzVGNLbfDNXGkW0Uy8ASC1xyq4V4m6E9M1cPCiUw2sbZt8kINEswVFhyh75IwapZ+5eIh&#10;mOPCyhMlxRcwyBb431U29sdQZCyzod6mS1aUysWMpU2E5ZqOfsgnL4YjJx56zGOZpEwafdSkenEz&#10;V8ATliKU/sn7jlw0k+4uDPtXEP4kwj8s6u42tZKePFv6Y76vJ4H8ckNJLuceXbGPoVdPKeqE/FCw&#10;HeoP9Mf9XNcsjpC4k+1r6oqPypOu7rt7/wC1l+jTCcFNI1pPVe+hrGpJUbf5+GNKe2VmFN0cxPVC&#10;yWir0UY0jIFvhJDOgA6b43AW61MjNkaZhSK1PTNTHhXjAcIWPQY4IckMduPk1ARMNi7bcanHiPxy&#10;+GBw8mrTG20eTqV+/LIUA7DJkANMZSkeatLFBAhqBy+jbGFsx5Sc/FhJSy5ulAoMTJqcplJ2uLTp&#10;ZNOSTvmpXKuJzYYwEO8pyxtkS3CKiWJzYE04Zq4aYtgV6Y3c5OIaMmoAVo4TTLwVuxGbq2Y981Cc&#10;kINMtUAqJbsegx8cLMRtmRDCTydbqu0AAmNjo087gBSflX+mLpAAd8z8Wj73R6jtK+TLNG8k3E1O&#10;UdR40/sxQiNaZmwwRDq56snqzXSvy+Y8axCvy/sxNrhF8MyBjcaWUlmGk+QFWlYR939mBptSRe4y&#10;2OEtdll2n+R4EK/ulH0D+mAZtXQDrl8cCsgtfK9uhH7sbewwvn1sb/FmRHTLwprBosCAfCNvbC+f&#10;XQK/Fl8dMkRRkdjGvQYXTa+f58yY6VnwKywIO2F8+vn+bL46VnHGV4UDC+bXm3+PMmOlbRgJbwFL&#10;rTb/ABZcNO2x0zsCPq7H9rLRgbhpnYHfVD/NkhiDMad2Jtqdf2sl4YZ/l3Y06iT+1h4EjA7K+vnr&#10;XHgT4DssX/vjwBHgOx4vvfBwMThdj1vvfB4bE4XYsmoH+bInEwOF2Lx6ienI5A4Ws4XYLi1Mg/ay&#10;mWFplhdg+31Vqj4songaJYnYZ22qEmnLMaeFoMHUGGttqJP7WYs8TWVjRKe2GUF8TShzGliQh5bV&#10;COmGEF503zHljVLrnTwQdsMYLonvmPKCCk17pSttTBiTVHXKTFQWOajoisTRRQdsWVvfIENgyMav&#10;/LYZWotN/wDPtl9ciYhujkY3f6BxJHH8P7MpxSm25wRxgG1nmsUq+W/LXC9N3LGCkSkJUftnv07Z&#10;Va0rljVEpxqFspVyByKiu/8ADLJOVZBs5WNhmqqPi/EYEnzWZS7vRjdhGstQUGxwOOuYsRvbuJy2&#10;pIYUJkLnvmO2SLHHuvl2GNrkKckIVqdswOEIkF0R33x1ctAcSQtGxEquUThZRDiScomoxpIoFohi&#10;KZQByQisphdHATjqHLoY3HllARtvYu7ABeuPVdtxmdi046usy5yyfS9AVlBZQScx4jtmTHEA0+KS&#10;nEGgqjj4AB7DEncUr0y8BplJlWjaI2wKjbrtgSec75bGLC2aaVo3HjQUwvuJzQ75kQihlmnWMaAf&#10;CKjCq4lY1zKhFIT2CJABthdOScyYswikFMAyqT0y6JZBUGBmtix6dcsE003XF7fSHkP2a5CWcBgZ&#10;LXlVRUmmSLSfKpcgsu2a/Prqa5TKR635t03TIWeWVQVHQkZK7LTbSzUfCC2c9q+0ugNlyMOhnk36&#10;PCvPv55SzF7bT5CBUgup+js2CJJK9OnYZpMmaUzZLvdPpRAcni+q61eahctNcStIzHuSf45QIAyu&#10;20wsoT1aL1+nMWGKRAtGVfnlVxtlwLfUOblgtfDa9WmYtiSmMGml6ZVcDYIqZkyq4swFpYnNgtWq&#10;5jiGVNVysUU3y98uuFHC3y98wOSBYTiqROa45Tv7ZfBw8kdkwt2qR+OKhhmXiDrMoT+wFeOOqAB4&#10;5nwjQcGZ3ZTptoGC7dca1MtDSZsls9JJCgL1xGWVUFckBbWZsl0zy87MtEqe+2F15qiICAcyceG2&#10;BZto3ldQFeRBXvXCO51GSQmh2zNhiAYksqtbGGBaKoGA3kb5nLgEBFAYDm5P1y6OzINimMisXkbp&#10;thlkAZW4sB1w4s9KAHTMTJnY2hZ71EFa4b21gqU23zEnltNpPe6oxrRqAYPjtwozHMmNpNcag7uK&#10;NX3xzJgtBXwS13rlCM1w2i1ZpgAd6YIhh8crlJCVX2qcTxU7jbHSskamvXBEWqlYpc3Uo3PGu5wG&#10;Q9w9ANsu2iFpPmnttOtyXYVA+nBsNqkS7fScplO0EMfvPMRupeKE0JoADlvcHZV+7AIoEV8FkeJm&#10;l3ruScVijoAxG565GRZAJNrWpgfu49lA6DFPbItsQxq8kkkjZjvtjGBA9jmLqC7LTkMA8x8/VKjY&#10;U6Yiy75rJh3OKezDLqJyx2xoGVU3mYQnotXpjgMNNZkqLEccBthAaZyV4kpl0OSIYiQXMhIyiuVk&#10;NomFB4WqP4Zaqa4YxY5Jil8ELcumLqK5kRDrMhpObNCR7DFl2GXA04kt0xjIUe+XXJxLExVUkU9c&#10;pgKZNYtuQVOIsd8gS5ERshnahp+GZehwxCJFdCoNTmpk6Y2q+kPDtn//15/kW54BmxVvNgVrbNir&#10;WxOamKKb5UPjmAxTTRPhl4ppqvhmxWnZsFK1TNirqZsUuzYVdmxUlwGVXFja7ic2KOJsL7ZROSAR&#10;xLwuXgVrocquLFsAZRwhFhcAfDKwo4w3xbHbY8JR4gb4NmqMeEsfFDhExyt8kIMfGXCIZhkuBqll&#10;K5YwO2XTC1cRK+ijNXFeAu5AZVcFsxALSxOamRotgkAtIJzfPAYltGaNbtGJiaL1x4iY9jT6cvxa&#10;TJM7DZ1up7VwY+u/+am2j+Utd1SRUtbV3DGnLi1P1ZfBAfjP3f2jNth7MA5vPar2gkfp/H+yem+W&#10;vyF1CYrJqHwCu67j9a4qsyKAFAP0DM6OAR5B5/LqZzNkvSdM/LLRtMjCmBWpSpIU9PoxRZSe2SMW&#10;oSPeiLzRNNiU8IUFB4DFA7nam2RIbohieqQwRhgIwPemY9cqyFyYMXv2jWooB9GJu1a5hzLl44pF&#10;dOGDYmdxlEg5sDRSi4VTWmMOUGLlxkgZIq9MbTBwtgyKZt2PbLCVyQxsJamlSPT2Y9NsUWLMmGnt&#10;wsusTay0F36jbHhQO2ZAwAOFLMZJtHpEUABIpTxyncLlWXIA3YMJmUFqN/FbgqDvgd5K5r55Ld9p&#10;9LTFr3UGkJocZUnKDJ2+LTgJbJMT3ywMrJcsRAQ7OTl0wMgFhOY4FLQ61ysLAyXqpOahOWxg4eXU&#10;0iYbckigrjlU5dwuryZgTaPjtjTjTHekTk44miWtERSJh0iSRgQpxdIBxqczMWkvm6nUdoG9mS6N&#10;5QluCKr1+f8ATHF0jFdts2OPABydRm1BkXpHlz8vwoVym49v7MCy3yr3zJjjccm2faP5NVKUQD3p&#10;v+rC+51YDvmRDAxAZdY+W40A+AVHemFd1rVOhzKhp14U7t9LiQfZwoudb3PxZlw0zMRRiW6L0GFt&#10;xrn+VmTDTM441QKBhZcayT+1mTDTtowt4Xz6u2/xZkRwN0dO7AEuqn+bLhiDkR0zsBy6mfHLBAN8&#10;dO7Ar6iT3yXC3xwOxB75j1OHhbRgdiJvDXrkuFmMLsabs+ONJ8J2N+te+NMvCdm+s++Gl8J2X9Zp&#10;3wUjwnZf1sjvh4V8F2b64fHHhXwXZYvW8ceFBwux63x8ceFBwuxaO9avXAYtUsLsGQXhJG+QMWie&#10;LZ2GNvcsSN8pnBw543YbWszEjfMScXCyQdhzZSMaZh5A4c3YcWzE5iTDVbTDDS2LVGYs1JUJQKYa&#10;W5bbMWbG0vuY1INOuD4S1coktpLeQChNMGRtlJVI72EBScVqAKnoOuRZiVJDcacZnAXcsaAYn6hZ&#10;ifuyVUi0yXTUt7URqOhqx9z1xUb5AsopJq0XCBtuu30ZZyuTmY2AaoOEklRXkOuArjrmozHd6HRD&#10;a3n2tuTKV9+uI5WA5pNpeicVrlNviWzHspSfFUDGUyLkgocrvmpkohjKSpElWGOy4BxCUcsZoBTL&#10;C+OTEGuWWlaO15b0zU3yQgxOXZVjtN/bNTLoY2qWTZF29iCw2x4AzLx43CnMlPbGxVWqRtmJ3zLp&#10;xJsq02KMKBQfLEpG2yQDEJ7bW8bEGm+B5nyyIYlk+kWiDjtgCZycviGIZbZwoFG2AJmzIiGYCaQD&#10;AUwJy6KUwiO2BJIiTlokm1cNlJZlmHvhORS5p1Ub4YWui8yPhzHnqKa+MoK+1e3toy7MABkh07R4&#10;YlDOB7ZrNRq66shilI7PNPOX5tWdhHIkclWoQAKVr9+GIIjHGPYDwzQ6jWmRoO603Z8auXN4B5q/&#10;MHVtWuXJlZYiTQAnp9+MLVO+a8u2jj4RsxCSUuxLHr1zYLTSwuO2VjbOlnI9+mbfDaKbrm3wWtNc&#10;jm3xtLXLNjagOqc2C0urmxS7NitNE0ysbbKWls2KQGq5sKkNhs2SDVJVj3OOXrmRBwMx2TO0UkgY&#10;/NhgjbqspZRpEJPEdzlyN0zYAOulJ6Bouls4SgwNcXSoOuWRhbjEvQtF8uyScSVqPlhFf6vSoBzO&#10;xadiWdaXocUCAsorhPJPJM3XrmWIgIKcKioKAUAxSK3YitMEpsS4uBin1UnI8aQt9QY6KwLt02wS&#10;y0lTlukjWpO+GdvYKg6ZjSy2kJbdamTsDQYNiiVdgMolJJCUXF+zVJNBgqOOmVkqlN1e7kDritNs&#10;gxKGWWp36965QWuNoIVBeemeuKpF0rkTJFIa71gL8Ibc980kyxLQdcRG1W2VhPfTB23Wta4FWKW5&#10;kBP2RvlpkIhNhOrm8tNHte3qU/HDCKKONaDr45jykSyECwLWPNMt3KVDbV+FQf7cTmc7qu9emSiF&#10;kEb5ciKhp7g79ansMqKEA1PXDKTVSc3+txCExr07DBIK7BcqptjAsN1TUB6pdu+XxPU4sqQP6RgZ&#10;GAIHzym3p7DMfKN3Lw7BiGucJLklaUpiZTMWUHNhlSG4slboMrgMoMG4ZignsqEgDK4jBwsvEU2t&#10;iO3044LiAxlNuOHffLC4aYHIrLag44JjwsDlVEslOxGOEfthEGs51VdPUGoGOC8Rk6prMuIohI/S&#10;Q7Y2uVksxFQecqcxYg4RJPA5bqjDfbMXOT8RgMav9Z5DGE1OG2YjSwyciPHvjl+zl0GmfNF2xWn4&#10;5t8sYoqg/Cuf/9Cf0yFt1Pn/AJffl0xWmq/hmxZOzYsXd82KS4dcquKG6d+2XgSt3zYrTt65sWLZ&#10;qc2FlbgMonEMeJtUIzVwrxLgvtmrgDHjbCVysJRxhdwzE4aQZNhd8bXJAMbXAADfHZBnxUs41OVk&#10;xFpnlVEiHfLFMnwhw5zkrKqd822SpruS8BM2NsQS2eHhmxZC2iy9hlfRjbbw+azl7ZdMFseMB1Ce&#10;mahxpPjRbETnNx2xpgdQuFs5GWqse2WCFtWXUiPVWhspJNlUk/LFVgY9dgcyMWjlJ1uftSMeSd6T&#10;5M1HUJFVIyAxpUg7V+jLb0ogdgx99/4Zs8GijHnu6LU9rZMnI8P9X+16z5N/JSyXjNfATHuGoR+K&#10;4BmvHJIWgzZwxAOrnOUub2TQvKWj6bCqwwRrxG3FVH8MTjaRjUnJEAMaTWb0Il7DBsMZymRSAxrV&#10;9TiQNRumClUDplRLMRYjqOrluQrt88eG98iW+MWK6ndFlc8j0PfKLbHMbJZcuEWK38jtUYma5QYF&#10;yRIBLHhkYbUp75VDgGIsvGCz9GSPtTf2ByuJ75Iacr+YVI9Ckf8AZP3f2ZuIyY0pYnUlER+W3J3T&#10;6Kf2Y8BfDLo6cBx5ZiUyttARCOSilO4/sx1QB0y01FqAJKJk9C2jJIUH2pibygVoc1+fUdzsdPpD&#10;LoxjWNeUcgjfKn+3iDuTmtnkt3+m0tdGJX1+8pJLE/PGUOY5k7nHjASySX3ywMgS3KRapyxgSsNc&#10;uuLK3AY0nCA1yK9FrmAJy6GO3XZ9SIo22tWkIAFffF4oCRWmZ2PTkh57Va8cVMk03y/M8PqcTXtt&#10;/ZiqRDvmVDS97rsut7k907yrJIw5JWvan9mPPFaZlwwgOvnqCWY6R5KDOlYxT5f2YFuLsJUVpmVD&#10;G45nb0Py/wCTI4+NYxT5f2YU3epgA/FmXDCxDPNO8vxxIAFphPd6tQH4szIYE0nlvYRxgbb4R3ms&#10;nf4szcenbIwRSoo7YUXGrMa/FmZDA2jCuwtn1NjXfMiOFvjgdgCbUD3OXxxuRDA7AM2o9d8sEHIj&#10;gdgKS+J75LhcmOF2Bnuie+SpuGJ2IvcHxw8LYMbsRa4PjhptGN2JtPiyGN2N9fCz4HZvWw0jgdm9&#10;bBS8Dso3FMU+G7Gm698Fhl4TsTNzv1x4wyGN2b6z748a+G7HCc+OG0GDsXSQk5JqMXYLiJPTAXHk&#10;HYY2sbGm2VyLh5JOw4tIGJFMx5ycDLMOw8s7U1G2YWSbrcuR2HtlakUzByTcSRcTh1a2poKjMKc2&#10;sqbuBhnb258MxpTYkoaWYDvhjBERmPKSEvuLhaHfBsaGmUyKaSi7uVNfi3wSi5USqSXcnIEA/fjZ&#10;3OyDbuSMMR1SFTT7dQDOd+yA/ryk2HthKuuGpXx8PfBC9vlXKyziGLatOWDgj4SeI+jrlk0BJyrK&#10;aDm4o2WAa/OqK9BQEUGApd3zTyFl6HAeGLzq9Uy3Td6HvjDi3A7qLABSKYxsgXJgULItK++NOQcq&#10;KFeoOWozIxxtxM86TCygLKGI647MgRcQzTBLdiaUywDlkYtM5hGQWx79cdxoMuEA4/iEo5LRe4GV&#10;9GWAMSSiYokUjYbZhQ1GZEGudhMrTiWpTGN1y0NRKfafAzMKHEnPXJhrMmUafZsQO/v1wJK2WxCG&#10;VabbFeO2AZnGXxCGR20ZpgKVqnLos0wiSmINuaZYEFFJUCvbLSDkemAyRbpJgowzs9P5UJXMbJlp&#10;jaR6xrkVrEzMw2w9tbeKJBtmr1GpEebZj08pF4755/Mnj6kSSGp2oD/bjnep26Zos2czL0Wm0wiH&#10;iWr6zc3twzySMaknc4mTmO58YpS7k5sDKllRmwMgGiRmxWmuWVhZU7lljAVpaSc2K04E5sIQ2K16&#10;5sC8LZYZq4Qog7mM1cSzEFpbKyNtkQsJ3zY2z4Wq5q4QgwbBzVGTDiyiiIz0x6kZl4g6vUWnWmqG&#10;K++PZdq5t8MKdPlzU9A8t6NJcOhQdaf59MBXl4kSHffM3Hjt18pWXsvlTyo6qrSKd6Hcf2ZG7/Un&#10;diAc2OLDTWXo1hp8VvEoAFRhesckr+NcyCQGNowkAYaWelsaEjMXJmRaEub+KMEE74YLYqq9KZjn&#10;IkIB9S5nY/dmFsCfbvh42S1r0qNzuemLxwKo2GVmSoK4vGY7ti6R75AlKAuLoneu2LpH+OVkqlN3&#10;eihAPzxTh4ZG1S8z1O5644Rk712GC2JK71gDy5dPux4QsdhSmC2cY1zSvU9XCHhG1WOxp/ZmuJlj&#10;WlasOuMY2wJRmhaRc3rC4lBESno39uBoYHuGqRQZZKQixosg1XWtP0e14KVElKClK4YRoqUVdhmO&#10;TbfHHtbyzWvM91eXBZpWINQq1NP15Up3ov04Ypvot02BQPrVxsBuC2/0muUFUU6VpkJZQEwwku1X&#10;zlFE6xRPxUfsqep8eubY7ZISBTLFSyy8x+q1ZHr8z/bjwACKDFhEFU1C9t5Ywduntl1PjlEzu5EY&#10;hi97Iwc0ag9umNrQ5WS2iKAkmJaleXiTl1B7ZEqAVjFCOm/yyqVyohnxUolFbcCmXwyBivGVjQJT&#10;plhMFJ41voKe2ORN+mSEWqc1aKEVG22KBFr0ywRDQZlErEgIFBjjSmJCI2ucKBTviT5XIt8AhpT2&#10;rjMpLkRKBnWrVplU3wNiHGx3OV9OFFLw5HTKpkgUKivXKqRkxJHCCqrMyHrTNzPjk/ER4S/6+f5v&#10;bP/R6BXK3IfPlM2FW82KHVzYEu75sKC3U5sUNip2zVxpbdxOVXFbdT9WYnFja4JlVyVIXBRlb4dk&#10;cQXU3zUOERtx8mcBUSFm7ZfE5YMbhy1gRCWT+GYgjAYJjqLae2YfLKIwUG+MyVIqBmyJbolaw2pm&#10;3xAZSmFqIQMwxOzXsVxqM2GILGXC2vLLArlgcSeQBWSJjl0wiLSctKq2xOXxOSEWs51VbRe5zUXt&#10;h4Qx45rjDB2xyxE9MlGFtGTU8PNEW2nmUjgtammPMDDLPBLjDXAo06JMKVWn0f2ZYhOSGFrlrFWL&#10;RWqAw/z+7FljQdszsOEB1ubUSkyLSdHtI6FlB+dP6ZbEUPjmYA6/JxF6B5f+oQAUUfPbrgSWJiN8&#10;ujJpIZ7pOqRJEBXt44HFoCfllniJKajXYgrfF06b4vHbhcgZJ4Uq1DzCzAhW/H+3BCgAZWWYDFdR&#10;v5ZA29a449Mi2BJJPVkJr/HG8qYaZ2h5NPkk6dDmLL45E4wWQyUh38uO5+yf8/oyuS4jGEHMVaDy&#10;lU7p9/8AtY0yCuTEUeIUwg8qKN+NT06dvuyjJXJUx4yjk8uRqu6D7v7M1a4pElG40yGEV4gUx4+y&#10;T4ZVkmIhuhCyAxvWNQhtkk40+EE4x5c1WfUEu202j72Baxr0knIKxCn/AD8cQZia5r5TegwacCmK&#10;3N00jE1ygPHKJSt2cIAIKSQk47ItqmTvmxStzYEtU3zYobA3GUBU5bCLr9Rn4UZbQFyqgdcERxbV&#10;ObXS6a9y8rrtbvQZr5Y8tvOVZk2r1/zGLqyqtM2ghTocmQkvTtJ8r8ogvCnbp/ZiLzgVy0RazJlG&#10;l+V1U/3dae39mArm94itemXQxsGYaT5eRSh4jCO+1Miu+ZuLCyAZbZaakYBoMj97qpqRy2zYY8DM&#10;RTFIwo6YRXuqMa0OZ2PC2wxr8KJ74knfMuONyo4nYCmvPfLRBvjidgGa9675YIuRHC7AMt2T3yQD&#10;kwxOwJJce+TpyY43Yi84w02jG7EmmrgZiDsSaU+ONtgi7GGQ5EyZcLsbzOR4k07Nyw8S07MZAO+P&#10;GvC7GNMBkDkZCDsTaYkZA5WYg7GGQ5UczMQdlcjiMtp4XY5ak5dE2xk7BMKEnMiAaJydhhBbk5M7&#10;OHkyOw1tbIkDbK5ScHJmdh3Zaedtsxp5HXZc7sPbDTCSNswcuZ1uXO7JFZ6XSm2a/JmcMytosBh5&#10;aabTem+YWTMwJUJbhVHXDWCxp2zFllQgJ79R33wbHa0ygzQllxqe1Ad8ER2++VmSUsutTop33wQs&#10;VDlZkqT3WokqWrt4Ypsq1PbfI808KWxXzXFysK1Jboa9MCgM7lj0y3kp2ZF6iRwqg6gUri0a165A&#10;lQlmoXaxqSSBQGvucXGQZgMb1CaIhqEEU6VxszAKfnmLqJUHY6WFl5v5nu0CkKem1MBnc18cwYjq&#10;7q62Ydx5cnPVjjWyuXNvx96Hm/l74w5EuRBDS06eHXKC1NMYxstmTLwhZb23qygDfHqm2Z8IOqyZ&#10;t2RWljRRXtm40yzha+O0R6IXemWCBiCghcrAHLJBywSa+Eq6zrQZqbZK2KskhY7fMYytKnMnGESK&#10;aafCzuKYjJJTMgBokWa6FpkrgEivTbfAss433yyMWklnGmaOVUcl28MAz3IHfL4wSGQ2enhe2F81&#10;175kRgypNYLSg6YFe4FeuWiCUYkFB0zRyB264kUgtsnEYaWUQam2YuSTBKdVujFGxB6DJDaxKkYJ&#10;GazPloWyxY+KVPHfzB81NDAyh9yf8++Od9zTOez5TIvS6XTgB4LrGqS3NwzsxNe2J5jkuwEUqZ98&#10;rFtEVMvXNimmqmmXgSA1XKxCeFrll4sC3mxVumbFPNrNXFkINcsquC2wQWls1cbZcLq5q4LTwurl&#10;VxTw21XNgtkA1XNipby8siXEyclaEnkMUVa7+GbTSY+J5/WZuFmXlTSZr6dAi1AIrga9vfTUgHpm&#10;7xYrefnOy+hvIvkxIoY3kTen+fbIxfXjyMRXNpixgNVvVLOzjgjCgAUwLBatM/jvlkp0GNq7yKgq&#10;cP8AT9H2BIzAy6hFpFq3mCKAFQ2+G626RJ8sxDMlDG21aa6moCd+mISCp26ZYGQR8LlFBJq2MEZw&#10;2yC2a733OKKnbIksqQM96FHXfFkTIkrSV3WokA74qq7ZAlUqlvS5x1KYEUpNd8e+OAJIAwMxBLr7&#10;WTGhAJ3G9P8AbzXE6QR06yHoMYRMiwmUV5S0SfVZ/rU3+86mu/8AaMDwW7ytzf7JyyUgNgwq2Wav&#10;r9lpFp6MNAwG3TBhAUcUzHMu9ysWPveUa7r895cMzOaVr1P9c2/GvfBHc22SNbJdYxGZvVcfAhrv&#10;0OUGoN+uV5swiGWPBZU9b8xCOFoozRegUf7eJFjXNdKZdrDEAGFT3txJIXZjlhyMnHKQwngBVrbV&#10;Zof2jt7nL9U1y38wWo6SkcPMMjLQvsP8/HHc9sBzNYwtyaorDkWxvPxyByNvgoZr+M7giuOVxkfE&#10;Yywly6ghoPxx/Lwx42vw1U3S12+nLByJkvAt+sY4NiJMTBclwPoy1emSE2EoKsc4B648yCmS42oY&#10;91YzgrUdRjDIciZtoxKLXW9MaWyJlbOMFN5we+VXIFsEUNJJXKZgMBLbGKGkkAHvifPfI8Tf4SHM&#10;5rj1aowgtE4UUTDMCu/XLYbZK2MeapI9UriePE38KG9VvHvn/9LoGV05FPn3c5q4UW7ic1cUEt8c&#10;1cVBb4k5ROKDJsIcqow0xtU4Zt8K24gZqHFWts2IQG/llZIBjKYC5UJywMkIhwsubbZXjiFccCBl&#10;ooOuycUijYTEg7E5fPCZMRhXtdDsMYSciS5ePEhZZycrfIU5nGAoUJOXTCItEs6osLEZtsPCwOVs&#10;RbZWDhbI5FjJmxtnw20DTNyx4mJwWuEzDvm5YeJA0wb+sv2OXyOAyX8qB0d9ZkI+0cwOEG2GTGAG&#10;4pGLjfBltSm+bHTxeW1xNsx8vKvAFlr74sxoN8yJEOBAWm1xIijoDt3xAua7ZTxOWMeyXtcUfY/R&#10;lhsvhNqnBG2t04YVNRjqgjMuJtxZQZJp18wAoaDGEimTaZQZLp9/Kyj4jibEDJBjSdQGVx1PTK9U&#10;DDwqqnT5ZNt/uyvXXHhVx0F334n7so3Aw8DK3J5deu6/hjGuRkhBFo628upsCg+7+zEmuvfJCC2j&#10;4/LcXXiPfYf0xv1ivfDwLasNEiQfZH3Y9WJyJCCVN7OKJdwKYrGpY5ElklF/cRRA1IAGCEjAO5ym&#10;eSm2ESWD+YNfRaqrCnzxsrUrQ7UzVZ81u40eCzyeaa/qzSF/jND27YHJOa6cno9PhYjc3Bc9coZj&#10;kuyjGkE7HHYG1SJ3zYsmjmxS6mYYFaIyjkgGnLKlWFanFIlqRmdp8Vl5vtDUUCyHQdPM86ALWp8M&#10;WL8VzoIQoU8lnnZe3+T/AC6BElUB28P7MDTXQFcvjBxiHpWl6IiqCUH3YAmvQK75fHGtMgs9MUdF&#10;A+jCe+vyK75l4sTIBO7WzVADTfI3qGoHffNlixNkYo1VAyP3d+TXfM/HicmGNvCqe6J75kxjTlwx&#10;uwBLddd8sAcmON2Aprg+OTAciEHYEknrXfJU5MYOwLJN75Km+MHYg0te+DibRF2Js+JkzAdjGfKz&#10;NlTsYZMrM2XC7G8zkeJIDs3LHiWnZRkx40iLsTZycpnmAZiLsYXzGlqGfC7K5ZSc1sqdmG+SjIlF&#10;Ox6g5mY4EsSXYLt7ct2zOxwpxp5KdhtaWDGm2WGVOBl1DsPLLSq0qu+Uzy06vNqXYfWekVp8OYeT&#10;O63LqXZILHRxtt+GYGTUOvnmJcTh/ZaXSnw5gZMzSZKbygDDu1sAANswp5WKBub5U74ZwWdB0zFl&#10;kRSTXmrqtfiwbHb0GUma0kd5rS70ah7HFhGBtkLTSWS6qACzP8t8cqgdPxwEsuFKbnWCTTlt7H+3&#10;HKOxO+RMgG2OPqkOr6+kQ9Iy8Wbp8W4H34yWtePUDJRYzCZeWJgtqZpd5ZKsGO5AHzxioNhkiWNJ&#10;tPqbKrMH2xVVpU/51yJLIRSjU9VVkCBzUnlyr2HTNXfc7ZGUgA5EcdsU1DVViVyZD3Ox8fpwPPJX&#10;YZqc2Wy7rSYKFl59rWpGeTgrVqetcTriC38KDD0FNtsYxNcpJ3cmAoIWR6sSTjWyLkQQzbnHImZe&#10;nx3u4Gqz9E40SwZ29TifY4qFoMzxF1pnuySKyITcZVBgISJKcsAWtaUxrAdshQbolCMqk0A+7K6Y&#10;eC08S9LVm6DK5fdlsMZa5EI2ys5WYDrjJJBQ5mRi4s5M38vaMeYqgqfbC64uQuZEINZek6JoyBQe&#10;AB+WFV1fUrvmXDGkBldpp1ANqYVXGogV+LMqGJmAmcNoFHTC6bUh/NvmRHCkRRKxAdsD/pAFuuWe&#10;Ey4V3HB9jccmAyjLCmshZKvwnJZpKcgCc1OctRYd5suBDayEmmxw9Y0QDNDrcnR2mhxb2+ZfP+rt&#10;NcunLZSe+IHrmnJelhGg88kerE5si2gKROVjbIAtEjNgtkA0TmxpNtUObCGMi2Bl4sKbzYEiLRbb&#10;rlHFuEQtJOVgZ01XLwWxdXKxLMOy8CbDWamC0iQDt8ojDaIm3ZdMRuWEjzbAJI98USJia9sztPgM&#10;y6TW6+MRQT/QPL11fToFQ8SetDT9Wa5kCIQABm/wYhEUHlM2YzPN79+X/k6G0iVmjAY0qab/AKsj&#10;moSkk1zaYouPIvadHt0ihUKAKYVxxmWSnXMomgglM2YKtTkj0vSxQEjNdnzIYp5l8yR2qFQ9D4Vw&#10;7CLGtB2zCu1pgDX9xf3PLmxFelTShwLKxY5bEJpPrFViUEncd8TCk5K0otrggdSfDHBMFsggri67&#10;1x6oB75Elkllze9dxigXBbIBJ7m8JJ3qPnjhX7Pj3yKK6of1ywoD1x4UAUO5/HBaQOJC3t6tujFm&#10;qewJypGEEZkY7jZV8ScERxFlPIAKQ3lzQr3zDqdVLLbREc2NQpB3/hgWGF5m9aTr4ZdKQGwcbrT0&#10;jVdSstHsBZ2gVeAoSKDp92DUpSg6DKS5MIU8v13V5ryQnk1QSOv9uahrXKeEkt9imP8ApSSSd6A7&#10;ntmqR3645ZiIWELLr+/FvB6cZ4g9htiRr1zXyNl2UQAGJTyvNMSzEiu1d8xAyKYklbKqIvahGJsc&#10;x5Sc/HC0snnIJ3xoOASbZYlJLk1O+XyPiclxsPB8lQ3Zps345RY5Hibo4QotdN/Nlh98RJhPAujv&#10;GB3bFBJ74eMuMdMri/NPtY5ZMkJtM8FK8V4Wpv8AjigkGG2g4kQLqgpliQeGNsTiXC6NMsODhtgc&#10;dKiXVe9M3IYrwlxlFa8t8o0OFaXLICNzlHG2QCk7f5X0YmxyqRcrHFBzSb74zIORSFZjy644E9sI&#10;LXOIVopG7HHVJHXLAXH4RaIDsVpU42nvgbLU6Hx75//Tn9ci28TwDgBmwIb2pmwpdtmxUt1GbFFO&#10;5b5VMNsSuBJzVxpgJNlDmrjTK3cd8onEBjbYGYZMNMwqL4Ze+TcadKi1pmNcIYABfVu2YA4aYHIA&#10;uELtl8TjwoGoC42j9xlhckMZap6gKsVi57ZfHbLBiLjHOLRS2L06ZXE4DAtvjhTNm3hjSMjwFuhl&#10;Cg9q/hmyJg3RzqTWrDtjaZExb451IwsM2DhbxmCmYzmx4UHKGxGccgqcnCLgarNQRVlblpBtgyIU&#10;FfDNliFB5bUyssy0uExw1puBmd8M4oxRX3XNiD+GM64I420ypSjtmZh4n6c22ZWPE485prY6dIxA&#10;AOWWAHXMqMacWU92VaZocjKKg74hJMoywRaiWYaT5ekJXY/SMCzXYHfLYwYWy2y8v/CKrgR9QUd8&#10;uGJNJvBoaih41OINqfgcmMKOFGx6NHTdR92Uuo174TiUhf8AoiMfsjFBc8vpyPAqm1ii9qZYLnpg&#10;W1jIF6/RgiGNjuemVyKkhL7y4Eak16YYQwEiuY8pIpiur67HGp3/ABwVHGFGUzm2xgwLWted/Uo1&#10;BQ03/txOR2BzX58zt9Np7eea1q5LMOVTiDsSc1sp27zT4QGJ3ly0jHfrjDlEnbYQlznLplVuVSgT&#10;l4slp3zYpazYodmxV2V3yyAcPVToIm1TkwHjgqIAJXN5ose1vEdo5iSXp/kHR1lnjYr36UrXAl1c&#10;AV8M20IulkX0H5Z0dEgX4aNTCm4utzmXCCsytbJQo2wsubv3zJhBKYQQBcIr+8pXfM7FjbIwRKim&#10;Ru+vDXr7ZssWNy8UG8Jrm4O++ZUQ5sIOwumnJ3yYDkxg7AckxyYDkRg7AskpyQDkRg7A0kpyTfGL&#10;sCzTECuU5J05EIOwN6r1rXMI6jdv8PZ2O9UkZfHJbDgdjS5yJmkB2UWyBmmnZXLI+ImnZRbIyy0o&#10;DsaXzDyalmIuxhfMOeoJZiLsrllfGSrscuX4wSguxVEJO2bPDhthKVOwfa2RYiozZwxgBw8uanYe&#10;WOm8qUGEzp1WbUuyRWWlUUGmYs8rqc2pdh7ZWCgA0zCyZXXZctuw8s7TpRemYOTI4spOJw80+0LS&#10;UIoMwss9mslRnl4JXrhtDEEIoNsxJStgg5ZCynejdsMIGG21BlEglJ71G4Hfk/apoMHJKg6CoGUG&#10;KpBdWUz15NRj9OPNzvxVaDxyPAyAS99FfiXZyz9lG2b1KLXrjTIEIC40meR+HKg6dcd6oIJBp7HB&#10;wpMkJH5fkSTjOrMtDRx0640liykmh8O9cwZY5ZMhr6Iu0jkhjx7/AFSeb3Ghapr3ma8ezLDTbWX0&#10;3kJYCi9Qv3YtIu48cyxIOCI2nkOsfV42WvH06jj8tqYwg198kCnhRC6uHjLV4pSu+OJI+j9Zyrjb&#10;RjSKbVndWlqf3nSv8imi4Hkl65gajM7XTae2Ia3q7sWFdjtSuBi5LZgg2XdeDUGMrcs90WrsMxbL&#10;LaxiVTcbdcotkS2Rx7qbzfD88aDU4G0xoKSuWcKOpwYi/ADm4wR4Yh5nUTuZZ9o1ssGnxuwoT1yz&#10;0y0zagEZJcxqm1MSd/DMeU3MxYknvLwk7eOJht8jEtsoKEUjFt8d1NDmXAONI0nFnHyI8cY7AZlR&#10;DTKRZNounc5B77nbAV1cBQcvhBoel+XtGFQeP4YQ3t8BXfM/HiWmfadYBVG2R2/1OhO+bDFhboRt&#10;No4Qo6YR3OpnffM6GFujjVaYXyagT33y8Y2wY3Y+C6ZmFDglBjKNOyU6FG0jjNXqTTi5CpXLqkbM&#10;egGdC0m39OIM2c5q8wG5RHEZGg8U/NHznb2qSRBhy6AVH9cFSPU0zms+XiNvS6TT8IfN+s6kbq5d&#10;ya8iTjMxnZiNBKOVSc2C2wbBYcrFk1vmxU7uGxzY2x4W65sV4Xcs2NsxFaTmrgZiLVc2KuyjgbIh&#10;rLGLAh2bFW81caQ7NgATTs1CcMRbGWQRDaIWNAN8VjhJ69sztPpjIuh1vaVbBkeg+WZ7yVaj4dv8&#10;+mCNgtBm6x4xEUHlc2YyNvY/Kvly3so1PEEinUf2YEuELLmRAtFvSdIkiQKqigyN6qOJObLAlnel&#10;NyiGN0a35yiv04dROgjm1rV39Ws3fwGS+NVijAG2agmyzjF4prWqT32osoYleVKYnIxI+eSAQmum&#10;2ohjBI+I98RO+TZUmIm4j2zUxSIqct4VHXHquRtlSV3WoMa748DAyASm6vixoDjqE9MFpQbS1ap+&#10;jHKQOvXAUcNqc12kCFm6jpjgKAyufhyo+o0GcpCApKbW0vtc1FIYala/Ed9h+OBgr3Enqt9gdBmR&#10;YiKcQ7l6lEbPy5pP1W1H7wgGV9qk0+jBSAdvs5US3Rx08/1vXXuZCvPv3/28wpU06ZHitvIoJCJv&#10;VkKr470zEHrjKVBY7lddyxwQniaUxNm39hmvyT4i7DHjoMUvryS4lZVJoPuyiQMoJpvESUuaUJ1O&#10;+MdsrlNycWFC3F3yHyGJE5SS7DHCkslkLHfKyLdwqXPNhtAi7lmwNsQsYnKxZGLQY5dcba/Db9U4&#10;4HESacmJViuCD1x6Pk7cHLiR0FxXqfvxXkKZYC4hgUYJV440t4ZEybRjUmnodumbkceJTjaE/vl8&#10;zh42PhLxcnpXMX2wGSI423nNOuMJyJb4xpDSSVOUcjbYApE5YOFEor0kK9McDkwWicERHJX+3LyV&#10;tSpUZ//Un+RbHgNc2KXCpyq4otsKc1RhpBLYQ5jiGJmuVPHKwtZla8AAZWSKAO9s+2Xv4ZHhSZRH&#10;VoKx7ZqZMRaDmCoIj4ZYU5IRaJ5x3qiwOei5YU5MRcaecK8Vo57ZaKT2rkuFoyZh3oiK0cmnGv0V&#10;x6xEdcyoYJS6ODl1cR1Tax0O9uGHGI0PehxxUjttmXHRuGdWO9PLfyddsBWIn/Yn+mUaDLo6QNJ1&#10;dppa+Rrg/wC6z4dD/TMHXwy38tFrOoPemcfkOWm8fbw/syyY8B00UR1RWzfl/JTaOn0f2Y3iD3yo&#10;6QOQNcUsuPINwtaRn7v7M3DIHRtsdcl83kq5AP7s0+Rr+rK4e2Uy0RbxrvNLp/KV0lf3f4H+mNMe&#10;Uy0su5yY64ICTy1cj/dZH0f2ZXpnB+WLP+UIqf8Ahu76+mfu/sx8SeOX4tKXC1estNNH8sztItU2&#10;9wf6YI5ADrmdHCA6g5LLL4PL0ojAKb9MTZhkvBDKOVf/AIXnc/Y/D+zGmVQMnHEESyphZeTpSynh&#10;+B/piMl0oPXLhjajJlGm+TiCP3Q+7+zAs+oKB1y2OJhTL9M8rceJKD7sLbnVAK75kQwoAZRZaEkd&#10;KKBhZPqvX4syo4FpN4bFFAFMBPqfauXDCmldYFGJ/X6nrkvCRS/gMXhuSx2OQlBFNMgphtZ8mpmJ&#10;k2QUvvKKDthxbQVzDnJrJY/fX3pk1OGMVuBSuY8poBYprGqE1CsRXrvgkBY13zHyZBHcuRhxSmdn&#10;n3mbzBb2ytykBbwqD/HEHnqaDNZm1Nu90+hoWXmmq+ZJJ5CEYhTUbH+3EmJOYhJLsccBFI5pnkNW&#10;JJPXfGHIEOXAoSRcrKpOwwlBy9Dl5U5YQ5OXilrNirs2KadmwILhWoGZacsydPHd1PaU/TsmekRg&#10;zrypT3wQ6/uCTnRaUUA8JrJ+p7r+VdoonR+IPhXf7sIb6bjsDtm2xRcV75pNuCgNAPlhNPcbmhzM&#10;jBCeRxgAYXXdx8J3zJxwZAKqimR6/ua1ocz8UHJhFdkfvJ/fM+Ac7FB2FM89a75aA50YOwFLLXvk&#10;wHIjF2BZJffJORGLsDSS++JNN0YOwO06165UZtwg7A0r8sw9Rk2ciAdiQrmtF22Oy60zJjOgxIdl&#10;csjLKoDs1cHiLTsrlkJZqSA7GtIMwsupZgOxNnzBnntlTsoEnICRKux6KeuZmGBLEuxeNCe2brT6&#10;YlrlN2GdnYs1CRm1hERDgZ89OyR2GlkgVGCU6dPn1LskNjphFPhzDyZnU5tQ7JBYaUxI5A8cwMud&#10;12TNbsP7HRzUfDTMDJqHHM1jyKow5ttKC07fRmHPOxkULJeqK+2GsGmkDpse+YssyOiVXetxLLx5&#10;DYVIODI7GgG1RlJyJSmfX4y7fHx9q4qbVRxIPxHqMjxoCFOrlzIsgoin4XJpXFFh2IpSnfImSUFc&#10;agFKuH5FtuOP9JQvSvicjxKhDfyyTFQ3HuPAU98aYT1HT78PEm1SO6jYn1G+PuK0/HHpEOJ2HIjY&#10;+GAlkEs1S/lWWMI7mFX4uirUuT0APgMpBvXx/axKJFWW3jjt34xJG/Xgihak+NO+OkY8h8swpTqZ&#10;DtMMBwW8f1iVodcuYt1RXNKig38MY0nfpTDny1Gusm3Dgs2h9V1V0sxCrVec8QRtRe+NMtUIyniI&#10;FNkcO9oKa+Ij9M7imx8ABgVmNDmvzT3d/p8XJiOoXJJck+y4mMjDk5mWrQlvUJXuc1ckwAXlsquA&#10;lsjBTeTbFIIyWDHpXMvSYeOV9A6/tPVDHHgH1FPfKGg3OqXvqqhMMJBY0qK+HTBTdKLsPbNpLGa2&#10;edhMdWbX2m3AQIgIUbUGw/DGFG/mOY5xScmOaPclMmm3bGgLbfPG8N998lHAUyzitl0GiXDtQoSf&#10;E1ywijtlowNUtQmFt5Zu2YfBt8j/AExN2UE9tsyYQpqlm2ZHpHlG7eQAod+9D/TAF1eogIrmTDGS&#10;w4reg+XvJ8iFWZPvH9mEN/qS775n4sKQHoOm6QIUAIG2RnUdSFT8WbLFhbYxTqKIKKDI3e39Sd82&#10;OPHTkwgqYTXF9ud8uciON2B1nZ22ONtlU7DzSreSd1CjcnKskuEbuHMgc3Z1TyxoRSIPIKDxOcvr&#10;9YA4RBlLZgX5k+fLHQtNkHqD1mqAoIr0+eSXZPhX7PbOO1WoOSXk9DpdKIxBPN8k+Z/Ml7q2oSzy&#10;yMwYnitTQD78Yak5iu0hQDHnDE++VTAyMws4EZeCl42imbFkC1TNTAWYktIzYGXEHUysWQIaIzUx&#10;ZW1TNkaW3Uyt8lS2HUy8aUydTNjSOJumbFILWY4Fi45arXphES1ZsogqQwvI1FFcXihPUjNlp9Le&#10;5ec1vaN7Ast8ueVZZnR5Eqp8R/Zi5G1AM2sYgcnnp5CS9O0fSYLVB8AUqKHYf0ygpydtRTyK5EdA&#10;OgxOZfhOGJYEJ5o17WZd6+2RfWlo2bTTllF6forhoVI8MrRJVEgr446kbJiOaj5pheXTmVOtMk5k&#10;5KPCma2mReU2unCK4ZpFq9epxKtTkk0jw/AEE7ds3HfFlSlLc+Jp9OPC4LY2hp7jkNjsMsDA2xCS&#10;3lwVrv8AjjwNsDKkra4Zq0P45a06YCiUWorkKCWNT2y1Tuenc5GR6M+IAIC4NxdziKMcixoAK98Z&#10;IDKaA/ux0GSiOEOJOdln3lvS4dFsA9QLpxV3PbFUA406AZGRTCG6S+Y9achhyNd6Zl237ZjylZc6&#10;mBzXUjyMoJJJ+eN5ip98ePhDLwjJv69HaRkGgZty3fGsx8TT55iTyGRcrHiA6JFfajPcSUVzx7iu&#10;1MTLeOUznXJy8eElL7i+SJeEez92xrH3zHMnMhjS6Sct364w5AlyoxQkjkk75sg2gKJOVkmbWbAg&#10;ONadc2FsC3NkSWTRzZG2QDROauNsjBrlvlg0yYLi5cVq0U5Xvjg+WW4csKLW4JHXNy3wEqMbml3r&#10;XHBsjbCUG1kr3y64SwAXFjlVwKIuMnvlE422CK0vlYs6WFj45YxYyDasMdk7aSFZHpmrhthSrz9+&#10;1c//1Z/kWbwLbKrixtdQZVMNra6ubfCGNtgVzUOSppOULwhzcTkxFplqAqJAxGOC1O2EQtolqaG6&#10;pHaPIwVBUnoMesMpGy/gcvGkkejr8naOK9ym1t5W1mUVjtXYEfyn+mb0j32y2GiyHo0T7SxjkjrP&#10;yRrs7bWzfcf6Y7io6nMuGgPV12TtMdGTab+VWuzAFouNeux/pm9WIDYVzJjoohw8mvkWVaZ+TT8e&#10;U5O/b/MZQuFB6dMvGniOjRPUyPVPbH8sNNgIDRAsO5A/pjDdADLRjajMlPLPyPZow/dinyH9MQl1&#10;BBXfLBiQLTq28o2wA+Ab+w/pgSXU18cujhZhNIPKkK0/dj7h/TAzaso7/jlgwMqRq+WIafYH3Zhq&#10;/vj4C05/K0JH2B92KJqw7nInApCFl8oQnpGPuxddUQjrlZwFG6Bm8lQN0jG/XYf0xRdSjPcYDhLL&#10;iKX3HkGEg0QCvt/Zigvk8cj4TMZEpn/LpR/usfd/Zjxep45HwkcZUP8AlXq9PTH0j+zGG8UDrh8N&#10;Eslo2x8hCNgRHsPb+zGNqAr1yQxME1j8nim6fh/ZiT6kvj9OTGFNIyDynGCPg+imBpdVQV3yyOBF&#10;JpaeWYlp8AoMAT6sBXfL44GVJtb6LElKKMLLrWOvxbZkw068KYw2caAUGFNzq+53zLhp2YgiAgGF&#10;8upsSd8yI4U+GupiH15ieuT8JlwOwTBcsx65XKDXIOw6sKtTMPLs1T2Wt0OSnTIKlSc1eaTUTsku&#10;rXARSckMEAUdM105IjEl5r5m8yQ25arePcYq0ip8+2YObVCPJ2Om0Bk8q8yfmAfjSJgGptTx+/A0&#10;kzN1OarLnMnp9HoIx6PNdW126u5CXkJr7n+uNDbZj725c8VJakpJ3yxvlwcWeyMi+IZiuJDGOTdd&#10;JEOJOMPXKJ8nbabdLLgUrjspc5C5sUOzYq4DfKrivEuC5qnJcLUcwBVFhJqQDt3xeC2Z982OmwE0&#10;XmO0+0gCQGV+WfLdzcmOUofTc1qKnb7sZc3US1hBJZdmIBp9+dBixUB3PITzccn0n5K8iXem2dve&#10;EBYmUMEY70PcCn68i+pzUY+ObTDFkHqOnQhYxhFLNUnM6MWQCYAYX3k3wnfMjHFkA3kdvpuubDFF&#10;zcUXYQ3kxrmVEOxxQdhZNL13ywBzYQdgSSX3yTkRi7Azy423xi7A07mmUZJt0IuwMTmBkylyAHZR&#10;OY852yp2NrtlPErsotkTlWnZuWQ8RLsxYYDlWnYmz5hZc7IB2Jlq5g5MtsgHZQ3yEd1diqLmwwYr&#10;YkuwTDEW2Gb/AE2mapTp2G1jpxYgkZt4ARDrc+op2SbT9L+ztlc8jpc+pdkq07SAaVHz2zXZc7ps&#10;2o3dkm0/RVJ2WoHemazLqHCnO1ryKoqTTJHp+jqAPhr7HNfl1DSUFd6lHEu7Ae+HVtpdCCFoO+YU&#10;86CEhvfM8EQPJwT2+WD/AKkgA8e+UeIkQLF7jztGsj1YKCfgHT4fffBIjQABV2A65UZMxiLFL3ze&#10;7SyM8wEhP2AdqHoOuWRsAPpGIKZQQuna5NNcMzD4TSjctx498rjTtT9f0Yba09lvHkUFCWYjY9QB&#10;/lZYC0r4djgZUgJL26ilCSAkMPtKfh+e+YipA6HG1EFRtZhgtHlI5hRTYgmvYbeOUQFqB17V8fHE&#10;WWRoBB2D6tqMySlgkKtRxESwKdlDdKj9rESGoa9Dk2FsoSCIMux9RAaV8DjlWgOAlFWp3N7Cq8ag&#10;MRtXxypKKnLpvTMLWdD0dvodzwvI/wAwXP1lbn1FMcZoUWlS7YG51Y5icfHK+kXaeCYw97EJL9bm&#10;+LH+7iHpoO1e5zPstO9cM5JwwuS29uKRPTvQDA7/AGqZgy3d7ph6bY1ems3Ad8ojfLRyYcVqwWgp&#10;7ZRwMgVjDqe3bNSuRttuhaiBVgPHbBqKFQZvtNARgA8ZrJyy5CXsXkwWmlaJHGQBJIObnYEk/djg&#10;u2X241FMZbu3kNFXdjXGlgOuELata2Czn7P3DA8tyiV6ZbGFoMiyfSfKizMDw+8f2YXz6qqV3y+O&#10;C2LMdN8kQAAsg7dv7MKbzXaVocy8embALZFYeWLWA14CuEV5rjEnfM7HpmYinMFjDGAFUbYRXers&#10;a75nY8DkRgiAoGEd3fE1JOZkMdOTDG3hLdXbEnLXLhB2AC7M3XGm6qDsNdK06aeRQoJrkJSAFlxs&#10;uUB2dX8neUvTVZZl99853tHtDoHU5ZmZ2Yr52872GgWMjO4M3E0Wo6/fk7CJEgRBRRsM47VZzM+T&#10;n6XCBueb5U86eZ73W9QklmkLRljxBJoPxxpXMExdnHKxSS3Xrt8zlFRkKbRMqDRJTtXGkYCG0StS&#10;aNcrBTYCpFc1MDISWMmamRZcS3hXtmpikTaKZsU8bXHNgpkJtFMrFkSTyaFO+bbFQJOqM1RizES1&#10;UZWNtgg0WzYLSY01XLpXJRDTPJwhUjjMjADvgiGKgqc2Gm09l5vXawnYMt8t6Ertzddtv8+mCARm&#10;2EadBOyXo+mxW9tEvwjYbbDLwsRFXk1JUBNaV7ZtsjxBn4aCOtHnTkcTl6H5ZZFqmKZL5Xu2muAe&#10;VaZFtdoK5s9MiBe1eX6/V1r4YV6dOUmG/fbMrNGwzCY38Ikt2U71GS23k5ou9c1MhRUPNNZt1tbh&#10;9qb4uF/HIWyCRXV0Foa7ZYApizpLZbtixNa48D3yLEhRN4wBr1y6YtkQll1PzY1NccMCShVotehr&#10;lhaGvjkZSSChbqUq3FR7UzOwPwDCB1cbISyTyzZxW6etOKzybpXsBmEbLTwxu2ESCmWq3TxR8uRo&#10;2/emKMBQAfTlUy5GIUwnWLsTMKbk/aAxlKj2ymWzkA2UndUgRnO70xJga1zDnMkuxxAAMdvppZ5C&#10;B0Xqe2JM56ZRPI5+LT3uUrub3geCde5xta5SXMEKQLyEmpOVkSWYgpNJv1zYLbAFjNXKxZgLT+Ob&#10;G2fC0GObBbHhdyrmxZU1mrkC2iC0nNkbbYxWs2amC2zhWct8wyVtWSC9Wy6jJguIcJVRLTNXDbHw&#10;qbMtcsHEMJ410cprjx0ywOBPYo2P4lyjkWcStcEZWLNZXNgS0d82BNLeRBywcmC1SirI1cuuSa6X&#10;198//9afVwAJMngixk5WSEWk5FQR5slwNM86osPtl0yYg40sxVlg9scFJGSEXFnlpER23IdMekTE&#10;5dHETycXNq4xR9npNxOwWNCa96GmPWPj/XNpp9II7nm6bV64z5cme+UfI6xyrLcoGbsCOn3jKeRx&#10;0NMzgA6om3qWn6ZYRRqBGgPyGIM7ZYAtFN7eCwShESD/AGIxh5nvhRSYwywIKIo+gUxp274VAV1l&#10;5fCoxKSZVWtcmI2hF21mZCNq/Rhbcaj1AOZEMTJOrPSVUDkuFc+pGpqcyo4WcUxSyiHRR92F82qe&#10;+ZEcDYIqywqO2A5dW60bLhgZiK8RqO2IHWCP2jk/y6eBvgMcNaI/awfl08DXpr4Ysmu7fayB0yOB&#10;aYEPbFE17f7W2ROlRwNG3jPYYKTXgf2vxys6VRFSaxiPbFk10EfayB0zExWHTYP5RlNrn+ViNMjh&#10;XLYxDsMSbXF/myY0y8KoLSMfs4hJrgps2TGmZcLYtox2GBJtar+1lsdOzEV4iUdsAz6wT+1l8dOk&#10;YyvoMLp9TLE75kRwtgxuwHJek98tEGwY3Yj9ZJ75OmXC7FopCSMiQxIdhtYozMMxMppxpuyW6Rak&#10;kbZqc82iQQ13OI1JyY2FuFA26ZqMsmoRefebtcMcbhT27f7eGLsVWgrmp1WWtnZ6PCCXgHnPXLmS&#10;ZqOwB6bn+uB2JJzT5JPS6fEKed3tw7Manr44meuUuzgKCAbc5dMIYGQLYBGWp3yyLiZobIm2kIPX&#10;Lc5O9nGxQ3RU0g4nG98xpu400aSq4apObK3LKHAGao74KKRu7iR0zVHXqcNFgZVsqKvfK3Br+GTA&#10;B2a/E/ElRUJptv2pgq2jerBkUk7HkKAV379M2ejw0PUPR/SeS7Z10Zn9zL1x/m/8deh+Q/Kwgltr&#10;jzRZSW+gX9eN2VAYU/aHMfZP82LNJbCSgqeIpQEca/Rlw1kYngiNnVS7LzZIjJMmN/1mSWP5oaTo&#10;CXOjaHZQTwrI3o3sqo7la7UpTA9+T6OyhVPgM22Hd10sIjJ6d5C8xX+pRxPdScy/uQAPChOQnV5K&#10;Mc3eAM4vXbFaQr8sIJZgDmfGLOkWMLruYb75kY4s4h2EF9J9quZ0A5+IOyP3cvxHfMgB2mKOzsLp&#10;pMmA5kIuwK74CW+IdiLNlRk2gOxGQ1yqZ2bIh2IkjNblLcHYmW3zClkZOxpbfKJZU07K5ZUci07L&#10;BpkxOk07GM+Y+XOtOxMtXNdkyWzAdlZAbpdiiLmfgxWwJdgmJK9s6HSaa2qUnYcWFjyptvm8hERD&#10;rc+enZLNL0smnw/hlOTJTodTqN3ZMdI0Fn4/Dv8ALNXn1VOmzajdxIAqcmGl6AwIqvQeGajPqnCl&#10;KyhLvUIYUqzAZKLLRlRakbjNXk1FsOZYlrXnS3t4yeQpWnXDOG1jQ1AoR3zHlMllwFhuoedHmAUf&#10;HG/UDoPxxRnRFqdsxc2Xh5uVp9MZnbmwXzT5tmjSSKR3SF1AEqGhB/l64HW5cVI3GYBzSG9u4Oig&#10;dj6WAjzHqQZpBM8q9E5Emn44rHKGQ8mofHLY5ARud/5zi5cBjKgNkfZ6lDPa+pPIwui1Xm5U+QWt&#10;cVVgczMciQ4OWDIdGv56AuvID7LEUJHv88se9CMsaDHuZFFqkTAyzSPbz1PwBhxoB1K5VYxUNtXp&#10;g5suAgWEJJqEeoXKRSTNFBER6rgqtQN6g5TLVe7U75IFrN9U90+50qAGCDj6JNQWo1Seu5xhVh1H&#10;XDbWU8tLm09OkJQFdqJSg+gZYQnvt4Y2kBD3eo28J5SMUFaF60GZAwJ7/M4lkDSD1X6ld24ZZzHv&#10;8LRmpI8BidzGTG1CSR2rmBqcXpsWXcaDUDxBdB5d5x0KaGxkkjeWejGSrnkdunTAUR3NR9OYmH6H&#10;e6uPq25MK0twLNiTWQsag9/py5PHHIdmvTRtV1OQqBXaijbETucxsYsu5nLhhQSSBfUuC53A6Vyz&#10;l1OLE9EUyEEnKbKy3Y90PNtQd++Za1yURujOaC60XlMu1d64IQmlDvm0xyJ2eezQALMrG5uZI0QF&#10;j2Xc45pOI65m48Z5lwckwy/QPL99dSK5Lb+NcAz3h3AzKjjaC9Q8v+WVjCmRQfHbCm8unqQDmXjg&#10;FAZvpthbxgUUDCO8mkNdzmdjiGQCewooAoMJLuaTfc0zNhEN0QiABhRczPvvmXCIbYxbwtmkbfMi&#10;IbxF2F9wzGuTtvgKdhe0Ts1KE1xDkRLsNdJ8uT3MiniTXK8mYRG7i5dXWwcSAKk0A751fyp5Mht1&#10;SaVR9NM5ntDtPpbrpceQ0wbz5+Z2j+XbRl9ZWuG+FVBFa/fk14xRRhI9gPDOUz6vjLmabSEbl80+&#10;cPPF1rl48kkrFCTxFdqffjfUqKeGYcpOwjgIYnLdq2305ROVmTaMai84OVUYLbBEqTSA5RyJLZGK&#10;kzjKyJLcAos4GatMFshFaZBlVwMhjKwyDNUYsxhLRlGVXBbZHCVjSZq4CW2OFaZMqpwEtoxLDJmy&#10;NshjaL5qYLZiC0vmpjbLha5VzZKMbacpACpEpY7YtDGSQczsGKy85r9VzAZDoelmSVGZajBYApTb&#10;NxjAiHnJkk2z+wjit4goAFBmqBjLIAxjjtUudVVEO9KbUxhfpTMWedy4YEivNaYnZj9+YOSaZGEj&#10;IpnjEQss7mWeVaVNT44y4kCxtvvmzxxdZllZes+QNInJ9RwaGnXInqpZyfbNtg2YvbNGjEcCrhTA&#10;Cso8K5ly5MwExk3Q5LNNkrGBmqzDdIDz7zjBTk4FThiozGbRF5pe3pVyC2OAxSQgxeAttigFBkWt&#10;eAz9O/TL4nr2wWkSCHurWRELUI98rkK0pkZSpuGNKZr4RtxYb+OPwR33apmlfTIvWkE0g+EdAc1A&#10;PnkmkRJT6TUBGoNACBTHBvHfISIDOOJKb/W2kBUsT4Anp+OU3xdNgMplJviKSO5nJPMbE4xmp0zH&#10;lK3KhBKbidmZizfB+1U7YjIwI8Mxck+52GnxEc0l1K8R/hh+Fe56VxLMWRdtGKSSOAT443AS5Uca&#10;HaSuauC2XhrS+bAvC1yObG1puubASzEXDL2wcSeF22VkSWYitJzYLbIhaxzUwW2BTJAOahxtK2oz&#10;UxtBDYbNTG0cLfI5qYQUGDYkzb5MSap416vjg22WAuvzYd0VBPTYnHVqMk4nDSJ5BxtmyNMwVhUj&#10;qMbXDTKlu+XgIRbfGu+bCgrgKZe+LG12f//XnoyYcaZeFqNsumFxpTVFGbJAFqkQqKrdscq1y0RL&#10;i5MoCMgtnbF4kBGZeLDZ3dTqdQU/0jSlkYcxtiqqBmzhAB1GXISznR9Kt4gG4jGNloaaZRZuFPw9&#10;fbE2Fa5IITWF5God6YmwUZIItNIEdqVOJPIBkwEJra2hanXAU9yB3y6MGQTmz03pUVwo1HUOIoD1&#10;zLw4rQyCwsVRakfLCSW/rXffxzNGJIimAQDAN1d1Gxy+EG0RXAYT3F2R3zMhjb4xdgCW/IPXLxjc&#10;iON2BG1D3yfCG0YnYmdTp3w8IZjC7K/SvvjwBTgdjv0sfHB4YR4DsWj1g/zYDiDE6d2LDV2/myPg&#10;hh4DscdWP82PghHguxraof5sfBC+A7E21M/zZIYwnwXYi2pE98lwBmMLsQe/PjhAZjE7EXuycNMx&#10;jdifrscWfA7FoyWwNUg7DK1QsRkJlx8hdkn0m1qVNM1mebhTLTGgya6TbgU2zTZ5tBBSPWrxUQiu&#10;SW3QBRmtmVgHknnHUAQ+/XFZKEZqNUbLt9Js8Y8xvzlbfA7DfNZN3+CWzD7tPixlN8iHLOTZDLHV&#10;scRhpx45FZ4NsbTfDbkE2FIVRss43s1QjSo8hZcaeuQItzceSkM6VywaGuVyhs3+KFP098xoeuIB&#10;Aa/EJOy8JQYySSCFOcjhFHc5maXRZcxoDZwdZ2pHFz5sj8oeQfMXmq9W20q2aSp+KUghFHu1Mi2t&#10;ebCIZorJuMhBCymjcT0BAOdjoOw4QoyHEXnNX2pkyTAHpj/pf0vpX8u/+ccvLmiLDe66BqWoIQ3p&#10;OAYAR24sPi+nD/yjfiXQFla7a8uP7qVmps4HxGma3t4nEaEeHidd2b2fLLqd/TH6uqWf85Ja/baL&#10;okOkW+nRRG7H7qdEQcVHhSnHBu/Y5y2M1J9B1OMRiB0fLdtKfWBrQ164rNyNp8Rqc6jRyuIfPNfE&#10;DKa5Po78mbovZxCQ8ip2rv8AryDa2xDtnR6YbOOH0LY7wL8sjFxKa5s4xbQEThfcyfDXMiAbYh2E&#10;N7Id8ywHYYouwgunPI5dF2uKOzsL5ZMJLmQi7A7PlRLcA7EmbKyWYDsSY5i5JswHYmxzVZsraA7E&#10;WffNZkz7swHY0tXKJZbV2WDkoyV2YtkjPZXYmxzCyzZB2VlIFpdj1GZWKCC7F4lzdaXFbUS7DOwt&#10;i7jbOmwYuEOHny0HZMtG0ktx+Hrjky083qtTu7J/oegkhDx3+WaXU6p0ObMSWndVBJNAMnek6FRR&#10;UcT4Zos+pcOR3SPVvMMFqhI+KnWmSO0sY4RSm+a6eQlTF51rPnOS5dljPwVIqO344IZgtB0zHnkE&#10;ebk4sNh53r3mKRbvhI3JHqSOxA+nNyB/rhExVsjjNoSDUYVg9VX+A7FSa074FupFI41zW6vLewdz&#10;2dgIPEw7zRqSzJ6IPFWblucBiQjYZgTnT0MNKJsTa+kiJVT0wVacXQ1O9elcz9LjGQbui7UMsM6A&#10;ZZ5MsLXVoJRNLwkU/AqsASflQ1wSocdeg6ZmY8cxdl1OTJA8mRWmkatCZPWfgi7RGOpL+FQfs4yZ&#10;pVjqoq/am+QymYjf8d8MW7TRxSnR/u64pKGrDV4NPM4+LVZJVgtbdCSOLHdyB1x8chCgyjifHJwm&#10;RC597TmxgzrEeJG6dO1vpJn8wQmI+oI4yRx5EftEHt748PX7I/d+OWRyA7tMsVc/qVoNZZ5VkVB9&#10;WLELKB8FewBBy2+Leu/QDLRs40gyfRbz0IDEiclILu4JO5965jtVf2u2BlEVuh55H1CSMVYWnI+o&#10;y7149sa/MKKde+SFNZknOn6XZfFVzw/YXl0yjxMbsfDK8xqJcjTWZgeaR+dIha6RPxo4CtSm+xwr&#10;QEsfnmo055vY6sVEPGNHblLOTsidB7k46U7AZHOV0ELK3Wpj3NSTt8sYBtXHFCg3ZslypRs7crCG&#10;I+I/F/TKJpkyiAXSdfluco5R1cmGyDkPJq4pDHU75mafFe7rNdqa2CeaBpLTMHZdm+zikjKi7ZuM&#10;WIB0OTOSXqXlfyby4SOtV6gf5jAUsxOZcYuMTb1HR9EgtYh8FDgJzyJy4MqT+HjGAMCTwlstjJmE&#10;bBdqCMLrm0JB2zJhkZWmdtdqQN8JLy0O+3fM3HkbYo9JAe+Et1aMK0BzMhNtElQHC2W1avTMkTbR&#10;N2JrpckrUCnGWQBBy07D3RvJks8gLJt8sws+vERs05NQa2Q95qFpaRNLPIqIoqSTTOjaL5ZsbCMN&#10;Ko5U6bZyuv7W8906fSZcx2DxX8zPz60+wjlstKf1J91LAg0+44bFh0TZB0Gcxm1Mpm5PS6bs8QG4&#10;3fOGueaNR1a7a4upmdiSaEkgV+nNzOY5k5P5RLPrr0pm5YBIsvyy360x3rlcsNp/Lu+sNXrm5YCV&#10;GBozt45uWC2Q060zN45q4ln4VNGQnNXAnhDVTmwoBDqEjG5ElyoVSmxIy8gzAWEmmbCyarmAwJcS&#10;MumC0tEnNiq3rmOEBhknQVI1LECmORKnMrHF0mr1WyaafZlmqcFRUUZssVB5vUEyLMNKCW6A03x3&#10;IdsnLK1DEipdSAB3xNnOYs8hLmY8ACT3eoyStQHKXc74ceMyLLJMRC2ys57uUKK+5PTLdlUbHfNp&#10;hwCLqcucl6P5V8lsXjkkX4R/nXpgO4kLA1zMgKcM83ruhWUNpGqqAKYS3kXKu2ZuOVMmY2MwVRXC&#10;30OL9Kb5kcTMI/1QRh1pr8aDMPMFBYx5ptPWt2NMOo6EDMIuREvFPMMLQznqK/1x4pXK+PdsMdki&#10;S8YSUPSv048bdcLjzinFlfx8QXpjwQRTBTUIEFF3WoQNCV79umNK71GVSFlyozoMWuoRNNVRsD1y&#10;+mWMSLRcNz6KBB0HQeOUWp1yGSdJhjtR1DUxHHvuT7431RX2zDOVyvANJA2pBpONamuK8hSoyUp7&#10;NAgbREtyvpV6nA8pzCy5C7bTYmO6neu1UrRR2GIMTTMYzdtixbpJPcncY2uVyLnDHSDaQknKyJLk&#10;xipk5qYAVIcDl5JhS4HMMhIsxFotTLpkbbOFrnmpgtPC7nmpja0tLZqY2mlpbN0wpWnfNXGldTNX&#10;ArVDl4pazYq7KIwhBC9ScrJAtMsdqivlg5ZGTgZcKJinIx3IUyduJ4e6I9ZSu/XKqMFs/DKz1lrl&#10;1wseEheJFIrmxRTZdaZq4p4WuYz/0OgBDl/C6WWqt4utkw65uJyUYtXjKi21MsLv0y2MWieVFQW2&#10;4oN/fFVG368yIQcDLkTWzs68TT54pxptmbji6+U7ZDZWzKy02Ay65lOLNk2nI5AG+MduuSAamQ2V&#10;qzEDEWemTAYEsj0/T2NNsDSz5ZGKgJ/aacKglanANxd0GXwgkBPbPTwOwrhTdXlSd8y4Y0hOYLRV&#10;A2wg1W7+LrmfgxsgEYi0GEz3h33zMGNtEV2BprrbrlkYNwg7C64nr3zIjFyIxdhTczGpocm5eOLs&#10;Lpbhh3yzhcuON2INdkd8IDcMLsb9c98HCnwHZvrvvjwr4Dstb0jvjwoOB2KLfnxxMWBwOxQXxPfI&#10;8LHwHY764adcPCx8F2b60fHDS+G7MJye+BfDdl+tXFHA7LDVxtFOxVAa4CwLsMLaM1GRcaZdh7p1&#10;sSRtmLlm4WWTsmGk2tKbZqM83EtQuZAqHJfp0AUDNRmk1SLD/MF0Ah+nDiMUX6Mw5ltxjd5F5que&#10;XqeO+W1M1eYOywF5pqy8i22IMuYEou3xZGN3MB32xnHIAOVx2hBEQ2WBtk2q91Wnw405UXLxFCTr&#10;Q7ZsDcQpAmtM1K7dMlFolMx3V44w+xzUYGgFa5Pw75MDmB3J4QFVLNywjjQu7migCpqfDAGpavaW&#10;KHk3Kbsg/jm60HY8pninydVq+1iBUOX8565+V/8Azj9qOvumoa4GtLAGoiIIZ/bcZAde80O5Z55O&#10;CDsNs7PS6GMRUQ6gRnm3svpzy95Y0Ty/YpZaXax28KCg4KAT7kgZBtQ80STM0VrsDtzzawwAc3ZY&#10;tGI0ZcwmudX/ACtsbm38rGW6YmW6lMyL4LSmcJ7XZwZxgHN7Lx8eplKP0CHD9r5u/wCcttasnOj6&#10;Qo/0yEvOzbfZcAUyXkUA8c4uJNvUZh6aL5tiJ9So8cVPxWx5bEdM6fs+XpfPO1sfDl25Pe/yOvQw&#10;4SNR1I4L0rkG8xpxdjnU6QuuiX05pbcrVD7ZDZ5KE75uIhyhFGYBneq9cuiGyI3dhHfsKHMmLscA&#10;dhDdsd8uDtcQdhZI3XKpFzYh2Is2VSk2AOxhOUzkzAdjGNMwM2SmYDsDyPmj1OZtAdiROayc7ZOz&#10;DJRKl2PGZUUOzNkZq7EzmHNk7LGSirsem5zMw7li7BtvEWYAZ1GixdXHySoOyX6BpbSFfh/DNtOf&#10;CHntdqa6uzqHlvy+SqfADXxGaHWap5rPmsrJpkjQsxoBnRtJ0RIY1YqK0znc+pJLgncsJ8zedLe3&#10;V4lcbbHcf1w8jiRVoo3GYEpsvCLzPUfOod3Pq1JJASo/rmmk4KCTmNnycIsObpcHGapg3mPWjbf6&#10;RFJwEjfEoNBiQmVgW6n78xvGB3O7ly00omuSSRarDKPWkIlNQvFjypXELh5kNFr6fWuY+YTAsfQ7&#10;PQY8OQ1MjxP5qUa2dZtYfVt0kOm8wUuKGhPucfDF68XKQUodu2ZGHAMsLk4mr1H5fKY4zf8Ask10&#10;PQv01pC3epAp8dIQPgJQdeoOXPZQkgIaHJ5dAJAUjR9s5cVmXqtX1byFZXgiFifRZPgZqjjxr1NF&#10;qzYtFDHEKLuczMWMQjQdVqdTkzSMpMy0fSNE0SwhhgCeqBQswXma922BrXFBvky0RVtQkjUVLUWl&#10;a5VKnBYO7ZyS3145F5hQ0qtSJgKkV60zNRlIIBGMogii1wmYSsJzc2MeoWJt5VDKy8TUAkV8K1xN&#10;VIUJ07geGYxhEVCPRzfEJucurE7uztIpYtIsQ3CA158j9r9o08cUWok+LcZdGXRx5x4ophpt/JZX&#10;zwKpVN1UHeo8d/HLZQ5qex65YNnHlOhTI9K09fXkuvrHFXPwwVooJ/AZTMQN9+wwb3snGARuu1JL&#10;ganbpZMUi4tJcuGqtV+yv0400HJvAdO2DLKolswRuQCC813jporStR+SEMhFd22wtiVvUOaWBIlt&#10;ye01UonEO94rpwnW/lCKViYlmr4Y2U/EaZXM8UqbtIOHHZQ9+fWvRGpqK7fLLA+HMkDZwyfUj1H7&#10;sD6RTwxrdMrk5OLmhLk0QttVtvoGZByPtkccCTTLUZeCNrLC0e4uEjWp5EDxwQ5ESV9s6DDiAFPJ&#10;Z85kXtXkryiPSjZ0rtQbf2YXT3JJNczYwaHq+k6MsEagKB47YH58sspQE2aMIlAMckdd8BLMIG7u&#10;xGpxRreo6ZETZAJVJr6oftUNaYhNZAg5ZHIzARdj5nSoBfbxrhVeacN9syseVkAyew12GQD4h9OF&#10;U2jO52XMqOoplx0m0eoQla8hmg8rvI1OH4Yy1tMTNSuNesYFJeRRTc1OHen+U7eOhkAHzpmu1HaV&#10;DcpjjnM7Bg/mr859A0mJws6tKo2UEE/rw8hggt0CxoAR+1nOartQz2i7vSdkXvL8fY+fvPf5065r&#10;rvDbyvBbV24kqT9xx7Etud81Esll6LDgEBQeZT3Es0heRizNuSTX9eNyLbSnl5Eppac2BspbXKyQ&#10;YELgc2EsQWyMvIFtAWk5WSCJRbU44ZOnEyWqLmBw048olVUrTtlHrkJObhulCWlTTpmysOWFE5Yw&#10;FNLSc2KQ1XLxTTROUThAYyNLkWpzKKnLoRdVqsyOtYKkbbYtGKVzMxh0WeVp7ZRqm52xTkAMmZuM&#10;MRJRrXoVaVpjat275GiWyox5qFbiY0Tka5YSm5zKw6QncuPm1gAoJ5oXk69vZA0isEPWoOU0gWtN&#10;82UMYHJ1c8pk9K0HydDaqC0a0NNqA9PmMRYlqnLQ1Fl1skNuoVaCmwxMoSPbJWghHw6ikR61bwwN&#10;PACK0yyMlpObDVQxArhdLBQ9MyIySE9hu+SjfFLWqnBPdIUNRAliPyw6tnBUDMKYZxlTy/zbo/Pk&#10;wXpXBSoOuY0o9W/xHnFzZGKVq9jl0pkPESBaGe6ERzA74PFSYLf0kGOzGp7Vx256ZMMOSulGWqnf&#10;vjWIHXtkZzpnCBKheXSQrU05AbYkz1zXzyEuxxYaYzf6g8zbNU9zXG8wMqM28YCUCbxUbty8TiiS&#10;AgjCMgaMmmIKKttTj4sHI3picmUZJW52lFJXqTh2LKaDETlFO5xjZJ3O+VgLdFYTmys7uTCKmx3y&#10;zgDPhWBt8r6MNseFfz98sYCyEWi2bAkRa5ZsU04t4ZsVIa5ZeKGs2Kur4Y09ckpXDNih3XLGRKrS&#10;MvFktpmxV2UcUELgcrJhqnBVVs1ctBcSeNWWTbLwEsYxcTmrgtmYBoMR3OauNsDjDfM+OauKPCdz&#10;Pjn/0ejGMjNgYvHRzPMJLUqem2N4NiIMzmC1bViQQO+PAHbL4wcWeRH21mCd8eAB88yoQcScyU6s&#10;7MbGm+ZmA6ZlxhTjlPbO0DEbdcZy8MnTTMsm02wFBtviTvkwGollGm6dQg0+jAs01MtjFiyqwsQA&#10;Ph3wuuLigOZEIJCe2tmKjbCq7utuuZWOCU1gtwo6YTT3RJO/05mRgypEhRhHqtya9czsEHIhG28J&#10;5Jz2zLEXIEHYi9wcmItwi7AU853yTfGLsLZ5TU75MBy4RdgCWTJAOXCLsCPJviXIEXYmZDkOJlTs&#10;aZDkTkZcLswkODjUxdj1mOTEmBi7HrNvkmJg7FllyVNZg7FFauAsCHYoCciwLsUSpwMC7BMaVIwN&#10;JLsHQW5JByLjSm7DeztSSNsrnNxJzdkm0qy6Ejpmtz5HCySaJpks062oBmpyzaiUs1C44qfYZI7N&#10;aAZrshYUwXzDd8lbfB6D9WUSb4bPLNfYu7U71xxXaua7MHLxyYXqMW5PXxxJxmHIOwxSSC6RanEz&#10;lNObA2l8qcTja5At/CoF6DKORLdHZDyEE43BVtwkpcTXHKtdztlmOBmeGLh6jKIblMNMsbi9mSC3&#10;QySuaKoFSa/LCbW/MMdpGY4CGkHVs6vs3sqt5c3nNXqjM0NgX0r+UP5JQ2aRatrsYkuQQ8ULCoHz&#10;BGcv8yea4oC7O/OZugrnX6fSbcl02knkPk9wihihjEcahEXYKBQZBZ7+/wBUuKkkrXZRXpmdGAiH&#10;dxwwwx81+S/yh5CvdTYFVoEPKRjsAMwdb2jDALkXW59Zc+Eb2l3mDzDpOgabLqOqXC29tEKlm7nw&#10;HvnbbKzitLSCzgHwxIEFO5HXpnl/aGWWrzExdvoK0uIyyeky9T4t/MvzLd+f/O1xf2cbNDtFbjqF&#10;jXoT1xcrTr9odsqOOGEXL1SZDU5dTKo7QSR9P0/RoC9xSe8OyxnpXxAIxRAWRg3btmZ2Zm4rp1fb&#10;mm8OmXfk7qrfpriTx3qFGwyH+Z4tmOddopPPjm+uvLs/qWS712znt0SHIzoIOdBNsAyPsRl4DaA7&#10;Ca/O5y4OfhDsIbxssdrhDsK5G3pmNMudEOxOuY8ptgDsaxyic007EnbNXqJtgdiLCpzUZIklm7G8&#10;DlX5cpt2OCGuXQwIJdjuNBmUMdBjbsY5zCzSpkHYmTmFKTJ2auATV2LwipzbaKNlhJ2Hui2ZlmG3&#10;XO0wQ4YOq1ubhDs6v5S0MEKadKZg67UU8drM5JadgqknOsaFpgiiViBQdc5TVZ7dfw8Rp5/5984w&#10;6dYzsGoyD4RXufpw4e5C/CvQbZoc+p3oO303Z9iy+cPMvnW4ubtqyNVt6An+uB5LmSuxzAyZzbu9&#10;L2dCQ3GzENQ168Eg4yEt1O5/rjXnkkADHISzGWzbHQRxWRyULjWru8EcczVbtWp64Nt40EWxq3fN&#10;npYRjGi85rs05ZL5RZt5XtNOttPKvxluJCC/Kh+4EYr8NCCKr45lUDtWzgix6gfUnzvC5isTCjWa&#10;gsaqpHiOu3XLUUHSg7DJUBsGEtzaIX00URRoFX9hVAAp9GZONSSMkWM0TbMUhZgmw2oQMwIPxDAW&#10;XLZCzGW4Uy0+xste1cTll4AnxzG1OXgDlaXT+IUp8yas1pbRRM1XI3J9suJ+SVx0s7ijW4uGVKvk&#10;q+SSkk1CrGik+J+eO67ZlE04MRZZldXEVpaNP0UCpr3zcT6nL2zGjH1cTlSl6eFhdrFIbqXUCPgo&#10;xJ8Nq5g4ZKjqNqZZGQkxnjMDSKsr20vrVy1OY/aFOQPXY4GurmWN/TB2Armtz6qUJ7HZ3fZ/Zkcu&#10;MzPfTEfMHmy/sNQjtraVuIjDSAk7k9KivhmivlYHn1yzHrdt2Or7FlE+nkr6J+Ys0cLR3FZHJqKn&#10;+pwRHKrKT26ZmcYkHVTwGEq6p82t/pG0dm3Q0DjagriEgRVZh1zDz1Hd2Gn4pyESxvUxBBbzTIoD&#10;cdqAD9WAN61zCx7m3qMtCHCGIWlWnMrbgmlcUJ+HMol1Yjum7N8KhTQt8IGMpUZURZcqE+HcoKWP&#10;1JOCn7JoMXVRGtT1zaaXTV6i6DX67iNB6R+XnkOW7kS6kXY04ih/pgC7u6VGbbHjdTdvfdA8vR20&#10;Srx6DbC15yTmSIswGQraqi0pTFoPiOQktoS7UIpPTDCGKtMx5SZRLD9duuIah/HFxFQDK+JviwTU&#10;tRcsQrd+2NeOu2SBbQENBq0sZrzIxB7QP1GSGSkgJtB5ye3AJfLWxjHUDK56oR6qMBkdlt9+bH1e&#10;OgkNR1Ff7cWVUjH7sfF3zW5+0Cdoufp+zgT6+Tz/AMzfmnrF4CltIyjuanpT2ONLVO53zUzySkd3&#10;fYdOID0jZ53e39zdStJPIzsetST+vKofoyuw5ANDZDGh69Mo5AhycYJUnplYLbtlm+XixbrmwFsC&#10;05jiGMnKc2Str4V5bN1yDcApscojJArJtTmFclxNJha/ll74ONPhBr1MvIEs4xpYzVzYG1ZXLxS0&#10;c2KWsonCAiRpcqVzAVy2IddnzouCGpxRRQZfEOnzTspraxBQDjq9hlu7jUOZRYLGir3OPCClScyM&#10;WlMubiZtWI8k50fyve6g6/CQtak7/wBMoyKlc2WPTiLrMuoMnofl/wAgRRAPOlRsVB9vmMSaUnpm&#10;QA47M7TTbW2QBUC8R2xqqxJrhtNKkt0sK08egxwUnBbYIJRea2sTGhHIfcMUVeuAlZY0vi1/958T&#10;1Hc4ySIHCJNUop/o+uhmHxfLAU9vUZdGTXdM406/WRAQenX6cCenxbpl1sgUzZ+aUrg62Y5RMJtj&#10;ev2iyxMQO2+GEbGmYuQbORjp5J5msniZ2pTGszE9ema6cjbsseMUwK7upEcg5lbfrggTackBSy0n&#10;keYe+K8qAU798yTPhG7hjHxFOpLxbSAGVgCRsMQd98wMmYl2eDAAxnUdUkuHPVVxMk5SZOdCFpZL&#10;PQbd+uNJyiUnOx4kvmnJJ65g1MiS2S04Kktw6nrll6jBbGOlormu2ZaE40nBxOZHHshy2+bAUxFO&#10;JqM2+RpsOXhWiOubAQyjlta0dMdkW8KROYDG0tFs2BWuVc2FW82KGxmxUh25+ebFDhje+SQV2+bF&#10;DebFDiMsHIlksYZeK21mxZB2URhtBC5WyiMILWY2vV82TBaJQVA1c2FiV2XTA0+Ju3xNMqmFs8QN&#10;UOf/0ulFTm5ON4CORhElp4jG8T9GEY0nIHR2dSNuuX06ZkQxtMppja2TEjbLJIzKjGmgyTyzsGIG&#10;2MYgVyYaZSZJp2miqniNumJOwG1cmA1EsosbA0B409qYFllp1y2MVZHp9nQjanSuALmbrQ5fCKhk&#10;NpbGg23wpu7g1oMy8cEJzbwhRhZcz/Cd8yYRZAIgCmE9zLTauZkItkQuwk1OWq9d8zMIcrCHYUmb&#10;b+OZNOZwOxCaXsDhDZCLsCyvhpvEXYAlOTDkwDsBy5Jy4uwM1a5AhuDsTIyosnYwg5WyDswripdj&#10;hkgh2KLXLQwLsWSuTay7F0BwNUi7BCITgaSXYJihqRkWiUnYYQWxNDTIuNKbsNbW1qRtlcp04s5O&#10;w+0+y6GmYOXI4c5OJyT6faUA2zW5cjQUPPMFU75I7OAAdM12STAljmqXZ4tvtQ4bQpRRmJIoDBde&#10;ugeXxeOwwXGQBlMm0B5/qswLNXwynrxzCy8nMxc2JakDQgfScSY5hSdjjDHbhqE13xNt8oLmQFJf&#10;MwbpjMrLlxNISRSajx75RO9MjXVtA6qJ2+H8cwQ9PHLccTM0GrLqBEWf4UTZ2M91MkMKGSSQhVVR&#10;U1OE+v61HaQtEjjlT4jnV9mdmiO9bvLa3XHJJ9Pfkr+TcOl20eratEGumo0aMPs/eM495q85BGeK&#10;J+Uh6kZ2Wn0tC3L0fZxnUi9tVVVQqigHQDIXBDdalc8jybkd+pzOBoO6nOOGNN50/wAl+QmlCSzp&#10;xUb9M0+t7QENhzee1WrJKB1TVrewhLuw502XOtaJplrYW8sUICBxvTrXOS18pZxRdfgMoZhPnTxz&#10;83dej8y+WW0xDwkLgswI2APtvgsD0gFbox+JgASB7VpmrvHpxvu7qXi6skx5xH+Y8as5PL/lZ40v&#10;YmureUkyrGwSU+4cjamJSGItWMMBv1Nc1GonxSJD0fZuPPCAExD/ADYsL8y3GjXGozSac9xJCxqr&#10;XBUNT5DplwsfUArsdjl/Z8+GbjduYOLGZHojfIWptZa7bEPxVnAb5Vwh8z21YW+nO00c93h4Hd9q&#10;eSr1Z9PiKmtRnLNSXjMw8DnU4dw52LdlOFUkhBzJAcsB2Fd+epyYcvC7CG7O5yw8nbYuTsLJDQnM&#10;HNKnOg7EzmHOVM6djWNMx8k6ZAOxM75gyHEWTsekPI5l4NDxFjKVOxU2jgVpmaezQ1+KHYkYyD0z&#10;FnpDEsxN2NcUGYecCIZh2BXcZz2oygFsAdiRceOa+eYMnZlcVxhm32TTsHWm5HTfOs7HhxG2nJKn&#10;ZP8AylpwZkamdVllUXlO0cxJp2du8p6SqxKxA7Zymuz2XmcsrNJJ5m1eOwsnkLdATTJgZRHHwAoK&#10;Zy+t1AHpvd2Wg0PEbfLf5j+epru6mhDAR1O3f9eBWYlq5qDKzb1mPT1Gnlk148k5kJJOMJNa5Web&#10;sMcKhSFdiZORPvj0beuEEAuFqMRIror206pKHP2umC4ZlUjfM3DlETZed1ellIUyrQ9XgtrlZXHq&#10;LxK8CdtxSuCVdHHXbM2OYOpnhlHmyG21WGTkynbtTsMdzXpXfJjKLaziNXSKTVo1kC8h7ZfbLhK2&#10;oxTCK7DrUNse2VWmCUwGQhalPqCwuFqPjIqv9mALxz65UHZds0uvy8U6H8L1fYukBw8Z/ief+edW&#10;eXXXhSoSACNR4k7k4Ks1KxEN1982GkFRFui7SmJ5CQybydFJbWMYnBB5cl5denXfFV2OZM5WKcER&#10;TzUdRadPS5EoD0rsae2NmfijHtQj8MhmFYj7menHFliP6Qa1G2WDynfTufTKxMQ1afEdgMDWkxpw&#10;PTqD8s1mi1BJp33a+iEfWOrB/KOsymU2vipYse1O5xK43kZzsa0Ue2V5q4jL+d9DlaEkYxijyiOP&#10;L/W/moHXwst7PqMhHKd/Ss4z3jHwlyPAdBjBCwQv2rTIQxEDi6N+XXCchDrwoSPSLiO1N2VIhaTg&#10;jUO4XqcFW1SpFNq5sNJG4kuj7RIEx7mTeWIZJbGZgTxDjbxAGJ3sg+yMp1c+jm9j4CZcRSzzdeqA&#10;LdD0602wKv2cogHa6k+tJbFf3P00x/amX39jhEJgrV+LiAI+hHjisS0qT0ArmRp8Nnd12t1FR2ZB&#10;5Q8vS6jqUURTkK8nqOxwLe3QCHp9GbvFjefJuT6Y8q6BFa2cSpGE4gDYAYSTTlj1zOjGmwBl0ECo&#10;lKb5Ua8mGJLILbhwoOGdrDtmNOSGOaxqCxIxJHXvhpHEAuYpkzgHmfmTWAzMoPXwOPC0yszDeAxC&#10;e85ManKZe9MhLK2RCEuL/ih3GJsMwsuclzsWMMe1LVJmBCsR8jjDXMKUiXPhEBI5ppX3ZifnjGyB&#10;crGg5q098bTKi5sCgnG+bGmdWtrQZR65AuVA0FNsrBSeLdrjtl40ytqmbIlILRGbAlbvmxVvfNiy&#10;DVMsYlLRysUEt5sVBcRmrhS1mxS76M1cCeJorXLrhEbYyyANrEScoCpy2MHCz6hEwW5OKqpy6MHU&#10;Zs4TO2tGpsKk4qsfc5l4tMZOrzasDkn+meXrq6dQqkg+AOUZFQmm/vmyxaUDm67LqTJn3l/8veBE&#10;lzGDUCikV/hiTTk9MyhBw5bvQNO0S0tI1AjUEDpQYzc5JICKluYYwAaDtTHKuAlmIpRf6uiKeJpX&#10;FABkCWyONjl9r44EB9/GtcuoBymWUOTHExq91qpYBjT55Zcbb75T4zIYUB+l2/mOOWhy6GUFx8uJ&#10;OtG14Iygt0xksPIHL4ycKUaei+X/ADAjADn4d8BPb79MuE2NsztdUSRBRqnKRSpxJtLVw6yIa98G&#10;xybDKSGeM0WEeadLSWJyF/DFCNgcwMuAk7OyxZqDyTV9ElNySBwC9SemUtD7ZVxCGw5tkoyO6DS4&#10;tLQenFR5ehfwOLxwBt67DthhDi3Li5dQYCgj9M0ldSmEkz1VaVBJ7+2OktlcbCn+fyyyeCJDRg7Q&#10;lGSeaz+Xts+nmSIAOi1qvf7hgCVeLU8M1GSPCXrdJPjjbyjU4GtrhoidxX8MTyou0hFLHapzZFtB&#10;pacrfAQ2DIFpU5eRqm0EELKEHNTG1ADiTXLG2GO7i5gCqRkjMT7Y1bHDQ6tvU9s2+R4XI/MRCkYG&#10;OXvg4UDUhxtzlV8cBFNkcwKx4Soy8DfanQ1zYULgM2KHUxprkgQq8UAzb4oLW2amK03XNTFFOrlj&#10;ArRObArRObFkGj1y8VLQrlYobrlZJiQvU5jkolokFVWFMsHJuPPGvVh3y8WnhK+o8M//0+nkZ0vA&#10;+ZiSStZVO+NI+jJRgnjXQ2Sg1pvjKjplwFMZSTSysRzG3XGsdskGoyZBZaeKDbEpJBkgGtkdjYio&#10;oBgaWUZaIopkun2YAG3XANxNTL4xSE9tbQAjbC25m2O+ZEIqnFtCAAaYVXE25rmXCKgI1RthXdSn&#10;xzJhFsBXjCm5k3zLgG2IdhVfksuZWNycLsJ3quXucHYi5wtgDsQffC2B2BZVwhyIl2BpUyTfGTsD&#10;tHvi3CTsTKHIGLK3Y0pkeBNuzcMHAnidlhDhEEW7FUjyYDAydgiOLpiWmUnYJihNemRtx5TdgyG2&#10;9sFuPLI7B8Fpv0yNuPLI7DW1tK02ymc3Flkdh5Y6fWhpmFlyuLPI6uSCysqUFMwMmRptSllCjD6z&#10;taAbZgZJsCUpvbrY74cW0VAMxJyY2xTVrv7W/jg5F2GY5WLC9XnZwxXoPDFVHXIlvBYhfxklj94z&#10;H7OYeZycfNjWpCik4g5zXTLtsAYpetQtjRlVuUUEByJyiMBFpjOubTxFlIHXKC7075HgJbTmoX0U&#10;ktGdgg3YmmF+uapHp9sQSPU6503ZfZ/Ujd5vW6zxJUOT6E/Iv8pgfT1rU4h8J5Qqw+47jOJec/OL&#10;l3iif4jWpzutJpRAWXK7P7PEzxF9DRosaBFFFGwAyEWttPf3ALVYsczY7bu8yZBijsuzrfkXyOqq&#10;s06bdaEZpe0NfW0XmdZqzMoLVNSjs4Gbq/YZ1KytY4owsa8VXsM5rJMk7uD73lvmTXZ5pXYvWlds&#10;HRxAxsQfioTT5Zh6iZESQ5OOQ8SIPLZ5l5il1F9Jvrq2JIhB5OegPhTxwMS5G/45zMrnKyXtcQx4&#10;xUeReMXEt1cyl5mZ33qzVP68afbIwj3udPKAABaEjjqWZyKDHA8aHvgxyqVrqsPHiIbsrhobxJF2&#10;KsCMCa1BzhJ8Rna6PLYBfNM8OGZD7E/JvXDe6JbktvxHXOS+Y4TFctt1OdfpJXFyMBesg1AyNTuQ&#10;czw7CI2dhddmqnfCA5WIbuwjuya5I8naYeTsLJDuc1+cudDk7EXfitTmp1ObgG7bEOxJJN981eLU&#10;ky3Z07Fo15HNxpYCZa5GnYdabp/Mg065v4Y+EOr1Oop2Hn6FDRdMlxut/OUXYRajpxiJ2yMoCQdp&#10;p9RxOwgu2KVGcZ21l8Ow7THu7C55GJzh8uoMi3uxlTlBmVdmBOImVdisV1JGag5n6XtPLhNxKDEF&#10;2S7yv56bTpo/XTmgO/TOz0ftJjzR4cvoP850uv7J8UHh2Ls9E+QPPWgapbqsMyicgfuyRWvyyOs0&#10;0iOKPqg8dqdFkxTqQ2YV+Y2iapdaVNNp4Msiqf3Q3r9GTCdmZuTGlegzjNTE8ZBD03ZxgIVHd8ce&#10;aLfUI9SmS9jaKYMaowIP3Ykelcxa3dzjkDskDKR2zA7ZXIbuSO5TYHrmwJlC1oamWGOT4qcOemBV&#10;0uHUbE4qkzL3ycZl1+bQAnkjrXVpohQMRjvrDcq1w+Kbcc6AcKIGtzesG5HBUNwSvjmbjzmnSanS&#10;VJkml63I0W53xom5S0+7Kxnudtx0nDiQ41ky6o5JqACE8Nh1xJVE13v0HX55Xjhx5HOyZjp9JQ55&#10;Pp/qoKwsxq/mhCw5RxGkhPdh0r174LdgnwjqNjmxz5RHZ0ODEZ79GWa1erZyegp4yKAG+Z6Y8GoB&#10;7nJ4xbTI0Ve0heVI/oJ+nE5qGB6+B+/HWC8cmzQEx1ECP5yZebfRk8n30Ej8FEYZSO7ruo+k4lZR&#10;cULt1OwzG0OmqPEec/8Acu17f7QGTKIQ+jGxv8u/KhGny3l6pWS7ooRtiI+3UftYHuGMk4UdBsPo&#10;zAzXPMQOh4Iu50EY4NEZy5z9cmLeYS2oebWsrNaRxyfVrdF8ENK7YInXhbU6EkUzZ6qIji4R/Vec&#10;0MjPPxf1pMt80W8dh5cWzUVYvFEh8X3JOKRcVgYjseuWRAx43HymWTL70VAsGnaCygAFKcqUqdt8&#10;Lpn5Oc00pcUre00WEY8dvNNSumur13J2J2HtmUdstiXGzSs2iLYFVoPniiKK75k4sfFs67PlpN9M&#10;sTcSJCOR5NVh2zXMwjSg8M3eHHTzefIZF77+WvlGKBFumSrcaVI/swgvLupIrmxxwa+F67YWqogW&#10;nTAQYs3zy6myKJkAUYY2kVaVzHySSkurXXpoxr064dW0VFBpmFOSYxsvMvNfmDirLy3BwV2GYk8j&#10;kQg831LVGlkY13PUZdQBmOZsxFLHujTrjWNcqnO26EaQlxMzildsaVyohvjJATRV3xN1yqQcrHNB&#10;TR0rTGFcqLlRkg5I8YRTIEOXjmg5od6404HIjNDlM1MFNgyLeG+VjSRJxWmamBsElpGbGmfFTVM2&#10;DhXxHcM2DhTx21xzY8KRN3HNQ48LLxQGvTzUOHhYnMGxGcrfvh4UeKDyb4Hwy6Y8KPGd6ftm4nHh&#10;Y/mQ36JOWFOS4GqerVEtWbttliM1ycYOJk1iKh09iemKxxZkY8BLrNRrE207RXlYALUnFBwUbnNl&#10;i0oHN1GbVEs28v8Akt5XBdK9Dv8A7WJvIW9hmbGIDgylb0fR/L1nYRhuIZ/E9BiLGuWBRFNGu4o/&#10;DbLCjBbIRQl1rAQHenhTHhOm2AltEGPX2vUr8RrjwtOmUTy03RgxrUdadg3xHGk0zFnmcqGNj91q&#10;THud+xyiD1OY8puRCISye6ata1zVAyszbfDtCtdlQanLWShwDPSJaQybi1owts2P9UHMvFqu9wc2&#10;hIDING84yxygcyAT3/28zxclrmwjO3U5IcJep+V/MouFQcvmcDNGQ3TLQWq2bwXAkjFTjlqCMBTE&#10;oHVIlaNuQrgldlFeuY+UEjZy8B3eYeb4W4lYxx61xFmPLbNNOwXocMAYvLLx5I5z1qDisc7rsO+W&#10;Y85DiZ9HGW6P0zXrm3YBTVfD/M4ubxUXfrl0tWHBx9kynLZkFx+Y88Vm0B6sKUI/twDK/NuWazJO&#10;y9Vo9P4caeeapfG6nMh74mTlRdnEIAk5sAKTG2g3jjqVyYcKciCrxqCM3HExYjUEBcbep2GXxwcK&#10;Y6ktNbEHpj1Qd8Ii4mbOSdkTb2qUq30ZTBRjwoxzkWpoolPTKNO2BsF9VjCMDbKrgbRFSJGUcBcj&#10;CCpSEEZq5XTsYodl3zA4KZLaUy8VarmxVsHNitNZqYsgFpY5qY2pDuWbFFN1zYo4XE5qYGQDRbNh&#10;RTgc2K03XtlYoLa5WSBayFQNtmxtBg2Hpm3w8bX4a71PfP/U6gTnVvlgLZtDWnHauNJwptVgst+m&#10;JsckgyTaxsSGBI6Yi7ZMBhbILK0IoCNsDyPlgCLZHp9nQg0274BnlGXxigFkVpa0pQYXTzdfDMiM&#10;UptBAB2wuup+1cyIRQjY0phXPL9+ZUYtioBhbcPXf55kQDMN4WzGpzJi2h2Aph1y+LkRLsLp4q1p&#10;lwLkwk7AboclbkCTsDuMLYHYi64W0F2JPHjbYJOxBot8Ntom7GmCpxtl4jsr6vjafEdlC2xtJyux&#10;4t/bBbA5XYslvv0xa5ZHYIjtjXpgJaZZHYNisz2GQtxpZXYYQWfTImVOPLK7DO3s602yieRxpZHY&#10;cWdh02zDyZXHlNxOH9lZbDbpmBkyNUipSSgDDu0tBQbZhTm12ll5eAV3w1gt6DMWU2Nsf1G960OD&#10;o46ZQStsY1C65Bt69euLKMgWYDGL+UEH8MUHtkS2AMevJV+MdxmY7HMTMXKxDdjWqOCCKivXEGzW&#10;zDtcJpil2nJjXGha5WA5BnSFWElseFqaZZwW48p1uiY4eZCjqTTEr67isbZ5ZKAgbVzZ6HQ3K3V6&#10;rVGWwL0z8qPy3m1jVkluIa20ZDFitQaH3GcT8++dizyRxtUtUDO/0GhEI2Wzs/QHKQS+pLCxgsbW&#10;O2gULHGAABtnM1We/uampqc2genJjhiiM6l5E8nhuE0qbDfcZqdfrOEUHmNbq+I0oXdytvCznqBs&#10;M61Y2qRRhVFAOwzl8k7LrOZee+Y9Wd+dW6++2DD8INO4ypvgN2CXsjTLIQa7bUwXAvMOSdmUBadq&#10;ZiamHFAxasZOPKJc90u8zy2ep+Tv0TAy293FV56DiZG6AkjfAbghivhnPSxyjs9vgzQkBIvBrqzu&#10;4JXgHxUJBI/rjQN8oka2dviqe4S2blHVGFCDvm6ZENs47UpqfiDeGVcIXs2A3JP3Z0/ZeS47vn/b&#10;mMRz7Poj/nHLWSsE9vPJQBh6Sk7/AEVzmXm+zKhnp0ztdBk6OFilu+lrR+cKnOfXTENv27Zug7bG&#10;NlbC+Vq1GEcnKgHYUXn2smTs7LCNnYWP1Oa3Ns5sHYDlbkx8M5PWZeOTkRdjF3OY2Lcsi7DGyTlI&#10;o987DsyGzi5zQdk30ayHFTTrm0ySp5jV5ubsk9vp4ZKUzBlldVLLu7CbXNFqhIXMjDmtztNqqIdn&#10;N9YsykrrSlM0HtBovEhxB63S5eKNuwiYFSRnmeSBiaLnW7G5Wrs2KuzYq7LHXCFdg7TdXv8AT50m&#10;tpTG6moIJ7ZttD2vlwHY8UP6Xq/S05sEMoqQdnc/y3/O5Zlj07WyDUgLMaV+/OlGPBr4XD0z/mPL&#10;6vsyeCXHiJpg/wCYH5UeX/NllIDClvfkVS4RVBJ9zSudmjmint0uYGEkLiqlffOU1WglhPCbpyez&#10;9dHIeE+mb5M8/fl/rflTUHgvYSISSI5eJ4kD3pligBJ+f3Zg8BnIAf1XcZNSMcSf5rFrDTp9Qv7a&#10;xtxWe6lSGIdByduIr9+bkrH4TUBQWPu3b6O+Zur0Awxu7sup0HbGTUZKqgzb8wPyrTybpENzc3fq&#10;3V1ctFBH0PpRJ8bkEftP9n/JyhmvL0M7FB56NyfbNix4HcvfLrgYSxim1ffHrJRaDLbp1ebS3NH2&#10;980cJUHfscdDWuSgHG1tDl0ROl8i1WO7nqfDBkKAVoN/HNhpgA6DWTMmV+X40hdgAAR+2BQmvvli&#10;JjLyO48DiMJlPikxOoEcXDHmqJptxdaq15cElCWKRkk14j4a1xZaDbMuMt3BmCQnNlOiXXHwGZkV&#10;1KnYHJZYCcaKMOSWOQkOYRup29tqNpJaTPRHHKoNKMu6nb3xgpEpLbBVO2CeTgx2ejYMZy5BGP8A&#10;HJqLVhpOhyz3NPUtrdlUClC1KId+9cDWcRNZX77LX9eYehwV+8PMu77c1w208PpxfV/msY/L7QWT&#10;n5gveLS3AP1dGFSA5PJzUdT+zTBLJXruB45nZIg0e50eOZjddU/1GKG4eN3qwik9QKwqKgUHXA91&#10;KBGUXbftmu1ebanc9l6UyyCRYl5r1YC2a3jajFgDTwwFmBB6jJtGmHQ7vU49euZMY2XVZpUE1tIy&#10;zqAeuL8giVIzcabFQt53V5LNPTvy+8vG5nDFAxqNyN6YSald0rvTNvhxutfRflvS1gt41C9AMIZr&#10;nk53zPjBnEMkSMKtBitqSxGQns2BDXh4oT4ZIbKPYZr8hTEPP/N+rLDFJVqde+GSEKAM12fLTmY8&#10;JLw/zFrgknekn0Vxxb3zAlO3JGKmNSX6sSS2+YNkLSYKYuhX7VccMFsaXCUN3x1MjaA5jyFO2Uy1&#10;GAtkZUoSRFgdumJMhGRMXJjkQkkBHbrjCpyBi3RyqElufDGFciYuVDKhZbcjtTfK4nI02+IFL0Tl&#10;UxpkJrTC3hlUwUzGRY0R7jLwUkzaWI16ZqYaYeIu9FvDNxxpIyu+rnwzUxpfFd6B8MwU5LhYHOvW&#10;2zcTjwo8ds2x8M3HGk+M76v7ZguPCiWZtLbHUpkxFollJV0tQKbY8Llkcbi5MyNt7IkgAfLHBPwz&#10;MxaclwsmoTrTtBlmcDjsNzl8qDbNhDGIuvyT4mb6LocNuVYqDTxGJtU0Jy0NAiymO6t7eMLGBXuR&#10;TK3wsxjUp9bVBQtQeGXxHy98FtkcaV3mvqejUp45dAMrllAbo40iv9cLV+OnvXMSB3zFnmciGJIb&#10;zVif2iSffG1PjtmNKbkRxpVPfMQfiJzVAymUm8Y7QMlxvUnKZsrlNvx4UNNeDGFsqMrcyGFAyXTN&#10;0O2VXItogpFyTjlbfDE00ZcdhWt5mRq1xdJR0OZ+n1Nc3R6nRE8gyvy95oezlSshCgjauOdFYbds&#10;2kMgPJ0eTAYnd695c87Wt3Cqc1qOpqMR40OW2wGzJZZvrERKmoIxWP338MgW6EqLEtfsTJE1RvTb&#10;GPHvtmq1GOi7vTZ9nk2vaYUncgZaLQ1yjGK5tufJY2QFhCqSqX6ZpxUZHMAy0EzErNeijkAKUrXa&#10;mI8DtmKYu4GpCRtaOKZdMjTHxT3tC38RjSMjIOXhy96jLFQ7DKGEFnlAIajYqceMsBddKKLjkBAz&#10;dsWFbrywIzVIwWy4AVhlKjY5RbIEuTDCoSTM3XKJyILkDEFIuT3zVwEpjiaL5WRtyIwUy9cxwhmW&#10;l3ObFjjLbgY7ItwUT1zYsmq5sVbzYq1mrgTbRGY4UFsDNirtsvIlKwnNhVupzYqHZRxYlsHNTCil&#10;3LNirdds2K01XP/V6byzrafJwWRtYDrx+7GE7YQm1aCxGxIxjsMkEWmtrYbjamB5HywBbTyzs9ht&#10;gSaTLYhQE9tYAD0wunl65kRClO7WLYVwuuH3OZEAgFMI1AwqupT0GZUAyCsBgCVicyAGTeA522y6&#10;LbEOwBJ3r1y8NodgSUdcti2xdgZ1ywFuBdgWWMVyTdGTsDSQ+GEFtjN2INFTJW2CTsYYRjbITdjD&#10;BizE3ZX1Y+GG0+K7LFq3hgtHiux62Z8MHExOZ2KrZN4Y2wOZ2CI7Hfp0wcTVLK7BUVkPDImTVLKX&#10;YMhsjttlcsjScrsMbex6bZjyytMsjsN7SxAptXMTJlaJlquHVrZbDbMOeRptTklCjfDa0tadsxJz&#10;UlLrq5AU0OGtvBQDbMWUmLHtQvqV3wwjjoOmY5LFjd9qBPeuKqPvyBZAJDd3hPKh61xQDA2BIL65&#10;JFK9sdkJFtiEgu5yxOYrVcxJ7t0JUUnvV5/PEivbMWUXMhkSa6ta1p1yitBlfA3jJZQbWjqvTc4p&#10;GqqvqMdhvmVpsN83A1up4bDKPJHlW41a/hjVK8moM5P+ZvnVUL20LdKjbO67I0FDiLRotKcsh3Pr&#10;Dyh5bttD0qO3jQCQishp3zidzcTXtySxrU50AF8nsMeMYo7J5k18m+XRJIjuvwjMbVZ+CPm6HtDV&#10;kmnE0Fc7Lo1rHBEqKBQDtnKaiZkXSTNlj2tzyMr02AGHkRG2YMmcIvNPMUz8iK7eOPc0Za4AyPJK&#10;tNiMtWpUV3x8bOpqp2OQnEEUzhOJ2PRJ/MWhXCh5UB4v8/njzHQ/F1bNZlwbufj1Fjb+F55qWitH&#10;KxcUL9sRdaHbNZnw9XoNBrehYjrOmGNuajr9r543fMUDo7aWa0qWHcCmKxkfYP7X8c2+lziBEe95&#10;LtDTHJGU/wCaz7yN5lGi6vZxr8IkZVkyG+bbEMsop2OdnoMnJ56Fggvsny1qEd5p8Tqa8lB+8ZyD&#10;V4jFMwOxHbOpxmw73TSsJxhNK9DlgDsIxdhbdjk/IVoB0xIc3EaDsLJzSuajXz4Ylz4OwGRQ1zlZ&#10;xo23h2aMUNcOnjRUuw10tazqM7Hs0elwtUfSXZ0bQ4QY1y7PJ47VS3dkts7cUFc1eSbgSk44+90s&#10;TREUyOPNRRHLTQOcl86aSbe5YgdOubLPHxcRet7J1PEKbyC3MYDHPMO0tOIyL0gLsDEUzTyCXZWR&#10;pXZdMaV2YdcaV2bFXY+KV4mDISCOmZOm1U8MuKJpBiC7OxflN+bM+nzx6dqT+pasQoLHp9+dppcu&#10;PtDEYnbKHmO1OyzE+Ji2SDzj5N0jzTpUljfxKzFSIpaDkp9iQc7+bq3e3iuIHDR3AJUjegpvmlxd&#10;mmGazyh/unVZu1DPAYfx7PAPKf5JX2lfmMsuop/uO04m4hYg8Xkp+6FaU+FvixUqsahAKHvTuSc1&#10;faWU5MtD6YO57BweHhMiPVJ59+dPmc6/5ym9OdpbSzQQQr+yrD+8AA/y/wBrG0A28c15d8JykLLA&#10;CoB2zYtsVNssYCkxt1ab5h1GG9nFlHYlVU7hfHFFahGWRO1unyYzIFM4ZhG6Adhg6BvhrmywHa3n&#10;NVH1Uy7R5B9XDt3FceZVCk98slmoW1RwEypFyaoIoPU/l2qMYklTXscqxTs23ZsPCKQen3zSSGSp&#10;FTX6Mcz7bfflss9NMMN80ZPqbohKn4uxxOV+cTh/tHplGTJxYyC5mnx+HmjKPKJS2/1B7rRry3uD&#10;+9lFUA2rTelMu2NLeNT1C/xzI0+W4NPaEL1Ez3zTHQ9QcaJYxn4QsQXb2Y9cc8tFP68jkz0WGLTW&#10;VO/1n0y/FqqBSuF0jlmOanLKy9loNOIQYFqd29xcsxPU43LIikZZ7tQJsMWiAJ3zMwQsul1k6DIN&#10;Et/UnQAVrt9+MvZVVae1c32KLzWaRJfRX5Y6KEtlfiN6AeORHVbv4mFc3GDGxiHr1lAqRgAYStc1&#10;fc5mcDcAiqYb6W/IrmJmCoLUR+4b5ZLLNaRA5qM8qst2GNl4d+ZupGESKDQ774sWIzQZcll3uHDs&#10;8K1G+aSZjXqcsE5TxNhgEKszE44HJAtJirLJtXHK1MPE1ygvSYjFA+SDTKNIiOQNl1wgNRRK045V&#10;caZArXjB3zEA4KZCRCmYFI3xpjByJg2RzEKMlkG6Y0xYOBtGoUWsadsb6ZwcDZ46kbP2OUUwcDMZ&#10;lrWoHbfK4YOFl4yz6qM3HHgR4rf1YDtmIwiCRkb+rjwygMPAgzcLceGWVJxEUeIF3oE9BlFWw0kZ&#10;A0YWHbKocFM+MLDCT2ywpxpBmG1iavTHBadcujFxp5EbBbciNt8ctPpOZWLH1LhZZlO9NsVBDOAB&#10;448igrmdEBw5bslsXihOwG4pXGlT3yVsRFGtq4VeKfDlGg65A5A2DESg5tdotS2VyAyuWdvjgKV3&#10;evcjUNjS1emY0szkQw0lNxq7MdmP0nKqe/TKZZC3xxpfPfO37WVlRm3RxoSS5Y998bU5WZN8cdoa&#10;S4AB8cotlZk5WPCg5rpj7ZWQJckY6QrSk5hgUjuaB8cvbBaBElxdRlVFceJtGHbdaZT2zE5ETUac&#10;FwncGoOKRzFfeuZGHUGJdZrOzRPkm2jeYbmyl5BzQ02+RxbZxUZvMOcTDyuq0hxl7J5L89RXcaRS&#10;kV6EHrjdwflmQ4cTTM723ju7cNHuCK1GOpUZj54WHY4MrzPzTpDIWam29MYzFQDmoyGi7fDATef3&#10;rvbue2MEnI5jzm5h0/CEvN40j0Y4/Elo3tXqrJjGyslysYtBzNxxuRtyhGkKW5VxuAuZEbKJ65dc&#10;IaJ41RHpl1yTQYKokNM1cBSILWfKJyBDl44lRbK65C6cqMVIsO305YGAlsjFTeTbLIwWzIWq1d8a&#10;cmGqSslDmwlgGz0xwyDfFRbrmxZLfbNirs1MVponNTFabrmxQ7MMCXHLxStplVxQupmxUFogZeBK&#10;05qYqQ7kco4QxK9TUZq4UN8ffP/W6Ry7519PklvR47Kp+zjGfCAkFVFjQ7LiUjnJgJCPt7SpwNK+&#10;WAJCa21uRTbAU8lcuiEptbQ0pTAE8m22ZEQhNYEoMLblz45kwChFoMKp3q5zKiGS8YEdqdctAZOw&#10;HPOuXRi3RDsBSTIe+XCLbGLsQZlOTDY7E2QdsmCm3Yg6e2SBbAXYm6V+WSZguxFoK9BhtsE3YmLX&#10;G2XiOx4tRTpjbHxHY5bXetMFoM3YqtnWm2DiY+I7FVsvbI8bE5HYulifDInI1HI7BEVga0plZysT&#10;kdguLTye2VSytRyOwfDp3tlEszUZurhjb2AFNsxpZWsyaLUw0tbKnbMaeRBKhJMBhrbWntmJPIxt&#10;Lbu9Arv0GGUNvTemY8psSkl3qiiorXBsUVNqZQZKGO6lqHIMa9cWCZC2YDF7+/6jl9GP49u+C2wB&#10;I7q92Y8qHfvjgtMBLNKpbnkD8VfDNTKJFsCWzksTTLplZDK0G8bNWuUUyswtsE0M0Fdz0zLHvueu&#10;DwbWeaguttLa4nWNQSWIH35GfOnmFNMsJY0b42Bp7Z0HZmi45DuDriTmmH0V+UvkWPSbL63On7xx&#10;VKjp8q5518x38t9ds5Ynkc7zBARjT13Z+IY4vS8U0PSfUkRmHcZCUuEFhrNVQIDs6joEMcEagACm&#10;aLVSMi8zmnZacVGS6yuVA65qckGsFJdTsmkRqDqDhzBOrL1zDlFlGVFg3mHQpHiNFJONuJ1XauGE&#10;WcpWVDy1oEqwSck6nauPt7ivfBODAq2qaIxU1Wu3TtgxZOQ3+jMeUWyE6YBrfl12LEJ8Q7+GP9Ll&#10;vmHm04LmYtXwsI1fywzgjhUDcDvjTF2pmGNOAeTmfnCeqQDQ0ikI4LXxIxpVg4p2y2GnBItB1JEC&#10;ETa6Nby3sLyJ8Sspqux2OR/zVKoQ807bMO+dJoR3OiiNy+sPy8EZ0e39F6hVAKHtnG/M4UyF1Wle&#10;udbp+TttGWY5ELmT4gv35lh3uKDsByyoQd/pwSm5MYOwsm+Jie2aTXDiLmwdgdhmizRbg7Mo3yGI&#10;bhXYZ6VtOudd2YPS4eqPpdnSdBmh+BOW598lqAebxurjIEmnZNrCOq7Dp3zT5S6yRabDRLbkhHjm&#10;KZoB6qLScTTxznf5j6TSrAdRWubzs3LxRp23Y+o4ZqymornHr63ILbbjOc7e0O5Ie6xSsN4WOtCc&#10;4TLCi3uxoymKuxyjLYhXZZTbLDj2V2NIIyiUKV2Vlaux8MrxOHU0IOZWl1UsMxKJQRezs7X+Vn5i&#10;Skx6feSFgoohY/1z0TFOGsxccfreM7Z7L4bnHko3FtHMhBUcuxpvne1EnpRvKQXkUPsKDcVzgtfj&#10;EcxER6XN7K1AnhFfw+l8PfmvokGlee9WtbaIxW/rFowxLE1FWNT4sTjaffmBK+jvoyYUw+/KxptE&#10;lhGXkS2ArGFMvENWUbLo+uOByQdbOFImNzyHc4LV6RZmiVReeyYryMngvDFYhQRuKYm8hKEe+VTn&#10;s5WHABO0Hd3rm0ZamhIxSJvhy3FLZxNVD1I7Sp1WIb70xKSSp67ZVOdlzMGChyS++vS0rAMaVp1z&#10;IanBA7pywoLbaVnlVamoxxPE1G2WS9J2aIxMxR3RLyC2kLoxSvUA/Dv4jEpZCe+VTnbsNHpt+SXa&#10;lfs44hiPHEcojzd5IcISlfiauWuZAdblRsHavTBEW33Zs9JHd53Xz2Zv5LtPVv4kA2FDhdqstEO/&#10;bN5gju6KXN9N+RrH07VBxpTb7sg2rXHxHfN5gg2QZ7GtFAwk+tHnuczeByBFdki0Sfky1Oa/UxYl&#10;C6gha3YDrTJzaMPQHyzmtcai5ejhcnzb+c0zwystepOKDc5oS9BdB4s1WYmuOGBgd21IU5sbYUqB&#10;60Ax4ByyMbaJzREcRO+OrTJAU1HdUAMZr444PhazjRCXK0pTNzxUY2muc3MYLXwmheUO4yw4x4mM&#10;sRC+O8Uk1AGXXDbDgKsLiM9aZtjktkbhePSfbYUzccFLxlpoEI7Y3jvhpnxlT+qx1PvmK4aSMjja&#10;oT1yuOPCvitizUDpXMRjSRNa1qPDNxwUy41MWrCu2UVOAhIyUta0c5XDHgZeM19RcbVzcDhEWJyr&#10;0siGFemOpTc5dEANBkSj44o4viPXNyAyXiBiMZKobtE/aGNMgw+MyGnLm1gCnxbDwymfIHM3Q06G&#10;m1gkbMa/PGE16nKzltvjhpBzak77VxpOVnI3xxoV7snauVvkDNtEEO9yPHNX3yJk2DEpNc75RbIG&#10;TZHEoyXBPQ5VciS2iKi0hPfNkW2KkxzYLbhElTLAZWQMm0Ylhkrl5AltEKWlico74hkQ0Dmwop1c&#10;sY2xlC2w1Djlcqcvw5jE2HW6vQCcUx0vV57OdZI2IIPY4JUpKtejDN5p9SJ+943WaGWIvYfJP5hR&#10;zxi3uJN9upyqlTmVVuHCVFmGqWNvqVkzxgNyFQca6kjNXqsBG4d5o9QA8d81aFcwSklDQE4gds1s&#10;g9Dj9QYZMDG5BG+OVjgBasmNdDMa7nHmlMS48LBREvFk6DpiR2yt22OPEEsc0OVkCXKjBSZ8wxtZ&#10;47cr0y65JxzjVA+2bDaBF3LxysjIt0IrXYY4DK3KiEO7E5hgLYFjHLOAK0uVkmBC8HwyqYo4Vwfx&#10;zYsqWk1GX2wJWjY5u2KHd82Khs+2XXFK2hyjirYObG2Nt5sUupvmOKtA5sVb4g5hgUFojbLrUYs7&#10;WUIOUcLAqidMrCxpdX2z/9foPqDOyp8jIexx23h1ribS7/0yQioRS2ikdPoOJySbZMBIVobUDoN8&#10;CSvlsQyTCCDAM0u+XRDJMYIqAYCuJNjvl8QtIyJcLbh9jmRAJpXXCuZ+p98yohNLsLLy74g0OZOP&#10;HbdjhbsJ5bl2PXMyMAHNjjp2B2lfJ02iIdlLckdTjwqcbsERzBhvkDFrlF2KcQ3TBbG3YlIlMkCy&#10;jK3ZSqDiSkl2PS3rgMkGbsXS1JyBmwOR2LLaCtCMgZsDN2CobCo6ZVLK1nIXYKi03fplUszA5HYL&#10;j0weGVHMwM3VwTHpg22yo5kcTRYYMi03bplMszEyWNKBguLTgO2VSzItSe5Udxg6GxoOmUSysUNL&#10;fKKiuDoLOnbKZZFJS64vxQ74OhtiO2USmi0kv9TArv0+7BccQA6ZSSkC2NalqoQE8vuxbiBkWYgx&#10;251tWqtak9MeB92RZxCRXt6dzX55eVym2iKUTXbGu9RmysyZ8KBa6r33rlgbZG0N+pXfKxSsLLl9&#10;dvHGkHZtY+ZAHc4HvJxBCzk04jMrDistGaezNfy48s/pLW4wRVIzVvoziHn3WZbu5kXkabgDO37N&#10;wCEQ5PZ2GjxPo+3hSGFIkFFQAAfLIJHaF5fiFc2/E7+WWgqZJNOVIFGYmTd1GYmRdkgs9QCqN8wM&#10;mK3Alj3dh3Z6r7/PMLJgYSjSx4w3XDe21kDqcxJ6diQg7jTIpQRTrgbVNfVCPi65Zg0tso7us9Lh&#10;gWgUY2y8yJUDlU4cmjZGLrnSYJhuMkFrr0JQcmHI9BmBPSlrOzH9R8nR3FVRaA9Thza3glHXMOeO&#10;kAsI8xeUltAaJudq0wWrciMolAFuGWmBX3lhy7ELuN+mNVQSTgEKbZZdktg0Z45SxH2emFGtWf1m&#10;3em5GZ+nycJaslB61+VusPFJ9UkPw9AM5D5q0wqXFKHfOr0mWw5WmnRetKwYA5ze/iZZSDWubIHZ&#10;6fTzsN4XOKHMeXNzQ7A7DMPUR2bYl2IP1zR5w2h2NX7QzGx82TsFRT+kOQ650GHWDDj3aZQ4i7F7&#10;TXrqOdWSQgqdt8x9N23DJPhPVqy6KEgQQ7O0eRfMUWoWiK7UnA3r3y7XYK9Q+kvCdp6U4snk0w2O&#10;Tq3AIoepzTzcI96BmJFR37ZHvPWlmfT/AFaV41BzP7NzVKm7T5OGYVNPm5oynqucE1i0KTutNic3&#10;HaGnGSD32jy3EIvI7cx0Y55h2lpuCZdlE7OwNmkIpk7LBpkoypXY8NmVGdq7M2+CYtXYnTfMUhXZ&#10;voyNq7DDR797O9ilQkFWB/HOi7B15w5QDyl6WjUYRkgYl2eufIHmJNe0GKVmrLCgH0Zsu3tCIysP&#10;E6eR0+Tg6SL59/5yP8iK5XzDbrSopPQd8PzTr3OchRuuj1eOVvmmRaDKyBcqCi2bIuSApE1PXNgY&#10;yFtqaZYO+SDiZ4elWhajgnt2xUPtTLZS2dQdPvaZ/XRxCV6dRjWau2Q6N+PFXqQ89wWAQHYGuPRi&#10;Bl0TThZoAlH2srKhJNBTtiZO+VXu58MfpS6WYmWvhlqxBwxLVlxAhVtrhlk5ZbvXDKVlcGCnXd2X&#10;r41xMk5Vdu2wYwEBI5Y1OUOmWRiwzZN6XRJQY5euWxdflOyNtwOYB6YIXZa+2bjRjZ5jXyel/lxb&#10;K96hPU9MIdalojZvNPHd1JG76c8qQhLVPkMgOry/ERXvm+wRcnGN2TjphE09GzOEXLjF2H2hXlJF&#10;FcwdVj2acgWSpyQj2zpmkyCS169s5PtCHpLdpp8Mw+ePz00dhylUe+COhzniHf3YeDstCRl1yNLS&#10;0ipzVpiE1blPE4orfDl0S4WSG6PglAQ5RbIzk2Qx2pTzgAZXMZASLYcCit2B3yy4ph4mAxbrzcqR&#10;tlchkSW0YlNrjMG8Dg4kHE0Lnfrl8jh4mBxhek5PfHhzkxJpliCIjuGrsa5fI5O2ngCuLiQrlVOE&#10;FlwBwnkrUZYrkrYEBWSZzuOpyxXvkgWuQRKOerHLrkmtVFCPc5sNK2FX+uYnG6SAS0zqo3pXGk5A&#10;ybY47Q8t2i7+OVzpkDkZjCSh21AAGnXGtKMicjfDTIeXU2IpXGFycichbxgAQzXrMag5RJyPE2CA&#10;UzcNXrjanAS2CCm8x8c1cHEzEFhnPjlVyJk2RgpPMfHKrgtsEFNpTmwWkClhcnMcFs40tLHrmwEt&#10;ggsMmbImTbHEsZ8rIEt8Y0ps2WMi2La5sVDjlUOKQ40y6HG001y2rmocVp1RmIOILALqjMCw6HLc&#10;eWi4eo00Zg2ibO+mt5A8bFSPDBCShtm65utPrBLYvH67swwNh6f5O/MR0CW1y1V2FTj99qDbM8gE&#10;buriTAs11CCx1m15KBUDY/PGPEDuM1Wo0tbh3mk155F5d5k8qSW0jOo+EHp2xIihzXEU7eOTiDFZ&#10;IDG1CM3bI2oju4uQuNORIc/BKkJKvfMMqLsY7oRwQc1MFrTg1DmwgtEoEqqyCmbG1jjaaQZqYG8R&#10;pSZ6nLwMluXiyC05sAK20KVzYUN98oYlFtkHMcQlsCmYYlIDTZe2KHAnKxVvembFDswxSGj1zY0i&#10;myaZqYppqo7ZeKtZWKCFwObAxdljEswsagOamITTQamamK0u5nP/0Jx6wIzt+F8je8tacW2xKSSg&#10;65IBUTBCD2wObitd8s4UhFm0HUDEZJARkwGVqkMBBwDPJl8QqOjTAM0mXxCQrqMLZ5qnboMyIxZL&#10;xhbcP1zJiGQdhZOnOuZMTTkxNOwI8AHbLRJtE3YGki9stBboydgZo2B+WTttEnY0FlxZbF2CoLmm&#10;x6ZCUGmeN2DFCyDbKeTQdnY1rUjcYRNIyOxWFGU75GRYyk7DW1gD5izlTRIuwaNP+GoFTlJytRk6&#10;uCrS03oR0yqeRgZNE4aRafsNsxZZUWovOq4Li08V6ZUcqVB71R3wTHp/tlRyoQ0mpAA74Ki0/wBs&#10;rllW0HPqoH7WCksB4ZUcrHiS+41tF6t+OCEsqdR0ys5FtKrnzAihvi/HF0t6dsgZp4UpufMq0b4h&#10;9+KrDTtkDJkIpHf+YlIPx/jjwtMiZNsYMa1LXKg7+PfMXA65RLNTkxw2xq61qjEhvnleoMr8e2z8&#10;uQhTrYcEE1zGTfbKpZGccKEm1CrbGg75uWQ8Rl4aj9cHiM3PCMiDiXLeDxy+WTE2BgqrcVbc47sC&#10;MtibapBH2snIgV64UeYnc2jIvUjNrpAOJwMh3e7flBZxxw+oQORHXvnHNZ0maSdyVO5Odfp8wAcz&#10;TZwA9TwpbTXh3K0zKGUFzBqBJ2IPK0fXtk2wRt2XHqPE9cBgpwuwfBqo2+LKZYmieEuwdFq7D9rK&#10;ZYGmWF2AdV1dq1LHLcWIBvwYLdgCDXPTHItSnXLDjBcg6Sy7DCw8zytKHL7dh7ZTPTAhoy6Mh2Tv&#10;QfNIPFWbfNNqtE6+eKkDqGlwXcZDKCT7ZNrHUo50BBzS5cJiXHOzB9Y8rFHNF+Httg0NXcHKKSMj&#10;F73y6FP2ab74x1VhQ9DkgWZnbtNspLG5SdNirAmm22QHzhpYq7Bdjm+0GZnjnRevaHerdWKODUgU&#10;Ocd8wWZjkY0pnSYzb0uiy2AmGRmbY5CYd1Dk7A7GuYWUt0XYjIM0+pDbF2J1oa5rhPhNsnYhLMTs&#10;M1er1ZO1swHY61Us4y3srEZTBRJ2T7yVdSQyoASN9jno2THeMX3PL9rYwXZ3HSJWmgjJO/c5yueN&#10;EvIcrQl6o7Drg7U7RbzTZYaVNK5RhycEwUHbdA2Nxwuwh6NtnAPN2ltFcPtShzs8U+OD1/ZWpsJz&#10;kJu4SQdt85PtrQ3ez0uOTsKnXiTnAZ8XAabrdjMxkuy8Nq7L5ZMTV2bElXY3K1djkNGBy3EakFdn&#10;efyB1x0ujaO1UNNj0oc9FzEajRiXc8b2/i4ZWEg89aNFq3lm8tXUMeBZaiu4GdwlWjt884DLGpEO&#10;10Wa8Y9z4V1i1eC/nRloEdlHhsaYzMeYdtiNJVIK5u+VuRdqVKZWFLdMvCC42UWqR7Y4HCC4k4Kq&#10;t1OV3wpkKi0tS9cex+HDbh4oXJFzSFYQBsTjAdsHVzZw3QittljDdNB5rxsMquVkuZjxqLvt75WG&#10;IbpGgtRSaE5dMuDgSlaJRe/TLyQaJclaInkCPli/L9zm90Y9Lymu+ovXfyvQmaPuCRv32yN66x3z&#10;d6YOuh1fS3l9QII6eAyAawx5HN/pw5GEWnuR2aQhs2EQ7CA2dg/S7spKu/fKM0LDXOLs6n5W1EPE&#10;qk12zltdg5uINpPPvzU8ujUdHlZUqwUnph+43r2zkssOGRD0WmnxRD5J1a1e0vJYpFoVY4wHfKbc&#10;qUUAsorTLwEoALnccq5q48SfDtb65UUrlE1yJLdGFKEspbvlZG2zhtT5075dcbY+Gu9Y+OauNo4G&#10;xL45u+JK00XNeuWDhBa5QVUk265fLDbHwrXevQ44PkxJolhREV1t1rm5nJcbA4FQXdMv1cImxOmX&#10;LfEZvWyYmGB01K6agTl+rh4w1/liq/pLbtXK9XfIyyNg0qjJqjVxplOVnIXIjpAhJNSck75XqVyP&#10;E3DAAom7Zupyq1xteCmvUJHfMcBLOIWO+2VgtnwrfUyjhBURdz2zYCWcYqckmVkbcmMVFpDlU98b&#10;ZUt5E5Y2xYyjbYambAog0XzVyJLbCCwtlZG3IAWE5eRSNnHNgZUtrl0wMgFpOamC00t5ds2K00Tl&#10;4ppwO2V1xVuuagw2hupzEY2xLY+eUCRvlkZU1ZtOMgVYbhonBU0xWObqG+jNlptYY7F5jX9k1uGY&#10;+WvOtzaMEkkJTYUJ7YIDgjambSM4yDz5wygWdDW7HU7UKeJLeIGJPGSdswNRg7naaXVVsWG67oZD&#10;l4l2PhiRUjrmulGnc48wkGL3FrJExDAgDK2OVlyI2ChnNR8srKZF2WKRQkozUwW5F2pE5eBaaqcu&#10;mLKlpbNiyazYodmwJazYoccxwobFKZWKF1M2KtA5eLINGvfNgVwzYVLqnKpihsnbLwKFpzYpdU5s&#10;VazYFdmwq4ZqY2grg1N8wxUNMa47FsUzlU/XixXV/Vn/0ZX6vvne8L5G+jmgB7Y2STvhAVfFD26Y&#10;Emckchtl0QqLiXscCtc9QcsEEhWEQ7YGln6jLYxZL1WmAZ5Tvl8YraoBhdNJ9+ZEQ2OwBPJvl8Q2&#10;RDsCO1ctAbQHYmd9skzDsb6XLqMPEnip2Ma0BwiaRkdiD2W22WDI2jK7A727LkxK20Tt2OhnaNqE&#10;4JRtjOFuw2tJUkAB75izjThzHC7DCOxV9xmOclNJm7BtvashHcZTOdsCXYd2cIYbjfMLJJiSpSvx&#10;FcHJp4ryUZQcqEM98o2O2GVraVAFNxmNObG0svr3jU128cGx2e/TKTkW0ludZ4V3rglLUDtlZmhK&#10;7vzEqjY4qkK+GQMmYgUhvvNaqG+KmxpiojA7ZAzbBjY5febyK0k38Dl7DKjmDbHT2kd15xkINX6Z&#10;RkUZWdSHIjpCUoufOBqTy/HMJhlR1TaNGUtl81Fid65RmGY8tQW6GjKXT6+zV364mZBlJyOXHTpd&#10;NqJap5dcb6mQ4y3fl0P9fYHrjvU2wjI1nT0qLf8AIUyuRx8RPhBo3R8c3M4RkR4IbF2ajfLD1ycZ&#10;NcsNK8N41aVxVG3pmTjnTgZYJ1p938aE+OBb+29VSDm2w5K3dXki9v8Ay38xLDGqE0wgn0CJmJK9&#10;82EdUQ0h6nFr0TKDXalThVqPlaORDwXfMrFrSGcJEIuDVbaQgcgCchureVbiPlRSaDNxg1oLn4tT&#10;SMV1YVU1GRi60qeFjsdu2Z8coLsMeoBbwC3rRneopkrtyRRdj472RTucBCDidgfULtmFTiA3afHu&#10;7CmW6J+EHbJOfHE7BlnO1BiXGzQdh7p+qyRsvxdMqlEF1mbT27J/5c8yNVFZs0+r0jqM2KlG4to5&#10;kKsMn9nfrNGCDmgyYqLhsa1LRqMfh27YKE1e+VcLK0nk0cb7dcLddtVubZj1IzJ00+GTK038sSta&#10;zG2f7J6ZxnzXp/EybUpnXaXJYdxoMtEMsznt7GVcjL5vU4ZWHYBbNXmk5cXYk5Ga3OWwOwPI1Ac0&#10;OpyUC2B2Ba1bNDKVyZuwdZAbZ1nYYFhqm7Jf5dlCOnzzu5Cw892hC7dnbvK92slkm+4zldbjqTxm&#10;SB4ioXQ+GuSeAfD7N1zWyRI2KSOVTFP6lDXOZfmLoPGWSRVor7jOk7K1NinYdnZ+CQCe2k6zwLIO&#10;43zj+o2hjkII65sdVhGSL22lzcQVsIbuChJzzftbQcEiXYxk7AbChzmpwos3Y3K1dmxV2bG1dmxV&#10;2WOuEHdXZ1/8hIJJddUrXj0OehaDIP5Ot5X2kkAAEFrbiPSbtz+zEx/DPSTxl2f2IGcvnwjJvF1+&#10;l1XgiN9Q+Mtf0ZdYuru405S3CRmmUbkL1JoMClSPnmomRdPYaWfFCywG8iSO4dImLxg/CzDiT9GV&#10;XbImO7kiYpQ4GtcsYeFrlkXCPNhEWiWResRJ2zVyfC1GaoIGywd8PC1TnYXJCQa0zVrkTFtxRAU5&#10;SzHc/RlZEhv4lKhzcu2AhY4N7bLtSmbDGDCeXh2XJFy+I9u2bCAjisOoQ2XXJNIhuqF/gzZKPNpn&#10;sFe33cYuw/dZ0Gl+l5LWyuRezflfHxMTU65G9eB3/DNzpXXwL6O0Knop8hnPtYHxEfPN/p3LwJ3k&#10;buepzYBz8bsbaTkSdemJFhnMbOyeeV9U4Morml1uG3XZY0UNqFol1bPE4qGBGdItrhJ7ZWrvnG9o&#10;6et3M0GYiVdHy1+cnks6fdveRJRWY1yzsc0lvRx3Dx9mZXI6UzVxJURaaTKyBLfHGovJ2zYCW0Y1&#10;MuTmrgtlwLeRzY2pi7kc1cbYnG3zObFqkF6sc1Tk7YcKpyoMwxZGNNciT1zYQwIXhjlg5JrMVUNt&#10;ucsEYQGqVqiCpzGmSYDdUJ4DNUYCWXhlaZh3yiciW6MKUHepyq5GmdLDmxUuAGXTbJtV7q4AC5RO&#10;RbYhRY7nNXAzAUycrBbIRW8982AlnGO612yq0wW5AgpE5q4LT4buWYnG2Qg1XKxtlTq5eQJSAtJz&#10;YLbQFpOWdsAUBquWBgLKlpOXgVbXNil2bFIdmxS7Nih2bFDjlUxQuHTNirvlmOGNhhKFjdcjkGoy&#10;0dlzKx6gxdTq+zRLdNNP1u4tmHByB4Yss3tmfDVXzdDl7PMSyS18zLMnGQ/SctqMOmQnUkYuKBU7&#10;76vcLyAHI4gw32zDlF3WDLtux+7t+LHj0xvTMeQdthkCEulU9MdkA5QUD1zYq0cvAztZQ5sVcM2K&#10;A40zYEtZsVbzVwsXccrCq49MvAoW1zYsnVzYFazYoLebCh1c2BWjmxW3ZsUuObArWbFXZsVdmwqH&#10;Y4YslpGauKtfTn//0j2Oeq56IYvkj6ceLfMZtqY8KG/T74hJIaHJgJVUTfAMjmuXgIVQMQkcUyYC&#10;Q2BgGaTr+GXxDYA3hfcSdcyIBnEOwDIScvDeHYnxJyVpt2bhgtNux4AwFiS7HhRgtjbsr0q9sbXi&#10;djHtwe2SE2Qm7As1l4DLI5G6OV2JIkkbVGwyZILMkF2Hml6hQhX6e+YOfE4WXG7JVZJFOtR4Zq8h&#10;MXHulOUlRXDO3siPs5jTyIJQk10lKHDW1hoKEfTmLOSLSXUJxRmVqU7YYRQAb0zHlJNMU1TWnjUg&#10;tgiNQMrJbBjYjqXmYIW+Kh8MdQAZXLIA3Rw2xnUPNBCn4j9+V6oHbMWep7nMhpCWM33mkmoVt+mM&#10;afMaWe3Lho0kuddkkFa0PbEzKcx5ZHNhpQlk+pyNvyOML5UZuVDToKW9J743kcjxOQMCHN23jm5Y&#10;OJfBpr61U5dceJHA4zZWC2YisMnvmrgtkMVtesR3zVyXEg4lwn36nLrjbWcS9bj3yw2TiWmeOkRD&#10;PU9cUDUGXDI4UsKPivKU3Ip03xRPiWmbLTZb2dRq8NM38l6+8cwXnTpjHjFemZwLqJCntWk6o00C&#10;79R1xht1btkuNFph+kHTo2/jga40mKVSCoNcshnIZxmrweaJoDUvUDCDUvJkE4PFBX5Zn4e0DFvj&#10;NObLztaPRZaCvfIhqn5fzLVkSubbD2oDzcuGpITy11iwuRWOUH2yLXvlW6hY1jI+jNhHUxkObmR1&#10;SNDAioNcjerabPEDVTtmRGV07LTZwXZH3DK+Ajd20dw7Blq52yZcbLF2GcBNMi4Ew7D3TLl42U16&#10;ZCcbDrs8LdnQfL2ssUALZo9Xp93T5sdFTmiWRaEZKor0OAa5q5Y6aSaSyTTviJpti/rK6kE1BGV8&#10;NJvZCCxaObmBQg9c5/5y00VdgtQe+b/s/L0cvTTohPoH5xgnrnI9btSkjbUzc8w9boslhUwhcUrm&#10;r1A3dvF2Iuc0+aTYHYDnbrnM6+fMNsXYgM1USydg6zamdV2Lkohrm7D/AE269Mj556DjkJRDq9Th&#10;4nZ13yFfF4vtVFN803aePd4rtCHDkWyLVCM6NaNUCuc7kDhWkeoIQScDeZNJW/sCONWUbZbo8/BN&#10;RLh3dot6EnMDHZ/s/MZwfzRojwTuSOhzs9PlE4vVdm6wSFJ9kMuratVzX9pdn+LEvSY5uwpubcqT&#10;tnnPaXZ8scnKjK3YFIpmklGmTsrK1dmxV2bCrscoJO2SEDLkrsmX5a+cL3yl5kgvQK2sh4XMbCoK&#10;HuPcZ1PZcMsScOQHw8v+xnH6XV9raGOpwmP8Q5KN5apdW0kD/ZkUrXwqKZ65t7i1u7ZLqCQTQXKh&#10;04nep38cx9XpzjsAGOQdXjtJnyGQjIxEYfzovl/8wvKOk6HDfLa6ZqEGsetxjuI5GMJXu1APstib&#10;gq/FiFPv3zTTxG7ries0+oiYWPpeOXWm3InYODzJ3rvU5TFRv2Hh2+eMNPI7VSz1p5fiSpBoVxK1&#10;ApHiD2wLc3vpLyUV8M3Gn7IEt5FwcvaMhs9C8l/k4dYlRryYpHUVUdaHIV5k/MPUNNDGCNar4qDn&#10;S6XsPBVkW4PiGZqy900D8gfIFrbIbmz+tSU3Z2OQlv8AnITzDbTFZbOCaMHdSvE0+YzH1vZ+kxfV&#10;H/Sl2EOyZyFiZH+mkj7v8iPyzuYyn6L9En9uKRlb9ZGSny3/AM5BeUtSkS21SB9KuH29cn1Ya+9B&#10;yGaU6HBP+7mOP/UpfU15NFqsW/8AfR/mw9E2D+Zv+cYbMxNJ5bvis3aG9NRTwDoOvzXOlxS2k9rH&#10;d20q3FvMKxXETAxv8qZr82knCREhRRptcchMQa4fqh/HD+s8Q80+RdY8vXbW2qWctvKCeDOKI6j9&#10;pP5l/wArLPY0Pv7ZhmFO1xZel/8AHmKz2hWpoag09hmGCkzn3LEjp1GXgKIbl0tFWnf2zL13yJbc&#10;vLZSSnLfv3yjhY4gQF8pQsoXsPi+eWMnBxshRFspqPBsEEfus3+m+l5HW/UXsv5ZvRo/YCmRzWh8&#10;J+nNxp3BHN9F+XWrapXc03yAawu5zf6cuXj5p8OmRi7HXNjHk52N2AQxDAjxwhyAHYf6RelGU1zG&#10;zwsOJli4507y3q4aNUJ60zmtbp3CO0rYb5+8rQ6vpcsZQMTvuKnJK6fD6g+yc4/V6cwl5PR6DWiY&#10;4TzfInnTyrc6LqUqMp9Mk8TTEvfMQu4j3MXc0GXkS2gKRJrvmORZxWnKwW20trmxYFsZeFgV2bDb&#10;HhtsNTNhBRwthzmwsZRXK3jmwhrIXqd83fJgNU+SvEpJ3ywcnTSRav0FcxORbIxpTLE5VcBDIBaQ&#10;c1cBDIBY2auKWs1caYlcoJNMdTbLBFx5ZKKJjt2KZRFMhINkMnEpTQlDlZGm4KDLtmyNNsApPsM1&#10;cBbIxU2ONORJcqCmxzZFk0M1MUOyxgKaaJyzkWYC2uVil2XTFWq5YwFktJy8ChrKxTbhtl4oLs2K&#10;Q1mxS7fvmxVvNiguGbFi45sUh1cojEFBDascrfJiTVPCJKiTMvfL5HLBkcDJoQUXFqMij7W2atTl&#10;nHbSdOYKpvBIN+2YjK5FuwyIKhLxbMMpLsoTtCOlMvAztTIzYEtEZeKVvTNgKWjmxVrNirdds2FD&#10;dds2BLs2KrcxxSXAZsUW2c2KtZsVbGbFXHNhVuhzYENZtsaW3cTmxVo5sCuzYpcM2FXEVx1RgZWs&#10;4nP/0xUFxt456bKD5IX1MyDF/V8TkOFC3jiMstO+TjFVwGBZJd8tEVXAYFkk8MsEWYbwFNId/DLo&#10;hsDsBSmtcvDMOwOw3ywNgLsbyGNJp2aoxWnY5cBQXYqoGRYF2PAwWh2PEdemC0W7LMNcHEjip2MN&#10;mrdsPiJGR2MWwZTVQcJy2yOW3YbaZdzwMK1IzFzQEnGmQ0ygihyZ6VfRTKAdjmmz4yGPFaUanZyK&#10;pdNx3w9hiVtxTMGRSwnVNQmgZlaoAGCkSgyolsjHdhmt6vG6GhoSDXxrjiQK5i58tOdix2881rUi&#10;HYg9MRaSuYGTK7PFpmK3mqlgRiLNmNKbsseFJprs1NTWuVyyBk3xwod7kkZVcgS3DGovMTlHA5EI&#10;hSZjlYG4BZXNXCFlENgnLrhajBsHLwENZjTdco4t0Fpyq4GfC1U5dcILWYBsNl5IFxphWiYjNyIy&#10;QLV4VqwnIPXFYpKNTMrT5KLq9bp/Snegaj6V0hrtUYIYbZuwXlMoovfvKV4s1ku/YY1RTC1MhkHw&#10;1x4yLIJPeSFSQdqbnL4A422BKrmeYAlWI8MSlgjI+JQRh8SnJhG0on816pYMSkjADfb/AG8L7zQ7&#10;GcGqCpyePtDhPNyIY5BMdM/O2+tCFmYuBSvTIT5w8jxC1aWJeozfdn9p8RplHKYy9z1jyH+YNl5m&#10;hIX4ZR28c4zq2jmCcgjpnSQNu902r4gzHA0NoRkrbZZrdg+CAgZEuJkm7DS1QimBxJydh9ptwYiK&#10;du+YuaFuuziy7JTZan8Iqc1eTC6+cd2ioOGcOog98xpYWu91NoFI6YG1dY7q1YHdqZZpyYybBOi3&#10;CnCo7ZyXzNYcXbb2zo8MrD03Z2ZUyEXEZV2GYuqi9PjlYdgSQbZz+pFN4dgGY75yWuPqbouxFTvm&#10;thLdLsE28lDm40Go4Sgh2GcUh28c7/RagkBxpxdnTvy9vWTiCaV2OZvaMLDxfbGP1Ozrum3FVXfO&#10;WzQdEl2oQ8lO2HKlWTfuMwykC2MXMj28okGxU1yAeffLIZGnRfhatc33Zms6Fv0ufw5Ms0q/W8tV&#10;f9sAchnFtXsDBKwO2+dMDxB7PS5+MIzCKaEHqM0mv0MZu1hN2F09rSp7ZwvaHZvCSXIiXYEZCDnP&#10;5MRiWbsblKuyxhAV2SHyRof6Z1uKx7yVoPGgrnU+zOGHHKcxYiHX9p6rwcJm4kAEnoOudG1P8p7q&#10;GEvHHxfqM7WOowz2eb0/bsr9Q2CxZ4XICupJ3AB64QalrPmjRbeOBLmSIQ7KFJFPxx1VRgZVxOw0&#10;mLDmJIH1NvFFIKOiuPBgD+vD7yX+fmrWVxHZ+YF+v2PIAybLKg8QQPizkznwZ5mEh4WT+f8AwS/z&#10;Yp1XYpA48EuGX836uJiHmz8qvKHmKEmSzS0vRUx3VuojNe3MKKOud70290/VrCHUrOZbi0mFUlTY&#10;b9iPHKMkDhlUun+ydLHLMHgA4ZfzZfU8B8x+WrjynqMtpq3EPFQwyopVZUP7S1G4rjpbaBwV61yz&#10;HqwTzRPBk50jfLX5h2dpMsYYLQ9a5D/NflmOeFyqVNM3ui1dGi1RyGL3byZ5sttVgVQ9WI2zgfm3&#10;RDa3D/Dx3OZ/aGlGbE9R2fqTIUyzIdInAmjbg55nqcBxSNF3QLsl/wCX35peYPJ96pt5DPpsjD6z&#10;YPujDuRX7LU/aXMrSdpCuDN64d/8eOX87i/m/wBF1naHZePUC/pyfwzj/vv5yVeY/LOj+YdPey1K&#10;BZFIPpS8VMkbEU5RsQeJz1J5f8x6T5m0aLV9Jk52j0EsZ+3C+3wSe++ZOq0Xhm/qjL1Ql/Dkj/Oi&#10;6DDlniyHHk/vf+mkf58P6L5Z/Mv8q9R8sXr8kMmnM37i6VTxINQqsx/b23GGFAM1s8bsIZrecXFk&#10;yV2IAxpzHc+AS2TjyoMsigrkVhLiNLXUID3OV2wBvI3pSHv3y65ZHm4c4oyBqOv4YIB/dfRm80h9&#10;Lyeuj6nrf5azHmgwg1hQVbNzpy63q+j/ACw9bVPlkD1hBVvnm905cjGd2SL0yK3i/Ec2kC7DEW8L&#10;XFDki5QdgiymKtgI2YZIuyZeX9TKOor2zV6rDYddkismiWRCpFa50fRtRW5jCMc5nWaYEUWMMhxG&#10;w8g/NP8AL+LU7WSSOMcwCQR1rg+RQrUzlc2IwNF6/QZvFjb5Z13TZdOvZLeQEFGIxuUEuxASsnNX&#10;Ayp1crItgW5sLAi2wcuuG2PC3XKrvgLZGLVcwOEMZhsHLyQaCvXMMsiHHnJExRk9svLQHGM0WkJG&#10;1OuamT4GHiUqi2J6nKpjwJ8V31QeGamRMWccim9vTKpkabBJRaOnvmxpPE4J/tZYG++EBrnLZVii&#10;36Y8GmXgOHIWjowAN8pjXK5BtxClC5UvsMZlZi5ImhWgI98ulcrMWyOSlB4dsrIEOTCdoaSMjMcg&#10;Q5MJWpMKZsgWxZXNkbZANFs2KaarlgYlLROXQZG1aqc1MbVqpy8WTWbFLVc2K06ubFadXNilvNir&#10;WbFXA5sVdXNixLYysUAt8c2NJtqm+XihwyqjDRUhsV7Y075KOzAgdVReQyxXEyQMYc0hGXTIksuG&#10;lpeubAypb1yxgZBY1cvAypZmxV2bArs2KtZsKuzYobzYpdTKOEMZLkGbAxBXMuXi2KfTNirjmxVr&#10;vm74UL+2VTFDYIHzzUxV1cvAUrD1zYFazYq7Nirs2KXZ/9QFZ3gIAqM9YyY3ycxfVOD1uAehygwa&#10;yGqYjcz0X3ycIoIbAwN69RlnCyDsQklp71yYizDsDSPWuWgMw7EGOTDMOwO565YGwOxOuSZuywd8&#10;UOx6HIlBDsVU5AtZdiy7nIli7F0XbIEsC7FVTIEq7F44q5AyYF2C4rUEDbKZTYkuJxddPDDpkDla&#10;y1yGCLe3mgYFa0yucxJBaJVhQ5ItL1R1oknTpmvzYe5bY/r3l2G9ibgAGII+8YfRPG6jic1+QFys&#10;WUF4p508q6lppdo1Z08f9vGSMe+2arNI9Xd6bGDyeTavczq7JKvE4g1MwiXbY4lj9xItTvjKZWS5&#10;gQLmp9so4G6MVJm3+WbFs4Wq5WBsC05siWTWbJAJcBmxtrk2M2JQA3XNgZLcxwpBdmwFS7HdsIcW&#10;Y3VFPw5QwkrJsHfHK3E5ZCTjZsXEEVa3HpOD4YNQho6jN5p8nFF4zXYTGb2r8udfjktljJ+MUAGN&#10;GZLrzs9OjcyxVAx65EptLbmKhYnFFORLIJPejrUUygpocEtw5UJUxTVYOYeg98RkXqM1+UbuzwSY&#10;VqcVOdNj2wFfwiWwlVhU9szuzZ0WrtD6gQz78gr94Nf9PkaMaEE5w7zTZBLqT4e+2eg6WdxZaWdP&#10;qFTVQfHI5GqKd+2ZhDsJFvF1MeDhayC7F4pFJABwU1Si7DO1FKb5RNw8jsNIpSoFDmNKNuHKLsER&#10;3jDvlZxtRxuwZDfV2J6+OUyxMDB2EPmOwEys6ioOZ2lyVs7HR5eEh2cy1izaKVtqb5mZY8US9jo8&#10;vEHYTSDOc1cKdlEuwvuBvnF9oR3bouwPXfNQTuydikTbjMvTy3Cuw0tDsK56B2Jk5W0ZA7Jr5X1A&#10;QSx70zqM8OKLzHaWDiBdnX9B1BZYlIbrnMarFReTyDgKnNEHQjJbaTBlG++arJFbY5qdlQkU2OLX&#10;lpFeWzROK1GQxzMJWEHvQGl3zWV2By+EmjLnGPPPlaSCSSi7dQaZ1+g1YmA7ns7WcMgCzOGVJY1k&#10;Q1VhXOXXkLRyFT2zO1HJ7DDLija/AEoBGc1roguVF2AJ1GcbroC24OwKRvmkmN2TsctOOWR+lXZ0&#10;H8kIS/nqw8KsT92dN2HGsGQug9oz/g3+dFDamzJpt2yfaWGQr8wppnquS1t2FGWtfHLBMvG0C8Gt&#10;/M3mSzkRy5K1BpWtPxzlf5q+T43tZZoUHj0zoOzdT4g4JOx7Pz8EgbeweTvMZ1eyrKKTJ1zzjfwt&#10;FOVOxHXOR7d0hxZ93vMcrAZFnTfyN/MaTRNZGi38n+4nUXC79El/ZYfM/ay3RZ/zeM4p/wB5D+6/&#10;3zpe2dFY8aH1w/3LE/zL8j23m7y3NZUC30X72zmoOQdd+Ff5X6Z6UkTjOY+ppViPlUZrZYiC6zFq&#10;BPCJ9P4XyBqGjXWn6tNZS8kuImIlQijKy9vbE5bdLi3NRSgofpzb6bLQAvd1ergRM+b0z8s/NH6P&#10;kgWSUtxFGBPjnHfzI8sUV5FTY1Odh2fqOOPCXI0Wp4JB9I6NqUWoWMc6GtRvnC9TtTFKy06HOX9o&#10;NDUuIPa4MnFFHYWsN6Zx2QVKnIdk7/KT8wrryj5ijMjk6XdkRXsJPw0JoHA/mTN52TqoyHgZDtL6&#10;JfzZ/wAMf87+a6rtbQDNjsfXH1R/4lJ/Nflmy8xaPNp9yq8yC1vKRX05KEBvx3z1ephm4NC4eCVR&#10;JFIOjLSoIyrU4ZAkHo89pNTUOP8Ai+n/AEz4983eXL7TdZutKuRwa2dg21AeH8vfjlcdyx69FHtm&#10;vmKdtHLYER/n/wBZiU1uI6u/Un92KdRjTlJc3EEvlJJ3yskGwrBmGTDRk5IiHqMEIPh+jN1pPpeT&#10;7QO71T8t24zofbCXVl2ObnAXV9X0n5WcG1TfsMgusJ12zeact0ObKk6ZFbxNzm0xlzcRbwqlU1y1&#10;zA7E1NDtjbJ2G2nXZRga5XkjYcfJG3ZPPL2rkFRXNHq8Dr8sKQmoWUdxAyMK1GTq0uluYgvcb1zm&#10;tbpOIOVo9UcMr6Pnn82/y4aYPcQRgOGJqBvijDiSM5jLjMZbvZ6XOMkbfPd/Zy2lw0UikMpI3xuQ&#10;ty6Q1c2KuzDEqHZsiWYDROauIDLhaBy65IRaMgXruM1cvjFwsshSKt4WLY9cysWEl1WbOAnen6XN&#10;NQIta98uhr4Znw0ve4M9SyCz8tMfif4vAdsugAr+OWeBTV4xKMfRkQUVBXwxlBXKpYnIjlNJfPpw&#10;UnanjmzHljb45EumsepGUaZXwN4yFCG1P8uagweGvitCyJOw3ygMsGNhLKiI7BvDLC5Z4RajmRKa&#10;c/hXMUJyXgsRqaVf0Mx/Z36nHBPpwHAWP5pz6G9Nhl8cplhpsjqLQU+kulfhxrLTMacKczDmtKr2&#10;z4V2pjDmNJ22E2lUoocumUkubEIcnfMAcbZU0TmocFrTVQc1DjauqM1Dih1Rl9MUho79M2CkhojL&#10;xS0c2K07Nirs2KuzYqHHNirs2KuIzYqXA5RxDFeMquSpgZLlSuapw8DEZQ36WYnJRgwnkBC5I6HN&#10;1yZDRGRtVZdswymTnQlshpF647IBnalQg1zYUN1ywMiWSxjmxStzYobHXKwra6lcvBSQ1xObCloZ&#10;sWLZzd8Vd+zTKOBhJdEaZWSaxsqtuNsuuBvBUSuXgW1pBzYpDQ22yqYbRS/kOmXipDVc2KuObAm2&#10;s2K27Nirs2KtZsCuz//VjMMrIc9klG3y6QfVOGEV4eOY8sbRKLsZcXNaCuSjBMYuyopTx64ZBEg7&#10;Gs5OEBIDsSY75IMw7EnO2SDMOwO53OWBtDsTrkmTs1caWnY9DkSxLsXQ5AtZDsXj3yBay7BEeVlg&#10;7BEa+2Vkq7Btug2ymRYFxwzt4a5jSk12sc0wxgt6jMaUlQss1MFpZggVH0ZUcjHmhpL7h3xVbBeo&#10;2yJysSFP9LJ0JwRbmWJh4ZXOioBCF1CPT7+MpMoNR3phnFKkq8X6065gZ9OJBysGrMC8q87flRb3&#10;vqS2fwMQaUxktsQOQNc1ObSSjv0ek0fakZbF4h5k8i6npbEyKeI/awMQQcxCKdzGYLFXhZDQ9RlH&#10;IuRCSi6nKyNN9rKZeSY26mVgpkC1TMcaZgtUzDAguGbCxMmwMvDTAzbC5qYoM26ZqYpE2iuX2xab&#10;sr6UXKrgLfwLK0zdcINNchS5ScWhm4EV6ZlafPwl0+u0PiA1zT/y35gl027ikqeCsCR7DBQKyLVe&#10;+brHMSFh5DUaeWOVF755N8322p2y0appuMyqd8mS49siuI+YqN+5xQUpkWcSkGpxkA0+dccm9cBb&#10;2MXtDUU6imJSDemYOXm7DCWG6mi+o6+G2B2HJGTxrlmjlUmzWx9Fpl+V179V8021P2pKZyTzpY8b&#10;l2p1rnedn5Li42E0+urCYTWkbjuBnPrpSjnwzch3GPcIjAZuCMsAcgY3YLtJ/iBJyMg0ZYOw8tJu&#10;mY84uuyRdg4TbZRwuPwuzG4oceFHA7LS83+WA40HE7BDXAliKnICFFr4aLsh3mKwUh3AzPxysU77&#10;QZyKDshFzFwcjNbrsT0+KVh2FtwnXOI7Rw83KiXYDYUOc3kjRZux8fUZdgO6uwytWoM7fsnJwhqm&#10;7DSzu2jYUNM7TT5hIODnxCTsnPlzzVPDwTl1oN8p1GlE93mdd2fvbs6zoOqC4tlkrXbc5zGqwcMq&#10;efyR4ZUg721EiE5I7eQsAQc10wniHJimp2DRuXA6b7YA8w6NFqVm60HqUNMyNJqDjl5IHpNo/wAv&#10;auUcW8pqrdD4HPPvnLQJLK4eqkUJzssOQZYPW9laziFMoBBFR0yFXAK5zfaQMS9LF2F07b5xOtnu&#10;3B2B++amR3S7NXfCJKXZ1r/nHqwM/m76xSot42avzGdl2WBHRTP86QeY9psn7oR7yl3mG49DRrpx&#10;1KFB822z0l6jGIMO2Qrd5iMQJU8JvoZAqEioJFCPnhT5lgW70+VZBsVP6sy9HLgmKURrkzX8ub54&#10;r/022RtqZ5T866d9W1OVQKCpIzK9pMAniExze57KzceN6lkZjkaKRXQkMpqCM4HBllimJDnF2chY&#10;ouz2B+WfmoeYvI1neu3O9t6W90e5INA30jOk7RxAyGSP0ZBxxeIGn8HUyxfwfVD5cT5y/wCchPK0&#10;Wnawmr2ycU1H45m7eoNm+/Y5J5Khgint8XzzX6ae9thAMTI/5ry7S5pI7yNUNDWpyOeaLBLqykVh&#10;U0OdNosvDIOtmOGT6V/KrV5JbRYWJpQZ5u856S1rePQbVzcdp4BlwkvWdmZ+KNPSchkq71GeY6nF&#10;uSHdW7GDxzFBANpdnp7/AJx984HWvLb6Lcvyv9LosFTuYG/5pzppT8fAMo+r6Mn9f/pF4vtXT/l8&#10;/EP7rL65f8MePfn/AOT0urCLzBbJ/pUdLaYKOqMSQx+XTOmSDf2XYZo8hN7ufpSCP63qfL+qKyTF&#10;T/uv4R8q4nlJDs4ckpkHxe3jlYWdtBajLHXJBpynZWgFGGCYz8NPbNzpOTyWvG5en/l63+kRDwwo&#10;1RfhJzcYS6vq+j/KchNuletMhOrxj4s3WnLZHmzKM/CMiV8tGObbGXNxFdhTMN8vcyLsDkbjFsdi&#10;0ElG9sWMhs7D/Sr8xsN8xc+K3EzQtxyfaFq+6jlmh1OBwpRSbXtHhvbd1ZQag9clsDrOnIHfOb12&#10;kEtxzdnodecZro+ZfzT/AC3khmkuoEoBUmgyiKGmc7OBD2WDMMkbeMXNvJBKUYUINMrIt1KVc2JS&#10;IuJzZFsAWE5ZAAxFlJctScwpl2OBddqstIu0gMjAYoAvj8822n0l7l5zU6s8maeX/K73BV3Xb5ZX&#10;qKOmbSGIR5OsyZSXoWkeU0UA8B7AY1ph2ywRagU8Pl4BAFSmNEtcPC2xKAvNDYCnHfHE1FcrlAFu&#10;hkpIb3RmrSmb6colhbhlSm40d6045VDXIeA3DMKQp0Zyf4ZYGEYGuWZVi0VuQ+Eg98oZaMLXLKjo&#10;NBY9ASPllhhkxiAapZUytvLhNCVrjg+S4WiWRMoPLVanj28Mcr1wEMPEXy+XAF2HQeGPFPvyuWMF&#10;nHIkuo6IsQO25xsooDmq1Eadto5WWCa/AsTMAN98ROa2b0um5MTuftZgcpIc2JQrLvXLBwEM1pFM&#10;vAhqubFadXNitN1yjiFDgaHMBhtk0Wy8CVpOamC1prlmpja07lmpitN8hmwq3XNih2bFXZqYparv&#10;mxYkLgcackC1yjaojZgQOuWA24mTEeiujjNUZY4/BJVDLTNkS2RjSxiDmyqQcrGVFxtljIOQosMu&#10;mBmFMnr4ZeAqFpzYEtZsUNjrjcm12rACmXiyBWkDLwM1hHbNih2/TNirjmpgWraUkZWFgQqBq0Hj&#10;lVwsbX8QcsYGQKxlzVxpna3hU5q740oLuG2XgZLTtmxQ6ubFDWbFkA6uOGKaWk1GamKtA0+ebbFX&#10;b/xz/9aP31m0bmgpnsOPJb5Zjm+qcC8ymxOW1bbVuwO94efXLBj2bBi2dg2KbkgymUWiUd3Y8MSM&#10;iwp2UxwhIdiUjbZMBnEOwMxyYbQ7GE5Jm7KGKuxRffIlgXYuh6ZAtZdglMrLUXYJiH35XJg7BkKE&#10;kZRIsZF2GNtHU0pmPMsGmOG9rD7ZiTkxKGmkoMNbeEU6ZizkqU3VwQTvg+OAEZQZMbSi6vaVANcE&#10;LAMrMlSu41GlTWh64/0B4YOJFIYa4V/a+/N6AB2x4l4Vy+ZU2VzXtiic1+WRNFF0hr6LTtRjZHRG&#10;J8QDjmhST7XU98xcunjJz9P2jPHyee+Y/wArrO6LyW44EgnYYGlsigqu4zAyaMjk7/TdsCZqWzzT&#10;XPIGo2FWCl1HQgYgY27imYhxkO2hq4nkWNS6ZcISHUgj2xvTIEOTGYkhWjZT8srBTYDSw5jgDMFo&#10;jNkqRKbguXiWklfxFK5sAZhrKwqXCmbCwJXAZdMaYcS4rtlHIEOVjOyiw3ysWRFtA0y64WqUN1wY&#10;jocVhuDHt2zJwagwLrNd2YMovqnfl7zPd6TcK8bHj+0AeowdGUdeQP0ZuMeYTGzxmp0sscqe3+VP&#10;Plnf2qiWTjLQfCTv+rHZa4w2Ty4lW5UlSKHHCuBviWMarCw5AjY7jE5RtmJmDn4DuwzVo9zX6DiN&#10;MpwyqYcrKLiQgNFufqur28wJHFxuNu+QnzlpnMMwHXOw7PzU62EqL668kamt5o8LVqeIzk+tWRVj&#10;tnT4Z27TSZLZHkdmjIbptmSC7WEnYrbginhgLXkdhtbSUAysuDki7BizHbIGLSYuy2lJ74iKBF2J&#10;eqVNa4aZcLsXiu8gYNcsTsDagVlhYdyMnAUW7AKkHZB9Wg4yE4NRj4ovTaSdh2Ek465xXaEKJDs4&#10;uwC6fEc5PLi9Ta7NGhrktPi3Q7BsbcRnS6afCGBdgqKXOi0Wqa5B2GlhdcSN6HxzosU+IOvz47dk&#10;98seaZbQqGaqjsemYWq0gm8xrtBxGw4iopnTdC80WV1QFwjdwTtnOanRSi6eeOUNku1DTBOpK7nw&#10;yTLMHQFTVPEb5rTGiiNH3sXurSe3mNV4rUEmnE/fkQ89eVodQsnmjUeqBvTqc23ZusMJUeTbp9RL&#10;HO2TaNfLLCsTNVgNq55313TpbO4eNhSnTNj2th44cQfQNFqBkiCmeR2YNU55rrIyEi7IOxDNWl2W&#10;OophiN1dnon/AJx00R4NJvtUkjP7wiOI9KgdfxzueDwtNjx944i8L7R6m8wiP4Qx3zmoubKLTxL6&#10;TTuGZh1Cpv8ArzsagcTUUp1ANRvmKXTY5EvKdfs4rSZVSYsrbLyFDseuAtUA+qv/AKp2y/B9TYTu&#10;nfkH476OlTTvnmP8yYwNTkp4nOh7RhxaZ6zsU+kvXR0znrAgnPLMgol6IOzuP/ONOuFb7UNDdqJd&#10;RiWMH+eOpzp9LHxdF/wmXD/p3l/aHGYzx5h/BxR/07B/zl0M6v5Huo0QNJbukymlSAp+L8Dnd/i5&#10;e/fMbBEW4OWVxfMej28Yu+Mi9D8J77YW6kOULD2zcYdi63Jze8/l1xhCBRStM4j+Y2nK4kYD4gc6&#10;rS+uFF2/ZuXhmHrMRrGp9s5BdxFXb55532vp+DIXr4GwuwJnPkM3ZOfyb8zvoHnuwnLcYLhvq8/h&#10;xl+H9eb3sSfEZYSfTOJn/n4/pdR23pvF00h/N9f+kQOu6cmpaPeWLKGM8LolRWjFSFP3560uUCSu&#10;i/ZB+E+2YGcVJ1fZuTjhGXeHwx5rsZLDVbyyfZ7eZo2B8VNMROUO1BSIrtU5VcNMyVoTbMOuSAap&#10;y2VoUPIYKX7GbjScnltbzek+RKrLH74WaiKoc2uLm6mXN9FeUX/0dMhmrJ1zc4C2RZvCaqMiN8vx&#10;HNtiLmYlTCedeuZQcyDsCkUxbg7KVqHFXYNtZuLDtgkLDVOLskukaiUYCua/Phtw5waZQRTJ9omr&#10;VUAt1zQ6nA4so0WLeavL0V9ayLwBJB7ZIQ4lQMKVznNdo+odz2dreA0XzB+ZHkKezmknijogYlqD&#10;3xhFDmilGi9jgzCcbeVzwtFIVbqM3tkHIUq5VDirsvJRjZass+EL4kLMBjxHQcjm60emvcvJa/Xb&#10;0HoHkvynNeOsnDao3OIT3gQdRm6jjdFI2XuXlzygEhUenWg7jAEuoDxzIjiWmX2nlxVAPED6MTW+&#10;BbrhONJ2RD6ChUjj8tsEJcg5AwSJJVfeXxuePTF1l2BysxZiTHb/AMv06L19seJcHC2iSSXGgGp+&#10;GmWJeuDhUyUV8vtyrwrTMZad8PCxMkRB5fLGhWn0Y0zfdjwtZmmlr5dqacdh7YwzjtkhFgZJva+X&#10;QtKr8qZvXp3x4WF2iv0KEUfDiqT1yBixUbvSgsZPHBMbVAyshnEsO8wWyxxuadsznNPq+Zd5ohbx&#10;7zMwWV98SzUTO71GCGzDJ3HM5WIIbZWAtUqcvGUQ0xyEFcyAjLGVFzoSsIaReJy6YGSwH782FFN1&#10;zYqHHNiyay8CQtNc2BLWbFXZsKC3lYoXAg/PNhV3fNih2XgZBqu+VhYlcBlYVK4HMcEWsherY3J2&#10;w4F5fLAw8TCUXB65sFrEOZssZEt4UmIxwyBbAot1zYpazYq4ZjhQVwplYoDZNBl4sqW/PK3xQ2KE&#10;7ZhikOPWuXgStOX1GKrehyiMWJC5TQ5VMIYUqK+bG1dmxV2bFkHEimOAwMwpMRlEYrTgc2KKdjhi&#10;yWnrsc1QMVtqhOVXFSWwmapwMbXUz//XU1XTSCaimeoYMz5IJPqaGVXUEGoORm7tGQnNljnbk45r&#10;8KJ7Zg9cy4zcyE9nYKhNFyuTVN2CUNcqIaSHZbGmIUOwO7VyYDYA7EWOWBsDsbil2bFXY9cBYl2C&#10;E7ZWWsuwTHucrLSXYNgTptlMi1Euwxtoq02zGnJhIuJw1tIMxZyY2pSNQYc2sBoNsw5yUpZdXAAO&#10;+GdvD0zGlJDH9QvOJIr74NjQ+GUkrTHb6/IrviqqcgSyEWP3mqlTWvzxwGBnwJVNrIr1+WOp7YGX&#10;Ag31klq13zU9sWPhqyeYJV6NmKMcbY8ARUfmKZhSv35dCPtYsOE9EaL2yuEpcKDXxxrBW6jISxg8&#10;2/HnlFI9V8q6de8miUVavTEZLRSNvuzCyaPudvpu1SDuwXXPIEsIZkU0G+BXiKGhzXzxEO+w60TY&#10;XeaRNbsQwpTEzldObGaAaMjKxLJb0zE4GcI20Tmri28C3lmwhhMNg7ZskGgqy9BljC1S2VVFc1Mi&#10;QyhkWyQ9++VTI03xyKDJTNTFs4rW0pmqBgO6TGRDgRj0kZWDA7A1y3Hl4S6/U6SM4kHmUfp2p3Np&#10;OkkbEcCDg+G4V/nm2w6kS5vJavs8wL0zy158LhUnNT0xbxzKBdeIkMjudSguo9iNx0xrCoIynILc&#10;rGaY1qcasCe1cDMaDMEbF2cRYY1ITHOCvY4W69ZiW3rSu2dDpMtF1B+ovor8ptbpp8MTNXYb5yvz&#10;FpdHY02zqtJm2b9PkovXEYMoI75D7rT/AIjQU3zZxk7PHmbwOLXjv75K205LdglEpgapF2Kri1l2&#10;KAE4GLszRchgteKnYHkVkOSbIm3Yi05pQ4WwQdhDq0QYEjJ9HbaSVOyM3CUJ9s5HtTFRJd3jLsAt&#10;1zkMo9TcHZkO+DDKil2Lqa5tsUrDAuxRWocz8WThLEuwVDKRuM6HQ6tqnC3YdaffAUqc3gPEHV58&#10;BPJ2SW01Fli5I3E5RLHfN0uTBvu7JT5X836hC4jdy0Z6g75rtZoISFjm6/VaUDcKU9tBOnGVAw/H&#10;JdP5xt1+CSOtRvvmpj2eehcQ4zSBh0OKGTnHIw3qBkC87eX7XVYXu7JOMnUqPHNrppkDgm7Ps3XS&#10;xSHF9KZKCAATU+Ocb1OwmglZWFCpoc4/t7sueOXEPpL3ODKJxsN4W8TWmcjPGQabw7Dzyn5W1LzB&#10;q8FjZxGR5GANBsB3J+Wb/sjsk5JeLl9OHG4et1sNPjMpFbJIkcbSOeKICzMewG5z2H5Z0O20DQbX&#10;TLdQYolHJ/5m75sdXqfEyGR2/ovnsonNMzn9ZeB+ffzBnvNbklsZSLSIBLdlHUda/Tg9ht8IAHgM&#10;rBbYxEWJtqt5fziSaVpH8Se3thRrs4jtHr4fwzM00bk1EWXrP5a2Lc1l7U2HfPNf5gyCS/c9qnOk&#10;1g/wcvVdij0vUc5/KNz888t1UfUXow7J5+SeoNZeerJwaByUb5MM3vYPqxZId44v9K6T2ghxacjz&#10;ihNWgE+l3kJFRJDItPmpz1W1Ku3vt9OWRhReY8S4geT5bj0gw6hIwWoV/owrv2/dt9OZuIbteQPV&#10;fIcdGSu52zlfnWJXElffOm0RoN+nlRD1eD+6XOJ6xFxmce5znfaTT1u9tppekL8KSM4WYpynYpay&#10;PFcRSIaOjAqfAg5bopmGaBH86P3sZxEgQe52e1fLeqDVvK2kapWrXVspkP8AlLsc23bGEQ1EgOV+&#10;l43s/wBEp4/9SnwvkX/nIDy6NM893Mi7LqAN0o/123p9IwcRmpIdxGVPLXQEtvQDp75VMsEGJzWr&#10;LaED3GOC98sEHHyZtkTb2lWG3fFlIA+jNrp40HQ6o29D8mWxSRDhdf04nNjidcRu968psRAgyI6q&#10;uxzbYCyjzZ1bmqDIjqC7nNtiLlQKthJON8zQ5sXYDbri3B2MrU4lLsUjbicbQeTsMLW4KsN8hONt&#10;EouyVaLqhUgVzWajBbiZYrJIw6kHvk60jUw4Art3zRajDTQDw7sH85+UoNQgkBQEmpph1RXHIHOd&#10;1uj6h33Z/aJjsXzF5+8hy2FzJJGhC1JOMIpmllGnq8ecSDzqWFo2KnqM1e2RAbTLZYF3xyLyJ+Vc&#10;zNLh4pU6TtHVcEU78t6U19fJGBWm+IX12I0IB6Z1GDD0ePyS4pW+mPy+8oLDaR1ToBkavtU4k/F4&#10;5tMWFAeq2GkRxr9nCl9Vq3XMoYGykwW2QDpj4tSqRvglhRTntlI6YYQ39ab5jyxKAgLmwqDtg+G9&#10;BHXKJY1KU3OkBqgr1wQt2PHKzjVLZtEBP2emO+tr44PDVTTQh/LtjDeL44fDQUVDoainw7Yx7weO&#10;SGNgj4tIUD7OJG798l4alEpp1P2cclxU9cBgxalsgFpTbB0DlspkGKVajAFQnDOAfCDmLMtmMWXm&#10;XnO4EUD1O29MpzvnPaqdl6nQYtg8F8xXZkuJPc9MaM10ju9LjFBjUrVbNTIsjG1ocjNTJcTX4AX+&#10;uaZdMi2xjSmzVObAzWZsKt5sUN1zYq1ljAlonNittUrmwJaObFXVyjhDFcu+bCq7NgVrLGLJo9cr&#10;CxK/NilrKxQA3Wgy6Y2tNctq9sojEFgQuV81MUALi1Rl4slmWMiWYU2G+bFLQzYpdmOFiVwysWLd&#10;K5sU8VOK5sU21QjcZtsVd8VMvAq05hiyDVK5sUO6ZjhCtrucrA1qmYDCyAWswAy6ZG2SytcsYU27&#10;vmxRbqZgcVBcRmqcU20FyicIYkr0XbKrgY8S7jmwrbs//9Cb6hpcVwrNGM7PS6wEWHyzUaaWM0Xp&#10;n5b/AJtWOrxrFPIBJWlD/tZDNV0eRGO2b3BqAWiPm9Yt7mKZAyGoPcZHLm0KHcZsYTtvjJVwKYst&#10;ts4nY7pgYuymbY40kB2IMTlgbQ7EmrkmTsricNpt2WEOC0W7FVQ5ElgS7BEaHbKyWqRdgyKInKZS&#10;aZSdhhbQ1pmPOTSS7De0g6ZiZJMSVrHDi0gG2Yk5KSg7iWgOG1vEAOmYkyhIr+4biadcHxJ0zHkU&#10;sT1K6kPKg398XVfwyBLbEMT1O6koSK48CnXIktgixy81FhWpNOmau3hlRm2iKTy3/UA9f4ZVR45W&#10;ZtggUG98ASQcsMuATQcZbS+ala5i61x8RIxFo6iQ3xNv88sOD3yccrXLEi7fVyP2sdUUyziDScSa&#10;2+vceI5dOub5ZK2HDSOfVY5k3IOUy1BBGQnAEN+OZikup2lrchqqKttWnjgaWz2qM1+TT9zt9P2k&#10;RzYhqflcDkY9++BHjZTQ5hSxl3uHVCQtjF1ps0LlSMbTIU5QygoVoWUbjGnAXJibUiKHLGIRIOGa&#10;mStx5KiHLGG2ohWV81cbQItGTfLrkWQiVrMDlHFnE0sYCmVTA5IkpEZsaYyLY2xSNqHLIF1mpx2m&#10;NhOyMKHp0wUk3TM2GYujy6VktprEiBRyxT1tumTOZoGmRbaxzWjYmWB+eVXZbhAgIM3KvKKUqTjL&#10;hPUjoeubjBLYOszCi9V/LjUjAyb9xkL8w6by5HjUZvdJmYQe+6NqCXFuu+9MgOo2BRztm+xZbDmY&#10;5pphVJDxPTMoSckSdiJXfJ2zDsco3wMS7FkTwyBLEuwQsPiMrMmsl2NmtgR0wxmolTsLbqyPUZcJ&#10;OVjyuwkv7dgDUZaC7HBkdkVvk4sc0XbGPa3fYZWHYWP1OcDnFSLlh2MBzGiUuxeI5tdLJiXYrTNh&#10;TF2OV6ZfizcKCHYJgnIIoc6HR64NM4WHYb2moELxJ3zdwkJB12bTbuw70jUeMwNchkhYdZqsHpLs&#10;mKzrPEre2a0x4S6Ix4S7DnRlRxwYVU7HMPUGt2jLzsNMaDGa1+Wmk6tWQD05D1IyqPaBAqQ4g52l&#10;7Ry4+RQsmowxGkmw8cJrX8h7SScNLc0j7jMXJl018XB6nYnt3PVABBXnmvSLWNnaQsQK8QM6h5R8&#10;naB5bt+Gnwg3BFGnO7ZgazV5Mu30x/murzSyZZcWQvL/AD1+Yeo6nE9lYoYLY/aoQS3+t3yQg0qr&#10;tuegzXygSbbCRzA2eWNZ3DScWapP7NN9sZLKqrUnLYxaJSZJoPly4uJE4rtt2yG+btVRLaRa+2bn&#10;QYLkGvmae6eTtG+oWSlhRiM88ebJxLeOa13zc9omsT2nZkagyPInKKk55hq43Iu6HJ2Sf8s6r5ss&#10;GHaUZvvZmH95/UdZ2v8A3BWTAGFwehU/qz1xNJzIYdhv92TiKeKwmo08CvtLY6tKyj4eZHtSuE+p&#10;zUjP45l4Y7qS9B8n6eYwppTYZzLzXJzD/TnSaOOzkYPqDPYxRAM5Drqfvm98we3sd4nsNEfSF2R9&#10;hnmeSLsHZQ2NcqiN/ck7uz1Z+ReoG6/L1YmarWcxQV7B986rtiAMcc/5+N43Ux4ddIfz/U8E/wCc&#10;n9JXjpmrU/Za3J968hk6JNa5z8MfFKg7KUuCL52trY3d16afNz4Y4A0zYxwOrnn3ZNb6M5UVBr0B&#10;9sdSlMvjp3HlntM7Ty+5cHhXfrmMgpmVGNOvyyZ55Y0JkKkrTbrhdet8JzJxhxnq+gW5jjUUp0yL&#10;6luDmzwsgN2Y232BkT1Jd2zbYS5OIq+EVwMzYuZAuwA/XJOQHYkTizDsyvTAgh2LxSgHFhIOw0sr&#10;viwocryQtx8kXZLtG1WhHxZqdRgcOQpRuLdJUKkZONJ1JXAFc0mfDTXdPPfOvk2O8t5KICTXtho6&#10;BxzXfOd1ekrcO/7O7Rr0l8z+d/JNxYXEkioQtT2xhWmaqnosebi3YLJE0bFTsccG4RM3tm77OxdX&#10;l+2Mtzp6j+T+hi6vPUZa+ByK63qBXlvnUabE6Yc31Z5e0xLe0jFNwBkJ1DVDyNDm5xYHJjC08CgD&#10;C06ieXXMnwm4Y28EQaiajfK5YWBhTsNbbURQb5izwtRC0oDhlDqI8cx5YlpRe3Vu2C01AeOUnExU&#10;Ws1PbHfpAeODwkU0LJetMY1/3rTJeEghUW1UClMZ9er3w+GgheIAMtLqp64DBFNmIYMglJOVSixQ&#10;9xGOOHVipNMwspQWN604jhcnw64cR0VB92azUzqLlabGZSeGfmHqyKjIWpU1riTGpznMsrL22ixV&#10;F4hqM/Od2r1OVmO7MBAVJOWDgKQWmXbLwMgs75sUuoc2KtEZq4q4DbNhVvNkerDq32zDC2Baw3y8&#10;UNZsCQ1mwK1mOSUrgaZVMUN8s2KGwa5sKuzYq6uamBLicumKaWk5RxQ2OmY4hDa5WLBcBl4q6uYY&#10;lsCx8vAlbmxKuOY4hFNqfvxuSYleAc2KA41y8CacM2KtEA5q4ptrjl1xTbRGauCk20VObFSXAHKy&#10;TFflg5FkCsYHLJxpSWlQ42uFgVQLmwBDfHNhTbuO+bFFuoM2KG82JVrNgS7fwz//0Z+kjIdsvx6k&#10;wNh1er7OjlG7xjS9cvNOnWa3kKspyp7S3uUNV+LOg0faHF5F4zX9lzxnye+/lj+eXER2upN4DkT/&#10;AGZGNV8ttVuK7Z0GDVurqnvukeY7DUYlaJwSQNvnkdudClQn4SM2ENSCmOVNQynocCSaXKB06ZaM&#10;wZeI3gd7GQdjloyhmMjsRazbwyQyMxldiZtD4fTkvEZDK7MLQ1x418R2OFp7YONHiOxZLY7ZEzYG&#10;bsExWpyozaTN2DYLY+G+Uym1kuwxtrU13GY05sSWi2GttakAZizmxtRkkArhpb27AVpvmNOS2l1z&#10;OorU7YYQoaZjyLFKrqSJhTbBUfIZUWVpHfW8D198WQnIFkJsdvdHicHtX78VBHfIENscjGtR8tgs&#10;1OuVxFMrONvjmY7eeWp0BPbGNFvscolhLlQzhI7rSLmNzUcQN8aEOR4CzOQIcW8gGxxrDfKiC2xI&#10;pDSo4ffNgWmwxr3x3Nh3yQmWJxgr1uXWgr9OWJa9csGVqOBEJqTdK7jH+oCKd8n4rX4VIj9IuVoD&#10;8RygxHXDxJ4FpuWI+LfGMitX9WUziC348higbm1gmBJG+INEKZjzxuwxaopRdaWKGgxBkpmNKLts&#10;OotJLmzKk+2MpkHNjktBslDl4KYSbTMMmwkVRRXNgQC5hlYG4BSJzVwFtjC1pJyq4AyMKaDY7JOP&#10;OVKiLU45Rk4hws00bbRYpQ0y4OESCUeqsBlgnFiQFylulctT8QwxJtjMAxK+B2WdD2BxaoYZtsE7&#10;DpM+N6F5S1URSJ26Vwr1KzWRCKdc2OHJTiDZ7Z5U14EIvLbITrOk7n4c3WnztsZPQrW5WVAQcid7&#10;YsrGozbY8tuVCavhe9ufDMgTboydmW3PhiZpMnYKhtj3HTKpTaZTdgpYNhtlRkwt2ZoqjESSC7As&#10;0FR0y2MmYLsKL60VkO2ZEZOViyUXZB9ZtuEhOY2vx8UHp9HksOyPyrQnPO9bCpF2keTsRHXNZHmy&#10;disZzPwSpBdi6tm2xzYF2WcsmFDsyvQ4MecwK07BEU5ze6PtBrlB2GVlelHFTnQ4cwmHBzYLdkz0&#10;jVVaIAnKsuPd5vVaapOyUaPqSCVamgrmv1GHZ1uTGQXEVFMmllfxsoowOabJiLAHySq+09nBIOG8&#10;F6oX3zEljZUGM6jok7147t8sHC8UjbY5R4bESAY/deUJpjXhR/ADGvqKr1G/81cIxWpl3FdZ+Qqt&#10;8cJr/MemFOpa2qxt8XTMvDprLAlmOheVYLWjFQOlM5h5v14urgNnR6PT8Idjo8HEQWTogRQo6DOT&#10;6pN6kzNmN2rOo09jpYVFvCaQb557qRu54dkz/KizM3mq12+y3L7s6TsHDwYMk/8ANdJ29k4cPxC2&#10;b+6f/VP6s9PtcAIy+GVCDx9ci8wh071LuRqft74Q6tdAI2/bM/BDdLNtFs1iQUHTOb+ZJ+XPOg08&#10;aDl6ePqCdjpnMdb3kP05j9rRvE9Zo/pdkecfGRnl+oFTIdmHYnv+OYgPVXZ6N/5xwu+Wh6laHoXj&#10;cfdnY67Hx6PD3iLyHa54NZGX9CTy3/nInTDfeRomUgPBeRMCfBgwOdeKCvy3OajTabhNlx82qMg+&#10;etC0BYJ5C5DM9FUjwrjXkAAGbKMXX8TOdP0ZXCinyOMeYAZIRaDI2yrTvLqFQeI+jAst0BlsYMCy&#10;zS9DWPiSu+F1zc1B3zIhBiAymztAgAphHfvVTmdiCeqcwLRRkY1Hvmzwt+NWwhuR1zNi5kHYWzZY&#10;5UXYHZt8DY7G8jil2OElMCKdgmC4IbC1yi7DmwvWVhQ5Tlx24uSDsmGi6qQVFc1GpwOJkAQ91arM&#10;hBGTfTNRWRQCa5o8+BrBrd5p558lR3kUlErWprhiwBHIHbNBqdHRsO+0eu2ovnDzX5Nns7tuKniD&#10;iF8/p2p9xm00OKogOr12TjyF6r+R2j+jGHcdaZzjzHeUZhXxzqdJjaMcd30RaoEiUe2Qa/vCGObm&#10;Madjjx2q4XC+PLrknI8LZ2CYb47b4Gs43YZW98fHISg0Sg7B8OoEd8olia5RdgyPUq98pOFrMXUG&#10;Ki/PjkfCYkU6gxwvcHhopqmPS6LHrgMGJ2dTBUEpLAZTIMS0RhzZKSRXMTIxCEu2CxnJNpsPwg0z&#10;WZpMerAfOGorDBJvuBg+QkADNDr8vR3/AGZh3t80+fNYae4aOu1ScSpmllKy9hijUXn8r1c5eQtt&#10;PJTB3yh1wlgDuvb7OO7ZENoUe+bClx6ZsVcOmbFDs2BXA75serHquzYslpGXiyC3NgV2bAq3NhS3&#10;mwopvKpigtg+ObChvNgVxpl4sgtzYFaPXNjau5HKOEMaXKc2FjS+ubAyAWk5sVca5Y3wMgpttmxC&#10;tg5ROSAa5yoKkUfI5XHLRF10tVujVt/h6Zum2VyDlYcnEFCaPicvIt9qJBrTLxZDdb3ysK03tmxY&#10;lcBlVxW3ccvAm1vHNixXds2KbapXMTiEW2E+7KwFXUpmOSCC2ozYseJfx2zDFmFjZeKtZsBVrNkV&#10;dXP/0p/kGYeAk++URk4zppy4RJWhuHjNVJBGLLMrCki1HjmzwdomOxeX1/YPWLPfKP5q6vo7qplZ&#10;4xTYnw+jE5LG0m6AVObfF2hE9XnM3ZuSHMPY/Lv5/wBrKFW4bj2of9rAk3l6Jq0GZsdY4fhlndj+&#10;bWjS0HrLU79T/TAcvlZTvx/DL461gYlPLX8wNGmApMu/v/ZgOTyoQfs/hlw1yLKZReZ9Lk2WYE4H&#10;fyw4/Z2+WWDWqiU1mxelJBviDeW3X9nJjWBeJXW+t26OMZ+gpF/ZyX5kIXi5iPQjMNFI/Zx/MrxF&#10;v14/HFE0ojtkTnY7uM8Y7jBUOlEdsqlnW1j3KAdcMINNI3I+WY8syoKfU0UbHDKCxoBtmNLKikou&#10;9cVa0Ptg2K1AplMpppj9/wCZVWvxbYIESjK+JkMZY9eebkWoLCp8cUCrTcZEyZeCUnuPO8aft7/5&#10;+2b4QMgcg72wacpZP58TejU/z+WVzTxwDLHvZ/lZIb/HVuzAFvo8fwx1R2w8Y72HgFUbzZZyClRT&#10;v8/uzVw8QT4ZQza1YTMR8PhuP7M2JoshaHlNlIDuPbKNN8rlENkZFLbm0gJPEjG+mMpOMN/jFLjY&#10;oa741o6HbKzBtjlQ8lpQ7b5QQ+GDgKTkC1LdtxSlcsKRhAYmQK9YmX5Y1q4kMokLXVxU028coMen&#10;jkbZGKmJKbE9cojBbILX4lTU/LGutVyqQcnFMgpbdRKynA7LmOQ7XFlSee3FTjaUGQMXIE7QzQkY&#10;3FspZUZdcCiLROVi3cNKdanLwIt1MqmNNl21TLGLjziqRsAcepy0OFlijrd+nhjxlwLhEI9WBApl&#10;4Chxy1O+GPNjkjsvt2HqjF1FV98z8UqDqso3ZNp8wRQ3TGyRhhmdCbiTgzjy55hEDpyelOmE9/pw&#10;kqKZm4s1MKereW/NkUiAFsjOoaCWJ+HNli1TOMqZra6nBKoPIbjCeXy8a9MzI6tn4hRYnjP7Qxq6&#10;AQfs4Tql8Qu9VPHFl0RgPs5A6ljxO9VfHLbS2G3HB4y24SKe+IyWBH7OTGVIK7kMAXFkwB2zIhkb&#10;YluuFF7aHfbMvHNuxSdkH8zWxWpplsxcS9D2bkdkNnFCc8/7TjUi9FDk7Ao6nNDHmydiy9MzMXJS&#10;7Hqczsc0OxQHM2E9mJdlMMryRSHY3kVOY3imJS7F4rntm50fadEBrMXYaWOpPERuaZ1Om10Zhws+&#10;mEnZJdN1yhU8syZY7Do9RonZLNP8yEAUbMHJpQXU5NMQXEA4fWvmao3bMGejaJY6WNBG3UDBq+ZV&#10;p9rKTo2HApmzi8Bga48zClQ2WQ0afDtelvGvQZHdV8xFlb4s2GHSgORi0xJVAAOmQPWtUMpIr1zM&#10;PpFvR6PTcO7sjE7ciTnNdpZLLusYdgNh8Wcpkhcm+3Z1X8ltLJ1JrojZBQHOvji8HSCP855T2gzc&#10;oqV2aW0nuCPvztFxchVah65r4weeu68mP2emBZCafbNcjWsXnwtvmy0+NlHmn9vEEQDIBrc5Ibfv&#10;m6xx2dlpxurZAdWNXOYvaQ/dvTaQbOwgmHxHPMdYPWXZh2JAfFmCBul2d9/5xtciS+TxTp9GdtmH&#10;+AweO9oP76P4/iYR+csQk8hXu1eLK33Vzt24jXNVh5uuyfUXzro53QE13GJTmlcyouES9K0GAORX&#10;C+aalanL4xYlnmlWI2IGFlxcGu5zJhBAZHbWgUVpgOWfqMujFBR0cQAG2Fl3JUZk4wkIhRhDfNuc&#10;z8Qbsa7CG7bM6DmwdhXM4yTlwDsDE4Wx2Jl8WVOzc8CadjkloeuLExdg63uqEb4GmUHYeabqBVga&#10;5Rlx24eSDsmejasDQVzT6jA4chSFvbNLiMqRk10+/V0G+aXLiYCVPMvOPkmOdmcID47Ynq01YTQ9&#10;slgjunitE+QtC+oy040AoM5j5jc8m+Zzp9IG/FzemRiijIHqMpDmubIO5wjZdhaZ6HC5Yg7FIrin&#10;fEhhPG7BsN4wpvgpx54nYPhvj44CHGljdguK7r3yJi1Si7BKXPTfIGDWYuxeObfrkDFgYuwXDISR&#10;lMgwIdhvZKWIzEyNRabvkm0y25FajNbmnTXaT6vciOImuSm3hCRb9c0+oy0CW3TwMpPDPzN8xKkc&#10;qB+xpTGv1zmc2Sy9toMVB896rdGaZmJruTmGYpLuIpW3XLORAStFAcoZItVbqhI45eRblA7HNhSu&#10;zYoazYq7NirjmxVwObAhuuYYsgtI/ty8WS3NgQ3TNhUuzYqHZsVLhTvlYULhTtmwK4075eKhae+b&#10;IpW5sVdmwhDYyqYVXV2y+mKtdTlYULssZEpC1x45eLMrBjD1yyDh5xsjLcjLrllur4CSi/UHGmV3&#10;yuRdnhjQQk770y8g3hSrmGLMLGzUxWnA5sKKbBzYGJXVzYqGicwxZLSTlHCGMgvRh3ysLRdFWoKZ&#10;eBmFhAzHEJk5euVhawN15O2XgbwFEkVy8FqXVzY2oaPTNTG2dLeWf//Tn+VtjwDNXEBWgPfKwkMS&#10;D1VAe4zb5ITpqyYIy5qiXMidCRjgzjocsGaQcefZmI9ERFrN5GfhlIxwnlHfLY6yY6uHPsPEUbD5&#10;v1aLZZ2FMv6zJ3AP3ZdHtCY6uNk9nodEztPzG1+FgRcsfu/pj/rKV+JBl0e0z1dfk9nT0KeWP5xa&#10;7DQGQsB8v6ZhJbnqv+f3Zkx7SDg5ewpjkyHT/wA9tRQj1STT5f0y/TtG7AV/z8Mvhr4nq4GTsrKO&#10;jKdN/PyIhRKTWtD/AJ8cr9H27dMyY6m+RcOennFlGm/nBp9wQPU+Zr/ZjTpkVem+WeMWnhKexfmD&#10;ZSqD6g36b/2Y5bFR2wHKx4VR/OcbA0f8cWS2UdsgZp4UsuvNqNX4tsWSMAbDIEsxj3SDUPNg4mjb&#10;n3zVCnfKp5QHJhgJYhqfmypb4qfM4x5qDpmNPUudi0lljF/5ldgdziJnOYss5Lnw0aRT65IzfaOJ&#10;mY5Scrlx0gQEuqyHflTK9VvHIeKWz8oO5R/Skn82b1m8cfFKfyUWv0vMBTmaZvrDYfFK/wAnhd+n&#10;JwftnLFw4wjMWs9nxVU8wXK9Hxwum8cmM5az2cFVfMVx3fpjhdHJfmC0y7OpXj8xu3Wn+f0Zfr5I&#10;ZmH5JVGuV3I2xy3HvkxnapaMq8euRn6cUEu3TJjKHGlpyEZFqMTA/rymkBHTGU1hiLpryPjsMSaU&#10;DMczc6GAkJVPfoGPj2xvq48bZ+XUfr9RlNITkTNshgUpbskfrxMtXIOTGFIWSXljSciW+ApQc1FM&#10;aBlcm+0MwocrCGwSpYFLZqY0g5bXCEjLpjTEydwplHAW2BU3FDmrkSW/gtZyplqckJOLmxK0ExB6&#10;4oDlok6+cEwjmOxrl8sNsOBUMxOWDTfDEsJxvZUhkoeXhiofbLxNwZYd0zivzxG9MwkI9xlsM1Nc&#10;9PaJttYaI8qkUObkjHcZlw1Q6uNk0hZHpPnh7Ygcj8v8xiUltE53AoeuZMdQO9xjp5Bmem/mmIwq&#10;u5A7/wCdMRbS7dj0GXDU+bHwphO4fzbtabyfj/Zif6JgOwArkvzPmphLqi4/zYtGYASVbsK/2ZR0&#10;lafZyXjseFGw/mXA5+3v7/7WIyaOv8uTGoQmdt5+gYirjfAc2jVrtlsdQqd2fm22lp8XXCy60bY/&#10;DmVDUMolN4NYgkAo3XCa+0RqfZzMxallHImEc6OBQ1rnO/OmlmONiRTNxp8nEHcdl5/UqZzC7Wjs&#10;PDOO7ZhUy9niNh2Ah1zlRzbXYqOmZcDsl2OGZEEOxwOZEZUxdjq5eJ2h2NfKM0bSC7EiaHNbKRib&#10;ZuxSO4IzY6btIwYGLsHQXjKag0zq9H2vfNonhBdhpa6zInfN1i1MJuBl0YLsNrfzAwAHLLuEFwMm&#10;gdgseYWp9rHwmg6F2Jy6+xHXHgZR0LsKrzV2eu+AmnOxaQB2E885diTmu1Op6Oyxwp2A5Wzmdblt&#10;yIh2a2t2llVR1JGR0Gj8TIGOSVAl2d8/LnTRp2kc2FHcCpzfdoSsiI/heC7Sz+JltSuF5rww9u77&#10;4Sa5jQxOORWynBAFA9sjGq3pIO/05s8GNtxxtEgUyG6tPyBH45sIh22nhu7IdqTVY5r+1D6HodON&#10;nYSS/azzTWfUXPDsYB8WYkB6gl2d6/5xxFJ7s/5B/wCI522pH+BQeM9of72P4/iYh+bC8vIuoj/J&#10;GdxYj0xmlwh10zuXzho0Tco+1CNsD3BpXMqDgl6r5Zh+LfrhNdyUJ75mYwpeiaVDRRhRNISxzLiE&#10;J7GgCjAsrnictiFVVGF1w5ocyIBsAXDCa9PWmZuMNsG8IruuZkXNxuwqlO+SDlxDsDsdsDaA7Emb&#10;JBsAdjC+LKnZhIcCmLsVjmONNcoOwfaXZBAriXHyY3ZItN1FkI3zFy4gXAnB2TbR9Wqoqc02owOH&#10;IUg76xSdDUb4aXd6HhO+YsMdFig7HThDJWmQPX35Mc3ulGzk4eacDpkD1OvM/PM8O707sJ5HNcmH&#10;Ywi7KSY5JJi7BEUxwFpnB2C4ZzgLjTg7B0FwdqZAuPODsMIJK4uNIU7B0Fcrk0ydhpaRliMxshaZ&#10;F2STTLUkjbNbmm48iozyBUJyY6XacVG2afNkYjcvP/O+vrbWzENvvhnKSBxGc9rc9mnf9l6YE2+Y&#10;vPvmGS7u3HKu/TEs00pWXrcUKDA5XLH3y8g3hQOXilqu+Viim644dMBZqZJBysKCvGbFAbzYpa2z&#10;Yq1mxV2bFS32zYq1TLGBkGiKZVcUFwWvyzVxQ4qcvFkGs2BS1mphQ2TmxVw+dM2Khx+dc2RStzYq&#10;7McIQVygZQwq2TmxVxBpm74obB2zDrioaO4x2Bmp03xjZOLTkCIhJGVkpFx4491Z5KLjwMqtzIxQ&#10;jyVP05fHG08K31Mrpil1a5q4Qi1wBpmxV301yjightTvTNixbyxgKQtc5ZXbG2ZC1X32xlMlbQYq&#10;6vtmxtIjTi5JysKCuGXTBaIhpmxwGRtuAUXbfNTFPDbQfNTAgBxYn5ZdDjaWqjP/1OgZBup8/wBc&#10;qmNrTuX0ZqY2tNc8umNrTuRzYpJaA2rXNgUNZjipDanKw010qAnKpgtFO5sOhObJcTVLECqrOw75&#10;YZh0yyOQhxcvZ0ZIiDU54zUMQMVS5deuZUNZIOoz9iA8k6svN97FQeodvfFlvAeozKjri6vJ2OQn&#10;lt5+uOhYk+Nf7Md9bXwyR1rR/JckRJ53letWNab7/wBmNa5GVS1JLdDs8oC48yO9fjO+JGbKZZrc&#10;2GiS2fWWY/axMyZSZubDSpfLf8u9cYWyHE5sNMhJLkseuauRtt8BZ6pPfNXBxMhhWmTNg4mwY1pk&#10;zYLZjGtMmbDxMJYlwkzYOJj4Tfq5qnJAsTpg2Jjl8smC409OrR3DAdcvlkraJYVVbk1xyyHLAXFy&#10;YAi4btgOtMtpTiZpx6QF02pMNq4mZDlRk50dJsgnvXLdc3LEST+XWi5avXL5bYeJplgoqi3W1DlV&#10;x4mQxNG4rmrjbIY1hlObI2zApYTyOYZZENOQoiBa4+mTpxeJEhBTKpgkGcZLXUUxpysuZiKDlGNy&#10;Bc2KHbNkQmcbcppjgdssiXX5IbomKUjbLBydtEoq6PXHA4baZRVUemXyGG2IxrzPQZXLBxMxhWm5&#10;PjlF8RJPgLfrjDoc3qHJeIU/lQ3+kJBvU/flFzg8UtkdGFjapNXZjmEhx8YrLRA9HJq06sCGNfnl&#10;iU1y0amQcefZwI5IuHzFdRmvqHFBONq5fHWyDhZOzO5NbTzpdxEfvDjg8Z6jMmGuHVwsvZsgyHTP&#10;zJuYyObk79f8xjGhhfsMzIakHq4U9LIM00X80l5oGfbxqf6YEn0lHBoK+GZcc9OPIEM/0D8xIJnU&#10;GTY9v8xkA8/+Xz9QlkC1oD2ze9m6m5U26XLwzD0jSNTivoOSNUjPO+swmOeRSKEHMTt/HQt9D0s+&#10;KATDCgnOFvdzHY5Wy6E1diyCozZYo2GJLss7ZMildmrgtXZuWS41djWWu+Y2WNhIdiTVGYM7CuzL&#10;KQclj1BiVdgiO5IzcabtQxYmLsEJcnxzeYe1i1mDsWF0fHNlDtQFrOJ2Wbgnvkz2gvhuxNpcxsuv&#10;tkIOxJ3BzWZtQCGYDsTFWNMwd8kqDIbOyWeTdEa5vY5HHwLvnXaPTjDjvq6TtTVgRMQ7Oux3SW9s&#10;sSmgUUzGMDI28hIcUrapXC681DY75k48Tdw7tgUyP396KE1zNhCnKx47dkX1K55ct8yIxdzpsTsj&#10;d41Sc0fa09nc4Rs7CqX7Wee6reTluygKsBleONkBS7PQX/OPUXFLmTt/Znb9ox4dPAeTw/b8rzj3&#10;MU/M6P1fKN1H/OVH452Zn+12zRiLq5zeJ6JoT+sSV5b4BuJhwO+ZEI7tEju9N8vaWUhU0774SXMh&#10;YnMyASWaWUQRQML5RvmRFbR6jbAcvTLopVVwBPl8UhcMKLwCpzLxt2N2EV4euZsXOxuwomO+ScyD&#10;sCu2Ib4h2Is+FsAdiRbC2U7K5jGk8LssSY0gxdi8U1D1wFqnB2GlnecT1yLh5Mbskul6mVK75i5s&#10;VuvywcRXJCuo84qVzXnFRcYRW8BWuEWrSc65n4BTkYua7Ibqi7nMwO305dhDPsxrkrdpj5OxENkO&#10;JsIdiiPvlgkwkHYMik3BwU48ouwfbEnEuJkDsN7RCcg4WQuw4tIGYjKMknFySdkh06xYkbZrs2Vx&#10;Tutdwo3yX6Rp9KGmanPla5FINd1VYIXNegySRoscYHQ5pdVm4Q5ekwGUnz3+Zfm4HlGr71IxjGpz&#10;m8s7L22jw8MXh2oXJmmdya1JyqZRbsaQROOwMgsPTNgZLQDmwq2DljAkLT1yjhQWxmwMabJzYWTV&#10;K5sWNt0zYq2AM2KtZsWTWbFDsrFBXL1zCuJUOcDHDAzCmeubFLs2BXZsKHUzYrbdD0zYrbWbFbdm&#10;xVwqDldsUNjrm7Yq2eozDEq02YYobIy64E8SwKTjTkmqW5V0+Eb5YGAlsiFJ3qTjxgbApN0zYpaG&#10;NJxDWVVBTKySF1a/LNirts2BWiD1zYpdsRl4ErT1xxOLKlgyuOKKb50yiMWJivV/HKphY8K/ntlg&#10;YCypTZiemWDiyBWkVzVxTbgu+Y4oLYGVgQ7P/9XoGVN758zYq7NhV1M2Kt5RwsVwxw65FlFTbplE&#10;4QpK5FysNtdqlM2CkOpmwsgXHNTBagFqo+nMcKkODe+VTJAtcsYKokrDNvh43HOmCqJzTrm3x41G&#10;mDjcNmoceJmMIW+tmpkeJmIBaZT45qY22Ut5EnrmpjaHVOXgTTXPNTFlTRY5sVprNioDdc2KCHBs&#10;rCghcDmwtM4KivmrlgLizxqytl1GElo8I2qeqKY0nI8TmY8NKDy1OWMrJ3b+GlMsTlZILIBtSa5Y&#10;yYDiZCrIOmXk6cbjVBHlY0nxG/ROXTEBrOResO+WMmNmmRtXQccdXJNJCqDUbZROAtkAskNBjcgX&#10;IiUK4rlHKy5mOSHcZWQbuK1lKZYywNGSKohy65K3GMVUPTNXG2HAu9U0zY2z4FplJzYFp3I5q4KS&#10;IrS2UTjTaILeW+VhLbELSc2BLs2Kuy8LAgN1IzA4LYTwgrkmZTsccGOWRyEONPSgomHUJUOxxaOW&#10;g3zMw6oh02p0IPJkWjeZbm2ZW5nY4D1zTVvtNmSlaqds3+i1NSBDz+aHhyfQX5R+ePrV3DbyNX1a&#10;gnPKXnvTzaapMhFNznQ9sgT03E9v2Ll4sYe2ZC2655rk2Lu3ZlbfBCSXYJiO2bzSSsMC7FCtczZQ&#10;tDsY22YWTZk7G5BXZq5EzpLsa1DlU6KXYmRmJKFIdjfiGVWQl2PWVhl8NRIIdiizHMzHrCinY8TZ&#10;lR1q07L9UnE6q1p2YBjlkAZmkcnYa6Xpz3EqqBt3zrOzNAIjiLh6nUCAdnR9JjisbcKvUCmbbIL2&#10;eR1Ezkk7Bcuo16HIDFTSMVOwuudQpXfLoxDkRw27CW8vq98tEXPxYHYR3lxyJ3xlKg7XDjp2E9w9&#10;WOcj2pmslz8YdgCX7WcZqT6m92PgTk4+eZWhxcWQe9B5Oz0h+Rls0GjyS0+13+jOy7a2EY9wfPu2&#10;p3nSPzhEs+kmFv22H4Z0d52IOaURddIsR0rRraMswAr0OAZGZgQe2XgLJkdkiIpA6bYBlBrl8Upn&#10;C++A5ly6JQEYh2wFMpocuiUqq4X3HTMiKQvGEt84HLM3GHIxuyP3r9cyw5+N2FE7bnJBzcYdgR38&#10;MLkxDsQZxhbAHYk0hxbBF2Jl8LPhdl+ofHAvC7HpMQcNMTB2CoLjfBTj5MbsN7G+Kkb5EhwcuJ2H&#10;9tfkr1zHljcCWOnYy6n5AknJQjSYxdkd1A1rlodjhdhDdChOSLtcTsBs1DmMebkAOxyNlkJIIdgu&#10;3O+XuPkDsN7JeRGRk67MXZJNPteVNspySoOsyzdko0vTKldq5rc2ZwpzaZgorkt07TOm2anNmaeJ&#10;KNV1RIImNemSS0gWJRt0zWZslC23HhMi8f8APfndYY5FVuxH+e2KSPWmc7qc/GXquztJw83zz5m1&#10;yS/uGbltU7fPGds1vV6OIoMbY1JOWMBbFhy8VWmubFIapmxS7MMChzbZiMVLQObCgN5sWJXUysU0&#10;47ZeBDXfNhQuIGYYtgWEZsVdmpgWmqnLpitOLEjfNikNZsUuzYq7KOIQW1zYUNnLwK1t3ysVdSvT&#10;NXFFu4jNTFLiaZdMU01UE5WKG61IzYocT275XfCwKovTHAYGUIrJH3pl9sDbSlXfN2wMW8quFNuA&#10;3rlYWK8Ggy8VpojNigtjMMUtE9s2KurtTMMCVpy8WVtdsvAm1hG+amKuBNcoDCheTtmbAgtKMrFC&#10;7NhQ2BmxS45sVdn/1ug0OVN9PnvkK0zUxWnFt8rFW82KuzHJKW1JzZEIDRzYQpbHXKySF+bIsG82&#10;SZuzYq1mxV2bArgTlY2wXA7HLxKtb5sLN1M1MCtVHTNhV2bArdc2KVu5PtmwoXZsCHZhikLW6ZeA&#10;pW1oRlYWJCoDXKwsSFwamamNo4HepmpjaiDjKcxxZFy1OVhaiVQDbNihvNlkWjIFRDuMcMst18kU&#10;hGXhDClQMK5YyYa5Ki0yjkSWUQtkNMwOPEmULaSUDMTkSUwhS2SUHKxbKU+QIysgQ34zuoyDKyBc&#10;lTzd8kElwrmwWx4XVzY2jhdXNhBUhsHLyTSQuGauBlGLROVXEtvCtrmwLTs1MkxJbzYotumbEpDW&#10;bIFsLXU5YGEOPklS9FJIA74oinLRF12bLFH21vKBUdMExAsvE9DWubLSZCC8/r4A2QzjyLqtzZap&#10;bSBiBG1c89/nj5ea2v2uVWiPuD7HO6wT8bSGPcHL9ndRUjB9iaFqKajpVtdqa+ogr8x1ziMw4uRn&#10;muqjwzIe2pH4wHKIlXYvG9KZs9PlohDsEhgRm7hk4gwLsphUjKsseKSQ7KKEDE4TEK7GnbMSUaZA&#10;uxhO+Y0jul2NPXKyVdjSBlMhauyuOAY1dlhTk44yrscEbL4YZWi3YvHAxzZabQSkUGVOwws7Pkwr&#10;0zsNB2cIUS4mXLQdkjsJIrZQF6jN2Y7On1ETMuwWdVJ74AHHGmdiUmpHxw0zjp3YElv+u/XJguRH&#10;A7AE95XISmA5ePC7AMktTU5rtRqgA5cYuwvkepOcVq89kuREOwKxq2aGcrk2OwfpkBmnRANywH45&#10;03YGHjyD+i0Z5cMSXZ6x/LbTRZeVoar8clMzO18t5q/mvnmT95lNvKfzn8yXFhLZ29s1H+0wySPA&#10;rDwzAjNqyYa5Mc8v/mDIaJcjwqf9oYCmtCOg3y+ORqo9Wead5i064UMjjke2+AZbdvDLozQn1rex&#10;OBRsBTQ0OXxkkFMIpQehwvuAFrl8N1RaGuEt9OFB3zNxxtnEWqDI7fXG53zYY4ubCDsIbyepOZAc&#10;/FB2FU8g3yTnQi7Ajy74XIjF2ItJkm0RdiLPkCWwB2N55AzTTsoPg408LscJMIkx4XYpHMQeuTth&#10;KLsG29zuN8S42TG7Di0vaClcg6/JidguS7Up1wNIxm3YUXkta5IBzcMXYTXLVJxkdnZYg7AbGhzG&#10;J3ckOzRtvhBWQdg62PxDMqJ2cbJydh/pi1YZEupzl2TXRbYORtmBqJ06fKd3E0GTzR9NFBtmi1GZ&#10;xpSSbWNSFvGxrSmSe2tViUEjrmqy5u9lDGZmg8i85eeY4Fko+5qKV7/dijsOgzR6rVcRek0Ohrcv&#10;BfNPmeW9nfelTvvieaqUrL0uPHwhiEshZjmpgtyAVOuOyKrTmxSAtJ3pmxS1mwIbzDFkFpocxxSX&#10;AZsLFcc2KCHA5sCQGmbNTFNNA5sQxpsHNhVdTNituPTNgULSMvAWxYTmwobFM2Khx/DNituzHFS4&#10;dcrFDdfoy8Va75WKt1AzUxQ4HbLwMg0TmwqS4CubFDuhzUxZANEmuamNo4W+Zpl0wMqU+Qy6Yq4n&#10;KOKCuGVhYldlHFDYzYq3tTNirQy8UtHKwqVwyxgKQtYZeBK2mYHFNrWG2XvilbQZsULh+OUcUFse&#10;+VgQ3mxV2bChsDNhVvP/1+hVypynzwa5q4rTsqmFjS/kR1GamNLTdcrAh2bChdmxCloZWSQvzYFd&#10;TfNgYt0NM3bCyWk0OYDFXE5dBgBQ4E5WFLgd82FC75Zsih2+bfCyK34c2KG82IKhuubClrNirs2K&#10;uzYEW4jbLGBmFjZiMAKKaBIzUw2tLuRzYpIW1zYGJbWuNOSBYFWU5WWBx5Ky0pmwFIdtmwgsJBtT&#10;vjhljhZI0rxtvlnJBoJV1XvmGSYkKimmbAVC198rIEtw3Q71GUTkbcmMApFs2Ikg42xIc2G1jGnF&#10;q5WRLeszYGQDRObBbPhW1zY2xMWwc2EMCuGXk2ohcDmwWyBaOVTFsBa75hhYktjNhayG65sV5O75&#10;dMBWJ3cemYZEspFoDHL1GSi4OY7FE2wHqKSKgHB0CqRXtmywY+J5fVZZRLNNF0+G4QEbqe/vi4RO&#10;g2JzMjhETbr55yRuyW00ELKkiD4Sdx4ZAvzc8uDUvL8sirV4gc6DsfPU+E/xLosxx5hJ7z+VGsh9&#10;P/RsjfHEOSffnkfUoWiunRuqkg/Qc5jt3T+HqCH07FPiiC9BwJmlbHY9Tvl+OSuxdJNs2WHPQRTs&#10;Xt/jYDNv2cPFmAwkaDsHzWEqoGK0B3zq9R2UOBx45hdOwDLFQ5zGr0nAXIBdiDDfNPkhRZh2MYZj&#10;yCXY0g5RIK7LBpkoypXY9ZBXMrHnAQXYskqZtMGohbEuxdJVzdYNXENZDsXS5YDbNnDXtRxOxQXj&#10;+OZMdcCx8IOx31x/HLPzsWPgh2UbtsfzgXwnYxrhj3ymetZjG7EmlOYeTWtgg7EJZc0mr1exbBF2&#10;BWetc53Lmu2wOxJdzmHDcpdkz8haO19q8CgVAIP456N2RhGLCcne6PtjUcGKv5ziQASeg3OeqtOR&#10;bXT4bdNvTUDNHmPFMyPV5DEK3PV4P+YKTaz5gmlG6RtwQewxf1fE5DhZymOiUWfliZmBKkDE3uYx&#10;0O+SEC0Sssp0vQHjK8a8hgG4u4xl0YFgQzHStMnUCpOE97fIK0NMzMeMoDJbS0ZQK5Hr/UV33zYY&#10;sTZGKOVaZHr2/qDvmwx4m+GNdhDd3oqRXMoBz8eJ2E11cgk0yQdhixuwummr3ydubCDsDtJkDNtE&#10;XYkz9crM2wB2JtJlZkzAdjfUOQMk07K9Q42vC7LEmHiWnY9ZKnJjJTEh2LxykHbLoztrlF2DoLg5&#10;NxJ43YMFx8OQLjeHu7AdzNkg5OKDsLp5OuUzLmQDsCO1TmHObeA7LVtxjGakOwbbtuMz8ZsONkDs&#10;kektVlwl0+oDs6F5cAJGavVukyjdbIaIc6Vo8QCA0zmtRLdx6svOPP2otBbSkGlAa4YyN2HbOd1m&#10;ezT0nZ2ksW+XfN/mCae6kXkaBjt9OJ5qpTt6fHgoMNlmLMSd8umVt4ioFt82LYAtqRl0wLTRbLwM&#10;qWHrmOIUuU75WFivyxgZLST3ysWJbAzYVbzUwJW1y8UhomubFFu2ysKFwysWJXDrlYWBKoFyxkWU&#10;SpvQY8dMDeoE75jigtjGnCEFeuYYoc2XirQNM1MVbqaZsVaBpmOKuFK5hgKuatc2BK3NhCKbBplY&#10;UL+u+WMBKQVrjLxZhTI2y8Crcxwq2OuVTFVwOVihdlUwsV3Lb3y8VazHFDY2Fc2KWia5sVIcDlYo&#10;bI2y8ATbRG2bAq3NhTbssYpDR65eKVtd982Kt8sacUFcM2IYtqc1MKt1z//Q6FXK3JfPNDmxVwFc&#10;xIpii2wprja4oJXUzYrbYG+UThYrgM2FW82Ku775sCHV3zYUUurmpgZUsqMvAlaTvmwrTda5sUOr&#10;92UcQhctM2KtkZsKWgKZsCHVzYpaOY4pcBmxYrts2BDWbCVtum2YYsgVrDvl4GS2mbArWbFXZRyT&#10;Er16ZsUFd0GamLDgbElM1MKeBwk3xu+SBapRVVYbZYyYLjZIKqPQ5dcnbhnEbRCzALTNXG0+E162&#10;WDhtrONes4yjkbbsQUpWrjcgXMionNkbZkLa75slbEtg5siocc2AtnRbXLxZBojNipDQNDlYQWBi&#10;vDZsILGm65skCjhdyzd8UN5sWLebFLWbCtN1ObAUEU6tcvC0TkuAxw8cFtEo2FWNyrA4LtZKGh6Z&#10;naXLwnfk8/2jgvcc2WeVdT+rzqsorC2zAdR74NFKAjNrxB58xL0GK+tlQuJARTY+IxG+tY7m2kt3&#10;FVkUg/TlmLJwkSDAgjdkfk7zEtjqkM6tQFgDnkL81PKc+j+YLkcKRO5KHt45s+2tL+ZwjNHp9T33&#10;YOtGbFX8UX0FBMk0KSoarIoYH5jICRQ5wshRd8N1+UMQaV2KA0y+JpXYdeVbF77U7e3UVLyBc6/2&#10;YFkzPLG4Wvy+HilLydnadc/LuRbNCkdfh8PbOmw9pRlKi8Lh7SMZWpxXMMpKowJHUZyzW/L1xZzM&#10;pQ8QcytTpYZo2HrdHr45IhUyOywFSc47W9nnGS7aMrdgZgRsc0E4EHdm7GUFcoMd0uyjlcldlZFX&#10;ZuRHTETI5K7HrK2ZENVIIp2PE575mQ156op2PE+ZMdeinY8T5eO0F4XZvWw/ygvC7KM2ROvXhdlN&#10;NtlM9aKTTsQeSpzV5s/El2Jmp3zGmSd1dgmzt3llWgzc9k6CWfIO5jOQAt2dy/KvQhZKLuYUPVa5&#10;2+ukI4xji8T2nn8WdDohtRd1tXVBVnHH786gdVWnXNJ4Dr+HZh3+GCZSxWpY1NRiL6wB3yQ07ExC&#10;OtvLap+zvgOfW1p9rLo6ZiYJrbaOifs0wqu9dSh+LMvHpivAmEVqiDYYRXuuA1AOZ2PTNkcKuABh&#10;FeauN6tmZDEA5OPT27CW71Wtd8vEXPx6Z2FFzqFa74Rs5+LTuwBLd1HXInILcuOKnYGeeuUTzBuE&#10;HYkZcoOcMxF2NL1yuWdkA7G8sqOZNOzcsh4qadm5Y+KinZuWSGRadlhstjlRTsUSTL4ZGEg7BMUu&#10;ZMZtUouwSJ/h65Y0GDsQml98hKWzbGLsByPU5g5JuRGLsSJzFlNnTssHDCW6kOwVbNuM2WGTRkDs&#10;kWlSfGuXl0+pi7OjeWWBdc1esGzoc3NbJ9g51TSP7geNM5XU9XHxi5PHvzbkMdnMa0FDghzU5yGc&#10;+p7zs7HUXyjq8pe6kNe5xpyh2wCW1JzDbGkho75eRStpl4GS05eKQtNe+bFS4DKxYr+ubtikFaQa&#10;5sKt5sCHCvfNilxFc1cU21xy8UW0fDvlYq2K5sWJC4McrCGvhVA4plgYC2xCjI1Tjq4Gy1M/fmxS&#10;1X2ysQ1lUXK6ZJV3XLyKbW5sUtZsKC3lYobFKZYBwJAWuwy6YE0s5HKIphQVwNco4WJVACBmGKhp&#10;sdgbApUqc2KWiPDvmpirt8sDFDddso4oK4fOuVihsZsKl2bFDYzYq407ZsVcDlYq3X2zYodSvtl1&#10;xTbRBpljAyCzNil2WcCVhptmwq3WpplHFiVwFBlDrgYh1TTHYWxbU5//0eg1ytyLfPfEVrmritup&#10;ja4WFqnGmbFbbA+jNixtdxzYENEUzYQyDsvFksJp8s2BaarmphTTi2+bAtNZsCuzYVb7ZsVLtso4&#10;QxK5TmxLFcc1MWa0nwy8C01mwq7KpihcD45sUN5sDF2VhQVwG2XiyBWkb5eLJYw75siyW5sVdmOF&#10;iVy5WIYhf2yxjbIFY3tlkYAWa0HfGkZK2shUV8qmNtZiqCQjNTDxMfDDfrHNTDxJ8IO9bNjxMDiC&#10;4S5sNsfCpd6lcrG2Qi0WzYEkNA5sk1ELxmxUOObIti3NigF1NssYt0VjZsCkLVJysIYFUWpzZIBr&#10;MlwGbDTAlcBmwsW8xxSGicwGNpJdl0yILXOWzajfLyVOKSqKtcvDTXKSqkdCD4YtE1DlkDTr9Rjs&#10;JlYT8G264KVmADdh1zMgSXTZYjkySzkmKq/7I7YuyEAHxzPgaddxAsktlltgpPVuhyF/mP5Bt/Mu&#10;lShFH1tRyRu5Izc9na7wzwy+iTPSaqWnyCQ5Pafy3/MCKVYtLvXoSAsTHsffbPJ3mHy3eaVfSW88&#10;ZV0YjfvmF2x2JX7zH9Mvx/OfRdHrI5oAxeoAgio6YTFCDQ7HOYlhMTRc0OyuJx4EOzpn5HaMb7zd&#10;a1FUjq7fcc7bsmHg6Kcv5zzntLm4cFfzioX9yttZTTt0jQn6e2eoZbOOVCjKCo2pmDHIQbeNENni&#10;aeer201KSZJNg242p1+WQfzf+XyXcbSRJuw7DN3oe1OHYtmDUnEb7np3lfzpY6xDGpYLOw6E9aZx&#10;HzL5OuLKZ/gIp7ZvpRhni9Xoe1BIAFkta5DLmzdGIIoRnMdo9lGPuegx5LFuwE6Fc5jPg4C3Auxh&#10;zGkFdjcrIS7NkKV2VU4LKuzb42Vdl1xBV2blk+JDs1Th4irsupw8RV2Ua5WSUuzBThGMlXYIgtHY&#10;5t9F2TPJIfj9LEyp2TDyvoa+qks32V3pnoOi0Q08K6uh7R1uxiHZ0qz1yKCARRmgUYMmmJNl52WA&#10;xN97TIG645/M232sA0anE0I08MCzeZuvxUyyOlCRgJbCjwwuuPMu329sujpwG2OlJbwruvMZIO+X&#10;RxhyceidhVca8WJ+LJkAObDROwtn1diTvkJZohzMekAdgKTUHbauY0tdEcnJjgAdgdrhj3zDnr20&#10;Y3YmZd8xZ60lnwOyjJlEtVbLhdjfUyH5lFOzc8Hjpp2bng8dadl88PjLTs3LJDKtOzcskMqHY4Nl&#10;scq07LDZkY8rEh2KK9MzIZWFOxdZNsyRkajF2JSSVymc2cQ7EScwJybA7KrvlF7snZa9cuxjdBdg&#10;u3U7Zs8QceZdh7plQy/PMk8nVal2dG8sMRIma3Wcnn843af7JzrGj/7zA+2clrDQLVgHrDxP86pe&#10;NjNvTbBHc5x2Y7voeiHoD5R1Bq3Dn/KObKXNAQtdt8vFVtfDNgV1cumNslpYnKOKuXNhRbebAxLf&#10;QZhiyAaY5sUtA7ZeKh24ysVb8K5sKG/ozYq1mOBSXKM2KLbIy6Y2ypZzObAypbUZsCHDHYWaw9co&#10;jFjS5WyqYbRS8OMwGBQFpOXTGk06uamK06ualMVAaqDtl4pa2rTNirj16ZTYhjJdGN/DGZJrVqbZ&#10;eBmtIrXHYGYUjmxVxy8VWn5UzHFXDrlHEoK8ZVMVdmwIdmwhWwco4UFcuYYqHNm6Yoduc2KGxmGC&#10;1Bc3Q44YtgUjlkYpWg0zYq479s2+KlwpXfG4GK87CuOAwsqWFqjLwJW7Z//S6BldNz59pmxpWwBl&#10;UxY02WGamFNODA5WLAheD0y8bVxIy8WxTJ982RStObFXHLwsmsxxQWxmGKho5WBDebFXZsKl1aHK&#10;wsSFQbjLxZWszYrbeUcWK4ZsKuzZEliS7NhCFwzYq6tM2BIDRIzYQkNVGXgZLSM2BK3NhQ2OuVhY&#10;r8sYlkFrZsilbUZsKHA0OVTDaKXhs1MbTTiwy8UOrlUxV3LNighcDlUxYELq5sKgNk5qYsTFsPlY&#10;bYCK/lmwpIaB3zDEsOq7tljIluipv1y8FMlgG+NyYaZlWQZYGTtw5zKqBtmpiyjJxGVTG20Fbl0w&#10;MJSpsAnLpkgHHlkVFQnLphpr8Rf6BG+bAGIFtkhRTMp7YbtjkjW66KTn8HjiqqQMmA4OSYKYQwso&#10;BwfbOOFO+bHTTAFPPa3GeK2ZeXLyJLcIepxR2pvluSbj44Wjb+8XsenfEhJU0Gx7YIZW6WHa1C11&#10;aVJAA/Fq/CcifnT8utH8yRMWQJdU+2B1+7N5oO1ZYtjvFhgzZNPLii9k/L/84okhj0/WXqigLHcH&#10;7Q+YAziuufkZrNvM3ooZE7Ef7ebc/ks+5HCf856HB7R2PWPx8nrNjrWl30YktblJFbpQ0P3HI5f/&#10;AJVa7aMvK3Y8/o/jgj2To5kkH/dfrc3D7QYZ+X4/qo0EHoa52D8lfI8ujRz390hWUqFSo8co7V1E&#10;I444ofTF53tPWnU5AB9LBvzb8yWumeWZrf1KXVwVCIOtAwJzqTSVOc1PI1ww0Hzje6wZZK9q41pF&#10;JCncHriM9Mvy1i27LzRdWM6SQuVZTtT2wi13yrYapGwCjmRm10faRgdi4s8M8Zt7H5B/OmyuAljq&#10;TcX2CyGu/wBwzjHnH8tLm3aRo4zxG4NP7c6vT63HmjRdtoe1+EgSeu2l5b3cKzQOHjYVBGcy1LSL&#10;i2kKOpFO+YWv7JExcXq9NqhkFhWwokhZO2+cbqtFLGXNEnYiVbvmtOM9UuyiMhIJdlUyNK7NTHhV&#10;2amIirscBkxFXZYXLY47Q7HiKuZUNNaCXYosAOZuLs4FiZOwRHbKN83el7LiDZYGbsMLUxREHwzp&#10;NPjhAUHFy3J2Gces+mtFNMvJi4MtHZdltrzeJx4ohRoXYk2uuQdzlcs8R1ZjQuwNJrUhymWuhFuj&#10;og7AsuqSH9rMbJ2vCP4/Y3x0wDsDvfMe5zAydtjp+PsbRidiTXROYGTtcn8fsbBjdiZuDmJPtIll&#10;wOyjMTlEtcTzTwuyvUyH5padlepg/MrTs3qY/mFp2WHyQzrTs3PJDOtOy+eS8ZFOy+eSGZadm55M&#10;ZVdjg+Wxyodjg2XRyodjuWZEZoLseDmZDIxIdjg2ZccrCnZROVzmkB2NOY0mTswxjFXYrFGWbM/D&#10;ha5ydhna2rEjbNjCNBwsuR2SHS9PkLA0wEup1GZ2dC8s2TB1NPDNTrMmzpssrU53CRsSegzqOmxc&#10;LX6M5LXZKiU6SN5A+ffzv1VPq8yButRjx1Ocjk5voemFQD5numrMx8TmyDkhDmmXgZLajNhV1M1T&#10;gQXUGbCreamBK3lmxQ3XbMMSkNNl4sms2FDYysCGyK5sUW4CmbFLu+bCgtg5sWNNnLBwFsCm4Fc2&#10;RVbmGFQ40y++LJaRm74q2OmbCrssYFaJ2yjigtqdswxUOauXilqm1K5sVdsOu+UcUFsHKOFBXg0O&#10;NOSDWVUUIy8CQtbHDIlsCkwyzgCVgJrmwq2R1y8Crco4VXKO+UcUFtTXKwIbzYq6u+bCrebCgrh4&#10;ZW2Ku3zYop29d8umK00W3pmwJap3yxiyAWsaZe2KaW1Y7HMcVcOubfFWzTvmxStalNsvArWf/9Po&#10;FMrb6fPvLLocVprkMrAh1c2KXA75WSLAqu2bBSgNE5eLNYTXLA2yJKrTlZJW8vFk1v3zHFBbHTMO&#10;mKhpq1ysCG83tirW3XNirebCilwObCrXXNirfTKOLFcM2Bi3TNhAVsDfKwq3tSmXgZBYTl4ClbU5&#10;RwquGbFWtjl4pW7ZsVbFMqmKG+Qy8BZLSa5sCtHpmxQ1XNilvNirs2KuzYq7MRkkFcrZWBgV4ObD&#10;ahvNjaHDKwsSuFcrCGsyVAMwwlj1bpl5Ftipt1zYsi0MrJxDj5JUqxqcdTLKcGWVELEaZqYCEjI0&#10;0ZGamABPiNBMsDJU0TmqxxAnLpTC1cVq3EKK9MonI2zjBTeXsMonBbk4oqDtXHwLVxk4Cy4evyVE&#10;ozSIPUuUB8cHNFRMzJw2t5zHnuTK7nT1W15BcRjchgK5RCVFzM+MGNpdZXLxThQe+LFieuZBlbgi&#10;ABTZ52dCT17Ym57ZVKdOXjh1S24moxFae+ZJSvy8csjla8mnBV7bUpI1o32fHpinNW8Puy4aiYcW&#10;Wm703s/Ml5CALe4aPxp7Yi8EMh/eorU6bDMjHriGM9IOieaP+afmXTyw+tvIp7NT+mUqoq8UXivg&#10;Mqy6gzLfj04gEl8wecNR1279a8kLU+z/AJ0GM5b5Xbk+Hsk31mh375mBJ265Ek02YqHPkoXUhf7H&#10;2u2Jlx075SZkbuYMFjyQBvHicMGo4PXGTRW9yvp3CBlOxO39MzdP2mYnd1+p7JEgTDn+PNnXkf8A&#10;OrXfL1zFHLIZrTo0ZpsP+BOQPzV+WdreI81ugNewrnYaDtqxudnXxy5dPKn0b5J/Nby75mt04TCK&#10;5IFY2r1+4ZxvzH5EvbB3pGeI7U/tzcyxYtQPN6TQ9riW0ubNwQRUGo8RkNutPljYhlIOc7r+w5cx&#10;+P8AZO9x5xLk7ATwMpzm82ilDm3AuxhQjMOWKmTsqmR4VdmwhDsvJq7HKaZbCVK7FA+ZkMqHYoJM&#10;zYZyGJDseJSBvmXDWkMeF2X6+WfyjS8DsabjwyuXaq8Dsabhsx59qSSIOxNrhswp9pSLLhdjDMxz&#10;FnrZFNOxvqNlB1BS7K5nIHMSrs3I4OMpdlVOR4pK7L5HJcZQ7Nyx40uzcsPiK7L5YfEQ7MHwjKl2&#10;XzyYyq7L5ZIZUU7L5ZOOVadjg2XRyop2WGy6OVDscGy6OVFOx/LMmM0Ox4bbM3HkYl2PDZlwyMS7&#10;Lrlt2rssDJRhaLdisUBY5mY8DXKdOw1sdP5EbZmiFBwc+op2SjS9EqV2yMslB02fVW7JnpHl0MVJ&#10;Ga3Pq6dZPNaySVY1JOTrRtESMDbNHqNSS45kxbzL5kW3t3C+GSMqI4wozn9dKxTsuzoeq3zP+Zur&#10;S3tw6kmm+2I++aKcXs9Pk2p5TcRENlg5SQ5sZIVkIy65GmdqZXNiloCmbFXE/hl0xUOr7ZsUlrNi&#10;inDNikNnNim2qZRxQW1G+bCxK4UrlYsW6ZeKQWiKCuamBktBqc1MVp3LbLwFK075sCtZfbCl3fKw&#10;IdljCyDRy8VcRmxVoV75RxKCuGVgQ7HA4hIWkEdM22FLt++UcUFcOmVigtjqMackGoqyZhiVi5+m&#10;OByLaCoMN8sYsg03TL74qt3ptmxV2bFW/oyjgQXCvbKxQuzYU07LpjS01XfNTFab5ZWFiVw65QxK&#10;htsuuK20FzAHEpG7TkDHdsDIKZO+YYpdWubfFDdBmxVx22y8CVp6ZsVW7Z//1OgZU3vnzNirhmGE&#10;q5umOxZLOnfKIwUwMV6ua0742mSY0vqMvAypad82BLXf2zYq4D6c1cKOJvgfDNXGkEthM1caUFxT&#10;NXFnxLeBGYnFjblU5VcQGIkvEfhmrhQZLhHlVxpBk2EOauGmBmvEeauNJ4ncKZsaYmbYTNhpYycy&#10;0GXkSGxTI3zYAkLaZt8LK2tsvFLRObFWq75sCtHLrgVrKxS3mxV2bCrdM2NIcFzVxRxN8c1cV4nc&#10;c2NK1xzY0ruOauK22Fyq4otcBmw0xXAZVcNLbdM2BgVwysmGsqi5YG2Hhtx5ZBEr1jZ+mWEJyzwr&#10;acmuAV49OkcVp1xwjOWRwOJk7QRUOkMSAceIe+XDA4EtdaYR6GQvID6f8zmMeQOMhnDUgqM2nuh6&#10;Y0rkCHIGVDNB1rjSBkKbIzUmhAy9sCdy18KgnGk5ElyMcEPLIScrEScmlOuYYtcg2MUibiwOSjsX&#10;A1WPiBCN0+b0plfwNcHpLyjpmZHJs83kwcM2X21+s9oVr12wO44vXKJCjbsMZ4o0k86ejcF/A7Y8&#10;SCmWcTQcJtEreD06D6cRdqnKjzczFGggLiTk9coNTCCylC1scwU++PEhyXG0nArC8oeuUXx42QxN&#10;Ncdxm5bZMTYHGvE1R4nNlgkjhXiQkUOJtkZFvxqErHfGMKZTJzcSBuDtjakdOuVEXzc6EQUA7ENl&#10;xuwbfplkc0obxatTooTjSL03WL2wnSa3kKOpqCNsD6hpOmainCeMKTX4qd/oGbrR9sSjz2eY1PY8&#10;o3KPq/Hve0+Q/wDnIvUtPMNpqw9e2GzSHqPuXOeeZ/yjjnV5bZeSnfbOv0nbcZCpNGLX5MBovfPK&#10;/wCYvlvzDAr2tyokYV9Nqg/jTOV63+Xuo2bsBGaDt/mc2Jx4c4d/pe2oy+r8fYygMGFQajxGRW70&#10;a5hYh0IzWajsMH6fx9ruMWrjPkXYBe0YHpmnzdiyH4/a5IyOxM258Mwp9myDISdlegeuVHQFeJ2V&#10;6R8MH5MhPE7L9M4jTFbdm4NkvAktuy+DY+FNXZvTbD4Eyuzsr0mPTI/k5lbdlGF/DIHQzRxOzeg9&#10;OmD8hPuTxOyvQbwyP5CXcvE7MYSMidDJbDsr0jkTpJLYdlGM5WdPIJsOyipyBxEK7K45EwKuyqHI&#10;8JXZ2ah74KPVXZqY0l2V8sFIdm3yVFXZYrhsq7L3wi0ux1SMsBIQ7LBOXQkVLseD45kwKHY4HMiE&#10;kEOxQHMyEmJdigOZ+MsS7HgZn4wwLsWiSpGZ2LG1yk7DK0hWozNEaDhZZuyQafGgI9sFupzSLslW&#10;mOoI+jMTMHV5XZNNJmFFpmmzxcSSHuk5IcldhPUDNVli1lhPmPT/AFEao8cNVbktM1+fFxBy8GTh&#10;LxPzl5eLNIyivj2/jiTrQk5pMuMgvS6bPYDyfU9PeKZlYdK4nTMSYdxjypNJHQnMDlRDmxlsh3XH&#10;YGwFT45q4KTa3iOuXikNGnbNilrNitt8d8rC1kr1ByqjGkWu4Zq40kNUA7ZeKacTTNiimgcrBTFu&#10;lRl1xISS1xOauNMwVpXwzVxUlyqc1cUAtla5fYYGSnTfLGNJpxyziEtDG4GLebFDs2KXZjhCCuXN&#10;iVcVJOWKYsgVrA0zHFJaWuNOFgqKBlHCwK8ZhhLELm6Y4ZEtoUWFMsYGQWMMvFLVds2KWj45sUOo&#10;KZRxQV46ZWBDs1MKgOrvl4WTWY4CgtjKwIdXNhC02DmpitOLjpl9MWS0iuWKHFWjUZqYq1XMcVbF&#10;Ppyh1xQFx6ZeBkp96ZeKHb5//9XoGVN758zYq7NhKuPtju2LJYRvTMcClwJ7Y3CxAX/PMcCuGbDS&#10;LbCk9sonCxJXqu+VXDTAlUCZq4eFrM14QZVcaUTcUGXXI0njWmIZq4aZcTXAZVclTCZXqo65sNNX&#10;EvpmxTxFqgzYrTdRmwWkhrvm75Poxb7ZYysltgFOQ+GXkabwFE1zUxTTVcvFaaJzZFktzYq7NhVv&#10;tm3wsV21M2KbapmxW3cds1cVcFysWJXAZsAYt/PNhpXZsbTbs2C1t2bGldlYULhmwhja4DNhQ3TN&#10;gpBLqVNMwFTTLoQcDPn4UVb27SMAO+LpFtU5lQxukzaskp3aaYAvI9P4/fjkA6ZeBTiZJE7o63ij&#10;X4O56ZjscNMYm1SVBHUjtjgcILCcFW2n5bHNXGQWNt3AQ9sYRlMoOVCaWSwg1HSuJsuUkObjyIGa&#10;AjG0OVFyYytCOhA3xvTIFysZQzjKwAOSsy8WFN1yxknFzCirQmu3ji0MhVqZZEus1OESCZ6ddtE4&#10;HbFpaFQRk5cnBwWJUmN8VkiDd8RrlducI2lxem2VXG2fCsL1yq4LZAKbNTplVODiZiIKwuRvm5HG&#10;0GC5ZSe+XyyYLGUNlySkNl1ywSaTBELOadcbXG7ZALXkLY1sjJycYQ8zY0+2VEW5uKQvdBSKTuMr&#10;fANnJ9JU9xmoO+Gy1SA6L1Y0645HdT8PT6MujllHcFxM+lxZB6hujbDVtRsZFltJmjZTUFaYlc2e&#10;n3g4XMQNerCn9M2On7WyQ5ulz9iHcwP4/wBM9N8pf85C+a9IMcV2/wBbt12YNQGn0LkZ1X8tdIvq&#10;mADke2+dJpfaHoS6yeHUYOew/wA17N5V/wCciPKeqhIrwm0uD1BDUr8+NMg+sfk9dIWKR1XrX/M5&#10;vMPa+KXNvxdrmPM/j5PSdO8waRqEYktblJA243yJ335bXcJNYyKe39uZoz4puwxds3+P2JgGU9DX&#10;CyTyPdL+ycPh4i5Ue1w7ED5Nuq/ZP+f04+Bi7mf8qh2OXyVdH9k5E6fF3IPawdi0fkG7fopwHDhD&#10;CXbADsGRflpev0U/5/TkD4A5tR7b/H4DqjxwXF+VF837B/z+nIHLpw1ntz8fiK0yIOrAfTglPyiv&#10;e6beP+ZwfmsAaz24fx/0i0Z4R1dfvxQ/lFdD9j9f9cP5zCx/lyX4/wCkWhcQH9tfvxF/ynvB0jP+&#10;f05IavCyHbh6/j7FwliPRh9+BpPytvlr+7P+f04fHwFnHt38fgN8l8RgOb8t79ekbV+X9uGsB7m6&#10;PbY6/j7G6jxwBN5B1FK/Afu/tyJ02CTfHtqB/H7HYDl8nagnWM/5/TkD2bhPJvj2rjLsBy+W7xOs&#10;ZymfY0D+P2uRHtCBdgWTRbleqHMWXYA6fj/ZN41cS7EG0yYfsHMefYJ/H/STMZ4uxJrJx1BGYs+w&#10;5D8f8eZjKC7EzanMSfZBH4/ay43Y02xzHPZhZcTs31Zsf5MkvE7N9WbD/Jcvx/avE7N9WbD/ACXJ&#10;eN2X6DY/ybJeN2b0WGH8jILxOyxGclHSkI4nZYjOXR06kux4Q5lQwMbdjwpzNx4mJLsVRSc2WLG1&#10;kuwXBGc2OONNE5OwytojUZe4WSTsPLGI1GVusyydkksEaozGyl1+Q27JZpdQBmpzOFJZJShyWacx&#10;2zVZQ1ljmsopRu/XDyBqrmDIJjzeX+Z7VGD7b4515ZrtVAO30uXhePeZbBC70HxKTXESpBzVZI09&#10;Bh1FhhN5acWONIocx5O2x5LCXOtM1chTcJKZXLGRLMFYwAx2BsCkRvlVxQu47ZROEBBLaqTlHfJV&#10;TRxWrBQMwGC2YDRbHYLZhTJObFNtUObFBbC0xpOSAaiVQLmriQvE2VyxkWQksZcvFsWdDlHC1k0v&#10;AqMsHIkM4yU5EAy64GdrCMsYpBWnKwIbzYq7NirebCFcMrJMSqCmYHAgFzLtju2BsCkRQ404Qxkv&#10;TNhYFflHFC4dMsYGUVjjLwFmpZsCuOWMKQ0etMxxUuB8dsrAhvNirssDCkNMaZeKWqk9DlYqHfM1&#10;y8VcDvmxJVs5ROKlyjxxpJwsCVRVAGWMiUhYe+OxDJbxzE4VcAModcUBs9MvvgZLMvFDs//W6CBl&#10;bkAPnosMumKXV2rlDFAbY7dssYpWnrlNgQW1GVihcMxwqW16jGnJNZKqAKZsAQ5TvlZYHGmVdegz&#10;UyVsV2VjSXUy64CFAaOXkCGfEtK1ysmA1ykvUZsJQHHNkC2RC1jl4G4KZO+amC2VLeRzUxtjwN+p&#10;UZeBktrmwLbRGWMLYFjdc2BNNHNTFaazUxWnVzYrTs2FC7rlHELbajbNhYldTNgpi6mbFLs2Kl2V&#10;hQuAzYaRbZG2XgS1TNgKtHKOFjJeuVXCItciAuCscuhyYg1SzxVFiYnplhCcsjBwsur6IqGyYmp2&#10;xQbCmWgU62fqTCMCEUy+eW+I0nAiFvaDNzx8RIwNG9WtRm54nIowOa+BHXK574ianDs5LsBga5fM&#10;ZLxGAxKhuQe+bngMmQx7rTMCp3+/G1yst0YoeR8rqcgW4bBQb4jTKYZUYuViyISaEjpjQMAciUwQ&#10;oqpBy8SxiW2GbIgpmNmkNGGOB2yTgyhujFkHGoOOD7ZK2s4t1Rbk8CK5VcjbIClhapzV2w2imwTT&#10;KwMwFhOVi2AKbttXNgtlwrBJmrhBYGKosuWGyYLWcaqswy61GTthw0VTmCMYRvkbcqEkNIDm7ZFk&#10;VmUcabsZU3XKwANpK0A5qZJqlJeo8cum+FplJVVc3HvgtlGfRawYGoxyysDtSvuAf15ZHPOG4LTk&#10;7Nx5Pq5I/TPM+taXKJLG5eGQdCpFN/YjGPHaS/30QavhQfqGZ2HtXJHnu63P2BE/Qfx/pmc6D+f/&#10;AJ200qs0/wBYjHZuIP4LgSby/osx2TgfpOZ+Pt0jm66fY2eP9Jnem/8AOU0lFW8tN+7A1/41wM3l&#10;LTSfhK/ccy49uRPVx5aDMP4fuZHaf85M+XJQPVVoz32b/mnMvlOwHh+OT/lmJ/iYHTZh0KOH/OQ/&#10;lZ+k9D4EN/TBEfl7T4+w+45CXasT/Eo02Y9EHd/85A6HQmKYH/gv6YJTTbGMbAfdlEu0o97Mdn5j&#10;zCQ33/OQNsRWGQk+FT/zTiq29qD9kZQe0oto7NyAJDdfnnczOeMhp4V/5txZIbcdVGP58FqlopqI&#10;/Nu7b4vUNfn/AGYp6dsabD/P6MI1YaJaOSLtvzYvOnqEk79T/TK9C1PVRkvzY70DSyRDfmve1HGU&#10;j6f7MxsrRh9gZZHUebXLDIJhZ/mtf8a+oSR1qf7MRfSrJusYywak96jFJHx/m7fIATJ95/sxB9B0&#10;9x/dj7ssjq5d7GWOSZWP5y3BHxNX/P5YHfynpslaxj7stGumOrGiE2T83+FDKBxPf/MYCuvImluD&#10;8Ay6Hakx1bIcSIj/ADp0sECSm/z/AKYTXv5dWHElVH3ZmY+1pNnjSBZJpX5gaRqAHBtz88iuqeRb&#10;aPlRRTNnh7Q4nKx6qYZFBeQTqCjVyH6n5chiqFG4zYQyW7HDq5dVfI1d6aik7ZKrdph1NuwEbFSe&#10;mQOGPVyfGdi0Glhz0xjjgOjXPVU7Dqx8qGcCi9cJ4Ru6/J2jTsOofyyuJl5CMn/P55RLV4w4ku2T&#10;H8fsaLKOpAzS/lVeAbRn/P6cj+bwnmkduH8f2NepGf2h9+F9x+Wt/HWiH7v7cmMmCXc3w7bBXVHj&#10;hdN5Gvo+qH7sIxYS5Ee2Il2BX8pXi/sHJflsbcO04l2Jny1dD9g4RpoM/wCUIuxv6AnHVTkhhiF/&#10;PxdiiaLNUfCctEQGB1gdgy30eWv2clYcfJqw7DW10aQEVGQMw4OTUguw5stKYU+HKZ5gHDyZrdkg&#10;sNLcEbZg5czhynbRIGSSxsWWm2a3LlaibQ1xcKg65ILKFlA2zAySYFjurXiFGFfpw3gBAzEkyAeb&#10;+ZLkHlQ+OK1qCDmDqS7DCKp5T5gkDO5J2GINSpzVZHeYboMIvChJ32xM9coIdrjJpKpVWubKjGnL&#10;jktQZKHLUHp2yIiZkAc2eXKMUDOX0w9Ul+n6fdalqFvYWcZlu7qRYYIh1Z3YAAV98wclF8CAwHfc&#10;Y5cPhzIPNGl1Ry4xPpNW1/R59H1W70q4dXmspDFKUNV5rTkAfY5ZABplY3ck86S3jtXtjSckAwIX&#10;qKCubCSgRbZq5YOCmdLKHMSMQFbAyq4WBC4ZhvgKWjmwq2MwxLAhdXK74VDm6Y/INwUD1ysUENq1&#10;MsYLWIc7bVxwxbQpE5hgULTlHFBbGbCoXZsUuzYoLsrCxXjNgDEOB8cwxbAVrDHVwJKylDjcLWQq&#10;qajKOFiuGUDhpIbZdq46uRpnanxHXLritrSvtl1wJtaVGatcWVtUpmOJQWxmAxULSRXLpiU04nbK&#10;O2KOTamuVXEqW6UzVwIdTfNhV2bFW65sNq2Cc2BXUrmrjSHBTWmVXDSLbZdscMDMFYR45ffAyU82&#10;FC7f8M//1+hVytyXzzTxyicUEthRmG2IUNnfHYErMZhYlVAzYobObFJW5VMLExXh6DNTG0N8u+VT&#10;DbXKFqiyUHtlYQWEoL1cHNljSVTNgJS0c2NIbzYQWNN1zYDJtjBaWGbIFtAU2O+XgZhac2RpbW8T&#10;mwgseNcEzZJbbpTLyLNYc2LK1hFTl4E2tINc2KbcAa5saW26ZjhQS5RXKxYWqBc2ALbVM2FDeVXC&#10;l3XNXFDdM2BWgN8x6YQxJXjKwsQWyMvAytqmbEMZTptUJ7Zqb5dDHbgZtTSKt7UuRtiioMuGN1mX&#10;UkplDYRjqMdxA2yQi0eISri3iU0GatMU1bRZU2GMJwEuRCCGllrXfG1yFuRGCHaWmYnI2zGNTaY+&#10;OVXDbPwmvWPjmrjbE42xKexywcNtZxKguG8csHJCTVKCrHPU08cvJFq5KhAO+X03wLduFBvlHfBQ&#10;ZCwtIBzcdsiYsxkU3gG9MacgQ5EJIeRKGgyjgpvErKmVIHTLHTA0zjRXK5pTLGNsSGw1Mtd8NNMz&#10;SIiBbHEYaagVUpRcacBbYqL1GVkW4Ic1JzYpaysUlsZqZK2K6uauSBQYWuWQg5q42gCm2cNlYlsC&#10;xq5VMNs2q5dMbRbdBTKrighsUy/bJW1rw1M1aYo4bK7kvHfKJGVSc3BAoWVl7ZqVyHE5lAKHI5t8&#10;F2oxi7Di5ObFPC7nmpjaeENcz45qYeJHAHeo2amCyg4neofHLyUS4+bGKVIpDXHhqDJ26qWKyj0n&#10;ola5YkyUZlrnp1WG+Pjj/U2ywZC4p06MW+NOuKpJtl+PI4ObTm00sdSXianNJJQfwyU50jDgst3u&#10;o8Vqp74xZqHIRz0XIyaKwhrXXHjlFTUfPF+astOgzPhlBDqpYTEsmt9VSeHdqjr1xKYDtkJlyMPm&#10;gr1gW5KdsCTNRD8s2Wn3CM0LZh5CuylygZq9si2tgcWIzc6Zx6IfQ3leQSWyHxGc31xviamdDg5O&#10;ZhssjGQ+9qWOXh2eF2AlRi2ScnioOw30uzd3UkZG3Cz5HZ0ryrpPJlLLXNRrs9OlzStDX90ttbtI&#10;TSgzpun2FvFCvJBnLanU1vbjRw8ZeJ+e/wAzr6xndLeWlKgb/wBmCjHa94x/n9Ga89oEFyh2cTyY&#10;B/yubX4n5GZvClR1/wCBxJ7LT5esYyyHabGXZ8wm2n/n5qsf94Sfp/5twLJ5f0lySUX8cyo9q+bU&#10;dHk6Bkll/wA5DRqD9YFRTbr1+hcCSeUdJk6Iv3HMiHa570HT5Y9E2tv+chNHkajCnzr/AM04Dn8g&#10;6e4+FBmVj7XPexHGOad2f52+XZ6AsAfmf6YXzfl1bdkGZMe1iviyTy0/Mvy9cUpKAT8/6YDl/LxK&#10;nimXR7VSM5HMplb+btGn/u5gT88R/wABFD9jJ/ynafHtFLrunt0kH34vD5P4ndMrl2gxOVs61Z9n&#10;GDofK/HouUy1tsTkUJNftVr8Qwxt9DCU+HMeWptjxWl955pt4x9vDKHTAo6ZjSzMQx/UfOMQrRvx&#10;wXFbBR0ykzZiDEtT86I3Ic6199v1YqoAyqWQN8cRYbqvmdZQ/wAVa41mrX2zW5p27PBipgWr35md&#10;gDiNMwzEl20cgDH5IJXbp1xpG+ROIuRDUCkNJp81fs5iMpnBycOcIaa2dSKjGOVLrCd+Q5ye0anf&#10;/giQmZ2jj4UZZTzgP3f/AAx1PaWSWplHBHlkl6/x/snof5XW0Hl3TdZ8/XkYL6NEIdGVq0e/uPhU&#10;gd/SRuTYoHbmX6PWuarJ6uf8T0sOGMYxh9EfTF5tcT3E1zJczOXuJXMkkh3JdjyYn6cbUcdvE74g&#10;G22Ut66qAQncjbNkqUFsjKwJapl4oJcBU5sSjibK5sU21Q5sQw4m+ObCAgzbCZsSEwNucbZsDMLS&#10;cdkWYKkRvmJxpbcqmuYHFQXMpAyxgbApkZsihrNhVvNhS3mxVwzYoLq5WLFeOmbEIDqZsUtfRmri&#10;m3FcvAkrQaHKyTClQNtlAb42hstUe2XgZLK5sVa38M2KXUqMvAlbTLXFIWtlnAlZmrhS2OuUcWJX&#10;gUysUNnNgVrNirs2KuzYVcM2FBXjocrCxJXAb5VcaQu444ZEsgVJxvjgRi2KRU16ZtsVb38M/9Cf&#10;1yDZxPAGQHplg4GQksKGubGlt1D3zY0l1DmrhY23x2yq4rbfHLxZBaQcs4EloZRwsbXAHKwFiV1M&#10;o5IMJlfGN/bKyxxSiBmwFMQ02bBbbS2tTmGEhrtdl5Cm2JU2GVhZU1XLGC0OJzYEkNZsKKbBzYqA&#10;2Wy8DYFJt82KWs1cVcBmwIbpmwpt1M2KkuANcrCwtfTbNilbQ5q4q6hzVxW2+JzVw0i1wXKrjwsF&#10;1Ac1cNMSWwubCAxOQRDYQsdsesZOWxxW6/LrxFG2+mSS9B1x/pEZZHBThT1/EjI9HKbtm40ydU0G&#10;fErJEsW/hlk42jhXc6n55RO2RZxG6nI3wn+GMJyJcuEEJLJTG1yFuVDEhXmJ/hlVyJLkQxqTMcw3&#10;ysuRGCkzkZqHDxJONwlyqZKJa5BepPXLyVtEorw2XhBaZRXo9CKZYyYLjSiiUk2plnpjaAFzNUZW&#10;LIrRTHDphpolzVl3XfKpkSGYksdN82RMWYU3XbGnIly8W6Fk2OYHIssmNpG3xRDkw63NFH20ldsU&#10;4mlclTi8YtGekxjJ7YmwyLkwkg5ozjciXIihX2zYGdLK5VcU06uauK06uauKQHVzYUkNAnNkrYle&#10;GzYrEuIBzYqS4CnvlYQy4XB/HbNXAyjDdpmr0ysjxN8camZD0zZEyboxpYzAjNkbbQSp9sumAlmt&#10;JGXikBrlTNilqubAghquVhQQuBzEYQWJFtq5BzZLjcY4qNq4kqKZskCwnCwuVqHL5YbcSWBWW4I6&#10;ZYkOHiajpbVVvmXpmMhOSM1jo6bfUGcUONrlfE50cGyEMp5VrvikUlDmTiy06fWaTa030rVDG4Um&#10;mLMwIzLjO3U+FwlPo74SjrgeYbEjNrp+TTkZl5PlCXCkGmRrWYmYNt45udPKmkgPoPyddA26AnsM&#10;5/rNhIzNt3zf6fKG3HOizBSCBkan0eVnNFOZXEHMjmDeK2nlmWR/sk5GWaI5sZasOyZaF5Oeqsy/&#10;Rmt1OvA2Dg5M/EhL7U7WzjLyuBTOh6Ro8dnEGI6bZzms1g5lrhhlklQeRfmN+a1la20sUEtWPwgD&#10;/awzEoB26ZzWbVGUne4uz+GO75z1bzTPfX0krNsxqP8AOmZnrmNKTfjw0ls10X3ONrkOJv8ADQ31&#10;ihy+WStrOPdVE1V2PTKJORJLbDGFOSdx0ON5t2wDIQ5MdJE81EXtwpqrnLEsg75OOqIa59l45ImD&#10;zDqERHGU7fLHfWGruK/dmRHXz73Fl2HE8vx9qY2/nvWoWqJm+8f0xy3Cd1/z+7L49oS6uDl7CPQ/&#10;j5p5Y/mtrEAoXJ+kf0yxJC37NP8AP5ZdHtHvDiT7HlH8ftTa3/OHUWFHY7e/9mOrB4f5/dk/5QDV&#10;/Js0R/ytWdjUt/n92bnGOgw/ngo7PkpS/mVNIPtn/P6Mr1lHbK5a1vh2cUqvPPE8lRyO/v8A2Y1p&#10;gcxpakly8fZ9JPdeZZ5D9o/L/MY3nU5X4xLcdMIhCDVJp3p1J2x/w0JPbM3BpjLcuuzajg2DI9A8&#10;rXepyAlTTtiRu402rmxjpY9zgzzkvQ9K/LAlASn+f34mLxK7nbvlh047keMUxl/LBSo/d08f864o&#10;J4yORNAdmPgBmPPRxLdHVED+qx7UfysmadUhQlpW4hR1J7DriVqRMj3P+/mPpDwiXZf+CNWynXac&#10;iAxx+mH+7bez9R+8MzzkOFT/ADf0A6VpWjeTrBOVppCNc3ci7B7u5FXJ/wBUdN8eQc0hwkF6jHqw&#10;Q8Zn06aNiCOmNysxpy4ZQUM8LLsRmyBDeJ2pFcwOAhnxNcTXNXJAMSWwMsA9sSA1+JS7hX6M3zwi&#10;LGU+5sJmHt9OT8O2qWcV6lRLaRjRFJOXxbLIaaR5BxZ67HHqjbfQtTnFY4GI8c3Ej/bGWHQZD0Yx&#10;7Wxon/B2uMKi2b8M1D/nTIHQzHRtj2tjUZfKOsxirW7D6M3Fh9OVy00h0bodpY5dULNoeoQj44WH&#10;0ZRBykRpyY6iEuqEa3kQ/EpB98wJyBi2ggKbLX6McCMiQ2xIUXQ9suoPTBTPZTKnvmxVwzYUN98r&#10;FC6uXiyC3fwysWK4HbNhYld2zYAkLSc1MUurXLwFksOx98xxCC2h7ZWGmNLugzUxZU1yGbFDf05s&#10;WJbGYYsgWmGOBwMwVMrljFKwihzYFayjhVeDXKwsSV6jNXFALmUj5ZsCVubAriaZt8IQuWnfKySF&#10;2bFiQuXG4QxXjLHTAyBWkb5gcZBHFu5o6rj9vwyLfxIfifxpn//Rn2QUPBNsvEhktI3zYptxXNiy&#10;torX3pmwMbazYVtumbFIk4r45q4EktBM2FjbYGbGkNkEZRwsZBcpplYQWHAv55sbSA4tXLxS1XfK&#10;pjbHhb55dMFtgips1Tl4siGge+VihuuamKuJpmyK01yOXhtXVzY0rVM2FW82KuysVbCjNXAi2+Oa&#10;uGkEuC5WSpha/jmrjS27jmrgpbdxzVxpbdxzZKmBnS4LXYZYWuWRxuJk1gCIhsZHOwxQQk5aMBdf&#10;k7RTCDRWYA9cd6VMmMVOMdWSrjS1joSMUUUGXRoODlJJTKzEaLtSuU52yOQs8MbKnfSEbDYYmTlD&#10;mgJczMTvlE4k02whalJJxGM5HImTkRwod7knbKORJciEVB3rlZAly4qJOVgtsC05YwFsBpawrjhv&#10;kGwG1FvhOURhBYGG6osm1MrJWg42+fhmw20yxqivl1yYLizxKqSEd81ck08Cp6le+YYbYyiuV++X&#10;XCCwMF4lPjl1rhthwUv9SppmwLyb2bKplcw5OLJSFnj32yumVOUJcWyhxK45G3ycS4Wqw7ImzmCy&#10;AHocHRhWT55lxiCHmssjGTK7OKGaCgpVsTmioKjK8mOnJ02osoTUdP8ATUkDbAp2zHd1i3DHpxRy&#10;MrC3AKWbAzprfNgtNOrmxtNNZsQUENg5sLERbJzYgpMGg2+bJBoOyqoDZRxJcnEbU5BQ+2Vkbb6U&#10;+WbIlnFphUZeQbgotUdMvG2YIW1ObFk19OXimmicrCxb6jLwJtoVyuuKHDbvmwoK4ZWLEhcDTNTB&#10;bHhXep75qYbQYbOEhzYGPht+ocrJBnwODnNhQdmwScqtDk4tc4CQpejFSDiqNtmRjnTodTgopvYX&#10;lKAnLYgLU79s2uDUAOqngMjTLtE15LRlcnYHAU9kJwds2uPUDoXEyYTF6v5X/Mq0g4q0gGw6n+zC&#10;q68siQ141zNhrKaKeg6f+aGlyAAyqTTxxGLyZGTumTl2gWs5KTCX8xdKROXqLT54Z2nle3hILKBT&#10;MTL2h3lREy5MW1z86dPtVYRuOXz/ALMM1hggWiLmk1HafQO10fZcp7yeNedvzo1PUGeK3cqh2r/m&#10;MaWJzT5c5kd3psGhjAbPLL7Vru7kZ5XLFjvlVym6cs47CDD0OOrkxK3Cnioq6y8lpmwFjTROauG0&#10;nG2slMvJW11RVOQK401yBcnFLvUJF3yt8gSHPhVKLdc1PHBfcz26La5vhw+pBhbYY5fyxBI5tMsS&#10;4ORm3yYm1nAF6zN45VTkuNh+XC4Tt45q48aPAb9ZsvJR3LVlqAtUgV5nCjcnH1VBU5uNJo+pec1u&#10;tJ2D0XyJ5Dlv5UlkU8etP8zhbe35WoB65vMeJ05lb6C8seS7a0hWiAHbbCafUTU75mRwqSzW10eJ&#10;EpxGBxqjVpXrlhwsq6qzaZEVK0+1tmu9XZkS2RqNcHgTXovVvwxhp/4j/CwkL2W2+k28Uv1lkBMX&#10;xIPcYf2WooIkQGgUBV+Q2GYGTFvbI7HZhWveTVvmlmnXnNIzO58eRrhjFcxvt3OYWTTA8w2xzyDz&#10;nWvyyiq78Nh027/fjyEJ2OYWTQg8nY4tfIB59qv5fzLISFPeu39uYpmHPQkObj7SY9d+TrmM7Ifu&#10;/txoTKTpi5X8oJc/l65FfgIpjeO+R8At354UonRLgH7Jx3BqbHp16ZOGilPo48+04x5o6w8oapes&#10;FgiJ8T/t4x57eIVkap8P8zmxw9ljq6vUdrTltHb8e5n3lj8kNRu2D3SkLtUf7RwBP5gtYahSPxza&#10;4uzgOQddky5J8y9U8vfkfpVqoLxAsaVJqen04WXHm6MVo1PpzPhoC1cJLNdP/LXRbZRSFfu/twC/&#10;nIV+1+OXDs9kMZTRfJejgU9FcpfOig/b/HCezk8BWP5H0VxQwLgyDzkhoC/45TLs8oESEtvvyx0K&#10;5WnoL+P9cMoPM9rL1IzAy9lg8w3Y804ciwrXvyE0u6BMUdCfCv8AXDCK7tpwCjgHv/nXNVm7IHR2&#10;ODticOe/49zzPzF/zj/qtuC9oCQtajb+JxalB1BHzzUZuz5wd5pu2YT2LzPW/I2uaZIwngYBT1oK&#10;ZVaZiGBHN20NRGXJIJLWRDRxQ5q5CmwSUygy64srWlTmwIt1M2KbaoM2KWhsc2FgVwzYsg45fbAl&#10;ZShyhiobNOuWRiyIWA0OamNsV5kzYGS0ZsLErvn0ysUVbgafLNhVdmGBIWtjgcDIKbDLOBktyj0w&#10;oK5etcacLAqi9MwwqA2TtjsiWRUq75WBDebCFpsVyjkmJKoq1GVXGmLfEjNhayVRVqM3bFnFa3XK&#10;GSIsNEuaqu65df1ZCnItQ9P/AIln/9KfZFk8D3zHCFbFMrfClxpjsiq3NgKHNlYVbFc3bAxbzb4W&#10;TW1c2KC2KZt8UBs0zYoLhSubfFIcaZtsUO3zYGTW1ffLxStObCl2bAEh2bClrNkQxDjl9sLNb3ys&#10;DBcM2SQ3jR1wlBX9t8vIqGts2SYlcMrCw3XbZsQxNtimbvk+jFcMvAEbu2zdsgeaQ1lZJO/Rwp3x&#10;yUqMuhTgavipF2Po+oOWCFp2zNjXR0GTi6sitvRqKY/tknHKMi4U+HGGtdsjK2+FVug7n1OZp0yj&#10;yr7Zjjm5A4aQh9b1BTpUVyj09styMMfNVueVBXGnKXKCDetDTpibZCTmYqQVxy75WQcyKFbKOAts&#10;Vhrld8gW8LDl5FIaNaZsLNrfLXIlnFTk98s4AyKxa12ysLFePfKyTCSovbKyTUaXivbHDJONOlRa&#10;5jkg0r1rXfN2xYnmuHTbNhYyXLXLwtaoOmWuS2ap2rJxpvlHK5N+G7CGueFDTrlb5SXP6ITeu2Cb&#10;XlyHhmRhu3ne0uGiyHy76/rJ/Lgy4p6Qrmbn5Ok0v17Mj1an1L4vDCx+ua483rdPdMGu+PqGmVgb&#10;pKArlHAWyDTZhkWZaGXiguzYhXZsSrs2BLs2SjzYzqm05V2yjkywxrnr3ysg5fRS2rmwFMWjl4G0&#10;LD0yxkW2Kk3XLxZBZvmwMnZsKuzYq4ZsVaOUcWBXrmwq7NgLEt5WFC7tl4q7KOKlsZWFgV4ysmxX&#10;b5YywW4ualWLlXbrjjWmXRt1vptMV9fgMYctjxJPCqx/XP2a49K/s9foy2PidHEzeF1R9p+neQ9H&#10;lXtiw9Xt/DDPxerij8vf9qKuP8T8P3nKn0Ym3PvmDPi6uzw+H/Cx+8+v1PrV6718cYcpk5+FAS17&#10;5sqdgOSH3rlYUO3yxkotObkqp1zZY4fVV/Zzd8Db0Wd8sYXGlzVk5UzYsoc1r43K5OwxWh5KVyxX&#10;IuQp7Y3CrYpl4sA3tlYVLYpl4sG8rvk2O9bNinfFI+uZ+i4OLd5/tPj4WUeTv0Z+kF+s17fLrga+&#10;9fiafTnSYqeWlzfS3kf9FfVo+H0ZH7z1d69M2GOkh6TY+hxHHrhNccuR8czIMwmSUpgU867Zbslf&#10;geD1f0keXX0/3XhSu+TlXArmpx9sP7X61QZgz4WBQs/oftYa2n1uormJPhXZI9R/R/BuXTvhpF9Z&#10;oK9MxZcKBTEtU/Q1fiwWnr0ys0kMW1L9A9/s4/8Ae5E02xtj1x/h74uWNPq9siOBmbpStP8ADHrj&#10;nXrgK7/SNG9P8MycfB1aZV1ejeUv8KUX06c9q1yL6l+l/i65tMPhpHC9L079Hemvo8entkYvv0rU&#10;1rmyxeG2jhTJeHbCa4/SHfMyPC3R4W8CP9f7ZZs2DhdiY/SGOyTwuxaP9I1yOzH0uwwtP0tUca5T&#10;Pw2uXC4075ItN/TtRTMDN4TjypQn+qcT6vGnvkt0z9NUHPp3rXNTm8JgPJhvmr/Bnov9d4+9MPY/&#10;rFF9alfpzRav8v1dhpfG/hfP3n3/AJVrzb6ty9Tf7Ffxy349s0GTgv0vU6Px69TybUP0d6p+rcuH&#10;auUK5QXYi0A3GuY0yItsUxX6McabU+nIDnurjx75WWNm6zau2bAwK4ZsUBx6ZhizWt0y8Uhblinf&#10;AyC1q5j+GKC4fjlYhC4ZWFivHTLwKGmyjhS2uYYoDmpl4GQWHHHAzUt/xysKlse/TGnCGtWTpljF&#10;kGjl4ErMrFC4dM2IYlte9Ma2SDCSpH1yskWtVPTNgXZocqZh1xbByWn365j1whplzVE6ZsUO7/Tn&#10;/9lQSwECLQAUAAYACAAAACEAKxDbwAoBAAAUAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAoNtRILAMAAM8GAAAOAAAAAAAAAAAAAAAAADoCAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA3ncEYugAAACEBAAAZAAAAAAAAAAAAAAAAAJIF&#10;AABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsBAi0AFAAGAAgAAAAhAP3jA07cAAAACAEAAA8A&#10;AAAAAAAAAAAAAAAAgwYAAGRycy9kb3ducmV2LnhtbFBLAQItAAoAAAAAAAAAIQANUuJwNowKADaM&#10;CgAUAAAAAAAAAAAAAAAAAIwHAABkcnMvbWVkaWEvaW1hZ2UxLmpwZ1BLBQYAAAAABgAGAHwBAAD0&#10;kwoAAAA=&#10;" stroked="f" strokeweight="2pt">
-                <v:fill r:id="rId9" o:title="" recolor="t" rotate="t" type="frame"/>
+              <v:rect w14:anchorId="58B2E6C3" id="Rectangle 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:8.8pt;width:612pt;height:259.2pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQC1YlXwqQIAAM8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy&#10;+0jSlRUiUlSBmJAQVMDEs+vYJJJje2e3affX72ynaQVok6b1wT37fn335e4uLredIhsBrjW6osVJ&#10;TonQ3NStfq3oj+ebL2eUOM90zZTRoqI74ejl/POni96WYmIao2oBBINoV/a2oo33tswyxxvRMXdi&#10;rNColAY65vEKr1kNrMfoncomef4t6w3UFgwXzuHrdVLSeYwvpeD+QUonPFEVRWw+nhDPVTiz+QUr&#10;X4HZpuUDDPYPKDrWakw6hrpmnpE1tO9CdS0H44z0J9x0mZGy5SLWgNUU+ZtqnhpmRawFyXF2pMn9&#10;v7D8fvNkl4A09NaVDsVQxVZCF/4RH9lGsnYjWWLrCcfH2Ww2mebIKUfd18l5cTaNdGYHdwvOfxem&#10;I0GoKODXiCSxzZ3zmBJN9yYh20q19qZVai8P9eLX+ntXJCavDV93QvvUGiAU89iXrmmtowRK0a1E&#10;jThu6yJ9eOdBeN6EhBITPyLABGtUIMRjWEoHW20CzGQZXrIDd1HyOyWCndKPQpK2RrYmsfDY1uJK&#10;AdkwbEjGOYItkqphtUjPpzn+AkBMPnrEWwx4QDvEHgKEkXkfO4VJ1cngKuJUjMDyPwFLzqNHzGy0&#10;H527Vhv4KIDCqobMyX5PUqImsLQy9W4JBEyaSWf5TYttcsecXzLAIcTWwsXiH/CQyvQVNYNESWPg&#10;10fvwR67BbWU9DjUFXU/1wwEJepW49ScF1NsUuLjZXo6m+AFjjWrY41ed1cGP1OBK8zyKAZ7r/ai&#10;BNO94P5ZhKyoYppj7opyD/vLlU/LBjcYF4tFNMPJt8zf6SfLQ/DAahiD5+0LAzvMiscxuzf7BcDK&#10;NyOTbIOnNou1N7KNjXvgdeAbt0ZsnGHDhbV0fI9Whz08/w0AAP//AwBQSwMECgAAAAAAAAAhAJ0v&#10;/t+4HwYAuB8GABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAJkAAAB&#10;AwgCAAAAFGqPlAAANO9jYUJYAAA072p1bWIAAAAeanVtZGMycGEAEQAQgAAAqgA4m3EDYzJwYQAA&#10;ADTJanVtYgAAAEdqdW1kYzJtYQARABCAAACqADibcQN1cm46YzJwYToxNjRhNzIzNy0xMmQ5LTQw&#10;ZDgtYWYzOS1kOGU0MzcyZGYyNmEAAAACSmp1bWIAAAApanVtZGMyYXMAEQAQgAAAqgA4m3EDYzJw&#10;YS5hc3NlcnRpb25zAAAAAVZqdW1iAAAAQWp1bWRjYm9yABEAEIAAAKoAOJtxE2MycGEuYWN0aW9u&#10;cy52MgAAAAAYYzJzaL5MeOxJkbagR4xq8DwRl6YAAAENY2JvcqJnYWN0aW9uc4KiZmFjdGlvbmxj&#10;MnBhLmNyZWF0ZWRxZGlnaXRhbFNvdXJjZVR5cGV4J2h0dHA6Ly9jMnBhLm9yZy9kaWdpdGFsc291&#10;cmNldHlwZS9lbXB0eaNmYWN0aW9ua2MycGEuZWRpdGVkbXNvZnR3YXJlQWdlbnRtQWRvYmUgRmly&#10;ZWZseXFkaWdpdGFsU291cmNlVHlwZXhTaHR0cDovL2N2LmlwdGMub3JnL25ld3Njb2Rlcy9kaWdp&#10;dGFsc291cmNldHlwZS9jb21wb3NpdGVXaXRoVHJhaW5lZEFsZ29yaXRobWljTWVkaWFyYWxsQWN0&#10;aW9uc0luY2x1ZGVk9AAAAMNqdW1iAAAAQGp1bWRjYm9yABEAEIAAAKoAOJtxE2MycGEuaGFzaC5k&#10;YXRhAAAAABhjMnNoIsQb2ceHf3txH/4o9lrXXAAAAHtjYm9ypWpleGNsdXNpb25zgaJlc3RhcnQY&#10;IWZsZW5ndGgZNPtkbmFtZW5qdW1iZiBtYW5pZmVzdGNhbGdmc2hhMjU2ZGhhc2hYIMYkhyBghW3Z&#10;MGhteHh18xPajA7TGYepmBD5ZO4yXX86Y3BhZEgAAAAAAAAAAAAAAiBqdW1iAAAAJ2p1bWRjMmNs&#10;ABEAEIAAAKoAOJtxA2MycGEuY2xhaW0udjIAAAAB8WNib3Knamluc3RhbmNlSUR4LHhtcDppaWQ6&#10;MDdhYjUwMjktZWNlYy00ZGY4LWFkYjYtN2QwYzVjNmZhMjM0dGNsYWltX2dlbmVyYXRvcl9pbmZv&#10;v2RuYW1lb0Fkb2JlIFBob3Rvc2hvcGd2ZXJzaW9uZjI3LjQuMHdvcmcuY29udGVudGF1dGguYzJw&#10;YV9yc2YwLjcyLjD/aXNpZ25hdHVyZXhNc2VsZiNqdW1iZj0vYzJwYS91cm46YzJwYToxNjRhNzIz&#10;Ny0xMmQ5LTQwZDgtYWYzOS1kOGU0MzcyZGYyNmEvYzJwYS5zaWduYXR1cmVyY3JlYXRlZF9hc3Nl&#10;cnRpb25zgaJjdXJseClzZWxmI2p1bWJmPWMycGEuYXNzZXJ0aW9ucy9jMnBhLmhhc2guZGF0YWRo&#10;YXNoWCC0t1KltiAudJ2SKWqQj65gQDD4rihA9/FRKHr6qDLp+XNnYXRoZXJlZF9hc3NlcnRpb25z&#10;gaJjdXJseCpzZWxmI2p1bWJmPWMycGEuYXNzZXJ0aW9ucy9jMnBhLmFjdGlvbnMudjJkaGFzaFgg&#10;Q+JbDrA8CUEV2dMDu9qWXrnWXYWEveUeJZQDFbVQM7BoZGM6dGl0bGVvR2VuZXJhdGVkIGltYWdl&#10;Y2FsZ2ZzaGEyNTYAADAQanVtYgAAAChqdW1kYzJjcwARABCAAACqADibcQNjMnBhLnNpZ25hdHVy&#10;ZQAAAC/gY2JvctKEWQ0ZogE4JBghglkGpTCCBqEwggSJoAMCAQICFFhrzXfaDqeDMBc5ZMObZqLN&#10;J5QFMA0GCSqGSIb3DQEBCwUAMHUxCzAJBgNVBAYTAlVTMSMwIQYDVQQKExpBZG9iZSBTeXN0ZW1z&#10;IEluY29ycG9yYXRlZDEdMBsGA1UECxMUQWRvYmUgVHJ1c3QgU2VydmljZXMxIjAgBgNVBAMTGUFk&#10;b2JlIFByb2R1Y3QgU2VydmljZXMgRzQwHhcNMjUxMjA0MTc0NDE3WhcNMjYxMjA0MTc0NDE3WjCB&#10;sDEYMBYGA1UEAwwPQWRvYmUgUGhvdG9zaG9wMSgwJgYDVQQLDB9Db250ZW50IEF1dGhlbnRpY2l0&#10;eSBJbml0aWF0aXZlMRMwEQYDVQQKDApBZG9iZSBJbmMuMREwDwYDVQQHDAhTYW4gSm9zZTETMBEG&#10;A1UECAwKQ2FsaWZvcm5pYTELMAkGA1UEBhMCVVMxIDAeBgkqhkiG9w0BCQEWEWNhaS1vcHNAYWRv&#10;YmUuY29tMIIBIjANBgkqhkiG9w0BAQEFAAOCAQ8AMIIBCgKCAQEAup6e7K1j/1QYRAAxsnWj3vTa&#10;SHXOKyaJxvKGXCkxoLJndpfNGn8H+KL/iJwXvHD/uO4WOVuJY+wAkYgQ1Q7ZggKrZ1u/Ly/P0+P/&#10;dCAsMUtCfimLyMGlk5ki+jxr5kG69aVxUknSL9mOMyNzwhZckfkZ/y/rhH3YPW+00ZqHfXyB5tr4&#10;nFvhOPFBv7i2fHg+Qypq1KHtxa4CeHckvi01zATC15zeDxqu66WLuIQDhNod+Prx0wp/KMRJqS+N&#10;X3iKs2npxo6/duKXXtxrbT8syu1knRqUXbR2K8VkW/8mQoy+hak14Jwcu5f7I1Zgc6wmmr6Kp4w+&#10;8i+9j1qAff850QIDAQABo4IB6zCCAecwDgYDVR0PAQH/BAQDAgeAMCoGA1UdJQQjMCEGCSqGSIb3&#10;LwEBDAYKKwYBBAGD6F4CAQYIKwYBBQUHAwQwHQYDVR0OBBYEFPnSTw8bGQRGhdozW75uWh+HP+VY&#10;MEcGA1UdHwRAMD4wPKA6oDiGNmh0dHA6Ly9jcmwub25lLmRpZ2ljZXJ0LmNvbS9BZG9iZVByb2R1&#10;Y3RTZXJ2aWNlc0c0LmNybDAfBgNVHSMEGDAWgBTQrUKK8HoUByXGl8BDqCOF6LUtIzCBjgYDVR0g&#10;BIGGMIGDMIGABgkqhkiG9y8BAgMwczBxBggrBgEFBQcCAjBlDGNZb3UgYXJlIG5vdCBwZXJtaXR0&#10;ZWQgdG8gdXNlIHRoaXMgTGljZW5zZSBDZXJ0aWZpY2F0ZSBleGNlcHQgYXMgcGVybWl0dGVkIGJ5&#10;IHRoZSBsaWNlbnNlIGFncmVlbWVudC4wDAYDVR0TAQH/BAIwADCBgAYIKwYBBQUHAQEEdDByMCgG&#10;CCsGAQUFBzABhhxodHRwOi8vb2NzcC5vbmUuZGlnaWNlcnQuY29tMEYGCCsGAQUFBzAChjpodHRw&#10;Oi8vY2FjZXJ0cy5vbmUuZGlnaWNlcnQuY29tL0Fkb2JlUHJvZHVjdFNlcnZpY2VzRzQuY3J0MA0G&#10;CSqGSIb3DQEBCwUAA4ICAQA/ycKquMzNvKb+ZE49aQ7fnbk1gdAWAFSC11B05nqD3/y5onHmsk2g&#10;Gs7wcH5S/0OlkCH+8FrfJKMrZytBKMAdQk0LVvmp27jreavc5LsPxP9cerM+3SDypi9TSq8Xc1OC&#10;uHoK2xvmNueh28F0CHxB3Xg77Er7LaJCNOC3z6RvIKZOwwaRBctTcnHOtFRoemmS/IdBohCRgfT7&#10;XwONM3Exi3jk5yefDu8Qb+DAF4vGILKQsSguAw2xTme5ktNZD5Oe5Qg4+o3viGPs3UT/cGSrxced&#10;AtQOk4u7LtvyfjQctZaJvXJXo2SI3+nXK9Q135wyFNEgLuSU7vsHcK/333maFAMlIIgnobIZ4E/+&#10;JNpNi0lSpTGv42CVSuKiodQDgyyeTVRztDclfgTeGJXoGqxwJ7F3PnZDTJvZrCeVbxJkbsKL1fTq&#10;XYHsYGGDpYo9KhlSc2KV2zXE05VmeUF/yIv7TmCNJcCiOrFFaVeE1FGX2CNd7pu3poLEl8AeQceb&#10;Yw5F1zhmfe7dBN/ZTkq3LWqY4sxvuZ6SlwdDEu9b8fbDal9PpdGeGn0iTXqbt03NMtoyNBbsHmw+&#10;JYhtMGXbq8MCpXoxkye8UHDvoTetlrZTui536xA1YSCCXwOJgUHxnhFfo9UzCJVpcLV/y9BskFsb&#10;o81mZ+oruC9Wn0g6bO4iVVkGZzCCBmMwggRLoAMCAQICEA7hut+teK5vJr1RJZgHiC8wDQYJKoZI&#10;hvcNAQELBQAwbDELMAkGA1UEBhMCVVMxIzAhBgNVBAoTGkFkb2JlIFN5c3RlbXMgSW5jb3Jwb3Jh&#10;dGVkMR0wGwYDVQQLExRBZG9iZSBUcnVzdCBTZXJ2aWNlczEZMBcGA1UEAxMQQWRvYmUgUm9vdCBD&#10;QSBHMjAeFw0yNDExMjAwMDAwMDBaFw00NDExMTkyMzU5NTlaMHUxCzAJBgNVBAYTAlVTMSMwIQYD&#10;VQQKExpBZG9iZSBTeXN0ZW1zIEluY29ycG9yYXRlZDEdMBsGA1UECxMUQWRvYmUgVHJ1c3QgU2Vy&#10;dmljZXMxIjAgBgNVBAMTGUFkb2JlIFByb2R1Y3QgU2VydmljZXMgRzQwggIiMA0GCSqGSIb3DQEB&#10;AQUAA4ICDwAwggIKAoICAQCsRfiAsVhIvM7pgpniwolO2rOkQxJIAf8upxV3nHjAEAuWn8gs13ls&#10;kCaJTuwpouDcOb7XsXQ981QsBu3FAJ95B6zWizbZBkvqqe4wht0KbwEpHUfrozqclojgf4gZclkf&#10;vHYxaY79zd9t7UeA6J/c3mdt/hnLZZnfg+SryNcykHVmByrTMRSWkSl8K3mzhOIreJVaD32PON73&#10;vTe3LiZRco9lbtzS669UYBBfo3VAABMp04RilVaFChtWm5rr5i6t+C5bgHESDBNExPBLhjDb6Jky&#10;wGCNnODEl8Yayak4ZVkaPjLF4vieUv1WLJvob3eBZcLrPqheHAPtUBAzTIoncT0zI4tzlzQIbJxV&#10;jRRQbdEc0zUhbDkDmwyk6PdGAbxH0+iRqo8JK+4RH4/O4HDVV5M6CUhxAAyeJDZybua4Hn9i72Ke&#10;HRtRKULJBjK2WqueYA3GylZuK52OTPd5R7BuAxLrH/92IoXTznXNLA4JgwyYrkEehpW9XyuEntCf&#10;b6Jl0kltadyAr901KXinfxkW9woQxaTHxw79FI3wkYfXnkQVxRglpAeg1L0jM+rgBxaQ7l4kcnpk&#10;Y47MyU1sMdKehwcjHbb0UIYQPyX4BHCxLVHG+TE6Aq/g8CDuGWqDWpLSbyTkB7RtE0GwK4SIPv9+&#10;VK021T22YO6cZkJ404Gz7wIDAQABo4H3MIH0MBIGA1UdEwEB/wQIMAYBAf8CAQAwNQYDVR0fBC4w&#10;LDAqoCigJoYkaHR0cDovL2NybC5hZG9iZS5jb20vYWRvYmVyb290ZzIuY3JsMA4GA1UdDwEB/wQE&#10;AwIBhjBXBgNVHSAEUDBOMEwGCSqGSIb3LwECAzA/MD0GCCsGAQUFBwIBFjFodHRwczovL3d3dy5h&#10;ZG9iZS5jb20vbWlzYy9wa2kvcHJvZF9zdmNlX2Nwcy5odG1sMB0GA1UdDgQWBBTQrUKK8HoUByXG&#10;l8BDqCOF6LUtIzAfBgNVHSMEGDAWgBSmHOFtVCRMqI9Icr9uqYzV5Owx1DANBgkqhkiG9w0BAQsF&#10;AAOCAgEAkZaoQ1NOzli5oWtvmKbWBDBa97RBPb4QS5Z5Te6HikVvUvFFRBiVDcBp8OBzMtiCHhhn&#10;OqZ9ofrOmVesSfAnY4DE/GaeTrWjTXuTv6h9+xBE7A8Te/ZVA6JVgJzvRk9S59X09uc+5/opUj0O&#10;RDFMyrE0bJaiTFUHkzmFjWF/NPnhXqE/P9LOjWS7MaHcOJfqQUXcryOYNoP74MU2D0I3YwXqiCDw&#10;WX1uTyOlicHrCVuubV2qndRjZpJAz5Tt2XEvKo9EzjcaQn6w7I05vjqV/ZNmL8pY7s/xi7LJsPYa&#10;cMDmvYEiDoVa0dYUgqFpKx0NSlnmnnT0RItAHZUNDVwpT5n+wMQmTfHuH5DaL3bj18k5yON5zfDx&#10;TLFJsklMW/Ubcljh/OyriYwVZIF9j2yEbwsZ0Oka8xJTG8yn8P6A0bPD7Kv5ptzqlcRhPCahB+8p&#10;d5i2uzkBJOmwDI6hKDkZMbnRk39G3sle9iLuTJZJSGfS9ye1yyDm5lEYFYSX85gX7my8H0RptWmk&#10;nH3sgi/9/E9IyrSqmJJQ4tQN1W1jwUjJ/LAnEu3Dq20S0LZtWOqhEvsxOS77fx57FQHgdXGkLsT/&#10;hW5XO2uMUG+rEZsuhZlVhW6sAtcs3l20qPZItvs3dzns4MnzZloKBI9zMJW0FzDYvVavJAPR3+K2&#10;si7NvH6jZ3NpZ1RzdDKhaXRzdFRva2Vuc4GhY3ZhbFkOTzCCDksGCSqGSIb3DQEHAqCCDjwwgg44&#10;AgEDMQ8wDQYJYIZIAWUDBAIBBQAwgYIGCyqGSIb3DQEJEAEEoHMEcTBvAgEBBglghkgBhv1sBwEw&#10;MTANBglghkgBZQMEAgEFAAQgrQg0dZW3RT8vf7gIOWaqx86K5YW4YS57fpsHoNv+ap0CEEr9E9aH&#10;edZFehNsTj/sMMYYDzIwMjYwMjI2MjEwNTI5WgIJAJihr2+f788SoIIL2jCCBR4wggMGoAMCAQIC&#10;EAkZDcEsnIfbMv0KtVC97UswDQYJKoZIhvcNAQELBQAwaTELMAkGA1UEBhMCVVMxFzAVBgNVBAoT&#10;DkRpZ2lDZXJ0LCBJbmMuMUEwPwYDVQQDEzhEaWdpQ2VydCBUcnVzdGVkIEc0IFRpbWVTdGFtcGlu&#10;ZyBSU0E0MDk2IFNIQTI1NiAyMDI1IENBMTAeFw0yNTA2MTEwMDAwMDBaFw0zNjA5MTAyMzU5NTla&#10;MF8xCzAJBgNVBAYTAlVTMRcwFQYDVQQKEw5EaWdpQ2VydCwgSW5jLjE3MDUGA1UEAxMuQWRvYmUg&#10;U0hBMjU2IEVDQzI1NiBUaW1lc3RhbXAgUmVzcG9uZGVyIDIwMjUgMTBZMBMGByqGSM49AgEGCCqG&#10;SM49AwEHA0IABDqZydXZSO9L84jXxrJwIPPeIspw7/k8jP1iwxb5ZO0PbiN3ijVubsdbzV38sK17&#10;hnS0u5hnGOEdH2EnsUwRqfKjggGVMIIBkTAMBgNVHRMBAf8EAjAAMB0GA1UdDgQWBBQgdqGjbnEV&#10;j3SVDa6kLKQ2P1gZFTAfBgNVHSMEGDAWgBTvb1NK6eQGfHrK4pBW9i/USezLTjAOBgNVHQ8BAf8E&#10;BAMCB4AwFgYDVR0lAQH/BAwwCgYIKwYBBQUHAwgwgZUGCCsGAQUFBwEBBIGIMIGFMCQGCCsGAQUF&#10;BzABhhhodHRwOi8vb2NzcC5kaWdpY2VydC5jb20wXQYIKwYBBQUHMAKGUWh0dHA6Ly9jYWNlcnRz&#10;LmRpZ2ljZXJ0LmNvbS9EaWdpQ2VydFRydXN0ZWRHNFRpbWVTdGFtcGluZ1JTQTQwOTZTSEEyNTYy&#10;MDI1Q0ExLmNydDBfBgNVHR8EWDBWMFSgUqBQhk5odHRwOi8vY3JsMy5kaWdpY2VydC5jb20vRGln&#10;aUNlcnRUcnVzdGVkRzRUaW1lU3RhbXBpbmdSU0E0MDk2U0hBMjU2MjAyNUNBMS5jcmwwIAYDVR0g&#10;BBkwFzAIBgZngQwBBAIwCwYJYIZIAYb9bAcBMA0GCSqGSIb3DQEBCwUAA4ICAQBKnP4qzrnk6bae&#10;64mNkuAvegVfF4WZ752PCIF1U+QchK/h9ENe079SAU7s66f6zo6g2tgpDobFpEtS7bcOasJ4TK8F&#10;0TlFf8IAS0rjvc+wOyjxzW2aSOoNIfODENGzChf8QdYixJGuMkzxFYHsp3co+NrSO5m2QVWknOqO&#10;T92on1RqrKIp8qsJGLAiktTUJ0FEWePq7ElN+HTLvHOv6tY48dUwk17MXneImj3CL5BI5fZ57pmt&#10;t0oBgdY7ywz4RkbS/M1pZ6pQ3UuVODntDU8qkoLGIKYqCqzEZeZJxaKxk/OMS5Q7KssP04mPK9c7&#10;xJ4e9/rE8XCGcITeBzZ52wftAJV2wnc6kpnsky5vAjYbCoj0yDAacokbfmT7y9AT0wvOJUPfSLjL&#10;yPI5J0xp95cdi8bHRoYDAI5szZ7MZKad1Vav0M+HVwZqY0CuNNSRxZEXTKjRTMnB0bXhVCo+XmeW&#10;P/a0uqTbToNPYWwgxAoJrjZQlsiFLaF0vGcc3xKmSnJ5TraBThVPllFZqqZu/D7hAUiAdChY94w7&#10;A2lUep9YChxva/tuyiaC8qgx3nmSMaNudy3rnGKQRpIx7lOUaM2Z+jNurUELw4sX16oDovhlbVmJ&#10;5Ekg/RgGL0SJBfmYfQs3I1YD8K6BiB31vHNEcX71GhVfxqvzfcR8GkY+xFIeTDCCBrQwggScoAMC&#10;AQICEA3HrFcF/yGZLkBDIgw6SYYwDQYJKoZIhvcNAQELBQAwYjELMAkGA1UEBhMCVVMxFTATBgNV&#10;BAoTDERpZ2lDZXJ0IEluYzEZMBcGA1UECxMQd3d3LmRpZ2ljZXJ0LmNvbTEhMB8GA1UEAxMYRGln&#10;aUNlcnQgVHJ1c3RlZCBSb290IEc0MB4XDTI1MDUwNzAwMDAwMFoXDTM4MDExNDIzNTk1OVowaTEL&#10;MAkGA1UEBhMCVVMxFzAVBgNVBAoTDkRpZ2lDZXJ0LCBJbmMuMUEwPwYDVQQDEzhEaWdpQ2VydCBU&#10;cnVzdGVkIEc0IFRpbWVTdGFtcGluZyBSU0E0MDk2IFNIQTI1NiAyMDI1IENBMTCCAiIwDQYJKoZI&#10;hvcNAQEBBQADggIPADCCAgoCggIBALR4MdMKmEFyvjxGwBysddujRmh0tFEXnU2tjQ2UtZmWgyxU&#10;7UNqEY81FzJsQqr5G7A6c+Gh/qm8Xi4aPCOo2N8S9SLrC6Kbltqn7SWCWgzbNfiR+2fkHUiljNOq&#10;nIVD/gG3SYDEAd4dg2dDGpeZGKe+42DFUF0mR/vtLa4+gKPsYfwEu7EEbkC9+0F2w4QJLVSTEG8y&#10;AR2CQWIM1iI5PHg62IVwxKSpO0XaF9DPfNBKS7Zazch8NF5vp7eaZ2CVNxpqumzTCNSOxm+SAWSu&#10;Ir21Qomb+zzQWKhxKTVVgtmUPAW35xUUFREmDrMxSNlr/NsJyUXzdtFUUt4aS4CEeIY8y9IaaGBp&#10;PNXKFifinT7zL2gdFpBP9qh8SdLnEut/GcalNeJQ55IuwnKCgs+nrpuQNfVmUB5KlCX3ZA4x5HHK&#10;S+rqBvKWxdCyQEEGcbLe1b8Aw4wJkhU1JrPsFfxW1gaou30yZ46t4Y9F20HHfIY4/6vHespYMQmU&#10;iote8ladjS/nJ0+k6MvqzfpzPDOy5y6gqztiT96Fv/9bH7mQyogxG9QEPHrPV6/7umw052AkyiLA&#10;6tQbZl1KhBtTasySkuJDpsZGKdlsjg4u70EwgWbVRSX1Wd4+zoFpp4Ra+MlKM2baoD6x0VR4RjSp&#10;WM8o5a6D8bpfm4CLKczsG7ZrIGNTAgMBAAGjggFdMIIBWTASBgNVHRMBAf8ECDAGAQH/AgEAMB0G&#10;A1UdDgQWBBTvb1NK6eQGfHrK4pBW9i/USezLTjAfBgNVHSMEGDAWgBTs1+OC0nFdZEzfLmc/57qY&#10;rhwPTzAOBgNVHQ8BAf8EBAMCAYYwEwYDVR0lBAwwCgYIKwYBBQUHAwgwdwYIKwYBBQUHAQEEazBp&#10;MCQGCCsGAQUFBzABhhhodHRwOi8vb2NzcC5kaWdpY2VydC5jb20wQQYIKwYBBQUHMAKGNWh0dHA6&#10;Ly9jYWNlcnRzLmRpZ2ljZXJ0LmNvbS9EaWdpQ2VydFRydXN0ZWRSb290RzQuY3J0MEMGA1UdHwQ8&#10;MDowOKA2oDSGMmh0dHA6Ly9jcmwzLmRpZ2ljZXJ0LmNvbS9EaWdpQ2VydFRydXN0ZWRSb290RzQu&#10;Y3JsMCAGA1UdIAQZMBcwCAYGZ4EMAQQCMAsGCWCGSAGG/WwHATANBgkqhkiG9w0BAQsFAAOCAgEA&#10;F877FoAc/gc9EXZxML2+C8i1NKZ/zdCHxYgaMH9Pw5tcBnPw6O6FTGNpoV2V4wzSUGvI9NAzaoQk&#10;97frPBtIj+ZLzdp+yXdhOP4hCFATuNT+ReOPK0mCefSG+tXqGpYZ3essBS3q8nL2UwM+NMvEuBd/&#10;2vmdYxDCvwzJv2sRUoKEfJ+nN57mQfQXwcAEGCvRR2qKtntujB71WPYAgwPyWLKu6RnaID/B0ba2&#10;H3LUiwDRAXx1Neq9ydOal95CHfmTnM4I+ZI2rVQfjXQA1WSjjf4J2a7jLzWGNqNX+DF0SQzHU0pT&#10;i4dBwp9nEC8EAqoxW6q17r0z0noDjs6+BFo+z7bKSBwZXTRNivYuve3L2oiKNqetRHdqfMTCW/Nm&#10;KLJ9M+MtucVGyOxiDf06VXxyKkOirv6o02OoXN4bFzK0vlNMsvhlqgF2puE6FndlENSmE+9JGYxO&#10;GLS/D284NHNboDGcmWXfwXRy4kbu4QFhOm0xJuF2EZAOk5eCkhSxZON3rGlHqhpB/8MluDezooIs&#10;8CVnrpHMiD2wL40mm53+/j7tFaxYKIqL0Q4ssd8xHZnIn/7GELH3IdvG2XlM9q7WP/UwgOkw/HQt&#10;yRN62JK4S1C8uw3PdBunvAZapsiI5YKdvlarEvf8EA+8hcpSM9LHJmyrxaFtoza2zNaQ9k+5t1wx&#10;ggG9MIIBuQIBATB9MGkxCzAJBgNVBAYTAlVTMRcwFQYDVQQKEw5EaWdpQ2VydCwgSW5jLjFBMD8G&#10;A1UEAxM4RGlnaUNlcnQgVHJ1c3RlZCBHNCBUaW1lU3RhbXBpbmcgUlNBNDA5NiBTSEEyNTYgMjAy&#10;NSBDQTECEAkZDcEsnIfbMv0KtVC97UswDQYJYIZIAWUDBAIBBQCggdEwGgYJKoZIhvcNAQkDMQ0G&#10;CyqGSIb3DQEJEAEEMBwGCSqGSIb3DQEJBTEPFw0yNjAyMjYyMTA1MjlaMCsGCyqGSIb3DQEJEAIM&#10;MRwwGjAYMBYEFNeHunkpY5+4wS9KphZRdMvgpYDzMC8GCSqGSIb3DQEJBDEiBCA2ZUIMKbrra6bi&#10;9KAel/rHBoMnfidkU9gzp0dKZ8omDjA3BgsqhkiG9w0BCRACLzEoMCYwJDAiBCDTI6/iX909FvJv&#10;LyWefOSJ24bS2aqweyb1mDcIYIlWeDAKBggqhkjOPQQDAgRGMEQCIB42U8fcFPST55U48r73oRLq&#10;JH3FbysUrCA1rqqun+P2AiAeJIexUKvB+5xyo3MnCsMx536ZbtpJJLm3Ag8p//IXp2VyVmFsc6Fo&#10;b2NzcFZhbHOBWQLbMIIC1woBAKCCAtAwggLMBgkrBgEFBQcwAQEEggK9MIICuTCBoqIWBBTQrUKK&#10;8HoUByXGl8BDqCOF6LUtIxgPMjAyNjAyMjUxODM2MDdaMHcwdTBNMAkGBSsOAwIaBQAEFIrvsgEQ&#10;b2tlFU3Bo7dRqYtzkssWBBTQrUKK8HoUByXGl8BDqCOF6LUtIwIUWGvNd9oOp4MwFzlkw5tmos0n&#10;lAWAABgPMjAyNjAyMjUxODM2MDdaoBEYDzIwMjYwMzA0MTgzNjA3WjANBgkqhkiG9w0BAQsFAAOC&#10;AgEAV4VsH9dcqygUn0sU6tJX3FxnShpAdPuxw9uYebsi6Hsbg0i1SHAkXimrzdvvoHP8YIY39mEb&#10;mgsT4HJMcLfb4rWbWThnsBNiWryacZ3vJJl43o4ArCpgNkVF2JJbFuWheWKTiqDrh1RrukbpkJjg&#10;mx/LnpCc9nSjmS4jD8JI4JhL2OD0vRRQ87SEskEUyl2BgwShjw9OjQh5c0ojvaz/drmHJLINuuK+&#10;vIt6m9hlgU769nT0rXr/DD34Y/Q2nYu7zPbhizxh7o4CKJuTv5oKttkbbUf/p+etPYa+cWq5aut0&#10;FjXhWPRGNM6GM/ZyCt95gmowE35WIA8aOGiFFV+JDK+WSs1VAtIQk0U9pphUtsMEYLitdEAlumJY&#10;Ija+14Qt+VRhwIRHr5g/DgvwVDg80Fm0jANiCgFmobud2Nym5JcNqnuKJ3zWGIHBbTX+L5YMSHY9&#10;+dJDzbEgCxjM46FavagUzhJswH4Rxu0aXIJ+OonV/zwPUU0/Az4fig8n89/DxiUi8/dp4OtHBDEe&#10;4v6mgl0qc27Lu+lLZWTxa6Ouo4x0HcyBc4qa3vA9XAY2e7CFSFAJy5zGuYcap/pKTzT5cSVvUiER&#10;NYyGo2clDvcSJTtTfOO3KhsVHl6ycz13BQvZsg0pbQDoXprAKb81AMRDPkaPLz08jyNhiSB7ha3H&#10;fXBjcGFkWRBUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAPZZAQCFq1T0BH3xtiGthkjGsvgYghxXoTmV3z1v&#10;pftbjAr+mWOOMtsXPQznPVJCDwiEHLTn2WGCcGmyEaX9mCV+lx+lKeUBCigCZNGwsviPrmgLgJMa&#10;3LcZn1gcD+Y848ob81rNPSXe6cikzzDJlPQtizS6vRFhPCWAb6KNsTPznuddKAmNcG5GGOXHCAPx&#10;ytzwU5cMiuEw89l6kmU4/Vv4GHeAm7eVlqdHfJ/5ue5tLt5eomgAGdLbvFSESwVYM6O4ggt70TsO&#10;GJR3j0qH3gLAvCbuGYACuH8uacDXJP8CAAmhnqM1RhY0x0ofV5kQVx3wqvaqVAWflsrDSnuBIbFJ&#10;4+H/WqSv+wAAABl0RVh0U29mdHdhcmUAQWRvYmUgSW1hZ2VSZWFkeXHJZTwAAAMlaVRYdFhNTDpj&#10;b20uYWRvYmUueG1wAAAAAAA8P3hwYWNrZXQgYmVnaW49Iu+7vyIgaWQ9Ilc1TTBNcENlaGlIenJl&#10;U3pOVGN6a2M5ZCI/PiA8eDp4bXBtZXRhIHhtbG5zOng9ImFkb2JlOm5zOm1ldGEvIiB4OnhtcHRr&#10;PSJBZG9iZSBYTVAgQ29yZSAxMC4wLWMwMDAgNzkuZDIwZTQ2NjMwLCAyMDI1LzEyLzA5LTAyOjEx&#10;OjIzICAgICAgICAiPiA8cmRmOlJERiB4bWxuczpyZGY9Imh0dHA6Ly93d3cudzMub3JnLzE5OTkv&#10;MDIvMjItcmRmLXN5bnRheC1ucyMiPiA8cmRmOkRlc2NyaXB0aW9uIHJkZjphYm91dD0iIiB4bWxu&#10;czp4bXA9Imh0dHA6Ly9ucy5hZG9iZS5jb20veGFwLzEuMC8iIHhtbG5zOnhtcE1NPSJodHRwOi8v&#10;bnMuYWRvYmUuY29tL3hhcC8xLjAvbW0vIiB4bWxuczpzdFJlZj0iaHR0cDovL25zLmFkb2JlLmNv&#10;bS94YXAvMS4wL3NUeXBlL1Jlc291cmNlUmVmIyIgeG1wOkNyZWF0b3JUb29sPSJBZG9iZSBQaG90&#10;b3Nob3AgMjAyNiBXaW5kb3dzIiB4bXBNTTpJbnN0YW5jZUlEPSJ4bXAuaWlkOkUxNDUyRUNEMTM1&#10;NjExRjFCRjM5QTVGNDZGOUIwOEJGIiB4bXBNTTpEb2N1bWVudElEPSJ4bXAuZGlkOkUxNDUyRUNF&#10;MTM1NjExRjFCRjM5QTVGNDZGOUIwOEJGIj4gPHhtcE1NOkRlcml2ZWRGcm9tIHN0UmVmOmluc3Rh&#10;bmNlSUQ9InhtcC5paWQ6RTE0NTJFQ0IxMzU2MTFGMUJGMzlBNUY0NkY5QjA4QkYiIHN0UmVmOmRv&#10;Y3VtZW50SUQ9InhtcC5kaWQ6RTE0NTJFQ0MxMzU2MTFGMUJGMzlBNUY0NkY5QjA4QkYiLz4gPC9y&#10;ZGY6RGVzY3JpcHRpb24+IDwvcmRmOlJERj4gPC94OnhtcG1ldGE+IDw/eHBhY2tldCBlbmQ9InIi&#10;Pz7QW62MAAXnLklEQVR42ky8Z5Bj2Xkl+DzeAx68BzIT6X2Wd22qq303PUWKoqigNJRm5WclaoxW&#10;it0/a2ZitLEREzERWmmNRqJmV6LoRLJp2le1KW/Sew/vvXt+zwMym1tVnY3MBB4u7rv3O9853/ku&#10;+f3/8c99F76QXr0v7H17aMYy+3RIlgqZ+AEnCJtZ973l5ohbnLjyyyXfq//8nR+267Ubz51P3X1f&#10;dIfOPTWTevK9lbWNkszkG/nAgK3TqYdD7NZu4cWXv/7MsHfp4wdvrZcCDlpvVIM27dqrXygSU4Wy&#10;+vyvfnkpw2ytHj813qaM5jp33TrkF+//1JF7SFz41aWf/b9Rpvz6qxeSm8ubT1ZHz806ZqeG3GRA&#10;aWwX2LtbpdkRR71irJR9y/d+9uXXJ+dGB1KNSI2YURPvRphHYxfmd5Y2Hz/YXt+Mx2udsmJMjw5/&#10;43f+xNo+Orjz3c/87h9nCsoH3/3Z5NR0q6398Kc/t8+fs859XulQfOax1izYbVriYH/Ipy58+tds&#10;T39T2vqode8/25308LhnxNXKbuU3dikmEvZF7Lv37ikdMq6M26aeGQ2w/PYb7XNf3n/660yZ0L/z&#10;F6LNcbCf8YUc2tnXBy7OT6TfSN1/+9HZP1fCEY9WHnUZT+Jap8vNy6nx3BsLg+X6+gf3D8K1X/mh&#10;uP0D59t/Pjg3Q0185sm+JeeN1c5fYaU6l8nwzbIQDm9wA7bjrZl3/nb/d/5Dy26z82wjX5COjlTO&#10;JVs9/qDTprVolmzaHY71jeubP05f/sJH7hldVWldpShCI0iCICiDwF8dj0iD1EmSoFRCNUiSxneE&#10;gd/qBB7gIUHhGfiWxMvM1+BHJJ5ukPgGF8JzKJLsXQhPILXeD/u/Mi/cuz6+J3oXIczXEr0n4DWG&#10;Zr6s9wOy/yqi9xzzj473NYeJ5xD9S1LmxTUdw+m91hFwbLz31tpf/8Fvf/kzE7Nzq4uPZmfnhobH&#10;dIJZXHr86N6HolXgLGz/mpQ5SPOF5hvTBqHJ3WaVoulgOBIIhkrZ3MaTRw7Ranc6WIbzeJyFQoXn&#10;raHwgKobLEtzFl7TdAyJoBlNleVORxAdVtHZbtV1VbPaHK1ms1gpOZ1updvpdrs0S9eadZ7h8KYW&#10;gXe63bVaVbQ6rFYrBoMPQ9HmR9Aputlsaqoq2h2Y0laroRmaw+HFaFVVZi2CoWOO9EqlZOAFFFGv&#10;1mRcnGHwW4ZmKIbiLRYBFxVFfMtbBbvdSTIsSeH9iXaz3WnXCaWBJ2aTSZa1YDZkVfG4PN12V1FV&#10;QRQD0ZHjvV2BI5webypblzoNlqY1QvdFJ3PZdHp/IxaNSlK31ZVxh6yilWXMm6h05XanZbMKFE11&#10;mq2uJHMWhuqtinpH6nY6Pq8jMjDAMJzcblUatXKzXak1NI0IRYbHZy9i3nRN1gkaE4D7UCsVFanp&#10;cDu9wcHNjfU7j5/4L77y/Fd/n7VZqhU8Q6d7S08zFwUWEtYDqRkYhYE7Imu6RbTVDrYyP/0/GLnB&#10;sfhr0Tst/HW43Vg/7WZVkTWaZW1ut96RpHaL4TncFl3TOI783a+9QAxc/XY6wnIMQ5+sTMowKNw2&#10;c4n3V6D5Q7L3H9lbx3hA9TYC2fstZb7MHA9tLmOs9f4CxSDNJacbOkuTFoZWFCxdpVgqRYNRniU7&#10;slYqle7demfu4tVzs+MBF/G9H9zc21z1Om00Tb3y5V99/PE78cV3RyfnGGu42qhv3f6BJKkMTdlJ&#10;aSRsu3Te5Y4K799NuW3q4Gj457eaeqPtEpmyxNtFjlZS5y9dXl6v7OxuDw4PNeptWSdpjqA1xWp1&#10;cDSZyeYsvM1hYxlCzRdqbUm+dNZPGq3jZMfttMyfD3abJTfHDMx+JaNNlrObmY13qrVGSxForTUW&#10;VbLZxvCYZ3TUnj1KTU+4F1eL3tn/duLs636Rwz1Se/NA9XYzvtJUL1CQJGNuPJ3BQsY86vrJ3JqT&#10;iDWuWzlW1YxkqcWxTFOW8bjRlFLF5kjUHfHbHq0nmy1pcjQ87LHF3Ba5FxeyLeONW8v3P35XrR9q&#10;uvHMS18YjkUf3X47d7CJfS3rnG949pnLV67NRDECVdeMftzrvSN2ljlIGuGQ7AUxoq1pm1u7m1v7&#10;hGgP+oMTA75EMvV4af31l56dHMIVcA3sRoN+baTF1zYFK80a3dGYJ7u9a3UIq2t1u29+8vLluSmB&#10;qdyvHK+y4sDA3KUrNy7okuys7IjxtxyimpUEr8v53Ms37F57W6rWUseU5+nRa7+18+bfWjt11hpY&#10;OqiFvI6xAOs++9Xy5f95n51lJ8+tZrpdi5XgqMEQQVU3HWGxTdmM3GOPsvj082G19pjtrg85irFx&#10;S66UkLT6D77/hktKVjYX62wsGfxczrqws1/KbNyb8+VuLAgU769Pf60gRh2dpbOut7x+yepkFreK&#10;q1s53KJnRhy/9pV/4Tj/xUSm4lZSA2TleDO1mKLTLTWb3u5aPJ3YFy2heTZ9j45/5HXbu+VczGfw&#10;nerswnm5Uams/MNQcPfq5YKTeEw2H8l6lRkfjeAGVA5tZIm3U6oUVw/fnfLno9Z8O/14bvYsly4c&#10;bh7arn5+8Pzl5N23gntvzlurw/rh1q0lfu71WptvVxpUva4m4nK6YFf1mJaylBYDloJz+OKR5QWa&#10;Vvj8BtusceGz6/TorneMi3oViabv/MyfWQ4bja4rWI5NDR495jiqMjFJVVuUYDM8QQqLDlFM5CWK&#10;6RAssbGu+IJlq3eiscO6AxlN7K0WQze3NNlbJAbZX0GASnOPE7S53c3Nby50c4WbP8QS6cUOsr/W&#10;8L254M1Xmk+l+kDXh8rTfxTRx0rzEr0vRB/xerjYD3snj/phqPfLPqSSfTgxN9RpROqhNYZtIiui&#10;J0ORzohj+c2frP31H/6rX/2lsanZlaXHExPTw8MjQMIHjx88uv+xQ7QhcmrmZ6Xwoej+e5Am1Bpa&#10;t9usAHJ8/kAoMpBJprcWF12i3Rvw2QTB4bTTnICdBQiyWHiGtTAWCwJ0u9mhGNpudwANZdkM3eVS&#10;qdFo6JjybqdQzCMW0gzLcrRVtFsEgaFZXyAcCAbdXh9FsZqi2UQ7QqckSbIq0wwNDNMRTHUgAYHn&#10;I8qriozPDKSrVSvFfDGTycUTiWw+XywWNIBwp4U5sIk2n9frDYSHhkcGhmNDIxPB6KA/EHV5fFbR&#10;xQs2huWRgagINhyvqgqjddudJqDR6fDp+FS6zjCI3phXCnMhOr31QorUZZLi6wrGY6nk0habIzY5&#10;d7y/q7SbbqcDqZWqIkyTgsWC2IK1oAKl5C7HmolIV1ZaLTM5MFS1t3oIhjC6JlB3EYfwuXATRStv&#10;dzpZnk3Gj5LxfcyPyxtWZQ2YZ8GIHU7McKNcrpeLsZGR2cnJnQe37tx80+UfHJ2OqgqlKKoZX801&#10;YSZ4vfVBmqmPmUjoDMfJ1Upzd5ExZMEqiH63pmrdVg2grWuqrpuganfbCF3vNuotqUPTHFJDVVMj&#10;Ia+F1juMqyaOSKpGn6xbgjF3wsmKNf9PnqzQ/o/6O6CHo4a5O/rjMr/twyt5gqE9XKXwB9knYeD6&#10;bpEtVTuP79/SVSkYDDsc1Nrio9zG2xjt7NS0ldBGRwdDsVGJ5kan5w1JcboDjMXeqWQXP/jB1qNb&#10;FiRDNDk96DQUolHXx0dd0ZjY7bacfs+tB9LBYZm34q3YXiarsozmDYXLdTkcdLCEUi1WaJpUdM4g&#10;qU6tpLRbLMdbrLaurFdKFZ7VeZttctQ6Pe7J1Qy/T3DZ5YDHauEDlHjOG5qr5LYsxL4oGMVs2eNC&#10;bNNTWblSU2sVSdOoeKJkd0ZJx0V/OOZxWrA2eskDsPAk50BaiCnFysd6sHEsEi/s9bak0ZQhMAzZ&#10;jwQEqZj7mgi5rR6Rvflk/8FafGI8FPSIY0H7B4/2f/TG22ND3lSuWe/IO6lCU1a3U+Wb99YaxWNe&#10;zXNa3SVQR8fxvf3dsM/lFulSajuXT9q9wxfPnfc7LEQvmPRz/ZOvFIHF3AS0dJSPHy6+dfOjjY2d&#10;ex/cwRR99YuvRzyiyyZUam3FIM/NjzNIqzFcfAbdoL/5+69UssdPbt8bn44w7vAHN9cWzl1lvU/t&#10;HPsFy8DAQKRVTN5ZrHnPfCVglcOt+8FQiNZp5KeO67/ju/F7cnKJrSdmZ0Yef/CGd+5rrq/+oEqG&#10;Cw//7iiV3ynKjChW4hsBh4+a/EZWpqMRz8K4S683tVpT13nJcFfu/zykHi9cuGikdvZufic2Onxu&#10;YdIo70ecRDpVikyNXH12vpqVJy5++o2f72WT9aYs+s68Eh6da6z+bFrcOz+mpBPJhviSa9hRW/+w&#10;tH9TJfm1jcKH93PZQvX5c94X52O8LcCGxgbn5slC/GBzZy3dXYnn3r+/MfH8589cuHBw+8cM02WU&#10;Vnl/9/WXn702Ip4fFeq5WijoVQ+/XU//eOIpfXCST23sM7zqn/T6J3i7ta50bYHwxZ3HiyMTTk/A&#10;Gx7wPz6qt5sHrwzsNW/ddQyedU1MrD24N/TMa/6AJ/3O39cKVY73W5rl5NKGWK/Xb98eVbIzUUc5&#10;j4Q8o6XuNY6fGK6ZjOv5hs0rzjxjdI2UEVSffbUtWDSF7HY07mjVymqWRk2YP99weTjeiq3VDgxS&#10;koagC57BeZ2CXUB46Ohsu9QgVz5ypte7sYW8YbFkdi2Nqh4c6Og9mtVjd6S5k80MT+8TO/Ikie6D&#10;FtGHVOI0AewlZH0O2P/xSZrdCyrEaSgh+wS0l2L398EJTvX5KNGLMT2KaZymeSdwS/bfpPcK6jSL&#10;7yeDZv4HCOjFSyTXAcfSmz/e+b+++c1f/8rQ6PjSyuNzZ8+Ojo4C0u7cv/vk0V2X3Wbh2N4bIFk6&#10;Gbt5aYpS5bbUrgmCEAyGwpFo8vDwaHPN43L6vB5esHM8DzgECet0ujabCABTdFLSdKnbbTTqTZOx&#10;tNvtDskwiiy32k2GFYBeHC9YOA7JrEMU3W6nTRSazTaFVB65DKkBE9qSosiSgGcBp0ggCwM+CBaP&#10;DdxuNeu1er3RSKUT8WSyUK7mC5liqYw7QtOE1W4PhENDscHBodHhscnJmbmB4VF/eBDqgcNtoiPL&#10;8xTFaCaDZzDpwAZgtplDM4ysGd16rVHOq13Z6RCBE3JXQfgCD6YBeyzHWeys4JQUo9pRkoVqW9Gi&#10;sUHRZsNSttntuXRK7zScThdmTu1BI6CkhT0vA33bnU4HdxD/18w1YcYSzIGmqYYKDkooBl0sNpBV&#10;YPwOlwu/BSsyFAXpQq1WAcuLxiZJXTIjELgSRbLATNGJKSplk+B4Fy5eYbv1mz/6x2KpPnX+ouBg&#10;O12jp3AY/XVi4hJA2yQEBsVyrUK+vruIm0QSGm1IzVoTLFtuNoHxSP/AXhEYMRhNV5CJ2AQLFAdZ&#10;16Mhl8fFrx3XhLFLLVVnKXMx4rrm11NeSZ0sG+MENHv/KKqfF1Kn64o8XbkYnUGf7Aiil1CSPI1U&#10;VtncPwKfA/PPHm/HNz7sSFR4cHhv/UnpaFmnxbHpswNBEanSwqRn56j4+MP3XTYju3nr9ht/m03s&#10;et0+nbYh++FJ9caMM+xgxqbGUhV5bTdvt5H3l+vH8cbceKTebCJxoBgXS6vBkGdrN18oN+RWp1So&#10;EgQQGRNlMSlcV5oYH/L77PVGVzUMm8A06xJBaWfm/GfOze3sV7OpCnQXmmxPT43FM42lezfJzlYq&#10;ncnnuw4bDRWkVG0HvDavS8zmq06RFKwuzneZcsw4vR7BlDsgGJi7nSJ782cQPWLNIMFVNS1ba+eq&#10;jXZbaiqGX+SRwx2Xse4M0YI0ExfXwHWzje4bH64jG7MJ/PxowGtlAGn78XQ2nTxO5OYXJjO56mE8&#10;1zCzx2Y+k84eH0LXiIwtzF54xuWJTsyfLRYahXLl/NOvfemLX81ls0829zxOu9MmGKaOZa4gJMq4&#10;Oxjeytb+xw+fPHl4X5HU2flLPo+TJWQMJRwOyrIyHg1iAR8cHtuRhCFjNtkwSb/22de3juRKMhWN&#10;Oqj5T5Wcl0vkDD388kHVauOtqZ39puZphD/nWfh8zC/Ufv5nDu3Ie/GXivRYSg2rNP/23//F3Vs3&#10;edaRT+a06BfImWfV5H394EfljtGWpUjQ6aIq0ef+hTF2vbr5c/vR9431dxtLb1UX70Unzg/PjTkr&#10;B47ilnf4RanYCdlsjrHPVtKWId+AhfVKwujaoVJI1D/96ksr2w3aHo2F7GFruXC8Xtm9TZaedBX2&#10;3lZ7a3WDKR0OiIGNmz+4/zjhdA89WCrdXUx99fNTn3r92saxXkoV4nt7e6v33vv4/ptLR4/XN0Ie&#10;JjQyoTCW7PoDu14bHx8tHiSdFHnj5eeyh/vr64nLv/IvS1JLMx7OPKc6otrRUdMdG8803BXdL9iR&#10;xcpV40ZOf8WwTdqtzuG5Z3e3Sk4fNTrBDcQsiY1a0RirC17W6dAF7/72bupwJzh/6ekXZnOPP3DR&#10;htAqxzytr/3mrFM7oOR2ePpsLbE26T2wxeaT/k/XlHbFFcsGzscdQxWKdfE04h1tswTqxzRnd1r4&#10;dmg4owk5yq1HRmi9p1ki4UboVc2AaeE5a7eTf7REByP0+uPnApIxfzXDOMX0Fk3xHZsHz6d76ZVK&#10;9OTXnlhE9fHPxLFetDhRQ/sQQ5xwxNOIcQqTveedEEbiJHb0VdcefvbZqtGD2JNnnrBYokc4jb5a&#10;c8Il+zLbCbc8Teb7kceU3QA7wA/SFXI8euMHu3/zr//kG78aGYqtrDyempmLRAeg8n348Ucry4/d&#10;DgeUHM0U05A/mG8LLY8wsYdWum2p07RYLP5gOBAKZY8PivEjsD+P1wVUbXZkimHMndxutDsy3lNS&#10;kUHXJKljqoHI7Kw2jMQfini8PkCOzWYDnwMAQm80owHLSXJHlqBKaqCP+GxWq43uswsawqlqYZlW&#10;R2o064VSqVgspZOJXC5dKpbAnAAyYEi+YDg6ODg8Njo+Mzs5NTM9uzA8MTk4PO4LRZ2+sOBwUaxA&#10;0BxEYYpm9BNd2DCvjgydpBiIiSwLcO7PNWCYt3CqDkrotLv9bZ2RKLvBil2dr3SMpkw2JXU/kaw2&#10;u+lCNVssgmyMxIajA0M0BCaCyqaS5WxKN9Su1MYbIVOo1cudTrsnoCHu21iWbbXaHo/XboWEhrlm&#10;NEUFbTVM1kdhhJCHwefAkqEnW+0OXe6yZnpgWBwgxoOgm7LUwaol+zo5y0CLpkimUsg2apXZ+TMz&#10;Y8PLt95+8NH73tjE0FgQAVxRjRMFv7+KKPMxa2GVZrW++1iXOhShSvUqeBIvCK1qmWctFEcbSpfh&#10;BEixiqKLVlFRFWSZ4JEOG/PKcwsrm9jTs6wokppK9ZJH44Q4ktTJ+jM/EE2diCLUL3ZA7xHVRwUT&#10;UI1TbnryMnx4aLAW5sni0trHP9lf/ji+8j7XybBao1RMi94pTemk9tfPPPVaZHjMXPg0W603/aHB&#10;Tqu6eefHrJTpqtZiXRdtVlkyBF/Q66KO4kWLzV5oSjefJAFsvNWNdK3VUVt1cD7vpc/9ucPpyO3e&#10;bXXkYEBIp0uFQt3lFMMD4Y5CA02xgB2iw9BVZHgkS4k8qcmKYLWMDTs9LsvaTnV5OSt19d3dWqPL&#10;NpqdpeX1Yvog7INeYomnGqphaXUJ7K1r5+ws3fIGBiODc77QpH/ypfAAKnWcXeB1U6o8kVgxyRaW&#10;BheUVMUJXkzR29kma7E16vU337k7Pz6UaSgbx4W5AZfDSvdlLeRUB4Xq/EiII43F3dRg2GvlaJni&#10;2hqdOk7JjbyVoYaGRs6MR+cHPLOzI2XVKhPIJPSz166PjYw2mwpyofGxkStXnr1y6emtve2D1DHH&#10;ChOxiMAyPRQ3MVJWFGyZYqv1zjvvjw4NI5G6eOU8xJ2ffO/b60/upKqdyMTcqNfxeDd1+/HqdAxl&#10;LaRYFqMXyOhBgrMxQtSqlY73o5/9HfHil5YPG3GJKlK2/NJ7ndW3SkrEf+GLx7v7kWignV9ZfOd7&#10;ET9rjV4mGD5x61sbK/c00W+RlSvPvHTv1t8p+WNl/6O9lYeRUHgi5NtbXWf5sOXZP7VdPkc5Zx5+&#10;5z9uLt7MlGsiXWW11sTM+ECAUvNrFSJ868P1RLJADFyJl9pyoxhPbe+kjq2iPDjqu/nWbUqu19PL&#10;e5uPWbaz8fhto/hIICFEE5u76WBE1MuL8Xs/Qkatcr4nj3bSRflsWPi933ylbAT/+a2tlUR+be1R&#10;J7NhWD3CwLmIz/PspH/Ai9ghTF64aCMYh6o+d22WVbsTk6N+NofgNvXija2j1Y3dO5PnHbEhZ6em&#10;RmOzjZJNVq2ChUisHpKul3/8UAxefU0XBuOtsCSOXn1qTK4cr682WuEX78ap3WQtNhjh6ser7/+c&#10;dsVigYBQ3zQ4ibAFBKM16Vq3M/eJ7qOIp+z1BVIHxw55g7C448O/He9CNGkYNrHFCeamNJUNnbYw&#10;CuKcTdRVoip4aY8nm2+rJO2wApwQk00ipfU0D7UtGdl0q9oITU14/B7n8ZogQAWebSikv1HwO62S&#10;RnTM7KpXZqJOJNaeuGSuhl7RhTxlgj1I66mgJrz1UBLxwTglnSf08QTqTquRJ5pu/0s/eJzIrJ8g&#10;pkGSpzTUfGycil7GKdwafbglTfZg9LQ3/NoVdCz95Id7f/tv/+Qbv+IPhddWl+fPLAxEY6AQH9/9&#10;eH1tyQOktNDGCegS1AnBNTAxKI/J7brD5QhHo16/P767kzk4RAkHsicUmWq9jayD503OYfJLhwMs&#10;TUDZ2Y7ilw9fbLzN4/UDaK02Eal6s9WC+mqCAtXjyBS0PWAm9rhBM1y72UARBQibzWbTuXSzUatW&#10;K5VyuVovS3IXcigvWN1eL6TU0fHx8amZydm5scmZmIlVgwByGygjZwX4gYViezJkr8ijmTEIOTFj&#10;pgBmbAbyQBButbtIsesQbnOpUqkgoDJqE1Ei7UpSSzEOs5V8XUkWG6V6u1Ct5UuVbLEE/lqrV8GR&#10;pW4bzA5BjWcYl9fjcntQ6EWRD/iQT8ULqSO324OPLIgIgxa/FzoTj3l1u7w2u63bBRdS3S4PiuCS&#10;rHRaSC90mrUYKmnlOdwzux0xRjg6SJaLJTBgJy5u41G6yyYOM4kDczoDUaOn2pkVKNXEeCTygtXW&#10;bjRLubTNLl68eEEtZ9///j/U2vL4+QsiT0kdneoXn3tZHb5YrEwb1b/tZZ9bhEaPzySDhSkyBPRG&#10;s6V0Jc7qYP3RZrMOfsXRDEgxpHWOJVCpfenZeVZw7WthmreBlfZUVRODTbTv1yJPJJUTyYMk+pvF&#10;OMkgew/6NLSfMZrbqVe/pHqVDCQR1baxdPet+uF9gZC1dl2tJXle0JV2PhMvFKsQ5YcmztcV+sff&#10;/zZ0sMjkRDqV75bijJpCLVyw+pG7YHY0TT734mc5Ut3bWelyLrOooEtaF7KzHYui1UJVuT0UmwQ7&#10;f/jOf6lW2zrNT8QsbqdVJyztetPlcYO/arKEW1lptHGrkLdxHCG16sCJyQmPInefLCYz2RZDabwF&#10;n55ptZlG0/D6vBDqE8c5n9NACRiVDaeDC3v4uXG+221fefW/c8de3V5+nwXrYtwEwQEv9V7JxgQ+&#10;/EcRSMjixRoUiEGvmCk3Hqzs5iuNlaUVfPbh0dhWqmLhqIVBDwgpFBEoLsVmB/R0OuKZHAkW6t3j&#10;fP3pmejqbubewx0sOUJtJ3aW19a2IrGYx+9fXNx65tqspJMQdefn5gi5ns5mnTZ2IjawMBy6/+jx&#10;t77119euXf3y89dwI2Sz3mGODAWQD+4/+tlHdw+O05Pj49Gw9+7HP2OJZreeFd2Dz37q8xrFCLwY&#10;8bkOM6Wgz3NpatTSq6f2Axf9specHgoACMlWLuLlhE5dEHnNERACQ4vf+6to++HLL5yhLTxmubi/&#10;IhrJ42pjc3GFLW7NBKjE45t7+Vq91Rz2kp/5jX+3tFc8evB3Aq0YjM9nD/qwPwxl4ZkvyESonW3x&#10;5RVePl7NEXPPvsjw5M7q+0pt43j3SbGYdwzPW6OxXK0eGIEbYiOtGcfZ9cUPv8OpxxaBKXDP6OHn&#10;W5KF6OQGQpbLV6fOzzqH/fTk1KTdNzgFLd/v30nW1jGyVvUwkbXr3a+/MEWLwUePNymj43S4XYLn&#10;l1556fIrXxt9+gsRf5Cr1Qb8PsrQZqZjM3MLXt9QpqDHLt9olAupnZstNbO3+LbIHpSLjWRcLiT0&#10;2rZSuNdOPKrGvJawqJX2EpJlPvz0r2tS+XjnYCOpOQdirFywiN7DWoBwDoxfu6zJzeqj97y5R9g+&#10;fGT27JmRSBhVZ1URImBCVDNZPVzB1iwlssml1cjUPFL42v5yw32j6BklDI4xmn0Ag/wIcQPpEBeO&#10;toODGc+oJFgptctCv2INFGz0YhnWC8ZmBYGCrwBhq9HsCh5XOVt3jo0hkYx20k2Hv8SKvnv/dK6y&#10;dkGU65Q9w7k5Q+1RL3Or6z10ok6WhGnbIYlfBAyqL532RKpTvfSkVN7TpU6qmf2oQp3oric+HvIT&#10;FbcPm3047JsjjJPaJXlaJOrTzL5Se+IIMkwBBzPgHXI8/smPNv/vf/PNb3zV5Qusra3MzMxDoMR7&#10;fXjno+2NVY/TASDRTbKCOmUfqnvCGkUpMKk0qtAE/aGgz+fdXl1L7B8i1jAcWI/Amjoq63W6eN7m&#10;DQSg2UAYBNvhLTab1QbLDAwHitKFsKobGsWCRkH2NhMGwWbH2CVFLkB2bLXr9RIgsVjI1RqNFgwJ&#10;QFPa9PJ4vR7sbfyLjY7HRicmZ2ZHJqYhxHkCUbfHz9vsKEiBihnmfKB4Y3oiYJmhcdPpHmdF1IEd&#10;RtcVuVNv1EuFLJCxXMzXK+VOGzWgDoYC9w54A7CK5QSHXcRawi3b3DtaXt9ALgU6K0mKw+WDBQmI&#10;6PVDX3LbHR6fL4S6LRRZAL3o8Ljsdp5DgVYHcazm06QmDcXGwJsxAMRZAoXwjqSoPTsPw6L2CnYL&#10;GUPTta6k8haGY8m2bCCJ4K2WdreLj69qHeAonB3dehXVLF50gr/arGKzVt7fWYFq6wsNgrYgWJtW&#10;Jui9KFGSDFITKByVQg5kdg6623B07cM37z24HRidGR7xqhKtKua67cEVJFy6WSyWd5YFBho01Ead&#10;MXMrwlSnVRCnrhgZYawiCd283UCx2uVwCTyP+jfPEOdmB52h2HrHr5jauLlO+h4w+mTdgxsZ/WJk&#10;nyyelCWxeKlPHve5yun6J6h+AtnTYM3MRla0xUdPKEO2ic7ZG78MUaGQTzdaMtHNtBs1l9PeaSOt&#10;kVvZ42ImoVsH3v/nv20nb7utKgDR7gm1ugbkgRqEKrk9d/nVqI/Vu9npKV8kyKVLcrUGUbzTNMVw&#10;iwqrxcHdWltzenzdro6we+P6hEFZPYEIYrEnMBAdm88nD6GGPv3UFVrrLq3sYbQjw/aOpLWgqWsG&#10;tPpSpXvujPPKxWCrSw0OOJHjNavlaMQZjWizE8y5sx5dVutNA4vM4zbpVblYP955O7m/LPrnZuen&#10;WEgk5s6GkYfkOdIpMkv7xZ3DpINnxwa83/nR28frdzc3Ni2OAMj0M2eHD5JFl2g5O+RtSepJlYYi&#10;4e2pS6rIW0JOa1VW3n24V6+2ZuaGsA1L2WobZrdOOpE4TlQUb2jo7KR/fW0DmaXD6exUjw9W7x5v&#10;3Tk+2KkRtu3jFBxzXY0LR8IOq6WXX0KGp7C8M8UioSgvP3XlOJW9/cEPowGO4izB4Mjrn/rcQHTo&#10;nffem50YhgarMZZyqShJDWhIEI76NiX6dz5z7bhEtIQAcm9HeSV384clxa8PPaO0NXnnLa12MGiX&#10;RJvCoPJRThzvPFlPFOoK8yvPezmplMwrKGDUsBUsdCFdnD/7ktc/QJEwy9FHCcSQwplx+8uvXR8M&#10;OGof/aW++vcvXhx+7dUXX7g2UM48PDfDKM2jxbVD0mYr1QrpfPXMXEzNLeZKpW7ss57oBenwfjGZ&#10;9V361/Zn/qgpTgVnX7h45RmPsQqHoK6Sx1mrFP1y5MZvdt1XqzL94N5HiVy1LUmDg45nJ+y1prp7&#10;fHhmRr9xOWB0uHNPvVTIwUSQE7RKe395bXm91S67LAk7scnQtfhx3GpjoXcVj1b++cM7OzDwNcuJ&#10;VMdqC4owFjbouYu/fvC4K0uemetfuv/u7YPDtMvp8QxfbhUq5UMAp9fHd4mlbw0OMmdvzD9587v5&#10;nfXxqZH64Wpn+57Lwy48PTUYNIzMB1p9Ixz2povOHDFldKqlRG5pqeFBpSx2iR06o9XX3ZU7w4K1&#10;qzJ1WxTQR/XTWMhboBRaF94UBSGbsUCRQhWJ4nlNcCBu65UCJXcQEDgUukSL3WVzW4zmzm5X0WNR&#10;6yBRrVlCTX+kdec9iysQHApWOcce7eIxiacQRZ7Yd3oI2EMvui+inrpbe4ofdaKW/kKjPTU+9MWp&#10;kyrlaQHnNOMm+qz09Ct1wjxP0JQ4ccme0MdPkFg3+ZRpDYAdxh1xPPnRD7b+5t/+0Te+Bk62s715&#10;+dLl4diwqug3P/pgZ2sNZQmIkXqvkE/30J3qlfIRAFWlo3ZbIIvhoSigYmdtvZJOx4ZgBfDYRdHh&#10;dQCKTFBjYV9F6GZVg25LJjux2uwsYyFNAYlGaZ9gQRnr4EYtoCI2bq3SrDfzhXy5UmrCdKErMOta&#10;TQ1QRIkRHHEA2f7MTGQwFgwP+YJRtz8COZQTAI2CCY24a3pPMiVN7wDZN4MAHnkBP5FluYY3KBcQ&#10;W2FMzefT5XKxXKqAzoIYgexxFqtFQJHEiskELCHdBM+LxqYgF3MsD7IpyXIKSb1Czc5OAaxRsrK7&#10;/AJqrEAOpFnAQA76qA0z3Go1ARYOSHiiwMIgaRCcYMtlU+1mDT8EMvVzItM0BMFLU5Bh8BxnKCZY&#10;en3BdqulaGA5FgzQTCpM243auz5jFyBcE3jECzxc9K1aRQRae70+jws8L763mUkleNHuCYRM55Cm&#10;9BIkk2tCQQG/bzYaSAt8ft/5s+e1QvzDn3633CEmLy6g0qbJGuAQt5uBkNCsVXYWW7UqpLZOrYyy&#10;LZIPTBQSAt7pge+5Wy3KKn5sihQYl6ktK7LLzr/47NmGwi02PYTFAp8vc1KzJHrr57RA2bs/FHVa&#10;Ve8jZS/HpPpASRCf1PAp8iS/7C96xFevSAwODwuhiXwmZXeFg7HpYmL73I3PM6y9ltyGSvz4/j2j&#10;23LZrKpOBUbnRKZayx1ubqSmJgYkldpcXs9m40idGoUduwA7pE1VqnXYUm2ML2RtNxU4XWErgyNa&#10;7jZ0lvUFAyJH1Wvt0VH/8JAPRUdkeICHzY2t4fkbAFZVqqJUebSz3WrCaEM6HdZmVy9XmhCfyrVW&#10;QzKmxuzjI2K5zSbStVI+F/Bw5XLN7yGtNmVrTysVSKVdx7RbXWw5d2xFXcAarkiUKzi9MD7ColyN&#10;NASTTBEdRb27eoTbg6jbqFd3j4/X779dTiWGJs9/9Stf6EqK30pWmh2n3ToZdMDVbPQyY6RXx9k6&#10;SglBj81ntYyHPY83DnfjqUymDsWgWz7WpBYv2jr1qsAo2XSmXKrjhQ7/yJP7dw42HlBKiVCaKGrm&#10;GsbnP/+F61euuRw2VFKcKBdb+Z4+jI2sD4WDC1NTVpv1KJWlCY1nsN26I2MxC+dRVVC422gF2c+V&#10;bj9eXFxZRRAeDEVRtjTTOehGf/T1zw1cfHbu2pyFKr7zzoOupDumnpLc843b38ovft8yMH779hp8&#10;D48erUyPhmWDfvvj7WjA4WS1ervz7IsXzy2EAFJrCVi4H7mp0udev25l1XffeU9FmYgmLy64Zs5O&#10;j41zK4/fSVWkT788NeDT7z18aHF2Xn11pNWtX3h61mKjHz94INcyXG1LyS9NXv+CL3ppwBUYGTkT&#10;GH557plfhpVZq2VHBr1abetg8XsfbtX2Esq15z5d0kcP6g6p23zzH/63ZLqgaWy+LP3h77yc73Cb&#10;8dSlBcoqSLlCl9CtsbC/1nWrQoiILwU7cWfIKYaYKzcsD9bee7h63+bNKI3FzNqPCTKxmipJXe3K&#10;ZMhuCzIubFVp9pkL4tgvGew4G1nQpz53dHwUDNT8lmI7WWb8Z2Bm9I3EnF5r8oN/qqy8m9p6EowI&#10;yKrgAXdZ7SE7PX0Gc001ktXsVq60uWQxKnTs2c7s19uEo/rkvZiHnZiZoMPzQjSglVfp1lGs8fNY&#10;5u6u41MVq9sOebWvVVlYVMUscP9rssFCN27bckk1nmSLObLd4AcjTd6eOc4TzRrFEhDvuOTRrK3K&#10;iyzyIyhxRd6V0mhbcNBy5YWULdComq40RRBgoj+x7vU4n0722zb0X8ikJ8Z5om/57hNH6qRwg3GZ&#10;kPYJ5H1CLPtWILonbOmnPliqD4lmwNFPVd4TsD31DZ1Ar97rRNFNAUrnOdYdtj/4wT/u/pc/++Pf&#10;+rrb49rd3T6zcDY2FGu1pXdvvXewu+WyixAr8SJTFzVVqk+sjJTcbYGPoScEMQuUa3tlrZzORiN+&#10;QA3EWRAdkEjTMcsyaKWAJcdqlrUMaJgo3eH38PWAzDXqtXKlUshna9UycLFSLdMciz4NqLTBwdjg&#10;2PjwxBRMuUPDk0MjU0Mj4/AiujxBK4r1nJVDiYMHtlmwGT5JS5DhsiAzsMSaqGm2x/T0bgr4mEwc&#10;N5oNxHpQNMZ0EDkgr1ntcLpCX3Xig9WrpWrZFF2Tif3jo+1k/BDlT/zA0BVfaATvACwFzOAG58o1&#10;kqW9LgesPRqK2SyiWd+tCKbImYZcFKBUBeQPJV4QPp5n0IuCQTIWPhWPIyQB10ztEXOK4hvNolUG&#10;NMjsAtBlCMwwLiGNgMKpAzkVJZMp8CwbCngtprOJcruceGa5UsW7oCqM24PSe7VYhpFHdLhEUYTj&#10;qduuHuxtQ9L2+YLIWyDswiCChQKPEmYMCjgyAIRsNOvMLSxMhP1rH/x08cmT0PiZ4WGn1AE9UHgb&#10;2y6X28fbHKl1mhVNVuFB0sw7yqAZQHAHgO+KTnEOjwp/LHIr6JuqjKTAZbdevTip0OJi3UWZDmFz&#10;DfZYYq+dgDR6Yi/xiQBLEieJJHVao+8nf6eutN7LTxpMzAeAXs5KC0R3Crvf4d7d36M0KTJ6ppnb&#10;Jjut4Pg1TVPS+2vQSO08kz7YGpiYmb3yYrew28juwFjdbJPJRB6wYZZ5NWX60gvII47WPjzIgUrq&#10;gs0JERX3q17XbRbU5o1AwPrSa08Xs5X97T2/1+kPODP59tZ2NnOcMnMwkg4PxOqlNDTweDyLaGKS&#10;cp47MxcAqarXZQulWHnS5XJyNMI2d5zRYE0aCjsPEqVcpXtxjg+GAj98IzM6FF2YG8/m0gJveDyC&#10;1x8NDD4/e/XL4yAojKkA6b3sArvp3TtPfvzdf4AgD1RLHizubW/Bs82FYFK5POCBn4cOu6wQaZDN&#10;xQIickTdzLEQdmifaLUKzP3N1N3trMuJIpOxtnk4vzBRxNg3F31+O/K6jsxgY9ZyB5nj/VpLs7vE&#10;0uH9gSHv0VGBsk1eff2ra+vbiAdPn5ueiPhhrXI5UGSl9b5UZab09K1HG09Wd+ArR8NMLbfV7WQ6&#10;rVI8WVBM77deLpdu335y/tJZOAhmR8cG/T7GzObMP/SXnw57mLTYepjfe+gbGqx3uMDwAlVKl9//&#10;T6WmlEw3Z6K2dqVcqTWdZLuTKykdwiHyyCivnYt1M9tjLzzXqLWf3F30++1OUROlA16pDkcjssLX&#10;Ws3nX5q8cDVy590f3d9qgKpJzfLS0tbt5WSpWAl5qQdLG7n9g7MRC2p5AsQgOOn0UmL33UsDyUD7&#10;A78lMehueKiDavrAxxmu7kFt7Z8e3V/yj11NxKuWTpuzehLHB7vv/EU5tSWrPKEyX/3c6LlzI+88&#10;LIl29srF2NJK8qCocS5vai/98a37zvDgwuWnkU91YOvqbD7cXswr3QbF1Tn3yv4RSZQlg3f4LoKJ&#10;zflITqM6HTlbzY1Py2xruVVTZefFVJV1u8SAfIfXO82mWJFcxeWbevWoS9k12ouWudX7O3Pnh586&#10;H370o3dsgqcpkcVqK7eXsDqniNl/WeUmtGalsHyzmjwGRQgF/A5XtFZH/SDBU/vNw0fVOuOOzRcK&#10;tvzwZztuB12ro3HKxJ5sRo0n4OpDNZxKJwIJKCp0VUO5QCYXb4fjSxG/SxG8cjKF7jaCsybXDoly&#10;hgkGilXVqTa9k4PgPcO1dEAg99qCtLVuSA0lOsQgivZT6J7rtN9FRvX91Z/EiFMr/Mkf48Q93/tH&#10;ndYuT2o7VK9FEtGC7htqe8hJnZgijFPw7XesGKfO2/4SNoy+OtuXapHRqeABtDMgPvynvzv4f/6H&#10;P/5vfsPudh3s7Zw9ez4SGYQ39d0P3j3a20F7A8PRfZ8QY/o++oVKE5QUCdpIy+VyxUZiSDa2l5Yr&#10;2Xw45Hc5XVB2WbNvwYFcuFxrMByPBgaUNWUJcl2jKzexPtGXB88OMBsganeIgYA/CkI6GAMuTs2c&#10;xYOB4TH0YrrcPsEqsiw8DJzJ+nh4TSlIVeY86Gb8JXpo0281Rag2+x/r9XK5UC5livC+ZpOQUKEJ&#10;4/eoa6L/DTys5+QEZqj1eq2YT2Xih3tbj4GqEHi31h7qphbK2UTR4/SirDU8Mj40PBqNDoFuAvYE&#10;noNTEDwwV6pJiu5wQdWk0TAqWFGTxbh40D5cHCSaMRMfvd2ChYcAScUvBN7sngS9zsTjzXIBiIrk&#10;QEEtsNMulQsyBFMZjkgZ9XFgmp23IHPAchDRLcPBR2RHOgLlWlWggOo9LRwhEDcRGCyYjiQKwb2t&#10;dmH760A0drtdkMRZmkoebCeODkja4guGgL69nqFeYKLQEmXlBEur0UDhE4rxhYVznczeh+/8tKHY&#10;xufH0YqAW10uVDKrDwWagNeq22qhexVkFqsY1cFOq25mXrqKhkJZaiFFcNusAEboT36v+MyViUKT&#10;3FIisBfRvcI21W80ovo1fJLppX60WRTo6QvkSSH8k/bKfg8JdQKhJy1QeLbDyrYk7b1333eHgm6P&#10;Fe6ze3eXOo2C3MjWc7vNwmG9EAfh7tYbhkZCJId9CusPg9h+/HbASbj8/o2DCj6LjceAUSMgOHvQ&#10;4fFuri07XR6b6NhY21clUhA4OMma9RYGB5UgGA6W8nlZJnGdRLqezcGfaEDVxFJHGeB4fw3pHhzU&#10;Zi5paC6XGA7aJiYDj5aSSIGiQZvHycOAhs2Uy1YPj+t6tw0u1TbYc2eDZyaNlT2l3bFHh85LpPtw&#10;f2VmPFrvKgfxyvjMMyF4szk0Mppt05BmbCJdqBNv//w9qnlYK6YL8aXYoHvhysvnzj/7+VevwIZd&#10;QcW80ZoZiyJHLFZa0wNupldtwi6TINugo0UjcpVWqtiqyUqtJbW6qj/gTu6u1otJWdIrNXn8zBnY&#10;p2Dn4gSuiaulN61UFXlgR/e+8qWvnZ+bSCSSWzsHyJCcouCBXsIwxomDGSGCThdr7370EGnB1tLt&#10;1OESRaHo30KLVqOeLWZTCxdevH7jtaFY7Pzc9PnpibDHRfdZQq8iRr90zYi6svuHWzXaNrOw8MEH&#10;8eHRi0p8I3m4UdGsEUH//V+54o5GuYBPauXclu5g1BaeCs9dGd/eWMunjr2j86l0a/PxhizBmG4r&#10;5dOslbl0aUHgXM89NU0qmXd//LN7d8uCJRgmGvNzL4xf/7NCviMojWzRRbheqiuXRdslV/gFOnC9&#10;3eyy018vd0lt/++KB3dWlx5T8nZ2/4NWbmPaX6Jae1ARY3PXGcqNVdBRCETPpXf+MnGwpqiWarn6&#10;1Dz13/+7C8trx08eH0JzT5a1XLExNSJqnXwKlmWGbsU/Fh125syX2s4zLq+6e/BuMBJEy+etO8nB&#10;kP36TMDCvDp09U8xK6wYEwNz3eJeKrHvFQoebj998GBgcMpmH3aJHFt6eLyfF0df2N9JxD/4ARVf&#10;tNSSYnAq+uLXHW5BLWzL+UxgeF7hBvaOs4MTjoUZq5RNyo7zysRrVUu4lEhEch8M1J8Qo88VRn/1&#10;iJpSsmt86v2xy1PdSotzXUyM/v4+N8pXclIigRJnt1qX82Xa4SJL2WjpwNluNypNcnymHfDXWNE9&#10;MhxsxgObtybJesjOlcrtdIe1IO4UEoMi4eNU78adiSFU6DW63CjZg3syVwmOS+6gBYHMtImQfXbZ&#10;05ROevdPra49CxDZr1bS/dDQy7c/8cz/ogXtk/aRUyW3j6z9oqYJk3qv5EmdGnz6BLT/Cv20M6XX&#10;nWbm5kBK0GhnSLz9X/8q8d1//ye/99tWu3hwsHfm7IWhwRGQoXfefxsIgq4PM9D1eGh/WP3x458M&#10;panb9nrd6N7DBXdWV4yOFAoEoCIieUTJDWFfVtRaowaLBKybna7ZOC46HZDgUcn0B72oLccmpmPj&#10;Y+HBkcjwaDA6hM55TyDMiy448SlEN4bFnkUvhXlKgAm+Aj4qa6IQA3wyUQUEsdUsVQoVuGqKGdP+&#10;Wip0Ok38GCSYM9VUtKi4gDD41OB4pqmHEd7+6fdyyZ1yNlnMp2vVIposoY66YDwNDhgk4/f7xyfm&#10;g5EYJFCPOwAsBFYBjThOAD7hI0D1BAWEIlqqdzqKHgqFzaIL+lUsrKnbmu2SvRBvmoVRjpVB7AQr&#10;TNaMwAEseZMZ0FT88KCYifMCi1lB5ZTj0G8imJ5Nhvb6YAh3uRwemlBxP0UnumXs8AzjPgACwe1b&#10;7TbuOeCTMt2lANO+XxdMFrXMDkCZpvR6uQRrEoRuZCEgmd1m82h3DX2rdlcADgMDDFHvu77g/0VV&#10;1w4ArpSKsA2fOXch4hSWP/zp2sYuXIvDk0I53cqu3DU0CSoHODfsO2glRCrLUujj5IHQuEEg0vi8&#10;vRSB7hmkaLSOXH96/rCsbyvRHk6h0NhXTXrGoV61shdee6ke1be9ncgqPc3czAvNgsKJwaffdomL&#10;0FYL05CVh/c/Tm08kS2+ta2428W/eOMqwVg37vwon0tb7V7JNEcc4AEE/2yxPDg44LKgkVcYnr2c&#10;S2zv7ya7qtmxqkhd8A+skcPtpVrhyOEOofQCE5Bg5WamI2yv8abdNtuFSqX64VHayqKyzEsqWy41&#10;OUpCE5RKceDSSAA7Unv6wnXw9UbpOBpx2excsy1vbRc69TaYnEpaGh01ma3yppeFKZW7waAQjjoI&#10;snv5jBiCsW41STHBofEbt97/GRYwy6jYI04fbINeJDFYHoghAs8epIrvf3i33upsLC/CVeMUVXjb&#10;Rqaff/HlF1GmiNjMuX24mS5VG1Rvr2PoUS86R9DhY+bdODFCgtKvaSNh19PzAyGHZdDvmhsLiRyT&#10;KVYAsWh4mju/MD094XAFWhpSJYlQKjzZMEiuIjs1xq7oxnjE/fy1MyRvbUmSTbBGvQ7FMBMm2LvQ&#10;acsyVKXeGoR/XpW2Vj9W5VahrFSaBCaNZRWBUz2eASS+osiHfW47mr2wMXsOhX5EpP/Dn0y30vu0&#10;3Snz9ux+upFooORioxuFbNzqwurvujyO2NXnixp1mEwocn12wZcopzeOjzf34tMLwwPDvm9//z5q&#10;hC4X7Jt1rNpktZMr1M5dfCroEhPxzEGKP/PM50ZmLlW2l2eGQpLnFd13pVhp89NfsN/4V9YpfHtu&#10;T58s8tN6ZiPw7G8En/u1tjzVPtxS1IGq5fWCMZ/MqkG+1sis7m0sT8/4dbVz/twc7Yjev3tzZXWR&#10;5Zytpnr96cgf/5tn45nExhPAdsVpJw1neHmvMD9kv3F1pFrtVqrkwpUbuc0PFCEYuvYlud6t5t9W&#10;JCVksX7megTG7QsjZzutQC2XPNrfsFz4TZmPNQ7fjQbYFppBZR9HKT46JTqH6W5lyJGCk//Jg9To&#10;gOG1KSPjE3Q1S7XK9olpXjSGRkJHaVZxXam5rjpHF84FkoPE/ePV/YwyiOSXFln7q7/Fzl5nCkcq&#10;4+pMPVeB9ebiq0Qi7lcLbOhiSpurBi6iZVe99SO3wyp5BwmlTQp81+UnC9lWImkEhv1OlNiotkWs&#10;JVL62j0r0bWj5trNyKHRXGiO8HjEWNjjcblWPra38u2OIYn+GinsO6ezzgBiH8mZwhONvN8MZkil&#10;EcvQPUIgwsLy3hMMjU9M8H0wpIkTvZXss8CTTkyDPFGeTsQo47SB5BODj2kQ7HFVU2c8acP8pBj6&#10;i3pPv9McnjXTc69o0DkdQduDv//L1Pf/1z/5g99F1Ds82Dt34UJ4YBAS49vvvgUu4nE5ECyMnkkf&#10;V2U+IZWELndautLxeNxo24Xlb/Hu/U5bBpGEmoymR3QRIOlmoQ+CuXr9k3MLIrybgs3vC1hQBaSZ&#10;cGzCjOPeoM3pxxkFaDYANQQ/0MyjQAiTNpkBs3eyAMsZPRaN6F5CfaaQ67ZNiahUhhRTRaGxWik0&#10;mm2gDSDNdNdCvLXbwQPgi2m1WqVivtmoBEJhYC3qfRhVrlDe2tyem8dpRCOhSGwAiyk8GAgPBIMD&#10;yERbzTbEWCfIYv/sI+QZyEJ6mrfZU4jmbh1qA48BQBSpwB9CkXDyCGBguoq7jPuGcl3PA2U6nFUz&#10;huBkm47ZdwJOwDNWC2cSdJpLxA8sDDEwEBMdDliCoVqjGRJdplCjLOZ5N9D+2FqlhPVjWlgtVpAS&#10;EBEUhsHR222cSECKNhH8uNOVEGREEcZYSGro/1Fg1oVOC+5ZKBXrtQoK7V6vH2tVsNDFNLbeDhaN&#10;LxBB6MJ5Rv2WOMy11WEHKwbPrpRLgUD4/MJ8/Wj1o3d/2qYDdmeotfVIV1tY0tCBYaHgPV4KZzJo&#10;uuD0qJ0O9Nluo2mepoSVT6g45gec3efkrl2eLHaFHTkAqARSMj1j8IkY2+t86DeHML1DNnrBney3&#10;VZ2e7NMHTXPFUX0TXL+KSRub8fzKx28b9aLSbRZTex3Fcu3SSKnYyCU3UZ5sNVpIYkxfFY7NUiSn&#10;aEWzUSFzODx9we4b2XvyAUy/sCo5rVbUU6D/0xYBxYJGrTO5cAkJGUpsw6Nhq5WGwafTwXqksDJN&#10;C7CkQ0bFJMiyee4IjnKCct4FUTNLtJrN6erUC0ojj0yx2VbypbaZL3bVkJuHnKJSsDy7xodDAwFr&#10;PFmCkQt6u9POuxyGwLWDAf/0yJhCn89my4fbd6CpWDgSfO25136P4kM8j4oF6YTDiiK/+8YbW08+&#10;yCQOu60Gjrjx2O3nr12fmT+TSBaxRKNBZ7nSxjvtHGf8Th4WdIjzgwEX0+u2xgxDt2jCicabVn3U&#10;X1xI7wRWZInxkGd6dpZyD9k9fmzkgaDnmavn24qaT+9bGK1Z69C2QFOhK4nd3d0jzh28NDuG6mOp&#10;XB3B+QJYWL2b9fHSxmY8c5TM4GwMr9+3ubOTONgVeU60WqpdEr28QY+Vt9pVtbK7tbm6kXD4XSjY&#10;mw1IdL/xrXdsy1/86TcqVT46tuD2OQJc4tUbww/eemhntcDAyMSNT+XKqY/fu83xsLopgz4+5GAP&#10;V7co2m4wtjNj3v2tvehkYDNV3zlOnj/rnoxZPD5XqWG8+KnXdSaSM0bI6a+5p16NhDxdIeKfv5ha&#10;/PFwUJ1/5imJ0jPr7/KRUNtuy5eyBYOptatCZU0N4wQ8pxJZsIx+MRadYRwLzqd/u0BdzJDX045X&#10;MuxMPnt89PiNvY2lXLn4aHG13qW6LeXymdDlyz4BNlcavY2diJufnJhgrWGD4kXG8u6bi1JZWhie&#10;G7r+TVtgbOe9v0ItsJFbVJTjxEHmwqTjtde/5As//Xi5GV9/1Emt8LH58JWnxepbQ/yjQMj1szu1&#10;772Tno16L5+LHKfZ/cNmA8thbQst3VeuGOEQ4Zp/rtq1bdz6MOTtTM/Y0F0kua7k6SnBO+AdmpMr&#10;ys7b/2iZfdZy/leknTXBRrEDURwmELfMqRTDRaMIr5Lgag++nHh4rIYuliJXEgW4B1Wu2xLQDoaq&#10;hlugdcVaLcB2nWfDHEwjerqMjISN+AX9XHNlzt5hgrF9bnxZXCjZXD6vgGPICoRdISwlxl+78aU9&#10;68CBZtO8HnQgkJ2mh1GwUxUCtSvGkCTsdmRPwEgZ9RBZY8CQTvpETqhf36LaZ27EaSfmKXn8pNZ4&#10;2kVyekgYRf3iqII+eOqnRJQ6PStM7/nse+XQniO31yPBCTzq+3f+5j/lf/qfv/mHv49jcY4O9xfO&#10;nAv4Q92O9P6tdw730WjsoPoqby/B7wG23h8fTpABG4P/FEV7sIrN5WVVkmBmQVpqMY8uEeyiw21H&#10;LBIRiiEdjs3OO+AyCYdRrdnd3vSHot5ABGOy2ew9QgGHLb6iwmcxoyMCHCgp7PCNSqNquhshKkLb&#10;hAu2Xi0jJVV7T6bMEIaWfX0gNhoKRfGx8vlcsZRPJY/TqXgxl04c7BSLWfR3oDgaHhw320DN2qEO&#10;3QnG2snJCRAsnEkGWIXpxwzAvcMJa7UmjbqqVYBRE8k4Uh4AG00yfZlI61V+bBbTGtORVciwiD5o&#10;AMCgod9iOKaEbh6119eUDMilAD7CbPmgTOqJEikkP8RZjssmjnD4D8DP1MORhHe7uEeIqqb1HumD&#10;hWuWSzgOBtYdjBB5FkAR9NcqCIqqo/8SbwHKjFFJOI0BLSS8DR2oHQiLbZxDRCDG41w8jAX4BPTr&#10;tFBPEXx+rxX6s9SC4lzM5z2+ANxYOPjPMD3b5lLqSXx2gGupmMWYFxbOBwRm8f0fPbzzId4S6qrS&#10;7XZqVQAFiC9FyAqOe8jl4BsHpQatNq9grhLUHXBIguLz8E9dGGsSzm3ZjyzCLOuZb2L6aQHPJuk+&#10;qV5SJ/WFvtmH/OQYjh5+Gv2jDMg+p8SrcFQFZXqgLYeL74tGUW62YhPnQ9HhxYcf7y6/hYJYvdyA&#10;eRB+YmQYODWKd3gFUkIijoOTWrXU0oc/wQeBdxB+H4CN3c7hDAowuUKugPuIW1RIHJBaO5dvbG7E&#10;0UQLsxhOuEDbLmzKUAVwFCMyp04LZxyaljQYA5v1OmZ1YHS0BAtlNlVvdeEq41ke+xvpITzMNgvh&#10;97tDA8NgXbBtoaAGoQRHPyK/wgkPHKvTVNfrcle7o6H5X9vZuhdxFy6fH9jaz0EU4WxDDtegz47z&#10;p+hSXV5cfowUDefnxQ+3URao1Ejo6oaUjR8+WHzwlsjTCu3qasxExJvMlB+sb6czRd7C+wJudFNy&#10;tHmPc7X2ZrI0HnLhkMjDbPXNe2vJanco6tmJF27dWS5XoZQ2isWKy+ujye7NN38em5qr1SWcdyE4&#10;A+WG6cp+4eUbjM0BF+xY2It+Tb+d70lOZm0IqsZQyHVwmGm2uwdHcVUp4EAQ4DRKLThPyuuxj01f&#10;HhkehYM1nq3OXry2sbaN07rC4RCsuUb/6B/ID3/w2//eMvqlWhcN9Wg2PjjYz29tKp5ALPjMV7qu&#10;ifj+6uFRvNrUIJWMBD1GvWYRfIMv/k/BF/+XxXsfdctb7qmZJmEp5jNduS4T1kBgjqJigufCcTVQ&#10;j9xoRSaU1LF+/78Ozl9rcYNvf+c7V4faQ97OYNThJOp69iDbtlPBCe+Qm60e6YfLxfCLrBWIp3FD&#10;7po1ln30Tlah6oylAZq/cEkaO6+EP9c6WLx98/3VfTghukardGWS/9JrsckzIY0im3VL2OMlJWhK&#10;wu7a1nOXB6aGjLPTFi+v+QOxJhkoVTVeiVfTN2NjBY+73ciy169N5TL0xrpclv2+4aue8MSNT8+W&#10;1r9FH/9gxFY3+UGTunxhWqwduUFJz/5yjp1tMcNS7fD6c55uaRM7UoyGkXOrhfKgvTE2paT2ljwL&#10;X5Lt0y6jCjEwa71Y6RBgnDaKaGXKFd9ZTqSVZkfxD1ZlHrvNjQM4EinK420MXMs0KT00JAwOIdzl&#10;qkpVUttWZ6GhgGxl7j1CSuyYmoICF5LTedWWJELe5NJI6j7wkRg+E/fMHTuCmARsBWhQDM+2PNGG&#10;I5hryRKaE7pdZ6eu8DiVsGvj2VrXaGi9iNCoMTzf0EwpRK1WcUyaCaGnfI/ulxBPWyn7FlnyE1Qk&#10;T62yZi6u9xWpk3PwekKWcXqE5v+PeX7SuPYLe4TRQ2XzzE9dg40JSHn7//yL8pv/+x///u/Bt5KK&#10;H507f8nhcKMkuL6+srqy7HLBU9rrcERc63szzAMWwAloSK+6LvsC3qHYQKPW2FpZR3nf63bAuuK0&#10;I480WyXREYnQqPesRwBRb3gItInl7XXzoLksDspBoQfVR0AgxED0M8DlA0KD4mIhc1zJZ9C8obRq&#10;SNhxKAwGLaDJ3fTOGCPjZ+KJONr5gaPtWr7TLKM06QEjFGylbHxvZ0PSDPhvXXbB+f8x9R5AkqTX&#10;eWBVZnmf5X1Vd1V7Oz3e7M6sm8VilwBBmIVIShQoUoiQ7kIUjxeKC0Yc44IRlO4YR+h4OgZJ3YkQ&#10;BSIEcOF3F1isG+96etq78t577/O+P6t7FkAAa2amqyoz63/vfe8zKjl5VxBx6CDiVKu0JhzF/QEh&#10;+tQarVKhYLNaUCNBwuDI7sQkZzzJtDpdnMnYLBI3ItAOSU/PeVIQWRvBtTA3oJSClYRfhbCy1h5Y&#10;zCY06ZwpHYoZJg8CG+B2CWkcAXzibTAacoJRMiuA5opbjpYiEQkN2021RkMmV8KKwaEpgKCP63wE&#10;7Ua9kIzhY8KXAac80fiCTUOKkgi4LkwX8DDgP5BywikXHQmZtusNsr8k5gkUoXBA9jRilXCYlYhh&#10;2prNFRp1bJdVEN9rGU29nIuEfHhNEGXBX8XYxFUyLDThdSAHG7dSqaBNsdvdK3Ozo2o0EPFnQS+i&#10;aDj64udDYADyCEYtQrEdAmLEy8GfAe4PAyG6ZxncWIZ6nfLa5flYQxjoG6W4KKQcEnoKnnD0kUDS&#10;aQnNrd9H/DEYO37GTx9kwvgY/9oYESHb6KFEhEVH7yCSTO3fijz9CK4Wk4sXcOtix58kju+ClAtB&#10;JHanBApG5ZaKcPSjcuObrlfLtFpZu1GVKbUzy2tyEWDVIt7t9OIywPxqKUeMFGhhLhXHU4cxEOtf&#10;vOVyqS6XKuwudzmXxZWBQREAI5Zc9pHDCbKOOBopySGOxMKJdEYd9HC4dHiTZLMCwBCLiOFABWKF&#10;wSrXaqPBwPGhH3bZ+VILpndLi4ZmvXX14qTFYjk6yNOKGRQbfvfQpmoMm9lYaSTXqjQ4YHRuCEnK&#10;3eb3vv/34Fadv/jGUCTNpUBbHZhs1mopmQjugCDndWlqhYNYwidS2+Yc5mmnYSecP44kPS7T1n5Y&#10;plYaoQoFXDxii/UesP6ffPRoa/Px0dFePNv0Z1u31vE9Ptx7+qSSjVvNzMGu7+GDJxNTM3qjKR72&#10;N9pD58Tcb3zlrS4xqVQJqVE0XZyfckIy0h+SJ6czGEImMWU1wUlkwunEqmVz434ydIQnAv0sxvzp&#10;CcZuVkvUllo+r1HwvAuXLa6lWq25MOvVq7CPF3LKJvI/+iuXJ+L7W7HtWxbFsdHZenSvfXDAV2i0&#10;DR44tXF+Oyjid81ut1guCOztL83Zqi1evKdPddloeDvmP1q5vCzVisLHh8T1mJXzanzYIam1k+rp&#10;taZc18cq5d1/p8u+t/LF36oGDxqJcKsBLs9AyQ4KDeuz4aVouKwblimFoRfZb1YqqouvWmC4wbbh&#10;uVmlFGlfqhgv8CzTWNR2ew0tVjOlg+OffgsFrNQQqHi5X7vh/eqXLqezyR7bM2h651ZtUX/qwUY5&#10;WwBIUW2WsrnUvn1SU2XFmVJDpqQUgk4lX1LqO1deaywtC3JJ43vv5uU9qLqFurP/XGed8tKf0Nl3&#10;LBN2nnB6815KrdZhH8RrZqcd2o7lC0FqRudZKkd3ju+9n8RtjFe8F5YFRoNwKJlevZyFw9/WOg/u&#10;G0WYXjvbtSqsRrMdsFeNHvrI3d5sMef5Z26Uw6Hmo1t6mTSfKtaCYZ3HM+gOlO2U3m1qitSFnUN1&#10;NQ9jy3xjyK9WgJObXdZSFccOfHSLNr1IYDTlDsOFHrCskTa+J33hc4mJK4meON4RQOJDjtceYX7B&#10;xqbfasnovgw+znzp8PFd64Pv6nG6Ti8DFiyC0d3qKMVidyevlQorQ1EpEleYdFj0kzLC433m+Hpq&#10;L8A/5bk+31KesgXHlnXc/xG14Knw7HTEHDvgUZ852xEAi6ujRNoxnilJBYVrObZeesmdv/nz6qd/&#10;96+/+S+77Vo6lcSaSi5Xj8WXe/vbrVaDQFgnK/vxO2PHozA4Vxi5DAa9zWErl2uHWzsapQqnL84d&#10;wGwQIxLHOQFxuhET5YQEKB+mEPjjcM6uokI+BwN0i92eTqXKRBCCNVkW/4OIgmIHoPapUD3A7NQw&#10;KlA9iYmBDOtMnJUoFTjLAF59/It/hHc5+nIwU6BjlEkUUqjv9Xqyvuz1sHZ0mLQqtPMyMdAhCSHb&#10;EGKqXKHFFSMi/yFbrjWKxbLDbsGb5NyMuMmbiC0FQJsx0KLY44OcEqoE3Lf4xDQGhz2+/ShaIBCh&#10;CEIGjoPHrNfj1/DeQKDAJ8f1JhxcUmVxUIvBpiBTI1wtaEoKNqxEjK4DQ3Q0HOT1WgB8gYWiX8AW&#10;EyreXquFKoLju1WvdVrgwrf1Fqcc9vHY/XY7GGsILAhtCTeholJKZAqYDGARhVqKY1qp1uCtoz6i&#10;bMPkCHtMlUqO8woSOqhS6+DNkiou1Bl1So2y224m4yGIz9RYzWoNhEw7IAoDmog+oYBRYszNZdO4&#10;PmikPG4HKJrBWAzPHiY2xqjDOxEMRyjexApfKiXUY25eBAaL9gt3w2rUXLowG6sJwkOTXMA9SJCr&#10;0qiUQNwp4AZwRhArtEJiikusfPss0QIKyOJzxM2R40GTtHvkJxNiMzQ8CFYQbN5/N/boXatjZjAU&#10;QnFXTa/XymkIdDutAeFUwUycz2loxeIOMYpqA8mXg8BcyStU8qWrL+ksk/HAQQf2RjyomOTZZKTR&#10;avFoGbzsAGOifNfBY+80iftguw9VcAUWguUqgG6gGT3iPDyyW5nlJcOES5JN13sDOB91MfARQ/x2&#10;x6BR4A2AdI3v24AdgpDs9brxtGw93XK7bTdfudZtZfuj7oJXil6h2+MBYt/dDV1cmwMeu/X45zjn&#10;CvmW0WKAWeTBUUEsbMRC6+l8cj+Q3Fh/KhYpCtlQLnaMCQMtHPrOeqUE5KjRk+AKSbBL5QlXFl80&#10;gQkmoS6uTD7ahs8NFrqy7cNojxLO2XVot46T1R1faHvrQexww+M0Ty0sOay2l895zyzO2iamIAfO&#10;xcO8bm16cenSi1du/fIW4GLv3OLa6kKzWoXUORRJkNrsdc1YDHKpCLdKBBeC9c2f/eKDDsuPpKrA&#10;gT765Qfh4JGVfBPhYtHoU0KLGcp88M4gNOAFQimdZc5ssVihx2dAzhWdeouRv9Cvz9R9Tz8e9YoO&#10;RcRoHxYCHbfdRPErbheb8N1u5A7Q42oNistLakaBIj0Cf/yTD39YOnwnF9yUy0wGLXx7W9FU6sIF&#10;u4sZTOppu0XLTE6bph0CrX5Ya9K3/njhtatTL99M3vr+cQI5AfwX5wSCajUU7SaW3mYXZ8SjViEQ&#10;5AUeyJdv8KecoyYrQ4fUH6IRHmrgYQFbCdZqYOS0NB5sUjv/NbzxYYNy9MuBl1+6+sVv/sXhxuPN&#10;4+y9Z6WkP1aKpu4+LK/76y3lwoV/8he9rnFQzUUS1bvHw2pv1EiHPSZRv9mChcvUbK037AwG2g9+&#10;2pJRHZAK9RZraf0/C5I/UerkldFig50rZdqSQZtRSLN5mjfz+7xLfxBKlzN3vy06+Pb0DKW16Hq1&#10;odE1ka0MDvcSsxdfzhUqu1sBEdXuJ49sK28W61Q2EgSdVdAu04Ff7D9YT838dtvsYLTSejoFoTRU&#10;YqJOZZBNdkQGOTzMwocw2eSJJEPfJkYky8ICnQp7pT2tlBbJVUL4L0h7rb0n0tm1RLqGFl2vlrbU&#10;9ph3oSyQ93CWYfCD0w+f321DZi2iJbDWqql5HbUELm5sFSaK2aeeyoZMoorIve1sSjtsWeUSL1vq&#10;VOtZkNuwpjPqhLAI4nPBDiN27GnCGdSMrQbGhDIiROOdjIanyn/ec5I9/zO7dP7zneQJ7/75vx6b&#10;tZ+wa8caK6CvkD4xwgd/+636rW9/8xvfaBIKZP7c+UuwZhwR81tRNpc5PtobY62oHDiEaa7B56xV&#10;6G4bK5ChwaAzmU2oN8d7Bxo5qr8WZ3efxC4IoBocEuU6IQji+MCuDogYqJpWh5swT3vtgO8wHI4q&#10;YMUGKZ9ArFHB68IA5wHUSNRZWMM0YMaDuTIRjYQDsZAfFmsGkx2XA/QTLEDxvS1kYpMeGNRZlWoG&#10;K0a8HLEYk8ugryhXyqC2QAbH8SvhDw5Pc5z8IG9ScjUUGsANyXqvVK1BGWY1W2kyTNFj1JSLPEC1&#10;gKalJyDcGRFndTc6JRyPiVMsR45nYQ8AshuKZaZUhbu51WTAEQ2PACEhhJBDnZgqsDS2mzzO15Xl&#10;ZJEYgGRiIbH1ggmGWJiMhniDNj44bG3HHogICgGSA6AYVZAlb2ZQbXbwWKL8DIZd3CkUURR4GWJT&#10;YLQrlsPGD/4HGLu5D0us6jCw4oW4WwASB2kB4LQ+7OFWwm2XBp0CVRn28UShKBJjq6RjFNl0LHB8&#10;gHsHYBwtQp942HPacD4PfhFg2WKKzWfSZhO2MGdB5/X5gxgxYb8HbgzYgmRWZ6E+AhbbwmdG2SAC&#10;I2IE38WC6vLaVI1iQoSOwM2UNNEfSeBOIBMWU/HUp9/Bne+MhNVqjSYGl0MV1BU8ouUgUgf0FBSS&#10;IFA8OSkNxUcZqnX5mzsHg9RThdwmlBuG3WSvmcAPFYpUQ7LnpjDnUgRY5sNJoA7GITXwLl8VSRnf&#10;zl34QxAJRCo6aqeAmWMF7HB6gNQmkzGRSofRBc8raGnYa2NjApE9uhMoesVY7PIJRQtYkAmrRR0s&#10;WgUvvDCRTNe0GsXyrApCxByW5o3agDDP8ASwMN/BO4IPMBm+eWyxjOScLsV2X371msut3dzbhSLr&#10;4ooFnA+5pKfX0nh8QCnn8zrbB4FwoluoCrVaVbsBOIC120yYRA3GlZVzN0PJ9OaD94pJHyYEPEHV&#10;UlVrnYIJcDIcwBDd5qkvvPjlc+d/Y9Vrh7ZnN5Y5CCUBlhZzJR0cI/DVZWmnSQfi0r0n68NOaWnR&#10;A7EKls5Li8vnZm1KId/MyC9O2yVa8/5heNhFc0X2AS/eWIPRlsloFIqo7//oQzglX7iw6jTbP3dx&#10;waSSom/A12rAo7aPw0gF2N87OvIdhg63YCSDJkAEgKGHrz+/PWDRU7qdZtjwyhi3QCTHty0QSaJT&#10;nHNZ8XUj+5RTGiP9J3/wm9apqVSmqNcM5GIgeGKXV2VetOus2kohxSjE8RIvnO9blLwn68FQXuCw&#10;GBx6+tyFC2cufe7gILITSTTYosRsqXQo33b4yrlrxrk39rvulsSEg7tRri++8rpq6WY+3cmwM6W5&#10;f2Yahg280sh6KSs0J4cKkVqhdZo6cj3tv19pCTJNNZx3AVSNKFB6BnCXA241oWrzK1nHlDW3dX/j&#10;e/+h1FdKW9Hr52av/uHH4WD4h3/7v6MAqNBAyueUEj3Wo91+wzh/ud7TZQ7C56++LGUcm+t+g93T&#10;LFR72JinA2p9BOVDIK33y/xygG40o4CRZa09xXBvcgJlBvC6Cg9fPR549mQbo/1A4UxWBbv33n32&#10;3v9XXP/otcsqh5MGPd99aaEQiU57xQj2SodjDCbXYRG2arobf1S1vBEpNEZSiUatKvs2KnvvR1vq&#10;yvzXxHqDXNStS/Qik31qeQp0oL3Hu5ntLfAUG+9+Z0I5Mly+NHB78jQT3oviOTVZDIhdkFjM8PO0&#10;KCX9Uj5DkewJWafiWJqs6Czp+sAg5VkEHWG7JQB7QgIeuQD2l+Xtp/VECmeLgm3B7Y3WMDw1U0/6&#10;Kvtbkrnr4K0r8hGMWLUBXYD/hcmkNGupbo8zdnpuas75B/DH0+SvsnL4Y1e651kj7K849bC/ajjA&#10;O7Wye648eW7nM07xGUOxxCwOY4D47n/6k8b973zzG/+sXiuUK5Wz5y5hyYixG+c73GmOjw7SaZw+&#10;gnFMGNfao9knqgwMIsilMhgNVqsZoGnE59MqQCRUiri6ghkIdQd9Xh0KerIVxVk/4nSGxJJUb3YK&#10;ib8rDREFhiPI5iHIwwAEAk7g6LBSyuMdAgpORCJIp5KKaBQ/g9bkdk0i3gu7J1QcLOpQ1UAcjUUD&#10;FpMR/H446cCLudUmHQhsrODUmkjnSdCVmPjFjusUBlPSbmCaVmsxQPb6RGeGj400JDS2KF+YAAkC&#10;SFMn9oCEntMnMwkmS+4fCaA2FgByFZNQm4bYXclqtQbqU6YEe3RspPRYorfaXYyx3GKIPzaV5RHW&#10;K1l98kh7RGRkCmw7RbAuAgwrSob85VwGCAPc48F0LcMhr1HDJMwSAhGENAy2ldhdgjMFPx+0A61m&#10;G6xI5InApB4VFyu0aqUmlWJ2B9eaD+IrXhS9EF4U+hO8XAfZK/0hwSNJYBkM7vtAR7GrJgjEcACR&#10;KfbE0OCoNUrgHMmoP5lIqhk9YDey1MYwSnNwMKBzhQLdD+AHzMdLSyszc1P1ZjkcCON2gPeOTDEe&#10;oT+hLmCahQQLi08aelN0GVqlaHGK6UsNvi6IDqDDEFN3/HapANb5vMjOM0U/hZWn1L6I61BPJ8Gf&#10;lInR0LAYmukxhMJlV8BNa+/wcHvncTLXlOtNsd17zWx+cmY1H7w36JcGNELZUM06LSL/pIkIGBa6&#10;0Nf3yZYU2o+rn/+G2azvFH3doSgQSStltFIm9kVqPFoCM6NMDIRkqlppqWRSZL8RWvmo75l2qFQy&#10;k91hdbuT0ThS27Ra+YUrV+YWV2F8BJUN6jqUuvVqY8IhL5V6kWhTp5FhTaxWwJIeNEytwz2pZLRC&#10;qkv1MeEDOxhiPT/slX/w0w9aHRqMsMNg6/g41e7xSpVBo6t4/5cHwUhqYu7a/JkvJRKHtUKyWGrD&#10;VbhZSrjnbpy9+nWwLN9/9x27DetV/vzqKlAtxM1du/nGypnV3hA68sWJmbMGs73fyB0dHbVH/KNI&#10;EWKps0uT2Xw9GYphtp6Z9kx5bd/9x/d2HvxMJxfMLiyCCtQZSC6szFXrtY/W/RQxd+Wn8whZg7Y8&#10;Azd5qVJXq1bzucLSzAQ8SfR6w5s3Ll1c8K5MWqT4bANS4cCAPQinw/Hc4tLiCF9tRgiK3LDbVikl&#10;EOzgCVq79KpULI3HI7CD7jYF56+8FomEDw4OXnzpxtr0FNlxjFiuvaVpzjOE/sOvvhr35QLH0Quv&#10;rWq8c6DSixWqQLpz+0kKxkDQL8FQhrE5GY3SYTNff+XVQRuzfVpjVjovfBHEqo3NrZU1TObSTz7x&#10;TSgt0/Zfz7LzDfvVZHk4Ky+axA2JwZsp8u+GpHn92YZWkVvfHAqNR/O/e9izt/gIJGrqtVIKx029&#10;2HadU4EVmCllj1PoHUoCGU9CKdgO1cWtgXgsN9z4lj9wDD7+i1569jf/34fhVubRX01axcVQ+fpX&#10;/tjz+v8EC4vovb+xWonndejJ3UZ8U86H3laNWK1qoV9Id+HIc2GFN7uK2VsqNotvf1QpRJWrF6YO&#10;olgx1U0mnt6ARkOEkf/ZL9ZFgxorE5smnblUxsQGLJJMp9EX0fKrZ6XderguNzhuvEa1U4PArqA+&#10;0GtkjZFJZj9LazRCvbfJWkbaGYXehSQGG3+jGr3TEVqMU6vDfLlL1AoCKIYUbAPdP39irV2IN/bu&#10;qps5K9WBup2SK/tKHVlc10q0wczHTpQS9XnCo3vrcyszDYU+cBSbSt3WG7Vx2gxOIyNlJd1eMV1B&#10;mURESS+VKN17v1Utj9yreu+EiO3mK12B2VlsiUZqWMkYjEazrlXUD4qsw7td5PcpysRrIo2Qr4IA&#10;kRxEKJGDsR3OCW56Evkwrk8jTnZNPY8K+RXAlj2l9pwa/bAnDIhfoQKdBpKMvYHI2Y0t3KBRe/jn&#10;/7Jz+Onv/4vfA3EGC5IzaxdEYzofnLvlikMs3A93SFYOlx7Axe5gVsCQ0AG2Ba81RstAQ1kslg72&#10;9tUyBcorpjeKeLANSNIWFykFmQIxeoUHOvSq2JzxYQuqMFjsOPdAVCmWStl0VEI8m5B2yccz1213&#10;LWa4rluBWBpwOLk9FpMBuC6hbxJ+prhPUDma27niER5EwyEzgpFUai6CkU+CHYAYKhTg7gejYfwQ&#10;rQqJKLCEQSkEEMq2SaCGENpevBzATAwtqEqYOcxmM0FeqZMQRczV470uvE8JiIzPwjGQKY6Ayfnn&#10;jjj/B4hTRyCewhYVOs1MoQIOl9Fk5AQGbZqTGtCnYaYkghHg6nAAVzDioQq+rpTMfsTvjRbEgv5K&#10;Pq1ltPgTWBPiXyplCvyjBC6vOKrlSlRHMG7A1BUSiikh9Yi5UDPidjQidj+wYgP0SpxGxYRviRfG&#10;zxmOCA+f47XWUFBVCPkjzjqYVjtoQTB91VtdtD/YX+YyeUyxcEWAywGKcSmXDvoOYfViMFhRg7GT&#10;GLtOQJQChT5ggHq9kitkjQb9ufPnZUppNJnK5orgR8lUChqWv70+nhtYx5EWiyaLeLfbuORV76Wo&#10;vMIrFyJ1kuJ82hHuMZQzwlprGLsDy9DRxLU3y8FnmIgnZrylXCmezsuVGpgujG21x0xw9Oa7j+/h&#10;YanmCrxSCNNJMbbXyB9B1YNmFA8cOieYvWNshec8GjISZkqmeZ73zCsrVz+///CnhYQPjQgwVJUW&#10;bRMNmz5aKKWVFqPL0+yJnC4nSIPwCITsF8pgox5OUuVGh1O1jLpiuQSrSDwF1RpsMyKdPsDYnlzc&#10;R1+N5NweKzgKVBUSwdr5l7xLFyuluFQCZr14Y2MP7ok66BCFolwZlYUFUI0QM7dVAzQ/ECqxfDga&#10;UrU6iLr9M2fOOTzXX3vzj+qN0oM7/9hpgRrWMej5Lu+y1fPqo0d3H93/4Itf+JqMcSIbBKYpPEr2&#10;+pe/gAwCTPRnL1yA3Debid/58CdbD38eC/ucDvv8zDSen1iyOD3lnfa63E7T5bX5Y3/w0SfvDPA0&#10;9gY6paBca19/6eqcWQe/iy1/qlSHikamlaNBEwUjSQy16WzpwcPtq1fOXFidFrD8V8/O6FVyYjPM&#10;0dzGK0Z8qGAykUqlK+V62r/TrVW1FvOrX/6n8OUTs6WZ+bOTc9cQlTNsF3AdLlx7ze2eTGXT5y5c&#10;vbCwJOG+L3jk8HUFQwKPHPxzaWc/r+Z3Jhwqq8vULNVjR6n1B7n1J5mj42y3LwkeR1WSUa5cg+8l&#10;cN1MoYMvYTIZNRnbyA216LSVxHEqlWDEDU2v9euXr6xc/erhXqAvYXSitm6UxMkL1U6hxW8pTa0h&#10;H0aTrVwoVyw1rr7aIyorEQRFxZGMLSaFjQJz7opKr0X0n1gJOHFYTuQkMkkNwDtsaJqdzsHPRpkN&#10;QP+T4uZb/8P/3dSt7n7wfwSOnl1ZPXf5y/8ub3gxzcqrfYFZrxVXi6lwzfb5PxTd+B9zfCvMBaSF&#10;fbtJaFQP5ubl7LBR7DSkhiHEv8EDy8PbxXq1a7ROOCx6j1sx5ElqFTVbYg+f7uinHJNXr4jNLjFf&#10;tOBUO+ZXRYYpvZZdm+eXq/GJSzqFmdcpx++8j4ygtGnx/HDqd3jAoYaPhoHvFrY+tCkEvGKlGb4r&#10;bj5RO2bbYn1u831F8qnNvSDQe4/uPq4f72AfKVIqBcRzZ0sxu8qfutzLJGSNnEE4mvMyVXhEp2oy&#10;mxVYhRQhR7wREkNTBUwsPMX6j63NRMd7rY0ZKFkoJ0sytyv88HHhR39d3Pq03Ohbz11TawTIa4z5&#10;Y0q2S4GTsbvt0qtIAHG1auvEZI1YV6yHUNPZrXgDDzo4bBSOXh9LL5BKsKXN4dBEH8f/zHOA/yuO&#10;Jp9FhDw3JjixzTmdPE/+xMkwSp0ir6dDJ8UxdMY8M1QDiaydDr08b5aKheBMLiysQH0FU1ZQWKUK&#10;2e7e7sazJ3AhJcgltkTjAFm0xESc0MZZAO6ryWQAo2d7a08BB3QQG/AnOf4relgs63DCQnQFmg++&#10;Pyg2HC+GzJc44pFAwr1dOpFOwpXNbDRD4oGoCjlklWazhlGT+bvZQeADun5I2cTEe5DAaWTRyKd7&#10;IzJpYHZB5UOOkN5ohC0Q54tG/CRBHcIrV6oVGMhBYa+GH/SIU5SSka6PQkfmM5UOxzTAczJZomlv&#10;t8GqoEmSh4ALrj65bCSutN0loZkiAedcyhE4eYRdMr4LeEnUG5CY8FWFtiydr0K9huKOtSMOdMzO&#10;JCJlTPDhdnRCohMdQvQJgzjscOVizKwiLmaDSoT90AuaLTZwLPEYYKDEOpMlH5MMtTjWEZGBdwKb&#10;HtR0YLz4R0SLSMloCJSVT+Q5PbJeJUaNAgqzKV4LYlBAzSOuW8/DXR2YADxcECo85II2hVS1Biop&#10;Bm7kjlEqxBLyhfl8EUxLlExQosDbDfkOUukktqQGdJDkXOxzeVDE7gcmR3iTsPtBEPfM7Oz07BRg&#10;dojT8bPhQIimAg77PEJEGrtQUW47c2bJdVTXtvROcOPxKbsDPpygULajB36T20Ezzl671E1us/kd&#10;mARW+/KD3e12PdsvhRWwLZRJCLEc8qvRkKDclPqFa5eVyHgGv3hUS/nu0xIVJjxoXfCcDPsjOIly&#10;ek1ynZVKpW3uBYlCBzMmIMVP77wLff2kw4RHKJnPCyjgZjSlnj7/2tf0RturN18RitWpEm4RpChJ&#10;5K0CNYX2pIjtW4/EnKJVI0ok7JO7gzNLeM8tjUZut8F0hoVJLz7XwUFNr5dNL3jRD456pUws3azX&#10;pEoVbtmAleJ6IIkF/HCD2fDiC55Bv4kcx8uXZusVzDWdN151zS2em1n58vL5m+ls5Kff/7NMsuqy&#10;m9xOmKrrvvj1P52zu4OZ1PTcypdfehFtQbxQziVixVoX7q8Ohw0NJcz6P/zwtndm8sa1azbbrM7q&#10;PvJH8Sq+QKhSKWil2CmyBi0TjCXf/8n3e9VMfSDtsVQ2GUec5/kzF9VSIZRJ5+acXqtu0qBWKMTY&#10;xD9+soUeGo3F7PRELl3YDcakABbBbJeJyFqby70lVlbwnOoOfvHJvXarIxWz2ajPboNlD4LTEVpe&#10;wAcFCtXtYOtRMrsdKqxsjLrt/UM8KHjneCCrDXyhexqFDLf58MgXiQZ72JlccUuUcurKGcOgGGlg&#10;67YJ51VJKJTyOuWTZnp1Uf/lL7o1vNT0vE2mN7z/iy14WWLpmcq1rlxegwgheHTAahgTI3x5zmgz&#10;rMBMn0bYtAPhqu1UV50WTnYUxkoXbhxw9WMFvD4NekMr0XWfl/M7Hp2gO6LDBYE4sSscttXzs+0M&#10;VqI8IDtioxJdTSdbxJlncRsbDz4yC4JWs9dN84zTn6Nd57d/8AcueXnCuljpOS2vvS2wa7OlnMFq&#10;MK6+maTXxPOfa0tccok43FB0va/UkjGPzP/KS8LJeRwngoO9SiFR3L/VKe/xv/ii0iRvV7NFD9Nx&#10;aVtY8j+7n+lks298dWbm/FwbjhGsdPewNgDpijcs98UrL5zdffDg0ZMkPWqJaofxIP3BJ/SsR+S9&#10;uqy1iUp3/iz79C6PkodiESrzgaXzSy27JTSeK2m+oDapBpEfKTsBtpQJRSpmj3vepcgc7asNmiG4&#10;NtVYOpEbzl7aQKmuNY35Y7FGnbOs1oWabrPNzya0bBtJwsVcmW5lp71ge1oEUtmTo1Rmf9+cfhYP&#10;JWn31ECtLjZHePAXLBp96hDKy9BOyIVRJ7nTePTJoqJtrAaVEr572tpPbgyrcYu0Mytt6JrpRE2Q&#10;Ns1WKBFGMdDS2kUkK4nwWNDjtKFTfwH2dOM4DhbknQbI809+/QSkHZ3m5rK8Ez9Ymv9caXJqX/A8&#10;rISzkkL3rfOuJe//BJEsK2fPAZfDnhJlDbGQm9vb9+9/ChMWiAFJ1aVOlp5cmDEhauoYtdUC710e&#10;zBxhKmozm0DkIaeziMQUCkglwIxKkDtMPPA9H5JcPxJCiyhJCJBNVic+IqpqOpPqtmomg7HXATjF&#10;Q4IHrK4JSMwSGiqIm1BpiDhnc6wHocEaEf00YSGi7KIKo8hhmWkzWcSchR5pb/kUrHmQMQLhY7NW&#10;1KllnE0J5Av41bGMAeRBFHc1vMIgckV9zRWKUEBgfkUxJ4xf3mc6HLwY3raY+NcKOTk8S51IGDhP&#10;CeJWSA4JWNyCLIpKmy7XOyPKajagt4BXJ0qsiFRKcluASkLgjzEP1xmVDIgsOgBI5VAscRdx9bKJ&#10;MPQxWDril3CY4r8DHmd6h60XOLTE3X5AWhIZySEZkOvZ1Wn1EuKiR6hDKJW1SoV4loJQgdCpShUT&#10;M4iy2PniJ0GCCiyXGN/D2LbXAXALw0KJhNwsnNqYI4EM40fjc+ayecIcGvSB11otFqSftKqgN/jb&#10;3YHZTEZMOOERziqxqaMh5UTVRCWAkQ2sDs6cXVPp1OFIPJcrKrkwcI5hNgJMPOiNbEbZ+SuzVak7&#10;PmCIWVS3m4tEVCpxu5wMbm95J22elZkhMxW8/55VWACk15XowNdBXF4tvGVyz8kYNa4I7gCINfdv&#10;3w6E/TNT81ijViFESD4RDgqQeaDvxPvsAT9t1vAQyhUMniqilRq2pSqrRGkqZoO+o12Q6mxaDYwA&#10;Ixm0p3ydQmaYPAe7GxvhSQrdDoMvmJlZXhESqnEVMlaI812T9mQ05zJjxNeYPC9n4vs6Bn7QZrg5&#10;6lUCm1YcSlZSSJjn9WA+mMu3pr1MJuO7f+eR22WbnrRA4z6kSeiUxe0YCaUcTbehMk0oUdxkAw0j&#10;PjiK6PWa2WnT4RH0Tmwxl49F9+588t1YKKMASUVDed265Yu/TtFukB8/fryzvetH7Br0Hr5obmLS&#10;8/mbL9uN+rU5J0h173/wEcLdrl+7MeudGFLiJiV78uzAbpB0q8nk8bOYbyMZOaxWcwvLCOWUpkK7&#10;M17jwrQxU2otn7sx7XbiycNsh20BqNqxbPGHnzxNZcvI6kIeiNkxIRSM/KHk/LTnpbNeLFDgoMil&#10;DA7I/8M3hOY3u/1CrQkudtq3x++34aKLOg2qDewrO30R2AfVYjwai+BLB2uNw8MoPE+Ecs2Pf/ZR&#10;vlLp80nkNr5g8UTqzq3HjEZjNpno//Snv6WbPRv0B1MRv1hlwlfp3KoxnY0DbLn59W9YnDpJI0pX&#10;wpbFi2tv/4tRInBw7+DMrMnkmTvYCvk2jimxavXsHN0TiPqgdMsiwSxNZZDhk+yaDrv2WEtYrPVF&#10;CgbcPwU9ag6EB1W1JLcvUOtgoawddXnECEskTzxDNN5INxnPD5pDetTtgShkcTINvqR06Ndn/erj&#10;v7HpKstek8MwITbY7nz3fy2E988sXLhx8YpA7RiK1WCHY6ng1nTofqVon01TjuKnP87vrTdVJtdN&#10;T5s17n//7xPBLCLTnZNKpPrWQr1qVHj2paVrN2312HE8k3d55Do9WFttvrRrX1YIdZan93Kf/vCu&#10;Skyp9dJC4kiC2B9ERVZZxIXBurgSaHcSHbamLpdGKtVAyfdHnr7nO8iXO/KRHLGeXqWFqVRikL31&#10;jW/VVTfL4U+62WfJfK87bFXCe4tM2ThKQtwgqcT5hbTGau+JlTuPn1Jqg2v1XH//YWlvQ2x196UM&#10;DI6lbE9JDWOFTrlPG6nKyuhAElnfjrfKnR4/6UOgrvrK9S6af4tJsbyo1E4goEfnmSwKTGLPgsho&#10;H7Ci6bXz5qU1fOHzLapUzqfC27x+1aPuSnvolmVh64UyY9LpJBRyEOAXodXIdGoeN76NLenICMOe&#10;cGT5n2VtnZS8EfvcCYzl/UpV5J0oQ0YnNfLE6O6U2TM6IdaSE4QdijWyXIWV12N6hsEmDOINMEA2&#10;tjbv3f6EZgeIVeaWSie0Ipp7T0NC1eybjXpGowLoWsrltSo1UCYe4csMhhx1CJYgbZJ+gepL+P0E&#10;Rh4ShBnVFM25Cr7sJjsQLRjwxBNjQ1QdJlqc4DTxVZei1OKloCPERg1nGZFewAOdYwmh8EJ9g0wf&#10;oIuoydiM5jJpCLPQz1PEsBtu4TiaFRBIQIIJIgoIGEhpRuHBz+gTHA+Mjx7xwZYzLKfIRonNwY68&#10;N9JxFNaxuS7Lngh0UGbAnwQ6hIGM+OhRJ2naQq5sshwMiw9G2LB1UHvYWCIHi3iLUY/fiRAAjNnj&#10;+FCuXBKVDnd5APb3iSGdkFWCbgaXPj5Jo0yB4DPsKjTQZQ9JTzDA7yH3BD8K8y6xeie2OOAk85F8&#10;ApeiUqmEaw5eJjR/0N+AGIB2HgJBxEtBzIPXkQOERbYv+KgAYQWIpJCT3GyREFwfqLwgfgV2hnUm&#10;KdViAXaWIpINjVJKAmd6RJ/ZBc0CJm1aRo1bn4qFwqGwRKaCnwPpS0jWKclEg1UfVpWwPqhBk1et&#10;eTyexZWFZr8VikRg0gc8XEqoW8Jaoz0/ZVny6A8rKghyUzs7iTvv8HLPMntPS+n03JWXbVYbW6tn&#10;qzyBbrIc3hIK4Ndit5icIOOrjBN61xTirGnOHhJUH7mKwQthl7kJd03/ejm5yyeRQxUykbM0Blo5&#10;WPikmYG3JPEHJlzidp0lpoiKhTPneJ16JhZB8gao1oxCbjS5dPZlRoti3E2ky7Dn8GHP12qkQ/u9&#10;zlCoteWQgQhKT7MD+StWM2CHId8C2wQwycrFHNhm8LUJRNMmi87EyEBsgYzRZoE0RRdND1qNBhK+&#10;kQIKv54lj/HVN15Dm5QMH2Oh0Wp3AqE0WN/QcQLeBbtj86gVDrSK+Woo6D/Y3UfswpASQcTssGjQ&#10;WbZAZ5YZe5w4A0AhwNeH67tOh+3rb7087zBK8d0VkoSAX957vLK6PDM1+3/+x7/8xc++G/fv99v5&#10;8NFBKuyHxBP3AnGqbK/areZrhXSjWjCoBVat3O65+MpLL8OOIJAuw6bAhJhpPvXoACLJ7LW1pVwc&#10;9rmU0ekBo/eV6+cvz0+oRSBYycCfGo1zIUZIZCKWuLjo2H7v7+4MmnkeMdIbCdHf0eJaGZhqVibT&#10;TM4uEcbUSNxsYjkuwwrC50+CTgUXCziy8/vN/Z39XKlkM+v75UKnlKbfvm6auHRNalbyB5l+v7G0&#10;YAjv786/+Ob0l/5YbZ4KPrz3n//8o5VFs/PKmWSadqka4krKPaGZXpoKRsvvfBzNN0eJcOLC/KRC&#10;PYElgscujW693yqvW2YnRho3IqTOzJkgFIdUVcvr1/CcSJjSg/d04oFxYRHmkvjYYAmIs8dWs44v&#10;NKDpYaVy9KZqCZvI1wfwwKbo/H/74pxrd2mpP+MR9GrtH377e3rPhfNv/+m5s5c6hfLC1SvAp/q5&#10;FNYjaPf0DJ0ud27d2pfbnUu/8WtdcPglYn613t6+F/U3opvxtdVZnGFyOd926YrqpX+eydZrx/dn&#10;Fs0CpTGaxgHZcK1IhXq6lG3d+TCmYky4ZDpl02YeWq0KQM4zZy97PNahb9ttkLoXZoSWhekpk7Qb&#10;yaeqGweQjgpfe1M+OV3O5XImu1IhrhdSLbHzn0iFXXH2++JhGWae9hlPIRms+jcqh+vL1pqwfgyD&#10;2X6jqrv5W3yr18LL5T7+Xq9exp3t73zEO7g9Z5MZDRrfcbrMSnsSlQIhNsHtPF+bFNub+rmB67L9&#10;xRtWuxoNPsMbKXfWtUoxz2jqyeVtpbYlQsgUH6pmEeFiSkdaa6fLFjZuu03gXdTTrHP4wu88rSjg&#10;wy6AuLWchde0zGHFImQEX1FOY3Yy/3FLGurE6449KYPUSY4W9XxcPC2K43/ifAP41ClddsRjn5v9&#10;PFencAbo5Jd6PR7cdOq799l81D49CzLO7Tu3tjbXVTIBAwkO8Dxu4cRZtJ/Uj3EEstMGVo0eNaaQ&#10;KeAgxmuBNQhDHGKoQhMpKWYqKNJwuOOExj6fBCaLiFUNjnmgpmabE/MpDud4PI5cEZ1KifcH9BSM&#10;YiKpIAtCFjJBwpuiSZzwOI4a3zEC90DVBYUqlqMkBbAFMSas9zFdCSjOsIimodOHqR2ymdLZDGi1&#10;bRiqwNaO2MCB3yuEABESOuC9PCKOxjFH5fMFspnT6zmZPD2m9ow4f13ULeBCZK+IfdfoNOCCy9od&#10;RxUDGEZdA9Zca9SxEYwnkhjgDHothjOEUkM3Sp2kLQqok8GX/DkMfHifQLHECK4SS/G3AG9ziYgQ&#10;ISoKJZ+75VxerhCXG2cI3AVazXoRkZkt4vdeBdLIjkDOweHeahP/VcxwyMUEKg4IV6/XA/3GTyCj&#10;j0wCYhNwYNw3UgopAX4scjEh/QOCAKAYvQuwAGLvTsYC+AXCk7aL1odh1LB7r1RqpORDkyOHs4wC&#10;5jgh3yHckRi9CWMo/vBorIQjsdtA0SWgw6JDwbi5du4MqJWxRCKaABIup8ilHk7adHMThp2qElQ7&#10;tpLN+56Nuk3GfVbqvIjRU1g5rsWeZsM+vVZWjj6BCw/dKYpqPgVbVBqcYsY6TiYBxCCTUHj7WNXi&#10;zUePn7Wzx9ieIn+hWMFWrgM4Hjvq7nCARHFIMYEwaxRSFWNApcMTxehtQNBCh3vtVlUP1qmIdrlM&#10;1XIVS3eEB6Xy9Y3HG76DfQCkqDqx/fsYkubPviTil4S8rFLPtAdy+A90qyHUANCjdCoWnjOwJwrF&#10;chadwm3VxhIZmYjvmZ7EJd3bD2Ojip4D+IdCI++2Oi9emTTaZxPRQKdWhO9/pVxEysuAlbzxxteR&#10;pxuNl5DGhaUD6n2PFRFuQacMmvPClOLMkhGXvdurXrr4okjEHPojWq3keBeBg4Lf/MrnhmAWddoi&#10;hRIPsEZKzc7MmG0TH3/ycSq8r4YbULMpoIdExYSnUYDsMHNrKExlylgsQpPb6IngigCQxjF3ieVD&#10;8sZCBmpQwlCCsJCtJl2p2uo2m7sbT3u06LVXrs/b9RoxBb88EpkwZE8hMD7MFjLlNgxmYbGwu7WZ&#10;i8FKl5D6cBbUWl0sUwdtQmtCZE+jVIGEoFtvDdutVNS/t7WtgoIKqqTAUbeULET8SikrY5hcNKoT&#10;tDUKIb0iSFgldbtxGNzZQIO5u5eSyGXzX/o3AX/+R3/2bwX1NHKMaoWW01jRCWK7t/eoAc9qoqWS&#10;7t1n+cMUhLalcBYNYvc3fu2cUdxrJX2p1iiCN1Q89IgSw+TuhLzFZreH6X2jij7eDnbrvCmnXJjd&#10;ZmeuE768QBYq8QqB/cn52XqXBgcOXbrLJe40iLkbCND68lY//k6T7k+aaLYpevS+/+K1r776P/+l&#10;YtLbKcSyqXJL7jn0ZZCSHo+mHq3HmgJdMINK7HHMWnVazjoZ0XoNxCWYZr/8TbXRdfThLbzO7Odf&#10;7wgNPcoZfnBf2c4ibgY+vduPKhaT0DopCG2HVi+rbYr20ryVMajBQi4PxOmKoF8ZaaWCVq2s08nz&#10;7V6qI7StXarm6rVYAotl9wQsotpmu8Q2pa8loFnJ4/IO9P+G1d3sR/7WYazEc2BALSORziBNuKZN&#10;u4E6rxpT3PyDxtlv9HZ/PComhHMvGabnIOQ7OMr2YPDgtjqlFd7RHQg/4ADT5YlnzizV40dl68Xa&#10;5d+Wzi0qp2cbQniDgrxAN2kVb/2eduOXijNXh0pGMaxL1IomreCXCt5G0GkQCWW84H5E0GxIcz7w&#10;6xxXXhJc/eLTimZ9PwvSiqqahqh7NDFJOmZSaca1kTeuTHwuxJFESxIGI3uiomRPyT3Uifv5idUF&#10;/zlA+1l2Lu8z7Qifd1o+x26uJFuLMFQGtETcymSkw0bgaOfTj94v1ZoWIwOeNyfbJO5y4+R6Mh2S&#10;3w+C6xCDkRvKMq0G40chkybeKHBIxzkNTieMW8RiHNzgYQqJFBxDIQuIFeUCv4xC2+w01VqD3mzH&#10;6AR4NZVMIsYI0Ctn+o0cNOgYseaDJxkEUE0QVVBupZzZDfESR/TGkICTHJMIz6wAlSOfS2Plicns&#10;JKqF28DhP4SkWMyBToHZDj0vfjzcDOTwmOi1JHIGEbsY3eBwgzViNl9EHUXqJj2mrrJjuJvwpCAd&#10;abRbGNFEhOVJmmgS/M2RgMj+jEunAc4sFkpqjQZsW1O5ElQgsJDFlwwuoyT5hPjQkGhM6CcIvjpE&#10;ctUAHuOYqoGvSoVoERQCjgKElCLYl6KOkhmxQ2R6dRJhXSKflM8nqj4+H58LzQfYJQBgUZKVajUG&#10;T6vVqsTziBOHHrs88YGiorrjQ3SJ7yeytYUo3oTKKpXiB2M+J46yYBQDb4MyEatLImskVGXc6F63&#10;jzEd3mE9wn7iAwyvlMr4RZLKqdNIhfxENBiJhWGzC4c8AV+A+zjuINCvwHQXbQYJimk0na6J+aVZ&#10;lGOf3wcNhkrNTNo1qyuernk6mqezkajcNCHWTS2szQ3z28k73xaWodTOCMSK8uEndPWw2aP0BrWw&#10;F+3UiAW0Qu+luJ4MMy5IYmR2xLev0/r43XfkPMQVUlVM3bB/AnOYIlwejDro0RRy7MGl3SHNMAYw&#10;XyiRwuT2HO9uAMw2qUXw+wsjREgEmVMTA2Krxw8cB9xuJpyuKU2TyePNbj5snVo9c+bC9fOzSx55&#10;PJXKFYYyYsBEsHd20C9kUng1tHC4KTa9ot1D4GV9YdZRq4KT2C/V+geHBawSYNKVztQSyVyrU11b&#10;thwe+DY2gyCOALfAg4HENKN1am9zP53NGxj1kFjnIxFMOulWuW2yfB5LCuHi/Cyjdx74D4esbnJm&#10;8d2P7n307ntWq77Vl2oZnVGrgPLn/l4YBlKw0OkOqbsPnn360c+wRjEyKjDERXTPbFRCv4jlKKE9&#10;DzrwbnLZwQwnXksuuyqebdEqrDytgPoh2xu33XgmADYch5JwnR22a3yxct7rmbIA2R498yU0Cuxn&#10;hWQfz7IgK8MD/qefPN09jpRrxb2HtwSDtkaphrunUoOThMWDLRUg80TS7zbgDwkQgB3ARw6nBsz9&#10;Vcvz7koyAsqP2c7gaYJtrl4JVwvYkFRD4Qwmy4mdh0fydmZ+VqO1mo/8ZcekTdRNP333O/F4Du0u&#10;7Nb6fSq/6w/7Uhv7g2hmZDZQld7oH26Vss2BTNT3mtgGFhLho2EpuRdsJJqCemcAeWFu//Eo9UA3&#10;3Hthgc0lA+h2BY3Mgqasdc7F1j8UWJflZjMoP2mgi/tPkBjfoxVZWjrKh6UHP57VVg314ODJD3O3&#10;vrW9n3z5BfvSnKmalseOGyDhDOoFAb9iEFdsemlxoL79JCTp5iaMFK23VGX2mgifWaEUdJNPE2gT&#10;JlzQh4p8DZV+dZqdu7hRNAmzhxZlCVUBmES7Svlyzq58BSaAQPoV4PrrhswEU0yUVIxRbpoUWOaF&#10;Vq/COY0TM7Tvl3QjvV55JBO6nOJSJrPxJPxs3afxXrbd/KNhV+CwWvjaxVZJ1EqXDZOvVwz/W1H9&#10;zXxmq536a5RJ6dRXAqlSM3X/wgpYhDXJsFgVL5bm/hfeygvZJszsoyphcyg3Vm3n+6Z5BOINhMq8&#10;enHDX0XwPDMxMWpUTYN0PhHpTF0H1x7TaruS1etUvcYgmyrwG80JjZBnmsgMxKF0HcnlMGFJ7Ppz&#10;wbS2WZ5nWmLEsqEphmKOLyzbzmY0LoNd3hyMJGa3Ib1p2Pmh2rOclht7RMlLfAK4SN4RxRFWcXJ3&#10;EevFCZmJaIzTR3IgIXvqV/BZ1TwNpuTxxtPkKTJLnSbofuaLdxKDeRLwhWostM12TCvZPl3LZYTd&#10;KngKQOlQ+3jjEs0jRYQjf5I6OyD9Yn/CaVdijG62kVzFqAHDwiIU4j8Y02Azgzw/lvODBWBEnNPx&#10;WUh6Bpb3nQ7+jVZvVmmtfJKfLIQXHdaCapUSezyc0RjUwC7CJIpDpAmOmIzAhnh5nEfInedgTJJV&#10;gXAUlBBU5kazmc9mzSYjyaGHuBCKFzgEYZMjgQ1mrVHKMnLQKKH9wDcU2CnIbjiLuiKFDs3oqA+x&#10;WQeu4elsAVdIr9NShOzKNR9oU8bDLARhgwHZC5Ld5Og5Ck6s8Lkxsc+ljuIjV2plxMdD8Q2Opd5o&#10;oUl0Zg9sOtJtEJkmsXon3uhYYhKVIEsg635LLcenlXExjRRUpJ1GWcswxNyOJIQwIuJrTJlMFqSd&#10;wES7R3BdCUfGgXxChm4HjwemFq6PwVUhkxbZ6AoJhQS2fOCKwYt01EdyuYRgmCTxEsztHhBtIdFR&#10;kz9OJC008V7An8XQOeB8CPDOsFrGOhN3gTNog+UNuL2g15KpHacbHPJCvuNqtYoipGE0xNuB9DDE&#10;uR1pMEhiAYZZzGXQNi0vL5vNhlQuHUskz8w41pY9DwLVlkjDa+V6ic3W8fuVnR+o6QyMhSt9g/3a&#10;N7pCnW/jNi6tQmcB96kJsI5VmxZe5cn0GOiBSmNuazbauXxZq5LBERjPGEUpz16+qbF4k6EtfH0B&#10;XeBpwWVmdCab+0wmnxnxh5lMuVoorly6rtDqM4ngzTfeOtzdS6bD0zN2UI2c3uV6H4B5jzBNnDNf&#10;f/ttiUq7/umPK+WcaWLJiOBkm0lntD16ephI4bIM2rUaPm5v0BUTeQmiZkDQ5qlUomSmgsYGMU4w&#10;dag3qgf+Xq7YHVsVoenBThdbiko5eegrwMgBUPmEVcooiJpoY/Mp1upCsRyWbfD0hcZHb8CugnRR&#10;GMcMRr3d+3q9p4IIxDm9lioOU5EDBTzUBeqXXnnRAuFWs4utc73V+fjB4/1AZHPfn4wGW6DyNirD&#10;bl3MH2JZBjy6Wu/azLLlOcZsEMx4HBdffEvGmPOpIwG/tXTxde/MmpA3ACSD4GjINp4GMh8+ehpO&#10;ItzU0K8VpTRJ9WRMLjgB/eQ2dqBHjT6XDsvjgRRQaPb/7iefxI6fJaOxYaeiFEN3Dg65ADG0ci2D&#10;XXK3UusPWzSBMKSoxxS5lSCjd6YnJhRi9mj3sVKn8a5eHop1FYxrtQo1qIt5HSzd51dm6N97+3y9&#10;r5QJmf31YyWeODtzvLlr0TSvfumiy03PzGkOks1GvnDlLIOs90xNFsj2AL1+5+eRkVyD9vKbX134&#10;t1+bb8LiqNUUqtSfrOdb1eqym/e1r17uyQytRpsRSe/dehrPFG9cxNl8uDbRzCVTw2bCohg5ls/2&#10;0nmVmOcYhFw6JWLUI02UmTj/03/llQSmJid58XeDB+vdoWLezl69aUQ0mXPK3Mhnok+fSXg9KUw8&#10;dtcVZoc/M8pHQman1bm6WkOEo5R2KAGwy7a+9R9hme9ZmoSetz6gDWoWaSfamTOyyYv+n/71RU+d&#10;YpknueWg/BXbhS8JOtlK+HGpJDXrpd43Tclwkq+wCQ1mjCT5ZE7QjHdS/vCRz+6QVwfUz37pMyoE&#10;tWI3mGIzlXapPQKnfvfBY6qD9VRzcz2sh4Wv2obJglEETIKftItbyFLAjtjqEB88eK8Jd41Awrb8&#10;BfrsnxTS6cFQUC02qOkb7Oz54Lv/pSU0KT1uFYxEqtVUT1oVGySw0tbL2dC9TjqQ78qV9hm9koJC&#10;ALp8FL+a3yfJ+NupyKiSl2i18WAoBaGdQrn5gx8H9kP6F172yqvW4F+o2JC4O8ylhw3dhPb6tVKz&#10;Vi+WDK4JZJAPP/kvGrJ21pjhDIeNBRJYBeQ5pcZmPiQfkAKSjRMI2wiixaSeV7znDgXPSbGntNjP&#10;Yr1O3NbZEx/Nkxwu9hTeHYsFiRxixEWGyZViRJme+bzSYCsn48WIH20vMcXBADR2dSMDEifDJxbS&#10;o0m3XadVw54KegOYpaHAA+Mam51jeCJFkct7wktgpgKGC8UIqRew8EFYps6o1hs4F1DAsOERMp8V&#10;CrwnRF3gtxJHIRmyEoh1DiKfSHgFF/4LQJPHgdSAX/vEC2CEX6vUYVyZhzQcohRC4yDSDIRMITxR&#10;Usjl29WMXDQmNKEDRqUk/BoIEEVyrVShBX8doxXGrWw2j1+GtQJ94kjKwdcscfIDsgxeJSE48lFr&#10;BWPPI45RPBzb9xK3VeIlI4B7ABxkoRCyWoxqpRTsSrTeUPi1GzUQZOrFLMICEuh8I9hFbfqPd/e3&#10;HmLe9E56iJEed+vyqRjyjQwgK2ESBDUGbQz6GIwMMimuPyZVgogiqYTEYpNwD0I0HZA9LjKYuPxE&#10;sh7FQwPT1xFRI8E6RwivIFRlNPBNDPfoegi5F7YyYPHBlw72vbDGBeWqPiJdDsU5zKFe4BwDNEui&#10;FjHOgl+EEw4/GB4xnRas23nYVcNSCcgz3nDQ78ODabY6yHw2HHI7AhDHkAlKZOZwk4Hnntlsn52b&#10;gY7FFwo9XV/fjVSU02dHhXDLfwe76XafFqudtPHMQLuMkWN3/U46D908spRtwOaAY6sYi5SZHtJo&#10;PHDGQOfPO/KFIaI9t2L+wbsbjNG1snYFGnm13rzx+FNqVLKYregMAGOAv+qav4xg00Y+4Zw5g54A&#10;jbhrcq5Tz8bCkZVzl01GBp0UWCQG51nrwvV0qf+5z33+KzevOnWKw8BRKha7/urroSAAT3k8dLiz&#10;/+zQl4AhIh5IBKVijwhUBt1DtVBCP6FRij1ukNGGi1Paa1em8cw/2SwEY1jowfWCxLOBTYUwtQpI&#10;Z61+B1JQuQIWDkKq8dZbX2j05AirQocIZxsA85j5EFSHoblYxUvwzi4xi/PLjH4OzBq5hB+I5m7d&#10;vpUI+CFXMNnsFrP2pz/9OJlP7x4eh/yJmy9dgZABGqFWvYrmFBvW0aBFvJBGFPQtiEqf98pfvW7H&#10;NClWutwLby7NLeA3APydW3l5yuko19s6nRp4bzBbebx7uP34XvBgGzw0dFWxYEiI7YFQ9sQX33h4&#10;C2k5Pb6s3AQOT8GWHQxYfzSZjgeQEd4oFEYAgVgBOJIkuhyDbRUaHpDQKKz+cMEJOZq0izys3/vt&#10;CoJZ+YzNsnh9Yvkq9srl2BYCiqrwIoG7i0au0iro33tz6eqL55488W1tpcBDl5gNU1dXiZlgrjYq&#10;pefXgFRX1cI6yGV4+pIJzKbUTrSOrXWr1lhwan7rSy/nKvT6veBrr69gjO8MEeY5ghEGHhHngt2D&#10;5sFqgXtWv9Hv1hupgH/YSThdfJ1eIkjuwqKhJ9RAezQsRfUTM9l6P1tsKaemoRQSlHILV98+fHA3&#10;niijoQdHN5JqzL40pbIhSkIm1loLbfF//97jB4+OBO3ShRvX7SvnQxWxPwmcQ3h5WQfnHTi6yL3z&#10;kolZ9KRKqusySjoQNTb7cuK0IGeVU49++g5G8o7t9a7tHFuNC0M/dJoFIteFetgnrh1Q6q55ydis&#10;sj/5y/ciz462HoelGHv0smqjq7RPptKDcrKApkUsUSCWL5UIxbc+pHkF3iAnkPYeHmT1Jt7G+qN6&#10;8sMZ7XtKUXQnyB4exs5NFlS8LI22KlVvSd4UnPu/NMKy01oWiVkjnU+3RE33ksrgaH/4/zB2j97h&#10;qMeC0G5IrC6+ytAOPpM2gva5GYtaOiGu5SJFVqqHhRhRrWcievnQM2WqbN7XUEDqm8bL1zKVTl+s&#10;nH71JbNDbwx8X5f/O5Uq3wvv4tveclyAoYzX68wWR52+ILGxPpIwqotvUu3S3CDWLXYyfPVILoM+&#10;gugSIIwDNo7s2VgB8kIBJ/mjTvaSFP80RYT/PKmLBAicBK3ynntPnxrKsqcWBdSv8IOe53WNN5EE&#10;UYTdl5CSTi4wiy8r1KZaKlZKhntcqSCliPv5eGPo5bHM97qdWj1TKVchhwVllccxinCuisgcgtEU&#10;HEtUQAU3laJEijg5xDjNgtLojBC7E13WiE7EIvDxAQ2EsEPhGAAOBtHdSwEC4ksr56IQ8WkEFGfU&#10;QHgvZIbCb8Z5JCLzXC2dTMCDAjWSIKLwqO31gAHjVSqVMvjWgHrgtE4ii0n0M0hDHaCjqNYIoRoR&#10;JgxKCM1pKsSYLFEJx9IQ7lrhfSMti5jmiUmONKFOkBcVkuUoYEsJCUvhE6McdgRiFHaWzXYD+T/Z&#10;RMi/t+7b3/Yf7uw8e3y488x/vAMXpDDI7klIy/OwUusBiB1R2Cl6PR7ELpAds4CfiofBEUU7Qezo&#10;uDvc5fLsAUXj0EFjgeEPb0PIpYKMxR4Ii8GnAJDbJyasfRjfYA2JYwiWMdhUwV8XBKgBxxgDmtoh&#10;ySQ0KhoGVtRYlQp2SQwXVNIDcVkFPwkViRXjMH+K0xkR9Bu1EDwtHumoSGuA+A6UZzyLGHZNJgZk&#10;lrD/qFDkogS0ehIhDZCZZMtRuJuI+gLnEzEvYDCtnlmmhNKHz47ziSDwUnh49HjSNqXFUlvvXcPZ&#10;IqNquVhAYJqzr7yQ2r2FU6LZ4yFLAkZrsEfUaeTtYhG4Kg4r0Izr3eGhL16ulYDD7z65HTh6DH3S&#10;lUtnFMMmpCwQ52E3CWwjGXsGhPLyq79rcs5XCxGz24vnGYZ/zVpVxnYmzDIscDP5WiQezxcbds80&#10;7nEsGny4tRWJAWZUaBiLGpoDnRZT2uH+NmzthcTfmK3U6pzXnqDPB3dKAqwCRysOzHC8je8Imh/0&#10;G8eBWibTAvUZfYuAuP7x8/kc1JBv3FxkVKSJufHCxMT0effy280BPxn2obdZuviS3eWq5SMgMGO3&#10;BBTBalbeuDb7+FkkkznKZY62nh2L5DY+IWCJdBPLSOp+8OmH4aMtcGsjoahzZhrc0XgsXs5nIv6w&#10;UgYTgIqAa19gvosHApUKfCwsKbcOqpl8v1EvwXQpGM1XWUWHVQLPR/zijz9c//jh1n4wa1QL+6WY&#10;dFSPB8OogAoZYcXjAcbSWicdtRpNu2fKZrGbNTKTRgoDaBCoQ4nMhbPnGRgl9uuNMvbrLXRaOArw&#10;cKK5xKqCyx0YCbgEQSkxJRnVannbwpnlV7+GGM5nt38UPXqMaRIt2fyMGfDTkOKVQT193dZXDvJ1&#10;KHZo4aULVse0gaVUW78IHHywLWyxyf2iRtBbuqjtiqndvUQhNeTLGFaq+I23Lm4fpe2K9oyOd7QX&#10;3Q739Ixw0CynYwUYh9S6Q+RZYPJznVnsUrz5My4D3Th4HMm2ROFQceXcgt40+eT9h4mulZ48r9ar&#10;AltPnoUaJZ5mZsaikLKZoZdfLPSTe++/++mAVbeqAyTIZCoah0s9qU9GN55gdhCIdKG8DEoTSWn/&#10;Sy9PORbWdnJUllXzQCAWsCqVdDAS9hhVoQbcpq9miIv2+l71KNBQgYG/94BXqyJ9fuPpk/j+/asX&#10;F5xMP/XpX8ntc47X/3Vw56GUl5m7NP/wQeNnP2gM6wOVUZsTTWzttRiJeHpS4X3p0qWrU/pGTDbq&#10;el54U+GYiQW2ZSohY9d2JSK4zuM4vHzRGiwLH/ixVKBjqcFejGdzeXO+uLTbHOXLUtPrumv/vl/Y&#10;re38h4WLIjby8PCwMpj+PNUZdSktHf5Qmd9lPW/Wiy1eqzZ/9bL/ODHCgg3LyUpeVC90kwmcnI7Z&#10;yUyi3KXkxcheIhlFxoSoXwz4IoFEhXYtYTmmthlgtBndyRjLt1YMgViB126WRXL7yPNlgEbaWtra&#10;TWF8Hagd5hdfD6ZhP5WFrFJw9oU+oyHSBmSSgEuCSaXZSkeSWp2aUUtJehBNuCdkjoC6g8v4fV4o&#10;T9mw/Ocu66fZzrzTYfPEUX2Myp6aA/HZ5yan3NSKEw6PMqgkkNjKpleZ+etSlR4a01w8CGhOyNFI&#10;cHaD5Iqq451w4XiFHQFMzNVKuCUrOS4PaKHiEeekLCYxPXyCzoHwIxITCgm8GxDWh2IGg3adeUB0&#10;GsJkKoYFnlpOVmiUEC7MRCUJS1iMPiA0ED8aznWI42+DUEskDXifcAyFog7vCDu9RCKO7S/KNEfR&#10;7JM5FeaoUmRmlWvQ+GvwS9CcNIlIAoLjTh9/WqExoMCgyGFWG4wEmXQByCe4ovid3BxFZkWiicR4&#10;R9BNCs6aaAJAqyQvwSM+pzh68ojJ7HZJoQJOK5Eiq3lne/Odf/g74I3NNgxkkMWEJAwZTE+gEVQw&#10;JpXeotKZMdxo9NAYmaBSZJTSSZeT+PLQZGkIuztI8sGHp6gTw3p0JmKS5EXUI/grLEnHeYqYiBGe&#10;C7tRDFikAx//DfxR6nVgy7hYEDgOOZc2TDCIKMN4SkQ4CEdTaxD/hUILLjXcXsUk5xJgSRu0WxRp&#10;TsjLRX3wCQCLFyUUZtKakMcFUzjuKRfqyytxvsnY/OkJKVpZLaWDx8e4swajhdggEN4yiSRDYwGb&#10;bTxuOLVLxSJxyDt3Tkzzd27/PBkJihUGh0WbCB7KzVZhzb/18x9N3/iKxjFfiUT41QiqYLY8wllr&#10;NsphyFPLHFaTwQ6fafbEL5yz1dvsw41jlYGJHm3lQ9t2o+TJg7vglV+Y1WkVI4/LtjznnHAaeu16&#10;JhmeXHnRd7AROngCj7DQ8U6z2vjKb/9uOh70b/8CjPpCuQTTKASF7u350NXdvX07n68urq75djaF&#10;fFZvhAqIOn/+ssl7JR6PigUtLPZgXQTyNho2XDQinKUEOq1MqxEVyr1Uth3P1BkNWQr4QxU8cujR&#10;8FgShhgNxRRwLhJgBasJiCsWVi5SEs2dj35uc3rOXLxeTCXrpUQwnIQhlN1mKJSaVy95wKX4wbt7&#10;/kAuGCnWK63F1RcEAk00HFs5v5pIpGDLAPspdIeY09Ceojm79+kv2/UiaOzgwLVqBVQrAboxHg9N&#10;o1EjHvClRyEELjfmFpfWn2zevf80W+62+mhmSWvw/od3d7c3HXb75JQnAyDEfwjWAfjnNPlOSeHJ&#10;RzhrOAbQ6fUa+VzJiTl90oKnE1/sH39wF8jwzMw8FrfpWBBseBC9KWJWgA0OvlGkgcJ6BQdCq4VB&#10;E9QGmDLy8VWiJAKkI8f8D2FNXqgBQRc6jRIFCf6lEMakts7Tv/85K2wApq+97p5xlZKBv/mrOz9/&#10;N6mRKb78T69L5F3ME/uHLKqffsKudi/4j9rH4eLv/M5VX6GRKJavLUjWpiTpfGk3CdOT6tyUDWcv&#10;VLHeKatFJ/fMLaF2VtPVQV8iFysy/obF5tZrja0KKMd0hnY3PK82cCKJ2H7wSaKlkBgx/rGlRApC&#10;8UE+9fgf/iQIJ2WlZM7Bf/ttLOklv/y579N3g72yppYSTq68RRnXDHR+eZIgPdmRQ+eZ0pk0yHo4&#10;jjcHIk3Yl/Hfetjb+FHz3n+dtDDBzFCo0an1ula9aeDnFLnbwb1nTYWHFnQit/5+ZcnoYEbZlk6z&#10;+pWU/2n2YKtd0t+5y48EE7/+mhWgXENoUqnlqw4YGGdgqFgrdcu53q6/N7k60xfIMqGQy6kT6ZhQ&#10;vlLK1pYmtFeXVOVM/jDQaJaFgxw6KVk62asX+nazUGBZsJ95k47+Y/b4u1tHfjq/w8tsPm6/2dJe&#10;Hh38N33tEyUbZ7q7ubSkURzpBvlWNpY92LQa6X41ARTi0U42Xm+KqXxx57ayW8bSN3y8S4kF1WZ/&#10;99FDOGS6pl1yyyQFMoqQzsXyMqVBx8vkHr/TZiVumzoZ55XE5yyiiuDDf+8u/kxWeObFCqZWxwZJ&#10;pbdCxdOEgzNOx3qFFwoomxVEzFXqWN/oHS7VsN0jXSyJvMfoQvwZsY46mRb5J5YEnCn6rxJ6+M/Z&#10;sacWeLznf+FxsZmc/wz52/EelBM2EE0cORqxRYRDlVihmFlj5q+BOFqLBfKx/5+r9w6S9Lzv/Pp9&#10;O+ec43TP9PTksGk2L4AFAQIkSDBADBJF29LduSxdWXUlq1yWr8rnc7nqfH+cy1elcFY4SRSPFEEw&#10;CBARF7vYOLMzu5Onu6dzzjmH19/nndkFz0uQxO7O9HS//fbzPL/f7/v9fCND0k4lGhKs5i6HA30x&#10;2OkQIKlSqU7Qb1iUT6wvI9IvpU+cJDD8kXoODcku6S7B1a3T2xRaI+HO8+hYNIwPExqv0KGglY/N&#10;Es1MrCxkxNntYjLHsII7VhMLoFcNqlAhKYYgUwPHWIy8rnIpC/gOdmeCUuq2YctDUiZ6lwB01cpp&#10;KTTGQ+JgYcg5g4OxIqpDkcLAF8vxuJh+YXJQrtblMrEOWaRyoksiF5vCfo8uZRvdtnYLcIM42hhI&#10;QQoc7QcO94KBg1DoEOsvMGpWhxebE7YQVAOpbO446J9cvIQZmEpnUmn1cDhg1ggPKI9cGSIKYv2w&#10;RJOMolYpEU84nKhQT96afDKGOhq7C2pE/AFGOySFsUO0lPBNIoMFyyLQRFDGEloQMiaGBHmKkSLm&#10;y1o9aLR8MJIMRiP4RfgHZwOSGApKslBE3mccNNBr5ROqPcFftIA5FXHY+SziuojFBGgkqBvZ8DUG&#10;Rw7IzYjqh0/ajuTAwgBaxuOz9HLAlZHDQaah5CSEjisAS3xmgGDMVDqJj61OZ8RLxODtpMuBN0bK&#10;tgqqlTKmm1Oz81OTU81CKnG02e/WLF4PNerGNj7EX6ElG3z4gWwUM5tUtUoTz98HK6BJjfiwTCKG&#10;G0OscqL2ktFDIcWcW1ugEYiCRBOJDGEgar1D65gG08BhogFwhouGM25GUljS28N2ul5Ow9ZSb7QX&#10;z58DSVgmQ0WLyIBDlX5abVo1T8yh7jfqLIsra83GYPXS9UwsXM7EfSvnC/n89uO7+7u7OBpiPG/S&#10;oh4adtq4MxCzLAP7AIcWvPtapcigFeH6KeUCjxP0qBZGiqR66xAZNStE4BuJxUz9dL+USvfzxQaM&#10;OYNmMrb/mUbOnZq9ApnK5p2fgACq1ssXvHJUumhhQt18/3G0kG0qZDo4NXGeCfsRahzoI4DpOHjp&#10;8pUXrr/Y4ypwTqoX06VUKB2P4E6bm53q4k9qVbVWBUcvIDO5YhEddSiuLO6FVhOu2AI5a8otS2vX&#10;NAadSqlstIEKEd+/c5c7QvidBE1WpplkBuDljJpD9FeYFrHNYIhBJiEsPZE76IEQ6Tg/5/ngwc6d&#10;zV00LlCr+ne3/NuPUGpjNA7z74iI5EnbVUg6P9CwUyS6jY+8TAxQ6rjXVIAayCQ6uy2D5nuhLhDL&#10;1QrI8MX5WrfYHIlUExcu3uT+1rdv8FTOTi3PLe2ptUKFZYLXbtq8Xt3qDZDZHC5+ozwo52j3rK3O&#10;URTClUsLmsf+4M/vBcUyCi5prlgVSoJEMKj1eLaLv9fvwzTvR6UGpqdcP51IUxrPEm/M33jnntW7&#10;gvtNC1IH9gEhJbRPj30vNWnpx7+6X9q7O3n5y4jpqweBiZKLDMbckzvy7q4CTPN6vt1Kf/UNU71X&#10;PDiulyoII/TRsvkEtdixrkio+sGd9zb91Yzs0srFWWM37HbqkjXe0ZOQdphNPXjPaeYqxrHygx9z&#10;/J+uTSkDD96XjxKj5D1xcxeLkHb+0uWXb/C70c8+2ihnG26PBS23vU/ew3aE0/jl66pGL1fv9Kxm&#10;mYI7mLELEnt71GgA6drx0/SYkhfLjasrLcRtJ/bLE1qYH4a+SYtDyLjFI7pT1xv5Z5bswY3c6pTa&#10;5zHS7erLL9JoKxaqI2E33Anez1a5iom5bDA51rwwuvivNXSJf/QvrMx7XvOwM2jk9p7aR2Vdcy/8&#10;6EO9hu5nd7SIAMqnwOwtVZJn5xVWfoVbBTgzrVbrOPk4r4UeQNuMGXa/n093LE57pVQ+3A3XGn0T&#10;v2Hp3Jk0DbwWR0v7Wjg1ZHKPFf2DZhexKg0q9rEo87ibTrdqPbWUKgX3kQ/TuvMLJnykrGeUsXVz&#10;/VhPN6nuoM2VwdsDvTrkkTJYxMUCMjaknkEJ6BNQ6WkuF3OCYD/dIU+psc8Kz+fhlicp88/8KSd4&#10;vdOES/KvkFFiVQQoASaDsUSjmF9VTl8GsqQcOqogSxIHaZ5g1udVKuUwsFdLZTT/B0TiMSAtFGyJ&#10;iGAkcsEx8XGwCBtY5bDQkapTJFKAXaY3iWRK9JZRgUTDQQF6MjDa44eKsWVSoKiDl4OVvU/ksuA1&#10;kE4uyYCkxkCjY4MAloxhw1ekcmk2l8NmpgMiDnsAzm+9FlZeKF05PFE8Fi2mwvDbA4JLgOhsyAl6&#10;xCgxxUo9xccmOsImjl9Cbl8hQQOgnIyH4tGA/2j/cP9JKHCwt7sV8O+mY8fYKauVHFZANOEwoNJp&#10;tXab3eGYMJjsuCxkSsfno+eZKxQTiRRIfjhGj0jaNX4N2TiZkzY5h6W+sSoHHsBmPah7PKgsAU5j&#10;vwTZ2uVcGtVhvpivk3oRIk9oWZERWUFjG5cOdSFyNbH6Yqip1xlFJENFoFRrIMUE5Qf9Z7z72Dkp&#10;klyEWKoedjWie6JO0EuQXEEiC3Is+hMkVlNOev5cnDmw+2JzJW2DMXkhKC0xywS6fUik/kQyDMcl&#10;LBltNvmLPNSQxB6jOYwfBBYLNk28u1qDTqdRNkqF46MDTObUelA5FPg6FkNL2swyBeQqiHKoYT9A&#10;UTs7v4IKa3drM5ZMYCS6ux3jKTStYlwtBGS8264U3Q6pWoP7AY6ZAnLAoBsaU0KjTR85eILMWoBG&#10;MUiHUNqkN0m0pv3Ascfr/c43XkP41f7+LmZhoXR7Yy9tNIBzS3qhjSZHbZoYcWUytQ3js3KpGVh/&#10;32lTf/Mb/9Ocd1btWE4Xm/ViOJ0tYyaKOIFaPqFRyZcvXAD5IZUqIvL88PFtmsR89gHFxQmNDSLH&#10;CYEo93CrAmKISy2HP6TTz2XKuJWdDrPNqeuPkENSRgoMCPMTHj2WhWisASUVTp2YuB/6U+0Ogdvl&#10;UxkIlg/8CTTXf/trykUfH/EMUPht78FY1YfUFJdfpzdwiIO2ScDIo7F7+tz3v/OWz6LiymXr9z6D&#10;shI1m1aNk5kkmy6J+OPVq9cu3PxmpZgUUh3TxAIjdtomfGC/Kgw2GHfDwbBQorl4ZS0aiQeDMXCv&#10;MeOHRQRgi3o1Tw9LlZQfI2K5SlVHW7SJ2BXC34A4Fgc+ViUvQrcG7aNMfXTk38e+Dr91OACNCKS2&#10;mKRTOusENP1k6s4exMU07hbUnyOFnHxe4Ccmixaaw2hTKdXgedeLeZ0SXSuuy7vimj6jsrj0tqm1&#10;C1c0Cjn3X/3P/7ornT3+9L07bz+AcOTmf/v9zN6uyrPUMa50x9y5GRMMGjuHJbVNYJlxpIKxO1uJ&#10;h8FSpz2SUoxZq9g/zC/f+J50TGumv5ZSfD219Q5EqLx+3uNQcYlTDSa1vENREbTL1XxVZ9Q1C7XO&#10;SOx7+dtViB760r56EtPaYWZHPzGrFww7x4/EpCRSlD76N1aV6vXv/+9P1u9C9Ll282WRxlrL1c7M&#10;Abeko7QzZZmryFHWhBaU/2hkq8+90aLUak4NUaIynfpw+9goaJrBQO1z4vEAIuZeP8djjt5hop+d&#10;d3f9u3v+o7R3wnB2zSOgi8tTvXAk9vHOcNo0uPfuT1PV6sXXfE0AkspxkV1B2ycn56apaoECx0s6&#10;IXGvakwqi4qTT9fOLYrdnrrzvC11UKjXqJn56Vu3jtOJllmviee7Yrdj7ow7vZWaf+k37Tf/BZNb&#10;V0mqTBuNc1pnsyUBkvfM2CdsiQS/qPvNinYtu/u3af+P5+e0iWT+l59kX7+udFH7WcxAr/5OWujM&#10;IfGYbtqM2ompBWTcwiAo1rj2ohzrla8xEkXk/ofnrl/uCpSH/iQjNtJiOY5nYINqpxwqpxnzgSXR&#10;Y0Urdth9XXzlD/iDEnR7qSYVKjS2ssIYM2u8/r3E0JwpkvbZGG0QjapJK8QvfYczcybfoQt766bS&#10;Y2Fsfyiz13laqVygUZPeCpnZne52FEsc5TyfPT7/z6mgh90RP9fFPksAew5kPzEAstvnqQ3lOSiI&#10;5Giykyeigun2OQqDYuGC2rUMVW4pHoKxwTvlVitluWy2kE6LWA0OGk74oALCL2d/oeWC/yWSHrQR&#10;xZhQkJYVvgjkMKQ+I6UL2yFsjtl0TMjO2knkslCKcyg4qBhw4uQOWxmmZ6SBg4YkK8ElMZDE4gCo&#10;FnbTIWqyWCKBSEJAs8b9LoDZ/U4dHAFoPfAxLuVSpfQxCCOQGEjFhCqHxyBZYehCIp+LhwnKmGAT&#10;RsyjBx8/vP8JNtdELFGvVkAwIOw3uQJAX7PZOuGenPL6JqfmJqdnXW6vyTGhM1kVKq1EpoRwBkPW&#10;IRuGBZtHrlgJhUNak1VI/pyF3JzgoE+ZSgwLmSB9XWyWmCEqxIJJl11AmqLkkkeCB+1qCdJiIcko&#10;gFseXkcVsHOo1wHZUaq1qCEJemnM9uKJ4XVI8HvwpJIzE69HGrDEdISVlESHjkDyY7ntz/TSWLNQ&#10;c2IQi50P3wvpFh6o3iT0AdhAsY2Bho/jERq6yGBB8UqQ76M+nhg2TlRHOBsRvZWQLxHjbARBEAVt&#10;OM4ooPviuWCrgCwL/XC0+2LhQDwSgmkDsVJ4PsTsw9ISUaRikInfggeMWtnlnlpdXR00Ko8ePYkX&#10;O5RIef2Kt1HvlGsDpUZuMmnzhTrqJDTGhCqkyhtyhXI4EM5GNyiV3T03vXuUfv+DD/H8a61OKrA1&#10;6rWnnJAEmCm5haApecouR3354rlWvXAcPvadvbH28m8iV8po0vXaPYlIFNn7EPCclYUrKnG70R4K&#10;NI5KOfHiSy8eHSdK2RDETXa39wBZWf59YAuC+0dDMrjtYMkicQAcPukzk0413K7IsJLC0SLicSYg&#10;4EVTMYeZ07g3FtN8hU4tPj5OA8wAYFEmU4sn60hT9Uxoq6D0lNvo3oBbZbXqy4W4VklPuPQvXVRx&#10;hpCdcgFfCobrF856UJgWKsN8viIUqZtItwR9jQOYtnHlxutQruIM+PbP328WYsgnxEcMr6je7PKE&#10;HIWcMpqd7um5SPBQqXNcvPrFo8P9/af3QfDwzc1wwB4fUBcvr8J8iCc2Ne3Z3NjxTLlXV+ePtjah&#10;ksY2OecjJt0+yXIVGQx6AKpwq7HMR0JZRoMdFqhmpRIOHCuV0G9ze3WAcSDewenNRLoRIgyPhvhI&#10;YnYh4or6AxirxnySbcPH/AVNI9yWWPHatDCYKMg0SpNZWSN4S51zwgGUNDiX5UoZdCjimPrtb73F&#10;U3qRk7Xz5IFO2dE6bMWBZnM9BFqAR9tJP3mQPM5NnbHbVm3ldGb7oFfuUSASwI3tNdJfveFgFGeE&#10;q/9rodBkTKtc21xu9wfO5RWj1SMX93VaaTka5RSTzZ2HWo1QY9OFj9vm+RcrTYHYem5YiCW37lYo&#10;h4JTcPGzaq0levuXk4a+kl+J3/3z4MY/CUaj+eULCqmEW4Ov0Wc2UDPu9sVL4lE3rDboZLKJXJEj&#10;nDzD97yAAHK9ThpMDyUGR61H7fjzk/NTgyZUv8N6Lmthds9Nd4PHYbhK1XL1wU68juAyhbJbywuG&#10;Sc44sbG+szAtonjSh3eCv/vPp5ZeO9MZlmCnxPkVC+65C0uPPjmU45brUI8Dbd9ZXzex3y2EGXj4&#10;zBK9S1gIP/WsebMNC8AQOr1GqbFAnLxwxqrVD0rxTCGBRiJfSLd75TTEqk/XeyKJJR9KdXoUMKDd&#10;SlJt8FbFa/W+dJR6R8wJjYSKWhcpOjKdqOyZN4etf1D1fovnXla7lhqxQ4DFeKY1pX0pFM/YzrzY&#10;k9lDRTQBhZ3MXo8rHUE70Ohbli7p114caUxzF6brja7RrO5nU2L/T5zuxaDtD/dTvWbgYaPR64y4&#10;PMOE7Opvp5RXxZa5djocDRwK9apePTQtCalq+/KZV/vgSWot3IWbZYWvN/fyWKqDKl0oEw4AVGFO&#10;SsfnYZcM88wBQn0eLsImfJ3y05/VnPQzns/pRklznkHbTtwhpxG7NH1Kmj3xpNDEbkG+CFFWsLtY&#10;rErfDbXa2KsWdAq+UgYTGLb6mklvUKl0SpWS2Bpw2pcIiR8BLBUSoImZiYDd4QgNCy8Be4hCo1ep&#10;tF1S1g3zmSSaPmQmR6o+0Lr7QGJISGYIwMQAlvBY8g1DorCGXewPxNqPB+LxTkSe+XwKgc8GnYZM&#10;BUgQFLRC4KsY0VHst+qQ3kHIg2mMUmPE1gFMcqXdr1QhW1XLZAqcb1EQQ3z72cPNWrt/5cr12Zn5&#10;mdn5yanpCY/HZLYYDWaFWof1XUD4RERSyAIBOQNCyGVOcK8Q3OCqkqjndiOdKxwHA0abQySRj1kf&#10;0Kng6iSGkQ0eISIncq5AHFxXLRe5XQ7Y68esXygbC+sQI2kyI2wL5wAgGiALOYEF8tjqEz+RhRgN&#10;2fErab4TCSsW7BGHfYu6fPYXYS9g8SLzVBJONiQUgi6uJ2pN/Dt407l8bkCEwGBcV2G0IKgCQGJr&#10;JeDgMf0iWlbilRUgQBEgPAAcoHHCCYZstCQHAs4cEfS06Blg18SNhIsI7AQE0JViCVNKi9UGbwkS&#10;nQBhR3q3SmeQK1SDUZ/NUiWKIeyp+Dn4uQVk+fB4C4tLPreLHveT2Rz0SSqtUalWmW1mXLJWjzYZ&#10;jLgQIrWHL9f7tze1GpVZL+yOZRz19A/+4s8NKmrj3vaEXd8sFjrNaodWd0aCbKHgtFomJpcK9V4u&#10;k7S51MVKdiwwX7/2BadJFozlHa6J0NFOIvAIeXreaevTcDldGc4tej756E6jySxduBiKh1wT3u99&#10;5Y0J7/T64yeAGc2sXgMhaNBDG1yKfjJkcGhMgwghJEM4DIa5Ex6jBIkJ0nGh2Ci38OkCiHGEIjJw&#10;GMXpBimYHJKkAWkHEVgJiYWH3x5SerNeJhgn4xnMfSEqVCn4Dpt6e68Bd6DH47ZazavzhkK5cxBo&#10;qOUqNACqnSEunko8Umo0uVL9OByDfCsVx5yoJRXx8LGrVJvNbh8GzcUplduhz2ZLfJl59fylh3fv&#10;oqFvtNpx0npw+55ELoOwAso1h8N+aXXW67LDzeBwOTY395OxiEopKdYGRAotEuDcqTBPqm0zsfAx&#10;DMoQ5eAmRtQeaxUT4hMM23KnVc8kIt1mTSpXCyRypCxwRt1GIYm4chGRv7JLCJcwvAikUihqE2xy&#10;hysRitUKjW1S757BMCWZLZvdSxPT07c/+rjbAmi5ks7k3V4v0ii5371m0ojHPIWklt2yCHMOm4Dv&#10;/mKDsYsgi3z6g14hYdaOvKsao0nyl//5yXaotjxvfv0b30BDJlsurW/4tef+pcR7o5x80hHoC6mD&#10;Zvz+zHf/ROo4X33ycWjzMJHqpsvC1lAGanKm3MtWKIHJMRp3dLKhXlSLp0vVoSB67+fxgx2J56rV&#10;ZhINqr3QT+7c/jDVheuHvv/Lv1GPCzde+1LSn2xGH7kd6VorWGUafDrglh4pWsVuzySW6jiVYPHp&#10;B0h5A4ayUirhfJXMlnaf7oXiWSFmINUdm6gIH3WmytmJMRAE8CX9ZLsHB/zKNA8p7YAjLc465Ew2&#10;GKEtExrPvAX0pUkT/7P3S600fXVS1owlwRlH8FqtXr1yVsRUAkZ1a2FVU27DHavKxGLuRRdmhD/9&#10;m40Xrs0A2ttpV5SSGt1LNkpNvshazaZ379+BIK3YER2VBQ83Iu16J1ga334cmrZ2LMoSWdnRFugc&#10;CQaZDz6O2LWqV85jIJSRz94YT32/1gS3hdMpxrKHADQz3WHVpQsZuRtUc6ccO7ROTtNiDSgkUArq&#10;Jn1Cemw1qvPhFGKR0DHqVKqdSqey8al5lO7Z32wYz0ePd0M76/r5lWo+Jxr2zauX+XJRI7w7ysdn&#10;50xMP7zx8d8pmeAcd4PP1zacL+aQst0ua0Nvo2fSEluBiesyJ8Z2hjpBEDzP6Xomb2WebXIM9V/D&#10;707/+jRw5HNbCcV5/rWnW+6zvZREH7NcMZp6lvNMfjsednqoEExzPvPUJX4xIEEwDdIpMRqBNR7K&#10;NhrHXgLtYFFtOGMS1g+anDXsToCN9bqlfJHgZzoNpcqIeR7UAvBlpJJRmBBQoKDwhDewPxqgTYuN&#10;FpUHcf1hrgnsJEQ7/S6c4wQrMD5pA5EgdYlMWsqnh50GRIBo72AngHUEQkGxQoOtFAxBbAloZ6G/&#10;i+5oq1ZBplixVAEfDp1ShVzFIf1EVE7cQCih1BgWfD6a9evgBUNkj+hmmPLR9CWYTIoQdrDTEYo3&#10;i0RgI6CxcbOuDRYZAV5Mrlg+Pj42wKgkErGwIfJ41ElSDIvO5LAsWZxAcJEhHEdYo9NuRaF8AriP&#10;hwOoWaBvIpNe8qXE84jXSxqqrOpozLIK8e5gbwPWFr+DOIg8JSyBiLpEm4XmotfaBvEOF6tNoHhd&#10;VgLUJtqMPocNF8NpBTuhRqkk01nUrAq5VqOBMRX3glqpBfIA6xvOLmTWQ94U0t1tN5pSlg5Dam7S&#10;PuPmyjVgb0mMK7oOaLJBpi+X1wulSrkO4SUGqwRtL+ShuA8G/Sh7sYOStbXXO/XtAj0AUBHFgeoH&#10;Ei0UoGeXl/VyydFRuDMa+2Z9Fp0qlSy4pqdE9ODp5q7J4al1eulU0mjUAlUkNc2CxZ+Kh602D6of&#10;WDkWz55Hf1okV3gmfTsPftEpPLE5zVtPH+1uf9YoZzHcEcqsYrmjWqnOLU98eOvp/voH9LCKXT8W&#10;2cxWcjIViNbqTCrsmXRdPn8WgqfFhRm1TLR3nG40ugD1NKu50NGGBnubTIT2OLK0Ia7G0YPBJIyh&#10;5uZd8GgC3gCEUHsgPwqU8/kO3vBisUZajdwxYWuIxawkTYymNjwdQoUSMaEkbBNUnsbw8tqs2qDf&#10;PCh02nSlxgCiC2cWJVL98Ke7kUgZHi2nx9io5+VS/rRXK+Z2gYdA+73apqe9UxMO3c72ITYlyM6K&#10;lTqiXSaB/6aHR4cJtWlSoDS/9+7HvhnPd976xtzs3MbWNgrHuQVfLlvc2z5SqhXLy7MHR3HMd+bd&#10;FhzRhGojphiw1mBEjqRGqc4Sj+cRLIAT17hVw6mKHHkZ8rQZki+EoG/yV2QdIvl/6O80gZXHsB8f&#10;WqkUCHqitYYAnUQGwK1BDavN1kiiEhlsYH20EOBldFy8fKVcTKt0lm9/85u4p2KJpEmvrreZCe/8&#10;uZWFFqrst9bk/EEVicdet/zWB9tGFa23+SLcyxg33H73nSFf5nBJQC3+9Hb8aYhTa9VgPXm0m/zs&#10;KVJXs/rp1/mur0pGmeL2j9oDbuf4A3Fpx2RQ9aMfiwq7u1vhWIVbEao2wkWzTcxlKsZJicoyUqr7&#10;rexOOnmsmPHlGtTWh/8kVJumv/I/qpxznPSj7Vt/C6kmBhbZNqXR8pYmB/ZrN4Z86d1/fKyTdA2G&#10;gcio1JvHSklE3N6lsv7ixnudw5/J6eK4U4g9eJcf+3TWKfzkYUA+4TP5FsAPLPnvhHb3vS7T3KId&#10;CoZxI2vWDF1uFfz2sWgjGe3VO7LjYNtp0WIc8fSQ65SUIfpWIgiZq+S2ecXdo+5Y0BRZmiNhHbG6&#10;w5rArM7WhNC6q6W8bhXwQm7hIGZT9LT2lYPD2tyMpN84zgN3ItL9+Fbn8UF70mPItEZ5MF55nEqn&#10;SQu7bYrqivThXBeNzEYdg0c/ZviDDqSpeptt0ascnrXlLBMqCPcE1bBwUOHl9mXp2wY9L9MVmuzy&#10;xNZfj3uReDSkFDRttul8dGiWCufmHMV07qxbaqkfjQTKon6akgM3rNEY1QK9p9SQ1mUzYgm3VQhu&#10;HcYp68zC9cuteJisXVxJZyhQa5Wt+CPxaA9jFJlGYjJzh6FPs/xLTfOMYP1PzZt/rKabCueMonzI&#10;l6nKDFG1kQrt8wYrhz6lwzLP3JcnfJ7TqvNkN2VOabFswtSzrz6RBNHM6TjzBLH2PAWTOvkbdv+k&#10;WSwOj03cIHnRNNLMZExiX8XvYhkGmRTHzHqzDuEA4JnYDpsdCA5aUAFAstGCPhPpGcRcz4MgSK6Q&#10;4XAKfzfasCz/dJSIBlH/kIhkgYgjlGAzlWMuJxTgW/EhxELIw7Y76pCQZDHYKQQJC8cmNkt8LwBe&#10;LdDCiJoALB7YAWq5dBbQVMyOsIkhiiEZ3EPo+qDb6DYqchErIeaKtGq1wYxOqQgypBOx7l7gGBNV&#10;i9FE6LWgKfNE2KOxysHMArrVKRuIYlkC9AlJ8CTtklTeRJjMBjg2AWstFaPRMOBE2BhQKRLRMqss&#10;Zf2PzInx5tTXQ8HE0tHIxS6bAyYL9kHHsKmJCPtbISD6Vy6R2vAgj0WyfAdmGoaUs4So0GrVUXPD&#10;7kIOBIi9RLYa+ojtJmu5hIu0SbDv+C9fQMBDQiEWZGRSYt0iSaLAlovQHlcQJw6rwWUpS8AhoTOG&#10;IltEdtMRtDljPD1spZinosUK7Qb2NtZiShG5EJeYSpHlAqgenhWeDLGeIiUbY84xwnWg0gXxB+o0&#10;0HZ1gJrHQoFcLqcgLWU96XszJPYZ1wTKIGiJ+z0AC4FNH/t8vsVZbzaa+OTWfeyhb/7GW+Di1hsD&#10;jXvJoDdgW+LwlWJoBe3ehQvntx5tGky64wOkMzF6u8NgdwS3t3GaM5pdUEZFgx9tPr6TyeUh6UKd&#10;w+ep0MW9eP2FBewig4He4g7tb0mGeY5AnC2U4Qo6s/ayQKS6e/e21Q6ViOHymYlwpvb3P3v30b1b&#10;9UxSRJUPdu5gwwMygh61CVSLaNMEWMoGQ7QTQR0YNxsl9/QL1YYsFIwi/9SgVfE4BLsLHBJN3BO8&#10;Xpd1kYzICBd9b0ATzDpFPpUbcfh2q0Yilt66d4T9FjyS9adRWBsWF60//uVR+LiIbqJnznH+gg8s&#10;PaDKSpWu2Whq9/jpGv+73/0aEDn37m1duDAtETT5vIbbZZyw4NhAuyacHJGp0pdqDcYxLb56YcGt&#10;k/Jp/l44k06n4MUMh5NXriwkksU9f2g/HH9pbcUg5fvAYrfaMzXIlGS5+DH0WxubEYjKRQIK4MNq&#10;Ke/wLpLQoVYVWkCcpTiky9In8TgCCY+Np0c3HiMFnNhEQjJHR9vG7J7FKKfbKuDkKVTIauj/8rl2&#10;7wxQUPlMZETxl5cuCKSiy+eWDRIhDnzVdpMetXLlosHhUMlUZBzw+9+93KxTgZ3ggwc75YG0kikW&#10;/XvmpZu7m09HrZjFrs6mG8HQ+M9/FMXR6dwZB6g9d3ZqFpVkzef+0n//J/D+7/7Tn3Abux6PuRG4&#10;/cqlKWxpD//uP9245rn46oVRp1lJRkHZOLcgvTQ1oDNHgmYSMM1ys70Xy95/9HTZizPNeH+/MOF2&#10;Cevp9Z/8m/14EZa2XLZikrZ//zs255x1dyc1bZFMKkUH67WUvy0k/tF2PjbS6cw//s8b1URcPKza&#10;HeZ8qei1jpaM3fjDjxvpJHKWCv4NJrnZrURhZ2/3SPaq2wZLSyuUGjzab9R7MlgwkMOTyA7jhd7R&#10;cQGYmniRrkePfWbEGVA2p/F4txyNVBmZYqwxtjvjXqWNXFbXihvYkeBGXNwvoO1QaovR4AYJrwaA&#10;QF9UzUXC6dJWuL0ZGhdakkkLVyjmHyRaMJpDtlUqFNVqXr3ap4HFao+PMqNyBxYrrkKDNo9Jofch&#10;cwCAhXCgpFZbB+1x/Om+iu7BsQxjVbUm6KrOClyvDOsljQwbnGk71Mknjn1Orlnaju3udIb0MPRk&#10;lE/1vvA/jOxWNMW4GK1hUzEquh1OY/vO8cPPgOaS2mfTxa5Ryu1Fg4V0kVE7EkdHsc1fJaOPfe7x&#10;tbP6ZCQRjhQNnkWKUvDz25bSO+7zr/R1NyvHT93+PzJBTWR6DQ/MtlFJjXNCN2crRu7Jjsd2Bp9x&#10;eViNK/0cw8455akzpyoe6hlulsM8LzSfj0JZfulJRUTi7E+iqdhlHtUEzAygFI3i6zoJhVYJPAGw&#10;I+AxUCCigwfVCeaWMJMoSKakRIk1Uq0hsyqs95C2EhveUGOyIosLRSdKjWwijPBEUGB0JhNRA9G0&#10;Tq2E6QSmZeywKK/yOTRTiiAexBJxRG6hfJTLdQTW0x8ivysWDR37j6DMhJcCAlqYAtEvUBtt2HLy&#10;6Xi9lMEyhLxIYJRI/xalq1iK/QNDU9RkJPAeocMc7kEwLBFJrWYDl+W4o3LDmQLiF5REYxJgeHJm&#10;IMYRNs+Seh5KQtqSrNQRFRiOz5lsLho+1pntcGJQ/3WXnMPiBdmOLKED4VtBLNLIhBMTTlTC7N+O&#10;ILgneyTFB5EM1Uej3kDLBmLfLisqxu8atQpOJPhePCzwt1BhoQpEg5RV11JWu530ZscMInnZSDFU&#10;jcR/ifkQ3g1im4FoniHkAVyBPlE2nswxiYaZIbhaZLxIBQSKQaAHOMjAJov9lJVuQWCsHBO7Jppp&#10;UDUTUi2EoKTBCwXriPwIyLGIEZhHFI8YwkMmgk0aaYhoo+FmKOTTCPvA6wC+QERqLCJKJunifD7K&#10;DzxsHbPiWk2mVJ1dWYaWdfvpk0cbW8yQ656/oLG5t++/LxjX5CTTU22fmscKu3sQhSIJwZt4EBSm&#10;mVRmf/NBLnFYrPcWz79w+6NPwdDvd5HMZOYJjRCWj7v5cLLqmJwbjYTFaquU2gWJF2q0BYDWypjf&#10;Ov3hOPw4Ny5exMek0R+t74eL+YSS261m4/lS3mS1cjp1DG59q9fhlawUMhgQEh0L2yfAqVAkGFht&#10;a97FV6LBDRzEMXonX0AuGTlqojUKlAY8+PAncImHBE14IFvaeEW4J/Pl1v5hlHTMx/1Utoi3cDDm&#10;B0OFYqGB3i/yq6uNpkEt+tJXvwVV4yd3dsQ678TcmlZvxjkSHV2p2piI+XvlzaUzZ3wLl7CTHfkj&#10;A6H9wtWbOrn6+sq02WIIh1JehxFVe4chGeDoJoLXBFqwb967+/jRubMrN8/M4r5GFOtP3r0dCfuX&#10;V8+abK5cNo/nMu1zpOJFYmES4SbHqaoKQSx7ksZcg8Av0YnFjAGyu2qtRchWgH+g4oQXtlnRWSc9&#10;C+fy0QO0/AuVmhjZHgol+Bw6jR2nul6/3satMOiBsjQ76UbTRq6Rbu/tI15bh+OGUmtBkJhKxp03&#10;ilv5+osXzPvr9yZ8Dq2Wm/EnvJPy6LHfwOz9N9+fttlFJqtNZ3YatFKVdJwqdmPRvINX/eY3vgdX&#10;ey30EVPdQtaAVTVAVizQ0JUunSyih24UmBY0OvnrixynCON6ziDd0AyFtRidzvGexmsSpXzCyXzh&#10;FVE3VXrxokNRP6zuvx9LBFojEje44Bj/4W9ZVQL6ONij2/30xo4Dln2LEKrFaqFptViifg7TNosV&#10;XrsNCYQUWiD1UnllRlGql+KFlkpGhR7fKx2v26VHvolBtECu/nGkEIgPG12+zaCV8KhrN2Y8Fq6C&#10;yl6+YoZZTq5Tpkv1SLLUGoq+cMMZTnF29zrB4+7klMbllMI3qRJ2M8GsmCvNhXKr0x25sBXwF5HG&#10;jfCyYqG7e8TJNkVqnejD+4FfPEZbAlvg6OYM3ylnNndzaEJh9Y2l6h2O6PLanFbE299JEu8cd6zg&#10;UsurF71LZ/Yf3ZEooM7Rb2zt7EValY6c4Znl+gW05aOxgdK+GAnEtVMvFMtySTtmkfRXVszdTi6T&#10;Dtw8X59y1MJFUdPzVlfhLSndA98ag0BB0pOj0SQTSHn1dKbmf9LRz4gM7m46MbM8f/yrf1Ak7774&#10;5Rc66Oof/iqbSy+f9S0YS8i/KHMujBQ3VRPX5KON1pM/0YgHcBlRUoQ41SpdUV1zoa5dHbM14Zjd&#10;8qhfC6s8KRSp56iBZ9bKZ9wC5tn6/jkWjz4Vy7KVEsU8ry+pZ3wgwtfBmZhigxip00xp/IP9hD8a&#10;cOKbGjGnUK6CAmA2momTTwo8KaQ+SMgCAItL8JysCYPsLzzeSQwkFD3AdaOyE0sV6O2gAkXJhRkh&#10;QsEIExwJCPlcLp2slHLpdBpVWqtexMEPbjlgr9FlEgslaOGCK8QlSNIRRJi7+3uJRNwIhgeqMPhF&#10;5ETuijMQ/IWlQqpRykL/SUKhiY+ei6kmsWIMRxqjDdsmnhtUQrhEu0fHEFvaLQZUTpDe0ISqShrR&#10;J8cItvHIEgOpMee5xJhmZ5E0WyORF4pzYT+ZzsfCIZPDjWdyQuklGCD2m9mAEhQYxCxLOPGI6xr0&#10;UOxNOJ2kesNbNmJCR/uNWhmt6y4EqC30TvoI7MDWokFYrIAPcSnanrjOJosNXkZcZHRTyf9JJF0i&#10;l6CR3MKOgRFNKx+QAo6423AcwWtHJwATI/wtTEfsNoq1bEQgKwTFRvgGpJmGJDIiykBHd4AWLhAL&#10;Y1IQNLBZYl9HBxu+n163Be4rzjuoRvGECWtCAhwKoYOCUsslKFGCaqLYgrVazLPBKXgHeHqtFij2&#10;4+PDTCqlwMjaYMI2ggfGbcEnr4IImNCvq1SqwDBMTk3Oz05nEul79+8mwDLUcEuRjWY9STOQHmUB&#10;weWLjcvzvmmPy2Q0z/qmZj2mcLxESZQylSwRDSD+iUZEvH2yXuXMLL/sW7lWawFXNLK7J72zC4+3&#10;j+5+8NecQR4mIrTKLQaZw+Opd3A4oi4vL67NO2Fr//j+Pli7u49u17IxJIpQPAF8pXPn1xYufgl6&#10;rloh0qmVgK8YEbQdF6NgqJNNOl0ktBkPP8WZrdMHWRAQALQBxgSgjwhu1PfdjkShFKm0rXoFXZR2&#10;v427BiO9Vh2YHgQM9MlRUyjtg3KLtvwAHw0UoWi8gzoEFiRG+JVSNX8QyFXr/Re++L2185dXvXar&#10;WjLjcmLKfeuTv/BNKNaufBsHoXy57py5urp62axQOa3Gg1h+95CEf23uBX7w8w9/+82baFsUKr3X&#10;X39JqdVBc9BplN1TM5naoNTtPdwJPnpwu1OIdxotBz6VQjGn18At71g4j+MyqoV6o4KBCJkjsLZs&#10;nJbQfLBO+Dh8OU57OAa0e5zVyzfmFs/gfYfrSm+xgyyTy8QZRGWqVBK5DgJu2Di/9tZ3A8fBnf1d&#10;g9GcjoXiiUOn0+eyO/f9AZywXZOry8tXLi9Nw5KbypW53//mZS6nPqFpynnF7UBMb+HOr/qkWue4&#10;Xbx0Va5eceeSKRn6ud//Xswf+ft/eKgQ0zZx32MwqR0rYiVyxTOd4m6l0n5pyXXwNH/r/rFB0V29&#10;OMM3TwUO84VoKhtOQIcUKLaEJmOsSG8F8BJH60eZdqfxm1+TBbdr9ST3pd9esVnEkf2jvSjErfSk&#10;Vf4Hvzuhsk/591pcRjjtQpxuAynhzlmVbkYy9q4ozn3bMnOmk0x4fA7XmaW79x6/80kAi49Kynn/&#10;Ybw55st4+Glmh1N64YLg2/9sfm+v6T/MqyU9tUIaDpZ+442zPrd64bxXyINiq/7l71we1Fof388T&#10;ebJCWGtT8ezgINJmOmMh0wTtFcayTiUx6ZW1GkMwUnmYJXd7C9ehdRFWWxSauqOBIFuWtprdSi6T&#10;JbZEfrtLzbuUsy7Tkb/t0XP1BsXmYVVrkHFolBGq82e86PgNSe9gePPaOSQu54tFONoAV1IrBTDF&#10;jZsJs12tcjpGtOThrU0e1VMZAA4PyThRo3BP1LnfHi8wlMat3vfOGNDfwRopMM3y7ReHClfmOIo5&#10;Cm029NB2QXoDoUvTcrksU+cvvv4lz+xUZOMpPR5MrvhKRx/XatnDo91Gu86VGuluS8cpVruWwcq/&#10;FbhebOz938dP3uZr7A6Ps5N4out8rGp+KjEv5qf/uAxaAd1nt0r06Mb0SewIfUp65fz63vk8yPK0&#10;CXtSULJanmfMAupzLB6H82sWTXZzPB19ck8Ae2zHli0xSemCzRJlyDi+CekWJH1ogKrAZmLVJkMW&#10;R4B/YSN4SJsTMy0yOYOLu9dFklSz1QAhVmewy1Vq9PcwsopF/JCwJsCsL+QaJGgK61JDIlX0O1Xh&#10;qGXS60DUhCwPBQpivZQ6M/yRYyISYmtckWjv4BBKGXjbhYS2gyZlGwIjlcGMaVs+kxq2awj/w+vB&#10;+y7icwjMBk15mqcz2YlhA6UBJjFjei8QgYTXjjxLDmtEJFU0SUAjxSN9qix+BtMdfz7xZdl7FGtx&#10;xauGDTEOwkIianchOkrEiqrYTidbihJlDBZahrQEeETmAgR8G4kQTqsVO8tJoko2GVEqCO5Op9Hj&#10;qcGZDiwnsLR8lrOOdxtTSJolPAyIzGfMsgtIJxmSNR4xaEoIlgvRR2KoTgasZFFA3JAopkSSkxgl&#10;2EjB6YNctt1scE4iMFGxQhRQr+MNGxCLRQ1jzlqljDcOEg4yQwXuh+Sf4GMKcjbcJgIg3InaEQ5H&#10;AOhEIkJn5SCKS4ztj2b1SxASSaTAaErRjcehB3cs9h6s+IitBgAPcZJIb7NYHVBeweLC6q7JFZHJ&#10;lNgv0GRGygpwKKvLqyAcPbh369G9RxKJsj1AO6mYT0fGAtu589dEPPiImhIRD4iFdK6BGeirry3V&#10;RnroYQ1a9dq1V2LRGI9qdYacWqOOxvjVl7/smpiBXfP2L/502ErBiCWk+jaTZMhVVbqKZpfj8Uyt&#10;zk1CO3VnfbdRq81Mez775F2tmgcVG2cEPVPbPDmZz4cff/LLTq0iFkj7JJtqhD4KTkNiwXD13OKA&#10;IyhmE9NzMzqbFf4xUK3kYKSyjAfU6DisCaSKZrWMa8UjSHhUZYjm6/MZksyNRgjEzJgri0hNhgn9&#10;EOpwQDDlclGt0cD5OxYrPdoIZIojIgkYdHBrFfLNhSlnpTH41Yd/XUjcEwicbvfiztOdDqO9cu3l&#10;Xr2Uq5ZStcHfvH1vMOxFjo8/u3cbBsYvrJ31R5P+YKRWqUPauvPkCY6GtFj98d17tz97UM0n5QI6&#10;mShymX4iHESsOk6uuIXQL68Xk71mnQFngDOSwtgCY3Gvx6eHnpn5idkLw2ELb4cP4Ju55TdePr+E&#10;AC+NxWh1iEW0/8ldktEmECu12kKlgU/zuYuXkeAXDu3WuxyHx/fqKy/1OkOP2wuZ3p3Pbg86EKBV&#10;IdyLhfcDEX+90+D+u3/7VbOuEz/YsHqMq29+T7fwbePUpYg/uXXr1tSiqtcs9WgZONOjYuY//fnD&#10;Fk9mNtIzs4u2C9/uGc5zcVflPrx6tmuScJqRvE4KH1vFYYZ6MD1/Y6VZPKpmEo9C/QwknC5NX8JN&#10;tIiyu91rGL3K199SdZPV//jv271ize3gohANHIb9kTp/0Hvjpsq5doFrWM0Go8yourgKsy+/R0k3&#10;twvBTMMwP4nCPb7+2P/JXZ54TJu0f/v2VhFpkBLE3jZBt/32l2+49CYM+LFn74QiGrsBMS+xg8Ks&#10;VfzyMpglivVd8JBG8kFhPMjZz56JHBbXHzUiUZAGxpFYFhzNwaCdbQr8kcK1czYY/JoUd/biHMp2&#10;uWBcz5WmF22pEnWwWcDnZHbBmcxwfviP5Ua1Nz+JAOF6ptxXCUevr5lXl1zb/i6iz/ToISG8Uzo4&#10;6+z8xpds5QZOsrRcTA86jEIkQY5hNJbe2z64/soLsKfu3LqrEYyswobBIB3IzZh9nXdjWc1zunvF&#10;yrGY8/TrN6P9zP7Y/Ud1ZjLy6Z/iOMUozjOaVShOWps/V1dTMJhn00m9TtVIZAa0RK2TDDpQ9nP0&#10;ej2UDolA4sLVNQQg9XWu5EBdQVsNY2SOfuHyl1x2IxqWdelShW+Rtn46Nf5rrI2B+NhgmwZ8mjOu&#10;S5USfmmTS0tK+ut9aB1ZYjV90oY9xfE8g6pTzHMlK4d5TvdhPq8tn1kxP0f6nHBimVOcHrszkixX&#10;sg3Q7CbJulOwLHPZ30DlAS0P1WuNYo91CiFOpr1OGxUMKNuohGA+QNwEBlrEj9DGCQwqlu6J6odd&#10;3NE8xPomNFqdKEnwPNLZTCoaVGAJ5kHxoIdrQas32Bxu8EQwapQQ8g5JyoKRGeUQag4k2ZLjNnni&#10;Y1IV8QWhSLjfrBtVMgGXIMVEKD3R9zVZsKnAs4jwZ9RiMoEA1GKJkIKdCz4NVDNqvRkbCV460QSN&#10;x0fhOHwRBq2SHUPSbGjiqQ2VfiYvZtjrxGGDVzjPKkUeMd6gZEVVy4UiCYlg0UTUZnOhOP08/oVM&#10;28j2S9Y5VOSshBZlHzgmOoXYbnfQJB+anH7SibBMQsS74yFTrtTwsOiyosGMopBi2foY+BF/t1DA&#10;toDxfTwiE4YCaIi0TnIyg5YHglNgj+BqQG2H1gDeB6gTcUbCdgjvJd6McqkMGwCqIlSH0FiRbXdA&#10;8NkoTEH5geoH/hCcKWAC0ZtMeDYQ42C4LINYAIkiKCI5JLcQzwovj0TSwGCIGSQbBY0WO4QsKPBB&#10;LCBlEmEeETUP0XS166T7rVBo9Rrsu5FQIJlO4MBkNFqIunc04BJ0KIVGH6aYWJ0xfkY96/N5zywv&#10;w16/F0gDjmOf8K595Q9nz77abpV5+DKe5DCaPDwKJnO1MdHgwXQkdNoNaM+DgnX/F/9PsZDuDXsN&#10;BBEinV7v8kfij977M3En34cL3SHz6utLUybPuW8yElsln5MpJKFoAY4Tu8tSKyH+JK416ovJKEI6&#10;4dN47c3v4WC8tX63WW2rgOAfgliJAwqGBnzc23a7cmLKmc8inqzmmXJA0JKOZSVSdJhhu+zhtiQs&#10;Qpgx202iTiPj69HJYJhDBuPE6cwlzQkcMggYCJshibghN+Gw1sRHCghZ3B/EmQW0Ihrlw3Z+f/cx&#10;LeZbnc6dvY8ffvqX89NnHO5r2WI9kGzq7a5wMhOMZ3OJNO4StU6Lk41Op0gX27/1tS+B6/tn/+UX&#10;pUwC9UWrlMkm46BZffGVl0QkaBaJ08V2vQEZOI6ByP9t10rYHXE/ZCLAILSJBmFAslzEJNqVg6Yu&#10;DLIWu8c54fZvb525fOOFG9dX553Ao3+2fvDJR7cAKgJRcXd3H7c3MvlsnkmaK7t86cLaubkf/vgH&#10;OCj/s9/7A/LSBoPLa5exTsZSR8XCbr2YC4XiR/6DVCrEMB1ohri/85WV2OZmLV+5+J3/TTL933Vp&#10;9AjHqafv073CpImDnBCbzyobVsLvPqRpyReuycwavnn+Ja56UiFmbNydzOZfLb+IU6l0/edbFqN4&#10;7dqyxecayMisWEa3xWLkLIh8V68Dorj/aPPyjcWt7VQs1/nCl/VWI/fP/mPeH+y+9YrK7RH5H6wX&#10;881ksv3yOcXVr0zAMpjb2ubTxZEwwgHhRGXJVDu5GtNo05x2QiGuKqRYBmiRUWc4syrn0fV0PZNr&#10;LC/OyHTW7dgYELNCk58oM7h1R8OGWS1lCmM9Li6XUikhN9MIeGJOI4c5olDCffAos7lVwRqIAu0r&#10;X5jZ9tdfumT6nW9NbwaZYqoe2E30sdfZHZG9BBzhuXLvOFHDjDOYEyQL1EGwG0jLaq3x6oIOewmy&#10;ssOxcrmIpjQnX+pbtVzRqLEXqJxbEbzxmqAEQjlQnM1RzB9LpNuIFjg7CykHIpmUmPf0cDOWqiar&#10;rlDu4TOJuFAOX7E07967t72+7n/xkkRtsYUzvXE5To1kT5ovtxjjGd0DOcIXVW6YqgyyhiC3fbyT&#10;H5z5dkdjER+8y3/8C/j4RhK9RCmJH8HEkm4xAqNFXwqnDn/1M5i/Z158VaOWqJtRh3PSevXNaHmI&#10;wtTodPezG5r+A2QZ6y1LZu8X+gO1Sd42a5h8DS7jms2tV0jdkJK1pRoSvEv9Wgf2GSz99I+YZ+v5&#10;s4HZ84rzpDf4rJV4ovahT+eZJ8TZZ/rXk9LptFtLRESskIWd2BGyOZICk1tahTiVyZQLeZRPKF8I&#10;MpUiQAOi4uGiu4Z9CyNLhQrYQ7Ro5cgQ1pB6juZojBaUU1jlwUCHfcOk12OFpgQSrPVYYk1mMwaK&#10;gE8izQfiL6JwJXoZEjBF8aUcogslOxrRhEpku3sH1LA9aYZWho9OIAyGaAyCLUc2y0K2Xsr3GZ5N&#10;LbUqaEK74UubLXTmBRoD0aDiqqEGwip2EIrhqeq1KuJ04XIp6nOlMXtwoOln0dknJSabaHlSURLe&#10;OhsZQjeb7XQ6E4vHrA4XscOCG4EijhqfGl5ZYN+I/AmZ/5IozV5Pp5QAbYCnhZUSm1AyGkYSGI4F&#10;UAHj5IFWK4p4gvkbD6FzIrqJbhd/jQ2NEGJxgOALUISgg91o1fEGKeVKHD4Ag8UbX6lUCP6ugjkg&#10;HJNNhswd+3iS0OTgHZaKpaDGy0h4Gc16YoHglbDBKkTZSwK0McVDtihrb2VjxtGwFaKeHxAyL7yq&#10;EEAhrIUcYYhxlk20pghJlzDdsJGASUjEzUK+VC6RKVTYMmHVr5ZJQgjyklUanVIuQTfy8GAXRyqL&#10;bQLqIezYHDYrB/uvlETNoPJGlnNdpdOdWVoAGDYRj9cao9kLLxstJrz4SqMZz6Rz5dawmm5l/c16&#10;AwaVGjmqjVQa2U//9P+kO9mJhUtyuaGYLqhVegQOp9PHof11uULndesixxGZoG/UiqOJytb6PYWI&#10;c3gQy0HTcoyYJioe2EglEhbHXOxoa9Crr1z9yuKZF9OZxGAsggh1PGgNhi28pUN0YgFnkICSyE0n&#10;Us1aixKIG9W8TDJutAeVGnK4B6QVSxDE0BqwfRcexTqG+4RpwCcg6AGBC4MBCbUGXJsYGeAWIZHj&#10;iP9jU64xAEQHpEfST3G84/Sg/oBQGWI4tWJ8ePRZLvHA53Kvnv/a/Ny5PsNPVXrb67cy0ae5bHp7&#10;/WE+myhWq/c39l984erNq5fxOb13kEylcwteUy6dCviPNVoFgmfsjok3b57v85RwiiOaLxMNjYmY&#10;ewyWCO5a4JMWLr0AenY7H1XKQFfoYblAMwNDWb2Cwm0iFMG8K0aeKBRAgXASMMtINDfpMcUiYQjx&#10;btx8Gdxgvdl+9dLalMetJ81yYP+sYpnS7bBzyO0yQs8WgY73HnyUSyUQtOaZ9nIFugnPBNR5TzZ2&#10;uf/HH/8vRvdVoWquz0d9B8z8cTX0wca9R8XGaMrBt00amFY1sxEYVkWT9tHSohBs8Waqzssfbfzw&#10;rzyawMob87XmKH2cmJm1ma68URAuPt4KueZnntzfbpbrGrP904+2rr35+vyVBQ0nGDiKRPKU2SKf&#10;nxY9ejzej0F8TZ31qo16ZZfRtAb6bLo+vSCZe3Fl+/bW+z98NHeFXn7TkEVmpX3CsTSzvnGYq9Zc&#10;S3r3+cURAVo3ETUnkArUvJZiUJ2ZFK2ecUcq1D/80z302dwet8OsOAoH9/1+t0WoE8iHHUpqtdJa&#10;/ZkzFvTHs+D4yoT7R5V7T/uQ7mCAZDOoXlnV7B6hBTG+usCQOJBq8a0XYNaikQgn4wr/5h/23C4t&#10;1HcHwQL0tKFkrdphFlzSuSl5j+I/CTTRS583QLs/UKgVV9bckxOqzx4lp3zKtSsjf6h2mFFZrR7Z&#10;WMT0hbUOdePNV7vj/tyKGyFfHI7Qt4TYB0auUpR6BFWtFLSRqA3v2dvvhi9ftC/Zqd3t+lBkVov5&#10;1a5GsvC7crPPxfvUrE4MB81+0S/tHSJywC/9Ztb1msZurhwfozOPqHasGbCbMCiySkXj1ARHLtn5&#10;+Xuywv3ZWblLlXY0f+WofgTjeVUx21NadErNIBTo1dAMeq07/XvZ0WWFVEdX/FMYvXYr8UAQcxqz&#10;Vc49+IGnHyoZbtQoMY3HP93TntePp8qdk2AMzml+Jef53nmCxTvZHJ9NMKlT9Sv7bcwJCO80P5rt&#10;vJJW4mlbFgs8TXQ30IvyqVaNtGHlYqgcUb9YTGYFsIRSmNTFWHhBJmA3S8KDPR360ay3kCcgbTea&#10;gq4aczJoRYpog3dbEsIqwABHUq/VJXLI94wYHYJ9BtSkTAlmMhf2f+wKHK6YJ5ZzCcoH/WgB24oV&#10;7u7s8DkDkxIccDE2ErQUUSpKVDo833Iu022UQGc1ydC0GJXbDFp+oLSjIyRTmblEyAPfJPZiat8f&#10;BczMqNOQoo80TrljduFmx42nNIHT/OxnpfxJ15tV+KCLCIAct9npQGeYTiYtdhc2dmynJ8RB4rRg&#10;6FNRMsNlIT7E0Q8Fr1Ylc9gsDJurjQ4yEGvIEwadB5NUrI8CEv+BqzsmHlU25gmyGXapHbdbdRzy&#10;oQABdQV1GBx4aE1DxVZv1ElQ2pAoTgkFTkoeDm8KslCAJMR5BRZKlKIkJBTlKTJVBmTVJjsg2y0k&#10;lEJEoTEjli8hOu1fkMYf6lQeK+ZFRUEy1MjNQ6pKMsUlnEIgllCyCyBpAcYPvdwmq8DC7JNkiKGl&#10;DAIQ0QwNBmg7oEEAF7/ZhOKeFwv544kYmpAGvRF/j9ArhuiEEO0BZa4EBxkkLWO46vVOzUxPhg73&#10;Pv7ZX6Gpb59Z+OCdv6hl4/apC8ePf1ZPP0HUxfycs93nZqrU+z/7USP2SK814IjmPzjmirW+sy9D&#10;GpM8fqTQW84v6lcc1aNIE8hsSGW5UlebQVKyT6wxBHfWoWK89uJrALaJ0DnkCeqFMIcnqVaLWw//&#10;8fDxpyCZgr+KohNabqFY1W5WUE6juASHsl4Gc2woVsivveDNpTPxeB2vgNA8WMoWgmDgEMYOhEvG&#10;sAExpG8DKhM77sVkV84OcmE3RMcV9hLcOrCm4E0AuQfJ5xhokOknl6DHBUJaY9TgIi3NGU3qUSiQ&#10;OHPhSyPuZLPe01jtkeihf+NjB3yHPHlnwFtZWeDy5Ua7Y8ZumnOqAc2o93qTk847tx70uk2cuBB2&#10;AJERH7llGs2cQ3N2ZeowVITyC3bbkyM2yLRGi801NS9AxMoIZQUmaC0cgxRSvt0s0mrkHaBgO2Wp&#10;cLz+4MHBzpNSueWbnlzwOqEhevxku1iuvPqFa/lyM5crTjmMkJjZbVrI12APK9dq73/wK0jEPB5X&#10;PBmKxfd0UBKI9NC3Nyp5IQ3wOj8ejqgUAu5vvPWWwnUB1M1m+omcH1v/9Ef/4f/6WxhGUrE6rL+I&#10;QhALwJjo5HI9SsS0OLJIKKvg1K26AYR+CkVfpYH/qzlsdQP+ZrEqnF5ehhgsGtjTagX1RKiYqvWb&#10;o4mlOb5hlqtkOoOSRioGe6qUaGUromKLk68OOvWhHTMCrevnH6e+/LUzegsV2gvRDcjxAU8p2acN&#10;HJ56dyM6zDd5re6UW6wDJUrEhSOC7uUl/Xo/GWK6DZrTXTunAS77Jz/fRW8fkU4dZiToBvYjIZFZ&#10;e/2CCm61o4OSBwC6pYVHv3w3Fi+2OYO7W4k7+yOjevjVL6ow2J+w64blUDKHo1p31l4Z9WuEkCaX&#10;1ltM5DAFSOn5a3MzKwvNDiccKdhNUiy3SJS7sGip1dq374dEUsXBbu6sR4j20060c2ZakYhWKLn2&#10;+lVlppCLJTkWOzoDvGG5Y3E7bBcWjDZVK+dPZErtHiVUKLZDSJzgJKM5LtXFiMKm7MgF/f3EON+k&#10;bCpmXOum8xyTx2Bx6CotLTJZdSpx6fDTfnF70q0Yt6rRHUSfiCzf/A9ytbSwcYfiK+AEqCcjGul4&#10;2OgoxEBscAxWIxan8v4mVdq+cZnbDP69chjAbV8e2QcKr8Oi7kbDyXR/6L4U7yC9lhE1/ZzAj/j1&#10;Axyz5RoFVjXj9GWs6r30OlIYk6pXG0IFl2yWNOd0uEixihPm+djyc8LdKfbu1zk+v+a0/NyReTqk&#10;pJ/tnRx2usY+AJemT1HrJ1oVgvFoVJjkU8ADKsW8gKIBmmHBbGOiJieKHhYcAzDWmMEYBhpINABx&#10;5i+VSyT0EU4do0Msk+Ir84UCZD1SkQhPD0syKgOV2Q7LHn4O/hyOFKnGCMcBNPjghiPtHnsZ9jYS&#10;9MmOufBdaOhB7GqUE1kV3A5QaWIsJ5br8WXFYrrdqCCKTiqiSx0eGQ1hv0UfWK4QKw3YzQmojCzg&#10;zEEgglhjRHHjAfnEKEJeMPdEx0PETSd9bNb3cQJ1P7HWMBRLt+ewUWNEa5pIpRPppMViZzOkWZAg&#10;2VNOet8MSe7AKJEi5h+sl2hRa5ViiOZokjOJBNhBIZsAKhP9S1Qe6GMTs2MHFkckuqIA6xSKRewl&#10;qEN6JDyEgpgQl1yt0mC/RimGLRZ6KDvWtQknHkGGQwdkQcgVJ9h9AgMYE3Ivvw3mB+oS9GnZESo2&#10;ZYqIfsk7C6XGiSsGbyXKHSiHuKwemB2PDsTEXg7zKHE/sMJa/HRs0wh1xnMEKRXt9k6zXYNKCDhd&#10;isVC4cJg5yUnBcy5BUI17mQRH/tHAzcPIqsUapTyUEE3a+Xj4D6mgjqjCW0I3Cyk08venugRCAgl&#10;GF2GNuiSFy9ewrHqo1/+l1Qk2MgFAVTRWVyP7/xIrYM7nLf/dFdtmBTKFNHgpkEjNOkk2WwGBd3K&#10;xetyvfvOr97OJ4Nn1m6Y6HRw545EqesOxpWG4PLX/0imttx676eDbhVF8KxvHhHarUYVV2x/+8Fw&#10;2BSRVHNuLh1TKgwAHOcTETVJqJ0A5m7YLgq4UgLy5eBoIpqenSL4xuNMOlpH95U+YaiTeTbuWC4a&#10;sTg7DhiuGvZDcl5iiK2HT957gqzEEYontLvnhVKNzmiGOgMwYD6aH8yIIA3lOloiBxwSsSLnzi9d&#10;OL9SLjfVcqpRzq8sX9ToFiGI3TwMv/3O3/SqB1Dacbgax/Q5wO0urEIps5LNtc4tOh8/DZYb7WWP&#10;yW7SHSY7M4vzTB9dFm6p1OhAkisQozuD5zPlnZRqbel4dNypdrtNwKRc82clMsnhxi30qHUWixpu&#10;PSVl1osxHyg0BEA5YZxZLiStNgOA7NjyMf5f9rqK5Xqu3LlwfsGCYHfcPQLuhx/frjbrCzNetrNC&#10;FUswYBeqxUgqGRZw29yx2Dd7qVIIRY/3UsgJHlbBq+HwpSBXcP/oD77FjJvZ2Nan7//DOz/98ZOd&#10;KM7Cwm59xiihBdoeI24la8nD5tSiTSwbFQrJC9/5qufysl4SSqWyPJk6Gi3shetdWvbZZ4nYQbqT&#10;3ndbO4lIcMIsXpxQlmLlYYN75etvMWJouapuF9WPRMRDpHjX0U3xTQiwSOzFKhjlD7ptgYyfb5cx&#10;f9JwBnqBMJ0kSEmo+SsZQfqAI2jRvXTVqueKDOpUc1gpJtxmbrs6rpbFiMNAg2F3J6uzurcDozal&#10;d6xelahotSgRL5ZiPV5nUN3di1fK3SsXJ0A3/bO/XFfo9Neue57sFUXc3nd+Y8K6eKaQ65TzuRtr&#10;lkf7A2g3vvUy36pBiqFwt6Aot0Um4cDrkgqtc8bFc9l0VgCxaa1pUolvvvpCudpHB+/VV5ZVOMI2&#10;exJk7JmV2XK/moVIVQ8CKRkKNNtL8xqExu/vVcVU/uoblgEtOPjwvfPnRF1KV0AmlkRgnXIGDguI&#10;gJVLeD/7YL/PU8SyHJHaVG+PN/eLpa5Y756+u13MtmQDSh3e+mTnk7cNOpMZTakqymROOj4CYUsz&#10;TlaxFyoslqXlcpPb48jAXugXD2rFKqV394WSSq4GQYpCzVtYsHZrreOMoWf6epZzxqSVifKPDZPT&#10;Hd2U2GXulNKcW//SRd9RiPto2LZqOb18wLV9MeX4V0X+apdnDnp/Ly+fwchodNIqPJWdkOWdS7E5&#10;XixJ4Bnu7vm++GuZxadU2P8f++dU2vOsV8vmRVPMiX2E+wwzSyogcurnMvU8k9oGW6tcLHIJqJZC&#10;WwarBhZKrOsNwnAuw3eI2RiZXHbaWHyx4GF5RetGJIBpFeIxIVqgWag/hm1QUcguSEKlBygsCRwP&#10;Pkt04XJpFhpP16oVtCVFEiV+A2AssT9gS8MnnOKGwkEQ+cwqKfatIYkPY0SAkKr0UHtWynnOoOXQ&#10;y7s4fpARG9oiAjjB0apV6c1QYaIAG7Gwg6PjmFGn1qoVJ8BPYhfjnhTkJP/45KqyOwqr8GGehYkS&#10;aC1bKNIkMwRbGnKd0pms3eXkszZQhjUUjlmDJTtmHbE7DWHd4fXCH4KAe4QvolWFbwdgPh0P95F+&#10;WWvAQ4kLjt2rB4cByANYyUgetgToO3zogL2GRACPrNZo8Fus5iyCF//w1FodzY6+2O0b3z4iI0+G&#10;JaJzCfGX5FZShGqE3+M5YbsjmyUzFrCWkQGbrd1kE5XxVBFFiV4uzjcMG3wGWC3+hLW1tImQlFCM&#10;xidUHjgmYUXAO4VVFadteIaIWBc5J/iPENYdAStDI9gh/DRULWDHFIs5XDh0I9TIJpKK49FgPB5R&#10;yDVmo5Ud6Q3ZJRWh2RhjSjmE/F7Hfeb1+WwWy9HBExzNgMWBZkTMH5C7dIw9WSbSm46fftYqhMBi&#10;a7bqMDPjaUxMn0dt1EQTSCJxTi52qxkAXBdndBgxMrRo/fZHTz77RRlQlXLFNTGJ2+aH/++/h0lO&#10;azSOO6Vuve6d8rzw0jf19oVuq5xKxqFu1ShRGzVqpRQqP9yyOPpIRXJcKcLq74yQa4ezHYLP4Oth&#10;P54j9qMEuKCQw8VcdWRWK5ecRsTzgFMGoS0tVvAgF+q0YGGdP/cSGrP51HG5WgGidjToQQytVgjO&#10;Xz9n82gsahgTxJhgxiK5hXmnSccNRpLhdG9vbz8a2d7fvq0XFZBk/OQgjaoumSoiczQQhK5ny+00&#10;DxjEOI2yhSbuklA00+q04/49cJ6hrcSPJooEobTY49y+t4PD38GTTf/2Z4gRwO5eLOdhWOJ0qsVC&#10;EqPpi5fO+bzzUhkJst0/gLWkhZ680wYFK1UqNO2+BcfkNGsvxgrIX1me8ZiMYEWbDFqz0SAmAxK0&#10;c/gQhePWkQilE5OTmUy81UibTO6ls6/cu/2P+1vv2ew6sPgBYNNbp3xnrociCe4f//Mbu5/83c9/&#10;9tO37xxqdIavv76y5pUW/FHzxNRLv/P7405955OHUrViw1/BmvHidy/JFr/WHMk7/UAuFn/6uJHq&#10;qu/vFGmZqd7npkvtajZ3+ZytOBLsRhrZdLtYpL3zVq2x9947PyzGDqhSqV+qTa9oOgLAiqVvvmGo&#10;Z6uBRCfXIJP0r3x5JlxFX60t7I52nmb1TuPSqqnVpTrpNmIY1DYjciW8Z3RdIS3USivFo0629PTp&#10;uNpXgfHt0ow1CqpUF2g8l8s1zuLZ1XhgLxE6xMpSajOtDu50NJZE/fbgHz+JPUn2acQjGIyPNlNe&#10;M//sxUXV9LXAjr+aTFg00of+NgACzRb16eNeMMWNZpnjaA1RzItLE2LTBG/Q2N7Y6/QZaBpW5uyL&#10;F86lszWp0mjWKseVnNOmrXFUUovr5ZdWpWPCT9zeK8LWN2HgPbwdaLcFPi/g8KVcIvuDvzz6/5h6&#10;D+BI0uw8sCory3tvgYL3pgE0uhttx3uzM1zu7ixFShQp8Zak7niiQhFHXigkxkmMuOPpJJFBUTQr&#10;Uut3drzrnp6Z9gbdQMObAlAFoLz33uV9L4Ge1QS50bOLRlVmZf3vve99ZtjW7h82hwvu1bWUQVqG&#10;tGxtJxyIpA/C+aZQjLApwCDZWP7UaMfJc9OAdtV6Kyz2pmfGo5FUNJ5V6vTannPVUnXj/opSa5Eb&#10;deJ2oFXYzdhflA4/j6YeYT06wQOH7Hpu+32TWtxSjoqsQ/kao3d2uLvsNXhyac9ULW9WNRfVbHOi&#10;9F8loatBy5tJqUnWzuGZEmZ3TLWFnl5ztZwrcmZ5yaMcee2R9KWksitlfybPWkRcDeWi9dich+Ep&#10;my1Kt68zZCVzvMR8nMb1dVaXQPA/jZG/pMNyx77rX4dJP55FjxWXomMJCsPjqTRpwYtbkE8KAqug&#10;tPsODhAfiD0MCD4oVxy1xFX8ODgmON15ozkc7jpitAJoQjKOEvxJCdxTsXGsV6pIOqyWssjGkiAL&#10;l+gvDaXOCEaJUiHPphPlbBKHPQf7HhBAMH/BdhOxQ/yqkPI+KeaZ2djcgmLarMIAB6NXWGvLwDlU&#10;KCEKbPn393E6IYywKYCxgLBWZ2Bn0CISqwgOPihRvO8NknibKJYWhDEatOQtc0zwIRT62JbkqNjx&#10;dJ9j9erRoNnGmvbIxo46D9jHR2IR/OPqcIvgjcfDsEdhavx4LuQ1sByldvAtCHx5rCYN0EiOJ9Ni&#10;hen37eIqUG8wHAM1RYHUaUA0VsL/Dy9JrnhAYPEboPtucYVSkU8HJykqVChYGLKULoa6S67xVIDF&#10;lMHJ8JAAfiGfjE31GrAqcXBI5UaVGStNWL/iXzMZoLgFcEcRcYJTEvwaei0cozAhlCtx8WgzAOwS&#10;q1UOAZqOctDACOLtYjE40vaUJZktlUUM0YTeckRNevw00e4XjQgWtAReM2DRw+4HlusA8DFTAjGu&#10;Fgrb26vosRAWjecFCMLR38T14g1gNsHsinvidtoRu2l3OPZDIavVujp/PxYMQ3vRP9Dt29mM7c6D&#10;EgLlfjpbFLZqmEdHx06hpC89/DKTSfgDSYe5lcml1rYSdofZtxcB/dnac0Jj6UyHD8cnZi2u7lR0&#10;J5cr4bGvl2oup93d0WG0wGzP8vD2Z+J2CYbHWK3Uyrkjs44GeedS+hQeRdhCwFUQNnD8AyTBfI6Q&#10;dPDhGiSga3VYnGUUVJrnZQiywbeoAI8RteXE3AWcKrFgwKCVxUI7h3urnW4TsCjs/FxOFVSNQyPG&#10;qRlnrRpo15KQY73z/j044U+PKLKZ6OpubX0rnM4gZCzbYZXjUTAYbX1DA1dv7QxPnP7ffuONoS77&#10;h5fvp4sFuUqxsrHrWd+IxiK3vrruXb6PtbGleyQUioHjMzA8/CvffPnAG0hRz5At59OwkheSmglZ&#10;b4pWAwBNFMtmpCHMnXnK3jWyvrmxvbqFQg7QCNrdTrvaqGX3D+KIRRkY6KtU8qlscXywe3Pbt7zj&#10;R1L2/WUP0KPRfneXy3kQSdx+cC8Q2g8ebAcO17OpIHwWs9lUrhAJB1d0OpxgbZwZJLxpyaemzp49&#10;eZL9+O2fL8/PrweqFy6cGesy9/ePrF2+fOnJU9rB2dt3F7ZuPsCKbvi5E/ufrw5eHFS5zhR8fpV7&#10;pCF/Y6ad6DBnP7mXNqmk6Uh8A6L+BtMLK7ZYK1aTeHOF/VK11yFwzTJ//9NPb6zkJnoNW+jpy23H&#10;sKNj2rk3v3T5/dTSlnLUAjRHopKARKB88kJPyrvrubWAVAOhpPLTdw72AzV3p7m3qxpb39LYJA93&#10;dhll7eyzA1xW84P/HGSrjQszosxh7f/7eV6ml77xglXSjC7du9kqh6ydlk/uUuISvqU74do+o9AI&#10;6huP9mUqCbQcFi2zuHooVGiixdZH7yzPxOu7h5BWGf/9T3w45MCJ+L9+EkXqfZcRobqlcCJVaGiC&#10;V7PdtnmgUfvx+pOXRte90f/jhx7te7tSibDCiYwasYIrGXXqTFWgDVebt3bxgCUOwpuBwmKmAY8F&#10;HLN9PVz7od8BbK+CwF6V3Kh/95PyLe8qwKNAOM6t+8ttlUFQ/86rHaxS5Opxbq7H3nnbM9mlHutz&#10;gRLvNNZhfFlI3D47og2FQGiTJZrimnjQ5FgRQxG5FRoakNhm3pIO/FOPt6JvBmdL/6Z6+NMyazCw&#10;jSG79zD+V/MrtxodTxsn3HXfTbEkhCwnlZirpmIOcUzc+FKlHBE0pKmsgFXWtFaF4OQfC7zYk/xl&#10;+jAv+eZSyfuTUkXDagVcpYQMOKjHqy1Rk3ZfkCnS00z6AXDQMxlAQFqrkqrLYxVJ+5e2PhzHfe2E&#10;d2xecCx6OI7o+uUgyjweQhmeucKjjxxzVCEeJ0zjPxien9fioxzh8Y1zGqcmqgLFDNAaj9QOFIaH&#10;fyfAuCUm5qS4Rm4v0Cs3sMahcYdUNiIe4SQtCIgbOIilYoaPbCSbdZ1BTmTRFqnVgDe0aedD+kAU&#10;KmLDomygWog4Pi0ZA44C5zXeKeAtZOFhBMLmp9YCFxHzI9E+hTIl0E54xFJ94pm9LOVBC1ncRhAr&#10;0INAOs62+Iha0dFUTWi3kA+4IoZO++s71uKONDUE5PL26GRNh58ARE3/K02xNP8Sx5gnI3Hk1MeR&#10;GwFxpVhK16JCjGtvkacER6ZhEKdabQYQejE987IVUvK1hcc8ZLw0sjfFcBVCZaoRffTIjAmvh3kd&#10;hBoUOTJVYOU1ISSEbXBQgV6jIhKFMZVF3aph80UmhICCQ8Q+FR3VcljKg0oMbgpqEt1Agg9RvCtl&#10;rA3xP3A8SQm9GL17vODxBwqXT5o+qQXAV513GAAF5WgP3qJ8CYbEMvzYjYeL3CZYstnGzce9psGC&#10;NxGFwdPW1i4EfzarEVNjOBI59G4kYqHRE2cHhobB3gXHGGFlAn6NiXk6lYjvpgJ9fWOYe/R6I7SK&#10;8NCtipqs1oBWW6kS5Is1REZApmEzqVr17OD4WZutu9gG0xH+Wu7Xv/nW1t0P79zcYxWqMqeLZKVv&#10;fe+30pmad2N1+uTZgRPnbn3yUzWSpg0d2ytrxHvSaz2gX+wfwhKdRmkJtKSsCimqOUStNeCYyInk&#10;mVyi1qjivjN88DXKIWRKYMuKebJYCe7WGKYQwFcpnZy+kG628pmky+W8dvnjvvFpsUK3urKNz0/X&#10;NQD0PRvxQlQC78j+fjv0OAYdF0uDpNXIRfb2lrb3DhoqJUJvVGy7traysX2AtkbptFr2A5lig7HC&#10;ltpqhQMOGs9vfPPNseEpYAJaheL3f+et/Wj6tYujVzXa/762mooczMxOevctz7z+0v5+sM4Jewb7&#10;KiAB3V0IHR5mIsE811botQJWBe0WUuogCcVlpwp5kIFf/9brMHV++0f/dX1x3qQ3AYGw2TpUel22&#10;ACvXIswHHL0ni8nU1S+uvPDaN/Bl3vHHYLLvtGMAkZl1Knxn8egf+gMR3zoKMBIxkymE9hZGJgcU&#10;UmZrbcFoMUyMdSWj2RZrfvKll2UUuQdXGbtIxeZSBeHUaP93Xr+0uRIgWnAsIhU0v7q58tm1+2i7&#10;4e8AOrLW3SexzDB5RdKfY8WWZigkbGYsZ3oNGra/Q+b3RaxOtcmqDRzEa9Wc1SDBUsPdJ/v27818&#10;fn1pb782e2YAfWQmDgYMq5ConzrTkQ0V//ofAuKa4A//1Rsio/PRvY0ROycu+CHPiGcFOqtcbaoo&#10;TcWJ891bvkIwVEBjoTGo1rYyFqdlazl989NWtaTrcYtNbH52yhUtSy+vMsWKaHNlo8a1ff5YoSi0&#10;221IeYQj3aBd+vL5fuChYx2isQH57mEM4e3BOIxbRc1G4f7CwYOH+42myOHQuq0y5JHarfI//F/O&#10;Pff8+KVRyUsnOK2k5ITFr1OdC8fQbCdC8RefnxkeG1ILMl0mvIHSi08OFlK5fKbgtmlcmvylEyIZ&#10;zthqrb9PVePqGilnM0gPEtVcHR4fzsP90twJZ6TQ+Gytsh/PMlw1cBCdGHIO27UYJmem9DZl0mEX&#10;BCNZppTVKeS+/QIcUWyGorLpbWQj964t9Q+19EimjIaMJnl3d298/W5N3+8+/2IxHUSGWYPtxYLR&#10;7P1T48F/rxWNjMQZjFTUBhhGB5rp9R51UO3/iVuXMw2+2JB3lGI+SewrSc3PMQqBwaK2j0rj8KBq&#10;7afamQrjPvWKvFGpaM/uud5KGZ9OyfvwRUQDC6ODJr/PIXcbQkUR6gdYj8IeEUZM9qG0/GvzfM3H&#10;+sqvebBfbyZ5f9FjKPaXqszHfFrusUGB8GvPdSG/QRLQ/or/lRLwttMRYXgTPNdkIgbcDfEYgPHw&#10;o6gX0DWiovGeM6SzLAG3q1AmY4mM0cvZXLpUKVld3WQIxwlg7CJolCnhWSKvUypsxWR1wjcbf0aA&#10;SLsCIR1yNhDrAaIgSbYJOyV7AYZ3kRPjNRAoAb6JyeJgVQYSltAELDOZbRhq9v2HchV2LvIKTGba&#10;KM/IhUD6QZMTSyw2F9gNxMNrtoqV+p73AEgRQpJRAqSUaU8vQHYMXPvxsld0xO/hd7pM+3heEvF3&#10;GfMlCgwLdNIfCCQTCae7h0BQ4gqJeJQcn5AAkC+IOFip1ipVhHDBmQc3o6fDCSM6CZnMsbDsg4OP&#10;EvMhYG78RYDbHAVP8xwhYiJjasTbQVUk7x4hLNPyR4ICIKU5jCrlap5w0hxcl8k/B7MGDGCwTWzg&#10;e9ni3c/FQAJ1GmyEsV+TmkxGLWijGvicWxBvQnRY9JFyvL6IApRaECjVaQCkrSxxfPjfIKWyDcEM&#10;XDFByGJJ0gOoleyZ8NEgcVpM8z9fNAEhwzpCzkPEZNODDw+VFY8AFEZ19BUCeNiidVFq9SZ8INhV&#10;Y2eJG4o52+50ofSG/LtwqICxE4BlJZEtpajiQCYOD7Z9Ps+Z0xcxzcHKYaivGwZ/2BPbOjp8h4lE&#10;IACPUzQJEvJsEsOLztUzqbL0X/nkx6V0dOLMM102c1fPcPfIyVgsjSsenprY9wYQog2ffUamicf8&#10;6/c+x1gJy3RkSGGWLuRLtXppf2ezks+Z7N1m92glnYT9IPYKIlj2tmrWjqEmrDRBVyYDD3payHGC&#10;cs5wE2GeCsIz1JIaoB5qrfy1X/212VPnHsxf6xqZ7RueymejXQPjly6cdNmtJ6dn5554DgFEMzNj&#10;+7u+RCINPtuDW0vRUEGts1U59Z4niAUHXFsBNoSDqVpDFk3XMGHnk7nTJwcqlbSrq2905qxn5zAU&#10;L1vsLqNaeaK/I1Opw7PaZtIgHRPZLKlcTiTVqPWOp1+49Gh+vVmrv/7mM+FQ8sAfyuQL6cONQiwg&#10;qJe5ckkGEhaLZpceXTReYBuZQN02GG7fupwM+BDpDSDB3tHbP346vL+FZV48VehCrzE3hx3G+s7W&#10;zMnJSK5+9aub4F0f+NOjg10Oq3FzL+wLhRYe3qlmkyx6plpFjJAwuPHBuYIwD0kyXYSXiUpNgiiT&#10;uRMMB3yJ7HY7W23Wenots32y1PyVMTU33WtZOiy8++luAk6GINiLwHyrXf7kvsbeK7Mo9qRM5CAg&#10;vLw+6hTpzQbvB75T5y193cy9BUFNC194raCGyFOZkmkpyrWebnexYdLJjCfM0VoxjnbBqW/MTOqT&#10;Uc/3/zp1EKgrVcLpSXlz6JVCZk2r/bhZjoG2Y+rTxVvq/SBcVGtmp6p7EItraXC3+MZ3x1YWd5s5&#10;15ir/9NPfPV47be/O6E0SneXtiPpxhPP6s88J/vxD0AYLuAQmps0nRrODw7Kd6L6//F2XGeW74Wj&#10;wWxWapDlyzmtSwYrmvOnbSySAQ5r7rkOm44bdEtFCvHU9Ln/8j+WBa3K9KD5w2tBcS6tFpXHTg8L&#10;teJqKvHcyaEDH2fDGjWVb+YqT03o0PxtbkdlHPvKmZGdAHxfJc8/MSSp+oetmrsbmKEtrE6b3dn7&#10;xiszRXnXu+/cRWSYecCIw62r324Wy70b2wiYee7SySfmBvZXlyan2QICGAqZ6nbIkzGcnnScmHT+&#10;4t30zlKy15w1aZviUv4br7k4s7R4kOrrrLsNu0rWqRz+Fa7v5Y3oZj0kGB1qtwNv2xXvcJHLCz67&#10;UqKCaXBZZbmHzS1TevpbQ5ngWnrvwMAMNMIWiXBK7PxVRt2/f+1P3OaGy3xo3vwnsgN4Pf2O9tIf&#10;J+GqygiW7P+6bhSaFfDEqqcaMjGVSSEFB8O1Hw5UkP5LWXNuo9BWVRRmGpxyBfD0ib7aIr3kMWXz&#10;sZsdxz3+F57nSnMlwzNn28dONMej6LFMk3s8cgp4+uZxJEn7l7tMGrhEfEFmeX0cigBGNwCAQh6M&#10;IlFZm5zUaZMmAuMUBaIGrxkUAnIrlZBXCY9bUvXAG2nQ9hHlBM7daAoE5KFF+BUHEhBFD8vkiI/B&#10;XEKi7XKFro4k9mCb4ccotrHJyppiDY5vtKuY8fgER8CjBI7xiVUSgajOsGSRSrs7wgBJOC+gUY+y&#10;MrHTA3OhRRMqAbwtfhF5xJc6+jGaxo67CFJDEvWJdwngdSYE5QoJicO4yBZKMMvFNWFDVKP/uY3G&#10;XEjmZnSXBEoErGl15HGEa8QF4niQsPBJEAMKZI5bGVQZnqZLFRJ/l2dI1SiLG7xKkRD2DvjsM/kc&#10;cGmc2HgJUHuotLUBtIJjrsMniu0jSDFShrwjRESmZY7iuGkwBWmWjBQ4nvCLFoRM1XEDSfwHdh2f&#10;vcn7LOE3Ug8BUQGZHHGU0kaGgmSBBw0WNSuY+3HvecoX6RwaPOqKD5qsF+HGJ6BPkGZX3F6ULHiy&#10;4y1JWZCLsFQDAkG2+20MScoi8r1JiiTyx5Ibe3GbJUWSGClIPSLPLeQS7Q6PjMMnCC0XMlVQiEGS&#10;SBbFf/ujX2i1SvRg3Z2pVLwiERlCvmguhg64qbMhyo+2tnghs9ka82004LAZ8WgkTC22tp3fcbgH&#10;3e7xf/Z7f/Tg2uXNxbttqfL8q99NROMP3v9hq1XRWW1AN8rZOEuDN7G72g3EiHboDRZsdFPeDQHu&#10;V6Ol05o1ICDIpJmYr10tgVuIKAU8ksAWwJHB3cYeQWkQIXPKYLTk83nQGNW2Hiwz7395uZhNrT64&#10;Pffkq4VVCUyUz030FDKmtkz9g3c+yhXSrKxTY7Bw9cy+59CzHelyW00ud5lV2gZmOgV15IUhCtPk&#10;MML0qEcrMxpVj4p+i0EkZawKDQBg9LXyk2cmCrAabLcX90IKmcKgUgRj6R++82E8EESTN3P2PJRa&#10;klYFzrr9/Z3ldA52H44Xn/OuLy09ilh0Wh73aCjpm9ii5pd3eZSSihnux1kov2vFOnYE8A90d3X2&#10;DnSnEt7JM2c8W2H0Yc1iuq/L+d1f+40vbtxCSKbRYMXPgGQOETMiFO4uLOfiPo20XWVk0GvIJEw6&#10;kRqcOpEMbO+tPapj+GbZg2AWRooKZXtxPmh1zU5OncRDyZ6cmx2dHH3w7gdsMnTufF8yuBfJCWXm&#10;Lks91tEJ3eT47QfhUCBb8fuZdIOdmbUM2RuxQDDo9xwwRWBa1w9sT8kGu603DsQH0dDLl5waUR1Q&#10;t7m3vhZtb/zC46hLcglBUt6YmHN1qUovzvX/yX9Y2A3WzZqWyVgGNa0pq/R3i25kYI3jTjbkV971&#10;yMxGhTS/tRnbT8lh3a5qSZtxWIal3P0u3627xa32t1/qXLyeSa7sNq0KqUB6+8ull39lwK4t9Jma&#10;hypYTrfOD9dOndS9eyVwa0vFGhwtMePx7D39dP+OJ9hiuDdfG2oXiiCIWhXmPYNFpIH4yWbVVX70&#10;/U87hqbdbnchuL/01eLufHKoU7dTYAddwicn8/5KvFLRK/Wm1WsHcx2OduJwLXTonp1KMmrvQuB3&#10;3hx/8MBn7bUa3Ka9e41i1M9KbO5ePYw2KyGGU5urGbCofKmGbmZ26s6DFbPVNDHtSKmNzXobkAK8&#10;vNQWWbEAeU+s04ymWHywG3e5LfZuVm9j11dSgnxD0YVrgyE4ghbh9d4MJfLCts9R1Ag5R9rzeTri&#10;FbT1H3zu7esIn3DUcpl2KNsa6m/V2dLUc+NwFqnFVg3swfxWIhZpdXQkC97vxxMSgcIt1vV2OS3C&#10;8LbeJhNzhVRMYBJ8LsudK9cdqSSLAUcOQG75bXPwY+Hcv4+xLhrUkMghbCtEgoxakr7zgSb6iX70&#10;TSiIyhItPCSRbiA4RleP3e6+3lnSXo0vhTg1jwzt+J/h076ORIOPPdyEj0Mvj2slb9l2ZDfLPR5R&#10;+b9A4gf8gly2gNBkLPwqdVjGwERGzjuNE7SKgQnkRqCqODexyKRQKuTysOSQQ2bodMKTGIFp89xS&#10;EdUUBkAuRZfgJG5iK4ytG6vUkKEBGe3AbgY9ArybRQD5SPmnosAvjmotLGzKiIHA9hF4DhS9UHJl&#10;U03+1CfuC/ZkuGxUJrVW1xIUhbxjDl4CNwNoKk1wdDSIeLsAYYu/EwwlV1NbLTimvIp4RJo4RAzX&#10;Pkr5aBCeiVNEwi/WBKV81qCWnJ4acxiOFIe0ysMqDhaAuPNU9QGiUwKiCAMZn8cC7k0TujY5NQ8s&#10;Jm+O2owGjO5gHYBPAdfWICOGJk+apO0heDQUCEKlXOmyO2CJgCkUm0q8I5yDDUpaxp/aGOTL4HFS&#10;UksRiDeuALlNuGoYCiLKER5FmKer8Lrm2lWc/LwbEEH6MLJEYeYLNbbH8CfFxZLzJ3X9FOJLOCru&#10;NgYCHKdCMJKwDQAwS1YJuGVwvuR4xwZYiB5pQ9HgYD2JDgofABapSqXQYADeKoPmklx8W01USoaM&#10;EfBWCS/AvBJEQJIQSiE5UJJyU56LQJGxgE8EORaAMfGO8Gjg4UK5xSOBXkvE3QX/h1ezklgeHxVG&#10;MegrAGmj6cmkBIngllyy0xZRMnJgP4bdTbN+9eTpk0PD4/EDOF+qxSqjZ3Hh4fWr+EJIwbjBagdX&#10;0Vbw8d1NDFeQMCDXORNLswJYAOaxQZXrzT0j52Hxb+zs3XhwPVHdBESB5wD1CeMvmiE1AQ0S2J6n&#10;pLX9WMRsso3MXEikC6tLDz3bHvBhsVW9ef1qd39vOr7v8YYtJuMXdxY9G7eRdBWxtbo7OdDVPJ5S&#10;7/OjALoOdpbF4Aaxpm/81p/84vv/1rf3ALTDvp7hAuYzRnzhuRfTqfzgwMTw+OSth1vQ4HQ5XGPP&#10;9i1tbH1y7dErT58CWA9xRzQYmRhxLy771UpZIpW7e2t/8sSAQk4CrPNnRn7xCdwEi2aTFkA7S58s&#10;PSRoM8vNxpGFIb4l2VSqtVrHIgRyLjw8+DqAzFuDo3q7eeCNz86d7bTItta2QPi4MDYcS2RgfE3w&#10;u4g5Md6ztu5dWduoVdPwIOlzd/eNdperJYkM/U8y5l+VM00wGnK0LsAnKUsliwhFlSuQAF6RiRT0&#10;hI8PdWH3K1Y7xOWatmvC0Gtd+tEPginlCyOKb7/cE2uIn3vlydW16I2Pr/7ev/zXnHFQw5ZFxeja&#10;B39/aUaq71CElxEo2hoaVuxB9uIpCKpif6kRbAnS6WY4Af5abTdc12pdHR2m2fMnSuHQn/352vKO&#10;YOiUxiCuTQ41envaoS//SyknnJvryda4RLA8v5Wsb8QvjNJaUayRGSWs964XFqCwEHFOzRoGfQ+W&#10;d3/jKVhdp5DOrDd1hlOwO9K894NDZJwqzepLpyQKoyJTLf/io8KOVzPdZ+ru5wr55JDJ6HQpYnEh&#10;qOyJhMCuRFhPCawVgXx4P2LwrudqlnKP2xHY2lxZSYiqhTG77vypDjOSSEqCbLn98G4mFVXeW/Ke&#10;OMGcu+RydyuzrHnDnwVRVqaUIL3q8ucPC7nmBRfbynoL9XzXzGDDX8qGF8Z7JQ/ucUtBKMIUU+dn&#10;XQPj5aIAnObV+xuNUh3SnYFRK2JLlx5W3nhjbH0zEwqqtj2FiR75k1OaYjKwtJYWapVdo/LZce2j&#10;63s4pJQcE5jfbSnlk7Mz4b1ULhpSlJcHHUbINFe3BRkVkjSgwBYpBaWRTi3cUsR2074/KLMihUn8&#10;n/7bDldVjbiEvkjh6qPs7LS7SxdilVAOaDx77cBuQWfUp4UKuYaper6fCWm0U68Pn30plBI01b0F&#10;5aAJjoixFI5PpAYqwa2piisH8+bcvergt9TBh05tZs/yAvzBgdC0iPrI8UMjL7UUHFu0cUciymOj&#10;Hn7yPNIMMtzjrC8SYB4zZ9uPw7yOeaCCYy8f3sGGO/pBspCmDRSOPcB50IhpqKrQvkpGFA9Y+JVw&#10;3qEAYcbEqYxJRkAiBKCGWDuifGI4oZ/H0hHb6SM7BFQgEe19aGShAiDgKNARwweMC8CkwBdPSvoF&#10;PrUL8gaKVq5QhBblSeLkQg0uoW+gV4OJgbiC7gy/BYRSjD2kIERoBG8d2yQjAiwFWZ6VQz4KLcpz&#10;502CsHdiyCsIJZmj3hz1sMXxNBMwq3FQkw6mRXJAWA0VcuVSoXdwwmq1YYIE5wpT08hAL3I28Hv4&#10;7C4p3xhgdUXjGu41qRmZox0tptwWg31rrYw2rUzBnbVoNAx4Mg1nQMTkNmpk0Qe6pBKKRilPjRGC&#10;toutYQ4TZR52DcS+wZuBYgN/KOF4q+KakEcsBPAKpQ5KPUeei8QrxahJJFT4JKA+I/YZ74QaBVp4&#10;46NkSepO5rl4Z4Q1UKw0JgmxkFwVyOQVe0ueRUZ9A+5MW0LLbDlWd2oVPUsC7NiQWwVXCdjhcpl8&#10;WWfQwbqLuGbUM5EGH58NyLRy6EYoJkzUoKTkNqV9sSKVighBIBWh0JIyV45EMEyfJYq5hparVi/A&#10;lU3GtA1MNpmXKMSUbgLFbbupNxjj8RSMICDsBb0Ikkq8P960QUQuwAyRaQk5YJVIXIfkkSWxjLRa&#10;qau07PZWcHPtEBFs8HAv7YdzqShgmyJ4x80YOEF0x2gHLOL4SwbCIObHYvRFoFOgViIRXNFKGWDz&#10;KsxODfVJT53eeHQ7H/aoxLIU5vG6YGJidHPfv7TpGR+bMKDraLQN9q5UfuPGtesTkxMaqQqXVWGV&#10;+Uw2GQz89Kc/e/71b0IUazK4X31qnFQqB7t6i66n24Z36zg50Bar795azqVWHt74EWZfvdH+zNMv&#10;ZaL7yVhaJ9ZJJLaTL75USid//O5VwCwgg69tebA1DYRzCrUiXczfXC36wsmZuXNwrpq71IWe9sxk&#10;z7PnJ97/9NZPfrz1B7//1lef30bPah8YiO1vaVg4gQLgESC7WiES01jJtSAJbEGtazRVE1Ex35eg&#10;twTfB/orrcndqt3JZ1LxqD+0VzxE+GO1hTRPoVQ7ff4ZKfxfWtXNneC+37/y6CEYVUqDW2Nx1Mvx&#10;5VtfyBRSBLxXaumJ0f5SrQ2SmdPpwKwcDLU8e+mLl0a7e8+JSdRfYmVxTzGVc9XLPT2SmQl9MhVV&#10;ceykNvbWq9PaqQvrH9y1G1r9Ls26RGwVZeTs4cqVT86++rL1lZl68HZ+M1oKZZcSCWW37q23Tq7f&#10;rnTYFZsB0dtXInDbsSuzMyOuKxuH2I+4NQl7m9mpd9588FAmqXo9OzMv9j7/Qu/2vf2/+JvAzLD+&#10;X/y758qcPrCz4o1G/JFqtCQZn3JoTIbNhb1Od2cuW4P+31L0DT/jTCVEwULGE8kU0oKDRUG0LBru&#10;solyiDrNv/ZM12G88mAHskKx1Tk2dvEJhzKw/ejDVrGBMLLdm/Gpsb5dT+Cdm4k3nuufHec2NzYc&#10;M8JLE/qP//PK+5+H3vy1cY1Rr9puLD486ElJcyW24sn/5vdONVuZR9dB8jH0Tzsiqez5LpEkvQe4&#10;MVhVT+qhqwhnG8XDmqRvuqvaCJULqVPPj61sCpR2jT+0nIg3T50fjHNWla2/TwmRXRb1JpNs9Hep&#10;g1uPtGZdYMcz0Gve2o1kMjWDnD35YteBJ5H3F4ftqkqqbhmUT0/KVu/EYO1cbYB26OzttFtVhrev&#10;bCrVlSfO9vtv3xh05zsHtdfvragKtYsDWmSn33oU6jHJcr64ydUV8FS8xUznOLe4V7+7KZvtbTjt&#10;uhB8TPC0SRWLu4F8I9ln13a5mQ6TOFOSV5DTVM7vbV8zD110iz8VLSx2ur6bdU8nhEbVxseyvEA+&#10;9LqgWU2n62LYWiz+23oh19n9pCL+YbU9qnC/wfGgJC+fFxK4+NiKh3usGOHV9DwXg58o+bLXfmxn&#10;8Etm7FFORps7iit+bHgnPM794sdTqqRYUIoZ8mohL284XBBgKDh6YYwqNIXxwmvKb6pBtAGHDrh1&#10;g0rGNoi6giFPAh17tUQKdGxgabTD0Q97YqTl0WiEPh0YopDivcjcpAxaFk67KoixUhb57Cz9HZQe&#10;VDCKvhBI2qhcAoRRa1W8Dy2KBgTc8OmSMiBPozhjlQ3nvWpVUq6gbEr4ckhDNoBQWOQQnQdFmiZa&#10;ZDOKyHIMdtY4tFFTG7yMAQqM1hGASaIWKbi1DIA1o8GI/R+/v8NMww4ODWIGJqaNBDhWExMfCWYg&#10;QEQeE/iQ2K3BG72JYPp2CaswWns18lmIYpI8iI69Y6Wrty+K8F76p0QVF1hNS8jPoASCUgAXBW0S&#10;wt0m8wBilXK8Ve1xMwLik0SKP7fBvgQACu0UTm6oFppl3HkOmvImHGTw3nB72rABQikHwkr5JySY&#10;hxyThVBVS8YFbI36FcguMTXWCImj6RxOs2ReDz2q1agH6g65OpjG1XKVzlQJ3P5aQBFMlibCUY66&#10;MCXmApkslcqUSxXIWGEjXMiXySRWq8bdNVhN6DjyGUjjkZGHbqEKt3cS8tSoJUH5hCMwHtdiuYpj&#10;BHHQ3QO9ePSgZMnBPBj/bS0NXq67pxd8a9yLUgZhLEJIX1iySmBAbsI7BycFzFX0EdgaVGlzjsG9&#10;neGQkYLazBGSHo2CH4RChUoPEjIwcDm2sECJiXrGs68lZA0gp90rEsqRQoooUIDE0mIhg8k/fbgM&#10;j1MwSTcWYAeIiF9tqbIN5WiyVJPDdkEGo0qzUa7zbW9+/tHPLC6bymCJx9ISmxA2u4ce/9kzU2VI&#10;1ouxuzdvvPzaq6zgbCP9SCmvjfc7SwIkP49+8eGPlelkNB1JF0Rqve3OtV+4HJonn37Z5R6PhePP&#10;PDNXbyvEug5IWRB3MzjYd3ZyTK5ALZavbgVee3JGrZL+1Y8+XpxfOHP2zPDQALqNuZk+CTk3Sz64&#10;urC/t3Pq/OlPvpjf3dqyO1zRUAx7YVCs8eiYwGMXNcGJIkYEuWIIwOhtl2tYVwiIfIdALoy6ovnb&#10;lz1rmFVyowNDId8hvt4vPHvmvY9uRtPF6emR0T7nl5dvbK5u4Ant7XFHAn0XLl3w+Q7ufv6+WStQ&#10;g/3eZnq67cAYPDtBs9WtN3NqaUMqknV3dbaFqnRRfkLbAW5fodRgc+GsXoKBEIQ8KcMFUt5Il7b+&#10;9PPD1f5vq+3nBl7oiW7eCq8sdZoUgoMbVuvY7IAwPf8hFPp7y3EF3EaMoG4jjVwfWUx32+0qm8XG&#10;NP/oj/o3Frx3b2x/diUCm6QuF9PlEJYOFj/5RVCnKHznJXdLyRit0hsPmpc/B0IEUEQKd3k4zEfa&#10;xbFLNsl2NpYUfr6Q6urEN0HiOqHb/jL20d9tjtz3aI2K2TNdn32Uvn1X0GURqaTJc+fsw/2y7r6J&#10;tfmw0AGhfyoQKyzuqpzGKYP1JDxgS03X3Nzkw9VANp5UIC6iJPz1l0cz6fL//afeZ97oRKZbyv/h&#10;2dOOcrXTE6gNSxLlQrrDadvaS8EhjpPojJ/tGsUhh8nY22WA1HXTK51f2Jnqkbi7h0qCxqfv3+s3&#10;NqdPD/eLNYVk3rOBODKFOVv54k7WaGRGxjp2fYei8KHFflhplW59/vHkEKztnL3mzno8Iq0lnZ3G&#10;QFrcO94/F2kjAFCvrvWaqiZZLaSRtGXyeFEr8QmVxWjCE9WedI+c7A/6mjeuxy88azs3alHos52m&#10;ds9zimKC/ezzuEFnnR0RL+/kry3Dvch6GG0MiKWuTks10xiZbEfyyU83YjODKomi8u7diMWkmOgw&#10;ZbwhhUZZEWPgEQ33weChhsW704j6VB0Y7CjYNfu7D3s1QVX6w3Ky3+U+E91+x+zobAlObe4DEJLX&#10;1/62Q+5X2L7TlPQmuv/XBFJVFSxMcIp1Kj38WpGQwrbgsaEPJzxWP3ydbnlcQI/zuzjmSBVBWKKg&#10;zYdRPfb9OZo6BXyV5VMbUaUIN+Va/GSJg5uMCIgrStwOHKk0Swh4C9KaTKwU8a9NK9Uaz4oAuoiv&#10;G5JxqOIyNNwAwBLQYgx+bzgw8c2EcQwSLrAXS2dhoZy1CBlIFJSAT4XiarHGS9zR7TIU8ERqBvKc&#10;oWGC8FYF3gEIJNKjmY6XaGCogtlqo4a4cBnHe99g9papKK4S9RHXg9IeCR0ijrBaQhRYhqQYDHPE&#10;4MRoBswTpyhLWBBIuXBHl+k1FJhMqxwMygQEggxCKctVOozLcMYlbBBRR7APoIttInqZ1+vDvwaB&#10;J5iUiGCEcozfzzv8gh7cAMhbb4k5mcQbwRGc5njuKFIBcY7UKBMF9m9U9Wl6bQuVCCXEXCZAEBxG&#10;RzLewZBJa0jI8poUT4mrbh9JRFpNPq+S6EoYXSU07FKaMyJjoHmhm0QuBC0yKyXKmKTdoOgu/AvU&#10;mbxVH6XBwQQPUydqh9Nux3ILHxmQEhTFVAK8TjIJohRrZIEkKT/LarYhCxbXj2kABVSlhMSZAA7M&#10;0ZlUAY+K1WFB8mYiHsWdFOYQxVjBxIaWRKdXFUqifDarhcuQBm5xgipZ9rY0aoVupBdEDzBBdHqT&#10;BKF8JQ0yVYShCB4g6Fig2EvFUrgG6H0BkmJ7ikJ77EbFC0uh9iRAu1HFW4V+CYbg0LvwblMgJQHg&#10;g5hVDJcjrKmxbMBHj7tGHQbvZUzsLzgkkCgr1yzm6vSlwn+LFXKbz9Bm05nEybMXM4nEoXcT4eHu&#10;qSdhBl+I7gRSBYD7MqUCi3fId6MK8cEeagY3NnFi8c4dBLCEdvYhDEtFwkMjg3jsPGsrvf0DWARn&#10;k5mmvAJBud5ueOKVE/O6K1srtzhOc/ZENwTLa7us0ujEI5ZLJ0enpx89uIy67mK1V786UGvNL1y4&#10;YFBK49lScD82M9Ip5Zvl8zMjdxYeAXNIxeIrS2sSYf21J08mys2dg33cxqH+Hszi8VgY3hIQrmS9&#10;+EYgZlwFnjOuXUJVFU9mq4z+UiCoJpClCKZ4C/AsGfSJ4FOaDueTeq3j5ifvOTp7Lz776u4OyI/m&#10;09ODRq0qlcFEqHL2Kg68+0a98aXXXr1/40bwYIPChUokR0L6E1oYuLHnisWZ89+ymYx3rr07OnO6&#10;XMz69ueVhhF4CeMakNHFLu63pqfGnHPOXk3kg7+76T8svfHdUdOz/3I/O3q4GWjsexQRz1CXFozW&#10;vdUVs9wnVHXvekve9WiX03AYBqSog2DocK95eNV38ZXOVKZAOhB5ctBZufQHY1euHbYFGjnL7HoO&#10;rzzaCyQA4LcyTWVor7z7oJmK50WJ4BPnumLN1s8+WJBalevx7Egfa3TK92IFV59ybk6glKLt2w+l&#10;YXLR/vxaUy7mHn4V7XdqfuMfu8zKLL4+LWkxFiqZnHrtyFC1WTfLGa2ha+ybf4BF/dUrV+eemHXr&#10;AAeFLlwYVQofrq8dchLn+HDv7q5v+1B9EJDj211Pp3Xy6m5U6pTrFP7k0lJgekA7MtGZzvtHRw0L&#10;896zM85QXHnrutdkiXeO9I49O3W4tq2Ml56atgW3RN6CYFAoLUcjHWaNum1R6jthOaRW+uIAoTeY&#10;aFT19Mx4MhRgmbBEof18ITc645aL8p0qCWN23rx7+NJbs02ZGkDH3l749HlHMl92uBUSZV4pSIps&#10;zi8uhwOeqlZj006+lQ1kzKWtsWeGmfr6eGe63izlfEJJS/VoVTe/mB3qKQfY2vJuabwXblXVWqGu&#10;H0A7lO/WCXXSrN6QN6k5fyQNvnd3rw2WnUakpeNELDRsdms5lmQ75HtbJXunUyMWSLGDwxGtrCzE&#10;w5VMZcLsMTS96vJBySLcD95v5v5c3/e/Z/LBWuyDiqTZMzWSxCHYNUc+WDiTpFQH+TOcI4CRHL95&#10;uFVwTNY5Kn5t4WOqCvc4HfpIDnKMufJFjMZP0gRyRz/EPPYvOHZrbx9lM5KdOkU2kwcXP0FiVCKd&#10;AykLUBLgdVSEfyawS4yS2DeQ/RufvwHYVMQTZojgSpIAVCFswDEPCUTIhsbhRYNUExtK2peAJYkf&#10;0RgRm4H5lV6IVkmAtppEuuR1F9hHinkyDvg1NRQuwJD5QgUq83wxx9AZ2OIJJjLao5WzqGk6odjE&#10;kVwDQyFk98jgtV2cVWp0eJPY4khJzYnhEHXzCEPGX6MdapP+oxQ8CCFjEpMfamCDLrNGYcmNZrEA&#10;7zQsCxE9iSJIlBtaswmPdBdHy04Bziwc4OhRqnWUOrTnMtJESqSoIjC5xTmN4kwEXSzcEIVIbGJM&#10;OdiXiinehHhJHNGg8R9iaEtoZ4e8CExhkKWKeDsK/B/GZwSsYLbFEhL5Svx0W8cUKpNSJWiTgSvL&#10;u9oytBCtVIjDDAYUb+xO4zOvdjDAG4aB06wCfBEZGR2o+EcGN0cCJx0kx6Q8aZNZD8jU5zts07q0&#10;Bb1mIhnLpDNyEjcxfHKTAP60uE3g6ULxAidEGPwYqk2Uw3A4C04sRLrYGgDkpVtdFptN8JCWoKiH&#10;wzHAy6AxomNLR1NEuhUJMxlEyARY3nIP5RCrcXwY2VQyl05RCqRABF+DTocJEyBaGRoWZcS/heUs&#10;PkUJpRITvA+fRBKLUhUmSS+YyaiLaOHyTZragQLwUTMYT5t8iwmXcNxuct4XoUIQK4yjB0MF3i/a&#10;FFGp2kR7AH+IG3fuDA30wYyiLWw+/Y1vXXvvH+RS/f7BId7x0Jmz8Bqsl2uYp3OJmHhkaGruydef&#10;Pgt58d//w1+DreNlDZjk586MJCL7qSQyBR6pDQjgVT9Yu7G5EarW4A7BIEaa5cqiVkWrkS+u+t/6&#10;zlNA/kVKs64j9Oje+8hYP0ihhlldNsO+L4QRHCg4UYzQRTWbp4Z73nz5Rb1ZWy9A05y4c+cWBM3Y&#10;MYd2PS+/9rLdYlh+tJSOHKYTiVNzc/2nnk3uLbYLcSkrKOYrYhY6hqMAV0GNa/LGU8QUEzbx9EKk&#10;1ISePNMqkhBOLtJg0ggeTs6cPn1SapBLIG+Lpkoyldyil2w/vP95NABUdnN9EQlrCKPlmtV8GQ7G&#10;9XJTiAAbvOFYaKtetGDPks3Cvs188eKvW0xWkNSA0x4G9lnrYO92gUmFQ551/5d3at86LTRblLBW&#10;dwyrgpnFpa9+cmZEl68omnU82YZiuJozClxwOQpdS4ZT3lBZYJfqVOp7OwdMRYQscp1WblCJlI3o&#10;uufwg583zJ2ap8/D5AuEiYHP7q477Qbs0q8+SPcOukBoGu40dbzyf8r7Xs1EVj768e//9veeyq3O&#10;5+U16EkKwcK3fs/YOdxoFHI//cv27kO5HtlcDjh+wutG9Lt/NFtGgl0rXtj0xL1ZtaiUCwZllnYh&#10;U5uPTofMT2Nx3TM2FpIrW3LH2sY9Jhbq7apFyzrLm98rxDeXvbdeeOmFuvTuO5/ce/1l88UzffAZ&#10;fFKpWLod+smtbZhwnZvW9A0bC1nOKG0Pne+cnhv98P1lWEusbsT8gYREr0qmmg6lt75/AI3MK9++&#10;5N/wr93aHPjuJeeZ8Wv3d3L7EZlAUEo3/PuxZo2J20V2vaHTpZTL22tBP3xla5DfvjoKPXejnqhF&#10;N3rtMz092mwirdHZonUu7ssY0Z3XIzH4XKg16/utGTNrVqZv3LyG+c/WIcsH04qWKLQrUHLS7Z3m&#10;4lp0dtJotdWA0Q/WRRoJuD/lSxPKySc6H1wJ6doZyaxG1KF5aoTdzTJiZcXdJbTYem2QReTqf/Ne&#10;JB1tnemsy4xs56ix1sKgU9JIuNW7h6kwPBY0giJOSYwuDaeeubZcCKRzDse80hkvpw7isfjgpCsf&#10;/Ev0oTJJUCF5VjT3wyb5lWEZVWd5P1eOIj7Iu5mcux9nVnJfE3SIstM+kovQl+GYBcQPkEeWBjxf&#10;VEg+XrS1IF4nP4+y/OrqSJIP42uAlBC1B2olmKuhbkiJ1CIDFIbdMNaFYNdIyMpLxK8GQQdACRAD&#10;lBQjSPI4dJOPM6GSKcGXEHkTIqkKECEGqVodwGyzXC+gJOjho4g5rC3kg89aLUTPY81Gft8sVITI&#10;p2TLaoUUTjRZiZSFMAIJTzuetUq5aNTj9JTzmGuDh9TQPaK+CNR6Awzv+M1uG8s5HNN40RymIbjK&#10;ZXPJUgjfZFQ7inKsEySIAgz1PmZVVG6csAzvc12vEVUU8k7yHxeD59ki1hMyIyEXaLWP6KwkNRTQ&#10;MMe73pGoFGMLRjVWpoYFE+0C6TeQIIgCAiXUH+DcxsAHKBnkIJi6ooZhz4fDvg3CLBRXRF1m0A00&#10;qBpJW/yWkqzuJBKQerBvwk0nQTwPo2O0op0r+ceTIy72sqS7JeUj4e94IQGZQBCVF6tgs16FMws3&#10;Wcn/GQ+DjNeZpDPoCir4/BGuXU2jcWlpNNjgO+FEUcxmMDzhyUCel91urJYgya/ztRy4pRRTfD6d&#10;dXZ2ojuBqSGmZLIsQBAKJ4Q8pEJUXgE1CrxXQT4L/K+CMocLIXggV/BupXVGDYABHKBIKNXhA4O/&#10;GsqkTIJVHFGiiOuLkBloRMFbZVAmcU2kSSEiVoswfXx21XiZEFe+++JxbDrrCVsk5yERKXtZ0kRh&#10;zBFj0lASxQzLAzHPFWZ4OjJP+qIcNFRCEuEQnkG/psUherW/vw+Jap4dL6LWavBYt1hQPAdGZkOx&#10;vNEly6d8sWwRicRVTmx2mOPJ7KMH8yq1/oPc4Wvf+M6JmSfmb30gNSgRP1laTCAzwGKCH5DA7wt3&#10;dbmD8YpCnsDk5w2klRLtxkGJ4coTo73ZilYpJXlfIJHd3kEQYykW3Zo883L/wAxUieCdjvU4O6wG&#10;fInRtfHLfeYfP3/6xvqBwqX7te+++v2/+tuf/vx9iUJj1soOdnfxuXz5yYd2g9Ltsga8O9aODtxD&#10;JE0xEPcQ8w8tBTWV2CQ3qkUyzUdwo1hC2Agt9EXY/ctZBXxtQMONxnPh1B3UieFnzuKOvXflVrFe&#10;SUWCtzfWEIoo52Fds8kEE0u92YENZ4OpkkcxPEYETZORzUQWG7UTTYFq8cH8+QtPDvfO4vGIJJPL&#10;6w9icKyDVBH76r/4qw+TReaFs12WnkrgIGx1bXm/2IauESHlRYlyddE3OWxVWS031oIWZ2qiNzX7&#10;hqVRUHdFE65uFstRqV6WEAp8meycpOlZjzpNPTKlee1gXxhpr919cHHC6i3pgGkJ63lFkzt/wvir&#10;//Tp+/c2H+1ppVO/24DI13nKsLYcWLv1zMSIoBzDWtEgsG/dLnd25UVF1eaCwarhvvMt18Z2EHty&#10;hsPutiLErlxUvLOTlnDq2Skni65LWmwLLgld/1EnF+z/8Hftsmn7hdcyh1t2mJc7IKBqheyv6twv&#10;IvRdHKhEDyKRcG6o3/b0E+pY0h+MlacnW2FPYhngtBRf50Q8wimMmnvzocmJbggxXT1QtKrv/NlH&#10;szPdJ55/+taNDXU1xwgKVjt6pWSzlhew8s+/9EYKW8+9NjFqS6zdC7UKEgUnhjOkOJ2RipsPbqzC&#10;2O/sZD9EvDJt88P725eemHxrTCFjojueTWP3mDvDVfL5VIr56l5EWS0+d6ZDpkOOebwIloektvjZ&#10;Tz0HWCA5xlKMoirYXMPp4Gy0S1a3ZFxQRnnT6eWKbpd2uL384eqJLnFfP5vXitRuuRQOCU1jMiQZ&#10;srOnJ1oHIcH8/eqerPjEBW3Sn+GgBdTWn3lZlWkgNaqpVRcQtriXEEaEUou42PCnnxkzt3KNnFAh&#10;QCx2nCu0TEyrVgrvNcrAyixr+2DnrvXaxEMdNZMu1xI3/Hl8m4uwXydJH8Y5pM6QF1ebx2R5LLXN&#10;ix549b9AeOy/xrNkOU7wP2suiUyCCQVnP7AvEW9fcDR0At4DjYYl42wy5xWRxhyCNsZgNGt1OhxQ&#10;kLCDQvM4IRkHTIPPhCR6LBr3Fs884rdZvNkBMezgy8NJSDZBIVeweOXVDuCO4s23kUFYLOhwLuEA&#10;3t/3gvxKIxTFtYt50UkLPTWOtP5uu1prgUWQVkvFGO9WRiFcIgOy1mjOwJoNL18jnA2kyioqYB7A&#10;VzDgxwYRTyfqBebCCpZmmASxsyT3ghK/xRQC0W1i+0cunnRsYG0F+gSuApswzHbYuNDGFOQUEE/J&#10;OABaHmCbeEWBgvKn2QraZoDS+O1NnsApk2HubFHgMX0WMLAmEWqxAnIrXgxnNo8KMEdcZV64SRhq&#10;s9qg0RL3SCqnN8X7ixJvUyrjJ0vsTyHxqqPvR9HgyFSVoXCSGnh5YvoDwWkNEQWoke4Gxz5AZY0K&#10;VUEIwqmUT/gy6XXYCANB5p19pDabGWDyoT8C1pGMxYerB/UBTYPNZspgv5pMwocKMk1YpsAUBkMb&#10;6LUI6cMFdg05kHIVCkYPDv0iNQN1AbZ7QX8AHrAGgx6+MMADkqlUMtmGlAKxnYjiwtvAshNcUIYx&#10;Y/KGFwCgISW452RRBHhfSCZ8NOEL6FkjnyJMfaBVgxBUwFoTLlatYi2PPoU214SakvkueWJgPuZV&#10;riJSDqGDk5NlBik1hXy6KH8PCSMR8YGgDLkgiZoEsbZI0sNbIlV5pTBmep4kRX9GqSaeVLtO3xpk&#10;7AhaA339BYXW2jWG/M8XfuW1oZ5Oi04ilGnEsvozr1y8JamGY8FUMauzIhMTY8DYvRvXc+XcVj4Q&#10;+qtg98hZscJaiofHzzyBmrR894NyWWgxmt0uZyKZczp0CkkTbCfQeMUK5fjgxPL9m+2WbvbUpXsP&#10;7m5v348mYssr60P93RiY8xl4d9uufPUQxf/05OBOMA4Me9Rtw+IdzdJuOPPexzeevDCFOHTsrLvM&#10;KmNHZ3xv+8Cz4ezv//Zv/pONh4/YBlx7IukdP/qAOiNFuAx0aEgUw0DOyLVYtOOOkmGWCHS6NrF7&#10;lKoSkmqbRSnDKrR6LEpAiQeim0xjExffXVvY3N6JRmNAHxDkhT4EH83Cg3mADGaLCYP/4OQUklug&#10;CjZY9IHDDa6dPTHiShRZjWOKaab2PQ93nR1Oh/3G3ZvwTx4ZmWDh/PzxLz6qZst2oyyZzd32yR1a&#10;uXgvsbgWOPXCbIwx7fjjEyPybK0wvxYa7ukqh6KZ9Uz3BT2D3I09QWybxKAQH5S9pfsPE70W+BPa&#10;bj5KNVuK/hFlMl8xMKoP5pMbgdQbT1vBCfbtFXp7XXCkOzHTVWiWAmmf3GpXCZlL3/jnt/78w6et&#10;/Zxk4MlXZfsbm3/7/fVMEt5AgmS09c/+8OXRk6MrW/+vrJnWmE2+R7v9o/n17ZhMYa3L9HsZcaeu&#10;EPPtSV3noHzLra7s3Pvcv3Lvxd/vxENeSISXth52v/nHs32vLs8/2rr5gTofKmVrdqcNqTex3YRr&#10;SJ8sa73b9YlB/dtXaxKNuH9YGw7l1HLu9KwGBvdKWHY4HNjZSzTqDre5yy4VnDVnfdkunWbzsDx/&#10;++4br5+MxoqxVHF8VCMvesuZhMMgZC2amxsJSA0ETdYk45pW8WpCXWnRQesNIz5Z/9tT57P+B7lC&#10;sCluZ7BeE0mWH64/9cyQ6pLpyy8TybbBbTFr4wxL3mWVvQNu5sJZl1bx3k+2Cqn87NmBWDQlNnMD&#10;F7rtZebqD5eiu4Iem6C7VyGckAU2qvFSQ1kJj1+S7D+Q5qVNU6+4UVA9upIFB3/OKfAeVtd/ikO0&#10;bJGwCGKRccJUTs5F0upGRTtieZBxmUaV5ZivfhgcPlHwl9jDvZKDrXz3tOE/3oQlW2zSvDlgn1rz&#10;w6uloNTZ0o3mflYmr220mCvpqlWW+lA79Vs1qbMSnmeMbqG+s94s4wQ/yiBuEYfwCG7ld5VHOgnB&#10;sS1e+zimhMiNbVaa39/DYSrqHBRWS6DKoKkW84kj5WoDzBpwQAS8ng9lDB095ABkBs2Tb1HEeB0m&#10;x9u3kPEPCTDQioLaSsd9i6+KRPGnpl5Uw3IO4V1g4JDqnwZHgDmBRq2AjV8plyUtBGx5pKJKHvuP&#10;kkSOyEsj6gO6fp1RIZYjlaTLaTeTnpIIrRS+wZGbHVhpWCKiVJOkBFQPmCHgjoEICm9T1JgqySZq&#10;GCwwSeI04fXybd6DRoSGmtZslEgloUmE5K0iPjCbKVRbcHcjjBEINNwv5ArUYdR2rAbhBAHME108&#10;iJxE+oUipU7AHaYXMaL/SiX8ftR33BEUKEhSRVQayUQIpu64W2J4ONIetEmHfQ3DG9T95J/JI2Dk&#10;RgHXI/hAkOQGxjqgMxJKgOto4dzBihKlDFcNABb1BEtHfNAMbZWwbqNqjTQQmLPDaQEDGuIldBo5&#10;KJ0Y7PAPfh70VhQCBWZSMQN0FHq4XCYFQ1aYFJqwocTUDpd2owY3Bz54KlRFqSOTzZVpMcpli+UW&#10;jXoy3E2greg8UDuhDgJnCeCH2WQwGY3YEUKTj78ICwReiSoyGg1kUQDjVPoHmDC2srh+sJDqlNIF&#10;q7FKCsAo5I1AEYsI+4LQBKZU2JEzvDaGN+sVkY4WIyzDdxUYutEhgZWjIod6lmeyimiip9cjthqB&#10;1ESJoqBsHlBHNwErKZIDU0tHtOAjl/smBazQgoCXCvFewMDqZbSgBMkFhhUyELnbQARkYplGJZVp&#10;bbGq+NTTL6GGjgz2JL37FT0ccUkzHPYHOwZPDalOv/ezH6bjAaOlv2u4QyzXNGppxGYX05Gd5ZvY&#10;LJi1LrUc91qzt4oGCzBtx9knXrl/+24kuBYI51sSHcrh5saO22qTqe3pTMm7t94WUm62Vt1OZq2Q&#10;WxhNjharCgejF8+MghYHiuVWoeQNpwZdOGNE0Xzt/srO8KDt5u3FsRMTk1Nje3sBldlVJYclNDT6&#10;voFh3+rDoG8PaFCTk8PlHm4McqUOomW5TmeYvJT0LJZCaZDkqoU8PAedbnSCqiS0rc22Qi3PZFJz&#10;F/8RGrIbn/x9V2ef0Wr56uad+N5qN6i8VSUUtggZ4mptGF8MDA2CpbC1ssZW08ND3ek0kFTb6dkz&#10;ycSsRtXc3XiEYCW1QnD3xhKsoL2H24l07okLF6tVIb68bKGq9CUVyES2atlhl9KoE157GLGqZMPD&#10;phtfLY2OyuugmTJsptGaGNcMO9gSAl9SjdD1oLSrkGQVtokTTWlodyXbr25Eiszd+/XxE1q1jL19&#10;d7dvxDp1XrW6FNmIAk4S+oJY2Ah6xvqhVCr7virKGJMSAUYLBt1r8Uo1Cyc8iU4o1/eNnTVUdrbS&#10;B6165oc/l4N8NN7TVGm4y1/cjcYTEwM2uc7+4NZuaDPxaKPZ2ZuePCeDUUhF3tAZDSJ2WZr508zW&#10;Q51Y7osV197/85def3E9uhgR96iVI4mHH+QfXsFJfFBVCLKtSPzAZWrGQ5pUoswobKUMB75bMLaj&#10;MohW1pWIDMJUJKxx4QNoGsXrGwtOJwjHqrsPYzs7H4RSVXhN3SlnOuFbJJfev7kDqMrGNi5MCUF9&#10;+moxH4c3ll5UbGCn1M6kK5GMWqZTBBJ1UO5h0ZHAQy5XffmzjxXqSiiZvXgevMH1PGzXjAoUQlDA&#10;nnt2RqaQ9Iz2hn2Baq7YtBhMTqNKrmWrhVAgk2gobdnKYTAkVmnsSd/uIefP1CBNTS8cRB+UcSyF&#10;4fzOsq1IqCzTaSaVLJc0mAV7AVE63x4da3W5WVS2xFbJqJWWtKq9cOXORxWnSWZlNaJ8NbDKfLkg&#10;HDptLjRzL54B7lbY2qwyaqV1UNljaryarPxkSZSOXpHWAxabtMOAbMLGUkh6fSV1aqioYX9gMP+r&#10;bGErsfDvGlI3zruOJ/8NTkK5mMYSOFqVUzG07MR6aTMtflIkQOprWcjjbSRBd0KmUsygHJSyWVaf&#10;xjYUBweKFAA7RiZO7fra5Zy9+1SZSK0kLDjiCuE3EnsVxMvWMaLb5nkRZEMjFJSKsCFtAlzEGY8P&#10;Rme0ukAkQc9Za/rDoXxJA40E/SohaOJhUGMAnaKGqxAppdFBGYkBCGc9tDGNtpAojaUyDjhsq7J5&#10;dLcVhmuAAUt7TDr/6jQCUGGqItOgUCgRuYTWqBxMc47yjQBgUngynwfSaElQikrE2GBpL0gBImJ+&#10;EQsdIZpqoNKIFURBIueaFvla49Ru8aTINoZC7NhwRcgAobWaXAnslIwbYNQH6TK2W6hvHIf3gFtH&#10;95hAWdQI8IzIrRWoIEvqdbLcY6hU4O03ibQCcYsM5B6yBMQNRCtB4z+EOgIeRkVllUqJC4urQKEl&#10;IgoJbHDEo19BZS8WSvhYITECMos1nUYlR9EC8myzaGslQHaJGt08Lf66jCK6GHCHQfXEO4SRr91h&#10;A0SJkR0etJgeoqEE/jrgV0r8bdKNFVVFmCdNqIAKGWo2qElqDBVyBYB0TIqwm+ApREJsCtFtiHkd&#10;Du4iH1/DUZYIzWOYUTGhlTgQosotBNAQ8fjIGKFZIQcI3sCeHwdh0C3DRSnUQFnlvEs8ccj4NGnK&#10;8OJ5Xi3+2RVR4k2bND48roxGi4ornm+6hfT/Td5Mij41or7xW1Zgt/iONXgPQ4pZo+xl9HOgr8kF&#10;PEucyGrweGpUeOUP6MEN3gi2AAQMbFl0lxB71hjF8opnaHpifdeXv7fyredmUiBc+FP+Q99XVz4E&#10;CvzqW7/u7p/ECNbd26syd6ptXdG9CAAPQOChvS2rvYs1qNaXr7QaOBNk6XJ9Y2vFaOlWK7V5pfnJ&#10;F59ttmQNb/Sb3/q1Cqf0eLyIax4Ztff0dBz6dgrJ/akR6/yjUCpdfeObM3jksJ44MeKEUBWfSbet&#10;fX/rsNtl8wTja8urTpfj2efm4Jjs8yhnz505P3fi8hURSp1U1P7RX/yZqJlRa1WMWI30LYWAAfkJ&#10;SsqAbx9BDnqAWqUsPBaBMeAGabSMWiWv1Nt6g2i060Kh2vTvbR5uXEePKxFr8hXmcHsh7g9gNsun&#10;UyBFX3z2EnyDwuHExNRYNoldlMDW1SeC4UIm6Q/EnHZTNhOEy1M4WdqPtVTyVj7/MBLfBwjQVa2N&#10;TXaWiAWths8ne+366pnzFwfPPhPxLnGRu4feIDg6GrPu0fZhq5rvM/dtxKT3FjK/+dsjzi7pjZ/v&#10;mtCPsy02KpQGCsoepScc0Gqqfd3iOwfpdBu249X0UkjJtiDRjSerk0rro20uV0CKIpesCExNUStb&#10;rIWjthn9Tz/FXL72j76j+Oq/XW85nkjlS/5g/OHDZZW4+PaVL72e5NlhDSdVPdgp5NuK1atX7R2w&#10;H1QephmsbVFV9nyljSDnS1TOPlEdPWH3PAppILGqeIwq36Tb1JI+McK69xc/LnkX8DhJu8be+cn3&#10;U+tXZ599bWD2xS/e/ktBK6LTNLQq8dXFeiBU6Xfmisl0tiTUa8kh/e9+EZTCwozhVFIYYjCCaIxt&#10;Vx6tRy3dTl+8evveodGkgnf6YUCw60t22vVrvqS92wDjurWtfZlG0xKYv7q3K9ICJRBIId5XSRbu&#10;Bztd+kAk0aNpnhjvaIsaQjGsZ4AV1ZIV7KZzoqrn7Nn+oN91436x3s5cPNXh29yKJ2I2pzXTUGwH&#10;yt97eXp+/qAoY9/89VPre9GNlaCaVe1s1nWScha60IooXChoFKLOIUOypZPjdGPKTls9lGnnGhW3&#10;o5TbbQpS4ulLRm2n2u8vWCfNJmvBcz+qNWlHnYrcYf7QW5b2IZ9e/vPbIrND1gj5y/7YYSKry0tr&#10;Uk6jLXhTzU6TYWSw4YhoavV0yHfHPdSTyBb8e4Fs244pJXBQ7ix82eX4XlF7ohr7SSZ3jZXrKp4f&#10;SUd+S2fXBIP5xNp9SHwdM+cRJAguB4wUAXkdR5TwqVMkyTw2gxUArUpsLsG/VcY1ilsPjY5OfA9h&#10;lIVAvHgkmw3tq1SaahE0z9aRhTvOUNRC3hIWpyFvj0pqQtLr0anH65n53CdCvHCWkvu2FDsB4qKC&#10;12O12TBxGs0mWK4DUcRgJKEVJkPqDeCi1QrmGESYUA4G8jeajXgiVYLXPsxogGnWiDHJk21rAj7U&#10;Cf8FR9QYqtfY0kG+gRrA8ZQnvdVCOyccrGwbWj+Wt7YhoA6YEmTo4EjVq7zyjw5lVC5+5YfEHrBv&#10;UL7rVMsBzFLsLUNCC7CxFHIa0dEiyWV8pkoRowHCAbHEpZ0gIyA/AZzGKNbYiZGHHGptFZWWsika&#10;lRbZw1JcMi2FW7wnrYj35cXQ2Wzz2Wv0xjH28QMZzTjoBOhSRLx6lRPxZoLktslTqrAWAnVDbjHr&#10;rSZ4r9N9TCfTYIHajYoE1mJpDn54Fbwdhtv1RaAU1aiV+KR4z3QRODi0w5OIwSlFahaqAcZSmN5j&#10;g4icRdA3MAMa9Ea8FEZZKsPk+ksxJxAf4nPCFeGOkV8BhB9gHudygBiKPGyKW0c+uZiZgdsTQQRf&#10;c9GRNRKlWEuFKgRZ47PAWhkgKUZF8jGgpoVfk/MgBbVdNA4So4naITCW6i2+CBJEyrtF4UdRhsm4&#10;/ihmlBoQIamPaIUL2hQZXtB2ASg0elnypWnxTztHqaEgE+MDaAnL5FdE1vFtfuWLVxGSIocFsRsa&#10;DLMRu3DY9RU6Oyi3vJDJjkxMl2vtYCI1Su5Hzb2wv1KfwB0GcJ1Nas889ezCwuLtLz62mC09HQ4G&#10;zs7FhN5sCfukBUQOUE0y5grZVDZqNbL9DjCBa/DSMKphQp1sK/ofbSXOmKCrpnXq6OTFTz/7DFl4&#10;v/Krz/V2spevf7G6HfvO66cRUJiMRE5fODXZ7w6Hw4Vq4976Plzl4Hlx56YXz0y2XHvv3U8nJ/tN&#10;js6t9e2LZ+EV2q+Ry6fddunzc8WmYP7eIkvtBryfZOFMVqFiL53oSicL+ToHES0rE0c2lgEpYTJH&#10;p2A26UYGAWO0s4mi0yZzdlqjOTibBXKJYItTcWJdulDn6iG4PgBjQPpPb4/z3Km5Xof5/qZvbWWp&#10;UsmZVbZTMzOZVGJze9NkUkOcfHdh/YmLJ4OBsM3hhiPg1tLKSF9HoiDN5xvRSGB5ZVssatRKGbZW&#10;DOg48eLVn0XSKXEjkwlmzz73Ss/plx9+9jeS8o5coWeNBqnloG8YDoftBxuFiVHZ2Snb3ry3x2mq&#10;5/PlOqfE1gaJRTIG3+DT42Y0nPfuZgdGbc+8Mf7+lbDXL1NL6xatdrS/N5HNLj5cm3IbGwvwPbd8&#10;G7qU/WUhZ1VYeuq1NbsOXLjW//PXlxHt7VRpNsPcH/2LU1M5xaeXl/Lp2tlhZcvdWZYaV5cCSnFT&#10;rVWODoojoerBo5q8HigX1OuLibFuRUUhjuUkmm4VU9G+t07c5b5z31jNygWpsHbiDa19KLhwdbpH&#10;sbVVTUPrxoqXQ7VIqhROI+ygIpQhBRK8P8ZqaMLYAwJ3WHjNDXdG/bGOodO9E6MIrMH1pM3lC2ct&#10;7rNjsLzXSVtqhfr69c3pcx0Bjz8Za199VA3EizKV9KWn1BfP22otxQef+VVqay2TQKJUDd2nxeGQ&#10;24IHa4lcdt2bZ636WMM00tGW69P1gnLgUuf/z9R7QMl1XmeC772qVznn1F1dnbvRDTTQiARIgiSY&#10;ReVgUZY1XudxWHu8e87M7pzdszve4x2tvTu27OO1ZWs0o2STEiXmADCBCATQ6EYndA7VlXPOVa/2&#10;u381NEtRhwTYqPRe/ffe735B167K28hAEIan7ND26Ezyh8/qGgUk02qgAi+3VafOeP2GvKJd3Y4p&#10;qxLSRxRqTcVil8884wBMhkyyiaOG/U9jeLL+aQPp5doWLDhqJZl30BDZqTQVxmpHFd1P2Y9avE/3&#10;1UsJT3/dV9Y1692fXK0FK6oZMXSwtNcuSZsKPTzoH7ug67cWMpV2LmbaODDBoQrgD29Tt2s4Sy3F&#10;YmygTwnQUNl2eLwzBvmu38ZHagHJ4G7Bvjd5zzgWb9V0OJI78V2hfzgd2qhufKLyH9ePnJCIjtJj&#10;w3YPbWN7hgMdOnV0A0dya+udvY+ALnCVPbXVg92y1qyDiQmadAt6gTqv6NLOEiuRQgE+UW2MF3hA&#10;UC1w5Kl1FMBH+hPateFEZK6ZHEYfJTs3m0qtQac3YdhQqkTr+UcwDDFqDWiWGeTdA3WhbK9cEbNg&#10;h0Ll8kiFYvxNHlMLObSBDsS8Cwi6lDgo7rD8JNEhyQEFFYX5iZgtgJbhyTvkcaPuwEAIfuo0rmDg&#10;U5LMjpNQqCDAqNTynKgm7WKrQ7ILUUkG7o2WyGQwveQruHm3KeyqA/07CRlZ6jaqIE1MjOmK8R2W&#10;bqKarE/IxRRubZT12CAQFMWAl7HEZlTDBvmeoJXriA1aeHZYkgs1FW0i2sB0V01MZOLdYv2ELRqW&#10;xACq5ficoWhBd9+sNdF0wHO1RpNdEx0H2KSoGOgJ4PdqQYy9gixLQ+kMDGhRXyEwg5Ebxr0E9BXd&#10;Dlp+XGt8FAj9QpAaBjgErAN/w7wIUB2aUdrn8bBq06FkazWKVosypQFZ485o1PIYMKvZVhY2TERy&#10;wWwM+8U2uQ6QFxMUtwry0yX8XaDoS7wUJbm6E2xOlvlk98+Twa2MkYWZaQbjGaMb6ZKrQxtOgbB9&#10;Z6oNjq4g0NcuNV8SszNmmChZKMiIgMMzm36Rec8Cqhe77GZmLLZe+4ceqldOkVnTJk95HPMSOSLh&#10;fkRiJWM2Yb4Umf8hXQUdIpfht0mfbIvMM7pctlDE/UJp5UI34DOVSuhUSPFAZkMAfZUGSVR/5XOP&#10;wz1s0GH+P//mHz9dWBsMDLs8tps3M8eHJi49N+iygZqsODgIZ9PJi8cCypOT/zGytrO+AMt6yoWV&#10;AavnQQzWaK0o2jpZdXzIJ7e45ZaJY2cyWk1XKWsFRieDB/vLt9/Xmnwmqw31d3Ro1GSdWtlId+Bo&#10;0z8R3dt5/5NP+z1exDuXa1UkoKsk8cLsBLDxeDwE+GZ8eBT6px/+w9sgzNW7SL6rHuztDw147Gab&#10;wWjGbhLhcoGAXNTLMPJnExGT2VsrKsxul9Xjm7t+E7e7w2bMFPIgYIVCNbCgFKpuKl8oXH8vmmpx&#10;Ms2xmWedTke6IgX3YbYWPjY72hHVoe1t7FFef+31yckJmBVDXvnZ558+PTNFDeGwfygQuHbj40w6&#10;d+LstM/p0Z2BeV43nQ7GD6wAtIZHR8GSvvXR9VgyUq5msWqV+wfsVz68W2ornnz+/MF+tiyqr9xa&#10;Ma7ujZlyfItbnA+XG6YzZ/ry+WxoM/PURWfgqMU9ZJTyhnSutp3BYkmCyD2erF44MfjeB0mzIENT&#10;B8sbv0dZzcle/tkmrgZ48KVabQ3ZiRawvhuZYkk//KK8tbE6N4cNzuO/8Tdp3ZOfLv3zzLgV5BHF&#10;kHEtrq6m8jsV4c9/fP9//b0nqxOWhU/XFw3yjWj9xIygK+3UVYZcW/ncC2OdcubDN3frBfUTXxkD&#10;98fk0Xq8urW3NkaUqwPc8tee7b9+beHFybNDw2dE76kP33hl6YOf+NT5KkQrmfRGFVy1Itw4C7Uu&#10;lPleo+xXn8OY7lm8tdQs5Lt646nHz7Rq2kYoXm2Xo2WlIlZJhxPQmwqdwG5Wro22LGJLozf7/H7j&#10;vdT8zcTUsMlr0u4mWsVWbdImDvRpdpLdEZ/i4ozp9feTTnhC2DvzB4UTDXm12bq7ljszqnn8kf7F&#10;SOOTqyn9GfnmatEzmjt3XCxsRws5E87Y5fsxlcH5P/2bU6Xw7jtX9gpV1alx3/z1XbOpYRTzSo1g&#10;8iB5CzaHMHAXLOP2vFJfLdU2b6+fGlBOzmgzNX253BxwdnEU1bpwMc0ml7KhvVz/pLOrIZuoRoYX&#10;yzWktOOcxswPBcFwH2e0SECSJ8d8N29HkcnkM4MoKOULErCtjRutalN10SczORQ3Y931YAqrINgr&#10;+gb7zz56odWxZNNLseD3+U7eZJwxB/40UoaO8IA8UqWu020qjp+UGvm9d/9Bltmx6nz2SeCSshob&#10;ysiPnIYyiSoNJ8PZDLFafG0RGVkH2+v6AadS3ajE6h7fdH5/V66HVtXADAFIw09zAMwCNerh4QlY&#10;n0vko3mYycxRrmSDfsV0ixC0AS3EoU/4FSdDEsGbb7yM0RBNPfNXx6q/hGMThxQ5oJJxaofYnIS8&#10;0cSBPwkhO05qIHeARvEvYB+BSsPDA0cJRbkZJanFIqEhrsA6jMYysUGhx8iBwlO0ex644EoCSIV6&#10;sYojGCAfShKqLBVXXoZUV+acDm4Rqg8VSNBMQbxV00TCEUtTTYoVYiq1KGdDRqoVNvdQAAe5BeJt&#10;NjAvNmr4brP9L5kC4KyGrT9H1Q427qKAWsiRZSubIptAH3uTFuGCzGeXAkBQeVUqcIvIAwEwYKcL&#10;Ig62dZhm0EYwcY7QKBGISSrXTgtJWhjiSdmJDjybIsccFEWr0Wk3GbRqh8UIMg7seKlHwNsA5Yby&#10;tETyfwWlt0UEIIxdqFd4wHYLduxwpK6VM9g9V8kDATWc3p9ExgsCXQslMZXwECK5ByqJ/kzBYOCs&#10;YoSTsbAYXC8G8UsULtOgQHCix8CcAeRUiv4gv4c2jYZNVr2ozLbbzG6X1tsci0qWsUuv1BEuQZ7k&#10;BAOQpTtbfnPMjxBYO3Fw6NGgI8IcS0WdAGNcb+o8GObbZotK2YM0dIlN50MBGr4lKnh4YDm9GRr3&#10;Oyxmi2/iRdfb2RyCaBvtLDJHqyjwSrOeMkUA0WopsBmvQks+eebrawezM0cwehVyhc8/9/TNhYVM&#10;uTs+7HM6LY1irs/r7PPZfvbT96PBbavDvLK+d3p2RgPsk3Q71LpB3uJy4JIIQIovnO1Dl7gbSnhM&#10;Yr/VMPz8pZd+8hPk5nqGjlx+4zVg17OXzt+aD4Y3U5eemERk2+JW9Ve+9uV4NPjyD35w/fr1/PQx&#10;v8Pgs1uQior3e2GyL1Kov/HeVbizjg95P7o1j/1oPFHQI05EaiBgC5+N6hhFO0mVlMmCLXgGzqnV&#10;LuZntx2ZccGd2nYofhB2WNRtQh3oM0S5XMpJOpXk8cGhrFOtpyB9NTnGRyentXzLZBLNJsPaPGdz&#10;9sOpO3oAtBlJpQZc1ngqeeHCuTMzU7i6AIxwD5v1+kfPP5orVfx9TrnEOR2Wa3cWQ5F9UavJRRP5&#10;pWWDtQ/9N7oUT+BIv29Q3kQclMH51c+efujRiR/+5w0h204V91M5uPHj7QhjHtvZUXM0F2sbJtTe&#10;oqwVBy30zt1YtagC2PP+bkxpEJOftqSiNNbf8GtEvc4yv4kstdrqXuF7r3+MiDqDlb5yMPb/3OOj&#10;rVIqYeqrtjTjT/1xM7f2yY++4vN4E5s3Nzb+68bt1xWDnoen3E+fc6+Gyz/55ysOTbWUj//ZX/z0&#10;S2ecj5+1pYqNXCxmOFr8/d8d+ceXQ298mrixHn/+osU7blrYkLI/2Dky3XVYq5IM3hzltRtX/XY7&#10;JzPPHyQdb/5i6GQlCBP8xQ/B2tjSa2DPDy8peJTQKcW3IIN9/rHBfoVk6WqD651kTLu7n7twyTw1&#10;bQ8FRYx2NzbyC/PbYC8OGxoWTpERVbe2O4n0/YChgWv62jubasHgUHW27zfRvgVc1hZXCcbCf/dS&#10;FOuEcUfsN57qO3/EuhvL6E1qc5+1UohwDTHQp1cbEA8ljJihNC5ub4KroTsza86ubanpZG+7+x3h&#10;YElsN1fmknP3Sm2ZHTW7VE/ZtN2t9TSnkzcExcSgctrRtffrQBqLqfqyNbuylvIqQjZld/CoupOV&#10;NlfSEE12imDPW2weJO+UnD5jNgkFe3n6pCX8aXrxHzJtszrV0MHXbMrbPO2s8CbzbtLzzrWoxePz&#10;altjhgqmt2hV1kxWCrHWExcEtRPipdaASVgbcf7oah60BCz8stXrDm9fKLlcqeXsFpGvrQ7LDwTL&#10;wP7m9YLY7HMNFMtV78hECQJbeSOncPoHp2TEbesyt+QeMiYxCJOYsmBJ1JKJbjYs804YT3ym0kYc&#10;Usrr7Ji6ORxootKGg7SVjOv8A0UMXxwVDwJw5b0FEkcBTgR2kVca5gAMdggJwemdh3g7lcYPIlsC&#10;i71svrC3twdIkxzPwUgEcEphGmD9qHmgphx5q2AeRiQTWboBzQV7qAWMEGRbA6KbISrEAU02AA2y&#10;6sH0yqxaoZlR1FBO2hKZnnYYkgl4tSsnl3IwTqE0F0hGA+iSXGphR1Ct4fxHDDL52mA07Hagl+e6&#10;ZcgSUKUIYZXL0apjRsLbhB5XZAEgeChGD8mjwUb5pXUXafgaIjkBMVc+8j4gHiW1CDQz0RoT2c34&#10;NPARV4pF7AvxOCqtWhLI2x0XAkE55MCpUh+a7yIxjG/0dPXoQLD1rFYKcrbT1cPICFMax/mhbDdj&#10;6aSEoB67XVJQKEWtio5+SIZEqobwrsOQCdMa3CkoKnCEKJTqWOR34NIHuz6JlKAAtCWoEnvUG1b2&#10;BC0IKviwjTbm/offwS95qoYUNwY8tNXzPOQougyyFvQ39XalwiSnFEgKphSJapDxQilm4BihbnGM&#10;6oS7hKU+ElGVh4GqQauRekb+jAGM0koXjLFPmy3mCIBaiCGvXSWla7vDuMotNsV229JhiWWOU4xQ&#10;Rht0Yn3TUzBXZDmFL/ciWgUZ0ymh0VAq0HLh9TZAJ4ZgB1cM0GGTRLAEtOASS3RDCg6bwaBv93sd&#10;WOPthzOQQpL6td0xm3R4JtRksNLwRrY371RrhRtd5fETY2Njoz9/4zK85x976DjQaPykxe66/N6N&#10;VHxTztUdtr53L7/66ms/rpWwCTYB/S036zqdjiEK3X4v8q9Fh6Mvmc2ODQ6OD9nnV4PbW3ACT6sd&#10;A6VSLjAyhs+6Wm87h47xOr9WrvuNb54dsJt8Nt08BHZD9o213f/tb5dnT5/7rc8+0iT9aAt3DUzU&#10;n7l0cucgcvfWp4gIhTzBgMMp3QBzHOHVi3euHuytG3Qgv5ULVf9nv/y7crUXGSu5+I1ubadZq+GP&#10;i6Kz0IzBLwn3NlaYjQpIZPJIpABomzylBd3xcw/hewoydJ/HXGjB4N1kNWpv3V3GhuXRJy54DEaD&#10;Ru3vG4DPBEluJJauwEN/IrMY4YkMOVO3gktcrTochnRe3NjO6EzqiSF3pmywuAYHRo5azcbZqWE5&#10;SPeiXsXVEQqzkcvFLp4wFJvi/E6mqtLzTUuqrquUylCeler6exvJufeSUqMdynNvvx156LhlzC0v&#10;tmVb22WfUaks1o7bOk6PcHuH6x/wzu3l1yOQXcpgt4Sd5dee8b34lHFpLqx4eGZ+pbD0yr87+8Jv&#10;+AZO7W3f2dv+M1lb+JN/9UwhlopFq7aBvkF7+fe+enJtdydPui/TL25mHh0XlzbS40ctJ184ef8W&#10;Qp0zX7/oX96GasqSSBVTyWKzArumcjZbv7W6qVNYKinuajVXhsuxWffx2v2P5m4eJMrQzWXbxlRS&#10;MnJ1+J9Y9Rqw/Gcnnfp6adylANExGVs6fs43PiK+9pG12lXltq+V42D9jGKh4zM3hwdN9XLhg5XY&#10;4KDXZ2oB19mINTRF5NTyR2dtYiVx+e7+0xePXruyA+rxY6emxbVd+GZzda5SIuZENJlspzpWr01n&#10;bcejabWsvZWUUi3Jx5WRl1hUmxwaw8LtUizYdXu1Bgd4CsLkkPnVV+FvXDf5XZVGdXBC5/I03Wqh&#10;grZxtn8r2lleSapdUKhLkVzTMa7kGsLyasxe12xHKsaWqHbUvcfl9n7F+juN7fniyFmN4FLvbcmz&#10;JbVPzSWQaO1rJWBaZ9F5lNqFq8miohmYRkso1rMhhMVU2gJYADKufu5J48xFx9Vf1JTqmo2v5Hmt&#10;2mu1FmOJ9ZqUVwb6zOBLzi988oL9hFUryxTNm8HGaF+rGPo2DMGqGbn3yFcNKnwIUiIUlYG1XVP0&#10;+Yz1zfe3NvSB2Ye7WhvLSaRTr6cswdkK73KD06N97CsHOzuDJ85lgwf2QNOmrctzQdgax8PwxpHZ&#10;XSCM0IIZbir1KjJVOBjbIAGdPRjATGjgG6liJZ1BkjBIMI18sZShxSO+YHKqsPAdBcyhhHgSxtPd&#10;OpZvjFYhZ18/+HWjcwcRBs4eNF5yNCmRnKMpkbSejMuBpYqMyU8iTjrCWhzNGK0G7MppbqzXekJQ&#10;0nMwOwAQUFukm2iQ9yltwFCGQQMHJ5FSOGqFnJzYmYAKVQYjOMNgxNc7UpmN3ISFInKROFBdQhgZ&#10;0xVEkiYKHkEENJ62gStCeIjlL8YsFBMc3agyoHCi5iFXvEsZmGSoBIkFjmtUYLKY4bl6nsYrMpYT&#10;O+TC02wgysyg0UG4AgwWLTlMe3w+h9mo41o1BCWZzSar1SijwRTVhvwncMlQP9vkZYoihYmi2Ci0&#10;qqzIEBWYvJGIOsPCKWnNiUJIBCcl0FqlzKyGahN/aWiwopASigphToOk7MRVhJ8pzX4wW8nTJhJX&#10;gEY25o1L1upMsEmBmkKvPsl6+19idGKRCeK5pucKxQqhrJesik+CrR6pghbRx8PoiYQ6TdLWEKpL&#10;L73LrGkZ8Momd+rGiKAtY2EmPOMBE8yLVRtNszTbCw8MGx9kAPA9jdShU9WDGJ2euB71GrIqzJfk&#10;SMxRi0K2gXyH1XOiSwmMI45GAT0EEZnUXo8zhohqXG/cGUqZgSyP2ljoWuBbmIweFLKF4WMz8M3m&#10;Wvvf+MoLb771i6XVdYvFcnAQUhnt2UwMKzp8eOZccm/3fqdRtxqt1XrBpDPgYYCp5HNtvUmIJjqT&#10;g57rd9PhWNtzcL+Ib7zFC7AS/VsynYNhkkyhmbu1PDQxbLCYK2351PjgsQF7vlDKNNuBkZFEKouI&#10;MZWxM9rnQt1Ht9CkNLRWIOC5enOxUy8hCx0t6dbqUjsbdXhtoTjaL2RH2p579lmwAfAnhkYmay1V&#10;Mb/RLK0WorcLxWqu0FbWhFPPfzG+Ob+zsmgbO14v51RiWmOEaKRVytewMDMrYANQnr+fHPU6bS7l&#10;3K3F0SGv3WxyOS2Li7f293YHzpzGRR3wOLrU24DF0MYdSN/Jbmc/GAHQ4XG6UD4/vnar3UgG4eog&#10;Gh1uoZyLWux9J6cnPTYdvqGpeEq+eR9KRNfKbtxr4c4dnwxuRXeCSO8zD7lNx4+M7d9Nb4ZSRr/s&#10;yrs3C7lGXqqv17Rf+/VJhBOI8dRAv3krLVTNdjDTYITT1HXq7fSEs2noDCxv5lwmCGy5RLbwxKMT&#10;Y375935w1W6Snx3PKNu56vYdS8Jk4AonxywBn/X+XEpZzqmlWmB2ePKRqe//xd8kwruegDVd0p47&#10;Md7KXA9lm2VOrXL5C+rz1e6cTBYJb5bGAgOlirqYlT/98GDwYOvGcjlcVBRLotqCrHOQIOojQ3w9&#10;3AhGO/BllDTGYyPusRH3/MK+2PXYTaqjI8ohr2x+E/aJxtnJpkWZkZTNrj2tdxv8D5k/vNpK5uJH&#10;j468e7VjM+t+9aFAuc3PxQx7tTp8D8ctxbLerRybymwHv/ncJGRfi3uV4aP9SC/R30vn64S7jA77&#10;4pnk0k5kv+ytyOV9brleLduMVo6cdT093Pd//3QjMOrp95pufYgf1zz56Fg+kY3GEYBu2Qm25Kny&#10;1GA3U4XnU/1zz1qxx4gUW+ceHu6kk5VMxzNsIelBLWdQ5gPjlntLtVS1OKg1FJqR888PZDf2zAp5&#10;qdREZKsxYAptgdzJTR+TN4HhOa3j+vbytWwny29nSv2ztsHHrZVUEi7Dx053fH0afsCw8H7QP2I/&#10;clL27b87CMebbYe4/2F7KlOGoZCm1qy0lVWZKRrn7XW1SWqPWFQbRd7rUv/rJyb95ZrPptkyy/5u&#10;AVGxrVzyE4PF6j36Vw1+qFqqwIjapGrpLQHjM7/VWP9hI/Le4OzXZKVkuVjRubwN8puRYYUDpx3y&#10;xpGLqd3t9O03m3JNd+AYgohRl2o6VSvXbNfTLqesKrNVsMxVyWwWg01U1RsZHIHReKLRjhQq1QJ5&#10;mqI3bYAQhLAqYt0i+orsJSETtFLWlp7mMMpCxkFPsVYi1ACgW2CNBWSyxSRuNIpgIqEwZvSdEmkz&#10;gLfKaACGHwaOdnSimGKwXIQaDEMAQDgRYYrEMkXd0nK98Y7joAem5CgJeBHkz0Dz1Bgc4LRFsw22&#10;pyTKgI5UxGFJHAfatJGTLYOukfiiwUiFXRrzmpez8tCiOEnyIO+odaa2RmIuA6zHwGBJDBu8EIr5&#10;BYSI/pmOBlKwVFAQyEyTjn7BCMoMUWkluLhhZtRrkQ8Ino0WmkXUcZRAxF6TJgd4rYLYRWqRoqaa&#10;8AYn0nEdkyHiSNiDdSgUEq+WZU3K5T0nU5IkYpemM2odSjXtytB2kCZUwT50qkLEjKF/oqNpUP/Q&#10;rGNLDPEUYWMY22hXSsGfHbpmxMzCnhGuN3ggTG6otRq1iEABqn74KJjRRa8gMciaHhjFuV7BICs1&#10;WbnFHpKgUUJH27ThZEQa4n8xF6guKSnx0oVedCrVWiIGi/yDGZG5ET8wk3rgycgkwr80/2cEV/Y6&#10;uJ7VAsN1idpKVZwQE+Zr1GWzZY/OBvIwnH1U5MIj8tQk8Iz4Ksp7HxK9iN6rYpoTXHnsSCHRRP0g&#10;9wYgBIgmbyBpzZYtt0ZOnCqmkO5ca3IdFwVRaTlBdeWDd1XkrNTSO5OVfPzk6ePB3YO1ewt48fAX&#10;7dSrSq0eQwYC4bBAxYW1GqhxBAdlYQsUqfrq0qf2Ef35oSH0SYlE+dJT5xPRHY/L/eWvn4kkKsMB&#10;6Cmv/u0/fe+Jh89fOH18bTeO4JiL52dCsfxwn3N20FmGnz7PY/UQyZQW7q6ajAq8EoWgHR+xvXP/&#10;jlJAe1iCAOqhxx65ePaCVmqi3wEnLlOt3Lr56qcfvjU6aMZ9vh+nz/foqROx7fXQ0m2HD1ReH/Kn&#10;xW5ZYTADAgAlHSLYeCT6i//6w6GJgUbOnS+Vd/bXkvFVUfHY2sayTsdjz1KuNOxGPS6+nJBnifGK&#10;8aETpx0dVDwWB+61s7NXLORcdkt7P/nQidPIL7763vdceh7TzdLqJm7LseFB+Wcft49P2t++Kdzf&#10;Sh4/apaIxbM1MqB79glLvzM9Ziw3q4q+4xOXP9lZXV7RG5SbicqbNzIGk9KlsV69W1TqjTJte/nW&#10;+jf/zcOGmdPJhQ9yy8HL1xeruVrAqS9VKPnoZF/77np+bq051KdN/3xdrTUrbM5//N5Pnjzv+dLv&#10;fO7mG0vIFJtbL1ZT+1+dnZC6+eH+Sni72qmDRO7+6MZKwC1bP8ij7x0d9qSC4Vi6hC83VB37MJ8p&#10;58YGxjq8OpztIm3jT36nX6MVSqlOq2h9453NUycVz55X/tnfp5uGoYceOZmN7GlqaZNQtQ8c4VtF&#10;t6qcCHc+mKucHdPGoq21ZPXUOatepdnbK9v6xamRdi5quLvINcWh4WktGKq4QqfHjeexCVZ2Ijvb&#10;ayvRI24LhLCx/X2AJKd/7du2ofPv/z9fE5T1VLq+HKx2xA4Mmw1uY0GqhdN5BJVbNAqjHtnfFr4J&#10;Ey9/s2ko5xUzU4OL68mlxTiohXBKPz6la8Xh/tXVCaW3r0Zsfnso01HX6j67Mh+s3r4e83tcowHL&#10;p3fXOCUUx+OtTrZjV6iLyo2dSqp+0D8kWIZbYB5i37zw4a7J5Nq5Jbm7tdnH1PEq18qKVl3h7LHK&#10;0o1aQ2PMpE1NRbWeTQS8eucwqmADrPyBUU1pr6Tm6n/4m0Pf/l54owCRpEzY7vzO86b4tjyY4qdm&#10;DQapXdrlvRbtC0cNprxCU09NV2WbH6aMw/KHnrY07OOvb/D5dB+0/Gf8p7ZT+6FoxWTUDQ4OwoMj&#10;tMPvhBdPHe3o+IVCy2k096Xv34G0AbJnjWtCbXJ1qyX4QGVa7XQmpfMOe7z2auSgWMgrJ6fsJx7W&#10;VaPJ7ftkVVOBiVk0NHfnLmhwiexeMHVzM8ES4onQw1HeFk5aFTZOKraekSRGI2KcTcA4GCFEMjhD&#10;gnzPFwiSElmJLOo4ogOJdHZhhoEuH8OeRoR1KuybsbET4BuAM6zLwWkBPHXkYAMXaNDhhfGOhRsT&#10;ntmk3R6PdD9ehm0lJlG8BvTawATBOeHpx0Cw0YD50WpWyEFBwTzwCPADgwY0VCwHGpi3uswcFwc+&#10;zgwIOeTk1UcUkgYlX5HZukQBjhyxcNtNkrQTLRUzHKfGEABpgSg6IHsBA03np+Q6Ga/W6iw2i46c&#10;5GG1ima6KdBkDOM/YMP0/Ni1oTp12siBo2jIThXuRa0Ci1Yh1wLaDIJqqzRb9TQGKonsilfPxina&#10;C7PRjCzf4bODQoWXA+S2UGizcLQaSRhRIMnJgcoi1Rv2fgWK5ZT1ND94j9hoysj1S86EE2wxTVeT&#10;QGXABXVyMkLhq6DGEuZKf9P+iT4/RkrtRUwzLjTHPBN7LByq5T1thkgmRQp2pWgjTbWNINKedRQz&#10;WRR6jLNub2JklB2JCXYFVugIb+1ZUXUP83F6Ho69skprWHxc1HWQ5T+ZPcq43p8TerIoIv5Avwlj&#10;Xo7T60noQkmaQi/dkz0l0XEJUyBbYZ4NspSahmZOIE8lJXRnSloEALs32a/OrXGiDmy12EFIJnbW&#10;FlKrK8sXHn7y7V98//2bn55//JmD4AbMyr19gyxAleBrZNUE/D6H07ewcKdJPK4u4mAKxe7yZrUI&#10;k/8657ZZ0bDGIhsvvVTe3djCBLy+HrK5/JcePzPt99yUQgANvvX5J/+P/7T+d9/9fqlFXkiRudXH&#10;z06BGR5NZPxOQyJXgX0jgAeDXu1zm5RYCSpNyCRZunvXYjPkM3Wkjot6h06pb5QLuGRulwG4QTAS&#10;2w+X/f6hHZincHAzVzuGAvUOsK4dOFTwqVSlcM2k7hzE6+nqgQG5rMhDsvcb7d5mJSGVE6LDhTWt&#10;VmVfW/7gzt2q2TYwc+ykz+E2G7S4N4g42GXceEZmAxqED7bP44ZXYiKTd3pdHnff2ePjQH1zqXKf&#10;2/3Qw0+++/YVo31yfevACXxaqwaMxb/3yW6yIvOMWK6vbWEB3n9E5R4uKWxduZZT2aTtpZqZk049&#10;eUZtGrv2+lWx2fjH796Y8KhmPcaVWOUiMpOrueEAL88dqIWx3bBwfUHmd4Jv0S2U69VS6/e/dmpy&#10;MpAoLJ2fUmXTMM1QwD0WsFhLKT/Ilj58+SrGJ5VZvb6Qm/WbrLJU4s6b12/vzpzsAzXgb95Y2QgB&#10;HQRXnRvwW3761qcmgzySRNZ7a2rCGgphagX/ht/bRiQBzAR03/lB8li/ZazPruezTz7huReuXTyr&#10;/v0vmf/nvyeIFmyR+1v7HrdDtJju3o0ErIrleztmhawuaW5HdQch51KcH/DLCiDZdeMTM56WYAuH&#10;BH9AsrrUG9sFhdQY57dA2H1tPq/QywLuirK9Or/bmE83Rv2ifHXV7D8FVuORgDg5ZALz5ZX3VmCV&#10;+GufPZ5tyX5+PXhu1D80PlNc3f7Ll9envNapk+Pv3Y0sLa7PjGr3MrVSdPf82SFIPM+faqSjzf1V&#10;adSutVrtWvNAV9QfRLMlGP5LqSG4OgQzN++mpsfhZNSOJFr+Ec/xMxWAa/eXspPHDfduh1YS9S98&#10;YdjQrOVisspOFgmcjlFt18apElJiLWSdkllPabHKwH3SLjRuXd0+84RdNGtW5uN6p6Tw2Awa+/pa&#10;LC8Xh08on3vqxK3lLJcJjTsbkbSg8Cjy+5XErbDZUO9WhTtrZc+o8PVB+er96nvvNFxoyU0gudXa&#10;haRa9wX38T+JRn66+Mmfj575Pb2xr6vQ37v2jtfMa5X82Ki+0S7Eb7/lffhhRE12WmtVmDSmyrGV&#10;pZHn/3uU1U654goM63/9fyH9It9SmREO1uFTO4VKOBHfTG+swNsciCpkEiDNwzkFgge12gDFHkYH&#10;cF7BfG2yRRMBcgRFArircez4IQ4FSTwFhDtgmAU5lQyABI7s8Yi1gS2zgjHwgYPWWdIlDmAFRC4s&#10;t0tF2BwyMWq0kiS1R5tNP0gQ7BBqipNYrdGj4GBZykECB3tPgK5EzFDR4ozBsgLTIJAHN7ivTZit&#10;Q4moQsIFiivEMFiHAfhl0dMoz6C+1tjByRfyRYkrgRwjMJ82LBHAYsBbhDLUYjIoCayjjBGAmVra&#10;/AGEAQMGJyBPe0XkUKohdoQJXI3lZ2NXmGTBDaQ15Do9xx4ZIaVEayEmrgZpyBoQjkDaV9JcCP0D&#10;uRKBFktsHtBOUaGqZShAynk8KmQUgFspFBO7SZBdWuRMT5odOtxZqWK50wLBjXgGtQo8XPiek7CC&#10;uE08+cGyAQ8KCgncmwpEjziMm2SD3yYolkzfSbcI46KezROzCGbXk6Vo01aYdpD4oJDEIZDdosBI&#10;Ogx+fRAqztLCexWwR8Bmv+BYbWRsYu6wYjK4tFf5SAPJONpCz9mfeVDxh6AqGx17Cawc8zvqBc7R&#10;HyVjeZYcIHG//GlB6h7mBJBplUQLb7jxQWbTYbEDTE9JtweNtjShU5vA7gTqAmAKCzQaFxpBnwaT&#10;DmKXarYCHSTu7J39lXiyYnF4uo0iupRYONluZmIDg4ND44m91djOClohkw4ULZnV6QyH0Hx1DQaD&#10;zeZFw08ZPRLoaVA31SLxJACTVCoHYBSOZuks6KKCzql3ONXRcG7l3uJjF89olNr1vVgwGMdy7fio&#10;d3j4RJszGow6hCe/+KWHDWrFhN+BYvm3P3hzYLDv2PjIgMsCKlI0sr04v/iv//i3i/JKjnc5fCdu&#10;XH7VbrI8+fyXBofcaxs7UDG7XZYolHI2y7PPf/HqJ7fU9U2PuZvPtS489ZkgkjMvr1odbpXV7XQ7&#10;9pfnnE43dvIgIkEu+dhTn3F5+n7x6ivZaHXM4hVkSC8Uhob8KhXCvh61GDQgYlEPDLMqJRrNDnN7&#10;gHJZ6n0X8cXGfZuIJXf2Q8gYzpaSQKFOnjmSyWeqLWUlV/7ed/7q2KlzfSemET8nv70STaSbQElw&#10;bwM8iscqk6eMbreYPEgiXLlQdC3db4QKd5x91vGxk3NW18FuZGrMgBYzr7ZVVchK5w1dPl1X//xH&#10;u97Fn8da/tERb8BnuL0ere+FnnnMOzHgiVXsSp13c34+X6httkHE7Oo0XaNOfvN+5M5mEq7hsRxm&#10;32KsYv5w8Uq1wScb8o3kPriFkRKH7DnqXOXyVLEejOaB94JgXslXYzdyZjjdaRXJcqmDELJKRQfX&#10;Qr05ktVgXFubS/wP/3b4M5P1WDRVbxntuiKCVRUmd2DspEnFX5sPIgLt6vJBt8pZ3KrVg5jH7YSV&#10;ZpvTdFvGBjQkMkU8zj3y9SkAAOtv/VSjH+3IraubkXq8IFVb63EtGqM/+NVu/0D91pJ6YQGZQIrK&#10;rR+3E28Ht0OPHTPP9Nfur0d+/QmH1df3L5eDG7kOXNNTeYXOfc6fx4o3dGMnVQKZOpvzeJQLG5G+&#10;fmcizy+u5U5PWPlO2WdIJGqGgy0TsKTw5gHgrOmpkb2V1NFTY8pWPpxL7aSLzaXKNz5js9u7pSwO&#10;KvGhR+1Go3wtCHZYJ5kWX/lZ6FsP2y+MKWRtviLU1cNupPCKpYJLydWTUtstmo55dy4HbTLe3W9b&#10;j2lEs3bkrLraKADsLu7VynnVWrJ9azf5yBf6pyaVe7f2kqn6WrCpMwuPnrTsrxdvbxb7wCqSNAsL&#10;xdGy0K4KqRZEGyWdWRQtg5HNpqTmjSbV5tL7zfIe31KDA7K5MZdZ/VFHSA6PARwvhBJFMxxzKpvS&#10;RrC19zOTe8g3OlSJ7zZDL8uOfY3DBKTkOqlEMrSdyUTLoT2xkYOYCwSWbKmM2Q9AKM55mQLP19YS&#10;vieQzTcxI+jUIm6GRDCXjAIUWZhyg2dnHeVd4UsC0iwGIvyJBtOnY2Brop0mn1oaANj8IUO5pWBm&#10;4sZiywjeCpKkMLthaiBnbJzc4M8ilhLyFIklDwNMxUQIBZJSDdNSAzFZKjAAqmEQA87PEWW0Q5gq&#10;WcAoyLaliuKKwbSZyRUkGkfB7mS5KLUizndUP/SyJl6BtC89VqvyPmjsdBgY4Y1tRmw5fEMxYwKd&#10;a5JLH3MjJcyQ4aJYxvFcFfLQWpt2q6jjPYsGdAUa8t2DQYkCkRdMTwgvDZrh2H8nMWWbFnVsEIS5&#10;HFjRhWyHeKM0vtHASLVLOiwYgnA4hHFsUwgTV4Qm45qCr0n6DFYCiaVLm8wmS/bCiQXNSbVeogmw&#10;B7m2SLrYIHi0zTHkkqGXlGFCeCjQUFbieuGeSsKEeyWvt0TsVa+eAcNh7XoAhTL0lFVK/nBl2KMs&#10;9SoX34tMJfI1M+LhDx38WfntrRnZEwk9YwKO/VehV6HZUMkdWlCRe3FPU9l7RV2WTNd98HwEIMsY&#10;jkrdQw+QJRyfFWJY6WKXTJGlIFIyNhB1FWCBUbQnVCiouHL60/B1A7DRJBFKudLGIY9oFJDFcLmc&#10;bne+nE0loxibo9tLiL6BEkul1+XikUJiyeUbRKapze3IZ7GzkedyQb5VgxkxJMBomxaWF/AqUCdo&#10;Cct8tMjnllYCKrreaHmRTyM4S4VcZHd/9vQFr38wtLOHkJTX3nofqSwjE+O/6PDPPvPYtwxPL28H&#10;f3bnuloGXWvn5OyRsUEflP4wjPrw9r3B/v7NzY2NFSwR7at37zx6/oz31IWl9dVCvXPm6Hmw2T7+&#10;4OXA4ODS/eWN7fvI437oxATuL4c3MDE9+uHPX5mcmUWZW707pzVYoFA4+cgT/tmHspmC0K7Qqefx&#10;XXz6MyNOa0cqgfF74tjoqZNn5+5dXVn86Ozxvk4H/vlL4SgWI/hWRqSW8uTRZxQUBsBCxCVmmamU&#10;hePJSDQyNTUJWY0vYLt6de4rn3um3+WZ3wjuh2NOh7XZReZBeWt3j+M8cGKTjU5bUrl2rigZBJwZ&#10;wvZcpxiRdBwab1mLa1481cfL6z/4+9Xf/m31yTOzN+/sPfmwM58plTjp+GMTdm1p/U4EUmvLcf9m&#10;qOBw1GON/H5G+PpXvxDd3bhxZ+EnV9ba3bWPF0PIrvGY8FKBUBUJUuG1WOBAz8a36rhvuqLm6loe&#10;bbNO5O36Ju6Si2dNwr16tqCTmLXgoA/TqpHswDoKo9lbySZsJs30sSG1xX358r1aMfvEGQf24BXe&#10;8NCZCbz/P/+rrSefNd7ekO6u5WdODm2s7VkGjuonToXvffTwqSGkLNxfiLmcgUi5XmjkleHYCzNG&#10;tw0HktKm11gGbIYJY7W4eO/GHiRdegFWwvyF8fYvfpwEMDt9PqCS1Knuvg62ZFpjRirOR3JGZ+D9&#10;q5sIVDFsCGap7B/QJurS9fuxxUjdbWjazUKlVl65e3t3L2gxesRmPRTLHZv0jQwNX7t2w6EDxRFq&#10;CMcRnzqRbA8PWRVWeTirc3rlO3dXLp6eGh+uSlkOgWSccuyEwh4K3zVbFM5+cyaxN79WWtiWf+kL&#10;PntAfeVulFfCeteRrQpX3s+9MKR3aAoOKxddS65tKWv7vNektvQXnUg71Rl0yFvQyIb6TG/MNUUV&#10;NzPUMSg7qga8v9tKvcLWyZ294L8X2fvPb0ZOD8j3Y+1T5wdxrAMdtUxhIyJLFQW1xBcSlZJNMzLm&#10;CO4V+g2QBiBNQ68eeSgzNz8Q++tG6CPr8FeNjqF8Mbt/760aRIuU7xicHFT1eRxgjUn83UQwrlXW&#10;5JX7Tl9bPa7c2Xn73mvVJm+vpHfryWC9kGJsSQRMqnFAdHlNk+FqaA+ZTR1Uq8hwZKBKu0HdukKJ&#10;IkZqRwQRVwtKrQmnDzOCpbARjErkqUq4JnJlCYjDHAnYkgnjOOoXKQuaDjrccUzcSOo3EpvDfKBZ&#10;gbxCIEM+4IfEJcLgg/IDJLJ3wIKo0qIdYbNczNTJPwA8eAHuA+UcqEVlnJ0YpxpkaAB7d9i2Ad4F&#10;x91EukA5BycEjBJgmMLcVKdFuUFMlkihHVTeMHKQVwAzSiPjPLTUhXRVThBizyEWGy6MiQTZUVXF&#10;ApTcVhW8iWh+hG0C4yRslNwZyNigRSvBDoo11rrtLClhqqDjtNhoRyc5eg+Qh+QMf2QR0QIQXPBx&#10;eELx5DxDRymymaMunR4LtbDdgedrE3hRgxBWLDjbPYi0TfnPpNhghZgu3YO4NXlP84juA1dCZDgk&#10;LY9lxH6hrp/WhGzRxwI42DKxx48hbJZxZegVsPFQTr8WejWOcWeYtw7X/f/VVIE/rGdsDOwhrAwl&#10;7c2RvZn/sGr26m1P98vzD4jBPbS1pwRmIa0Cm0UZrtqVHiTI0XZS4ITDmbXbq8HsTQi956aR8jDf&#10;FTs8gSzceba6xsZazubvruyQpMQehVo9MkOFHQY+HPQveCzABPhUUUHVOvO9tT2BxZAA01XTpYYl&#10;EwLLtOVi7P5SwuJ09g2OKdSZTDIS2tuE+YnNZEBFhuUUmhan1aLXGwVy8GjIGrChBkreHer3Isym&#10;Xk3iqly5uqLRapwgAHqHz5069dHt+b//3n+RNTNWk3598U6x2gDm6dbaTo/0RbOT77x7ze/rB+bC&#10;q6VzZ6aKxewrP3t932lC8Nj40Ums2RPxhEbvAqXg1vUrTz/1macfv/Tx9fd34mmdDiHYuzNnL02M&#10;DewHY5hZT0755xZWJdFQ7Qhb64uTx2eMZlsttFzORDL7OyMTI2tLqxafB0lukNfA9AGEJ7sTJSm1&#10;sz3frW0P+w2ILF25fzA6uA3uepvT1msFtJlXW4CprFNDJxxWM3CKOgEr6D9qoIvrtIYvf3YWXUOf&#10;2+fQa1Gl/H7P1vpS+CCJtIPT507Agu7DKzflJ2enr7y7LMh1dq2mz+LQdQuiTmPrU2ajjSefHUxl&#10;am+8tZfvKn2j5pWNiscafvTkIAB0UO/xM48/MrJ685p31NgUDfE6h83S4m4ilGvVOyF8pyKJ9Ad3&#10;grhXvvls3x98JfD9d8LNRleN3XGp7nWrjs2oYlnknnBwVI4m6lol9/glqFn59d2sQSXBenps1Faq&#10;5wE4HBlTVQX56KgbuyafTfHx26vdhuXOnYYdaasYYDSyLz8V+PiDSipW0CkLJaH5zruNZ54fO4jo&#10;//m1+22VFgrpPOZftbJaTU4fGbK0Ylz4k939lEzUjUxM9PEdy+aOqV2y6sUjF58vdLU7b7w31DfW&#10;LK79y4/W5lf5Jy6Mrd1V35pb/73npa9dUhi5bqoMwkRZUIuxUvPypztOv6vdyCCD6NjU6Ns39+e2&#10;664uP9ltlYzWm2EwRErpfFWn1Z845k1XYjc2Vy89dNonl5Y2bmOpdPTM5+YWd169cvvUSf/nJjVG&#10;vl5K8gW7bOKi+9pHuvxOITDsmFsJ7+xmxyb81ZpyYGQ6GPr4K89OSyrYgRW8g+aPb0UyVe27H+/+&#10;hz97IZOUXn5tbS4VGRgdyNTNby4IwPUMfAU4n2PaUbdCqFAYmLHIXGb4ndodqtyeJBuQffFbgYP9&#10;2E9+HDs3Jq8V28tb3GPPqkcxgJX2KyV/rpCqdN11s+fGWlnVaUz2y4YvuPqfcgkHqdzlEJzrjBbV&#10;9fcjg2r97ChEB5DBaNS+L9jT7c2Ff7HjFtH1rd2Hh9Pm+IBpnx82aaQRVzGXXnfa+9p8O5VpIhXA&#10;7nLhgHn3Zq4jM7cktVR/H45oAu3c1C3ySVUp9UiCrGOOwukB3Xqd+YxjcKTDmoYysQn1BfEhZEgA&#10;lkj7KGfuKjzt9VAfO3R+UtC8ksJzGaJHftdo2EjrB64aXG9EkutxKqZcwXpFFGnyaZAjOFzcyE8H&#10;WskyCcUxrUoszRgjKGjx+XyJ2d8A02w92DPBi4Y325AdDxgToxv8ZxRGfB1hsATHPviQ0nwEEi9x&#10;pFFuZdTfQzzDYijYyQXcDXWWKEcABkpSb28mUpozGgy8TNHhNJMQnuIPWRQoq9aQT+DrD00Y+dBW&#10;ykQhJb0oUXMAj5KNPVQfZOkDkgxHRQ/TGmorJKRKksrgc6Ctmoy8kEBBZXHN4PfSR9hktb/eZDam&#10;ZF+DobXWPrQ3bUoMqWThz9R0EG+KZ9J/KD3wHABx8Y7lKr4X+s0slLoP8E+qLtRryHoZ4Kzadfke&#10;A7h7mEXT2/IBTeYfoKS9giccljHStXTZVpF57jCNDM2IHNtYshLFCiBVW3L465WzXroNG/eEXrrq&#10;YV3lepbCHPnj9dg9VJJ7eeUPLP4PJ8duz96YfwDh9ljThzWU682nTCzSS5Nj5ouHnwAqPW7j1bX0&#10;8BDn81h74aOHwdn4X4c5J1OKCfORwO4YWS7QKbWpf8FOl7S8gqLDK+6t7ICeQ40OiM2oHhBJyfDz&#10;7ftrIbjJA27Y3dplDnFyrMdhEA84BBec+eiW8X2ZPftsJn4/FNnN5LL9Ph9eZioehWUAzIbsVoRu&#10;drHcx1Ljk0+u3Lxzy+F2qOWwXyvlCh2Eik76TWgc4egy7DEc6/cWTp44OzUwFfC8dHkee4l8IWY1&#10;SOXIVlumdPYFAv1Dotoo6HSv/fQHzoGjX3juczYtN3vh6dVgen0z5R+e8g+M7IezYIGDyIpQ61Qk&#10;MnNsLF8shsOpP/j939xY3y3J1bnMQenORwa9WEilbB5bJpb4+PJ7Vz9Cig8sasR0fK+SUxRSe75A&#10;IJ2BDNkaDdcsBm54/OhBpDw+PnV/fa0jpY6NEg8Ad2YyASfKAj72CIDrzoq3zwXkKOCwY7eDD3N5&#10;YalbKY0PDx0kMwaNfizgmQgMyIvVFrTWbZSpprC+Jg72mUf8Lc5QnJz1O0ad4asb8MA9yDWPzA6u&#10;rERq9saJKSfc26tNa3ov9F+WD+5tppw2/htfmw4nm2+GNyvFpgLqaV744U9vt5kmADsUxBH/0W+M&#10;/1//fvjW3djCXPpgN3VkpPv1LwuhpCGyL5w6NvDd76/2eXXf+uLUG+8mfEab16m5d3dHoR4+fzaL&#10;XZYNioWRgWiumwjmDZw0Ni6/H6oa+qQTRxUvv7O49Tr3p193fvnF0ZvXdgyIjTEbQsHSwOCk1lDf&#10;3VcG/NqDKC/Tyr/1+anX37z3v//WN771618w6pXRTMU2cVY0O6atqUuTg5FYe+nOgWM3M3DEduzY&#10;eDle/ORu/r1bMsTjXf4k1RZMqTT//77WPhbgPMhxXitE0uVuDgiWwqJuaJs5l5WvJuP9MyctmiA0&#10;dpVaVy9IOrNa3i6bzdaDeLNRbhSkA4PZNnOin+Pzn//M5wVVeieylUusjPoUK3aFxaLwevRr8/Hb&#10;9zMXZKrZ2e69rTCMZ01W0zsfBVV6k6vfF06UVm9ebmYLgl5uVCkONlLjfa1hj+XGVt7v9RBkpbTr&#10;pK2uUrt5r3g64PJrGipo8OHrWK+fOaopHpGK25WdpUq/NaVxqsou5dKHWTPPH52S374XXQjzpYpK&#10;222PTsCMSdQbXbKayBdVM+P+tkK/G0wp27WHx02R/WI6wclMGa+fi/Zr7twuTsMb10g5rNmKoOjC&#10;RAFipgHfwHO3d9esdrnbbpJU/M35O0Z9xgzTb74TizfDYcfiliKVkuLxlCQYQjmCqjBKabXgw9dJ&#10;Ea+3QI+B85mOb2R/EF4HeIaU/qiLTSj3ZTKQ3FDPRArcQqq5SGbjzXaPIUnHMGnflXQc0jlM5yi+&#10;gRh7CBaTyNMHAwvhTkoN/pzeqCCPbBoEcFQjEgRzG3wOwEUh7WepjnxBIGLEcGGqhqZaJ1KQvdmk&#10;JWNwsEm1ei0FjMAiXKUiBinZqtDyDGQTQn8hfgDSSynLmAybOYkCQFpgWnTw1ggxhhe8sktqQsyS&#10;QIjh2Yl/aFB04G/eJdsd8giASR2CGFH6gGXm8ln4j0vMvQYbQ3Zud3im6uswlwaOZYjibyjJAAPL&#10;BB19JvAWgLU6kXVo9Yg3WC2DiQMzP+xb2V8NNhlCy0kfODkVEHrMUEUZz4ZvMoOjjxDFEJxXvE1B&#10;K+/hsWx4YuRSUt8LlNLJ9n5UGem/HPJFqWQIveBvurJ8txe81mYlT+D/W3kjQ/teLDh3WCJlrGjR&#10;Pw+BVlZaAaUKbExkeCg9g3hYXDlWddnq8rDK0Y8fzpus1rHPTU5yHF46nCOpWPGH/yodUnYOn5d/&#10;QLtlHzSbfnlGg+323tZhiWTRrb3fIxFmh9V4QBpELSEYV+r5PqDlkslimZpKXfQ6DZT2TCM6Ts4e&#10;w4c9AGmOiBcErhiFeCOjttLUGSntrVKBraAGt3WmmCuCkwNyGsXvyFlMpryOG00uiQ1KFa2DkaFS&#10;oDSiLUIScgkWxNUi+i6tDjbLjcXbb0NOpTbZ4MC0D9aGyyZQhh2435RQPTTWFwxGq8VSGtbplYrl&#10;wOhymHXALBwGh90ChP3epx8Js+dRLH1W068++xBEAFvhrF7VTUd2aumw3yimEdemFH1Oo9PXh/7q&#10;h9/9axjjXfrMycvXPuW7peV1DG/L4wNOhba7txseH/YOu9w6tQaimkw6vrZ877NfeMHvH9/bifi8&#10;rtufci010kEUNnXTplfe+nhhaHzYYDRJDOcup+NSo7y/J1kttv3dpFGvODruzuQRudbKFQutbjkc&#10;j7t9x05PTgDI2Y8kbBY9SA2ZVFoLTQa+fd3qT370E6XO8t997Ys6JPFxCC+ppCL7UyN+cM1wUIAi&#10;hFFQfuPallTraLmWXmyemx3+p1d2Y0lTg089+VXdzVfvv/dGVMdpBnzisEverzO++94upNwyvWpl&#10;s6Csd7K5mqTlrbxqeXVndR9WE4Iavn6wKm41FQYuJxnRxMKQOddqv3Yj9twp42cvWZ+/4P74zfkL&#10;jypxQQ1+e6db8FiLf/gtQ7YI2Zdg06vbesnC1/vPDiRXgg5PLZ+IZaolncG6+GFKL7ZuLMXMA9pz&#10;Tw6MjojVvZJPUTpotL/9/cbffvv02VOm1ZhZP3akr72sKMY+eX975vypx144sXz9eiwYdqhaL1zA&#10;mk0BKHpyyDA5PhxrdDKRFa67e2crLTmm7X162CRUQyuRsrJSrJi0Vp+lynndX3rsWDNX2QjHStWk&#10;zueNlNuhUhjexX/3/azF53KbbbloLJ+qC0brZkJ56tRkHGlA6Zjn2ECW06UrGSxcYTV3ctyJm7zT&#10;sDx/6eGXX/3u/L3F6eHT2+Ef3p5/c+7m7uwxV7leuXY/nstAhdhcjwomR7XQrl1biuFktDnt05PK&#10;dGhtL5xZWUs+e2Y6F8c9MQhDqp35g5bG/uQjruTWbvTumkJlr9fkR32moxfHpHDEJ5WdA0K+Abqk&#10;66MfbzoHVcU2eiMh90HSeVR0u7WOKe3Ccu397+wlSqLdKGu3ZT6berYfLgGtcqZjDfTrPEZFJJar&#10;wFZU67aZ85WGWmPbDXalUDgClQFMj84qgi3FcfgjmWV76yVLt6HkWvR9LEtjJ79hVR1E1z+oavMo&#10;YGt3k6VCBZ61NQnSN5BTJAjqdGYtuXxBvkfJlTizCL7DuCJTcTVK/oOri4iAETINBxIIf8YOnWYU&#10;C8WkcuRwrVBgmmRNPx3UlFRIFB7KOELxwQlMocQYcZDdQRWgLdcixRGhHDRxoXRwDTwhMEjitWIg&#10;wzmnpVRGHgUPMgqTwYx+SClXmMFAIFItWY6LAh65ZyTToTMT3XuXUTAQm9FGAWvSQd8kmiqemmkO&#10;iHCJ6QpWcOS5x1IfMSPCphmnW08Twhx42lW81WYNG8dyJZ9MRrFrJDdS2pu2WdQ1QDtGAyFbABpP&#10;8K8aVEJ1l1k6sD1tBwMuCUExFTVIKCE14EfZyJNDUZ2s9upUC+v06TCpIbPqZj0Cz0KF2VyoIGM7&#10;nszZu+zcZgglFQ3GJSbKS7dXjDqMEcowy0Nkky34CKJkFY0pLfhe6Tocwg5HtR5SSWOWrPd7Mjbi&#10;8YcLQfZgNGmyosW8ahngSshsj5/zywGTPlz+kGHK1DpdxvcResWN/aO3Qezhur0IcY61T+S4yoZL&#10;emSpt6Bk/y70kF+O6SF7lbtneiH11CLked49nB3ZbzAic8/1ocskMfQuJI5dU1ggcTKX3YS3QTnY&#10;rFU43FCSX0aTHBvqdZZn2UvfAVzepU0puzTweqLYuC6QRvKLR6djNmqZHQIUlt5EKo3pXgG1Lt+1&#10;GOEiizejgDYfMUf4cpFEhhREPDGcEdoGjRMY+TyytSUog+ByDm3vbnDHZLOjufLYbbje2WIef6Za&#10;RVilNoNdjjzVQKVpVkEFsJtACefj0SgsOTqFtHOk3+vxJDdu3v94Tyt+Xam3wbwgm41z1bRJVh6z&#10;yu/sHHTy1RNj3rVgClUnFIpw0PznkILOX333ny1uWzqdRQzOxOhELFZ29YmzM/3KDhZNSnym2zDW&#10;C8U++9xTj589CZ4X7l6ImkSV2hkY6Hdq7155d3LKb+6Tps6ehUZzffXANeB66+WXY9H84BEEWwn9&#10;qCiF4t7BRlNueuzJF81qYzS2ny9XwG9IZuLIcFrbOpg5OlUrl7d29h6/dHH25PS9uTk01x6vS6Ac&#10;Ng7O7GgT05n6miylsZjv3Fm+dn1ubWVNDpr+pW98UWp1E3dev/jFUZnL/dJLSzWp/cl76R0sfXTG&#10;58+NoQS+8+FtvJd0g8tvF3LlAmxAdMpuU8PpVDwO05euLIIKbjaQvwaa5mqDw09eOqH+6in733yQ&#10;CO0mVZCXHhi+e0MYGfQajKrb11Lnvzgyecb8fmxvYbmMyVqubok2buSEa33h6sjgKNYyb7+7duYh&#10;3flHFG3RZpj2XZqY4DORyEo9V5Y3iqJBP7Ad3Z4J6L/xgumVd5Mvfuvyb35z+OgZG642IgiWsFnd&#10;ahr9Awcb2XKxPvvYZHInbBm2/8qw/U//7Y1QRD82MHri3Pm51/6ynsgpEBAZSsqa5Uuz2tFzR//4&#10;318PReIvPj3za195YSMD767EhMeo0Q3Bzm1wyDzokn2vm762mMSJlK8r9VYt5OucsnHkmD0wPLu3&#10;t1ys7Yh653dezi2mIlVe3ue1j49OVzN5WFqePTbeb++z2Fw/fu/tP/yV3/dZp9+/sdEoC5nFxOyj&#10;0zqrJZXMYdfvClhtfqcnoG7vYw/HZ6GpKXUUrXo43Dh3FPZ5nfbQmFmn/fjNtUJXvstV1TZ5PVPf&#10;ngsX9Rrv2Ji/T+E0C6WKLrIdMhw1G0cHWzu5QCZndBmzKUHUtWTApeNlrUG2sZOt1bmxAcWoqePG&#10;wNDoWHSaq7/Y9XkaFodmNRML8rWHH7cqodLZbI0EzFhUK2Qd5CIbLUbQKG1+zWePyL77l2V+uxE4&#10;3ZgagxtZ5+bCyg93v6M2W4D07WVDsb14rPAhxK98Rw8PU9QvnYY4+BiHAJ9ivdYj6dNSGqbhbMGD&#10;NVuL7LBp/iC7TjYAQGPfokgp+MsAfcKCh2g2LPWxQcdLm1ZfHLlEw+GmzcIBu+RvTmMbeVWj+gNQ&#10;RJnBb6LC4lACSQ+rMivsWzBeQuMNC2cqZaJGAeqZglQMjJ4pY+e+QBuxSosoPxgsiUmKuLYquZkj&#10;kknRpbEYVCKKl1SpjCp6JPxawYzZ5LTlZLAvShmMwlGnEdlYJ9kDVW88PqknsXjrGeRSKDRKMnQd&#10;yNRUduVs/urSVoxZsiE7jBhJxA9tkXFQs5VmFZDGQjjNtto9GUX7UEYhsQLGyhftB5lUn/wEINYH&#10;07038VERlHqaeulwCdfle2RQqpYyhjYyrYuMPwzk7hUdtrxk2GmvfPGsarEhj01VTCHJZjWOcUN5&#10;7pcE1J7Jg9jj1gi9IZNs/hjwKrDnxEMDT+dYAgtLPT6McvslFtrbQLJ1oNDbXfKHkeL8A9rrIf+V&#10;mTj0gNteSTzcXbL4cLb7BKLOInDonqMbpsuSyskPliqjJPUUld3uL8mvXE90STOkxCosQ1YlBSy5&#10;RBl53sKxCWAGGi0lzG8RIM4TzsHudMrhkg6JRgqyM+QSqYKabhqxKe91LAS+Uu6pjJ4f160MPB32&#10;PuRHyJHbHfwIeUFvNG9uxmPBlM1tN+g5MLcGxiZC+/nBqcc6rdL8zdeRh6FHXI4oVvIZjRoZHUjF&#10;aYIxXsC2Xq4sFzJyrcbk9oH5EQklxsfHPE7btWu3QBEzYbQSZPEs/FYq6GMh4UcDqtLpMF4C3hmc&#10;GMvGEzs7u5ee//IjTzz3/g/+w/v/Em5rvJlE3GuWHxt13V/drjktuPdLHf4+fFukVqmYwGo/m02Y&#10;be6OTr69F1TpeL/HVq+YBgIDo1MONBI3ry9ODI+M+r25QnF7b/t//KPfxdYQbR0EU/j7pZ+/BY7r&#10;5OCg26mpzp5u15OKQiIbDlm1Gq8LRBYeCaQjI/12r6pWLQWjuUg8b7SaBwfOTgWm8f10W7zoMNQq&#10;2dLGbjRZGh0ddjhdoVYYBL2Ax4XK3Kw1Zo4fg9n+Rx9fg4kxXGRhGNsQ1KFMTSw1iqVttEAqCgDv&#10;1IYCtqZoLGxpV5c2TsxYf/pq2WaANKb06y8eT+Wk2k4uFS5u7NQz1VqXV2BpjzBw0Mwh0leJMi1I&#10;hV1Br2yDsF2vdeqtik4nHp00YTx52F8aNgjPHdGenTnSyQb1sOttNXaCKZimXl1ovbccf+qp6Fe/&#10;bFteba9s5y4+fyGYrsBz/Yt/9Bxivm99cEthNSWq6hpvr5Wq4Xc33V5haMarNLjl1kG5wlkJl089&#10;MyF22zAN/FdfhjCx8fIHUrSe/ZXPdWX98lv7eoWznots/+N/2ryznP/Od4f9546/8vc/HTp95D/+&#10;xeNv/ctq/9EnzWaX3umej+qs8sYXLxgn/aoyHHrKaU4J+qbqpx/cOXVeEC2af3rprbPTo/kC//TT&#10;U+DFX3n1plNr4NRGl06qtDOJKNY3WbtRfv9gz+pO2fT6QJ9Lrja+/tEcpwJZqT7oMQz4nK+8mQ4d&#10;ZAqty7fWPtiLJbCH+mR5ySa3mDjFkWPe3TA4Z8WqpnliwnFwrQJ5Pgz3M/mcVqGGd7TZ7VDqnJ1K&#10;dT+Zc9jaO3VpcLAodmuCGkZ18rNu3U6pGeuKobLd3+/V6aChkb/54Rbu8UGbqySQi9TOesStkwVT&#10;9e0D2dkn7B5LJhzKqXS2M08a9EJNK+TjO3W30wWuSXAxiWOu2jRiCcsNaFzmjllbzQYjM6Pi0RlF&#10;pmqsFXPlXDWZrDn6ePhnbMKtyGCJl/i/frcs1wOp0K7ElcX6HA6aKokUVVgLgrepAc6BT1WgmAgc&#10;f5iU2ClJxqeoFXSUYxzkGU7F9NrEx6GDHmROkakaWswNBK6bzXqBdARgsNDCEvpCpHFRlAQdIehA&#10;if1FKYIIrCeepxZEHMyIaqRIKUwmHTyvVMSX6KJms/OuRTmGMKgjfLUtkigOjjM0yGITh4mTXOjk&#10;IrXrcBZAFolGA7Ig4Eek+Si1RnoDlMjBk5mMRChppVzC4JYt5TvsNyjog1ntYDbkezKA3m6rp8wH&#10;+5y8X8DKEHuTEokF2xzE3I1GEd8ymgSRSwnaX4OqYYsYCWS7hloJ3JKt0qgakBJPRmkZIskNMH9z&#10;zGqOWcx0e3GhXYZIHqKThwMbG2zY7NV9AFFyPfNSBkezciI/HOD4w7XfAykhkVBkrHSwK9XtCQ1/&#10;OTsyhmrvndFw1BNc9OilfM+HnFUcJrjvrfY4ZonzQJrR02BQcRZ6id9s2GQOhuwt915VL0y8V/EZ&#10;mYYJSXqVjD8cdbuH+0iqdjyDiBG/IvV4TAz+ZSgq/XXImuV6nrDsF9RysUUlm/x5thHgev3AgyUn&#10;vUdytSVlrZRKwVhYwu63z2dVMFt5PLiGV+r1airGxIwFICEyRLY3tHfoDuJpzAcGgK4JxZCAbuLB&#10;4vXBoIMFuyq6jTrc/2XwY0OvQyEtZJiHiqkoNvLeYSOGUrTrQEQSyQJiHcPbCyDagVllNVkGx0ZB&#10;BapYbMV8RsET+tHn88vFSKVSUKjFp565ODhoe+Wl1+BRcfy4q1jsoOWCjQyuEJIZ9Dq+XclTRhrC&#10;QEzqRqeqNgnTgbFHLz55+e23sBJYuvXxyZOnfMOjtexBXcz2jVh9Ln0smk6Vu8lKGikDmQY27pXh&#10;fhuos/cWditVoRmNSTLFwOgYvksdBNd7zPP3tl/4whTfqd2Pxq02Az7/j2/NWY2GEb8Hrd7thS30&#10;1rdvz+Xy+fOPXIRRx50bq2fPz3507XYI2d6hmzt7+y9+/UuSgHcvuV1EuIZRv8czwItw8EcqtrSx&#10;uxnw+mXE+63t76VlyIW06cvF8trqaj6V89r1r7/+VvDgAETBG1eu4vLV6szimIFRh7KijgTXDgpO&#10;x3cNBL3wrV9Y/f5IlGtk01K3eO6hwNsfRtQKae7mzr31TmozKteoqs2OFtQ1Dq6yaLCBLHI6EUGJ&#10;HNoNMN+NcEqQK/Wa0jef8U0EDM1iu56Dp2htP5qfdNr0R0ZXg1rkeQ6Nt+wetWAUPn+kL5fmP347&#10;djRgHR07srOzohbUXpuiXKpZzJq93d3+cePounx1u74Tbg76fTfeupfQ1rlUMV6sRkvZoTFXbDtu&#10;VWmHJ9y83lZVT3z1xWr2u3dffTfSKLs/9xmf+9Sw3Bnm81Gt0R7N+m69tfcNv+OFp4bkBnVoL1iu&#10;GD1TTx1c+Xeff8T60br31Z9fM3H5UYOg1iPnMH7ppPef31ovt0q7e5tHTSNDQw50gxNDFp1c+uFL&#10;Sw+N+595ePaNpbfTzYaiVURaMOaL/XQ7sV42m1a8ele2ozw/cWY2Xbi1uFRsdOrpSjCzl4wksQlY&#10;397SiNwLTx+5sZba3Vn6/K+/6HSrnO5AS9ycm7/hhMlnAxb/wEHqzVxxOqB/9/WUTs/ZHI2bt7cp&#10;TULZWotEkyoVEqoef2R6/OwpWGMkIqnlWEehdy4Fi9HcPY9DvD6XNut0F06bhVZ9aT7bF4zMnjKs&#10;zEkqWetIf6eSTFUt8q7SGN6EbS8sZ9oaJeVo1q0Go5K3FPmz3r65+Q4UTuNHKgGHMnhQVwiGrfVM&#10;vRrU2fQup3JuTrx1T+7u0ydyuoX7gtagLdY6xYa7ilgwQW6SVzFFYuuAkUtQUIoF8yitw+OMumQ2&#10;nkjkAAAj1g7QL0ZqlGhPhtwSpbJBokkCZFvMdhMQEM5s5rVOlZKIggLjTMAKRy4gyxcUU4yGRj1M&#10;wUToiJAUrdew1CbY92sALFENwz6VRcrDFQUWboy2Q2AZbYdQtuWkXITHOIKldAqmtJdTlK+SFR5R&#10;Isdtks936DWiMaLRsIwQnFaQih9KK0x1hR4RkuuNaCRIx1jAYjRpPkVnLsnopKZEYXo8AMKUAk3k&#10;Gyaol4iWh/83CBHGUNgiy5beX+QZLlDwCMsARhGEnhLcIDrdZYcDUi96jMVnHwKRrA6ytRlDF5my&#10;k4SCfK9ikRk1447+f0y9d3Bd95UmeMPLGXhIDzknAmAAkxgkisqyLbeD2pbttjv3hJ7Z2u2anZnd&#10;/2aqtmd6d2Znetvd1e7oDg4tW5YsWVagEiWKmQRBIhAAkYGXc0737nfO7z6qVa4ySaSH++79nXO+&#10;8wWqSprQ0csG10Zq8DvFqo7rkGJMjvrDEVIWtY1Kia4ZWKwBtepchRVmjJI6n6KpjIhSfh0cBiK+&#10;kidRRWpoO9jPV+EayB8SK1hj7KT5WNR/HvZ0wWHVRcWrkRSAYtlIaK4Z5CEjLpKpqoRlysaVEvYD&#10;VPK4HLJzBanUZYMo9ZBCRH0dUe/rcp0nbjZD17idI2ta7A58XicHvVBeZipbSmbrSPmDPWl7eys4&#10;YTWx3WQBJbGVMZ5TghvVWY0DTdCxFSt1KyWO21XyhxKDOL11GD1hGCESRnEJUMPwmxbKFauNRvBC&#10;oQzADwyW4F4YLiqRZDWTlcJVOKDsY4OfzcHgzJxO5wM9TcFw0qSXf+WFF6Px2M9f+f6Js8+CF7b7&#10;YAEBO22dAZdLqWf3JwZcd/Oppdv3nnzmyM5094O1aDyZs1dMLT53pgq1ZfmxJ7v7B7Xr16N4qh4/&#10;3QfjsDTcTNzmW5++k09HA90zm+Hsymq8b8C9HU0Ft4NWpyWcLXjsoBRVsR+IFaT8eiSdTZNkyuoA&#10;kPntX/sWUqv//kd/BxucsenZ/r6Wu3OrvtaW8b7O20trQGTOnjiGCzV/f/Vnb/wS+05cbtD65ufv&#10;zM7O4OYFVWxiaAh50aV8BuwBACuJWNBpB+hrRdy30+bDNSmE9SLSPPw7F99f3Okfa2lyzs0vQJht&#10;MzuK2Tpd3ips3YqYFdGMolUHilNnDj3JjMmwglAAYhnDy4huI0Gll0zBsvtP/u7BH/6X/sCBrrs3&#10;1PVPEolcHhvEdFnevxnO5XXEfkvwvLfKmEJLFbi5aJjS4UpWkZA6a+pzu7Fo6u91H5xoxuj4xEn7&#10;9XvpD66VR1rVZvDt08WvfK037G7rmgzYneV333grtR23d7fE0vHzx+3hzfKN+5VoLJXftc6/dmv8&#10;UHs+oSwtz41MdYJ8e2Sm3hGoHH68Ry7WJqdAwTdv7wBjbUGn8+ZPNiaH/LGt7ZEW1/aefW8r09Wq&#10;jrdph79p+sm9yv/1/Z3/9AfTfmTfdnlLFctjz4wtXA1+7z9fmj7V47Gkbt6MNE3+x63d9Y35VztM&#10;A92uA9OD1pqp9J//On7ieN+pWbXNVPHC6Ku56ejsaFVzwDu1IlW3tzc6vcVTR0db7eb1ubUXDo3e&#10;jqbyqf3tUMrT2m/BRqwIPdJG55GhQB86p77keuv7H1bcrS3wlA7Dhc/cFM/muzqbdjfjd+7kBtua&#10;j5w64HT68yVtcSsE6PDpM49Yqhsf39zPa6am1eRjM12YUN+6EPc1q1IlG0+VtvfyE/02JGiUzcqN&#10;ldTByXr3WO/2dnjn/m4lrT/x6CmsHD/56DpA2NlxVy5RSEcUv7OY3tgdMilNrUC86pV4GZZGYaUc&#10;GGmPxpVLr2wfOeMbHFZzJbVjqDUUym/dz4x12zaX0+Gc9dzj5t4D1dcuJVdDUM5J6Zz/+po5gdhN&#10;zbmbaM6VpMJ1wN1em1POZks4wFCJ7ahJlFqESUsC+gTAqEZraJWE5QjTghDRbmV/FYKhkDNVLGRI&#10;B6nCLxaVo4yOmpp04heQMQxYLlDGI+8JyzMQSVDGHKSsUJ0OMt4Bg8VmpbPeQs6cNfZaw6Ic3v8V&#10;rV4kdUSNiHxgU3AcIzFUMWSCE4FVPSZPM+AxZCKrFHJU5cBe1FQcRti11pJxQLvktUYkRKrQOMKA&#10;jHIalg6rZjKyocFRg692sUQm2njUcFZjtiBzUY2UjrwShWEtebkRMlohVinH/1Z1IQukOkgcGarq&#10;pM+AkAQwkU0yBkY6hHU+VwWbRDd2ZKKksM+MzmmdXEB4fKLKwaJ/sV5jigw2V8xBJTEf262pvCwT&#10;RBiNgW5Bq5ENubzMtUkSpVfmqmlULdmIUlMU+SGPVOfPE2IN+ojx3cQX8YuUH2KxiuGvKmBR/q6a&#10;8TP++SQo6ii9Nlq56ZLoOIQpHWWtUAEzJBpCsCEEJgIdFRMhSW3onwixUITmg6KaRZ1ixq4ktCHC&#10;gFbIamoM9gudrcZ1X2hR6kyMVWSj8jErlyFxevWSgIxpAwn01eO2YC/G/VCNfi1Ka6M3GF8F3Bxg&#10;LDoxWTW+EXYNuKlMWGRh1JRNYtGJcYYiYvBdsWlQaa2qEQEKGeIliigvIlrHgZsNnwpKWSIFVFWH&#10;NjFTjOTBRNB0n8uKXSq08xD14AmqlnJ9wyO9gUDv4Mz9tZ/BALK1czASCZV0U3d/P171hYtzqf3d&#10;ibFOICdYkextIe5Yy+QpQnLq2FgFaeG12qmn+2qV0G4QbrTmzY3Ce+9em5zoOTvb3tLWtboWtnlb&#10;Mra2+eCNVMm2ObflUpHF5oRNlEn24VGCqaPD7MqnC8H9EITNTqcFUg0YL+1s7j352GNnzp3HxWlx&#10;+9s8Tk+TZ7S5dz+e/Mkv3/6D3/nNeCr9j6+8AQ/0r3z+/PHDM3hGPvj46t17t+8vLgQ6++Lx5FBP&#10;O8jogcNTyyvrG5vbsO9JxnLbO2ZY+NlMheCDcDFfpZDyPOiupWzwhsdpxowA/2e7DU8nON5078C+&#10;C0+rDeYbZD0COjrcYokfV+EEXJxfxL6jDtLM8IxMto5dPX7wOv/yb24kCqb9SD0PTVw2grc1laK8&#10;BQ9ksxVIXRX04BXKHjIj3Q/fYnTQZfea4GM7O+rqHu2NIzi5kC3nalfnCx9fixXzla6JwMzM6fc+&#10;3n73k9CpU9aS7lMqUp/b/MnNZKfiXtwo7S+nJjosbS2Z3pEeHGTri9vwB9gLyzi7Fcz8yWrvoZku&#10;rQpFdz633z/m9Ljb4dgOHcXo4eH6sHV43OK0TkSz6u6D7ekD48s379/dVNV05aWvn/uzl9f/6m9X&#10;futXbJNHB994Za7ZLkEUnnMG3rmq9ziB448/+cSjV97/Q3OLP1Z1hqIbv/pF79nnZz76xcbupvr2&#10;J/n7y6GugQDw5rWN0Nnzn9uLlC98+KHXXjavlJ/9wpApk04E4889cjTxYWylDntGXLFS50hbs01Z&#10;3YmFhirZvXBwcKPHrb5wdODWbvbTazD9sXz15NCVzUwWEd9F09ZWbgxiHpunlIrvb63sJgCD96ay&#10;TW51JJTartqkrajt+p2E1VU5dLStkEpubCYODHUmY2DDmdYTmjVZPzo0dHMj0We2T547bOtoPtfa&#10;vR1DCIw2NNIzv5g5POxU3bW3L+1+8Zm+I48M7d4OqTcUb7c7G0ksz2dqrfad94Jw/H7hGx1Nve7w&#10;RlJK5scHkG1QiVTLJlnbjGrBUu1Bsfmd960fzXeH41JFcsLyO5MuQzMPYb5Cz3Pe1+J1IjYVUgpK&#10;GAZ3FM837gvYPMMfB7wZWjLitBIhCTiDEnDTzxZxpkIXXOdhxu1y48BwAywNtALosNMiTUKUE7Zq&#10;QETBM7VQJQEkUlN4rqTln0bsIdRXFDmCLMnhU0jy0KZjtwE0F1+ukFbDzJYxFPcoIp5ogQlkFCuN&#10;dI1TKSiwWacoDIIlJd5yCsyRgDkRqlQ3RhWJuKsVNpargjaO2g5PSoo8xJjIM2GJyi0brhF1hIOD&#10;GRSkBSS2ljgvsb2CCpLZmDpzR5mjy6VDZHhJrFdn4brCYyrVFOCdOjMuBfVGb8ySPIyZJdlQExq+&#10;3UZNE5ikymVP4eLL01NDti9yXRSD8SmU/Yox1Yi9HEsNBYdHeKAq7GjAfFiRzGFsD8UfVb3x2ogu&#10;KzSGhlucsQJlDThTSmUyyaUkaq5mGisedDEg6hyRIsqmxup+iUKBCJk09I6Cc0sVUGOSs0J3nKyx&#10;n65kEHFlngfR6FC7oVIUGtnFihJpVGSNvq8Yp8X4K9z7eV7+Z84FnB8iC4Sc6yYtE/k6sdsCaFAi&#10;Vo67HVmYD9CWva6xWa4JbJzGGhYZI1icoVm00Vc0fjq+jdfhaPbQ6lrEyPByG3e3RiA2+YTSjhRG&#10;xdSQUHCq5PY5YdFUK5Q9ze1LG4lEugiaXDycRtUh7AVkHxu8eBQs5gGc4qV390ymEvv/+PJf3bz4&#10;S6BNxcz2SK8y8NWDyBCFH8LC/Z02X3MmD98M8H/qG7vhaFJ3eLHMr0b3tmCkj9R6n69+9WoaplYd&#10;rfZgpBLCfujmstNsHrU05STb6pU72GxC2dzksmbkelt7azwWT9Xq02ef3Lo3l91ZssMhEYawip28&#10;gZIZlxM7mfLNe/Ntg30mk+v0wSGwnrKp/NGxXq/P+/0f/XRmfPTVdz4MhnZOTE89+egpqfHf42dP&#10;DA/3/+KtD/C0xWGwEgpdv3Zl82dBC/yis5lDk11tzc3xe9u4aNBh51HvNLoTywVcTWuyVA0nsZsi&#10;S/1ike8I2SIgfjwYcJwka2gUOKLmqdz4kZV/Va8bSwmNEl4pBwZNZzoc6Qp4fvkuRCdmmwMGYAVc&#10;eozMDhNtvUEvh7Ul3goov6tkS+hpa5OOHZW/+q3hUNTyp99dcXcHxo5Mfu/7N65+eP/zj/XthOzR&#10;sHmsS+nxewYOnxxIqn/x3XcXl8KHxl2PPD7ceWIouJMFX2XcJ83M9E93W8vRtIKM3UKmbdTjaJE7&#10;m7T+6SM+sy2xG6w6+5SC6/U/fHli2jb9u18vI/n3zVfHOwNAhMdaLYEmDenBu9u1w217SmI9kszb&#10;e/ocvQNy6/O/9qt7f/xf//iPs/JvIBFvNbESU9vGx7/52xML8xurV1Zd7lZ77B/1yEfxtAtv4cSI&#10;Y7wPgn+pZ7Ll7NPOndsrbmel5HYsPMhvbMdyFz45NtidHe6VTUiUy/7FDz48Nh748sGAVoihaUyV&#10;6729AWxuN3b3gaWFktl7q/enRgZg4gVwrrOleSFSRxT9C4dtLx6szo50/Jefb7ishZnDik0NbcXc&#10;dq8blJQz0y5kSf7tK+/9i9/+vV+fGP3lhb/ztOi5Sj4bLTrN9vZuqb/b73E4zVpgN1Y8MexZXo1M&#10;HO6Qk3vudnOwlG4abV5fS/3pn9+cmRw4MAgKT/relra/X3z6c6PI80DzkXK293osXb3yA6iMQGtp&#10;dieqxe7efEcXmHpyGvSiiHP+p0VEbzb3HFraMC3uyRhkX/6hOV+1gCcuaUUsYNBI2910ImJZUiEH&#10;HWJX51JZ1pqDdUnlkCBV8idlXErlHEDI4yGisFOshJVkfQImBXhP4TgohHZy1EAVlMiPRqEdYamU&#10;1miLiZILYxPY0kkm8niz2mwq9hw4AC0sWsA/0FKBUnTpZASDlsQOFSTr5qFSTBLHhYorOYWKuYX3&#10;dKoq8EmdrS10AZniOCMHb6qoGAqp6QQyA4Yt6ROrxJzBkEiCwjqlJNNn66wkpLlQNrG402kjAwPa&#10;cxgAoWxSDHkgncc8wRFRSGF0kodAUZRE5UKLoChswcXpk1QSNLFKFNVOHPLGNk3jZa/CogphPdpA&#10;RUVilUpjOzvrGGglo5cCb9SNgmgQSRXFAFUlzSCKysYxTiOiKn4EdxwSkyplUaAeii+4SFfEFWTk&#10;kNx4qCehe6HaCEvGs0C/MhcYvW7I+3k1KTxraGgTcZIC+2WFCLFsZGELR2IY4twwj6jOfBqqkYpR&#10;knVxwYncRSwkgtNhddTq95CgVqPbEzNcMJyIJhB5ZhN0W06sFItORRjisSud6E8YhOZabxir64ZE&#10;RJMECwovkCYPKsk6uQkyg8wkWhMU0GKRci2YF8zpZFTDaGgk33N2UtCFUoXSOSFGov6uUi/QeU3w&#10;q27SGKGmL1TZiBANGtbn1TzJeeCSZa1yTCZ2n4lcrFhI7+/DtaPKS1X2Q3eAceZCM4nm1em0oxu/&#10;ceXdnd2t/q5euF7dm/t41Vo6fqgzHk9t3o6BkgmBYiiUxAbcYgPKUs8kSzYHZMTS1moaOt682fTW&#10;zzEblexI7Y6Up6Z6spni8moMFum3Vq5b1CrofqNHzg9NHH735e9hZ4HMArvTm0lFb773Oi6Zze4p&#10;opGsabOPgI9YDkWbe9vs/f2jkYL39dffOn70SLZA7LR4KDk+PvD//vk/PFhd/fbXv3Tn3uLswcNP&#10;njnG0He90afIPYH2L3/xWXTBJV3/7p/85digf3JyDOtUPP7p+HY+GcXnFKsVBn40YEF0+1KHgXUL&#10;8ezoAKB2lDySTCxLIjcPTcGmDKFBdgJAFNJJUbKCiVJvCNRRBQebjKj4cTJdvR2pXouhWoC+AP9L&#10;souQ7SqRlwsAQeiRwbGnqYDNEW9+YEzqH7T1jtmRMBJJ5AeGnCu7qaV/+DAVz4C9CZ8uBZbfvToO&#10;xZvrOdOnbx8dqNdeatlOW2PV1IPtYFZ1H3100ClFHNaMfxIfs+V37q9e37EFPJrNcvVGqqe9ZB5a&#10;ebCVyMYjY8907dyIJvernlNj2eXdnQf3Dz8+Er61f+tGxmQtdHb3YrJ3u2v57eD6vfD8WrLiLXT3&#10;HAxGk/ZS4vOPdy2sSn//o+TnTx/xNPfdXlj3tkaOHmi/dXE3HNlqXfrYkgsdnjy6uWPPhysZF5bz&#10;9+1+TymvtPXavvL13v393GiLIzF75MLlfdixTU8Nd/ohd42tpbWtaMrR1OZT5Wg22Aspz95eX2dz&#10;Wa3eWlhL56p+n62zyQ0TATVV2ssqq8HykW5pzF9YTno6BpwvnOm9v1ccbK0tLj/IlmO6rZAqWxxZ&#10;eBA6Z47137z9xpNHn3/i0HOLez9xN/tyKXntQdbvU8cP9Mg1+enHWv78b69NTdWhIry7MH/2UFNH&#10;S/LGIt4ErAqtX/+if3jYCxgSIVWHZoffeD2EW8ziKPtmmpvbygP9aZc5UZlCsLi+kdFTpo5LH+YL&#10;JWc650pW7DnJlS0rkUTRNGfViDACimbd55SaKH6jjCmwVilUChwbL7G1Gav6wIGx0oYP4APM01zY&#10;GaLyeWiDCHWjRqbfoJpoWEOqtBLU8C9cYmgOhPoCNyO6abjw0LlMoxjYoyb03SC7tpiIPKJxWiKd&#10;l8zvJL801EO9XsyRBQ2frkCqdDo30auz8Yuqk9UO76X4ZNVoS4TRUGLyKNmdV8jDuwqjyDIzSElR&#10;WGIrbp47abxgCE4SpuDoMNk9D0ODzY4DzK5wAhS7hNYN7xcx2AmyjMiZYMW9YUlKByhQHEVkMwlf&#10;OD7btYYDqa6KGY4ObZXTPHl/ZhL1VHvoZioZLjACvRQpGKLiqbIRk8iidlWoMWRjz6iIPaNB7qER&#10;k/YwMru0KkKHKJQWBilV8FXxK2BLT/OYJlBHcnCtEnxOvFiNZ3JhoIfmqU4rPJz+wL2FmQC+UEC1&#10;utiXGrQZ8ZO5ZvIQJqI/eKqEzyRLDGmk4u00va11vbGYpHG8LjUc6MTwLxmiFOMTsButC+9xYPXt&#10;rZ4Wf7NCQwO9j7gbgyEKowbYUGfrBNFbKMYaUxJplARaC9aX4b0jN3QuYoOJz9eMadtgBRmPA7n+&#10;grHD/recZs3vlCoSMhnMZY9YnrrpGnPkat2Y5Mmrh7fd6FcQ/4UjnXx1VV4lU+1HH8VWgBpEilhO&#10;uF3w3ULsDEQWlgicyMMxm9NtsjnRKKKyAMuHCw/W+NAWwWcjEg3uvfmDpuYWt7cVM+NwX/vi4g7W&#10;G4lUeGsvDrdFkEkqu3GUbOAjyXQZ19+OOB3ot/CgaGo1XzH7HOUafFLKBRPWeMrKg3QW8sBSja6k&#10;UgdNZuLQ4b6xw3iS8NjD2CocCnb39Jx47Fn8gpFQOLK9XifVigf9bVe/Euh3mnW1a2isHqxmw/Px&#10;4M7PNvebvF5s9N768NNYNPjNL3/+7NGDhyfGr966c2thaWJkGAxhNkAX74KEJLdoKnX99m2v39vZ&#10;f+D4oUmErr91efH6ndulAqwDWnHB8sU8fLyEdIcX6IT0WMCzo+AW4CPEyauz/2Ayr3mdtome5mg6&#10;l8qUbSZ66uqkhjYW+mykSC0Pb6oJmiAqVVUrkWsJqdkkTusuk25IkoHyQhqGoHOcX72z7edO+c3a&#10;7u3l5M33kSGwko3lYaEbS0ehdS0WCLTdL0h3lvafOuYv5dNFufrqq+sjA56xcdvEMYfF1RtaD+9v&#10;VrzQ69sQ+wlUAv7OMICpnX6m5e7yfihlGjvaKcfjtz6K3HuQOzAWUKq51snep//VKbu9NRfOt00+&#10;0dJpXfzkT2SnZfrMobnl3e3gxQ6X9U//+oHu77c2yR0dfrOl/O5bP2g1p/f3tkvl5icf+1zeZV/a&#10;DY+MP1KM3o3m4y0dXV3Nea2aRhRL02Cb3dvlqBZgF4eN79EJOZfal90wnuvXTNnDI3mL3V9I1Fu6&#10;hyLhzZ29B/u7cPcelEy+Nz9dGe3yP4iEAxYP9Ow/+3BOgRrBbGtqMkfDO82zR+RaZhktWDD33PHh&#10;R1rCUyMmvMSNnNnf2n+2yx8MxoAeyNlUv08ffOr0vZ0HCKae7PNmwskfvvK9Lzz16+dO/a+b+29A&#10;/BKKaOdmm5ZvRGePDhcxKVmxqCgenPQ/CDmRpOmPaxBV9Q3b07HYyLAPE9F2XBs54mjujH/7t5zv&#10;vbWbWpH7+j3hhDR331nXXZKn6c79yt2timTx4B7G0ARYCEikDRZyit7mqaZTCVrfQV9BRyARQVEt&#10;eIEI0bzZQYlCTlDPreS3iidbAd0AvAQMWKS0wLMOizjapxEdBuoPMOFxqOL0sBFHhTKB8dlWu4u6&#10;PI69Z2KsQoFNpQJO2DwKF4xm4BpDc12JRRT0EoD9svyCaZ3c35PRWpmoNTp3fKDV42VjHVIig50S&#10;VXj2+CnzXIiyWKuz9FAnB3CqLSZ29VYoYhd/xFsH4InXa42S0rBt4QWaAcYw2KaIacbM0wk7nzJA&#10;qho0U64JPHw1PNJkbi5oAtQ5eEtVDOrpZxZqxj7SpDTCnsR8KYkQTInxV35uRdAFV4oGK4eGPcWI&#10;T1S48snGqzHCh8WkK0KIWQyBysfTdp1QPmbsEv5JxCL+R6lSE0GOEvtNC5IM6y14guRfjX8johdJ&#10;hLVj9FdVI7axZpiKo7kRVVYXJFTON6FobzGl8WpQYhcF3jgyH1SjgEzZAL64MVCZVkXlmWct1ShV&#10;guRlorFeZQYwzXNotYT4lfxjzSoCTJmOQ9RSimsuVhlFqAvOrQjLMnBoweRlbhYj5GLmNYqoLnaz&#10;wsqAX7MuPXwLNFXM7GJzq3OuKJmf0zyEzgu8Lrmmsm8uCzTrbD0rcXdnWNPqilhemzjjhjOpdcG6&#10;0ljhaaLLgNtXJYUxqLAqYQ6qbnfZkXmOHcCBg9PBvWA8mfF5PP4WfyaTTmPlWCwhCBSfmacex4Rn&#10;YGJkLLi3h6SBF3/tdxKxzffe+oe6bB4Z7s4k47wCprsZXsloWgqgYNfhigw5tVup6rAXBgYM3yuw&#10;wlVTPR5N1amlMHGvWHe4vbByvPjaX+HmYU64BE+Y7qHB0+efj+xsgM2DIA6HTYtu3t1crT7YKff1&#10;F48d6kESPeLsfF4TXu1+TB8ZGG72YuS98vu/8c2Dk6PowUFCODN7KJXN4vHkx0ZqwKH6ysbm0vo6&#10;VokYkuLZ3OXb9yEnSyRDNQ2rO0QHV71NboBLvFjhvo3oZZwqL2vCRKnO1h24mLDb6g80DXq13jap&#10;ecb/6Ur1+lLEzhCRbnCyhbaXnCVkQfjBbw5DFPQwhJfRIFkDw0+rgCOkDwd8fVMKMlEktzx+sKOr&#10;zXfs2MiDu9nd/Z2i6ksWwJFOfOMlh7fVu7FRjsfkQJ/X43P+4sfmQhmCB61UTLqbm+a2lPm1zBNn&#10;9XNPmCKFtKfkyO9ULmdwjOZPpja9JuycXb4u5/G+zvmN2KEzg2vz5u0r908+Nv3uT0OF/VvPvyRn&#10;yhFEhLe3I9oqks4daTvxxPIbb9YrSVBHl27cNfW2PHJ87CefxqAtGHLWVy5cNXnt8HLIV9Fx5Sva&#10;Wrp4MhiSxvvqmbT07scbl+/Wfuelzvbh4Tvv7X78yqWpkVH4/F29vdfe3tSkmnfWg8+8MOX2u11t&#10;LbZa+rUfz30wl3npO1Ofe+bk3/yPDyiH2tESi6bMPe0XlvfKemV3M9jT5j995OjlWxtfPz9y595y&#10;MBgOp8rQuuynUwACRtt98Ux+LW5C1urb18Lp3fvnjiFq3Pobv/b8z/7pJ57iTUnxgEsUaHOEQgm0&#10;Re5u71+++Q+/9dV/6zY/Wyr+AAuyVpv6xec6t7L6x1cjIKCibqyHKmPTXT6nxwSh53r08AHn5ER7&#10;KJwv5xJYlMQybRs7pnRO3on3be8USpdNmZwpk1czOVyhpKLAHwcLtigdVTJyre3YGKLAWIhNY+sG&#10;HI+gdAo6AJgD9BSVEjFA5M5GDmYsfFdJTUESQMqNgs2vSgs9GsKIgKrS8QXc1UKOpBJ1cHRr1igC&#10;CHJoiCHKAHooYLBKW0sm0yssZKMOsKYLhK3GDFHMiHXYkOM8p4GwJmIOa2wwQzYzVVLZMyBVJ6tT&#10;5rAY5BfWFBKvwsSwmYM85mzs+S3z3oxkDw2vFZnlB2K6JYWdcIoxHECNICaqGAzh0oOjGNJERay3&#10;dPb5pnmRcV7hoK0KpihPMDy+8HxpWHU3DL6FG3fDblvMIorUAEZV1kAYMKV4eTz4yA/tcGhtp+uG&#10;xxqVIaZuUoEjK1atJtgpVdbLk7OBzhHWtILFaCJUI0QIFoM4F0VRJxjm1I1xlCoCQc885IhySf/A&#10;7jV04apV/jf+NIXfwTqNRQobtAqHQYlBAoHaGmoWw6aHx2dFDOAaCWwI5jIx/GCYxyrsf8tGqVQY&#10;qbMhSr9qOKcSss2EMnYiMBlCTkkuV+olvcxsI2zXaYoFJUwiNyiatBtDb8MGyJjwJMXwW2esXLji&#10;icARtmFQDIaVODbZgRZVXOcdly5kMzyJYALHjotbDFW4zLNVO3sMiZFYcKYYnuX1Kmk8TfwbMaOH&#10;8zQJiuaMOXqm8HjitVTp/SbVEDHgLKZQNLS6sjo+cTSKBAYFfpb2YrWUyiRpp1Ah8BG+iSirVTLS&#10;R66PB+7EsWRqf3MOEsy2Vle+qqxv79gtDro/EBmPeUuDytlUp2RxpFyobrcFVAxEwJjIjgmPOTYr&#10;DqcNQC9qvUXRK3YaLk3lQoYYMdWKx+1Dica/BLc23vn53zst5lA4FEtkZx553O5ybt+/ur+ZsTu6&#10;Y6DEmrc+uBCKxaHzbv+9335pdXXre9/7+9/51leoUlLTxGtvk9zhaBHhpAbBm5pzPZKIQ3bxwuNn&#10;fvzGR0tLawjuzEXD1WqeYSBbLgt7ItnnbQpGw6AvMHgLQbaF6fg10aMKRB/XslTVulodyULt7rXo&#10;r55rnem3312n7h5DOQMq3BqJDkk2NLb4O21MQDOESUS1ms3mJZsmHeh3eTotlpZq30D3ysWSyeG6&#10;u1ucW4jduL4XjiSx+FUsye5By7kT7t7eiq+9x+2Xi7BfknOF1IN//69d4WD1+3+fyxb8PaPd27uL&#10;A+32jz4tXpyD8LYttLpxYrYF29WJ2dGPPoyq1ezv/e9T69Ha3vLe8ER3NuLQfIPPf82vF5L3x8ou&#10;2Zm5di10I3zipadhBnjnH9+f/V1f78x08u9e27m/hdzUE08/Ax39r/R78rnoz64mTaam+4s7veNt&#10;wSScuM2H+h1vffCWqi/+m+/8uw/f+QnUDX0HHj3jXuyYgR7EP5x612MPPn7csbhSCrTqW1u3bJJ/&#10;etRnKa/v3FpPq125pv6ytatnqL1paHZpfUkzIXrbqepIciz3d3ZN9lku3bo/txbcCGaffH4AHi9N&#10;zirkVelC8ur8wunpIXv5zvlTg9W66S9vlgdjqtu1F9oPHh3yrC/eUXzt1SLaQMAo0WeemowtuvbD&#10;0q35nfa+wKOnZzT5/j++/D9ffPJXv/T0l3749mu/vBEKY6e+Vjl1ouvEqPrO1R1Hux1pPR2tg1vr&#10;6s0HlcXw1sxs786OLRGvp7L+T69BkqAXq0VJL1lAG6/CaI3OF58bC0TEOXXi/xEiCwa53ULqd7Ld&#10;IqqqTKxTynHEY6HhkELML8YMVnrghiNsTWWKJfikaDKdFHthxrFL3BZUTYggKzzAcVwB+IB0/Nbo&#10;biVTSuY94jug56NMHIrmpeavSoge1T8i09TrXAMRSYGpskj8UVokMvRKeJ0mVOt0eJAoE/cs2YOD&#10;LqCAQSpwREkYfzfsOukgw2HKMj8CvTRFETMCHV3CGcaoZ7JxiKERFXY2rHJv7PwEyikcRIlo2VAf&#10;aMKuW3B1SEDAsR06ix8EP+YhCMl0XC59gj0pIECCoGUBhMqGew7/GHGOC/UfnmyCPDH+V0kZUSMX&#10;WWLUMoapGf8xkVKApDqTXHgrpoicZZ1M4Q0ekCY3kE1dWLlynSLCJw/ueMN581wXVHm2umNpov5Z&#10;ZqMsUjVokjWzfJ4ZMiKZo04qQhMDysyXMjaSPCEa60DZoPMw7quKzGT0Qbinejub6FJQuyVMVPhy&#10;qMIAT2mArzSZPSxbOsuB6lzR6krVKGOGV7pwxaNPwZcL8j/VXoYNxN1iSDeFnx7NDVpDxcK0pofG&#10;6bpI8zJABoE7ELzK8g8LGc7jhGVKs2L0GDwuqkpFQAJK4ysU4Qcoi7Qv0T0pQG41hLlxx0WbB5ln&#10;TL41aTLHF6FNzNNDUfd5HVVyBao3Wz3bazv5HFLr/VRYtHoysaMA7TS73DZ4aWNZK7UFAu6mlgqW&#10;kbK+ePPydjgKBkHu0s+9LkTAwzjLkk9Dv1sXGD+eQ0UqWcxw8jeVq0XwAzRwuUtVSvLmtQDMtCi6&#10;QIV1nTWHFtvhhBoRPsR4ptFVl+tqtqy1tXXgqcUJcOva1aaWDmzv0vHI/WvvHj33XCY9oZp3YUb7&#10;5uthwMBIYxgc6puYPvzKq78Ih/d+89tfOz49ReRzvgi4SBW6ccWe3qAmC+d7tPRdrc3okp969Pih&#10;Q6M/f/2tYimPK1jPZ/EK8UphaDAy4NeVzr19iEmg6lYqBOjD8cPE4KtU48YQN5pVle5tpE6Ousya&#10;5fK95CPHAnaXKZsAGMuEON3YsGjE+RH9Db1fJvYfLLP/rnqgXfr935z1d5o2U9nNku3VXwTrBZvD&#10;RigWsgNvwi2i3QEbAqta7fIm7Rb/8r26fS07No2QFNPanR2fA0hcvsMvfec7vr1QIBapDgzZTFKh&#10;f6h5N+GYW8xFku7Y3Zq/uXLodHnysPXONThlt7uarOGVK31dozidbUh/SRaKWui5b/gyC8lrv0ja&#10;PL4L7+8jy0GV3fc+uhir96ekgamDU3m5tz7+ja2br2buvHvqiE8xe396fb894MhE8nbJ2ewxIUCk&#10;6Gi1KMWfvPyfHj353Ea48N6bn/7rl4anJjs397ZUCz7H/d5H20cefX640pTNZ1IVTbViRxyH+c2p&#10;p8fv3EmX8rEub5NezO6sbZ0+/+j7Hy/VovKxw9NwQuhxlM8PyIPtXX93cfvl994H/+TCpc1AC+Dc&#10;+sbO6ufPHpTqlt3d/d5ht92txiAfqOV29xP+pqau9r71UPpH767lTL6FzeSh/VK7zxpOWxAOEM7k&#10;cHf8n//2C+9duP7Bx2+O9Z4aCAytxmuvzeG+Vm/+09LJgx1lxWPdkxJp+0/fiC8sw1jSB2rKLz/Q&#10;LDafmQzh5AMjHTY72cZY2RwVDAISEZopIsFEfEwUREllmI+iKnTK1jCb3KQUo+7RxCSUGnvLmTVj&#10;OWbibh1ljQT7KIZwzi6AtU5lTCMZPekXFezxiZ5KXjmU8Uj+2jr9Gd8EEyGp6/Hl5MpNXqbk912n&#10;+ZKPdiJu0wnLjE2VF4M4bgCMWrF2d5oU0cYLNqJQ/SnCXVTms0d/GCYoN8R5jRmDhfbGBxp3vJjn&#10;NPGpBolDEfVPFUtEoW9QuZ+sy0qDYspjo6KKE1Co7nVZnO+CAEobV3rWjdmIYkBkYa1uRFoZk6ys&#10;C408Scu1iuCq1zn7mTBSJuKSpyjxRESd0kV+liYkhBJzX3DMEm1EF0IKiecQrjA0rxCjpEa7GVFT&#10;CQOkF0jZ1ILtJL4Xm/cItLHhtSZ2cpJgeIoiqShyQ12iM82WoGWmyGo8pqn8mbrg/xjJjSLaStIM&#10;8aKwnRPXnW0KGksoTVgAQVfQ0uqCY7smAOWGj5wuoAC+SRoggHjhRkqYIZkxkFXpYWgXG7vrdcHj&#10;YW2JbGRtMY7RCP5oWKc3TIXEjCwbk6ducKvE6PwwfITqcV1EubHDkMHgZZKzlesd3jsjqUvnlaWJ&#10;f0CdbmzNYIqI2ssqY141i5ue6cQNJJruE3o00L/CzxE8M29fazpbRP/Uopl2QuFAVx+sMrCX7O0f&#10;Gj94YuXepXA0Ckq42+PK5goTB2bPPXrq0pWbYBbt7e41lTN4FpubOoHIlLMFhKOTPZGOLhm6CJQb&#10;iVLS9JLX6rbJKiyq+vrhINa8dn9Tr+ZogQEDU6UMhYnbRZuRbL6MKE6L21Mu5Fo6+4+MjC/dm4Pn&#10;TXd3ZyKZbukIoA0HFailsw2pp/PXLrn8g/0jR+q1zL2bNxHf4Wtq0lTbnVvXM/ncb3zta7OjI5BD&#10;J3MIwlNJG03NKbtIsrCInPGZIoGb6uD4EO68Yrnog/eK5pqamXY43Pli4f1f/JDpU1BwgWUZGwr0&#10;pBOgL5VNFgfPpgo5UhLMxaYgZJUBZ5JaHFU7o56eDazt1ZbWMzADsVj4/q3zDoRJXA91TSa+FwAW&#10;UjYm3tyJUdu3nrUdPtOyulvwNWulexEQleqleofPPhFwXN0v+izyIBJdKtqhwz3Ia7j8QawZ6Q7Z&#10;lEtTAGeaA3L3yGAsZYL+sL9H7wlkXn0jNjhlypZdC9v5nh71qJr2nh64cie2vK/95T/FnnvUXpSK&#10;d+6uPP2sf2RaKWqJkc72vb2tty+EY0XTs5+zTXTbIq2Wzu7+y4tSNlbp7m9995frx58Y6Zw8/N+/&#10;v3DkoNlfeOf9ty+0Fle+/fxQX2vVAVtpuw9LbxCBPRZbNCT1Dg8nQgjl2F0P3tGV/sOHJ27P7bnk&#10;dz68vfTUc2ftQyqMqS99srJxP/TSd/7Vysbae9evrJql44fbcxG9orumHjuXDUfbtPWmCeurF67l&#10;SvqJ6Q6rmrl1e+Mm6XLUdE2Z6vEgIxhs2NkDfRu7qemBXljj3bxyY3B4fDf0ILO23ObIrYYKzcM9&#10;p09PRxNlJHpmkolUWfvqaY8W9s2vlfuPmH1wS8rDlcZ06e5mPFPWi3qmWnn79o3fffGF8mom0AJT&#10;Dc+tB+bNlBenMaSAzV4kWigT49goI5XNRokZZiKHCsKNEbonkW8cwClQSolPKFXAtIExJNp2urFw&#10;01h0KwckESsGiJKG9R6J9ck7VMekyJR7RFDZbMLmlAmnNUpLBJpHZ3mdTzqSFaIK0oYQW8MKlUX2&#10;466Q8oL/x1lXHEwIoAebSFIqYqKFXSIOCDPjXrqkPLReo3NfVQSTpS6qjPAVY7apyE+m3GDdUPLp&#10;DTRPNqYZpmoY8xsrAKFeo0uiCdUEf0eTULwbiCPXaN34KEsJRWSwgFQbEn1jZtCMXGCKCcOxjjHX&#10;YbWxOytv+eqMPNIvj34cUyBKHpGMyOddaNHpF5SNuZF4NGIVxjQR4T/aqFkEngpnNa7pVFBrbMtO&#10;0og6nyCSUFLrujH/UYEUCLJkSB2Fc5DoFYzFphi+GtCwYuxCBR7cCPwQXjuS8XcxdjIXRTK864S7&#10;uSLkHJoYqLgsSYrUcLeRxXAnG/Z3zK7VqVIZpcrYRbGbA3yAKTGFKcXCks74jRQBWgogoM7SEBqs&#10;5c9YvYahnuD94pdlYF5jshjFhOKjFH0lIGZZehjT9bAFEvJLycjqMizXjcxJYrwKipEifg7nUorp&#10;WtcEzYdaEJW7TWKx4lepVnhnq4qR2khI4VGJFwPiJtONd0gXRCBJEIIlPpDpjlCYs1sjfnExWyyl&#10;YYgFt9JIrL29LQtXgmLSYnbO37kFPkp3V+fx08/vbS67S6XmVn8kmsSi9vq1q709PU6XDxfkS197&#10;8af/kCxnk1gEwldDpahz0lopNMpR/AzuUrOCQQHzZB4vLZkqmW2FyanuM2enk5FQAcRFjUysEOVG&#10;jW4R/VxxYmz2iee+8Pa772Fdub0fBAcQx0GqUHN4mz0UFq4NjU1G9ja34wndWhpsVvf2Q6FIrKmj&#10;N9DVgwK4vTwPAtC3f/dfolIiEQH5QtuRCJak+XIRTn9nZkap4ZDZzYj8KORcWX+wFe5uhUesC0ab&#10;cG15sBMcH+puaW67fPM2kC9sR0sUqyBjbZvyJI/OTn506bbGiyA08LpsLDhYfUv9CcUyyNpGUvGH&#10;zIfHWz+8uplMlhCUR82mpNb4PrMwDNSILkV6et1kt8nD8Ekf9gQCtqTq+qd31mUpNTXjiscSTT5b&#10;IlktJIt60TnQ254J5b86Bd/32t2IeSGMKUMmwYan6cb1dJPZ0t5myyaKrpEpcylfid9zu+vZsnTr&#10;UnHmoCdXrL//wZ5L1176ov5fv3ruk0vz2UR0ARKduu+nb8aTodXenkprl1JxyPWA8/D5gRufFi6/&#10;UbEerx57fih4Pfzlp4aTOQCDZRtkn+W9brv1tZ3wxsZK//DH0SJJ8G4uptq91i+d6HhloehymHOZ&#10;fDyZN/m63//wFhLZZw/1zG/shPcf/Ivf+k3k1fzgo7Vq1X/pEkKJ4V7vHe1Dp+lcujM/MTlhqdW2&#10;VhZur6th2VWzN7k9vZlK9p1X33W3OpeCJbfH2dKsRNd3i7DHgAtd7+DH13df+tyYs55L7hdn+kc+&#10;f7a/w61fuvQJkp+PjD1vbxm/sXA5GI/29Q7ZHPbnJi2vfRicm4t5PRKiD0e92vpWJGfrCFj3el17&#10;/3h5Z3ysAxjm6x/c7fA6QomiHQuF2t65w4f+6qcXbA7l6898YTe0n80l0XyBa0rYu6qBGQBDbl2I&#10;yDCNWeyGNIDlEUwIJawfQyT+jt00wE6YPRZp8sM/aexdDo+rOuZCliLioVAp5leSqXJSSGQNgC1c&#10;BWiehIdNFfzRIu8QIQmgtF6miwpGIp2XJtpvSjTjuqhEik0gi+6Vhq2ZQJ94Nya+yihYwgZOMaQW&#10;xqSocjQvO98Z6y1jbmOqpS5/hnMyvdEguojlpZhkGE5RBC/zs3RC0kTwktMolob0gk9m1cAbjb2U&#10;ZnhxU3wWpUrjIujkp87EShRJsIhDsajPDTiKWLiQmbB/tUQKQIxyhC3RuV9jIQXnPwt1h/IwOYNB&#10;QnqZlBkmXL156KRSqglRji6KBzU9XPJZgimgWknoRGTWudOaTicOpWrcBwafUwg6BZYpNoKGd53W&#10;yFrknqCRtGFUIhq2eRtLWKpJ6BINl6AG11VgsnLDa10yhIqGI2yDTSrKPVUDVYz6jTIHLoxhOydY&#10;NlzxqAMwkiBrdRYg8ktFxKaJN5jsaiQxkVRRBbjOLF+NWKbo1NxuB9lcFCs2UuWQrwAtqZRGbJbC&#10;zYnhuvTQ5E7MpY0SrojFlbA/0I07y/hUnTWcDx3huZMiNFXxes3pXJFhdfRGNaqjTH9lMqxiBEtL&#10;CoPhdRYNi3V3lS0RVKOdNLpGlVfoiPGidgvJIaBrxmNZbEr6hobhHZYvxYG77Iejsst3/cbHkcS+&#10;q6nTnHU7rI6JqcGV5WU0yRcvXfn6176yML9YKqu+ls4IeHTZjN1sbWtx+VtskRDyr+SZGX9fr3lr&#10;L798Lw8E1WrXDwBdlEytga54ori3m7fDN6FcUkj7hTaklspVMNyCTHXw5Clcs92t1Ynx8c8/eu6T&#10;uTZ4IMTDsa7ezgd359OJ+BeOPY70Opsz0tzSfvP6rfbOwK9988X+ru5MxfSLN16LRxOdA+OZAjUV&#10;qJRbkcTC5jqcU3O5itftSqSgq1CLZE+Pnwhf7RTOb8Q9DfV3LO2E9sPZ6fGeuq4WMsWFyPr8nZs2&#10;Bk9RwnGkYeVUKBcQmd7f27u2tYPFEjGluMelfoQ7khrdmmAsmpOJ7FsXc8ViZ7FcJ/oU7XskihTV&#10;BD2cnegpiYiaGmrxv/J5v9NUNTvNHoe5mo4fmwl0dPb/tz+5+v516dFD3t/9YlsyXsrkHbOzA+t3&#10;duOhmM+mQg2ZzCPls6C7LT1jtoFBz240BdU81KCuxNxjT7flFGuh7v3GtwI//puF+G7BUSseH7cg&#10;lBcB0BNI4FSrej7yja8NLEWUu/Plt9/XWjubztX1iWp4N5h69HynTcn8z/8n0jvUKa8nf/lW6Oyx&#10;+sgjg2lHy4Bq+bM/upxzjx49cXB1dWN5I3x4wn9ievrBdl73eEeGVP/2zjKoRgHktTkQ8hQj61sL&#10;QFBvk5SI5+cWroxPn4Y63gY3BYoRTI75I4cPO8+8cP67//1VX6x4/Gh3m7cNXFyTvy28upUKboQz&#10;lfXN7JSj6eiB4Z1IfnE9PeAofv08koh9P/1o79hk4O5a7Pa9PYvVOetslSz1X1y5+NoHSy1+382t&#10;YG8f7gzrqdOPnTox+9/+4tVQU36qx/bWsprTteMzrVFFO3x2Zn6zEg4GzzzS909z2up26ukzA81O&#10;F6RT0xPermb9ztJtVfFNDAWiqcziwge9QyNIgiqX801uxBla8O7RGVBn+22WL6OpJc0hpj0UPGTt&#10;SjL0u8QGJKUEeKJ1mnUgpYDhLOGlsCElZ/A6ZVHRrEgbQhoZq+ztVRPHuThoFOZdilxbTLco3sCc&#10;xCnNRxb7UBN+IaqOIFvXVbaXEZ3yZ3ZlTHgBjZZ1+UZtE/ghWbEJqxehbzACH0R508WkJE593oyx&#10;BoEhTTZPM+BYlpEogkrB14UWQSZVyCcMQzWAqEzNpMGOtXu0EeTaw9pMLs8a0w1qPOnSiSXpjDzr&#10;Q93dNrtTY6EEDM/y9djG/BZ+lonYe/CkJbty1s1rbB0qsxuCSKeSmStkSNyNdSAr8BXZoAIRskkJ&#10;YkLtR7+tiTZt4jcXaKxc58lVgIo1jXWfqjEoiXWpWO3JhsLEaFP0hlOdET2JtkgWe1dZjFSaZugN&#10;hds4rz+ZEsVfX6+LQkGvQfA6kapIf1K5u+DSZszywiRBFB9hcdAoNvJDQz4xaYpfDGeTWdU55JFt&#10;zBE0Te2gIWZhJpFgZ9QFi5aYRHSnI7+aXAs4fZqaGBIBlYH+HRjrg7UFCW1pTmDTInZFqPPLVDTD&#10;CL0RVdn4S6PrMrSbDR8fTkQRGdQC0TUQZFJVAinBAqNGoTkEv4I3To5UwmOehCsCyxY+tEqjyZAE&#10;0MdXlQAfEHJMOkVsUS8mVLGacNfjdQSI5SbEeI/2+QKtDtUCS5yO6Pp6d6AZW7P7WhFZdGD35DMR&#10;jObhvXBrS+/05MT22moykvR74u+9+Wpb9wjdxnW5LFkp+00vZTOZ3i61M+CGgBL8HY/PHyhXdq1y&#10;oqA/9UzzuUd79sPmtfXkqWOdd+drVy6vt/nN65sxKwL0LIgJoUYGDKSbt+7Uq6XWjs6XvvSF4fY2&#10;T2vby6+/j51CMJRA+pdHLycSyf6R4VRkPxBoQyLtE48+/tTRqVw2F92MZVKJR85/Hv7vpVLmzsbe&#10;cHfbdiSK335xaau5yWV3WrcjyZGBwN2VrWQG9IXyvbt3casenBha3gx+cvluNpcvVwtnDo/CSmFl&#10;J5KMh6q8zBDYE4zm9WJh7f58s7sl0Na0G07ACMzMj16djw2NHT9MivBLhC5Tef/yOpy5IJrRjIeU&#10;ZUsCUiLmm5guCaEBtVG+vFh44Qu9qe3E3grCh5ee/PKh8+dPdbhWv/XVAZ+z+spra+ms/c7ltcFm&#10;4D764r3kC99qAyN5+WrJ41NH22rjM2i023Ibobm5SvBmEoJ5R4upYnG41PSLz1aaetp+8VEeOPmB&#10;cXs+W1y69Z7b2RRVvMGItVSoPHpKe+xgSXV3xGLm91/ZUMr5Hl+0s1f54jfdqWgqW1SPPtEc2VeT&#10;76x1nj08fuToV1+sffcnhRPnRhS7/ObPN3WTo2prvo54DafzS+dGOtezpa14KF860d7xvz3SqTw5&#10;8ueX1q4+iCCM7fTxbmC8sVjl8NTQG2+tPHZ68Dvf7rTq4Q/e/GT6rNQy0KRbkH+5cmvu5tj02Ob2&#10;bZe5WIuGpiZOZDKtwz3tkUh4fjvk6G1paZdbvPYHC/s9ne5uj3p7M/fc+f7TZ4597we3CjciTlP+&#10;1LHR+xvRe3v7X37hmWw21Nnhb7NkLQhoy1QOjjgDfb6Bw96aM3lhoxRs7t7cL+pDnuB22oIEgDbv&#10;IzNtP31zDa4O//E/PP6j1z66up7c3tn0tXQcGPD1OmED3uZoru4F99PJDDaSOPCxSCaJFb2rxHnE&#10;zIezn7zjyLUGxzXWr1ncRVh4pHMFlWcl7DiZ/oNFI7mz4j4w8zEPkJZY92Q3QuOZSYFskljUHP0u&#10;JI8cjqGYhAaBF4h80EtkKcCUGracoedd5e5d4yqoNnA0plwY60FZ1ASjILBUrhEU8dAZRniV6QIb&#10;VAxAUhbDKO9SVcFwZYWEblhqC60iH8+UbiXyInSKJWLPdgPA1DR2WqFRj5oB2h1SarLCrUNdWMQx&#10;5kmyc5lLKb45xTFr+uED7f5WPzvNglRvt6erPo8TH4adCjRWLhhRG5VRIgs7Tdtej+E7INxEEfOW&#10;gHd5PlaMeYNROcInVV6VGErJemPok/gR5z2WJLxdSJ9Q04R9paEOkT9T+7PkncvLP0uyMuYn3bD/&#10;EVp5SeDBNRGjYTCABWIlKQ8DPCRW2lC7YiZ5t5n/XCerUsBekvyZFxAZAwq3O8MY5+H0JZwMpEYK&#10;skhhFii6ShtaFqoQawaTtwSzVDhg1gSJlz+CNwz3NMfI0DtWrQliD90aQtZJRBj6A3bnFTDcsIZp&#10;oBSSmaz4+c7Q9QYGK9iNkhHXJSQ7gvmoCWjB0JsqYr1NjRFei2L4/YiP06vGXs3G+BzuLBUFD0In&#10;JlxRWAinmWjMb1KpRCuGbb3I3uJWio5iNK+QNFUohY0eULr9VEMYRPr6AlwhK4F2T1sLlDWmimLN&#10;potbG/tur9+iV912vZCrdHT27IbDpsTO6ZPnv/TSr//8lZdL5cLYgaHt9Qdzt279ykvNXT09PR2O&#10;I4dG567e29tMxpOVqRfHcKnz+Zi/HTxWZFNabl25ns+VEDjw6i83slnSdcBlpa+rNTvVfOde3On3&#10;k3dlueCEWoyybOpbS3NWu8fqad8Mxvb3I+lS7eTsgata7VefOwdmzZ/+9V/YLVBYgYqfgdb5qfNP&#10;Q+gTTRdbvC6tDm6m46u/8tzl67cyVW07kkIC8akDo0fGBt5Q5NWVdZfHBWuFizcX5u+tej32k8cP&#10;5VK54O7+p5dv4yLWChFTPXfvXmV8qBO3IBafaj0LXRoWP6CXwbIJF9Dtq41MVeeubrU4O+U2ORhL&#10;2B0O0tzwhlimLUidDwo2X1YUp0tlzrgO4g6HqylMLK8b5iNsu8X9dM2UzekTk92xUGXzanB2zB9O&#10;ytc/3X7uO1+fPnG6klucX7gV2s0nwtVwTHaO2FusYIVI11dyqap7YqTiblJTe8XEg6TZI0VyOW/A&#10;hiklU1Vtstdel+L7kO75Pr4e3yn6VLte1m255M6RA11Vk0+G0BCdTk2+8lEEkNPIwXRfb/3Js313&#10;Pg6//MPo515EIKj3QWgl4GsKHBnYX68mN0Ld5pi+I4/3NX/7C22fBlfn7twp1qR7oZK8Hm92a47c&#10;XnSl+snCdldXk7leRmTH++tOry3bZa1+61RrpNayvIns+LKlsHV3sXpsurXLEousIJQ4fPFyeXxa&#10;PzwxfP1qaKumZeQmEDTv3V6fnBlxNHeAPn3s8dMwntiJJQe6rc+eUWSnf3kpp3QFHn+0Ze723pNH&#10;cjOnhv/yrTXdXB2wKmOtQxMHJj7wrtxY2c1nSs2Kde7G9Va59aXzTaX9FODJYzMWT5elt6v13Tdg&#10;dgjvdd97t1LDg/ZHD7eubxeWNuODPS4oKW8sbVxYiCPuHt3gvc3QZjD0737nDI6KC+9/ik4aZmvk&#10;G2ezFAgd5Y1hmeJzwZnHeAltYQ4TJdUHKN6qEj+/eJo7W03QDlNUocUi1GKqypoKVdRCjeIVZRFJ&#10;xC7eNPeA4mgSeyJZyPgEdMdsDpGoJJLmTYx1Nooi+59xiIXcmPdwXihiiyUZqQ6MqnFIIs+fBGaJ&#10;batiTIFEe1Al2eBVqmK+EVoFwX0heltN59QqnVWB9Fcaqmiw07k6iprINE8BbArSpybzRlATpqY6&#10;bfIVGplYocHDtG6y06lpYt0Cn+3CtVOyuZpk1QVvA6gT87D8LFVoglTNfp/i91mhwBEW8HjByCYh&#10;HJsZfsT8IGamgX/KPKLxgk7Ao7qwOjdJRsQjz5jiH3mmVPmJbXBj6OpYKJ6aGhi1IUnhw1fQG8W8&#10;VDPop8JcjzFY5bMQK3IxIKwchzJP3iyfZE0s/Y+Zx8zJh2SKTPvMMr9gfAD3ELrPpZVdySqzUZ8u&#10;JtgGadUYIA1mj0HHkYTxmyoLS1fe4rEpEesWyIaA9OI6eQPi1IaLiMBZGQLmK1EndxRZMhLBzOwi&#10;qIo1pZlQWBowqdoRBKLwryYJPwC+aLgnTQJOFyq6hnpEFj59umyoRcRIKYLGNLoleDLnMskQtdyw&#10;s61zY8PvdZ39CkjpYua1BGtDdb6/gDfQm1nlcYbpQMKQV2xF6YWgwbXSao1CSKAJ4R4XnSshyxQC&#10;mCqAQYdo0WKBvH0w3Xk95ko5EknaHzneb76xajPLniZzdreO8JHW7k4gaecfe8zpc77+xht4dlo7&#10;vCu3P+xwjrQ4wy025MfJRc0CQf3dxQQclV1uc66QXVtc6OiAU5gvnjXfvpkLBKzHJ60mx1Qo5piY&#10;GDBLJczmyxtAfivImoJzVgHUBGBU5cJ076C9qenlX1z8nW8+M+r3oex9HZYqfa149YNDkxCryPV0&#10;rlx8/LETh0fH/uCPvrs40AVJdDwcTKULL7/6S7QT/f19z5w4YKFCVXOYTNOjQ0hnxXW9d3djYWWz&#10;mo+Ft8r9gZ5DM6Nb22vrm9G21qZMeB+xfOe+cM5i81TkYiK1B3QZ6e8MfxFVGOOlraWm2SCQkrdD&#10;0UOTw3gDuV468U4VcmXYQyvGGohOmjpztCDTxekqMwCg8RuqiGwEhOVJhr0U3lL1977a3dXeOvfR&#10;zpnxrhMnx72eEgwC7t9d8Xe7Fm4vzM2FRwa9zzw9tLKdl72dO9vlZK527EuPtHS5/Za4p7WMsKqP&#10;LmKBKUEoCCbFI2esgQF3x3BXNR7TSnK84F7cUiYO+Mf67XNXI8i6bmv2/+Kt7fbBzvPP9ie2F6Oh&#10;XDIHd5lAOm0J3d/sbK4OjHfYPR2WQqHXb6mbPLv7OX9/u6/dnIqE/+8/2/nhh6loXX335i7SrsF8&#10;gd8ixCwuU96ulj98UL65X6hiv+tuxvptfj95dS97dyP1G083fePfPHF2XI1Fd9e2i8dnvL//rbFa&#10;Kn77RmItYlkOljqgtddK7364duaZF+1m0/Kde7MnpvbT1ZHJUQD1dj2//WAtVSp3dNqd8orbA9qs&#10;OR7OmSy1sUklk0heuOv6eD4VX7/vgnrY1BYK1wb7O3bCiARP9XQ0re7u1+ytbU5fNqXuFV2K374T&#10;SgZ34s6mjvUtBN+plUrObjdtbobaW6zzK6lEEmtC6cLtrTQAiEKW2n+zubnVUc7F524vzt1bzRaL&#10;ISSKFuHGF94KJbaCiUg8nc+Wo9F0NFGEsz4gQ3gA4HlGXXRaTaQJQZSGVW2GiyCo35SoQQIRzI1W&#10;0rURd0RmJQNz33UhZaMoBoqpUTnyAvJK2UoCcPp3uJyynJ/9WIlDq7JOjIyJYdcD5hFIuDi+8GnI&#10;daS0SMSu4+lDijJF05mdNjMmMPwVf8bpAO6ujRTlFiHUZG2dyuUQ8cUksM4VatlSPVOopXOVVLaC&#10;hJN0Hn8oZ4rVbK6ay1fxG2OHnCvgQ3AFI2Mw/DmH8blSK5I3D0BmnFZkwFZjaTIv+bieMwGY/PNw&#10;vRyUJM2WCybMObhkuCkQnGJi6R/VCjoIORoCvXVNgy82aHh4hKKxBGIacAKCKGijGEyVgVb6IlKj&#10;a3o8lTcotIY0xJCQqKIBIJyRObTGCMlD88OFoGRwRAwFBSsyBCzEanbVsOur0X91Nss1Qphh7U2U&#10;ZsVGV97ssltcbiz8bT6PvdnjaPa6/D7Ep2J35W1p8SDausXv8Td7fF4XBZm5ndAXYUPvJBd7hhaB&#10;NlLpVIVyUiJ4v5bLFBDQQneOuKAEIrAmVHCOFWO4VB4WJt4CcxCK3ODSUOHAi4f9k9tpE8A0fzNr&#10;OJ7CXWSz8o83i3hQC5S/6D8g4ceFtpDHBRVJFmCaAcjSGh7uKsVydwdSSi2klJcJbMMrT+COqdB7&#10;yrRYXZY/84X9Z86veoPeI3oJQqaFgXpDimngAiLtExcc3xDhb7SwhDrLYoJ0LxnPplI5f7O3udkJ&#10;FRXdPGwbwUezVVFUqQFOP3S7VcpJVaoxhlKRjPQWjn/hYJlYrIBlIc4HiEAgK/Z4W0C+KJU3jx3t&#10;TSVzrR5Tk6Pe0YFHul7UpFQ6Ahut6clZVP5odNtuqZJniJyRyxFY9txezIKhcvpo9+zs8LWbO5k0&#10;BdstLccK+fqF91axoclk606X/sXnu1AUxibPOz0DMCmBeqs9YL9xewvJ7WKBXS7oXQODMyePxePZ&#10;ltbW6ZkJWAsGY6mPr90/NjOIZrGkK+FM/sH6Awj2jx87/szJ4zZkR7e1zC8urz3YsEDRqUl74a1s&#10;Dkeo3eVwdTR7iVOPF7O+3dnm6wm0JfN5AFhbS6uKlu0cGQ1GEpsrd0ZG25EkUstHHzl7+NixE8Hg&#10;/v7u/eWFu+RNwqJX+r46sY3d7dV0TE8GHVmA8tXSwbHRZKaEHwe/w/6BXvTNWayWFdJcCpNi7uuZ&#10;vAZ1gCz88XEGmoUZsGjPGb7SEB3vuHdjFx85+Wv/RzSayG/+UTil7N8LH5pcxHjq8Hg7JiZax/ue&#10;fAHovLrnSV+6EC8srzrdyhvvBs9/udtiVyS3srZa39+rPvG00jF6Ym8pbi8Ea4l8LoUAJHXqWMup&#10;Wfe9q4tdTfWOnq5SRQv43Tu3l1MDCY+ndnCqXqi61kK17dX4lY10T29nKhV6ZDY/2ZlPmcyDM4Oh&#10;u3O1mtrcfyBfg23Nxjvz+cdtiX//TdvbH7guLsqqHRhGtuSxfJqsr+0mhjs929vFdL7os4PTlcF8&#10;3TvoT5dM9ZRkdbhODCqDHW3PPt33o9fmo/vV7Qfw62k5MDt8eT3b1tff0eMFbjE+fub6lfmb8zur&#10;oVS3335kqP3WjXl418gV9fbdRIcTtSaBI7W/BeAdhLfNVx94L94OdgXaxo8d31qLBsbH0/nqj967&#10;0dRsPnCg58zZM6Fa6dbivd4j/ZKv69UbS5MHbR5n3eJs2o7qoVI9mEoeHmnq6fGE46WZfkD9haXd&#10;Ypul5diJtuTFjbSutgf85Xgxk8pfi66W8tKzjx2cu7dfl2sHRpqRHKLJlp3tSE03HXsETOSW2zdC&#10;e7tpj8uWTZVg+g9HO49TdnnIxBQemXDfMREQWzf6fZQ24mXXGe00VooCl6qzXs1M9Ah2+aJkYlXQ&#10;SxVxAwmXNOaRCo6roFTi+NZlQ/WvM9pPcKImCd1ejaXyJcF5ECJ5nqB0QSQFsY/6dBIm1MUXMJZL&#10;6Y2CbK9JYueHk7FSEQ6vOpnzsJO74V0jCxYluE5cjRhjNrifDf4nG9np7GAuN1ijdKRKgtFTqzDL&#10;k3tVzn6iORBfRz4JYEfWQsGdzkC/xQxASkEoCsJkFIuDxBTAu3XyLjNMDEgBp2iC36GI9SGPJTIr&#10;txTdELzwVo/XzkJtoLBJrNaIGKkbjE0mAXF6JU9mdRNTQhkg1fWWZreVOxkTQ44mMZKRepOxaphl&#10;WRpsUFlEaCiGes3wz2MKUY0pw5pwIwc6WpMfRlAa4xfP5Ya+Uze4y8K5U4y/jFhKRgdg8EAN53ZJ&#10;2KFKjYhNGt7ZKLzO7QcJlOrkyEQsniqTXcVAbsDWAjbA0lhie3uucHW2n8WH0cdUiZ9WwY8Vxvd1&#10;9qITZvJSww9AM+x2xfZRWNtpwtFMN6ZQXhmzQkbWBDWp8QZJBo9NyEu4bqpMMpLE3YORC65luCzs&#10;Q6TqzFJmubFm+L8L5rFm/FiBvWNUhpwYBsda1QG2HHl90zXGXUYsa4AM6PbQvxUKQDEUq8MJLuuN&#10;O6t4aD16tqTkW3utWiDw7qXtYDQ9jmREl/nji6/vbGz8y9/6X7KZ2Cs/+wtqxJxIPE5hCeT1tx8a&#10;Uc4e6+oYObm7k0fcm91p39mfT6fy09N9Nks1kYjlc+jXc8CWkVHr8A1Wat0+T+DVH/5Fm9va5nVu&#10;bUUCzS2dfT4Zm3lZPjQ58dTZo75A59WFla2t/XOz45Wa/N78Rq6Q3N3d7kCw0oGZxw5OLG3uA92d&#10;HBl0u1q29/Z+/vqrdb0M88tkPHrvztVipdDZ/sVWh3U9HL2+sDwzOpR2F65cug6p5+hI4NbVWxff&#10;e6/J56jkkslkW4/fa6rurS3dwOUDsnrjyq1CHlZfJpYis9IVEFe9trsAnSgwmhpMx5Kp9PzK/ZOz&#10;M9fv3nd6XE8+eea11y+grXHT5dUUw0uJUhDQc6Ekcm6lWRXYq26w28nSinYfsvobX/a1N+PcqGQL&#10;9d425/zly7e2a5am3uB2zWXWJ2cn+qdOfvTqLUc1k9/fCW0loDCRU8kbN9JrcbPVp04e7z7y5MkW&#10;j2nnTvrIkdbeCX9mr7r8yb7J2ebqDlyai+1g3qnFZLk0OhW4sxYO9Fpz+SRSch3O+vV5RCy5Tj4y&#10;Y5LMXkuhuUk3+Ww11bG9kd6KWG6tSfv7yRZbaWRARxvlaO149KBpsKV0ctr8uS/2nOypTw1497Ny&#10;ulzxdzUNTHWWq1mEgbe2OvCwFetyR297W8AHKpmeqbm1knegr5quHJv27aeV/+/V1MpeuqfNvhHK&#10;+OxaR4cXc+Tt+1sLq3dUp++pp5659On17WTUpZK8/kfvbLa09x05MAnb/o5mt2LxOFxtiu68fdf6&#10;9jWLprqOHehCBPTMoUOwBT51MOCy167dvQvzuUM9/g6nZWN9YS+4+rkTvffXw1dDEW+zNjPlLZay&#10;axthrVZEQE8hI5k05fiR9nAskcykDh7rRRsYy9a3wccuYzVuRrOM2W6k3//YIzOtPtuD9V2QkJ0u&#10;09TBtp1tCEbNbi9SOy174WQqVxw70FLT4doqPXkuMDGIiEdvJC7ncmWbHZmjGJ4QBqfTiGQxCTwe&#10;4yA8ImASZqURC5OWTHMemnd0q/h3+ijyrMgk1Uxur5SsTDMT43asxBfhiMQgQGMH02SokDDMlSsa&#10;0scKVT1bREZCrVBBRicIGXABlSBMQYxfCZ9Ww6oGaasggmONWsuCxFasFsrVXLGG0RCOuRmeFyGq&#10;yWQrYANimkzlALAXM3lycq1ylhJeCH4pjCYOhMFjgMWMaLa6PHY4b2GUtfLwSpQbHnl5euYayugr&#10;c2sVoSYXVEw8KpwMRUceu80pbIJu4q2pSrZ/EKW63F09I+CgkP+7aorG4+kcTBXtPqfuctFPJMSW&#10;IWsE2OHkjcQy6mcMI6nhZUPtB8sODQ/0z5Z/jdgPJt3UG2EgIjJZM4SiBvOXDmNYpQ30tMKlBW5M&#10;IF2bCDhA/hg6IShqTczFoVqH2CjhYEO+blRIiJtFckhSVlBaFE3C8DriK8YAOPXUvBwkMBssU6jr&#10;CDynMRs6lhpGKAEwNFyHdGMnKzcCTkSZkwRC1pjZpAatlL3KiexSq8FgxO12kokPDYImrO3WN0MU&#10;LMPryQr59zL3jFz7KUWGvcvJ3kZ4KeGuZAoxmYjia3oCfvj118gfzkgFRSQSdE3AD4wclYbHvEGJ&#10;FUCt1rjSwnxIKGZ0A3j9zKRHN8QzqIsEnECppVFOnNPlxnMKKxY4asCdFVM7bFFJ/6A0oqplC/BJ&#10;w86wQQjGxS7m0l1dsbHxHOXxyKYS8Q3wnpn1Oq5sHYtwxFfhccQ76rRZEqn6XjSDuz2bqQ71mMZ7&#10;8YA3r69LYx2urz/W88TRrlxoMxrdMtndI6MnK8VErbx15IAzX1Qi4QISNpt91pqqXLn1IB4vt/td&#10;eB8jqSxMu178xjf9fv/yncVIvJau1g/OtI332UPBiN3T424OXL74sY59ca7S3j3eMzq2vb6MHu0r&#10;n/vi5x87lUimPrwxnyvkJwf6jk8OX767/IOf/TQVWk3HIl68p3Y7NhXvXr4SjEa298IP1tcX7y8l&#10;kskq+1G6QF3xOlTyCHMMdrQnE4kS/Pbyhdd/+loyvGPBKi0UBcvO65QKsd2DR06ce+pLKH7rqxtd&#10;vWND/UNI54vHE6Fw1GQg3wZhkN62qkrdErsGYuLPghGUL0wNDyLgb2lpeXs3xGOAsJ0i3J9lwWS4&#10;32yROj3WVrcZQFSB6P81sfSpCykYWtVP5tfHRrrn9hLh9I+7rRNWhzw95r+7W7l4O9zV2lFNJ+Or&#10;N2bGTcGFUDpWWN3T04oUM6mQIcwegSZEX16MDpp9h88Err63/ZM300VlCRZI6ylrf4vWCrtYn7NV&#10;y/T02LS6dX5zLwvT1ao2MNoSS8R3t537m/m9TenEMfvouL+tybSytAEQ3KyUXGpLYr908ab01oW0&#10;crZpP1wJxramZ+Qed/VXTpgBRuTr7Vml1OHITfoLQ91Oa5MDHJ7ODmskmu8LeJNpy+5+0e31pFPx&#10;XCp1I24bDtQHDmgP1oteZ+ne3a1CsjbaKf2H3w78jx9bPr6xP5xNKt62SCqlWs0/fvMnH16bH23r&#10;PtbV8snthUhBdnW2/OyjhbrUPDLUe2VtHZjVodmRqimvOUIBXxKl8/Dswe5AyOtpje5GlxdWR/q8&#10;Z8fasc2G9jZfrsOE1rrn/f7rC8M9I1NjXXVz7tZi3GyqDo50q3LcpsnpnZJNU9KhlGKqdHb5upvk&#10;mM984VPEnGletFRl5CST0cdAt+fY0QPvf3ijq8ddAw4crUWCyZ5WTzCl7+xlUcTLkhzLFV0pEKrL&#10;MLTYTGVOTlu+8e2OYFj627/f2NvKehzcq9sdKu2uTBXWSUIEQRZxpP0VNEsOAWaxHLuGasJXxTjk&#10;RP4C7yCpJ9cgSBJeI9ARidxBBFWS0QH7ztAZQYKHOqFMcLhjZx/8QaqSMlMvkS9IvaFt40AGhsTq&#10;QuFn6EJYEykkf/x/OEqaPOa+Lh8RIExEiqhrwp+bfqhMWj1d5emXd5OKUVkUwzeGbdHoLxidDI8B&#10;ZtnUSEZKAVuEN9oB82FcMQubbjF/ktXN/8/UewZZet1nfm+6OefUt7tv5zDdkwNmMMjAgACTREJm&#10;WJpaSVbJ8rr2g71fVKUv8lZtueTy2q6lZK1W0ooUKVFLgRIJgMhpMMCEntg9nfPtm3OO7/v6Oee8&#10;t+kqFguYaXT3fcM55///P8/vga4YRCQTuVY9wtiDIBEqD4jOSaEaT1VQymF4jMAxrwM3FtBlHTRB&#10;bONkxnmBH0wcFRKhQYNGNOcLnVuSyS7V5wgqc+8LxyQZIoaSif5DFhj3lU3/aLozTfwgWwvhRPNa&#10;YLNGqeUHMFNei36kfk0oe/sUg8fR/YeUk/iTLlOWksY18azg/7sUOqGSLDOSvHLp1PhI1MpRA6Eo&#10;MCoPx3h+BHXCaXsBs1vyLEV6sN/wipbmoQmx6KVg1AWGfSfFNV30aCQkGWlQYa8qaqNdQUcZ/tR9&#10;ytRf1KVBuCpEgtYXpT6dafOaE4facQVmulHpuJdpkbUUM839rxHtBp9FZVNMal8S1V8LzDhNwUxk&#10;lIzcrmifS6FYeWxgAg0nhcdGJvHd5KMh1geHaxQqzGQqkAeVKZxwy3rMb4r3ZXe7Pz5RH5nsbD7E&#10;muGwmPGOkMS+wyP0ltFjxnBDshvUfLZWztb/4LsHTm/50w+nv/hIlOdT5y6p/8PvzBmFvk2XFsW1&#10;731VerDe//Dt/zzzLd2MR9xf64v91MKMs9seAtnnqNzt76V9PgvKtNRBDh4EHO9eunbNH5rPZFW7&#10;N4hAqNFQCNbon795NzY2FBhRtw5220o3maig4/q1b768c5C605YNslAoVa7f/vzG40e37jzyIl7r&#10;lWtvZBPvfvCuoVfJHfX9AWcpvf/h3iY70TSctiPeuLefgufbbbNBw4t3F8cjXJQSDr/9Bq4D1Bu4&#10;lrlUymWRDM4gSKLYKe1OO/DOqAcgXNzbXbl753Fs8tLk7AREz5xgICBDiaOzZJZdg+OVSpJbRcKd&#10;IN0b8qIrJr0xnshgOTh7YvzxahpYFR1dUqmGDjhEmZ1aRp2iQ5QdThP+GUd3sFVpV4Zn+T4iUSzz&#10;Uror7a+UfCNBQd948976sM9TSSVPhH1TPidn6i8/2rKI7W98c3JtmV8+4vAxK7Kx364NO/hyodi1&#10;6w/XKsX00ad9fiWtWlymv/1Fwue14fHx9qTD5QqCtudH1KirV6gbFk9eHIOief+Ad5rnpzzFo+bz&#10;T/hgHUxvrjZVZDZZEwfCp/9t3+N3n58zXJ40mOZbrZy8vVujUGb0R+o3s3Wr1WswdocCdy5fjmwU&#10;5PkR4fkXHIrZ8R9+lE4kG7FRh8Nha/cQPtDJpItQZJkF49MXxn3B4H/437547TXH8IhQ2Ctdi3au&#10;nsFmKprxgumtmWq/WU5Rkhgg7brNjft2LjY1EjKbrNV6/+J8KGFWq83cw/3+ztaaBIWHb0ZQbbFx&#10;21io/jhe3t9JZw8Orcbqs1eeAGg3s7s+6Y3MDxs9wdFUodEoKxbX6N5O7ZmpxXTqTqlLdkFFb9g/&#10;KHVlXSfXmnEaPWa1WOhfOO0wePHL8PkCh/IOotZGo0X4N/SchHSX+C/fw1gKCGAQp5wuKZOrvvjE&#10;mdOC/c9+8v7KVjYa8/rDnnsPD2EBAq48njFhebC6q606oowVh5XAmoF2dBjNEBkjVR34e4dFT3cf&#10;6DzJfkkwGVQ6gsVKIkw8ifS+yAldz5qBXUJiRYUiYTntkChjKpnhyM7RY0sqVu0+Y/qrrDCiQfMK&#10;8/N1WbAgUe6S9gaWNlhZ8ExbzYhi1pHuIe136an7TBAG6DGG3yGPNkdDwDCLJdBtLJ4UMw3+YB97&#10;BIpHoFPQNCZqfoE0hPXEnSIxPaYoMCcdrQkoNgC7JfY7sj1gk8CdMIgoR3hCj8cUmfy07YN8vdFG&#10;250GaBEaF/77VqcdDUmnFlgtytHtBpuisVpvLq9jtZKAv8VocDRkQ52NfhzaZ7hAoo7GVmjDMurS&#10;ZyZP5olUqJdLUAc5UCJjD9HMswE7nTYvRQpPUHgWoK1QKR9TBJNfB7em1W7hg9Pyi4Qny8SoRvJA&#10;yOZHb0aPVmbkz0msH+lyM5Ew4+vJ1IdGjxWUlU4NalqECBtn09QVgvqV2d7OoAPCoFepHud8aRUm&#10;c9qrv252alEOnAab5ShBgu7w1OOB6lDkmKlWlBign/0VqTgZUUfUvjPt89Png4CgCKBB4+Iw8K5E&#10;81hUmbGwmeVEYIeTQc1LoT5a0godlBPVEa0z2dhKc9rw7ARAoykVTuP7aPeEmCNJlcubSX4ceVIN&#10;NKAO7Vm8EfUmZmOEo4y/Mevt9JDELopC2bzotYoGs4yi7e5t53BUsdmaiJCsVzAX7C9ON8oNa2vT&#10;TIiPah/snJDPcWrmns+zojf2X77a/+vdxes3xGhgPTyX7nZauVT9s/cT5y/NQcgzZ0911v9k0e+6&#10;I3YjPpPNxb/7TgFon/G5YCVzkE3UCslWvcnZEdRMXtL+7vpjCGZHp2YPtuPFeLE/ETN5XcUKEghr&#10;q8v3oHYdG/M/8dxzU1NjLqvn0hNP/+3f/PkPfvCnJrvNg3aGqJYL6Q/e+jnAOpATotNmsllRYkO/&#10;gsE4hBR8q8Z16z3JBnQHwQO1qoha0BlN1WIFXe+RiSi6IBVOubm2devTW2E/ihFrDU0LPaFE1esN&#10;g90em5kDNmd7fePkyRm91Y8kWVzmA4Q+xxMsE4Gq3gVNoyzzWoo3Td+GAw7/gnFJPJEGUnEsFs7c&#10;39FR2gD+Ozxi1AmlhGwkT/6oriQbjVItD7kDtXXjwVSNJhFZLHR+Iksnhl1b29m5SPTjT2o+o7WY&#10;bWQT3JUTss0o319uVOrtERf3wVtH733RVBUzZnXZFNC98kFLl8IU0dlzegmvef7C0Pp+MRyV//Xv&#10;TeUS/Z/9dP/u7RK+zB4wQ4uyu9sYnln0x37ncOUfVGHDbg0vXJrLLi/vbmU8jn52p2kJ2kWPpVuv&#10;usR+u9xbut+qpjuX5ixPnAt9vlH/9letp2d1R4f1R+vq+KL94HGtvNVQK41QUF/odjPFll20TI6H&#10;37xRenF8rN0o2V36Jy4tPLq3bncFVu7uHyQr1Ywu5BOdbnPbMCLoas+ctgxFnK//Xb6e6cz6TIel&#10;PvpQ/+ZrM+8spQ/TxYUhaXf/cGMn/if/y/f69e7tm7fkTnO3vL+ZXD85auzXqu1S2eFyPniwNT82&#10;XKngMFN7794OqDVf4YUTp85Y/AjAWgX6Xt1LXDwVdQaEpfeWuypR+his4CLjC/tHqWa+qi9XZbXe&#10;GTJY9nP9+7vNdLM9Oy+XFSMkuB0yRNRBsoJwPgjisBlgySvnspxsqJZ7s3MBGMkyxfqttaNowOd1&#10;G+ZPzpYaLeT2mQ2AIOtAa8S7qBd0P/2nRK6I8b+4MBxBphzGlUiP3U3tPNopBp3km9MEKTxx6O+b&#10;OAq6Mxn1WIWQkk408URig65qi6gn+grFuFIOlErWAi3cgtJHSJAlx8Lf2ALKMx6BRMM9aOXHGTgG&#10;QCOgPZnTgujhQCBAWr3I1JxshWLZRpSNyYrEwUCMSGY4puogkl10ifE0o22MbD3ihUTeO/5Kj+oJ&#10;LXGB6F+I5ZR6/TnqO6BGCbKJEMIqGVHQfbvd7nndlukRLzX1kVUM1c3BYR6EAYfNQLEtKK+Rxyk1&#10;au2WiwBBCH+HqI3JeIlqeUSqgeENMD5QiDML71A0WyHZAMkM85i8N8iPpLoXtu4yKhv/68xJhiWl&#10;KRQMukYLMlJuKUTER8/SEHMZ9BpBoS8X8vWdgxzQFmjAMiaMrM0gaZoxE+FowhLiidFmzYNpro71&#10;pNnuQU8D0nHaMa3QBMqVJ5ElNOGL/zXQAP8gM6UtsXEf4wFpuDXzgA6gEdpYUBPKsL4CFUUzQ6LG&#10;BWQqJplBVDnmJsdTILKnY0C613KUmZdR0cTZVFZNaXwcm4DzkqiRiZizk23u1BTK/HS0IlaOCdpa&#10;uraqYYNUzY9E/4r5I6l6W2N/4BFCW8/tcrmctaN4hmjpyEm3gYcKBLlas+6QEHKuI9+FhGDQjiH1&#10;/5CPR46ZCpRr7k53eKQ8MV8pZY2ViqdZciqY8OhMqNl0RsiwZaMjHHRmfCN8l5suJdN+f0dUi5Jk&#10;lNUKOq8otPpVqdb2/fKdlsVQmwg2vK6ULeZ9+px1Z18f/yLvchrS+ezBrtDqW3ZXtkNB39kTw0CN&#10;hIec6eSBy420QzLbwM/KFWrFfFu1GA728/fv/UX8qIbQPa9HxKhu/3Ddbon2W/V+s2DWcbAD2vT8&#10;5FhsdzeeOEqHvDbInESTAcyhbruh6oVKS3Q4nFDs1cqtLkoxwl7umvXEH8P3kcEpmBFhbHesr20V&#10;KrXVe6up3W1JHvb6g/VkFmcQNJ87GOHw+rMXnj4zOVTM5SMR/09+8e6NT7cvXLywu7XWbXUwd+AZ&#10;mI7aaPlBCCxFUUjkOCZo9idg4AulssvjsNnttUbbDB1fD0HRfTJjAuOlL69nmmDt62iCDtGQGXUQ&#10;0OoNxE6CHhgogZ1mU2rH6xFFt/3Rpljiw5OuWqFwdtYr9YW9jWaqqIPrpYCISL/u7OnQL/7p0Bri&#10;rCI3ftq0kxNqdcPEqEWy8KFx9Bu5qF+ySoLcBqq39M3vTN/6IN/I1s5Nud2+htfZ05mGS/USr0eA&#10;qcnq9VS2NnRS2Ttq6VaEyOLo7kG30vGeuyL+xtf5B7dTddmgCG3PTKCoSoWPmtUsL4ybkCs6epKb&#10;jCkRUyHukd5/VLu70/zKa9PXVw94ff3Fl2Yrxea9+4l0LvXk1cUcEBE9efNxAkbljx+WznoqP/h9&#10;V8vS6dndpth4L5nomxx7+cx8VP8bw8Y3lprLSQN6p8io+NOfpAFMeuH8eLHbf+Ode//r916B7Pbh&#10;422r1en1tgEpeO3qGbfUWF9dW9k8QnHy1NUTUGWVu9Umz63FV2fHRGgtbEGLsduMRW1GQ8PsNp4/&#10;H7zxWcog5tpCJVvrjgxH+nzn4Uq8WFajQftBCcs4v5dvd3R8sl3zR7gL533xfz6E5axHom+ANyZR&#10;eRDDTcVGZNWUjScMUreII4LTni/mK5WC1aTEcDRK8Te3Nhx2DB/1KIXsSLUTjAhTr1XKrz55KRYY&#10;EairEMuH2WKAPBITPJSYIFmi+5Yv9cCzaLQ6Es3OBfcRlj/W/oKuv09CCmWtiUafPAj7MExlODZR&#10;QwYQx5t2CGd8TjJGYvZ2lYln6PKEb8UzcB0paERVI4rSYRzNPNTU/CKtLVm6BmnFaS0+8m1olBNq&#10;StSqJPYWeXLtGrqdKkaWxFLZ661tw6dM2EM8BWySopNmULBiQUfFu3oL4Q2h4IJYF4drlntPdzFO&#10;0IJL+H6bA5KfSJDIqk0iVkrlXiCocsygSV5PgRFjMczE+I6aIfoSXatpKAX6cZo2lW5NdE9UGbxH&#10;Y7OyJhKzj2iuP+JJJ8AA9urzjF+kcscaTraKiyShlgULUxWPRk3VI/y63UMgrUTDK0gg4oDep7Lq&#10;TdWihziW4MUCI4VjaA0jD2rOfDIYHhSvlONKrYOaY1Ci+AlyuRhPVaRTIOa45QYUbI3Fyw36mCrb&#10;RVVN7sMCoBXKGxdYg1UrHAfDPgIPIgYiigFkDWhq2le17CXyALLYZhGBG7j7isrYcRq/nmPnLXGQ&#10;CsJKe0rO0/DybHqpXWBq9VW1pDbtNx5c9GMqOj3r0EYBxTdSpY/OBBGszYJ3CsJyohIolJr06eeJ&#10;5IdEdWoGH7r5U5Qj0YOprUYHNeXcdBVlfy3fMTlU11iZKzfaHW8y3peUpo43os5BKcZZ8o/X2z5L&#10;2j8mNyvuycnu2FBldNr0f/6ZfntH+t2vGS5fNP+nv0qOj9n9o/qGTm4eVZ54Unf4i1qpbfZ49bFh&#10;/34CCFbOF/BFxoZwhnWISB9uJkq5hbMv7O3uCWoVKwOuyO1bj9Dt6YPUXq5JIlbKwMFhDz45byTT&#10;DTQz2Xw2c4RyMBY2W0y6VDY1EvKlBWF0IlqqNsM+s9Cu334IhWFHIQMNOzBy0IA6jdKwy3qQLaOh&#10;77EbWh0yxmkUyrvLa9kiApeUaCCIRcfjC/IIllcQ1CVBxwChvN2i29k5MKrqiN8CnOZQ0ItK3u8y&#10;AYqLBjUSfHkaZQrJHmGWyVTdRZWIA9wE9WDJ5FCPU3s5V7Eb+HqN9lnokQ0nbPRKKhgScQrhaRtE&#10;BwHgopFBBvMtQtJFmi9kRDKWQvHEBL4TX2mhNcw3ms25OfPUogtE+sVF/9zi0O3byYBHiowbwjN2&#10;o9BDyn2bk6++Nnz5q5Mbq5X9QxyXWl/5/pPVrpDfTvXL3ffe32+o0ovXJkd8faFVHYmZRud9PSyk&#10;fFNUljKJx9maGZz9w/trgYCxwXk++KAl9XWpVENnt5y94kZ01+aenC0UX/7KyP5+YW0p69ILFr5Z&#10;SBXt0Uhs1l+Jb9ULtfsb/Pt3eoVa58FaqmWw1RVdt5H9+jMOh6VjQ+ZUvb9zWN7eKhzF60q767GB&#10;Mq7kiv1bj0theFR3D4upI1dE8IfMDg9/9qxpLty5/6Ddq9eCHnU90wPC+99++dxowP76jTW1Uii1&#10;hVy9/9vffBktNUASvvudb9y+//Dmg3smh97pwkcsba9snFkYIi0qSJGLqeGAe32vIXOG5076t5LZ&#10;N5cOsoA3dTvPPOnJdsulFowQnZ2Neq9tqlRbgs6czjWxcis6fb5Qg0FCkUxgIcV3y42WYnGYIbEE&#10;eK5eR/akPhAMhIeAxCvuHZZcLjs2vEoRrdreUNhRypcFFTufvt7V40VFGpas6pFXYgLyyyBNREfs&#10;FkcFVNmeXKw2DlLoM8hup63b5V5+1vMf//i002JOpaoLU1aPz1Ss4jnvVCHnIKGQUBiq0OvjsIwB&#10;uJl6KQSaViWwNhfFlIg0J0lkDjfG8KJ/y/YoNqkbUGE4SpfmtPKFVkwkx4R6M3ktgoNjlr6BJoaN&#10;MNlWQSagNqvRajGXik0S/sWpaJZCEIUBJkShBO+iyNlczeex2O0YJOlwmawWck7UU0Io+SB6TBYV&#10;MsOHKaXege0kW25aTbqg10aWZp1IBmYiv5/EOwGPPM0x0cK20K/uRkK+hbkZ8pMxMjHqC+Uqpn3g&#10;x6QyabLYK8r4sMthg9sSOE0IkjtgIyLghdPkuhz7SJoklaWMcCzykhsAxzna8aMYdArGO45dJLM3&#10;+toP4iyI3xSfy+eyYSnGKRztdCSe8gNgA/0pojBgEwgMhCBwwoD4wGlgWG08fIzYGchaqLmQ7mh0&#10;5qfGhrEhYMKOqXO/WmnodSzOW8Pb8cf0wAF4gtNar0xbRAG7mrxWOObq4RyGG2qBe4s+HnjWujJ/&#10;lMhTJrlIm/mUuEEo8+DOI44cYz65RVJpyCyA0EqxzWDlavcYuAApxzgpUhyBjn2UYrEOvg8BKPMD&#10;PAN/zFIfXJsBIJA75g2xqlPgji/fr4NKSbtPMUoGm8WMdgsMNnOLp3HVD/f2S+UmHjkcWNN5mL/6&#10;GAq4PVaCotSBeqVj35kli+LK2mwmny3nsiZhfsR02xMxKr0WLO1goeltoZWH9my2GvajTtVHhuyR&#10;yZvxlbXkAQbnpkbFf2IxarEbCnl5dU3Y2paHIrw72ItnhGq5dfZUaSjSWtvCwwxjdXMtYciUjeWy&#10;kknWbfoexnLVRrdUaU5PIRS60e8AzNu6f3uJ6zUQzlgpN0MRB4BIuUwBrw/efqdN/e5Xq9ee8g1F&#10;J4yie37C+/H1pZGg9d98/wUI+GvF0omZEQRqzo/aS5lcs1qcD3XL9X65bfA4dHKviCc4nTPGfO1z&#10;08iO0tVrIu6TySR0WiRUQaFwTWjNu02c1A2QO5UySToxILMA8HtKuQKq9jYChyUzQNW4+Ysz0zvr&#10;j/cP9nFG7RG+CrXYErWFQOPcRAqx4HgtYIe9BUQpFg64G402NnisThhyURiLDmwzNxKbMXJz2Fwe&#10;u47Y5rh2o1orV6oVRGw1MZQGsE1v0estFqmqQ5694gGrFCzjdmu32rn+wW6+IF+7LDy7YPrNZ4jv&#10;DRqGD+/kFudt8eVepsjfX1MueDsvvWj9yY/3I2PGbO7Rg+Vyq1GBKz5V6NUfd/R/+/ipKXXISxLn&#10;ck0ZNon4/qbH0B/xcycWhh7cL2dyDn/Rc/1BUTRb0Bc16AoxP5feMf3xnxwVWpaxADzf0tz8TDO9&#10;Yel3gn4D77KpYiO7uu8Q0pZh77zZV2lng2YF3PEXv3Wu2JWWbm6//VmrWO1+5eXh997NrKz1Lp+J&#10;7CbqlVxjNOju1pQ//agAptAXhxtjzt7JKDcaafqjusOqeY1TZy/qzy73bj5s+LpcXebqoul/f/0e&#10;Jl6lWgd1Gsx6hVrrxtLKuYWpJ86egjOkIhic0aGoV+9yu5N1HWcfxcj6TMjvCUbrbeRZ1iBo29rv&#10;rocrcqvlgntD6r763GmdGy2T7okpWzyl7O5nWzXJgge5XLfZ7JUCxMyKy2ZFB7GUa22vNXRsMYTv&#10;RxLQ8MdjAa3yw5VN60Ec24reZIE6VU/sblK9pceyXCzXRHrAx0NSr7ag0mp0ahie4TkEBvndm0sv&#10;njqLh6FQwwsMDSpGLHDtykYrjKr4boZXngs8eJQIRL3gxLpdzv39LGa9+NGlWj9V6OYLBbxzWN8s&#10;VmI9xGFcR5wZxGOtaAhvGm/BshuoDqcvsxxHjk3DCJqEBYVowUiaWl9LlKBdWy3ug7jSKLNKoHJV&#10;hWfSCCZCZCu5SD3bGJDAgpnM4kiOqltxOPCrkcSoLv3zdq9h0HfJNiZzgNJVa028J6hF7VZcPH0m&#10;02TGP7JqyzJazRGvhZx2JFFl0l6ilBGZllKl4DGNEUSxREw0qeHziKlfZKFWIvVAiKzpSOQlJPZX&#10;InkvtBepwfoUlRWSEjW5k3acolkRWYAiCcyiiB/yywnCYHJLe38Ci+Sjwxl6/tBA77RoohgnonFQ&#10;WfIYm9NpaXw8I8UrGkBQptY/Fi2ipVHTzYr0vBWW90z66jix0BqNGDlEOpfEYYJ20cgx5zgUmQ75&#10;NJI7z6aEWk2m8MfRkZrRWz0OJeGoZokFl5APxsIvyWVFkGK33pUZtIBnaVz016MEOJ4JbyhXhYwd&#10;sa326APHM1KuxjNiscyywMbkTNyqUgfAoEDkBYblFY5rR1ZqauxFRllQNI0yyV+j0zCBMRPJnRah&#10;4VJqddh5XHZHh6hfVZa1YjBK1MiAvR8BH+AC9tmslqkr6Y1BTcPhGKd0HJ9ejz5zsfvkNWwxitqU&#10;dVCRcxiF9K4+E/zkg0Su0DI6hquVlNBOhIJDP7shzjUNp599rmOa7jQLrd6H80PxRtE0NmUYn1ZP&#10;551HOwmBa93b8P7VB2H+A2lmTCkVAfHuteoNh0XCiD+farX7qtvr3N0vVUoQoBfhPZEhGwjYDCYi&#10;cAaJwWH1JvgS0Rvwdru15Xf0H95e7ne3zjxx5mhDfPXS1PkL80qXHOh8Nr2pUzo7YuO6OWu3tJ3q&#10;GCas1y6Y3lji2vVyNsW5fcEXLsan/Pvx/dCoK3hhorm+b0jVjTgliSSns4crRdCbGLIDoNfqIWEX&#10;VxYbKV5yLxx4RkuzlNrMpI/ie7Vu1+d0f+vrLz+8fw9CKySoaA4zOrHpYnqMKlOkLnDG8KA2uH4X&#10;jSnICbtYVnwRbzKZQ/2cRZwgvKmKEnAHo0O+ar2As1clVwHVnSwZ5ClFu0gPhysWG7yOCk8sAFLY&#10;rZit1n/9h3+4cfPjv/vxZ5KuBUlvxdG/cTe3fTNt7cFLIF/6ssTnarwdEZIe6WGxlKvfvd5ymfrT&#10;M1K5Iv/jj7aPsnyA702PmGcnYXY2+polfc6YS3TThWr/MBs9ERwdnVBruYBfrFaPQuOhR8udP/+b&#10;o6kYf+WaeXwskNvurj9MLt2XIh7zQsgwPjKazJi8nO3C0ycTGxuwEV16akJW26u/SjVsgt3MhU95&#10;vxninN1yfJO7/9l2VjZblf7S3TwkSE9ePTE+o/vgdtlgEmIxi3nWs3kvv7bX/spZ76Rb9/MvMnnB&#10;9c6SsH1YfOlZQ3hRkVyGuw/aq3tSsibvbVXRaI2GnIkKbDLw9TghzP+tM6P3dlJ3lzdw0SaHwo3E&#10;7pMzoRWTsrazsx7fmZ6ZTSSzB+nm9JDn+xdOHhWaf/7jnw/FYpzdtLR3VMxlIvOhMyds2Voe+x4W&#10;ynymsLvVR5RHpwElKaYRvUymwPdh1dN1iNqE84ZI07BRV5FNV8o08CAYAUoghg3FaCAt0VoF81Bh&#10;p1pxW6UO2Q7Ew2QZJSDWVzqLkwNBa7kGJCzwDEq534OhotiowqQ/NzWqSAWdqN+MF3pqG3O+UFjq&#10;iIb/60ebhaM6wn12D8tDMW/QAaO9gOAwJwLBjTbA9HCCLxebkJtny510qtpqtSykaCNiVEw6KUxA&#10;orgdEg/NMoLpQIZJKJhVjY5sBMZdpLJU6kWTCdNYYYFQVFRB3HeatoQuVHR0KQ5w3Io2SKMxJviJ&#10;9Uo/kakSCag0yAjmCU8HRUazjJREI3O5WSxk+CorrOmnI0IViq1hWZZYZYmcibTKqHWPFJLUK0Lj&#10;R2hZq2ipFFp7UJS1MkygvTRaKUnkN5CpKZM6+CnRjOZjDaLeqcSVFckqK+cUzVqpmS5o+1I8NjWQ&#10;HE6WO0lPHWRkJ5ErgcKXIxh7mXafNHYubZtqo0VtMqeNDNlPIDu/eGzgxFKPMkvVdD2Mcs4iR4i2&#10;SKQ8CirGommbZIMhSiaqViWWNIFKjLgBW4BpbTl2j/kBllDbIQWtKuN+ncpFjkUUmUNa8do+TjoK&#10;8nHICJ3lKQxBxx1naXNsE6P3jTI7yQNH/pVgzsjcmOt24D8lCZOCqqH9GBhKZSMEVWYaJE78/xXQ&#10;g+gVMkqlLWRBGPDgGTWR3XZBmzdLrPinnXqqD5L1NHAGE208lh6n6TCDYOFewOzEp/B5rKDUQs9J&#10;2npEa6Yy/j292mSdB5pvetQRCnQmJvZ6AnZcY4eTDjfcvY41Irhw4V96KZbIQ50aKBeW/+W/6XcT&#10;jolx84VT6P86k6lWOZUYc+nOLwbWt0swSX70Qfnhtv3MgusXS/yNzUCzjZl8PZs3kBDodgXUDfza&#10;xUrPYjWTSKxSBbYtvDnIzAKgDjwKlHl4olB3JlMVt6fnspsBmua4WreFpGj3xqOCWU27xU+SBevI&#10;yJxcX9/cS999lEtXDZcXuw8f7ijd8rWnLdK9fjqndJsttULotpdO15+68NNzZ3K7y8Nr9wPnLu5d&#10;fim59yj8D29O7dQhxVBR5SFWE8NylHl4SQ2iodXrGLAcmq2AYji9bjznW5sHGAZxid2ZU2dn5uav&#10;f34HiSUCDYon9mhqr6IOLCKHQO+nx9O7gQY5GVeQQxrpFUlIyOrBW5bJVvx24+iQu9ZWh8MB2HuT&#10;qcNavUqki3SSrSfJvhRWIhC1PXlkyOEVYw9ZOjvqEfX+tU9W7316YOlJ1UbfaNNbDZa97aQ9qMuW&#10;e9ees04t2qsO9KBakpV7/kVbg3PqTc43Xt96uCohn8LvFs5H7Y5eNWbiX74c61RxkukOuZ3DsanV&#10;XbBltuetlbxib5gsqFCT+fz0qfDFM8Z31vN4kjxeV7LGOdxWvb43N9G5cM5yY6k9OuSH+eu9Xz18&#10;7aXALH60XH/jraNi3bL90FXNtc9f1v3+HxkzW/w//qQcjATCQbOuabi7krVJnW9/JYqrXeuVnn3O&#10;qjPWSnU91B8HRTFk5P/9VREpJ9aG9NTXwknZ8P4Hqc21bjGeGH8i9sH7YqfceWpSWj9qGsKmXBOu&#10;vhpUkHYL90/XH6+uJr0W09dePVOqdn74+odfvjJ1bsrOSd2O1/nhZjxYOIz620urGx2d78/fqs2M&#10;BC88NXtzeQPORnBdJFk6epRSjUPwXyGVpd/QZTMqhvYWY6Otw0ujM9JzcgfNVk6AVgj4fOyIRq+1&#10;ABVjl4Stt5ropsuiA64AY7Nad7ikZhNQG4gehTIGdWSO3UiniBcQRCEMLK1WgdgyiDueO3NmeHTI&#10;/sHH2zAmIpIGFi70zXpEX60WivLiac8f/o8hoL831grKZOBwbc/pNgSG+YOD2sUn7BaXGXE92C3d&#10;DvHe7Wy5VT9xcTxbqHE1gDACj1bLaIdCqnSYgfdONNuwG3VRIqPziQfNQKwU0NEQ8QsR0FDbwYDs&#10;SpbMPgXhUIK5QlEG5H8sXZdOQJVB1iTprTBuJzuRs1VYJ9K5I55l2EMpYAYNNvRXsV6qBP5HQmsh&#10;hCZ+QZqGR7NQCGOFaCmJ4Viii6TAIrWocIShxCnzj0wgRZYuRRz6pCUrDqCgtGgh7hOKiaM9Sgr5&#10;1IpQhYqeNCYda60Smw4d17LmI/VJCKpm5hgA7jSxDPuGKG3wYmI51I4YNPaJ0yw6TCVPiM7YzrBj&#10;iCTjmpVS5HchpSzdvhUt54rVz3TiqDBYL9lUsQZAvdmoNXBnSDVM5TNQcarkYNQjAz2Z4VEFDHKM&#10;uIpogqGLQCFuZOZMDgSk9tZCp1hOtsLqbG4QQsMpgxunYXI4zUbCaaNJhY0ECe1cYC4f6sgcpGNS&#10;WyQTe7GwNHIk6dOsZ0KWoHHZvOaZ5WmhLdIwUUYTwulFwwQy/YfIan5lMFEXBsqiAaSfG8CVKAhZ&#10;YNSEY4w/NY0McHlaug0N3O4TRh3qSx2hC6HZjx9iwPulo711PJr4I/zqcOUSxi03aKdocWgo0AHp&#10;ys/My5Fxd2avrvO3Eax0VOKtNq8zcuHjv4/rze1z56YhM73+aXZjw+zzCeGIlXdFCumtw/WM1dCU&#10;POaWwRs5YXeGOK+t//Ht+C8/6Mer7lqzaoOMU2+hiXoEAgDcUpXsTwQqPhKOJI+SGI7hoPH8bBCN&#10;GPvUMCAyHfi/azBL9wI+c0g1QMMP0eyQ3XYmkI2eqeqEridoL+G8rtS2VzLb6+nokLvUlpfWcr1W&#10;8+SkMehMvXi5f5RtCT19o6XfTAhzQ8WFsWL6ADWa/Hv/03YxU84f9D0e16S3buGEjZKuiSoai4DR&#10;iCUCb65AGqRN3FGb04tNK3Gwj8g/2LjwJ6fOXv36N7+Bp/NP//1P0VXi6eGYDpxJZgsdl/fJgZAA&#10;llnTvqejjQi0lIkhqwetYu/ELLhpKeDabXYzJvt4KVZWNsihShQNaPSB8USpHvQgJlC9AMtmICdI&#10;vCvitTMqpEGHaxvto+yrT4erXTCLO1dmDV4JsZSm4KivJen2k+XpM9ESAsOsNrPdmS01Ufr0W/JY&#10;RH9hVjgz2bt01nV+Yejxg2YoYNV3cujumsdOmCa+0VHHe+UmMl7skXmoEtMHmemT322WfJZer3wU&#10;PyrpSSsCw8xP9556wn3qS4uSM/L6z3e316smrlnK1y0SjrQ1Tm994+1SrtS6cEE3NyM9emw+uH00&#10;P2HgPEHfsHnhjNQ6yLxxsy1bDLGY0RMwv/fZztkz7tML5pWV3fiBcnOp+bvnHU9E+EcZjPSMQ1Ou&#10;uefCp87x5852q5lSx+AeO+2/MNe4OAMPvvw735sVZCqzcul7CshnXKYjm3S6S2ErLtyDZAmnoI31&#10;HTmf/N1vPmdzDt9fW9cLHRvCSIXeF1sJlIi//+pTzUYlHLKkj5rRSLDU7G0lGn2ediKxQ/Dql16J&#10;PV7N5fMi1WF2TJIJym+bw+aLWKIxM+5cHc9jXy2WWg4XTlgi+B3+gAkrd7lEbI2NtgyLMuaKZCkm&#10;+VxEiwO2W6eJ9xZOB8iGK+fOTy6cGJpfjI2P4zThWttIRnwRWLjIBqaKh+ks7sXIiDcUaB0dJEdj&#10;9itXJ+utLKdTP1s6tGLyJ/anZqwzkz6szpV0wmHht/Yhs6wheNVtF/wOQ9ChnwgYh4OmV14ZWZgB&#10;r9/pd3o7XViK24VCGaIioPqIDQBDdYI7oIMEYRB8zrqCWteLLB6UJUBCJyRthMZwNgOJv8DGlpr4&#10;A51GrxMMAFOtiUocuz5YJESKNBLx+D1WbOEg3sVTVapfFSm5lLOYDHikWZ/YSPFp9UaLUU/ZroUC&#10;NBKwBX1WpqWk2wF6D4UeDcITKVCAzfhQwUejQ3PT0wT0QxqAUg4hdpicgEGYTKqkRSyODbkQR6/Q&#10;ArZSaVYbTbjXSY3GEqFFbcYnsJREnlFV2cc+lsOQJZ/6OggcXOSOx4oc3eDVQdAkga6ZTAa3Ex9c&#10;xSIHtXIuWyeSH0lk2k/SlNDrGeyItqXI5yUmUlFqgDDMDTh7iMPVG/o0u41CDFSqQKYCLsoDohuY&#10;jLBWhxWJK9BFdytVNLolQQMjMWSqoFkmB1ACJsHhWWoz449zDI3DU/sELRpl2Wojh3mmyMB4HNP6&#10;7cMMsWDwhLbK7IuUls5rmTSDWpW0GCT2ZywEjOzYU7EQTZBQJRaKxXGFYg3DTrwcGlWIIQh4fgCx&#10;FY6HtNrwUmUHEEHDDA5sxjyrOgUtxw0/3Uhk6j3MXE+cvYSPhwzko3QFNl2n3ZAvlf0+EASddrNF&#10;p8eSraeB2fSR1/q+vFmn2vX1alno1WC6EmsVbPLWQl1vNg516oFUttoql6uFrseTM+hzclf48qvz&#10;iVQ/lTcdpTqpvewLV8c2DyvJev9Lv3UFp9FKIhdPmist3hW0QQHeqHZNaGEZjdVys9cB1Mp25qxp&#10;aorfO4JGvAUBaKurLpq5KyEpKys1tWFDF7VSz+VaNos+n6+axLYFg542p6tJvmot5uSqHSnV9awm&#10;XA+2+EePKxGvrd0VH283OIsPHpJCrplOVq5cEbwhxW5C3AhI74i6dH700XyzYPKHU4G5vMnQLCf5&#10;xK4z6jO/fBo/lb8fx3mXmIBwGoMxrd1pTU/NBULh9c1VyGpIbjOYX402cpy+89vfSR8mDjeWs4k9&#10;NGCZ3It1fbTMbHq+I4wIg8lMgjzJOqOQUDwJwSz4MTCEYIkABamKPNBWC5topVbD8gkmBs6sYO9B&#10;A0uPezQGXNCkFppYHAUAPJxIsZaU7tUro54nFedYOHi5u3tvQ842xycdU1dnV3P9pfu72N6FbhWZ&#10;bR99kQ15Pftbnaih9N3/zgowrE4c6lWzu6vdnUddtw8NhDrmRJFRSy579HDpliCFamlrZk2YU6bn&#10;Ji+anFtSJdraL954L+kLRv12W7fYffOjfeRu/yN26H5mdjEoS9Zaob96t3z+0rk3frU6Pmmtt6pT&#10;UduFi8ZKJv7cN2Y8juJ/+fPmi69MnH9ZzR5Ue7w8f8U9seVbKymf3s/PLLhefeWlZGId+pQzi57q&#10;lMtkdrx3PbNzKD1zJdY1tn/1Zta6lLh4ybQcb390w3ntG+agA1kF5kq5ZfHZsi3+W9f8l2PVN+/L&#10;loAvH8+k84DISNaRSX2zcXK0CHF3OCbt7LR++u7jsdDUVHDizv5WNlkNeO2LMacDjpy66anZq//1&#10;vQ+HAo6z897S3VoZhgNJicwGwCiTDxtwBAdCiJfhSkX5wcNWT63ifAeRwgIYQXb9nRtZgKRREKH5&#10;CT+uBbA6PXQiXbOZ5FaWy/AUkrxZKJ7xXBglpYIQN+gI8NJ2lHK+Y7SpRovu1WuLomT8wZ/9Kjbi&#10;ASX/zMkoqlnMzxutOnXuCWCEbqznwgHOZG70dFK123VFpFaiHpv3+Ly6/e18Kt0l+WZ2GyBbSEs/&#10;tRjIp8oK/Lyiw2yxPT3Tr+fbn94XQ2Z1YbQZsM2ODV+uVjPZQimZLyAtBjCiUhXiqHKbuPLR5NRh&#10;Sop2MkeSOOlUDChMQvAh24XEcqQoNEXS8g9pw0plvTl10MrUICoCdVaxso9ljKA9TSdZiki9h1rL&#10;FOI4guAgEbcK5UdqwDVaqWE/kWkhSBddYniXCGYPdAIS/0SgzDTGmaSskLpMZrubOOgzkqQOEkwJ&#10;vwaJdFfoNkOahODUG+geTWppol6RKAeW7VMC2zRYQTaYI3LHohGVH0z8qCOHJQMfp12pA2gpiUbp&#10;UbatJq2lbhjahFWOG7F0QqYlnbFvQhtSdHhMkaqiFgkpMAe+KgxE9ijZZFoBs2azhhEil0LQNKM4&#10;xPdI81igFS+N59Q0oqrMfIjqoLUpDFI7GXOO1c80wYbuoUS8o7LZLzHpCpQRCNkSM9ewgaWsdUdF&#10;elJQ6f1kXW6ZNrJJK05z99LbLJLClrTOFBonJkmD3Y4W+MKvm85auorGfB9UnSzcjRt0uBl5nU6X&#10;6R4r0iOOovEMiDsZ0Cp0EomTlcjHkCACcB2+OQ4AXqedDNJJc5u4i5B9J7B5LTG9EAJGT5YUlH9m&#10;AUCbWtksWdVGou018nrjyK8+2PK48WPtpWImGjrwuQ5Pz8/XugGF9wJzYPK5nPbYndXEJ58XXr3m&#10;S9190z8S2enaYT70+vHa6g8PFKxIFolDtOcJLCwIKhS782fNqs6ytFrHlKIhcNM+6zMhPlOrCiau&#10;Uilm83y5ZkG1KZN3gDcbAKUyRq18M9d4tO9Yz0trDUO+DUZKtVyC1N+r13vf+3QdOdJ8reRzi5Mx&#10;6DS9j1ek6RMYueqSB+rCQuX8E6s3blhv3j1T7Zs545rbV9LbzOZ8r5AuuSyhc2Ot24eWPSg0+mgZ&#10;Q/pqajbK9FSNXjp6YBgltfDugDHk93lX7t6dmp7a3UIUclaTXuFS01cZ51vSBMF/Qk6wKsKASLQB&#10;gHZInMW6o9fDnwYzeLVcv39/wx9wlZutCDKqjSC4lSw2CzkEE4oBmQawKQHDf5I2LFWnqfQdIMED&#10;3/p6LJXp14vyZNi9vBy3hnTDfv6zj1oHKcE+7DKNOAO+Zr5SSKTb5bK0fVgvZvrFeP/cSCviaSRy&#10;TaPd2av0fvrD7icfVp66xEXGjfdXkTOK44/tv/7oZi61BwxIsSXe/OzR2v3tJy88GV/dPFxf6onY&#10;f3Tvfxy32C2VKshnvesr/c/u5PdW87dul1956uJTT39L7sjDUUuv2ZyZGnG5TdHYEPSGOsnDtdF0&#10;NqTj7cbmsifQF0zWH/6wurYtOCxKB0x9MnZuhYdtnV7F6bU8Wi2EwrI96rh54PiXj5I8j6Ki/ca7&#10;ObfRHAnZkiW3XOoHTC2jzvHJR1kUF+6wA69tYj+1Gcdt61dzpcxRweLzZ5voqbafXvCOmBtOoekJ&#10;eP7y/dVktfzNpy/e3oIpVLHoxXapjpiABb8Vp9iffbHZUNWtnbRMuoT90wvuerNod4gT4/b3Pjq4&#10;cnX61We99+5XEA+OOw1YG4zxpVI3nQBVrIs2vsUGFzIKAo4gKUgJypcKTbR0sMThKI2oPgoy4cdi&#10;Vij+0ukWqOTQFBC8i0nncBjy+ZLBIgWGPOGQ88O370MNGPZFnDZPj+hb5cNkplStoZU1NmpGN35r&#10;rwU0VyaVD4+GiqXayv34WNS1tl7Il3AZ7Xi3b98r1Hrc+fMhkqxgtgSd3GSgPTUhPvHcUL9R/fjT&#10;uCo4XK4oliSPyzk+OjI3EVuYjM2Pjc6ODg8FINW0kH5yp42UVSCMUQPTTiJZmdptwvQB05L6HIgf&#10;juRRawd5Fk/MsXjp4zxEvEh+L0RrBij6cFQslur4AhzjJkd9TqcFeshCpRlPV3m6IxB8tQEdMsSz&#10;dMiQUFEsZrgqBIhUUWCyeGWy68pq1G/zus0kfYjEPJE+8d5hEbuATqJCXTKWJX09yPOi4fDM1ATW&#10;R7oTCbCvoRDtttvxeByFP4LNZmNeTECx1KKkw68H9TmY4Mc4OwrDYyRVlYo9af2mDMpsTh0kW3GE&#10;Z8DiKDTDDttmtKg9AuIhNB4V8lGnzUyiuWUZxKhcrs4CW9jxQkeYb1gouqz+Iz9GxiGa+B3InFsQ&#10;tG2DTQTZvJlFZw74OuQYQQVBWCyiQXRAzFj5EfqGVZi0rbRkaXYQZ4BhluOtZVSzu6jJo9kWQy1E&#10;A98jMTM5nWZCSKeTS4yqoJDbPkgTKy2NitGSJbW5JStaqWKH1JsE30NgfTrQgAl2AweVqZGg0cj2&#10;YiIrxvcE8hvIbINRx4ysjJ3AD8hRgjZOFZhLRBPCCscBzxwbXDM+LiUZ81patMoBtwM1LrbrE+cu&#10;N+r1vfUHINLgq5AthY+JUD38mjhzYiYOswQ7VDDMMZGNKarJbFSVcq3WTqU7sHEporndBCnFdvNB&#10;4zADvYHZ5PJEIo/alXsgPJsNvd3NULGgazerC4tTBqH/eH3D7dDV09l8GtJw/8/faSNCy+NEz6Az&#10;fwIxzO7JqH183Do+BUNj5+RJV62jX3ogN3M1wSBO+u1XbdJQxK3z6A5bvZ0MdKckdQ0UfWQD6A1w&#10;ZBEB06JTTOdrjxu6zYb+qNLSQdXTrou9pkT6RuLUqG4uXHrthfawt9hv6eKHcGs1fJ4m3rNmzWi1&#10;libnEtMze3g2b9w7efeBbWvDNhbUex1CuyoU6+aQT8k1+Tv7EBPKzFwG23c+l86m02ajlSasQuyt&#10;x1NeKkOY2vL5gw/vL+8cHBjgfKONBIWcSQchO5zMEmJFvZEK/XAWJvxb5C20GjUKNcZEsx/0uZDi&#10;4LNZAAetNrskx52ynPEUydQNBtc3a83zTLtAHjaVcPlxFN64vwLBEhg69x5uGfsFeyFlj1qjc/13&#10;P+zFDjLPXbD883LrUcJ9uFX0u7Kvfe/k3m7no50dh88SPyj7RjkSQjw0fe7p/VgsYx0VsKJffPn0&#10;p+8dvvN+buHU+HDE4g1HJmbnb3x65xe/uL5yu+8LPTvzxIWxydWdxxvJjApZYlkVQMObGBIgBLu7&#10;Cs2IWO0L67nSpzduTwSVZy/OREcj//Ev3rmxWnnp+UmkTPQ5y29+3770+kE5b9BV1GZDeHCj+twF&#10;yTJq+vsb9Y8/rujN6uWrOkdQvvmg8/hB5dVr0adesPeUo886vUcp7KRVA/Yip3LmG66J8/KjXx3q&#10;u7whwBsjOIVg28j/0V8mm9XmSFiqFauw+Z+YHynWym9+8um7evO3L0ZPR6T1hMsRClss6Xvxnd5b&#10;0ktXnj/dLH74yafAG85Nu7uNDEYC86Pho3K2XFRtOr5SU258iJLX7jT19/f2zTas4+W//rvWwW5/&#10;JGxtNOz5XMXmMqJIwW11O/GCoavWtTkINoLecjr8w83TQ8WK1cRwtI+th7LHJeOFS8Gxieb9O0nA&#10;Esw2+GKxByi3bh3uHtauPB2LzQ9ZXzsTTxT7VUICx5JFcC4knwHnNVswYMHZVtJB0da/9UW+XGun&#10;C0I6LoHlurbRWTwl/ezv16yCcPG857DUWU/mzp93IxivsFfoWnq49gun9SDM31uFN9qANa3T67T6&#10;sBZ1SBYuLFZma8zumB6LKYQs2S0h97VaRUBKNp8vVqrlSgULbqcN8yKjfNPIMMqA00KOVWYwp/JN&#10;VWAxXioTaLJFWBJoS1JljTKBqnMZ4kwSKYuV8msRJClT2wP55scJE4SVSlvjiibewbtCy1C0AUnG&#10;hkIsKKyeIxUDZO4kjkQHRVWPQrakAbaO+vxYbjRVIAnMI3K8RwyyNVi0FBUYKSzUkZeO90+ayal5&#10;5XkmwKFpFfRaqKqGb2PgeqY3olIczImhcWBxVF15UEDyAyEn83AyBz1hwTLhICHdojMB8wxV0vQp&#10;IY8sOxTmQph5HMsRJRs1x4K76FWlR26qnmUKHYVnVL5jpM0gbFNUB+mmiqoBGCjRQBPKsMEfQwXx&#10;LOWUyoigtKJhauS5lkHqRk1GM+5ZLBhWU1Wj4g4yWBgRUeBZFUEstmgOk2spkl497QTQYDNqyKGe&#10;VPU4xUXV7o7Gs2OEAqqyUmiXQ9LGyMJAwY1LqSMjb9rIoLgrgaamw0lAn18UiS63ayQ2vLqbRzwI&#10;Lhear/grjlBrCOmb449/NlX4SCx4DG49WDba+Aj6HgdVHtbpeLyVKsvECy2oz15ZlgzFw03j/kEO&#10;HY9gwNtu9d/7ZEmWawGPeThk8zsNK/dT+wmTKWK6fNZcyObqzY5ebp6ZUVZ2erzB88QFz+5hbuk+&#10;fGr9o3g+lwTwv9dUjC8NWwOddvKg+mG5vtNR+Tbmp5iyokGlg14CRrFGT8lWu3vIPXB4y/Viu1X0&#10;OWy1FiSibrO+g+6XlO+FPbB/6iqZdrnt29o3TY9mnn0BGlpzraVcvlLZ3xd3N4OhaGdueveNT6YP&#10;U1adwb661zncRoalFXf+vbv9w0aHYMTIE6DrkeaMTLTlPJXkkOdWRV61PxDKZTPzC7N4MIqlFNrp&#10;qkrXBTr3V1k+qCwoNKdFIUwyaGJpLBrirRsNkXRiSfgsOvx4CCw2YypbweoBSQNJHelgng0th6lc&#10;LuM2m2AfR4Wq9AnohInPwDNpd2hnSBK/8yUxX2i4At5srjI6okulq5xVGTrpMpik5cedu/cyXzyq&#10;QC71+39w1ubR1aoGrmsspJsGobu4YPINmYo1VeeOxSb5uQVRsZgyCMhodbf3AwcHhe9/J/bsC5PN&#10;Zt7j5Pd3U6O+yrVX5XbdNzL1nf3DXw1F66dO+o6O+r96Jxv16//n7/rQRV/Z6Vgsppt3N/eSj41+&#10;U75ePnPa9//+5ZumsD1dqq6vbg6FI3Mnxo1y6h9/vBUYGfWj3Ex1HWILz8fjI2h/bN/+uuWtDzM3&#10;V5rY+m7erMNlimPrxx/uPv388Fe+7DT7QWHy6frC2QnFBB6cAQ5NwKKK3jn/3EVfp1Z465PG58ut&#10;o0xjbnFmODaxvJxttcRCU1qYHP3S+dhP33+Ub/N3DuSdTNPvMSvtKoroo2ItZrZ6LMZzi0FosSvg&#10;gndN85PDfLeMIUnQ4/A4TKkcqij+2aeC2Xquz7eMevPm4y6isGEAQWglFFx6k+gLm0djbvQp9UZE&#10;ohOxnUo3SrMFDRxkKpC0YWqtw8wJbUN4jLhYzOHzmCU9B844fqzZJtHQeDj8TPDcbTw+3FpP2j1O&#10;9Hi5ptFr9+DbwbWdyZWwFKM3nM3sPvP0+Egs9Nnn27WCnEr37z/KjY561zbykZDj3CwiNsvx/Xo6&#10;Xhyfd82fxxjYNBtRC9m8YBJHZ+wYtvyXv0g9XJW97rDHHWbTN2wuZM+gWxDIF00Uj4Rph8GALeDy&#10;xEKBhanRU9MTQb8XgxzEdUGnG/SiVUIUtaRZR6GnbBWkhQoTZxLrpiRQQKqKytKJWVa1Dsx6u1xt&#10;42pgdjYa9dos+NRd+LkPU1XSjpOIDkii8h6kE9CpnUKqc0HAEZrJR6lTgjRjx6Nul92EL8CXd6nO&#10;f2svjSUSOB6LWRgZcvtdVjzzfgcXDYWHhifILkVX42ypiK25Winv7ezCv4B5z8J0AGUrVlIs9ECT&#10;YCxtEHXHVsTB1I1lefGMrDPIchmEdFHuaY9gW5VB8gcb8im0rNH4MmgV4WbD+OiwW3BbOyTKVAaB&#10;hY3WRNpfFSiCgTTW2AFc4AYcWoVeZpZLSoWwepJXTE4MtNHNi+z3ELR5KcGIqaMRD85qJIq5DScC&#10;Fk5JI+rQPq6mDOaZH4Zn4Sa0xBOOx5dkp9G0xTzrcEGBgmoV6mpiIiLhD/pqsw3Whp2agQgNH3B3&#10;4ogTCa5XYjmbIkvi5I4BLXR82yfNWHk46CLCc5E1m8nPzEKTDyWOQc94RZw2NR4Q7dm0WOQ1+I+W&#10;nPbraSX7Cs2dOpjyUvGQZDXSgTbHjUycwJNmMwqrq7v1Rj3gseM6Ar1J+UskQKzTYWJuBi1SaJ8d&#10;bDyp36mgQcLDRyaSEKFmW2rhHCygBLG9+uJ6NHInmTDWm9Zm01SpzEzO/8aDew/rfH8vlZmZMq9s&#10;ZLf2yjMxYX6hfeFLAZujfXKyY9C3EckQCeiXN7vXb6XqbX44bIAFY2W7tfo4B0l1TdY5dHZTsemT&#10;64rX9qs0WpR9mgVrRMsKIEubRedwupHJZcYZoCcdFBoKkbxwrb7+/Izxe1/Tj48bor72M1eFxVPV&#10;U4vi1poQPzC88nJr8XQquV+9c9stKNmRiWwlx6fzbh8sg43e0u5Es2vA0rCybyx1vdsZIVHS7Vak&#10;FAIWjRLDlGilPEa5RqJzwPaNbc/ltF770qt2m2VnczsFUFA+x+KOKEwfT5PIQl/pqII9bggLNBA0&#10;NR56gPFU5K6DzwKZlY6nyQFhnxUNXJtJj9NyplRHajRPZppWGHeBvsfTSHlcPBUwo8dOwdHggJIz&#10;myTFJm0+xe3xhFtm07v3ttq2wFPT3hGr79xLRoN55/qdVDggLpw2mD2m6rb3+lsr330hfGJYD8fI&#10;8o5p9yM0OZVTZ/YTe0Wvp+t0dAIuy+GBIb6dm592rGwfPdrKHK0cWO1Og8vye7/j500FYe/B5t29&#10;oZMvC5ZfdMrNV58VvIZwpci/+UnvV/d0+VI3ErTnk5XXnkfSdGQXmZBtazjmV3W1rqVpMbit/oX9&#10;rSWU8dbR8b2CKj5MLMyaAi8GbjxQTofNV6/2Leaazczt5gyP7ta7DTXilCZDHr7DffxWcnwWxl7v&#10;xKxd3UpOWPvFvezY+djElXMbNw8yCdE/bnz9XW5kzPNHfxD62duZbFl8sHpgco3k8/mto+xvv/rs&#10;lXnzP3/8OTbD7b3c4oVF9LcNSq+Uq948QIpd7d/9xrMmg9Ko1SNhWzTkuLeVef9hvtFpl1bTz18e&#10;/73fOvP2Z5sAoJ9Y8L/17sbRTtzndWQzSh7Ic1H2em1Gkyq3++06vgMHiyR6Sr1+G3+OOXShXNAb&#10;DVZOajW6ckfoNZEkD5l1y+PSHexmDw4yqOfQXHUFIUHqkRWjQ3Rlbj+S42zlKvf2L1dq1drXEJ+G&#10;cqhLO/FYcbqi1Sb5gvaN3USxU0rkG347t/Mgjo7mK1cjjvMeS6v21FVfLpV9f79aUzwtxRwISKDo&#10;AVDiC3gLyZqjhcZ7MbEHfSnWP/J8oZMskqdSYp09VVsQyMGdULlbbZ5FZ/BI57CPjk7a7O6d/UQ6&#10;c91pNWChBKK1TyFieAsIb46nycbUjCAPNIikc0l1huogQYmVcAJB5FAcDrgBHbLJ6IwSo4MyJo1M&#10;HZ14+Vi3kNLPyYLbJ+m9pHwBfkfQo6eno9AshZpfFDSVQDDBezU3OYIImGK253EYkayLhFlOCysg&#10;Y1EkbeNfFmaGyYFG7dOSgSYqk/+c4lslSoZVj0M5mBWT5oCR0pGoNEmVy8KhBm4FjSEqsuqG/jza&#10;MybmRJXmbYmcdqqgLSjqxWZVrDIwa5AKTqbzPNaWZDZPJjNhzAes45S9ytgyMus8UtyESrXKNA+b&#10;GGxEugeyC052bYEW66xW0xh+5DYJzE+otc65QWYHFcjSbF1+EPFBjyoCVeWQyl4gKUg0BhT/IRkb&#10;kwYsfi6zkhLutdbHHPSHBZbcQlsLZCpMMeUCEz9R+oKiAV01OywjQmkMPi32ReWOJ6mMQMwCXhj3&#10;nhdpeigtjQdHAYUBJcgnUHT0LAdLKGYf8AUKDfK5cW4jyHk2wsYX9Mkb0CcHMomOq6k3hQzjFV7V&#10;UsG7vNpp1bpt8gTCntBqdlS9wxVAimz/81vuB8tQ85ndeu+p8y9YRk7Ontr65McPJ2eHzpwLHO4l&#10;c7LO57NierKxhiwnwS/q4vvd4Wjks7u1o5TZpu/eWtr+7KHuqy8NT0w4lWp7ThLGrbZcpqXrc8t1&#10;7r17GUWH30w2ON1uQaiUcKro4VhfKdcdJmujWgIYutxBjoo4EosUK/J8tIsaI99Spk+qk2ONSqN9&#10;e1W6sembGy7bPXtdke/pAg+3HWcXE9UshJmmc6c615fc7y5NV5DubMTchFzVRo+sUI2e6Lbpw/5w&#10;qdFFKggRG4jUUk0hjSTHnrZpiuXqz//pZ4ChtLC+9GQYps16VqlTuTk586mKxvrVshjA3VGJkgD/&#10;h36ApLGZFGJBg1a+VKzjZQdID39IhH684iSCCqvi7LQNbWgTIQa0SyZyfhAENrlHAUKY0bjZf/xv&#10;hyanI8MB082P18sd29SZ8Tu3Dq18fXx6bGa8ae4mVg87DcHyVz/aWXtcC1i7HqlAcAjI87OZRiaj&#10;zXyzX2qWsp1Svhj28sGAL7HdTW/lvvrS0Eai+fmd5KSb08liopifmFKtDt3646NG1hcdO6lyd7LZ&#10;QqNUeeqUJZ2S/u8fHTkc/NyM7yjdwNJWL7XPnrsQmzo7eep7IDm89eb1L790/tu///+srWx9/M4H&#10;H31Wcbg9yVxmbKiJlfrvXm9Nz9qe/w3Pyt3kf/7r8n7GDnmZxHf8Lt3VCyG9XN/ZyDpJfWZY22gi&#10;vutERGwkym5jL+LrpOPCwzu2kYj5Z/+c//iR1eaWnnl2CsM8t9sEWTMVGCAyUTkVqe4c7W4DeFEp&#10;uH3OJsz+2Lq6HWCWYEZcOawMO0zzXvto2JnYOADN/73tzPuPj/CCGjG978tek2VyyAFWxv21+MnF&#10;IWTJNWsctGqRCITm+vhBBS+eQcdn0tV0qtVpKJUcwpxr0DfDVocNiCPJy4rVbsTUEx0gRJHg7tts&#10;osdu3DsoF0qgEEgIw4PZuN3s4X9dKLJapNGIbbUFh4CinDlxAlACGAMw2do/SmGlwEMJXOKJ0xF3&#10;dPpwL7O3msRhKplt28zSpYhhzGR67+PE0kF9Yi4M+VWxlD87J8qN6t5+JzYUNjXU1LpcregCqCeN&#10;qt4Y8boiChE5sF3p2FXH+op0RK4ybRnJf8cq2yGOUOBmGqk08LZORQvBYZEgPGv40R6dOsicpEmc&#10;9F+DQS9aItVGG5QhaNtRdsBLPRb14pHHB0/lqplcjUQ10+gtHQmgMqBBZzFDo2iymQ14AWwmnd9t&#10;cltNLpvRZdHZzXq/12KzGdkiSqDcMre2k6TbiR6Bg4V8FghB3IRquezwDPnDY5jyUsWPkMxkQZMB&#10;osdpIWuq2yKFfQ4KyyUlSCZXxvtJaLEK09DQz6VqkRfsXSSGfGbrF6iJhdOSp9rk+CALWqCySv2p&#10;IutDqnQ6o1LIj9VkBkeGWBNVpKEpuXxdIHlqhAuuEL4PxCYCm1kyZi8rHNlvwhKlRTI7RefcAEEW&#10;viHI3zQtS6uuqAGHp9RydShogYYNTw7mBaiYjbQYZdl/nLbJaDWjFpmkweu10ayg8ccYoGHQFOUU&#10;pwOsGInpGU0GU7neRgWB/hsTJ1Odk+a2oQgnldEs5D4F/pF8FDLBx5qEJjm2qfHhAMgZzB9ELxqS&#10;CRA81acTVl7Qkl8EjdbDazXkIHyEnWaYRJgZfgapKepAn81iY+ivAF02nlGzST8Sm0Qyl9opPVje&#10;SOZrLocVA2zkxjW7LTrP1bV7MOqJ1HDEgIXk5IN/Nxv6VofJjXh4m9dktMHBkKsivB1W+urOjq1a&#10;HIU1320NjQ9PTs8uHiUOODmfy2eLNfHhnf3ZmcnxaPCLpep20vvZkry+1ovvKPVybnLcvn7ozJVR&#10;JXaCTrwA/d1cz9ru//cO+YLSiQmqXRWOON2SqC/3mzIgJopkdiMpB+DIVrlHvFNmtJl5PUI0sZYA&#10;lzUScF46GcX8ZHVXef+O+sWysps17u5wn3wubKWC6bxy+lTc5oEkUd07Ci3vecxmwy8+87z3cCTk&#10;rzidnX/4ZFQUCJBSIbMHMv8WiCGKdMGmYgHMEZHOzaCurMrHsw2GAJpNI9EwvqaQL8ImjlEOEZDJ&#10;XWZ3pjeIqtp4hdXqrF9DdW59tujgEUEnHO0JJtJhuyke12yxjLoRPZK9dBl7ILJpcdZG805kACDI&#10;DHHiIYhLKmAn4+U+YhnwwEtbd+ML0xWT0z45ZXSX4SF54DM2gnZHYevW2zeqXzzQFXFolapRIzjn&#10;ranYhGiDFaZqMCnnLzgiI17rVUs7mU7ljStb/PJm1WCFH6J3+UJoci4cOTMZtt8yFHIA3E2Hw5Va&#10;ddSzGJiuvvtX7+HZsg759cJj1ADNtlorNr7/paHZGf2nq61NTucdjshK6RdvvW1xOF691kwkdow+&#10;8wef75vsf3fni5uHR/lnL51IFeV0Q/+DX7TK2cxzZz1nnrTvLcXffBvxaT1MMlHiBJ3kLP4v/5KY&#10;HlWHh0xWrIwBu6subK7El6ued96u26zcE4/K6aPWeFgIjfqsK+apWcVk073/4WOd1Lj21asjw67/&#10;408/W15OjEY9EV//+koWK8TXnx99sCftlASbWd/oWT2uUO2wDNbYeuLgpI+8zGZV+uWHy1WD7svP&#10;Tty9nxj2ikMBfm3z6LVrU11bL9HxOX3IIq8iJOXV5/2PNsvXvyhDyJpK1NSw1eWzSUac5/rlItZi&#10;HSxHNj2RmPSIH1AgCbAQMKuARembSHw2G8Ynvd/+zZc/ub1+d3sLcpJ8uoVX2kCa7XoyXOPUdr3a&#10;7ah2F9YiiZQ7egnRkZii48lA2mK5Jrz5zuG3v7v4W19f+HcfrEEhMxIyhobcVae/2O/5Iz39ZnV3&#10;uw4+3/QJi9BuYy2YjI4ktuq7n9VGfPzcSVux0cPZBmIX5obgGHqApoNo0TmKFvRAbOgyTbYg0hSO&#10;dvswke0SWg05VcKSQx55kuUs0XJCg1rTMaVK45dxNMRrwKx4lHhAGrykJ0c4ABx7aQj7ahB/QQon&#10;4ptE/9brhA8Orw2ZbIFgacY7JAmAXZPOHpo2sGRJIiuP8DsS+a6OEGjBpXQ6gDniowE7Wpm4FYmm&#10;0Gx2qBNGG53iOGw0G8r50saDNRhcT0z5kTELUhaZpLHxHdv1ReraUikKSGB6EuryU2gTU6ChyWRS&#10;qUkvdTQXTWanDHyRSGWqjC2rEBIm/qFP0kPojktgNSIl/3YUahWl7AFlEC9NSjfogGQKXucHAln8&#10;Njoiq6J7XF9pNOoLJyY5koWURKmN4wV9ZhStzOIUGi6tYzJbTqDQInVgRKRtXW4QLULFEb9utnIM&#10;i6MR11VxwCJnEZ0U3yQw6DzZFmlWPZTSUKkQGyrd9ak3kSCLaBavqnUVjuU4VIHFOgeiliqjsrBt&#10;SlGSWOmr0TGY5vg4VFpLFRkoXhWGhqWtBfL7kdKezVhZJolKi0tyV2RGUuIAweohMRJiTpMptZkE&#10;QD1fb3/xcGtiLBIK82g2NOUavPaqalXZD6dVKekbyzgHi5HxOVRMwM4lczW10xCVplnX9juBEgEb&#10;xhXyub0+B2qdSq33/me3rt++2+rIly9PmbqQibpLXW5lr/7RUjro63tDLptdGPOVzsxZ2mhSqQ2T&#10;VSr2uXSp47GqgOhNT0WMWeD4WhbEN1UMb3NmVazBH9mWRJ/HWMklegYV1u1TUXfQKH28WmpzXYh9&#10;kE4Nl1Shyr/7+W4TrgC5gQLB5rBOD9tz8e7mZhnZvtde4WfPuZoVXS1RfetdHm7NH75tJZICQfiL&#10;f56ymVouWw3pfH0a/afQi8ouA17fO4/jyCpVme2DchugOyNUTbyWOv5f/avv5XPlH//4h6ROVBBP&#10;XSP5qTo6gpBpmB2n8TVVYZAZILATFUdtZrRFJbGlg47Y4QARJZDXejQfyW7UEYe43DaqNnwNNkUd&#10;6dZC3tGD34T+VgpWXfzyPQHc9S7ilo21g6rUt0ydmY/v7u/nW7xTKkj6XEm4t9e3BFwt2AZr9TMx&#10;Q7dlrJWFttH34EFucYGbnjPENx802mq3oNvYqk1fmqnJHX04xG3vP9rJJ68nn31qdiLkiucRvtk9&#10;4ZWCIxNLH++Oj8fk/tbO6tqV2Cmb537Voqt3rA2lODMVROD51OTwxBNDb775viL0iu3Kfr3cfP0H&#10;kO5ZHe5ErvzGm3+TS3Nev/fuWvWJS9OygUdZdnJOPzvCH+5UweMdG7UZ73aqLQ55pI2u/pmLpqN4&#10;c+/Qefp8KBy2pXNVr0vwXxz++J2jQCRycta3tZvO1wvffKJZqULxq28Wa0ZfANQlXyDwyzeXA4HI&#10;1FRsZ7NrEeV3P8+VJaHYN67HO6+ds/1kqffpo7hZz6WLvbDLdsludErK63dW7ELnD79x7fDWQWpj&#10;3dZErSFXOryl3Q/6Rau7/dlqKjDhqhZrt27temzOlcfF+4/bgHljwoU7kst0C8W+xa4ADtBowC0E&#10;UbmAzNdqrSL3xCp4661+wGvrdNSA3+SzGBBxvrqX8wdTTq+heLvp9xkiEXe1VFNJ/1DfQcWP43YP&#10;fMFQJGyk/XoNWIKqC0BUk0lnsTiuf7R+7+aPFhaDCm+rtOQ/+P6Uf9iZqHY5C5JkDF9SjO/c5lWv&#10;7cqZgMHad/rsUMO//eOEq9Ufv+Tf3Gs8+XK0qXJ3b5tkvPG9Hg2SpBAz1vhjwhaWq6tVmBRljtzH&#10;LmHFsEQQQmWHZphmShJCjEJBpBRyJ1OtItE+0lWKpFCqCiZlPUWgI8i+JsXkYRMUWXsNYdU0rA5J&#10;XtSdToWj5XIDKeEQSwX/P6beA1iy877uvLFzzq9fznESJgGDwWAQSBACSTFKWtEKVqRV3tpal2tl&#10;a7dc3mC7XJZdtoLXkkybXEqkJFIkSIACSBA5TU7vzczLqXPO3be7b9jz/26/oVlFcgAM3rzXffv7&#10;/uGc34lijSQUkBiHr4JxKvm76KBla1FmRccVBfc1o73otMJUAVauVupRj3U05t89zBgiKX1Ek3bL&#10;iOD4K3S0Jm1SoTw0fEULw+Uym+YgS5gtKc3bRCB0jWl2xpliJjozLYm5uNT5o1XcYF9oWkEHRhJ2&#10;a0IzDHctXZ+oHiBbNNFyJgqdZ6wHg3EKGFydfJcCc5fQF0DvReMQWTQG1CCStOASjUQDkbD3wf1t&#10;eC2w3lPYO8TyrzXG/aXEEVyiZjCWOJgAMw+oKR0VeePIBsPSx7hHZkamWDL7gSMUzyPYr64f/TuC&#10;mUpvkjzZvon5ADRsm2ibzbDX+oAkbwzuN5ZOypvx4xSFxjTQjLKjs8tS5I6EtAabUZtAP0b7ZZAH&#10;bjD1fkR9NQZYIpbGxfI1BVOhdbRnNv6HcC+s+bAiwMnO9S0ghZZyuVxqr9Vu4fStAVWrpvAnhrwB&#10;8slbFWjxMImlpBqzfuDYPkQUkb2UTWVQBaKbHI25hiMuv2/I6w3JDi+ujUajcW8jeX8nfZCqtEFx&#10;7GHzKl+9W4v5S7/25eHDav2NDwto6XLtZj7BnZwzzjwR84y9IGut0zuv/d1PKseX5hFLs/MgNTrh&#10;G52dEJ36lO0A2QCvPDxwLU46bc6A3BsZjq0Xsd1pOB3ehSHLOQd/0BNEyCZ6fbdEk7E8DGcq7vGu&#10;nZe6hn14zHPuFLaACibMkSFX2ygdO+4GWzvus+ez/vFgWKgqiSo0MxKsv1DGgMYq8IQro3XzIGCA&#10;pXxDs8DuTfwhFtrd0HVE+AGEHWk9xJDjzf7Wt//quec+Nb80f/XaxxKppajugXNu8DkxFbQ6eY0M&#10;gRERzan7QM8ssewFk8MhGAMNNrWJHpu12WhqdhTWHXwScdBiMd5sNWiSo7eJ5sWJFBnDMBcqpcwL&#10;vTbFEEqxMUtuu1IrYlyXn5sZckSrFZ5zR4eFWv0Lz/CxMeerd4T1tKVrdLIHNeDv0+v5hRFuYgjE&#10;u4fVuje71ZYVBcrl8zFIbuWW0C5rDdGJY7D2ve++fSzuwZy0Vpe9m2WVh4lcSWysLi9FAkFLpz/B&#10;defrjYzYVudmbDeubkZj/i//6hN3Er0PXPZLj01nivVvvHrv0vknTk4FfvrR9a5TnJgam53hHP6F&#10;N99IX7ubBRnhH/1aZPFM6OXXS81k+bHTvscXHfdul9/YtOCnSxbF2w+6v/jF4e+9VvvjP9/4P/7Z&#10;wtLJ6Pd/+NDo2jYy2vFh+wtPnMqXbztcnfF5//qh0O22ou7AW2+mLcjauV7bSnWGw9XUdjYY9oxN&#10;Ow8arWIN0ZD8q9dqn5p1HiTy1ZYKWwAuyeND/i8sH3NahD/41l+uDNss/sjy2aE9rVbN1VCjVDpy&#10;1OGuGvXru1nVirWm1io2QlaLXxATFRHqtaBHCHj8qWyLGNmkCLWX8m2XU/LH7Hi8CrkaQsr9Iffo&#10;uI0Ugy2eUnDARWwoiM6p1ao/ef9GvQ1hHlEwsaOGgAVpjJG412a3JncLDCyuu5ENTcsAnaBvGsWM&#10;YPIAFbEsdn/uxfFbd5owipw+4z931noR298r6UayHJ4LvruZvPjpET3Y+u7L6WSiJfpcE5OuXqE7&#10;EzUmvJZ0TS337Dfu9V77sTI94oXyoq8xBpgxCJ1ihjY2ODOHWrjoSJ/D65LGJBQIA7GYKznI1ATN&#10;Ah8YZGmi1pWw+NMM01LHuiXdNBvQidmn1T4o1RgrUs/ATnDs5LDpghIElw0Kxh6JvAchUczzIbKZ&#10;M5ozKNx4mWGrWCXKQKMs+klkDSh+r8b05aZhHB9vdK7tVl9xaH6rhPye1YeZvqJ64NNghzV+KpUh&#10;gDQyxWK5I7psMuaJ+JyatCCVgh91CqYQWVjiQA/JZoPiIMdMZDLMQYoVyygzyaOmKVRnjZaJ3qO/&#10;wv+r1HfxRGhi4DaJ7lONxVtyA1rOwGFh3rD4W2hS8O/W6k1m9xQclP5N37dARw9nxhfbkdxml997&#10;7wb0WHaHJRTx4ZtsNttetxu1vtkH8ybKl0WykSyHOIXiIz+H6WTkBiPGwcBycLHx/KO7UTR/g5mL&#10;ZeJe2ckms0hrwtPr7D+mX5S9PSLbOgOiwqZiAx2tMbhnGcaPtEp4nMhtO6DfciY21nRUDrYBA+2s&#10;wRtHlPgjTrFJ9DeXuo+iQagnYW503QT2MJw8f5Rezb4ZGJBrvVjIPrfslq3Fbg3WRHulpqA8Az0O&#10;AjQACqBccjkc9VbHZlMx7SOcIqDAhjlcNgi21ckvTdpWliYdMDTz1r4uV2vt/ZzS6TVT+cLOYapc&#10;KFPOrsvaNWTDGgz7jSQS/jpytoQvo7favNMZjI8GY37LkK3oss+2tGUrVzwxsbgR2BmBO9vmjjh8&#10;mzvJ7792ZykeOBNeuXJ7V3V5msWCa2L0f/3UZKjV+/cF5Ph5LnucQJXtNjsfFlvtfn/KC8+AvlWF&#10;9QW22i5rz2BNdEGH1G5UEg0+6jceX0R2sLD2AJwBuW4xHt4HJqjd6EFMS7Y3jqJa+4L5OYTkimjI&#10;qsnFNbFZbJmOT6WVTo9eD9ENNocLMXsKsenJe3X33gOQ8Z12okiJNGaQCfFKLBahrx9J0FkqK8sI&#10;N5GbtJcnkyXeQBr/MA4UOVvNtxWfaOBr0Ey7vCC/9egreAQJjALU+j0d+9qGV/SByNQmS7o8wBTI&#10;MnjxpJMvG7342WGs0IaGnDYJeCNM86rWZjrmdewnudW7ycXJ4bmV8Ps/WnX7LE9dnKrnDifirb1q&#10;5F//O1Dqi7/9D7yzY1q1Zv3JqzfnL07sNusPkqWYjbMatbuZ1vpObSnsgsggmVZgwTx/ZqpaKec3&#10;uqGwo9WU3n8rf/yk36E3hvzK5z8TVJt6I31/9aNigOuOYDRbKTy7aH9ybsxtcdY2UyuPTQvIVbKJ&#10;Xb3l9XUK2UJVkf/jN4zgy5VsVfmnvzLu7JQll/OzL7i+dy03NWOfmBQOMuJr11rj043JxcD2QeX2&#10;w+xh2ihnGnhGr2ykf+GffQ+7kt941iKU+Zg7cmZW3D3ovgsIatYYWbSGAxgv1gytU2r10/0QJ+st&#10;pYObB6HI//z7pVy5FXFLPYuLl7Ub25tj3tizx45B0prsGnc29iKjp2pNo2FYAOa1OxEG4Z6ejvsd&#10;/amwpaOJP/qg1Wsb/+p/OXfz5s5Ht7OYBtixmrTSYMvjllHdlAtdbxBpNcFahdRcEmcvl/oYvA+F&#10;XUhYq5XgltFzudry0sjFsydubx5kyxWPx4apDvpjHNOYCqIUcrggBAZwyZ7LdpPJzS8+P00HdJ+q&#10;a42itpGtYvOC6WMgGcbhj7j9rl69Ifxf/+e1xZUxo6Hlss2dksZHOt4x+fgF6/Kyd2jas52oHl6v&#10;f2baPh2XLFF3uKV/6zs7qbw6P0WHvEyhfaaZg9P1R6wWRmzUzeh6+l0suoquP3JooAnGSlGCWl2l&#10;PCWCkEqMI64R+VGjw0tgNlMWKqAPkiBI6kJJxjpLnMYBa1oETPYnUNGCaHr8CSyAH5n1H3RjYdon&#10;0rFLBSa+BmpGcr6LiK+jW+cIUUB/iMTyqyxkkZMQQSDYPflCBzgnXKU6PlMQ05rGdnYH8oxyAzUj&#10;dcU0jrP26wrHWKyGuad6FJ14lP5BKDVzh6ezXOgj6A29RNzglTP0AYrAGGx/TUcJDfGIDKsxIIyu&#10;CwNqgemnZ8Q+wVzCGfyAw8dD+y4wETw64oXFqWwqh/2TUyKXEYoJVOgIJ0L9hNKEyhVMDhs4O7pe&#10;bHRliwI9JcvokkkgyHA6LDxjoJ4yjvI3B+vKwXtufte8cfR3HglBjy4w86fjB2tqwpWR0dbEz6o6&#10;83eKzLsimPleLDyF1837la2yRcZO1+n+0ejZZgogk6PHM/GMmRQmmpymIxbPANnDZrniwLxpHFF0&#10;jxytHBuPmwolfbAwHjDYB20xuW4gaJuIO8fHu7Eo+Ji3/fEVydnxOo2tfc7uVmDnW5kZxhW+vZdA&#10;esHifJDoCeyt1gkBT3moqNKee+5CtdN/mMQm8hCQMgzEQIqEFYh8yZBlQy5v9/qdYqHSHB33Tkz6&#10;r1xJEd5TCGwc+kNeS6NQGJ3yfvaCr1Gpl7OeWqafWn+5W+lN+bxL8ZH3biWRjDs0Mf6Zyydv3X7w&#10;dx9tNJ55yjK1NNSE71jN5msHKd9YxHfGWvVYXBfHgq8AF1PrwekdsUgRp3jYoK2I2m77XC7Z4io2&#10;6n2l1ahaV6Zsn7+kK+0O34dh2642LU+dcG5vd9cSPYebUOaMS2hQvjp9IrF9tBIYC/AUUIjoypNY&#10;vqxCtm07hl4czNdUs2n8Shj5M6531nKQW6M0jgb8qWTChdZBsJjJa7hjScCHMaswmM6bMTrCgH9l&#10;kPxdJnieqcoyg3BoPmuOLDjdIsouMHusmhuGD7vcaLVqnbqDKWlJdM25UVm3OnWL1Yk/ptas4/cS&#10;cxsABPxkn//FkfjsKZffHxuRP/zxlVc/6IzG+FOjLWdwVBH82WJVVVFgokHW3F7f+HBsNOh49/3G&#10;t15pnrvo/41f58cnu+PzM9jovP9B/uYD7c5qRe/ztQq3d9g8dmbMHQ4hGXt9o4Lp1Niw5/rNgstq&#10;vXsr327al89efrj2gcsN7KTl/oOMbLfuJsqrqwfHl0PzkZ61sRdyKl/+/LmQP6wqyskTkVa9u50p&#10;76f23dbuzNzYJKJJ1EqzUW+2UPU4HUphakRXHb6dNCBSrd/7jbH5Be/Zc9HtHSy9a9NjciLXLpdb&#10;iUQdY7OReCCxn4GHe2HGUi50uGplIdK8fic/tjj0iRdjy8f6/+JfLB0edt/6aWIsCiCfbg/FUCjZ&#10;9G6l0m93odNS7aKO/g7DYYzWgaopNLGCLt7bTyOuyWXh4jbpjQcHWDRCXAaru97pfvn56ZGY5+vf&#10;Xrt5LTU/i0eRe7iZmY3b4sPhm5t1puzXsA/CfqBZI5aTJwT/En5uBYuQfA4yfTAxbC2MY3t6sQhT&#10;JjKApMdPLzx3+Xi5mQUdK59t59MVGXhDmJAUDdkyWLv5QyiRKJgNterxmcWAzwcLSrPTyxVreOwA&#10;1DnY2r/ywSGAxWMToFKl03vt7fvFrb362fOzYZ90/eauPRT2Bf1YLhTTleR+OZl2bd+vn5hGnIeU&#10;StUbxUIsCJsF7t0RBNdputngGMKAgjrga5vZHQNYmalrlKQeW/Lv7B+AiRyPhMnwohuDbdSAxqkz&#10;5QszMQjc0SiPAkAgIqOpdQU5Oj2bFY227HPbxkZCcFLh66RyVYxbh2MgTHhCAf/YyBC+dqVaRVo6&#10;JpB4PfEtKJ02AGuCmbyI+CSJH477UTaTf4WBIjGq3NhOklneIrkchBhKFjr47KEri8anw9HRHkl/&#10;6d5K5vKy1VaHxq6cw/fm9nmnxmMtJMXTUorLFasQC9Mp+cgjeMTtE/lHAYqCGfM88Muwlgi3b6Oj&#10;Ig7FDBVhkAG671iLZyZR0goURYbfi97FBhUSXpN2p1cqtUVxoLbF74HZHzcPekSo+choRvoFaB1r&#10;onntMc0nfjMkgBJT8qDEBuO0Wm0SYgZYerCnRbM2QUMvTI0G3XYEDht1gg0i9Eo0t3CDK/JnN+ej&#10;S9E40ppyA9rdgLIw2HeaQ+Ng0EOhjzR315G4Cxd8Ml3Ed2sqhFjgkn6k0VCZ85VnEwfzmSEHJVsC&#10;qMways+MR8hNZLEO6gsBU/cq5g1AMZjH5//AHHgEzxOOvquBt4dplQc52WbSqMAf5agd2VhB7Dl+&#10;3C8Y5T78T2WUyo5QdOP86dz9DUen61ycDoDSVa23gGZcnB0Dp6evDVLLmI2G5obAIkL///613e//&#10;/Yf3NxI7iUKuUG63GhhMINIb9RdGUdAidJAVZ3h+55f0Zx/vf3xV93t9CHNOp1vVfMEmKuGQDmbN&#10;Wx9W1naVTYz94np6fT0WcgzFAx+vFWv91v2dDApxr8Oys5MU9crxlfFYbOjeBnxhtWGLeNIi5A/L&#10;XDqNn6pukz84KEcA6bLJO+U+SkKbFTHv1GGJHChjKnSzWGSWSyKSfSRBGZ60p7L65oaWOFB3c44c&#10;Yuplin3ETwfaSNfoAh6C545td/HmAOiK99neaJESWDbzbMwYHR1p7epTC+Ff+9InLz3zjLNfWo57&#10;q10NqzfsDSwU1mDBZ0HV2YaBuCWiuUhnFRQBKkzdEL4OVJOo2k2YBaHvIFfDkzCAY0Ewje/LGJuI&#10;w+KNcVu2gHk5RS/IsqNSr9jwe4FH1jB4E87PeZZG3MBKVLEB7oAXqJDB+E//9Hdz1cC1d67mthJz&#10;x08kNg6nxjCHt1h8cWC7I/52BIglqYvXGi/c+lrvm18vz53w/cpv2ybnuGTGKOesvSZgX5az56Z3&#10;90pYvOmKgNgWC289dTJwbNn56uvrra4xHBUx27/+ABpGt8CDLSfOr1zM5x8ks+kH652z5+cPdrJQ&#10;7lw4F4C8yC+3Y2F3R3SPn3/67vXrQ1HHyMSJWzceJGuc08WND3tXzj95Z6PU1xvBkN7q9fYyvUZH&#10;eury1Ju3+5ma+Ju/NI3A+gfr6uxMbDSg/OT1KlCIx1YirabudYYKZaRSCHDbtJp1p1veLAm5mhBx&#10;67FJ392U0tZ6Y2Oer30z892/r2N2bgfvxeFudcTiYRkHRarYBecLNg+4AjzwXkgSXJW46TqdZrnT&#10;8lEaGldQdFjvc20uHnPbRA6X3xdfmJ6ZDPyX7+5CXTs7Inpsfb+P//heqd4VpyNGtsztJBGw1Q+E&#10;PTYHOku+0wKxSXN7RKfTifQ+mOcACkcqaatGmc+8BenNiNqRNrbS6zuHXp8rnayX8n2P0+H22Un7&#10;U+/agMmug0fMVQqNXAKJ6uL85JTf68FDgwiaVB5iMDtq9MPkHtTc1YYxOuq8dDF259b++LjlK7+8&#10;4nSrlVx1ccIPAXa7ocV8QCpX79zpbawq51ZCX/jsIpw5G/crJ2dDQ2HfndtoZycCwQD8KgO1BdvT&#10;mcxNQRrU86aak7kjOMRA9tiWf2Nnt1QoTkDzxrDdFA/EE/FMHKDIzeuDBWZILKCKo7gr5HpioQC1&#10;cKPdjUecsYgDJSpSYW2IMlU66WwJB3nQ78K/jiDrM2ePIfmwU8uHg248wbBs4yAA+aFWQawuwewo&#10;WkA3YiGPnR1MBoOII4Fhazdlt0A3K/lcwHGhOUNV10cPGo6MRYfGySrA+pJkrgDxabVSUholWdYj&#10;If/ISKTdbOGGx91cqtREFjctDCRQZrVwlMBFWQsst5i8K9iV0N/Bf6HglW0y8n9xPrC+RtdNebw5&#10;e2Udq8BAurjDADJEea7STtIAFxewe0EyIe7UhAHvjdkmdkf4Hnw+D5rvcqlCij2KECUrqgl5xx/d&#10;UTrEAwIKgK3j6O0jYIRVYr42aDAwdxob9kMohNuzXEH4jILOmzND2bhHoKGj9tJk4Q9gtwMV0BGL&#10;nhtYGzn2PHBGIOgDaIllW+q4qgvlxn6qKLPLG2ctbJZOO/42jbidgF3Z7PCVBrwuYGqRrhkL+qMR&#10;H7AsI7FgPBKKA8Llc+Jyly3MskvJ1AaMxRiWY0qgGz9LQBlsKKlFZdIrU/fD64/GC0cdO8eZRHXD&#10;zHYxx+O6+TjXGyqCkSGm9vhPWuwnlOp9q2trez9WKOMEJdr7iaXJc6eP2Wx2aGfghR0ktA5Sv3gU&#10;BD9564rEiI+QzyCj1u/zAY0EGJDbLWl9Z7tJm81yScK58XMX9+vV5OnjkaAPF6EYdmcEDrtAYeWE&#10;x+9rDQ9zfo8yGdEeP6FH4noDFoWuupHRs4WMqitlhe8rveGQA8umd288XDi2/OTjJ8vlAvry3a2a&#10;0tJOLY8hEzTXRRsolhQlWe3CCWBhyEkSQHQx8ALGDx8HS7MjPnuxcWyu/NOPHDsFH3ic8xOVn34o&#10;7mRQLeBFtOGpocuQuKwtu+ygcHANU5k+1s9uUf78ef7iklBpiXVFYGMBkKpM3rEwE3OdPD7d6PW3&#10;t7f77U5FlQ6LuL7x+YAuV2PhAfQu4FHRmZn7SBZLMwmo9ySWf2RBLDN7+qn7hLkWIxObg3WgZgyp&#10;AQxqPOKB99hvF/YOSogQpsWExUmbfR50QMDRwUuPtyF5ylafe2I5U+6n8yUcRKSO/aVPhVDaJ1av&#10;TTx2OX7yiWDvDq8r2weCU7A2Dvex4IxPxQ5Syurd8okTzgvPj7sCYuKgFPSqhZLjvbfKC4H23Di/&#10;VZddk+OPnbREbTk8zIm0Vsrw7Wb99HlXZMjfKLXGIpxoMTAifLDegL9wbnZheu54pZLgZKXWEedm&#10;/OfmLRdOByLD8ZsfH6IKHDv9uGfp9De+9sHfvrz62ILF4oosLS+nUslqW2HrPRgLG7cepCZXYm2O&#10;29jF7ltaO2jaI7blxzyteufe3czJJ+ZdTs5hQYHiu7+L4CpubwddtaXWFNb3yo2uHo4iIDiEVxsv&#10;z0aGz7fkw5wOhjviMJWed8SvPvuY7de+MOJ1ivuHrVa5ZvQNTyAYDsBoZ8H4vom80k4Vozd0h5gA&#10;4YDD2VEsd7C0WE+UUulGJt8OQt3KG1ZB2S30iq3eS09Fh8N+AL3Wtqubh43dTKsAdBTclR01EAoW&#10;800zUQjTDuTHxkbcdJSrchvpMR0K4yJ2vsgND7sxjM/lGsRaKzST4ChrKNhseIzaFKAqlXIwS+ke&#10;j13pQXIiAL6BCLZLT57HHhvFF9wF6SLku4gA89RbRYdHaLZ0FlWowCX4Pz0XPjHqePfd9O0PDsBg&#10;f/fjLIac/pAsejwd3t1u0wZnF6nIshgIwYUhxaYnDgsI2QHl162ahjnTsG0M9lVm2Wgmc5m6DBRW&#10;EFUyw5W4ub3fU5oTo0OY00qyGVVh5mAx1rQ5sBwAVAcedtzEkF/BsAU6dhnxK4pWqXU8cDHFo6iD&#10;cS/uZwpoe3weX65UQ2rT4vw0tAnVUt7ptKLNajWBNuSddqlQasssW6BHzmVtZCSI/GFcDSy0RGoo&#10;2oPNBALInE706gI+UWTX4fRGHVP9pTAuS+atxM+YKZZxk7frlValgAliPB4ZjYdxuOCTi3FRuVKz&#10;kN7Wymz+RKIRTbQQi7sWJdMCKPJHkdmskRYZgEiqNXHH9ckFwsRZLEuBBs+GbsoYmJpU1Xw+F75P&#10;tMLYf4EhXCw1H5HfUc6jmcQ0CfkwmDC1WjARaYSFY2MrZuwfLO7wXeAT1VGAWhRUwl/QIBpoBRYp&#10;CgER0Q9gHp+eCFFsCy80mmhWISq2mu/QwH8x8O/zjxBGvNlAm782BhyAR7tNUzCLnybo84I8wJEN&#10;jvSNAX8wEglNjY6MIwUgEh6JheNDkUDAFwwEkFiANSrCtR3IsYC+WbKy2oNjMi4ixGIj5QVmn8Rx&#10;FnMviXstm6/AtSUxWCj/aGNqPNIimQg+5ghmhtiB1seM42YNsjCg4w2EV6KpLEJjrwlDw/7ZuTGb&#10;Z9Q3cgZF7X/+s8Stu6ioUCJZVpZnh2ND+Fzh/lMUrqv9zHsisAE+HoyNzX2oWkbisUS24La7EKbV&#10;7bdwZXKS/YkTxdOzyROzhQunxYi3DYsYpMFzJ/28Vphf6CzMJGS7+PE1S6femh5vnHrMOP90aDTQ&#10;uXZtHUKeuUXuzsP2lW3D6QHX3QoOYq2OoS6fqsDRqe4i09HhvHBsaXXj8F6mfmYcjmv7ZrkHIozP&#10;b31QbCJBYMQHr6HagKIeUyiOhs4cKeaMalu/dEHxeFubh9Hb98TFxcpLn2/cuB5OFEE6wIwEy0I4&#10;eIC8QWoIVuESB8qB3eoWxV8+b1yc7i5PiacWZTDI1hKG00oTA5Weah2LAOQbVpM7AaGGKu39tdRO&#10;uWOlUpsEB/hOoMHBsJ0SWykM3BRd6+YUnQYSWGUxeoDpF2JFDbY5xIm1WZ1szW4yfzji9vZbODjm&#10;54YSuVau3MGnHlQCXOn9HiTYaJBcK6P2924nHyYbczPD6I42UAjg4wxihg0//uHVxTGb315Qa/es&#10;ASfK1BcujSXuZqDbDPgmvvkXFd4tP/t8DF90eyfxwi/OfPR+8l/9kR4K1y88FrLYmuv7ndjxxXdv&#10;5Y6NW7wB58XZ+PKK92/+y4OddS2b5IMBZzxsm5qzN3sdX8QJ+u17bwN0k7OBS2qxFw6zz19aeP/j&#10;/f90NfvbvxCfiLXHFp4MxoZfe/1+tZlOHyQXJmwP727Fxud52/il44H/57/dNSzW1Ks3p2c9zUar&#10;XCoNRS0+D5dJlMenrZIHQdN1r6g5Jt3vXH/QKJWefX7Y8DXksOL0C4GI9+9fSeNi8HiCx5anj89E&#10;QJT63g8+gNp3X7PxTvfv/8ORr/3V1p3bNb9DHB0OnVt2Tkfl6agFvsk/+nYbmc5GvQs4MfZYkJX4&#10;gh4w1i2ktUCsBCKXm6rD3dWtcN87rXC2gaNkJLJNC9+9so5AiNqxJZBxGpNhyRtw7GblUpX3BvmD&#10;IkCP8BjxicOi02HBSrLeaE3OuTBu3d+vYaNcz0PdrYFWjAoJtlz0ZPRhk7hWD6HUmCxxagttECaH&#10;Ur2MuAkOiWjk6e71Oh2L0kdcidsXU8JRLyiUusocu6SqpoVip9NyOzC+9/da+a0H6Zg09k9eWNEb&#10;hcNV3dt1PjE5tXGrkU/0p5Ys7hF5NGxbOuP89//7xwcd8c3r1S//0gm5132wWf/NecdhpdwtNWIx&#10;zQxxVpmVnjf93ZwZDc2GjoygxhzdKDCIsIEIFoyFCQlmkkTZ+SVThrVkhhkKFDlA5EbD3P6xACaR&#10;HVt9YvZRqcuCHWmRj/OrRwomDmJ99qd3h2K+iJeme1jQpErtuMUJHiG+HxfKH7haLWxW0yUDueyg&#10;ADwUofTlWS/b7elgA1mJDYQKwIZqtNKEl1noE1Vk0CyZgiATt4cGEc5WjtB9xGigLRx+kj7JnUQz&#10;ac8wZ9OmuJWkm+w6Yy3LAK/NiOE8Z4ZHs+QDevVEVkCwDEfwzbHHIQ0wiExmyJhhGmTMs5wFi/As&#10;no2RxmmiTOtic0FLf01nDyPpGHhyWLwoPyhQqIGQMGfrYAqEstZKQ61uu42L3EcocDZ1pNUxdUsE&#10;8td1YsbKAmVmHfVLhjHwLpoKKQb14QcnF2fOMgdQ/MF1yaadzOfJVrRsfYtXNJUuHKTzcMdCHgkD&#10;AmaCGL2BlAsLuUjuJ4lWw3jQ6LIitwndWvDf9Q22stSmxyMCw2FQJpnJTmcvsshmd+z+NjkO/BHM&#10;iAoy086Dlpux7wzuiO3PXksTuTAA9AuDdw4yNLwevRCAlpqSTG0Mz56X5Elc/JJcw1sV8Th8bjcv&#10;eZ12VIhqPluhIGqJmPumeZQjpa/gcjv3Eunhkbgn4MMj19eauOnxSuO1f+by5vRkOvtQDkZzVWVo&#10;b8NoV3q33qk83GnLHvXMaX+r5y6Xu2AwppOeofHA6r202KqE/TL87odb2oM9d7aoOH00CLOqdU62&#10;5iodDEIhcgNN4OUfvHH5wqkXn3ni2scfHSolLdfcL1XGJR/n9mOD8xW/87Lbvy0qJUnftWp3G6rU&#10;RgWI616ORaRvvhzkel61p5w/xz11qvPNrw/tFX0OZxtUBch0sDzyuwPPzJHMu83Z0mUBE6DFsPSp&#10;80KpS04vBC0n0l2odFRSdRN3GG8JXoq21r1x0JMsxYWRAKrUWjLn99r6OmMPgu4GFzm2vCYacWAQ&#10;0nnm4aLpPHK4OAh4NUq01QDv00h/h5gsq8r8YAJTUdASPBqAnLCCNNBiORQIOvWddK+LKAtkkuDZ&#10;ll1YsGnKh6tJqMXDHrnTAaETcDTgf5Em1kaAr5hIZeupdvrwHVDNNncVDYPG3T2f1InOuMaXosfK&#10;9tfeqlgu24Oo3fl+PVM8ds4uRKQJ3Gzp7JU17cMbjXNPd9Z39nYj0A65K0rx1Fx/dkLa2FMONhpj&#10;Ex5U2SOzTv/4TOr+rqTJt6/gHoGlX2k2jO31RMBeenx59L1rlv/tD9f/w1dHxiedid12fr8+Pqx/&#10;7rdO723vgNqnKXWNy9/dwi7cOT7sqeQrhTJuAl+53EseNisV8VMvRL/6m+G/+fv066+WL54dzmUy&#10;Vqs7faCubgAbLM2Mu1dvV69/XPe55WajD03R1JBzL108SCYLLTRgoi/o8HvUH75dffs2xJRyodK9&#10;n6je3e/80e/P+D2irJUnhmNbu+lev5Ut8LjJkD8564wGnGGXiM4Gfkg4yGnyDXF0nx2MxKfEEduh&#10;tw1XAuLlP7rS7RvSwgxCVPREuhmPQ1zTr5TbOASRSoq+B7U8SFfAqOFCBAKr1dIafQDuER1OZ265&#10;1GZZbd1ElmxJcP/hMfv0C0/ksoWr1x9gpo/PPAwMiFBDM6E0uvVSw+py5BL1oWGv1ytXSkA7BllI&#10;Ao2QrFYEwCK9DjlpdexkgQZcGXb3G/0f3FJqagO/wQbhuEUf8gvxQH1yxLa6Xr73cV9v4vGsjkel&#10;q+8nQKwPefh/+Yd3c1nx+cdcBCPRaFlhph0P8CjGo8xBZrNgdkLau8EuSoM9NEO0lkNvR7gTkn8z&#10;7Y/pxWLKDYOJJSnvfGACwL1EnRmzzdFdAVsRhJTkCITjzWLrUAI2OJ1Crd318TjQEZVla3e5RqOb&#10;4SsIQ5dYgwW5XaOFxDECkOK/jKiHKEIr7VrUJo7NidGRz3zyIra5HqcNe0t2PFrIBqr1AsGRTrtB&#10;DhPmr0ep22o0hmKR+eFn+z0uGHC3Wh0mQpEoSpqSPUzLu8j/jPs62OsZHPP7m/HLRxQA1t8wl6nI&#10;4jn6JMrkyMzNkAQS3akC69cJAG2Y6hiWq2kmQLN2aXAnsVEv4WPo7qU5FG2VNYNdszqZMSlDjbop&#10;jWixROMkcVhfpxmiORogRSAbpoqk/NeIciCZvGlxwIwTB6TVn81gB/Fcg93gIG/6KAKLG3jjmAV3&#10;cKkegQBN9jqfzOYOU1mvy8Xecl2s1XgV2wdLuy8H/QGr+eNqAoCeeBBwhOPtw4YSAVxMxmEQa5Au&#10;JJJJauaSl8ydojCACz8KGzHMxtZkoxtmt3ck4mVbBPEo7sUw0VEDh8nRfU9aLFFrdmq9rguap3op&#10;ZeE7v/XVqZnZ7Lf+No/Zt93i8Ifj7Xq2WCphjIlIWpMuO9DnMsg7xhjFMjyu7bF45GZxA0cIkOuA&#10;Ubp87g8+nnNA42O0VBmDwmbYX2s23JlC2yraUvvV+1KoWHUtz8qT4VokLKfT7U6nPDtm3btblPnA&#10;j1+3ZevC5+Y9sFp/lFEYQKjH2i87ua+Q5iGLH1y5U63WHj+xlEukAlZuKub5MFdb20lGdBH9Ulvn&#10;Rt2uaLN13KAd/6ZEzPquZlMVjMpwSCL1SwdA6E++MXTrPjKUsOsRugM5n/V0RPn1y360F3/9cbvR&#10;NrrtHrxqZUWqq578Vnt+UuPsUqdE6StI9aWgISiCdBVPHXRcP1nNtFWKEaGgWlFise2QlINyrlJx&#10;x+xAZM9iwd5EeiLaOa5JlcnPVYyRDGZaphNFNbxszcnebZ6mMhwIEnDwYLHVh1cELB2ljWh44dyx&#10;II7ph/sVPDWowxM5ZWXMPREFqK++tVsE5J+RvnjJFRaCY/HyhrL+cWvtVmNyKVqsCwA7OP2GGnbt&#10;ZHOjY0q9UvmX/7b0D38dIDfjyp3S1NTw0nFHoaAmG+qXvrQSeyf77rtbE35Rb+YzmidXN7a28kF7&#10;56UXxkNhLo0I0Y4CL2zUYqzvq3ffa41FPVyfb9YaVmsYnE1v1HA7tefPOe4h8mMs9qOfPtSV1V/5&#10;1fNNxfjgjdtDE/HHn5z9mx/e/tHNTrqkx2N2K6deejKm8Jp/2DYc5/74T3NT47bf/d1ZnGtPnnCP&#10;BrjkXknu6Kfn5afmIzdW0wuPL9+6mt07sLebNPtzOIxGs/tX33p/enHM53OvzEJQUAuELG/fyKcL&#10;FYQX4/wsanpHbFjd8tsfbTbblkLZ9ckTw+kUwK95nKpOt0up9K5cOfinX34m4Jb/zQ/ftpDwgM/k&#10;S/gwoD/BEAIZ4/i8tTQ0fXKh2ME60wIvlqo83FfdIXcoTnswwHma9TqBlAQIrTCFF8uFPmRwhodv&#10;1FS326IYfXaa0F7F5rAgUhY1KjgkwYALnz7c2dl0OZdrocqH4EIypPjIkNNryR2WqMIyhEDQEx/1&#10;KQiZbPcl4hya1T5r4DAyFmS70P/C83MPD43DwxLndt4BT3k6eOvd1UZT/8UX5kac+s0729Mz0Wa2&#10;n9r1fuvb688+Pv7YIq9w+suvHcRcMiLU371TXpkaAseEZJnMpkj2eOoOWSfDjHimExwfIpP6CqsH&#10;Y3fTYh/IFdpcSWQ2ZD5Qc0vPJnpQY2imOJw4aOalgu6BqMcyrjeY8EQUu2izkHU+1g/rbPFHQlZe&#10;x0LL40HCNvb1wA/Yp8bixuNnXB6vOYPDRYAvfOG8E5MyDH/QHmm9hsC1GfyAoDis3neNxCK4mvoU&#10;3NglbJnepGsdoFdbyB+Iwi1irhANlkFdbdTShWSz3ZudGV+YDDPAjqTqAz8/ndkswplFTA9gNvS9&#10;aCw1ki5eMjuwF4s3awrmsh54Cjki1tH1wHjxgmD2aPStqiZ/lUoRChiihSfP6hUTU2Mi68h5SDhC&#10;0Rgg2AkhjV0gBrNI94TOCRATLDtBNYpHXOTIVPo2G3F44XxBGddo4lhRJXLXSAzTppuwePPuZ5fM&#10;4Ls88glxA0cKXfjaAGlHOIpBxgnzTAo6Y0iorPE1/aos0oPqKpfbOjkedtltKHHwm2xOS2TyMYhC&#10;9x5e9U0+6YlN4n3AGUpTYpoeqyIzybLO2SY0khZhHe6ogU6SUBgss3qArdOPrnZugDQaBHAK3IBT&#10;YAahCWZYtZmvavb27N/SzXkJm9+r3QY+le6uJtUVORYK1ZpNr89njZx54dkP9w8g+vFDkdJRStnU&#10;ZqFUFCwhzAOo20IVZeqB8b6ytSXiOXYOMsvzExggMy4Rtc8hV/+1nwauXTn2xNnmebtQKzW5mjEz&#10;7wktHjPaRmpzM5PLn1lxVeLq8oSl1NFfezv/q7817rbkH95DGdp99oKjlu9GnR53u9fqa68eqkEb&#10;i1jXWlbeohGTr++02OGkjLn8I/OBg4cbf71eSXO4XbgpO98N2K/2Wnq188mLi6DbvWgRG4V8RuUn&#10;h/RiDSsMLBZbgagf+NjNbMsqFjjKWEZSWhfX28kp2yeWYZKv7TdC76wjzlq3Of06dP5iTWvsr+9H&#10;/usrshjuInIQYh2UNVgVdTHlxSQWBxLqNgmJgR3wrS0AR7caU2MQIfHbCRzJEMqZm0g2BSBuK2fO&#10;D4i+0hFNoBVdjGQ4Zk+beATE0LWj3QD8dR27l1v2usEWHRvVo6NNn9+2Mh2FgPfUnPw3bxVw+tms&#10;tlxbdkApiIVDq0GGbwgtMFEs3L8GtXg05JJdFlX3vf1acnkpvnIirIk9y+JSoZqr7pYikxDehV5+&#10;qz/mLYvkGW2dOW7d2d7NHUiVtuWTn188djx7/8rO3YfayoptqN67eo0LjMRAzLlxLwtwxFNPuvG6&#10;/Og79/Yeuh5u64gwOrYSR3myMjd2uB2Bs/7dq7l/8ltnfj0Wu3U1gX3Y5TP403mnBzI5+lkb7X4s&#10;bv+1CbdhIM27LVv5M8/FtjK5sWnPO2+n/C7+8kuBW6upeqX9xS8/MzFTvSUfjDzpjU8PO73O6FR7&#10;edk5FrL9z1+duvJRM5e1vvHe4erdw888M/X05cdK1e5+EiajWiZVdTu08RFe6fcnR32JZN1mhSo1&#10;e3sbazDr/HgI62mMMFQ8C4CHqep4zPP8uYkTI1G0vbWOCtstnnkAiLGal0gVgVgZSIIxDEW6NueL&#10;ukZnghgdFrJliKbRqLi8rkK6Av6e1yOB5OR1e2i8J1BTBDkPxNZurwMVEExKLVlHLBTuBHg9PE6L&#10;J+iMBv2XLyy//sbq/Qept9+76UKWDapGQca6zkF9AbZ/Asj6EGKgxSlk9UqxBn6TdpqMT4x9AxM9&#10;GVT6Yu/3f+/TX/jU6T/4ox8mMrnbh8n4VLCAscG8O5mun1z23r6ZU3jr5nrPm3NND8/88ldCEt95&#10;9jPTulp78uLY3317NZvR//RfT+RTzmJOGHbRsJQGX/zAsWaa2/QjW5zOmGUsuBxiVZqe6kz/gW8U&#10;BaSFDkrCsxnUsJnYUJH5K1jqOTtIGdwM/xDpQNirQYggTAyHHQ7MknEdBiFPlaxau6/PTQxHI0ES&#10;TALUKYvbD+6g156fHlJpt49Bo9bqtHEEK3qvWsO6V6cxbr+9vDSBtACaNPLIvbHevPfg1dfeh3SG&#10;Ubh4vLCMPwQXczcUHZ2yObCzFExoEY0RpHKts/1wC9/n5NgQvFmqatoOGJGbBqiSMDDvMSWrKcAc&#10;JGMOUDJM9SuyUD2aKTNeHfXXBDIhBRK9FDQCVgeLXHMOPIDIsYsJP7JJwTFVVqSTJwEgeVcCfih6&#10;ZYoVFaWBBBfYbCuaMzSKdHfiiLbZpWgsCDY98PZWiVK9XBLoWlCYIXVBpz+YY6tTVIUyNYWYg5PH&#10;wzA7N537Gd/O7JqZ+Z+NvgzzEjKDUMw0ryOThnDErWBZWvh0UT9AWkxozXkxCfJbp35s6bmTL361&#10;UixlshnBP+qaewYIT6KW6URnpfu7T8che7QlPdkzaqs6CyNlNAaJvYHkGmLfg4lPGCC7B+Gc5r2p&#10;PbJdsoaTVSDMrWAKfsilJJjjbVx4BPzkfG7J7e5axBCAd+l0eRgQOcmnldHsdsI+S6moN7KHx0as&#10;4RHfqNjcqhg7DZWg4SQYop2CuWPAL1GyYPlOoSJBXzKVwqQj4OL9buiS8rvZ/vorvhvbzrirHJIM&#10;b0AKHIt26WfaOj4vdjurhwc9u3usVqjaBOnNV6rPXJae/vSJdr7uleW7Hyr/9SeJ6dE4zChOqQ03&#10;o0KTbrxGYAzwHv+QVVMuxW2Nvf23tkq5ThfZs3EfanKpBmVQtY9g676oHxc6YzPWYJO7NOO8X2/9&#10;/GczWw+cf/GNAELpm2gZm3Us+wzVRt4wgAV0wmyu7fKpaZvX2/+Tt1Xk50Ha43FyVVV77Wp9Ilz8&#10;1BcKKX3qyv1QONLqqhR2YujW5VGfxlnWDsq4g4O+COq23WwV1kcAqrAd99kll91agzSR0l3I5CuZ&#10;sEI2s2G0DhIImbcmVpw8TUokciP1GVSTsnRohkO7TlTqoopBRSXdGl1KfOKLKYErQxhbLB5zCgvX&#10;7+YyhSY+CKLVVWupRQm9ONb2EKOITaVH4Myg7HzzNYw5ap/7nVi6wFsdwulTusWl1vDW9spuQ722&#10;7Y9hNHo/Ucz15r32YydHN7PgtzUvnJ0/2M6+/Ldblz41NDHkyociYyO2X3hpbnOrdu/K9uzQUEC2&#10;u23duYVw1N/eSLTcntjyrAq3fWq/bnFbD7dXtR4fcDpy+ead7c5/+LPbv/RsAGT6QMDm90dq2R7n&#10;kGJzJyuV5kGmOzHmd9sbVrvr4EBMVzC5dm9tJf/sv++mUu1QUL92L3e4Wxkft/3xn7/f6XAzYXEM&#10;PKOesLmnyVow+zBfy+n5Wu+AiU5r7arDLSZLle+8erWpcAfZjo45rFaPznk6fcuwXRgNSJ2q5TDd&#10;r1jt544H/vE/uPzN76++vQ2sWxPzaRLtqSDpOJ48NuX3OyulzFDMLaogefZpswhbpYJdGqokytJS&#10;JAio+6jicFLgZMZHF0euphjhuUBbheI0IyOSmRMr9Z4XazMwTh2cw2oL+uwtlNSy0VSbPTjQiW1G&#10;xSZ0C+26mu221reLdQorAUvdHo75dreKHo/LM2KHcwBzR5KUYlYlwgiFXMCSaOWG4B/WzBZFp8EF&#10;/OZtZX7G/9kvfT6VT3cqxd/5wvLCwtD9/fxE3LK1lo9PjwyFh9ZD9jBvyRU73/rug+np6qdfnBoe&#10;8ewkQORtDzmA7bcrtu5LL8Re/ZGayxj8wAJPizNOY3QxU2LIDQDaA06ApjJUDksxp1UOZi9EcdVU&#10;RiHguUFMEoPfGCYiALeGetQKkFyU7hRMvUPB4Jl4nDYfGkQunkIph8sVAQ73tjOjrU4s6kD6DWrS&#10;eDiwsZO9vbploThDOkIBnKzVG/l8GRNc1PVQTjnt4srSFIQQGEVCm0BDHjQp+A8Nx+mstyOLDFlf&#10;sgCrkpvGg2b6lGBqbmhgJEtQncDr4IaBi9picnvpXB0/KtCU5OU8igZ7hLo9Gr0OQD/mFFAfuAFF&#10;RsOjOZKOyCAC9qGjZvr4vso0UsyqKrLfgzKDDHu9wdbN3F4+ur3YjUANpESQWPwP3CO4S3qUyiIy&#10;T6Nh42W1izsSz5BXoV4fkmmFdX3wlHYFFs6FHxAaHHwVjKtZzqaGX7CBpzHgDOk/8ygOnJa8mV7J&#10;mjHe9KEzUBnzhpuIc8LmobpjhnKDjRIsrJzARhlx95xoZUBDS720TaE64TEdJkClDtGIziIGzXkm&#10;CiAa2Elip1ZVGzWaVdNsngBoJlyO7S41GLOMI4sLf5Q4YmJnTVeowDD/rKlnzDTGaxjsp9klasa0&#10;0PMMBV3P9vSle8il20nG8IYdJItji9SM33v3o1MX+6JV2tyuP3d6xkhmhueXZsJj7asPN/QWW7YZ&#10;AzWUeV1jXVOvBqMRfCTxqdveO/A7hPmwrGhaIt+CPSMQtjtt8VqlVTVGLff7X1zatNoNFUeLndbj&#10;c/MRRZCXVuynFn3//duVymMTgl3LVOAbMOq8PjGOHOoO1tNRqFhpbsJZRXe/XXPYYJDg/DbHeqH5&#10;wX4K6V0IAPXKsAngleRhB6g3ASauX3pueDWzltZs3lHn3l7JEzU4T//yJ9pXr0VvP8QaSHHbHRB/&#10;1WsdUnHopOvxO9xRh7VQUf5k07VfUIM+odm0JA/TvNU+MWRzhzBqSP3+b+/94X977qO1AFRC1C/K&#10;8gLcirx+ezuP89LC447A5klYjsDsHtpI1pNNXHpdmdg9Mko/2LPprWfZ46i9zaEVJ9EexxwcGGbs&#10;ESuRBtUkdssUAsyTfps2PK3zn7zpDB92FCGd0NFWBB277ezUjbU6nkOUQZh4eUTyZUFZarH26H7F&#10;QYyor8hUyBHR3/hJ6/he/cmn5eoYPuXtUqnZa/aVbO3GPeuN+6JnWD0xM5raSfYKLb/FvXBqAUl6&#10;m6kdweoEtcDnUvgTscO0dXJ6LpNofPRW1iXZM3uH3tPBz3zKreJT54ydPG+t5A57tfLCovfrX8uh&#10;VD1MHIB/sXR8/N7eR1MT9mubVVQa5bI6hDzT4rZL4CInjyOr29KtZ3NV72J8c7sG5CbOfafF2Lub&#10;GwpGZWltYZnvaPJ+oeMNCaGglEnnrE6s2P1eez95a5Wz+RfmPPVsNrnJ/dUP18JDvkQ2BeokDPs3&#10;1iozY/rSggsfoI4CIrljP9PCJ8MHfXlbDfj9UL9+8aXzj837vvNW5tvvZ3PZPLCYNsmDDzyGcfc2&#10;k4vxYbdse/3autZULE6ITx3geou04+FgyyGeDg4eDZBxEXkCWzdSGnnIqGXA4nl/IyM6jNn5IUmT&#10;kqlWYh+uAwmaIOiWXXZLLGjZT3XzxZbNA6CyFZ1Up4/AAMXZsTRqSk3svfHjW8GQ65e//DSa+0QR&#10;3k5Fb/bdPqGQa7m8UAnZqoVmrdbCtiky7iuDIg0QHUOGMZwiNSmg6Pk87sRh6t0rD+BOnfAG9LoR&#10;DwUh2bt2fy8Std1ZR/Jk4tIzs0vHJsv11+/fOti+p9TLYt8OsOLQh2/fi3hcS2f5PaSBV8LwadBy&#10;cRBkJDESHQ19acmmDwJCTLWhysgdVurPUYX2KFOJpxTiPlvI4xrQmaqF3ayspSTCj0HHOxuPMZ2o&#10;SGF7nV4iXdpP5pZmYkGPt98Ht9qKUhPLyFS+AW/ovNcriC2IQSamF5XuIccd2K1OKuU1IxAIoz2t&#10;w54rsr2XZJDQyeEAJYF4lZS5Ds4q/XHYg0Hxq5J0BAebzL4B0WwN2NgTq1OiFhGehJKr8WbBeogF&#10;Jy7grocMjrxxhCVlFGd2fR3lQJu8XIM7IncPfBRsWGTKc2g+LVHPiHKa9acis6HoTNKCsJA+reuY&#10;zgiSLo3dUOYhz8ajLBxykAPNXlN9YFgwdLP0sDCJEy3zSDJB5rVALIovUyvm2bzKjp6AFEakye6z&#10;cZYusrhQqrcwzZAkNujU+EFi9JHfwhhA7sz72jA7OW6Qaq0P+GNmB2fuLDkS/wJW0WfkHpYbg0NT&#10;k2QS8lhc7VqpkXtodYf9oXAunWtVcz5fQGBUfWZrERRS5aDg6loFiimDpFYkeItAOy4yArFwVNZz&#10;6IPSRDwKwj7Kxxz8H3v9B0Ie+q74I8WsQNYl07lDr42qugIefmyk4nbhI91Pl/BY2dHORId8N98y&#10;xLeyM/GZlUV0afbDzd1safXUxYu67BRl7DkkE67HH4VqAtMlE7m7e/3Bg+cvnBmLh5ZG5GcvX8xX&#10;dU8ons7V8pVGv1nMFtrhqCdRdn3j66tf+SLMANxPPuw/fykCx8PKymRqIwOV5ezMdGoXoEVXKtsG&#10;7tXjK331l4L/8Y83E2X7p04G72QbWyX5H19UP9yQ7iO6EDuzhpCotPDgWpg6WxWNDobbIje7Io+O&#10;xH/wylq5nR2d933v1W17Irpz0B0O1y6e4zfyrkoNC++W026NRn0onrvdtpXUYbCpGBdOG3/wxdab&#10;O7bv3tdgAiwWjCjE6w7IAHvFYi86rKVSiPPVf+9XVtf+7ws1xDtKdCJe3cqdn49cXI7iyl3bLVbs&#10;3bjf/qkzsyOzK/VO/+9f//Dtu1uiDUHZPc40JJvWY5Fj8XoEFVFZOitLfDN5Peyv2EfuyAVMDyXs&#10;okrbMr2SPnb+MJs3qhV8nY7FVsju59PJSrPXtqKf1q3sNOu3e3oATxAUljgrLHaodqVcp/rY8+LV&#10;Pe7Hb6hhb7dWwVYMKyHViepY9+QTjcmgNTrkUi3WhO7YzHHGu2nrmOiND3s034d3HjocAlS3dqs1&#10;W28U1vcX5sIPE8nDunD8lCT7+rlqrm8JTk2MdTqVTKo4OT6ydjU/HPGHPE5UgPGIX8X144jFAtax&#10;kcjazf1uH4W0FaLhTz4W0PoVSVMcXC2+Esu0mw6/tW+zw5iJQHuXLDVVy5e/FFVU/qcfVh1ecXrS&#10;d3xcnH1xFDYK0RHy6vV0Ntvr5ODKwTJK0Bo/f8lRafWR5jG/7EP/cXpOOj7v8bpsGPnkgfTpw06J&#10;jlEMhcNg9W8f1uEECbv4n1zP/Jv//B5a+mgAsAlZU5G017fAE+kRz84O3UtW7t7IEeXPXvXA04cX&#10;2mgHQtgF2BJbRV/YCdhVYr/oDjjAJkVNA0N8j0PGCHgfLY/f7rOF5hbHSsWNcNTdQe5hq+dykp8c&#10;5jrcu82aGnR4JkesOzu1eNR77kzog5tohrg+xhGUKyFHh8L37+8ivhXE4sfPnJydmfvxO2/CyFzK&#10;V7F2om0pkz+63HQxoovCg4U9gM52hKSMMdTM1nbQ4Tpz/gls/Z1x+bvffc0f5JeeCCTTvQeba2G5&#10;FIusxOYvLzxWvvXxbrnNaYrwuc+datcMrzZxKlZdPh3a393Jp2s9vWlxeEiVytKhjkCwvBmNYS6y&#10;DJMMaxJWVPPB5glign6c8pmY2430GZrBvHF4SHHkHbUsGj+w83M0ScT1gFVAX8MnPuT3jY5MAxEM&#10;DjWnIToAGnQ54HbgT282OnCd4nuAtQLqKfiwKK5OJ2Y68YuIFUAfMAhGHTYcZLY+ca0B1oKQR+5r&#10;bNxGOxBqJvDehQIeyM1xPzG2HAlejKNkRFKcGphbYtjNMR2vhI6V9SESI6OZrDuRkwwzKMskArIr&#10;kvXQhnCEDRIfkeqYmZL92xg9UP40pQvRrcisqETd4ViSvMksoGkmrUcw4eaPOjs2gjWDsfBdUXsq&#10;SizhEXs+tUvsHo7ABGZ2g2Cxthrt/QdrpLtBQW1DGA6omF0rDfNJ9MmbslUozEDwF83rjzfdn/oA&#10;ls76WcNs3UwdzSAxhl2fDOtKwcwD96IZgwm3h+nEJYaZSMgymseyzHrUUqC+5OtNACVGOxWn29Gy&#10;WqBM4RqlvtMr0g+nsQJCsGE4V96BBcvqCOCaxY7OIQ+qEfpxSGypU1Fks7BRKlOzmrhB89JmYiWD&#10;HxDuhSPk0MDi8ch6ScIonRnp8UtUeciy8NmcueGhgiJO+yKjThtfLZYwpf/BDz8S5eozT56sHN5G&#10;ozQ+F9jdubN6kHdaXPRq6KZGiKYBeMdgEl4ZcdZ6vTjG4E5t/OxoKOife/yyfvt+o5zstrEx1EA7&#10;wZk5PQKJbHn1wFasRJF7tNnNyTyUPty3//LahUvHPvo4FQ8Y++u1+MhTdvf49m5mzOv987/ePaj2&#10;5ofDs271/Jzx9u3qxQkhLHD7d2xt1QoRLyZQxHLAiBYJuhjg9NteqyWR01O5Rrvlfv1NFPF1zKly&#10;24XpafnS2T48A99/LbK+zUXDSLmxYE7egIPIxpWrwsyw//SEHpC6bc6OxUWnrMhuWirPjQYvLPr+&#10;/JXNjY3q/dX03LIzU/Q4rW2fV6k0rbR4ajcSSncy4jo3j0hjYzsBoJsdZJH4zHSlb0Ns8O98+dTi&#10;qPyDG8ndYhs2SpVGqSSP1/uGSaXAB4EQ+gKbU+gDvTd3BO6gMQyJBzm26sJrxnnDiWoHET12OEgt&#10;TkulOHflWtRtywsMJ4lnFFMo5kgRvB7RbrNg4UDDFWiJ0nVE47YXHndu3re881bjxUvC8MpSvS2q&#10;zUrAwo1s95NpNY3QIy5w+thj33/93pur+lm5fvF0uJjvRIZtHjgUDO6n7+0uHZv22TSpV/n1L0c+&#10;WmsfO+YAkvvg2t7cmeVSOrV1Yz8en/7pG8XzZ5bPHhNzWzzaFBi9o2Fvqynfvpt87mz4+LgrV+Uz&#10;xWp8BogWYWUp+GA3mdlvTNjiH99Pj072YqOCMxKU1LbNLb36cvLkhfFiHiLr1uWL8XNPzuUz+UZT&#10;mZz2FBt5Ag3qHT4Y/HC36oLyydob8XGj8BwNeeYm+TMr8VAomtiu3L/d9svSdrHbEaTlU/Prt9Pz&#10;Y871nf7WYeXkku+PvnX14W5rPOYuNxrYQyO+Vel10fa7/M6poRBcB7iRfv7Ti+9d32m3uDocoEov&#10;GnUrHZykanjIM7kwUq/W7CWL1SvOxYfgLYGg0glWY0AIR9Ch6usPDkGVa7TrHqcdyR4eLJYscruh&#10;pjJVzLuGYp4Tc57nLwz/8V8+/Mqn5556LOx1bH/rR/vA3+kS11QaX/urH3B9CaGjnWZnbmIG1t1u&#10;u2UTXCqwEC01OhYemQzsb+XgPGlb+tCb2q2MjwbpkUHoMsy3767tRoZGgy6Paue++cOr7ohzcrRf&#10;W2tm9ou+SffTTy02W/ZrVw4U4F/k4K0H/RcXhwqph2OjQxMX/GK5nErmuHbfKnhQaJg8NoqnNkyD&#10;t8QUOSy+TxiUdwPfAD23FFaIxSUeaLRiVCDoZGijOZhJQTP937x5ybKIO1IMGaY4Bn/HapddTgvB&#10;wHl0k22W6orjliKkWSYzdriAhePEl6D7dboUmt5Y7V21BXcpflFG3go0UzYrcrdJGSTQWTpQ2tLQ&#10;0+w8DJE3vyPaiEBOZSa6kKNFH9xGjB2IIadMIlUiquNCkk2Sn8pCEOiM7WsDzYhgakHZSkw3YxrN&#10;n5TXTJYJ434TAlaUkXYGI7hgIllFlvRnBlbSmpDl3g78jKZRkl0KmLHT0pcn9/RAq8puJlpWixwz&#10;obABpDigEjIpkzkbJWc3Q7Nivml12GiIrwG2TtbTvtaA4FfgzbgikcXKmIBqeis1s089Yt09+oVJ&#10;7RRMsoq5hTbrANODQa5ymnCSXGigxCHMLQj29FMwv4fTZXfK1pDHHfY5jXavWW1anJGhiakmLhBO&#10;NCuJLr5WXxOL9/XSrjc6prTyFpobOWizytBI9Aowx5SJGBh0dAbjvrJyiLB2qJcEQxAGcmuG/WXd&#10;Pb1aaOkl/ohGZJhUfGjEIDfg5Csfj54ab6HvPTGnCBhs2vh0HgeJQxUdyZrl+u3DY3G3JxwybEI2&#10;rxY7akgeSJ5MLS4RC1XlxU+etbqeTiYKjtqurmKy5J1/6nGQYbu1GhDOK4vTNndCnQ9bjUrYVUVC&#10;iNIL/t0PEXUuffozc7lkM5/3wxq4ulr3B4KZYjJbUqR39p+7MHbj/uHMkzOIaz63YA/Ad1Atnn7J&#10;P7Lirt5NIzKBikCJqE+oFAnETJRGkncj7g1z963tXrXUcPD9yWFvbLiNn/rdG7Unn/bEgtzmoXti&#10;hFef0rf3PV28E90OoGHVhvz0Of03X0wOT828+orna6/pj59wfOJUeXlZKtWd790onZnxjERDe4fq&#10;zHg45E/3W+IPf7yQK6KBa5L3lCdxPJzKmYwGZNFQxOtyWzYLtdXbd8ajnp++ueFAhJ7VErCrB4LF&#10;DITHoYFJKdOa85j7cITlUZlMHv4xdoNS9YXPLN2PqjmNZ+Jo1iB2yGpkdBVFP9gKTE5HD/df2Dzw&#10;nFzoOmyuZq3N6x3kL3N4cdT+cMjqdNn6TGJHneVBshkZjTz2lHX/ICH5fcGw1E0d1Psi9o2aQz51&#10;Plh5o7J+oCDX7/i5+vIvDP+77+3t7aSuv1c8zLUuXFrYP2x/58dro8PusXExfVj1tXpPLKC58he7&#10;rsyBpDVrhZ1GNBS/9V6tNF5SkLpHsRGaDepQqwEDRjpXsfONzzwdS2znjk9GkslyX+FsQKJkOwf3&#10;Ux3dhjCQUWno3tZ6RzOWF6PJrHJYEvgGF4r62mVVa7TPzDi1RiN3mIl60Wq0r763vrHdizowXXBt&#10;pSRXiDu7Ypk/bkchMXvcajl0cFrbGtA5lwgN7uNPyVvfKa4/KAVicn1ITOS1j64lh8eET78U3d9v&#10;bKfa+FTjQIG/ua127dhYWp2Ndmd7u/30lH98PG4MhaQhX17tPnyQq+ZbQJzgsMEvrE4JMB3Siyu9&#10;8fkA3mkMiSQPwtM11GNcWzzYynu8Vhitm01wLHg8DF2vnahpbaNYaLplRywsXHzcjZXq11++jx7r&#10;IFNK/bheKsC1yfmGIe3uO0UE5dlamHFDcu21vvzm3xdzDRwd1ibAkgbKJW/IVgODAXgeXcfKjboB&#10;ulH6LCPLcFqg82zXQRx5f/ep83PNZHMxJp+7NPNnX3t9bVWRBN/DbfUXPj3ntHt77cSvvhTtbXmv&#10;b5Tvf7wrtS3znzMCrh4g8RDO/M1PGtgoHz9DBnz+6JpjHoa+PmgF+2zyJpgMFI2h0wSWOaWzcAmZ&#10;QndEfXBUsVaSYnJVM8yZ3VUq81GILMSYpmOkJNJUBDXi+EcPhOYCzgGc9XBS041G+wnCiUFyBbI1&#10;uqdiocIgqCgRRKfLVapUwP6RrFi6QGyFeAHcmOSjwrpGZVEGtG1Fgp1IKl2s5ZQmZcLAxgwPCdVB&#10;g+vOMLNmccJrVLTqRIPGEWRFA2NpwN1P8mONN9OqWFrCUWLfIIyWrRfpVzJzTNDJLDJRk0bEaAub&#10;LGICTJ0gS9FGv2pqg+lkoMRNiug6upp4M/fZtEFQW26IJiOAyXw42lVyvGDea/RPgTgmDqL5Bajf&#10;5IjJ53B76CciHzlFFIHVQyNfuJLII8FZGHiepr5Mg29C7k0YOnPLmWZaJhw1wQmCSWcd8CWOgLGm&#10;Q2SwoOYYJl4ws9wYGR+aW9IQ2a0Ou9duLWE5GPCFbG4/THDkPXcHSuWMpa/gw0Llh83ROVgTEncF&#10;i+Ng7brWr4tGLzw1BG0lTk60yGY8mumVZDEv9C7o+gCdYNpeST55JEYy8Qoci5nuqHhedBvfZb2g&#10;6XsVTQg465F7mcPIFGdrlIR86p5dUjqLNX7k3OiYtDDa27/DvXerOBda5Nv8B1f2ZhbGx4cDlRrC&#10;NHRKpKEuRcf0Z8wtTz52ouv0h4fXbnznplPWECTca9VF7+jyhYvPftFX2E8tNurDE67XX//WRx/u&#10;8RjzOzyJSmlqxtbmWk0Ih0POJ54+AWrbDmAcBWNiekaUHZ1cZWlIrqRz81OhiaAncy/l8vp64ccb&#10;FSj+am/eRxpIB+ELwx4fFgeVTpPTAGpVOz3kHTljE5FaowPMm7Vb+vQzQjBk/9ormG7zr7xhFeWh&#10;T57LfO6z+4nk8L/9T5NcP+eVMKexggcWjHaavHJnvcy7wqLL6g52v/pb0FJnP7rmyRY8/9/La6eO&#10;D/uXht+9ys2WfOt7jmsPo+1uHfJS0A0haEpkii6PD3yS1fWM6PLUFClZa3/nzbXTC8Gb66liQ7Oh&#10;oDcEKyWE0yOEbSIeWmxboCGA+hHOUXwsqIJUDZOkT7+NcTdMViZJezi0OqrHbiht7pWXZ7/6O8r2&#10;6uRPXxv6R7+HH8GHexRM2uEIv58rQ3plkaMAgrSbCrTyGA/WwCTpKajXsWFyVpLNZqn5lS8FUofV&#10;d9c0JILYnWKnahPd9sx+b2I0kMlmLz8lTU/nuELzt88038zxq9udUlP7cG0tNDzpCM4g85CrCk+M&#10;DZfSyV1NC46O4vzZubYztzh+70HhB1trOkYWhnFyzsOXdn/0TiIcfHzl+Cls0x4cVh6m6kNdNVfS&#10;hiLOl54aKyT3zy3YvK7QP/9/b3Iu15cuz5b2y0OhYK3V+dY3c16rsPL4zL3UYcjnPbfov3f3oGtx&#10;7+e6h5mDIa8qqK50HiyuvmtMGhkf+/gHicfP2LhIPuR33a8bq6/v5fuyB/1vP2mR8wGXb/FsJPcX&#10;SqXucrhQexWfft6zNJx96cXIX31H29r2jkatmUwDxt6Ty5PQ/m1sH6Jhctg9eMs+8cQJkLjevfng&#10;R1fui5ika32wuECrUtDW9bl6WSmXWlY7JDnOZDqLxtFO4DoF4TMgpiF+vK/0MU+oSip81ovzw8An&#10;y7RR4+GK8TicSqONJu36arXU5jtQcLbaP3pnH5EyHSwm3ZZ+C3EhUgvXiYSCQFDaTUhnkfSGhgBD&#10;pq7S8QeQhIf5TAG/H0PLfhcx34IL5TYpZnh2dvLwF0Kv+/7Hh22dX9+9G/cJL7y0jNa8bfjS6cML&#10;i+Inzo1eu3rnK1/9ORvX/fC913hnIzYMPKS0fyh/7wf5ywv6pTNecDBurwFriD+ZrzephtdZqJxw&#10;pIhgRxX9lcrW8AxZylyWxFI2G0WacsJjrzJPon4E2sDXYce/rg8YHdRMGawlNY2bEoHi6LRHG4HO&#10;EB8DpqgVgT+B/BjXL65hjNNFh6XZbCSTSfSLeM1xKHc77XqziRcBXDurYG31Oigj3A4XWSpQlpJ0&#10;xmCcUmqAGE6IGlCMcppNOJe9PcoQYzkYA+TZ4Be4azkK/EJspEzTV+pkZQKpwVcCmOqgn2StjmC2&#10;e0dXpnmbkuSJNTXCoE8k+p1IwX3UZxl9dtCzQROtRkXy45MAh8U1sigiM7fEpONQ9SGYgdumrIs3&#10;DYxsuI0lC5EKTJSBznysBBRi7w0Gs7jyoHAymH3eLAdQBrGsM5AKZGZtpKOKmle6biVhsKKkA0lg&#10;iBuzoSQzJN1SHOtqB/tAbhB6KZgvgFlysDRTSTwCNLGNtd5uNvOCVO9CaYTDEEMTuwusPosrU4FM&#10;o6fWi3xwhB4hlDidYqeWwo+XSSbQrw6FQ+CRoiZnX05gMhD2aEEjImomjBbvDuV7M4v6oKTgBr4q&#10;3ZQo4XDlhPPRWq4mbeVkHIZ9o2e1Yk2rK5A+GbzbEEvra1rYV/bBO6JU9ou5dtsL8rBRz7QPH5tr&#10;h4RWdq0Rb2XzXes8EuH7ZXuvX2ALNubxoV4biim8jNl7b9+8etNn7954WDt3Ysal1yu710fPjuLP&#10;/vG3/7LZVc5eXvrp1+/ceLhlEV3HZoFqQiyMEvUcImbcMjKT3U116AXrQBYUmB4RHXIqmX9ruxvz&#10;cCWYI4u1l54KZ8qSs2RZqI06R4IVW1JVyrGeGnDYX4y5053mD0oWBTU+r1+4EAIrVekUED4/PIL8&#10;4v72WvpK27Z2Rw26+6tXup/9tPLFFzfKOe3Nt2esfCsasdWqeD77fnvvjY/lq/diQr8dcGRXZuJ/&#10;/aPykxf+f6LeM0iS9D7zq8wsl1VZ3rvurvZmerzfndndWYNd+CXAA5YASRyp090xFAp9oEJUhL5I&#10;FxJDJ4UiTuQZHuPI4wmWBEEAC2L97uyO27E9M+19d3mf5auy0pSe980eHIIEFtiZneqqrPf9m+f5&#10;PUwyzvF+I9QkwHXMTHTjIfXDB5Ff/xBIoyoB6g6BV0OIIcZkGmxCTcQaW5RKp+WzIifYgkAn8AE/&#10;eFzkLC7ZTIZ41B5FJgAE00PgGCYksaNzxI6MVo4Y7GDPjnwUw1HQKglVIKZhlHck6JRlABIyDeWG&#10;VH/0JHT/Dttoe3uyQQSlctge9oAdGtiMQN9hWGLxOq37tXKfGEf60LjBfId/J2OrB0sVo8mTyja/&#10;dEVwu7jYVLxSEpc2aoivvHJMyBfbvpj9pS/wi5Pqg/vV1Ye96RnrN1/zv3unOux3QglBtRjvbpZw&#10;8r7/8WZrFmnAjK+gfsHTMpbLAYuc8GjqlO/28m7QG3r0sJza6iOipDrgStWi19ow2QTsUY28995y&#10;IRF1l6vy9JXIS5enCsv3/9M/bPYdgYifcUdnXW67urVy4zGCMblvvzE+6NUg4Hn4tNYrlqbmAz+/&#10;2Ud6tt9muZ9hF2eZF64YXC4PLrX6wPIn/8tCdu1pC7HuFqHHBipi3utnEHf5uMSs7FQuX2QCAcOZ&#10;y6w/6Zyec+Zq1SsvTLntpr/568b3f9D1OrhOW6qJaiwk/N4rLyHM5f8p/WgANfNQem4xeX7K897S&#10;2qOVzdweIMU6CYSrt3sQ8WGuSjILLOQ4INPPloagbxOiG1W8VZhiSeh7PD4BrEsQRGPRIEa1+OrW&#10;xb5dwOGoAkcHsG5HVio1I6CeiVFvt2Us5qVec8AREqeBhJBKkoWQJ02AISAUBzp23NcytEAwiUKT&#10;4nLQ1TdxB+E4QwtOPYw43Xh6NBst8Hf3+z6Pc8A7y/n6XrZbjvrSP1r1RWz4ud54a+SlBK+6LTff&#10;Uz65/mRxzBydnDTFTKdNWg2BYVURgxckjM8VofLtffe71icbjgYIa1ApyEM9Api2EOxRfiGVt9JE&#10;KnIFoA8mewHaLULW0ye0Hd3eRnIYqFvfSP3yOmVFo4wb7igLk2bwouEhAFWoVRFppPTFWh2sN6CW&#10;qZEfzA7Sd+Gp7iKubDBwgbwwkOi1h1aXvDB0RWa7g9gl0exjDYhvHv5dN/jTISJHlpFGmZLJcHPi&#10;mqdXNOk+gMrDayCuWBTNCsHVauQvFIsVHyuhzcEFg1sev8NE+XYa9U3TS2uom9zJ5adSVQlFD5Br&#10;zkB7SiIY4nQpCp0B6/74IUdLAo3o8nTnKh4QujAkrR7RXj5DkWMQxdIMRo26HAipiagBuaNAY0a/&#10;Mxm6biTTXr0FJOopnUmt6XcYSgqNVAP6kBCjUgvxmpCPgpYR+A2kDSY3K00NY/VgenLyk6RqHU2g&#10;09Px+vQAJf1zYfVfZuCO9D9Ha1RdCKTnpZA+lPxoJh4PBTofDMhbHcwdOUmW4PPGFIp3snbeyag9&#10;qbIrhCKYDQwahXZuTSzk9LkviIQAe8JFTEfNVNxKJnykhtMva4N2xGYd/oahbjiiDx0xuSnRlr5M&#10;8rafnLb64zAE4utoyTRtmEDwwrCSr89EQvyFc7+6fVuZh22jtZspB2yWEDDj+frKRuW5a8FL4xms&#10;6BhRa2lY8YgHnCKqTpaIu+g2FVnCBizDrMOBtn9jufD5mhp1vXrqzNLtLfsJ28xMu3n4tmBPHuQr&#10;KbGerac69SojcVOzgddeit/+fKNebYMbkdljMuv1QcppGha//vyJA0vlyV6pCMelqp5YGEmv7gAH&#10;eG4xmNlO20xaq6rsfLA88ZU5i5+fE5irIApiOSQBwFoa5wyHFoPLwbms3FJWdlg1M2ysDIMlV7fB&#10;1vH9Uusm1ZSMGb9yLdessz/6QbjYYd96i+1Umfdv2rP5NipQj92KJRTAewGelZr5dEn5dz+BANY9&#10;PeN9+SV7X6zfvbeuXAhevsiydu7DT1scUe8hwR6ppfBZGkNBO7pDh49PxAw2gm4YFipdrwvjIhOe&#10;fZJkie+XqlIqp15eE7CCousiSOYt/W6hu5RoQLcuydYn5+TLo9KtjhHRKdjMpgt1aJUbHTNrFgWf&#10;t97qHZsVAhHzezcenp2bDnjsqWx52ClDWY9vUqVc5TQSSY0XSWKknTZDJGj4+ve+Vyl0/MaUOihJ&#10;rNkz4Y+7zSo/nIqMhP3GVl2+vq4t71oawFhHEycWorZ7d30m24nFxC8/S3kEQmDxj/FND39zozXa&#10;1i5Uag6mOzYXerp8IFtd3/udycJGbeAP1VuYeqf8MYx4IQ531WstnHZ+4K29TghqcKnXC/C3yvsD&#10;4fP04aVzDoxFDhuMa1A7Oc3a7f7VQ272eGglnfrl9T2kRjQDRoUfvPFCBJXDj364NzHn+dKbo++/&#10;+yQggjlY80/OnTpu0prsg01u1O9NjDoKqf0Lx4KFcu/GfTES97idwt2nWl1unb9scrltGPFsb5Vg&#10;Rn/7VxW5J7kiHkyevEOz3239xxu30rWOYIGpVKpWO9NuZWdnY7dYBFDtlNG6v1dB6IjbC9qGUi+1&#10;UBpHx7y8zQTfJ9rCYNAtltv4mkGCCwgGLjr0LeCkdwjfRymmSsifwUgp6LOIMOshHc7I4zaTyOmn&#10;NWp9LVXzQXhnlBxuO65qFPxwanvDoEibpD4xORtJ3USqJ/JQcAYorfpN7KBJLYYhJE6MAcKl0U0M&#10;aZ1PT0SOdKRcqVLfPmjiYPr6GwubmcbmXvP1Efurc5icO95Zbj3K7UMndeO9tJg0/Xd//A23wbC9&#10;8YldqAZCbDmdtVm4e6vtmYnAy990GN81PXgIqKHC/MZuR8UrqqoncRF1mk5Xp72ivggkYUwaxbOB&#10;aosmW8JtP9SJbgrFjHG6kp/8KrKh02d5qn784nsmE6EmcDwYfsGiLFl48gcT8tqQplEQHzpEznBT&#10;QO9KyHaErM2y4GWRbgROHtTD0LwaGY9dKPWB0h3qClT8A3FDYY+m58j+RrGJghYXKm5OZOag5xvq&#10;bSX9w8jPRSGClPFKeGl0x2gymdijmEeSMabRbRenM3GOrBSsbkfliGFEZ3gPtSN5DA2UV9WjUS9D&#10;MK3ckGZskOuZjn91NCz5Q59tA6keidwBAvhwYMH35GcQc3giYWcixFe8LIUYJDF6MrFUXE8TqPWw&#10;R0YPuEJLTAp3luxNSYoZua3popjaWQgegYpgjuI4joAE5JVQp5DeOlNZq4Fq96ku9yi2mj2Ksial&#10;JcorPLNEpET+NSS+UvxXDBnIKB2VjYW0twAWS+VCHv+I3OFupdlze8LArNocfKFbwT8IeWJyS4Ql&#10;hKEqavxougmHOVqWG2lmJ2na8QYSBdHwiNbAHDWyzLMlK3ek6XnmBLUy6t2861JQ+O3fbzeWltt5&#10;8649ce/Qi47Tw5uDRuvJr31LDrmyu/ejDluDd0xF3DGP586GKGsxq2/6cPuOcWHMYY8HC/2VTHtH&#10;s9h8Ck5/COtwpCN8AZ+W22NH6LxTVN980W9mWkFnNnrWIzJ9ga+ZjJu+2OZ4nKlIXqVbl2pDOy8Y&#10;zWOlxnjSK736XAK5tbW8yaWWFuI4u8KV5QqvDn/3tSsP7yytZyu2hjJlC++XqlfPJz7IrIJ52XXw&#10;H33wdOZr866FsPWzjXPXRntda+lBZjRqjrQlU8zf6Uj3HtRlyRyK2Cfc0lyEOziodVXnq5dcYHLc&#10;3m7MLfYLFf6j68cOdtX5BaBLradOACvI/PlfN7FXRgmusBrsLHCeDk1sLCFXdrHrMEOOmS0g/XnY&#10;bHg3ftHBnTSWMHschnxRczhMRI5j6DWahriDD/vt0C4Kpu580oEl0ptnw9Mxx43txqO9qkewoDYm&#10;4xkytaIjcsORuAATAILWGao6HYskyOqBPuRTJ99HmSC2YFczgMzi94Yg8TAKXrnWqYoGn7+G0nAg&#10;MS531xv0VqRAXTNNxaODbjubTSGNhECBGKzHEInYd9gtKNqMu+l+MMQUDtaTM4GtO3upndz5a0mT&#10;QRJ82LPhMHHsba9dv56ptvkvvTIBIH6t091OVS5ejDFM5Ffv1/p97o//2UK2VOgbuotnfb64Q611&#10;729VPBbX5ck4wPXVSjt5KsZE2LmryeXlehoMVTJnqYcSoXvvrq7vrk2O86dO2B8+aUIys5A0pouZ&#10;D5cHjCfodijRsB3ypXyxgMxOiE2Tcfv6fuPH72caHcN0bHiQGuwV2d8L9MN2YCm4KNDvQ4Dr/M1C&#10;dmHEZ+0WVm8drh0abq1y7ywX2eHeSJh/tDEQW53RKWF2Rnh0q3x4wPak3u6h5aWXXCheGz02l1q+&#10;+oLjNmvdyTdnx6PnTsTKtXa+LO7slqaSoawivXIq9PKJcLrSzreGe5lWuyV1Gy30HQG/EwOjao4w&#10;E8zE5ojcTQ0pIpxlaHUyAQQDhO3VQlvMSUEPj/zIVmtAYhSHKiD5Xjw4PA50Qy8DNQ6wNLCvGTAa&#10;RMEFOxSQ34EAb4yyK/fr+ONw1NXLranJMcwec6kutZGphNCCa8E4hO0eiRkop2yYyg5ZgPm6jTYT&#10;jpAMOaIt4LCsxmYcqzyz0d7GjQKxuACVeZ8zyp+vIAWmNXMq2eraJK1Z2z0Yj7vA9X1451NzwOj3&#10;K+9+nEbIbMxrRnbVoMFWW0wr3a6Wh1AUq0qHaHb0VGTaPOhUUqI3wb+RQZ4uTCGMOprjyhGRCz2+&#10;dRAsegiC4znqsXSL25EkhOZTDOkxTQ54FAc9qF+gXkUkBaKNLTzBwRG2NZH2DSn8EzkP+Lt2h523&#10;OeutNqHsGIn80ETp4Ee50mBoDRkJvSERkSI4GvtV2GIVSp/RaK4wUewYqYlMBmyN2P7IDpYOU3Xg&#10;NqOr7vBPN1HwAFI+8PrJd9bI0m83oWfhVKZuC5U9YgCS/8QPjB+XyESpwYbRcTJUXUrtGQpGEGQ1&#10;S+RGaJUwOSAVBF6KQgR+uMfgH9CIxIniDHQ9j0JT6O2CHS+/06oajhI+6ACWQhUQQKEQuyE+Mi95&#10;t4eU3m4g9AbIGlOZvHzU65NZKyCfUEjwNujOLCjsaYQ1wd/CUMfQTSc1xZCpr6b7FI8wNwbtCN5n&#10;OMrnpWMDhgZCDp9lMZOrXjYQMK9Rl82Sa5UhVhnSdVKcvIk8E6qKVfHC5Vd7Bsv+5qpUzaFWkhpQ&#10;NnSswYng4uvljU/7BytOhwufGfAdNO+GvIVYZJENvUa3pUfhoHTAr4+Gj5A9FEt0FBf2X9NRjtCD&#10;DHI9i/39vVq9r9mYc6d9u79g94qDqN+5W0hn/sOfeaaCTzYao5cSs6e9CAu68Sgr9nuuYOTRe+tI&#10;Q4pOBmt1TWbTX7nEpQah+wUskvAw9ZF8CuFMWewOSbJGyztan/jywCBK4tqt+OnjHqezb66XK7us&#10;vfI7v3c2/299B4fa1EwC+T49i+WTT56WDtIn874XXgzOegaDkEnucjW1lWllJpHZYS4fczKebiAa&#10;Tvijw9gTdvvzAwTrVk3dsaDTciK59+ggt7e/J7Hje/l40AHcJsfx4cnQ9ZWsVzD80R9OrR407j2q&#10;OUe8HYPyyf3KibPKyAnjG1be4BEm5mBoFpOR/oXRPquy2ytdoBiCXvPLFyfW91v1VqaLRCOVi4+b&#10;5D5v5+WXZ413rrdtxqbH6QNmVVLK24VsvtqvlBHHJEgDE4Q5AxIPAYmfoVhstiKMDWPcdsfr7V0+&#10;npgbDcGvtDij/cl/vgmtppmILYhQVSZyYpVOzmgIAEtCiijjC5sXUmDrJDxcBwRAgF9JQwtIAS0r&#10;LbHebWImTMRz/Q4vjBLATPmQN3UJvI9EVnSAHHGejLk/f5o1WmyDIVeuIcXCjhEjLGSEupeuWtRl&#10;tvvZB1962dbpm9czavBQ3ssV/vB7x1nW1uxxseR4ZL08e8wDTGs0HBrxG3/y49XT85GxMfXytZmL&#10;lyKlvfXdjFrsyIFQIxZQ68j4rkoQff7NDw7Ggsq5FzyahKB2x89+tDN3evSrXz1159PbiSBQRqIG&#10;lYlRHkvyr77kG4vbtpda99bKu2l0Re6zszjtq6Vs0++uZ8r1+xutYr5qFaRWe3uIK9Go4qQGGQ7H&#10;13/6SRbbHRdnAoXsb/5q/9XX4r7ZSUOrXu9Kf/bTHUSTSSQdBpmRKqY1uXzdYDVMjnZtaec//Fo2&#10;D/tjs67NrGF4V3TYADTrBkc8UrU7Pm7aydfPnL/65tUr//f/9SeIl5uKe87Ohs9OBr52fmwi5h+W&#10;mnt3K8vLOXxo8PziYtjbK2EuahOwVBiU8nVnwGkgRgZYoa10usSUMp1mfUArW7XT6TqcghVyQ/Ow&#10;10a32kVkcL1h4JRhOGittAaBAOw6fLncq4tauwGit8nlNATD9uxBCwcXQogKhZZMwOH4E/RNlUau&#10;Q5xxJBkYFhszELWQ8ERHA406jJhYEJD4corCJj0Bj8Ox1aGK/eHfvQer5QAgDrjOW31uZ68Wj7mN&#10;TvveTrGvWjtDzRP133h8cFhGVI3p9XHPwjEP1q44EXEBfXork8lxDoj3KbOOwHiARaDRGDhLyS7y&#10;2TlEJiXQXOgSIJoRMSDYD5DTGfoBaaQx0uiqSQebkC2l9sxrQhecNKtKl1AaSNIej0EkCVDHLUsI&#10;7ISzii8IXT0qg16H5oWQWSjEK7qSRP/tEK5gtAgQEl5Qtd4CFWE0FiEp0SSdVtN1ptguI1CQpWm9&#10;+MgwXyXEOXIZyxxVGDHMERSV3M2UJkdI3tiJ6Lx3o4lhjsKEOT0GbPhMwapnWOhd67MoMpztRt3M&#10;xxCiA652ShRnaLi1hmmEXk4YdOUoWf+S6kAh8D+WENtZ/Y7Qe1kWFlu8D7oxggp/hnjSTETjQ2Do&#10;SE6gq0ocOJz6DFCHtw5TawwkcEvJZFVADTZWAQ4HDKqNRD6h0c+SEMQUquYhJbtG1LMEeaxTf2l3&#10;TvSx5B9OTReYGtOfkN5R1LhBZmbD3+BX9RksBf6RfyRhS6nkdRL3GlRpRvh9LMjHQBJvcHTeGZ0s&#10;ZNPsoNUUe7ZAgg9EUBiUNpFmCtYQ4YaicJIpWZ++23rvz/yGz6DS543OVvQ7kzl6tHRzDSlmOEbf&#10;H1BvLJaz5Yb6w5/6sVT71h/wXYunpXUxemh12yuZQ2wUYoMRDP33d/ItDaVksA2PjaxOmjrRmCs6&#10;7QPX2RIIo3INTspedZWz1TfKC9X68OJU+/QsANu2W8uDg3Le/5xD9qgiK3hfjLZSVbetySStEliJ&#10;kLkZwWKuoaa4djyyWQRVRTQaqq1e7vZyd3f/4NszJmuubfbHguMu+6LkMG5U9tZ6Zq+CeFs5L++X&#10;fB15W2Jmos5TY7xWbAIzAvHp4UrDZA1nH5aDJ23JsyeX7u7ffFwslmoLV8burGTFrjo9C/9U/8mK&#10;/O0vDY6dvJ0rWSv12W7b+MkHle9+M3zhSga6IY/VVS6a/+yvd58/H1oYsSyvV7uyEom5Zyetz53n&#10;fvrTiiNg/sLLWkfkfvlByS9UxmIRh4t/+fKxdqf5ZOOw3mb8TltXhnPUCqUBa+brpUEb++aIJu4p&#10;n6+0SuVlloucv3DKN6geH3N9tFalYCs9Hh4DIaN65BvBJ6qy1CSKowZ/n0jrUQIMqWScCMdVGjug&#10;ISMnHg2glYB/DhcyHLylKjczEKL+yGe3UldOC5Oj0Z//8tb4qEc45p2YC63vHYpoIzQ6zlHxuUJM&#10;1SHZ6Ykwhunq7FRsd7OgmI2uYACJs42a4bOPthemwzceZgAtHF1Ijk86Szl36aCqypalB5393RxW&#10;P1fOSOePGdI9pSxi9chx3ebqvUNkrH3nd6fjE9Ef/K8PYzGrP2phXGy7YvrwF0USjG3r5g+KxyNW&#10;5O3YBUaw9B4+6Lcb2SuvnW5Lxv/93z3FHbA4HT97MvbBzbJYZv/Zd0LbD+8WGoyEwYzc9bjIlqct&#10;s+WGHA65kP9rJfhI4dXXRurS4Ke/7M0lxPAl4+erBw8ztoo5jIWlxzTwmSVovroNqK8whYcFhP/H&#10;t7MGmCmcTCLpQG1/62YFjrzEiBNc3ZX7lckxxysXfM9fnvXEof62ZOvg4NgP90vfeW3OY+VW13L3&#10;D5GEXMFcpVJuIXsbSlYQSwmfCbtnI9uBCdSKG3fCavVsri1pA07sdbuIHeeMdqe5Mxh6EKFQ74rS&#10;YHoKZTu3n24yRsBuVZ6Tu8gPN0PV0Uun1QY8LV0yByvmOpUsfAvM/GKk1+9X6906co951iYgvVKh&#10;YhoauAC5M6PxAtdFyOdA9UecLqcln5YsAVC2cOJhr4bRHuGekeGmLFXzHU/cGwo7y7mi3JClruoP&#10;mldupbmLyhdeTh6b9u3ttt/5bL+jpistyeX3Bhd8D+9lajkxGmSmRkPA+d1Y6SPIx5sAdhl9GhZ1&#10;XK1Rx2nCo39jGLvVTu4bAijQgzaMxBpP0gFJX0Iwc2SdRKU7pMDHhsmkY37QBKqkvSNTO45l9OgS&#10;HRLEkSgvlsQOE/gY7kNy9iu0nqRYGwPydkg/h3mv2Ya6td9BjAO6d5YuKDVsdenwEUMYPOeDYUUk&#10;a38LCM4EvcwSoz0iRww9+UhdhKcNL9PIWGXCcYUSwUbf66PkDNo1EfIrjSLR4xEJVw1Sb46QKonl&#10;EvQ7etmzR6B0et3pP9BR5AfV7WlHtwanc/Go/QNod2JChd9RoXBYCvOmOp9nRkDsNHEP0t6bcnGo&#10;Q0MjQ2rSnVGdkqbrTnGFEI0sekq7DW8hLbJooglF8OHvIQ/13NlTQ7JwRdYpMLAGElttsqyuLe9v&#10;AvBtJug4Iv8hiiOysYUbEkm5xPAqIwbKSGoIlaajcNRdMqS2DADGSV63ifpVaJ3AHiHU8VFSmANh&#10;IpA6h0yhCQMGUooBCS9UqOgfuD3E7+Hqx2VRg/DDN2FmNWOA/GDtmmgwy+7wWOUpMMUSaSAwIjhK&#10;hFOp14hIoNBw4EjBxslINKhkh/sbxP+QhOQo+iyZ3qLqUVdJR+9WK1NtcRXZD9vu7Ru91b1tGLKM&#10;eDoUFoYrTRtAHYY8V/9YvPx0VRJqMy/M765mVatxwNn3slq9UJw73Zk8EevajKXszuLl4Wyncuft&#10;RlyWNm52zdYxV0WetErpz7rjtgSGbeJQ5oumg3sVy1gtdGb0oOC6/iuzVh58M2A52ZCMmvGje2sz&#10;C2NnZhKc2jDxztV9g1CTp+za3uNtm1AXxhg+xiMAtVMSs8uHiQYWB067yeax8qXdRm6z5Ily8bng&#10;pZHI7mbO4rFvQbTP5fgpd/fj1HjAvbXeebyZe/ULsw62897dA8E0esbfsImprjTx6Q00jvzUSHT5&#10;odXXUH32psFpTJXDSr+BxHjHF469cCX5Dx/tRsIW8Hp2t5vHJgFuRltvjSc7ZkaTpNb9jU0wuZHd&#10;NDEWfvHiQiqHw7MMRLwgWL0h2eNtNkJMS7LxgsMbUZd3mlt7e2FPJ+k3LGWRWitRZTgtT1HaU04r&#10;qXyJOJpUjyTGUKbRQ0TTgdUnDg5C2cDD1wW7pCdhmQ67AYDkQ4UdjwqpUk3Sut0eC6EkKmTJ4l/b&#10;rydjDaS+FSul1b0Dz3Q46PNvPd3D82ebG8GzrW0UIPFBx2JEOFe+qGbTLTyR554LAVvcbrauXorW&#10;Czlkqy2enPFHYy2xfP1WembcmW8bf/mzHcHjwvyq2zd98EF2bZmxOtSpBbPTD+9Le3IigPT6GmM3&#10;NtWFc0g4g9fBvJradvsD3/3nCz/4z2ubh7VLi4GDze6pKwAgESX6fspxmGtdtjKKzVJTDCMBgzPE&#10;336adgR9I8nRe4+26u1OMmorVNS9g6oxiu3mECtu8Lr8sw5I7IeK+JWr3KWz3j3Q233DvFgHgx8z&#10;gRt3M7LVrcEl4TSovdbEWAhF69pG3kX0GCxZYWb7mC/FQubRuLlXMj9+oHz+ab/eL6Banow55sYd&#10;7/7sh6uBX4v13gunIcj2pPdyKhQ1HSYxHriZKpksMhKg4PhzezzZ3TKuI5j/ZLTzLOdwuzAaKBXq&#10;C/MTDqszX6/g47TZzIJHsLmEZquFQQCmo2JVhvvPLhjFuuzzmzwBa6moojS6dCGWztTWt+uCnffA&#10;B2o2SjLUJSTOBKzCqtgFryASE3ACgWdMFY8K4aRLCGLgqCme5mcQ2QVjt0NGYCRaClyQJCuFnPIy&#10;mU4g0JUZmxbcQUwpB2MRx3arXxDVRq9lslvDAV+z2r18ajQZco2GmH5bnA3bVUMDity5CRtj6B2b&#10;C9+4uVkXzaj6lbrZYsW2gFjukT29trN5mM/4sFwCt9BsHZLH10Q37DI1LDK0jSEsHpI0whGsHC4w&#10;mpdBWgCaaEESAqD5pPZinTlNs0yGR+EUdKmHpS6uNPLL4Rkl573RrNHOifxBQwLVw6IOGcpwf3S6&#10;bVJ14h6E1ZQBXxjESlOlkG8i5IV0VMrWbmbyxAli2mfJ3FWPAEOXiRhIA41uJnYWjiijSK6Mka5E&#10;KGJBB3HT6pWsTmh0M6fpDAbSFxp0UR5tqfSekPyUpO2hDSVN1NLo7JKjYHRy9RopvpUAJTiqoKH+&#10;UYbWyJS0SEnSBPdDFp7Q39C1tXpE56FwN1RDgCf2eiTc9GiwaNADvRRKLCf5LkQe+mxFSna8qqqz&#10;APGAE0IS4D5oo6UecXFopCXEkgADYRAAyS8EDwL25p7SNw8g/nUg/Y32iaRTptYYso026HcmZfhR&#10;p6fhiFrDHNloGYNOstX9JKTvV5mjeEJcer0hDxIktLFKD6BlJOySsooz6UGngBLa7C632bh68127&#10;hXOHR4r7qxbiuyVxNBpl0BMkN5m5mMgWnBLoyXb22bKSym+Z/4p3YX6TkEPeVUbv44mUGYgUZO04&#10;P1pycUMgn+r4nRazk7MOxFrLY2G/+Nu/MxJzZw92MNcTXIwjJjzaPBhmxHSl/tZXvB57+/rNrC/g&#10;C/tilX3I3blA2P/4dqZTl8+cMxwLey6eOYWrt7lbNnVKPMTlJeX6Yzk855/puoHdEbq2b4y7w/Ve&#10;83HOb7d9ffEUBr3zMXvUyg1tjvWaeNjnjs1x8dCgVe0qE5P4/kn7bf+EyTsblOv8/k0pMB8demWm&#10;IUXgs7dxmc30yLjj2AWvMBEeGLpbS9tIKfr2t8eqzd7BYTtqC6R2ylmIJjRf0MddfxiqZE8tnnYe&#10;Oz6RznRiXsu95fLKXeV/+935B1nL2w+VsTAr2NztPozFnM/Fl5AzIdpiYdcf/HZgL11f22og9O70&#10;KT6VVtUOqeTEZuujW4WpsVhyJIakg8NcfulJEcM1l0P98iuC1lEON7qg+s9MBhGBsrXT+uWN5eVs&#10;v9YBVMRioFm3RGhAvFUKxPx2By91SRlJaR7gjFpJQjXsOEMVBwqeLNS15+en04UCTmUMQxD9Pjk9&#10;jXNSUu6iq2i3LRBc1nr7Nl+g0s2NNo1enwXrvRrk1kYnaDlgqdflblfRwmBykX2JRmQX337DKPXM&#10;e+kBFlEjIYvL0skXyldfnMOCA88NomXL+6W9R+Ub71Wtw/6dR9LTHQRDeqpda7/ewZwEo+39PKlo&#10;pyc5f9iTzg99YdvEyYlaFerveqvaF/z2g1o7OhY72FA//qA8NydEo3be7lINYOlmwvHeZ582I2PB&#10;l76c/Pf/cQn5BvGY48FO5+56ZXIqMBqKgQGwVckhcR7pB9CAIXoUj7GRHQBvCDEXSmg0AYWq/NN3&#10;1zmm73EbPHHP2n7j57+qMTJjZ41hr79XFatlxeUTRicc+KG60hARZS9eGw0GoSPtlquDTKYDXXiz&#10;w1SrWq+lteqDdLpbqPRmIoaXj4efrlSQOPvffOual+fq5Xx0FFke8Q4kzlFXIOH3+r3IJN1aKUbG&#10;A89dWyhny41aF3tDHHWIydzf28CBjvWgx0cK+gGjYEKLCabdxXucJrDr2iiILQJWlm6nGeXv5ecm&#10;L5xK7B9ANY2Lz9ABZsNOusBWvedy8wCiIvMZ9BWEQuC73ukMsIXWiy6iMjXobQ2kz8B8Au2OnDvF&#10;5eFhJhGs7oXZuSHleGZRqqEXgNPVqf7pvzqGJvWTj/ZPLPrGxjyCm0T/ANKFbJ1HS4XVjWIuJ07O&#10;Ok5cSFT7g5sP9mpi58zlgESQJuZKlU+nDI26ZjdMjUTCxKqvDPfSh9lqud7oe1zueDhcb7SasMVI&#10;fcFm1x0OHMHGYIYIloohjSSmFNaicUIS0P0N+h1yNLU7SrM/0k/q6ZhD1eHymKz2VCaLUFecdh4P&#10;kCN2NJG4N3E1rm9voxYZi8NYxKOfCAUCGCasr++iXEDVAIQ6dKp4FaDfAyuoUBao3O2EI6HExASK&#10;VJyieFbwK7f301hXIJMErxYkPPTJfWKdZOBkHklOIQIc2xaONo+IrIGjpt2oYlOOceHU/BwHpTId&#10;wBYKRQmhoYJdJ/Ywz35CXYA5HD5D3VEW3lFVQH8F7SzVQrmGitlIs0b0D5elXRjpZTWiqoV8DE+V&#10;l4jjIBlFrLci6touAAwxkCJgBNVEhvMGcsWz+lYU1kQLNe0MSSIShWnisoUvC8VBOBTCMB/HKga/&#10;ZnLRkokv3itAzFGFuJ180O+lF7qhUCyZTDTXgYiPjFRdpDE6TPGICcw8WxXSGbqODdYFsjopgf53&#10;+NfQoeJsxowBvGr8j3gh1UaLaHbI0JtomhMhiNXnOUdENSFEhpBm8GpF8EIrB631d2rZDbMJAAOE&#10;NMFsjsxzd9Dn06A/4XmNaMVALxuKYpUIlggdl65x9dfGHL3XhqNPhvbn+gdF8cWcruklFAbEszCE&#10;2UAqP3yhENCmjAaCYZcPoW0fvf32CsanvCNpHW5sZ9b3K0HXMOxXImFuZ6fYbfbwdK49Ue983LQ6&#10;3IuvCKFZXuqwzUpX7HQ74KBGLKCbsWJN6/aNUJNE+C5yHmV2NhQ+Phqw1OXcbgH2cfdcVOOZRhMR&#10;whg2Dw93xbNXXUG/yFnKwVGFNavOuRiG1wY8vbDp84xpwdlxKdbYwJOsJo73IwsOW5x3RllX0ugc&#10;8fQsNnDUC5nsXlG2ey0nFzwhO5QyNux2yrXOP7nm/f1/6Yz5tTvr5pG5cPJY7OnB4NZS2e1gC5K6&#10;UnJvw3QBdQSYSZoRJXoLURKDnigCwI5sZAhdD532FEIP33tPAngIyOVsoYeK0WoyC1YzkPE76Rx0&#10;Vyenp8J+T6leaDdVsWQO8rj85J1cG8970OV8tIdZd0dmsNlAlU/KNSLOprSTvtS3Enc2zVAheXw4&#10;D1GlW1HnUVAmYBooxMnO4J9+8QWUt1vYxEtqIhFIxqPLG5mnW4fYYKQL1dG40Rng6k2Mi4uXjiU6&#10;svvSmVMLyUitXs2VEKfKdocm3qjZTfJBCfFqLKEwvvLSfGqvD16s283sPtnDyfN7f3Smg2rBGcX3&#10;Bjix6vLyzg0R5LiYy/PWl21bW5lSCbWd/LWX5+7cSmPLgB3H8nojHLb3NPutx/0XzO1LHeQVKzH4&#10;IG8XN+8dOj3eT3+YKmd91142v/ii6R8/ODS7IuEpD5CqK6vgMyHgqfVX/36lkDejXMw3NLHej7n5&#10;7eWyVx1ZnImwd5GxbG20JadAal4XP5iKRTP5/n4JBoEub2dF3BCs8eObZXyXHmxjeGPTepAwtz2C&#10;XOjm6v2B084hPyst1rxurgWfXYsrZev+IFcqMJkDqVozFEpw5alAzCNbEhu4dld6stw9mTTFE/7f&#10;/e6r/+En9//4//jJyycjI+jD2n2fIl2aj/M5+d3HdRRKB+3NC+dnp46PAAVw7uqxYgaJ452lh1m7&#10;xy4p3UG/h2adM1sRt4scEcQ34snCulBwWv1hZ7WleDzGmMcFh2unPZwai/bbsAmIwZBZlduakQdN&#10;Mr1dM6AOlDSPB2tmc0tEjUKsFkSXogyQQ4Win9DbrQYHsqIaAAgZJqZjg3YfKblivVGutmdGEFSO&#10;bBpM8cl6laNUunksa7f2UeZ89zvH52ZcTL9Vbg5RK2QOKvVqH8wiyLahJ3q4lf/T//eL8bnQXLM4&#10;Psa2pWG17VD7g80lqZwzIXzNN02kNxYb6KxYgpJYYkQOhQMhKGvanf7+YRqQ94g3QCWc6lFPQQQ+&#10;ZLpqJP0HjNHKUG94qClcodZCPeOe+is1sgKj9kuV8t40PWNQ1cyUwK0RMRDha1C1rYFKciwY3+K+&#10;ABdia2WbGuoMZDrckZxu6qihXhbCxtGGFhrwRMabZFZJ/ftYiRPXs25PR4MITCkic80wnODVkmnu&#10;kUeU0V0HOFxNxJqpo1g5Ckwd0nxryl0YDCjAj9HDOalElOZKkn2ejoSlLhHq1VdpN0rxBsj0Btlw&#10;AIuRPpg10SxSer9CR6oRpQ8ZcBIgA3HjKHT4SMJvieCh0+1qdJ5AKD2UQEQnoKSdg10MseFIheee&#10;oU9ZEqlGcBnAUyMoAH+OhYD6DPqaFiRUDHsVevqQF0CEzGQii+sXw1iEkmCkoQ5YC5EKycQAQqav&#10;zFFoJZm6Uy4CM9Snz9pR6XMEltONRTo+GLVgpdqAUhRnLo+YCUjOFNUSApOMy+0+8o4MfLy1mqpa&#10;A3OCM2poS+nbn25trKAzm5tg8D3t7fW6bWKXI5+R4cixy5FkMc2oe1QNelgL0SczhAGk43R1HixJ&#10;YmUopeiIHUUeNYqGpOgXPA6wm8K6C5aA2GmcTiYmBP7jRweP3r8NOiwImwUYSJxOADo0iY2hozo7&#10;gTbFHQicWdQKJWM/3UiMdGbHH5jkjDM0bgglVzcg/mk1ttccS7zDZDwfcYEUBhpbzI/YD2s2I6We&#10;1Ou57NkJf3LaebhTVUzoOtzH7DZf1LpzX2oWZa9Ni521lApqK+UsZppctmv2muIuZ6qUqSmFubOt&#10;GZ9n43ZuxGOstVSkBkydmqg9eDRsaHLOlatZan5X2xDJVJrnnbF3rlffv13FyR8MCS+Pmhheffud&#10;atAlbSBw4J71Dya5174ww1uy9+8fImG5qA28JtnjYrsS540iHUb22YAnZOxeb6nVqYv1Qms45ek8&#10;vFPcWo2sDPIOAfUNqnlYxgckNAEBe4whnc2r3f7xhYU3X33h+p07u9ni/EgQJWKuXGl11ETAb7eb&#10;qh3JQuUIWG5xJPgPn84Q86H4aAylaqVax7kKjwDi7rs9kuHO0lxv1H74jNEXwm3wl7/4YCroCyNf&#10;22XX+v1uJfPuex+azXZEOKE8F0XTQlhtunlTz9CWzV+59sKD1d0Pbt2eC1vWD6tjIyOjxgFSFn0u&#10;fC5l3obuTsY+rIbvisOslA/EftOwm2J/+v9lHZ7usTMTS4/zKb4j7hhLNQO2Q+u7/Ssz/quXPDdv&#10;9Nw4fqUiWt2R8LDVK9n9dpB8J+YMPt5Y3Kmv36r4R3xik8u1HeVUCSVRPd358h9GhPH4QNyenlXL&#10;BzmzzYAp7fJq7fkrx9Y2lD/9Pw9fumoJBpRPn7AwLb2+CMWUFgt6rcb+lxfUY4uTf/bz8lamPhmC&#10;6tMmsM63LgVub5ffflg09lVosYkOSgH9AsdQb0gm22270VBp9PvYBTpdVp+t3ayqBFmC8ELboNXO&#10;5BuMmc9VuZJoKhe67ZbmsPD9RsvjNCMr2NAnJteVfemDe3sBbxj2PZ7rhXxD3mQENo8tbPz9L3ZT&#10;xuhQCG8/SYe9rp7cQ3zr6sYhOmO0jJefPzk6OfLOOw8NErDdWHcpvW6vWiMmoMnJADz8fVA8e4PE&#10;qMtUqLeKiKREvJe9PVB+8ndLQbc5EnOWysDOoMrrjYwg79YWCXnhs87mxXZr4PfaCZlMG7pBVxgC&#10;BIZX2wGW1uHEfUwaM4cHn5UG1z0ItHBdmXk6VdNDRwhxmxxZLo8tndq/9+nD+dPTz12O9YE9Vcy/&#10;+MVSANoeh3V/M22JObq4djttj8faOihcvugzJ7DrMpQ6BgHxN31+9fMMSnV/3BcLB3EQFiHGQnxM&#10;t1eqiolQaGEymS/VWWKW4TKlarXWeOXCeULXUmTiXmBIMDqESOR65HRlCkOT6CjNBQszfE5UTKIi&#10;TYAgZwmNG5cIvjlwslL1JngiZti0BMGNSW6njxQ8M2YOaKFAdcCXByJK3CIy5i1YWvaQCU2O+z75&#10;2bG0H9gFC26vdh8px+SExOGPvSVVBcgWrKoQSavqChropQYyOkWNXHNENguUAf4MMkGla9IhjR8h&#10;TlCihYVP30gsI3QtRq95slHkbboCU3fV0Nkq1SjpObbDZ8kcFGFgpuYK3M3YtdEQKgLCJEIGjbBT&#10;OYrloVHVnEJIP+TYJ4Nf4pVRKbCVRMY7eAE/OO4ivAPPwtHIsJ64XEhWh0wvBNQXCkPXeBpVqGGD&#10;6HI7iNgKTHpQL+CBBbXKaqWsQXqjcMShS3s1MiMg8WGIOSCWbZm4fwj0j7poKBOf1eG3tCPGz0Jf&#10;JneUo2ygUg3q3DASTyzJ5UIf3EQcKHLBwDLmre0uUgVROmBaYMIsIbWzvvz4HlSeOxub4wuXznzj&#10;Tw7aagFprr2+2cx3+m1MT/BZtQdyBAQlk0km4EO0oCgIhkTJTK56xaQNj9Dp+rKZvvfoV1AKaES8&#10;TJoVMiKnniH2KBJ6SC2rNFFbI1Q1zOaR31LJ1z7dTElmU2w0nPCa97NlpLy/v7RT6w5nw+5EMnr9&#10;YbvZGZycMEOuMnT43/zGjJj5YCjuNnvhpWXTo7Wq2zwMBcHBYifPzCJMdA+xwXK5X+4fqFrkcjyl&#10;am/f3oXWWVTlr1/0GObHH6/nbfH24tmRe5+kl2614n778oOuZcxlg1REZFNbLrGhjMzbB4G2Z9Qy&#10;Om+obO7dfW+i1YECUm5DEDvoReNNbBdy2wfHTl04yAMQ7PPGrPLjx2tPa+V8dzoeyFfrky7ji88n&#10;4Cb8/i/un5hTpmfdv7rVtlhXvvjiPNcpBVzmcmt48cz4vcc7SBrx+myvvRhr1Cq7272dw04gIfh9&#10;/nqttrGtXP6CPyUKYAwPGRHOBRCGyRDcRFBWKpWAJ0LBgCD84qPPLp479pWXr924+6gx6Dlx6yCH&#10;V1LLYs/ntO8Xu8QvS1jR9OEh3l8CJvZ7Qfjro/mBNLbXIV0mBOhFsYnHD0ZzHP1046BCi1ABhLvZ&#10;+B++/epyqtGoNQ92xE4P1AXDLKx9aj+d7b5wwSwHwaA2O13G9fVHf/W3n79+dQI7tGxlTzM3kBWB&#10;r5XL4XUIQCQNrOQZbbScLl5wGQxd48KUvyxZnzypvHg1nH26NzISPtwb/MUPcy6n6etvCLNnQumq&#10;6a1vTTVyS5Buzi36Pr5RqOZqToGJeMOJEdbR1b55xRcIB9viIc/5TBNTQ1ODY5qWlnx2zhGaUEtg&#10;KJoDx2dNec6882TPG82eWnDHk/zaWuvyCf4Pf8+dGLVv/c85q2p+6bI7lSm7ohhPN5Lx4Ujc/D9+&#10;79if/tsnHkY+Nevh7N4zU5aDksixPDPs1yoSFUQY7DY86Aj5GIQiDhZxPijMWaPfxXfqCCblEZ98&#10;mJI7TTUccssslJfDdgOXHAaSAmn2Oi2cJUjFxSnb6HRx1uSy7Y29IgDTl+f5kMC8dFoYaPbD7YyP&#10;52bOTy7dLLjsbCLsikTt3//lY8gZg0FPpdxxz0UC8cj4wpgoluC/zKXbtULf6ScKQhz3yDb97m+/&#10;tJWuIFRtY2m/1VYa9T4azYDLGgDE1qT53NZqtnz3SWH+mG807to9aIEz8NVrUwB2/uu/uB0NmUGi&#10;2tgqo/uKjvuvLsKDZN7Nw7QpiYAyKdxvfWPS57OurXWAMoBMEd4bwKharT7JjifFtnrEtWaUcm1Q&#10;rBp6d3MXjvsxU/zLv1mysgy+D+uF7qVLoyfOx1bWattL6YsXg1Ojrk6+d/29xsZh58zzsXZvcPP6&#10;Qb2pCg5VzpfcbtQctb3Uns1uwwkF09VuOrW8vRsJBm/fWslWEZdtnIlFUNiphPKqkOwHlfjyUA7i&#10;pEahScWiQ/aZrZBjqGGQimDIQgL2OE1HjGm6j09n5WjkMoOAs41cF2Sd0wKBwMTRdgNNgF+Ck9fn&#10;tXmDwcN0lWesOJQ1kheh8EbkHxG9DugOoKrBouB2umyCo9lGlCrZbWFcgQk2CaeAItSE8bKEeQA0&#10;AwDDQlNMOGrEHWggSVUa4ffRUOEhPXA5kqWnZylS4yTVjXCG/+oMYXReLG1imGdmeZr2RReuNAsU&#10;BHMavIfYEwiZUIwrxAOB9TSF0hLuq4m+Y8T5qRB0GVHfkAseLl0D7i341KAkq7daRGJDcJrMs6RJ&#10;YuSmL4rcUeSmpDwbsg7UK3dyHBFXGtY0EjopYt5Axq0+RdW9ndBCmcVWDxsRpOvgh+705XK9H/Aa&#10;YB/qIQbBROTQBjraHVK9LMoIxIKpNEOGMgu44TOWukr/Qqc3EK4GdsxWy9zMVEEU8TzjoCP710Ef&#10;s8dL505fv/no+q0NRHrbtbJh/1OlDh64ySvgjiQoK2+QP8iRlhyfB0k9JGpcM3lTqX2UeFQ08tr0&#10;tSWFLpEXRq04ZLJNQl2I+YfIfnW20ZDmi+gFjpnUJCp1DCPv1uDkBoe7qc1qFXPssDM5HnVEY7b9&#10;VJ3lMEjF9a65R+2nx/j1xwc/+fmn5xbiAY3JrWFmHsmmvYUyV5csX3txJL38FBd54mxCdRjuPckg&#10;oKvKDfCNbXaUsKEzOdWeeNAqD3wtTe3iK46DBrrWpD21tNvrOyVrq9CvTfkjvrjZxpr390tiuTN/&#10;zhVIdgu9Lg8BgHGYysw9emiaOKaWWsrsCfesxbh/76Hbr0xc9TcGxQEfj417gDW8cCYiD5hLCwLA&#10;BaWG9tzVUSyH97d3ebk6htayK3Ka/N7tzs/f3XebLJcXEkJQMDXbCd78ObL/DKY///PN73wzMjfN&#10;333YKxXahVTPbAEBt4fwqORxrlkxHW56c3nZ6WUcrj4mIvjuQHiIGhlCzziOzkzh9qPVw1z5xYWp&#10;iZDn/g6CNFREGDX6AzcOF5UMzygtgqU52WSiAQXT47VNWOQFu72He09lewb22Ej4zedP/viTh/lK&#10;1efzyCROFvhJhCIM+4rSkTp2TknORTZXn8LK/tzZqd/+0ilW7f6bv3rfwHPPv6g8eVx6+PTBdORE&#10;0GGUAX9RnLgR9nO5kHsKL6MotgIeZ66agRCC+97vhD9/UFIlDpnMF69Mn35+IWBRNh8XN3cHzqD3&#10;lVfcZjNUtP3XvxIbWo1eG5daycL1OHPcN3s60m/2U2sNwYrzzTwXtj65ldf66vy8F6KSZh3LtUEk&#10;Ivk98uR0sAVRVL3VydZ3N/q5wwogiMfPvcYadgf9dGhkzGpWpie18Xlfq2u580l1bsLu8KqVTs0T&#10;9QVDvru3Hqus5e6T9sFe8/SIdO2C88VXT+ztZv7jP2yD5Ea82zI5cTAKUAhlxOK0CwpjaXS1ZMLJ&#10;yr3pqZDfZ1s85svAFtmGYg+KSnN8NDwz5c7uiW3EkiJZyWIKBBwDqAls4FBacumuyWo6fwpZy+DJ&#10;t998faoJ+pFYPDUnlGvlisrt9J27VWVy2n3iZAJf8myzgzkMT9ieMDbCG93PpmscO7h0dWrx9MTi&#10;iahYbmAdjW9gLBaMjgTSh9XREHjBjvtPMldfmHE4rBvrxefOhM6cDOEIRMzW/Jz/T/77b/+TL75Y&#10;LudWNvMZRKGCwmSFK0ByB9yCgEmjodYYYEb0r74x8S++MNVTlTrWcmb5j353AgPoE2cmbc7Ayy8/&#10;9/q1xVaj1agyczPjoB3iJspWmjiCsNoRxfLK0lah0Hv9WmhyQnj7oyzM7JBJb2yU3nhjanQMW0as&#10;sbSdLNSkJjFVPcxpTZnd3q1DyvTWb4H2HJgeN9W71qnxGfCURxJxh0WYjkW7cu/x/nYyFo55/OjM&#10;EAB6Ijn57ddeLVVrA4QoIZUTUFaLFVfdxs5+pVycHB2hduMjDrd+6+gEuKOADuZocou/h6vO4wvh&#10;9C6UikOCNTciI5sz2gxETUq2els7WwoRdppZGqeAVX8P09dGF0UhAsHwf1CjwPaO4JaY36WCIETi&#10;lNVwNOqNxmErxPSm2yIhlOvb+4h7tZohVeYowY6k3GE+jgN2dGLaauOJtYsjrq5qoznEjdLvNApp&#10;XLpT8/NoREhuhjrM5fP4owAapDgBg95s6TFPnG6cOApJpq5N8je4ob61xDZAVXL5Er72FGgHtAJx&#10;e+qqUZX67/X8UBiQIkE/HJciMFUDBXHW3Q6GxgSQrpBgTpUogbFpMxHpkQ7yQQdIzRUGbGTJT4E+&#10;GjvLdg8rw3DIjzrDgrhXloRWUugNI4qVeqOKS9TncY/GI1jAYwxRbYiQEeF3EQsRyMlItucMdEaO&#10;0BeWhEVDBjRU8I23UkMtcbWSQS5pgSkPnmCBSZOLHE3WGIKSkrD0jE/X9w9yeTCNsblEjQVpG27a&#10;QqnS6/W+/sZLE0G/fTiIhjxKv6r2qzajmtpLgdn7yqvzp85PLT/eaTfakbB/ZGRsgOW01aaLyzDN&#10;rotltAXYa/3GS6mLuQSefe3r55i2ZO1KXgdDHAcYzpiN5LWQiR+HBGqebImBTcLbA6Ii5HjmeqmQ&#10;K9UtRstUMlDIlUeiLkyk76+VBcHcgfcsYjY7peweuNgQF5okQ9fnM31yK51u+7fTJLOo2pMnYlyv&#10;10jnapOTvuX1fF8xfPXCqLQnKpzdtxCr2VQmqFx9JdwVMdewu01wO+CXd+yytLuW6fW64STv8CkO&#10;oe0UkF8rO11MIGaaOWcx2UVjxG7xCY1N64MPLHV18MKb/Lk3XaygffSzJvg1jjiADnbO6S0cdl3m&#10;1v7TfXT9sbgLKtCxCbMg9G0+49bSlgNy8gHzZFVsKw4AyubGnL/35qlm3QDFVTRor+arr1+a2Ug1&#10;4WKBlLje4bZ2m9jnOQVEVw7PXxJOn9VqzYE/0D1zrjq70Jk/JYWCzPYm3lNSDPdJgBrqj2HY48g1&#10;ewx5wOprqdyLp6YWkrHbK7uoS/A9CzptpVrnCON7lP5JaJAMJVkOqDtOF3rjOcpV6hOxwFuvX3u6&#10;l6k1kdZpoTMJYmhqtRpefvjixbHphSjyaC7Ph05PBxA5gndjZjKuafVEYhNzlMxuK+r28M4wrvJ2&#10;o3NY7WEji1Fd0GlHzihSpxudAfJsuT/6A//4eAB+gF6tJ0QSrCP09O7eymMRzuP3Pmu99zE0A/2p&#10;meHF5wIWwVTczr3z4wOITS69HLm3Ujg3b+jWtLWUyvPwLEJihJRmWyhhEUX5h/8l8/mtmtIjQnxZ&#10;60SSLiPTT29UV9f6C4tON+8ymKNGO9JMlN30cHQMwz/lxz/I3Puci3jN4xEDM+g7WUMiPu+whLZW&#10;M0by4BouLdpfe8Ff6NuEgKtWK95fbw2JuHzoF4j6EzEJWJyg+jdjzUTEjINTSOoImA6yDaIX4BDt&#10;PQBXEnRo9CJqv+Xg2SxQ7SSKCOICNpnkcSRi0jgxYQ6ETZGg5Y1XfR5bf37CnRwN2tw+szJ4/Olj&#10;r9de6lreudtOnpwDmeedX9955927pTLuCy2AgGoeaRx9LH7m5hL3bm+VirXLl46H/G6WQd3gPrY4&#10;duH8FBmjyeLSnadFsR+NOl++ELv/cK+QBgGd/fJvnY2Puj67telymp+7csbk8KxtbzRrVbQamGT6&#10;/XY8P7gMFub8UxPu4mHpsNTdy9fRfXz0IA2H6NkFd8A22M90N1PyxZeff/nV12D4/ejju4OOZWZ6&#10;QkJgJtLniyKKf6vdlc2nK/mU1ctXKoij0zxBz8pWK5fpYE0wMe67u1T78Y/W0VsMmv2gyRC1gmTE&#10;E0NFT4q6LSdPT546GYOK6OPPsbo3OJ2ApnKJoP8gm/31/c/7quQWnEBlOCzWWNj3aH9nbedgZmTU&#10;YXfgemLNVrIONRg2d7Yr5QIGMrSjJH4+4jsmhypZQJINJBH/G3R7n77CHMiSxx/EmVauVKn00YDR&#10;jV1wDwmjDmM2bmN7A18ktFa4R50uN7ZsDbENGRW+bBgw4inyev2EfKQqdpu1ibYI80qpH0tORhJj&#10;+AuIk5sN5Oaya+tIT20Dw6wSMgCxPuIqxfABF9fxE+fsggvHF2H9qGoR8y+jVepgF5FCDMHs8RPU&#10;vYANnIQ5oYahP28lKcXMEV1Iz11RqJVUhyxotEPVs8yGNC4DxwP2o/liRSWNMpn6UvAAmVfj+jAT&#10;ySf0aIY3jnvffG5kOYN3SyaiGAlC395Lp2InZuJpRJVj4k2WdWibENhppQ4cYIw4mpwKXbTBZiIO&#10;TXRU0Ba2III1mf1+P7xKuMbNBLFAfZnKEFsC9Hbo2uOhwFgihn0waItZeMtxxfb63cGAyLwdxMAF&#10;YRu+dvgTITNmTFKu3sBsA3XdkPpSdb67HgFOfD/Ujol/8Tbe7XPjJ4WyHIX8+7fuclY41vs4o6jm&#10;mCGKJETbGYfjo+Mz8/MizhOzlitkvF5y+pps3JkL43jVDpt9anwiOTmJNFl0hsiOJolfkJLhRCzn&#10;qAOY03EEmBDYsGaD4llChgTAWowA9wv+h4Fks9l7Mom/BD0e35YmmnXeOERoD6icdhMCgC0W5WAn&#10;P1RNi6PhhTGvySRt7JSWN8omi6lUHYQ9wu9/+3QsFDxcbUBUGByJDi0WSerMzgfqsrq9n8FQ4/lr&#10;i11ZXkm3GCdshkom15qcikxNOIuH/Uyt7zruKnCDdF0amRV4k3vz6aBZrLMS4Rq1S23BZB6JhdFW&#10;TY2HMBQpZds+T3TlUcNrc8kiosk4izOgFVy1h4yKTZ6h30MlZJDf/Zn64TvcieOd5OngxsZQLHJu&#10;i0MwWQZDhy8S5Nje/IJNQsPvDNT7Nqfgnx5zxwTE6zhvrjJbaeWffv34c+fGww6zB+tUI5ucDrn9&#10;EY/gOyxUsLkCT1psYQmBtA82EOa/9ZYhlbd4Q3Bw7bUrVae/fe31xv6m59Fdm50nDd+xZABfdN5s&#10;dvCmzXQF8h8EGuB8MxsVDFSnEpGtdL5cbSaDdnxi5eaAcOYM1FGpQ6NZlSSwMnRrTutIDDkwZXq4&#10;voWy7K2vvb5xkKvVqiSlnKWzDXWInelUwuP1AKwhYXTxg58/aYvNqGs4Ozua3t92+B+AJugSfOHI&#10;bK3lgD3fbDVv5lt4VpqYOprJt6DdU/vUwM79ERA4HTmXqsZjqs05zFca+OAfPEgvLlpGpqxGwba0&#10;2t85VDpoIg/qQY8L4/Kd3Y4ryM/OeNxu2eNUn6ZAxtIcAnvmuAvGQRAl86mBRUXUJ2ISA/hEsVVT&#10;2a4r4sXj+3Cp6gHewucrF7Bi3Bg/OVOq9LPb2+284cc/6zv8/CtvhHb3WmqjDrdOt+Vs1NQ7KyL8&#10;kWFooJXOZq7nHQu2yvmfvZcHOhJO8rFEIOHmEi5UvpZGfRD1mrBHMVmtE9PhgdF8UISHuVurDNa3&#10;utUakKhyOAw/WaDV6KZy/bmzoQuX3PERG6aWX/1aMpUrnb0UuHjRdeWCzSG0QgF7xGeD4aKvsCMx&#10;XyNXvv+optk8nnh8My9/+OGD+/e34UnVBmT7g8IdwTrdnhoe8eM7v/xoF97wYzORq89dbFSUbKb6&#10;3JVT0zPRnip99NHD8YQT5+HTtazLZdtcy+5uVHxeR67UtXnsRGKmck+fHGRL+9efbt5fKvzr/+m3&#10;SpXGxr6I6THAqPVaG/EF3oCTQFza3XDMuXwogouHlc/MdLQqyrtZ5aNHDYlVd3dXKrX969d3MOJN&#10;xELECcewuUqTAFiN1nazXCwe4glo9Ywf3SpBPHhszgUWYF82ZdPIG1NLhQZWjLOIgjmo1CpNgDd3&#10;052IH/s+26d3Kju53tKGjJul2WjWet2KWMex/+HDRwaLAdtfAIjx0OJ45c3G209Xbi8/jgR8uBbW&#10;D/b9Xh+2xRhVbmxtSN3uFFRDsAQQqQqrg/FIS2HkdB0/S9OecXKTTGksl1hOcHuhf+sP+hg9Yo8b&#10;CmF/74YQBg0KZqdLj+/C+IeRIIQA6FrwJUOdWC3XcMWQGaIZCzBnp93EV4CssfB7INvBgGwkMTae&#10;hMYFg+F6HQDqDhoct9Pt8XmRRQCEjc0mCAgsFZyhQDCWGMOZj9+lkY0ivi+YSuIiHjhNTDQcHp+b&#10;6xKEEl6wVirChiTBGkPtlYxGc5yPDB6kf6YA3CFBhxONMEUcGXTOJbJNFDWTLwP2dtQL0XcDbwGF&#10;/qEu5GbCdp9Zu7SIRYVrt9BBfVgSARnWzs4GvvbK3NXzc3eXDzCeReAMnIs0ORH/j34VdlPcaAp6&#10;brOJSGZx36CRgs9EUtD3M3WxKtYRodiuiMVyFasawIBFvHK89+GAC+MprM3rrUal1UQHZoOizMqh&#10;DUQqLLYJWF6C6UjMTJwmdtrAtXgFR9jrwaSdo5ndFMqDCxySHWwcAOq00gbXHBtJ4CuECSQm+WAM&#10;9eT+c5fPTM+M4WYrlMtQLGHC88Gn9zH8deFr0hQ//vxptdEpFKvgMLsBWAdr0+M6ffrE9n7hg5sP&#10;7z1dzdVrG4f7a7sHqUI+XcyXGv064Z0OQdSaOoHdmjUY98+cHHOEHOubad5vF2uddrmNRyLV6Czt&#10;51YO08Vu+1CsFqDGA8OaLHSaTtJAttV+ZyYRiAqWiajnMF3mBAZWPjx+42EveFwXT8T8RnbjYTZf&#10;GeImqDbFmWkrJMZoZQ/2pGHf4IGQNStuHXSuXD2LQx50kVKlLdgNI+MCrpymyqnuTmzW7HKYtpbU&#10;d9/pYy/QKmdFOLoMPFYNGIBVOkw2z0lVuV9tyo3eg7u1sHfK3FQefZpNHos3i8O7f1ty+vkOqLQG&#10;w8r9ItM0DyX+5DFjNCqhfoyOxTFs61fLrnBYGB0zI7W9m7Kz7eufpCMTM77gaNhpfvDuDV8QBl9t&#10;v6YtzNs396vv39idT7o2tkoIVrt8ZWK30J4aH4242I1MsdUETdPcIa4NNjwmZdLy334fTpLeyVOY&#10;Z1pH4863/1b42X9JOJxwy6qdnuGrVyevnhu/v1pArwIsnGC1YJGE70LC43jvyd7JybCb5x5ul8bj&#10;nmhA2Mq20P8wnP7tIRN7jprKDTRQljiUBgTbg2fKwVsfrW9hivHqxbNbuzWkFJIsAAMb8qEe8Bxk&#10;qjfuba/sVT+8lx/I7MX5sNturuXqMBBFp7LtTlHsGj2hsYNtdXMjf3Jx7KAMiyaE5arX61ucGsFw&#10;eGMnBVs29+Y3wjvZ1szxyIWrE3vp8vj8uDJE5dieWvCMTNmNJgngGb/DsrXenpgMXPvypQuXgC/I&#10;fHazYrII+VLf6RX2DxUERr1yRojFAu2e4+d/V1x72P76K94LL8RARN5fyjSK7cioq291+oLgv9Ys&#10;ZsWkxvyhEUUoqowSC1of35N/+Ys8OPJ/+C+DmoX97G4FeVaVXnNkOjw9Ifz9+0+n5iwnj1ugMQzG&#10;fEFB+fx+/r3bZY9NGYuaZ0cdUZcVJN5OA0K64beedydHvJtpxeFyBHz8+qpYIcJlsoqA7APwuWjC&#10;sb1TwpN29pz3uRfigGU4bcrZU4FstugKOUJBQ8BrwbhHgq+/B8GF4y+/ny/numH18Ny80DJY/vLd&#10;/FJG+vjOHlCuQNTXO6h/4TfCsAtTPhVBLgjSSo4GRhOe2fnozk7p1t0dkNn2D8sY7iw92aoUq26P&#10;l+Ed8airnBHLVemf/4s3Bn3l6XJ+bNQ5lvSsbtSePMwFvUKh2LhxO3X+3PQXX3uxWh9sbNe67UEm&#10;VURbPJL0u532ZhcLe/VrryYxBAM0IJTwxZP+kVGArQzonD94f+3mh0tPn2Typd5sEtShUaQxQHuf&#10;xvQEsicDN5B6ANecOTGCJ0lhOMHjMGqDg72GWzB/583FfKEO3hnmgeWWDMTepeeQaze8v1UbMMPZ&#10;aeF735pY363cWWmcX0TF5Ln9dM3Ekx0fxpR4W6bGRsYS0XKtlYyEIAX9fHnTDI9Xuep3u9u9jotH&#10;goQfV+/a+irEMMmxMTp31fkcxLHO6gZ2g76hNOhRwdSCia5acbr96DbQPspEFcK6vAHMpPD1wYSs&#10;2WwjU+n86fPRcNTjDbnRLLvD+Iux8cmJ2bl4cmJsciYQDo8kk7B/BGOjyen5kalF/8i0y2MHUw0W&#10;LWXIidUqdl/T0wsnTpwYHx8fm4RtYX5icmI0OZ4YnQhG4pixtxp4c2QqXB8i/lasi/gaB3weLK2h&#10;MWBAyDSBtjUo5gv4NQBDkMQQlsSIYEpJuX4kOwQfB1mzk8QNtD1GupEhiAGigjARW0upXCILREx0&#10;KdyO+kvgN1QF3njtuOet10fLHW0s7HV7ndeX8liG4x/CW7kbj/cwPD425r+1cggGjt1uaRGNU4eA&#10;WFW66NSIZhVSCEyrSInHEnYufAAV7AhNMnJSodXCLBSS93KjUpebJofRgm8IpPOalKuWN4Fsqlbx&#10;WUFA0wOai2MrtS5cTLiAUYK5vQJOL6z8G20V4iCEq2N/aKZDaVIJabqDlGa4QfqrkVQAfzjMWtgu&#10;nr1iPpUrHz8+d+niOaQaMFY2HvetbafKjRZCvL1+39j0yH4qs32YWXp6IFZqTbFZLDcUgAmwER0O&#10;1rb3//4XHxcKhWa3V6u3cwXUb7UKZsjtZrbaKHVg4pBwAvrDtr1sHWkmwbA1NhWFqxg/SKZUTond&#10;T7bKn63v1uB8GmjlUl0s1nhOQZgdNnD1XNfQbuO/FssF3sE+3MiBRnLq+PTE4gTPSBCDRkOR7/y3&#10;v3+wf/j9n3x8mKoUJWnmRMDnFP1YhWumel9oNy3FbA2VElRJDo+nXh9srmeqaeBClUq9tbHZWNrq&#10;igrc8oPN5dbespzf5asVuSRWgUgilbHHjTZ38TgS4uRMXipkiyNhc6uN3A3G4bBU93Y8EW3yJcfh&#10;kxonG0evhi1hG2xFSrc3O6WevuDEXtgb9ZR7UmtQRjAI3pJav+5OWH3OulzczWznfQF/u1rrVAr1&#10;UqXTaRfE2vurLZtHuvbisC0zA4n/9Yfb8BWcXhSCfsP91fTjtYOvvHD6wXJ+I1UFsV0iZR6Z76w8&#10;YRxcf3sDLCPbxDFLp+n94V84VaXJ2bBc1+wW08p26esvzPi83r1Usd5tE5oHawx6HYvJACiqn63s&#10;f/uVJHLIbi0XFxKOTGVAQ+I4HeLFsuxvnD7EWUQIaVQDQJ8pq9G0c5ifW6idPWNeWeUx+/E4ZcRM&#10;T4zYs/8/Ue8ZY9l55vndnM/N+datnKs6ZzZzEClKokbSSKPRaGdmd1ZrwOs1DKwBf/B+MGw4ADYM&#10;2LuDDQYGXiy0i9GONBJHEkWREptkN9nsWNVd1ZWrbs753Bz9e29xYKFFdFd1V90695z3eZ7/8w/F&#10;1tZxjgONY+bS+hwMBYPNhvsgt5Xde9zs5rCxFfdgRdrYzoU9ukqtnSjW7Gap3WtLenWa8CnSuf0u&#10;9f/6P50h27nSx+sO5VzZqJU3tjJmp/vCjYVarX/3dnxp0TsRsBOf8sM/Div11l/95welUsHtNTx+&#10;1vr9x2Wl0paItqY9jkahG5pwrszp1c3WpLc/f84/MDq6heQQC3KtfmFtAm8LetXnrzlV8LMSi77g&#10;pHehtPvk4P2flY/3TW9/x7Wy3oBvs7NRAIC5eN7NtVg/668VCtlI6od/EjzZSkw6jBa2OfXuw+PR&#10;XrKBuv7qsnXaoc1nG4925XJVeXFOeu0adu2jaxfcQFI2Tc2tbx+nNY2uwoo/uR4Tqb5k103NWb/3&#10;/XlFr/J0q3nvHuvxLgNku9lk78ave7ePcMUNTwTmw4HPbrcfP8N2qj7tVIenDCqz8tNjbbzSgw+N&#10;jkR462RqCkHHFyF8eMOeMvi5cTqtbgn4vMFEm0rGcxwnx0cnsVT189snr95cwkD/44/2fU5mMMtz&#10;11cy+ebOs9T//D+8SWiPXKkREVpuqNxO081LQb1Ov3WQN2u6sCB4I5lwzpwNvvPGXC4nf3I34Z1w&#10;2JyWg2w/ni2LZASt4sa6v3xS+O7L4SdbMQhc4BCwARfnViZCE7ycRDYvBHW9ockklWqy3zn0ehx3&#10;758YlUPWt8dRjsr+D7+xwgzyt785pGW/dNmN9EBvUl69yIK/VWk31QZVSz1It1SRsuoontaoTTaT&#10;vYmuVKdYm5o9Mzcby2QrtXo+34DJ4XTYGGKTjUql1fzGjefOTi/Oh8KSJJHhCYXm6TOK5TAcCsEp&#10;p3ILqLN/Kho5FRuMhQ1fOpQJm7SxpfjI5vAA2mRSaR4RTBtoK5nrNGNZRLslT/jBwAJ6HTF5NhTT&#10;ZrPdbne6wK+JMTYijwJ61JPHJuqTHtKlCUKvwybplWgteFGqfhugl22ZzmYDUdeNLekUQgQ6ToBW&#10;ioaoJfwPxKgkmK+0+nkkKQIwHE0EfROhQKFQajQaOiE9HKYSCdboTKWK4ZeT4dhb4VRzqD5NTx4j&#10;jYKlKTAl5Zc24xQUkNJ0NieyX4X9kGgg+Fyh2lqalv7P/3Z1Cp6X135+3f7o/s5vPk9CW0YvC0Bq&#10;1GvQH59fDR4d5jYiGYdDQh5KYAhBrAzrOoPBhE+JWSRBKkUatvB264soERH2jAiYImd2GXWSjgOe&#10;zYTVa+VHFf6IBi3bYlBK6ieBWWpcxhXDYq2RqzS5/+sVZlexBXV4LPz9XFm2+sRxRNtAyQfGVukV&#10;p1G9Yt86tiDgKaHCGXCzsFuLiubtjSf78ehQ2aZbWFle2jo5eP/Tzw4Oo6lUfn4mdPHsAnL+fLlx&#10;HCmcxIpVMnw0OvwkuEt9Acd3vvdyqVrfj6aTmSz4fSDktbtt+VwT6xL8L0HmGcYNmlO150CudyIx&#10;uQd2q1dCrO2NWul841e/eFSH4eawbkcKzN4WgwkAll8ugsKN+k617Xb7z6yfx0JM2SlV200wI8QY&#10;7Xr35o1L/tDkvTubKLtuvvSif27+zu0voqWyTo+7JoGb2q887zwkWb5vn5udf7ZfNBkVBrP60o0Z&#10;IJ56Vca/Jp0skIrcrI5yeUW9qUQ4C3iaTGtSSZUNocKoRfcZCDph4eNEp1R13noVrNIYi6lylQZm&#10;7IF5lzesj0VZlmsXnpcMfu3xRgONqmPO1VL3f/+7k9lF9/k3w4WW8uNbBQ4otUEzwmOhkVMZ+2ev&#10;uz7+uH77Vj006X18hHvoUDJp5JbyX/3NkcPj7RocP3/aDE2PEvHo42eDVkOdryosVA9jaWHFrtab&#10;fvXBDija9dWl3RRm23VyH9H1QcNu1aBV95odrX/Cxqr8wWeK9Am9ojDEGuBcqNc2qhDmu999Y/k4&#10;Woyl8zzWjWbXZTXN+aWjRLFYbyVrre+/5HlwBIDfk4yaVKkrngzBV6A17Qk7fKGXFQVU7DYV4/xu&#10;Nbx7ASz5Xcazr3y6/uLHPmermp3r1hWlQvzVF5Umk2PzYffapdlBX4cwAR/vW7971NdY/KFFjTai&#10;MmV4wQEX92W4M/BhC++y2g9SVaMeLKaz4pVeubySrMKgbLDJy+tV5qPjWoLklUFdreiQvkjF5gyx&#10;amSfjdhoLfGrRpvt3XflX/+iQl+jMCn2M6xVR/WmDpPZt28MXbbO5JI7na//1X/MtMhzmVfMLPf3&#10;4iV/QDEza0vmhzrrYH5+WEqXB4OWdqSNPp02+zixHx08bUT2wcG1F68q9BbF8dHIrNSEXdJ8kLZI&#10;rCQ6dbWhP7py0+WZmGuUBr97P64ggMTlixcUEyFHKdMyjJQNnO566nPrvpvnrW5s2BT6C9dXi+ls&#10;Ihb/yps+jeS02S1vvzrJ6sXtM7z40tT3/+TVern5b/7y0GUezIU1d7/IcfXhN8NFn58yImhOp5SP&#10;HpdcBsPtjxulyujPvxGyWTXEhVRH5vc/r758k0hw91BNVmWjVmvazBAl1GzCIEh7A1ZWI+l4KZ2u&#10;ppLV9bPOr7wxf7hfq5Uq73x99Tt/+Nz2XoV9MWjrzAR2UI79k9pf/+f7G48TXq/51Zcmgd2sFg2S&#10;oYNobX7BNREwPn2aTiUrS1M2qwFpjLBSi8RLsXg1m5PZpNXb/TnwODP2BZ1UCoy9fWFCszLrS0Yr&#10;a+uTr7916WGkYXXZzl+8OlCZRnpVspQFxeW8FM5yWnUsk9rey0C8F1RLPMbgcyqVyWz9i83ixJTr&#10;4iUb+ktuA5S5cwu6F5936dRtoVhy+t69V90/ThMnLlldS0vz4GYx9DdYbbXYDzaxYVhdWULxXiiU&#10;y63G5v7RS+tnv/fyqyqTYXPvEA0EVLZKs/l0fxcrKewLniRiB7kUZ7JRhRhBHGx4cYyToXtjh0dh&#10;MUvxEFlag57Ty9TowUPO6UZKEPR6g4zLgKVWyYhDhIU9qpqIBj5iJpsCCNSEYBkWEHXCZARItdts&#10;VgtO4yaqqMMqmU1avNa1ohSpJALa1Rps8Pw+v8Qa1mpz2G0ukFgqjNHAR4zISoTtN2O5yAwaCzrV&#10;WU7vGj93a31p/vrl6zwnOARRLBmbTiJRoE7CTBV/b7k+jt1QjrN/T01Zx8nHp6nEytOAMLGQFJmR&#10;bEOz+aFIrPySGCRWp5gujvovnjFYWDCf1ObCut/eiW0cCq3G6hnHn30/WC5jb93HIEWttUTIuG61&#10;xL83qoxWg7ANxHfeplOx4Kc6ajHtUIi8NJ0GfVGdcCPdED1AqztC0cue0WjVKgyGVq01aBEfWQe4&#10;luxWFbQADjyTsZCrFRkeWRsNaM8hDPPmsIlWl5n3IPGbtCpGXZRHrW5jQH8xJE8HAxE8ZCHf6VU6&#10;EC0cAclAirdrMXLfQDfhNeBMrdWmSoUPPr4n2eywGZPJktPpxP762S6Yplwp4qnc87jgDxqaDQr0&#10;yGq34cmwt5+Au+vDz0ypnF4KTEzZGUTwQ+SmBlzmJoR4NbdIZi7p39pA2MOVxzArEDYRp/Wzn+8k&#10;kqVctnYSKYNzwL9DX7Qa8Hzj8nqEo7ve4sXlWNt73csrvnojma22s6XRQsjJHdkZNN323v5+NFdT&#10;0BlHdja2DyI0SV5h4KVrUt56xo2dnk3vbOQHm0+P1te8MzOm2UUHlfjq2RA/y/2DcrfVn7Rb0FPQ&#10;ZGgNNjYB6gESmoGN202DA5fO5DA+2kpUSv3Vae3youa371WKScXSuSmF33LlO9cn172ShauhdEyF&#10;YrvYaHjDV9afPooO5WbYbcgWqmaXcnndkz0uNSuNURebQ9dBdNQdWKLHjv/wn1QnCf1k0NdXW7ej&#10;rVQC8ZrZHwh8vpE+Lqk6WuvynKrVMt57xHs56rSVfq/9jTcWjtPVuSlzg0H84fGN6+teq/TJgx3W&#10;yjq+Nr6nhVE62fnRP/J//dvmSJyDTnfpHEYfxP2CxmvLFdmi1x7E64HA6O2XZ977OIvpG7sFKAwm&#10;pRq2GgXwi6cZ1uVfv2aLZVR2U3s/0zdrBJXabNBxk+mFyYboVz12lp7qQqXBo6QXnhtj88a28fmv&#10;5LxhOTibCk+kDjcdJqX1yvPNyQWZCeHqtd6035CL2oqlvM1j7GvVJ1F5el5pCxy2ewZhsdlfyBc9&#10;+XrtzOJcvtLL5YsOs/5M2Pb8pfMmq+vDO4/VxYFv90CPeVOiKMWKlrtbps83NQ+21LuH6kebis82&#10;tJsH5k+/6H72SCq1F/INC4GVkYwxXpQyFVtL4S53CDRX8C46/JqtqOrhvlahM//2sdJm6z9/tvHF&#10;7Xwso2XuQDX6ye8Tv/9d7/C4oyzjN30uMGO9f+tDlcoZSSsyRXVkWy4TeTGPxa60cb+ai8HCsC25&#10;rZFY68nhKL5XJSl5yq+WG9pISvXKNfeLl2yvXZIM3cZ+SpeR1aWWEvtos1FZKtc/32tNL0x4fPoH&#10;WyXg/7NnzLPT+ptX4cK1WvXu2jkHGNS//D82a5VBMNj72tsuzB9dTsfMlBG+Rik3uv+FrOipkonB&#10;S+vhZEb1xVbh8rI+HNLuxhrvfVZKllQHh9UPfnsUO6l95fkll0t/Es+xRYIY2IHIahWIGvHdp9E/&#10;WBFMTjrvP8SxQuvz2q9cW1me9/hc6P/6sUSpVFWlMvW5IDfAqCgrkqnOo43crU9SJydVxis88O7f&#10;jxUy5abceLiZfrhVaPToTprlUh1XQ9zVrRZEReIG6rVrGsHXV4HhwENjFVbo6raSbcnniteHhapM&#10;SgdBlERU0/gXqjVKhSzXKo1CtVtqMNNVG2PzVbE+5wiv1NncqS6cdcyv+bZ26gGn9M03g2fPBcqy&#10;YnHJVZCHtx91Wc9rhM+botbsltlZ1mt9JYzwTjSdQ8pEf+xxuqf8oXw+Fy/nTHrDd19640k0+st7&#10;99KVGvf1pMsF+PfF1qaPdJxu78nRcbpULcrVufCE3IYx2OBI/dL/bgzAnuorlOOVhdXuareE62AL&#10;4X29UioWCkW8B7LFfCafTWUzqQIZ1plkLpcC1aNdymQSqcRJMnGSjvMrko4fJ2LHifhxOhmJRQ9P&#10;jg6Ojw8SsWg6TUR0NB6PpZLRWOw4GjmKRw6jhzvHR7snxzvRwz3MmI4OnmUzCcnhE6YHAtEUZBbs&#10;FfmJTQZ66nLk8ODo+DCVSsfisa3t3cOjmM1kcIk99NhRTpiN9McsnzEbdDCWvA7GYZpD4XUgTCZE&#10;EHYXfJc8x1whL0jwQ+GWzj+UW/3vf9X9X/7p2YHSmkrlVtaxhtb/9N1coqzPllsv3pT+4Z86rXbF&#10;lcuudl2RPRkeFdItqqFOh0ofKTLwHWSPEUOhWgRjDUW285C1OgZhYE3IRPpY3AgjJGW70QHD1jtM&#10;5TT7XiHzb7FrGtsf0IjgSIzXBIV4IKjO+g6GWIP+adgL3GLmhr7IAlW16u1sosziA0lxoz0ko26o&#10;VTYHzHZtWENG+DMa7UkttxOJN+QhYIRK7AiMBcbHWAE4Aa0k9QPgLpUpZXIyUkkTuXUtEW9JK9kQ&#10;TKuRGTPuRmvnWYxuBRCAqHRI5slYKZOSzUa8O1q4FGMX4PV53vzGC6FJF3cZODAq+nyuaLFqd7YS&#10;kSj8pK7bZUZToyPiWa0uF8q0Dt9am/2LC2cfJVPHxbLVYKjRDFUKmm46kU1LLn3Yj2EmMunmyATJ&#10;IGOwkinrv/ckFc/k2YQHrEafJFXiaZew2ZJCPhcy6Gg0iXgrzjzYVW9ulWOxRqnQZly+cHbCrFHG&#10;o4Vkvigs5vQii4MxzOEwQprtKlVWm65bl5d8VjLozq0QIa+f8Lg97u65t887z8/W66VhPm/XOTU6&#10;l8nnsbhtWovGN4/lnGZUylASnx3xyBs37mePE+AHpkRqeHdjsPGk79ZOjTLOCYuZYfkg2TZaLMre&#10;aNLj0Jtdcy4TW7lKs2UgpaDTPYhywQ0BYu2ro3NT+vCsm1tB6qftRl2y0NuM5d+4NDM5Ybu7ecRk&#10;6bdjTah9/aZrfh4v1Vqr2r31y9qZs7qXXzeZFH1LD9c6bbraNqq68Yz8la+1p6e0n31OCqzy8lJo&#10;jHkq5v0oR/sfPKo8f6Z/Zt64n2TN2RwbL6t+8PJZGDs1QTJkNiBbgtuj77ZL8xP+AqCiSvhEI7e9&#10;cMY0Oxc/iCh9nurLL2uOn5mr9f70mVxgbtfsujc5vz0VCJZzFyx2o1lf/fjD+6GAZmb+uJDLAj+Y&#10;lPMnh4adRGpiItQk6KNexUN/wgHna7g869WhHZmbX8ORWKt3kijcbEjJAptIldwyFcqubMVdkO2l&#10;ho0ACsBFo8ONI2uvr1OrbDXaaXSpDhfs4d2k4/Yj268/MWwfCwPbGo6SevtW1Lm7q//tI8Pf3ulv&#10;x8yRrOeDB8qDvKFcdFhbzuUziyV5+G/+KtLtB/fS9mcxUzavOYpqtg6lTzc1D480nx1o3HYMAMz/&#10;6sPCsaz8bEf5bLe+u99MybatuOru0+ZBchRNqzfTpl89VUQrpmLXtJ9X7KV0WyeDu8+GHr1yIWjc&#10;3O3s7rRMqtH+Tm57p/bRJ/2dLcXWg+rvfskpppwJ0/Srv/H65F//terapeWlheC//L9zu9uKSbfz&#10;zIx7b39o6puOS6NooZErKvdT6o+fdK3OsFKhf7yVRylhszhmQxgHSvkyaJPKzLhkNKnp23USKjOi&#10;iVk/1WRFNNIlP8ho1Deayp//3bZ2NAh5jD95d+/Rk3Ii2YbeRkBrtalJpVnm67DOAUaxW4RCCHu/&#10;ltxg62O12JKpmsttpxkXOk6aTb3YaXXEinQQP87hYNjpqVPREhh+ua365edRbO4O0tWtkzwi2ma9&#10;GcGEroQAoJzGbY8q2cEzkCMNt0Ac19vMM2AcRpuFqGqlYEhqCQnAazcjt54+qxweFr1eZdDbnJ71&#10;NlqtX3+c/exBUTfseawueMhULJQzJZw78CJqdvjn/FlyWpEpZopVrVna3N5C214Z9LezydtfbITC&#10;rmyxTHGI5tJb+wdOu70xHAFcVuUGSF61Ub+/e3BSKK4EvH6PmyRr1mlmIrhATNkqmpgILUeHR5sb&#10;n8WpScmTTDoWPaHUHaXikXgsEo9TFKNk0WXSiXQ6mUsl89lMvpAt5NPFfK4Ez6eUKxZyLBHKJepr&#10;vlIu1GvVZqNGKrtY5zeZxBrEDjdhdQPWEEcHlN9sYpEK/7MnTAK7AMFOd0hPAOmYjQNAmsEDsN01&#10;ma3FbPRkfyuXy7YalaYsMtzdbqzXrGMBpUChTo3ixiDzcOwfpPzS/22M8apOPzXOAwHhhbrMC/17&#10;A6NxzJnQ8eHiq7mw6oHr8KtfPT08qswt+yVadoyh6jUMOZwe09Xz/mfbcrcs5eulk2KZQRWYuEO1&#10;FIyHQbPWFBaazER1ItMFCbdGhlNvBCCKsTmYvXCm1xPXBY8SmKkFTKA2ae1e+0DYCWL/NeI1YGAh&#10;RBWQGFusgYTzaqfV4ezRGYzIxYTmZ6iqV3B85IY18ReqeUwPxWBJPyCuNS6M4phGAkjyboPpH9od&#10;LiwUAVnsPhV2m2UoSMhg01roM1DblYKWjEi0I5zMuu3V9aVwOLS+NMlSFktuIUBp98qcwsiStAp8&#10;ENPEHsGJVYik7fmlKZbZTqeqWKykE2Xw9Uq18eRJZKDQUwXJOAOKV4gAFuAFYUfAH2dNmlW/C9nO&#10;x/sxtZDP4iLTC9qR52p2ohVMlWEYqIy6mZlmaKK1fCFQl3uxw55Nq/nBn3zz1bdfP3xw32Q2AId6&#10;w46br64+ehaplGo+t00U4yrxnDWrhnG7vx+Rw34HTNdcuuGyY9A/ao095DmL7U4DKx2wbmwW7Ibh&#10;dNAcSVW52arFisWmyjT0e7EqiVPFJ9vHnxLS0TX6jc65kt19Um1mau0B9PBeNWew20cWcry04GSl&#10;qjZVGWXq2kqtg76z0TVk652EXFucnrp/XLq1GdOodOeXgvf2StfWg+2hcuMgre2W2DenZQV7dvaY&#10;5xfsP3xnfuM4U6mUr52ffffvjiMZIBzVYar8jZurD55Ez52z/Fd/dvb8nFdlUt/ZynktbZfW+PO/&#10;Lju8gT/83qKq03jvI/lc2FlrCVPnaqblDES+9UfNXn3y5EQ95zdw998/zHI8TgWcZbm5cdA6P1eZ&#10;CQdyefVhvDQbcpxfmppktjUZ7z859ATs0MqYU50uWAmSzWIsQG3v0H+0EyeBUKiyvJYrF7DasJ0c&#10;2bPxlvCdUFc1+lKl1Z47f7AwNXPnPUMuedSqF/0277mLrWQ+Lem0Yff8sB7ej+Y/+OyBTa/Smo25&#10;Qu36gndleWZ3n4MljSFC0OdxO7ElVrZ00Is6SC9E6DpLH78LEoBAhDuNAv579NQj7lcRqKtFvMZZ&#10;DpVJB+FEKXQatIbovYCEhjq7Sli16A5LzqzcRmFpsIWVRleCnI22enkiFDRpJhbDI531P96KGWyB&#10;jsqiMNmycjfdUiea9lIHNoEy3xy8cW5ZaQv/1WdxmcbX5il1LR9ud/Mdh0Zy3TnsbCT1tw8ND+MK&#10;GRGyzobDakvEjzi5Idqj0VFs+LvPKqmajhjOh48HxynrnSfaaFJjNNqTKSjvjs7AeXiiTESlrU3n&#10;p3f62YL+/Q/rsbiBnAG1JvBou5MuK45zOoJPhdGr3hktKopNHl53rT5Cgml3BTjTHu5kijV8fpFo&#10;2Vj1mE0URYzPrYQ2hPyTZvK6UMiMtFCqbJIdhhywey7Te/iUSFA0fDqHXYLXcRhtpwpNSBAoe8pV&#10;SEP6t25Oyp0BQxsnp0lymBBVjVTfem3l5Quz+4dVJg1Y8gOldmXZ8zyykwdRxdj2rCJ3wE4BC0c6&#10;XbbaxNawlBNhJ5hF4fY57AyQ2rfqTXw+WQNz4jDqAJn5gj5qGxynmZUZg9Pim/VXW93loP07b62/&#10;d3u/3hQDkM2h4850SFWcpN67p8A0I5PI0NY57S4F8lmcOhkg5KbT6TCaLFQZbD6zhWK2kPWHQxzW&#10;tUYj2axh7YFmsVolnKhwUincfvhA5LS32YO2gWTtHoktRGTvBDk+IBvHOMLBcg0Oh4A4GX9JW0Te&#10;B2d0PxJr97ovX7/q9Ezg0erx+NxeSuuEzxfArZOFpS8Q9PmDgKmsmrzeAH/DjVYXN2s3v7wOiCKQ&#10;GdyYjfB/ID2PwwXU6mGxOf69Gwqsw+6EtWSx2s02kFq7ZHWgiJUsVsvYu8BocYgox7E1H0vNfLlW&#10;b3egz0wH/EvTYbBbvx/dZtDjA0Kwi7RO1mZqET0MiMqacxyRqRUCEK3QTqrHrj+aU2oPf0akZzHb&#10;rdbucJAm9Jg8SyGaFPYnjESFyuB3nzH55lYXA7vJ3oePEq9/xby03Lj5HP78ilsfYQ5f7su9/+fH&#10;sQmf98altdv7R1qNHvZNp96m7UCeJmqbUvgpQJTFspLvz86FhMs24uAaqEWZDDyGWzadjWIdMqpr&#10;2ume9HSaXfivpCnxIniF3WabOg8eW681Rf6IErqQKrwc6jVJWq1REpiWcdnSGoytqvAiazeIRxRC&#10;IN5KugZmzWK9MT0VgA3EvsvvcAt21bCLqS8vzwRqDdOKlzpUdIQnH/qc0dg+HZ2xWXjUDboTJPT2&#10;WwAB8MVErltPjMrgq06XBN7hD3jKxTrHWbPVW1mbw3Hl3t2nJKiUSy2/z5LPsgkSXGjeEZSXeFex&#10;wmDH3W1QOMUzCFcYE5fzcwFSRe5GskzW7DugUHLfKDRSMo+qBxtQ8+UL0tdetwIj3d2IL66GvMZw&#10;6kSGRTyxekY1wNEmkqgC0Ci7ozq2l/XqKJurlRuj8+cmXrnpPklgWNIkzTl6jLMMukMGGGq8QmPQ&#10;ZclYEcmegOKKV84HbfqBw637aKMot4cX13Ur5z2ZxuiDTwvaoQoDN7dFWyq2znzt6tTV/qh+a9RN&#10;1ocWjXvKgBm0S08vu3Rj1eEk7qudS7TXl3zLIR36qP1Cr9CA6dp6EC9cPrPodUsPjuJ4lftMg0Rd&#10;Me1z5xPFXLNl9Vs7GAey1RbZVKPXr0IZK3ocWhM3jcFTKKs7HRVEyA8/jmC29MN3ruisKIe0ubTY&#10;zZ+7Gvb79NuPm8m8ZLDovB7pZ78s335UnrCp5v3SflomU+3M2fLq+aJc9P+HH1cdlqbVqjtgSdfp&#10;xHOyVo8xcr/VM//FN5Wpom3vqD43YWZ18IvPD1cnfV998aLfYYAAMhReV+pIMh1yWXNl1E3s55SF&#10;QvdwJzg7oygXzR/8rTTsmCQrWSjyQWQwuaqxORXYGpicj2ZcZ/r1s311s1xVzcwS8Ujkcyce13ts&#10;l2iFP7jzaH42wJIXNsXFsBkTtXih8/7HD9WQBjkHlCNAxAaGXe0m7iA8USMCtFChYl5Bzy/85I2G&#10;oGeCJo5+h/aHAYVG2AKn22SmQsLhFupm5Vgmiqp37MzVU3QbckmBJ5kVvqKmWEgjw/DbDXZl+/LV&#10;JdgIHzyIFdqq9gj1m5WtT0mukrNiNRo5iuCyf+fGclzufPw05rTY6TyF/RRBO0oN0joeJZKvBe99&#10;2AHmNlJ5CGjE0IF+Fevnao4siow8LNQwcqSThqfFns4+ztjlJhS+yAwDbPgUI12+jKignEo1Y/Ey&#10;FHra5EZbUWHF0qPnxVGaYoMqxiLUPqM+BzbPZ7cv6IWEX4pI4nHwMsNDtSELoy9hnymi/0iTJKYK&#10;EA3DSkT9nFCc/tCgzSadQq1nAacTpmUKhBoNrNl6Hcmk5SilBGK5r9N2yVNFGsesCbxVbzRhkEfY&#10;hydreuHo3c/kSowLa2cnr1+zqwyqLMZISsXEvG9m1rN/kCUpDA5PqyUkggYTlwtjHU05U2sA9QL3&#10;1dtK3AHqLczwiGCCxTvO1hD+17TlOJmyZJsJB5c8s/mKotrprC7YuAt/eSvfU+qOcpqP79cNMD61&#10;5q6wMIZJTtR43yiZkWlR05iRevi4tKCKYGALVSHdF1DEsE6dU4xN1SjdhFcXCRBSOMfAEYmSIk0F&#10;CflASRXDdrxVQ7mRPEonj2PpZ5HEUSq7G0mi1NyNnOzsH+XKdfyVzVbJBaoh7H2EFOG02Iz/K4SI&#10;wnpG6C+ESY3yy4zisaneSHma+zgaJ0kqxpmLp4btg+Fp/uHY3Xusmj8N1RwPf2Is/DLQAwGfxTl2&#10;Qhe8GMpYjkDuVocZuN9pbj+9f3wSxWQ8XyzuHcd4BOw26zhRcuxBcBpqcRoANfZQOM0YPrXC+3vH&#10;VDT4pVQmT5NCFaYhUwkPOcG0RjCvF0Nb91my/WBf/t73zr30iutg/yGxGOwaTg73blyZXF/2//hv&#10;Ehs7nYG2fWF64SCdK7VarEjNEo6YWMsKkpLOojHYoIDCUjIIwSOFirudpg+IQJaNksE242sUK9za&#10;rmm7VuLnGlTSpUalwWQPmIvytdvkuW4L2kYb3LXOhZuYDxvsluR+Eo9iyFNcbT0UmnYfsaRSUIuQ&#10;V/U6InwLlKEn4pX0OjiyGEvdOHdxMhh4dnCIHzt/2W6V+AosbUUiDeQm4bg7FKk1w77ZLDHpN2r1&#10;xcXZcqW4f3DIwFyrAYHqRBLLYOByW2YWGfIABaBMS89dWX37jRfYGd/9/ClXOnacQw0WnnIe7AuO&#10;scC+RRFkjld3hX0RDk8CKajSC2tUIYdTJ7fMVsMXyWRzMKRtQozNEoBxAF3f4qzqxRvKdqegFR/X&#10;kB1AoxF9AjMkBMhBlbx28+UPfvUeQFM+nQOv0ViUpbzstRqr3a4rbAtMWSOJ9qjdI8yXE4bizIGL&#10;zXEPR6l2AzWiSeR+KAwqrVzpFMskKZvOXTbcfG4UIF6qavCvztglPbocjDTOfP2dibVZiwvtw+eF&#10;TCOVZv0+lT3h/Wqj7d64E5Mbfe/sRCbT+OKLLHfYgrMTsClvnWg5yXBvZC9P202y0FG+4jZq5wNG&#10;NoBEGWYr3T96c61c6T5LNUfdrlcyX1wPc9z99KPjtSkPxeGLrdyrr58hMhhrT/BoVInzUxDOdP/6&#10;P21tPc0uhy2IUG7diWxsNixmvcnY/3c/OczlcWFUGE2GlbDx6SHrQs0P/ouB26XdfmaMpexr83jf&#10;cyVQpSoiBRmzD5Ohf0hWgq78wnrpzrZjZcHlsWl+8t4Gb+Iffv0VB3Iju3ZjP84GC+EOHbnFZEWq&#10;gu++hk1dS3V4MGvsB7A+4XBDZQ3/UR56gpOOS+vDLsYd7bY7lHKZ31levbmzt6uBk6QvD1X6hxvt&#10;WsF8dj70eDeBEOvbb7381o21cjrBPKDWmevYKTj9E7V2A2h1KOLxLLibDgdtQcrH60Glqou49F6n&#10;UaH9tVqdPcG+hRygS+fiGP5anV6wESAsaOkcSvwed4XTbHYcXDnFuLt1whkD1EbXqaZgKZi1qnNT&#10;ljPLgchhZuOY1b4qlSuQKDQasIrqoJC20FuSEKnqvbrifZau7STKlE+K5ajfEq7WVF3hI64WNldo&#10;2Ugo7yM5x4VMuJQJF2gR2dhn2rOYeYpaalEQGAVF6gJsSUTZLIoVA+bjEcZD2GwBlyL45Vv2FUI5&#10;x4fGURNQn3nDDGMWlpDy6EVO03j1JIJwByYy/8ZmzSYtjr1o2xmuFEGPk0+CXfGI1pv1cSSTGnRP&#10;I0YK9Xj/pOr0xx6oAGD0w11B7gL4ozfmiwssiX2UkQO8ny4phSiuDw4GUtVBfwZb4TACk3pgsQAo&#10;lbDaLsltUFusJtKxBvw8bgG4P22623HcEhOhMEscidGlKo5CHMOFXpFOR7AvB2OvUa0KDjF3U7Nc&#10;L6fLtWIZFgy6v22iE6qK5fAUh1SCFRz55pV+NGe8c7eKVLNLy9oVsdZga/Vahxw3kRTYFxlVXV4N&#10;BP1aFdsaKnSlVAGuh34LOAFIW8lWBp0+IjuKuc3rdQa8tUodQyQTB2W9ydIezgbIHN2lEWaegXaf&#10;gU5SEjIiSQQWAMYhNYMgwHy8uXuMr9tMeALwVjVea44zvE5NP0d/r2gUnh8i2Oo0D3NMxDytS/x5&#10;bEon5P/iphqemuuN7XMHo7FluLANHSrGX/lUSK8QHq0Kkb/mZSwb2/AI8k1e7P1Y4jK69EuZNAtb&#10;3mu3g4FUuBcyJp4W3NNyOPyyNqvGkRenHniigo+tWgnV0AIofvzZ41i+BdbSB8+yukcGs9bowA+9&#10;Wa9BtWf6xGQ8UaJINd98nvDhhNc3aqmk+zsDaLMuu/Unv62Wm+VIvrKO2CXo/fDRIxFLiTkFswrd&#10;Js80rhwdBQQNnmx4UIjkyPzDxQ6vOINV0notesnUk9tGq94VduKuTvxXB4EyseB6rZgPuwOw+9O2&#10;hHsT9akGaEnSIzLuAMvgOM+TpqGgMrh2GDlFsKi4dOKxtUhA/R0icfhrBsJY+oN4PPn5xrMkEcNq&#10;CFZWFgHA37z7wrQIV2iGYp7DXo+GCISci2Sy2Np94THMPpLjE5l1rVQVDgdK2GPa524ssoDkMTo4&#10;SMmVhsthOIomD2JZ7jqbTSxJisUGERncK6wqRWgFBGy+uCAGC+U71RqcjJAclLHX5kIP9uNPswXQ&#10;JHLxANeKbEbNyq+/pdQbClZHX6cfpgttEoPckhKbtM8/ypg1tlDQ9+sPbi+uzF+9fmn7ySOnWfXq&#10;q5PTKzrJ2rYbdLMTrt1I/pOHPKQNkmKwlSghV1WOiJ1UmRQtEeqmMSu1YaulVhV5CgUkrY1Bvtj7&#10;6jvD5XXF7sZAbrgmJu3N9PHeZk7yhuwBX/Zga1jeUemdammllCg6TWa9yihHi5LR2VTYWz2N32Wu&#10;1FRPnhXqOHo2e+xqDmsGs0iBExE6NNbXVqZSmSKX8PyCv94cwbmLNltbycKC0/Hy+sruSVI7Ylk8&#10;8NjZx/UYKnpdxTtfPd+oJSOZPAtmcH2ICtvx2HffWTRajfe2ix6j9mQ/iuLWqDJfnzeMtMPtCHbl&#10;QhKJJfNsUN/oWoM+RbOv3dmxAobfuGw83GoAWc4HEdE2m53e2ApRiYlBLGf95iv1aBrDCHfQozuK&#10;VYzKPsER2Xov5LEHnI6jdInjhcgRp93EQkTE1vZHJtOAY/lP3/r6lEdznMrBV5pdn+wLS/zuXJgc&#10;6Xq2MGR8q5eud9qeo8jD4xPc0fuNYX/CM23s65MnlQd7qXqv/8Zz63MB2+72LhlZta766f6Jen51&#10;Gf4eTo9qlfCEIr5RGFPh2akHGRvBHhlxBzeKksnODpyTRDvu1lPZGCnmXq8fEzWCNBiuaNUoGxrh&#10;2qkRw5AB7wwi8VjFM5k5Aco7rRpOf3a95oxff/76xSf7OUgoqLvIZ7biQNETzSenOXF8aJatusGr&#10;lxYenJSgmgliAc010QZqQUTklKICwQwlcIMqxatVCh9sIJSOUURwgByI3AbBIOwPxy5f44NJoDV4&#10;geKOphr1BPGcw04cBcJ2q8sKGVuscWSx2C2JQMXBQDKZRIml9VOiNGJiAhMT351PiW0nhYekK52m&#10;3QPDGtrMpj9/eyWWrxOcwHMLY5+TEJS1yxBJCz8acgoMx6oB+pKuIAMJ91HULDrBzRlvepRDMkMu&#10;nplh/DuM1Dz4BbNGk5tmi+RwM4Y5vnbTbzCoD+IV8qcsenU2UwGuKeTaGUyLLXpXyMn8TCAXQQvC&#10;Mrw/QHMAwR1SDxfEZbcR3omdDfo+fmQtZRTRLnap1HBQxKEIXWDWdwRc4xjhfiSVS0QL8wEvpMe5&#10;+TAEDjRROpE71myyFWFxRSokUjn6Yfgbrc5ISIY1IgR5bDVOj0eZwh2eS6QXrYIKGgkDGfsuuKVa&#10;wVlVy6VKlyGY5xXP7t6oIqb1unZcTkR6qwjKlkjEZJgB44CHCn+XvLMZr/PcYhiNcLFWhz2BIqQ3&#10;nvpUp6HSp3mI41lOFM1x7TythKfhieP14Xi0G1dP4a4naDajU1tasSMcfmmlMzitpXQADNCipo7N&#10;S5nHMCBjZzn6UghKB9pAt6rVwTAqZrNg79cvnyWejO/Ac0EpGo+rY1ve4Tjbffz9Tt2JBmMYYjj+&#10;jTBt7AlBP96MhWYP1T8W5V2VYEZiYKfifOuLHXMZNwYs7AyDSCRlUatnZ/0//U38p+92f/179u6z&#10;u7HKbrwxMc1egNltdGEqVOq0YfexSoSwTbD4kCRVIIdaB4wRVxI+whwP4djksjP1CR9albKcLmgx&#10;VjHpmTjp9lCGtCst+k04tCqScyymU4c8kdzM0KpnTzMS6ecGUx22aqOjNRKYg45K8JaE4wEPlc7Q&#10;7mC95MIbhSpFCAQQazZXYA2cKRD+1g1NhXiscnjwVyoUJtHLqHA8QHpC1lab54JNel2WmUgtNgKv&#10;iJ1hwtOyUObC0Y4IGAvaf3sg19qZOG0mTVsvmy9//mCLlTyGi+qxAS2GgMWsPBjbI4tRUsBLwCL9&#10;McSjbDc7khWYVzR8zUHnxvxkrNzYzOTQwPJOAceBLSNdn5pTra5ZHjytHRzIXrfN6bVx7zIZDuou&#10;1cDmDQd24umKXHrxtec3nj7bOU6ZncrlS9rF8+5MsvXwi2qnWncbFBxc1Zo25LMgqIGLRGlAkOQO&#10;eOqlJq6MZhLfej0IwnqHRW3UTM6CEssmo6ae7yd3ypFH26+/KHU1pr2DhrUd7+cP5s543Wdf1c++&#10;qQMnb8WtNm0+0bShoVqZmrlyJv5s+5c/eeiw2nqqfiwlD5WmAh55IrpH5bcay3J5btIHiHX7yeG8&#10;XyB0JrMGKfbjg+hOqfbGCnJx6V4Uh4YmKz3kJUVhNOHyWoclKLmabl6uSh490Vw8S3pJ/9L15b2D&#10;rJFK12levTwN1ib1G5Fcv056+kDLOTHnbBtUZD5DPez/6oPhFjamoIMyiuIhCSJ0VsfZumDuDERo&#10;kMdlqFYBiXo3zo7yxUlkh11O/2FncTpUadO/db/16vViobSTKODxZNXD3mSGMUtmA0LkekV+fv38&#10;4pVwLvfg0XHZ7bNitVEoJwKzGclOorkufex5/xdTOiPuPJXbTyKTQc/qij+f6fVkS7U2gOdttltm&#10;fSavpCWszyh53A73wcG+eo1Bz8gjzVnQg3GH/l011imrCHPo9/Uamq92ppBzOWxQLHj+KRhYD1E8&#10;uENg4NPXg6CO7Sr5IHCCFutSnd7YoByA9pGGpVDB0tOoByUgkqHqrbPepZDVEQpuHOUeR8DxxagK&#10;fwNYtd2oMZl1BJEevkH3xYuLd/bzkXiGZgcMH/8O4fqh1vicNrpicY9qDF2RhMTdD+Cm7Yq8OeCN&#10;rggx0vAmADC2T82bx1JotZgRhYGIWhSqLzE3TgcF7gP8sdNtCY8kwdoXE6RCyLNY+QMMq4N2E6xq&#10;2IrCLlIvzEXpzMZsRqGJpWMCXeIdmvKZn0Vhm7a557iYwL+kjDJtO9GdqDXIKCjgEjwIrZr2iScf&#10;M731BSlToNHsTIWsQYyFs22boe122U6STQ9MHtIXdfrXX1jHzIAL/r/9N2tIEt77LBf0O3j+y4Wa&#10;Hc2gyVIsNDm5HEGrmlwQIwkaBtju2nG8EuARKGhDboT9Tg6tQr5K4eJg04xTeXlxQ2iK7S5cf+/K&#10;pHvaDzybjWXYuyH3rMi1hYmpuXDQYjOpjdZIusDEgJMGSwx+dCGmV2k5c+0exzhGQ/BSOCi5cUVL&#10;IdAtZv0BUhAW2Qg7eDvsbofBgfGlMjgRqhUr4r3kYBRhIP1L8zPPrc6zq8vWuMEEyAFIKHKkEOGz&#10;4qqUKPCcydV8aXESvqHp2XGKJUOqUA54nAMRfNgVkSAiSEPQR3tjuasAffkBR2MfUj4usLr+l+Vp&#10;ODytT8Mv8dbBKdY69jAVt4XwC2ZWxm1OrUqkM5/efVRrNDOo03s9zH54QAaigoo06kwR+jBF1JCJ&#10;R/NJCGu96WAASQMgKnmFRpEZORoDukNxswzGlXFcJflAf3AK+J6GPUIi6dOxglY+evK0luOMqVYL&#10;eY5+AF7gmRrZoUqaQp3PJSn77XSKdZDpa6+99Zf/b2rvcen8kumF5wJ/+dd71brs9TgRCp+ZCaYy&#10;1SmPszlSZKsdnWjLGPhAK2hbO+JnbAqNNlmt9DEoqdq1BrnxwCutSgO+gsVtGYr2Q11LV9HNYYKt&#10;1GFNZ+qMGT5eDKFQ3GhFUpeIX4JDWxc2cbxhSkHxFccBlDdpnLVJNymAH2wH5SpmSKqx4x82Mi0i&#10;Qum3FOCcUjaHsYNSUF5xEgIuGIpihsET3048iUadwykJEyKQ3I4wreVBBXFhPOWt7nZ6bPrhY+EF&#10;Vsg1bRYdjx2SSrvHRfXu4/PVF+ljfNkxrk4nxqbWNPZOBz+zgMcKV1ilyu+F2K9lVGW4XMGG0Sp9&#10;dpRQqZilWga1jdtPbvSWZv3f//oqzw9Q1+ExIa+47tl75WHkWV8ys/62pzPws7OxaOSbf/AHhXzK&#10;7+msrukliRWa9OO/yfmcuusXQg+ejK6db71+uZWMeS2S5sYbPqPPcBKFf9m0mJQNcWFw6Ff7fepX&#10;bg7Or/d9k/ZSUbV2bqJT6eWTPf+SceRBuw5JtXzuogdI6WDzoFZu95VeX3AiurlznNA+fVryOlXJ&#10;w0jAp9/cqO2A4fXUF5antAZpP1MRrUO7+85LZ+h6cG84txy69eTIbSL4VhXLVB48i/Ok+x0mo1bY&#10;21dEQ6FbnJzERIGFMT3MYaLkcBtWFtpKdcYbtq4SCFhtf/D7o/7A8d//03ea1eOL5xyQg4dG58Li&#10;1G/uxnIocXvKoFu6PD+QZXwTbSfRYqOn+8EfmxfXNLOTxnJxZFGa64PWNkILvDcVGgs6vJFq0qFK&#10;ppSvXi+7re7Hh92jRMJms51ZmPb5HZsH0V9+ePdbL97QGfV3nzzFKgzhKcS85SkCKVSHqOJiMZ+x&#10;a3UdJ1rog5v4XyzM2y5c6ZVa9csTy/sPXn10p/naK7N4AZ8ksqvzfrOKAUzzmw9jHrvz6oVZPIcH&#10;KO8dRsxRyTqZ9El6TU29tBQkODiVb7KVvLIc+vM3z1+ZNH7tkv/tm8vZbJHE4ytLHruaqHRVFyyd&#10;zHSRbKB1Gs1YTtMCcEQS2QgiZzRoHFahV/sH35t6/SVvoTSIJfHylUFr7Q4P8i/9sHnJp/r2db/F&#10;4ZyZm/zpbzdiucZ0OMDIxlKPJo+AJ4MeSY+S53HGYYJY9butGDa7dNJUT+Fk3e2AodrN6NA5aMS0&#10;joy32myONEZuc1iLQHYNMcDx8NiodwJsUSsbJMZrkaOLHdV4T9EXiyuxtRoJBE8cCTg26YUJuwh6&#10;HI0Xr+KJMun0Rbk+6zH/ix9ce7yXx3GCl8czRkMqDmKRcERsoTLstXAWZMvCuqlU66AWFrkag8G1&#10;RSd3ZLnedNnt9L44g/CPx2o9PbwVOlmfRzq76NzYhmDWfvPlWQQkW3uFoFfrdUl7UTxaVXBEr52f&#10;X5icuPNghym9UB599iiVShWYvoF9sRZt9Qdskij9k8thrV0DpImjpeAO4sAg0E6ywRigtf6QZ8KL&#10;z+SJcEYfijhERluxy9OpTE7JGrRrEJwCvuOH0uyTD9eoNdCvAaTgVuEwO46IiFUM7V6bz2ldngqm&#10;ccyrNIT8DxW80xJcCLFnb+MRoxSzFgxeyWaGB7uOMl05jOardpfUFtgIiB8EM1MWWEwkMYqseu5g&#10;5K1vXTo7T+fmdL+wvkKZTNcF4x+ceCg8dahYCuEGR+ltySzJ5qeCkFSjyaxiHBKJcGXM03Fhms2b&#10;OBYsa75UNI41iwIt1YyDL/mUaJVO+TXif4Jro/7/PzJec2rFCSpoOGJZyPpzrMgX71eWcNsx/Rt9&#10;+kBk7Anhh4BhS1XeZWpPu1ZG2jc/PYFWATIwAlw6B2ykxDJVK/IWxC/xTYXTG5Mov7Riw/r3lB96&#10;KKQbRgl10NFhhFfP9DcQAZvaer0qjNrxg8e+y+MFbbAbTWGfJ5nvXF6dUXbVW1sn//xHZ48T8ief&#10;lZCfNSqD5ZD72ur0v//NFwzvITKCiTzTiDhKfpy+8AcYsj2iNmNFz8vjQGTwFXHlHBC9LnB9T4am&#10;2GYe62J13egNOkLwSv5xDSFTuU5rwR6VWGbRIPcHHRaHRJ3xaAy7XGj6G+EwPx7HKajjCJaRL+wT&#10;IE5LtCB8CsyHGdHusonIDyXgcwcTA5SxsAFFrIpWdKnsMNqCo8wmRezd3R67cIYX+0ZiEUFQ2mNf&#10;WzVdMwAB4yNU2BrWyaBG9TZiYmwK+U4QmekLqb30umBdvBa2tbwIbgrSXUUyp0JFcA3QLh+i9TTq&#10;lZgtYC836XddWvQcFcuJgixJZvY+DKBcnjm3yQfR0eP/gxcDmkbt5Hi06Au8ef7yvVtJvsb5+Ulc&#10;KSKJFBTrC2srL15eq5QjDOkElL/3e2w3jXr9AMtARuUffv+wmNUoGjPekGJizSfCwfBBHQHMImIx&#10;zM6xApbnZ1RyU/PZLTns9W8+bvZb2PebI2VjSaUIzEuT3qHFZjCFwlnYP626y1SrJ3bojptDFjn9&#10;mtxulEpHTyKtnJysqR5FOzWmWKshkqlwgZkEufECNmOt3cM4e33a9yxKtNTg4noAYDFZar32wtn/&#10;8Uev/e7u1v1I4TsvXLp3Ugg5jCfpAvXTpu4Gg9oLF+HVmSaDqlpF/ezpcH4icO1CiKU3aWwBl9Vr&#10;z0GY2I+1rl+d/mI7l87XWA+tzesXZjW5ovHMuro+sGw+7bz6oj0cbkxP2wY1i7aj7Sj7J8mc8HUi&#10;HVOLKVz/4gz8FpPWVL9+pXvrgfHgJD8RckPA24tlDmLpnWhabvfevrpWlGtmk7JabwPzTPvsNM4L&#10;k8G5Ce+Pf/a0r2wtncu3W/bc8eDsmu61F2lCGlubnvz9m9cvenxem9dmu35u6fxZz907dy5eWKg1&#10;zXKuPRX0RXPlp7vHy9Mhv9vOnbx4Zilx9Ey9vDgTspm/c3X+uxdCP3htFaNb40henjD4LCrcbG+u&#10;ha5MGN++4Ls2I5GGlSq2U8WahAFwR1DstVo6O541VlVqj0O1NMtEpXdKOEUocMze2i9qFS1RqYxW&#10;5bDt1fVCgEl4JLcHS7Ohdz96xorN73KSMIoeFPH4GHAG/9VQAs9MuOY9pg+eROW60k7YZrfBU9Tq&#10;1IHz2CQDIxRKsCrUuVp9yev559cvPC4Uy83OnIO/yXA5MBsQsjJwYFmsunHWzFeIxNuoztYX9Iy8&#10;HBcie2+E5Y1KaMZHI/bqAs3VcHqMQ4bol0fs87XwaN485zmDUaFdfX7FtxmtAVzR2BL3xewh0mGV&#10;2stLDnDzQk1sVorogICz1GJyI+iu2hrW6H91ApUF+B+dgnCEoUFS7Xb0wo3MiJMDBwiM9qMEgobW&#10;7KRbMepG03WwXIFq9QaxNFbqGVazjxEmlKACjUAC6MknJt0Xry6CAi6vTQ1NStZYAg3KNmr5Br7w&#10;GBULbR1yDm6+Vpezm6gFM0Gm3aFYiZNT2OvCmJXCrr5gLvWa2XKnVIeBave47QEbER2NMj9M2ylJ&#10;8+GQJ+Rh/ZxLJBYmQwguSrkqZ5aWoDcYGVX2lh0RX9SHadYje8obcINFz9n0/8t3r32SpE/vyQWY&#10;0DXBchyNyWNsTttQP8hPw+BV+cry3JOTeKIiB732UqW0eRIzUWNUQstG8iisKqWgazYADelycEXK&#10;MHXRFDDNsXJTKf2+ICMMjUFJOAeV0ZmMzXBU41CsMbVnNDjNLREryC9zTJSjL3eWyi93lV8iuKf+&#10;QaP+GEIUUlJoJgbjyuIcVPV4Im2xS9rxptwsAW8AHYzy5YpgrcMq6chnlhamJvzAwp3OoIq/GQGj&#10;xGT2v4Rbx4nRX0LBY4BYdRqyohivRsWCVIyZfYBl5IPpbNzmcNpD0xqLnbYIZxcMvxGHI6KBFEZD&#10;wOC1F83brPoLy+H3bz977bmJaFa4JERO4rDYTBbl5j523F25U0erI0qFStGUO21YEM0W60CtyWCy&#10;2q0ue61QFbnPPCejAY5LIraTt4Z3CMih3hk2aVDBz0dgBQ25zgWzO0GY9EDMFFcx+qMJ4YubVXpJ&#10;I5YXwmZFqRP1wUyLwrN8msUloymGRaHTQvwkA48mhE1nV8B3I3RVauHci9rKIFYdXfx+XbxDPC+Y&#10;MHGBYMo0Gx3kxXy30/VKf2ynC2vJKonLK7K1QRcaA+SotOxtiN9js2a0qux2eBGgHXRB0NJEbozA&#10;3UGDxI3K1++JyKjO2GtwaIWNw43VEqqNxYBnLuga6LvBsIHyg5uQzaL9xvNTz12d3n5WtGoNmd2s&#10;sq0uV/Sbe507n6ew8aQNwcDf6sZwA26g8XDv8dUbrwzV7v/r337w0X1VMof3cMVo5srYXr+aX5g+&#10;ufdpsEI0kX7w7ofxUmloNXKF+xcuB2Zn2wvT0LZ6ZotjL6atdwGaRbBZ4agMvHeSx6hPQfS8ti5b&#10;w6vpKn5K+fnJJvEorlnnF3f2f/KL/OIixhpqKEhr57237jUtzsGf/LFnYiZ4kBCSWQfTc3O4Oh1Y&#10;CPvuPz3J5Ivrc27cO9R65ZUV18Fx06y3fP/lqc+Oaj/76Cn8BIvesBtNTIa9V6cACoCke68873n1&#10;5Sm1bcnrnZ+wO372i4QsN0KegWSQlarm1UvXPvnd1of3i/d3G2uLjlyxE000B93RmVX4bspCUX31&#10;Ru0kaSzVrVu7qUE9NmzJxFiYeiasuY8KAAkk0A30yo5c68yF7ReWXXvJ/sJqFxQ2GbPQioYmPb+5&#10;/ajdlI1mDVv86zOOtbAvhhysVKH9o1QnClUQ6O995bUPvvh8c0fx0uutK9f7RIdaTV1PODbpuL7/&#10;uz/D/mvxcjAdy4DZmA3mTDISnubMJgLVdmFtDYNPxN9ys/+V5y7h/mvAFHl6LXu8p8aPPeSxQYje&#10;PspuJRr/+qd3DnINNkK/+OD+2tpMrty7+zBitmjl7hCj/RtLLnYKqWKrjNtHtytJDrEJ7ArtDjdx&#10;PFUnjL7TNe6f9CKprtj99NuiMbRw9vVJ5T7JdzmBz827pydcf3trryTSrUcOQrgLjWmX+l/8oXq7&#10;oMhVoPK0Zt1mnB06jdx/9y29x6u9f4RnekOvxieEJWmLJHu10dHo9HPVyivTgf/6/PyvD5PPhyv/&#10;5Erh3LRiN21C7uV3mxFME7DxD78KiUYRzxv+8Xf6U4HeZ09ofGlOVcgrnrug/id/Oto/IZkEwZ08&#10;67f/s2/MPIqQFtwVMcJ63FK7b14Jry0EnU7pyoLv/nZyL1HiYb9yZjEDdaWNq48qJ1KaGxAqHZIZ&#10;janYVhKep1TvJESsBacyBxznZUugXszwWhGrKyglY1safHhxt9SgqagXKw22O3AxhDCOIBQMeupC&#10;AwhLhk6cD62tBXCloSxBpuCMnZhw8tjv78RsDqk5GuYLuV6DlExNBw1tk6QZ8CmQMeHi2YJxytwi&#10;IeLuDHsdpAkisVFu6MgWUKtL0SwHHA3FmMM7YIXKCGTQqGjkkZ/bJLPP7Y6LZ33I3ihXlE+Okkw8&#10;VrdDA+mGnaXcpgoiqa7mK3yRwFwI85RGobwVyf/opcUJp+UXt/YVYsRXYCaH54BvLiSBWSNAMhnq&#10;ZbmImWej7nNYyXTaPjyMZLOKMXLLt6NaDxAbiItFG9AWJDKRXqVl2mrJdaA5j9UqSVanHW/0xtbe&#10;TrbIpq8Gcu202cRmapwpKZaXImlZNU7+PY3I/DJQ8TStaVw/x5vN0ZdxWaJsKU5d9oR7jgjdBMRU&#10;qeK5PO2MLOedjG9mOx065S5dhJnM8YqKUCTWco6zw+ebMv4yvWFfwLrrdPcpXoOIIhZsULWwARqb&#10;wAJZC26d8jRzko/pRGAkGtwUoDZgSbuc5xRGf0EtspiQA5LPB3bRrTdkBrKS3Lp+IYyAK9ts3n54&#10;lElDWtYvn/Mcx0obmzGXyzY1SR5vrdvgZhgh4TUKfVe/hb2FAus1Az8qdG+T3WT1S1qLvlauE13B&#10;u6/Qnnq4CuUh3CVRa+EwmA0sILlXxeJDIUDjVrWlGzveC24tlBxGZQ2p2iqtKMZasYVFoEQjDeeN&#10;B4Nm1KyGvMOMxpXRG410ZnxV3iMweaDdrtCbg5Sw4Oxevrg0g4N/uughysAsUB9ICWLwFfeF4L5B&#10;+xnvHdW8JBApjITYK+IOb9DDq2BRymXvwx5WiiSuUx9u5B891qXi2gvWMXtQg9liAkThVuE5cru4&#10;2gO0M7ox7UJSdUNe16N09RtvBcuVztFB/Q9emr2y4j1MYeDeyBzmWgXlh7eSRNr0NbpErg68BIUt&#10;NOULLU6+/PbzpIEV5MJxMv7WV793EktWmzX2oaVyEcs80tpfei4Rnmje/nx2Kz3aS6fwJ8GSPlUZ&#10;4Ihw/ZKu1BrdedBLZ1XbB/IbX/X84C/m7m8WDg7w96fvkQE+zi7qJ51yNtWtDByokvY/fgRe+sVm&#10;rq7UrV8Ibz2pbG+3nUHj0mV2OJ29HWul2PmzH3kvvHbBOMKPPiqImAPVzbNzHqf1i80tlhQLc7gE&#10;OqpyzmkYfHyv8YOvrH66Efl3f/s47HMlsXju9N+8vkbq5B9dnsDU6F4MGWTRbqySX7C9s7Uy40sc&#10;0wToIEXEEmmDeYiOCw3q+5/ssarEEDaVb6Rr5MX1luZ7jTpEZeX167kf/5gxhielHfYSjtbP5J1+&#10;X3h+ws3jVm2N8JdfWwzAPfRJ6rmQJVXqbO5mJkNDr81y+QwzsX57t6oz0MWpL3gM/l7BiYuf2bod&#10;z3MHBr2OZLmF48vm1k4R29CmfmrOGJramZzQuz1qwlJOtl5Rd19duRx4eP9o+/G+0aKFtRqPJRcW&#10;dYnk0eON6PzC3OePj5nWMYtPJ5IO0ygwNcP6tVrKqlfPTFfbvXc/3d1Kt7eSNWhq55dmBl3tS1eW&#10;HZL23/9qy2iVLq4E1Tbf/ZMKhK4XVpCgOe/u5jmxyXBAh6Ma+y4SKA4eC8eaUB2yk4GPAD9ajSo9&#10;Gxw2CkOtVmT9aTNov/rccmAi8Mu7kSJXbNB3WAzLfmuyVEtUlHGcIuU2orbLsx6WGfcOciGPzqnr&#10;7Ue66TKyzqEGaRHG4cOOP+DIlAfEgnUwba7IeEH/8QtN3xxqFvnes068Ii2GrJWaoLprNcaTFNzi&#10;4Z//0eDBrub+Zh9essi2B9tTkbSAo3wvX2jplEMeYc7ikyyTQg+IcXnaPRuwbezlMJSi6YDqZtQp&#10;3//8YCjwNy02keM1l4rSRgcLT3Jxyg0XtVxr8HDqhCijzVNHL4vXNSd+Va6phBWLIC8IRoKCiZmn&#10;W12sUGzGoVTDEctO7J4R7rEAZOcJpiTomgjKOzBoRPZCOCSSFFtdpWSltg2Pj9K4teE4WMwVdbwT&#10;zUGj0TNLljZnU6urA8BwmNAJkFvGtrFeaWKcgDtqNZtnkQzp0Ry0i6j4dtcWdOosWhjMyPAg/ZMJ&#10;MR10L+KtabaQP8LiCpYocrgnm3tkqmkt2NJYbAEXBJxKvsoJOTXtK6byUPdEvnxXsEhaMmE/Ujxb&#10;+ca8+6MTwYnFfYT9IWZ2rODNkh2KUDlTaJXKFq0qXy7tncTRXzOv41gLrlbLV/0uOySrZrXhDQS0&#10;GPqx8rQCrA0pq8DfvYHq+tqUxSC0WTa9ut+uHMWznG4dhmZ2tgYjMHkF3b2Y6rpjJ9L+WNEjSDRj&#10;Std4Lw2zizNV+M+MwcGBWFQK3R7JFwTLDcWHuuJz/DV2p3gVVSuF8szC/OraCtnM4qDv93Mw4oDl&#10;mekrJfx6NMIPT5At2Vypx9grKwox6fTGynk6SSG4EYvIUoW0xyYJlExTFhPhiz2x30ZK1GqqRYIK&#10;PlC1brtJAUHWR0mwYt0F45YpvofE2kIKEDY3yRRB9vorl6Yf7B/zz3Xm3nd+6Ln+gnZ7o96T1VbC&#10;QIjlpHMcjGBC8nqck06jz96qNeFXawxA1iOjw+DEXhlHJr2umpKpQIGlMLRGttFYGUCGE/xKsYEm&#10;ho8IEwxmdYiX8OJnB6pnuTJQroSIlDfuRbNGLSHPIgiTf1VrMoaq27WmUkCnA9Lm7X6LUiOyuqDX&#10;CrwUxVSnYzFLfKMWfE2dBtWvuHxaNQUMyQEz39Fxiu7N7bKyl6JBtDtsJJLwnMAAhItCDJNOBJlw&#10;NVX1MgZatJ6CUQwtUWvUchYTuQLzjz6eiZa1BUMpCx1B6+uJ8DK+CA91Hltzg/aPn1vgmUvKLZjC&#10;yXym3m/fuOxfX5bqo3Y6Vvr0Tt7ncsi13t2nGQ7AbiYXcgV+9M/+Ym/nmF1HKV8Bm1vw2iCU3Hjr&#10;xu9vfTy/wmQnlWuVaCZdLzdeuHTj0aMvyHPrkOUwUnE9lxcL0wvqT+55dvPqTC3jdvMqse4zffst&#10;/+2HxU822tVKkVwDnBgrcjebae9HO2Dhcl+35LevzLv3Ey3nrDu4vi6F5lySOrWZTGRcy5fPcdhg&#10;ev/k0x5L7de+r/aRhOjoe22K4wPn/u5geyP17KgbiRcwsv7hN59/4eUb7tDk3LQ7mc9tR+Ihn6rV&#10;rnB6N+oj9aD+y3tF4CZmdjNGj1r1O5emlyZsBrO3rTQqzL35aSPUzZ+/94hsB1qloGtiOjAdj6Zf&#10;eZ7s2kXy6s/Mr/dkOVVIT4XsRq324bM0fL2ZULtSGdm86XPnW7/+hVQuF10eKRjQn1uThj3X7Nwc&#10;hp3TYbfTar5+cblWxPleRtNptHmXz/hzGdliHZw5l7jy8qZdV77ziZeB7ZWzkz+4NOHVa6DHI5p+&#10;kiZ4qT4TdCGciueKeHfxwIeCE+iPnM4oxNBiGQc3CfeO2dW2WpOvlVLXr58v5LvR49SlyxOdfh7k&#10;3iq5JybCZblzEie2uHN8FL1+NkzhNIfmT6LHGIJzC9YCXtdQbYKPPuvUf+vaEjLMnWThV/eiONGw&#10;+nr39jEw40m6+NHdDdiYiII1RmnjKAGMKXrzvsgUkAVrgNxdm2Sxs2Nit4nBLnx3tNwInwFaFTA5&#10;mh2vdvDi1WX2/O/e2al1mWCYWQd/eHOt1hn99LOkWmicOan9b14M0f1+8CTx/oNavW743//iGg34&#10;k3TB6Sc5r5Mt1Glk4PVks6JwsmVTKerBQGfkNKda3XiuU2t6eWIh+zCiFGoIYDpIj+89UVZlEzvK&#10;cTqTGrg4EivtHmhFYRM6aHy+2kdZ6Dr0xnognKDDsjjh+Ohp6tefEwacnQ0hcW393ecnkAbpbZvd&#10;johV0xmG4ljFU4xDX1i9cBHG2zAh8BOiNEi8Wi0vRHApVUL5pxJ2IUiwuy9fC+Dm8/SgTFHkhEcF&#10;AlFGmGjTIxslAFiVCK+ElMtzowUtajUQrommGnlWAa+6FrCPihWo3BR0IqOk0aCWGSG5teis+IXr&#10;0cy5SablaB0pK4kyezYJSYZOF1qeF02EZmRyWftjgI49Z6taE8xDsBiBMnarVfnVszPfvrJ8jFFy&#10;u0fuplrVOzlKgbCtXliGTFzFlgIEj0jDWoMfqZgs4AzJUQ7ReGFxEQa1Sal4EC2vBqTrU44PnmX4&#10;hwyuxHPLOZL32jLLGQJftEIqS0LcUK1fnApfW5heX1qQWyxj7NN+t6LHiGBF82KUJL/fjdoHOe+N&#10;s/MwGtwB52rAfpTMJrMi1xfHwmAwALF2/yROMrPRgC5WuRjgGiIpF+/EWPerGVuxiuNaIejV46gC&#10;xWkuGK0L/1ULboqQnSAyNoiFqbBjxX9fqxgnM6ewQtHTQXvZZE4EfOz1qK7ZUqUt3OoVbblMFgzA&#10;tEKoI5kDWaSZhWOlUiSj0ZuNk9FYt/eS2dzxSWx375hgj3yxGk1hJ4S/GPhfvwprpYuykIhHC4tS&#10;+jByOhUCwOzh+l6r9hhB/sk/dZ6/3j971Xr2+uCdb5r19p7VYzdIjRdeMlx4QWsPNOanpJP9fj7F&#10;lhdeGiw8UxXWf38sr2q2JS/BtHo0+FwKKETugFkDkJcpMxiNmgOrl6B59McE+TYRfIhAiW4XxHIk&#10;QtKUoCPUZuY86iVLBIjMQZf1H7w0vzzhO8hW4ft0BYbZKdSpdvgkSHw7aMxATEjBLBYjrRXyZDT4&#10;kGiadbBKgwjy5WsJOBqLO+oaMKmSopfNEGXSklg3tETMr9hc4IVhIrZ6iFi5Q5B6f8B+F7o6Tj01&#10;EpmEcknwigbsezqCPacTqc2sSU+ZzmPq8ph/bBAqEaXgZ2tEhMul1dkbYc+s0zbptcYRZbdoFwY6&#10;Sfv6tWBQ0hRSKYQ3J2n6G30NVA4PnUorepwnDnNxLlir927dPZYc1nS6sjZp/6N/9IO62njrd+8r&#10;2s1iFv4Axo2dXCnpt+qfHWdZ4tmcxrkZG6Eo0xPFlZVBMm7P5QiRNJVwLuhqzs1DllR98qAZspNU&#10;gy2cAmi0UW4/2qrSYtaZt4zmqxPGdkWOZqsrL84jfavnU/A3phc9kZ3OF/crM35L/ICzxfbtfzyw&#10;TpZSqZZdN5IsnGyWn39Q//gRHpB1+IkAqm6rPpvL6O1S0Bc6MxVKFeS5SeVcGMI5ng+D+zslbFKm&#10;wy7kaFa97uK0qVHA8N3lCcyGZ2Z2j/Z2DzJyqTU1u6IzeH9/B16P4a2XvwLTOBnNkFInqAI99eqk&#10;f+9o4/+j6T1jJTvvNL/KdapOnToVTuWcbtXNoe+9HS47kN1kk80sDqWZ0axGO8HeMWZ34IWxBgb+&#10;ZNj+YtiLXe9iAcNYAx5LM57RjDIlZrLZzc4351A5x1M5V/l5S7ZAQBJF3a5bVed9/+F5fk8Drp3W&#10;eG3KiifMZMDRTc1fqiF1KBOdxhQqkm7C4j/lHBwfZpUyLZbWf//bZxfZ+vK8E5Kl5aDN79brPb5g&#10;kIsfHhlMovnFfF+Y4uwJacdcL7iX7KPTnZjTo40hgb0nYTj11iGmrEgEGeI7YMAYQ07DCSnoDMwm&#10;0UUKuy0J9u0dSTpa3vti5zOhPuXxVnH/aC1Ok9mObN1Gsxy+qKkY/czsfCQcN5nV8FxatDK+XTO7&#10;XDgGxCaXlmIZvYHqjCUlbGD4ym83Y59sXfzj/T14pUIew/ZxYi9SOomlUdRG8xVkN/3kq82FueBM&#10;wHt6EQXCcfA7hSGR+o1IuCyqPpyMA0Ed9vFeB88qOjZInBq15p+/4psygQQEmYvkJ18e1UYj2NEw&#10;YsEY6uaS5/HBGbZ9A5iGpON5i6wpVXxzVDSAqEzTFjXrZKRPznP9cRd7j3EXpCW5lurP2MXk1B+P&#10;IM2zmARHqWy5Mwh6WSjGNzHSFXTkChoLSqRSoY6tVGAVk/T6LWILID4eClW/Wg1Gm4ysxgYQqYPE&#10;A0M0/MVILyLoXjh2nx5c1Prd+mB8dpaccxkxkoPLDVtDDDJJJAXAdMS21ReR8HoIZ/pkGUVWZOQp&#10;7U1Yn1jHQkUKWxueXkpO4SzGAhMtqQdgfpFo/yyroEQoKUBtRt2BExyDXBxSaD8nbpMB8dyTgAsp&#10;FlRZPEMCIhFBu6ll5ThoIL2QwMCsFOMc74lJngJ+KS0okQRKAvlTR8HIW/Veh+8AFSGFUBDDVSjn&#10;6o1GEbIRsiLCRBfWAiI0VpBymwUMBnIVTKbkY5dZj8XQ6XFCq1ZBiAEgWV8kgvxTMpL0mnht2HJp&#10;RBNTp1bLai1aaGog4hjBUpmvthAnKRjupvh/ccPHI+a701Og4QCJZECCUPA7LiJHSqvhay2ckizH&#10;rYV8KiWrVsqrg16yDEhng6EUPrvZbdQiNC8ZixQzedQEThvqcJlFz2gVMijiELpMkFdGB0aO1Qqf&#10;LRYRJmxDhvlw+IPbQazYczVoiHBNEH0XafVIJ/I7dTRpAcUTUQ9kvWSWKCW+dIya8aFMB5wET4FR&#10;nphEL4IHANNnIp2z2qwL87MKYY944ccSrNNy5TLphVEu9pparRbFDk52fA0g9lSQy1JCuOhYhKPH&#10;wfRjOEogKjOZghJBRGCqoMqROTwwsOUS2gke61jESNYa0GUN6pBaDXpKaISUGANj+oSxFWxROO1F&#10;0wu0w9uj6QbY3Dod+SPGg7rdAsO+8vi4fv831OMHPOTtQJNj+o52CiRhmP3xzQSyFfBGWsdCAjog&#10;5Bqw1SEFaOL26GQH0ELjoiLKfcDuwVNQKiu18gCqREwmFOShG04MIej+MBJpETbg4PsvBwJe4yyQ&#10;Qkb2V1/vKsngU3bn0gxLM5FEBm02hrcqlsHT0KzCKk1yPlFaDSeJ3kRuJRNP0scEkOeogF8XkIE0&#10;BFZ4r+CGwkQaQTQthBN2iLan1epgJUl6yz4eEKBigdEAF7CXy1eBxIfbBSNsLOZxuQKPgloHpCES&#10;3zkQwhiK/xUaKpxSep0a3FLARfHJorP/YNU343OmK7VFj5ERSayM6s1LLpgCODllZbSJ3BC9ld2h&#10;e76Pawk4DmG2UO0I+gdJPhk9XvEMkuU+gGROu3puZV6kcOaLqaPoKadQXg36Nw8TO5EsVDAH4TMs&#10;t1Ey61lNv8kX89Wra+rQgq10rkxG0C7KSi0oLTDN6B9HIMlv6eQYDEkKTRlGK0ZWmkQ+iUbp0kk+&#10;2DBFcoOto5zbKJMpxk0k2ObCLp92bMd0lN96WsBiJDDPBF6quNZ6g/xw70Hu4rQyFKkVtBBkg0QB&#10;HgF41eERE4JxqBC2Hr04/umv7t9e9b22NisfjUrJKFIgtEr7eKTZWHM32zCS8hBtYQh1mGr8/f09&#10;+aBlVIrytTJ6HywYyg3hs/1s0AcD18BkNjkd3o+/+Aw4eJAJP/tya2F9ceUSYPHZnQtiLfzrHwZ6&#10;tV483v3O98blgmbI+0ALOArXHGZm1t2Hbrnbk8P9Mxi2aaXg159sQl1mMSpLZdB0Owi32N89jqcb&#10;U0Hsysq1jmBuoaqT+eKJ8Ze7mYfb53qTdHrJwakVxWTephHDbm6yaten9CBpIKzmyrpUq+k1+oZn&#10;O/1EDlIU60VufJQT5brSSuVi0NvnLCD7MNBcDvsUhti9RufS+pX167dMFt/S8hU4obb2n4cjYZdT&#10;J/7n3wukSngeRBoV9m7UEHjGJqaaYlYHtKU5W+2fhmMGJN8zcPsixEDKI+ZzMIglC0G/G7MQYIeI&#10;TAMPPRbl3S7BcmGTgJ+EwQ2O8k5NBWu/RAbRXLVc/sHrc/NBB2ZKkNd8vpVqjcgRRWF0EI5d8Vu6&#10;Auok14DxiJUOVrxcsSt8cFaAWh1X0UdPItkSfrgok6sH9MyiT5UptTK5zrsvK24syXbPJKDGLISk&#10;QqW4R3YqIF90cxUF7JN4JEGVw4YSIkMZUjLAaEXAgYD4ydFR1nCCwIBJgERNgv5Cqz+AkH5wd8WB&#10;6/w8SwZlAO7cXXa9t+4N2MFP0729MYXi99vDbH/iVMFpOIEAEGGkkKy7BKTARfwt0eCR2RuuZRWN&#10;PcqIeEOJvYL4/yaCwD5R/IzhryDKW8jy8E/jh2AoJyGwyvHE70Dmdjh/sDLDmQK75sYGHshuOll0&#10;u82YttcBBKAJEU8oGQI+gkNfgbcbzRAwiFm+WWmjj4QDsZYG5lEwGTRiDonergobHA5gtD34ZnT5&#10;FtnrAIcPCxQth7IDHyL85lB3NGGYHIqcJsjodQXo5CTkkoslcyat/s7iJdBX8SZAfYOVIOfnIIMs&#10;JoqYJKIUUBp0PTFoD+1aoWWwav7ksuVvHsRBQ0QQO1Krus0uBn1zQTPyTqYc9usrU6fJAgiPsWxB&#10;JRhEC8WzeBreV3hBFt2WOaf+GciY1ZpkCGoEKhhqKejWKZV2jkmXuplSFYJqhE9gMHh2cY5OzYEU&#10;RL0RDcFGyHySquRrYERISdMx/v+Q5cTzSCwbgv9/cymaiG7IG47uf+IrwTdainFQEwInwh6agIDk&#10;8ih4Lq2uy+mGxjuZyk0FfCY9W2/3U8X6mPyqOQScUBSNye54IjCRyuB3FE54McATAfQsJ3jSePrt&#10;ldlGr1sAsx+vadKMk08ba702j16w26rV+Hwhk8ZHBBAOvkaWwKxl6bpMpuryUZTt4dPxs2+GO09h&#10;qxib9DpkAw9qI5yHUjEfPhv99J9kDx/wYgplK/I+8SQSwhEEZ1hgE44Q5hbA8OPFUQosLzQGVuNU&#10;kUVRGH6zPgH6TCLCIDwAVQGfFAopRguLtQKj9U6VeJobE+c+wqtAslsLWV9Z9X65ncIllys2P392&#10;QUg9zd6///N3KrXW/YMwzME1XHR4R1Ds14kWVs3SeqMG8yo891g6QWmMra2a1aMlxMOCN6QOLDWU&#10;sSoZakcQH9U6LXmD2nAPQ9EqXgoZXl7VH0XbxDrSBUuBPMVwm5DfazSCAhZlinBiCMO9PiAj2zG6&#10;fIwXSNy0kiiR0fWjvEHdhI9y2WexKogVNuTU/uK357eXfb/eis05tK8tuIoN6tLyemug3D7NqBXN&#10;WL6jUcJ1jtWGujtULjl7VzyZeU9NrlacnEXef/fKjbc+kIup7Rcfb50dALZYL+Rz9Tpt1guH8C0U&#10;UU8iEB4ZehcXWZeFm3Ypgr5b9awJpv5EFfQSqQkgAuw/O7CWCfLV2kzQhrnIgGS2CMu4rYRDrw5a&#10;gnFjIAFcHuSxrf2yRMXOzNmxvI9m2zM3posXMdgIZm8W+lTm5Ek5cdienzeqkNkwEtu9xhvXjaen&#10;/UINNfcYUjXcK3Ytwzf6Fofq+PTo9PBCq2QXpixKGeMPLED7s+hUPn5xnqzC1EvV2qS1QMGkUwmE&#10;7bLWwn5wbxohrS2CIZPdXvfOzdordYQ2Olwe+4NnW/AYnp+lAXT2e02HhzBs9/ZPyqxijF9Iqmwt&#10;rsR7NfbBR4XXNiy5YqdQSFpNvWpfZLS4YTMDs9dpUvs97tVFPyRTLw6h+yjXs9krNy89Pxw7kNky&#10;h73VkLO1MxHlL38hDM1qV5cUbp8CgjVs/i+55WtzWjjZb96dMyuaikGr2m69/y7mSrD9jSyujtU4&#10;ECFdHPmBQtqk041rmLi3TJy01TlttI8XVqcrBboYLWsUXbnGoTJw2Wg8E9s/Oj11BlnvrFb8w3ds&#10;PmP32WGTILgGUuza0ZBg0SXTiMfo4iFRK5RgSScUEBJ8ByMWmiWMt0ThRHZlYaba6pf4qlJGwoTJ&#10;zJDVENokZElQRqCL6cOhjzmPEt0MbiXEYIesKixBOyPpV9vJ5ghjV8JT4as1I0tdnp/6+jCF4Sf0&#10;cX4bk6m04MXEzYKfjDTjUr93KeC87LQvuLXVTvvj54A7jR5fDEaUOGCjj6NgxFYUirrJRG1fwNTS&#10;V7L2cgvpEDh0YVQD6Y0wDdRKIOTHEwPMGDZ3BKE3WtDLEeMjXggcufhnMIBdD5hwUSX5/hurU2+s&#10;Bt1G/aebpz//9gS/kwaZVQJxOFdHJAMgMmhQJpdflyQYQztAkqV6wgnFDG8TKghiWJFREH0QpyAa&#10;HBTbUIQSU2BfqZTh77Q6EwqZAEPjziQFGTM3McMAyyxDl4+GBEU3eiO07eggORMdi1VwvSP2ASAT&#10;zsKCJIfTBNM5lDPDNqnQGajOay0yeETLOBjVsF5vEe8p0HT4C1oMFPv443GKYjiMiwJtD3SGAoLh&#10;gXQCdOw+rNOtbEVjVmjslEAt01mRU6WtlOovdvYAuDKa1Bfx7K3ZOeiVdvaO0IcoLGr0DflInpzI&#10;EqnRZYWctVpGpTZSGLSnufqfXudEI+n9E17PykkTNhhrVfLFaWe6XNfJGauOKbYbGNqXS43rC4Fz&#10;AC/SRVoiLiTTQNJwKubp8QXeWwShYc/ls5vQNx8n8RIhx+4Y7NZKDakUAmQgI2cEDLygfxrMKUxO&#10;V/36rUipiPn+aDhBkwoma0v8i2B6iCxyJJhYLSd5kqjuoE8WkBQncnwSc3qHpSlEoGDSgLFeoVjc&#10;2n5us1goRrN3FMZ2G2mkaBiLNehUCCu1UkiiUDFojMB28Xwa2zssnchUmpiMBhIpXW60zw73YYZ4&#10;/dpVpUafbg83VheVDIebR0IAsITYB1eCSKkR4GJkWPKRoRVT6tnZ61LGqrRfG3erldwhzWKFh2dc&#10;uvm8s3NASHs2buzWu148p/6vH1UwlhQqOxCAgtEIyTAuITBaCfhQIYbTEd8cLB1x1clUKJRIEQDX&#10;NB9pNnMwfKBWI+QUSLtlhCMBZwW0rKgF+/ieY2mGao4oxSlyQSHoAwtWk1YJ6tbOaR7I0O0LYACg&#10;KqAWphAnnjpK5rACARdapVULJ5HeKCGJPpaw3UTNShNfbyiu8fBgvAedBMQ7qN1QfGLuDY05vpNA&#10;VUBHj0kghOnYkovIEBUVnvTf/GDewqmeHGRxrZqB32Uo7NHnnDqvzRBGehZqTaFo4n8mVRHxBk2Q&#10;JKRjFhOlPeaChD8AvpdYrJIIbs+5kfb12bOLKdiJhd0fPz3eylVuTVnA+ezI4fgQfbsV8XINp04e&#10;yQugf0LHe8tWeWeqYMRkQ6mB0gpBkP4p71BkAOukVj2x+ej9432Hy7hxdf7p9hGUWFZI8WMts0bT&#10;AYxNJjFrVZ1KdW3hTr3K7p4c8P0uNrlOjvXbODhzMXEqtJFbAOwO7EKDADu4PstYWFku1cIk5LWb&#10;Bq2hx5hGs9ewdjA++jgcOyo5AwGFUtpNxprV5vIrKM06kVM4dmS+aYEF0H2j73wngY8TY+xffRJ2&#10;c7J5v3Vu1uk2KI6PolJxezbIuoOGZDLq4NoGO6SJVb6SELXLe7HKRR4jNEUXgrB2ldOwQTdHgyBH&#10;DYmAi1ZD0sHKaafNyWidOlaBTl7HuQ93D2rlwnLQdHoYWVpfgOK6lM9Ne7nwRX71imFxPVetHw0H&#10;3niCufOSt1SsiChq45XpJweZk2P+tesLAPi7PLZQIGQxuUxahVrWPzuMQOt+86XQt9/m4bENztdN&#10;Zig/ZD//EUI5Jb/3em1+Xi3SO7Aodc/r6zXxix3eFTApNBqM0gJeKDSQVdr/4qtRoSH913+hWFk4&#10;M3CZjZcUrK4rF5VDHoHXIdDqR4VKfCCKaiwFRtMJbyuULIQwp8+ePhyOkqdYnEtH125IarUzcaXN&#10;bMzJveZxuKQulBvYZ3Aes84+onXowBDmVoHKEXu+kUCO/Ukf33iCqkSXo4LJt9HrLM3PptIZNHPQ&#10;F+AegDoR5RtpgyAPJ3+zDYKHHoIOVHrjjrDZMAhbvilPLNP85ZMwZlYsQq1Qr7Sa55nCreVgEuSC&#10;ahUk5rWQESfpXrgE5g7QtygYLTrV3ZB9N9kwm9HljhFQVuq1GQ29HadAvvBgN6dV6HSgEtQYHW1x&#10;aHGEZnLQlOJgJN0k7iqWYbFBIdbvEYaluDpkLot8IWQ8PM4DfIPDChQCTD+xnPBZde9uTL8848bS&#10;63/9+88fnJViJbx9jZszFpSr/+HXO03ilgexAdsr3PcgT/fEE7AR1o0YTsJOJySrvwGJdSCjWjkR&#10;lIy65C4F72Q0Ua4TTaR40t+QKTZEItDgQkPBabGsqmNkOGGKjjCEI+tP4PeI3geNNUiEApjKoeUT&#10;EvSa0mpia/hVMauVUcVYns9U8aZ3CAx7NG53yFAXGE9CYiArOrwKHDpKHSVENGUdrhLwz2QKC4NC&#10;CztYNFz1CtnqQyurBBPBqMkkS6yOThXzShE17/BHUtF6r4y3qdxozXjsbiP3KH5oCthrab6e5Ckc&#10;zwxD+Owg9DW6kIZCgoEmt4k3YFT/Z5fZZxjLYRzfB8IDt9Jo2m9Gz6cZI7ZveJrOFMo85nsBqzFZ&#10;qIJoKoc+qj98eXURfGyAY4qQupaqSL80MIqD8wQGs7vHYYdJY9SxZ8mcHupUGRQETrPZhpE7ai+H&#10;gZnz6J6dFYuIOYBHFeUMgWSPyX9AnUIEPUTzik0ePgsy4usOGOn4u9c8WJlgYkDMDGKxy2LCO5kp&#10;1VDkdNvNSj4Ff3Yo4NHTCiDKAHfAnZKGwbZHFm/5bBbpd2joSuVKmS9QZPqowqAVfz4+akbBIDKs&#10;XC1aAsslcDtMdrfLB99qXaDQOYMUa1RrLe/evCowheqsnXUGNeYpJINIurx75bo2uIoxeacQq6f3&#10;RQLQshSYT8AxQNFybGC2XyBVpvHB3Us7+8IXsJNjAQLnuZ5GCVjONfEtpBk1RLxqPaM26cFWHcMe&#10;qybMVfz+WDq2yr1WqUOeahg/SGgoEt4w5hhNoLSiBYsJTTlqXrhJ8SZgHgi0AdnxAnfYa6fKjUIV&#10;xDtJttY6SRXA2zNz7O01b6E1eL4fRaI8Jqrg0iM3pgf51hBLXArfw2KxDg7frNsIrC65fUcD4DeA&#10;mHQhu04mbg96KIMgmcLFarOowFcgfBS5jPAkR/14pusws6+uGT/6Jtlo9KBggiQnninfWQnOeG1f&#10;70cgc8ObgzEy6gMSHT7xBxHkBEr3HslHgzgcqZi0QgwqVDJdvDPtur46vx/JCgaAwNciEKV3+6fx&#10;/HdfDSlMllz6tFUvSIXNmyHhSUxcqYnfD7TmjcPHccNne+Kvt3vBpWtWh/f8OOFzz2Dp+tvPfmvS&#10;StWUFKO4eiX98TdHFi3zw7dXts/qFcIq6Wo4yfwMm82WaCm3uHIZgXG7J0mXVaehJNv7SRj1cb7/&#10;3g1lpYBkoPHvrbNVTPkHTL4mAq0PAmhGLVWaKUYr9ATkRr0A+ndYil66+6oQI3sYz+oq/zz2Ayh8&#10;KYMXPYt6lJXuPajH40KrxdTvyB5t1q6G9NemjcDc33534/Tw6NF+7PXrNmGvchrJKSQ5uRLzjOR5&#10;NPJ0r/ntyRhTepK/BkoNBOFSIRk7tTGsklxangH7rFrIBvyOZgfBFlzk9LxWPQNc+sq1pXTkVCKq&#10;Y8PdFajcXuvZ4enJSRGpH4jiXlwZKejxs6cSmWoW+YImznoUrxjNyqWFhcRREaUlZzSOYDscs0pW&#10;/8Uvfw3rr4waYz3W71TmZoUW55FEVNp8TKMKctqHAac0majCLfJimz88iLzz3SD0wz/96aGelr54&#10;mO4JdO7ZXjlb2d3EYGLMF9hOQ0pLsFR9VwVwCvVURlWHgobBhG0bnPgNiuqTv9TxSkaBCLi1VwZf&#10;PToWKXqxdH/jrsxhe1YsnIut/oWDhIKRAn0FJGHf66VByGsJCJXU69B2G5JMrK1Raxx2awMUcegl&#10;4MpHcrZUpNNb4umcgaONWvXxaRgHB6ZKFIInVCqc1VjlwSqLI0qnVnQ6yKQVqSRCrXQIdfL8kj9W&#10;6H78JIw9Ay0TQg7YHYmxCPQbFFMmzf2tM0Y8unnJFcnXd6Jlgw5JqqNis/f9dR8ezs/3I8s+Jlwq&#10;XV+yR3ItEsguGGTyg1V/4JLbcpgoXUR4jYrOFkY0VF09BWjhWlaNQxuGMZjigQQg0xwRDmKSVut2&#10;yv/lfzWH8KHnm3lcJbCHYmRT7wwvBx0BE/O//eODH39DoIpklTIGIk4asOlhm/7yIIkVEB5vMndF&#10;m0hcdF1ipBYTIQ+ZzU6S7dGxkOgEaPTxh07ALeQUIkU2LnDCZUYT3usS0cpoTNxeQHIwBNYkA/oV&#10;P4PEfeiA5EGLSmQmaDrLoN5IhZhQ4S2mVRS6pBaWG5jrEn7eCEgq6L74TK1VaiLMt1NuDkmyIOlP&#10;RhPL4MTuDfiuFKoqRCzBBACznhCPn06NiAkx3hayTEXuoJQxqz3TttFQmolUQPQH1A5IwilTEOfo&#10;ST4qpGR4YbjM5yyeOF/KRAu9QgPaDNQFyJZHs9ZpNMD/RHxvByKgcgX7gOZgfG9R6jKZHp+D3t6i&#10;NXKdRZnOpmCt21icA4fs6XEE9pvOoIvLEhOVs0Tawqm1Go1bo5KrlfvRdNCkH8mluJjWZ937p0lU&#10;3Zi74m42cvB0ItqGR1uu0mrAhEDpAKnjtNvqN6uehxGfRq498AHI3SgcEQAAgQ3gyCe8YBKBDfsp&#10;RUwGknH/w9vLyJbZA8JZRWMan8tmLBomB7c4JU+k4sgh03GmpcW5taD53VcvlbvSEpQFrU68iK+u&#10;ZNYqTVSHs0EnQ0sr1Z4SsmzABAaC15eD8F8cXIT7nbo1dAnE1QGgko0aKxkqRG0omwoNsDVasEzM&#10;w+bRl0Mdgx0pWFiVcgYLUNPKqzLGFPv2H3JPfzLuVDnYmcddTJwwssP1j7m4VDhAieu1IzVFsZvM&#10;ihXYMvXRfSJFYUh6QQKxhe4UnV1P0tU5NDKoW+WyJn7PHrEJCyf2GqzMxsQoCwwNQxjCeBgwrm93&#10;biyGlgPurUgSnkgsFfVGto10DqiRoVsj8DFQ0xAsNYBYH25aRAx8cNNnMaqPL/I+E4u3F1cpakCU&#10;2GjsYEDGRgN3FgaSbqsVISqcTnF0Br5K2w5HPd80qFQOCwsADmS4GHLpjVq8FoOOCnqUK9NUujLK&#10;l9o4ZPD4WFXCzx+l8EBhhTnjNp5nskBeLM/6Pnp8NOPUeqy6Y0Rx0QQ7T8yyxAoCnDvZWaJWJjKl&#10;zgDzWxwAGMbOmfWfPr8IuU3V6vAfts4bA5iYqXK7Y9fJ1xb9uyfnQTOy0krtdi2gk8p7Q1ZB7aRo&#10;kYoRiUf5ek9IcVPOma8eHg7avMEo/uTxc8h/UPjgp8/POtMIXeoI37x7Izjl3D2OQu6IDNpcsYZn&#10;cWV6GULNSCLyaGt3dtrmtZtPwmWI4VetgmV9HcDaHjwsY+rhbtOiEyx5ychaIkeQi5yvj0+2SxlM&#10;SIW99bdfg0N7XMrLBnwFQyIVx2iK7fa52csy3OqXP5fxZwMF1jAKZSTKo8m6/yStBXpULccyXKEF&#10;Z4o5Pg9DpAkZ0f5Jw2A2Ngdwizf8Aa0GxZaM+XYL5WX3vZdcQYv6OF7SK+gb0zPn0cItOBRz+b/5&#10;aAeKKyivcARptMJ2N6XWDFmzUyzijZZqaMn1s5/tmx2mKT9qjvS1dY9cAu99D4k8g47+k0+PUEtf&#10;e+lqPNeiJUiUK5+fNNDoJ/OQEOeh4gU37PTsMFsvmew0gDhGG+2d33Ytbm8+0v3v/87s8mouv6oX&#10;UcaHX7HVglTUHni8rFDMcxa9hZaPW+3zk57F2771nuDBV/zpTt5r7c+BRn7YmfbeVYjevHji0go5&#10;E5cdCXgl1dSokKUGxjEEm/LOCC1hoXwRWL1twogtmxko9DKzPzkYhPsCudgTClTbw90INhljg0GG&#10;0E7Uj5DF5+MJzIW68DBgoSmAukTL6M3QQ3fqBEoHodFISM7bdDoe8jtwEGEZi2IVOaKwJOBZw2Wg&#10;lYtfcVFEvTOUfm/Ddc3HSNs13BbrV2fP0/Uvt2NEWY8YlKEQSgol2SJU7654t+MlLGauztqi1TEu&#10;S1oCoVBjyszOcorfHGaCdrVJK/zZ02OjyXF7afaTB0eCYRsA6lKzlolXXp4PahTCeLaZTY5ZKVPt&#10;ijEl07BiWMkxCut2mxYtRRYoaPPwuymF0XT5oy8O/5u/XAl4zR/96hAFHoTvcqXq5pzz7789e3yW&#10;xpWAqpfwuyAzFwm+3ovtxip6EtJCbiAioQQkmiQEkehcXExD4j0YEsEl5k6C3wVOCKFAI1m/k0BD&#10;HC6wbUyiBoQoI9DhwNM5JJxYYhLB2hIcgt+B+Fg1DZEIeiB8m/PZKsoCXM6E/yYSKdXQ86BOl6DR&#10;x02BPw41gxoWTOTDFAm9ARMbxMAqjCxeIoGyknSQEZxqtI6eaD8JVIFwGVTKFtayBLQEYwByPwEq&#10;l0jVCrNDg98K/TpkmfiT+g2S8qTXcha1o9Qpo7AC+SKdLoRs/my2fLYfJTQkkN1xYw+GVqMZxQ8t&#10;F1fKFR6sfzHmuHAUACrL35tiU7z8PJ/z+FmPh0FeUqkGDKe02RofxJOYDSKG4sqUAzMlGEJwG1r0&#10;uimHbj+S2InljVrVjUVXvlTm9Bq+LVSraVgQO0MhZzFtbe2hUnS77PC9pDNl9C4yOU2LekBqfLEL&#10;ixu2AwiHgjoEfhB4HoguGV6fOvoLrNhFInxghHoPOXezpaXI8v3RYVwNO0qfhHXeXA5QYsER7sNO&#10;I5lIrc4FgCMIxwsrs55svnKcKMmVSkxoa3zpX78ZEqh0O2dp5ain1LClevMkHPVabD+8Nj9lM3y8&#10;fygG65M1dnHVYaMIXRy0DMiZEdNxKI+bSOSmgw4N1HOY6ZJx8UjQrhRkBnfbvJi+/3e14wcildHt&#10;dmKzDPXocIT0ZARlQMYCWySOUAxUBYsh/bdnYcwt0Vvhi6Y3jlmduNsBEgSAjmGlVIWMS61To9Hq&#10;lFvingghHpD4opojhh9MMsSo+lUYQQx+B98BdFAgLDYbbgO7eXYBmS/6YESh4l3CbADbCq2R1nIM&#10;bkDIZcEmk9GqextTN0KswaBHUtiHN+feXJ/+cicCoVar2UDbSvIMFEoMmET9MSLrDpNZaGffWvHh&#10;DcQs+MqC7961+UK5shMjSemTQLNxpd6OpWrJfHt9lr77EgCZPSQS7x4mbszbfU7Dt/tx8IiuzDqR&#10;F5FAJle3k6hUL3lNNpZ5eopMCSCXURZJSaIACqOJHB9bWIx/MJgiUEsQDBRKn151//Tis73z925c&#10;Hgilx6kShFhQ5nVbzVtL3q83E9ChvHxNl06klm24KaW/eN4zmrR+k/wkWpgOmICAcDsdM7Oug8RB&#10;OLyl1QzlgqFFRS0vzJvdiyp5P5pI640MDOOw0cTi/JVF/7QLWznzlHe+WS+BnaxRQ36FVGyq3ujB&#10;CHcca51nIFNiclBWCUUWCX93QVQqN4+SvWatu3FV4fALrU5pPJwdqRiHz9JMRFsXj/kub5xxiITN&#10;amHX5EMXFfjx/6E63q06bVRoXt9oFY9OojgDlwOGYXf87CiPRs3msLmCMx62y2ezyw7pjM/0zXbD&#10;G8KAPsWoxajz5gOU1ySe85mHvAB73PZw1B1AhunaPEJ4euqb/dTWBXJbR9eWp3COVav5RgeIxrCJ&#10;k7Mc3M8ZWiXY3muaObXbqtJoZKBtarXyg3DpwZNiDvFb6MpMOoMGPXTV6VZgCSPoDjauTAEsYPPa&#10;vC7T7v2vlVokJA60Fi6dakhVbaVjm1a1n9zXDloW3OUytdnhdasU7OHmADvu4JRBqRtDvdGo4mjq&#10;v/ahMbAKH0Xk4jQ4GOgANsZgz2ZTTIWM+wffPvj6YSdj8GhWtYhMtsy0WsejThFoAiyRECIVDNHl&#10;pDeRGM+tUYMW2+1m9k9i0SwOfIsY5TnckHh9Fpa1MgwQCqlyR61EdE+v2hYAbW4PqvAlLyTLnaaE&#10;M5nRZuBzI/IFGfzFiHSpYTM/Px86j6QxawWLiGUYrPSxYXpnxfFf/8U7VK/mVY1ef2PD5zS6tAKU&#10;4kAHbZ9lH5/kofoRkTmgplAqKobtLJjdDjMAmIfx3L1le6o+fnKUlEFlKpb+4WUrloO/3ExMWU0e&#10;hzmJ9Q+gRJAoCkUH+c7k5mpgmFTqKWx2Q8jBCHriREZYh2xi1KKRa94D5h8o1K4R5SsFR1FHLEPW&#10;hRRulna+8/RJ/P3vzP/5D18ZNfjNw8rrV0M0K/96J8ZIJUidIlc96UEk0HrIJ7kdEsLsRlIdhDBy&#10;YnCfePjEhGo/Jr49eFRlBDIt+F0oFDEdoG3rkdwKHGkTV/yY8FWBHx8QAQhC+/BuosmD/LUJMqqc&#10;wEfaxIXSnaTB9gn7GToFkRo8sG4HXZKIjE0R74cLHIPEcQ28qyYCy2Q8YfdgsklLOBUEycgmFJMB&#10;+pgUJSLCiyFJyjgE+x2JQkls9HC/wISHOweHx4CEDKt1DCHgt5tKVOFifCadiRdRyDeAW2vM26dr&#10;DT6aCmOtXSl2kHYPc1A0myX+fQmC1YRoIxCypVSo8ojMHAjnZ7wrfk+qiHQyMKTEU0bBZa81DoDa&#10;qCMbdK16GmyZyCnSdMegyBBca2/0ztUloNv3LlII2oHWdGN+Siylz5AFWq2senXLc07kFLcQwCYT&#10;QfCGWbaU0BbH0yEfNSExoXaBtwGwVujOg3bNrx6fYWMMq0OfzN8wTsB9LiDlDN78ARkM/o7gA6kI&#10;nBtkajdseC26KPzAJJ+dSCHQGwetGkSV4j7GBnge0w8RnC3KX93fdZlAq3ZAKI5vw/5FDFfSD16a&#10;+c+/3h61KzIxItARdDwO2s3gyEyZ1W2ZYifFozng2yg9aibM40ZdmIXqIkW1g+tniIW5i2PihWEZ&#10;1EaEBgGF3isLzN5audI5uY+jAfGPFo0ci3zkLqH+0KnoQqlFyVmLWYdfJRrL394I4jLJ8PnpqfH1&#10;m8wf/ZCFYWr7GxGDFr9H2FjQClQQtF1CoDJqNRFKG+KymJAHoJQW/g6Og1+SCGSw6aScBg0jFjo4&#10;Jst3zBqoF6SQU8EEjLsaIxCTWYNhNTIosdSExqtRa394y339pcV/+sVDK8e9f+9eJlX+YjfcAltO&#10;CHgKEAhywtUTilang7Vq9eQiXK42bi5N/dX33h6J1I1K5ffvzB8kMrFs7Qc3VzI4kjqdWTO+yJLj&#10;cCWWl/zhbRvCA379TdzAsVMWvVstzTYIqk1M7jwV6D0OFjAHft5vNrP0i0gGTxm2N4iuIRDgYY8o&#10;+gDLQETAUGzUsywjy+Yq+N7iAwpnAQcaJqrV635nDjixNjYd4ngma6ZZmtZinfb+TX/y7Og8XMd3&#10;rzqQ2PzB0MLc1y/28g3k84r7YoFDb364tfPyTeeSRyUdCKdnVrFjLjXHc7O2/c1tRDZlU7nFkGcR&#10;h2S0MOM0Bqwek9W5++IZot6vXFnnWP32YXL/JAV+g1IthRezWasHue6qrR1wiZ7Gh/wYQJue00B5&#10;p0dqm8RkkgI7J4KWr5any6diSVXv4oDvhUNdo5Lq9K5P/lFZTlQ/+K6PNRvCqVoill2cMQJEtbHx&#10;kl2nzWdzXg9gTbBqK5492jk9it5cts2suKa8TPz8uN+KmS10oaErllvv3TJ+8lnxl/dzb7wcunNt&#10;Acmg8jYP9/xHexkIMEIWTS7TtXAc0NHnyVKO7yMaQdzL46DGAKfVyrZb6uRZzqyT4Nur4nwDWFkh&#10;28NBIVLVy+NYtG0w0GaHREYPPdP2+QXIRWlwhkz+eWgGBfWKyWVHfGwx3Tjca1mcHYsf0V1yvSY0&#10;GmLGIdzfLNb509Ai9NS2fKyVi1+I+jH3rPbJw7HG3F6781SheNEqGluVVR+yDN36vd1TqP0rrbxE&#10;g0nM8colzhX640pOJ2g4tMrVsSAqkufgy0imGhozla3ULw5l/lB/+1k2YIMkoiGSu+LnIzGrB9ts&#10;zGoMWLwbwEORy8PxErTtmGCg+FZrobIbAZHonNJg81NN84iTRDGKzB5Yv0HMx3gjW6oiYB1joHg8&#10;Y9SrYBvnFJRbPXrrJY95akrUKJg0Q9v0Qmsg11ktGi2W9JJIgt88L+EyAZCWUmkw1+12eYA+8Nje&#10;veQ/iCS8KuFJrof7D8Z9uNjfmVUnC5X9TJtFv6RRNWSCbLZyclb47u0pg3V8742gWSddmDUNGelx&#10;EeRjCY8tdbOHxoVRayAgb9b5P39z/b/84Q+KhUL84rBDbjf4RIAf7CISKx2ulxviG7c9Ia+MVYls&#10;jPhvP93G8G0Sv9idkJeJP3JA1q4kjQXdB45drB4lpL4n8U7QUZINJKlXexPqC5aRcHwRhSVBk0on&#10;ilkiixdNECdo84YyQrwE4Q9xlaBckiadyMdHQ9zLqGqxqcWViU0YPgW9Vk3yD8ewl3XwFkEeTALu&#10;YcyDU7EDqaeYxIeNhIQtU2so1RTCY+p5fljvEyEm2dEN5WqQTiSTI1BMNLAKyRBtMHZR1S6RAhOj&#10;JQF4Io3T5rLAT4LVEath40fJuZAXme8HZ+d6gwZqD+WIwk9pCWqQWaOD8btsUPcfhiMQYgDUAgUG&#10;lgFqLXttLrS5H3baLJ/+9R+8t+j88cP9OvmCc1MecYiThqyudKOeTCbA3VeptHaNE7rTi0wGrd+M&#10;025hleE8EAsVjCUhXfJzmgKPfXYeaqXVoB0HdiSRh9A/Gi8oVLCBDBiFYnFuZkwweHUEpsOmm85m&#10;MWi9c2UaoRVfI9FeDC8QXBNEGgo9KiaxUplCQnIwOvD6o/Mg2cJCKRA5CIYD7/Tmoi8GbV++9N/9&#10;6dtvvXU3myskMzEGC5beAFKfSrWFfO25afeXzy6UNLsQcG5H4WFEs1Z5dnD8e+t+Fad7lsgDAw2R&#10;MnA0JqMpliqveBwAOPzk6RHevQ6CYLpVqYCiUACJEdWMkrcr7LcQNnplxjTjMTy5QEZDrY7sg0Fb&#10;rTM0w5v9Bm/RmmhxF13aitPo1wO2QuTW/gD1x7+vf+UmbBrSo7NawOxanGbnb1TevoNKuhyalpw+&#10;U+19A8kSHJaYKyMHAWIxGa5NrPOI/lcoUdBEPY1vFRR5YpJFRSxKIN2SHQEt/+sPLr9/c04lHSPk&#10;3GXWXuRyLYJFFjFqrBLVcPpC7Y49MD4plGO3V0xv3Jqu9cackvqD77xVyFb/7U8+O0yW8WVXsTqw&#10;Y/vEgkzG4DNuZ6HewocM4RWCB5C9fTU0NazUt3a2dqPxP3vlKvr+r8JxeAH+8u66Ra3fjZXThWqx&#10;2PnBHd+j/ZKJZbwGDXGdUJKTfJNWMIAhXKSLszYNEHsGnQocjmyxmiRpwBjCSknsGt5qqYQmoWkS&#10;IH5BGZMIJYOJeAEJajls6JXySCoRcOhBU/vm8EKDDEaYwQaiabv9+WF4kG+/vBZ4flDZD/fuXAuA&#10;QifjbIVmsSHoCBRIASpJuuNpjx24rWyiOjf7EpoONQMGyJmUIlVxJpz0OC3nqdr6+nQkWXj+4ijo&#10;90bTxeh5TNCpBWantToLitLPPn9uMrDzU3rVmH/zXmh5yd7PJhlOi5zaQl10eNow6eT2WcNIq/v0&#10;Fwd2r99oMG59HCGhnyaT1ulktQGFnMvnBDrV4pOvT6wcZE7iw2iNr2KvKSvmerMri23Kr6C4avKc&#10;ogU2m+6XP/mYVauuXF/afBLWUxoQWh2cUGdFxjmW5qHBgNp+0kjk2ZtrnFmjEtCmWb/64IvPQPEM&#10;14TQMzt1eAJJnmut1HB7jABorK9PId6E5weMySqhENLApw97K1evDMUo9Nxyueli5xmrVty66Z+b&#10;N8oUBiDYNl6j9e5qMZcUsY5INGK2cUMhXUyUq4WCQN6cmqUS0ZQ/IH3trapEUOy1QuJBqJTvtkrF&#10;OIr0gvDqLetAcCqX5Bi6XeeL0+vm2KnK5OHt0zvFeLOZdSG2zukYet3y3c20Uk9x3u5wXPC5RWar&#10;oS93UwrriD/MHEQUwutKvXggO6/3x5VWW6sV2jSX4LL55IvzKW9LJW23ajqONYt9Sz6Ex9bbbUDD&#10;T5NFXC0Mo8M5hNx0dEpE0gqoFaVQGaQa/LiOOHqahILFZPfijMYDMCDXhQQjbOBeYVhDFoRVRxmg&#10;jerUsslk6uAZ6PGYE8GmixuR881BXY/LoAwVRB13lkCqQIwwguswqOkSfF29/96SCYcYNnkPDrPQ&#10;bZI45UHvRkCFrC6tQmk16oqtwlE2CdFctt71+NRWt0CMkASKyaaqL60F5z26FzupvTBihiArlUuV&#10;Guh1qzWwfMRXVlc+uPvyJa8+lU7vxxEQjQkwNP1dDHxgyDtOJnyh4Xfe0alMErtLN+elKoVuIokH&#10;CQUpSSQCnA5FNHhAEMlMcp5/l9srnAQadyUkaphYNkkkBXlTSIQF9BKEnTyWgp+K8wL3LgkrBsec&#10;xOL2FqctsH8RVB66HiwpR32oJ7BiwdYTTFEwVkDjZLQai5XjcUg3EeMjRNQ2SO1YEuDkB3SsUa1r&#10;Ac5uof8baLQ0oJjILcJZKCJvLSGgYmuFcHs8+VJGRuuobq03nMRQURr83/sIJxm2Bhynngk6CBAB&#10;v6V0DApNldAzWsV4EdEWuG7N4OoJoMvgURNcCs0h1wKj5LXVIHS1oIeenMVurK/du7oYzSbQr0AT&#10;ia3P3SsLiw4GAc5PTo+yfBnlAJpLWlxnRLyFMlya9n8ViSerzdMwf2PlEqKRjmIxzPBvzoegd00V&#10;iqOJswNeupdmA2fJcqENUq7EgUGSWATK4KPd+CTaq4tLQs9pJ0Hzg8nSVJouQiuOJltxddqGjviz&#10;nbCI5IVTaPLx8aFuIRN1wlYnsG6CZkU8LL6qnSb+Lhp35EYte00wsRQrpXWPyeuy3rk6265Vz1OZ&#10;fLN1nsgCbY49gxwhaCPxSTyhEvUxPd69iNKCLhixHCP+ozcv/d2zaDzNYxioo+l8HvWf0MbKNYLe&#10;/ZMEDBiQY/baQGEPNbQCQejtMT6+5qhfbvDy715L/qsfxOs59e6FTCfu+c2aRqNTDr9AFqhRY8y3&#10;emZq8D+87/uzt1Z209VkIfvmbbohaRfb+OAGtBZwT4VVLYn3TjgjXe3Wv32Q+fJvld1mA6wAo5ZD&#10;xgiMiBoaKYNEb4rOZDjGv0+CSJGbA4uhTaM3yWfn7EtzLkSHwwt5a3nq8uI0oguQDVRrNs/gsKs1&#10;/+TeBtyxz0/juPU1OhqUSGxY/+Bu4LUrFs5h+fzxoUomMFKj//TTL+6fxNQqeZvsIgiaDhI2jFbQ&#10;1EEJfpZIQGyDoUYo6ADp7ue/fXA1ZDca1Z1a/fqC/9/86FdAN7y65vnw7Q9HI+OD589rtQru3ctT&#10;3h/eeWXWqLnIZO/vJziFIl7qwHqy5rM92g4jSwi8ND2jKgIP1AGAU8CP5PgqYl8qHhOaLCYKMI+I&#10;if4cYwNICobI1Xh7PQQveqHWhDw7WqnNej01lO3lIlrhfK0J0hj27v1meeOV78iM3lIyZxd1MPyu&#10;SxissvKFs2DAiIEKyp07q4FotsiyMjWlRuL9P338xVhUFvbidhc275parfvgRRhT68XFxZP9o6np&#10;efi9NDogQoZoFcDaLGeTVrN+gOdq2HLrB7fefFs3d+9v/p+vd6OjeR+HkZa404Yni/O5QrdXYzEA&#10;oEsSWI1ANeuPJWZ/Iq+U9GUwQ0N7IOf8pWzGbKeT/CBfKv6zt30wuF8k6ovzHIp8i9N5dp45OImb&#10;9SS5dgrjbGyVNKpcLH+2l6B1BjGtq7VAp6Cd7rntZ60nj88+fGPF7pvOV9saozEQMGiGJbvT8s1J&#10;IZLMY2NwkkCMZgfOrpVLhlo9Qz7ogXIwrOp0Q5sNycfAiky3+9Xn334Ew9Hs5TfOnn5xHo46goqV&#10;Gw6oLM8PXoh72zJBiXOHeOibS3sYysiV5nK1fHL+NWc9M3oLrCVDK/NkOSqYUqqXEJHz4P6u0cTq&#10;TPOp0ohS766uNWRqxVFKZdBz33yWqVQ7l67ZMjnD+YFRMqzLBBmt2zAc2rRs86WbI7tRwKnEIwmT&#10;iL1oFA9tbn1veNAqjbNxI6VrCaUZ8VBhNkkKCeXRpiJfBcJQ6XRMbT9vBn1qMeeDNgoHtAAbGqVG&#10;hWMVgSbjZlevpzGkw8fcQNgDEq+G4koGc00pvodKjYQ1qya6+zEJA8GJjJtCMrCaddiQyUXjTDqJ&#10;wPdYBrucqp4WIZoR7BsoP7ScoVJpUEgYx+HZqEI1Wm6L+KawDWPJeKCmJNNGicPEAEAFaUAGcQCw&#10;IZO+Z/zagvmb4zxQLn/63sZHR8eHmTQ8DBDQQCMWL7Z//nkqmhx/eT/19FH4+JggplDsg8yESwV3&#10;UmsIv74sUqz95suHW8+fm02m37uzjs3Vw5MLuRS56H1GI2INkssbEh3X+tWXJzivZ4MendqwMm05&#10;u6hlCi3IQfD+TOIGR4QrKSA5BpjFkntxNJny9DoT3qSAOBmRakKShwkrhrDSRuJrIfvry/ZItlpt&#10;dcCVnYjaidiEb/Yz+QYAdJj2oQNEAi0UE8SniVGRVEK8gIh3EAvhHZzEGwutNhNGeFYHh79gGuNA&#10;1ZEIbGYWLfCUWbcWsL04zS9POyDrbU70nRCzIekXms1ee8joKbNXX6+gMRVrDDRsFwCtMkpVC2Jo&#10;hkblCDuhwUyD3VNCjBeltNhMfKEOAgtSdqemfPky36jin6QsWiMR9sqJ+8ZqsmJ4B6dHocR/d2Pu&#10;j95Yf3yayqXL8FS8vWj+4ij6k63T4YifD7CQIZVrFbhmQlZ5KjdYmJq1mL0vLnLdvmjWZjlNpKv4&#10;k9o9dI7HhYIa8bVSWSTP41a65LXx3WGxwXMsZVBj/4Qt7nDzOO20mNogNoATRZLCgXYh/AfQrsCl&#10;hsYd3dqKy5AtFH721bfDXiNbysD+CDAH3lrizcGifEgsrEIyOUcs6AkGJ1C942eMRi2I+G2c5jBb&#10;+vzJ0edffe0zK4JOm9fCdQf9cLms49RzftWUWwXZyrfP4yglb14KnGYK9XoJXocmX//ehlel1kRS&#10;2aCFgXfiPJrnDMpkOXtregpBLWe5gkoG4wz0fQPZSOwxaCpj0VYsIRexCw7N919+QiuP767JkufG&#10;YaH137/v+nQ3mji7UOCGU+u8JvO/uKGhRg29XnmS5dPlMvbxX2zyrJpBzMXsrCqRzGI592APNXd1&#10;Zt1+sqd59mlNKu9o9Dq00YhGJYpQ4K/aZCAxub0GQiItG2BEpNPBJSgv8fgYBnqVhFOI0oUaVmVX&#10;/BxmtdLR+Kut83ChhryBK3NTyz73fjKBHB9KKkGCG9BncC/tRirFKr8fy2cLxfTF+Y8/PTQbtWYd&#10;g9IQrS0UyCAeG3QcfGA5ZMu1cJL0gSZhGEWNr3XB0pEBNtK7szD90yc7//R836bX1KulGbeD0dp/&#10;+fkXzUHdYVbdu3J7bXnNKhuGc5lvzxO4n67O2EFRKSbTOb4647dDBolhr0ZLPd4Lv3MpBCLMi4sk&#10;GJy4IZGMiglZY0BmDPBL6lhUlkILK399LYQXdhTPOPTaUqupVVOzDsQ/nXM6GuosmDDfvjzHqBFJ&#10;rRJpnYnT7Xmb+MVBdC+ZMXKSdqcA4H+L7yViFY+ds9gVWn3/2uWZTrNyf+ei0e+49BWfR6XRW5EV&#10;n07W++2aQa2ZCbgh/uJ0mujZaadV87nNkEz/9tMvAMmACBzGj9NoHpzR6cWrOzvHpxcZoNfD0dJa&#10;kK7W65mSwMh0p0O9+Ek2vMevL3cpZR3ix56IEzZa5diZ1qrLt0SugOv88BjeOGD8rfpRvpinWUW1&#10;UKwkzgAZOT7hn+8m5wLmufmpRCxXS4N606uWE4xWQut1Lx5fQCnm9M/zZVEu2tWoDVcvLyXzVQw2&#10;tLYgpTcnT5+rlUPYz3UmlWTcXJg2bVwOAE6k1IzK1bRAkEdQxdbWQSCA6Xzb5J2tlYep2FOeP+Q0&#10;vNkz3ar2Wq0Mcs1H45hCHsF08tm3dTCMt79NpGPNZjUJSb537nIqWvDPoxDYpJj6UEYf7eF6UWM8&#10;hDP3YG8ToxwkcyJ1DeHFdmeBYosDSlkbaFpV8KU0/TYMzbJcRd+oKV5/76aB7bWq+dOTsc4W7g92&#10;IHZBHCOmasCytHspkShr8Rqiqf1hUeZx3B1JIsNhFvpBUPGefUm7PKKXXl2UK5cipyWOLYrnV02j&#10;Ts3EMTViB1ZhFIqxTL2YpSit1uwg244eMN54YYN+Y1zONl1uvYpGGkQLCGadWk8INsO6RDpE64CS&#10;3aZVZpMxmOZwd0B65uRopKUo1Hri+Ma8GqRWQY+skYbNVJZPZUCWl+aKPMwDwIm/M6tRjtqxfJ3D&#10;XlGuKLY7JEgZIZqt9nWvNpprf3GWB8P67Y31g2S+yVeozmjRx6j1yvNYDSNzjtOM+rida5DXAluD&#10;XoPsBDHZBDYDewiZHAjBbqOiV4qeHkQ+vHvdyChfnF1g7YdfzqAbrQTVv/iI/+Rh6+gkjnQkznnJ&#10;73eL+9XPHsYoTB8n5HOyghRPYqXJf0fJTkhm5BIddCZOEOCBOoRdCUP4BFOAlSdgId9/Zfp//uvv&#10;A3z9YDciJ5n1mN+SuStWXxN1D6GMYLQ1iaFAUujEPD/GtQBiCklnJHnDNAX0LmahsLrWq2hiIPgU&#10;I3IDy0+HBZh6WiOhrvhMfrfjg8tesH7Oiy3sJhVaxVgqgY2M2GTww4Z9Wk/htdr8ZoSoGs2cx2kU&#10;9gQOI7ANis3jzLQbuh6srGTIRLFYjIR7XiFxpOlMCfG8ThOHf1BO2nUke0kFMlUlVwINK5vN5fIF&#10;GS12ctwYy1CWvb3qjZVqGrUkaJS5LTqXjUvxIHKItWqNxUA3W6IS2mC15cr8NMYLapk4ms1h84XU&#10;AzQi3xxfXMVikNNdFMvIAr48Haq2B0+3D1m5aC5oaWLMwbdyfI+hINSC0FxnQP4zglch1pngBgBC&#10;KvEVpDCHLPp0sRhHUAZWku0awXsT2D/KJoBhaOzqoO4hK87xgC/GpQqtjIKOF4ImgLyVNq3mPF8h&#10;NFGJyG1CEkXrV58/mg/4X7py+Ue/+LVYwi8v066AyuFkZfKeWW8ZK4znqXSrCg2zzKWSv3JlGt4H&#10;LSVJVgYYzgBmf5rP4/Na8jg+PjrutcEUxgABC2f0ebSGZXmAm0byWUNkYyVzdM5bLYLdbfFPvzzH&#10;1mc9aPvyuEyRoJMu3Wt4dDIdhcXH4D/+4uT33557/27o6CJfr1XAW5/2okbq+1x2IGTPE0WBmEpf&#10;qCppMYPSYwIsIoFiAjFuuyq2qbAUYywPV4kSXkF2LqQtV/v5LE+JRWDRP96NfefGpb94/Uq/zDsc&#10;OlqtPT5L4agH1g/fjq93TrKlSshqbkA13uo5jJp0gd88SeYr3WSi0m6117z2D+9shGOlgVCilyvw&#10;TDZGEjyJoC+AVAerDz44vCKlnCIA2O4QoCDMTs+iqXSRv31piVKrcXv1e62T08S1kAeJbB89fRFO&#10;pv/HH77/ndvX/5f/+ONyufn6q2svTi+gEjcqZTBcYVCPXajDqHAaFNjmX6QKEHtn8vyqzXz3chBY&#10;AE4q/v5G6GW/KQcVxhh6BSlW1whPQccPrN5KMIg5PxAIShnGDK15n7bc7ibyDTWtQOz9FY9z9zAm&#10;6LbMnPaLR9u0FASrZr5Sunxp6tJi8BdfnpYQMzpmMGB320TFalbGOqb8gfTZC6+fWp7ToilH7w0J&#10;6tFuOpYozwc4s3tJZzQUE7HdrW0xLV9Zmz/c309lcohy0rIqSonNaxOORu/COoXnth69fP3yeZzH&#10;Ky/0pal8/2I3cWWRfvK4JlYYLt17RablMF92+GZMRlshlaPhO9WbrZ7ZxHFs0KnHMtViuX/95tUu&#10;CXkTqXWm5w/PHB4TmFAmk2b/tIARWK9drxUSbqvY7DIb7LZCkUdKhUrD4QqInSbWlqew0/2f/sPP&#10;Z61C/5TnONaxMaVeLb2b6CHt2aCXz88YLs/bvnxU2j9K+9zSWq0MxS+fa+l1LSR1CZSOaiaRvjhb&#10;33DG4ofN8lFg/a+gcinkLsCYEw9O7DOmfp+tl831nLiS67oCFiElSkRz50dFXDkqZoilyvmeIn5G&#10;TYcCF2Hcdk3/DFcbSF4c8igzsL09hvzYl0ul8yG3hBaYTrfL+WwCD6ZG1TOZDb2W9PFXe48enveE&#10;g9WXK0o6A1hxrVWAogNzlp7MlcgPDp8dQHLp8zqLOVg63Y3+NnzMkMVlzg2XEOPl5LYflwGauvmm&#10;T8yZlW1EkgwEUkaOjRe5CMYkFQbgNiXJQRdL4Q3EGqE1VqJdZ1nI7NGRtHsqPo/5BgaPUIA2ldxI&#10;b4Mmqjru1xGuUq+WMYNEY7XgZANuA9QT4RhIelUoQMrpnBwbx1IJRJ5MuRfLY7LVIynEg8E7C+Zv&#10;L0p6+RjfQpvV8nAn3iRTXhGnZW4FtYeJeq7V/vbofMru+uOXr7x4fjrsdm7fcCPMJF9A+qMMAvX6&#10;oIsyFqM1sRRITJKghfIGt+WMiw1ZNXvRAisTvb8Rmppy/OePvvFjJKTQ7Kb5ar0/bzckD4U7RxWt&#10;RXjjZTPAld2OMJkob+/lziNVUkKLieUIPS5UtEROSvSqYHjivYFqgeSrACLTnwxkpRONLwQ8OMBf&#10;XZv+g3tr//DZc1hW/vDDuw82j47iOSQ/gEIKQAmjoVxTBr7SJTkVqC2oCbuAeDPxk2HQkBNILK0E&#10;02BECK7ELQmFCvq4Rq3BgGZX72bjRWByE8lKOFlGLoTHyuZr7b3zbC4LkiBZJ+MvYiNEBycU+hct&#10;rFGRSzXb9baIaJSgDhq9e2PpWsgZtHLHsTKsKciwbGIEgGVpFwYGAQ82jYAwF6AqwnZrZ+sAHgyH&#10;2dwlmHLYRQCRG1TKJdzu0DRVMcsUSL732qVfP9wGvqTF5y/P6MQUF0+04T42m5QnpymlWrQ6P8WZ&#10;vQB/D+F0BiB70OebVRwQ0Kqr1JJ8o7ngsiM5uUBiw4Vuk+Hp0Rnf7FhZhU6txJALToVMeZTM5TC1&#10;hujFYTdUixUMEqGgRPOIBuLo7AL399qUI9WoF4ZwtqlZTo+VeOTkGOggvppvgpKDUQB4woDS1Eug&#10;9RitVghFJMI+zJ1FJIUpVaepdKqSm53RhSORcCpZ6NezneasxTrt9OSHsbl5hVhaCM11r9/CPBff&#10;ZeWjpyUKpS+UcHKZw8BGU93rl0MuTgPeCgQgEHg9PTlZsXHVbhc5ee+t+a7OuUBZPj3ZbhRTHKOw&#10;mXo311NiprD6kubjr8X/6R/RjbWP6qNlvwd1ZLRYNFBiJZn4A5GohITsONn8zuuzHrPL2a/N6EZK&#10;jTYZy26EjA6OfnZ4NpZ2oPq+MudO4T3G0H7c16oZJK8r4NTBVxnzbUCli825KW1wxhCahUdH+nyn&#10;jKoPHqE8X7236v8v7lyGoEncr7v9tgLf//TxKUzPkN3izWGUMLd00MqZGbXdyu1fpCsNyNFF8Lki&#10;MPy9q74/urWxedQw6lR4i+NJ/oOXgo/Ps9AkU2R5MTBx+H8ZVwLGe2vOQUsAvhIev2YD3DDBlMW2&#10;6IbsXQ+US6FR64qUFpXGrKb+78+fX/F7vr8yt3N09M3uoctmDHi5SORiIWj1udypVC3gtkM1nU7n&#10;Qk693aT69dMjP0erFdJMV/z6nFcz7rmNjE7DzQVc/Vr7B1dnFgLuz/YSsMh4jOqdSFrDaAxy+jAR&#10;x9e30+xhST/l18cL7X6zkyoUODmDEJtwJlap9bdSCMTrwYXicjqfXzQ4raknUCaKXTR/iP/UyDrv&#10;vn9HofK1W0CK8B77GHLhchu0T73BaKvmcolsy2ig9Xa/RGkB+rGRScKFbHQ6Hzw8Qlz1jaXpneNi&#10;Lle9fcWLttsAVIzF6DKLih3xaTSzsARpDuqhYSTWCB8Pu3XRKz/4k7o0BKKd1WpuIf5ObDa4/Dq7&#10;R6LURk5iwZlpWio53Tpev7xmcgQL0fj8NAt89MHxxcY11/lFLpVt33plndMq93bPMW5ZWHDlC+1n&#10;j+O+5dmWRKU2qGqFCM2SLIOfffSc1qovB5EDJRvJOCwcurXqzvkoWRzAAfj1k5KV6e4fFr58ULJZ&#10;GWSJInxp3u+ETdpglyOAwGgRVfO93U00wIK5Fb9MIWS1N8sXJ0qFiNFLM8n7ZrdVOlZPuS1Gmyp0&#10;ie6Kk3IJ8u25v/u7BJmZuaG+Z+FRULNKk4UmaWxi6iSqrOYFzGDgNct++7n0zff8WqZUSPPCblAh&#10;NQtEtb4YgUbJay+7+2Ku19djW4jgbr2t7Az0QZ1v9XitXjekrF2JDtgcnHnY1GBVVa0JeR7hxCO7&#10;B5ejPJsyIK7D7Bscv8gfHJ2trFvgs2Q0On0m3yKZcMMWqwGJFG2eUM5CY9JGNSoT0AqaIarJjmQE&#10;bDHfG0jVSEwaV6tgVmO/3uph2Nz2Tqn0Ok0yUx60a1gX4baRCoegNAvarWgECfI9SKjNVpNQosIQ&#10;JpzOtscShBGcJ0D276Sa3RmjVivqnjcHLoQFqWDsNH+znwAlE4pZjMXuLVuenubjtR50bD979HQ9&#10;ZPqz96/ZQnrTtNfAqf069pX1lXmPDVAvRICB/Nyf7OyUKiWA8cg2efmK55VFezbbxE5j6zh/ZSGo&#10;EAr/3c8e+D2+GYczX8qpxLTXq1p/mdqOxqE23HnYdSvZ9Hnls2+i2EXCkIiEJ6SvE9UnnI/j34EE&#10;4JsEZZvk90LoinBAqKMglGh1eBIsLJJCf+gzc7dnzNh1QUh273rok2/2z9JVFqLWDoGAaVkEaLdQ&#10;eQon3DUSgtHrkpwmrA6xbcX6U0CSGXFzEUwdyY8n9hPI4UHmhMMEOEwDp8Seo1ppYssbztcf7p3v&#10;Z4r5dhuqawFD+iXWKOe8Ggx4y6mqjmPQLNYKuCaGjTpY7WKYxmKRVGMggMv9tUXHW1dngzbuIJLu&#10;CGVWTq1j1aVSk8TLUTLovrDuScYLQpF8yuvsDZsYctqdVtj2MRggEcBi8fryNESW8mFDrxJRjDBX&#10;rYamXeVKBfoUn1MVzpfRPsq0cp+NlfUZrBY3j4/Wpx0JvgVMPfTGelpZRPc9HthY7TFKq24j5Leb&#10;dWpIfdUA8yjF+UZpJB/gVe1clNDjAJSGdbAMM0ONeowAScRKQcQzHqezaSg5N+Z8++nsaTKPdSbf&#10;bADCSGt16C5LjTIMoColmGdFzE1bzVK3A+0hD+0qZvIY6fLNGqLoOIPqFDIDONSFnYCPxjPzxeZJ&#10;OHHyJ6+/5ne4k60XqWSkks8lM7nN0xOaqWoZLV/El1Pk9FAoNXLVXoLv2bVKB+xbyPZKYVDbMLKK&#10;76wGKUr0UsiIZv83918MO3yNL4TPz2Wy1mwAUmckA5v/5seG6MXow5ueKY/l3/7owV+9Pg9ZWT6T&#10;/5dvLTB6ndWn/c3nOw6L7K07wb/9x92vPjl8xceFDGO9XKyARVYhSTV6Swvm1aB5xixrlRqReIuG&#10;g2GEZQdE4yLicuo3EEXfrIsMJt3ldc7noX7zRYonNqGxmKJXApZ/9cbaJw/3t87Pcq1BMZ0LuvSb&#10;kdLBeVJJ7EbYuctRDcIOgmkHEA2pchc9PXSjaDQhjV71216/tvZ/frQ1aNWXAqZkbQhaYaE/CmcL&#10;oCBikkFLBXXiohQFNIoPLvueJypoXDCqAmnp3etXLy3N3X+yde/WzOZp5NPN6Csr0+VG9dPNizcX&#10;/Mpx/58eH41EshsL1o++2QI92MXKFmeCPk9QKFT+yT+/V8wWz88jd1bdlMZg1rBXl+b3MCKqt0+y&#10;9eN8FeFlWkb24DB579U7y/6pL55ugq1o1iqBvHpyGJ11ed6/cV0vkVopXTrZd3vUl9esT7fzcE57&#10;/Q6/1XCYSkOcaXVABTmolVpuj+s3z6N8b/jf/uUH3X6jkE1/+MYsBDjQFigpxmpeVsrovUdf2f2z&#10;KmMAAWQ4PiDrTRT6Xz3au7I6y/y/JL1XkFzpeaaZ3tuT3tvKyizvgHLwQKPRaEuyKTZFiqRImRnt&#10;rDZ2Z0KxEXO1EZo77cbOxYYmFKOVFCQ1lERRbEN2E2gHNDzK+8qsSu/dOXnOSe/2zd5bBhuNrso8&#10;5/+/732fR+NEiKZTy2HSbXHoj/FQqHWFPFEyz+BwLIeAmqzZPePg1CROj4CuerQVB5pXJySNRgFf&#10;hpHAcGnFhdh/jyXZ6jldLGw/xaLaCCDfwVFEbbPhaHfw4iWgDZcveHUmUx8Bed0wGT/DAFqpHpJk&#10;lu6LY6kWIieiBiUcNqvlsjfghXoosR/xL06pvegXlc5iCVx+lm9eM8kUPh0fBZ7NnfT8nA+OtScv&#10;wjbvaCwMoyQ+EcVq/85teZ4SPd+i3nzbOzGtPTqm9Xq5TJLqdnICtLq5wr3nlMHiQhhCqjhq0Emf&#10;5Ra3UdVYdVUmotSA8AtEspQvE9H1CFs75AmqHIT9FaLFVViwcm6/H9nLs8MEqkc6reLlo2oyMlid&#10;k5LFvscps9r89+8z8zM9o3nhZF+rlWs6PGbrrIYFx344ZrHwLl4fE3PZcqlP1YTBmVYD5Vg8EEUy&#10;SAtsDr7ZVLQ6cq5JQZVppaJcugi5pp0ntqfSGBZasZNSSI6T50JvyFZB8Hj9dT+LUzra6GQRc1Sk&#10;3Tp9MNZQwC22OB1Y7NBzhxkL6W9un+4xEG1jKNuhC3m5qCPGOVUAxTHdbXQEDT4hF+NpDwsTeogC&#10;Lgp7IodWZTUayXrT4yB8LqNArJ5YvVJm2NPICSw7p9lWlgJfG//O4Z/cnk5RVJvTvDZOREs1yLhO&#10;ikyWqiKfAmjL3RnTTqyUpDFC4cqkw42j48VFfVfOi2QKw0b3eBfmY1EqVcaP3WcxFQsdqIKx78T0&#10;UUFoGt1WtcPqFb3fuzSxPjPT5WqgQFwedy9OOP7mw0fQJrxzJYSk39J1uC0oo02w8Ygb2xkiEq6T&#10;SsLx8kjHNbKr4/LdGL29Rjhmzigli9+nWIbTPibMgpFteCQyZOo1PI6+zv4MQE1DBWIznPj2lSmn&#10;VnnvwdZvNxP4/4GGgDcf1p3lEgXvz+iM0umC9gKlA6rHGDvjeYbJ7Ig1O7IxjEyUwCvj/or1Iz6b&#10;qFqiEYtBX7s3GAU8lTJcg0evW9FAblfaZg2GcbXUIdd5DHwFF01xKHbgT2ezyKnU8Y+rVZIOfs0K&#10;Kb/ftBrEqUItVWYaPDQRmSm31sZp/ujmfKHW+HQ3ZlIrYIpGmEtt1phNuAajKM2FsQd71V6PkilH&#10;4lzM+HKlMqKWRr0aMcOv8crUn74yl84WU0ixplmHXjLl4I875Y+Ps10R/ij5xJhSyVcDsU82aI9N&#10;A1wfar5GrQGMpVyNwqFkymevsiM9ldkoB0gTHJ94rugwiTQGfmfYwDZ3P1FfdOsIrZSrEGPSgVEe&#10;Ej1opIItKuLLzrECFHIvTXrPSUBw66BpIw6FziBywAKAZZHeUWPXAPU0Hx7NUVALPF4ET/HfAmuL&#10;kEez9JzPTsikyVq+Xu8XixRyGB1kg5q8dy6tCHtsn1VaDI6d+FazzT8+4/z2S1ZjUnNERcLYc0N+&#10;PqyOjTtmQ8THT/Y+epagGuDmYfvAf/uSfzlocAHs0up+tJvsC6GmgSVWbXd6dOC9wYGjNp9FDB//&#10;W1dIc99Z0L1zyQ+mw9FRwm2SXfUYZmyGaxf9HakUbmHwTD1mqOq4v/hoezdTzNMCYti+7GUw4CTb&#10;XJHBUSoOjrfozResQalBhwifqEwZO3p0o6FKrcNeZbcoQKFF3BZJvkG3cbxfIckmmHZYk/9wdQq3&#10;xuNCVSHnbRzj0tz5/dcWTyJR1KyUank4VQFEu9ECGKgrl6GNB3+WZnla996t4NF5EfnzWQ/ke6p/&#10;fbQn6nb9WIXxpV69ejeeOkjmUb+5s+hx6ogqloE19qITFR3mUbQIohVmxMipXRlHFlWTzCYcJunD&#10;rah0pLFsPDyJY/uBHXC0VMUkyKEUZ3P5T7aiGIrClvV///1nBr1y5eqls/OSSoQHWMljNz7fj83M&#10;TopE6myueGPGTVHN/URp3IpYVu+w1HZ4xq02WyJ1ViqW0Bel2yNFZpfTurN+aVapveXXJwrVhyfk&#10;hTkJySJfhZM9ZVbJSlRrdW1mUGeKqYTfJNMpsO1t5KkCbMiBMb2ITwY8ZseYD52vWj46QLO9Mxpv&#10;euw2skAV0vlyNDe1uLK/nyqWm+Nm/OPoOYvy2ezHn2+Gxk1khTpLwxxQH3Oo88B3dXqLMxazxaA2&#10;B0vZVLdBA6D/ZOMMyPjb31yCYW3hMggxsn/4P3814JRWX7WLuTSCmBhdPrz3zG5Do7CmNqgjO4dZ&#10;AJb7PaPN0KhVEPxmOzIkfGeRGpAN1FpZqSL41/dfzgf1aPuM5kYafZtkQk4hX9beOIk830t5fBYh&#10;t0UQdrnM2yTLIoNJCC1vI+6a4D1+ti02Nd/5prBBwzI7zNT4ckN+bqa7s6806PsedwPxeFhrZMKq&#10;WEANhxahxOz3YZFjZRqFdqdUrjwdtKpWx118NTniDMiYiERFz3pkbahVdWT8Xjgi2jlQieWdydme&#10;TA+QsrGSLukUSpIaeP2u4y3gshM3boltNohNBv4xUWS/giSRUU9gcFsnk54Q+/nTEl5E56l6DRP1&#10;8wgq0f5AmcyPcnhmM08q8Z2f5cWDikxIIS28c8BkSgqKkYT3q4BiIVX6wf2KTKwQdFgo8PSmwcvn&#10;dXQl3F45PzBP5DARR4YJeZBRw17cGSjR9BcMMLyGsqYPwnKH2yfsKJGgAvS1Yr7fKVdIlPNkIrBk&#10;NEBC4wvZZsFhaCz6p1HQN2KjzRky9fak17F+5QIuHyKJHJ91/PESrZnp9tKZNEaNhWo3malijRBQ&#10;i6Y03Q+Pc4te/RuXA//twxfXpxxJpnOWq+D6gOD+N1cDh+floYjHYOfD1r0urdM0LOezqWjpX34b&#10;29hLpPL4gVRy2E0qFW22zRsK1ciDS4GskunVglwqCVD1ebymlmimvM5UOvPBZ09y5SoqgPhBhuzq&#10;d99eU1qVR5HHsV0qvMFTK6WoAIpGrgABHuVYU6KiPuKBjJqNiJkgjvM1lvprykCrRbc7bZlEQaOu&#10;0sKlXo6XJdttKkAOFA1w50a5DwDP//a7vXy1DO4P2LMjmgqXCzycAD9z/kici60bd/Snf43aGXw9&#10;+uyPCAe4ZWLbiyHw1xla5DSao2tlA/U47oikB4o0/OxasUKnUhqVlkmTWIM+ADrqAAs2wQQAJA/Y&#10;z1oSfy/UNlFf6jv9RtQOLV4TkJu1Qg0YRHTvxJxOucj+8ydbR9UWTsd/vDZ2Y2kGnF6YHjEkE2kU&#10;WoOmDepMvjJq26GCCTKqTnUeTeGehxFflYRGzgzqg3jUdtDTdFHP550VMdzgJXO1MZdcjwSxTHJU&#10;ovu8jl0vCHp9iC5pJPxYPouy2u3F5aXxYLSQZbto8ojpMgusF7oRWDwTGn6ZqoXjmaVZM/j7CE/p&#10;NdLdKOsyql6dd0ZIFgXzdhdVVwwS4KCQ4tF3FE3arPoJJxGhKsCbIu6M92t9lJ5FJYYLFOMoVvh1&#10;ckqKY51YJJVLwBjCjRleH4tKipaNUampFpmtyKlFp+t2RcVCa8ap/9bKjElkwnTo3z77fNp5gytU&#10;fnL0XCG3jA42LeHGTtbu1ElEKCAqpMjKyDkvjnPbEbw/mvE8+caa63uv+XhS7ovNczwEh2DL9Dp+&#10;o/V7b1yfnZxn2HYmnhjzu/0h+/5O5mJAMuEnuPKB1d5ZmRDjky0VSC7OjInQGKmSGhkPeLCt/fTB&#10;UQVkKKdZJlOLc+W2Vty0exSpOu8o2ZPJTADOHm9V0BOYmXX5XTpQcZhaS472DPKoWrHRKu3zYaFB&#10;76httyjX522TdmU83/IQCich301RKDZk8xSGGKjjCZvs0lIQM89agdyLk30Bh0C1Qo5cugr6gssX&#10;iUyxZdRKkAM6T1fmrYon+1GVmXDp1VihnCXKTp0KL8vjHH17eebNpYBIID85S9lVAryp/uqDDQx1&#10;EX1Aacxh1l2DLMos3Ts4bOGp7XeAFvS3n+1gTyoDLZI32AqnboxZx+36v/tsZ9anfWN9krCZP9k4&#10;yxQLk04tl6pGj888DuywlL97ejznR/u+ee/5cSlbfefWWlMgPjtPLIVcQgVxZX7iMByJ5TJzNl2s&#10;2hth20jGoeM2es2L9vEvv/jqg/OzJNlWEpI/+WN7+Lh6sJ2fcGq0uLc3EWNGGqmM2DF4dYqRMrXp&#10;AMqKL8GcA+tFVIWHHWoqJD0L76GLbbSbColUD+2vvjSZaqSjtQuzs1iVVyolpRDQiSHK3PvhuEwJ&#10;p5xYoZTiIWnWirEfkGmEWq0MtnmDxfjy8Ve4tzidOoDihwKp1WvFxECp6Z68SB8dc6fXtMYxAc5N&#10;uTwnn+zYcdfE34AueWcnVTrLzKw3m0nZHca9Z/uITyJ9BJonWSRVeiWCMmfHrUIegfjq5FzQMXMZ&#10;B2mLtr+3c/ThF7APCHaPW5VcKxUvEYrh2OptKJEfjSB1gx6ZCUyBcNMq1QeX7xrEnOL9+x1clOTy&#10;2k9+1Bi0JXsHvXEHK+4XRgX1kVkWR0XMcg1yGcHU8hxeTacFVhRHxYhCper0lwTcuIC3I9JwshUh&#10;YRgpCuoMgtjjjz9jTVaIbwUq1SRVFabPovO3pltMJRLBh5bz6ntiiUzWHaqaQxMhE69P8pNpVqAk&#10;mk0mno5Mz+U5UlDjUSXvatEpqHbgGFhdz5kN7cNd6eSU8DSpSKQBjuQebMD3aspXNZk0TchF8TCz&#10;dxSbXnQjElNK0yE3nEJYWoiLNQC/UlaDjO/0qdrQfIH9hAyMUoJJYLtWQxEQmzTJaOLIbzMoF3K0&#10;Vil+03UWKXAoKw0EzrENhC7xLkPdvQ78BwWxYROtH97cmI0GHLNaGPWgOZ3FkA28cah2hFJRLpnH&#10;CddiN2SKOVhvN3ZStXqz0hT8aD2YrtQ+3oz/8PK4WqP7698dvrM6Fc5S2I54rFp8UG7Pe7ZO4R5D&#10;k7qfKHQX3drXFsyA0vz3Xx7yRMi3yIq1EpaUCyvubKN9Hi8rJQK4gjF2wkcYvXJOpwMnZLHQrVEd&#10;h1J0dcH3i/uPf/7xnsqhL1B4CRR9VmzWDX6r6+c/PUnnmohF4Cp39YLPZFDF81iejdCynK+9eEjn&#10;jPaUraZapUbaG6u7/sglCxA2UCZwIwxHik/cMvs9GcbznC5UVTcvhl5GUkexAjIm+DkgOIA/CYlN&#10;rBTxQx75LUdU/L5AIhrdJAcjiAHemF8nhlC1RPuygz8fVwNIFb7mebZHjnuuAKUFlU6qNACF1QH3&#10;uVZlCrhbY9CF0iOGiUxToVDzoH+KUc1K2+uxDL/O6OJfBBsUXOQajZyPZSPeaAOxjIsznQbLAPwU&#10;dhLlL/aTP7nsf23O+/isGC9UsAa22PWYwVIFym8zAVwglqCDS+Otj74deocQY8GBXCqRuULZoZGG&#10;i7UfvLXcphmkLRMVBvfnOacOpqhItQ6bEobNbsIZcI4tz/ge7G59eXgKEi9W8zkmhbrhsDPchyqW&#10;J7iw4lZqIBRDSL5eLNNuq7zEDNBMVQg5qTRT7fTG9TocJp6dhPHsxmgQmsBCpYaCK90fBIOOkFN7&#10;WMoDgQSvoQQPd60SH1Tg6DEFVYAoKhHSFRquHCF2FX0OoQX/X44ECh5iCAajJuHQEQMpDiwtEOHb&#10;/SZvUAMR9/6LE/SdpGrhb598cW38NaTGduM7Ko7YoNVi0FQuAL0ktxqA3Gv/8kH4LIfHL2YAoLp2&#10;LoQwJyDDhbrDg2KG228SxKOpUm3gdbihmX3/43twOkPCdfct8eyi2B+y/Px+KV05sdgLfbnQ6nYj&#10;4QXt1MvDOAAFi1OGsxz94Rex/TBl1umWAs5Cvgbok93vS/PMZF8T8no8FrPPoAl6bTwFv63gq3Rw&#10;0nQePUuhXPOjb07NLbgfvcwoBq07F40Tbr3HZu80ea9fciNRfBKjT1I5uo/qpBAvUaNZxVRrY07j&#10;/NL0aZRymYjrS85cpQ5eRLcn/LPvT8/PaEps/d7T0nDQyWcruLl/+8rEzz7evjnrunUxFMlAes9d&#10;m/IRKkW+xjSq9LfvvFqqD7/cOjpKph+d5TRaMPQVwBXj98jQ1LXJcRngeV16cswNUNV/ff8hV6VF&#10;ACGeLmDbgU7Vf/zOeqXV/9dn59+9Yb21FvpiK7sTSQN68PjB5kWfAolNmdaAfFmqUpJ1KZxIf/0k&#10;QneHPuwAUKkW8ZfXJn/zyTO8zv/+/hO63geO/WkkBZxpKlfzEMp2vTQ9Hjyosr/a2LZrxYO+TKnJ&#10;h7xktWghydaMW9MsFW9ecoklxMPNglRtYEYROgleolmyQdjgtW75HFx8/j99dOgLmZWAKWOmr9CJ&#10;uFyzUQOeLxJ7JpNJquC0+bRryoeFBEcgdZmEUHx7pqaxbtjfPkSW4rs/+TOz251Jn4J/pZECWlmY&#10;WlsDEKIUP4WQAodwQl6uJM+EHBSxhdPeIU2XenpHMi3GC3B2wryznwrN+oFMgoxQrZVYzbJkOOb2&#10;WhBdIJkadChgn0jMqvawpFa0XEZEiPpKxPUwbOE3fnXv8f/4skJRYNjyMH4rZJo4Hyq4FcIy7pla&#10;z0S3E2mG2+gHrEAjGSRiQy5FuabQJw48/5L/7l2u3dqUC7nFJJ56fMhBC4BRQTOHRGUt7nYON59U&#10;Hz1ILC/pIOsoVttmpzMXe24gPGBcH5x+obVhmqqvV9FQaypMSgTWxvyiqzcVIkHr/CjLg7JFJWcz&#10;RwocU0qAycT9Y92DA5Ij845POs539jKxrCNgAO7S7jK1sAbSlcxYlDaNFrMdhUglv7+6LrU4uDJ5&#10;dO9QypeqxyZbRiNQM1mTGV/JttPHTE+VLQb+oy8EBpM5FHIxdSm3ya6tqjf3yAGfbzDpB700vkR8&#10;77Q5dl71GPDMEUbLlJZQDDoN1ELq7ZHTFm0GmB45WEDKgFUUwkkmlROw8Gg0CgXuEAwCIFB21dCk&#10;x5sEJwYAQlxO+5TXfHCwi2P7AD+uahbvGKAPymQjmy/pLGaRTFQoJSGHj+ZbqTp/dcJxxaf6zVb2&#10;wrjxx3cnnh+lPjvJe9UKsjHI0bV5nwpPwNdWxr/cTmbxrhZyMfS7OW94dpR//0U5T2IILoGB3qxW&#10;e+xagFmTObpONmAUxGCtPqKadctUk2rxXlmY/Z/euMVS7D98/PwoW3r3NVjOZFuxXJMzuLGqQejj&#10;80fRH7/3LuSvsKRyhDKm2YC20CwXRvMQLLZGbSSZDG9MzEaRxIHPG7M9BDrwDgPyAz88qVSI18eI&#10;2IzkIYBgI6EwrPfdCa95xm/ZieQmPfrZcZdBi707H2wBXEiAIxCNCA14RI8gsuuLTtyQKhUWd0dc&#10;lNDQwD501D2BHGM4yg1JYfwTi5CSBaUH1QcR5PZSVFgHLQaQPPQB+iiy4CWMVzUqIq36AESPETy9&#10;zu3VgFEVz4TcpWIjlwJ9Ce/gfimHxLZUIRWM9KMyBY7Y2P9zB3UcBBJU54PNyO8v228FredwdEkE&#10;ehFWp4NMhpKLhf5xY7tdBcUJWGwcfQBsyudzX26eZvMIKrbWxk0KbLDazbdmiWSugstVke769QSe&#10;eoeZItMeEITi2uziEAcAIGw41H4ijUP6/d1jitcKjokMElk2M8B0R0koZ6eUTqukmMdwWxh0K7NU&#10;G5nbQa+ZybXwakTSzEvITsgauuhD4RBbW3zPsbhBPQBj6zG9dCuRReiJM+K28EZWETCPsO6Fi4wj&#10;arFdiDPhawvoUU8VgxusV486PThhgKeBv+rFyWBP2nxycoLih8YKmlr26iX3xISZbDOhCRNf0d4/&#10;Pv7+hW8VO8WXp/EhylQScQ04mYEok6fjpUZr2JXLR4IOeC3L5er6IpbYzF6CF5qb+tcPHkz7tV/t&#10;RXFxQ/j52f4522I5IplvnJ6cSdp9nU+fNT+6X5PxyosLpjQjBPIW1y/4hzZPgZDp5GsAm/Jfe20m&#10;k8fCapgv02Cj83ucmeWQbn4eZFOdhHu4CQzp0OKxf765ka6FtcaeaARrRAS0ozVJp2ccB/ux+YDR&#10;b5aJ+7Lp6TmooahGQ6GG1LVXrQtbHTbg1XznjtekJ/AmxnHN5zBiShTL1a4t6KuF3Ffb5T/78YXJ&#10;WcV//bsN4DDAwxJKeRa3YtpsF4ulZwXyuk/ntRkfbUVhzg3abZpOI5lJZcqtO8uLL/fjh7mCSobe&#10;RRvPIPDBQWqtImjQat+eDNWb7efHJ5eWxsCF+MWzPbrWvHMp9M61YCFfxpeCQkjbjOsu4wnpIEC9&#10;/9kxzq4Wiw5xs3Gb/AXQIh3uxWlLMp9utOl8rZlkuGM+y//7y69eXZ165fLUTjSJuQ5dTL2/fX59&#10;fgoQla9OozjHQySNGRJbJUVa0dx88PPNYymngXBdkdK8857EF5C//9sa+P9GJUJ5DOQ2k7Nzgw4/&#10;4DF6nFZoX/cjZ/6gKpFN9hu519++/vmzPI7LVlUfXHa7b6xWY7d2j7QOxK0Hlqk1sUiSTzxGM2x6&#10;/fU+HsJqRXx3iy+W+b1GTrddZZocMe6LV7BNLODnlCORXNBbXaeHia0XO0qlaGqOiJ9GC5HY5dd0&#10;dru6UUA/ZWCbxjxSXNyLRCIJlUbaqlWyqdz0kp6tREtFmq0JNDr1wUlcKAcmU/Di2bEzaCQ0jNGY&#10;Qwdobm0JacFC5Bgl7U8eZdvD3ne+qZqZH966Mx4al4eMwHQIARmGyUgt7tZiCZwPZqbRN4NxjVtj&#10;aWx8l1Ys9bRwaY4jVBEUK5vzgGpG6P3/wWwJdagN6HalGkIiZkpZmGrsmNhhrpMptwmdHa+NYeMU&#10;rbyjDHq4AztRPX6RNhkdgL4MhRy9QxQ+3sVFUQpBjNTaZvjR3QIPJUSr0RusxfZf0M2B12dTClM0&#10;CDo1vtEzytrsvYxZHDgO857tNtKxoVnHM1m6TjewGPDANzl8kFzl+aJBKiCPTiibi+Bj5CrhEjoZ&#10;8tk1qh07s+AK9PxFQa8z/N73tFqi12JFvAFe3o3lORAwB3y9S45OCTINayFbAWLpIQYY8Pd2R8R0&#10;EATQdOCNbHCIUkgJDQ+AOp60WaUziaRarcUcWoYyA10FCxvte8Aq8UbdOQojrO8zArGCF2ndYSTc&#10;DiSSK9BgyeWCwPyCkDDtH+35fUaVSf/Bw+Qf3QI7UxRyqXxG5dTiWKKUhxRueconk8sPszm7EbfX&#10;3rVZ85e7p5U+2xL2f/yNKZGK+3/8/CVcIqhqDXl9vYof0CuuLc9CeRmOjGTZGM1JhZzvvjaO92i2&#10;ihdnf25s4n/+wR98/NXmRxv7uDyV2N6dddf+/vF774Te/dZtg8n64unLv/vZfQSI717HdiGO1eDt&#10;9ZkpL9IE+zjwYKeIaDAUOiMPLgIvahlgAtlCBU9JQEoVCjRB+KgbIh+LpA5mpKA2Y46KdeNf/PgO&#10;CDWlfAXgH3Sh4cvIFlAnxtZnZBQBXRYPI4D08A/+u/eW213uUTiFDWh/JCwZXdsR8OyMzLcDOeaN&#10;OJVQCKxiDQWgpgioHeGIVYYdM4AGA/RiJVIhWWQAH8WeE68x9v9vjQB5OeTiS4sL69LcZCpVAsoA&#10;r2cqRxWylC9kBRymy+XmyxQOGGC0q/i8//D2VVwL/vqDZz+8Offu2vRHT0+HnW42WcXmbzago7ut&#10;AkkSSngbhBQsnSxYjQrM5HGjJrTygEP3yhI6lPHVoNIkGm6m68UmWmDdEm5+LVKHgKNONuWxQUBX&#10;ySalagFAWSLQWdsDLBRxr/TaNSwJCLuyw+vX2hWPX8giHpJk1+YI8MPaPRo4xXi2i5O/1qi+OmGF&#10;DebkLA8OFE7fdZxlgRSpkC5CPeU0PD5MiuQqiu7W0hUe266Xm1SlDST0RbesVOLBfuIyav/87phC&#10;KtyMFjjtukGlbDMdu0bRrjdqZUYGwX0BI1ApCiJvXZqYtTmmXdOcLl+iECMgtntyXKdbr8/c2MlH&#10;MGvtNbDalsLNABIQfuwOh5rTQ1acI5bBmTNYmCCQobv3qJJMlPR60c1LTjE+P8jYiPsfPnqOYoXW&#10;anrru1KtNiJXCWNJazZc57QaCLnJlcpsqbX7/AxEWERdpSYCcBgQwhqNLBauZLP3ZDdy4+oYvqv3&#10;H+3evhtA06JfJ6kqWyb7aEkoZEOA9gBf4guJmxdnfAZtuUrvn0bWVg0ofh2E80vzE06L7jy8q1Dy&#10;m/xGcLqOuOFnn1ZWF42XLnrgmVic8qol3Gg0btADYsRmqxmREsLFus/fe3Bc2YuxsCw7zdx6i54K&#10;mu5eXPjZp4cmJe/awtjuSf4omu9gZmPR4kAWy0RxlH4DQL5B78HmNhYFEoghMbbqDYEdKdGMz2H7&#10;0Z2rj472ts7CHptCrpL92/NTp4X43o2pu0tBQjz88tnhl7tZj5Xz579vQy1aqjI3Y4Wbi5Zml8Xe&#10;waQR//qrOA4+Ic0AqXvnmKPfF5TQMOi3TpP5kJ+wqPj//OUuQDRss1EoVr93Z1Wl1PzjvcdqrGAb&#10;Tdyk1xec+8fxJY+nUO6Eo7lxh3Jju9HhS67crOrNKptJaNcwTzeOjUHz/LLZY68sTGRcHumzXaSs&#10;M1NjEotNhS0EiliTMyEglgEowhKoUQe4gCE7A9RizO6LtrGbg57A4dKbbX6moeIIVDqTodWEvzUD&#10;6RVW76fR5PnZczK5tXblCj7SuUzCZjeqVIgrq3ncTixDo/OXLw0teAHMcNHK6EnGyHrP5Kygyw86&#10;Ey6zFEPOXvTpfdZU9KTRTIsVfZPDil96OFHd2k1gqbG9W3J4nA6PNna+IzLON3lWpazJ7VRlSmJ5&#10;adKk7jU51cA0oSDUmSQ9qAvv3aNePEuIeom11y8Pq6l2gzJZcHzuwEW+/pr9aPtMKiqbzZJcNgfd&#10;qsPnaZSBNBab3QuV5IZUWJWrjNFor87WF1ZmRRzHlw9OW4NaaFLValSBoT6Lx21WIRivJcy65Ckh&#10;312vLMT20ejSDLiyKokmiQ6pUbbVNeghIye2N/HRZgMhKf71Ko1OxS+g3IJU28Q8TCz18H5083kF&#10;CucGZ/joZauSJ1ud2NpqLRQUhsNYrQ4cXqXexK9XemcHJPSOZVK/uS2emaLE4nadGalaybIylRGA&#10;QvPqaz2zd1AHLKTBOdlhEui5XjDUmB5f79CwsKx2ew6NvMEBipps1tqgiImQ5JAKe+3eSEGA4SCy&#10;rSIhjAoyCR9x11G2DtfIOo0l1p9/6635wHg0mWDoJrA5iMyydC3ktTp0ajjewF4ZdPpgzC8ujXdQ&#10;seGNPLXdHrt1XLm25L3gN+Gh//OPtiZtCoeNkJm0x5GzJHafIa9MwHt2ekaosdS1zbk0X21GjpPF&#10;pWnnu6v+v/ir91m2bdMJtQoc6nl4QjFsl2pwsMprYB9Ol7VaxfffmFmc1K/MWyJxoNSGM94AUj/3&#10;d7A4JCd9OkyQqq2G1yV5+7Xg+MxsMVnwW/jRWOHxQQXzVo9ZtTBpj6cqNoMKnRqQ78CFymOeyLIK&#10;GZwqg5GiVi5HZpUky+jsWXBP52KUzyAai/oaboR+uwHH3muLQadZHS0Xsch5voeyeLOQK2PXiP+D&#10;BMMOHgcEbah0wPqGwPibd4KZQnvvOIsc7+hFKxpxXmVqFdZtGJ/iVMv5WucF+sHXbU8eRdLI6eLn&#10;UKnSuPBJeT0+KEF8EZmjOW0OashGswErVXR3YdFFQDBTorF1v3VrEmmWUrYy+tP6o8BwjcYZoD0C&#10;LvQ52DFP2Y2XJ8d+/OrycbbyX37xxd1J2ytT3jjVzOZpvZy/ME70e4KVySBbZwp0DaYZoCPaQwF4&#10;tEEfWCUSrYpYC7qgMpRrJEGtLFmqZ+qctYDmvEYpjaBps4lcBbE9jUSFpnwkTsbT1Nykt462IEUV&#10;6AZ0xdFjEFnZYFAVLwKwhkeVAhxanYZMlREZxedImcsjx8vJVahLQVdfIPx841QJaqSEi5I91pE4&#10;r/ksSF5LzyGQ7HJQBm+WSJVwpNIgyQHm7eszgFBiwsVUSHZtifhyN51K1yYNujWPG/2iFlPVa8WT&#10;Qd90wHteqgi7/Ks+/Yzfk803ELAza7TRaHLMYxV1eT/7zec+z9hPXvvWk52NkV2iz3eMSqUa1FQq&#10;dB3y7Hdml35449op8NLZejjcQE1ZyekS8r5czpmamMhV2mDpFYqF4cjK3fOEJAI5/2BDENnqI+eO&#10;IDtAsk63FkN6JIHzxczLU6AbBgsLlhfbO/vhpNunf/w0I1UrF1ftJ3HMqjtjXpyjjaBQ5HLp/WgR&#10;v9Ixhz6fKuYyZaPVrlE7psZmJ1yadDonlXAr8LgKJSvz9q2N/Z//06OAfaTP/erw+Te+aZDLTWAz&#10;4ThVb3Sn/R6XyXCWjLJdZiyoiuTjXVl/9TKIo8VkvPruN2e3dwoYnjOVwruX5oQ8zYdf7L73ygSO&#10;5xhUkJVyv91YCGovrK3zee1cI233GXCqe7wVkRCi9hCwJ/DVtFfGrTvR2OsLExMu57N4GEmqVCx+&#10;bWm6P3riNJOnEUjDOiwf3i45ocqV6sClTs/6S4j4IxOTP9mKRARy7uXLMyhtpaOJdjHrmfBib6+X&#10;yjP5avwcw+fmmJ2/EDIewv9XrzzcT2DtcX3GZVFKEtliFv9bB0rc3sKEJpptguB8ccZ5Gkl9913f&#10;eYw8ORzYHMKlFSFdqs64OMhekpizyDt6WZbP3R+IaYpVIzWOhQCeUflie2/3bNxvNxJQdULlp+4N&#10;lGXcdrnD+bnxwPSbxRSc5/IuP8a0d4bccp9JDmqfv9x9qjTZxwKmQg7O3X4goDxL5DGiA0Cz1cTH&#10;ipYhZa+TnhxFgctpQNNVF7hcEjXQSb1hk4tUDmYYkQGKRgn10VmrWIBpQCC3GIccTFjSSKrqHXL4&#10;J60OTbtOauUCujIwGQx6pxeRvnYbn72WSjxQSNhUkrWMX4DF7Ff/tm00a+PhyuluTikQeDwmBCxa&#10;LAUKihi97V7O6RZWWpzDVNni7HbYWjFXxSlUbyectv7TL3MvnopBAeIPHr7cfKDQKY1G9eF+UQ3a&#10;nX2ITwycTjAI8zhZzqDq8hLYLgg4OHtngMKWKyjCGDjfcjdK7WK65Ak6VBpZKk+7A3zseQrFvSFP&#10;0qkjdI1OSM8b9CIBOWiQL1+U7UGFzSdos1SDzQan9YfnLb9fSpMdoRwgxV4ogFN3K5MWJMuS0KQS&#10;QpvISQH7goBX/sFvhkabdGo6zUA/hx6ztCcUqmnKd/kKExyPVVFt7MsMllC9KLU63GMLvqOjKh8B&#10;AUzVRZCyC0QvIim4iEclPxmPsBMKnaKQb/TrCPQAsFyXqiUjj3Gz1qVbTUiIpIjOtouVCiaOP3nr&#10;zSWf9/HWNtQemDQvTFpdThvQP/lMHi8FO5rbvpDS6gXv1uEJDPiCv/7p+795nuUxxW9dsTw9yYDq&#10;AI+6y4YhtKvKYhQT6Q+b+EFG0hUDWhAc7ozf9c8fHYbjpf/l+99waUdFojq8SSJc4NDoGMCdXQcF&#10;pNUuFaqtJkiw/dWQY23O/fA4b/GozVr5Jx8f3p4NkuXq337wBb/L+d++7fj2XS85EFn93p+9/7KY&#10;e2FUNy5cfiPo9289jT3ZjKImcXE2cHpeoZjGTMj5aCMMiTxmnNjzwkSNOSqS39B1QJ8lwLqp3Z0I&#10;uZB6yWVKILNgiKcFmETMR5P69krwd08Pv9oN374aIKlunWXB88a1Cfg8KKZGlzEuD5AqtRIZAa7J&#10;Pvqe5PJI+gzBZsN3DEGhrxmhkPGKMeAF7QJrbXRLoPLB4hNMEq5YiOvmSAj59d4UdAQ8NQEwalIN&#10;HFrq3SbkDQ0U7MSCyQUbpq3pNNnpt31j+kQMWz8IukEGBsIUSluBwwyVrwSWlWyT+dt7j/Bt/U9v&#10;X9uJZX767OjurHXGpMSbXqEULgZMf/Heaytjzt+gFdxkEVVQazF0bRURJpNLoCSEERkMF6dJFMtW&#10;e/Xm/JizXGW9emEUTiH8vOChZsEbMkz4pvlCVbHIyFU4fLQqZFZrlvZHoNZ6Jddrs0KnQ4vpPdPg&#10;zk6I3r7ik/CJF2enkyFRNtXJZDsmQliDElw4DJj1UWqU8GRAlhIJ0W4QSXkywUAh5iXpulom6dZH&#10;1RvBSCYlXJwx3V2Rw5Xba6RWVvQAtXKFg6/2mh2a+d6VqW+tXXz10ir6gjV8qIct+A7LZOnyIrp0&#10;gr+/v1/usf/wm0ftTnF9Cam8cr3Wz9UGW5mzTnnwrfVrPFEnmc0CVjZiMIkUtVoLt8JcrjVhD7yx&#10;vryBpy9sXoXquE9z9aJx/zhMEBZ+V/3pZ/uakfZSbdSjdSA83FY9+WhACKQ243BhWT6/plDpkENM&#10;IWR0eN7UGhTz09ZcNq/VA7aKy7cKEIzZZe3tNy3H21Q5X0f4dyxkVqitp8fhfLm0vmzky3ibKTaW&#10;S1xbF1Xo9PZp8nePDz1u7erMOq8vfvhss1AtVelajqy7LMaJoCdON3nK5o3bE40W1wnwmbS7dxgN&#10;zq7ZnUaxrCszymOZmNU12vhmU/XXb/rVfE45j2ytaX3C8MpF78l5bDlkWZl3QzDptOvHXWCpYGhC&#10;I383M7sM4OJBoeCwyUwItkTriQIO6A2TXPyDV9eQmLg14X60fRorU6hY2Mwyv913ITgZPY4QKg7U&#10;n0vrr15fcp2ehF8c5/ci5IIHzEy+xTYmkgnoXm/l1pzNre0ybOI0vbLs1LuN+N4WE7khFPZShRuK&#10;uXZv3Guv0E3UyyYXlw/Daa9DDoT1uMP04ihLmOV/+B1XlWHO0sPjTGHpouIPvmeHyPCrR/lhe5hJ&#10;ctaXjC8eVXae9Zu0BBh3qUT9q3+MWz0yg4dLGDXOIHdqlpJpaKFOaMVfjHsm4EeFRLfcIDGh0Nm9&#10;Gr2+lo+L+XimX8ikv3zw4i9heXEZL+uk1kajRzYg6MUYGIUvpkIN7a6RXPHeg1O1hhOcUOMwjfgB&#10;sMTn0eRb357feXySAhNKLTrYo+Q6dLfaz3+dxVnF4DF9+pt2dJ9EmG5uPoDag9FOuD3yw4NjkUI3&#10;5OhaDDM/NyaWmsbcVuQwFGY3urLbTz8yGVuE25w8TWGIKtJaWDLTYooC5HbiqeVZiQWgLJdnKTg4&#10;TxSOzjOX7gC8NSxTVCrV1QPlpZdgENXuyZ1jZotOQCbr9z9ou8YNC2u9yPFBg6OxuIQWI7ZSnHK1&#10;2W9iKShxum0UC4hCH+ufXk9vNhlwt+kMKJYRoIaAlN69XzZ9Hh5SUENhZ2qic++rSKsX9bvLUi3/&#10;/u8YnUBpNgoTpbpExubzx1WqabZzbfZSe8gnR/iPvs0rZTl8vZqDlUMqqZyb97q8agFP0mtKUzmh&#10;UspKhK1mX0FWe+cRXDtkc4tdmx2JPxToBcgPsrSNIrUzi025vMViCwi5kcp9fsyexLJgIvIVHL7J&#10;gVajKFegjRqlGNU6mh7t2wSIovBQVQCHG/85IGuD2QKmEdsZQAIl4fWBpoMoDSNfLC12w7En+weX&#10;Z4NoTu+kMyPbj7ADIidqVVNeA8x2ZrNJ7wigebm7dWByuhB7+OfPn6OEbzWIZuYt6Wx6esoWT9e1&#10;cvRVlQaTEXr2g1j27kVnERNL9CyNaqNS/tun6ZkJ97XpwOfbJwquNGgz7RfqRaZBkrTX7sXyj99l&#10;b077Ol0sgVs2hcxn1xs85k+fnpMlGou6C16nTK44jcT/9z9ZWl60Y5eJzaLB4v7Fv+48ehgbChv2&#10;4LTH4t98uNsmW0tzAZ8n8Iff+wbYPeN+64DXjGVwlkQrBqTJAT4lf/6ni2++eTVXqp2Fo8jN2JzQ&#10;aXUKeWYEXOdxGZZO50ouu3HSb/rdo91quT0+YRoOuufn5ZtXgk67MZ4gkdNRqKWomWBrr9JIYrFC&#10;G3ej4TAahhkNmBwgxlBARZMNsVuu1kCIpWLEWRVqFeKyiIAiZAScOehrSN5DToLGJ6yXUNsjaYN6&#10;PgoYQqnEPmetAxonk6/dDPB4XabcczqNyMNPLTnWrs2d7leQAhBIwaqFRhUMNTEWgTgmIm4sl4q/&#10;OooG7ar//EdvPN5N/PLZ/rVxDQqhJapxa9J1kM598vRAJRUc5TJWndKC4gR2po0maH7QEkRL5WeH&#10;ZwDKQ+O9snDBo5D0ahWloAfcxGmygi2VqMfTo7Q5UHpcQZmoeZrYw+m+1WWoAaaXGOyL2yy/lOcC&#10;ZGF32LDrnJssWC0lm3plyfeGSAXJKR7APBQkGYoRqfjvLI2lC01smyQKVbNW99iUJZL1Ok0wZuRo&#10;hqyw4iH/wqQdBZGQk/jOJYPDiC5mSzysGwzca5cszzeKmNhMh6zgiiUZJpKvwWrzxuvvYB5md8rc&#10;Nmkkn/tot4odKkOXe/xBtkbfvmopVJK//jRSqXFQ2Tko5t64fGHe7TlJneO3dQ5ZVKNnNOggVU3m&#10;qAf7Rwjv/ftv3hj2KjmmChHl6gXLkAuYend56uKDp6fnicoff0/11h1otwcui3xthfMH3++uXw5f&#10;usMabPlggAqEykZ3w+O31MoYNIgevTgcc2uOz6qzi4abr8gkxiws7HRWeHJShSQmFCSUcp3PqhYP&#10;y51+dRfgNJfe5OyWKrHdI6rb5RWbwFPQADBcXbxYraRP0/GbK7bxMcPhaVnUh/OVi/GsXD606SzC&#10;BpVKo/pS9HnHhDIDU48ptLRADGI1SIq9KiA3nc7mRu6VteDcuDnoM8WiZ3pV9+qVie2tY5IsuNxW&#10;ZLVSyapABA5Oa3M//c7rNwIh2cbGhocYBq3GZlNZr9beXndcur4u6ksIbvcgnjtPF4BLvThHyDQa&#10;vtiejCSo/jBTaVy4tGol5Ol4eOMkNxSowWiUV1PrN95pcVR7u0dTU4Z2M8HrsxqZymFSa3WiRjnn&#10;NQE43PEazEsh+8twLWQnkkX0lXnf/tbbN195lSrEHj3a3j6qXrrgmJ2UsPXi0Xnz+KAMSQPGfjfu&#10;aDePC4cnA4Blh22OmDOYCRj290css5/82XWFlijkusge+S4SlVwtA9RetZzIFZxBk1zG8HrRaCnf&#10;g5VrmDHo66EJRzbLpBNnw1bBYZ86OPr8NLFzdfk/GRVv9XH1lM66PIucznM+N9kXDH75/q5K1XK5&#10;RdFkweuVzAQ4Vh2mUAPC5Jq+fCEVPasXodalF5ftRZKPHbPNjs2IBNoOscwyHrzuczsnJm0029Wb&#10;nWB5l7IFPFg6DTVhuNCs1rRar0Q9icEiDOQDMVpWeB9Ue+0+OrJ9qQOn8GGXZslkF+5lCfaJFQwD&#10;ghfeZOvak62T07Oax6m12MVNsKQHwnaWtJuIQo3TFUpjp83paXkxWSqn1R6v1uBmBCCAsYLTcG96&#10;2hg9OQOABakCpjZQKKwkg+y8NnHOTExbKEbGNDioy/km5FD+AE5itiiSES3OnQP14PHLrE7Xcvg1&#10;CJwpJe1YVC/oLc+H3B3Ms7psu5ELTsgqdA/zKaulHTmHOFIu4Om4or4b10q6Xav0Hj8sW9x8rR7U&#10;blmL7mECKJc3hZKR2KmUle3ttq+/giKZkqnr8GQe8PRNVhs9BFpOZHX2RRLuqB/e5KhVjgcPY/un&#10;CF3H51flfEfIAGp5tdaEPbVUAXK9Y9TpoPWiy7gxt2HzMOsUJUBTOD21DsxOHtKNRpPc6lbzlNLu&#10;iPFaR1ItWcw+2N58ZX0dmvnt8JFU0NEr5JcWApeuL5m83ny6PGSrVC336dbZ5OKsRNYPZ2JIbb9+&#10;c54gNHabdzowbVPwsJEJLFyo1io+h55imhZiAEzlSZJ+7XqAO2z99w83/tcfv7G+avm7397/fKuy&#10;HLSFs6V4oYxrBFktQ/EolkoWg9aRs7dMWTQCcJsAe8RLJJdIuvWKuQk/JldrC7y7b42fk2KeTN8c&#10;Sfwk21sY7vdgOi2V2b/8yw9Q1kTYIMfUj+I57rAu4TZNdt3Na4H3P/qCaWJzB/gwf2xMEUuXVRrN&#10;e+9c4PL7ACwEJoz5NDsqq40ufMiSIL/Tv/P6slwjyuSyGNdmSqRWJ4zH8MHSojF5fFRZWnEwjQ5N&#10;s8idV0gazPXgBReaKEkgcOVgroHaM/LW4v2Hs0tjBBEeqab7fQ4CPsjJIkAISrtCIa4Wq9iKAUQn&#10;E4lZmlEpZbCX4CCgNqs1LtWw0ba7CYVFdbhdSByVG1V2NKnliRwuYnrGVamMBsuzE44xhwna1RrQ&#10;2EpuKGBDlQUrwFSNgbP83711GTq6D7/cXpy0v3vn4u5J6q8+fBmvsL9/KTjmtewWcqNLchMwb/GU&#10;zxIp55KVIlI1hTqjcqqtBgl5ejwAKswsfpKG873ttGl6Q0GRZEZAIKkBYjWqk84z9Fpgmeq3smTa&#10;bpJxeJocHvW8od0n80xQHCmVIouRZOknb/6NSkg/3PxQPdAJRao0dtH9zmWfCveYnWxmYkwL+RUS&#10;v1my5XebsdQE0gJXlXy1OxMA2EU6Nbp8AD6lmR+3Q2R5cEbiZl8gNWeJBpgKXrcdjIhfP3x8Xk2B&#10;Kr4+cVmvFm6dbUdLbUKrqeVZbr2pxYJcqDmJ5uam5Kmy4vNHSWymF5echVx83u5DJzj5NYS21mB1&#10;eolYgihWlyoWM8hZUIVLkwGX39iScIGiHn08BDyTVnsaLtcF7O+9U7NaM1Zja2XJiPCgQtxPnDeo&#10;uunkTH58xD9P8ITy3tqK5uXzwf1754Ct0qj/c/uXrinkRO2zlwcYNCjF7gfPclaHeHpcyYMsW67i&#10;8Vsn8WS60J1yQkglvv+YTh60v3Pzcj5Xf+3meraYK2eTSmTLh+15oG+tTqVE7bO7/+k3W2cxHPI4&#10;0z4XW+HtHWb0Joz0LHpLKFXZeLDxO60ODQkUdhtmm2F0gJb0oFE6iab5Uo7FgAkBvla6Wqm6MGfV&#10;61SVAhOLkg6bWiPhGdSD//Hhl0aXdHpu2ORlwYiWD0ETEd66Yqw20BdSOFS8Bp0hjNz5GaJUPJMS&#10;MqHGjagHWvwIHM2Mm/DZH9QL28kKMuEsSwfxHNSpDE7/zsuNh188vX7ZMD/vxKJIJNSKBeB3AyJW&#10;erqfW1325Ducx2fl9Un9/c3zJ9unbPVMqSUm/RP8DvOPn2zZDUqvXZ0p18dsGofJUIxnTHo52eeM&#10;T4+ZCOOQHLx62dsZ9kNTtskpp3ucaItYmRbouzrqAmBcCiWmdmVwcthFCcuEJdqgly814CTzuOCl&#10;7tEkp5ju7+4kCRMBUkWbKZtcjt6AViG8SD7FgRE0aIlIR9fOhWJsDd2VkkAp55xHUmtrfp/f1e2j&#10;0SSUqYxKe6jbJn/+N18OOKKFFRcwMoDBmIxyjoDUO0y4/vSHOpFizGDzAGheKFdBzmTOc0ZnyOBZ&#10;qKQZvcHI7SchxgD8ZufF8+aAURB9jxfnGWm11MZNjCuyhF+cdCvk1NWlQrkgkrUuzOMYLRqIvW2W&#10;l4yWvD6jsNsATZUHKXq1iYVuMlkMZ7o6q7JSzE9O809O6XiicvmuV25Sd/A6EmjouhIfAImUi0aZ&#10;WjOyItLoPyD9MmR3d8tC2cCo62ZSOYkUxjdabcCCkKscMW6kFj9XrIhZPb08w909raM0z7aI033B&#10;hdkFi8VPM/xqg+v3W9B+Blehx+lAeoG2eToh3nwx4uVrie5QJKcb/Fy+Z7a1HO5WLk8Z1COghtyg&#10;l6oEhQw6h2qXl6O24Joh/tU/9VsN8VBgbNTwpWln88WesGq2AEsqoWkqEhb3OQCpNxBBsHtlfGtA&#10;Da+W12kIuU2n0YoP2CG1Kp3B8bOJMzjNDAxWDT5/IwaxsCMRc1BBw80R61m8OFrtxhDs5U7d5TAg&#10;qvIyfBTweLGCga3arOS7THKz0610Bc8PNvYPjjbPsj2RYPXCJJivPGke8zqrSpZN1xy+y2qFVs3F&#10;aNssVhBULfPVy53lxTGsSgX9rsmsnQwZIXt/sh2/vRqoDzOJYjkco9EAhctErWzpCBmsqUD5Nfq8&#10;F6c5cCWwtB8AjoKSf68j5jaAE4Xztcvlm2xcgshEz/awhrz9zru//PhZJAzwc53Pqf/n/3hnfXb6&#10;Zz993mBbKJXjzAAE/v7BdqEQJZnUK7cWeGLFh/d2uTz5xQUTQAEPHhfvf/IoU8z+X//lxxVgeisF&#10;Mj+g6LreoNZoZcU8KhzKO+8sPNyKVDHqQukBSYEbVgxPnD50NsRGg9LjEW9tl0ZBHEB3oeUbcvV2&#10;kG/4qZMqkCtfcwZRoxdKZGJ0/7HWRWOyjXniiEwEJlJLJhHhvIYLJa7IUx7DfMBE1zuojSPxBJqs&#10;0aKTYHGPqdqQgytvMkYmIzV+n4OgJ1thtrfisdOSwazEHMxsVGK9mi8g+wdLPNpfyBGLi2XEOQco&#10;An11kOux9FWfFrUZ19jE0upyq1PZPzweiAZ1buPNWT9AB1Eadc3OvMuE13q2Xh33SOutHtXsaozD&#10;eC66OuEmlDCKN6NI64sHFo2yWB0UyI5KLnr16hWpGJzeZ6eJ/A9Wvh+wek6oHfw3NkZXZFGjWfdN&#10;cH1T5EmC7XG54KfPu2/jALe5+8WUcnJW4wW0bSMS95vFizMucsiYNJUK/iYo8vR4U1YV9rJwpuoN&#10;GmDecKBBBZDbEyz4jHSOaVRwuwLeSHMYbXz+JMk02uFERqYU3Flwry36BNLew437uDDcvnw9Vs0e&#10;puM46RKcFjAu+boAJY3To8rbr0zSLLfKwDDdkffABexYRHLIKfcKOZ1eD6E67ODJBCkSyPDtmLZB&#10;nNw+o9rfeHX17KwE37PbKsMSwmhRrV2Y+uzpy9FWRqn+xT/yv/gtUoOaXKK1vU2qjI5wnBeN94/D&#10;/FRKgahINt6FpZXGYK7FWb1ij+VOitXU+LhXLrcJWD0H61lueTYApIpYrlGkkvmV5QlpV+CTap49&#10;iElkhh++culsL/f0MIqkz95p8qvnW0al0KrTEYSpSIqaDBeH4PMqhWhYqcQaNGpuSxGNosQrhDVD&#10;TXj2I4+TbBFUZ5zrWhw5gJc2ldxuFBfSWSyiawXKoHeBiYTI4XjAfnR8VEe3SiY4Po6BToJJ7/oM&#10;QdL1vTj7nR/MKdWpZBmZCRjHEOhuiXgphaxDV4t2U23cDwkPnGfs6tV1sXh8wmZyyBqVXGpmxs7D&#10;TLVTj+dyL45T2FhfuqBVaqCCGi9nc9lqw+XT8vhY4LRcTodYSsC2YfUoxryqXp+6t32Gpr/boXl+&#10;imJ7d8wIqe0ohW63BMPHp0oJ1+R0SpVap1J2ekqqVJLnx5VSR3V53VGNxRV9ZMFIlUVrGYeDs6sz&#10;9lv9k/Pjxy3sDRpiwna1NwhYVSL87bV6sVw4ODym+iKb3+2Ud4eFrOblM2mXFaslrSvX5oyWwN7m&#10;I40BsjRwXDAN2Wp1Czb7ZLdP4NOdyG2zDUUpCkY0X4Xpmkrl8U1We+a+UF0oZ6SiVPxoAx3h4CSy&#10;pUL0j88jUQwGxhfV+Kd4Q0WrMtx7kjjdOzY4TGY9ce9vP928v8ujynJboCtWUfmXbCecLcb0Vieu&#10;N60OZTaMTD0AqgpFWkGfpxqiXC+pJDBUsKJS3qxnJiYxN+T+808fGPU8t0uRTZ1XSlWL0zw+46gW&#10;KqlkUQz9OtzinLLR0q/XMnqj2TWl5vI6ICxuPY/5HGKobfGmCPlVBpMsm82jsUxo++dJRmdqBGeH&#10;m1ukwQBwAY3NBS4MMGtQ1TY88HwJhCcZDGWmpjsbp0ATULN+3nkSzkNVPR/hS5qooiFDbDJwz0/D&#10;4DeYLMI+qKocZSwszycQPGwzfWmHZyFLPWRnHF7VZBDw6X48nPON2eodrs7AL+UEg1bz+l1+JDkY&#10;93PyCclIeCGUVUusQ93g8kS2oEumbFdLObVk4snnpFDELF50JYvC9kDDtweIDlqBeOexTKYKezAy&#10;zP1CjlTJOBqros7jU7XmtMekkMpjVRYCwibLbaBRCdM80+K0uzqDAg6s0S1HMKRwAW73YX0ZNQ67&#10;PZuONz7hk+mNn3z8FbCHqIiiOhFy+7JMZePkCF8qZMzgtZlZXkxnw58//Hjl8ipFdrQE7/HRIZ/L&#10;Ar32waf7M8tjeoNuf+cAk3avx3kYxxtL5LNbp/zOdCLx7h2/zqDeC9MDWBw6gHOqoY6AX8Dh1qi0&#10;Q4jIXS6Bd4y/uOzMlwb/9Mv9XjtrM7Xj0SpDNhNZ0u81GXWmJ8/jpVwd5ZdauZnNVcHo6bcGN2bd&#10;//69qzduXFFqVOfZo7FJC9OSIBY46ReeR8rdDjM+5f3W3QufP31xbXVx/yh9elrmjDIyqG4Ma2zn&#10;+99eRkfi1x8cTE34FpatkfNSIKi2e3WYk9hdOpddsrcFNUtbIuajbTYeMGcyVawPNQZldD+NeS8i&#10;Vy3UQYD0wSoOSSFckJEbkopN9tGZp9dojNQnAg45yrhy7Dp1OFFG716hlkBz0R01NbkwqQm73Oao&#10;PcLB5BKEJyGHh9GlAr9CQkfXB3VgS4cdBujBTBWdT3R7myMdsiAFD5HJ2sf9Ff89PF46VRB0GmSl&#10;bnRYc7mCtkt/8+3L8eRpj19L5op3Fi5cnJ3CoWk56Ly/FYMzOeCGplt/nmTNOnRuhT2eTolIUrd/&#10;kB6N8y8EJtIJmJ76CGrP+Hyoxr483gOsccY2MeXyb+SewkyGxPNI3UkNrfahx999sYFKq0TB59pk&#10;Mz2+tlAJ+4wT3Qrnsn983GSDSkowZBM1XKnbwIH4zItvLk9r+bAM87sDBLilLRrlCtoOpqpIUquw&#10;0VjRYtRYnZpCrZUv1nFx3zvNXb4yzhP0XAThdPqyFcaul784eL51GludXPlk4yCbJRf8+tWV0F6i&#10;Fj5JGNVqeMCEolYy2xVy6ui1AL1XzRavhkJhpv945xgeKLdeR5V65zE66Blbcdu//drqYTq7Hz7x&#10;22TpHGlW45c5zOYoq0pLaInDCJbfVuBFYML40z/lTM5V5Sbcj7NiRcfuEK9e0krFzNSkSq8XIhB/&#10;GC8bHRKbk1dtspgkq6WynY12cqf3w7euKYUMqsXlEoO2DgroOp1pZztRK44+53SP8jksgFaS/erl&#10;OXu+0vno0c50wASYBrLZCpnSYdKgR/J89/T2mn8l6KPLQkkHeDgNPnlssRDyY+OePc9k8hUO6CJq&#10;jULQHxpVFrnUKx4qx1weBR9STL7X6YUiDlqReofEAc9t1+GzCkUZMHs6jWpteT4dA9q7Jdbw4WO9&#10;ckPjcbez8UrsLDcREmgMKrVBBZwFR9gCjLXd5Kcj5b2ttEwu8LmAeeqbfJNkhrWJuXDurkw4pN0O&#10;LnAaz4JBqzna3IPnS01QSk2z3ShycdBU6UUyNcBJRzsJyAfevLFqMVt/82VkJaRbm9DYbJqPHxwy&#10;rOTS7Di4PhGSG4mVQ1bzLz4JVylmZh49VfmQTswEbVDZkzQ5texVabT7L85ih+ELK3KzjuNyGuk6&#10;X6PzIEIXj0XOM/SQJ+5hut83+X0rdE56dtiPRAYL8+6VRQ1dK2IWoAK5dWJuc3sXBE+V3AC+Ioyc&#10;MoGDyyMaDRwPDlQKy2cfnWAGOzmpPNrMdRtIKlm5wp5GnjnbeYbv6pUrbr1KTFIijRmaAFGdOlNr&#10;8xAAYCsYi9C1akttUssthqef7u+gR6vXRTYihGYYurzc6bBSxRD+cq3GOeTKLTZjH2kGmZpiJUqd&#10;nSXznULUbPbxJKbMaQ57tRKd7fAbuWRPI9HNTzraXT7ALDqHEbkdnYoVAaHaE8AchQCYy1rnAJfH&#10;U0vxtmgr7v9jVKdHD3so6FQ6DcodsOmss9DYHB8n0I9wuol0BRDOTmiSstlkFOOAcZ6tcrFNRJ7N&#10;btFUM71KtYvYa7lCJaIgHDlvXdKP24U7L0oKnjzg0tx7uNMVNMpVjKvO5mdqak2DIxoC67+11Vdx&#10;jGrJwB+QXrk+t73RTIZpuLIT2bZBWTPpJDvHXZCr2x1aIaTIipTQMrhZVvMKvaZ4eMRYQY+UD47D&#10;FY9FWyjyjmM1nZF/fMI8+7L1h9+9iIuQ2mqnu+p/+Zdjvs4qajYHoNVHE3kO+mCCHgUKG9VGAIQD&#10;XCZWLvi894ZvrK8POaqtcEIK9km7DdCJQsRPFBjgj/9ocWLZZoISK1UmeR1WJgTrBoXs2vKkNTAR&#10;7HIH+y93ei0O4J+VZGlqbt3kUnBE7E6kXqlRY2PQgvXDsZ1wKeP3+50WQyF1kKrlAO00CHmNoaSM&#10;JBGPZzMqxm2GRL4mUbdb5drluVdv3XpnMEgoCOVY0G1QtIN2tULIK6apWqU+v2Dw+RElLb79tosv&#10;pXRu4fyKdSqAsEQXMRQcdT1On91s+pt/uYdDM0N2t48KNN1///09RIJxfBNL5TRbP0uVdIRqccGP&#10;gWqv0f3gq3uv3Z3XEsJMCb0eFn357709izDn//PTz77x5gyQ///22y1Efdx2HK/4sFX/2Xu3VCql&#10;x+cwWBTuwKDSptB5WF/2gsTs8uqHfTYRbYQjVLPZv7Bgu7xqPgw3ppecJpM6sp2HGARcOlg0kHs1&#10;GHSj3CwwdRo1TFR8gQTHlF5nhMDC0GJkZuRxS7VGtkJb4RKQSlC4xxISqwiHy4yQC5xhsIbZPEo5&#10;f5g5K40QEiL4mTWBgBVTAbJGifXKBrAf/Z5Oyg267GjxAZznMsAu0gfIsfP/cfSeQZLk55lfZWZV&#10;mvLe+67q7mpvx+7Mzs4u1mAJLEAAR96BACnyjE7SMS6kkOIkfVGEPlwo9EkhnfiBERc6gu4AEgAB&#10;Yhe72MWa8TM9Pe19dXnvXVZWZVamnj58QgQCs7PdVZn///s+z+8nU9fiZhsDgTuLh/Wzl8fPtjJ3&#10;bi7dvTZn5gbH6Wy23jcyep/FDqjbTx/sRqKuek2AUXg80oyag+V44CAzhmf0WsT29KgDNnQIsXeU&#10;K/o44MoeO0RX7XQbf/2RD99ag/03J4+xG8ebnRCpSYvG+Tcyo5YnLpWkmnPZgxxaLn6KaskQjA26&#10;z84zOo67u7hkoK0vDkpGjfW/fv97Sp9N1YvNYdvA6gVefZouIkxvsWh0etZj1ewf5Wi95v13o88v&#10;wDQV52fDoM9++MWp9gqUr476ImCo/Ye//S06pbNB38cvUma9b2Vm4fn+yY14DNiAq0dP1ACMYmOo&#10;3Lk9ZWaVo7NS90q4hTMBeXM6xo7ITw/PbAZ8CbrgrKDsrxHVazNRAuE5jq91cu+8G47ETONxh5IF&#10;dKmi0UTcbd3dueh2RndeA4Yw7Yu0WJ3y8rAztejmJc3xqTwVNNqcZCTBlQe9Ry8FXPE3rhu7EuD/&#10;0upa7OEDYfeRFLY5l6Kx4UAEIWhzbXkkdiiGF0bqYCiRvTh3esmWaoRTKT5G51dujzwmwslSHynH&#10;fq8OC7zTpFmMRyiVDJeZiZHQrrlIVnUgdUpSKpvye1Veq8bE0D/5+ZeDCXl7De9K1a8/zyPo4vdv&#10;YIoEOJDZDLEGXUqVsRcQ0QpH7CXkaWEV3ZMiEd/5wYXLamjxE7tLu79TGfGgRnjRMJiP9xxOjPH0&#10;eGZMz7sljf3JozOMS1bXQ4+3Xk3F+QfPCwfJ8Xe/e79eqCG21mqNPRbTN29EEi79/Ky73O7YZ1bt&#10;JlMv/ZLUjLwhDiQCLJScThXJ4jUz9Yu/23do1D6bX1GMo2YdJZGFhAv6UoYeNer16WmfxBOJhZVk&#10;oXxynlyO2bfPq1fJKbWo9HoOnWpuc560eDxeMeIbOlCmn8iZgy7sV7SVQ9bSGwy3izuXma/KrXbA&#10;u+p239FrHdg32ZFeZRyMHrssHBJbKGw0e9SElmENQcXi6YstpBq8Jn3mPLVx7QNSCU+AXTdKNJFC&#10;l2w8lGHn9YTlVJqXZc5ibTfaJ2Yz5muaQV3wBmKVi1owuqbS2oUO2lwNs7NL63wTBPUInoGLzcnZ&#10;bJanH580i6UxD7OFefV35kfI/uGRWSwGQzMTDOBom4KYbPkCfLtwNCgOks0qdh4oWVMiwRjNVpGv&#10;uEPyhMVUA0wLSy050huDCjDmThOO7L0KMP1DncvNsPLZQdofnRS7Y/9UaNTRHX4hBCN+b1Tfa7Zx&#10;Y2F0OqMnNBiSjbIEfKtWySnKsNWzmRFYICpWh5RNUwC3uJzg1Tthtgm7NcMWkhXqq8O8K7D9SK8T&#10;LT43W8xMZoJzfGVsN+qK7YHZoS5W+gdnQmIaNBoJbQEkXbJnxohLO71IkrYAx+lfbeWlvoKv3OFJ&#10;fyE2gkeZYDwhpILFRr1Y4MfM3DLbbtYefZmLRnu85CZUyNYME9OzispeK6HG0o0nTNWOC6deC9dA&#10;HgRG3rHcDfnN1A+/vQjNBA6MnNaKgjPixaDRdNvilYGKVFvUahOFsBYBIc+dhSU8pMDuRXeh1+0Q&#10;Gmo1GPyT1RlmJK2FbHemg8laF3svuFORx0xE3KtxpyOySNFcp/wYD+1nZ8gXTd55581iEUKe1M9/&#10;27Ca9WsRG84XgojmQN9hsbVKRUrTVek1Xz078YXDkXgkc5GcnzKtLC2bLL6PHn5V7/e8Js9y4k5v&#10;WLY71T/6xYO/+c3R3eshJyOeHaF0Qdut6vVNrjZoMzox4heLjTLSorX28PK8HQtcwTI/fdnUGiGo&#10;YB7vpHOVWtDvyxRgbWyihQJtjUQqMGBCWA23YQvnI035w8+f//D9d4u98vPLnXff2Pjiq/L5Se1/&#10;+h+/b7Wo/88/+wVIOqEpw0wi9NWzM1j99CYVyZDv3r+Wq+YP86ciJfzmi0daNW+ygyhAXFuKHRxf&#10;asgeORxyinyZwYKV/ODdKGgcJ+leZB4iM6KW5hUKyVgbDBqCML6i+FxZwYjegGfR5VSJtWaHBHZW&#10;Q8dCbgDMINgC3ADEcVB/EJaN+u0IBEEs6vfgv0jNWgNKL4AMARhuV3lfwDYNWiZgHpWy2OvgH0Gi&#10;RgjOspbAVdaBFzt2sjIFfARwRF4rXpP6BP4cSpOv1YE6WFnyqwCqHdftoVBifr2bS+loJF77f/3Z&#10;ftTvj4Qdh9VMsdaKhvT+MK7jGDKLKBjtpdqJqOXavXlLEJSpDPhbssJgYhoLWFxuV7LWGrRHDh0d&#10;ssxeDsqkTmzDs0BQQ15yuAbzy2CGcKcXNSetjTmRchTNOvTi67VSX6U1/NXDr9QsZob2jbkETaB8&#10;LR63Dl5enJu0pFoxtLtKY9hHpyIxZ+UYoMZZCTz6scpsoneOMjNBC/JuGFqjAnRZbOCtyjDMgs+B&#10;Lac7oPO4jTqj4bxWDzG6bKoUi9g8ZgwswIAcBaOOQNSpZnVR8wQdmEIfv5oxLuU//fjZH7629sbm&#10;zDEyvm1hKWD75q0lhwmvWAJ8orHM15qt/eMMpQYR0FVtiovTXr/fatcrr14eSxrxO9/W+P3gvuFe&#10;SDR6rFVrGLbYo72mIqkzxWG6Mik2CQcmfhIpjuskNaCusHN2aeAVqiosMl3clUl99wLcwVCn23m6&#10;cwzA00L8TiI6xfOZfKeGryEz0RwcZFKVEqMzfP8b3zg6OG53i6GwC2VrdqzAEw8R+kiGKHACNQpw&#10;UsjfZcpFnYuluaE8Mbjc/onM0+pBJi+8OMGHVIiGrJjsVWvJwbDsjZo7VyUkDPMFIMKQW7k8xW+7&#10;eIVelRRf3CeycmJNp1eaw0odBz/OlUA322iQb9yOPP9KaZWgBqJ1xChXGhzneJ2DXLsuBKOaRsFg&#10;tUTTF5cAUy/dWRwq/OXRboeXyv22ziGMaSi6mJCHdtpVFofpIDmsttF2rJiNbKUkbz05+9Y3Zj95&#10;nPr46RkMOtHAeOVO9GWmBXaCVc9rdVIaKxiNy6qjdl9sB1w6hVDfXfXnzgtqRZmZ9REmM4UDKlsr&#10;Xr4gWMUWnJG62sPnlfCyd/ugoAEwWid/+OlhxPfWcuI7KAx0+gCh1yW+hoCjPxBoVgtPXqWyuQm0&#10;zJkyr9bJBrpqNMKU0A2EopAhQFnoD9zE3CiXf5lJPceFb2bO1BVznGEQjup39wjAY2dnQC9umQ0j&#10;g90iUhYUs4xG7MAypHIhTgSrnxXJBUTatajWUw5eER9+dM6Ims1bvsGgvf52NLI5VcnlzDaQdye1&#10;diNf5Snce1TNRjfn9lnH/YthZY/TGestKVusQBAbmluUCDSGMHkbjHhD3BtjCWTHKo1mx+dXWk0s&#10;RGWYLPWGLkavhUaXMooCIVqYioqnOdYLnmk130QqVcc6y00ST3WbsY6gmNUZ8wVC3eoRpcJ8B1Cr&#10;c4hm4nH7aVJvdbYw0mjX8OwVtDpi/6CpIjGnDaTP9P1qC8WqubnwRHCWq4zZRdq8AsD6hQqASLQN&#10;QAIda2Alh6l2sAeWi25+SVBpVfyoqfTK1Kgd8Btu3ZmjDczVUZUBt5y36kd1flIdcbQW1HCpw+sW&#10;FrB3Mn/+2chANuPx6TETAIrBY28cXNYaNepbd1cyJfkMBDdNP+4WZAxP/uV3FzB6KjUH8C3JEjKT&#10;LbMOG2KaMxhphjIQoo3RTLldL44ujvO5f/ruaqOJLEibZSkbrfz3b8/+dq/4f32GXEBpzszO2Tg4&#10;3K/6Kazp9cXw7fmwK3ijUEXa+XkUCvKBuLHuDwbiWo7/9ZfPOyPazLAO1tQCQg8VLYBUlUkuV6x1&#10;qkiwePzOxMyU3QL+WkmSKoLEWj1z0iSFhGMsnPj40fNffPL3i7Nhj1ffRjIPShaS6gkG/LU/eMO3&#10;ccPsCjFGl/nF9onNIG+uewHb+uij0sFBL5lOx2e8927Fv3y49fRV3hGAoNt5nmnkMmWwU6E1v3HH&#10;CQw8hqLI0yxv2Gjt+PFe8v7mxvpq4te7L54/z876HcuRxOp8+MNHz64mm4xGkPrhUIC+eiFN4gmn&#10;kaMsHu5ZNl0pZiWR94dNyITnC5XEtAM/1qNk0WCYtCpI8RJurc5hMYSndW1BerGdcgY4LFNP90oM&#10;ow5FLMQEH2q+0+lBloRTBa7qLjP0WGaAfIEJctqQR7gCz3mduMlT/GBkNdJOJ3DAmODy6ObbLUZ4&#10;KAXMplHP1umhZYf+wmjh8C7PwyqEPqIa+l+kRYBPVEMYhAHsSbZMyeT1KX9Qr3ao1deDlpsxLyUR&#10;fr976cZcvdWeizgcRp0gD8rNosArcx67lRotJAKSqlfpVW8tzl60m4K6eWMR80y1ANogB8gANVJJ&#10;c5tBziEOVFWXS4OusYaBJ0Q0cA63Y7pcaTATajHqCZpjRb40ZkpoPIOXqzep790zB7yYOpTbg1HI&#10;5GmVm7iP+ty3UcT49MXu2/dvfO12oM2fPTo+E1mFMFUKvWMtI11bC1xetvs8iy/9Wao4Iei333DF&#10;A9zJsWAgDbcToSf75VZjtBn17qca3/j6PDbvJ3WsWbFQyavEhiduLDUBPumjA5LNAzlc+dfffes4&#10;ncnUG8eXlZ3jUk/SZkrDvZ1M6qQ8FfNa7CbUT8H2BcSDQaHnv2h5cKpeCPhwfNk7Tbmsaly4X+zl&#10;kaxOJTtmgzvg9Pt8V3HRLx4+8oSdYBem8m2zFuxB0mq34SrG6U2Fc750wjfqsF9iec09fNzpNsT7&#10;y4bk5dDIkesJw8pcAC7jgMUKdcbRScZAdZF5MFnQkTM9+HIb7P84VBEqC6dfHg1L6eJ+rjahRlfd&#10;aafTWmhWa6XMH/3e91iD4+njh9CbY0WPhNzq2ptu3w09w9brBSsI+LMRg+mKnM+ycqnWff323ZCZ&#10;Ggndl4dNkVDwzZwJqiWQnIZNsxnsyxbW6QStSqaTUPO6XOvjiVMj19UaQ6+LIarHFjMNxjl53Efd&#10;i9Zrh1pPV+S8dismNW638fmjHDmuoeCTK0wQ6L52xz8SYeRu2QxqnXbmyZM0VhP+KdYTUkTg0kTN&#10;Lz4tALCysobPHqyggkRUaLKGauhQluNh0u8iDl7lYzEzZ5CmZuweN2HzkFtHeYPHGplz1BsV3LdY&#10;4DuB4RjJdpOhcFlC3gzsFHpQB0rF43MsXYsSOpFTJbVUUzH5qgMNFudBr+vLnx56raZ4NGwwOBpl&#10;PuZ5jxraHj3+xYTYJ83y88OM3c7iC3h0cIFzGNBnA54qghKGqDohCwPJoLMAMgV4ts3/DkkcUuQ+&#10;nC0UvivsCOR3key4XFVZyGnNQEGLjAZ8DEU16uiZvslvHTLshOqZ9Cm+vdNo9Uot3mAXOL0LA7j0&#10;aRKg1Knp2Cd/k3O6TO//2z+JLGHc7KnjJa0ZRVfiBF87y5wQenW9cWK0yjChyeM6Svjqq6J1fIgC&#10;l9GRWIudHe/jsXmRKsDPyJKWGIRflPhw69jgVjZW5VIBL0g9AhTTgXaj2g8vxoG2y+faYE2CaPbz&#10;nzQho7Nw4mggXaFTrK6Ls2ObRQbS4bNfP3H5Xx9dQVSrW7vl8CxMdoi/cJ98AYO9eSrS/vyjFhqu&#10;C5sWMNmhY+/WGpksvbapW5hRpy4wQwnfffv1WufI6S2Egy384jwBTTjMYCgCcjJYGWrG+OUjIwj0&#10;Z5lOsdzz4OSkV0HywZgYWzBgMCqDTroEdnhv6PLay20s/nmEmxQK6Asoe7lmdyoWXeq2Ru3u0Gol&#10;h6PmRw/aCV8k5FibqOZIxgdZMyVUk1me+u57i6fZgtVl4gfN6SArgMgiQBSr1po5iFXxJur3hihv&#10;vHlrtjWsUarhv/neB3fX1r7zzhtvr0U63dpffX6EqQc8mDDPObW61bnpfEsATdqjHa4uxTh7NJV+&#10;8vGX2/Fw6Ntfm9OCh2qcTuWOB4Oiz29iKToxN5upVQCkO0uV4LGfm4vgmH5ZbIHEr1er8XfZP921&#10;YB0NroJ12ushbCZVuSt8tQdYM0A24jvv3ue0w/2j3Xtff9cRDOWTSaBq/+Hj82ubMQ3nwkVtOuh5&#10;9uhIZ/DHY5F+v+H0AiParjQ7CzN4JNFfHdZFsj8ftYK9QKrltQ2g2rgALmxjZedV5f3fWcUwt9YZ&#10;up2mKcvs/sX+y+OM20K9uRL+8589erGdQQ7HCjs7o454rcfHuW6//W/+5Pchzfj//v4foIABik4N&#10;AzXgdwrv9LCIE0N22BJIg93k8XtzZRV8GWaD7Jz2nBf7Ew0xtxDQGeylbAskh1DEOujDuN6finoT&#10;iQhGQA5o5fX4Q6gBcs4q2WrQu7xmVkd2MBXsoHShl0m5PRoZvFqEv8cTaExo8NRxveBsgByNTTZz&#10;KOThDDQu/SyIo36TCd0ogx7WIS1E0BaWkMaI8ao0LNJ0RlqyGXGbvbo1kmOkZzr+mUh8Ld6u9tw+&#10;9xmKTrIKASss5zvd0QxAzE7WZlcIRvXW9bfQkbIa5YX4ksvn2do+xzg56DMFpyxa8/jp8yd6rYxZ&#10;yvPtizuvJQgEE3goxytwa0J9rtOYxxI/YbNBt743JLQGxF4G+fJIa3EpDc0H6z+U1WStm56dffs0&#10;c7GbenDzbvzd91472P4SqfdMvh2YUW7eVmP805c5HJIxDANDOZPromu4uU41asIXD2ob0843b0cB&#10;T4JS9PXXlgcq+RjN8/7wsi22u5j2az54dxZV7y+vcOfOs7N6NV+Nx2wqSY4A1zkY3rrpj0TNf/fh&#10;ScgLkG4X2MWzEvFoq1IpNnGO4XEFNhtS4Nj2hhhX9oekoJoU2rXYtKXaaWWqteVF++aG6+UuoGsi&#10;cuX7J3lv3AyORWLG53frZJXuxTGLIB+k06l0q5DtnV508cheWELylM5nmiD13725YDLagdRAikmn&#10;Bf7d8eWn54A+GwzqpVlbsynm84gvNWNhJ1RpD56coDfrtk1BoLefTn65U2Un5NdfW3t2lIFAp9mp&#10;MmTv/vrdxZnXG11sXyG8GTrNZotjxeWMjTr5XiujImC4dacvjwjVqFYvdTotMC6USUNFta9fj/nt&#10;RmROJ6COxT3pkxPAns02swVuCLMOzP92vRBe+qBer9cKF4P2gKEnWktVEkvlGrV/PoRVkWGaWMS/&#10;3K5+8ehkbc2+evN2i6+2+u1aSXDgFY9/my4MJ6DJ04jGwM5eymdM5rrFZxBJ1u5Bk4rGYdSPOqdj&#10;amfr81K/aLCNSQ1vcyH6b8cLCKDHqQVXQ+DsvqCRBX+fADeg11SpR8J8wuaLah0uEkEVqOAGQmt5&#10;zYGZdPoy6/aR3gCdL7ZNdNdCVtrJfWLUZGwWV9RdvHwl9VNzS4kXj3N44VksMVaKtKujL57+9sH2&#10;9nBCnB4B+wgxreHooooaz85BOl3qQSGC1N76qhtUSJPNm0zhpUA1q+mId17PIYn9/zQGz2NBfR/A&#10;1yyPai83utCzyCtq9RaE4FDUHBCiFii9k/MGY1T3yicjON1S4miE3rBkc44YjUjydUoWm0N50Oo0&#10;UhogA50AyhtcBOSCpFzI7lL8pc7mbg+IbvcyPgMzUL0vlgZ8Db4zReWQBIfJmYAfEemFbO58Qgjp&#10;ZGZ9wwlj8fEpCC5lM7YYJhabco3Fk7+Y5M7gDGAGiuX4QhCGVDYDorUFXbd+3WTEE7uXVzjVgDSv&#10;XFsEB6tW7ahpC7rExWROTUaEIcgSbosDTlPmyUOlXMGkX+t210bD0c4r8/SSB1gnl4V69CV9fDR0&#10;uSUjy/z057kQ8sqGUbZ8Ik1qyUtEETkQG3CmsZskCFw0elqcMPtHhJnVfvpFHqcRjEh/+WGpnANa&#10;TiY1xP72uTTs07QKvQGnTUdTOjQzus3J3rHcrGjLOTcCGTDS1+oKHDIaWvqLvz9SFFOjKZTrMgC3&#10;CCXBy71+LZiq8dT/8K/+CSIPmULKaVT98TdXXluNwvNQGMDM0I9GbBPAYmDFldrXEs5/98//7Y3F&#10;TXJMIGMdiwTKtWFodnZpzq9IAm48Ah7bAlT1zFLM/rXXowJf9k3NWWY3sieff/zotNOfnB6fZi8z&#10;m6tv5PMnKs3g7KQTdxsBCKFkiJyoy3QRb5dbq/PDIaYsvNBrW9X0XMxzkTqzmzWx2GJ7qDk52/JH&#10;3A2+UmsXF9dciHBelmoqYriwYoZObHFtuprdrzZyzw/bZofr3TffgCs5k86RNK5h8YAn9OrwzGCn&#10;N1ciHz9MbZ11lxbcdjM+ZtT6rKFaqd+6Mfun//o7uMe0SiWlC18NBiS9iZosNZCA33t//RaOwIIq&#10;j9Y3Mh3VjniKBzHo2qRcr5SdegVC0J1TzBz6QZfuxeEOhiX0mBqMpW6vjjef3WvFX9oIwIJaAxE8&#10;o7oSlWAVp2Zlk8uYLSLk2HYHbdJEXU+XgVvD1E8eY52udfmdQGI2my1R5o02zCAxFMW5CYotUqMn&#10;J4ij9QZaM0byphZM0R4zbPQjagKkHBq+Gg1Tr7TtHh3NTqy4ddpAjGuZOWYlgH6mzjfls0PV1KjC&#10;GwJQNYbhgOkjxB+CoFZD2vGP8hjV2snFWTISd9RrxclwWEhh0iSu3bsxkifAMtQavC8+i3PG9tbR&#10;zdfuomr16GH6j9/7r7Kpy1wFiTHDWnwtYreen1zWm83XbjrCMR0vlPOVGgQviTmm10wH7Y5q4cJk&#10;H+d6DY/LFfLZ0/VH1xBJZfTzCV/AqXv6PKVVAndD7xlU0zxTOynvm3VuII8Ye1Ug2jG3++lW6eiw&#10;zFC0M4LBACTT3ad74tqmfm4W4zipnJ9YXKrZJV0hN3hj1bexaHt4dkFoB4urZn/IiI7Q/mXl/v31&#10;sUh8+dWpUaUsBa3QBUZiLjsUOwxI+Hogcbf2s5s3F1Y2POEIrCXyLx6mpHHL7+NwnIQVeyluxYeg&#10;1R7dv5fAaA3zY+zSLF4HyFMOC7l5d8aMH6OmM6Gax6V6KD6pttP9fm5pxvJql5+NOaf9juQF4hVI&#10;fate7bdoQulXs/PozIQttTHXl9lYyHC4e4lZkkFndbpcQ37ktUqweasZM60yFy4QADF871srepZ6&#10;slN8+CJNERA1WHcvih6X2UzKegrfdBU4agA23bsWurt4sy+oX+zvvnFj+uzkZbu8e+PGG3NL3yTk&#10;ZrOTGoq15Pl2vVKbinpquI4WqpuvfQtITEXVgAXOZmJ1BhhSzSNlki8Bw+3MnbbmYjNQ1jVKZVKt&#10;9wRCFyfZQNAuyZDoVtKZS194I3v+rN7GvrKdWMSNrlauMW1e8oZIjVKvZJq58hUCxWsexRa/qbfI&#10;auoY9BPSQC5fMxfwuJJQ6+NyBX79+gwxqrp9Y9rqoG0zjTokLYNQjFYop1ZtP325pbe5pmbC/V5Z&#10;a6VL3VGu3DTp1KAbos1ZLHbMRmbQHfkcWh0p7bxMg2KdAVMpKZye4oY5vnnbQJGXpJLjdBOzR2u2&#10;UYNuPajrjpvDR08HkUiUmHQIKclQJTCJrN5QttgftBpe98KgLfzf//E/5XqT5cWAVi3MRcxv3JmR&#10;Cbx1BvGIFnfxdGnsdXGrK9bxlQwED0n98SVmoV2TUVa19iyW3xHGM/32M5bqKJLKaHViUNRNlWoV&#10;DoZpg2Xi8csuW11vFnGTAZkEHdBOVXz6UEuq3EHPxASeDiXoOQKQSrUWBPkpBNzwr4zLtTi67LfP&#10;mtmklRk5PBY8pYpFIeBblbolvb5rdoGXcl4oVRBEgNZIViSMLiW+2O+1dRZXpda32/KjYa1UN2Tq&#10;gOJ2416u0SYoWzSU+Fo72WEE2Z/wNPGavCgHLOA7GjvdcSJBhz2W7S/SZg8VXXBpHU4BRvdyxev3&#10;pNJtzqCSh1WeZ1dWX6dUzUK5vfWqh2ST1wV+N4FI/NSssLNH10vczTXqH34MbJM37AU9mKo1ZYNF&#10;djhKslDaOWy53M69/W404sL47vGj/nnSAGMuRTV39mqkSjdBF1AZI8OA1ZVqwrk47sZy+FcfXciU&#10;u5jTPHmCNrrjLKvbetbRarS7x3R/7HBYQ+eHfR0lVmvVl2dVs93y5GVurEguk6LR6HA6efzqZSZ/&#10;UekNix0Z+Dzqf/lXvxuwzeeTexbbGFzj2an47esbGg1/kinYjKzHYUY9plQr/NG3fjjmpY8++7tP&#10;P/v0kxcvHr96cnzwLISn3tIbr99ePN/erWVrEQ+bbw/nZ21EPzea9KavfSANxi9f/UrmNJliZX7R&#10;fefmIjVxTKRUuVKhCe7eG+uQTJFKw2ySWBOBMbrJHC7XCtKwcms5Fg8sadQRSKDa1YLHF/BEfLnK&#10;ebtf8Xi1noBZ1kzyjYvEvMvrgDHTUGpWaAVv2IZCtX/3ewsl/JoRNRh3ytWm0+NXiWoObGu9Bo3d&#10;O6/dhjPmi630g52KSScZKOT3+NlZ29zMSrqUq3VPjDqNPxBkOdbtUpfatd54nIga7y8lSIqx263v&#10;Xf8GBEX/zXf+wG8Jvjh77HQyjGa8uojAurlWr11bC4fD3hpfuJFY/cH975xVd/VWRUWMLR4H+Gdd&#10;wJp6UBHzVp027DSXCoNyT9WfjFSEgBuowupGI7KMx5zX7I76O70+4kuShmi26mE/bO16GMqw3ZQn&#10;Q4Cn4/EQnFzYEGuAqwJYyALxN9keCZjjYZyN4M9IxZW7A1fIhYcdIAMo+B+lLyGO01Aqj57DkDDq&#10;tuvE/nrQvhoJm1UaMO0WncZ5j/2N1YiD4aenfGDZeIy62ZmZUk/pisPiRc5lMNZqINn2spkLIBEi&#10;IbfTiV6RGQNSinFAcvIff/mhcWxZjy+eV7chtK00CzdmQxZCDaCBx82mUOOHNkdFJWujk0zGoKtB&#10;2+Q1etw2TaXdtJoN84nZ0/JX1zYhFrTvHuxEvdMBQyism96YuY36wZOzB8V+0yD26/VcR+qfJE9u&#10;rnvP0/STZ6XN247lWxqOkx0mdSFHUcpofqGO+fNvP+JtTmJhxY2p0FvXptPJvNYi+SO0zUPhwScK&#10;6BMxGEYxo7ERXQK77uiwEI2aTV7Lbx4cshogdfF6MGA75XNQEGajCSITo3QFyuZhKOoyW5ylzOC9&#10;e/75OdQYmB98/zqqaFhtxmd88POo+M7+cdI/7QNF8/LoCLrSJ+flYFx/9wYUJUJiLiIMdC8fZL72&#10;mjuZSe2cnt27G0ZTSagLcT+9s9diTYExaQbIF7Q2AiFrBbMjYSYC1F/GZhHxrUynYUxrcxMCvXmt&#10;XlWtlD99kMI0GTRhgmZValJHj+DMttsgrc3Q1gkQPGpygKvE1+//wau9Lb+ThSy40xthT2E1uqYj&#10;MPztpNtiR5j06tlrN4PN3ugy08TDd27hxsnJ8bA31sJmOFaZnGF0ub/86pjV6EBjQV6ueF4Ar8oG&#10;LLrTAfN2qwVGMm+2QME0UY0VncHRGrU27hunZkBh5fEkGinj4JQJRWHEzwIeBuIkq410+tcx0NXr&#10;iwiHuzEC0SjnZxW0h6/ffvfouE4TfNCnymTBYa04w15R1WvWdtvjJuRqY4EpZUo4vwbdZkAhO4IA&#10;IooyrEG4xjclC2C7GnHKpxKkYbk58kWcoShtt5M7B/l0RkCDdGPTraX5Xi/jDWtMTn2zx5YyPJ5a&#10;qEuOdDaBCzJq97PPU8VM/fYbM2C2jAcOv2/NZg13683zk6daF2vxKb/z7Qh2N+6oLxx1FTJJi9Oa&#10;K3bWF52ImJWKwsaaFUeDvYO8VjVugOdLYfhFd1s9RkVNz/wxJRvwogJMGlwvqOTquVrpTM3XxKkE&#10;6JXcWEbQyqKzaUlxBOAvPbLsPdVbbKIjLBRahNnCYgHf7hPtkb7ZVOkB4iNIZOOMDu3laQ1b96nE&#10;tEpWyzSeZi6w7tWKnYZhiCZZVrBaZA7mE8GiHms7hVLuso43brlERGK+jTvipx/hG+ZYmbe7LNDu&#10;qS4vO5QGziK+k2uatIQd4TYj4TX1sLPbflV//U2rzzspZav9ph6Br2x1aNKrGaXx9MUFjdW7Ckhp&#10;YX7eg1CiLDmrxbRRX39+BMvyCJOA6aj12ZbaM63VmSbpIxU7oWslLpFQv/N17dHR4LKIQh3XauWN&#10;Fv3JKeGyG6Ixw/qCuVm5nIpogtGlH/2oTIjc9WX77XX9oMeCC1Iu15s98U/+2Vv1BpIP/ZVV0/wS&#10;d3hYBSD7+m391JQJwcm9gwEqp//0O8G37s0WKzxwZlfNH6exUOcxhv3j73ndPntXNOYy3aVZF8uK&#10;R4eZXEkkwBP91pt+7Cff/8b3Xz3/9Dx39vGDE18o9t7G/MGzFx2eadXASxi+d/21N1av/bf/x//8&#10;8Pn5d95eEQj1ebUaCROtSl5v83WrDVU9TfIiWl82JNQp+fTVcWQqFFz8QOTre+e/QdF/dsFzY8NB&#10;wmujieUKW3YbOT3jBVzBHbErdCvbzRR6xWDE5Y/cNJjNXofOYQ7B7cFLCEbdspgirXJmolRljuuN&#10;RmkceHoKqHxgsSBUaHGvYOXDqqtOLZXPYnBNx6eDkagbr2ed2eD12RjVAAOWrb1UNGQwmg0ggrZa&#10;2WQO2yyp0BjTimi1qmcjPqPZ8eMnvxzJ3dfvzHZHRKfb95gk9NaxS/BZnHxVmIktB6fmqrX+dubi&#10;opD5vdV7KwH3TvbBlEfrtNss1oCOIxwoWQ6l4rDgMbiW7NGT4haulwgJdPgJgK58VwStDhh9mEsg&#10;z+pBRwRtAcaRRkbCE5FSw2yCriMi4NCOwRHB2fQ0S0GKxXFUq98RCRESSp32ympkdlj6KlGPzb3T&#10;NMGsU01gi4ywbLdZt9gsV9/GPo/yO2sz9EYCKlHYo5SqDUik4YRK9yaZLsYaFdhUwL3QjMVGIXdF&#10;UJU6u5mzbKu8fZl/cFbKVlrAAhk0ii8ypbc6yvUKqRJW5myTfqfeKD05OBGl4cVZBheL5fnFSm2C&#10;l16hkHv2avuN5WXOLnrCw629V8fJ4rwvooWGSTbGE7dTZ0mo9Uz2EMwnMb+2WRqFvK/r6ZCVA+Gf&#10;4HTBbONlOGTh+V69Sxk0cSeLUv0sUHG+qKvcuHy5k2LVCm0Ekb6Aq/byNWe7x5ynm3OrXZ1tBDWC&#10;Wat0W9LzbcIS1iQi8bMzh8PBumwqmcR6OAB5EKPG7V1drbXt6PH53YfHBYdLPxOx307gZKjDEnd6&#10;2rZz2VbrLF+/MWuQxblpL0OLsQj15bNDnRancGFnt4IFwbV5r9egPz2qNfvQSQnuoLNQxquI2Jif&#10;c1jiHoMJo4EpwBAiqKgKL56e6hliBr4Ap16jqCpVMV8WVhMzg5zSrbWjM25RDSC/iiWN3ZbW6Xbt&#10;nI4nNLO66sAwk+EmMOryiuzyg1rFCcMuvJ0G+5RFZ+lVm7OzTgbzeSd3karsHNXjcfdpqnd9JeC3&#10;K7vHp25/GCic3OCiLRfNdmFt0b21d9SoMJvr1z55+ClYA2/evg/v8kc/+wknZjpjYqTSeJ04bgNB&#10;3tC7OcQ6DndeObxevB9UfAluiHNw1MLTrWrbQAxcBqTknIOG4LNTJjurB6eO6ZlsKrB/q+1hwAXL&#10;6Xh763Bh+bo/rLH7KkBXwN1hNPeXVmzC2ExqrWAvR6K6pWVNoZyH9oHHNaNW8gSnOdKVPWydH7Yc&#10;ZjgFMDWw4SXJwD1OaEx2E9YOzUZlegofyEETLXmt02un8SZ5cZCugqjETpw2wes07R92DFpTxGWc&#10;jIcIrMHaE56favdFTk9quQE/yc6sOSgOIwzYFZVgECHnjgcQ/8akddZpZob9ifb+BzN280DIpLF8&#10;l0j/k93R+cXApYuZ3DcQ6EruP9/8+u/NzQWGo11erPmmY1XJ9PFHz2aDKqzNvnolgl+GfXS5Olzb&#10;QLoUMYh+1O8URkSvM7wJl7crVG9m29XHwqBbzlfhwimeJDWsj7GvUb2W00KbbfIYdRRmTlSFVCPd&#10;uEXDUpB/wjus5N0fsO1u5+Grup4b+p2o8vYrlUGnKVLyEN95kp0k5jxBr0UFco2K4UeCM+hJpy4u&#10;jvYsRjabbEkK5EUGhnTL/VAv6xyXWDVhiMzO6S3Oy6PGWM7r7IP0qc/BmaNge6hMmRrW6Uw0IAS9&#10;XRVlbPQmZj+eNP3xUDxLqt0e19yCZvdVKz6HsIPv7ECAfuf8NEVSaP6OzC4oJxVGR7icWBvodl/t&#10;+wPT0rANXev00jRLT2AM+uTzNiIVa8vIzIwu9oX5NdOttxEtzXGMbMDiM9W4IjzQPvxUoCIEiSSX&#10;H9bbEnySUyE0IGhyYvN4kYcjoHQtZ0gUTwNuSzzk78s0L5XczorLr3p+KFHc6NbrrkJJPDrrn6d5&#10;s9sembG+PKk8eV71OdGzhX6VOjzNwH7jtE70Vu6ijIHCyKRWVwZctTKYC6h++D0P5XZ1//Inf7sy&#10;G3n7zR+k0nuX1d7O3vmwWf/u23dNBu3+RZUmyH/3/X/xiy9+8SqL67km4mXfvjdjdTEBP2Z9iobT&#10;lC+zoEs7pgMAaLA6yjcbH/b7aDK7E/fVk2Kl+WIgq+0Oy4tnLw203u9dOr94Fl/wgzNzcnwiiuVk&#10;/rTDd2FtnfTliGdZJi0ithfly3rutFlKZ8/P+5ik5GrJoxwsKMFY9PKiNeS1Xv/UqA9/UE+rwyd6&#10;fHL4XBGGMPd0eeb5Vgp5NgqiF5hd27Aed0cSf3BRVxPS4jzatuoBf2myTgiOa3UEu1VrNVK3V26d&#10;ZTIviydDkdp6eW7QMQ6TsVrIC1eAHZ1VZ2vVejHXVKpy9umrhy8vCl1V6/nhp98Kr4KxURarmIQM&#10;RwqWS6TaZPfY+koTaU5VOXeYyprdRkmB6K6niENAXBVFXa52ZWXSFFRdAZVQyYbXnsgAWGOzoqYz&#10;gV6RM9kQ5obIkcbhAMt3rWRSc+uJ64tTM7I8aPa6KysrWb7THDT1Ji3m5ODIqya4LYPnpMG7F5zC&#10;4XhotoJtoMYwREJ+4Oq7mjVZLZKCIBTrdtjafDddr4EAoAUMSq+HqOGKw05eReVS2Y7B5uYgQO7x&#10;QDbsnl0i+Bj04KOuXF4U5GEb1IXV9eVqT3xxWuFF1cH+pZ5SOIPVbLSGzAaUhiwWm841/eDFT9+/&#10;P0dz1g+/OFucXYQ+ACSjEZjFCmc3m5VhO+JkD/fKOi6hpo1quedyO0yWGYloCUQBGiIT58XE+/DV&#10;aXRm8yR3XGyfEkq7WMfvh1pasczO0AJBnhRrEbw19M1wuN3oDfGrApTR5bek8/pg1LMWYw+AmFZB&#10;inMJW3fI69GS+p9/+AwGCgziNAppZIi9k1p0Ju4JGJv1JkZDWh1OWsb40lRiITbI1fMXpfCc+8lR&#10;WhSLdTRhltyd4fjorGnDpkSUK2clrxugOAhYmFjQIQ9lvjE6O0IGIYoNfb9y2RiitSwgmakze9Vq&#10;xmvhkucp/GrgzHNY3eOuatJG8cv88EU5hFowPS7m+ibOGvJonF46FDf9/JeHyYsrxd/nz1p2n3Zu&#10;WttvCQ8fZLW41nSYRMDdwA6CJnxhdyGDAgZc31dspnKpqyeliJte2Zje2Lj764db5db5UlyXOT+B&#10;ZnmsZpo96fUb93mhOBPx1lrKzz/bp1S9u28kBHwyTJr2FWqK3Lm8GGt69+56IV44vSjdvjPXLRY0&#10;BK2z2qs9SQ8q9KCtEuSjvdYU6k4uoN1aKr3426e7COJyWosJxBqjod3k4Xvv18eRiIaizjCKB6s9&#10;EjEcbqs//7ThtItehx2Kj2w+E4mgeSmQNKJOPXyCBDAuZfj94IqHyI3Wg4Ja6hOkqVwf5ZHAJAQD&#10;PWpW26mCBiQmk1bJZ0DFHPTGEI1BxmQDDxgtZFrrJgFpMZhAvHp+2BFEesrBAALcaXY5VDm0jNVu&#10;pVVS7jRp0zPIWKiVGqvqkRNCbOMvjBmKTSs1fGzSRFUgJxBU3HGmD7rJgt+N58OvP/xycS4QWn4L&#10;NqHdl48kZJnsdp83UMtmzByuz6rznHh83LbqRbOVQi4M8lqSMZ0nm/xQBas80M8r8+C9gTB2uHIj&#10;jM733lZ5VJQs3hvO2bf6x0/GA3HAy5xpwBrcxGRc3E5dhfOsJhUvhe4QJDvMHQoej5YfEViCEKBg&#10;aBz5rNJpTtQGUNktB88O/Gb68cNDCn0Sm5Q8frkDFk6/ZzdjYMsc7p6Pe6rT7V49o06fYtYtJ1Z9&#10;PSAi2lnkFdyBDKGAmqMHz7RSToETWWpQIFFotaTdzTza4gulSdQrZM/OM1Ukz4K4Gvkc0rPnTYW1&#10;BRMu1VVBZEioRbBzfWE7q7MBvVnInA16TfxcfMjV0FA7Xk+nC6gbCF08w3pAPsAjBvBCKAhNkrqL&#10;VYZG+Oo3L7UGyeNVXLZByG148AV5cVLVUgI8EoiCBrzWh4/q56fIaTAr06gW1i8KNZoW11et3Z6h&#10;XVe1ijUMKvp8sdnLPH5ZO08D5WAedJn//Nel4+N+MOBM5bsQmKgJdNm7aN4gRPebz3YT8xGKYY+S&#10;yMLmWs1yyM09eVZItzQ6g+VarKIjCtS//9/+EB9Nk6Y4O73sDb8x6B5CelVodHCb9dmoUiO5EFyZ&#10;jc78xa/+YsQz+DpC+TQbtk9UkMJz04GrwhAY45EFt3PBxpgGJtPYHXVVi1kQwl1TS5Xkh05r2x+0&#10;InjQaBbNGrdJ5cQpClNHlG5cJo2eYwF0gqaAb4/5Gh9yrdisjm4JhpEMqTLD5gZaTaeVPcn3Ty4E&#10;J6uXew1AUoAg4jSTbqdwnESmqzQz5YBM8OS0xhFst94aCEKz0Q74XFEMP/uTp1sHKknQaXVaDXtz&#10;/RZLahFWxgTmq/3zsaR4rRwmajOB2wtz65TQLOWb0aDTYlCjPwovY2kwzKRbZj0HNsl1X/CkdPYw&#10;eUQzLN9sNfnyo/On//zuP9OaPU9TR1AkJOIJsyGSLSZ7g6JmSHB9qdHhL2s9BYxzLdNpdUC3EkUC&#10;+0mFECEFHkkYkJIWh6/Pj4AwUlNw2fTwLocgA0YQQuBprQad1R/c/oM/fOcHs/74fChi1mnRbMnw&#10;FdgMoebu8RCKDHBdttnMvU6/02nSOK0Bk0dI4O7hojWCWgAQfBpFbYpmNTjLiFeWUmAPRzcC1j99&#10;bSpgdQoCez3qCegZnAxmI4EpX6yYwk8VL+UuwEGs0XhyXtw9zI4EBH5GSIv4fR6jwScPxul82eu1&#10;1NtNrUlBebScL8md7sbctKywvb7Bbh9pIDlANG4s3tqMmNnJ4dHTWDi8On/3/KjVbjSJCR8K+fXG&#10;0FjdP8k/Go5SCsHb8fpJnV7mxybKrpX46Zi/2S3vl7Ya45RDJ5IY4mr1WNUMhl0VbR2M2ICj77TA&#10;yyL1OiQCBoDd1nt9DdKbuXQwcobtM+BbVu0oHrGLCNnKqNVmrY4RVKb7p41iuuexGQ/Oy/hiE0z7&#10;48e1VKUbnJacIfLRy2TyBKP91vZesa/QvqBlbzdvs7JYIqIdFJ425fODKGbjRgashtWNQDjANuql&#10;oyTMbnX15BKOGo7R/4c//6jWbIMG7AwukpR20Mm3OkiAjGIJF0OQ/+lvdwr1/r3NqZ/96nTvpEBr&#10;esmCWMwMAY4NhdW/+KL253+Z08NjKkP6JsaCE79V5XKvMhp3yGW0qFU//ZsnDjc7HCYNFqVTpK6+&#10;SRSTSZahA+QY9trGAsZ3Dud8JpuvF0rwO0AdWS0NE1MhIwuFuAtcw4Pz5L//Mwy9HV//ZljFaUGL&#10;bogNV1BbLgEm7rB42N4AayStMCSmZ8KtQqeWyoYixlIlbzIix8A+fZpjWesKdrYeEABGhVpnckWw&#10;n9h0ejV+zj290+IHM7iY77r8SMfnxgQCUKbzI+Ovf9kI+uRRp/La5kazYT3cL+pY+Yrir6Er1XI2&#10;lcdNneIw7dL+F6geLJIjSMmR9C3kKtlCMR7mQj5Nqio+PxpM+TD9H22f9cH3ub7shwTjaK+K0XHQ&#10;hza4FoBCzKyA1tdoraVMb1Ru+DwO3CVrtYpylfwfKMMOS2qMyECRgC13QCe8KLSsAbcxHMQ1VWoN&#10;QDk1+iMT+/znL8qb16etetWDL08fbpVUGtX1dUSerQ5ffNIovnyGv5dcPSutgmgo6X7xaWomEawB&#10;I9TuUezEH2b0Rjmb7+GbCGIlQBmToXrcQQKWhlnBG7L2h8So1YdH3T0900nv9C9e4SEAq7zJ3dH7&#10;tBqhocp1MOYtV7oTg8G5annws9YXT6Rr1/T5xrjcJqx6p9iHYtakkul6hy5XVN36QOnKwYjTFtAK&#10;g55eres1WamNTR49vboxxPwE8fl+HbVXt4dt9aFQwp8PIF0fgsFrd9h+b+CwWgG4dU45jLarZ5XH&#10;xR0d1YgJAbWamSFtbK+aLyAFDvxnt4MH0XCiUl+kmihf4tRRSI9cPqPWKFuxWvXfRlYMyt1AMJi6&#10;6M4l7ms5V7Myprno0fEzs8lAyMZSqnV60EGyX2/sYmo0Gl8B84BRLFeGXcgRdP6/+891hKcMRhLP&#10;Q4NW5XPrtg8rje4ISshCUQDj3KTvo/cByKHByQjD8fGp8NZrwW6lUWmMvFdBEEpoE995Oxi0ylMu&#10;am3B7rAj8defDht/+B24ANrVOm809N75GmZXSqUBL1ft7g2z02391UeXpVyTVxnmVlxv3Ryep6vU&#10;n/3v/93taxsYT7148I9TifcldH9rB0src2X8p5R6983599/6F893P98/2wVBFHjoehm7fVqnG6dL&#10;FVERzs4uPVbBH2V//vFDn4fw2odip5rfKcyv3tbodcnT3+h0Ur1SRFPqxtyNOe+dATIe/XOGU9Lp&#10;mt5gQUWeIJjHT/bF8eDd1zedro1OtVxJbVdK/aAHnzJbq1vRsEPC7SgNZYNK1crnL3NF6D3Vmvbz&#10;g9SrcwEq5rm4P1PqjWVjLd2yciocFJs9EiOXs72zgMvFoBmB9IpE1doylM45JKCLYwMW1na33U/m&#10;8uUPbr4nYYbBCjba9t173yal4cO9FzCMLIfn93Plc8i5GU2j1122OFgjtd3O4dBLEkOPUV+bDM6E&#10;9ophpQVs+Khmp5wY/H7y5FfAzxj0ZozaYPMYKozH6DAx+hJ2v2OJ1ahg/cbHFbQfxJhGwCcT4A8M&#10;JySQOgDKSDjGQq6E2ZGo9LHz+dN7/zKs93y+8+tPPvkRel9373zvrHDwWfIF5g64ntJabbOBdzAp&#10;S/Kw20dPBEI0DCoZDSwWvBYdSi1OCGqkTCHtwwUXo2CTHg1PSavVTlvYZLqdy7a+fTPy9Pjirx4c&#10;52ElhR6qN3CyxI24GR51hPFwRYCPk1TTbWi0ByNEiAFeGLYKQPN97dba892jntTB5IdAUFctHZ0e&#10;gJyQS+Vnopshr/3//dGPWbNXM5kMq5eLCxGQ5mAxbucbXsf64tzXG8VmBxvooG0waRzlcQdUX1w8&#10;d1qUHm4RKvtiJCH0OhoOfsrzi+LRUB5lMw2/HuNnfbqUVsjBWWqoyBAH9UB+Pr4YDwVuLgLSsOHz&#10;53mTqdvsSFMhuVUnmx2TnqVvrwVqnT4SxDGf6cXBAQ/rE899+o8ZeoTlBe3wm+PzjXwFrwkuEByX&#10;i8cKNbz3+vzqXPjyrBWJ+8dqw7CHeaf500dH66toCRKPn1R0OpxRmPd+f6U66qPVXqiXVDoK+lyH&#10;ifQ6LZG5O1AfZwt5xLyH8vjWvblWE8odRmM2VeutRlE+OhqBxtBo1d9/b/npuZAsdsulliyrP/oc&#10;I0d2ZcHRAyBCEW7esSxuYEYwaDTrpMa9uXT9bOuhhPhcXYrMGcJTY0ZdmVtevMxSUT+sL+pksufz&#10;4GKE6L5n2FVevdgBlkEcjT1ui9vhy5z1oW8L+SKn5+epcvbWTe/de9hnjtK5ciQ+NebLSyv6rf0K&#10;RfUXF9i9pxJYGu/cmzraPaqUqjRnqfXlwaQ7s2htDxWHxwffZCVfsTgtlXyKoDiCAHKsjO52pdA0&#10;mgNWk6OcyVCcMTATpg3YA/TMupmXLzTgjs/N6is1YvtlfnPt9Y2NO9nkOUrbmC63O5rTM1U+hWAP&#10;SLxQLCvP9s4OTrKcXgPY6/SUtdno6Y2qBy9ztNkTS4TPjk7EYVumMZtlEDXvtqqw8coEIkj0ZNAL&#10;uAIgx50cVix2GwxO5ERxB+0TblLp1YCQGssI+/POcHhMuF3e6HDSmdASwVI4ybbGVEtoz0xjRCGe&#10;l8Ha1sCnBrBprizBF7CwrL5xh5qa1yBQ2mlduP0U0l5GnbqaG9aqmrnVdRiw0Yd1aAlFTWot2lvr&#10;hlyqmL3sTgWthEwuhrRTAcMXD0G0Ek16op7ZDU4vzG2+pp7UqH62UTg3z3h0lCSMWV1E5lzqxul4&#10;XCMVqo9piEY/REdy5wuNoJGyLWiNDW6v3kA7G0WugtkVRWAAa3fqdDhSd/sz0/atV8fIqTksDqFD&#10;Gg12swNj0gKBe+26T23CwK2/uhkE6bfb7ty8Gb086QMjzpnZZpt2WD3VqiEw5ytWc8oYt3mi1mIr&#10;Vamfr7vYSVfhaJjBjZMUdFdGezIPZSG4ChKwzjvPqvXq+BsfJBRy1BsNJmPgFJBIRWcfvMxIHbxW&#10;70KrdjETv6EhwUYrAcq99bK0Phfv9kzoKoajkWjYW0oCTT9pjfSfPFb2Tgg4cGwWKCoUq8eWyjTy&#10;pTqIScWmcGOV+YPv2Z6f9nJ1eSZhTZalf3w0Qpbq3l0mm6nuH/YbIzq84OV0KsiB9CKPVtLyzTsb&#10;17wW7eX1Vd1pkt7fK8zOUAmkx/js67fJZF45z2LpoR7Kw+NLNd/AglNjsxLhIMlZnX3BRL2zOKyk&#10;9wVe+u1vH8/EFmmN4+9+/JfLicW3r81eHJ5EYndm5jZ29n48UgbgTlEaDnt5EpcQuTmBzm08ZM36&#10;zVUPtqr4X8xazel+/2K7jYbS4s3bUJdUagVcwSqZetD5xubC91P7O5xde5jGJk+QOP2DV2VKUex6&#10;GtxTWaH4xnBuYVmUJ81mVQTPw+WLJkKfPH4J5F4waovHve166/i0hBxVtQ9jYF/NmfPFrjTUlAv8&#10;8tStrafH3UZvfS7Ccsbzkz46auCrekxAZ0nHF1WcGFpj8tXxXrXTOMq0jy/qN0PR6/YQR2Btbzgp&#10;n3x1/PlnW8+Ho16q1Nw+KLaQNpaNXp1nv4zClqsjjXoVIWy3Pyye0Hi/QY9EI6zCHveLGk79T2bv&#10;JMulZKn04PCxxYEFotTgx1Uk3GxGnUoM6/wwPqbreRGoaRb1IJQRCA6hNoVst8EZ7sukgk8shRq4&#10;3wMfF5YQWKfjFOoi3R5C99ePfvL46GgpEvv93/tf043mXz7+EZZ7JsaIRyqepqgBaCGdHeJpwV6l&#10;wUaijmaajdYIj23EQmgN1JKk6kpXqWahdEW2nzFCVzgZnxVqld7o3RnDb18e/nI/G3dQ827ObjHX&#10;RppUs9HvlJw4ddEM2HmSJPXGXZ2VqgOGAQAeojFSH4EjI8U4LZZ8v5/FCmU4tLn1PDVWacXVdf+V&#10;pLPvLNT3jFrzun9m0sHN3qdxxA8u9ohJzuOiASVRy+KDp9u1RmV1xtmAUkPrv/3aQrN4bDFjv2ir&#10;FYrlZv1nn72Q1Lzff3WwjbmmY+5ouVOZqNsOr3JeHo/kMfr2bu/k6m3O4cIkyqNupa/HVowijEJX&#10;CdicWto/GqPn1k8XGggYR8JxvDwG3Z4y0GYuxdc3kHVUbe/le1Lre9+fGnfpyqXUaw/vvbmMaRGa&#10;wQ43uOST43w16MbuzsuPW3q6V0t1IOO699Z0NGpIpWsff5zaflgIGZn5AOSszPryrW5DqLd6Gt2E&#10;MIivclWFlhxWwe23YeeZK/TbZap2Mhg0NXGfPpeDa3e6x4sH+xUw5PvNrqJhchVBzUIWz8TWDUaf&#10;4Ivbp8McEHHdsQJ94jkkjcXqVJAz+83uCKeMChg9NmUdyY1iQTbkc1jtlpNssVpJrS3H5GHZamzc&#10;eX2eEkngenIF6SxV12sEs4EntK3EhgdgZzXRIUkpOBWTJy09VxnJFE9QiSlNIz/RkpzTMDrNZEMx&#10;++Vl77OHBYyfFFZSa9VOG9vnm1oX+KsD1BkcDpMime02ba6aRZRQawvoTTDI8RzSOzSmu3lWw/YK&#10;JpnHhxyjHe7qAswZR4M8Q+tCEQ/4BUNRP+gojMzasEvE+I9lj4t12qTZXHI0K2U1WgVDqtaa7Byh&#10;i2ed9jjaxS4NkLnLns9hAqKu1WDG4Nxe06vTDuBjcxF79mjA18cUp60PZWzKQwFDv98yexWzHTXC&#10;rpbhY1HkOkwch/OloNHiZmWNeG82GmWKnGwsxSWx2pI7io7mUP8ay+k6P71Jv/8NYXkFq0GyNWTG&#10;Yt1prytsye6oex2dzdtRWa3/6lEKqSUb2wqbKIWXLE5zpzs8OoDawe11AFRlw5r2N1++PMy2vX4b&#10;vuY0jREFanvcxYvL3FHZHrDHP/gB3xrt/PJZZC1s8Kqf/XQ4GJu0Jmoy6DttncLl4MWzui+i5lkX&#10;cF7LieHTF9QXT7pLq+OtncLzp42AXRuPmkF65EUBDTGtHnl/3uIzG506YdzSaXkDO/74w21Bw95/&#10;fwGMGXgAdRA+6LH08BitjD9MNgtZaUxks5NmPe/1SgBg7e/3MlnSZjFWcu3QTHhiNY/VsNvxx4eD&#10;y1xvcd1qsKpwYmiWy0B8TFj4vkbCJL9z+JIly2s3rqXSzVLptMeDHlXC0FFQxqf7X8541rq9yXF6&#10;fxHoMq/t8+eXhbKAUcKLV61ff5wHpRp4k2qD12gmDjsOQpMP3na7HdzBcaOULUenrDMrvnKrfnTR&#10;PM8hEKL67MvablIu16TjpLSxwt/Y6GXq6upQHUsM3G71s2fd+bgntnr9uMJ228VM8tn87OQ0T+Nn&#10;cnOzTavKqqvSh6XV8u9uDWcTPoi1dra7nRp753bkj37ft71VefwI6FGG+p37GHgQiZXVfKWpVRMh&#10;6OCV4vOtC5/O4nG6UB+W5VKpntQC8jSU9s6z3/zd9Wq3+/AgfWPFZdboJUVPUvreYPiNN+Y+/vvC&#10;k6dQUZMzQXts81bm8mR/e3s6GHXpIxb7zP7pl6n8YWxmXaOtvTpKvYAnLM1PRzztSoNVoyGsxTeL&#10;qhdayRSjpp1eV+Ey9+KLx/muajc9QAtQqNasQPMZzSepTHjK0esKN2bW76/c9+q4V2fnHO1Z8cxd&#10;1i7P0g0FQSC1plIZG7VcOlstVNu8rCqCjc4PzXb9VDTSH6gOz4tbF8fVhvidta8N2v2fPXkEoCtm&#10;s8V6I1ca95oT/H/PCpWILbwaj5+i/NjqAXf+tfnpl7WCLA7Bk2P0ji4uu5Qq008m7GEtZfo4t6sB&#10;dsvF1RrAlUNSRjXgnlKEUqdcAPSSAMoVMg0NPk/AWOFyCV+lDuufyQR6GgkCFExccD/iYDIGsnUo&#10;C8A+GF+m9wRWC1g8VpJqiv7J9s+Pq2WxNQHcB7reTruLayVG42YbBoy4qIjQGmPQiuwFowGbXUHP&#10;jUdJWJzYbV5SJgDUmkhiq1yGmrZbbztVfFvWXtY796dtLpReVYTH+v9z9KYxjtxpmh+DDAbJ4H3f&#10;RzIP5p1VlVWVdasklY5u9d07187MzqyN8Xhn1sAYu4uBAfvDfvAHAwb8wfDChr0eY7yzM3t0z3S3&#10;Wi211JKqVFfWkZV3MjN53zcjGME4yCDDTxroBrobDVVKSUb8/+/7PL+ff3lu/Z07b88vXk0uLHqt&#10;mvPz04EyzsJXORr3WMBlRY3ecJRtvTgpVDudlcTF1/EIvTSHA149i5PK4tquSiYaMKPl8YRVxWHC&#10;sYRV0GCg2P1RGdd2pcaqnb/+9Kt8tbo2kzxON9utUdjhYzCgROpWqvSYxuE5//p1wUGPN2+mvnmZ&#10;1oylgNH73ev30GR9dr47odSVy+5MFQoDJAM8mBYEPTqr1XJ21NhcnH/zhnBcLKHDnbb+8TfVoF07&#10;k3B98xoAxZHTpkC34ndqW826RoVsL2iEoUKnJhMuQbQL2sFKatDI061usDMwsRgR2kdWv6XWLGcy&#10;57GIt1Kv2wMTRKzBKAmGjTrbVFbUz396qggm3Ne1PHvnUsDl9OIJ+Xw73WbyEODW2NGljYSV1KWP&#10;zrWkvLAQ3P6mVMtJmwvh9Bk+8QrGoZ98df7gxvJswMpz7OXNBLj66GCdlziNVU0sEiTMvIICBqVu&#10;yprNyLqa4aqO+C23bt3J5JosVwDcbiSTQXhVdE22W2EFoTtkCR08eH2k2/yAJHmISqUKxgK0ZVgK&#10;QTDgDejdXsLm0Zd6ogCIlMqbKKkvqoDKtVqZcNIeiaN9C0Y/kpATdFZErdHttYa8WEcYUhsBER4I&#10;rh7xTOq9XrU9TC16uk1AKpRodNHh9p3lDuJLodVLyePjF51un7Y5BK7fqJRrZSypaBTrL21gjziw&#10;ODFVMmP1wPHl8airqhcrABjrJyJ//fKGwTmTrze46RimQSxKTAbbzz/BVFyNBCHtMUWx4R0KL19V&#10;RiSIj4ZKDXYXCP6gWkTalorHvBSUIEP9q20McMT1677YQoKpt1fX8BvMlbriYWZYqhCHR3Kfce+f&#10;yC9enAoibpulmP/PCe2fW82Lw07Gblcy1a5EjC7fTO2lWx9/gvHAZOseBXjn3/9UefFUo0W0wOzu&#10;VQdeH1SG3ePjLNbS4AcBR7CyAEmwBnEL44hkmlIyTNE2F6nzuVzO3dP8eamKLofVfgFRK3YUUmeW&#10;Ox0dwzULgJ/RPueUdlnHgS27FkOwoioQ7ZIfSxlYFBD9Y5gpuCLOuB3TZQwsYIG9tj7IFR1vjom3&#10;3xY3NgiHPfDxT5oLIQ0edH0JkOVcYpY8Lg0++/LYaeYiPtBrCB8+u2ZjvSFNtTKe0BSluv3ObBnY&#10;3r7JiuUIyB6jLqOBmEGr6a0sW502s27iX0zGNubUYhVrVMP73wmevXlGaUXYm7fuBjau6mPIx1op&#10;btx76/0wVARv0k2bjWVY1uJ3jib6zPmwiaMqofQHI9jroC6owXg4bRnJOZ3Z0Rs2gKBKw184lA+O&#10;20MOQwryKFuw2mkMBDtN4f1r8bVZN+AXPNOdjxDgaeMctrri/OZVp1CSEmFXr4O0gR7Vt6hHM5GI&#10;XnuyPq/Bz211u2bDvadftRt9u9GoIoWJIjnfLUYibLPdKVYsVqu12dTuHXt2XjtfvfTXqpSBRJ4W&#10;eStLn6W2rrj+yW/PvDkRHj7sjXt8LGLX/c4PIi6XDtpcg8ukEsNQ7CbDt09zuYDNvbg0e7z/ulQ8&#10;ef9b70nCuNrsQ0g8YaDd8cGNl3A4CF67d8Tcvb6F18FnP802ciSYWlB+XFuZcyWXRI1OFsRy5pwZ&#10;DrPlRyX2hLbHL23cHk97xWKbII2rK3N7+8VCCSBNWxxR85F2/zeHbK5GizDAtVhVc15oIxsP7gYg&#10;lpQWH6UY2Dz4LUaDzpXZJZs+9da1Dxrt80/evHx2fjrnCSzH1reLuWy1haQGSBMoNrcGmMtMpJEE&#10;OzQylHDqoPA8Qdi12UVuty51n+7mr/tXGoDqs6xRM5WEUbWKNwpImYSeIndyVdPIKHclaMohr3h7&#10;dvUcsGce3ABNFZdPWQLRzaTTnHeqp7U6di1WmpZUmD6teCqEQj6uD1p3HyQxDZ5eELIDC00aMGEd&#10;454ujo1GAKZpRdbhFjhWgN2Z8uyA0iKtZ6lVuvjLIupVbkPpwRssVI/vfLL7y0yrGffFbBZLs9Uy&#10;GqDSImSOnYywy5s4cEBQ9f36AFpHlLIxmTXrNQzTdpo9AUu40qhNFX4sDTuNTqnDfbg8ezvsPGtJ&#10;Pr32raQv31Ve5vv5jlDrDzPVfKV8GnEa44mkKhmdJofGbKoxbexaAh5nrd7HP1BAfzQGAy6YLw7O&#10;k2jPEKYXO2Wk24dAto+1gAwnI4tu32KhlrZ5rH7fwl///ScDqbWx5NBp9eWG0GHkXG0wF4n/6L0/&#10;Q1L3P/zyi0Klc/NmmB8X3IEeL4x39snJSDMXRmeZrbcG95d+MG+79Le//kSgYL8iykAEm0jsm3pV&#10;3IuQsSRs6CZlRgFrYj2+9PxVs1EDfFXMtaguIzktTLnaYURibdHhc2tph5rNN47PmIWV+OWNIO7N&#10;EIwjturx2Z6/yXn85fii+SRvyB6XxObZxqoDXbAnr/KF08rq7IysTkvtHGVTjTZy67p7qp/i8eez&#10;TAIe4sZ7cwpsB3pIwhRH1PT50z2W7SytOB0+EFHMYrMrIoRFgchT7LOaXJ5bWvRW+xJlGCeToEna&#10;aIpyWyacTAb85nYP2/fOP/l9/9L6BFqGubCbaYwqpQ4Blqsw4YdaRZL8zmQq9ZcYbhRrX88vzGgN&#10;MzrgsCaV6WTw9A1Uk7pvv7vGX+QjrY7IljPkxzPn4ZMD/HKSMzpk9O0hozcRMpuNvTZIAkG/15c/&#10;zptNjmAYQDsEpSAk6qI5c5IWFpbRyTUPRLFY7ev1xq17N3hZEwzY9Zpxeq/osoUAJNJPpkfpNphL&#10;pgs5llVrsm2/eMT0asV8B58fE1DJVsSQLwoQLgf9JlM4LudCM6iguAgTlt8uiqaOS3UMhQMWcgeM&#10;gtdtjz8YmruLJAOl1rfflI5P+1qdN5cdphaCFiu9nMAId/D4TR2AvbNK2++lSIgh2KnVoFFJvdPv&#10;e/3qrNcZwHq/NEc+uKvv5XMWfPJ56eVhoyLK55220TmdmdNOyB5Wd912G+o7Ahod6JUs62ZLTKtQ&#10;duP8SLKIo66kyK9etQK+ObZBtFGQ7A4YzlHKTH/8LoQQ4Nz2THTo1bG+0iKnenuX9xFTT8KGfIAx&#10;dPUe7TUOm5kppCXjAXw1j3bBn1Ivqq+TIeADP/jg92O+uDDMNQcaRPXglIMfAsmRaNyc3v/aiELc&#10;pXu19P7BNx0HOlyUwvWR4TMPWPz6oEmZZDujo0wH8gBMkQUxMFVmVlanQIaGApTJbPJ5CD/Yc16y&#10;x5Q+/awx6IcDLpwSferIaLWneuxFt0jghC8fHW+ua8GiaQ+Ui5AwjR3Q0OOzUybPQLaYzdpoxKCZ&#10;2Dj5A6vrvsztf/LZM1GLJZJ+VDmOeGGQDVZrwKVoWJ4uIoViiMtjg4uCmbbV7o2TMZPTaXpzwuQr&#10;/Hfev1sp9F4d1q2068bVq7h3LMRDvMTspk9ubrz3zfbpoAnbnabFjO5uzty+5C3WeV4xoINXaymi&#10;qC4FLdvfsOdF4u1b0uJMX0Eyz2oJBmieYW5sBDHe4wXtrZvhAdO8NEv/4G6oVaOGymI84P3il6cv&#10;Xw+x/LmzlUjNRg/TPaB611J+fmD83/4Ppdxw1crqL37B81KQ70367b7dgY866w8ZTzMNHTleW6S+&#10;etHMFbX3NuzwHp5lerrf+/35Vq/FDhnSakifnGzd/MH268Ny/mQ5tQR9a7VYs1BkxBsEiEbiFRft&#10;TNrs1UxjwGl0I2Ux5sYLIGRRT4+4z5929VpxIelzajUrczPUxczBazFRn335VUUaOEOEqPJWc1yv&#10;2gv5A5dnrgG4A3Z1yhTgRPSrYeK74JVVBbPVANsqabNvfPQubbeAGQT2G3iVuIOd5AfVyvA7b19G&#10;CldDum1O9zeHn/6bT3/i1gf+aOv+69xzTtLdWbpzUD9Hzc1m0LEsFLWqcoHmMhBTtFyRDjFim1U4&#10;7zopwqFXVRVhLrfIjqpsc6wZa0gVu70Lvgk0sROtyWjs95njYv3G8krI432Rrbw7u8KOhO1SNoAR&#10;NgrPdj1lpfUE1jBwF06hNB7itWh0mHBbkWR8VgxGXOZUUmeYqEZ0KNUpxkGqxZ7weqIC38F/pmk7&#10;YBxMf0AiJYUfAA4kPSCeoGQBCIsPooAj6BA6VHAggbOUwEjQg0A2GQFpoAw5NJAH+EFVggIpZCqP&#10;4nDEsZIetc2JquAP04g+u389vFbpQCMgG9HVFWV05741u/DjueDzUvde0oVZ0c/etBgVX2RJO5Vn&#10;QmYGF89+Yz/95nR/W7hwnbgXkiu3btyu5HCsKQSikT7QpeokFvJYHM4OfBassBR2F2vMbqaLZc18&#10;1LjoXYy5bnWZ3Hk9g8U2TSisJHQUuVjITCDHeedPl1LfUfiMdiSFI2+htGrWN4dj/jTXifjI2QXy&#10;0bZYzupRLet12y24wgTd7ehWs8W9bh5zA9lKGGYXEl281M97QwbvSjEZdl6dd7ogPiBtLpOdxbV9&#10;wAOJhgntnduRZrczuqgpGtk+grg8UBH4raQPAYew+dwYM8pH8EW1OnOLnma9sbJuJJ0jJBdEhrca&#10;4BVhMpUh/gJbKwvrc4un2czSHH3/zqwoCKDA7e51q+nO6oy7jIs+PkZBlOpqIFtKExwGSPCRQ0Gd&#10;02F4uZ8Hkr7PKw/enwWN++BNj2UwFp4kZl1e9/Stt1dmZsMc0wwG9F6zMb1fml+yjA3Sldv60ZQ7&#10;O+vjHAmhatQ536sXaaMVzTpKO8WfbrbYz3IvD3K5RDQaCM4i2kxIzSnahE1byLf0/Js0wp6hSNLh&#10;uVTKPNapOVx98WOpFLJ8isWG9LKtXG3jYj2fCL3ZyQsc+EvIqJFYdoS8CGzXe3BQYT2oUc4Oj3xO&#10;fOCwvzY6XOFOPcO0IZGQjLZwyJsKemcpRWrW68FoaGbOd3jyan79DsMRn32R1o3oH7xztVoCzHGy&#10;uJ7kGW560UEf7ZfbZqvGZdGjru6260uVLGnTkBa6w46x4fGFvNsviyuxFYfBS47Ppzq1w2l7LQHq&#10;O6wWyvWuRWZFQb+d4VUDEZuxger+6nnJbnWAYD3RjmcvWk56laSifs07C8Ozx/l6WcN2Gdlk3K12&#10;XfO038/4fKNgPMgJgtMq3rsVnUtabU4s5UGAIfjWs8zO37byaVSRKcO6w9zXaKbJ2Fo926uWB0vL&#10;luSsu9NpzUd11TJ7lmsYLdSXD8tnWTm15McOt1wYlY8rZncQ09tstem2iGF60qtLGd45mOqBzndD&#10;rDgdgrsdDW5szH93xGBafhibcyEWn2vweFvieNTB4EtXdycWpwCbEPX5616k4YSWEnbQpNg1WcfS&#10;VHAFbIJoAKbKFSL1Wnd6b0woBWUiAcbiDtolvqXVQVYgZUtks2V8e911ZS0CFS7Tkkh6EQ+H8/Od&#10;jSsRmBQCIW2TBZha3VwPUMOK2+kUZSc/MODJLcoNII4lzkjZV6dK+WD/oRVqGpe20eWcQGaW9EtX&#10;3wZY8+WXpVaR23vVatX0T7+pHr5osYwSiVgVzRRTqJWVGeSDUjPmWoUfjqmV5RhFqv/x579ZS7mG&#10;QznXblVq3aR3YSIgramEvLHbl5Kfff58btF/705I5ivvvR0EgSt9igcBHniazVXTeKr/9IlabU2f&#10;v2yvLgaJqbx9MPzOB1fvXtZaDH1pOAp4/SOVbvUNTqtw+zLnsI3QN0qXlFd79eMCNuzss0e97afy&#10;wqrnwQcUK0KeiFcQY3MYeGkKHsy3PvD7vdJBQTEZ1U59kMtpLs9r/tl/ObBpKg6nSffR+77VtbUK&#10;aEv8kO32Xc6VKHqOuhJwuHqdWZAnOmIkD7uE2WN3OUrFGoYFZ7khjFBet2lrzY9tmW6Ck2+Poo2Y&#10;yleqjIfSvPvRh5ysfP3Jv2s3cCjv2nwmRFQLDebG+mbA6nm68zCauJattMDejLqNBoOFbQ6r6Fr2&#10;FOirfB4rSePDa0IzkheFdgtNfm0sFq5km+l0HU9bhasenaOFM2G53KePH3976fs/WHrvqHB6Wq/u&#10;FnNW1Xx34VaLqyA4jDommGQYAKoq1qLTIT+EihbLO9Q6rCQikxqmP52xzvZI7rRbZiR4JWhmOL0/&#10;n/yd6zd/nS5O9apVg5e0tihIMbur0unNe+xzQfvj/CkNcJwBL+Ax8JJwSEOKDVgvWEnga+NBqEDz&#10;yMrNJjPC6xh+Kpxb8bISUEfWawkt1+c0U40RwSeAq5GJM9BArGlU2QAziN4k8SO/+wKaAssZXBjy&#10;aKzXkziaywrqMPRUxpMH7RJdpd6SZMw0LLhfQu+ANRUKhBNxiMaz2WVFl4Zh+zazOxWa302/rvQq&#10;bpsFN846P/gwtfbDsOt/f32chCFYFv8h2xVJ7DqB6ULwlcIdAhz9eqeL8NB33/uu3uD8xRcPO/2i&#10;y+5ZSazdunqlWskKHPSUWKBoTgs9q80GoWajyUGO0hkRQ526GU98b+uj09L2YemlzR+uVpo3riw6&#10;bKH//MkrChdAJBVIQ3zmdr9bzpR3na5gv88uzHg9FtMvP9vRUq6oO7G3K+3ttky4J5ipBq8MeO1B&#10;eufx/k7Qb6G1U4ALWgOu2q1gd65TzVjDgiq/HNPbaQzvjZCHoJSPH6lQ6i3M05TVWG1P727Fvvqy&#10;NRrq1ubcWg0djc0dvBqWshWrVYEqq36hqQn73Nbj40p/ABE8AdAgcbE5Np2loesCWCmYiKdGY2O1&#10;nAFa95c/ra/NJ7af1jot9Z1Lq5qB6a/+7sgdsM/4NI286LUZZI7ot4g+o7l7b/0s3YaPemkpdpod&#10;huKe8cCUfj2wW2h03s9w3aCJ2VRYpch8uRaNUC4z8c3DxoPvO+Y3ddk65JGmZl2rEXWzkXdS878D&#10;2Y1OyxtMMgZxpVbp4fY/kKauzRHSEZpuGWUnI8Kv04mgJ51f/SaH09tMiDTDMeGeefLlz5rN6kff&#10;urX7olBtKlYH+PkWl8XA8oxGFT1WrHlq6C+G/B6DKWIwmrhBP1dmLUZjxO9+s9sSRoRNb8DgI7V+&#10;S5bYv/q7XyKdB2Zyts1b7Dh/jS4WSqoOQCo7LfIyLswwN82qQz5gt0N7e9YUdPR4NkmnM22MvldT&#10;Tuji240pMSBKGRaxpVaP1zm0qRXXs70W4Ndus4oynA1Jp2H/6dGZzmxIn7Op+RALnNtEOxcmLQpk&#10;kpPqcFJnlTY8a3VojsyzM/bonMHsmuRLNdpimlkAS1W794vauGdyJ+0lSbFGzFfvLSCMihNrsym0&#10;OkaBd+hGBpuOBtuMHTokhe51CvDS75/0gN3wWjMSN00u/RbsFDptS2NQMu3e1TsOj588zcvFisJi&#10;HWHReQLkfFRTyzVGYz4+axbGUwu2/MqwWCpcWw1CeVfMYbXq3M+Pry0hgWw/OCkFgtauOHqx/blZ&#10;10FGZHlp7uQ8Z7I49KRr701LqzGclfiBIoedUFATTsfI4Xdq9CYfBgedgSozitXdNwbdUc/+kVjp&#10;aCIRw0LE7bZB68K4bYrdHmM5aMcu/g2WRqWsMVjGAWD+huevT1/B3R2KBkBB4bnc2oYbdpVHL2pY&#10;JcXnIqCG4QEyVV2KfgHbXIrM7mfldJqdSSidfoEi8eQQ8P2yuPQ6PXN1nX6xj4qX0efCAUMymeFD&#10;s2xdn1mMm3kRMjLSHZhuHxYpGs7nMTLyAi9uXr9+ejY6zTYTCasBHliJiyYDGqPaEFsXW1tvlBhZ&#10;gfiGh7XKDPFr7Q40Xz/LYxEuTScOG+01G8bieO9M+fqNPNaS/EWEdwK5LEK9M9Egwq4nJ939dM8d&#10;jLV4LW0Rb12Zgo+Rr9WvXnP3RvFPH/EjrqmB9m/quHLJcPdG9ff/qUPRm379VAPV5EAYoRrk8lki&#10;MQ0jIi+CMLa/kJH6xSpOpTe3XAGy5DQicOsAwWdjAjfoWVNkhlvrS153wmRwMu1DVNGxPDs9fbN9&#10;mJ9bm710fRlqN2B57WZq/7SfqfJ+D704H/jpz16hYRtwOK5fWQ8A5ydKYEYuXbtnpNXfPPo1OkZT&#10;nanTFe1WU7PFLs2sXtlc/uzrL9DKH6tCsd42aC9yidkMB/YbqIV4VM35rNgMoFL/+cszjun3RqbX&#10;WRGlGLZRcroRVwHDWTwrASwpmCeaP775X1TOW//Xq199kz9rN0VAK5hRZ9SZzJpnG30OtX2OG2sU&#10;tc/CszmBIBp5IpkTTQhKjyBpgzIzuhqbe1Te6Q+BlqdljLR1um5/fCuW/IMba88KQHYPyIkyIrXI&#10;hsecBqQxdYT2lGsxPcxSwS/VT2H202lFbkIbDKMpUazW8TPjajhR1QZ4KCImQ7ivSuiEDEQZllIg&#10;6KaYCTMDqCiQJNdjkSXwstzHqJgCNMhhwVlEC+7cBK5J7ZDXsczYpMd+H4NWAgaNXqdD2kzd/gBv&#10;aNpIjyT8P3UuqxW+0akid4YitqT4yfo8jw91wOatdZCx7plB5NWTNY6dM3v/m43U/7K/f1yo+2nq&#10;UY1jNBc+E/jkOILIMaOWqMmy3Hx8HuWnL59kFp0g602e7p0/fvWkOGhfXr8eMzpUAQGsdjLow6+s&#10;Wx9EApicytAaTAkRcdPfef+jXz37+FkeUSnFY6LCHm/mrFSvjn707Y+mo4reqAdyneeKQBu+Pjr1&#10;+/yQW372+bNEfBFkcJNGePh1/ebSNe1Yc15HuMMA/vQAVxwD4Q7YJGSeDHQw7BxKHZ8P/UN9r4Pk&#10;MGG3G9dS9nSaQYEVms4aLwJxwvES9rbIrzcZtVYaeK3WeZ/z3oa/UAQLVsXEo9+pt3hFZwmdnA7n&#10;wijZC2urC526inXSQsw7aHTeuZuaj8RaGaBK3TmUrfQGCaodhv/Vw6bV6PrReyn0V3RApuus6LEQ&#10;00G3JY1EV8QXfPGwonKTep2APgUi9WEXu6Hpg3cXYCI/Pxnk8/gsyn6fM1OVVpeTzWqnVa3fvjNf&#10;yZc6Xem0AMiHbj41TSL7U7U+e0GIbUxiHZxArV26KnC101L6JFcJRX0sN9xYDuzt4Rtk9BgYm0kA&#10;EQ/6bothRGmpUCC4u3Pu8Ztnk0tH+3vVKmOhYHjWp0DYC9iw/i5lGQw27G7z6WkTHzzgY2iDzmg0&#10;D7rMk8fZgDtC68z6MbUYnR0PNFYjlLIRbsiWqsAs64JeustKdQZPMf2rr55jdaFR6fmZueNnr0vN&#10;3lGx6nNMl8LhbnOczfX8QBqG7M+e7OuNbrOdRt0rGnOc7jEBiyUa9KhTM7TB//GTYizuCvmsudzA&#10;YrZuXZ0pnlbP89mGJCykHNzA+GanrGqpcnMQ9F78xrdPscZVbt+Kz4ZoF35sHe6LhsQMOdGBoTqA&#10;FMVqpkN6TYAwm/TEYac/+9YKyg0Gyjfix4MBi1MIxxK9hmgY6/KnXUnU0pQz4vdaabnVrl27u1YD&#10;fhRsZeII7xu9JfbNi/+3p4wjcdLhUzRyPx40AOPMDMYGp31+0V2stAt1MhCO3r6/CDCFP2DLV/pF&#10;7FvxcTVaWgNLtky4acED1J6ANQc3gShATzKywgwxIG1qtP5k/Aq0JzPhyCKWab0BZaHarBJwTlYu&#10;p/qC5WivcOnOSq/JZM55e8jxvDh9eDbQGjkrDvLy1KA2o0GjBn08rdJnJnzf6bGEjSAGGvzHL9lU&#10;NEUaqIe7h8UOg4ptMOFCIVdHkgspDzLyiECjTDYbNT14L3Z8DLr+YH55xexf1E4On2yfPnlpurJG&#10;b16LPXyaV+RhNBL86tXI4dQkI2Ixm/noty53mPH2di0SB5DcMVCMssjHg8nUwrV44mq/j9gjGn1g&#10;exkzOdPxnuiknf0mPz8T8HmNCCGOkPBlBJD9ytWSzS1YbJOkxxt20Z1WzWKaWNw2YST43VQmI54X&#10;RZBWr86Guw0EkrX5HptaC10Urjm5J1G0TudACoKZHJwMaqzB5w3Wa2wi4S1nipkcv502HxX8vZ6X&#10;7wNfwzED4/13Ih9+CLQkhPDkv/33YvEMptH2lCSNdurqmq3f6XzxTT0SD6Je2K7KMBZgi1TvWw8O&#10;lOHY2eAsuv/hz298/ehVZzB+58HbtQY7EYZuV+rk+LXdYY2nLq9cuXqxCNnZd3tMvnjs8DiPRUrQ&#10;YTkrIz5gCQScbh/qZr70ca1VH8T8VlKRgPidXdnKnR+xg9Zs3Lt/0s811dU5z0LInAxeQyrhl18/&#10;fefWtWoNuUBJZIndE8RgJu9uLfvdga9eZ3hpArMTOsYN4QLb3OgrE6tLHDRt+l4g4ZFJpyproh5T&#10;zBG5k3jrk71n/9PXn3QZxm/3AmQjXTSB9Hvo6XWku+vXbq7P6xV5AEzuxZvSqOAGhys6KP0Dud4X&#10;0Wq/mlyVxjKmpgNZaPLCVNY5UMYYDn/ycjdg0P+3N9ZOGWavw8WdGIHyiOhdCoSZiXa/URNY3GvH&#10;6GqRgGVBa9SRMAQcjtAyFyVOttJGB5AQKnhpSIej9sSMNFq7C5k3bFAVv9eDpgdesbg+4mpIYQA6&#10;5jEtFgQQA/R+t1Xmx2xXNBlJsKlaXVbVT/C2nuKL0OzIGnBUCMRzPBZohnD1N4hwJetIFHXLQMah&#10;KzUGnBIgIefm0uLZ+bEyHUV8HonHu5mY9Xj/ZHnp354cpVkOej7s+9rY4cOVAc+hEYwhiCYVJEM2&#10;F5fRaHqWLcHhcDVmbXL9w3qX9rmeHJ4Rau/H337gQd+cASJQWJ+PayXZZjFzQ65Yboadjj/44Eq2&#10;X/kc0sKODKiWSXMRG26LY5mULy0tx+PXdjNH7R7XrGQ/ev/ts5x4cpD1OfUZGNvthkAI9X22WKn/&#10;zc+y33nris1uKPb6KJ/BW7+xanO5ySZDJaMBWM3dDk0wSKJh/3KHHzCSSuAJq6u1tBMIS7XSzjl7&#10;60ZsJhz4+JdnvpAF8vXXT9s3r4RDYYfJPDIYMc6RkGWnYPs00HhJo8p9vpcGvweBYqcj3MQzlOR6&#10;vU4kbD4+5msNJTlPm62ThaVEs9XZ3j0Mx9z11ggYfyxn6qxu4/IChDfkheld7wwlBZkEW3VrDWjT&#10;MXIc19YdL15U9UaMNpTPf1O5shnMN9h8jb17MxnwBaXeuJRpTzlhqiinIFByylFOylYGSKsLrPqT&#10;/9RxG32XE6iehsbD4vnu42ap4KRHKA/AsRr2Gg3Y6DJEIpLSTU3lfBkoiHJ1cMEJ9cbsDht6Obww&#10;tLvmkPzSXHCLKE8yuXN8unmFEsTe8SmGAU58Gwo1sdXojjGJkAeYwCsA5mkdsdjMSDHBvTyDoA+l&#10;64kTDBMOj483loKpADqLQ5snBipSBPgBh53nRha8BnXQkJDA9E+w9NPJ2coIdOWVJT8mrvka0tXo&#10;5WtgGm8O6mdVBqbHu3fmRwRVZ7QBbzCX6x/ulZxmPQYu+Jco6sq53vqq1RehogsxXOMETjWqY+jm&#10;EOcpNVGykudnASikhM7wrTV31O+udSaFMvvxz899lovfayYNbrDzzXF7tzM57Q3dbuPByfAnPz9f&#10;jEEQozku8AIvwU4I9Xu1BraUGSVveNVw1Hr2GHAHsd1oGm2B2OLK/m/+3uP/IaDlnFSajIndnRYM&#10;652O6cUTGNHJbIFti9PonG1+wfvpZy2IoxdnSLbV6/FGrN+6/f7GevCzh52Qn9q64fjiaUu4+J5z&#10;wKeRFGBJNHpa6OIJXPfK1e8nojPZs2cej/XpQRsDKAxaKkW03fBeJXudfNzVRJqJigRrnAy7XDAo&#10;2K3aW5fjbA2px97SolseRqqV0fkZNxb1ly/N5As1gxH31KJRb0mlto4Oi6kZf79L/eLTKo5B5Jhs&#10;NCsYkwIvvHE55PMbKkWhkp/AjKDi9OgMAjj2xSdFr52+dT8oTgITSa9K6IMu7B4pqwvYwIi1LmGx&#10;mnLpzs6bQXRWvnU71Gyq5WxuY+2q3XnX6rkHz3LMTx4cVx4+Ue1Gz6WV8NOvj5xmK9fvA/3jcHtj&#10;i3eGIvf147TZAFUPuZspgcYcDXgf72TvvTPvj1sltf3+fQvqIvXOKOC8qOXUm6g8AYeHIM9Ei/iA&#10;orrdptU18OIpoTXZWAk7vWThLLc25y33NB9/XgZ1Cev47ReNBCydZiM/tqxuhO4/MIGDcXraK5Wk&#10;58/F8ZCjTZQ4MdE6bbdaQ6wa4TDIRNt40E4Ul8PUG06sFrw1iNMy9XSf0f2Lf37z9f5pLB6YTcU/&#10;/eaFbsqh/CSNmdnN982xH9rC63puD4+Yrx/vRmPh1PIKSg3wo3rs5PpqOBjzl8p9/O/tRn17Pw+S&#10;XLVQ3Vyb90WTz7/5BueHiaJ/utPxxSIIhljU8fv3v1XrDHb2Dx7cuofgBi5Y3Z6GhZXOQN5ZXSl1&#10;BnUO/Q7q0WndScNXZTqEjgNUfJeB0ou0iThvQI3hMk/UH99/98b6hz221xw2oWc9yJTHGhFkg3qj&#10;B787nOBvzhvQIwcoGgKDyUQPqSHu19hFY12MWqcBg0c0WLVOFKs+3nusm+o/uvktm8m3m0mr6shn&#10;B2VL+w9HeUnW/sXNK4x+2pC7DjyKR9L9hSgiTM8yZ0hEFZsCABTg4cHKAnCMw2HERg37CEqlHUYn&#10;XkCKRjUaNSYTLuLs5XB43mVFlgHGP0AoMHudgmnoNCOjpddpSVI/0mBPDob8CGIHSqNvsTIB1oVV&#10;2x0MVKRZLMDSYWaLzyhersizGCD5Ai8RphRmIJgsJg3OqhyvKihkUMFAmCSmnW4VTRUtoUHGEsmj&#10;EUnOms1Zifmy1vahv2KkWhCgwIwG0p6qInsNhVBPYh9sXrmbWvx3n/9mxmdOeQ07mcrTUs8W8Tnt&#10;1O3V2e9/+GOkQvb3jrvcNL506deP3mhwTRYHdieNxen1ZY/RMf7549c8DxeqOV+VRyPj3GqUMmus&#10;duLZ8cNo8n29zt3rv3j/xlyjychTV7fXK2TObt6Ipta858V8odNNpMwgA54XlburCZtZfXVcGo3H&#10;N2+bJtrJ8alAX7DRexeleAPGiaNOZ9LtEKkV6PV4tGS8Vux2YU6xQFtaQyqE8EwJOuIi+mWpUh47&#10;An4t0lSTNo5MmQz4ccBlWcSu6kROx6GHp+Xp6+rhcXtxMdIZ1FAw6POj47SIybpOD9JRi7YDwoIV&#10;OLqowLEQBwfVWNAYX4gNRN0vP3vy3vsJGtQLo63D8MywSpIjxMiTK263C/taiRsPj7Ltcgvc+26P&#10;QSQb3CcVHwQ7RbSqtaBb//HXeUs4TGnJRrWByM9xXiqUdN3qyCIN//gf/5C0hMrHh598/MxJT995&#10;+x27JXp0fGYwaeFDAykHLdKpztOoT202OLBUkAFmFmaFfmPzeniImjnlolRDOr2vc1j9C95crRLy&#10;cwCOnOU4GGxDicR81J473Sc9tArSkMtQqnP48PMjtt6vrm0mT9KQ7/VO8wwDrK/WNO4LAkuL8GFY&#10;TImQtlCtOIBV0yp4PpQ7jCfgTp9VFtc9imbcGqr+qBeHjO3ds8ZAmF8OZy6w6aDZGZ68Hqyv+AYd&#10;8Wi/e2lj+fig5LQhLtcuNzhxpH+23YG83mnTYVEKnMdQNSHuDYl0r9ZE4QScjYAd5DtNs8O/2oc9&#10;SIsPmwPoHW7idukLxYlyQcNSIUx9edA7bIyKQ/HOW7OkMs7nWLBhU/EgYAXPD1kToXFbyFg0zol6&#10;LGn9LtOT59XTU+l7D95mC0LE5vHbaByxu42y0+qOz2y1sj9z2xxyR3HD7avq9o9HtQo7ECDvmNy5&#10;Q753s1eoDnfTYxPBnB1X8JtdWfKYtFyv2TwtjmmabXTEGkOzIrGx4abISbGMyBe6CqYFTC3chuT8&#10;FY9z5fD4y0oLuU11J9Odm7EJwrRUlDav+II+qCVzOFXoL76q2lJB9lg1Pn+Q7XgVDuwb3eLG2lgI&#10;cy0O082rG+4BVxtpuWRqtt1q9tnOkDNdBo2yVBopCiNp/E7T1eWZ3d19ftybXwwI/PTrh7WP/6EZ&#10;c4MEFaVIU2p9s1Ubtku15ZTG7icfPcrjKXltNZTLTwAgNE9H+aIUm9sgVTgo0HrFuHy0Mit+9XXv&#10;woYkt1DQRLz5l5/9G3RXLq1sff3kYDZpCXmGE82k2xXbvHJa61/acMcj1HGusr3Hr87HCEWDv2un&#10;C92kwX5DHhNUOGgudNtakz4asz97UxF5SC6J3YJ4ddV1bV5frrTvbUaWIiaXRz/QanYKg+WFOW/Y&#10;2OLyLw/y0RkbEF37Z3ylPV1cn1NHLataR3FoKI3fe2A6y1elIbE87xWG/v1DGVhwPeV1W2zfv7+M&#10;lAPDMDqSxrzvX/6pAbnq57vjB29Nf/t78t6J3G4hf2DWrS0ZkR+/spLgLoAJkBhQuEPGVu+Ywz8a&#10;tPK/+qt/+fHPfr6yNOtze3ullpUEQU3EkRz3F4xIcdlqNHh88jr1Zq7OHVa5sMd8b2vVGpzRTrqv&#10;DyvpLL+0EO30+wfpJiQS7z24P+SbTKdspKO/efRqbSl43hCG08lmauYGCIMkFnLqeaHEERq93Rn0&#10;mFnQpyZIGnMayixPSbyWLJTGS9O3li4POO5//clPZcUep6OXMXQP2itspcPKsAHOxhz1utxmOQXD&#10;V0Xb5BQrZb2VmmF6HF7VoIFoQF82at/duN7A7pUYlXpsoc9u+Vd/uHXH4QUAh0Os1Gq2fZZtltvy&#10;//ytzRrfOm0yJKG5lohD+/vz4+LNhTj+OZ8VcYC1p6LQMdBg1+m1iPFDZiQatATunUN5GARmU5Ru&#10;Li7+xdb6SQvwZBH5p0yLhyhUlmRVO3b6AUt3/sndP/jB1vf3crv4m5rIk0TIr9Pr24OBQTdKRIOV&#10;5mjQxwDK0e2OLJBWwz0pyNCoAT0wlkQgs5H5BKxSGHBwhwSD7inQDdBUjsewD2AY2x2M3H6vzUju&#10;1xsHrYETr1MjtJW6MeyJsM9NgbyYDoURr05//927l92Ov/nV51dCjptg2xCUw+yIBH1RnxW0U5/T&#10;5/Z7fv3ZJ2srS43eYEiAlEqPBOasXJJG2h88WKsP+5/uZ+7fnJ2J+oHEnGoMNqdzMODn5jyYfhc6&#10;nTfp5+9f/sFwkD/OHORbfMDvQ1tVUIjGRahuYKIt+2medvvvv+0u5fI/+/nJ1pJX7zJWZVGle3hi&#10;IoHUqXdRiYmFrSwYjloZwb+TwzEuGdGwA0Upm5Xeed2zgoXDQG2IiJi70BBW1giXVa3WkCEd4w2B&#10;PQrqB/kzuV0Vy5W6ibQRiOjX+pTTEpp1zMxZK/UGbde+9V54fy8fcCP2SxfOW14HZlc0zEeJkH53&#10;Bxc8GUVAiiSjceDU7Ud4kCjjTmO8MQP45/Cs2DjP8x6PB3YFfoiaBdHn8bqdYt4Q8BqzVREsw/F4&#10;2GEma0sBlLMMlAYhJ4oyDxkl7DSMJOm0jGSVzqAhk4FAdGG5y7ai0YtO0Oq6M7R6j3auxoOzHpvz&#10;+KzeqjMGiiyWGZC69AaNJ+JhMDIRWThDrFazP7lQPKsr/SngWY1+X2sUXH4ICNs8M3VYXOXGEOIt&#10;KMSt3vhR4UJoWyq0Va15Ju6Dq0nR9DbWZuBz06L2XxuZCGsk4OPZoYm2La3P6Yg+MFWdIbobyHRP&#10;24VGCw1wgryyPvv0oPniGLI/pzodPcWTTpYAN0SaD15OvOW8PhoqyfmAQ+ammfMBml2OoB3jU1EY&#10;GGxWA0oiuFwqcnzOEYqYXh/Vd47rV1fsx8edMdpfnQluQ/NRaxb84hZrQ/nQbWuxEMypQddFOu8k&#10;A02H3es2n+Q4q90yE6J6A5lT8KcLpSKztgTooA5Hne19jC7t+IohQeMJ+9/snePGO7vkR2yeZ4BO&#10;dCXgnBvhTcPiPDPqvvaFr6ED4J3sbbiJS5HxrZRkc5iKAvnd788kkmakwAbdhtFAVtqmsxMm6HOW&#10;GhKumYBvcahQWS1zCUqvxVeVwNsCLqce6lFjjExlhGYfXF95A+17vxZzJyBIwMgNw3Bk/PipsnbF&#10;Q15EFPn5dW9/qE1nSHWIsZldY7DXu8pYNox5w2hoiEbt0QQWzdYXL86T8wG8ZtheD7MTSfFaSOt5&#10;9ix3YXDT11q1eqcRnzXxfHtl6TLSYWMla7NKxCTqtl4d99o+FyT23nqngCSJqnOgAR6KYnPa0U20&#10;tYaQzmIMZw1aTeyFTNeyMLuRWlindTxEyJ2+aSOF8bXutGwpNBqF8qO+sNuXODxIURi7vbnc7FY6&#10;AwYsX649LtbHUInuHWcalecQjKMiPuKnrSombiqFK6ioddJk9qzjMZvsXlO60EFOmBGGPrBbrdpC&#10;/wLk8uE64feagAR9/pKp9qT+kB0MxPVk7KxQ6Y/a1a58UplAv7owa+O1nhYz1sooPE5rA40zpHn/&#10;wejzr6DiUMJ+80/+vqGnQ6hReZzuOxuBw3ytUB+AcC+pzr/8Z1fubA3h1JCmvj/8Mcy/ky+e2hHq&#10;ALpBh/4N6ILLCRcacvhGYlRPaT3+6P3MycOf//VfFqol0mTFxTefb0AHkz05iEbDTk+AoJR+q/UG&#10;O1jccSkSujUIlqcwjActm5dWNBqyVT3zhCFc1KNDQyq4F2qTAevlS1sHr59g3BJOLI2FCsryv97O&#10;+X2GP/3+B4Va6bTcWomGnx3mjU6HqMcqzjDvNGSbg+6IVKcU9BUqejZ+70Amy7mmUS99+ubsy93T&#10;F6UsadSv+IJJGuYDGz8VeoM+hcjgRAskv92sDQfdMCADTXnj0kYqFvfZ4TtS3TD1Wem8XCF0406H&#10;4wC64/evzq98uPjdXPm8PqyOIS8WJ2csKpaD//7eGqtOnpeGlIa+n5z7+KBW7CtvrcTxBMD3YGXG&#10;AZcTbrJWi1JHPU5Lrs85sYtH0l8eiVaD/qPZuRojVPvtx4eVG4szWg1R6vOEZjRWxhiXYZufoKcb&#10;EXmvVNnN1cwG3QxiTrSFF1lApIShxmc3xYIOxH8wrZ5OsaRUuZ5k1OOLrzMjLaMH7UO14Vai1bg9&#10;FnksN3CI0SPbT5gpLGNQAXQjiIS5ryQrRgJtTyzATVh54r8qiDgNxzo9gTPEtcTsn7xz7fHr7U03&#10;seW29ytd0H+c4WiW6b3IFhosA+G9SQu9ag6FBMro/Pd/97cfvHP9/duXwSQNealGr50utyB1tdi8&#10;hKh86+bS/VuxW9eCGHrDqiL0h7l04yxdZJuFj+78cDt/jkc6QGntaidXECgdRY7EiD0k4rHe4Srd&#10;2gcfkPUyc5iTFy8Fp045dSWgCiO5R4Z8Lvg8QF9wu9DumWZKw2oZIhAh7CXR/4/76X4fbgZhftHh&#10;j9h3D1ss16O98A/x9ZowEzC1qwKqwxZcNHgNU5UmsvbKlffmF1fn1uNdXMN1QAfb9g8yUN8htRgO&#10;z5bO+SlHUor2xuVFcaivAtXD9S0WcvNSyqTB6s5TKfU3V7xjVc5VB7ju+yzakwyDv5DbbDONdTIr&#10;b15bGitq4KKurCvm+g6XPVvE9XTyw3eSwAHDzev1wsVmSnr8R88r8IJennUzvZEDXsxcH46h//qf&#10;vsdezPVa9VINf26faZPGYb1yjOTzyuplm50gtaNaVX70qJc9Zff3S5B1hJ2ayknRHYxrsLAQCTsx&#10;ApJrqIxcbhU0hmvX/fmsSBLmiDMEqcJqyg6elcm7fOXS7bOdN7jp4krspj2QY3udxnqucWlhq5Hn&#10;ZFHYWI1WkYA3jBaTxjrb//xpulAZXVpbs4HNU+JcOlcmJ+omkG3ZGc4IF/PtNaA4B6/32qk5j82O&#10;jzwR9FirjVG5zLisYPaPwMKG37jYGVYGg8NS6+6lpUTYV6gC/oEmH4FF4lgzJEGGIvV+LxLTxkJV&#10;DocdoDF5HfrnexXahqyvu9NCh5PbWAZkfPTFU6nSQEMEZxEZZnN8uYxaDVQtEKp/eytCQ+ZOyKmU&#10;bWk1CAJMo9mwe0zr6zAFYdMt4etSbQzOan29Cenuxtevcq2efGl53mBEFwzVxpDNNa/pvCydk/sH&#10;5sMzQ13WRpdcyahOr7V9+ZArFvRziXmrxnhrMfz2jfXt11UdbcX4OleQwL65su4Q+VEr34MSB0Tl&#10;el8BEw4bx2TMOxcJPDsoP3/69PrCrCzrd4724DH2oBnhcYgjJuwdUzpF0bmD4eQYAm2Kfr2teJOa&#10;O/eJekGyGai9vTwrFldXmkDLO31huxmTF4PH7annWy5nzOvd6LWK3oj12ZszMI3xjUMbcnVltt3A&#10;tidhsTsLJeyPr5v11zev3hxwZzu5Y34yoE1CYi7WZJBUt2hGjaAvwI2jnGi4smlLxansac9sMjto&#10;66vnWRhx4yEjjJ4O23B+yfn8qaQ1TMFm8UXsAE0I4vDV65frK5coZ0qcqnYUfzXGnXRT1fU1Wq2g&#10;6KFCwnETAezL/vCtiK/VkHwmqlNDK4GyWWxH5bYwFnhWgMG7w0A3aJQQa9RpHDpgEEY9wVkoCM0m&#10;q9cTiGncSi12B9My145E/ZUG5nTin/0ukZixPH3el7sDpze5fPWqwQguf9XjVNfXzIU89cnnnbCT&#10;AJusd1GmGzSB6lYlQURqFVh275ePobUhhb7wOq0eZ4ONouSw6PBU1v3Rb6cwoby8EHz66hhQ/IDd&#10;hH2+L7719//Pv3qTzjmcERLnYEQXAs4799bhmhHB/YUDir7gAHV6F2cl7GN5RX3v3QvHO1ftvfXh&#10;e3iqf/bZ5xTyXn3p6IxzG8hrK46ZmNfpv9TtNLRa0mgwc91CpYoeqrQ5C6M5/fmr14dnwE5av/fB&#10;3e3j/FjicSo3E/qZcLQv6Ew6ZcZNWLSETjEeVoV7m5dqzarVNnXS9s5ARJb2ReYYb+j3NrcSXh/b&#10;7szMe9CwREnZqh/j9B1xh9BzyDYrkDdtLM5BrQrm9Ump1GDqegJwGc1i3GM2kL/afw5P73/3j/+1&#10;ZqR5evgIEiK4KZqj4X6+86/ubrUm9K+Ocj9ejnkc7qfVjkkrLfuNb4oDlG1jYTNsnnpCh6PTctyb&#10;DFuP6z2vhSiUpb/49p032dqz8/KfvHenNpwcFLqzfhcWpfxojAMhgsTj0bRVy0QCLVS/j7IDnQYR&#10;MtVmNXcHWK1e1HjBqEMRFhA1/C9tdmAxUCIrmiykLGMciAHDFNIZeJoQwrWZDVW290e370Ts7ufp&#10;tMUAKaPNik2gyBfqHfymzEZYmUTculAhx2VoMsVAWG91kB9cWvqtK4t/85NPl8wal0rtlLovqvVX&#10;1W52MO6OJ2NZSDgt/+jdOzZKfXl4zk5Mt2/dTHqmvfrxUFZuv31vbiH6fP8YnwcAPTG9VoYEj+Wt&#10;qtSbVS2CeUYtYiYGm+202EJNw+EMX7v87VfpN7fW4zhgf/5FGveJ+WQAeyO4zQNe4uGLM6d/dHXL&#10;1x/afv1VBuQAOLCwTdt71YefucOqSIJYDCpsfPzQ2IY6ZTxZXvGUa5yq9OfnPZka6/STsHY/f9Kb&#10;4pONeq7fbaGDl5M+mph+8SjnDFp8fp/EaSC09niTvV45VzwCdlZvoL76dNcL9uVIffibyuzypZlk&#10;Mu5FL0goFNsrq140rAajgclmmZJUqdZbWfE1uwwiV6VSG64qiFXQJThr9ND/21j1acQxQC8zi3gR&#10;+RpVkBbG/cF4gmOjjLTt1GvVIVK1vVNdSIW1WnOrxlTqvYnS5yfjRCqRijgSfp/IjPkeSyGt1ens&#10;7FYReaNAxOGwIR/i3dnE4LJVC0YglgKFGRFRTS49/fKzQiJMzCd8T3d66gXokKmWcvaQlZ3iGeo4&#10;L06mU9lmtaLh4LFEmY6KUIailfqjCSo3ayEraAi7h02MJCoNlAZktNZp2sfzmjrTWLk0A31dvQHI&#10;H/V//qd98JYg6jk47WWzhVTSXunrnxz2jdZJrlD9R9+7M5IGz47O0S/D1v0g062y2NHr5mLu/TSH&#10;I/W793zbB+zhGRPx26djbbHWV0gzyCY6WGxUGddiVA4YfoQxuAWYq4n95QFjcarn2eHN9QDf12Sz&#10;daeLaLNGRZwqHBCzwu07fsS9/sPflhxuTaHZT0RsW+uRJy9Lkiwj7n+Uqfltlj/88Fq5xUPR6TNp&#10;gh4Ly0m5UsdkGKUiTk4wPtuugCp8nObsDo/h/88ZHJ1NXj5qbMRAyrJuv3jhDFwesNzzfYyuVGvc&#10;OnFZr14L6QnNJ//5DUTgNzZX2q1p1KW1XRxoRnCetFpoCw2YHqLsGsCUdk4HLq9L5nmQ33owp4OF&#10;rhXf3lpTtI7XO+lo0A/MmYF2v3tn4yRdRy0Kitmf/GpX7A9vXY+22t3orI/tNLcfnr8+Huvck/d/&#10;KGIcUcrp2l30Sp0bd2aOzqVuXQJr0Gy3kmbbyXFxKlQh8bZa3dppD+PfncOKwWIB9RAnGEnSrG/c&#10;wgO2VE6baFz00YyX+q30ly9KFO1w2uRCvu4KXo9GbKcHz/dPlejC4uZVC6nuNRvdVo9eXYkh3YCF&#10;eCweZCrn3RYOGe3oPBGJzCaw4AHDSyWZIWLvykcfBY4uVuNJWjsk5MZJBtklAw7nVh8oU1Y7RfI8&#10;xBDkj9ZnVxPux3vFWNRm8gdKjHrzesCATzQapDyS6Yb9E8EIjJIej9NWEKOmzgTI1StzPo2sXFmK&#10;rS3GaZ37qIKTJ5JlusNDUIo0D962/+ZXldwROxNySzzdqfVQK2B69Xdu072+5hc/G//uOw+cOj4P&#10;Au9kNJJ4YgLRvYqakJnWvjxqPH5aRs+412cHHGG9QIMRgMu48KX913/xrtfm87mdKklU6wwhwmpJ&#10;RFIP8P8upreRyB92WIuOjMXwidQkZpIkCRXsgPQ6+rJw404q6LNw0gSlytkUDnoNJ6lffOs9YdA9&#10;PNixub2CBOms8c4WlA92Sq9XKP+EYIdiHzCUHnCNML/4nfcvX3l5dHiWKawkvdV2FzybpVnvy91T&#10;EG26Y/JyKimjoCT0x1BbUAQq0sLUEqTdr/Jpp0W/t19GAlCvA6HG0JGYHjtoNARFGkc8PtypZ72+&#10;hZD90UGuN1T++MGDqJ7K9XJdeaAf6xfC4aYksAKv1ygABXAcQq/WgC821HNfvvzid2//4Y2lrSeH&#10;XzaaknVMpjvdmqL5F7euvCyx+U7zW3Pu/rC5nyuEneaA13zeH927ZBP5frnEZ2vE791YL/eVczCZ&#10;4s772JFMtIxmSlusyOYaxsY3tUa90UKMEKRREC4Eth93WQMuKjFrYngw0gh+AML8kMCpGJU9JD9E&#10;qPV65xXGYDbNRWw2yoJSRKOLNrSJRhTdYRhjSI2DH0AgQLyM5eWZmT9cv9of9g+aTbjA9GabfPHQ&#10;U1BxkWAM1plE7McnI7ylYX0cCngfCz+4Hv8g5Xy0e2YRGUpRDzhdeQLO9GQpbB8PR3Ox2PUF+END&#10;5MSJtHByaXaqWqKecPr4VJqMkytLTUF5+DIXDESNNH2SqbkcXmincs3elwf1CkhGvQ5BTkKRebcz&#10;dHR+wg40T1++8RiRkgn9+svfBB1Yopuddn0oGQDUcT+dNagimDUj1bC4Fh6L0zJACfy43RrUi+DG&#10;mGRubDZpeAF+iXGxjY85Dj/8ZELg6mEyToNB4/bzytrluA9PR4wz+rp2SUSpYH0xYacd3WKn1+jV&#10;G8LGtZgwll0Blzwd/+LTr87OMvVaJ1fGNgBzcTxPpoeHIGBQwFahuXRy1ml08WiQSsUGxnTIMqPR&#10;ub1XuHp7Xhz2d3ZzO6fNlfVIoTs8ysHWNfKFdeGkYTgaYdbX7I4ECU6+Hi+pr14x3/te8vo1126a&#10;6bQ5FO7zdc5st3/wVojnucd7FdvFO2+qsUz9Mev5OYuO+uravDTRc0P+xrur0oBZn4NQmiJwQRqN&#10;EIwslvE1B3SQLjfGlMvy0XcStL4Jfo1Wb+oxnUKtrTUMIgnqq2/OaNoSioTHkv3oUOQ6rdubXugJ&#10;3Z6lm1v3MqcHSBtxbL9aTKfmQlx3osdZnVL4C/6BbPRY944Ld7dS2IkrAiptekrVInxabQhXlq0u&#10;j/Hx7unCMpmYMe2e9xlpspy0ABR3dJgPBWbtgcCXT07d+KBrCfDDaKsJ8A2uD5mzmJqh2I4tBLoE&#10;QmAivrn2Hit4PJb1tcRpsQGuxQg7v+WY2WDMn0/O030I611OcnnWL/QmpQJTZcgf/dBXK48redlr&#10;nZgNLtwXBzxxsMuZDONQBDlpjBH1Uatlit+XkcJ5XIdIq8VJa21nDeXm1srh6w7LE+C5GFQy7POF&#10;g7PPn2GcMfDaHWCnv9mrJ9xU3EfnSlhVt+cTtMlhWli7fnzWPjx/9ta7nny3mRuyl6/6RU4yEN3+&#10;hT6dsNIKerqPdiv413/1B/fq2e7RCcKuAyNtiUVdyblAp6fU2/jyjYwU0eyClaF5//ayPxTJFEpv&#10;9vLBQPD65lqtUAJ6vs2NP7i1hIVjtQ2onJHlGkO58NaDhc8+QdVGsfkhha4Ddos2ZD5Nra75EvNO&#10;QuPM7+ag/Fy4utodipXcwdlx0Wd3k/pU+hjpHofEtSkTmh+AVROYoYCN06kegycuyXB0H+zuHnXb&#10;kEvbXDbNbJTaT9dxcPS76IBfU231B1OqP6g7rfVyUwzPXx4jZMjLt69Gt1/vqxanK5CUppar13yC&#10;QBzt1K+shLI5/iQzCYXgfWez2XI131+Ojqp16fGeYCLUcDBcrgPYroJjjlLfnZW432X5v784puip&#10;x0ufMqo/YL61oT0pVo9y/fkYFulgWRMw9mZKDUitFmeDPC/Gg46wy5SanVnBJNNp84VnNFoQWLvt&#10;DtbEo6DHoWj8n306vTTrXUr6SJ1lKekBu0oLkgpNPHtiee/GP99MBX7x5GtrFNN6g8domg3O6Q3m&#10;kU6BxFYa9G3WUb0vtQQyGHYAITrEq3SCwYyg+7MfX8MDUUQ6ZYx9G7+UDCUTTrt7fTgy+b1sKoWf&#10;F8wOdyAUdIfieC5HE1iI4h49bLRakXCgXux2WgMAICotWA7rl1Pz3sTlSuZ0ERrDpSvL65toyQTD&#10;LqM3kD7MusMLFppluRLyqrLO9GS3OhsN3bhzzRuwbqbiW+upezfWIKd8+60Vl58+LNcpq+E8W7qg&#10;/rrpl4gq+cAFx4T6Em4BP3m+zfakqN/m9juqPUjTlJAzuAF26266N54c5Zkuq3ywuXAl6O4IUzBL&#10;M7n0vDv8/Tv3Hx/uff1q/8Nbm/3hCH8Ejrewo1pNHhlggBGFAC0r19+Utu/M3f3tt3778d5X/Gh4&#10;dTGZFTsvi7X/8Ucf/vyI18rNiJab0raXReXH91NdUUfrmJtz9KvMaNk/fy3i+De/fIJt8A+vbsRt&#10;jp1y1UYqSL0f1NqrkfCNhcjnx4e4Ec7GgWnu2a1OH7RtFl1szpABDLGPDcEACVs445ULoxKIAwaN&#10;RgdgfqnRLzf6lxcDt+fnEv5gulIlKc1M2IfAO8dMN6LBgM/268PM7924hcqMVhmkOz2tkYY6ZsAM&#10;dZjJasipQgCzjisopEVOC+VHeJIRb634rkZNv3gFpLiSqYye5ASbx+ejjMsO/UbCK6s07NP8RZjW&#10;kly7/c3ReZvj64X6wkwI/1S5CTmXCB7u7/eHvVAw8P5b333/zu1q+tRp1P7uj9+bnVm+sbJ8c2ml&#10;XZuOh5MbK/OqwP/9r485fjpgSveXUihFpotNt9F+ZW023alf3og1wAnkxgNUPfXOepW9uhIAFgnW&#10;VpjUNi/9fxS9Z7AjZ5qlByBhEkggE957cw2u964cy7Fom80mu6fdtMZpdnZWGoW0IbNahUKKVUg/&#10;ZhVaxUghjWZ2zPaO4bQju+lZrGL5quv9xcWF997bhNGpv4woVt0qIPP73vec5zECbaqlyUuLygc7&#10;SS5F5eu8aLQuJRC4FQRevhRVSK2FQnij4a2H4BHr0omrdVGtxdvb9ttMUrtVWS9B0sLTmIT1Xvur&#10;R34uD3hBTE14Loshk8Z7DXcCWbOPvyLBzdVxj0sjprjBYFErZjDDwrRTqzXsbSd7ndbMhD4bq/Bb&#10;3XEbhdyjXMtMuFWV6iCeyEkp0UUg3+MQSYRBlFibkVksTAb8YmWwsqjwn5eDgTaw+nqDQqpAfaXF&#10;aVVVDG/7BGYrst7qmYziVr6yvVv8Zis6NmKcmTbnsmmTUShDVy2HYE6pXK9kq0N87zgQx7QGUlqJ&#10;3xfpnlSsIpe3f/QHMxC+AqVDi/knR1liIGSb9KDKY4DrVCiBKQqc+zyuARJ5WusVVG3Ew9LBSVqn&#10;U/aGwo+/2tvYuDw35fr8wSYGRZic6nUMOIwzNjNQHUUI2yqQuMvcIESrBJtnsScHSYNFzA572SJP&#10;IWIsKiqf76Kqb7Maiy3hKAxSnSZNYV3wkj0HxMY3TxM31r1Wm6RYzu2+aA7b/IOjGmxfAAUDlwqn&#10;hFYpf/Ao9dI1wCcxbtGqxFhYxSNoZ/JngL0Q8h/czyzPGs9DnEa/8d67slwcSV04Sforq1D/kfsn&#10;LwU7g17/PJKpVPvfvzQjE0hmR829DovV/uHuiQHhcTzap4zxUPreo9DqvNamQYkzJ5Gp3n91oZWv&#10;P98GkY+La3oiUfK4DdMLjgzQEq263sCA5YyFhUwUEAiabT5lGbGpDI5/+PkuzqzRIgID7LUl2+f3&#10;E5izcQVidP8VopdZWTCk6yxPSHCK6bpgKH1jxZbKlglSWC63nGAxcwGuiUbiKG1JXlkc47LFj758&#10;8q1vvSoCpDMQvbk8iV8OOzduIxxOd2ZRjuJZ9EJI00PvFM40PaibC7G+XleUyqq0jCxGc8h00o4p&#10;Dp/s5pONhgqgK6vNi/BELh24tupQqxV3n8bYAYlpOrgiNCO9CCWBOjn3tS8CA4VC/sbrMxIqXW+G&#10;8LR1WYpWk0WMhOEgev9eOp7gjbskiAm0m7JyrpPPVnDZir0E0oPDJwoH+3wuvPfU/YfZw5MkivPg&#10;TJUq/P6gNeosnPogdpXmiqK9k64akrFm9fQ8DjaWgNs8D5XMtAT1vm6zpqJ6RxcFlDJurspzucT2&#10;BRJQGBfDYcFZnpT6w2VahZeccmsrHU60paQkkWRHJ40HqcivH+3hDIiL7GmshiuS12VoVLnnF5zl&#10;Wc27bxELcz1YVBmZzjuu5fCqpVL29RvvT3oW//oX/1dukCnmSjad5fbyZYve3uNxNLR0xWPHcrfa&#10;AetIBZJJvtSrNgcCERefhAExIL53y7K3dTxo41rSUdGi8VFrrpjAZ0apG+92dwGKQcFvIORZxzxo&#10;EqZzgXgqUm31Tk7CJrW4nUeasbR/WgZe1uE02hk+OMhqz0a1ln305JnfH4B8Dvv6RqlKq7E96RnM&#10;85XMRbOQzCYapUx7etRBy8S14dA9vYTtbfB0XwCyKRdJQunktHNlbU5M9QLB4Nqawe3VfPwohplB&#10;5CJxZ2EpUMp8s3OmUSrsRhHYM0KZHk1KXkt0a8raBP+0VYumqpjr7J6ct1vED27duEjGjwOx43DS&#10;wujWx2fagv728bnGoEE09uqUXTYYaJQqhUR/dh5BrbuHSMCQ/fzZB0v2ud99+w8jxf1GL90vNHcS&#10;+aNM5TvjUI7yTXJ+pkp98iwpl2kcjKjW4721bvnpb3xvTY+arXS8mha1uW8vz39yjL18SYAHClK9&#10;/VYwnbgxYoPNEe9d8BYBRP3xNSceS8F0bcILrnSvUB4GEx3MCQkS7PO6SEhUqh1MBxhEentthO/L&#10;vVYDLu7JZYZHJ+o5CR8oTTaRrluVUgkt6HGlVpL6zeaLd+an483Wrj8BADRf0EPoFht/HoEb2EvY&#10;3rRbtzRpMlnUlFDw3avWv/r0hEHPMtZJpod3prTjcj5bAdN+eBStiTWU3kltn0L/yawsrat1vXQq&#10;aNUgH1pg9JREjWf0vlrWdjjkj14cYLS7NLUxN39lfHzBbLDyBUjkVkrZplGlkZPSRqnsVGpWvdOd&#10;DqfTrQSCvvdvXIpnK1KJZmNj/v7eCwsjUgG6TUh2DlEkAAqHP+VAsQZNnnqhzOrlqFTxa024pKAq&#10;hM9ZLON204k6h5SWqi2bVU0JuPfuh1VyVb9P5IotKdxvhGRu3PXRZ+euMVAFoJJvYvPhT1SeHaWr&#10;rCAag39jKBdJTHKZXEw6TapGo4voEEZk6UxjbX4tEM0+3feZ9Cq7XlarVI0WFcQXQgEX2D/JQJS5&#10;AJSbiwAqgBH4u1r06FqZPEaFMqkkEqpYzQYJrQKNYtIhS4frAPJ5p+gXO8mj46aSItRKOSyY6CpM&#10;uNW5VN+s1WSjvQK2nozm0rLr2dfpdrFF6RX5SmNcR/BTqdjOhULQe7hXPEs21l+Z4IroYXNgl5Lh&#10;aCVR7PR5EKdmIRVPJblpHHbnxwZtcewsT4kYCV+CnRNa0DwRJ1vKDngVvqSvs0kYjVvJqP763/99&#10;s9JbnPEcBQoQ9l6/sqI22Eu5iFbOQ6+0i1YUTqBAb5NY7SCWm6s3BsnCcGJmBnnAR08jdmDcNdB0&#10;E2F/cxXAQFIQgfbIpl1fmPj8ycmzF8dKCm1CBLuaxVodA2rUS8ViwcqMjkMIc5gAA0CFMRIhhou7&#10;18MhpmPR6WMh4CHLWiV85A25VvxyANbHloSHuCoqQ6UCx25iEimcGTqvvtahqfbmVhvzmNt3JBgC&#10;BC6aMPGkqqwa+Vwhb8xicOhtj55duHTScQMRTOdIKFUNRCJ/enkFKGBeb5jcWNdnMi18oxQw9bQ4&#10;iUzj+saYXUPdfu0VlclNQBqfCT8+yyBXo6alBsOM1y4GrPHLr5K3Nq6a9YvnJ5VelRhx2DVSLElk&#10;u/sVqKrlFN5t5LiVOTkripTyHhTCtaZSIR9Tyr4/y+wlq1jcICoIxHKHJRihSCUUYaUrGQjkBoNU&#10;JVfLFVaD6mdfPj/yF777+uVQIA4qp0bFx5lm45rr4qiXSHTdUxKFGv4QPjmkF5YUbULNDhgjqrUW&#10;RyzVU8lEifOE34ekR398SjHllewcbFEMncjXOv3hslfVKrzkXTRbcDmKHnwTFg3ZH//QYZ20EWpt&#10;pXG2exE/DbVmvQ0J2d057ptNxowPgyr0kRQ4EBeiHAlHq9Q48YCVy/gGuu/Q8ntYJBUubI5crMgv&#10;todSOT+WSGNhZ7Cor64VYKcMJrhyOV5vhMEiu4jl5ErBqIVvUYhHrLZkoKLtVl4bQ1WUBwKJUkYo&#10;GMnHW+UuT0YKCEQQBkMaG3STlRx06huTRDwKGJBkxuqUkfRnWyefbp1DFZHP5h7vZU+jneuXlBJO&#10;9eGD2q2blt/+8bBcD0oF+WRq8Gc/jW4eRxqd8thY+zxY3Nw88I6q1DRHS2MmIYmVBvf2draOzq4u&#10;zrqU0mQhWgb9qAsDRQXpemgcGxC8N1mbRU/857+7GIvBxYrmzJBhKI3dQ/A7yEer1fMHex8dHj8n&#10;uIPJBfQmL452H1wEYzyRNBiHPLEPuDnDH4647WehnHfOodCokocX3rEZUm0/Pbx3GDwrt1jfWYgW&#10;YuIHnE0Khz4c7LotWEDZ5SuXsA29ce1St1V98OiZWqa1qem/+6dffnTvMJqLP9g9P/QnoOh06SUz&#10;YxJ/OtMdtIFN4grY2zduCwfiB7v3vROmaByM8abKIPCf50ghPeHUj+J6F6wOWO4C6sr9tkUlOsu3&#10;JRwJbDnRQvbm3AhoU406e3UWfkEOLRNYZcSIjjkvsL9+hEFSBYC5SCx7eJZjhgKlhPqL3/xqymj+&#10;59/643BmP1yIa2nNi0i21av88WV3rd7EE7nakyIQv+Fk3G4bIehVMx2LQvLJdkAlkjqxUqO5vkJh&#10;eQyZT1G63GmBBNzrhCrtW163kBQ9Pk/8Z69631sx3j/JZ8rwJ7Q0ehEKmaFES6mBBwHpTxRHhclY&#10;edGgkAiHlQ6nUKhJhORxOv3V8e57K+vTBtVuxJ8tNkD1MygEqMdPOcYQlUlVUl6FLpqpH2WKSjEW&#10;A9VuB4YdWE34OPiCKDY7osO/BYAiG6OKDx8FnRR5W0MKe0IRl4O1ioShd0KJzYuyQKe4csd8EUjv&#10;+epoGq557OmYr9V4qc3cOzwZko06t/788ITWYDOKiDGyoppkPF3rcVqDwmcPfvXnP/+nvXCo0mt/&#10;9s3D3ePtW5dnXvj9gL1f8U7cvryG2vjW7tHV5fExz/i+//DgIjg36uqywmSiEklCVgbHmVguZRxK&#10;xc5e/uy02Kv1DTp5KN4IRKsOuyIXr5ODPs0VTMAgLBMnEzmqBzQrNCw8k5Jp1HDh4e/tV1Wk1GM2&#10;NPuswSgAEOQiWobSCLEACK7hLG2VOXKREouAzW34uzo7hzGJmDVblA18MUwWAZdKFWP4atSaXezU&#10;zsOpWrvlsJDZfH97syQXCi8ijRiyQ7j99/r37p6h3K3UaI6DNbUahrA6IBIKqSgdq4TiPUaOejr3&#10;5ZmS6OHyenReohTIpg9Wlg0waXz0SUg45EyPaE02GZ4NT59n15fUJIPN6JBuF/vBtD9YxRJPa9Wc&#10;5EE/FMhEne1nSS4rgCU3kitQeE1JpTTiaC3O8+0akpyQaYbOovOT+kKxhskpRvoxHFvKCc6wLNNI&#10;TBYdLE5P7j3Y24vajPKVhTHgfPH//09/8NrxwdE//OK+fDh0mjSu8dHD45heLXI6zFBYnZ/FCQGt&#10;N5sPdnyn+8lSiTWopMlo+fr1kVxqqGSFwUg2kCvaDdibC7Ee53JazU7vwREWvp3FGSWBshYxCEZz&#10;RhuzNGuPh3KnJ/HpcSacKFdYIp2tRaOlV6+7gOLYO4oieSEguEfBWgXtKpWOOxA8epJcWNZhTvj0&#10;UbzRqmCDQKtanml80fUgoa+utWDNvPegfvOKJt8RDDkY+RZxptXQ6k+/Os/kK1Me/eLi+M8f59xm&#10;lJiBaGG/uB+T6FVAxoeirUSiCf6BLwbdaF+mAB20BJBWqVjqVjO3v7UaLOB+O/Q4SIdtDoDW/ZNU&#10;tiAA4VuNrRKuHkgSQV2H0UqxtbE4KxwMsdfm8vho8qGiAG8ulw8vEMcgE/KrbeQ8D8FZeKmmAjOv&#10;2gcsJT9IhKsYrkN6UO7w8EYJnp5jwY4vewZq4m7dpBR0Bm2NgQ98/N5eQa1r9rlCnYHIpzq+M37w&#10;lOOyU0JUFKSSUj6XSyZKySg1iJdrDc+kWUYCWXOhUzTBYdDardF8G4MKl5bNZvMQ4WAr7BkRvfkt&#10;FPlfxmiLNWrQK1OiLHKcoYgYFAW9Wi9U3qBIdeQ0cXbWdHv5tIqTzfY1KtvI1C1cM47Pnuss5LO9&#10;I4mMX4MzmxsR07LWwBiKounfHnPJopEeKctarH1/SGHQDQtlbrrcXJpDRQpdII5ZY1kdcyJdeXac&#10;ACWq0JcVgM0atEKZEvgJWCbKJfgccmYWTR/8Im/XK1XyAVikrSrp1o5enZssNEvJcp7ETptWJHAS&#10;wwIFK3Zh2WHhHByR3XZfpy7aLWyrJvziPgFLJdIVBiu5slx/stuNpYXz0xs2FRPLFZ/tl2ddJuSw&#10;ykjT5PNPdvbLrU6uDvQNGN99iKFQs4NxTyahUoky8d/9yTX7iHUAKfmwQQhIMHW53bLTO8729fVi&#10;uFE683heH/feEnbLiXgauxwTLSrmSyNjcMXR9XyHlpAusFdkFJcnz10Ep6fnkGsmpV3P+EgRD2hC&#10;ODJpG4q7nWFNrqbZPoekUW1qVwYtvVd/EN4vlsMWnVTY48R8eYNWjah3pcTqdWZQMD78zbOEv+gx&#10;0fimWUz6USM/dR5/Y+OtZK12nvLPzWojuc7KTWlzkD/3N1vd2rdvqdR6+eeb+dc3pq9PGE9OYvg+&#10;lxvtUof99qVRMEJdSgrR9nuHgS8eHFxZn9w9DhjlJEIpf/XwRCAWdmp5OKJxoL40412zaiPJTiA/&#10;ODp7ruL1//D7/yrfrZ6nw1SPfxbPB9K59zemUMADmytXriH6Tgva0CWsj2kKFfYfv/bZZLRdI5Fp&#10;6nJZx2k0SinDs+0ovjOYvZc7nWC+9s7yNBCw7XrabORt+bAPHSDtna8jVNnHE4LBcShdDEZqcqXy&#10;v719xSQa/NNm2CZTL8vE0oH49fl58JJi+fRPXnkFe9nNQAQNKpmgpRASCpI6SCb0aikG5WqF7EUs&#10;KsUDstattziMXAIyEmxBGFEGQynEfL676vjyif8XdyPvToFO6vqzXx8mhsTjUA5RYbtZiBjx3JuQ&#10;qfAToXYi2s0ks9Na5YdfbxGSl9gJ2K9oHB15JNRjqLfeunJ5bfn66pz52e6X/+ff/Wzr7KDYRJ0F&#10;zR2W5EuxGUb989qVG4/PEv/LX3zq0bCrk1aSlMYzKYPGvDjr+ejrjyssq1WKj3wZki95fhD1jtI6&#10;LXKPTCzCfvplSKMEaxyBJk6rx7E5lCqGe3ZWPA114ZZdUVOSXF7C4axo9LdH7Dv5yuGh3+VUq7Wo&#10;wg6y+cqix7z9PDQY1IQCgAvgKFAUUr1GpW3WkG4zA8Q+LSM+uheucTomB2l2CpLxGoM0olomaAuj&#10;YR/QeqMjbotGmQhDyyWwGxkw0NP55lGgSKspi15kkPFKiRJcolAwyZR9vgQqSmrEzTx5FtcpSSjk&#10;NBpppdE+jyCv1fXada0Wt4WmtwFLSRQh+iNexeZOHP7IIZ8V62sHkTI+gRNeyUW4eOsVW/w0DcC3&#10;gMTzlaxwyeMci/DC6hhivZ3Pn6Y6AtZk5nc7rdPzyuzUmJphjvciSG9jsvWdH1356BcP9g/CM/Mq&#10;85gJ0y2zijtmY/D67LENRlwDJoDTGs66FU2WL5HJ9Crh5ovNb7YDeAVkcnWlyTFoow9WQ8AykyyL&#10;Rbq93UwMmTUdWBANo1EWy7YOz/NOK8my+IeWCDmcw3AaWEnsut+4MRmI1RXoPpZ7+4E61EhzLkUm&#10;C5osIRVjGtwPhuKr3nFQF2LJMiAD9eZQrxdBmoJc98iI4tU7lM3e1lqwDm+uXiNMVoS2uLmcotGk&#10;Bf3GwV4MDC4uZEcc2uFQ0yTqEzKkVqEqePBooNTKb1wyf/0gUc7Wrq4azS6bgDscc0o+284tTc36&#10;g53gachtloJm0O7JhTKpY6wyuzAQiVrFatkxJp5eA8cvrbExTza3fIc74GeFYy9ZazcvjR3svxgb&#10;ny5lO3/+Dz/jyhSNSqbXyhxfxGvdodmseLHj06slOA56J8wibv7xYfzpWQHPcZJt5ktdvVapEAq/&#10;eR6PVLmQJh2dJuDXXfCqqgVkfoeNNqfZ4c6OmafHlL6L8GdfnSkp8Ws3F7nczslxdHVhfH5trs9t&#10;MFTnk09rNrdoZR0QzEYwmC/lu8kCuEQNlSIOUIRElMxkG9Hz+uKMgYcDlNJm1apK/pDROsZYFgU8&#10;amVpFvoH9GjBbr20ZrV7SLEameRyMkFvPSIOd+s89IHZwYNHDbFIJsa6l6t1WLy+/eCDzcLINHlp&#10;I4OaxCcPc9GYX84MU4ksDIrFuhgr5vagTcrVWNW7nOJv7rYq6eGYRccIYH1pCKTM7GIvlzFazIJZ&#10;L+kPFnRSNhaongZAYpFq5dxZe6+QL7UEZF9GA6O4OivWGfg4jKiUXZNFiLIRhlxrV8WVfO/sPDng&#10;dDaW7OUq52d3N8/BQW21Vme1uC2cJbpyGDYVlGtUeec1V6UiTKZ66ArE0+LP7pN7h412NS+mtRYH&#10;eflqd/+IB0CS06ncPol88PHB77+9UoxlD/YjY277/UcnCO6IKCpdYhtNnpQUM8zLGrpehS48J5Kq&#10;Em9vSHUGeSpTTFxERhx6KS2NBn2M3kpK9d1GXc5QMxt/FD1/0WulfOd5nV4VS6I5XSkkijMui9tm&#10;9YUSOru2222JODwljzDOXT3c2/mnjz4Wc6mlmSmP2wNMfbOTSedi3XrXabacnDwoIl1YiDZ5ZV98&#10;d+mSRiAZ4NFweJRVKRgjrik8SYcjxnZmYwqWTuLui2y1h7Vp16YbvnbtVjrZ/6sPf1Os9ke9htEF&#10;9dQSJGODnee9W1cMG3OKF1vxQLB6ddKSz9YO4nWAbUfcRoEUuLQuqBkWh/GTL/dQ3MENDx2MxyeJ&#10;o0RjYcodziAr1RKAfdMbTJr1s2b1ViQfabYwVFGIZYH0KZKrP7n5e506GncxUBQcLzNyklGnh+hW&#10;A6lYulrutytKLX39kuXnn/thT5x3w15OjM2Csg6fiOTouMjnEnjQS7WGXK4KERzC/N+7NKfV89tE&#10;psq2SsDYN7stHjeWGlaKLeArIerDtv0PV1Zm9Kr/+f6WXkj9q0uT++lqot6acNgWDLb3rt4RSJ0m&#10;Cbli0aopmYKRzruM+UoTAgdkxo/DBa9W+SzsB7mbJaTVDpg+MgnBwe+LPCK+4b//rdkbq6bPnkab&#10;BfZP/sWPOzon2mhv39C7nRqtFk/m/vI1d4XfxRUvfFxqF5tmDTVnN395cIqjzJ+8fWfKrgvFM+fB&#10;3Pqi99s3VhRkN5XZ3T0+xNXu1VedZitBKziYiCaj3Uq+trZkA9CnnGthQ24wyN/Z8GYT6Y+fHJdb&#10;/ctrV2ulAKeHL0/+tZurjeawGCtmKk2A74H0u3rZDlveWTQzOqYPxkvJfJtSwC0l8J2mNQoBeqIA&#10;AsBe0qvXJ1yaTKo3PhBqTYqn1bxMIcDMSUZz/bjuhLKr8yOMiDg4jLVf6uTEuViT2+Z4HJReL9g6&#10;zMELr1LLGtwhpQYBmwIlC4rzRCouYqV9ziBaqKgYlZQjTPnhehSdXVSbHJ53Rkbg4VTuIm9jQz2s&#10;yWkMBDunJYzMf/8nY3xu7fFmOVfopbN5mVKhoolopovGr04hiSe6kNBY9WS1Uq91uqFk2+ER1Sqd&#10;aLxCqSVyc/PkqINNpEhQgUyA4nYDB+1aoy3VKbMt7uPTHKVTqUCbrGWTsVaZz4C4sbykheey01He&#10;vPO+jOwrpaDnCGPHORhTPdNmweCl/E2ihgvW+ey+TyZRoNiDNRgxHBiVmk6W9Z3kjG7z/klSqSNF&#10;jLCQr0Nt5ovkTyK1eKz6zlVPIQ06YNtjt8x4nYVivNBvVvssLB2Pdwq0grp1FV3SUigCGCw9OqpH&#10;rpVGQ07Afbwdz2brIi6BgQrESnoVeRFvBiJlh01t0qDk3A9cdC55PW6L4ealEUyntAy1tuIUgU9I&#10;MvARWWxtcCW2nkmrSSodrymM9Tvv9iemZJUYJ3DQ6gC2LOA3GgIWcaROZWZGj2w+JcQPqjrwNxqt&#10;xr/57xdkL9M9VZubAR9mys0chTLJRPn2svYsnnaOEAtTYjVDf/KbHa2hsLHAWkxDQtwUy2urGwIx&#10;2fnks8iVm46VNabU7h+c9S+CpWYxeO3yOAoTrXazWIo2Whm3R1GqN0kpubOfk8GgR/FRj+ZVi6Me&#10;KTHMHUQrdYDYMKdp9YpAOpECpMZYgh9Kl/V6uUlLwdTO7QHKAS8vyikyFtk2HAckvFSumciwA8x4&#10;+q14JJ4v8G+9dbtUy7c6JRLhtgofsMvpGVSr6ycXMAuhrkY4RxVyVTuTS80sW4/9Ut8BpdSoC1XB&#10;5JglH8lsPc2JZeDqL/mPj9uF4HnAb/Ho7FZ5p1F/9jjIduhYgKdAAlWjivpTAJnBHxhN5occeCVV&#10;rbJo95vD7ee4gktf+7awN8h88wA2RTWIpJVsQM2Ip2auyFUrr9789unudqeeFpAVrandqQJPJq0D&#10;ut0RDblSgchw7bVO7AKj0eKolUXMc/MkWyoKuANSpxj6kuEcC+Zrb2TCODunRL/0JFLfOa/gYzMx&#10;omNZ4tNvwkdH7KV1qXs0l6kSKg2DiSgmfwIhB45xJOfwbriyLp8aI9GhQ0egOxDodBIZxQHlKpas&#10;339RA1maOxjAhV7tEiRTNNqwFnWXKr0Xm89JpVYhUZUyuf1IWiIVlPJgDwsERNtoYmqNvsnAvHtF&#10;q5JyfckWh4NQFEapPOJf/rMplRJXlA4l6oNTIyIwZObgdyWElNY5D1BuMbsdjz7tczlGI8539Z2D&#10;tEoJB7lRzuEk4jkBLRHIGnoTEdz3DytDx6VbWw/vPvedspg7ptKpsyTeG1iXiOA0GYosGrtULO2y&#10;LSzqEKBGI1it4VzE0plcd2HSfRaJXWRz33prMZLOJbI1OdF0OyiuFA2d3vF5BAW5yzduPDp+cZAM&#10;2Z0mtsvqDW3vmKQc6Qxygj/+g7comRWCrVa2YgMuG+YZdojzjt0oP/dFgGu+cX2eUWjYUt6pJue9&#10;Fr2S0hg1Lw6jr2x4LVrR4XHEptKveyyLLn2qx30RizRqRWyXbXr4QQW/evh5tRH5L3/yuyKi/mD/&#10;eNWt3veHzjO199ecZ6m8P92a8OjA4Fao5Qg7iHrcaYdSKmvpHDS0D8OuEA69UaN0yqUutaBFa845&#10;VZJ+MxONv3F7JFsuxOM5lI2K9QGlkCD/2axytQq61u2tG9R/fNXzp/fuA9Dyv92a/A+n4c9QTOG3&#10;Ap3sUTr0aP/FhMstEHae7T6YcDvXp6YItnP3yZZVR7lN2o+enK+YlEhxBmGaQDq4PVSiUNx8GYQt&#10;thrv3phDeGcnGO+3+8tjRg9UWAqjmuwcbx+vr05Mzb/Sasox1QkGL6xKvm8nDbJdud3E2mbUYrw0&#10;Mr65f/rlyfZJOj8z7rl+dW7Tf/zv/+Ovnm2effDR6WcPUmoB/d5Vl9nZdE63LBZcPbBV7tWK5VtL&#10;41KpYPMkOmXWCsSiBwe+d+/cwb3/3/6/f/PW1QUZFmxiwbPNgE5Mwa63d5FAierVm6OxDKZo5XS+&#10;wYEumBRMjjBWCxO4KNp1wJnK8HBPFCsiHY1Sxmkw36u2X1/2ZBWycKMLEaORlnQrWNkOq/2WDFNx&#10;GV0ccGWyl0IsnOjxjmRf8kJlYwYsi8TJbAfkfaiexULKyIgxa4PtedRlr7bz+4epr59FkQ/iC9lM&#10;q3kSKiJcPT0ub1db8WS/DODAEF5xLgpQtGwYzTT3jouhizz4eQqVHklkRiHeP004PDokO+J4VaL5&#10;XuvB1lJtoanBhbVq3KN7/KCxdkk2Pmp++HU2navMzKrevENHwj3cbPriQag+hNUVU7/pccPm82At&#10;z05NvzQVbfuLgExOzawur17PpQ9DQd+QI1mctsq5/Fa8sn51AXKs+3ch02YMDAU6NKcrDp6Xca4S&#10;cvg6vVXEl/zqVwGlXj4+ZkJH02U3TGAlKJKwyODyQbzgSwihyWQORPPjbpVnfDwUxQ/ep2kZokbD&#10;JmE1KzUmGBx7JCG36pFG5w67KCFw0P/Q6BiMJc1g65cbtQ5r1RG4cxZbEL4PprzwiYr29vOA49ms&#10;sge70XShAS77QbiQKWSVwsFf/zThnWEUCvbRQ+Lhp5zDZ/WnD3W1lnLjctnjyrUag0oXYzeu24Wj&#10;S0ck6VtHWoFwgDtoN6pyvy+Pxfaklzcxgz8Il+SiXDLAIOTyguXZo1Mhr714zSl3oo/WqhU5mSSr&#10;0qjLNY7ODFL5EJKDUrmsVZiAzkRFUq4Xu8dES7OaF5uB81AKk9N0+Wjx0jItELiMAoyIMJ4zq6X1&#10;XC5XQCYbsYTus90wTWRHl40ffIzAAGa9XJhGVRiJiAmjDA9Aki+SunVDaBprgPWzfZIQj0p4VI9F&#10;1vjqtAav0hf7kZExh0jGcAYdttlb3TCPz4t9sZPDUx9Gr04P5buoqVQNsAXiWVG1TPY61NVFPYUL&#10;rFDPI2VigTgSIpVKZbdW1ggq5XLj60cFh001NWfMFQPN6qFSUYWN6+uHuaA/u75C2mzUwVEGJlFK&#10;Tk4vqAS8tloJIUoHs+grV1/jD2yiATYbfC205mI2nOCeHeIIh20dVH3U3Kzrw68eh9NnMmGr20B9&#10;rwh3sliRFfABg6xPzyBnUDG4DKFIV64JGQylv/9pvTLkXl5Z2TpBv6j0w1tup5VzlEgfo06daIWz&#10;3EyupdaDB9fPYoiHBlVTujI+L+ADISJ4dL8FAqrdrXn0BM40noGRGyRSXq+XyWdRqM1WBx57j6GG&#10;sAPls22glEBJK5Q6+XKlUc9p1XwwU3k8vO3aUwukawyDDQWvg60AnyRUC1bD0VmcD68WXzBuRWOS&#10;ihXwfa7Cdw2ERbmKW28D88BEonJnw0VwesR/9c9mv/7kMZfgaQ2qs8MYlyBFwqF5fKnbRYcPzLVm&#10;+OxxtlyJpfuBgzNec+C2ehwm65iJ9vtCHz5MVsGu74FwW8v48laVzWB1JPPbIsXQNmbN13L5TApf&#10;l0ikZtBoNDLQ6dH5HMXo3+XQmayazf3DLtscH3F5PVOwu2FTcRYvgUuiZoSYgwNGHIrVQFJQMu3x&#10;MTHUfNi083jnWNr4go0Cim4jPBUlNDCG5aXJcIpFkwB2Kb4QbWV8E3uT4xaUU+x6LLQyLqd+dWkN&#10;f5JkBsrimtHCbJ1GKz32W9+eBuosHIpGUw0OO1RJoblohEpVLUMU0BWSybLZwroHgYFulpNttqLr&#10;E8sIw6skFVw+/sOXR2Ne9XdevfzRNxFahgAzN5Frvnl1Gr2HWjnP0EUZtAsae+IipVBQSrlQhSgS&#10;yuSc7piZhPROoeS4lscgQcCJZtrqIIaiYo1A7suglqCQ3mgMfrhqeRoInUSq/3re9Iu94N2z8GWP&#10;GrlzXrc6YpMikjFqVk+MOP7u3te7mXOBBGaxSqlbA8cAYdRyl7vmUUv5nGfn2UKurSXFWhGnUKuT&#10;cv6UW/vmpPavPtodswvXRhS4ln3w90/NZs3pQejxswuUdCAueO/NN0JH52qLAGSHfLidq7BOi/aV&#10;iRE4pHbTwQ82N0GR/sP37ricpg8fbP3bv7hLivXpxCCf6f4X37u17nb98iPfB7+IlrvV93+H0Js4&#10;O89RJygCuogC0PPT6PeuTA3EnHiu4TVadoPHiQpcqNlrK2N2t+2brTOXXt9s9J77wouzVmQjxEJJ&#10;MlqKJpt2vPrAmm02oOaQyOT+EFspt0bd+kaDhZ1MKUdTBB3iYQyyL1LWxKm+1Q/uZkVdPka4R5GY&#10;QqdbXvL6EmGHQXx0mI+nOr1uF4/3YUcwaLxcTpz4i1KKazBRBrm8nKztHcZQcJYIpDuBi6GIBMut&#10;Cr1Unyul+WJ+J1dgo6kuiIx4Xw5JyupUrS4qXRi9bqW3Dks0CQEBcLy9TKZN0XIOt4tEDBZ4oXTd&#10;4cQSmS02gXHmYbYBYj70Jguz6li0ZrZVjw5RgRX0elylinv5iuzJs0a21CKY9tI1OKCFw66gUypY&#10;bQp/podXVKuJ+gc5NTO3sHbtk89+1m8HOEPxT//ppFpoTpukgNUXQnH75GhTrGLbbRzDkv64A+S0&#10;l1fahs1jCUYxC1EVC51eh+92QL/KvThNAyHEF8hiCURA6pSQCEc7r12eIHo4l4JczI54rADcoJM3&#10;aaPrhSoeam0OqzPIZCLJ4XEcziKg7Z0O9f5hBp1X7F9q9V4o09QZFKuz+kwe+GcoPwCxIybH9MMh&#10;B+/IQjKxc15CPR21UTkNvy3Hpiulit1ityfTDbSmxvF2k8etS3BcLpDnm5TO0Lr0LcozxyNESD+2&#10;7S5FGvLqVu61G2gwQImFUBdtVfP8kWJnkA35U8cHYb2BL2R0kANvvwjGUw09MhDzajSCskUo1in0&#10;jY7OCIXebDHgODXEz7mzk46HFdD3uJ1CIBReWsc1UpXKnCtU88XszZuThUozEq4tzL6ayXO+fvTA&#10;5qTO4pWDQGnEoyx1uo/OWleuWrIF/vPnWTlf8KPbU3aDHj+5V8erlPtWi/wsVry3HRVTRLnN/7GD&#10;+/vWUjqDMmHryrTMMm5Fmq9cLcUzxckp89VrQosn+pd/+wuzXV1GcDkVmZ2jxTQPF/25eUSvyWGb&#10;GFaLhXjE7iQpje7s6GTCnZEpbYDKjmvZ5/d9x8EeAISrc3Qoel5mq1J68ORZBgxRi5PCAm91g07n&#10;OJ99XsHzIZNqT85Mfvp1GLPDapvsDMQ8DpqSg0IGG/leJNHMZrvAIhZSFRg9375j7PWKj58elocC&#10;lUEcDe5gLdwmNfNLHL2uli1yJRT3jVfxU/CPQ4VCqSxlGpdfETRKjlhmGI72fufOGzKyoVXUkzU2&#10;kKtMjslkkgElJo7DdX8aVhl5IoCQFjwKLavRrBCIT86T8DtVy0abghu8KOMmjrIw+h5nwRTUe1Jq&#10;mCuzSVDkROT2Ycdqoifd+ACUziMd2A8Rxu60X9JGJCREXPypcenldfH9J+lCoqxX6I+Ocm41iVGE&#10;P1E+vyhMOJT9ZjNexQWyWyoVAomuL9xFY4rbHpSLsEnLgNYifnzHokRZQCJ7ev9syJcvXXvlfP85&#10;rRb2+3AR1yXwPhrn86VKOBwTcoEGFI16x8KBi3zsSGNg9kItqCH4QrSYS5IGcfPqnXpnmK7vj865&#10;I+mMwaiU67RfPItgV15tRuFDd455ovG0wTVGK/TFUmIoaatUUrlUeHZUePGopNGqbE74gflI950d&#10;+ptciifRq+UMw+ddmvRMTb/CsjX/0b7X4oogRqESX71qyBdLcGANSCKH9HA/DYcfT0HrnI65eU8q&#10;gZxBb8Kj6gx6x4HUytxKPBf/018+zCPMTbYbQA4rKJ1dkSw0735zgdkCOxgGkCvlwh3C0WHNqKRg&#10;BWV7fBCb9HrD1wfpA79fRInuvPK+FgukehZlyv1Qdm1+TiqzPNrZvzRLPd2JCUUcg3IAp4fK2hPR&#10;HIWSPDoMdzuDxeWpVDx3+dabgP/2WmFKITRMwVVs4XDLh8cJu1IaCVef7pVurtEjNs4hwjUDjsMg&#10;/ehJ6bdmXJka9yDZ5BZ6LRbvBAY+a7OYt2gxuo3WWLRwbWkN6K5WNfaSjypRD/kKrUL68NGZkpEv&#10;j49imKCV6264zSJ+9zSK5ejwf/3tG5sHEX8ieWlOY7cwu7sxAnEjATa+Zi28pACt9bunO7tdoOwJ&#10;9t5Wqlsnf+fW5WqlOWLT70XCf/vFi+tzntfn5otF9igQeLbt50Maz+Pb1aZ/+b1rMMgchRK/fnpS&#10;LtdOjyDpVasdJ3NrXFI82azx8+06yw5nTPT/88E3v/Pu+8FM+h/vPuDizC3gzk5b1ZhYMtJTX0bA&#10;6aeqdeRddUrBxUl32eUCFBfnnmqh0qh2xsacYjGBMVS+CA0JC0QRKeKI+ADFC0BljaOJJpWvrCBC&#10;korHaqCbI70C/OaxL66j9PhbRQqe4EgrOXZuBPcfIgKAbbsHU0MCpA2So9YIo+fV7c0sKZbgYAoq&#10;93kSbtOWQcfE0xXvjGlp3ny8X6hWOkAEQ0qMDuj3fzAn04g++QIv4lazjNgUZu/wqfFYrgida7kS&#10;xRZhqzGsF9sY+pTzYIDz8DTRqoWtl0ZypItZNO9ff0uXyg1PdxsiTocDZYSSHJ/R//LnaVohQPkd&#10;jOUJr31iwq6gAUuraiyqWA5X5uGs17i8NPGXP/0bf7QEAOzaiqvDEWHb7YTDK5QFpqZZLXkvzeSq&#10;NdCrQTLXW43jbiYcT4tUDOoO6VDiletTeztB8K0YBWcfmWejxD6i46AEx2UhHmhU8FQS52rtg9OI&#10;mNcgBfWhmH18lMtkqg6ndvOgIGV4NjsFAVMh15mdNqWruEbIFRLRxUWKi4YjRb7MRA1bGEft+VIY&#10;wo965HMTSNDUgBG9fy/s0kp/eGv8q6+CmTASg1WVxTI1o2m0hbFUFy1ii71Vzld9BzRmVOPWQavY&#10;e/hgYHNoP/hleXqau7JCjI3Sg6HmwSc1it+hlfyLKP8y/OGlCnqxFNUH3UJv0XsXzRXw7Gk+r92w&#10;6yTlLvtwx2dQF0AQ9UVrGHcbDXjIgsDQIkUZra6Vryq+vJ9xGxNvXRednna2/YL3vrOEdtbh8zCE&#10;CzxeaWV95PHj4M9/vvXdN99YmFv6/PFzf6rSR5nEooFo1p8C/Le2PCWPxTloaF25NlnikN+82AeU&#10;+ijWRVa52B0CpTvoQVROj3RKpynB10iKMvhZTEM1RD76iC+ItZFzVBhJPyTI+uzMyIUvTUmYyXFT&#10;p8XFZRTwOa4Ul6r2xX7eYyMxIrR59Ty24D8JcjhVvV0n13ibSKGX2qRSevM7UwMeGJpJzxh9GuFt&#10;HWZvbgxGRqTRkgJkR5wOYqE+eAQLMzaMbUanDUoN6fPlMqnE5XVWrkCYjn38PBAIxaFOGvbQOGuj&#10;8CgV17gwKUlUVp1561nw6LyAPqI/1h1wjk1mNp8RpaJDkqf4+79D1Gow69UbITWwl7Jp+aAh2Ty4&#10;4DR5q46px4Gj+1t+qUy4MIPWb04hkv3Rb72TzOROE1El8LsSnkTJD8ZgnslJaPnykr6UrASOCwTx&#10;Uk0MjPbeccZlo61GyElQguWBAOqwytV6/eU189qc8Ml+EUljBSVvdki4E9++Ivv+HW25QuWqDbMt&#10;msrxex3x7m50ABFTMukLZlm+wKwRXITzOvA/JSJ/oqBgRFCjUFzRmke3Me8A/azBQt5OED963QLe&#10;f7/eEnPhb5tutdh8/JhDZPVgPJkX4mEfX6YiROKzzXtTE5Zxr/3+w/1EOtFvvDw726fM04soC6eR&#10;6zeT0rHLr+Iq5gs90elULzYP8E5vdknca83IkjnwvRrTGuYa5bxQADgm0NUytVneYk/KteqHP08n&#10;LqqobSCuy9ADrKpnxjR2q23nLI2Abr/avrl+2Whw7O49e7J1+urt25cXJuvVHfMosu70qe8okymt&#10;LY2EzkKnvpTNYxeJJJlIIJnIvvbe7btf7zBKiUDChT4mW0ruXZy/en300hoGb7iIDp5uRzyukdfW&#10;Z4eNQq0Gy7IQdHfs4696nW6lZGXeWa0OQBR485XVNkcAD3CrmzObmOWV3wtdHGdS4Q7LbB2cv3tj&#10;Bn9sSJHRyToI5+fnmZ2T3OXb4yajoFvLpZINPp82ydVaGQxTGvf0q/HwF9oRqWnMlE4Gvrn7VbvN&#10;n7Rpt/aTHZJ/aVVVLmdJWjLjNilFipUR/VkiuVfoXp8GBV0BpTBM8dPjJo9RM+H1xnMICGQVtGBp&#10;flnKx1hMI5frrqxM0P0WxtkajWlhZblaL09aNXdmR+8f+87rzffmnGyheZQs2+U8k8fqWFy59zDZ&#10;x2NUyZeKaqfnYcfCHCzkX9zbHAibQOvSSv3lkTHAS/+PD5+71AqLHD0g9vV5z8dPfWeprMMo9fkD&#10;CH/enp/QCAf+Qu2DhwejMAa0B11e3zMiO/Px9re5KxvFlUtir/udwFm6nIuOeFSn4bZZRj0+OsXE&#10;tdfiWRX0u7enHzzae759YdGjJQ6raCucqH73O1e2nhZuTKn1EvF5vIq0LiOXH/iK+By/smIOpjoA&#10;xOayOfi2QeCUEZCv4Coo3j5Py1R4hcJU12EYsFSaao0MF8n+QIDTQyRepmm4nVt6JbIJLweHcnz7&#10;4SSF6UrKn53VZ5PdUKCspiV46r26Doom9au7m1ghQ/Y0Oa4C8ioJtC8lDAXTjIp559tj2VLlZ78J&#10;BM7rLfRVRBybhUaELvFSiATEHQIC3FC8wO2jBkZC6HF9XQ7Ka6fLz2bLTjfT5xEer2LSqwF6+9GD&#10;CioEOlJYzLYpuZySCXyHXcTnfeflnZP68pRzTC/Ba+bZSUIJfmx3mC+xK8sjZ/6TYhnQL8n5Wdnl&#10;0r/33TlBpxE8zaDR73GZ2R7x2ef7I7Mq86hubH56WGkePzwymFXJZHF+wqDg9Q53ffYRk1wj8U7Q&#10;IBm4RxQAdDSqebmS/OLrc/Rfd/3ZTLXiMAnFNHECOlS3m6kR0RhcwdZ0tmPSC3DdwZzreLc9YmLW&#10;V8wHvoSQA5kGtX0QISk+BnrYBjVquQEE6fX+H/3Y6nZCEC548kW0W+fIZGqvWgouaLrVd48aClWR&#10;RMC3aEGnloEDc+ArL230shGl/yyLwJfdRv7jh2W0yKx6w1e/6DXzEOYIb98EMU4dvBDKpXCddszK&#10;RiJe/fzrUp8QvPWe4fNPmyAXLq5LY8lsKFbKp7tWry5ZL4moAiXv9MWk0TCQkJ2jg7wv2O2LeQMh&#10;/zef8cwmycYawA+teEJ44ScwiAPmbWocXFyykOdNLwG4yXzx8dMT/7HHMXFl5U3Q3BOpQLvZDkYQ&#10;ee8wcuWlKYFGjM9Av/GyiJYUkI3esL/tb5jFhE4lKfdFbVYAv5aJIl8g1CyWmuX8ZoWV28dRD+3n&#10;87/1g9tLb37vEK2zQbucY4ciLUWbMbKH4imdYO02C8EXOKx05Dy/smC1jVkgXVBJeuEIBDxA2HfN&#10;BoLbH0gZkVxLnCUSiXTWrBucHjWKVe7CBnZyuWiksrlXY6RVGVkOhuAQxDmj0kG7yStqtIqJaJ2h&#10;uy4nQNbc49MhIyPa7Yp3Sqs0iEvVhphUBYMNJUNPjE8+eBgU45wyAMyyJOLLr2yIjfo6i1Qif9Ig&#10;ersM7NywLRWKqwVmbCqdzTWjQaWCGm4eHI1bPPw+ne+meUN+MJDRq7RWpXnd7oTYazcOZktRqmKU&#10;OuF5IIO9lUbPw39naN5FaOCdGbsIFjltXjHfV8s1WBqcnhdaQO/wRNka95//wYRcMfyrj3yBGCiv&#10;bB8/mYR55zK9Mden5fzp6fFMpWx2lbf3hxghTbiM28cxlJO+vz59GEwo8E/QZQd8CV69MPuWW0Pw&#10;E/74/SUYddBzc7sJZImHKCP+6//61Ug4zeX2vV6zaWym381uP39aBbplVE+IneVKod0uMCp5v5MY&#10;dHpHW1GtXIL1TSldZ3TmmVtzGCRpDErIFyVdvnPmGsyZiexZMBCfm1TLZH2jR9fu10Ti9MTY3MT4&#10;D3tQGOP8k4mlL/YLyZTOPCmh+NncWTrFubk6qmQEP/9ke24eGxDGYdbo5Tq0qrnDvMsuh2dg0Mkc&#10;BbdpBI8HNY1hGQjSIdmUy6hYoDioijQccS0HhC4zOmI6OdwTCHtOu7mYyRcKaRDr213WoNagbLAy&#10;B4gq8f/9w2mnKzs4CNNaUCrEoiHHfxG9vGoesxDxeGHOY7oy68G5vDsQ2Y3KZCQOZ+Xta95gOKil&#10;Wbu+lC92Jqfe0gnjxXx0KOi5HaJrG5fqrahGM0ileyYoyxj4/yQKWS9wFoeUF19vEY/mdqpx3zNK&#10;O1+tp59tPjbr5RMWAfhv/C6jEhhNlpFUEdztpMsh73cFTlD1TTMqq42rRqAvnWsUYABYW9cdnO1I&#10;1ZyZyyOqcasSMVlR8ev9R555Ayk3xCotpUPMyAudchSEvPFZt9OsvLu59Tcf7761an/hDytk5O/f&#10;mP5v/t1XVoZ3yStbe22KMpgPHgfMBlUhXYSC+vWfvG03jKbuns2YFJZRJpjKvH115sl27O7BoUFO&#10;eJTq28vTiUzy+QXmJM0Jtw6j1B6H887KyMyk9W8fHnx479hkovVqrlSKrkIfEdBiJdCu82JRpcGW&#10;1GMhH5DyOnWJgpwZndg6PgnHkzdmrPVC/fQE3okhh+r/x692XruxehBMZuoZTK6h58Z8fGVeXk6l&#10;nx7EtSCT8bgR4LR5gjEtr9lG4K0nIdrBeB3azUqdcxQCjFsM/oNMrZqastgMdLXUzeRettLlNL/C&#10;1gGyAa8smUuiuxZLVnINjstAIV9zGCii3qRU86DShZGbwxJGvaLVRsiZg93Bpr9IcYdmhihmWH+g&#10;rdIpx2b0NMV9/baBlPCfPIqIhTxgvvDreGIinG0i+AOHKmZ6XKyIB2g0C0BSrFZeqlVfmqgv0xB0&#10;+/3txQ3T1TeQ0KMQN+AOmwhiZuDcQYK8hBK3QmOQZqJtlQQtL3ZICIrBqrzS3jnPyvRUMpLLZdo/&#10;+uGrTzePk+n82rzOqpfg3UnxuXajdNiD0pLo8ZkHzyKYjKCErlBUHBM6gqMMPjlJnwAHzUVrG+Aq&#10;uRw0eL5ELzF7UO1o69X8NiviCW04Jah1CsQo9Gqx3qgCFVMBGRjL+3yzgHmW1yNDJKNc6jAKeZ/f&#10;UWrbo075429q+XzbbpHQCuHJReVgO07RqPFAWsrki80Zp9yukr12xQUw2clphWiJhG3RxoJTREjV&#10;avPGtL3aFSRr/b2tsFJUMTEtqL7g1Ixm6DtvqqvF+OEeNT2vH0WmpikJhQfTkzH/RWlsWoOMtf88&#10;v77R907rmjUB/rYFLFss8HNl4fs/oDwTlUfftL74qDbmIaQqgcZiRjoV9hxozeAqb/CwsRNDH/z5&#10;Z2lOW2bXaDoNOnhGBM/av/fdawLh1PPNOkWqFj18qzljMLUYZeyVG/ZcmZetNg3mrogzfPS8+JsH&#10;X2Bl9cala3ql6PHWHiTeaGDjTtKoV/RGDJNp9EN+9Ibt9CT3ZC+v06iuT0ASMgCYYdwi44Iyx5Ne&#10;gBvV7TpV/UykoJXBg4CxEYqAyWKZc/Pm7UcPDu89isAlvOvLCoTdqVFpe8iG8nkNwyqZbhL11VbH&#10;5VJn0lmYLTmk/CTcqxTTE+aE0YDYrTTkq+YD+TGj6PHXtXxm+Po7ZLnTuLgoS0nM4vh8vmxuwdFt&#10;UVq1oQ1Vm2xwY13FNodbm22QaZfXnSDiphPYhvGuX1HzSCKWLl5d4cId+dXXbaNaUa90QonM5WvO&#10;eKJezA/6ff7ialMpL4kJmahtv/tJ4+qKG8gPXwhg9uriWstg5dy/C5vtcH4cC9TwVe9Nm8Xyj18+&#10;oDnCVZu6WeLdfXCKKB+WelDcB6MlPHzxfZHSjGu8b7MVaVoiYkxAtUF/bUb8QCo7B9/HTTJKpLE7&#10;kUw5WSZyuZJAWDgIoi8nyhaaIDlfmTHOOvif3s9yOWIErYCKNlvZ+w+AZ5qf8riKZYS0mn9y4ypP&#10;IPSXi3KKIxTxfLG22yr50W2Xy6SHwDCZ70iJ+rkvAdNSAyqA//F/+E+0jlmNQV6txFkM1AjcGaFL&#10;4AOKT9IOhkaqkWE7Q9yO4+cZivfS7VZLl1eXMJqvF5DTyhcvXZsK7kdJjtQ5ey0UeMZy8gQlqdWL&#10;YzCjZuOBQszykuz+PzUKYXgyEP0sFpLQfzeK5+nUlnXsdaN+pM+ebB9EoatDLEfG5XtQXpVKv/zy&#10;6Q/eff/K+lqfDeTrhXjUp9INFXrx+XlExFdNTN7htkvYisZ9TaXQWApWGJlsftnT6xZSCR8PYDbv&#10;bbHutkmjrqaOQpG022kxW92Ri92jSOvFUUVCa3gCUSWX0Yg7M+PaUnMANO7NDbXXJXNaNOFoBieW&#10;3RDokRwbVdKqhiy3jYAYMKqJVDF49s2oc8JqGQ0GPhqZMeQK5wSACy0ZUglIkI/YrHqV/Ow0JBDg&#10;USnsN4c2lZTCaDFV29s/cE/N260TWy8+1mgtDMFLXVQNlM1jm/VOrqwubFi0JqPKohQbaKld75rl&#10;EC0VI5p0Oa1Oayb9cmbwne/N0koOo4WDIRMLHSZK5VSDrVdCWkVP65AW64GnL+6Wuex2QnARKc25&#10;OSdn4eenpVlEjRTMDC0K51rhEmd1Qrk4CdZYC9oc7TBfiecUcsn1710Vgd/9wV7jsz1Vt43dnffK&#10;qIDT/NM//xJrpBvzlsVRHR6t+yGYWAqAOJoMZqmYWnbqgGb9yy82scrVaRCzZjkIQYo48TQQnx3O&#10;gEC0rFlT+n3Ny5cr+JaqtcaT8zSsftvhKHfQLeVryLMxBmkkF9baeaB2wAsLhJPKyP72j+dJOXV+&#10;cloulAkhNsbYKFNuiv72gmfRbnLJ4QihL3xJWC/4FHp1XS6XcxEp59HkMekYMW4z9Wwe59x+u4kl&#10;Sl+l4ePljevFnVdnGQkrE/TFlKxa7gIAdOivJgsNBN5GvHqfv5pItkHfjUfKuKrQCp5eoY2lwOuS&#10;VauCB8+LtExuNGgiwTSCKve+TmxuZ7F6jGcaZVymBcI0ajoY1dVZNa7gfZ5MLEmmaiDec7rDaKxq&#10;1PLhi6j1MG+obz5ra3QUZsj/97/DGKty/RUph0gk8NAT0g2Wc/22ptlFmbWIcaLDokS/rBnJvjJu&#10;+3I/rTRJcCUcG7HQGunznSDB54D4we30KUoEeCF3UDk6jACQW+r0MuW+WESA+qO3EelSRKVCrYPb&#10;KbeC0RZK+263rtpszixqur1ys5JHbhMzNp7IRpCWX/7ssYoWrq25SGEf2dRTX1IsGmjUyki2j0OB&#10;Td+/vER+8zSSyTXuvGUp1hN8AUsSRjjlgbKdx3JBKqAEw9cvy+dnaKOLsLnF816dnNfVoaomlsCV&#10;bdSrQWZAsxAwdGBxBp3h5bnR2QnbhIfyWPjQoZ8ECgMOhBvtQq64fokUC21Hx+1Rj2raw/ubfzzR&#10;m8if/N7Iw6POa2/0C9nuzz5MauV5k5EFCbHRFEyMSW6+2p5cYBOJ/OIcEQurHj7uYSt4ZUE3Dywc&#10;MNP9lsWM4BXp1LBWuUxMuEVNatUDLpFt0j7JDKvkQDwx9Xt6/XwpcSjihnSuQUNGf/R5pMcmXrkJ&#10;S3q7UIwq1L39gxaw3lgHxlLHq+vu61fXQH6oNkIuq+DFSXtkQjvockH5WPEoZCJloSGUDLtYsX+6&#10;l+4gtWBX2uiuzizeuDNVqFQhnMf87Gg/IZRQIjnZ5rYffvElxR2A0zrggazOx5n/9ZsbkXCEI6nG&#10;0w1gFIwGgpRrXSPudjkiFtXTxWaxLZCA+i7quWzdA38lW5aV4nKnWCTni765x3vz27zRqUQ22xkd&#10;c1h1UqvBFo6JM1WBXKbYf1FcXjTZ9NxCKnr3XiWfBzpAyfYEDN0Xi6mtTUQ7mpFopTmEaarV7xRL&#10;dUkx1784StmdVquZkkv7CiU9JNmNV7rFYjtX5JeSnA8+PB/y2yMu5jR62Oh1JucYp7d2sKs6PW15&#10;7TJ8uo6iKQ3PRckGEn5+hJEfBBpnybbWCD0CgI1EHYMglgO8A64l8KNYLZzHmy1KLkxlQitzmASx&#10;6JitXbU3uvlNH94phFIO2SEnmmgWK10NI4Yog8uhsO+Qs91illPry85Pc4+egsjRFlF46Fm8du+z&#10;F2cisqm1ymxKHUVIHvoPL83oyqVGNAMRVd9tUy/P2P/+134cl/H/Qva7AxgWOFT/4sdT2CDywYKp&#10;JnMFkP4po5Ep5jpD9C6mL3cAxc7t1RvZaqVEELxaquw/qwtkQoOThtJ1iDKaqM82So1Yfmn1psQ4&#10;urf9kRAxY54gki4hEoHbksOkeOfK/462487mnynp6Wo+mCmnjFYdRD8vjvbub96bnv++lraWi36g&#10;ijdmbYI+2axyVEA5qMS//uzh5bU7cDIC+rU+t5jLlAw2K+7gg0YV6GdAViUMvFiczecBhUZucNuC&#10;iXCtVrx567cY3dVGi1Or1x3eK716oVMMLMyND/nqWjWhpgncNUq5rtukWnKSDjmxtr6Gv2GSqJTK&#10;aY3JgN7ZERy/SqC6UUSt/+D7t802UacfQ5b2KYiLVv3qnPH06QcqLd6Y66XSCdtu8Ib/P0Xv9eXG&#10;naZpAgiYAAIB7z0SyER6zySTnpQo78p02a6Zrtqe3jOzc/Zid2/27JmL3Zs9a6ZnpnZqTZtpX9VV&#10;JZXKSCWpSIkiKZJJpvcO3nsTAAIBE4h9qT8gkyKBiN/v+973eaJTi1+TU2NDoShiRYgb4oqj1Kmg&#10;xG3CNxLJa4lhTyCHCnFoerTecqokp2Z34Hin0S9DfTcN5Nrp5rrT69YZ7JRSr1Ra5AqIEPcyR583&#10;moTNFjLRHhccLvh5w16zwsh7bbW4zfdEWsphUmqPtxu7zzJmLXIu3XypKNHrugoZk6veRLAiVsGZ&#10;zO+wrIzbwpHa2m5lecY2NUkOpTWpFuJPsRpWip7l7f/qO+XsmlhS5mPD5llWZdcqA1ZOLvVo8WGi&#10;oOb60++/rVZTx7HU199dhbXD5fF0OQnUmgjNfrkHxU67xbTRKaBkMJMqzXDwadRBh25uxDDmtuIO&#10;zTaUbbhQVEkM/jGx2DpJJXJNZOVPYg3fSODNV4KUTtBalE/3GUQ3l4L+rafH3/+Tm7sb2fu/jTWb&#10;xNKi7+LEyKTZjAEWKNuQbOt0ima16TFa7HobLZOCkoxgl1imgEoFgxQozXipwPbxLQJ/kiXkPRlF&#10;AIVBY8oikuikoqMDMBcV8qHcoVPsnDWUaoXTQRVyrVikjTAnbF9tJKXwU/pg5pkJgn8E/lOTV+hJ&#10;l5em6Z7LKbp7P/nFV2VBInnhEuiKQ0ELvCL5Rhs5EeR7BIRw5aTJoEWBRC7wpCBCZFajlgFJg61t&#10;r9132TQzY+i3ZaE/M8h7G48KnFT8R38ygU1fIjUYHVGA1fn0WQn133SsYVIQ00ELmHw5VhKpoM1I&#10;XL4Wkqn4Qr4qIxXI4ObSHCKI/qDhyooVcd/z0xx+UwiDzTzvdlNynShT7Wm1ADzxtE1KwA83HGq0&#10;RLMzXHuQfHg3hpknW+P3d1IkCPQSMnF8gjlevsC4vTSWQ11hEIKX3WrG/9ajL/cUCj4UMOJxic3j&#10;1KjG5BRtY7U1JAclrlNFcrk7fXlqdp4qZ5JMc9gaKLb3csV8XSAIs11VqjQePT1x+lufb+agjlLr&#10;Sj/+h73nJ0VI3hPRDMx+Yz4jL9XVG4LVTNttysCYBv5nr5vc3xCfReq0tPuv/0Xw3pfE4oQmH1ec&#10;7dRvzStPj7sHp02no6dQ43hi0OpZmkLCqIPgjNFK49G7ud5XEVI139LKCN+kvzmk7B5vLJnaPzrU&#10;66V2x1yzIbEZIJ3WuwOLw24RyxyKZlVqu0Rg//z/Wfv9l6rn+7r799i95wME9+ZmIUNtG22kxWKB&#10;ReRf/ch4/WVW64wVGpSR8o36NI+ena/vNx1Wyk4NzmLwi7av3r5y7bU7QJacnkSQkNHbdeunhbXt&#10;LCxNKgs5dZF47dsOu0/nnzbqfAa50ZHPlp1GVS5VWZoff7Z1lswUbix5R6y3ovFOrX485gseHnGE&#10;RIw4giBm2W49Ehtk8kgFdtCfQDlbodOdZwWQ7geMhqIo7G4ytcGVN+sgMEplylxFvrbWip13VbQi&#10;UWTsJgGQ4XS+4PEIUjl7nmxdvKDq9WtrO3mLvnFxAVZyRSRc9LqVbY7cPgbIF88rQyxGeAw0UtPR&#10;3MBh1495B5lGrsOL9o8VDCMOOjWdgV5tkAJfgsuc0UZDMhhcKIX3VIlT5Zuvw8zBf7l+JFWK3l1e&#10;TdYSe+lKk5ctTSFuTx4lGlaTVG/WdHhIz0SVQg2vT5Du93ZZBbZC8m4+X7E7rMJAvrOLIQ5k2i8o&#10;xkJHwNoS4QnUnYu1QTwNBRA2i4qg3Vqps+4AlS0jo9Z/+w2Fw2E5PuZ/8bMNNcXrtJL94xz2K7Ow&#10;Me5Em62Gz2eDWL1dr22fw0HYvX3Bv7kfB+Yf3NDvfTNgMQvEt64RjVx4wEKzRszc/DrfHiROj9Dc&#10;s7scvTar0jiKiSeJ8D0slxdvXSvlm2wlc+3OaFMujTXYtmRoshFyMa8eQNQ5Dsd3LPUU/Y1EsnD5&#10;ypTFqm0wZYfyht9wa+/039eZhs+0fH76uWPSJBE3hSErgk9VXiEG4ZD/+7Oh171WeKheYHRm5p1d&#10;6Etq5SgeD91KH8bZ+tBh9dUqFXz4cJGo1rCTE0Ti8tyVKR7KJnnb5cExfeiZvNARQuIBrZQy5/t3&#10;dx9/YDMMEGCZX5lvFNNpKEGm5/G9GHGYHbQRT9ZLM1ZY7Pejccpkv3V1GoIps3tGLudduva4xzI+&#10;cfW9b/0pIxC5yubkuKRSyCEijeSLfFD1W+1yuc9kfw0I10wi7PB7B1JeRb2Jzri4m8qdliC+ZPtC&#10;pVicm3Y2QTxtDvH57QJ6xNctrsvFzEGdaelkCBGxXjPVxIVfY+9C6FyLo/WvpI1Wu+nD//KX6Im+&#10;+71/mdx/unbvY0mPC9hdp7vZyZkFo8ENaLvbt9zICZXTAgtlnUI3gYmMpk4MUk6LbtQtnnHJ+xlW&#10;0uiuXl5EN+L44ecsuoSdAYaHCnVDJOuH5mc6IASLDVMvvdmq7q9/8aFjwst2tck4owg5e0ata2Lq&#10;eD09ajbevDr/1fOIzqIv5E5U4J0iDO01/v2HO2fxrNWKz3fdaNQ5TEYnTV+btqMou7w4MxnUg1Am&#10;FrFg3NM0AftENS+Zn9RXy3l/QG+3m/OxhmoofW1l8eqs6zCcKDEdeBGrNZnHYlX2GMlAOb0y/+uf&#10;fX7tlvOVt1wao+nTR4mPNmPn9eJhoXhWrtSHtd9uRsCnGQAgKZZfnHDPOgwGmWxuKngUS8RLrdFJ&#10;2+iUvlpttPssQYkJNRjg0mquisTwlStjkXj96UZlboySI9s6FAe9WmBFCRkUYBTHDmsNsc0I6qcA&#10;DhxFymdC1vvRlCDtATrv8ElD42pBxB+f4xaJ/paqUWZnJ1AeFI+o6ZWg9TDRLAGg3kNjRIZgTqMB&#10;OmEv4NRoaSqRbemN8jLTun7FS8kVx3uVfgcHzaZJSwP/1qgbQH9zu6Vf+8YYZPSteh+6b1TXQxbs&#10;HTqsjEbxB3+8DocIC+fwGTqdWjwSN+ioca8aLJNwjFuYMevk3WqBnZoMYpEDTvjjRyUbxhpwYgGL&#10;3pGubRfmbmnBI8qnug6DaGRcV+mg8ov0gsgEE4eJXrmxAItxPZ85S9br3f5Lt0e++jJmM2uv3hhD&#10;3L+ejLssuiuXR7KZ/uEe57UZxD2lwQqhiWzc57SLpHh0aSBkMCqyiczeCZfPMYuTlN8jH/FTbr86&#10;Xe49OczWeVapwe2a2jliXr4mjmJpJ5AmTfcXvz94slsA7tjnwVtABzqBzUq2hy3SoOlKauMBw6M/&#10;1J+sl95+CcYKRSmrXvZIUsdN3FEA6Wz3CFqruH7VBEhevtQUD8WkWm9zWj9/lAqENCZgZ1v9t165&#10;JpGrnzzfdoYmsNAWuLBK3UDCktI5N0ET1PA2n1eiHlnfX4sUoqVq1GIVzS4sfHTvuAjqd5MzaYdy&#10;gdrf1X3t3REJoW7UtGMjpmBINhpCQSSfCPv/43+IQ6l4c3m819YkckNkrL/7lnv9Wc1glqQLRe/Y&#10;iMepP36+TkLqJaMk3FCFMLZC/mAju7vHOex8YKGNEaTOU714h8x3E5cuGcenxvePuiYzSCoYVhn4&#10;nntx9UeyQXko9MsVSTxeQ8JFRZH3n2R2twmBVbj1hpONOLz3Cq1hxCV+9cKgVWwXGpzGKgXCwTeq&#10;zMCmbLJgwFDMST75pCSVsWOj5AsXX74FZs70hBQKkHiBm54gY2BGQ4Wjlfe6gxbbonUS3B8P9uq9&#10;LrJJw8mg0GGUC0Er3DLFVm/zsLF3AAUsgFz1cllEy4Y+B5fIi9k6lJBViOrnZ1yn4f7q9WGzLjne&#10;Vfo8Zfj1zsP9VCvTbw0WfTN/9cVjKaUd95t3j3PHqe7FJesPf2DrYArb7o76lRwn7/c1JCFHI9xl&#10;1cyCUSt2mmVOj8HfbLbQW7TpqUSGwTvyT76DfS6MzdVRj4kQ4VrfggfCalclcrjNk3/8AzulbcPT&#10;crBbQdoGWg/s7Fpt4vAkc9tnGAyl909SGhWNJ8ug15BIeodJ7qVlyGZ7m+EyqC9vv2J2OQji27fg&#10;RMXUSAytkVRqKqZSol7VDByJJQCgNU3rcUSmtJRGbwHtxOAKzs2b47FYo9enzWos2QwmTSlZVXBK&#10;//K1VCxycrafrbwoak3OuZgOZzHYVmb/bfjg3lf7H7hscyH7uH+KqPebZ+m0yUbpaW7UM6UQr1YK&#10;sdTZPUBTDSYvbD6R8GEsmh6fDvDci1tgLBbzjNivvfN6JrtbrsRvvjaDGDg44FJFI1s40tgXZ5bf&#10;7bTBxuGco+/RCmnl/KNM5IC0BkPzl3m488opncUNVJ7HNycWjCeHzwZD9IjVLic9pBUDGafWCf6A&#10;GdBUl9WFEfs/f/SA7wPUSeD1VizHet19QsGcRpIGvWwMRiTS57D/YHTiOz2unIs+tOqxNlV2B+Iy&#10;e4zhgUN3o5T9OBZlgC9RoQlbZdgXBnPA60wEpSFIIhnd90/cyeca2cjOuHdMBEVRNFNvtwk1nYjE&#10;jbSYVMDYlWjkEkCQanUWoVWB9gcmt2GvLefLDaba5npG8E70colEqKbT+UT58tXJK9fATA4c4g9p&#10;GbosZLtcVhFoao9YHVNqp1UhqxP9ytICLoQ0Jm7YZemt2qDPPKjmcYBqt7I7a4/Qx4BiR6pGE8ei&#10;8eqiiSyN17Z6UKuUGmz9JJlcXBw1abge0XN6A6XIKY54N6668GSM5Jp+n0Uloqy07FvfnGtzHRnV&#10;e7h//tsHp/6psZt3JuxeIjhrurA0xbdFSpLvcUAXaXoNQS2VT7kNe7HcUSa/cZRy+SwQk50dxR1u&#10;+a2XV3XWjt4aVunlX6wVWJksV2lUa12uwTJVGM9XQDbpsn21VIIsiYrgMzkW3w270eil1Sse+3jA&#10;WxmwpJKNn+VRsqrD547Cc2uA8+bEpPPpRhS8grfem8wW6h9/HvF59civHRzlTCa516VCEAgAa779&#10;ohsOkDSQw/NIn9aZXKE5GnSEQtTP/iliMhodHjW2m/UGCP4EpRASWQbj/W/Mj1ol4sIQS4Ce24pV&#10;prRaR/Fm8NIVv98sHQvRsyvUxJRu0m+ORzqBEcvklHFjIxeJcWoDzl59UA2j5yzHNEwa4Wt/NHnt&#10;1oRHr2qXm+tnTdxx33l75GT79Ola6s2vTzzeiD5bj7/zhrdZZ+LhspyXO0y21dURyFciR2VQ8jVq&#10;gaaFAwQpXQaRXCRma6I+m6uSnvEhIWo8/IKJndYQ7HrtnYDDQ4NSYffao+m83kzBerq3HQnN+vx+&#10;o4WWNatCLNJYAGWDpqCtebCTn55zqLTUw6/iS1O2aLhVYaUrVwztRoqi6YdfsbUGb7MNXI6K08NZ&#10;bdLjvfqz5xCQKmeWHcfHOUDwIP9ot5oSjjgPK2bmZTeuuL16XT2JVpHk2itjM4vm3Y34V2tFrKx8&#10;XjHkqcC4nKf6SzeG6KkkkyAFNt5+h2R5lM3Lq9f1gqo7M+tcmEfaqNNiOK+FDEeAwKVtNtrrBZC9&#10;XyphkyKeDiD64T8+rcRjVZWoTfbrZj1Pavq1hkhP2oV2/8nTozJbcY8tIiDa6Zx2BWJzb2dycbra&#10;lLcgUs/l/E711BKotpJAUNNiBw+/rCG2o9F1NIbO7z6t/vVfmaem6HffbH96f+f2yzPffffl8Bmr&#10;U6NiqvCPaI/3Ttv14tlZ+srVm7zM8PjLrYtBZypaVeIDh/FAtHJ41Lv9lvzR59ynH+HhF1VpUq4R&#10;Me2A2ql09cYLLGgqnaENdt/UG2jQ7+9vz05PVbNYEw0Ac+yxVr1SNgkPUvZFCWRy2n0SzSsldarf&#10;yJ2rjQYnojG4fxYT0o8/gXYINWXRiJfD46HDaRqNsoAhXUudSg1fzDyk+r3TVibVVdO62SW51iT+&#10;1W96GiPF9VowPYj6w8ePi8A3XJk1lvLS7d1KMlcw2VWYtRyc51KZCujaNCVtVou3bxriBdHjr8Ao&#10;NzO1Qanc0Kh1dk9Xb+afPxHsroTVJNndJZqY4LfSS4Gx6ckrP//iiYhtAl4hlshhyiog8812EYKD&#10;48qgJxApcrltYFvXGoV337jg9E9BXPrqlavNfBbb+zeue3weFa0XlpekIqkkHJf80TW/nkbKsnl7&#10;0S8Vs1vnVZdN9vqrrr//sFArc0vTVogN4lFWaza8dMtfY4qUwC76LY/izWqhil0sGsZGp6476MwH&#10;lWK+t3veQOTn+Dja4drEn31nFlAfPY4PanW3p9RbKBQwRD0FyyJIQXHVVLPB2YMrKAuGT+NqnUNv&#10;8eFCgjdli2noaMJq0pdSbaJPTL7ygwFb2d297x/1YBc6EHpWh0MjnVIJumLlXrqWt2tHjGpTJH+/&#10;2u8U2DayUs0MYdK/Wqyd5IvrOrVP8uKljlaNVUdZ2vmCVKpHwAfRElzKfSEMPtyddlJFD5LJgpx2&#10;NNsyo83cH1adHjsMcIJIbnFdzUceM8lPXVZ3MdWC295mHJTT5xqjTQzxkKgsBXmBU0lF54+ebBiM&#10;aJ9LMq0CbSHAbj/dPSE4XiFt/uy377vGMLqSkHLy7sPDnb2doLPm9tAK2mWkV/X0e9Pzf1JluGTs&#10;i27rMdM8Fg9rsws3KJKotRLJ1gO3+3WVXJsqP9cZXF6X+mDjPHJQhqXNqMOAS4qksbjHucZu813C&#10;RqYMOne9xBXzRaPdpjXapCottgX5eLReKTWLuZHxMb3V1UifDWt1UO1JvV1j8jrHFymzcygwXCMv&#10;7jbQAEqnatYRZ7XejcVKttAUQFetZgrC4UKxy3XtJudUJXM06Fe9U0608HMlRmmnbWNui814ePcx&#10;z9atfpNIPMRRq15BwEwv4snkcdRqJ0nlUOhljRZsmSSpVKJcKU/7rUwxOxi27b7A1rPdJPJnCn5i&#10;1rB6JTAXtNCSQYXpxWscIe9vbu1ZRlzf/8HLIyF1pd377d090K4jkXOPm4aw4vd3Yz//RTRTbU/P&#10;eOHu+8tfPpuf98t1ZrNDK7DVSqW4cnP60pXVo9Mnv/745OxUufmkOmbTvn19ymdxVEv9t16/AhN6&#10;qt4CHODJdnrvMKca8Hi9PQiXct3hp4+OQEkfc1oNNNniWIGV8w0ZRdKLy3ZSAaeHoVxiBaH3+p2R&#10;0VH7F1+mAU8HJgKyeq1ObdWjDzIsNjDHI5sV0clp0WzU759lZ502iITvbyRur9hiJzCoKG6t+OxW&#10;xf5Brs50JXKpSoWvtBTU3dNIY8pEO5zq0zKDx1Cn1UWH8uuvA+ahymfbyADE02wbZIShbCAMXSPa&#10;JmgDhaFrlJyeEaZnNOhqdWq1eqEH0nX4PK2leyjHH+y1LS6116/PZwtWh6oHC/qEtpgbMLC3QAPf&#10;7JAy1bW58ZUZRwFTKWHgdcPDjIRwF2/76RUnaZTmazWVvKNWodGEkXt7cpaIHYjSyX61NlDKpOgO&#10;rVz0iftMtlgVxMRYYCQTS3mD5kDA8PGn69li22ozuZ3mDu7RAnGabhrgTKekHjwltYNSq/tkrx1w&#10;AfF0KjdYBMKwesOoUJx3uxl8fxQy5z/+Q6PVli1cGHu+VXLbZU5LDz08tU4j9OhMSrp4QZNIyT77&#10;qLy6avnOv1oOTFDtBrDxmXSZXTuqL62CYzc42Dne3yfjqf6P/o3JE5SZXUQgwErlNQ7Laj1nslII&#10;2fIDrdO+rFCNDgYqhcJ6cJSRSPlWK81yDZWKfLrerOSHHrtZqrR43WPDartf7xnNI6kiiL+TvQqF&#10;nrhEoaCNorFxTOnmGrnDeqOFWrdCJdy6uZo43PK6BktLvak56cKStpBFJ66xfVjRm4qjI1XxgKmy&#10;5qfrqtnJ0vIsbCe0x189O2m89cbrXR7ju7aeRtpBXCu0sNH/4nlh7vIyfJlKvgrkA4yjiIeKO81W&#10;V2Hxi7RW2f6ONHnQun3FOpBoPvh03+dv+dznzUEulmh73Au0CnNXRWB0jG0KPvdIPMVSlqnlBcvT&#10;tUeZQnV2YkSltmweFFwuw/UFuUHnPDtxqgSDSyNrHFWyEF5mmnqBOt5tDdXdl96w7e90uy0ZUDCi&#10;rg6P2VGv0kQr6nVxuS4yO7hbt6uUirn3pZzWaC0mcb1QEwuQzet1av18wNtlVTtHtTt3piYDkqBf&#10;FM3V4AqdXzQ6nZTZSGRKbVbkmAn6JG0pVt2ukEoqQ5SG8wQ7nEgxf0F1HhUdHMO1K5oepYHYCBpD&#10;XrtakBdlEtzCQXOQbG7haDzAf4Ua9+brVqE/wGBDbZTbPcSor52oFL7cOnn6aA2OolG3Y++krDKK&#10;KT35k78929mHrFDZbQ9OzhuSoWrJjnnMEI42odt7+LBSZahXb4WapTooXJRWcfmixmdpPAdfptx8&#10;e8ZebBGJbEkmklXrQ6WKnhhzuvQITNWOIj2SxKMb7RQj8b/+z99hWXCccrUyq7b78tlkJXqMG54E&#10;p6wBT6Ey2i4PyUA2tkFbrHproFLMyyR5bCn74m5gxFDKV3QyzejIhFJlBTlIrmssX1w5OU6Cp43y&#10;kHgw0u9mdw7vwY3g0PteJI9LT31+A6joFnraqF94/PxvwUhbufRvCa7D88VkPMo1K5OL18rFzOF5&#10;2uR0mQAZxNFIEEit220xHO0dAOi1vLKiMbjBTwCKrdIJM8y6QmYnpNTe3l+hh9vB2xhpV5O2UU/5&#10;RqdNzmkGgKbI9oADRGLEYJM6fUjMeOIJ9HjODWY98NypaP/O1Vv1JoYz/ZduTIgF5eLsSjpcVii1&#10;aIlx9bxBf8tkej2dOs5mPqw1n25sPjZZzblcntb6ncEbfL8KODIj9PKdstX0R8/3Pun0BZ9NHz7J&#10;itGY9Ac6vKzVZUGTiyQyNj/KR17l8CAbTrS6ounL17udjs1hJcHhfEF4GRqM9K/vnWEKMRJ0Jc5i&#10;cDqibCTHTUGikipoERDV1XQmmjA7xwsJVjboWS3Gk4OcCNSQHhhAPRmRE4tbjTrEPV6yp6qGd5Ua&#10;zCJ6IHSjQOdxSimVNBOpRE4qngnvQEzp9HqEP9k+JNI8KScqNZhoefuIjee6f/tXW1CQT0w5G3WM&#10;uxSB4Gzi9Fzj8oDfD7pXb8BoPYZYlu1X2h4d+XAj4Q2ZEaoE7Hvpgl0ilf3H//uz+w9Ogx6dWco/&#10;uHsgU1I3b89Hwjls8Aw6cmIsKICYXGsFkK5WqJKpipaS2B1kIDAhH4oePDgQOOqdO8t6OeXT66In&#10;oCHqF6Z8aovyP//T3VgsqZAAHd61O3Ad1UxPjWQZ5NSHagIwHW49W8UbwmKXHx4w2GWMzzndPqnT&#10;0y/VW3Or2u+9E7j3Yen5RmrlmnVrv2HxO4YDApvg3ovRzwA6iF6HH7IdWqsplmqDQS/gsQCZNnHJ&#10;WqxyuVTTrCYAJ1TIu/tnOJAp8bEFU7PV6slFAi0Xpwtds1V58SXvzLh2zKEc92sQlf3lx4m1vTr8&#10;z406y3XboH6fH/cqFV6g63e+O3C5OHFPPehIdYByoqGfawuEKJlqTE+rRMPhl1/mvV6DyT5IVThH&#10;wOYfVR7tZ5ksbFlCvsZRWlutiGSJTCzjfnlvN1usvXrTUUPXsN4LJxqtTksiR9BEEst2pGI5RtKJ&#10;XDuwoAcGXKOgHS6xRq9AjjFymKLEfafd9KKVpjRIxd1wtlBpVJDIxZ/EH3JWS3X49bCCXZgPgvC1&#10;8fw8HEEfRqxR4TXQ0cjw/tZDt+LUEc10HvqXJ08b6arR7fEJLH/rqpsywSSmrucqqG4GJ8zwS25s&#10;w3Td0GvZ33/W4SXsez/QkjbVs63S0Va6VWNx47x1xzi9aFLIWbdDh3jv2Z4Iy52Lt1UShfDJr8oY&#10;JLrH6VgyLOaxENb+7MPnk/4gLJZfbd61OT1Oo61Rg9nthcBIr9dEo6BdSlRkp8kOPB4zP+wnM2Uo&#10;wXQ6Xa3J4tRYbXV4SpIslEq5HZFEExq7/uEvP+60ZXJxb2yEqBbTSnXTG0IvltB2g0SnpdaxSsoy&#10;HlKSchEp0gcC4/snxkAoiQt3t+WwGtkPflPf24tduh68cE2n07f29zrFgubS5ZGd3RjAaN/6xq2T&#10;IwQgzNU2MizDuZB1iEGXUxqc1VkM6IkKCgXy0+6egEQWSNHMSSzjdPvz6YFBb0FDptdFgx6uX5PN&#10;regMHu9Hj47DrW4Lf5nOQOjlZDqdzhZRhlpe1KbrFICUNrIhLxS1ndqEWXBJ20StlyoptX4F2ynw&#10;aIIQkniq5rRh2FPd3IjVa6KJBYN/upJI510WS+LUFD0sIEV/dIYXhmYiYGpUupk0Wy3UQfdEatHp&#10;Uf7yswikGri/FmqD7d0SnKupPHSA/cuz6q2Nht3jrLLMUaxwsNcymPtGO18qDGNxBZbZmToelZJs&#10;gznO599cCOwnc48OctBjj3r1VqcKB53JkFKjpfIlrl3r1vPdZCYvp4AEaf3qgyMWy5Q5RyLWdOgs&#10;haqAlDi+g+NeC0Y67eag0QLYRzITctKC7N7zYxR6rDY9ZgPCUJRIYfgxGB+jZSQEiLlEovhsu1sR&#10;VDMe2qnVpVvKr99c2I9WEDrw2BSxJAdGmFYli+d7JgPtNZLEv/nRTWtwCXii7PG+1j3CsfVC7Mzm&#10;m8XghULqnGmXEvuU/ZKS7Km1snwuzRY3gLMvQ1xDaAEmCZ9XwBy7evN1gnblqmtKExpBiNQieF/u&#10;cDVQByvlMKBXgGm5zUGZzKM1inQqq5Rw14G56m9Zbdhr3zrf/B3TPo7EC0ZPgNIMw+GYd/qSXJQ1&#10;uw1aGIYg/9OoWx1ZpViQU72mmHi6jhxgn1aWzrLhvUTBrOcwe8tkQXHa76IrWcy5PEbf5HStb6Ft&#10;S8MhzH/79Rb+Qmse53Wwg/V2k6gPobVhesKnoyRAnalJXyhkFklyJos2mW+B9R45SNxaGIskmN3D&#10;3KWFxZGR1Y21v6vWHh8dhNuMCgc3XEhdGol75J16k0qePg3NvtTnLPce/9Jhv02LjafHn02NThfz&#10;OfTCcJ9C9poZsrxKYg3p0JZTKL2Jkz+gYmsev652Lq59/sEfPvpcrSZ6/YHNrBSLxI83kvIhd3HG&#10;Wq8zeqfNjHmEijzY2MqcHuGD02cbE3N+pW1aRup0ohypAoVEA6/pF7/batcIu12QyOsOm1omNbcK&#10;kiHbVGp0uVIfP0QtEyklL0KSsURTbtQHxjwmu/00Ej86ObR4pGolR6v68LppPM52p//T/7Ib8PtR&#10;DFCICAQIOZG0I1EX8pmJSxOlXMagzK/ecB1EW0/XG9HDoqrfWr3lBrMb4g7/KPU3P7177+Hu1UXv&#10;N98cjR4kjh4nnGYfinR2jw/E1dhhRiJWqkz0o6enIZ/CZhAyucxAMmg0Kz/8s7fLsUonW/Q6lFaT&#10;Opdg8WE6OI3+/PfbIgX52mtL/+df/AKDDZMKloCWXG0uMcO2WO7yWbfPE0cnMbVU7Hab8rWyXEuO&#10;z5hrBdbr02D6J5I155ZFlLEE9MHmw67dPPjgd/mbX3eDtHZ+VEbfetBFj4BnXui2hxXIvMToa0gw&#10;8oZsfOss+rV33D2C2T4r4yflEsWtveLylZBnzBo5KlrUCryONJRm3G5sVfgbixZCy/NyIpdqQ7Z8&#10;cs4n4lw221LRhMVBGF3iPo/mrnpuifraj8o37lTKKfPP/lKSOEAEsj876isWpV+uZfuDpsVLdeVc&#10;ItMxW0lcdj99kP6v/9tVhRx2mh7f1+09jlmVw9GQo8MhmWfc28uBLyMohhaT/mwdBSdh+kLw9IRB&#10;Bz40ilkfjScrsEQapQKlfrNbCWR/l+kvLhm2D+DUeMFqkYlJ3L/Rh4EizWaydtu4+kBUP8D6o0/g&#10;fzm1FAL1Va+3GOuJmAUxaK35+JwhO+JFt2bKR1t9PrPFfLqey8VByPNKSa2cNjY6sk8+z0CSfJYq&#10;IxVFivtr2+2lK06nnYTUCaPhwzPQ4lrf+rbcYK4+2yr/8pfpmTH79kHXYNV970f+VKbel5mDXk2H&#10;bcbO6h6HocIgLod/b9mnnw7D2cbb73m9duXD5/GtOKOSNi8u/0tSYf3l+z/mxHAaU90eP788+td/&#10;s51KSUJ+5dS0Ueug49mzX372vDEQjY10svWzIwhR2VaXH+ycZfBc3lo7wn7d616yq1Wb2zuALKpk&#10;xdAk3e62MMcNP9N8/BMuNG0g6EG7qLh+yaUyBdkWnzqJw+z9+jf59R0092m7VnK01kxEq6Racu0m&#10;Rio7NUaysSUwjdKYX1sG/7zUm5y+FM/kKvVkaFLVbIM427x+R6PRNaOnuWfPcqFx++rykkale/w0&#10;v7Wr3djXwRnztbeuQX5ezh58+Ov36y+8e1vLF85/8yD5/l3JoDlEfltn8iwsTBeLu2vHJ+mWKN9g&#10;t4+zjQFL0P12LnvNITNI5AD7rkyoRczgb3+dm7jic1qV2+tnk9MOVFC6A4HUGBNZ/qWXiemQjG1T&#10;dz8advJ6i5LQq0lBgOGOMJokvLiFS9/4jD6NwTnP3X+OhRkIRYTHYc5FWavGBGCWXt33mNlEgtvc&#10;72GwEE0x+RK7uoxlUFuu6G5vd/Z3WJPBODU2OmabVYnU0N9EcuXXr17bCYMFBxw18CA8RLroqU9N&#10;asNR5q2bjkZRQK4RBzJSZqtnpG6dvtPqhHONYpXAvvw0mgm4aJZpZ0p96O5rTWbEjy2n2GPQcH2m&#10;OGDawmB5UssNep88zar1QDKJd46Tz/YqkTR4a1SN4YFuvuQzlkQmsErO8xm8ZTCf3jyAYEk051cV&#10;cvULfqMC8Ygfvus3WQImz4xczJid1mrmwOaa1NvmW400QB6NJiOwRXvgKlpt2fAnCLj2WGry0n9v&#10;crxr1o/1e0Q+VjKQypHJaWQRaSorJ1pbW+ezS7MSnFnScWkfpL8e0xTkYg4iP0Hq0DtxRq53xOzR&#10;zl2XeWp05BWuttesRrR6k91hx2lNLJYP2YZ37EKvXWw1SoLM3GqDwd7SoQrVi36+Ff1kvcRwnXQ5&#10;ly2kVi440PXLVZn58XmvC16q/UKj6fUY88kXYbyRuXeRR9rd/Gk6dTQW9ACqVK3YQY4qF+/XGU5n&#10;QStGms0ct/uD6dmrICRozNTB8Xkuxxm0qicP1zuNAXjQYvHA77CLRNX13Z16UzHtC5ooTTbeShye&#10;X14YswdvgaZYiB0OO21o6VL5eqVy+sb1f6GUHWq0tkKlCp9fsdzF6NzsIw9z6SEFaUDdZ796sLc+&#10;ECGR5cA683R/0ztqs9p0p0fnehVPaem55VGnWS/0uqRKxgHEkk+VowdalRCNV8ulpsNjEcmIaq3q&#10;HB0/39/sSeAqUiQTNVotZBI19/i83q9sdyo2s5eUmtKx7FAy0FrNC0szGMprrRaQyTLplMlCxiIZ&#10;yqAcEt2zeNjkoADtwzChWGoaNGT+oHBy3AAQYmHS8tmX8QrDpdIxxygaFJVaNTo26642Wr/9wyk/&#10;IENeEwi6Jp0wd2VeajDd+/Qx3+mBrikZdNxG2ckxigmCWqGiDLZotnXtFmCJho21LG3QWVyKg7O0&#10;zoieSVrtJVeumVcvjmVzeabMT4+6h3w2ma4chhsI47i8aqNVubIwXc5kQx4zbA1gWkol9FhwDBHT&#10;XCZt1VKz40Za2anlmk63GVcu2iC9cNneZwRcKDDt1BhlF15iuLby//gfm3fv5uZuqmYv+L560rnx&#10;lmrjyyJktnDYg4mjM1vgZVFKhcvzzrevjKzMmLXYscF2IuqXmPrDtSzbEZDVESkUXalscky9/jxu&#10;0sthfL0w5jYrVYM2QzvkH28XHjzINmqAE/RBe1xe1S+ukODKTs4plaSs0yH+9H8yvvKdTD7R+s1f&#10;WD76Kd/l2i60/lUS0BZIGrshES/p6VwqubqL5Pl4yLJ0SWVw6nF7tahYUOi2N1Po44PDcBAvY7/i&#10;VMs67IBpNcxOI5IakfMmZumjy1akxJhsUykhKgx/8bIPpYKNzayGgoZPilgP2psbG5V792uo30ul&#10;4npHmsoyLpu0xzXA4pNiYU6Jv9pM1NmBEeQhGVoBiAg2Vq9PZE6OmUL58uXJg9PWKuoc+pYNw22J&#10;uAOueXcICNPvPzpgXjTNlCaDgD2TxqwDqF0YtvVqPlHoff5VwuXqvfKS2TciPolTJ+G+Z4QSutxM&#10;wOi1muB4QLTn2b4AwIbHa5KoaIkcv63a6ZBqhaTb4fFLr14OaslyvjaQG2i/X7133oQpi+FqOqVy&#10;KfS1qfHgyfFOl6tSapndqQdZs1wAYI/SG7of/+GxWsWYXICOeBamoZjsC0N643nVaNTYLdKVeS+t&#10;8+XybdShL8x4VAa6Jx5arXpeklMZeZpSHH9KSCt9i7epchGFTH3UX1PqKAKrtkKE1ovmFga/fp8b&#10;okSa49KxwdffCLVZuUQWNmjzM/OBWkXHc+TkOMZeGoDXKjV2ecmi0tR9AUl7yOmc0vFZQzGbg69Q&#10;Q6mJvjA25i6XmN3tZDLNBsf9B/GGw8RMjGk5cbvCni5drVGO6P/+n3MH+2D3EIDBBr2GbJlJZ55J&#10;FbVKTzaQUrsntUm/EYa4jfhAZbdaRIovfp9u8sjpE50GX2OVBSnVYACTgddaOnNB7hppesbkE3OG&#10;arkTPubVSlOjTneYPikTZwpMqd6hDeztNxkRVdNYuPFRUH75F60taeeNWza8R3Ui3TevjHfbfYOd&#10;lsp6oI5sHQxIUlhdlc3MD0wOHlzWJtgMbd20YZlsaVZDoyPI+ancNIFBdqnI9W0uenXSfXJWgeXj&#10;nXd1sDqehruo9pTybWCAuBZfrmnxSO/VuzBQFepiDFp0DjU0i3YNAchwrN7ZPE1ZEHtQK/CK0ij5&#10;oWTo0YJVQR4VS2D3Q1IiFSMb3IcqDk3CF4qLIRhbUpfDmI4mIpnydy/7MeV4/7Mv9CoIoNh2V8o0&#10;OYKQAY74gxtL375269HRAfG//Tu4uTWFstQ1MivC1qTZMPpf1eqcqdhRpZweCSJ6IAWDW0ZP5yKf&#10;02anzXdV0mkfffITeWsLbtid7ajb5RpduNRrFWOf35PmOzoQQYz2crNHyiWtXFXGKUUi+UnkXCvT&#10;6S3Og+wHMbRHCnm7wU9L7MN+diBGi5tHH9vhM+pN5lJVBK0iL4iVpiDfbdtdgWojv3G8WWSipXJJ&#10;o8XyVg1xnSCppUrC4rQZR1RBDti4KZFIE0JBp9JAWttq9GRKu9m+xLdPS8XdBis/OS/vnSUplWtm&#10;YoLtbZ7Ec/fWj7bPz67eGYPg3htcAMAlHTu02H3yAdcvpcdGgt2BeWZm5NolS79XrrUQrGQhiiPF&#10;Q68ZboRqv9cYX7imNASk0oJO163kk/BiT01PNNqfuUZWSIW/DxcTVFZy9bDVLWWzZqdMrJK2+4xR&#10;ybr1d9Do2HqyVktXfcFZhRosqGOz3SGVEeVCKXKe09IKiqRESodl/DInmESEanTUYzBYpUav3u8P&#10;zk+wtVIrH9VZ/LD3Ya9tMLqj+3m0FC4suuW64EABD/BuG00GqVmloHlCMDpsSqVRYwtxhF1jdblH&#10;HJIeBmnKWqWAv7yA38lhqtpRD3vmdo2lwIJghOs3Fjw+c6/X3znK0VpCr+GQB1NSolw0PDk7prOG&#10;mBbhtGiAzRO6LEpfVrfv84+/IqW69+6stqqiyTFfvSJhGLnHBNoG2uek0yE26OM2nzoSb6E6NuJW&#10;qEwymVrQOuU6t+a1ly5Dhvyrn386Zr8A63UCTSy1BQhhQiTN5qt//J23QZn7v/7i45WQC3zs4Ejw&#10;6oXpZoGxG6R6hcRGYjpLFLJ5isQReLh8eeyl1x3dhkjRF/DlgYhGYxFPX27/xb9vne22FlbV9x9w&#10;nmnp+T5rUvMOk+Rwo2sxIe8gNhvE33tv0mWQg0nb6Uu3DzNvXAu9c9PP9/tml6KOZp2YbFQ5pslA&#10;jLAwaUBI7dlOBpa92zPe2VHdYaP6m6dRUbetojozU8pyscWw4jf/WL56hxtx022gmfTSt/+kFgh1&#10;/u4/qP/hP5nzibpCWWfaA9AWF1dtcKJYrEOmUcVUVaWT3nl5JHKA8GsLo0tvQF1IJA93ypRKDzT3&#10;wpLj7tNitMx/83X/hYAqHM24RvVDWpWDtXY4vLhM9uXswo3F6Fnt7qcRiUSWL3PpSu8sigyFJFXA&#10;cn44HlQePAf8s4ndHCo/qD4Eg6h8t9LFMnKf05dns0BPsb0LFyY0SjHOT3g0ujw2ocNSYn4sYK2X&#10;GuNGYcklnJSE//Tb1Hm5NDXVOQ03nm0VXB6zIBfOo+dWQ82qJ+w2czxbszvlxJBFeyRXang88vUt&#10;7izWXb0q847Bp6jmmAGtMtlt6kK2ZLN2F5b0n95NAUs84NufPcrZrXLYuAxahVldsRiHp9H+2mbt&#10;xjW3IGmlys10pqbFrVilqLXPMoWHLYZZHA9OjbkRG86VO/MznkKi7nDbJBIQnhRBmzERHoz5xvuI&#10;ydVyCMWOzY6DJWI249ivmrnwqgW/hs/+5vOvbOhxv7r66MunQNX7p5WVBKVKyUdMTY1HovENnh/B&#10;5tHw+HRSSR8nTI1JhQvqzjP6yuTt5dmr69vnL780DcB6vdW/dAUlV8AhTGKJF92wAUQPFebx+v5p&#10;8jwwi91kH+EUm9PQ7unstlFiqHEY0KxQi0jjoCdbe7LbQ4W2i39UaZ4p+f1hs/V8bPJcrG78+O9M&#10;Oxtqk6oCRi7EoZOjIpmq/3QnqdUIlM4wJKQk30WOVilRq3X6qSXPbx5ECYki5NCnw8zmToXt83XZ&#10;4PoNb7FE/PZu0eRtTUxjrcMVGcev3oeUu3sYLiG4QECzxoqP0p1X3xMu3k5xBAOMzUhASgNg3DHd&#10;fypMBXV+o3jM7W9VyFyhf389AS4rB8u3zpguNmFC0+kEBAeUOk0xIoeb0iYey2TqLFE9KSQ24mdn&#10;xaMvdw+TefAxqHQZmWeVSqku1JipoOJwW3x22Imf1F0mx7379QtTXqRDHz+Nuq2kRCrsRV4Igl+7&#10;aVuYVj/ZSsN7X2JblFaleWFaZAlBsNJkOl0lFZpFn38zHM9lK1ab682X38KLJRaNZzOV8ZAVKGPY&#10;L7rcC2rmgBgGjYpxrXYrVsWnIlEQMgUWdFlMkir1yn/z1o/MFtOvn75PfOdVBG0Fkz0op4yV2K7d&#10;NyHTT5eix3oaSrNmMhqDllsJApXjplTOCwPQlhvdzLZFPWjWSkO+D7lrMBSyTC/X0snwbx4N04Pa&#10;WQEdHLSLKYNxf6/It6VKlSpWxkbKMj278vNP32d7un4TRoieXoZTzOlRrMQwTYMeVaosKlk0KURO&#10;EoV8HIhXZE8G7ZJcJWnxyBwv0kPHnVtfX7kyc3y+PuIH4o0+OE4CfDs7OkIMDcUCKwwrC1PzxVQf&#10;6BAe0nJa2yrEOabVR2fS5vAFbCgYUqTrKLwB9V2HFwMvCjQBz8m93pHj022j0TDqcR1ubzPVjtMx&#10;Pnf1dWC6c+k1SkcHJy5S8rpIwJgALRte2qlMzowEV7/Ld+qF3MFJNOsN+TLJuNVkl9PynciBQfdG&#10;o1ciespRI+2yGXfDaaY/tHppSb8xYX1dqw4hL3t0eNCXaKRC3TN2MRnZTmeKQh8Ne9lQQNB/MMD3&#10;jynSOhoQfa9DVSsWDg7L3qAFwp/tJxsWA87jw1QkpbEGNBq7C3B+LJmb6NVIMMwxAw5tVwISW0qD&#10;DmORv+gstfPZCvwjpKJZbxU4Jo5zeujiN7rtYe7s0G3zGjSGdLw1t/KGTCJiQK+vV/3jVsjkUDdZ&#10;ueAZDRmdfiNkOv7pOTWpufurNYNp5NLixObjXSmpfHz/4OK12e3nayKeCXrMyUhWoQbMRXt2VisW&#10;uUyiVWl2rS7SYoYOvQauKj5ROOLUaxXrqLk9bK9eBN5p8Zc/e364tzVqsQYsM8lCfP24Gjtpf/32&#10;Rbwjf/37w/kp/1DJ757GqpVG0G2bDdlVRBcS1UqTOwyXebFQqjRR6rr62kSq1plZ1G6vFQ+3C8vT&#10;hpPz2tl5eXxSM3+ZeH5XkLB9q0UGBnAyJ/zxt13x09bMnPJog9dSyh99PyBIBk+3SwfnzWi2/uwQ&#10;jBTBrFf/4g/741797JQYRbfj7a7HpMznkKQR7LR6Ztx8FmnZaSWQ9GvR3L2zMh4wVhs5N2fKp2p4&#10;AP/R973ji7X+QPzPf44JU+9r/7reYsT/77+j/vABoCloBjUQ3iYI+uotp1LRiYcbmEDUamyZEVkd&#10;kkKyebrbX5o3nida69vJS8ta2LrCUTh4qHyy9d67Y8szFmQOTvdL6VJnIBMmLxhuvO5SE/XLK/IP&#10;Poy0unW7x/jZfSAdhthA5gFOE8gRH5kpdRRas8snPXoCwa8hDYnUC0O0CFhaXHtIUgFjVC6TddvU&#10;06OefKqOW5TPYRY68tmAs5PN4KBzkuwFLUMDxf/k4/L7WIQj2E+r5pfliGNoDUavS7sXxmKInxzX&#10;K+SgxVDIDWXSDWQsv3pa1huUF1fc7briJ3+eYrsKUs1q5WW/BxVktUiMzpjl4y/ivLijpPsv4Phi&#10;8d/8NDc3pgdxHroVbKn92AObh1evL/zDP554TcOL0x5kAp5tR5E77Q5l55lELrN/aR5hn4lKta3T&#10;K3zYUQrdhxuVSqkzHnRkC70vnyQuLQdEbC6b2pmcIu1W2LPOIslzZkgi+KGGhLiWffA82hFLHGYN&#10;V2+oFd2L8/7f/3/NXqKjVIv2KiyvI4qcTqVShbwykD4r1b7eZcMkJXEqkQ09l669o9IyzzefYati&#10;cHp70kKumFqYxRAObZ9qpZZ7shtbveaYm7dAm3P/YYxpiYxaaSZbSueacqUhm8USRrG2EQMBcWEp&#10;hOAM5KkCz5OUDf9+OiNIvdxvfq88PwK9+AXbies2cY73uEkdLamwAxUt39iIqeQ9q05ZSot5ToFH&#10;drmUzFZrsA5v7aKi1HJbQOUgJy479PpBJjcYyo3ovK6ukodn5I9/LL4275vwSvaO8ygjIYnWbnSZ&#10;ZrdQ7WRLVCJuTEXkmaj+bN/04H4rEufw8CwVu8VKP57t2Cz84hy5exS12BVss9MZaOQ65OmqTkrX&#10;T5GjqlA6V/ynp1+EOZzW6pAySyTgLXeQsOMJkh30IApZ2yv4Q+rAqO7x80r8vHtxyso2eKfVfnbe&#10;VhCURY5fJzmKV2v1FshZ6MV7jGgDs7sRNlthvE7tK/POWoGvICbc5IZDolrv7UXzs3ab3a07r1S7&#10;XSAfnD08U6tlAnl9kaLawqkX6nYovESQPLcH/CsjnkgJdWSh3YXAW0qTcjTIXRrtj17+5kH642zn&#10;nHj9ojZ9Htapenjapo/XitENEkZkOeiL0eRprMf1TJ5JvEe7oIvrMNbLxU8O4ltRn99HqpVMWwxN&#10;/MT8ktJo29/a/c3fPwD+n+8MxKV6OV9Js70icAjdIcqxVodRNNCatI7d7S9cZmO/Q7INUadYrlea&#10;uFMP+6RBpT3YzynFfQQoEqkGoSAQz7f6Frs8zChKg92KydDCytLZ4XquHgcYp99hDnZzMqlmdiYI&#10;RyNYi/hSprLVTk/hD8wWa/1sKTdoJv/w27VEXobXeafNuVECUxqi5zwSKZSWhD9dpySePk9KhtTk&#10;5LhIqdZqNfnz/dhJVG+yDmWS9YPNX/zmd36vbvX6/yCWTZJS9LoolCCrpYZeWhpbek1rGWtnHz76&#10;9JP17Zrf7XE6Akq1W0ROPD38bH7+hozHyFOZT6UeYQ9DUUOKa3aOVif/F8lQk8k91WoWT8IPKYOq&#10;105Nz150+Mfz8d1ouDCKsLdaA3woZbByYHUw4DtLmMxJ7Cz+/Gm0Eo+A/GTwz5mNamS/wsfh2cvz&#10;lFq18enHatzsFq8QACzVYuK21IeGtajKtAatjmowFNWLyf3to0wy2ka9iS/UG1kncmwSI67krVwW&#10;GaZuD5d4E/ZpA1QKRCKF3g7MYa2eUOsJh0vd6vNo3L/InGlN/KAnQpGlVuEQtJDIwCy+cGW1WsaJ&#10;bcs/rn2+cchCo6jogzN5+Urg9LhSzNVRY49HGXRSssmMyTEKwri8V779ylIGqiqRjJJLnz89Xt84&#10;hERp0h2EkO+0clgedP0+O3jFP/n7+9/47m3wIZ8/25OIZF6bF4HYP//rj57tnmLu3xt2bU4ptE8y&#10;JU/a2AEtLF307G8WHj1Kmixym0b96FkRtmhwyGhju3hu7lcl5WIfTlO2LrCNxvi0WaEDbleFl9N2&#10;uHAYEycSNY8R8iNkwRXffnPq6WE2Uuzcf5REpO7N1x3P7mNMNwD29XsvL3BN9LghWkXOiV0c1Tw4&#10;r6CLMjftR3aMY8jpUceNC96ZJanJwoY3CHxX3/pu+/nD/vbnznSEMVp4k4GEFkGmkGsNsm9911Wt&#10;8Gd7lYmgqVARnycr777nCZ8OmxXWopXHEg2DgZ4MUudn1VKJx7bsn3+aHbDSfoPBKOL5ZhM1rovX&#10;LEq1wItl1y6PHj6rfvW4RtEKn0+XKwqxdOOdN+wKohtLMIEAjW9SLoa7bLuaGXIl2Ytea7fvosUT&#10;IzDmafsdSbncBRwzaNV0WziCdFxei9siOduK3Xv/wGFQ1jqi368XEw3xz+9njjPtAdcc8hy+OyOj&#10;7fGgVClWwQWczgkup2Nmds7qnCLlFsjPtGbdhctL0fNsOlufnbNx9dbZfhFv0M+/KBIya60ihVqO&#10;FBVU8qLW6Y0UyJkJud0EoKwwNa/T0T2JmOjyGqanaXBkoy2dHoHAp33vUeWbb99x2W50uq3jeOEs&#10;jhu+6O3bE/PjE+FM02LGniKxuX8yMWUH9lOpkSPHnMtFgiG132kkZbzapHS4VYVYJF9sTi8EhEGL&#10;VsFbL//FP57OT9uEfpEX94GeDydyjz8pHz/uJAudgoSmPDqflzbqlAa1aH8n//Qxyys0yWrTrO8V&#10;0m2aMk1fvd5kYsXq3viMP1oY5GrZgLddyFSePGWsVozPORz9F+ZcBIxrvNJvsx/tI35eQGiIYzNA&#10;gCEbo9YpNWoIWKTxTAP6YZ1Kncg03WatVmn6258V98/J8ZHupQW09mSVigYOOEDksCf65suvShVE&#10;rdOwW1UqGQ8p2szUawgkn51FhiJuedlykhNFStzL16xtsUR9MdjVS60WOCYkB+cpkhbuP2ptbmhw&#10;BF0JkQ1GlCwMWxx5ccqbCSPH2sFshmVszaL0ZL9ZKmqiYQYNzI7QFVQyhq2exKoDqfjVGwgNZTlS&#10;RGP7u5ULTpjGJ7U2Si3KSh98npqb9FSF0pNwTE3KSsXBS0shC63f3CvJZIDMkRIJBv883nGcRLSy&#10;DDcoIZYM1CS3MGcmKaVcDjFUkR0IBjOYQhKzBe8nGVKKM5Om9f0auoWo4Z6el1CJBrEkXeEAn4vk&#10;CvwQinWNyYiiLX1Wy5iMalznk7Hk7atBJLwKWXxuh4JYkECvxqMRPtyKVq9Oe0xaOzKcpAT0aM6g&#10;HJB056W5q5hmffjsrzQ2knjjtkVBKUVcSW92gFh4/HxDqZYw5UwfCdKzcq8nD8wuiyRDvErA+G9W&#10;Drq9CpOuEEzVaNIxPNLGzdHZCzKFMnK2D/G5hBBy6aJharxt1TZF3Ku3JyyUau8gKyflDoMVvR+v&#10;rexzoqlZHQ6lM1O2+YsjJq/RaDNOz4V4OTu+tEyZZw1m2+jcFKFAGagjVTD53G6zEzmMrykptsNE&#10;UvkMDi6UrC9/UQqgZ8foZC5dq3Z9VufDx7hjN0ZDHvxdJuJhCc8urax8dD+PO5mVgjdJCIero75b&#10;U4u++wdrGweJO7fnWU7KVLo3bt6Q4t8BQZNkLB4pmDQmm0nDcsT8wuTs9HVeWNTRzVR8t8nxs4uT&#10;vfKZDTGS0DsDrtDpl0wedynf7VWbqy+/DslvrdrKVUpML3N5/jWzWXtyuLObio0vqOYnpU79DxXS&#10;6Y82/rtuHwCXr3HstljUBkwEGISB2FtJ7kCH1OnyzS6MgDqu1auUGwaTSquWpXP18dVrZkCuIJHm&#10;iZU33swXWxKJxOW3iIdtUsGf7Z+0W8OZGy9r7U5bYBxG+K3np/YAfOhejaYfTyZaHfHsygIhIgQR&#10;gUf0EDACsze6d5TaPT8/r1lGtDxkbF1E//bZFstA7jE/q5Sr3U4LLha7GymH19oYtEkD5qOlXHqP&#10;1FKJ0xTqF2NBbzqSATQc4czpi6HffbZvdtgUKt3Pf3sM2iTKMyoVdfva+KTfMuzKFqZcFMn6Rp16&#10;rRZYa1KFMJ5odtSy9my3PxjMTbktZpPLs5yrlk5ON+YWR+RDRTqe/+Dj4x9+/xKuoc83w3JB+Y1b&#10;VzYO4psnyTGv5ZMHEcStfvitV969c8Gsxy68eBSuGMXIXHRsLmMfpsUuDyA7pYY/SxcM0oljupzu&#10;1es9yUB2YdKpV2j8AbteIyVVeHuI3v951ihn9RJizEXvn9cXxu1jAc2H90+U4oHLTZVYg8MJPx31&#10;6Cv21ozJDshAnQOo9vKShZaKagDZSRUyURcFl6P1mpFU3Vz11qs9px/WuCLXU7lHh48/Ej7/QGy2&#10;CiM+da0mMui0yWTd6ZOF5hU1QAhAB+Rl+WxPqaVuvWLOZypd6LX01JOnqds3vb32MB1tgXZbiPfn&#10;ED01UL/9JL59gJ65LjBts3o4WOajia7Z0oVehFT5HC5zPFqNnOfrgNm1NU4rkY+Xnm0zoyGLy6LY&#10;XoPJTLY4b4hstRV4KslFHhNSXBjLS56tJa7dmNSBm5IpiAT5+PxIs9c6Dsfe+/5CJlb99POsZ9T8&#10;gz+7uR2p41EedMg5lh9xmIr5psfDBzyiu3fLBiOeUcTMuL3T40u1rnQ43N/cYvHl6/I3rtqK5aRe&#10;L3c7TCwj0xph25DcuR6MxyS7z0tWNa9QSjyjdpJSJ5IlBSn68EFy7qKMplpfPkrK1aZUlmerHZtu&#10;CNSJ3jBIVxXhND8Z8lycHSHFhaNEeyhWoUdSK0YbnUIlf9Afdr48BoqpgyuI1WAb9+hE3TLG1BpQ&#10;OZqSWEnhMsqlwuAPe2Qf+w7FMHdU2NoiC4wuMKaenZYdxrMyC1UqDw73avPzSpWDbqi1rvH/n6L3&#10;jJUkTa/0MiMyIzIjvfc+r/e36pa37c10T89w/HCWnCFBrFbECsKuoAUkAfohQKAgQAIEQVotV1xy&#10;RXJmyPHT3dOuvLlV13uT3nvvIiMiI3XqVwONQtnMiO9733OeR3G+sy/pl167Yy5WRoeHnaVlzyG8&#10;3wVOMcIPVwzrEagCJdJePD84OExNT9ump2AUl2ztdhT0UALiH/SVnHh/44wTuQ/uXDOoVOsnkYkl&#10;m8P6SgAHzKnFrh40cny//mg/O78Y+tYb8599dVCpNkNeQ28gT6UbTqe8z2HIzBcyPEZ+Mom00+Jt&#10;NgcuWGeRwrU1byRSWJw3WeyzbM96bZFC2bRU431BT0+gKCNZ4oSSKIkVOw7zqNbIPj1ig2HteCwf&#10;duoXF6lqMZcsll6pFG0i25Jo1DoIG5Q6jdlMtzoNQkX+6LsGs1UWybf9c2bEuG1GsllrVRsjk1rM&#10;VLu+Bd9QEC6vwquk3PhysPeo3KjASIeqLUlguzYme61ut0/oKYDkNDAZIM48ksg1aqw/Zdgn9l7l&#10;23mW57ZiPUBsQt4xbm6g9mvBWdVSsNbcXdX/5rPjNi8YLZqDo0zv1QpSIhWGvTGXqHURzCs0qxCI&#10;Etg5GbSgzqUajStTU7vAnrTaDAXED4sfXaq08Wt9/93vmA2W7cgRo5ShGNkZ4o0kXA/azgpV4PWj&#10;hQ5SyWOC/9O7H1Zr53/78IXdZcDO8g6jGJssTpU5PO402pVkoSEUcu2QW1Et9wzB5UFlf1B/ORjk&#10;1WZvJraTzJw5pxaff7qOWkcsW1Qo5JOrF0V2wLGFy++/6V16j6Cbk6+HWC1pcqldLr3IknKtGr6O&#10;uelJo2Oy3o/I9SGCQEk6i5MdR5OpWotQYO3I4ROgMluk1EgiaTZb56XStkz2Cj9ttVkZRg1AZvEV&#10;i0CPZ2yz1XLZtFhDbB1nVApQ5+W1JiNjjd0aXuGKNm6RMgQZKJvF2AMyWMUEXHq2Ubv3PHpv4/zS&#10;lctat7tH9Qu1AS3i1S6kC/U3bvpFLv/Vva9sNjcpZVLxNnK8WBM6LdADr47GtY9//t+kcnUQ/nSQ&#10;h3BZ2+QHtHYGOOp6M8sYrNPLU/VyoYfxN7DnEgowo68e/SMWJZSoKVULrUGKVrBuw7dWL/23z/f+&#10;q08P91bnF33aOYqqQPwdTVcRwNQY/IiZp5OntAqwKIDZpDaDAriZcq5hMuo07kk5TesN8i7PlbPJ&#10;fv4ACJ7g5UsKW0CUqPBBByyCoqh+5ajdyY1otUyl4YdtowGKB1ejuAM8t93j0mmY1FHGbNIEpnws&#10;N8LhasKrhUH+KFm6+d4srWHuP8M5iZ6aDuO4k08dKxSsyjpFqsJNqNqrzdPjQn/Y1jAN/K0W86TF&#10;eyE8M9mtRQUVjopl26sJnoJRMyY5mTmqODzWhRlLp9Uqtfo2D9iNNLLXaHqgc1xtFrG7bvfhylRi&#10;xtDDsjfZtihM6rF21GWcrotQWsGPzDWk+bjgtFgcFo3TrMKhsNkZLziD716ber65I/IiGpMuV/jf&#10;/es/garmZ7/4pd9OC6wOrV+SlWPBLR9LuiyBW5TLYQTnLzQhpbWdzz6BKcUAnwsQjL3uEC6C4aCv&#10;VaB+WgoHlEGD9+WTqloOsTCoMTIYoH5775wB4adXewV67A6TqcZrr6lGHHVp2v2brw5ghZ9fss6u&#10;eO16jURUFus9uI5lAr84A2DG8B9/fSLTSwMz9UKzubSm332mVQoer23ssGknQ3qPW7V33MkUut/9&#10;llupFjGLsZpNhCgtlwSNjnB56UGP1Milg6FodWuDPupgp+b1qt+46UucDp89q65etBY7XJ3n3XOK&#10;H/xLT41n/8PfnXkm2nPL9f/3r9MsP7502ZHO4OrWtlrRknQA/+dH/Kc4hHhZRvKZbKM9oG++piGG&#10;FLgKgNA0RzJKIzpsUg+8e7uxaqllEca60Rh6k3SznwLAm+I8XvXecZcCh1OreOOtoFkr2dpv9nnp&#10;nB9WWWZ6yhGY9JzEpKjp+J1yt1NycBr9+PP1mUmrx695snsWjWZuXgb2Q7G3H1OrDdcu+puN8vQs&#10;lECUgVH7rfSVixPnKfBlG0Kjur6JAtwgmhNpmjepXyGrnXbdjB+3Qfb3XxweZvnCgNJY6TOw2thj&#10;jj1p1cuxdJtSkAAQaXVyjERwhb19bRJ2Rr7dn7FafO7Lwsi2+SI1FEBYMYC4tLmV291I2QAEcvof&#10;PoqpsR0uyBsd4ls/vhzJVhBKQkhh0Gcxh/S5KRP4Aw7AlGsz04LHp4TIGfxJBsPMaYPnlThNKmNh&#10;H7tgYkzZ2KnXr7IHwp98+dLlRJRb+OxxvdIGMYbzOAlciZA7NejBZmvrtWKj09LpXLgRKzV4T/R2&#10;9wtA7OoYIpqpyhil2W0ecJ2gU74baR7H8hYnZI60imKVcl2xoYaOEYZXoBjsdiBkh1+82E/kqgpa&#10;B76gw68w2fC2jv/ud2lISqQykJooq16MnXcerXcNNgoofDnfi50DkWPTWhzPd3pmzfj6qjGe7HvD&#10;rjL8127eabP83T/kaCUG0gRjMuDpB9CY3siAn5esDTDb93kRJqglkm2b3kQTNEMqtRpFJDP0O9SS&#10;jvL+rxsge9AK7Cvw2SIThWqX49vciBuMMd5stYVotmkwjKBwgfYZBJVhmwBjEhOralmK0b3FYBiL&#10;wnTYGI8Ncmmc44g2XqSj8bO91nm6g8FQrTUCRAl3gWhsWKh0HQFdf9RTyBT/9l/8uV2njSZzchhV&#10;28Nit31jdkoc0fvZwp21iVabrzc7OoOl2x4PhzDVKrP1wujV9HJs0FDF/uA1v6vblcfKZYz38g3e&#10;qXb9+Ztv/c1nn6yn6ya9gvzv/vVdaGVkhgApN4jdrFTSOkuWAKVUSdjJy28Eph2n679pixxWcQ6H&#10;t1Wv72w+6EiZhdfuyLDe6A7A9jSEZpuVYquRzBzteiauzl+5tfv077tsC7SO58/25UrjK1vbMK8z&#10;htPFYaG5r7L52qUyX0l0u42eSCBZRfAdZCHsNhdNC7u7L7gRykyyg4Nzt9OL0TMEvzolsCQqr2+R&#10;Ulob1bJWj0+NsdkeEGPCoKP8brvROENJDES/9N4ba4JUsnV4/tqty9lsPFOpfvTB1WGnCnvZ3Xeu&#10;hUJBv8d3EttHZef9u2+R3e7ZYUpvMp7E95uVTL6pbrWIhXB4fi70aH07nTluV84CEx+Ox5FE5kRn&#10;hSSXqpeyarXFaL7zivRPSs93Ptl/vi4d9SE639iNhWB9dJqhDRmwRaWyDMUoziwId3/9w/+j19el&#10;4/8DVEX1+tCqEhenvpHOnTSrXBY9RZFdngkrFLY//P7jtZWZ+UkbyfLpSDlT5uKZJiUbrd2eL5xt&#10;P/3kcwi5r717vZbLGqhOZP9LuLld3qlqKo8dp0otBQkrdvqi30omYrHVJb/BMK23XalkEmIbghdL&#10;sdL2Ly3m6xWBkpsDxkz6GIMpjPjDy1aDHh7Eljvoi51mMCOFJBR+JXaQyxTSMr3D6XZLG8WJoAfL&#10;p0a5ShOWwMRNqJKT259SankJZEehLWGz3XaZUSvRlDFbLe98eONs92DrWeTmjVm0FR/c29ODk4Hr&#10;E0rCEvlwIJmfuaYi5J9/9rlcO0YAdSwCiStvFdoyQk2rOo+e5oSOxO80BOyG25enK7XSWbrYahJv&#10;XFnY3jmvVcvXV1zzcxN/9pOvP9588rNPP5v0agSh8XK78V/88MOT49IBSAVqhUjKMdXsNmqJdHPt&#10;slypaSKLv7aIVbewm6okam34i6TdLgI73/vx28mcqJRC9CFxYDykE77x3YBnWlco5Ke9CpJUZSqy&#10;VrlvYyibgQoHtNj8bh5XxHGPZggz/LdFNpcbvv72FGQJJqPszZv2VLHd5SSXblsE9cDo4tWi5Z/+&#10;fd2iYxen1elCv1Tny7XmwoJyYsoBtTXX7YSDxpOjnp5B0XOUx+qPG5qsuo2tLL7FkxPqbArB5/Gb&#10;b+gHvW4myp5HWOwq/WEKaYuPvm3cvnf68e+6Fo/+o+8wuE3uPANGurW5X7n91gRBMY+eNi8tOmWC&#10;WMo3rWZGEFiPVxbwK/f3GgY7tpNj7POQ6BFI/voNc+K0xvUGGIwPJLCFExCbQSJRbnISoxqt8hRO&#10;tT260W4Vi7mTCJbZ7duvzeC+srd17rJqQpMWlx9CLhh60K7kHtzbTaS7q3Nei8lD0ObnL08cDjPN&#10;id0uOOa6bmeM30u314pVJXjYWSg50g9jyLsY6cnukYYGGsWFAbVJTxdznN1vPYpURK5Fk9xJrGJ3&#10;K8ITmmiu22hWry7qErnmo60EK/Kgx0HFujCly8MVINM12ko1iHaNnt+kXpt0ocQJTo0Tc1WHW05p&#10;S4UK14CmQkg3ZQazBk5HbGdRn/FM8TDQh8Mqqdz/8km9Gu2baen3vn1Topi2+ZYuLKiIYUpOG3f3&#10;4ReXCUo9GECVSPfChGd/u0xq9T6/9XC/cJTKzVyYNhoV0GN1e0KjOep0ewBun5+VMS07SzRRH5oN&#10;GjH+++pRBGeDP//RO0e7L2wonoNx57QLnc5xvH/9yiUnzU/auutbh89jSrvbIpOxRycVG1rRRseb&#10;N6++vmDRKLDFr41lY41Oxo9Gq2vSb34wLJUHuKr1h435+X4h29nYrLJEB/PSSqX8zbfNwgDNRZlU&#10;MibHA4VSs3mgNGqkHBD8XLs/kJ6llGg6yvHJGvderjOIiDd7ZZzksNdVYyo6hFMOKH45TiQKpaxU&#10;bMx59PNO/zcury167JtbYNyAvN8FXezLT6vDftcMiDuJNQ0xhEVPChicSpBiNj6c92G2aD3LFJCZ&#10;f8WNk8t6rQGjVNnMDNTlFEkbNYYLbutKyP74gD08lAjl/vU5w62L1mhl+M9fxoJ2lYJWNZoCZjOo&#10;Wvf7MtS1+fEI9e45t/v9G19HLcdotoSdPnGIG1E1HPLM+b2JenV/L6tQUP/qT/0s149FR6hBNlod&#10;xEWlY7HdHphNhldnVqXWr7a9SNZWA4ZCvfdHV2+jOvf/PHhAMQxMQuR33vf2alVgqdHAa3cGHIG7&#10;5wg9dE6KI/2qWH8BCxVHKrzhECFRttqIMmtfPN1G23d6/nrh6AjaSY050O2kn28+TSaTRiorJRDM&#10;wTngHOYOpd4I0LmSl5i06kYTwYKgdJyDymOILaNaA6b+qy6XXW9QElpjSKmyZONHSB/lyp1EumHS&#10;a/GiEceC3uFhB+1iqYCId1cix11Rp5b2eSSBLaEJ570Xh3FkbkXB5bAC6DSmdVLAnsdQ0SvymFxz&#10;PNnnk/ECkM8eX/jyyi0VY989eLq19wiC8uGwyUioq6s3/pe/+0yh1Fu0hmymBh50ocU9OUhfXFVN&#10;BRfMptu10pe+2Ythh5bm8OGJ+0JfN5lCSmW3Wdl59PQzQq3N5BqZdA52rV/8dm/Uja8tTeI9Hi0e&#10;uO1BfmQLht4b9Cu85FNhOOhmuTmvr1IAcXsuWyiMR6xR493b227kctj3eGxmSKla9Z5FI5fLVJid&#10;Ti36PEFr7OhI2q+hFKF2eMyuUHhmhW0hBNdgnAg5H6Rjx2CkhiemilU8hXuhuVlnyAeZDSZgIlTW&#10;BDWxcBV/A/121uc288N+sSPQtGxQbRGCA01EHepTBOwQC/ADldIlWsFMzs1JRlJMJrOFql6HboDN&#10;bDGPgB1RS3VWE8FItbr60dYfMOtzhq7pVfTx/pkNxRur/iTeAtlW7Q5xtIaW9DU0c+9ettnom80K&#10;AGuMYNqGp/YPUqlowmGxt9qlVOtEbhFJE9WWURBF4YLidfkH4xSiy2GPYcQ3/QvTCguWfPux8wIO&#10;RItrjke7J1cuh+dn3TMXZn75+S8/frTbLPffvD2h1qleHhQi56UJn+88U1eryAHC4RzrtSs1Otvy&#10;qhxuSLPC6rVomh1i47gOodXlKb8f+0zG6Q55MCMpZerffH9CFJqFRtnmVaSSvJmSfO9rs0j8Xr64&#10;KOfpCRvozCiKKFaWrTt7BY5ETLR+86oOEKXjg3o4aHZ6tD6PJnpU2NorvnFnavWKvi1k0eKPbPtp&#10;qRzXykKz+3QvO+D47ZO20ax+7Yax1eTCPnXkrFHJ91fmrb/7LKo1khcuukuVvt2BvYUqflirpqGA&#10;N1+/bWn15fl0ZzqsbrCSWn+4sqKdDxk/+fvqeAA/FTkxr2oXXWrRLB0O8tlRLCO5ddd/cspuvygu&#10;zWkajaHDp2Z0pE4zUtFENDZm0eygJXh6hnzKYFgDl9nzxzWY2KNlAZRaC8lD3Lwf60AYDl6DgqEE&#10;1A8ex7/xDc+El/jnX51lavKZWY9a2hoO4AiRm/18l43QZHEs7UUTFX9ozmmw3720POQNCmNIp5BO&#10;+T0mo3VvY3NtCYl39jSSC4acY8qCYUApmYdbOzATcAdVpUaPMTlhrQuHBYYqwZ0SL3X9IT1Is/ce&#10;tm5dCUy6qYVJn1svnbDIAOtHpx4pex1DQffYbBCrs/p3bi5GEqC4ELl0gZS0K/UmKe0cnEcKpdJb&#10;b12JPI3EHh7iSVLKNoJoXOBe0xyjFFbpyr//J7NqYxeOWJOVsnrsFrP+9QsWxBq6A3Ofx37DVS7m&#10;Ts9KO+vI/QtWi8ntRZhf88//sL97XFWZObc3TWnFVJkAeftXn6yHggGbeWpvN3djza6Vc6GAyW41&#10;18pjk4FZmnP85nc7tfbw+q0VZDGz+biSAZV6iedt4Cij7FRpS+t5gqn2/Ixk/Xx0b6Nq0mvwO0G/&#10;aSlkjUbbL3dqKkaBUkeq2Ot32g4MQ2mV3c0tzlc9dqXF6GjWSfiwNJS4+5ywe/U334DsjJsLMSsL&#10;TC3HS+SKkwz77R9aa4Pxx18lpyZ4TISyTXEsQvHRmZ2VpLLq9e2BjGIxXOiw6K5TuA6Cvt1sCfBK&#10;A+SIelOl0f2LN1f++NalLMadfC8YMMtp4vi0qByOIZLAqRjhBiwUEWPD+VijQm5A0Rv2IVs3KvRO&#10;qzVRKEkIulJFDVDS44TQDFFFK3MgcdgxnRl+cj8WcAcMCq1Cyf7gHXu2nH0RLaWBjOq2/TaNy+3q&#10;9oZnsYLL5XaY9Qen2Bq3LQbG5dD+p9/df3IMCyvANIMudPAi0RWk00Z9Ipc5y3WXFlSvXSJopVAo&#10;SLEKweGe7w/0alGpY0xWU6vROk6Xlq3OchOjUnBYxn/x1t298/3f7J5arDjbS8iPXnOnTuNOi0E5&#10;5nT2UDZXHLYLdgPlXXjz+PgoE9tTq2CX1GvUFD4UCp1LpZPn0mfSfifkmR/1mtbQHBQz5dJWR+xM&#10;Li1RfFWv0mqNvmzxKeycwEjFjxM+m1tNGTAZpimzWpVMnp+VKmKhLQnMmLG3gLOmWG9NLixH48cU&#10;CWams1SuQsbLICiKyJRRQxCtdGqPHw9PItFaK7MbPTvOphZmXGqtmVL2DyL5ZwctelwNWpDQcaVr&#10;kpPI2TtvrnVbqrnQH4st8f6Xjzs96fx8cHtvJ1s92jvZng1N2MyK/+tvHj/ZiF9dvXDjwoex1F5r&#10;UAcO6Paqp99j/9f/9MLtd/hMXYf9Ur3Bx6O/8IRXD/dOlDLWYVJKZVcbzR2FQZNJvYAlO+TU2W2a&#10;cqH+jW+9ESkIyczAoeoaFHZcnOUq5JVmlErL3/z03wBruhR4XytVtJu91Yu35YynAdJxejNon8jn&#10;I6MxixRfMduOpk/RThM4Dts+QgKDWw9MLwj8pBKZye1U2wOxo5yBorfvHzQ5Uh4sDTXHjK1ebrFb&#10;64W5Zb9abykWuLnFhU45Wc3E27WB0GuK8rHCskxK5Z/+/T+QjH4O5pNUqpnD7GWl3+x2ejmUShrt&#10;4cHL7bEEFBdELaROs/flZslqNU66EamtGv23d07OlKCnztgiqUdPT3JddhwKTmEm2SkW6yUWKwQK&#10;fiHXCjuSUrLC7uZTwAVRrN7aLckZidUB7pYGovNSOppvVGkDo9TK+0KdMWAyy0fTTYkMubCOWeqR&#10;jtX7sefIH2okbCxZULkdKCYquo3UKWzkpv647faiHG3WGEObey9b3TSQ61K5EYZhYMp5dtxs8W6/&#10;D2n6Ms5JIw5N79sX3Mm4MHvJEDliHWOX2+7gBszuUcNhMjt1aqwpED5s11sXLquDIc2TRy+v3jFo&#10;7QJMBqygETnH43uVzx9mL15wTnmkM36F16k8Oi06PW29Uv7oSdPlYxaXjRSaidzwxfM0CMM//MG1&#10;3SdRgZXffW+Bk8VctqSkbk2fMF/7zjQKZJ88zl+8GowcpoM+TbHAXpwzvH/LDGRWsSFbWTLu75cY&#10;JW3QQJJHgjVjV4/qhT7Xw/yCseNewVDRXDODW/JFQw+Y1pfZtVvmZq6fOekKLGc062xe5uNfVN1G&#10;ayUvlmHBYNRfPSm/9443nWR5tuH3qzx+daXRUKmpWmPw/EV3aWnx5jX3yU5p2GvfuBFIxPlMhkPC&#10;cj5ogstH8QrTRt0/rSu0cg+qkDKelsmXlhECk6H/DA6DJ2g5PM6z9eZ00GzEjHRNfe/Zjlo7gvIQ&#10;Hq4Ll75lNzliRxv1PppTYxVRW5i9KFNCmF0HrLElSjtSvLmNc3OopkiSyUwwaF9dsmxunb08HGg1&#10;Bo8DROgDhY4PzBvOki2rgYonjGxV+v13l1SWpXtfpWCDsZucMNIMRupGR/CYLeVsF4Gms0R7Zdp7&#10;cWYemfJE/MxmEWcugg4DKQ4+DAhFcLGvUoO84DGaXEszx4msRUMY5GO7yeD2Q4k64ATT8Sn7eKNs&#10;tIz8HqwKSvF8D/vobCoaOVsvVDMcqRy0ubmA4zzGOeyKwmm8O5AUWGHuAmMxN++9qG8fjSjJoIH5&#10;7auAjMOg6lvMhFzWH0tFhYLc3Co1O4qQg7hywdofSNwWFeYT5XLRZDSYrIsalfGLPzzaOYyrDUS1&#10;00kXpb/+stccv8L916oNs54YsITIIozHgtFocTK5aqfRGGCfUW8AAcg0eqRS3V+ZA9qYGQyM9x6W&#10;zWZSr/BsbhEYxl5e0Wy8rKaT+Hk0fhy78cdWdRYuDte3e1I1hWAy8jXLKxi0tl/sis023esC/gHM&#10;hVHkBbYn0DJ1wGFt1PgRT8oI5HKkMJ0KwhhTrp9tnkRaHFAnFMntHFRWZ/yvX5t4upVCmJmAQ46U&#10;VdtNhVqFQGqpWUUvudVGFr2GGA6IK7jSgAzz1h3DYTqZLHa1Jhq35Gq12+GFWLP7xpqXFAf/9++3&#10;YtXBbrQIZwI6aPkiN2gCNCKyGNSOwamA8gjCEBM4dLiyx7INyFX6rVo+hfZkS0YrK/X6awvThCg5&#10;LZX+8seTDMXvH9VtLs/OdhlB2KDb+2//7L8vNYp78VNw9VL1dsDqNsmoR9HYtNf94Uro7+8/3kpW&#10;9QYGKVnyBx96fTNzgQuvqXAfo0CyF3V0bTBQe8JXaTYFdzQ7UODe3qzCWsKrLBPRTD48rZ+eXqql&#10;wJ5o+Ffekoy6ueRzZxA0vTm7LTDsx0Z9U67H7ycxKG4rGUkAb492Q6XQQ0e/ffBJstq2W03Fep1S&#10;sQCgJvKVBiu6LMpGveML3zCb8QgGKs/O861WV27QWUfdmlHvnpp5gyTsE75gwDQCLPjz7QKqcaNB&#10;Dt1H3I8demWv1ktk2eBUyGYc9erZVkM+F/5jl9Hyh3u/e7BZy7ZeTYe+er5DaQfLkz6Xw3YUL+7B&#10;s7i2fOnCxasrwejxwcpcEG4TWuucng1rFWjVdW/c+VcdDrze572eTG2e0Kp5WhrWGSdSmb9TagMK&#10;emzQidViX2+y+ZdmdxKNt9+/IfDNL+7fvzBjWT+CEeR4bUKjUeqLvUohX1cOBCUlxarp+GjbYbPh&#10;+/7Lf/jfrl6eNVvNnea5WSu1Ox0yokpQo0i8CijMhbUFID4jZ3ksiuotfCuEmWlnBeKfUt7ucdZY&#10;MTWMswrW4JDRjs6j3ezGZp0hy0YNEs9ip9E8P8n5fUFc7JLxdYtdYfO9BXTe85NDyPaCPiIPYqbU&#10;JfBse5jE217k5UEbMz3r+eL5XndYDQWsDm8wEUkX8g1KqlGIjFTBITdhswwOT7Mvdsg7F8KLM2tH&#10;e2mCpKeDjhf3tzQq/dzqzC9+9zyROJoLAzPH6ExYu6DxBXM145xclfaFAfy5rypvEpiSNVqzQU9B&#10;LlArchaVPmhQeOgpfMKLw8SV6xfOzlImp7rZrHlQXYYUuCcke7w1qJ0PMtGTltoU3j7adNsIOaQy&#10;jP7ilUWWE7ZfJrw2y8FZ4eaVQB/Yb44VxljR9WlaMrnGnEVqTx+lCqgbD8aXLngrjWZvWJtYgO9c&#10;xUtLjoAiPKVjB6g5NoNhwTOtnrs0azaP5JImN4ZIuURr8NBo+/2M1gQQMg/2CrgHM5fMbaHq8Qy9&#10;QfnCLb/Na5D2OgEDYwBhAzZR7Sk9riefmfU6k2vCVWg1XxUCpbQV1UV+AGlzwKZWjrGL6IQWJwDV&#10;/fmv91eWnZiQbW+X1Aqp16OsdTpY88yvWr2T9OZ+ye3p2t3k/Rf1YmWwdskKoiTyyJM+cLyImRU0&#10;vepSWt6pDePRfqFSJ+UIhCPmPLpxmbbZtCitw7elNqgOz+uz8zo8qR8+jXu8HGrvSh0Wdr1eRfA7&#10;TUGrZtXAF9ODF6c9t9+AVbKgIl77/i1gts9eZC6uTQI8YLc4dCpFsVxVGcZaZHnmppeueY/iSX4M&#10;nYbs5BztGv/szHU80kHLW7j+5t7B9ubzx9NTU3qzRxy37j96qNIy1bpwHMnbbTgQ9zkCKw1pHxVv&#10;wFXVWsw0xqOcxsx5pvTIKoLM8MVnaJ9SP/nAny2wvIyGLTiTyDZ4nc/ptSiYFxu5SKRIDLoQlaAJ&#10;U2rUoKpe8rg5TJ8ACJdKDiNctTm+ceVi5WGxkRxQZuv+g13Y2a59Y7XfK4mj7vQ8o9exCoQVErgm&#10;q/Q00trtUpPN1IaEVKrXEtwr3F7hw69b2hwbywrYiumVVLU/MGjlQG8bnTatFQoLlMXlxezIqJd8&#10;88OgglE8eLQ/GSbkygFtIA+iDbC1v/G2v1wYHmz3PTq3W+1RSp0kYcLVK5ct6KiOVtF+un0amKNC&#10;E7AljxRGsi2lOxAtDdiJoPZf/GhlY7OC3wcgoxBfTs+4DVoOnLlCWYLq3XAoMVnpn/y4jQTT//xX&#10;JNtvzV9gNFYBd8NCBtUxEo5o6AfX5vCtMz540G70u493Wq1By2xWHh2PmpURkt0Wyyh2roADst3k&#10;YaXuNDtKmmYUqnK5YzHrcBItFVksJq0mhgdxQxiXG6NJnUKjN754mYie54GL4nmqmO82QE/vcKBh&#10;c7gkChIRYEclzZMEzuGCMETJB/Bws4kymBgIjHEpkKnESK5Jy4h6tYv+nsZoiqWLasUwVasvTPtI&#10;SpmIpzDzmJ0N5ioSviu9NgO+HI5eiEFAUwGfo4ZUyNq9bqnYwa83aFTgmFPKaZVaOTep63Q6NKm4&#10;Mju7mwDjemDQmBM5JPLEn3z07ZtrS6lyAei+RjODuiKP1xDul7xop2UnleYHt1enHLq/e/icwA1C&#10;TpUrPfJ/+nfXnaG5vqg83/tUaXLSjKSa3zX6byplmnb2iUytLlZRpK2wfM/p9k5dvF7MFUqFfZ2K&#10;6ufbJE1pvRdEoQ1RoMHIbD//PXjNOwc78XRx7cp3VYaKWicYzRQyrMeRdL3OL64tHSb26viD8J33&#10;XscdrtTsDsmxhhyKao6cn/+BnJlulPNef1Ct1GSOj036SYtpEjEMfCtgJ6+W4sVMBIoLh7Z/lKqf&#10;Vci3byA7pzVoNbeX5mUk87P7J2oNO2wVfnEvHklUhO7xxu56MpFaXpnejtTAbjIquRmHUq3WJqqN&#10;tqSD796kyxmL7+0cni74fUAtfXx/68KlFZfdblU0DTqpw/vR+tm95/v7ky7XytLqAKYLw9db7Z1K&#10;f1/sjV2WiXT8xDm7dBqt0Qyzsb8DM2DQrUynz20uKWqOmydZp7eFIUam0oG9a9ZtON+PmMAcc832&#10;OwI6aWqN2WR3O91LDuesyTxjsk1Nr7ytti4uXH/XHV7IVzpqnRKft0kwUbUkRQiJk6TIDavVah+0&#10;j2578jIv07bLNSlKQhOrskihl4rzt6+qsrlEl5UJEq0EEa/hMDjtU5lJLNURI6oN9pwzykTuvC/l&#10;Ha4pvi/vchF/yKdS2NqVCgkgBNHvS7pqw6hYyvuDBsjEq+UO2YnqdBzKq+1aTTHWq4ZjOzp03Njq&#10;mDFY/ImzU7MNtIzxL3/77NlRNRBSmDRjhrEkYm2oO10G1fSlD7iOpBItXbzwmlJjC00CKMMM++zT&#10;je3gtE2j05wcpgBWDTsBYlLx4zyawhun9YNIeXFG2WzEdSbV/kmWscpT2awfeIGJhVyx89Xzxw43&#10;5jm6Fzt5mWrIs0K11F2c1UL1p2NGoM6sH2KqAyllb+2y3jXdAp/72ToSrJxA6ZfD+mIucfetyYlp&#10;lLbbvLTNaPnDw/REeLaLdFuhI1NRKh15uP/yrTe1KytMOjfAtCTg1vV7gt7EPHuZSTUG/gWZ3dNe&#10;vkhWagm9w1xuSww6Wf38uJhttUaaAps3+jLPv6B6JZNICo+enM8sKXvV7uMvsFAZjscyPSE3ydsK&#10;6VAio1pStUJjvns3/HI7jobau2+FQCrNFMFkHiNKa3cIyVQ3kel63KPlywaSsRwfNV6/aZGw1P5+&#10;e2k1kCu0x3Tz1rs0WKm7j7peSCtlMlSTVdpxt901Wagra6a9k9azl60ZjJKVtEUz9PrIviBBfx2B&#10;AZVKg4EX15TcuhpamlB98dkRpVIGZ6ytPitS5Ot/vIb+7tYX50d7WYvdorL7fvXrvUZzgDuh0QZI&#10;HxcMm5rgZJ2cLAVpTCbKPe2E28+Wz0vFlM23QhKK872nhEw95bdWUztKnbnTY4zaqWkfPnuV0+R5&#10;qVVXMBKzjf7tV3HkcaCodjskiXL3/nYv3zb9558W2JbMQlGrYShVVOvHvWSqkoud6/Tanqh7dP/8&#10;SlDXgr+iKoKPKBAi5rcWA3X/2Xlkv/JffvMdYEQO9hNAi1gd9oc/TwpnTbVSAt4FMpRsoaMVx0aH&#10;9NOXxRqLvZpYTDdgkYkmq++/EUhn+l8+b+BmMjGL6evgVf+CMaITNSBolzuAibuBIjeOCuFJfbPN&#10;lctiwKZA0oBosSjOdgB0N2DnS5+fNgm5VKmht86ak9Mun1V38KKmI9Q6qclFu+oZwEKAa5f//tG+&#10;0Yl6nfiz3xwAtELgFRrWPXgawz3prbds6y9iI2K0tIyfqba7N0I9Bh6VDjvY2jsXSRG0mnoD/x1p&#10;tCRQGDiG/vzn+kJBZnbVKM0o3Wj2xWa/rqjXu2dZDozoeQ9aTKaff1wRJaDfKuJFGSy6446ca4sX&#10;lilwhnef0YthrdNhXt9GqZ9RMmSf5RCtwU1OIiNb+MfTUCYrozFpiqUq32E/Wp7ZPa+0GnUtNju8&#10;rNSCchKYLxZvSATNxDHBIaUgxSVTguo4TN/1HvHm7cC7b+h5psNJSPxgUsbGch01LcUTRE0YroWn&#10;cH8FiefWkp8gRk+OM5dnrfnqaCxRN2oYTbUCTp1KNhoKhMNtwH9kOJZTY1aUQgyLIXwmNUYSxoq5&#10;jB4PcQYJZDghvvedC0FrOJ+pJJODaGKgYpR4KPndzMvI4bP42cOth36bulaEIIgzapXJUiMMRomc&#10;nAl40E//Yv9cKpAcRygVNPlf/3heChOA2VHKnZKAbZZSnNCdWv6wVkVv7Njk1tPoOXeLKr0C41Oa&#10;MnpD/o3dz+F/9+kstMaitS2Npe1y+TkhnO2fHKfyZdpsSzdyOqVVwnLx+ItWQ9pG2VqQyTikUIOZ&#10;UgxvXznOnFwj1+wexqoWUOYEfMQnIKKrl55ni9vNZmHcbnbzAEJelMuNpcxOtZzluk0sMSHVpRhF&#10;uTv+5ntzz3dyX7ws37kILBxdLYsKqSpfaIdduEX7i5Xh/llORPcpX/iTH73v9+gbQnd60vTmxYU3&#10;r7+LYUsbN3hF1WwaXZkO/OPH2795uPvDd5Y2NnbAehZQPKyyy0serdLZYs2/uPcfeNJGQrECPyS3&#10;aLR7I8n/iCB7q1JQKDz4+QGPMZvVJ1vrU2GTAaNg+4RUxiSi6W987fagpfzpvWcLoN8zLiWpsmtc&#10;EoEpF6sOaO54UqPQ2V2rGo2iUcxSY9po0IxHzVLmsN3OHx2ui4NYIb7ZbRbDfj0sVAAVEJT00fOM&#10;PTQFMsiD59GhSOr8dXNgiHNPpUegHXnpooA93fp2TqVvOsPq3f326T5cK0OCGBzG61azxKkyJjMn&#10;1V7+8By7bRLdNq9t6SRxlAFQyR7OZ8sEpVRqlDjY61U6NaVH5is0v5RORW0OzdTiFKARnETtNMwC&#10;v81yPai7gKQgoA+QS8xW6elZpFzvf+87S5eveDOJrnRoIIY0PsWO6ZUBW8ucPktmax6sRHp9dIqb&#10;taJMzI/IZqHVhV+JlotmtTXkfY0nCugPwKLqc3kT0TwmXTIKKS6F04IupcjzDXE0oJQgnKqqjSNh&#10;BJyGAlXgW3em8QEzmwY//FOP2ZjHd3BuMdRpa1GlUoyHM0umyUvmg+d9CStbnLSDtlzJNOennb0e&#10;C/rDk+e5RLxj1RIEcB2UbWXVvLGZ/+nfwx8rep2Qt3CPXrZNZuPChAFQ6Vq17fKgZCTmK4A1K9ha&#10;O3/Se/jFkFHMtcodl6KNGkaxI0co7cqbmf6gEd01QMicy2fZce/6HevnH58TI+prHzhyhVHAbZ90&#10;SvfWd6cuhz5dr5+elpHJW1hwLy/4CEkPbSuA/yx2LaXk5yZN9++VqREmiwR6qWo1dfuKs5Sq7q2X&#10;8XTx+B0irRLVJaOF/uKnEkZCfudtrDKMjEJbKA3RR0xlO6RSOT3hL5WR4xB0Kjk+aNUiLtZEX5Bh&#10;N5w4LU+79LyI4IDGNeFY3030hN5Q5LaOC299/6JJI9v/w6NBpyOTjwIhptjqusJenHZebGyfxKrf&#10;//NvFgqRF8+3rizbu9WygkLdd85m82SON0BkLDUogu+a5L3J8FSrx54db1rdEzMX3xxykkYkuv3F&#10;jkhTN256f/+7baTjZTLt/cdVJHWb9e5RlKvUab6pdGj1V+adQRPT7SjyWVInp4YDAJQEYmze2S3h&#10;VT0WBmG/O5njLVbD8oIZ0FlQ/YxqddBmiT45oySj8LQ5lcseH9ajWwMdkNAKBUcr0hgvqJTxo2Yj&#10;UZZZVcURtXsIWy4nijwsJk92K7RKNRVgXs3ox5JLc46FsO/wqLm3X2s2RavONoQW5rSK5NrSkpvR&#10;aba3k3y3iVnos622z6fT2zWPXhYvQWes0X/6eVQYDZHbSqfxPVVlUwTHUyYjM+r31k/ikUx0eh7j&#10;UAkMdKtLM8RIwfNioQyFOxwWCIhQ7SZG8Q2VUqHV900mSIZIg051Hq2ms1W1WtJnR7hnK2j68LCN&#10;vjvMU199gW+uVk40cArEd/PFVu/114w4bZwdVm1efRVBTZF58qyi0hOvTIu5DoCCGrUYO25gCHPz&#10;toC2XTkz6LSllEp/cS0kI5WpFKTegtNqBm4Ql1qw45stEIlG41eiCKNJq1tzOkDEICgJ5MmF5sho&#10;NskGXRk/kINaOpb1gYRAdEuK5xfPsuxIkJhMOr+DxvM5ku2Oxx0pjo0EidyxnGTyWX7JG/zo6rWg&#10;27Y64e9C9cix0XzTHXDOhn1/eJCQC6Ogm67X28dxdkyR45HgsekaPT6Rr+G9k6vxly/ZQ1b18YkS&#10;116zxoBD62E8//pt3eKs/MnjiF/n+tH3/xLC2k4j7nMQT/cPvtw41KmYMafuN1gFdPEC9Jm8hh53&#10;B/yS3Xx1LnCWzX68nkIlqTfkHQ4d+a23vEifYf8HvYjB5Krlo0bwniUQ0iJm3ZJyLYvTCSSsmpEr&#10;dS5aO9eHvK54ADKXU65RmvzQXhaST7PFl5FM0WCzYntXaCPbUzLoOKPcsrG93+6q+YZ0xoLutUlt&#10;8PCD0ym3qZN7VbexezVOv73HwZlAEzKi1kT2AYqe3PlJhujxdkbH8RhG0qJQUllDUsZvdCxpdcZG&#10;Kak325oDrlHcP88gH9yecOCict2oCx9sfDUVtt95/cdL08sWpXh92WewaCKl1ouDxOSM/uvvvC8Z&#10;L1QqoGgq7u3vHGUOr6wx804nMKf5Zm3B76iUGxA8ooD/zteud0vxCd9HtMX+YP0/SjtkLlFUjqSz&#10;Cz86OPlbpMYmA0vFTLrNU1duv9fIHeQLNURk5WMZ4l7Zei8I9TMy1nyP53pnaelIOWBA4xwSv/79&#10;xvrGgcNowEcPYVoI2vZ3ftXpHEWPdtTKbiSyHk8ffvXscafT0DH4KMjkojIYDCVi9f3tuMWoqpYb&#10;kws+JMjCcyuegA992oZQVdp7ElE6lhOCgJasqNAMRYWo9tDpZkpp6aIb/jf//lxGcDdenzw7O9l+&#10;vAd/LykfKTTOfl3G53MaqVNO6WrNl6Hg9eX5C5lM9KtHB16Pe1wWbIZJldGvsyKmS2RiBxqtAuMR&#10;FFsZDdgfhlzxfIRpIiGFp0WukR6fpPxTiNPTChHiDlmtJiyFJ8xqptwbKT3GL7/4J37UnlmY3Nw/&#10;J8e8kRSjB+lGqbRyaRJr9naFuxR2uclAr4c12G99AVUiWuiVO9dXJlcXJjuNqpxUmjSmP3yy+dr7&#10;mEi6e/1Qv1dwBYegVfjc1pCfGQ6kY06CV/KgU/HaCAwbHuyU3n0njIwQ0e8EZnSCkv7ZX+cD7rDd&#10;oGFIAYIXu8OCc3EqOtg97uthlB8Lt15bU+gNJ2e7jnCv3Rptr9cvXDBGks3OiHn8rFZJlb79R9ND&#10;kQ1M0QiGlYtDZLB6ZemYBZtTd+WGA6TLT3+6Y3D5kZHVu3OLF7K/+9VARXkl/FAiJ1whUqEcNevK&#10;qQmtx6nOnLRvLtmaxQ5j5joEl8pq6o3asxdRLFlnJp3csLe8DD0gZTaab16dpYfgi7B8s2dxKAUZ&#10;xfFNsxoLObAth3BfqOVdg4W6fMP3n//P8+gu4XFTODg6fK6rl3yVdGllyohJvtnrD9iVY7Z9Yd78&#10;8GEMD1iX3VprS3yhiZuXJ8724X4YXrsR2tpNIA2xeCkEMme92rlyc67WG3z5ycnV6xi6DKqgzcul&#10;/klv2GvsFiNSOWHxWfRW1MxQuh61ii2b1VBvEgJvnA5pS9GjMUnaJifLpTLdK0FIvhtJyLQ6KcF/&#10;dv/58cY9Fxc3ClSpIhUkXd+Ed8RJtBo9YKQqhazX64HKO2GW374wqaEkl9cuA7E7G/BZFEMVNURM&#10;H8jYpRkH7CgkCa2CstIlbsyY3r5kqWeisI6jrFJrjHACM0vpd9amk41ykhudR9lcpjofdIvdXgrP&#10;dQhOsS3sNVKFkXwEa0v3j74zNxew724UQlNGs9eCND7gPO/emUpGu7IRYWYGjXIN9AaLWgFn6sFO&#10;9fl67p1bs+Kg2ag3Qc+5e3OmBjBvdUgyCpTWDEaZ00QeHiYhSru4auz1BuUs2qHD6bDj2t1JQLce&#10;vkwjtRxa0kXBpYyV9TgLamX4F9o+AgxB1DESh9nSH6hyud7khLmYh/1JjsQML45MRrHbF0ulETRS&#10;StywJATbEX74wSorsH2+szTLjATMt+G6Q75UduWy3wzKFTJ2VebqFRdJD4rN/kCU0hRAZGy5M4Cs&#10;cyx29PiltYj1SWLJEXR3Rr1m/7CJySPiL+2mQIzotXmH12usd3j8T5IkKUpXzLLo/JgUCr+WnPID&#10;VOqaDa0wKiug8NVSqgIVAcLNwGQAFCuMGSXkEBIW4RQ8CrutdJ7f3G5YzbJrl8duO4fTMBTuPW5s&#10;NzDvXJ05jpeP0zA1tLd3QLBuodzyZK+0MucymuTFcsTllNUHknS1C12520LOB1UPN0tjiWgyyXRa&#10;+V6888dftzoZqlIavXPJAuoyoadlqvH9p/nzeMNEqS6vvklKhPP4ztu31u69eFVmng04643uxkHB&#10;YtLhqtpu9wgOAIrmtZW51y/PfPri5foZ9EASnQHzSIr8N39xGVMvg5GOb68jbaXC34RS26u3AYuj&#10;uAooRAprUAB5sAUttVZDGxNHRzt7G3a1d9wTvHM3sBUoZx7whPBwM0vSBKb3lFbjcOH+Wycou8Vt&#10;1trkCdSGCG71wqrRc6GYu+8CBZKyMNiYKhtyNeUOzBWyFeiOsdt1B2fmgh6zRqdHDgqjKpNRqcMH&#10;peeaCBptdlFKRmA4ZOSkgnt5HC21SGTkCjV4GEbh0G2kwuu1Z6uXr8azOMOQN269I5UIPWDMm300&#10;9XPptAQb7IUbnXoiU3xumzGdRk5g2Q4FbhYKQ72B/dob7+6d57fTHXT/xVbOxgx0prc2I89jhRev&#10;L03xiKg1tDeuzURy/1QXaY0a6eDg2fHZGH9h0M7kQMEyPnyGwciwxBVFoTgd0u+eby1dwkvT8qtP&#10;9+V0cXczsbp09ca1G0abWhtQJ6spli/MrAUjWMOMNZ2G+LuvTqUm2/L1NbgKw1aDOFRIIZ7eOHq8&#10;nmq/sqyBHVPJFysnp0Us/OjxYNgrn8ZKWjtnduPuRShpipASKoXUZEK5XJTQUq2F9YRL+KD223qD&#10;SZGuQoESsBoDW3DZjShGVKAAiSbyzZs/UqqyY/LVUY6iIzTOufmWRq2C1nus5SLRxwazzASi9Bib&#10;7HRnUG73OyDmORx2sAtOzqocFk01dLCQ1IesSVKpNzaPEx1uqJaP5SQByPuL7Q0IvawmM0BS2SRM&#10;qkS30sEA9DBS+Ww9zeI3TpM027XTHr3FILOUO/3+6REA5ZCEcmyv3agPEL5XvXJhq3KNbiY7vHv5&#10;/ejZwUnmjFJrYI00mKF0F+3acTGfz5cBcLd/+pu02ujD2o8Ralqtau6KF1+Y5FEdESdEyfrc0O02&#10;W7T6eQ8g4Rqnw6gkR1Y7Q6rlVgOZKdQPM8U33zN63EZGL63WixeWFdNzmshBLei0KhgtypS7+3kl&#10;QXXqIBVxf/ovJ4KzskcPT0uJLl7rjN7kWTSrDBEQXnMJTyi8XKkoMilAOZBYYSuF8c03Z3odcog9&#10;fSLZag7v/Ojy463W6UZ7fsaMxd32y5TPzuSSVZVKAfaeA1HoyXm7ZWY+5Gs3SrReiXzy3buhnafd&#10;VFKcXgo8fxwTRoOpFY9kMCqeVz1uYXnJ2hbHfVL+6q0qtMHcwZQ7lixirjRoi3oK8Vuh3JF/7f2p&#10;1Us42+qA0Tg7SqxcDNJCv1cputw6xmhxOSzVTAE553SsH57zMFqFGnsRi/MkMQLC3Krg6jW2WBt+&#10;709vHh1l7/0hRZHKzmC0fDVU7UEsnPM42HSZ3TrpTE3YaAn39CFMCU10J2DffLIe1zGiUz20UcKF&#10;oPLsaJDpy29/NNNos6VyV6VWZSCT0ZN3LiK3jPSvFEius0QOCmV8jOG9cvsZnVmutuncfgtewy4v&#10;o7eTp7m6QSJZNAxO4+XDzLA+VKzvVMpVzq7RsnloHIVIR1oqCCGHcdCR4ISEWAficgpK6bIwrERu&#10;0+qx4KY1mumQs9lkKSX95pWAbEQ9elZkgTnn6NPzutulMtnkHDlGxY+WtHR6lcvnZUdiNB6ZnNbH&#10;0i05qbp+8a5K5PZPMttHRcz/4+ewxo1fe3tKa0YLqOI06BInA2fAtHrDRmtZguIpgswlO5kyZOka&#10;Yiz+6uM9A0SAt28OBR5Kkr2XeZ9f973vKhudZiwFryTHqLnGgG/3iqFJjlZLR8jEjUaJSI2U0JeW&#10;rZC4BybIoF+5fYBptMKgMxs0Yq0sV8iIt24FuQ6ECi29VtLuIvEqA8y5UWvhbQ07od2m/rOfWHd3&#10;eYDr8K0YS92tsqiWCeeREmxxwMipcdPqjg7O6sIY0yux3JB6NKY5RsoiVUTgJ/fEy6VkuYU7K77H&#10;qyHbG5cWvbYAcMIFYFpxOMICWY6AtoTWqi/fCTReMcMFu2NksipIBTj7JMkMrM7x8ox49ypKWeJR&#10;vNLo9W7dXjRq5ZBqIeGQTtb0euYHb09HC+lyDVstDaVWnkWypJRr9vubh0VkISmZPJcF/6NvN9F/&#10;dE2fKSgj0Sq0Fo0B3L+y3oB0e6wyuezJ06dHse3dWMkDk5VGVawJ7XZLKpdqTcZBf4D8hkgg/MzD&#10;3eq3my4vTHz6fKdY5zD8M1iNUlhH/up//JpCScoFnu+0QMpjh0LqCLnygYkx1PIVONlrze7LrcLR&#10;Tj5/nh+WMxq1EE9Ury1eVFIA9k1hDKJW5zB3BkEWRSmzxdlpVnCxjhWylMG7unRta/P3ertsFoJg&#10;x1o61u6Le6V6y+ueVOitR7n8UDpiaG01x4pdzmq2b2ynIoB3WBxn2e7OKTJ9nc+eHq+fVbKlwqNH&#10;Lx5t7p1XO/c3ki934xu75XyMvz5t+/qd2Xi66rZrBLYazUZM9oBK6RwilUS2a83Ik+2DhbDdSIsv&#10;X0VRKI9qyHbSn6wfckPhxpy/UuzsHLLvXPtWuRAxUDr0DtUOQ6nGZSOHH9xZ0gfeXd/9/46TJyuT&#10;czqlUUqYHj/7lcUtwfs4Wmycx6JykmXb/bmJuWrl/CRdsrkNXvd4K3K+Hi+9fn3eYfWmS4dyMnd0&#10;QnSag9evOO/cvJqrxbajDx7ubVs9GpeNqlXztMblsk/89m8/u/3mjctvXFx/tslQo639dKLQVqPN&#10;w/KQkD6LNE+S5e99FDrPdR+dNA7izZ29JGgMGq38OCZD4HAI96NOJEacmkZQjRS6nJaSYgWOWq5/&#10;jjc5JXp9ABL4Xru2vPrtZTwZibLTrMcdt94p0ho/AFdaBjgPcPC2/EGLQMh1bhtCqLHs3mFkc2XJ&#10;SRkCL/ai3LjMsQ2nw1TOFQ16hHP93brAiCTFDfwBtyAx7pyeESrWZpGh9V/tIF7hZNCabKSm52aG&#10;wFSiXhl2ZIu52Uvucr2Bgd6AIr2zVh0MFVrCovEoDZLN42dSuYEfyAD3ATGkjKz4UJiGolbkbDb5&#10;5tbLZmNkk9Knh88OUpnQrCta6G4f5+7c9KfPYWtv+mY0U5Om2RAqXvJ+sY/NuslosoUtAyHXrZVg&#10;VjbbtDCHLkwFcyUItoHjbRzECoiJzt5AJ1b587/+3GCgY2nS5XcEPepaZeTxmNbX29UqORVww0+z&#10;tnBRIpFVQVJkoUQQrty1bR8XP/+yTrSh1cH/0a6twXrWrRSLsWPGjteLze9xOBeCRKuYarTEQNjo&#10;mzB1q51usbI6DwNrtywpyserYas1c1awa1Vv3ZpcW51Nn5b/8IfI3lkLZdbT3f1iohw7a4JrPxIF&#10;CsgCq5nqqvB9cTpcMzNudBgsvrm97X0eVJBbQahdav3ewoJRRbfQ8hVlUn7co6jx3RsT59HyeTr/&#10;3kczN1+f+urewWefHmZiBZDVghhNj6XY1AKSCax5NFacWfa5PLrHD44Z9XDuskGgGyKB4hZvcotT&#10;QalCXpcxGv9cgCSaZ/vZdqVrtyrnLwVTJaTS2Gm3FCQmpXWxkJcomnUD12GsXpE2+LzOXJXdenT0&#10;l9+BAA6sQdFJDXPHVe28Z+wUjxOpTKl1huYb11GbZIUGx40kDoNMRQoqhg/46HpLzsthlxGCXsVx&#10;ov/wRX0gVTAGvOIbcLpD9lCqDp+dd/dK4pPjjoTjuW4XGi87Y7ADJSaI8lfls1q5zF959ztor8q6&#10;9VK7zXi9vARLp5zDrnx40Pz9g3ytyWVSLaTNs0d1q0QzTakX7Uhhu053y7UuX8AYcBrfsDZPyj0+&#10;y6OdjMaimwqagQDEKG5+9mt2QdJKHVdRrbJaRFGeyQw4jgNNwu2ytApSh845s4Rc4W62dDw3N1Qz&#10;GNER50fdCzMOnIuP0z2JRP+1a2uQisdSNaNW7Q/Xg1N1Wkk3ulCJY2AxQgtxa49Pp9XxKF+vCUMW&#10;q0A0IznQ/FGIArXfbNEkItyw3c5leoGQSBLs03u8Hktq0h5DI3PIYwYvH9Nuu3XIy3sibbFolAxc&#10;bIONdWgKAQLUOq0wwAsTU+prd3wAc1Wzw0oRZDuxXa2FHMi7G8Df+qs74w881Rbbn7jggXvuJF5Q&#10;M1SXF86z2UaveRCpowSB2IfeaKx2WsV6dTjizE796lVKaxW6LOtwSGxWvtQUn6y3ZCDTJgZY3Fqs&#10;UvyWNtfr3ebwJz9eurjYU+vSiCM/WK+wUN33uJtTgUmz94v1iMCOtWrroMuajOpEvk3IQLnjQSGF&#10;ac5rgzNXX+4oe50hsKB6h0GAr1U6GJM8PwaznsAr5eX5ucJohmZI5FvpbAUGUDDvLCZAsV49P/F6&#10;HvQwMFcE9boVt/PlSRZ/OrfLpDLoOxAGv/eGA9mheiYDUXWHEzL56tOn0X6tDodNm2N2TzMMAxS4&#10;M5NuPHyWxWqBUCIGpZ/2ujQ0pTIG+71kIrFTKNUDAcMnn7w0Opxer+YkeoJCJDAlFOfQQigrS8+G&#10;5tSSEMFx2+freO73K3mPy7if7Dx4kd3cqZ1l+IOz2uMn5+U++2T3NAZbej5frde5UUeukxbaqHc2&#10;geEeC20Mzb1uxYRNphsLby4HX7t+tdMB6aZGsc1sKnteAt6CnHC53Xby17/839ePjl6c96SsYIGR&#10;VmnzhmcGrVwklkrW4QowQCiDf0hgCc1y/cf3XxRL2Um/OZqt/OHBid9Ffnj3rty0Gk/9M5w5OpVH&#10;r593uH27h0+87oDZps9UKyCeL8/6Ds9P4FWQKyXHmRLC1hcWgqvL/p0E+2yz+MZNeBykDqfkJNZN&#10;xNjvfiuYqTYVjHU2OLd+/8SkBrtAePjoyB+YUhJEKZ4NgllpkNdLyUy593C/JNNTDov63qPjZLlb&#10;6hDv3HJfv77gm5tdWoK+J3l51QbZgi/kjuRGz57zB9sI/Mh5lsjmhxaTDGEBUjamKTlqs/maaPMO&#10;uJbs6f1au5cMuX2ioP/yIf5ciuFgGMvUbB6ZXr8MbgOIjDuR7VJ9iFElOqiRSJLlukarM5cqxxPl&#10;1at3tUqZCFH1QOr1O3/z8X1YPQFA4fmezRd88GgzVy3aXR4gV1Bwavckm7sVWEvh8k0m45OTQZox&#10;bG1EhuwoDagx0Ya0zGTVR2OZq7c8SJDHz2sKibbDVUpQHNaAFEZ8EU8KrQS1DAbfUGOj0cDCPjDh&#10;lpMyNTgX5npX2qONuj4vTyUr8wvurcMKgsz+oP5nP02XUzKslJCRuXQ98P9T9B5BkqTpmZ5HeISH&#10;h/bQWmREai0qS8uu1mKmGzMQs8AChtldEkvuGnmg0Wg87B4oDjRbmi1pIA4gl4ARwGAxM5jGtO6u&#10;7i7RpTKzKrWMiAyttXYZzrfM+tDWh+rMykj3//++930epH60Jk2ymNw/efU7vDQTuLI887/9x68f&#10;7GZ8TrLT7Lo8Zrdf7ZyzKWQxdVSIRLSIjHY7zYUJx9kRG0tUoAHI5aVsegAZmdgfWpxUqVVJ5rse&#10;P42cy9GJOBooXAaqxapKPf7NjyZGUn1zs6BS29BL6XfkqTEbJtPN/mDx8vjSuqVeLaUStemgVWj0&#10;9G5e67N996vS0qxTxlpfwc4s+/tDlU6GJJhAQ18WxZDH7WTo4nmZH/ZS2fOpGcf+XuPx1+chHO4Y&#10;OlesA+sVwBcmNLKFbq1OAGwG5Q6aXQb49fpSaN7NjQZct+0wQ8bAU7Th4mr02fdHAFmjbu6x2i+s&#10;RcqVPpItE0vOgUoVS9fcwSHjLqktxdBS8eLbfb2/aAvXXWM1Z1g0udtrqxZO5Mq1gW/ctr27o1Fx&#10;k5O6xdVxqze4+fScAUfeaPn627hS4yH76kospgaW0uZR6E1be+dWq2nZwXK1sjjSNZO11nm3OtJq&#10;15mRSshlGqexWshvurDs3nqZYXRytjJ69LScOOsUaqD69C6sYotkffz86OVZ/dsnKa2a8nscv/7k&#10;7OmzIv6uumw33+qDBgzpqtlpnA6ZksmKkjTevjBzUKxvxc7HA0jqEjKhX5ie0bucgek5WUVWm9XZ&#10;5fF+j+32ys5ZW7bTCvk0Dqf2IAG6vAAH0qjUm7R7p632cQ0EHP176EEBY6/T/fZeUeZb2CXvHQ/u&#10;3c9/9N4ipRz1CnVtpyWjRJtpS0qIcVw4i+eLFUGoFMrt8zgs2SR6Wk0hb7D1AeHT2vj5VUOfNT/5&#10;LmFQAZFsRN4SdopYEkw+2exUrFwH5bt5fq6t5JWNRuvF3qBS0ZWSIsHpCJ7k+9CvkqsX1ZfWhWjY&#10;POyK5YY6EnEV061hi5UJXS6rff89ulkhz/bFXrfrcOli8ZbdIY3PaOPnXGTSWm1gIIi9IBYdOsUA&#10;QgTd5ITq2kVSpjtnufraVdudt/jFi4pUEjoLeyhgP9rLqg2md69ZgXrZrtN9k2Fmxiu3BoenbXSl&#10;CE7hdjrRcslXSw+e7da6A60WKHVbeAZQca1SJSjp4dFZDakgGETh/UBE8dWWlVDhWz86qIMfXEpp&#10;SnH+LDnIlpvcqBgrlXbTEDyqwiGbJzDq8Oe3I5MubzjTaAYczHw4MB0KUCqFy6oG0Mbpt4fD7k4d&#10;nGT1XprLtbrukN4bpexuRQ+qaBKqetVyhFTid7wwQPtg/zilGg0VI43AgYmuHqA/2oAETwsDCK0g&#10;kVJfDtopQSx0BnuZvMdphlYd9CHy3/9376JBeHaSqlRaRrPm8bNUucACE9nrtj1jkfFx32TEreCU&#10;5fzAZKKuvb40Njc5Mz/dKjQGjY4bsbdOPFc6z2Ubp8flSzevIyBSrhSrnf7YOOQ4yUFjcO3Su7l0&#10;6W/+6iz7Mn7rxtzmyfaAohodpFUEp5VEAJ2xaRuN7E/fvzvu0/ms/NUF50/fX1+ZmJsJuXw29sIa&#10;c/FqYPHCige/Kxpyaco35tehFSBwpP6VVJxmaUO52p8KBsEO6fY7dqRG5c7B5v3ukDSpnLdWlhdn&#10;psqZpiewaHZaBmwaRnsObFAD9dWjQ28EEHJOS8mH6QqlJ2dmxgr5mtVIrEzSKzNXUon2w91f3Ll+&#10;rZmXJbVPFLu3V11ffnf4yQ87VxYMfpflNJ9PQ+/YyHhctnZL7XXPk0pdtoz0wDCJM2M6EfTyiN5V&#10;2hJBmaanrAYmQJK+Tq64HHUU03mURzCCxoajXtmvtXqDLudQslKv82y3MlJRd2/6Fqed22ddfAA8&#10;OvXVMYOaNhyWOqGA99KK/Sy/n4OsUTCZTPTqlHUm4D55WTs+ovaPqd1nA0o2ttEmB9ZDjQUFEGuW&#10;fJJ5/kPd7tYeHx1OR97BdONw95BW6t/48Cfwm3Q7oGv5lep+rVnHnmAAOqJKNegpRhKdyfdj8PUg&#10;FseDedFOZvuDgdys19wTkRpWMaOe2kAU24rQ+Frm5HR53BcNTn/3w85+IjM3PnZ95fK33z1NZFsu&#10;HDjMOrCmnjxJrK2NSf220WgjFXaaokq5WiJWq6faK+O+gXDqDNPIWbQ6EqlXAuSE3w6sH7wMvMXq&#10;Ukdyjr9houheKzlSNaeXHN0+Z9ex00HdaET7Qob0eXpjQzqJga8rKvRCoddyBGSbW+9FH64YI9Sm&#10;n/309ValnIifRQBKcVoCdo2d0eQSrciENTxrPn4Z06t1OIo6g0quV9PpO3qXsd8rjvmbNpcqFLHT&#10;+tH3T/Y4EefcLnaEEseHPebXXwu2yhU8hnQO4/WPwizRBXOrUqouLoFnY29X6kOes6Oe4tK7HZ2D&#10;vb1Smfd6nXpJ8ejrrfm7jkzJtvUkyUkYFwm1XrMjsOlsN+ByF0uNVL7pdpq3N9OQfkxPeH758bbO&#10;RFy7NXWWljtN8eqiG0/eVKE/N2e7/813fGcYcvqKmd5c2IrWdqtH7e40a00in22uzTMwirdbcmhs&#10;Zm5uulPubP+QD3gd82seyiNpLUgqpbzjpUC06Zlqusdys4s1rWVweg7VKFMqa/Y3hUrc+fQrWW7M&#10;7j1HiRnq5kl2iOgMhoE0cO2ygjY6gvcfnEfdkEMz8HkRI/W1CyuwBT55eSLaTSjAgNv+dLugqRVn&#10;TEIp3bapRZ1a9ygmKS9N6sfMWw9KRpVuaszbqg0y2R5ehP/V761s78BzOECUtCcQW8fd0+OEyLVf&#10;njaOzpsLi5brazaJHej0aq/HAFY0pqr+MGaJaTx6TUZ9Kt6YjAQm/D6EMr47ze2cVzC4c4YsVrcl&#10;/Xyvvb+PHZrGxixevtIZaVVmT2+gsHlsiFmw/QKSqIUBX+1JXQUHjN4ZJ332IjPkR5USn64MQT+E&#10;p5zSMBI8umB+CLyJ0SeO4EOs1wtnxUx1+5QdmwksTBhfPD48zfTdEdf4pEarlhLxRr87SsRHoHP8&#10;8z9wHR5n2oIuGCDRnqdUVgQ4YTSdmGQ299NDSTRaZVNg4PJJVrP5z/+cb9dV4xN6hNSrefhXlErE&#10;qMDDBBWHphxumVCS8TMQjwcet6nTASMJDitqcckMptL0LGtlhvmcxuFSFxv4A/g3329rLJjWOG5e&#10;MyH/+GIrm0szYhcrHJWALRel/OSTs43NdjJDnJ0CIdAIzvK0e2ixqdGSEAhqfdEhqJT/6V6rpWAm&#10;V5dLZ81eunmaH2Jy+tUPpzZfEBdwq04FfEup0hkScHoNKJVqKhKyGCwKFkV7o9/imo8sTDg9i9Gx&#10;hbEgKZJ4i9fbLTQmwSRx6rW316fzefHvPy5sbKG3o4cnTpLRA5YVhlKl3IoYvJuJ3Ot3x+/cmLPZ&#10;VZV6HaoXtVpZqLTrbbE3kPOFGo7JCrW6ycsPN4r7e6VGHd1CpUIyLY6BmqSEpxhXZz2l8Lqtq8sM&#10;UrjQy5DSaCLkurrkitrUKxE8bk0Rv6Na69sYpsazB7FzTpJw9yB/57ZdjS6Q3umPhBXi8MWzuFpC&#10;i9ZYKFfWVoKqkfDw682Tw6aFYWiYZv2GMQBEGoNiougPT9onZlrVE0EeovxQzdYtdpvD4dt8vgNI&#10;m0qtg7FT5jt4gW9t9vKZ9ut3Vmi1zeJKOwL2336eVSh0V1b9Ot3g2rXJ29f/SOoQo2E77PCbaDPK&#10;ZQ7fktbglYVGvlQFNMofCvCsulaoeQ2gSvnrLcmu0bCxbCtXMgb928kOKRFAq58n45IwCPgnZD6y&#10;ovcE1PTWQRbnFFkczUTdrVbyxe6L+Ynxf7y/W2p0HC5nT1J0ez27xY1RhkrspRPVyYnoe29MW1XN&#10;YPT9dL3+2dYn05F5SSBgOO8MmucZOIfR/zWxmHQrew92OkOWxKgUSq/FmasTU1dcXuOXD76hzeBl&#10;U4+3SmdJWLrIW2CD2i1H52mXDYpPNn1+urJ8weoKG6xh/4SzXNu8/3yTsXqFvjiqNmvpTl3SQHkP&#10;3CDCzVodNl69sJvu97tnmfJhInV0cPThm7f6JPGfH+xZ7S4w0xk17Wf0UOtdXBi7OTvWysnHu9Kz&#10;H+RsiqIUZok15o7NSt4WCKJyxKVq1Ymx8bWJy7RUAyfLZg0rpS7mU8Gxq8KwiL2vUafGlIxE05+2&#10;1EosUj3oYkx4gmbKnMmp42fDhUgAhnJfwIMc5s6z/bmwIxlLAS12YXlu/+WzWlO888a7AAUzWAEy&#10;zLPnWxcuX7JbcIRK+f3wqKhAb/UFQSnrW602r3X04PEZyJB/8N67kzPjG8f3EsWWzeycDVkl8ZVU&#10;LzoV+ubzRDs/jIRV2WpOSdsxss7vPoxlk/ZxXyrdiu3FSQUxMR0EofOTz5L4jbk4ZwSgxBq20YyM&#10;SzOpotBQ9riGAeCvWLLbqS0uOd/4/bV2rx4cg+JXtfOysnYVegKuXW3FT/vJPH/zVmB7/+wgW5lb&#10;8o54cveklSmy7713vVyulxssaoUot5kYdSZRn5rw4d5ZLmAsqZ+/6JyZp19uHIxke7sPkwHVbwka&#10;mbcYQPJC5+C0Wown43XGZG1k2jirXv5wjgWjcqDHROFgHzFbjlIROnLUrhPNFjG+FMoU8k3EjdHK&#10;jXdtdiTddLGkAAkiIlZsU9zbKZ4mqlabMRIxJ8+zr11ZozjdiycJdDr39qp6uw35/luvjaPYtvPs&#10;hLF5tIyfly2wNpweH6scvanro5nrdQ2zFwiU5ub6GksN6X41oSulpcS2LX8U6iRClS1bv6wKz1yh&#10;lVPVNKcFf75Hl7LC+tJcu9lBU8Br0yKGdp7l9UZjKZmcCujQ8KHM5PSih+3Uk4eJWAXy95FFK6Ri&#10;xWpF8/Pr7sRhId9X1wTyaKCsOjBq1EhdYuN5o9WSgO3dO6wh6PdHHy74mDAqpitLzO45bALD129N&#10;3rocfHGUxkNNxxj7Ap4rnU6trEbdcNIz7I8MtIXnTXjIRIO2epvIZnqXXv13xcPNmCR1zSZbLMUD&#10;M4P8JKPV1zMsLOLoDBLtPvidKr35gw9+YiWJsEOJlu3eac3p9ePPRPzT55Ynl8zwySZx0FPpx8O2&#10;kN3IDVUrs5PlLKxVMoZBLoPSZadmZ6z78e5pTkAFyOGyNgqFESYMA0VHIFAvL5UGCvDbwSLlwRGc&#10;jadrngDlsGKCYEJ+IHM+Mli8GHLYdOpCkc1XhrMrOn+UPIrx5zG6XdS2e8iDKwYNQoYDzeqgNTSe&#10;2wolvnuxVFLs7gvtruS2YyhVz2b4d96xLV2AFK4TXdTvnZReu8NxPfr+V+p3P3T97h8pjtLnWSzZ&#10;+pZqDZSb+tvv+sYizuy5REiERUuWyqNsGjxawaDX5zON4+3O4aHm7LQliW122Lx2bWZ5bu7e14de&#10;m248ZH/88JQRhuBFnNWgftR4QvZGveZ1ahGA9fjMHie9NG1ZmwGWi3JazMrRUKdRAsqmkQYBp96B&#10;0mTEtxRwXo5Oh8zO6ysz4K/tx0vttvD+zUWg5s5TNfy7xwCQGV3AXgGiihaf7OZB3TIRtv/08WMs&#10;sJrt3Fas/GwXtFeu2xMqtYFaR7s8BrNJA34eXocy32cMpEoBySU3rHYBrpyaNleb2kYxC0d2aMr6&#10;r/41ubA6XFruwGMdnFbbUV0eDNZmDGszRp3KDIlQyO/9Z++85WRc2HLvnKTJP/v9ZZfV2CmUVAJ4&#10;pK10pq9AQIDtCQJY3K1+dwAd9d27EZwRgHs3UA2jgdUjnKhSB1fvjtQutSpXr59Orv9cqbFsbX06&#10;Pe0mRkioofE1wveViJWTse6HH76/uoqYP4jYF3KZL7hBOxLwqQxG3IWDHqte9w5jnvzVP/5l/jz/&#10;+ur8o/uxx99s3Fyy8jI16heBa0sV+8icWSiOYZw8q63VAcSKRpx+Ih1/ctLpG+xYAt9eiGDDWu4O&#10;lhbCbVHvYsLS1uY/fP7DXn+I3KXRpKlnd0/AWat3SXa0cYSBjwPRuIPDKqjPEfeYgdSblCIW/6EJ&#10;P8a5kx6l3X0jWdk9yL0YSQyYgY1qfGFpSm/zGOiGVjX8xadJ0PbcBkfEPxYOWrGprrXrx2hBllMQ&#10;AkPlybap2xeWfKbglHvKB+afgqj0+FI1NeXhQ76xwcgJ/CUw/E+3vk+X64sLyyvjE8VUo1bnbt+6&#10;4ItEUSLGKfVXv9380e+uonv7V/+42aWEBoYdWqHK9hKJ+s/e+8Bk0ihQhK40hvVuLMfdfzmslXoG&#10;UjFmZ0CetNt9erWLJnQvv++cPBr4HHqHR250GuOzrlzmhCa4TDoL310+m3yyd9zrFHWqKZtN3Wvh&#10;jtspVIeg32bOchE/Pnl46HfwUDw5aSIAORM1I/q4t1XlGxqU3xG5FtttaKMbjYKVkZP1VqpatWjR&#10;mQa8SZc7TaoI4/WbVwfQSIqd8xOIprUzi3rSJDzdTTkAmqdqCr0EJmrYN0075/aODhWE+fLCdC1e&#10;dPrsBqsWG+z335h49LDwcOP40jWHQtVXEWY1ejK8nGuKyAmjMT3gqItXL+ztn8JrsBB06gYaXBaE&#10;kebWzTELNZx23uw3Ffi6HMykyzGHhg6lEnb2TpO18tSsoVWoRiMms0dTqHU5nmvXCCS8B73u2Lgz&#10;MhHVKjXFuPrpY/7u3WssajH9JkyWZn1ofMxercZdDmbQp+CQv3BxeqTmTnK1RrZK9vkhCzWaOD5z&#10;ud8iYDWhxLbQPcHEL1UQPQwT9ZnD6GlwbKXfEGmlAeILqhNZcCCsX8mXZ6b0Fgty6uLSJUMOKfOX&#10;WYjwVq6Mf/2kcPtWKF/r752VAE7pt1q1Ll4R+pklz/O9PbeP8jsCqpF5bW3OZIEDvuf1K5ZXjfg2&#10;4VIKTEbVWq/Jqs+X99vSrmsutXSnq3n1tKyO+mStqD09djx9pD3c02XOHO1yIOqd2/kkNecyEflC&#10;+yB26SfTjoUlj1WdiVXThWG1PSoXC5U6Mu9NK6N4/KR6fNACh+3qmv/7e8mTE7giGlavBacwocMC&#10;BIH237VlJw/mbYq97lMBHtSzWr9O9l9UhmtX3UGfutsSZieDMGixbK87HOhoSaPXgayJO0oXgQty&#10;dOW67/33Iv6I7eVxftFpOy73FBY9niHNFrefGG2+7NSK9WDA8fRxVgeOmSyfZnrDnnx21C1XOQRr&#10;gZ0FCRy1jTLcnIUuMDr1ejtThfTKqsZKARqXdkWtwv0m8HRzu8QKQ1ZnRSym36OVr2Z0iVTLbrF0&#10;2ojP2Ag1dOm0z4/rkVEjKUyMGSCOzR+y6WR/ckqLubSCICcCpi7XlyDOVQNQwUJrgsV5G5lA3vKz&#10;128X4/mIN4xZ9cZOuVTUfftt1Wt3KuFkaWuErqpbwqdHabEz4QlS5KgH9wbS8JUwT22UDWZl6kgj&#10;i9L6Dbfd8gqM0+qKSNbx3GA0Em1Oo16vQU6VseB21coU1C+3+OO9ysYGR2n5m5cBdw0tXlQFfEVY&#10;Cmsl59Yz8Y3bwY3j/n5cnptV3Vg1NSuw6OJOAb6L5PSZHFaQpKiRQiJVpJkycG2tcmh578ZdGRrI&#10;Vj0aDvpdtidbp2695A2a8lzto3cVdy8Ji1PCxKQAX7vTrmfRzRS4UqVdaQtYBQ8Vwlmp9uDl03Kv&#10;mKy2XsazG7E00nb1WpXRaLyMlWbVHsYviKpPvjv9/tnZ+rKf0iqzmGzQKo2JQS91bqLr8+ufvuh/&#10;MD9bbSgfbaDvBoaZlqLVcA8YrFJoUhkaJ9AEMVtsvY7YAzRX0A67GuDg8PcGUQNjNl+77NUpyRpi&#10;Qm1hdtm1fGkoq9AIIj/9WmnxjL59LH38dfefnpcwkL0SApLJ+P1e/N7Ls7mx8Rnv5IXpSfJf/t5K&#10;OV/57qvNg53syXkb5QcJbSNeUEqqsaDtxlvreswlLeZKPb++Zl1ZsjHumQY0hL3O2MUPCHFQLz7Y&#10;PdpEdMRlcyXTZyIJARI/kMlEomg3GmZnogJnXVy+0a4fjXj0zl3fPf8V1vE+n1FNc7Vq/e7df1Mr&#10;c//+f/lvwLVDzIfsAVzE7CfAnh4sjGv/4Z+Ot2KIHBsOd1OTHkTyHIHxpUapTKGhSGti8finGREj&#10;CZqUUke78WQ20UKZQdqOx91aydpqwNlEeQyJhgRjmkIqJZstUzC0EJlO42fYbN5YXY8G/c+3dpRS&#10;L+S2A9W4uXMGS86Qa9lJzmudenr8NSf0GdoaO4d6uQlPXDTi++W9p+nK4OLl2VJOeOPi+PS07ayY&#10;OkpmOwM47TuPXuQL6c7dtTc/uPMvLFqmmKsvzE3msum9vdPwuO8ckehimWHgue3++uPf4Lx2dNjA&#10;1+g1IcmhevIEr3JxbsKxBQFSu+V1EwOJa8gakewEJwLVIecfZwCmIUjqqNhZnMah1vTJx4/BeMOM&#10;oavUMzB+argHOyVYi5Fzm5wK/+R37nx+79tCue5gUKoVPAFtX2JNJuxKB7XqOZq/swsLI7VYHbZD&#10;EcrvWgyGV05j/8hJOllWLs9GS+fJpTW/yHWXFiYNlK5QTE5f8C5d8JgcGKGNVlaj21vpydAMsCsK&#10;xQhnv/aAaA7htBNiuy/9Jl00vGo2T1y9Mv1s696D5wd47hFdbHXRSm5VG7DJjZKFtFrNq1k5n+6e&#10;HKZnZmfDkUm72a/t9nO54k66EpliICDt17rYYFWbFFJq7U7DZNDFIRXyLrTgf+JaUZ/18tW1XK6L&#10;zaVNpzKQBnyKVpfGK5WOUSsVDhMT7rcTuWqhkadQ/GIFKOzKSKSfpy0u5vSsXK2xOHsenKYzlQai&#10;OPHDPq00ww2h1yh0Gqpe6lg01m6Dvbhua9SO8XTAC3MstDgVWarXdymic/XmlS4vf/147+nmnjdg&#10;7TSH+VQOlXW/z+5xr+u0cjq99/jFkQsMUWnQlYzVKrU4gwi68O39U6N76LIpv/3iOJPIT0V1JC2H&#10;ZyIuu4nnKs9eHLuCQG1Y4KkvlBUodRH8IBZvLy/rBIlPxwvCoK13mLDLeP/Hc8NRNhrV0pR/wA2D&#10;0SiF6qnc0JmJSqlsMJmhCVPpHcEZW6v9qUKzqbOXoIBPxyyllDNzZDrcMz76ru80BRUsWUz28HSw&#10;+t0qWpnfSmGlP70unz7vV9t9h0+K/fK5xHFX3r4A+wruZzAyPt1Mai2OVlMRclvjx/lGT7V/TIy5&#10;HW9eC6hJWU2YNN3B2rKHsmpTuabBaByxXNgkS6SmhOwVrSwWqpGgNjrp/PJeym0waflhsdKtdYet&#10;7iiVbQVNo63D1svTDm0AfUYNCugvv9hlNMw1v/erZzlxRB7uFYy0EiYxpHtVKjp7Xgn6zJ1ur8Gp&#10;wFg3agF4oVJgw5pNgOrt7hW5Vn9uyiVLsMdIFxd99SwKIYJWixepAnbjfKk8d+cNhzeweXzQRyUL&#10;q37kRyF/JjWZknhyjMgEKQyIrx4l9QhX8d2/+eXBUJCPs+V4pmhjiGJpVB1I//W/tVdLtb3tqj9I&#10;XHp7FXxXH27yZN9iUFxem6/EOCtpPC810qX0Tz98/+Q0n8o0cTMBJA6GHLYvYZVfqvZBD5pZM5Tb&#10;7fR5SxzQ+Pq0Fv17PxJOXg5PtkbBEGH3KmodoY3iHBzIgMfraVrF4TgLqqrVpev15fOYLPIwhbA0&#10;zc2v6AURuAUhV+39+quqqBg5mNHWjmVQQ1a6HMvyAJUcvey3KogIDDAOxG6MVyk64ivMThvXEJsD&#10;2mm+I+E9cWN1ZdAbfvbgu3i298PjDK0hXrsZxX2xWBswKD33lb/6snGYou89Z3/5eUsmzW6v9S/+&#10;9jRf5fKVFng+0oiUefXcwgWH07e7nxFU0C8qAXo8zlSB+AFpfsASIa835LCMBwIypYPCWWdS8ATv&#10;DTFaY2V5hahmxJ3vNY+2OJdT89qUp02i3W7EL3uvK4HVgwmyLPS8LqXTPYjO8DeuEMvL3I27mtkF&#10;YnXNsr5imotQnQbUgujHN3Nl/diYvVIENrvn8fX/379S16u8XturlwABJCFDXQ4ENbLwVw8TP7k1&#10;8eXW0V/fexjLpKGZIf/sny9+8dXuQRwTRXwI0T4Y6hWCTqYmJqx33lkUIRbBi9Nk5/t1tVj2+820&#10;baaWraOp5hlblht7m5u/qRJmlEIjOure97lSZzC7Evr8mwTI8CAVuWwOg87eHXSf/HBvPLTAaFxM&#10;YEDYzbkaKgfCH//pv6s12l98+n/EinA3EgGb7d3L0Yid/Pag8OQIFAH26x1g4wWDCufLEXquiaOS&#10;2CiB+wm7CEZif7ddkoz0zQvjZ+e5X3x1oMXpRBY4oV1qVqM+R1hBbsWyeYHWOJ2DXsNMc2pGT+jt&#10;GhWVKRVQAJifnqjVGr+9vwOQH6GS9s+bAT9j1UO7ypt4pd1i/pt734ojxYW58N5hs9Ik5vyeg/3E&#10;xll1cSG6vujnuM4X38ZRXYnliozLtbFdCtlt9QICXOhEKYvp0xZbzzT6h8cxgajOTEl6SXBY4Gqv&#10;c1JPrWYVWk1v2MedPnbWVBPE9fWp7GFaFlm3UavFdcwiV2vVy1eDPP+KWPbz35kBIh/EvpN0heuy&#10;JrPp+Cz2sw8iyKE+OEiFliLz60HUz4H8MALxpCWK+ep5vjgzrikWitlcx+6xTUy7RyJfbQ2e76T1&#10;elXE6lxff0ttsvJsZnY1gFeFxabv9KYMNmkSiRS7vZbKrS2H6qirCJrI9FsKUXAFMAtSP9uMG8yk&#10;0Ug92Yq5Xdq7r01IbB8Eg4hv0UThL0BbLRcvLQer+XMkENVq3ef/9GubhwmFxo2kpl0u4YsZSjxK&#10;h76Ivt9ruKTQj+/+91gkoIykkOr426cIMnMWt0ccXQXfE3pTs8Ff/cPJ6tJawGrZfHqiRcib1mVS&#10;g2KqtTwfjSdPYWSdGPf8n3/+uNMVfDao8UbhpUmL34JsEzFq9tGM492HmWe2sFJrILtsFbZinMQX&#10;px0PHpyXK4hNTfcrLELkEzMOtsbSpMHmdMbzVXbU/ey7g1KnawHKh1L+5a9fGL2oG4xQjlqZv0wS&#10;46wIXWILtNvPn57mG+nFeUMsjo6iPhDCHBvvOZsOfTwaAqOTVImdmRAvrTt3YgSpJX0B4f6jwsW3&#10;GdhI9g8a4RDD8fTHv0rX842rV8KM86JC9uoV+cj0IiYQIJOWyyMbwlA0mY0PdQrdtdUxjxnAEvxu&#10;231WSypdIEbVS/OTNmbl+Gyr3a1QGj20KdgqcDCUqlV2R6jBw9r9wGDMZdKasz0v3xovplENMHhM&#10;aLbZ7M6g0w5OvqvT5CgEvv0efqTtpGuNp6WxC3pi3AVW6oKnL/5wPhXUhoKy2416kjabasVTXVpn&#10;XF0ZPztMhQN6f9C1cmk2FGZMBjERr2e2c9XU4KTA8iaFbFK3We7S2pjbbq4N5M0c+hIdO4MykKpY&#10;4Ha3es1SPwhcZV9xnMOJSIqGXStBG1ClSq2MMujJQT/1Im8mVTOmwJzBdnBUeQXRJegpm5at8z6L&#10;9Z2LkQmHTikIy2MWBpJ6EoDq1qTfotEpgrPoUaHaJVFqnWLYt5i0aiieFR2WHfReNTYVJAlNn5rW&#10;6gFHnV+7gY1vo73/MlYcjDTRqDkc1YSCSitD9ZvD+EkGOLOgl8jXCLg+GmybU/JGCxpbihIO2iTy&#10;E+JvvyjsHvJ6vdbp8YfD0Wqi6jA7R2ojahtRtwc5n2azIQqYKcp+h3tQLCCIuH2UEARyCOo4NeqA&#10;cKPgVq4pFTRsGlI6K4B8pFSJFqa1+5hqNQlvFIIDOZ5EcYGESp2QwBTqi6KxUhtGwyRCefk0OwJD&#10;HvGK4cjkMtj9cq2m/P7hqFrmFRLI4+zD5xgLtf/L35sqt0dPd+JX1iytZOP0jJ26EIACudPpoRmh&#10;oaizM9gDRQ+S5C4HhXeySsrkU188eY4u9+lRQyFK4EULg9HqmB3cPIFV9Duap3sESBbDfhcTTCTh&#10;L60Z0BDMIjLbq4ODCA1Gr9vRQxGldVxcu66nNJAAlpBoAnsBAUwDfffGlB4merWyURm8dXNxbnJc&#10;rdJBhknre6it7b80PP3e1ip0FEou1ed/57qPYEExRECzgwmLhmK6NXUrr+qUzLUsc7rNVvOqbpsC&#10;XCk8Y/SNAQ1fXJhvrF0Es9QHuu/iogT4ceJULhUtqXPtt9/UbU4VTesPN7Jw+TJ2/9vTHlGp/Osn&#10;abtR/cfvXnp5kjRq+c2jE/KjO/7DozKPrp8WhFzU1MiITXXtjs817wPPtlnOos80PTfBC8NMJqHR&#10;GkplmauWr958R1YZm6nvaSsSYBQ+1+DxqGjrUORpwwhRxQsXADrVPn0YN6mhl2uk6wWvZdKmcatM&#10;p41uYTyw4rC8+fz5ySe/+fPlKd/S9DQsQToZyP1hNl0GittmY6wmk9ZAmG2Uy0YFPcbphRCYe/f3&#10;y4f51klp8Dc/pAZg2SsJuQ2DhDJVQWXboTWoMumy0aYjBuRl/8S90/bTVGtlbdqkpQvl/nG2C/+e&#10;nlYORqhOw2SZa9Vr6JN0ugCWkNWScHHeD5HpmE2+tDC9e57/fDehNWjzBUS6X/29ZwuVUn2ATzX2&#10;rJCZXLg6e5rI7hx3bDbi0nXfYaYqy7Kb0c2MBzDQqzZLkoJ3BslW/0TJjy7P/Itx7++SgLGGXY1W&#10;dcCXVi5PNJq5W9fHy80W3GpOu3rKbz3cT3SRNfX6N/bjLRXz3cP8jM9xclLY3cn9sw9WzFp2aT5C&#10;acx8l9t4lnWYu+99OP9wC3Hk4YyTTu7EIsHg7//4WvEse3EclGNtodie9Dt/9t4tvzMYDYba5eGd&#10;y3MuG1lKdNbDa9Nzq19+9vc6LYjoygebWa26a9YtMiY+l3yELKtGNTLqhHg87hi7zmg9pfTmxm5K&#10;CexvsjzgFRbMRkgFEDPHZ2mOLw678vrVP3Ez9LNH9zhBwOa8x6kYoxcWpY09MECIKOhgIv9sp2rG&#10;+/UdH4qMR4mKfWT5w3f/J4Uak+ygke5k40d+vYrmuGcnncNUe2HOmTxKY+rgdwYYbWh5ebVbyawv&#10;208PsO2mDTp2cpIJzUVtHv2XXz7aTXSB0AyGiQvX/DqXr9aFySHu9AMmASLdXHSCP88d2se8z05K&#10;sWodR3m8lGul7vJs+ML43M6DDH7Kxbbw4IekB7ZSWZNolm+/40rXXim9LUr3+uT4P9zbHwriVMRX&#10;rwNWChvAWLW65Q5pk4XhJ9/GVyaMLEvt7Ih4vcmCGuuudgNSXFc5u7F/ULc7nVOz2r/+uxcQgr19&#10;V1ertJ5v99au6Cot7vN7Zby1HHakexk4m63UoFU7MbhuXr76k1zqGRae7Wpmckz109+fkZS9m9cd&#10;AQ9VLXbfePdmtTwIum0Xl937pzFRAXieU28MbG88glhYa7RkyqzFBvSN6dsHexeue+yB1MdfnRRS&#10;c6O6OWDTQM7td2srhdrBdiIacHzw4R80W2qUaqulPNa2uUwBAbg33vT3C2wsJk284fNPBqoH9eOH&#10;Q4fHBWAvCwSZyYirws2rEwvzgUSq/MXXO8srHv+Y4+XOntUmfAviEStNRTwmq/Hjb1IHKY7nAUNg&#10;smXu4fP2wmSgJSnOsi1g9pDKScd7iFjj92Vh2tbpi5lKR214RSJ96/rCk70Srh1gxGkpDYWBSld6&#10;68Jli1FdOotDauH1OHot0WYw/Ld/8tqkn94/z5GEMkLIjg7nU6tHfVAoSC2jkSgF+l2//xNXl3t1&#10;/zMZITHkMR6gzKqOQgtIuYmiEBLsvWKMcZG5ORiayF7hLF8ttzCMUTXqbRjo/AETlK75OuEOGkYi&#10;+2S3sTTn6nNDDD9FgT49AcBbVuuo5y8kHWV0WdSQRmMpZpLb6CsTStdbd+6iry53uspeL2w18KJi&#10;Z2v7tbffnR8PuhVDSm80exQTY5pCHeXbUZ+T+tjqBYleT87k4d+QUGNutTm2bYSfQmFUN2oS31YI&#10;r96SnVf/sNTCnP7118DhMMTOAC2GQlLbh64IbAGLtt0mkzGol2GjoEBuq1dBv3SM++z1Rm8r3vCG&#10;6Fxm0O+CiYaGjRZlKg1MwtWuzWD6gzfuTLv9sAniT6yyLCcP28Oux+cU28QYcGUqVBylkUTaSaLa&#10;4jYOCxeXvNGw7dnLBLY24ETWW83Twkilkav1ptGnpnGk0GhRtegNC0OprdbQVpVmfWEedfpquYSH&#10;NtLH5XrRoBTw8iMUiBCJ4YBdMaR9nrHDeDqeErLnar2aH5s2SirUihD8YX+0HN087Q9EsQwu0Qim&#10;L1AAWYdbR1GoAvfrDcAhPBrR/+Kp6stP2g8eyJv72v1zTHkVFq85MnUcCJ2tX+1fu6HptthggIFE&#10;S0sYmxlOHGinHe6b09bNZKXbae2kW2uLoWFnCDa1FueI91YsGE8hyEOJI4uOXl4P3fxo3L/oSjaG&#10;2wfp6DiwLYId/GwJ9vGs2zrO6GeUYtPs9KhwP+odNuTCSItPrxo+xcGwR9pUtFm2eGhWwUpKasDS&#10;NiVlo9CiJyKeNfVI/9n9/9vnH9eIc8eH5w+ff1NrDqwMruw2tGwwnYcdTMPYrty5Gh4zHpdL2/jU&#10;8vg8EJaQ46jceJmrbiQbCEJ0BUUbRyeTOZ+uzgQdUaejVmd5HKokdbY0tDDG9dkZQ0P5+DQv0nwd&#10;x9eBCnxkXhINaggLdUgmg8CZiFVR78MPfSACX89Nha1RO3UUr9HsYNVj+PXTBO0zoxn25aPc4pIt&#10;FNTXW1XQgKFHrvbYsXFbJssuThlF0IYHlMk6sAXFyxetyxPk7GzI5DDI6qZEJPrl2qWJP7u5+h96&#10;fXUi/8s6tzuiHGiCBsO2YiWTKJf0RvLiZS+wzZzYUptVL+IVT9g+F500mqxtbsCzktvoAmELo1dJ&#10;fLVTjXhtEK2uT41fnIARR4dy0tzMSicx7GcaJDCJKtNXDyunifb8pPXa5aAD4O0WZSGZyYAPP2GF&#10;2qFXOb20/1rA16sgsdB1OJ1mjS6bzLucLq9O9hjtPv98px2v1SFeh0NXGDTBAFox8+XNl6cPnmdt&#10;9Gh9bRzYe6A4oi4718FMGLo0rXfsItKuuwefIhl79fJCv1Rju/qluZsW7UCrg4RNwvbCY9F4xpz4&#10;pHZ63f3TWq8yenvt3Uh4ZTgoQofLikSzXKsfFEySxhFdkEmqdHikxLNgQEe9gSffHUJmMjEd+tWv&#10;nzIO1+XXbqDj2GntRpbHuqzGAgi7C+IR0euVYQiPH9ctBqxMevvbu5Ta8cZbP+00zhSkIp+vgJC1&#10;vjK+d9zogrLkY2hKY2A8OJKdn5dygNRpEVpUBkMuRxh7o972cYFSWn96+70H97fKg4KFMeu0lu+f&#10;lUhi+NaVy6Tcv/doO+D1FvKg1FGMHjsHh9MKlGbt2rWJvdPM/mki7NFKQ+XklEUUG/GkEmbgpQWD&#10;2IY4gsykoTR3WRmIF4bzc06P18yKA3RRBCWCZLtWOyR39h537IuM7N4BpxroXP2VdXUkKks6rgEN&#10;HY5CDJVO7ipUtYlZe4+ncc71WgVvwILjdrFUcbuRmGQFqt5oJLZ32fgRfXd98urlcKkpsqxp3G/A&#10;zg1uRfwgZBH/CVHK5toK7XVh/czacC2nRliuikob28xqqGbmWNjdl7K5rm/cBbJfHegNcdgvlww6&#10;Eh2SiemI0+18+HgfQ3LMJJUKYWbeqdKjzdKbW7Hm6sN6g/dZ1bguofXjZej7G0eUXhEdd2YKfZNO&#10;6XZqhNEICc+t/WLUaQ5YDWMu19LM3HmqBRs2lFXFTB37QsZMzs6FjorZECMEPIbjaqfCD//k99Zt&#10;Psv//utHx6DzTNuUPcWnPzSPSzzjNAzVqoNMGzkyFaFEwwcjR0AZIW47PmkgIwOUDJDovJJoNjo2&#10;layQeF4UrWOTA2GQjO12RUEDPMJ5pZmHN11Vqmnmffao140mhzSUW00ZOICwB2wYbeKkOxKl194M&#10;KVSDUrnrdFCRqL7NsoVKa/sgZrAbdg8SWD8qe9wXn+4EQz4kh49OC4tR5/TcuNodAP/vzrXV01QP&#10;UKOrqzarx7S1M0idcuUyJiJK9BlGAsIUBo1K0a1ALqKEDb6R7siDoUahhfoDAhA8zf70p6PImK49&#10;NB3uty16s8fq7rYHtFZBESKu7F2A3NTYnxLwkw9YFaPDk57fPKg73aRC0c7nwQvUMVZLMMgTsHHV&#10;gXQmRYXahayLJOfLsBR3wDtBdlzF0wiPZ8+HP74xrxyN4vmm0UDA1/f8pIEUbUkA/rUvy4YS7ttG&#10;rHtgXeGTiQopGXxhzXtvIw6mgdIlGpLuXvd98+XJy+dbejMTDI7ZrdZKuZZInR8XGyO94/5mCshZ&#10;3EYB+HDYqIWJ8HR4stQsl8rnKpXgjZjVZtKkVx4kC0tBUzQQPCjWjGaKRe1KQtSGTGSQ0+/rXzEE&#10;zGpSevs1V7XSyOZrHMu3esbDMzD6iYtj/n/4hfJgv4+rvJLuMs70f/GnzNxcy+Oo3LymmYpoo4wZ&#10;JI8He81yvZ+vDSE1+fHr0w83CwI2uH94J0xwIiaHizOmq2+GL34wodSLtUbParNg0AyfGx5DILn2&#10;kFuQhYWln2nU9nxqQ2tikCxn22e/fPTE6PejUTQT0B4dJ5v8aHqSoajBYSKjZ+yrixdaiVohlalx&#10;3aBjhib0mycHOtPCxuON0/jT8CRMwa6vfsgdHJcpFanUKN54c6ordguieFAt3NtLkXqtxaLiR2y6&#10;xX3//EyBzBZ4viNlo9yG/xNmI2QAErnhWaYHlgRMjWhBTc2GcvmqUc1ejwQlYtBUDdDVazQR5uqF&#10;Pfr1WbeaVqJfT4HfqteCwFLnVGDthX0wBTZAjOgM+CmXLmq3PjlvlrttvCyNDCUMeiic4NCyOOsp&#10;FlpPNku82L1zZ51Wkt12LJkePt1uX7+hmAyxtGYEJrtMDNyW4ITn37528S9CzqWXR//DVu5/HJLZ&#10;rkBlsmVCIpu5lp6SvS51LJPPVJp2u16nGWwcH7unQryMzEVnPBLWabvzc5aTRDUcccs8e3pafrTT&#10;+LuvTyBpe/OSo4NvqcubdCJllW9cDCVPq6mKBM1Wl+UjU04sxh1e5iyWshg0+FV78O0Dk27gDbpI&#10;lUXRfJVTTEFzbHHZw+smFZmKJ6Dao5TSyd7+oOPtd0qXr60+/25DOVTMzV0snaVgxb63kVWYGfSi&#10;2EH/7nvrBXjP+8SNayvbz87eff9HBDn4/Ov/T6+njDomj4N/r/XRR3+EX7lhP24xy8srQZNGs/n9&#10;sdcH7hc34TdqRImvU+WCdLi9aSRAqS2bA2NIcknV9nwoiCSf14sntnhhxVuvDHv1kZ42ffHJptuD&#10;itFoLBJESPjh/S1uWHE7O/Hzw4sX5gwCNRmcmly4o1SGLRpc9QeHL7ZvX550Wnytfv/kdHdp5QrK&#10;ZzaqN+oigupRq2lkEAYiewY4oTiEBfrSgndYGV68vCzIve2jrVQxpzEYb8ys9/P8SXbbHWYGLMnx&#10;GOzKPq/JbQ7aNWZBxgpUDPr94HJplcKAFZGtRnnfbCUMNg/KZNCfMYwetgCTBnYHK4XVhVEZgiyR&#10;kyDVfvYotzBvjc4H731/bjMbLl70JnPVRxttUKvVwguLedZsni6Vtkg1fvP6lM70/ZfnoDN9/UMh&#10;WzhbWLNKCk2rUVfoR2qDZnIqolH1crnc1l6l1JVcPrVEYJfHf32/8uLlwGpQ3byAoLw9WVIlC+Xl&#10;C56DWOYUYbrXFz97lP/hZfnSmsvrJVKF7FBSFmNNE9kB2CVXU/WbLdT3PEah3MDyiBZHXEfkdCEP&#10;nH94AZwdlo7OuwexutvF9FrE+pXrvf7o/sNjBeXMp6WJCd9o1LT5pKklR6o0zFc4p1HpsKLMhL6d&#10;WqGQJn00Ns08AiptFvWAag30R+TZqYhR96Nrc5yoDxj1nWTWBEBYpeV06l+/PlHr9J+cJG0ezXm1&#10;neqwP//5DafV/G/+599UhwLcmzwhnOe4F8d9k43S2XTnhSZYUTipNVuo7kmoyYH+o6UNZ/H+q4Mj&#10;Tdi8QmiCQC9FHJB+moLUQuN21/nOce5oP1uBRYQgpIjvlUVy77BugxPYbDjPNlpNIKU4j1O7skLb&#10;PcrojMXiFteuaixWhM4U6VITf7bdrWLlnmPKkwNXr9dudUt2l6HP02fpHjxKY04jY4T2eCRxA0Gn&#10;/bv//PlHdy4mysPf3DsLhfWzi6SOYja3upD5mGlsHkHNodH5EPtqOCQlHFP7Ch4dDjXt8o9Ueh7o&#10;1YN97ScfDzEFjgbpcbdb1ROthHo8YK1x0EkOKVkiFADSQvjLIzGO3A3MGwLbrtXbNgv5/puuEUz1&#10;HfGDt92v3bbmq/wAt0gJYZxKvlaFkxZsBOwMsfGlCWO3IxwcAzYvlLtDvIXHo/qQX1eoE+ieHWby&#10;Lr9/Zcr//CClM5pUlAFvZYZS4xPTaRpuXWV9rvylNWsmxft9yG/pCxU063L9fjsyFsaVGRQLg84C&#10;eFamXGtJhMaofrF9goWsWu6AmjDlxawIPkMOPSKjicN+ploXUMz8g8tBpL2qKL7oqEYDrK/2CO4I&#10;swWNHnik47F6byBAbPTicOjyOWW2a2dAL+LGTZpGUbO9jym4/u9/wW9vqh9udDtDMTQhX70iTUxV&#10;bdG6xteRzZWxZRsyxoiiTIS0BiMXnibJhbAKQ7NAVH/zg4A2ZIVqoFHOgRWoksiIxRr2hvb2j3nY&#10;BAC8oqcjCz8vJh5VMztTMyuU1jJs5ksg1RuNIgfpSQcw5DGftdcRvn54QutxMxYkTDib0vF50+g2&#10;TvmiYmv0qx8Os9Xmjz+cXb6yOr44q4ETjeuZNeTkuB2fBIiPawL7t19vYOmiVyJ9qSiW26GQHR0a&#10;/C/Uwsig0eKlatVZhRZnIhWtdr8jSRwohVrKa6cbbCeVrTVRI/Loryz5WgNuP1eHGrCP71Al8hyr&#10;VLHYeAfdgUprKECFZ9a/EoAaNCuzhnZl4HQ6cG94bdHflQzPj2OvVHwD9dqkDaj33R3Y6jF5BwBZ&#10;DnjNCAzrdZg2gwgtmfTd4zMQ5kwuizhgnZ2W0USMWTSvm/Srvf73qdS/G/CZoO+SRtYfHucwAyG6&#10;nWwGgmvZZ5euL/gKFTXGFwTPXl8PYGf8t7/dt9CjmciExuV5fnSgdulVDJ1OlzRyN+hD/o6ZDdu/&#10;fxL78388ngrplmfcXdBVnM1iSbGzw772GthVvNdHe6e9j5/F+G5776D4cKfUkIl+K8dmj8K6fqtw&#10;tp2pmca8E0uTCHPlU/Hj/ZOTWHak1MGYMz5xeyTB6vAIuxW1UqVVyghlq11OWT9y+Ew+L41L+P5Z&#10;nVTLw2ENsGfPxMRZ7OXB/kOnzwO89vlh9vAoPTF1Hbj5jlTkKVFrNbMyDa8FhhM0zeCg7g+4DTAX&#10;gKCsYJPp6slpodkpOyyoWoAQSWT2T8hBa+nyuKDznsXbAZ/TYWacjG553qWlhOlpZ7tUNCurENty&#10;hNIWpAxWulPPxg/3bA4XljrlnGg1+9toLPblheU5JNpVtEjSw1SmPB1Ze3h/99l+jTHpMXghlQJS&#10;8oVSx+dV683U/h7IF1Q46h4RrZ7UAGFidjKqaOu+/ezgyqVAsdQtN8iRQNy6HD44ONcqMf83/u1n&#10;99HJCwdVn34DJcvIaZK9VtHmcYoa+6P7p++++X4OvTzso5QQbQq7O8Ltd8fQSuzUunNTduAgOj0M&#10;Sw3JNN8bqkiCDXr1J8cDvm24e2Ge0Sn2Xzyx6Fb7beE8sRUJmBsl/Wcfd1UKBpvX2SmNzQz5LrO4&#10;/k7ssPDoSarZ7pAkGsaQDLjBui+WuAePSokE1lvs+tooFFW1h8zObkFFN21OPg8eLqnbP2e//iY2&#10;Pz/l9wQOv42J+wc2M5UqW6pnwzFGgshaEFF7kdykpp5kr31wQ2bZZLnRkkgwzC02I9JVRqv1JN7y&#10;ByxQCDXqgKioTeax9dXrzx7HXz7PrMyYKs32X/z1AW22CIoRqAcOi+Yk3sejOeh0vdgqFtItZDrP&#10;4p1GY+Cw0Ro10joSKsWdnmRUj6wO3Ukss7dfZtGyUygwDrwEcg+h2Y3Xzsvcs8N2NGB5e833F3/5&#10;Ipttuu364WAAj7FvYgz4EVCXd4pN9tU4QyyiJSe8Yhn6gnpvkOE5XqGWglOADbPNxqhTkXQmw3l7&#10;VMSQDUqzbq3WLu/EShqNoVJj0dUxm/Tn6Romrv6gFWibzZMUSbMNTjI7lCqT1FfJJZCGRhh1cscv&#10;BBUBP7KuAR4+x0+i0k7SV65HxWFLBPzawoxN+TLJplolGCllodD77vHe6eHp/NzYURan3ua//ZO7&#10;T09zn36VtjOGpbWRb0yvUDiA3++3WUIpB6NutosDQd8X1nLYY6rl2XWScUs4EyAOuvcgSw37+KGD&#10;B5TJdYBs+mDW8Zrf3CPIw1rL6dJ3RarfJ7xWFSiYR6eo7YMwZOYkFbCL5UzHaIKrWF/rKGQ9I/DE&#10;+VlLpSInIi6TnnT7GXzlIwqEVw7Kpt2zOHJFeCiUujxpoFCLx4QhW0TJi9Pq1SwpgoNBwdcLo9gA&#10;02MBeXgBTM663O7pV+fZXEG5sWva3K8wLl1/BEGC4Z3Xr6Py+Gxz1xeIMFZHIp6FaBPHgWoDRR15&#10;P1Guorwg9SPBUMA98eBlViAU6LLKrwr09FmWDzPqq5NT/7SZU42kQYMzUzoXwyhpFYC38ADCuck4&#10;TSurnqUVt4URwNTNpYvVZttpVpoN/oN0D+SV2Rnl4QmXSvONoaXRNGF1RqMJKMlmd9862Xz9LXLt&#10;VtOmq+u1o8WLoXc+Wib/+GcA+3qcYbPeQPCEg7GFZFlEMOzTj78Rmw27NcB4vFodpyQ0/ql/zfYa&#10;z377FypRik4GeKVOIaonrBYN28erOV8ZhUOBgEP/bC/rngovL7htFM6i3UKOuHr7dTXdg42mV+xW&#10;xPP3f/Zmpdb1j4VandaLjZ3pkNMC0aVOGWsI37+Mw8eGQ8pxvEioNYJSLvUGuO1BKMfzZCrZtJkg&#10;UdE7DdpUsoa6tyfg0OhV8VT5X7116edvffDo6ChTqIRDbpB2q9Vi0MW88c6//NGNDwfJlzLJIZjt&#10;9Gl+78aPjVrf97tb2IdRCoXTrW93h/1W7+6VIIDCbsPozoXp+7uZIdk7LQrYxWKT+uRhpt2jaY2x&#10;XAChmLtxwYfA3MbL/GffnTrttrduzbnc6u0Xw5ArGgnO1mrYu9frrRePtv+fYnmjkOldWPhweuL2&#10;xpNtRG+cFGwdbKIpJCqK03zNbOlNBwCCXVAgENbIYJQx4/NOGmYZk7s+aveVGAKwidN8KMKcF3vn&#10;yf7NFZ+kpr7cLr0xG7wY9uRyffwvt9IvnGMKsWXFC2j/OJOt9tNA1SrlNy6HPA5XpSaoSc3127fm&#10;13+UT1VbjaLS5tUyenFYOzuMTU7MOTUql0nTafMBv01DOxSkplZ7gaYnHi6aV+C8fl0Ae6ypUQwH&#10;ndZ5tr93jDdcJjiG8bnF4SNhq+YI2esJIMoPRLvVEnY6l9u9okIzPNk5Qo/+KHbWEwl/wHVwHOsI&#10;Q6XBsXdUurYS0vEtnObtDs/hUY4tpzQi7i2CbiSYlGynNRQtLgKrawMB3/LJUSIQhRciB4z47JT7&#10;aCMOT2qN00xeG7c6RoXYqUpvKA2lg8PTEZfc29rwhMbf+Oh3T4+2JRWvoxW0olopFe3WCeXIqDZJ&#10;NrPKSA8fPKo9uNddHreoRx1JYcRs5Z23ZmQi82J/z+G1wDtfSPVaRbjG6OcvTgCKHoiKo5PGrSsO&#10;Vup7XJ6ZyOKnD+/LWmk2RLgdPjxv8NmeDDCcqBmfutYpN1QjnV4aBT1qt4c+OMYaxnT5MvP0/rHE&#10;9TD0G0oqnY3Kl1v4bF++5l2ct734IXV+WH37zqTdJp/HYyPFEOgyvH64PsSvw2oKQ0w9SY68fu3a&#10;imNvN8YSxv7AOOb23rpo3do6jyfLV1YsE9HV7x+gytVw2sSlNe3csnR8Uo8V9DxHzE7pkEt4vNEQ&#10;OF2zrqw1DU6Ly99uLci96l67ttO7tBrdOewaGAOEFRubqcklf3Ba6/AQcBTUOVo2iQIl2yN2s4MG&#10;Inc46L371vyFeWsqUQqPjbUH8sMfXijIIcmrb62shj30C6xw0vx5ZpjIcX1WaTeOcDN6vt2ZcLm6&#10;J7mV+QikTxanAZf8YBgTC6pQGsIOa7NS6HWgbC6quPNaP55vp8od0mTIVnuz4Pb2iSd7dZXJqqSZ&#10;H90e29vJPnhwNhOx+oJB9N8ltWF2zkYpdZlSj9Up4ZceitQQ7OCRGi8MI6A3Q9lEiyooqjiiXadP&#10;jhoqmSZIjTRSNjlFhR/tQAYQNdM6EpQdq1L9+nL0tSXnwhRjsAA7iXyvYiAQM3M+AOVz2V4qz4uE&#10;VsQ0QaQPn0GNxwGpQ3CE1CdaGeH6bOD2halqrmum1Di67R61BJII2hT5ZJOANVipQRStOwSGh11Z&#10;n/rNw2ODWrxxaf7pzjGw+nsnkjuovXVJtTpvPj4XmrDKIQw5VKpIvd4xuPk+Z/NQSHLm04peT2S8&#10;SAqq0OnHy2d1KsoOuF6rOevTZiq1iMdg9bkHovrC1MR7q5NziFoq9V4XzM/aiQmGsfIMM1hZBQ1w&#10;ZNepbQ7LWaL55H5D7IwCfgvblpqNPjhGGoepPmjjRIAIJDcCXZ2EQgQ7UZlU+K1Ur9GNFTlc1/B4&#10;ZmwAEQxtBopVyP5xHzoZeF3pkVzw0HgA7B4bN3GeAMGd05TqgsOLn4g6fpy1ANHKWMqVBvzYyMUt&#10;riyZbYazbF0hK9xWuoplWaEDAqVFa7p757UElIoDPuRwWHRm4IfO8t0/vLkgKcxP91MT+MXQmhLI&#10;P9PkgCCtDsO1G34CZ3pedtiRfKxuJ6pQp2nNehtwHKG5bLH18Enq4qrF7CCaLOO0SSZKtfkEoZCA&#10;mZz4xf+l2niErKGtkq5F3frg/Fxg8RLaWuR//F9/FI2GhKEIXqXTOynIhqf3H1OkajxoARPT5hlj&#10;ghca1aTLddMevHPwyX843okhEO10GfSmoAbpJVlhg7REIeJ4zsu6/5+i946RJL3PNCMjMiMiI733&#10;rrK866qu6u7qnnbT43r8cEgNRUmkKEG602pPq9v944Bb4A444BbYw2G1uj3c7YK7B1Ki6EYccTTe&#10;T3tbXd5XVnrvTWREZEaae/s/Ahx2D6syI77v93vf54mflKanLcVa75MbGUzzNUPu1NIbGrvuq7WP&#10;x/1hE8kwDgFOuH/68B6sW+1cbMKuk9uKdF3x1QOgG+sE2StUhHJNbgptkqKwhyTJQa3WGfHYkYeM&#10;Z6HCFUSpawSREGfeBkYcMurXRqNCQ/bfWjwPxPed/WOoY0qtIXh+s24nZ/R0alVvP2tiFIX+wGPx&#10;vn31z3537/1EPkYrDdg7O10EOKU9heL3Xh07iFZNit7C0tLRcbSr6MYaw7bYKxXbJNEDAM9kJK4+&#10;Nx4etT26H41EYUcl3n71GhpH+XrTbB7yLT5XUo2NcN1eqVQ6hiI1EFjgSxzfHNBc4zASD04tnFmY&#10;zR8ARGkWFHyHlFE+KrUEhaJ4evIcyxi24ttE3zNr/xch79J68reWkA7j3Pt31i7NWc6fcj3e7TMK&#10;ZtKl+vRRcsIdemvp1N+8+9WozRDbbDw6qD//dl9vpqP72BBoEtlyaCqgNQGtQqws+J207LAbQtMz&#10;hAoJXwZd7pHp8wNRKuUjsysXMRXzel0Ws0Fnt1SbLZzKJyeejce3s8WC3upkGAz0iGQ+o1YBpuMH&#10;wVrqEiN+LuBXX3/9rFHb/ucPP5dVjEJF2zzOncN4LDl8+YVXhcL+J5/cEWrC0oSjDFY0gDo9xq2n&#10;ypkjKLdYSoGDZyYGRURtLOTVacEapUa9OiC/kXTuAGRtNoGnZTAq5qfYVqmgNrEy1VGgQQMgnpZB&#10;IbqSKIT9gF8zhRJWqrJZ2ym3+8cZPjzJnntGq/GieNVtlHbAylAw5jtfbvpMxtUnldhx9Q9+7/X7&#10;91Y39w85NYmUUq4wmPRo6uVGVdI8++z0/s79BLr3bH8viTWEQmzQdhUzM2vKDYSKVKM4CpUhVi2e&#10;v4AFFfDgrsVpfbaGuCN3ZX4sui+2Kr3RMXcG/g0eLaLC+NQSpgVWM64b5L0HRWhNNErJbtT0u2W4&#10;rhwjHsi2cE6fGWfuPix88XWV7RMvvXhFo3Pf+PwemAaTC/MffXSfZlmDTnv/YYqjVc9eDpjctvWD&#10;LGImzU4nlWm5XQim5Q6OCtGUYLQa8VaW+v5sPrl0Do+Iqs5tq/J0tQLg5LBe4SOx4be3+UyJMqkc&#10;yd1qyGJ443TIkMk219N6vUU15u+5NBq30js9DC1pAAm2jNC8otBWNpCWqtaJlqF5+gVfm2qrTQr0&#10;WLFCttvMmURdSen51iCXk3wem8vK3b33aCJgng5PqGjNSSJiszAcDNpKJp+u+Twah8Oq6fXOjFuE&#10;/vAgL9u8usVlrT+kRBKQ7EAv3wdAV6ukr12eZczsg53IYaKkdxmhmCZU4tKkBSa+zx+nwTBisBTp&#10;izceFNUsiW8uhM8PtvOLs/pJk3b/VknNUrlGE6BrLAVarS4Gnj6fsd7AkrsLI2kpOUBjWKNSmvRM&#10;Z9BjUEY2UxLAmsruyIILwQ3AJIIuldgYru831/dRBulqMTTF6HPIWVmjTaW0GFhGz2A0rRgoxQqx&#10;ebeoxliX6cGZgFgcsi+SiJexOB3WZ4utbL5hhPNOhCWmYVWTRgW6VQqh2+a7MoOoHqt2gsZrN//m&#10;kwdvnh9HWnovnYJGa+cAhD9YASWSkxi9RhZpjobPWYRAhlL0yyl9LqKQWp1chjd66InzJhjf/sVZ&#10;7xtj7LRJgQ5vJF2JtrrJmtxu9EbdjpBZIzTl9b1UVWgidot2HKclT2JVtQ7dEHUm0Y4eg7QKvG3q&#10;lVcByDRurpVwJ4DuMFMSHWEHy6oriW4xXTIYyHRUarcpuS1BfnAqyBEKVaz0FOSUbQxQt04UWqcm&#10;ndjE0+qB14ubcU2DkQsBFRJCaLQC/pJmG5wkSM1Ar+w026kY/tQa4ul6Az0x4d3fOcyl8zYcfSgG&#10;JX8oS/kG2gTZ/XQ1U6rM+W0hh3npvD80or23kXJ4bSjFqonmH12e/nYty6kZTksfR4tun+3sJa9v&#10;hNvbzz54GLHq2J3NDJa42wcl3AAFgYTgbdZpkVr9TCl5fEICt4nb++M7RR/OcwMu5A0KbZuqb4HS&#10;99N/4nefkN/90QpnNX/2j3uPb+xRP3xt7HDjyIIhWK9h8obwM4K/8vgoBkaBWWtotXtas1enm1Iw&#10;80e3/+Eff/nrqsTZ2cFIwKk3WLp8ClgPNBCsdu365oHd66OIPgNoe2ewExf6BPfixVdj0YMbax/1&#10;WcWE1udQaVcTEXlIHB2VxTaxv512O+wf3E7dP2z84MIpC92JFOD8Vkhd2WDQwtUNnppew+JHVm52&#10;EUaaDDo0HLt1kl6cnxh3OSrFcqctlgsVqOjrHUiFIstm02FT2Ijmekig+HQzDsPJwfHP/+Fd8MT7&#10;nE0cdqcdSw2Z/9mdXwV9Ph2LgDYkBKgTsbNT+rBj+NWN7IVxpGBssaMdScXuJ4QCutedPuQ4s9NA&#10;pTDvf5XRovXaw1ivdWYx+MPfe/mkFPvt51/D1oLIWKZcResHKCfMG4muaWe1xCr1+VoTUjS9A7Oo&#10;RCp5pGLUU6PPubQ+WTjELGh0ZMIzGv7m0Udnptxeq8VsfMHl+sHjk/+2U73VIwivGZa1RiXf297o&#10;Un3zDy4Gqplcqkxecgfv7+9jR/nSQhAphS9vJPWWWvhMRTX03PyoWq0VVER3cTG4sZ+8f3v7zCn3&#10;USr/7YNHleyD+MH6mfMLsaN9i23+JHXsCjuqteS9b3+n04sHmZoRVVntUBbNeH+4XLQzOLWxsWdz&#10;4q5jLGVyCLcFF2ecAdPlq8vBMQ+nhsNB6nWY5y4uZBJxqt9anLtsN418/dEvObqt1dkKuSrslfF8&#10;7/ik4XeEP/9w3aJ/OmzPx0pqqTE5MWb3nFpYWYEFfWy+SZqHEDdYRqz2AAJNOABpsAxI7h4V8zjF&#10;10ZnjCYbCLdmrd0wVGscYazJuF6jBvoBSiwQo2nNdhsAvapykRfu77VjsfzJ8QnfGAYCAYc+oJH1&#10;gHoPFXonJu60PLdoaLbbrIldPu9Fugs4QN9oIBbLfvEo93DvqUiw2qC0hDagdZwK2t/9er2lEHUm&#10;MovAeFeh1/RafLtYqts0Hk6hunVnA4hev44hRSrk1iFFYIZOs1wsFipTkytatkEM2jsHuWaX8DhV&#10;LofSaUYSkIyWhFhJ7vUl1bAM7Z/ct6IXBf6DUuFVqc+Oj53tlOr5Yts3OSKVSwa10h32jMw6ZQmY&#10;8h5jpHhECBS9WbwyKP7//snGboJpCyplX3F2yUNT5nbnSOpXYFKTcVYXKI4cbqw1ik31uNP+gytj&#10;DrFx1umYtLFksU0024ZxpWlRw7vlZ/77WeO4lqUyYMzefZI3jzqOs4OvbpXvPurWyuoRB/fB7a2q&#10;xBympPu3o8cHZby81VT3qzu5je0KFq7XnhnNpTCKJZYXQulY+me/vYNd1NTEWKTchvxTxzBmLWs3&#10;0k4Dl0/zA7KDLTSjI9V07/iwdON27uyyBxCaZLRuMmurha7PqXGGTIeparrQ5HuUxNeVQ37MhJKc&#10;WqEf7u5ncB23mugAsEs2083VJECi51e8U8beZ/+Y8bGMlVXuxOocIpcqAt8pZCGebtjbMkq+aHqU&#10;ahjZggYx4OsyzBynTiNZPehIENyBjMisbSdDM9BTdO4+KEXTdZ4Y7sRLjBrV1SGWoEfpYq1DVBug&#10;oyhZrh+wmdkuNeKxNUW5hrVrpY4MBAh8Orx9CWo/Vo8Xa0OupzRSh4dlrKg6Mq0nsQkdALxe7cjw&#10;k6ORtXeMJTejt5tWdyPfe3byMNOJFkqjI3hT9r75pgskjc0jZ2NYNfVZmoKUq5bXFJIDoifBlDX/&#10;rJ82ocgxJFpMOVVdP87cPSxl+V59+PTPP87x2zGESUrbudpnd49ixYLK1o0X+ru77UquBKa63upK&#10;nVQOtmFLHFTFdioNwTWl9eWiaY7s9bEqIXFWA0dDbcrvlLHDtLs4kFg4fPPNmmDQNIKELe7WBKkF&#10;r8+gcxjxlWKMOuPitGtr62TQxrdGf4y/NVuw2M12rw2gALEqQSJdazSkATC5hHIIdxLGYVQ1l4/s&#10;J/JlYD8wXysI9bbOoEfhxOwxawxsoYBjg3wS2X/uLLhh1KcPVh/uZzkjia/SnfX9Z6f10xMT93dP&#10;BFw8GModwvRgcO9BzKjVs4OOFXZ1gY2lpFOnRqEje/TgJBzUvnlukhS5SC47JJVbR90XXmQBYx6A&#10;xq7oLoZNzQxpGIo+fTkclJauOnbixN//bebDX+/PLovUX/140eWykM1i6iDS15h8k+NiI4EPTyze&#10;tHlHut1hObUbCF1iGMvOjZ92BlheSHhqzY75pHZVKp6QSiP+ymY1w5Oqeqf39cPE5zeSyQSyNtTy&#10;4tlwyP3F17/BOz8QmOgk+zRkn047sDNmBvnE/m66hcRaRqJfP70wHtTfOo5imeB0eeDoIynJokPh&#10;lsAPC2sLoduL52GpkuF8Gne58vnq2tYhMDdOCEVYugIBqEzdO8EBnLs8OvGgVHSacXxH50daGB+r&#10;SMOE2Ll9AM2A+AcXr9yPPPxiI8bRDN8EEnFQa/XLZWF+DBFA7ZOHmR8+OwPKcLmZehztnaQEj0ur&#10;AaXJxO4e4sPFvv29kW++OaYIWIil515YMFjVkUjUalI5bWbICvxOXdATctldX3yzn8rzA0YdCuld&#10;Pu1ODKCtuknfSDY7Xzw6Miu5M9PvaCgvMgTlZnntMF/vKhTDvEKF8FWEpneQrT1JlbETvXY2gBD2&#10;WgTggadm6GI6fXcr//ri1OlJ22E1+doFbwhQWpMF4XffiLdvKVlc5ejqsMsPDAaYBKhkQWYpdS3f&#10;2o8Uf/DOSp3v3NvOnT8bvHf3k/G5cz0mHD35XM0xzVoxmRFS+a6CoPfWDsA1nD11IZvbeVqIdBk4&#10;rfu3v7ot8R2x/jQUUMnne3w9dbjXQ1S1q3S5nrpuFEraF3ojGLiWiXwDQbHbMTIasGktmnxXaQ0G&#10;Egcn3eYQwDa86nD5NGuGy0t/5B57SWsZdAnSGr68GdnlKfDcrUO2f5jP20dhYLL3lWajZSGXk3fW&#10;S+nt0oNP1+uJLNgH2DsIGApRSgDDvGEWG+e2wtgmrGaj0ePQIVbZUxjWnzRtZv9xpIruhChWyV7H&#10;63Ga9YZytgqZj9jvIDoNVq3fSjx8cAjv3tlzgU8+3d6KAMdsVnSHZ0ZDc94RTQ+geeEfb+4rSKJY&#10;JuOx7plTnslxXeQkrdMKPqczm+xgv2uFHQqMXZseUw7sz3zhp2A6Qhzi2nD48G48VnAH3TBcGTV0&#10;KoGTbNwbHtlPKTb3KhbNAIWIo2Pp+su+gEdLUNYh3MO1pp7SWS2YJRbHF8e6pdqgNQgsz8hkZ/sR&#10;VEilZL5CapTTs7qDreSXn4nxFOGxGUf9LuzADbqSy8DeWt3NYlff49Y32tE94Whv0GzQf3ppzp3u&#10;hsp9Jg3QaLfHWj69dxLJoiVgzg36Xbpt1MmdYhkD+Z/+BE1BMh4Hmp9vFRQYJnOUetbpbFQ621uA&#10;AStNap2DVb225DSph+JAnQVQSuxvYQUkw4Kif/Aw/+2tqIoWE5WyzRrEE35jL15PFi0aVTCAxqXi&#10;6TbKzH741ZFZrfQYQSRWoEFfKfYSyTJ4npk8PE+alfOhk0JmZ7+sZ8yY63QafY7iLo14jQb1brL+&#10;+e3EqVMmM4hCmWHIYQz4bQoOP/F2M4f6Y9NuwbVzoPcYGLsZqyaEhJsSjWatx6bUabgO9kY6Fm/3&#10;/kBO5NoOD200scUCePUARLMQBXZ7QHHJWovaqGZRpHQHtAsrBodHk8/3x6askxPGR49TyXwVPNCj&#10;p4bs7soclITKKafh0pQr5DMNVOpMtVtrdXAfmFlyzC4oDbanhd/ATOAk2anXuzQ2GlJHRtBOj10S&#10;i3/SYGBTtc7CnOObJwWE7K5fmLqxleTUEqfByxEHhYHOQrTLdCUrwuaNzaVGq4LAspztgFYy9gyF&#10;Yubm59VKvqsFII2Q4Z/DjqFMkCe1jt6mDk0akHvKZAQd6iM6rd5Gv/0myai42BHZbHZnzvnHx02F&#10;RK3J82YHFlLKr74RWZP22auqbAzzHS2Exe6wq1sX8yc5j89mB06eUlZyyGn00W60cUQOyWyVCpDc&#10;liB3xAGm07uHeShoJsbd73+yNT/lXpj14bCbjcLSQWg5ZAS5Bi895diBqKJhmhVZbHYQkh52O7k0&#10;3AM0vqZUT+SrDcilKaqXTJQUavqpht2qQsokk81OethbT5IodPrhNcrXozmxQ0o/fnn8SQwupvT4&#10;hCVfq8ANTkhdHTlwGbQoHds9Xmi2urwAazRmyHYTO+vmXBb/fgZJYWinaYOWmJtubez1J0fZi3MU&#10;KwzxTkolW+XGMJrh4Bdmufz/9L/1r7yipP70GhqZAAMqaIAQLE6d2bi9ujM2NYcXgN6kOYjly7nG&#10;2PTzmcNbQiPushqsFBIuepPVLlabjXzB5JnoE+py9qTHDNaytcfxtkGnKpfrwM69cP305/duAOzn&#10;gs/J7hixuk0K7pv9/c/u7XU6okwOikK3S5I/hrlqPvRv/uvPHC7Tyty0YjhYPYi8deHK989/5/bx&#10;w6okEKRKRH8ESsyeIlNrGHTqlfGg0aTdiGbLAMYoCDw8BUkCVOGg3b3gxeWHE2jJb2DevxO/enXi&#10;mVnNTz9YVRpVRo49G/DeiW7mAN0Se2JPGQ5rYIIU+uycX31w1GU71e9/93q5Ory3+yRSUaTLEqOj&#10;fdBPkgSYCYcZ7ve/p58eR/mfPHthYgfTgbLw+ovfoXjlP3/wiKZNdkbXQHpT7py7GEK0qSq0OJ3c&#10;V4glse31s047d2tNSFc1Bi3fqe+6vXMB16hQa4R8TrVKCftoNC+zeowfdk1aJB5mpWqvXsvj0+ie&#10;maJ6pTMzijw/zOX7b53xPokclRrN0IgTHO2OpLy9nfC7THieKhzNlXPM2n0rbTKYbNqg22iD/kpp&#10;JpVKq554vFtTWSC6G+J3t7Zx26A5MxWw2oD4ELRNQGrOzSPCNbs4Q/ZaZmu42s6L0q7Dpj5EB/wR&#10;WhAmhtGkcz00/CBbONpN12r8+saJ2MsXK2uAHjD6M5nYN6SiePbC5VOTno5UsY544BnQYSBjHYDs&#10;OLNkAbgw4EYP/ofOsTOf3fgbktlpZY8re/m5+T92OO3J+I0G39o6qGdrrXRxzTOl0wcMOaE4fco4&#10;dWaCNWq9vmViYD1cP0EVIL61kzxKJqCvwTtb7FZKdbWyZTcAPyJq1dXZaXW3T29C1UTgOKXM5vIi&#10;PkC1ll2HEJP51+8fffJVtl4m8ztVg5INjwfFRj15mMGfo9Yw2OzYaItSMoRcmhvrR6lqU8nqXCbD&#10;SNDQhFaK6rhsvecuumDZhAW7KZREUp5ctEF28XCvOD6Na3GjXW/Aj+UPgf64r7bZBzGp8n4iYOdG&#10;n/Fg91ZqynaLFwPnUZ+hLcJeZW1LDSA94T7KYJkjZG59dTNfb03NWWrF4slG+8m9+vILoa1Hu7nC&#10;0OZRe0dhUtRtb6r+9m9KDKl461Xn7KRObPdcNpPW0DCZXWuH8uoWiC62RpWSyvyUSf+qx7nA2p5s&#10;SO9+GkHhfGbMuldsP0wUVLpelTLj9vT91ybufZ0ADacv0XfutYFxsTv0Vg0plbqoEVh0nEvtTJzg&#10;CtAH462QlEZNtmdnjf1h/8vbeZs7kMhVkdkr8DJ+LA4D8WC9XKrLJgtz61HkO6+cC/u04CqD0FNA&#10;ESMHQo1Oyco6vXpvt1WuqQ4O68GAY3c7XyjJjNFw/kpw4QymBVxfOdw7wsd/KCF2pVSPup2vroyV&#10;JeLBbhrbv+uXnODtvvtBHFv8psicnnQE9cr763iEUioF4uvc7GX31JLtoy+yx/ECXqvQc3EYI0lP&#10;sXDDAYA3jXS2bXTrRIk/2GuWQaXAPkYxNCKuDBSpUmvRaakOxTdJVo+QG4A4LIL2+WKLNQww5pGb&#10;JAh2ojhwGUkMHr+8D9QAzvNDnUblM+v9MN9Z9XC3n1nQNkC6j7XjUZQzOILu7B8UYQqCNodmVG6D&#10;EjCpOt/TqQFHlOsSOmC2X3wZeeuSDwGCzVRJITNCvadSsE6PCq1xqsvVm3yzKVnA4BkODV6Fb2F4&#10;vCMd3BkMALXvSDgnqjF1gXFYR1a6osZp1PvUPYoCAbeS4XHEabcQ2DJfusj+6Y/QxcRuxT7s041S&#10;qi0NaShGWTWWUQiP5KKc1dj3O9Vra9KQ6VvdmElSEAXykFopRYWB2HmEqzAnSN2QnUrVu4WmGC3w&#10;AEgAjUrIPZ8Hd4PyqZkARakOD+KTY4aZKXs2J1SyeadN20QqHI/oS4FnL1s1BnBYSZPJ2Ot3FBzs&#10;6LbAiAMhFXzTgf/t8CLm5DabAU7NkbD3mVMW8AAKQCUL3avnZn/x7vZAZKaQkTEZ41l+1E2emRu5&#10;fZxBidxtY8ZG1BqWi+xBJFAvikODxagYwHOfAsvPCptBU5zw2i4uLH9xL4Jzj56Wt1cb/hEFTk5m&#10;zC5UfZPTmmlS+Q5dG/LLz1W//+eJa2/U+n39xx9pqH/9ZrBwknJ63H0ljRxTIXWMDJjeMpLJFR6u&#10;HuUz6Ref/ZE/MPvwk/8E/iB+HKhv4h5DanQwnEktwT42DrBFqRDbyme/3Qb7mYDxFUeNeLV5c22r&#10;y3SEXhdvAEY3MGLxJA1/8eBJiRcQG3PY9eVKkxty007LVztPHGYQCJR7B2UdRcK5M+Kw3T7avbVz&#10;wBAaHGTgv9ByLOydOjRYU9m6KJydm+0TPKTNPrfSqFeQGEXUu04Pt5/NPOty4WxdE/ipSfcnN3fy&#10;h4eXT1uq8sBj9c9MzH91+JAh5X5fVWmRy2c8sCVHIuWzc+bb96vXp4wL43PfrD0+FFpK3dDoUo3N&#10;eGLJwtSo46XnRm7dTAp8fWam//nNfKEygCTErmd6SPq3ino9WeV5jxOIoCHsJQZTV0NX8YyutXio&#10;P3QmRavT3NwuALp9asGFdb04SMjq3F5yz2w2+Wymg+1dm9mj45y1uiKZEhGV9Dpt8BjmK5mXnjuN&#10;/pCSKA0xbFGZw2CosCzIfhMB44PtTE3sv3ltaXM/2i4X5ibU8RZhm2lC9B49MvtcXaDgPvz46PSZ&#10;mWefnVg/Pvlm9Wj5dHhpfjK2m87EEjM+rdVwulLcdLknJiYxh0xEDveDUFf4g/DkdYbmw8inbVSb&#10;DSEbbHs9ikaSs9mjoTRj2WK6Rff1ZxdX9Nr+bgw3CevomGH18S9aldwQAM7dyNH2weIpe7V0gs73&#10;Yay1kcrR2pxNO7Zy4d9mM0eZ6q/j7SisGmeXX6jtb6Fpb2RCT/bqyCcOlThl4Ndq+ObuSU1KnOQO&#10;6t2ibOJbqoIlaOrp2Jml8cmpsHtsweab3tjjy+UBpkCZo2yjUCKljiB2S638UNVcOmOYX1CaUD8o&#10;Wfg6E43WygXBa7Mc7GcdXt0zl4PoYz14WJ6YDYfnnJu7KRJIDx2djGQcasJl9KhlwNuO9tKFIkrs&#10;CvblcwYSjKdUhTOCMi0kCn2xg7SNcm235kae1NrZuv+o3CBYViXzNSASG1Di6Qgcj4UGE/0waztp&#10;zc+pK66nF9BCUfz84wNoMltNQaa6r3zPHT+pZwFhmLe2WgWg2Dk7t5/iib7cLtZ31ttLL477R1v3&#10;7u1ydtozTmv0yo3VUiY1XDpn8o0qLFZDKS/cvl/T6+jL11y5KvXxZxWIupw68vppJy7d0ybbpNVW&#10;iuX1ph5w2ZEGb1EPVByIpSB+0EBLWCCISIptvu+0KcvtHv6vD7Q9vUM34qcZksT8h9CSUxPeYlGK&#10;4YYyUJQEympiwkHlzQexXIU6iLfgf0Ve1+PQYqmmZoYTo4ie2rR6c78/KOfTUy6VTst8dStq0Rmu&#10;nh3lTITBybj9pkhKptScKLbxdNDZdOee95y+qLv4fGhtLaUh6T7Ta3T53a2GBRc3pjc/YQwH7f/1&#10;n7ZX5gD5aw87jcMDUahLPjtbrEuUsv7d644JnyufQSgU0ziYx7WXrgZIQWjzgB3xdVCwhqzJZcQo&#10;43Arb9YxrTa5MIpGfB/3YsRFADcAzHVzmx90enh8o6kVi7RrtdaF87aHD8tyR6HRKnePS6cuWF0e&#10;YnO1Bchf2K2B9CaaBu8M8fZOpiU/OimepPleb+D16DCL2j7J85RUKPC7a63t1SpOrbNTrkIO65q+&#10;lWO0KmVb6iMfpKRU4YD13l51PKQHEfzLu/v/8u2Zcpe+vZphB2A/E16/TiGQdezL2R6eoyPnDeNX&#10;ZYaD9o1pJSihIZiBYQJNUKHMCSRWyqmW+DTqgS/qU5Mjrp5DPUla8WCShQKodGq/Wj94+/cq55aF&#10;g43WwZao1snOCX+jw4rljl6LAa+cSKjQai3Xu7DVGLTGcqR075vNAc4DbdI2ApGXpsP3jQbaoaGQ&#10;vCyVsLQRHFZGbMmNKixp+krjKRf24nJwdTvz5EncZEBBZSYe55EBxu7h/AXvqVltOtFIJjpCW6Zp&#10;FvAZ0FosJpgbuGqtacDI1qlDOpRU0Qab1azX5IB03y7VC8JIQIMIxcKIM+zwVkv9Ubvl9IgLi7Qn&#10;kdxbz0+SCubJxg7ur74RFdor4OnjSkSxJN7fLhPyXJWu1DI7bSjuFHIlqcgfxhoKkKbVIOx3DVbH&#10;d99U4uJ1lBw6/JrmQPJO1577TsbpLveb7k//zvJ3/5k9Oh5Qf/jO2NPQUV24H2n/3buP762lounK&#10;iIf75e/Wbq9nz0wEL1/7o8TOV7G9zQooRjJvdxusgSmDydEopgFlsgdHAOB9lD65GUlnMlAT9opN&#10;RbkmAa5dhMSvS6BBVW12wJdziaRFxX1wlMYPCMGCYr6uV4H2Tm/nkRDmlQJohIOtaP3S7NTluYlf&#10;3r2b7OBpQ0gwm6MLJfeR90FmGs8jTk0B37h5kCepwV/9cOKV5wMmTX/SQ4V8mIU2Y+WGSkkuGa3R&#10;WnPWr40ma7s55dVpMxyLFtavVuveW7tvYHRgpWIJh5yZ382yALa3Opvrhb9+c9nuO/U4cciYDKia&#10;XL56SjHsTE6HNDRIecLiLItOlthtuoOeWq09FVC9eNX70a3HhLo9M4tfTBmMpiDGcdAkNAQsdWZH&#10;QybW+lTnx3Eup38oErphf2Xe77Zr8d2r9ltfr6+HwqSKKOpNJgB1bBr+4dYT5C8BD5OEHElLSAeA&#10;oDsUJVCTXC6E/kYsrsBJoXbr/h6i87lGV5CbLy3aqtVyrJh47dVgS+rHaq3r5zhS0NWzIopHM6M+&#10;ZZ93mGVa2984yEswi1fKYPcNurQoHdCUXqUJ1zr7pNKXSuSXz61ojXMsDXDogdN7xu4cUwDyOeTs&#10;Jm55ZbyYOu7z0uyE7/FqAs6da8++I1cbm3t7OodXbzR3+GynRxfzxs0NxVaUXdsGTrNydJSYOzUf&#10;P240KvHTM9/xu79fyX64c/Tb3XQT4VidCjImNlti9va3CTFz9dp/Nx64IvOryVLK5LNkcW7ItQGH&#10;1Zmtj3eakRRYZSI5jEbTm0Z3P4m2aLd/6dVLvtCM2KExjccluD8wGezfZ+jTghQrNRJHmbrFPXzx&#10;ilsoUPtbHUKpB3O+zwj+yS7FZLUWhRPWLYuqA0wAuGes+taDXH+guLwM1fsCnKJ31nbbwtMt17UL&#10;zrvrhSzK3drB+DTWnlwuJTto1ajJdG5pDlTf/cd7E07ETzRrm/zl5cmgd7Ralmzep13y+qOMpWkx&#10;UH3NeYUyrGsjBSEjBgCXiWz3DJ55nsPa/dMP6ioCHyFwGDvJCPSuCNf4PQEz3kmsUfCfarJsBvH9&#10;vkr99c34sMfkM1KpItZ51cY+e/tRa3u7Knd7589YiGEWyr12e+iyKBFgPDlo54vk/SM+FLJcGSWO&#10;tk54kh0dsU34VGW+u5clIZKBhnf3SUkq9998fnp01H6QKsjUAECpvV0pdiQVgWZCC3XYmVpyysNh&#10;slIH8K/aEuZmLcvnXAD1erRcvNw5ipXNNDnp0x7HW/e2G8mqGJ42B2wkJUqJGCaEzXdeu3h2YWLS&#10;3PU4SWPAUmkKdx8mRsI2tbIJv/eAoTi7ePqqZf+Y/+lP1utp+bnzgbv76Wgq9+d/ON8WqIOT3A9e&#10;nWHU3Ac3Tyi5e37OOD/t/+yTDFSpGGQvTnF/+RfcYbS6tUGOuDQ+Pw0bAWZ3LNed8OtO+W0nO4LO&#10;akL/A3OLYZfABoditGGbydRTnkQa42NWi47ePaicWRhL4W0Dw6FScAQ12LC43NpolH/6JNVQLr9y&#10;/LTpaL+IXtrKeS9iQGJnEC/3G+DcsVS73wNnEWaxriS2ye5BgX94VDTMEHoPsbuNOSiBikWjQgPp&#10;1ZGa7JD2oPA4hO+ohWqTAJMeKCtI65Qal1dcNzazhJJ5+9LCp3eS9TJv0OmDAUM2LWfTxX5H6Zyk&#10;3EuNvSfE7o0ehWig3JidcaF0BD4sorh8v8craECkXR6TS8+OYfynoJfGrYhBJctlz7hFb0LhbXjn&#10;LrzarQsrjZXFFgpb0YwFXFZQKjGLxnBhoMDcvtvB3+Wy4DZZOEFbbsjXeauFyQIALFNmp6bXli0G&#10;yDRA8FRUSo16VfTaLRwNd5sS/xMdTTXaQgDiK50+Fq9kErUhIZ9e9DUEqlCAAaj1ZLXx8E6hksXO&#10;XgFHtq7EwzJha0naUr2YbLRKZax/E9g5wGtbqpjMzMl+vicRx8eN3aPW8xfDeCbBC6c1qv7u48Oj&#10;eJamyFSpozH1V4K21ZMaoZXHFiyFSm9rO+/zcUun7Cex5oRvSGHa31ZUeN7l1h1EUzYMwVnDw819&#10;DPEQueKMxKUrcixewrR8IsQGbdXJkKDqefbuLbfTqHJpoQkPhVWUJ0zES/xRnt9Mtw12xoFQr90S&#10;CAc0eo3HJF+78gcGo+M3P/t37a5ar9VraVUQWTGDXZJb9VxaoMga0YkCQZ5rru4nHFZHCfxgghkL&#10;ua+c9rGULEmyjuVatR7A/M8G/SZG9eFeEsky7CBZwJ/BmgOeSKEAWxz7cHSiocCttwToMPeL+EyT&#10;WANoOBrvUjRs8N/2gK2k8H0BUE1jVA/gjsEdaGHMjDSv2aB/4/oscvkn6eZOvvoXrzwPciki99ip&#10;ZEXlfoLnKGnZM5qV2jejh8OhWhCgkevj3XF2AfxtxdZW809eW7q4fLXPzPr94U61MDs1QdOG27f2&#10;XlyZxGK6UhHsFqXdyvRVjjNnw2dmceLtbkSOu8oGDLo6wjkzujjqP1ctyW47CWyp1x1Cm9CkVc8E&#10;3CatJeSevnx6PmDz0kPf7Mh5oa43sHMXll9nKRO0fPUaHFI2jjGB4I0od72aLxcyS3Nuk9n6zVoy&#10;NII2qPs//2wVJWP8GFx2FSb+KLUomIHfqwKF2R8e204nbC4QaMCVJll3oyOWn9zVJtJ1Ch9nme9K&#10;9X/4eKMukToa734rYHZ1qROeC9H6DKe93GPpzcj9UrE5Ne7pNGs//ckv+0TZYiImZ//Q45pMR745&#10;iOzrjKo+QsgaOnqcP4jEn33jRRSSEie39hMZFatz2M2Rg6jfbb5zr4h81sUrLotn2FNK4WkLLg7o&#10;Bk66T4+NfefLL/6PlhDzek5HI5KOYyOR6t317Oj0VH+IJZyj39tvlYS5sVcJJbd2eNfu1g87Pegg&#10;YzE+4HYoenTyGMsSJpLpxPKtZC59cLJr99QRoMhWWyZbr93LQ9DFmM/5Pf8zkqxGTZozGHF5ldrx&#10;uan+xSvn8pWhP+T+wZ/8SFa5UjniwoWXzi0uH28+2D9arzVoudFV9foUp7cZraREfv3wGFBMbL5f&#10;fyU8Pmr8+fs5vRqUN1UFLVsL+dw53+FqO2x3EdgZEI1cKrN7JJZ5TQdidLE3PjppVDM9EnLE6imW&#10;jX2Stz1jcnzPtfZpJn3Q9MNAq1XqLPTpZVspL/6f/z49ENnleT0eWzfv11pVHLFdmUJfRakmJ5Rz&#10;i516I7ez2/r8iwat9NUgTc9UaVZNqGAXpBbGNU7rwMwqnr8wenp2sdYpQicpZvu9Vr+YV0WOxamQ&#10;mUCbgcDHuRmBJ5FSx8p8rgoDLcEz5Iu/r8NaOhatOTmFzehtK9S/+s2jaKyTjiNHTGbiFbxZW81W&#10;BfN4uTcyZj3Y5vHEMbN6t8UwOYGMLfnRJyeZDg3ultWgYJS4TwhjM4ZmR7GxlVMR0vKce8wbePEC&#10;9lYaEy0VMG3U9Q+SpTJsqZw6uperphqTIfPcnGk/UX3/vVQ5R0n1ms+imT/tvPXoqN5kT8/qp0OG&#10;VKH/nYsz0ZPSg61EsU0HwrZzS6Yvv61qnqqqlPmCcOUlTm/gtjcU6zvS8y9ZA14GJLHR0W4sAxkc&#10;+LNal4JmgdSqiyhfgj2Lzdu0Gbo6kkIBFK8BrbbW7GOYoVH2oomS2cx5fNprL4ZyqeaTx2WDQVNM&#10;CaW0hAQ0rSP5FtkoEbVyvz1AbpZU0gq1ToldULMxsDi1njAHeYfQGoaWuYVr+tQObdA4NaySwCZf&#10;Bdtu36DTTTiNLp1+KOOKIfLoZCnUJIHFbRsrhdlZd09JvH8zfmbUcu1U+MP7ca9TM+LTRSINlVo7&#10;UJPT5zvlKH1wQ8b9CVXvhjBAp1zqdJGtIinZala4XLrRUed4UIse1uFhM5qsw7t8ZckZDniLIp3B&#10;JK9T5ssiqyYXFmWtjl48LehM8oMHpNmEZG6X4Rj8suVeV683s4Q2tn1k1OMhpOuKbUECWw0cD5Lm&#10;KIjhYHNWSAR24yDrqZVKxB4RfwMTSK+mgY6p1qVIsnL53GQ8XekJTZpTJyrQG+CEqTzYr7HDvgMR&#10;Ea7vsmjFFFr99crTN0Jn1qh0ajSVVqcG0iOl5usVi4tEfMi/OKNWUSL8JE7dpcveT29Ff/VF3GKr&#10;cSYFwlQchgJDqiAcLM36Bj3nrZ3jRo389qsizZpaTakEqVNdNTPR/qs/6tR6zjvrtaEoWC16T9BY&#10;F8St44qSA9iFHJkGTzdv4JTYeSN3hpPA8YF2f9vOGOw9De8MDubmNSOjBuraJYvES5evzV+45rl0&#10;1RUKq8dnPBUeEAT18vxSaPKlwyef3Lj1cCTkw7tYC0Np0EcolF2hHi9Uv01Vb0djn28feIOnHUb3&#10;zl4ETfb5KVBCmQFW5TUR90KAWwnESRXMxYCTkIT3Hidh79KZNNgwe7xm9ApQdUhk8ONisCwB6KjQ&#10;aB8nSkgnBzDbseqxXOz2hrzUw8a7w3drsBvQsBIKDtMA4N1bTyodsWvXdu7cT2zvly+d9b11ZQRZ&#10;MJ9j0W1xrMYeZ+tEPNOqVEWfffDm2eVjqfbkOMGpca8aNhtCOMS9cHGlK7DVcuO1Z8bDS99LRTb/&#10;9//nf7l5ED1Mg2+UNpqZ997beriBU/Xg7sPUlQtuXBr/9icbUDoD6Ru0zVwI/8kL8/+S7kG2nEft&#10;CWHIUjOyG13dSjwuidlk6aRYQwB+K80fZxtHyewaSaZr+V0lwePmqlGKyCBDEgooUq2cIgmAhE5P&#10;mFbCpkU76zJpJi0Wa7lRFofCSxeWdnfLq5uVJ/cPR/260XFYyUiLwfTDt98ZCh1W7QEUh+NYlKdU&#10;tPLeTtQ7Rwftc4UE9KEgwlvsFn1RAP5fOjVidlrVDaVOwXALE7Zqo7gVjbp9z7O2qN7Y33j0aHU9&#10;UpH1QzA/Bice4P/JU/X6w0hu9cZaBbtWSRR3DqMXXh1duhD+4te/qLX5S5emnW773kl5byc7jkss&#10;I88tGWzGdq5aqfZFs2vQkAr+8OLY2PXPvvhPX29FDg/kkA6ZLVejRaUTtV7PsLw4yeNopyG3j7cc&#10;Hm+tmvQ6VzyWi0LziU0rnJ6ZTUTK5UxxfhRYOl0yWmO0nNtlHsgqr89zcFRp8J3xaX82m96LHWpd&#10;lFoTxUr45reRr7+qXHlmYWHWc3JUQn+zrzqenR6dmvlrk+V8oxKpFI/wZOyVyNNT37NbjXfu3RB5&#10;5YjNvrWaef3qS7lq79H6/pwPgVL2qIYno0SjYSeKNUHM1LtBpzq+w6+uSwyrGT8zDfW3b0SdaAn4&#10;/I75KLlTHwy76VysKNQYDemnwSIWgz+eocyGf/6PJ9m84A0Sk2fnZxZPy63B/nqVUbAhlyLoM2Dn&#10;hX0NWNohp/nixfntjVQlIWzdLGciyvHZZbXKbFaKb74yiuHK5WuzZo68dnmK6pfcZs9Lly7evRFX&#10;0z6JawqCQdPSOjH77gzPhIzzXnLMI43NOeAJR4yh3ulHC2Kry7rHldd/rI3miooO/cIZx8btTJ9X&#10;nL42WUcOmK9Al61QU+FxN0qKJEstzgURXnv5lXAjNdxaLVLQand6F58JRSOFe0etSAV1GsrhBJxI&#10;D3VEMl23OTEcgZJTtHuMp+cnwx7du7/9/Ce/2Q1O21zjnkShOznKJSLVTpPRKw0//MFFr0O3tYWy&#10;zaBcqqEUj+2MwTrYPEghAbkfKf/wO5NTASPbNTw5yN7djDF6rtDuXX/OUCgMU6hBM4NYjpw9r3d6&#10;uWK0p2VISsuOTBk+eW/36jWAb8wNsr21muyWe7OhwJgZFF6M6geY8DGEqtKUYKxEpnTYJeE+3Dgu&#10;AAJGDohipXvhfCBfBryvH8QXC0Y3uUcOVXi5Qi5arUjgE/V6BOZ7tcpTZLkW+mCCXVjxOMa446Nm&#10;+rhsdrGjl4fNqKpxyPB1jCe63pC9kK8oGdJg4lDceLyXPikUEXciegROW31ZNhk1LRlvU2Jq3pHO&#10;FB9vH//w5WXObL4DcRpwV4TSGaZHlujIdqt60rdb1UEESpTDuTHnq1dOvfPKxSm/HkOFJob/QxmK&#10;JF6SWLVq76BSyFcFGuTxxqR79OXpIJLbpSbstXWDhrx8hUK6CjW+Ub84Heqk0uZsAS96UUmi7SZj&#10;ElYHsq/awIlfkrsWO9uVsQfCJVih1SiBBsTz3UDTKVSSCg2aVeBIAQ2XCrNfCrMHERG8RKHm99oC&#10;Nv3+SV5jYIrFfi7fOLtsDnhMm2sxFNtY7CT1+mikUWjINVIGFE2JtzGlbEAy/1RyJ0xN4XnGbm+1&#10;AyPs1IwWGgeZ6SHCms4A2dtFm/ONt7z3VyvJbMVlt5y5XFPoCxbibLHayaVSBu3Q4jZhiW3UC1fO&#10;D30+hdvV2j3SDGgXApvQMNhMeC0RHZJ1+cipRXJ2kbFZuIFI+VyWkyzRUbsIneXGGvJ52S4j7aTL&#10;GFgKww71wpLu+YtT41PuTLH4xScPqKEydpis5HMo4oZHvg8K+7t//x8wAmKUvWq55Xca8ORlsPgW&#10;K+t7iZtJsSnJyXh+9yRhMLt8HqckA9nYSCcqe7EKYqhI9pdzNUS9ZUr13IQPicgPNpMIJgDXhFS4&#10;SafEZLyFI5qaAsmwL8gKUoPuiAEAOnmg6qt6IgFxq8NsgMBTIYtGraYFLiKeKoRKQ7NvvzIJjvpe&#10;jG9VeINK/e3tRKHRYci2hRNMmlHVwPrt9pcaTlstDxCgD5pUz4xN30ulo+myEwiShhz0GP7d//pd&#10;itSHR071KOXDm/efP3el1lr/YnenXlMmc7gid6+/GjY4rMD19HmxVetcWjTGY/UvHlYyqfZL469e&#10;G3/j6cmO2X/vwf/365v3RgJqqtO+cXPv1NizTu6lCdt1h2rerJoBPwhmPvgCJjzmWKS2G2kbLJZk&#10;+thslNxB/WEssrv+wGNWD6Q8QWRATk0kt/ElNCqVym7bpgO+SoSI/Z2XXqkXY16/B8vDG3f3casZ&#10;H53lS9qvP/xo1OOdDPkS6SO4yc0WBmhj15jeayNr60zIjiqVpcNXS2Xh6KhtYyCGJ41uz0Dmi+l4&#10;Drs34mTUPWuzjRebX2sY7zpK36Tm4tlQupyUCMnjPWOwOUq1x9lSbPlckGHk6RV/eHliZ/vQ6UQ/&#10;CYkQZR5KF/yjiKJricCUHTnC330UP0nwNrfV6TQkQGASnkoU9o7u651BvISxmbCZbLvHhauXJ197&#10;JhBHOZyvrh/kt4/aE66VQ1jnc+8vT1910Od4Iepys5dXJv1eVtnv18vF559bXjm7mI9l79051hgt&#10;kIPV8hLio/7AJCy7QP1lc4VWfW1tI3nniVipoOjLWH0GHhjTfeeVhb/tdQaPHv/7+2ufpvNJuVe5&#10;cfeLciM5H37La5rOVDYOkkW2p3rtwoXNvQSj7ACYfIADTlWAj87YFdCnLnQHrAVRKR3NM9cvhLEY&#10;wURk/du9hty99uZkJJIFz+rKxYA4IBNZdAYA1aA9dlVo1hjlhxq1IR/NGcbI1/7sOqXl1tbWIFpH&#10;PuHiFVxQ1dhO+11j55bP68xaQWrIbaGSFPOHA5TFfSHu1OUXRicuGtlhPp9RqJjxkYsd0Yz/LPJO&#10;n3WuUircu38wPW4njdU8Jk01Ak7RriRML1jwC87XpK8f1k9KGkmhQ6xGZ+5NPUNcfAtd/OHufbGX&#10;lauRRjkhvfrcaJFP67w6daZ3Zcz/xmRoUcXSxS5oZx432FeKkVGmUW6CNx4Y12bS/HNn9BRRXMvw&#10;6QoEDMpCtrl7hHq0gtXrleQgkcZCnxgN6QzawYdfbK0d17EPfuMN3/s3q7JC3W+3Pv4kpjcYL12e&#10;Hjs1ux/B1L8whLcRwgElrpWjZocqhqRup4uFWaNamPdD8+X/4FY097T10XFqldDzIkv1z58UdQai&#10;wXfNVsnllmMHcmAEIuehQkscHDa84/0nj8QeJaL2h/JMAxu8Qc9GkSGbWe6BbawwsENYZhGeAG6F&#10;UfQq7Wa0IM2Pee06Vm0gUc95eCebzvJQrBA4xjLg5qAXi0mWQoHBH0UgWdFt4w6GKoBq8rTRNaZb&#10;e5gHbs1k0U9dA8GN/vK/5PtST+rxRis4TWUU5E+d9bs0FqHS3olVeHlQFjoDBYOXUK8vh7zOZn94&#10;nGzM49JhoRNlcTuW+YvnV/B7erJ7pNMM/YFhsyrkE8zMiOXaApZ27MVnfOExZmHegc8qkjFIRdzZ&#10;qGrUZKGItQKOL2y3rQqPMs9cU82sWD++ld5erf35mzNXnmGPs3wyTk1NdHUGsS8NBx16erI77mtt&#10;74PlKdvseofH024S1XQZFhpQqet1tGp7epMWu1/YWlQQlNMkeJRGlo3na6xRhx8LBorIxNJqFmlt&#10;NdCsDj0irpFY/NUXF6SOCg5qj0/XrtQOtqpOFz0166l06EiiSqtwtR9gLo3LN1TYqWr7EEljBMkU&#10;RK7cwtxgSGCQwJjobrXQG+C011OUsvmAXYshO2q0Uj+DQFYh2ankildfallc+B36ASj85OOD5RXy&#10;zd8nz15UUEqIUKhEhJwe9X78OSG0VHo1Uyt3FifMdjOlNYAzLBYLzS501yp9ZB/IY7LMk+W2vLzk&#10;SsWrX3x0hHCKbcK4CnAUsBD/5o+Xu+JTx/Q3t3cmvNoRmwFKcczfl6af9TpPf/XB/3v77nrYDyzy&#10;UM8og2baZjUQajVIGHSvbdeo9uNI9slGszaeijq9Fn/Qvrd/UmkIeL1CfWc0QieFU8kwX2i+GHaq&#10;WdVnhzlapSqVMBcHtAYpKoLTqZRDspIBGgUtHhJiCuNTtzSD9UC73W9g1NqSQeM30mqn2YRTmFbF&#10;Oo2M0AQxSb8wYoCVq1wZqodKTjUQ5e6dtdSnt8UzcOXJqvdWH5qwODayOkbm+sMzEzO/fbiLoS7o&#10;+xoV/dZrc+JQTKUy4+H5HssHWUOgx328/gko3siP4fastZrvr6fOLAWun5lOn1QfrlXPn3HvxBNy&#10;l/kP/+p/xFD053d+9uHm+/XeIaIdvMhWaq1YNAeN04RrzMDYHh1t39tfq5dz6Xhhftwg8mWTyQD2&#10;sdHsgivRqmdwvts8KiFH6HGcH594vlppYjFJsVysevDhw+3Hu/t8vTrpN3Sxbu3WFqYum2mN3E9j&#10;ULgJ13OnEvSASjL86c9vzAe1vrBtO37k9aiYfmV0MpzNVuLJnRWcxwb+dp8yj1xlGKPXqbI5mbZy&#10;EJ7EdGv4dz/b1Vu1F86ObG3fMaguAYUDCC0YdqyKmJ8LQixoseG24O3LVYcnDMO41805Qqdktd8L&#10;wA1V1xpMC4sTewdH+WY6k8hcWPYHwi69w4o8d+Swcf3qZKVQh5IXzUKpXac6umwqD9aX3abv9Jla&#10;TZiZD3YVzZPETr5Wt1l0Vi0YjN1eTs4V6slyeno0bbNNTM7+5ceffIhLHos8u5r1usc7TZXNMO6x&#10;zmKlbNSwKhLTpAk9Jl2MVyEbMMPUcX65TZ2edqNxvgZgZUFQDk0T1j92st/LVe5kyv9XupYrYYil&#10;GVpNylSLvrm5m8l/cf3FF+emX5GJvZkZ5URgLH6YXFs/LEhEsVVX9sADUw8V9lGXMY2j+5C8MDt3&#10;/dJ4p1Ednx9JA0/xZVxv0MXLotVuTBxXnWYt6neHDwuhab0j4FT3mFKkYfD5IvHk5AX7ubdGD9LZ&#10;Jxubu/tHkb0UPqS1ikrDzS8tf7fd0ZSEYjSHo3Ntbz1/dn7qykpYb+61CMS8KY4xyoIyn29rGb3L&#10;HO504/FU/u23//WHn33y7aN7o+P6SyujNCbPGnn7AazScGcSWzk202KPIwVC3X3x+yOhU93gmeaF&#10;N8kzL7gOt3ltyzaqcz5ZhUJS5Q9bX3w5/Jv/dotdtIOvn/1dbpRUhqQeW2zkSuKD3XLssDFkFFoP&#10;lYq1X3jRkYiKkceHCqq7kSAYNZJCRDzZJ5AGIp9OJOrgiwLUJA5BbFMjzFZrlyvC/Dzt9knvftGo&#10;1lBbbZYqihqvRGuiK3cqCH32hUQ0qwUcX+hOzbiV6kE2VUZtCTzQjc2i324M6933HyPKq3XbLN87&#10;bzvYlfzTpF7NF7OEw0tZOHnlLHqVNu+YRm+qPXqUJXX2pZecj++V3X6NTkPvPqlLYlVL9cWnDXAV&#10;4vSdjjBEIILAXAYDQCTpZdjJxybsDpP6JI5/Cwwqh9GDskmHPTcyNNJAoc5nebWBwugPYUIoNvHI&#10;quZ5B+oiBJFPtZLHLYQQdTZVT01Yp3r5x8pKsqfUETabnpdE1s4snw+mdpqlqDjpMRaKrWpLsho1&#10;AKfgwpYrtz1uO9/rFEp1MDs0ZqKFFHi1NpCH/8MLV9bihUyh2O+yqVhv3KE9O2UNj5s0Tuowl2gr&#10;cRLa/4d/evzgsLh1UlAxVDrTsllMnEYDNeLRfp0z9MfPW4+TglzPHRzkbmzyFmfvRz9mC+X+yXFv&#10;ZaUPA4/8tBdAjwAVVRU//Ubn9KrNdmcJ2UFh4HY7THYLzSoFSdAYOewmkYgxuqCoQSEWP33YuVBD&#10;gCVTAcCChla2AXBn1UiNVWo1j9M27MpA4YWDvmyhBY6FnqWFqrR71DR6XLgskkP4I/qdWgP4N6oj&#10;g0rf6sNmxk3OuJSc7AyaOLPSAyJnt//wq/ruRgP53tCMvl9tt+H4VRn5hkxziu+85kpGAM5Un72M&#10;y2L3F78Ur7/syGaYrz5rSYL1JCIY1JwHMUyZXB4bLefJ43QF1RT4W0bHXMoBufG4VixptragNhPl&#10;zjB5kpPq7fkxSF09JpV5UG4+uV+uZAiYC+AxRPOEmhwhJ6fsHOK19PDsjOfnv1h9EpUlgbp89pVm&#10;JfmrX/1Dv09aWDQokDezGWjA7yXGCgTQFBQ8dhRAexJgkZU2wK7Nk0hUqzNwnDmZeWqU0ZGKKvLW&#10;LCauANIrXhlzorz/RaSo4pCqeDp/UDI43UEjDW2LUdFXaawya1RIONRxtNaiUtI9nNzgYRMQ6m83&#10;yb5C1aNXJmYHrafbSwwE4hmAOppaDZksdA5OarDeAjA5ADGCGs6HfCN2xy/vPMSVEZfRfq/78vmZ&#10;YHDkdw8e5wvd6VHnv/2LN9WcGhutkBcMFuLvf/73r8+8XKiX39u4oSRUXYEsFrqQyzfafcDvPTpZ&#10;PVRtxBrxUnHKMf3Oxe/m+cxvHn8ARZuecwANBUspRahXV+GmoMF5ubW7Gynezwmpk2IeroKzp8LH&#10;uXZf1Vo9El0hk5rqTYSnu63ET99bj6b5N69dmZ5Y7ogn5coRyaB1PhYKnGPkOqLC9c4gmmsO+mBM&#10;wTkiOk2L8cMDRql0ep2AxWRT0akRTMNAToj5R4y0FVNufn8zH08UOWBCVV2zC0vjQCLWY/RNiqtZ&#10;nR0r4uKGYVUsl2MZlUIJtm0o6Mvhcc43J91v7sdvzs1dYFX9x2vpVC7vD5i8roXH9/+x1jw+f+lf&#10;rT5JmGwarOjiia93DjZgfNRiMN5uXDw7hZGAEvIehvryxsHKaSeueIlYtiFWRkYw1WCLxVJ4ZEls&#10;9CNHiTGPA/uO44PSlQtn5E7rvW/updpYZNDdWrPXoq8tLMXSsRKKt0MV303Uqt1zy39WPjpM7O0h&#10;fwidwuTExPpahFNpF1eu49ulaBQMyuFJJNYoFdxcs1Somb0OVJ4DRvfFc6+rkAgbKMaDZ6t8+8uN&#10;//L5+keFVnfQQ/RKAcUr7FTBgEYoKSLH/HHyc6/TcP3KX5bbQPo/mAn7FaTx/mHZ6cNJD7IHzWZc&#10;GDGbLiyOBW0uj9FYq5WyTz+0/caNk4tuQ8ir/eh+an7Z/do1Dzto5NDcKHWnlocjAceg3M7Eixqv&#10;QWkHrEXxza3tz79al6q1NzC+1obmx//UbroSjWWPYrcK1Rtff3vjzmfxV154/eXXL2fiJ8FxbxUw&#10;IJlGBCV1sOG0u0KjixRiSvxmqbQzMf5y/OTuUfYQslkL2DE0VeXjOp3mxqfVAakntRTjIs++RM6d&#10;z1x8iZg+reoq4MRw7t6T1+4ohRx3/E28inkdwxR76rlpz+7qcSUBo33b+7JtEFck104wy3tSFPcE&#10;xcDALZ118s3h2Fm4UvVtXIpEslCReIrjCdNLr8KIiXApMOhEG9ECAOSgr+sKRoPVrTENWj1s5jaO&#10;5T/6w9FGu/Hu+ylws1fOBMaC3ruPGuAsJyIxLdgBdA/xVBkcum53dNIJ+dP+biYUcFWKmHVrsT2h&#10;+LZL333hwqjfZvE52d99cCIO5Xd+pNaadak8yFBEwEJqtOTYtJkziO+/V947Eucum1QyCH/CUbQQ&#10;P0DaQcAGC7EaHvwzMHVUGBR3UBhREqgNy3b8oQ7JZmTatR76Lb4pLSR83TY3UHTSpYrBrg34sGhD&#10;TAfL4oES71ggS8Gf0xH+cyDHMKWjHkkARwBOI6n3KqSGmH6kGFI9zG18E1bPklnPqbY/y+UOyn1Z&#10;ylUG0xMU/k10SrVDQwL2TdEc4NtKDYsEDUgV4/P6BoaSzX6203Fo1T+8eubL/QJern/9zsxbL49m&#10;6ny+2SDpTrHa3DtsRKP9XGbQ5MntvbLZoePU2jpMweVO0GNp1pqxQ9FkV8YhJ5O5sTFN+/+n6L3D&#10;3LjTO89CBaAAVCHnDHSjc85kM5NilDQaxUkejz1OZ5/tvbtnd2/3/Oz6efb27p7bXe895/V6fZPs&#10;Ga9npJFGgRIlkZQYm6EzO6LR6AYaOccCCihUFe5t/U9SbAJVv9/7fr+fT41d2GDWg8zFi2mQ3pSz&#10;Wrsjyx/LTGD+Tfrc7H6QfLYiEkgB5eGx2ZbKoe8ugdtIEwgDGgqVYpD/0VrVEqRj1iibkDJribF4&#10;ARqZpyd9lSL8zCRQQKqWaxSugLYJ10JlSsru1Chl2GEwDR4ccCRIEHT7IA9KravnXfDcCO4Dywz1&#10;DBp65ozjl/s9AyaNUVYsc7Fo3T0iA8347qMaBJTgjQB7PTXdhG/v+vMSDliOdr2DUeMTUC6VbO2I&#10;518CyDP3y3+iRGXzlW8YnzwhDkOlSAj+LrQE8g4yaSOOjXeR5p7YucvlMzeavaM1nTHh8NTNLgoC&#10;a/BPx9dxh9VdKzTh1QqHvnQZh+jy8KBj90BSKLZ1NAZuC2z6jBHQ9tuBgMNrTkOVHmzzUnJ6aGp0&#10;cORXv/qH5a2Izazm6s3BkZ5clomE8nAYMrjd1XKxVUkED9NqQFW3muGDDGDHofMBVmyH02/UWA42&#10;gypKDg2wag1+gBK5XHa1x1znhcVMEeBG1WobfAK4RGxWsHKWx2RNqwdmYJIWB6AjGL/AFw/83XVU&#10;7AAxEidEEkNgXlECxlxTsBuoaqmWK9bKUBrHJQIu5GsQ1j92QLQ5KTx61TpsxOXrNho3K7uVKkx9&#10;WIoSLw30Mh3pT26vamjCoqWuzY4qcDywn6uVxd3trVaxeWP49MdrXy7Al09Kru2Uh/wACWFgeRxN&#10;VPcP9senANEM4NQ+j8WXaic+XVxaWSz0O02TA+713fTubikeKtE0NTpilaCyF9ulUqHx5sVRGlzc&#10;MtpkNN9+kvd26xxG6X4o7++dcdp95WIAGoIzYxShlDDVFyp5RuuwpItiFpaXEsyhGbx64g2n3sk2&#10;y5yYOvYUyiEQKRvudhiojss1rFa5dzdCTJ6Zmzp/DB4cHOzIlPtPN8ORFgbURQ2pUuNAvWGA21VW&#10;G1Xe9RcvFlfvFyup/tHuZ8+y66s1vULV2zUI5Dbgg998uGEy9wz7hzCipJL3lIpZvsNCvRSq/4H9&#10;UDTxoJDf9vqvwY+2lv9oL75b7ehghbC7ewjCOUJ+bXJ8IpNcacFBBZUODLigdQnlhrkTvRZjL4FS&#10;73/4tNszY1KofT7CZFIFgslSgdtbO7RptS6n/hAKJJNdW2uNTEzS57LvHpXDUT64Wxg9OUHSPIVI&#10;hv3XcciYs8Wjw6jFKIXNzsbiXYfbAH6tD/7+9uZaSqOGDgxM2nPw8tpJxLTqfofxHQWqsBpJQHgh&#10;Qmnxxa83jnIA8fHbfbmIkD7gXj7zksfTlzw80MHHp4Fp5YbD8MMG1zh/4f98Cv+tPnjl1XPnT88m&#10;4ondcBL4ArV6k+C5y6cGovFK9CDUrBULjCCmscEO6ofM5FHBeaZb3QXGupyG1i8+Q9NicuJER4Nj&#10;KcBwQyvOp93NFP7mxw9r2fKlqcHZvmuTvX/q6/luLBZ/cfRBTVyVSGoygXSpemYGZr0ea/goDAuJ&#10;KstAAWD6wingxjXYFIYgOoPmUfDz2ytfvnb5D5ls5M7t3/S6Bj0qRTVZAKlxC69JJJTDpHnlTfX4&#10;GVRmzI7MmjoIFtnEKiH94/clW18hweW6FuA+lUZmL+VwqRFINGi0L/WaM8/D0C2A96VhxlpVMGtf&#10;52pGZY6Udl3oHpkxvPaqrZRhZeDdUnDRvYLeiCsM1E6kYOxqwqviyYMGJW24u6TOXgqTd5otSamC&#10;jg1ASt8IVzYo/GRb1PxJWTkrDe2wc9NmmJMSqG5mzBUJxoHI5O/WDU35oZC2D79jRdBZ21BYfrFZ&#10;XFpOOlzWcrV91g/aI/KnH8b2Elw4AwiNFCrA54GGpL1/CBQftE6tB4+N1w15kzQUm8JhCDoQKqrB&#10;FdsAGa41Os+elixWtYBgsIQ26LSwvIsni2ozXq4JyUhDYqz3XaBrLB4OwG8LPEfCP6WHXseTZ0eV&#10;BmO1aI/LHsBQkIIBKotLUa7e6fGZbT5C14+iagSGXxKhU0uAIA+Gs6KlDy0EJOlgHX7yQ2fMpmE8&#10;F2GWP4q1qtzMkDGdbHR3y791xRAJocc3XcjeiajdpQF+MWFUwaummOIaSB2RSwRR4XHLf/P1C0Cr&#10;X5kamZoG3FAzCWeUJmAyG/eWcguPqzsrRaRFSNoiVPth26KgAGKF1cscuO2VkFoEgEwdeIfVyze0&#10;dV4niLpOVWiXq9GUrNw2v3S5srRcr2VlXd1QQEU7TYSkRY8djrkWiSDXHRcOAYhVBIRBLFMqJMBP&#10;WDK7tLUGTGI52POalCrockRh7I91lATa7TTuBnOQmoSMJlSOMISHcoiv2642qNZfhIdHjIlMHZi9&#10;bbhKAgwQPO9lYKe0rp/xQjB4Zgxy94aDAp85LJf34tGdwtpK2jtqtPmxclwUKiI0YQSwYKvVEknD&#10;7VeyNXp/OyOTi1KKiieb337De3TUonRHXX7J7q77qwXmnR9QXAt/trDvANN5pbOy0VxeqdnVxKsn&#10;Pf/1n+pbe0pgaMK7DPzw86fk49PN0eHIpYuVMxehfw5PGuB6y5JZfPbs0FePU14nlFpLG2up46Qv&#10;38ZOn7WsvDjEZPTaeu7ufRj/NvwOw+mZOaXWXq1mo/v7wH97/a1XoKr57gePKRw9cW6AJMm9paWb&#10;C/uLu7Hjam2+5DIBNJGC4T/Po4eHET3gej2OeKIAA31w1BBSGdi2L/n1MKJ8FEo2G21SJoftNIz4&#10;s8W6qweAegisLJKJisNGGsw4SNshsdaoizD/kBOycuGYpQhRK7dKXYY3JABtmlyeEYEyhUjhdsjp&#10;wI8jAMWUhg4QXFizRcYtV3hp7ePUPiDwzSZIzrJnegYkcr1BSf/OjXMq3NQuC906laSppCh3OFOw&#10;kNSMy/gg9mRrvwbmXugKY522F2BSFJEtNNcO2S6V55XuayU2lZDC4DEtx6lMloGN7Csvn2ij7ZW1&#10;uFpJVps8LocWIpLP1RwOtYHCKEr/7EU6nWPf+Mbczm6mz85yIGbpdTeL4Z/9as3bI9WYpR99sU1K&#10;yUK6ls02Tp+5Dr7fYnabUHQEFLWYe2Wid2pkXmhVESxRZ2JqnRFMJyAZIkknKVVRSNOrVzn8vUfZ&#10;gkKlpBFuf/3o3PUhDSToQDOkqnIdbmsjNNLvUZOwMZ6TKIAed3hiZBAGRwbCdvXcqS8fbkAxh0Ub&#10;pC7Va74mcJEOBrtv2tGtqlWzHu8QgsgMZrQlhNVqBhKtlbgMEYINXrq9nJ/0dY/2vcWLns8/+9lB&#10;LMzVMbvdFDuKlFnlpXPXlW263TTBentqxKyje4U2wklCQHDKNtsDfTavxfzg660ut22wxyrvSJ/f&#10;P6JwNUzXY6ksgIU5Xn5iwjM05Lj9yfsA8x6Yep1ut31dVohEJOIRCEoIzTKbTBXi1b0j2ELoXT5T&#10;MBSEJPX0yPWLZ/7l3a/eW1j4eW+vP7C5ZtXQr539YyBpKzuJDiOGNhmyJR0f9OTZXLoYgU306Jix&#10;z29Y2WWChW2TrnF57l8Us8X/8t/eG+rVzY7YZscc8VSsWGq9ebUnksisHiS8ZuXTRwc6m8OCK8Hn&#10;1GqJj7bLUhNlN6K3/uEguqfMCsT57xoRGddggBMhd457s3X2zr11l87yO5d/MDfzlxrVmXQuEAj9&#10;9PHOe5/dW3aZTNfPvWyjQQzsUuJEaGc5V8ydOTtejRUOg0cyDfd0DVzg2VNnh4pC+tMn91469U42&#10;lAsdrMgVriYEtypsudA4f3kyVkwDwGVqUpPJ7+Myw9aO8PSeEFxqHQVqbqNmatS6sRjo7dZUa1w4&#10;WoLWbJqTwYaml0SYYKqWKnCtitVlj0dZ2RgikVlh+tpRIS+92gMtr/B6LHRYT1eZDhlkK1i+yIIv&#10;feSkHCK0jz9r5ONsNFQHJQHwRatswT9AXbzkxDF42UQcNlEkRbVV1eeR3vqwIGkBFl/aEbW//HXo&#10;wmnd1Ljuv//jqtMmPzHfI1QbZ6fcj5bSPaMKDYUdHdTBbwtvymGr7uqE7NFiulDAG6DwEMTgUd1m&#10;Jm/cUHUNyVuIpL+Xh+Q2LyotOqgAp8t18eGXrXys4h+kIZYpJwyzY/ZqTprM8ce+cgzp0lGw6Fpa&#10;i3UPm6//qYUaEDoUeudWmCvAL+dZthXLVTU6NJuGUTJOIsdPfqWManEdaImA0wcyieOzTr0bLYuw&#10;lm1C5BAKjuY+2NXK9paLChWmMRDBBy2dUf7Sb/usfdTuQiZwLwU/LuAzw+9erZN//APD2mb1+XIV&#10;xeA6LqkhkhIPNTaQEkt1OjKRrUn0qHEIXOm8w4gFDvmjRvXGCcNMT/dPP9j60XtbhwfVMiONHsFA&#10;Dtb/uACglg5EVfAqzEM7EqkUPab5cYLdYbSYjTuBWLkk7Rkydoh2NCRVAcSdhcJkW0tZdvfFb7yW&#10;2w/qjyJcz/DxFJRhEJWKt2qqm09pOLxZ1Zhbo7JTpFUnrwpitlyHdi5J4UBdEqCSwIA3h88UW1qN&#10;3GHUFlL1ZLIEdXhAvzHHCFt0Yt6r1OMb69FkpGh2q6zd5k0guEIwGJWCmWrWCxxiWJfoBrupRvjo&#10;xqjSJUNu34qFgoBTajiGDeZuaRKqBgSbz8LtVqHVGigTQ+nKsRBls2oFAfJ2AJcCzg5bLNZ4kfH3&#10;sxp188E9JBclGa564XxrY1HR7ogqow5GcQA35Frtt+Z703X68UrqaKshJRwSZOjj97HQFr271Koz&#10;iNXXIeT7ly5zV17FCAVr1Bjj++2f/eP+tQv2UyMaBdypWQnUE9EidNrCrcRhq5SDQUjnwsxIT++w&#10;XKO1GDVs+mhsetLV5QP++vrS9tXTXX1nTtVz6WfLe79YKtdhGKrAwK7GwU6D5Q1AEKCIKBT5ylXr&#10;MffNWMqURciO8TyQGd+a9pXbko+f74uQLsOluwd5nhA84wQCoOAaDqpKnQnTmaH7CVZuqdWmhPQV&#10;4P8QBI5yIgV5NRRzy0lYNoN0B3Q5kSxLqyhaKSsznFKOaGkS7ogi3wGaBbwgh+36qd7uH339GPw+&#10;8J5+eaB3wtWVKFcB1wfgNjXZbgvsViK5uL99d2Xt5tPN75ycdVPkZ+urkhbR7zH2us3gdk7kWkf5&#10;vCBy/+Pl37O0vBCBfJZ6ONBrmJvoaXHs1nZKrsSWA1EIPZ6adm3vpJUawtNLweRMQbbhO0PqlH29&#10;tnqTpfCm1cB+9Twuk1ZIsrG8seM2xz9/wK0daibnjBO9Br6oTkdllFQh1o7SR/vRLPTbkSdbj2OZ&#10;RbNGNMqtqGRQRg477d56Mw7cUDg+M41m9+AYglR2Fm/rLfK9g90WV7Z7XHvbRZwX88lqFUGrXNpp&#10;NcK26ij04qvP37147iytG8WkWg0AkfKVPrDuEnwoVzA4dF12cnUrGE/HvYZZHt/pGnm5WAMOS85l&#10;tg/7R0gpH81VYolA8uChr+t1g6rv/mcf9Xv8LoUztZfn64G/++UnZqdRgeL3H6bGR52wO5bJrVrt&#10;SRTsgKGnwFVxOrxqDf1o8fFyMHT6Sr/bqzabLTyDRlL5a2+dfnRn+cVyagDKm2719voKCWUXlnfp&#10;+Xz2YDWax+R5tw+NbW0G13cFtWVkZnrzRXbpacxvgVBs69rLQ7SZPgKcVV3wOM/RZNfHH/4fnCo4&#10;cPZNBnjBtdzBzjpsYc9/409I0Rg+CIPDZ2pCNXXG/GjtCa6t907bC6xgBLsVJlepLZGjLwWk8NrV&#10;v8hE9j/7/E6mVv3myxeNeh1AKAa7aHg0jwyYpUxj0qnpNlDZVO2LuztFvs2ReDaUJPcr5U22UMXw&#10;EbR/VglOTKC1axze//y39+I75R++8UcXZ/5UbPdKxNR+5Cef3vu7QDjMt0x9Jq9NIZFLmFIurTOb&#10;stl0hcn4vCQtcLhIJyqtLJNS02jPQA/TQf7jj94/Ozk3OTR96/6H8DScGzMRtPh8r7K8Fff2ygKJ&#10;tFJF5FLNZ4vt2zcP9ZROreCZQtqgI3rGdKi8KiVFoBvGImw0DKNFLcsisDyE7MlapFWX4IRcUajV&#10;c3stu1tpnUZzLzgl2qqmKnod/fRpChpZAiY5eUWmovUPHtYhkXDjTdVhoJUN8mYD/GJJOg36amx/&#10;J9+RKEegM8oj8VC914SE98vnZo1KlPgPfxt641sOECQsLiZwpL5zkLv8ip0RlOCNV6BtJo+5nMAw&#10;qjvcdCnNOWmrW6Zh4uI3RqhLp+yZAxGr1yHkF292ps/pr79mDsUKVif24OvW/bsMkByePSmlU/We&#10;QUmp0bz7JUtTNG1SGJx0AbBwLby3R6s3wtacIZqNPrMBpjS1em1/q9F7nXt5RIc8lMHBDu51mURe&#10;Sar9fSZ48nR4sdsKeQiyxrTbHR6EDeA/gCc9ISEGJrXPlg/h5aTSHgdZRQGHORltBTSKEvI8bE4C&#10;k/rrv9cF5deF98M4hzJMW9KRnp3sjsfqY4PS+ZOa/+dncZ1OCk4zTgpwHiJbaiZTZaiSw4KuJrRM&#10;vRpOWqmky40yMTOtf+2CMZ6tvvf+zjdmZ6qcNJCMEgiSydQ6ODC4sZaAKihgJXbgxW606ihIQqjk&#10;1aIoCLzTiMN8q91qF2pgsmtjPFdNQMMXkCcivOGqeZm/uz48mP3Nh6DPa9MaAUAkABfSGFoKvLW+&#10;qOY5mKthcgzv0crGnSS0lCIlFgjppAanNEAQIOrpOvwpMCJ1GHRqtTZXYV29JmBg0Xp114CBVHQC&#10;OzlUIIwGeQaEd6PWWo6v5Lirp7yTHlk5XV3cgggR43EJP/owvbwJlxnJv/6BbTuFbkaZkWlTJtHa&#10;fZy1dCswpTq611GbW/0z1b1VPrp1bI71DVHlarOUrXTQ1sYOuMjw06ckWjXz+B6eDtVDO8Tl13VG&#10;k/bBPbA8tOFu4XFbOVwxZbMBWu+Dh0+Nat7Vr1aa8d294sZqcnOV29zW7OzoU0dUMgxSY753sOSw&#10;BEbHmPEJc+iQGO62DvdoKiUG83iUuaqsXuVlCGDhOTWOnpmd7u4byBzt8nUEXJImk+X5w4XdnUOZ&#10;SEyO2kxdvnI0vLiXKoNMPFWJ5urwL4OKcBfjs5HcmM/otBzrJ/dDCdj3A3YHCrvlGmvRK78xoN9O&#10;lLarcEdE07kGbYREDYfIhHQEYTK8wDdgR1yuwepN/8qrY6urWeD+tMCM1mjIZSjkqqHKTyPS/WxN&#10;DSEgDbmXBPdtTUpgKh0Ge3vw70hxApajkHECqqpXaxy0WJYKqVi67tSr3DQFbNPbW1u3E4caZ5NE&#10;Cx882PlkIy7ImyqLSBLi70+d3QwFPlo9AFy7zagEAq/LZwZI05C/75+d+m0Qy//d2j8+P9q025xg&#10;ifng5vr6VlqtgoslCGukOzsFk0lTSJXHxy0g/l14kvR6afh7lepVowndj2SrIOmsJDYPqzK5pN8j&#10;AAndYSN+6+2hhRfEvTvZIXvRZSC//iJnMJvSuTwYV5gGztc7ctoo4NRAr2lr/f5h8OnsxOlme57S&#10;fRPgQsCIL5ZCsF1H5Npw+CB1GAVAuZJsR9KNV14/W1jYun/nwOjUcDg+MG6oZTORvdLIXH8kvvze&#10;hx+89taVXLRyGAR7Lvtkec1kIi6fnXLpzSC2XIvFJoZmfTZXNL5McqD0NpgN8JxKb61tQRtdbXJp&#10;TcBOrnQkgzOjg2Qru7ORBZF6twsWJa1CpnRqemR5pQLzGRfFt2s1i3WgHPwqEd+TUF1sLpWOFXoG&#10;PCdPG7Y3NuUqxbP7G7ACt7pJBi89Xgt5em1vfXdqYycDDg2hLegsWoEAR/eR2iiRijG9qS4zaqKJ&#10;yLP12FagMDbkmR4dlDSanUZVqyPgD9sJZGVSy/SZ8wuLv+4QmbOXrnAs9ouf3YKV9/SUI1LJrO0+&#10;ShSKf/Y/fz+VDwO9w9Wtgtz4bigmoPTys1azqDg/PyqD3kdLeuvrBXg9//D3/z3VCqwdBG4u7J47&#10;PXr94sjGTvAgXuq1q50cS8ermf2qzGpIZJgSZOTUsCMW21mgNSmJXko2QsL07+WTfQB3DG9ALWHy&#10;+tnvG1TjjRak1Z4C5+jWnUVU6hzuHuEhHFrnDDQBYAowLiRzrXQ2p7V2lLJWNdeo8MR6PCtTNQ3y&#10;tMGI//I3u/1u3ZtXz/zXH/1CkGEGupM4DAUjRcBbnZgZnxw/W2NDKFIza7ohmCzHgLKY1FtUiYwI&#10;lWpwvkN53mhRS2qNK13qIZWsW6c+22fB6xx8cXBKm2QkkMM8f8WucjU9Dq2qF0NqynqIKaaLPYMW&#10;XmUkKb6YrRtcEouHjOyoT845hse7ZbyhIwrB/ZTN54lEK9JOVa+XJMvtZk6q4eVzg2YbJS2liUun&#10;6ViivhVD5i/J9kKgD2/MTpvXNmtptvONtzyxONcoltlS9dnz1CuvjWjB2OrwjVGW/ftpC0R/bU29&#10;XV0JisHDEq9UXHytuykUb39eWXpItDl2+gz97JFGjlQsZrGFyJQ6OQQpFh6J4IaqlNszJxw9Xeav&#10;Py18/EGwv0ulhi5gE17tWlzZKcNM/rIoleUe/kvpxW7qbK85vpe9MQ3wV7rPoa/UOEAEQCyTB00E&#10;BF5lBPCDzHrF9g7EJYQClPciNSMgukVJqSCWi00CBRdmhwUxqagYHrPOv2IJvije+lkIcHqkClKs&#10;iEml8Vtp2Cn99rdIuAztBCW8pBkp18DZCwEfEV5hHF+piTKDrFaGNW+b1El7/PRoL4zz8M8/yQIN&#10;8YuVOCLHfvdct4jjz4MH1690v3R1eHjUe/7SwNSU7dQp57d+a8rtkw0P2S9f7LbpOlsvKgCZROHW&#10;SSJ1RgRQ+L/+V22fT3rrSxxa+QIAvllheEgye5KT8NjjBd3QMAMNPf4Yr660ehuxI3kkJDOo4DUv&#10;wPFNRSoGLbD2FoowolUDTbiuBTpQqQVhSYpSKmFETRLhaJnvyOBgOtinNmnI7eVkPdcAtSfE30Br&#10;CBvcqXHHhE+FScWFndzuEdhsIALCjg1px4b0P35vf/FI5jZKvzkj3WFsWUhsMpwEgChg4fFrCBob&#10;vcLsP0MOF1GXFy3n29l8fWBeni+hEgAKS7lGHXPYCifmpRsvPJEjCYGgAEU9ewPdWO0koklSCfxa&#10;WabU8BhUM27LJiSKuEaS6ah82nS02izDsaMDLtZ8Bb7HUo2002ooApuKpYVmsVr45tv8yctMk6gj&#10;0o61i8T++I+mtoOZXAku8YJMqRzuN1+7fDmXrz57fG9o4gRc+p58fndwYGhlJQA/o95eg9XlSG4G&#10;727DKL4pCh1YyoMeJF1FtsMVuRaoS/JOmfdRUl7o7AQSDaYK8XZMCU1WyQWLLFxgN3JNSGzDncxg&#10;kcCOE0BUgDsSquB+kMJ4tpZD+ns7v/V75ngAD7wIG3USUHHBz7re4Ic0emhbNjGgZIkHYJeAZTFG&#10;QKYHNtAkUJCwTioJcSpBSR+XfVAGAS/GB6sHQBKCssR2KK6SwaQWlZgVg16ikGkt7nAJKJNCR9Mo&#10;OT/ieXlo7r3Vr74OFB3dUgiPgRIdVZf96qE/mPre7t7KT579vaPLzlbI1bViKAxwL+8bN+bcXmpw&#10;rAsyDzCKgQ3+7JRnYyUOJ1CdhojHoFTUhEHq5m4xnGk1WhwmggEDGslGiCyLmDxRkjucuNHKbq4j&#10;pNCanKBbUs1vPlmfO9vdPeRfWyymoqWpET2OA69AALQFqpLFDm7VMs9JDF5GpzX0oLQDjcSnwO9F&#10;UV0qUKQrheh6wGqQ84noR7/eGzupc3qU+bJEa6938HqjRLrsvVuByPi0vQyLKURpc3QdHMURgjHb&#10;UK8dHGejRvNAuXywtHffZ349sv/QbtLy8HVrA6C6Y6G0GllnPxi1aNXJ5HoTLerNvvWF5Ug0fer8&#10;KavdDu17QmFxHqeObCr4+LYBCJ5Rgyi0dNQ9NDMyeebRrc9IQgcF590gIEGLeEvwO4cMas3S2tPF&#10;3TDtMMxdcakt+H6gChy4wQF7OQekBsmJft0bV9xmrbpcV+n94/6ZCalCSMSToECZPjlh8A6XytVH&#10;T5ZanTak+SHxsRdZbpPsyfmBeqZy9/MFnRGWxzleRvonLYVqvlQCoOyW22/p9xvTR0Wnvx/CekSb&#10;ONqGJZFqYzm9s5cG8yKlUtngtllIT4x/z+lhgSIC25HoURLwYyKO5lPlrS8Pt1eqLKVXu62tqhTW&#10;tMDGlvGgCcOLMsXAK7SnnzLQpkwEymIqm+u609Gf2HvMsFsySuQbeRzSlLx2ptfvoOReOAEcAaQJ&#10;sXsUT1fz+Sx3alSvlDUXHiXsXY7dCNQjc0PT8LyuvvtuWEnyv/Pb12uFzPbWTrfL3662jCZ7py07&#10;d+LC5Ve/D98CYBuFEyl/l30UVJTWpt+LszJUlKttFmM+XsaPn/iWh+/uazlpaZ9hG5Ab0rqM6nPX&#10;PTPXjAA98Q7Ik6Uy1DNUSkOtyZrGpPHnralTXaYhN6iPz8ybdjeLuSI7d0JVikt8flpncj/9OiUn&#10;aZSgD8OVUgWcG6JCY7nss3zXb7JI5fYB+/SNCciFIHwWxO2eflU8X88klS6LXiEn1rdAF9Q6f4nW&#10;atCHn0coeVlBYRVACWZL+cPyzQ+25Tg/2Q0OXSJfE/PhzmFV4vFrgQywti4kNtN91vZuCOmeAs1e&#10;Z/te7cS8MDBrjKcQuapTiku3n+caLKszoDDKjewyeIsHVUCxAWMmvgBmmnIzW8G+/R/Y6pb21mfp&#10;UKugEUS3Sd813AXtRVkTnfc7x+36ZknIsUKmxR7/A+nweDSXKbD98/YGkA0K8Plsl0s8LIwIDAV7&#10;RjgAZHzd+Ys+pRa592Hk8RdxTI6YvSSkihqljk1PFbItv085PyWsLqARAFDVKqKI2XQUYF0hfAG5&#10;FykGcyktmCOdA+jZCzqvyQgCyb/5f1PJCG86ls0jz+C43Wr+3tXJCoeuR7PjPVafQyeUmwe7taXH&#10;ke0X0VCgmIxwzxez873ID86RkRxdbpPHX368I0qoc1fQb9woVzjb/q4U1OmdtnjlehNDxW5P6+E9&#10;mM9hDjcLJBEeWNtSRG9CFhfkoM92Gsl8vlBuAQABtykRtY4QpcceCRj/ImAoA6EdTBIIQqfAu3rI&#10;qTFsorcobVTCQIaTQOekWqxApwwhlZC0Q8+c1h2G8j//LFJpgq25jWEAZRP3jrjZUbpUFWE3+PlK&#10;47WTpNKArx3BBakJyL6qoHAPd+av5feeSp9+LCpp1mzW5wqlaLhGqInhs/pksAXkXDgR9PW3p2bF&#10;5TVzqWxRa6sbYBf2SU+eVd+9BVkzeb5Y5kVJt5u6Nm5djGUbGAeuMqNXJ/JoKdk+d8YzOS2MTXKz&#10;J4AEVKo0JfEC+ngR/eyTzuoL1cpWxWLlLU74OInY2VNaIHSAMASqo4DMnRh03Dh/8d6TZ4FI7K0f&#10;/mDty9sAmiAwfmsjRRHixKRXb9Ye7ezdDhRCGZD9chodzjSAFkaFExV4Rx8VGTUQ9Tv4hFXT5lux&#10;cgP6OAQJKTTmnRk/J6efhuPHzSVpB75axXLDaIIbPISum8eSFIhxV46pmJ7Bkl1hWH4UV6pR0JRJ&#10;JDgJfl6uk2sKJI21pVgsVYVerMB1+lw0isgzqYbdS9abDMDAjp9FMIzlJefGR1Yyca9bXmfZfhfV&#10;awGHAVki6g029+lnJSiYKmgSCOy1WuMSPM9s7r95chdTEhpKFgyUE0XxWxOn/mT+1V8uvPuTx1/B&#10;cQpsJ0oQwRGIzyH7w9+9Bszxu4821l8k0gmg5AiIQLQA+shJtreKp+YtJ2Y1hXzGZQVNVQM+K6Cz&#10;aULpABPScUElaRhVhELjKVcS0FyaGTetL9fLaRZ6x0abHbSYWkldazFnyyV/P2Kxt4vF+uyJ0zt7&#10;oZWDig4Ij6VnrcwSpQDXyhgh4umNR5GtRD3BnemidW1Q2GXevVlsWs1nX+5uMA3gAmfSAXuXjFa4&#10;S0kC4TmrlnjxIgUHmqEu90yX2evGw3DnK6QsNr3OPDHqm93aewhOx7nhtxvsM5O5twDnHrfXIJOu&#10;3lm9/dlOercYeJpBajGtvkNKKK9Z0SE0yQL7+e2lyVPzOEa1smVouoyPULlseLdcoP02mO5FVz6D&#10;z7fb52+25H/5nz4Z6PeeOfl7BstFQixEc1swJxset8ll+e3nay67AXLWWq2qx2GOPl2b7lI7DZqD&#10;PSabRqwmXSyagq37QJ9U5MpmE7Q/qwqPa/TM2MraLjBcp+fNgph0eVTQgHv04DksVvw2ZGLM+ZuP&#10;jwCd6dAIQpvPV1tKnBywUfFYRmEbUKipaGj11Sv9e4f5SDLT5wHQVx3K/91OazS2ZLD08S2vQRP1&#10;drn+t7/4os+n73VRRzH4l8YwWlVRUzKFAk7IcrZK1iv9TqWgUBvPW0g708lk9RT27nsvIEY/MW68&#10;9+k/pgo71VZlcNAT2oxCG9uGI2yqFniReP54D1RPmFFp6NU0EbycqUq5Vviw4Rv2gBhtcy+oNoIj&#10;sLUXhp4R+fqrs/G0IpdunZg41ee2adSEzqhweXqN5sHs0cJnX/79l6sHCK6d64fDUyidLqdL7WSq&#10;Pj7YXc8V5gfdGlrr7h9Dqu2d5xHrqHPuW5Nr6WzLKE694b31aXD5s/DBYn7jQeFoC316N71yp9x/&#10;FZEZURzVOz1SSMLEgrGjLAfDvvk5TAYyNYuvnEZ+9NdfZTPstWuzNp20AvFgQfGdbsf3vdpcqrwM&#10;PD2dvGvKqtNVWDYbi2cJpXztBb/8PMdWueFhGUw67UZpkyn1D9XN1uNQoYiWzd02IJnkU8XHG9Xh&#10;Ps0JmDNbpWWm00giERA0y+R3FmJqSdNnoRLp6mFSonbQL10XE5sokNf6pykAlrzY2gAQeWYf0RgB&#10;iNGYnHFFtxkO+NtiO5gsW61qplGq5fWn/icQp6ZXf+HC1BBmax/WsTdmvAa19FkgAyx293DP1Gh3&#10;r6zjAUmzHMtALKPajIaSRguIW9tRCO9AMIdpQSk2XyiAqQaARBAamp+wA/T59qeH8RADvRqakopS&#10;EWqXkoYAc4dEsn3tLGwYOp991qhAcUUCzFuVjOgAYC5TQNBOB94nXX5V11RnYIDY+1y68qQmUTHB&#10;Zd5ho7Pphsjzo13KeKl6ez3/Z1cnMunmX/3D89B6OB3KAe44VmhANSAWLvB1di/YkAvcdy41bW7N&#10;0p4cJJhopwDYj/UghBz4arOVSRNXzwHMCgBvSLUAnFv4h+O+uENOn8JgTgODYZ7FELy+sYkeHEFb&#10;ASoGAKeWSBVkBpgVSLvOt8FaDcprFNCDc9T0CHdhhjt3hj17UZwdBQB+TVCirBbPsorAds0I7G0S&#10;a1a4oRGTySb/+h4QFGHujomNlh0SSTj8EU13t+mNVwc+vR+vNZpddsJnrd2OIDKaTGfAMtXyjzDA&#10;o9x5aKw3GKkUyWfL0KKQkkLmCNVaAYNUbNfANUWMjKJ9/hJYUwJbbYNZQpKd6BEyd6rd2yPXGpQa&#10;E7TFZLlC7vU59/pB+fFWyGrQmy06f7caabOTQ1IQWn15q6lSaw8Synd/zcBQYWBYlUiwsQjYTy3B&#10;LXWvm9ZreAwuD7Sa1OvhHYNl8sULcyemR/r//t1fqY2O8d7+ex/9+vorF588Wg6HM8NuzdBEF6VW&#10;BAP7DyNwvgGK1HEGGtCCItcxAwKz0zk73nN21OfxucA4eLHPAj3L9TC0p6tzXbob0z1FhLizsQe4&#10;O6kSijkY8P1gCQDwAjiFSdVglIUKLKKQKhXGismmyRzIWb4DpWNYjJpkgMWD66KQrzSrrMRhpJwW&#10;xcSAMbiXBfMfwhFQ5zI7FVCAhf11tcEqROKNM7PRdjmRzg7ZyKtj/UXmWCxH+4AJp/78ZgW0AEC3&#10;B6Oazy39gzM39vdjD1KBJiOLhOEs2Pk3r77y3ZG5nzz+8UY9CWP8EqzxFTKzGeJLLEwAnq0GPr29&#10;FAyV2CrsgelMvLn5IplOViFe3Gzw8SifBGguLFbNpMMifPftmRtXz1NqA7Cq9w+OoDb00sne5dUD&#10;NcXCbu7YX8+jkRA4/HQysIeGovJsBbDsvjF9OJ/66E7Y6fV7XRPbq1stoQUuz1YJBZ4Dz6yX0wGt&#10;ebDWIMyw7zaZIB/VqXfqjDpZbr35B+dGL/35oyeLSwtPZLTR6wN4i+Yg0G5WUD1AvdRaf98sLVHk&#10;Qlnw/OmcBo5vNMqJe19/MT4zeun0xfdu/kJnGVQS1nx11z90Kh14wRcqbKONNrJqqEG15QMnzvqG&#10;TgN+0A63V5VVLxRFNgMkW6lQf3RzCeQ4sHYV5VVVn946/JKMaxUDz6anu4EPJtf7OLFqtyhPXv5u&#10;NrZxsPQpFJxHTvRwTMEqZb2UkI/za+vQu5fPXzlTzGQCO/tFyJJAURRV2CjE727G4iGoix0LtcMH&#10;je2HXRYo3TaNVqvONwgpeEEQtCqDlpYMdGEuq0IOY3IUmx/xNgp4iwWEFQJ4a6CdLj8+jujrrUAh&#10;ZzcD0ZX9Yzbl9Qvjl898z+KSZZmoxelr4+qHT+4QqGVq5OTO83uR3dq4Wx3cqtdT7RMDluWjmsxm&#10;OnGid/XO8qhfodVgpRqLWEjtpDa0n+mzwQhcZjYaYKNeDYV7bCpWlHFNxKCyefUWkLvevhf64KtQ&#10;hhEInAVRe03RoZ2IFG+sr5QfLhyzUi+92ZMFq0utFI5x958j+wHmxCA9PDgpxVVH4dLOTnJrb+/T&#10;ew8Zpnnh4tVf//yDpVvPKRk5esrFMVhiMbf9oFqpWB/eYzoHpCatfPrJ4ZDOxcXqib2Kq8eidlOC&#10;TuQkRUSSl+jqf/tfjj7/pwSQENg22++kKAV0w6pYGz5L8tG3JJVkc+Px0ZcfB3R6KSsDDwI32Aui&#10;ZMFkGmXKQqGYK2WLH91cM5iM8xNdkDMqFOtbEThrVlAZN3HSGtyPhXaCF15xqXWGm7cTgT1GKZdB&#10;6/nV1zWwqoDvaiYnqEyks6cMhU2LWw0TWkKgYeD5ZLEKxlpMbBIGViZVh5YyGoMs1WiGsmW7QwFT&#10;ejidn3tJ5XUp1Lp8YEv8+AOudwLRWgXoDTrs5Ne3AGUPvmH9yLytkmk0sg2nB5xYhiaPVBKIrQv7&#10;3b/qfPZ/W7cXcxz4aUQiWON2E6VLPqirV6Aa0BK5Z+uhBlwb68LFSb8eR4NRJpmtT08bc5VapcBD&#10;pEamkcFrwKSWdpuoSZ9BSymX1sv37oUAmALmjxb8mQXG5NCDn0Rg2nCOhvf0d97RPFhggD6jg16H&#10;hGohvNqIG+3wrAcXkKLXq5apJSYrtfax8OQ3Vf9YZ3CulQtCng4D2IiClnT3kI1KZ2u/urQb+19f&#10;H3Jbdc8PU3q1aOzGB86YBRmsUyUygYWbSF+XMNijIQ01pbO4u6OF3SYqE+BLs77W2d3mgCjdBlV9&#10;QRQa+YEhMZGhYDJXYQCGAABqloZHMmxAZXDTg0e0JlsEfyt8HMQSBGkY2VGM12ja5+bxc3P1N99u&#10;v/FGe2SwqNEBIxfPp5R/87eNH/+CXdkhBUppGQb6sayekJUzjFZLGwwK6LSYaGUhxUCRSgYdGrZF&#10;6xUarSyZF8+NKTBAvOZ5s156fhhbTWFb4RrcsPpHEZpi7/6KsrrV3UOqQqJcKLDY8ehKAJRVrdQZ&#10;nlUAxjawA2YSZv5ke2ub3l4XIdvlH9EXM8BaYr71HT2Q4q3diukpimErVox26Cxr4TwEwitpAMdj&#10;tZqQirErC/nwPutwS4EfHD5kbQ6r3waZLfnzVebKFfvgqGlzo6SgFZjNBe4hUQ9o+2oDRJyvXXsV&#10;ThGNxtGZk+esENswU0ytGtw8aHGCy4APjXXhCPdoYTdQR3oGANYPt2VRA7s7AR3rsg+61ECnO8iC&#10;ObECmotslb/UbYPcR6Il6dGiM2569ai0DKNKSHNCcVCKlRnIvEFiR0RAJatAUZkIvIJwsKI2I8PT&#10;cMWWPViIyUkJQDZwpFOtS9poXWOGSDiwJzAlJZbqSCwNDBkOJYQISI50tFqPlYrAWuKHLNYxo+kn&#10;X63Aw/RffOtGlTHU2Yyn27Qe2cgdCvEjoGY0KJpkWy2VwP/w9NWNzNGjtUADQPEy+T8/f71fTv+r&#10;mz9fB3hBU74VzAPBluea6UQtAlI6AOrAWJUXVUqpXElkMwzEU5UqGDOA1bUjQ6HTg+VyzXhUKObB&#10;40IBISMSS/r87gtzI0DPMpqcD+6tmuGqoMD7etXQOqB1ukJO0CrbRj2STLHbL9jIbnF6Qiun4PTm&#10;6eo6z6TlPpuelkl0GrXPoeaZIilrBsNrYHMzw2xXo881JOqe8SpPdArpq2PGCoAXysnuyxftLkO2&#10;nJNQtVolp6SMlFxDSqXevjN8nqjsx2mrRyDNY6ODUpj8sx0o/0UCT+D14nG4H21/3tXzOsFXaEqi&#10;aIqBW3fNA33V1B6fTXzv7ZGB+bHIzVtMYoeDJ4Temlx+piCqqKRuoOWB3TKqM2VrOKBvtSaNRDGF&#10;5VPZ3XQ4WKWVUOSVe7vNDOD+1u+8+Pp2T5dfa3MBQyuVKyeSWZ/TYjUdV348XkcpXy+3sJ6Rbl+f&#10;3eTzTV2Y2j8M3f7qKSEt+ccu8AWsEww5oJ5ZyuOFJCjpKiSNa+FXwXRCv/DhyokRI0wY16LY/YVc&#10;v52H8cHSbs7p06VThRNTFgA0RQuKZC6mIEqDg0a2Xewxnb188q9JpbgRepdQESar4Sieu39/T0Wn&#10;Xb6TmWSlmgf/QH+f0y6tQe6hg7fQKxYR6I1VjUrXpWmrFXkePB7CzLxNh6k9Nl/qoCDH6UKO2Fmp&#10;oW2pBKNHZ84aCNWD976EqFSTlnnGTAJRmZmXO7yCQouBjVRDMPGICJOGt75vOcikMZJia52D/TYQ&#10;lMeG6ck5b6FS3NlYund3beVFrirKzSbTO1e/+eF/X3j/V5snvJ5BK9kCJEGbqEdBGIiNutxzRl0P&#10;AS0NrueUV9Onyzaywe1NpUlBWF3LGwdra4dSOZ8uG+7cKtrsnRrCNjB4AnR0GMy3MERSTx52UCM6&#10;eJK49V6ryAgCECIxpW+wIJUkRREX2wbYXMG1aHs7YrFQ0SS8AwSz3fDJZorjuGvTpjCAvfVyi8V4&#10;uHHoHhC807OxQwZEtoSIDI4qCEPzMFop5ZoJ2GVuVTuyxuwpUiWrygGsWm06HULwBdlOJ0a7yMkL&#10;rt3dZqskirJ2vFKDRwSp05SazbFRhUFd/9WPU1CEMTg6N2/iOkdVpa/AgbIjYeMR0FrC4wBCofB2&#10;1sIffWLO0zuo8I8bVHpt17lQjWWWfi2tFgpSJdxTaLzVyjaZ9YOSxQh5TsZnUhVrmUfPYfQraeBa&#10;oPtMOow9PaYCwhYaLaNB2uMg3zntvTrq6NFRVqW2mMY2lnN6pZTCkcFuGweYNYQETgjMZ8UmeHTa&#10;Tqf1ynWzUs8uPEUAEimFO4SegMN3GYZyUKpTdjQaWZtBErFKq4Yl9ltGe8c1JPgHyMOnwDluwI0C&#10;U9IKMxI+aErgKS3jnkaYlwetw27Dvd0ChH10PrCSqcBLEdtpAsR/dkrq0gk3PyfOfbvsHFcub3mA&#10;jW41CQBLg+5MOVuD9glkVrcjwDoFepEQ2OdjWWBk1ft6YUUL8LQ26H5DAYVMUe/rF0gZEglAPkI7&#10;c5F8+e36d36reflSxecHMTayvKK887X8H/9JGQojX95jd8PtKlsCOl8tLssfcO4Bvm9CdbDTgv93&#10;m1N7GC72eqkqjOI6x+pqQidv4SLDsJDMghjoH73hOIhX9kLF18+pMZnk7jKLtIX+MZqtUbuLGMo1&#10;jGbR2W8y2iy4nMSA6klw8Prn21KPh4hFhK4uyeVryNoKvbYs/ea3Va9/RzMyoSilkFs3s/e+qocP&#10;yGRYBMSuWYHMdBkjJRDSMPFoUUnD1JcEfDyTzjXrje4BC/hA25xSrAs7m9w/+9PXfA5p5DDC1cpb&#10;WzngNWGXbljzNZhAo5VaY8BvfueVC9FsbGVpvc+qdjjc5tGz8cPdR/efAHDeZcAmZvqaTGVhMRJs&#10;EBAwgyQgWDV1RrpQ4PPFRiCRWw0BLC+7sQOkqPJaJL8Sr14bcIMqtFIrvzLnfR6thAsli4Vmmjgs&#10;DIGipAaVHIQRmqIMITGwW0KZMocYzaTZhVQzBFCe5RSfzbf1Wvz0tBti1VB75prVFi/UOAR0cYC7&#10;g7cOLDYBh4nCbJyEeHYT+k4jBvWZ/oHDWmHWwZ499U6kLtvY+LTbR+9EU/s7Ta4lwQEMhaGwJL02&#10;7J22+95depCplmGz+m9uvDNgUf3V0ue7ybJKYYolq29fnjIopPFkganwICeBvWdH6ACJGH5kMLpH&#10;IHuKtCk1SWvkkBcH6iwgLEx2ZZdHeem8pVSo1srC5sphNJzc3A23GOx4F8jrxgYmalVGQfMSQrEd&#10;FDcWS+V43qQE7jzSQOVgI9tZD41POOz+ns9/s2yEsL3QIigaBGq7+9lsogTyyjqCYbZu+LsX4imt&#10;wYuQmkwpi3BFvdB49JuD6OKOz0MpTfTHNx8bbArYYCUjaTAysS1ca+2NLdwNPLgPEpu+qTFC5Xn2&#10;NKSU2ydGzqoV3cGNWDFRkSvb+9ngyMDb7fQ2Hz4AXIxl7hQnk6RTsUy8Frz9HBXSCr/cPmqJ5Zs4&#10;Dev/TiVZEFtoz8iIwe8r1IXg+o5vdExj6M4uPUjkwLsARFDAVrcKlU6lI41nGWAonL80U2JSizu7&#10;Sre5KLZFORWPdmTV4v56zOT0GSne5h3hJdrDF0vPniyLFnWZFLVKzcjIq0bPUOrwKLOVafLKJxnV&#10;//dFLJONmxX18dGz5Xj107+/FzvkMT05ME2jghDcSY3PUd1+pVZHbwRA9FMY6zOCgFMil8mBJdoq&#10;nR/+3lzvv3329Gef3v/f45lm6pBxmmR+u6wcrweDIOzbu/b698Et9P6XixYjVKPEQrj+lhE9R+aJ&#10;RtF40iKbM4XioJpHTr5kxBqd7cXSqcv+8FHyIBmljKoCg/j6zCLWtncrv/7kfvAo8eoPBuzdkv5J&#10;2uzkKMhXSr2Ac4hvHmaOBLfXNThAL66mnqwVgvt5yA5BL21y0mCzqp+s5j78dK9RlnkpzYTPRqP4&#10;Oy+/pZIqk+EDg44+M+OQqqUrWcBp880ao7DJSni7Soqfhg5vp9LBdtE6iNj76rOvGI8KhTZn6usz&#10;ZZrpXK0d32fhPqNTdSQaeZ2k2baURFCIfkAcIJJlBFp94k2dUandXGhDEWrmktg9mC6m2x4HVADc&#10;a8+TMyf9xUqbZVoWFZWrYjkGf3nEccaA+wyyx4lmEW6O1U6nynq8jUi57LDpn97aCwVrP/yTPohM&#10;UDRYD9hctOCySxCQ+qg4JR47DBaOYqVTZ2X1glbMM8CPdI7If/kRfICk4CZ9vpuoVJpSDWGwKo4O&#10;i/vb2cA2Z3Boe6aopaf4QD9utwKfBFwkiMfeC/JxuPa1Mk3o/u/sN5YWq4GtnN9jcg9XcEe6ltd9&#10;5/dJNisr5nCbXQFFNbhPpor4S3+IGc2KxZv8qSkpIOof79YqpexhMiNgRBlGcIh4bdbw1oyjX6MC&#10;oVUijSTK+POtwsJiDIItUG9mG8dkMxCBWQw6X5ehUKq06pxGLs9AuOks9vBhdeFxy25VmilpOZsG&#10;exfc3holSSPL6pU4bC4pjWJgQmmxYu5eraipZ/KN9btcuZhtshJUoXTNE1BjbJWlAFyL5UoPguVv&#10;Tntmu22fLoPWvoWx+NKncImWeIfMBgsxNSr89Md48ED99h8LCkM7vEVWgL/dBmwE9OI1mVRxdFaX&#10;57D9kIQp88G47DADp3zW5+Zg8g6HjMdfy9//leYoIsbDIJdUnL6AvfM/cNe+nR+Z5AqlzoMnik8/&#10;Uf3n/wiHOXpvH+BvUmBiP1wuQjxYqaXlACft1HPR6tEOJlUS3gGN2aYF3CbYmPw+AI8i5WYb8jUN&#10;qIfCJJAkNFo8WUU0lHSuR3Z3uW7XtXqcwtohlGWbjSaIvbX9I8C3hjIE14KmIyaDC1tPn8ntNYMI&#10;LRXlSaSlVIpKna57qL27Lc/GyFxeDOyhvX34hZfg9kWWawT08vOJSi7FQSHk+rTlw/uBcqNtNkNt&#10;lDN75Yl0owGtrBxgNlCNGRSKaD6baKE6Ke2ZG2YS0f1smoOeP/AfsT/6M8tgP1lqipuh4jcvgbRB&#10;+X/9zc/cTs+gW3/v0089ve7M4d7tu4uiBJkeMveNeirp9MpONsSIQJSPJoqQNg4eVBoCAgd8kG1a&#10;gIAH6wcOgVYsqZQWeNnTUMYgRWxqZH7I/jRU2ktXLTBRKdZQglDB3LLeggp9s8SnDpsAAFQAyZ/H&#10;oBmptoudlljNQv0YVsQSuYKcnzKfn+vu92jhpR4I18GpplK2+vu0sRi0lVD4eXUg492EnhBJAhG5&#10;0jo/2KtSt+wGCaoaCic2k4Uw3GQiaf7FZv24PE/TTb6tM7S/e2LMbPR+tPaF06553Xe6VW382y/e&#10;gzkL1lIARYJr8LNTLijOR5NNKWjXeTgaowJCECTk1hrHOlyFFJgLOLBn7SoGbA8ZoVTifV30t9/u&#10;gVf6518l2Gq7v1u/u1kCMMN2IL2yGBrtdYaCcZCSAQdar1PlU0Iuwp4e9hpozdiIK1NIbaYTyi6l&#10;wUM/WnjegNGBQRk82lcbeaUU+7ufrdmhx+PQQKXVPDC5sxlyef06vTXw+DEExz1zY8FMPlaX8ArD&#10;8y82UoGDE6dnYZ3u6pMhHYACNl66diG1f/CLd59Yexyc0Lj78BlkiV0+A9eRSgjt/uZ+OlGqF3MG&#10;KXoQ38P0pvGe0Wcf/x2KEKaZi1UJhIQTTTn18LDa6XENnB/YWIfhMDxfUa0GN1toIKcaPb2IXGy0&#10;o2oLM3bhhglgPatfYmp536iy0QY/IOSmAUgN23zU5Tbu765yaNHkbWEqpCVwAOX893/5UFYtvfVb&#10;b5aOEvsL948Oc2Mv/WDx80+UBEDSUAyK96rxTgEwV/KcRIVKhEQRCTBymOLPT7qFRlHlHrVaYPNe&#10;XN1I37xb0NFtqlX74kGLVkt7vJLAdrJv1A/nG61OCdMM0NYMDBj2X0hGe/8kFv+Hjx//VbpuTRwo&#10;Tk0MG9TE6lpk6xC8QHDzhq0GwzXkni712XO9taO9ykHRz5XlRBvuxKGDcFFTv/o6uBTFzb3ET38a&#10;OHnNW2kXw8n0SzecgVAhEC06vRKjHR4Kka+e7fVNWSbPeNaCoeWtIzlJWm0nZ2b/XEzk73/ybHp+&#10;Xm8zffTV4a2vonC1M+ghY4ifmO0qlZGl52U9ZRnt6psZHDMTMr8RQpTajqC6eeeWXA/QMtvnjxKP&#10;drN9J7Twgl3fyhq9VLBUu78Vg3ATnEfhPV2slku1WjBc/+JBDOVRAwGHkLzOpS1k+FikIoG8v06e&#10;hXMPeKOq4uZhAbIVopqcvUFmotzEOFJOSsxO8uqbMaZaLBao1167WsgTv/zp4sT0AK3RPrh9gHdk&#10;MLHcCibNOsUlp/LRrVUOp9753smDw1oJhAn1DI6h89fmGqnsUQ4bGmqHdztjY3Q2U3+xxJ05Basn&#10;iOWSejNEXhw45TYbUaQN3EFXMt2y9yLwvO42K/Yztb0Mr1F1xodl9x/CHQgil7L9g3o0X3eNSLdX&#10;Wx4DDuQlEEU6urRMCfv5T2Jb68m9AOgHiRMjjkuzZgxM0pWG0hE2WZQmlavWDiqg4xcwg1hZBKJ4&#10;g7IOtie+n15+jGV22VIFbhGe3XRlJ5jHCUFCUTaPdLqPojHtF1+l95JkpIRs7KVh8YazvAzH4CUD&#10;Cc94jilVWTi4QyMT6GNFsBWKQi7eAbj14HBz6QF+bsqiJcR0thkFDxU0/FtNJYEPuhQ02oBqac8J&#10;yt7b3HrIJ0NCz7RckIqbD3lQxtYr1Nh1wIOK7RYwTHKpGEqraFjCL+xClsd2aqzn6X6hdFCSsG2A&#10;QqOUbO+g2dsFlETFZzel8VT5h7/f8LtaD79GYB4LfCuomoBwDdSAtLETjAmPliUhIJmQqNmB6+CB&#10;6QQmKfnj/0SXoiqtxeTsFV7+dnn+WqXBdj54T/br96lfvweOJtPTBagacdcvGhoMYZSL24cqWCTm&#10;qyD9BiUAdEQhmozDx3hziQEhCbjncoCOzDE2kzwPsxmpnCMkZo/mWEKHQDQNB6fpQZZ745wlX0ZX&#10;j7C3LmjuL0DAoANoaJoGDWV7+UkOfpiUBVjzzeW74XS4gAIfVkkolXg6noPpAsfLILQWOZAXkygI&#10;y5LJ9s2PklWm9Tt/YLQ65I8fNnPZhtFKB8OlWYeyyRFLewXApnY5yZOzTORIjOwzoM9U6o83tIf7&#10;YcDayNVq4CrEollKU9w8YGUqk8mhxa5AvdeBG/Udu8n67Ws3PrtzpyPB/t1f/C8CT5scLj6z/eCz&#10;r0G7A8bUqQGz0+9pFvLPdlIpuM7Jeb1N4fUa4EqdTpXBbaQ1GIEu0SFg9Yg3oQKD4m22CrD2hCCZ&#10;dNFjduWXW7lAAVJkLbMeBxsXIG4bJZTLS+oFiUZGO9RqyCJjsO3mCIOvjaLNbJCLxzjzMU9Lcn81&#10;VWUasGc8f8o8NQ4RjGYwUP/tH9jPXHQ/+jrHVmACI1Iy5fwQdF41R+HqqM1Qr6a9A4Pewfkf/8Nf&#10;9/Y45yf7l3cL+4dlksDarFBmmn4t9vrQmQomPNt6+s+vfb/OEn/+8984LIDRlwcOWOAtgP7tqycR&#10;mCtr1XKJyB2Tl3EpgoqtOg+Z2wm3ecas2U224clZyh5remwWkpRBFLa2sJp8/Dzp9YAFl44mYa4i&#10;n5pW2QC963NXsslSPhJMMFuHIsT0Yac90OsAavrSdlZp8GpMdpJuDM27m7za55we9U9qFGRFrC88&#10;fX5mzCcpNtxmFakzMUzeamTX1rerpYxFL9OYuxptZTxblpg0thFdVmxAmLq/x6vA2EgBQF3c4Jh8&#10;J5I6OjoIvDiESVb/mKuO4s/DsBnLRnYWhQ6jRLO5yAo8+4ZH50anJwkSu3n7I3e/X23t/+rOI2v/&#10;lLt/Ym3hK1ZSH7nYE2dY+CSkQaJRSPbbpA2hfpCH/RPuNUIhttJEqw28ZXCden73djS2p7UZDrKN&#10;R5tp2uvF5NJE8MWZWZ1cq0gw2MvfvtGurK6t7jVz9SGtSiyY5mZP+1RiM7aZrABaE6yBxNSFt+KH&#10;i4HA+ujI+NU3//Deu/8tX4qafCaN33hUrc+dnr3+1pl8dc/s90DtPBV9ceL8pM2jN7qMZgNg/w3Q&#10;2ZT8/xSd55Mb93nHsYtdAAtgF7vovd4dcL3wCu/I47GJpChasmRL1jhxySSOM8lk4heZTCavM+PJ&#10;G72J3ziOx/ZMHCmyGi2KpCSK1FFsx3K9H+5w6HXRywJbkEd/wlX8nuf5fj+fDjbQ5wCvmdlMFgGM&#10;nqkMDgEcH7ivgs1+cT98I1X9aO50T8CLbxyAvFewOJoIxRM2ExAkjrfYlQdrIwE/aOXLjaKQLXM7&#10;OYdZA2d2eGx5QtS+0Oro+dAweW8xo2DwhYuGaKahMGljieLycorUMyembfee72wf5NwO9dyZSdjf&#10;54oFGYagPDLsHd5c3Eod77p7bV0K30kn1IamXCNjQaqLCzpSJQGlRGl8aSqgbLbXnuWh/OC0YcVs&#10;ZPbipVQx8fFXtwCPFhy2ZIr4N0t5PdmBkw6ktwIuCmkLBPwVdcXzC063qQtZQ5vTcudezOM3Qd7T&#10;oQXROAZ/vLu71b0jFNNQ4G2VasX+AN4llGwbO4rWZy+ZphaU13+z5/cyb//tRDIfdhnYTLS7n8c4&#10;BSo2LTvP8qtPI5cvjm2H87VGZxDGgVpp6zARLbfODDi2tzISlpc46FAR9pBBhRM6F9iPQCIXWXh5&#10;5N334Mwpnb3QcxyXOV3mdoNPZ3j/gG99Cy1XFLRWpkDsrYa52sbnr/g/+f2WUirHa906orl2Tbe/&#10;nj/c43/4I3cmDisP6OQTF67oXZQNbFU7e0mgCMycdgKkoH7Y9tCdrprMCWrYOhJCU2cRbCeriLsg&#10;7bvGQ+1qPXPmsg1qqWv32noaqTSQV/6VI93IN++Xp4eVQldz42bqje/4czV5b5/57FlKrZZf/yJ9&#10;60m10BQpFe8zqs0kBi4RmA24DhBmgBlEDPl0g35Kp1QUK2Ia8NxtYAWqNAjzV/8kszgwhLVC1/HF&#10;HuxuOPiYZEhQ86KtDgwafD6NmgPqN38BNVnx6fVWeC+jtynnr1kPnvCJXdn5twznf9B5/x2+VZbm&#10;X8NAB73xTDQzcPziP3uefmncdXrUthuLqdCmgtRGgFPMEfNntRpCvfoiXUzjlZrMP8BymPbgAMBz&#10;MgXKO300QSlQleQMKIH+U4hVWw2eUHeD/XKPR5Xa1z97YBxYaF/8GTv3SjuRQT/+X+2HHypBP7i6&#10;IWRizXK+MTCluvKSFuvoHDRc5RqxWA4sqoB7gB0iRJZoNZAlyKmTw5MTxhJb2d3LK5CO2cqAnSbD&#10;CqUKKK3IVoP7dshhVLAAo41QqRcTqdbUABVpGxxGTq+TtvNw7KqgXWTpTqZWaoIgpdKSUS4M9jGp&#10;49bzpWPwJhpMSjAcAOIGkdXh2lSpQAeVVJIAsKkB6Slf0Kzv8hPTbX8vvbKmcfl0PI6bcWxhxHvj&#10;eTwZYf/mB/TsfG1nR7Yf7uJK3OGG/FezUhGBOAKpTRxcDMnSXoq98MZgOEFEYmnAz2sfPyygIno6&#10;OEmhynTq+bVLF1vVyv7muonUl+KHKK6MRlkTgY72m402c+rweCNeymNgUammWTClYND+jh/XnC57&#10;IOgttXJqkscIsYtDgkquZTAS0MParpNEpmzknd3yRgJ+lhgnKDCEz8WQWgbh6rAQl/3j1ZnpoPf2&#10;yp4Kk7MpPtBP2P1atUBmYt/K6CSk63YSnZb0+b3Ik7X8+Jjhtas2vqP900fsj35Cn71i2N+W5JLM&#10;ZFBSGh1X7Qil+huXxnuHfajKVK+17j5Y5Hke9H6fPY0Bo8fM0DKu69dpF3y26akz6+GnM67+ckb5&#10;q69vGE3a6UE9tGHWdypWB9USJI8DZHmyRLoG3AMRjjlQA4azbQcgRGDWlM86LXDFTGRqwSErJHKn&#10;ZqzgiNnfZ9u8qMGAYStAqh4QEzqrwuqQN5uA4m5twBtQBYQ/JJmrQveuXM6ZbIJM0cgDfCrNjk+c&#10;njv9U6vhMoVPAPhC3k5srz/fz0nZkiJooj0kqTQNowZzt7qcONrX2xkrzbOwY63i3uFppVYZC692&#10;0dLstZG2qozJCtF4dHU3mQ5XRoZaZqcqy3YbDZw2QMityVDN8+ec128uO91OuLWoUPXpa//i7T+n&#10;xFqILJctpmvV1lFkbfzcGwZQg2Jxl8sNhlGSbk/MeBj4mWJQZuICLiO8LcoibgzO1eva8m60xRYP&#10;oEXbJR2WSRqNj42611b23H6T3UljhNnsH4C60OCAuc7jgtK+8WzXolODF0ie52btkycX3ob9VfjW&#10;R/AANI7MuvpD8gbr8g3xaoaiclrHaJ1lt8JPDjKZUFCbreTgij12KpDJrd169JA2W4Hyz0YeebxM&#10;tQO/M4pLF/qWt/OXX/+uvzcI2nuuHH+ylCD1tqFeW7VWW12NEphlctK1l1kMFxr1EkvSPMglQiEa&#10;PqtNJqHHT4sNYX8NBiNNma0Cog0a3oSOZuIVGsdrHYxBRHBNhGnDe3dSal331FlPaMQZ3Umc7DMf&#10;H+YLee47ZwLF9Lfh8Hod2ufIqbGpas3CZkrzp4zLmxuhoDuynnznP/8Umnb7h3tufH1gsMCJMSup&#10;RLOH7u9hSAUOIcbTk7bU9tEv33lYlxQbm+l2u9w7PSii2nu3P4LXJWlmHj5L+W2WHhOdjKftZs3M&#10;uKeWa8aOoHqIsy0pk61BLOjgoCy0uVC/we7SX/8Edht9SyuJRqd98ZwPADoWM3yISRB/0DtVOi9O&#10;WeXWALxmWo2cAGewZBJvS+3xAbqQLJVywMhyqWkFl9DGt8vhgxRwYCfmfAAP02oRgH81CqV0Q/KO&#10;ens9Cjkt5NYLNCqbvGR/9AIkRNXxMxeUUlyO6YFcq1ZjJa41MekCGnSvDXZRIgcyZBxPH2d7XZ0T&#10;oSD8n7R6VCJRrRdh3YSuhssmP7C61MU4wlDI0KSmkBS31nImxjg5020mWReQt20Kxu9JAiz/KC4W&#10;8YXR3iyLcrzSruEXn+4/OWyOvY0gSup3/4yAF3vuNIIaEcYsMxEKrqbSeurmqWp4qfvDV3ubJYDg&#10;SE9f1ADfd/6cEdPh918U3v0QrldFeNHNDdk0MvEYoLEd5N56cjWaj4CRrtyaG3f1BEigBopt1EIj&#10;WhUC62KG0E2d4k++mbr/ke7B/eJBARxfcNPkNUqF30Ra9KBGAPQoduX1/oH5bixTaGWFXBiGUjll&#10;0jmDnZXbPEBz/uHfS2v3iKd36gYLiJh0CiqFY2QmIYBdrNUR9uKFN2f0fQHjnVU2na4BF5PSmHr7&#10;u+16eWddAuD5QUSzGlHLaciOtuQIAPsQg0lvd1GpbJ6Xt10uqpBp1iA16VaOj8gqOeXOmsc2iBC9&#10;ydUd7tYn9M0/EwcQC5K1Rudk3j4pldRYfOLIiPDgJjbWW00Um4tPAQrfgT5JscLWAUEi6xJydHs7&#10;b2HgQIcuPd2HewfIoSNHrNOrl8uRCgDrQFRJoZRVDbXDTrNTr1TrbOsgLQVDcqWsuR5pDvrbyaY2&#10;VWzCx1spI5JaGUrIOQ7mSEiH8kYXHC0RJYJVKrWrr04C5jd2nDw5h86fJxo1w9rjOJup2AO2QIBK&#10;7iO3P+d+/HPa6WWWnjQg0dquV+dDWDgPTUlkdLBi83eOo0IyD42UIqERgJCPYzYS1r4QFAVvGSnG&#10;S0z/CWOxlCymJPm1eZJNNwnUcOb0FVGKeL3EyNSVtSd3Stmq2+VNRg99Q0PbG3sWLTY64iRpfSIc&#10;24jXi13oZyD1lphL1fQau1pNpTKJTC4jSpyGUsLGTIbyhKarYQiwlEIW0aXCJt3MWqISLcPI3K3V&#10;uxDIo8E1UQUmLmyWO3MDbo1GvXQQr4KRuSZ5XHprj0Zocp2SLBLntJRC5NDIbsllA6Kx9PGn8f3j&#10;2uuvOy0G5Xv/k7l4TXPmFX38SCpnOzm2trmVYXTMmVEvLARMRufdR99sHqbsWpsVp3tJ3yAN4jn9&#10;tNE8QmtMlBq1GFpsaiZ48bf3PgemT7elAEpvJl5vwJ2KFyeG/VcWvJFIJZPl4D6qwIiLgz0emhER&#10;eCXwxaoUL7VQhCP02Nw5Y2jA9uBhKpPm9TocFklGI2Q06hAvlOOQLWyWc61SGkhGzXiqNn4icOVc&#10;MHKUOkpXOko5oKeN5OzC7Oul1EYmsVFsgnvjYPvomycvPr7/8MtKJatkKAVlSoePfFCKn3ldg2e/&#10;unX7RUpdBoO1BHYZnYTCd1xOwu0FbbWaUbAari9vRSIxu1NtcxsyEYBEWyZOji89Py4WmWadSOXa&#10;y4/CIZPBQltOzr+mALolAskIupp9/vjue8noFhh5Tp0evP35Sry8fvV7P8dQZHXtE0QTGJs40YQ3&#10;Uir77OFRh1Pp1MR2OPbgadTf6wXLUjtfdfr0EC7Vm6HdMHy4e5PSM99uqVRCf6/h0+uP+gcmVUpy&#10;ezvW7VJjIz3dcoShkaXtEvCOepRQ7DFBl54opJ7uNqBS4vHZSjtH0aV7CgMOlqZAKLS2+Fk2x6oI&#10;JhbNOd1uNld+/M3DG58tgWj12oWzy1893txIxuOsTKUtgJQ98kQScyV4M8tEEaKRiLixHBM6SobW&#10;3vjiQCbXnhhyrD39ug2PXoVt60Da3WhM9s9cWpjFpGIkV719J7IwDWVIwxeLmdnT/dOTIbjO7abz&#10;eqVCOMrz7RZk2xpqZVhH7h/VJTD/EWB/tCIC3m/WFlJZr88yNhyStVVrz49OjLgnJ070DV2y2D2r&#10;m19m2G3aJg+HZe++Xxw/0z98wvrpzb08KxxvZ2DQGZ/qO9hP2Cj16GCQ1GiamfLze5uDAz4XMGiS&#10;BcJITr105XgvF9k91Jmd8byAqtVsgh20khDOBrmrgcGzBWFttxyNCXraMDvSQyu1X3512GiglFa7&#10;tp5VKPXnZ4f3j+OHqbLLYTCaoKcPEQw0ngO1lgBBYZato0SXLfPdKgL7lHSmEYtWf/rjYK1Zf7ED&#10;T0bk0kJfegfxm01GQ/fB48TCxRmlGirFEYDJmQwAOtctrideesNnNGuqy/mZHlUN5zjITQn5YGjM&#10;aO3bu/cU22kQkjzBgWyZdRv0ShGqhxWdrhPqg9Vdp9fZECJgj6xRvnCXKI4O+cNbTQLMwUbkxvV4&#10;NQ7IHr0vRNVYFRBh1DKxpw8DcneblSZntRYXfAzxZhtEy11f36yODvtAV05g9e++3ddQy6rM9tZX&#10;quN1+H2AA0HD4FMx/r7xMZkn2GzJ2xhgnGkFJSf+9Aeu0DRMnyBSxcazwzr0OjZ2OhD1D7ipkZC5&#10;1QRlHqyFiofpCuyNIIUK0fdr53rLhQaIT7UMfvertCiTGjySYeE/M/ryX8c1hOrGb0x1tARU1Xi6&#10;plKDsVjRbnK5fB1X6+bm7Z4g/tkXsXSuAKDm5IFSY6QEhUzvgDGO/MUv+Uyq8/v/EDxBBNdI4Z0W&#10;QTChE8q1ZyVY1KNy+ZVxy+ZhBZxrpJ1eCXNQEUPacgwvU3pxfVnFghGdVir1QO3ivH4eqiGQc27A&#10;+wO01TQI2CstoMKqVEC0Pjlra1TEB1/KLbTL7VW/93/1lUXkcL2g1cKXzmOSYm8ZKLhy9zDSE1J+&#10;8Ot2j5U894r47gdAMgDqu7wMLQUMA0QtbGFhwT4x4O2z48vLCQ5Sv5AVA2C0BoNgh4qUqSkErF71&#10;khhdZutg1ZZkSSBOCPjJy8Z4tj5kwR6vSjpNu1JAYynC0suIggSlCzhvNTsCRWDscR2+bHtABXrI&#10;RLQK0Ahfr4GtN8ZOqCAN+t5vi92WrH/QYLRZwAItcBWpiWzsN6++JlbzxO5yBlXw50eMpbxQ58TR&#10;EagAw5Vbu7eLQOQHAfSKntjcyFOMyucxpZJlCVeAQGtng71wDmzLovz738d12qbLZwuMBY4KKzjh&#10;MOsdS/eWkrHSmUuXD2ENDO0bvqYRisGgXa2j8snsdqICfk6Ijup0aoi0OSw22FGUa8VGvYHDGEkA&#10;eQ6UEl2pKYBhqMPKUketQT15esC8eFCSMAGOfRoE1KldPY0B9r8Bi1tMAjuOjtQ+3DiSS8BEAS1M&#10;1x9E6u2m3aDaDQuQ1EtnWgaa6vPRuUxd7IoAz32+WZ2aUw73Ku7fbevtwulrukRctr9S1huhw4Ty&#10;xRzsTusiuvp8/QdTExMux+FxupgF9oQcIhI7h9VHG+HZ+X6zEzymVL7Bvffws2QZ5QCNajYf7NVo&#10;Jdbv1MOSOVXrrCxngi5KBkvYjnBqsCdTbjdbLEARmg0xV2uCM9zm1GULtZGgWYmoAXNqoHDGqOrI&#10;5WB2N1iBiSTH5Qp4pe6/qBjUevBymGg6E08VixXIAXt95F+++aZGGywWDp9srmGC+nH40Ser658/&#10;Dgsa5igFhS1JRwneHouRBrNqNORD7l6//eG9oi6ol8k6I31jotxarcqNxgBQlnWM6uGTteODtLun&#10;z9o3OHfuVaNz5OrL8/l8oaGwms0mOV9rFjsLCwtDwwsowsxMjDMUfveb+4CxebZ498mz7bd++qrN&#10;BriwrsPF8DwWSZc4cW3m5N+Bf3Rl+wNf72tm+yTMTaBEmZ6YbBdR2JR6hvqSicNSNjs/F6hK9WKn&#10;ODD8slKh2dm/H0vDZhDNdbDYbrjPhlI85OCo+Fpi7+tDdTFq1rJHxfhhW5nZSwcNPNNrbkMtHhgw&#10;wNKmYUbNb+6VIrFU7yBKWs16jTq2spFMdLf2+VxGKMVL8ydmNLgFvMuD3qAVN/Jw+NL6egamBYlw&#10;mxkC5WfPnirUkGqpPD57QS6jBQgFckqLdwLOt5Sy5XHaQ2OzwJ1ZX4/atOrL42cs9oV87sjl4r9e&#10;qaC01Ux2klEYRs3ffeMli56iwUqULfmm3FakBQaJVFsFLOMDOR49ziEcLom6vr6eSkFYeZpVw0Zu&#10;wsk2aIfvdCjQo6KAdVUr5mK54jpGVTaPd+yM+9YHQiyR+9HPhmDb8OjREaCq2HLT6bElwqyR8ZsN&#10;I+H1KpfkOtnW4DCsswZWH604LHKHE3SAY89vvEgfNdSEfj/GOqyyXKKyvFF8+eokyH+68q6sgZm1&#10;eq/RdHKg16wh80cVUq4lcHUqUQUPWr9Vb8NQX5DoovU/fxA+iohGI+mwEz09FFfkkGYXVmSIJIyM&#10;WBweQMSV4eQDnRwZmrU7mg/WK4ytxrFRNqbptpChkC/Q2/Nff3jo7lU5bFqXk9nfLYLAvVpq+QbB&#10;Ia3ZXywwDo190gq4X5GruM1QL/RJB0uyjYxRpQwMkFqNGAqNppOyPNvsn7CydU5FUsEh06d/5Mt1&#10;fvpqBvxHAN2SSUa4ii4+TkuColXhJ+Y0EFnMJ6V2WWaCwi/NMVbVw3utQh558k0SGDjBARTE4wpi&#10;9ObHkdnzlDfUvfnnZyYf971XTav/LallrYBXdWHab1EZUIraXJJi26LHS0M40GOj3/m32pPn8uAJ&#10;gcfVv/7kMJZqvDRjh3oDBO9fnvX0D9jublT20y1cDmU8EGagpUbXa1F7TLqtfe7Sq+BAFrdWG/DP&#10;8DjVqNZBJ8ld+mFu8Y+m3SUEdkvVEmq3GWBnmy9AzIV3ec1v/MUo2KE++XCH1CsGJwmpTSSPYOYB&#10;zq5AulFDqMi4W//zKz1gAj0jWlBdAq4un1Tki0WnW57LYUMO8sK4//5O9cbj5Js/8fGwCThuQuXG&#10;bFb4epW3blVrLdTqUPaMQT0SrVbUoJ4Qm1hsPaVSaqbPj4IyulQRjEaDXqdtN7ECq7Iy1HiPrs+s&#10;PzyopzNFcF+D01SvJmE7ySa7YDMNDUs3fydwJd1rb2HpvPDx+2W9Hve4fToGuswCDVT1rtZDC3//&#10;llxDAPXDfPL8BAnHSR2cEgUEg/WotL2Y79YwQLcDqhZubm1gyWNE/yyMdNLKg67dSNS5tsveJ3Hc&#10;jc9yAz16HBEKiYZKp4HbhRaDQ4FcIddAhZ2gIXmijB6wjaZothsjxxU2rxjvc7ud+lYHq1U4GORg&#10;AGV00tEu3Bbal8+rjraJMiu6cByS+pF0eW6OqCs4wBAdbIkQ0oZcBAr3j6bcZOQz2XSh3F045+ry&#10;rchOze8jx2YU/y/AAKOo2ZxCHydKAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQDbXvFD3gAAAAgB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqEOAgEKcqkJCCNRLA604uvE2ibDX&#10;aeym4e/ZnspxZ0azb4r55KwYcQidJwW3swQEUu1NR42Cr8/XmycQIWoy2npCBb8YYF5eXhQ6N/5I&#10;Kxyr2AguoZBrBW2MfS5lqFt0Osx8j8Tezg9ORz6HRppBH7ncWZkmSSad7og/tLrHlxbrn+rgFHy/&#10;2w+5fBuzbLXc2321XuziplHq+mpaPIOIOMVzGE74jA4lM239gUwQVgEPiaw+ZiBObpres7JV8HCX&#10;JSDLQv4fUP4BAAD//wMAUEsDBBQABgAIAAAAIQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uy&#10;b0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfz&#10;P/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJ&#10;X1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8yPTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQ&#10;zld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtWJV&#10;8KkCAADPBQAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEA&#10;nS/+37gfBgC4HwYAFAAAAAAAAAAAAAAAAAAPBQAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAU&#10;AAYACAAAACEA217xQ94AAAAIAQAADwAAAAAAAAAAAAAAAAD5JAYAZHJzL2Rvd25yZXYueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkAAAAAAAAAAAAAAAAABCYGAGRycy9fcmVscy9lMm9E&#10;b2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA9yYGAAAA&#10;" stroked="f" strokeweight="2pt">
+                <v:fill r:id="rId8" o:title="" recolor="t" rotate="t" type="frame"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+    <w:p w14:paraId="6E9BC97F" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="698E0086" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="07B70A65" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="141685E2" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="3F1AE3A0" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="059B57A1" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="337D818C" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="70DFAB54" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="4FBC9CB1" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57"/>
+    <w:p w14:paraId="11D410CA" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="083FDC69" wp14:editId="14F75BEC">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>457200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>296545</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6800850" cy="428625"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="Text Box 2"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
@@ -481,1082 +616,1274 @@
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="1DA53332" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00352FBA" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
                             <w:pPr>
                               <w:pStyle w:val="BasicParagraph"/>
                               <w:suppressAutoHyphens/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:color w:val="D80000"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t>Avoid</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00F26F57">
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:outline/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                                 <w14:textFill>
                                   <w14:noFill/>
                                 </w14:textFill>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:color w:val="D80000"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t>fire danger</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00F26F57">
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:outline/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                                 <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                                   <w14:solidFill>
                                     <w14:srgbClr w14:val="000000"/>
                                   </w14:solidFill>
                                   <w14:prstDash w14:val="solid"/>
                                   <w14:round/>
                                 </w14:textOutline>
                                 <w14:textFill>
                                   <w14:noFill/>
                                 </w14:textFill>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t xml:space="preserve">around </w:t>
                             </w:r>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                                 <w:caps/>
                                 <w:color w:val="D80000"/>
                                 <w:sz w:val="48"/>
                                 <w:szCs w:val="48"/>
                               </w:rPr>
                               <w:t>your home</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:36pt;margin-top:23.35pt;width:535.5pt;height:33.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzHSOQegIAAGIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v2jAQfp+0/8Hy+whkwBhqqFgrpklV&#10;W62d+mwcG6LZPs82JOyv39lJgLG9dNpLcr77/Pl+X103WpG9cL4CU9DRYEiJMBzKymwK+u159W5G&#10;iQ/MlEyBEQU9CE+vF2/fXNV2LnLYgiqFI0hi/Ly2Bd2GYOdZ5vlWaOYHYIVBowSnWcCj22SlYzWy&#10;a5Xlw+E0q8GV1gEX3qP2tjXSReKXUvDwIKUXgaiCom8hfV36ruM3W1yx+cYxu6145wb7By80qww+&#10;eqS6ZYGRnav+oNIVd+BBhgEHnYGUFRcpBoxmNLyI5mnLrEixYHK8PabJ/z9afr9/dKQqC5pTYpjG&#10;Ej2LJpBP0JA8Zqe2fo6gJ4uw0KAaq9zrPSpj0I10Ov4xHIJ2zPPhmNtIxlE5nQ2HswmaONrG+Wya&#10;TyJNdrptnQ+fBWgShYI6rF1KKdvf+dBCe0h8zMCqUirVTxlS4wvvkf43C5IrEzUidUJHEyNqPU9S&#10;OCgRMcp8FRIzkQKIitSD4kY5smfYPYxzYUKKPfEiOqIkOvGaix3+5NVrLrdx9C+DCcfLujLgUvQX&#10;bpffe5dli8ecn8UdxdCsm67SaygPWGgH7aB4y1cVVuOO+fDIHE4GFhCnPTzgRyrArEMnUbIF9/Nv&#10;+ojHhkUrJTVOWkH9jx1zghL1xWArfxyNx3E002E8+ZDjwZ1b1ucWs9M3gOUY4V6xPIkRH1QvSgf6&#10;BZfCMr6KJmY4vl3Q0Is3oZ1/XCpcLJcJhMNoWbgzT5ZH6lid2GvPzQtztmvIgK18D/1MsvlFX7bY&#10;eNPAchdAVqlpY4LbrHaJx0FObd8tnbgpzs8JdVqNi18AAAD//wMAUEsDBBQABgAIAAAAIQDgvzgg&#10;4QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWLoytqk0naZKExKCw8Yu&#10;3NzGaysSpzTZVvj1ZFzgZvs9PX8vX43WiBMNvnOsYDpJQBDXTnfcKNi/be6WIHxA1mgck4Iv8rAq&#10;rq9yzLQ785ZOu9CIGMI+QwVtCH0mpa9bsugnrieO2sENFkNch0bqAc8x3BqZJslcWuw4fmixp7Kl&#10;+mN3tAqey80rbqvULr9N+fRyWPef+/cHpW5vxvUjiEBj+DPDBT+iQxGZKndk7YVRsEhjlaBgNl+A&#10;uOjT2X28VL9TCrLI5f8KxQ8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAsx0jkHoCAABi&#10;BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4L84IOEA&#10;AAAKAQAADwAAAAAAAAAAAAAAAADUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAOIF&#10;AAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="083FDC69" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:36pt;margin-top:23.35pt;width:535.5pt;height:33.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBCRpkvagIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8zpKWbpRq6VQ2DSFN&#10;20SH9uw69hrh+Ix9bVL+es5O0pbCyxAvyfnu83e/fXnV1oZtlQ8V2IKPznLOlJVQVval4N+ebt9N&#10;OQsobCkMWFXwnQr8av72zWXjZmoMazCl8oxIbJg1ruBrRDfLsiDXqhbhDJyyZNTga4F09C9Z6UVD&#10;7LXJxnl+kTXgS+dBqhBIe9MZ+Tzxa60kPmgdFDJTcIoN09en7yp+s/mlmL144daV7MMQ/xBFLSpL&#10;TvdUNwIF2/jqD6q6kh4CaDyTUGegdSVVyoGyGeUn2SzXwqmUCxUnuH2Zwv+jlffbpXv0DNtP0FID&#10;Y0EaF2aBlDGfVvs6/ilSRnYq4W5fNtUik6S8mOb59JxMkmyT8fRifB5pssNt5wN+VlCzKBTcU1tS&#10;tcT2LmAHHSDRmYXbypjUGmNZQx7eE/1vFiI3NmpUanJPc4g8SbgzKmKM/ao0q8qUQFSk8VLXxrOt&#10;oMEQUiqLKffES+iI0hTEay72+ENUr7nc5TF4Bov7y3VlwafsT8Iuvw8h6w5PNT/KO4rYrlpKvODj&#10;obErKHfUbw/dKgQnbytqyp0I+Cg8zT71kfYZH+ijDVDxoZc4W4P/+Td9xNNIkpWzhnap4OHHRnjF&#10;mfliaVg/jiaTuHzpMDn/MKaDP7asji12U18DdWVEL4eTSYx4NIOoPdTPtPaL6JVMwkryXXAcxGvs&#10;NpyeDakWiwSidXMC7+zSyUgdmxRH7ql9Ft71c4k00fcwbJ2YnYxnh403LSw2CLpKsxvr3FW1rz+t&#10;apr+/lmJb8HxOaEOj9/8FwAAAP//AwBQSwMEFAAGAAgAAAAhAOC/OCDhAAAACgEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FPwzAMhe9I/IfISNxYujK2qTSdpkoTEoLDxi7c3MZrKxKnNNlW+PVkXOBm&#10;+z09fy9fjdaIEw2+c6xgOklAENdOd9wo2L9t7pYgfEDWaByTgi/ysCqur3LMtDvzlk670IgYwj5D&#10;BW0IfSalr1uy6CeuJ47awQ0WQ1yHRuoBzzHcGpkmyVxa7Dh+aLGnsqX6Y3e0Cp7LzStuq9Quv035&#10;9HJY95/79welbm/G9SOIQGP4M8MFP6JDEZkqd2TthVGwSGOVoGA2X4C46NPZfbxUv1MKssjl/wrF&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBCRpkvagIAAEQFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDgvzgg4QAAAAoBAAAPAAAAAAAAAAAA&#10;AAAAAMQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F26F57" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="1DA53332" w14:textId="77777777" w:rsidR="00F26F57" w:rsidRPr="00352FBA" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
                       <w:pPr>
                         <w:pStyle w:val="BasicParagraph"/>
                         <w:suppressAutoHyphens/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:color w:val="D80000"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t>Avoid</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00F26F57">
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:outline/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                           <w14:textFill>
                             <w14:noFill/>
                           </w14:textFill>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:color w:val="D80000"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t>fire danger</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00F26F57">
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:outline/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                           <w14:textOutline w14:w="9525" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
                             <w14:solidFill>
                               <w14:srgbClr w14:val="000000"/>
                             </w14:solidFill>
                             <w14:prstDash w14:val="solid"/>
                             <w14:round/>
                           </w14:textOutline>
                           <w14:textFill>
                             <w14:noFill/>
                           </w14:textFill>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t xml:space="preserve">around </w:t>
                       </w:r>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Russo One" w:hAnsi="Russo One" w:cs="Russo One"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Franklin Gothic Medium" w:hAnsi="Franklin Gothic Medium" w:cs="Russo One"/>
                           <w:caps/>
                           <w:color w:val="D80000"/>
                           <w:sz w:val="48"/>
                           <w:szCs w:val="48"/>
                         </w:rPr>
                         <w:t>your home</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B61D10" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+    <w:p w14:paraId="0F94CABC" w14:textId="77777777" w:rsidR="003A6FA7" w:rsidRPr="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1665"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708E33EA" wp14:editId="1A6A8747">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708E33EA" wp14:editId="5F0CE933">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>457200</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>488315</wp:posOffset>
+                  <wp:posOffset>421640</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6848475" cy="4010025"/>
+                <wp:extent cx="6848475" cy="4305300"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6848475" cy="4010025"/>
+                          <a:ext cx="6848475" cy="4305300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="1F81FA2F" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-                              <w:suppressAutoHyphens/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...3 lines deleted...]
-                              <w:t>Vegetation can threaten your home if not properly planned or maintained. Make it harder for flames and embers to reach your walls by:</w:t>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Vegetation can threaten your home if not properly planned and maintained. Make it harder for flames and embers to reach your walls and roof by:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="58678FE0" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...9 lines deleted...]
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">keeping grass watered and shorter than four </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>inches;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="18076410" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">trimming shrubs to a maximum height of 18 </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>inches;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="6E966B90" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">spreading out </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>trees;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="1BA96488" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">planting all vegetation at least three to four feet from the </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>house;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="4C827A91" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">trimming tree branches so they are at least 10 feet from the </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>chimney;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="44A4D941" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>removing lower limbs from trees; and</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="032F5E85" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="2"/>
+                                <w:numId w:val="3"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>clearing out fallen pine needles, leaves and other flammable debris from the land immediately around the home, roof and rain gutters.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4B49C7DE" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
+                            <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:rPr>
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-                              <w:t xml:space="preserve"> out fallen pine needles, leaves and other flammable debris from the land immediately around the home, the roof and rain gutters.</w:t>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Also consider:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="6885684A" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
-[...35 lines deleted...]
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="4"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">placing gravel around </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>structures;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="60FECB27" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="4"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">replacing what you can with fire-resistant </w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>materials;</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="29C48311" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="4"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...1 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>removing patio furniture from the deck or patio when not used; and</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="72E4EC3A" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
-                              <w:pStyle w:val="BasicParagraph"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
-                                <w:numId w:val="1"/>
+                                <w:numId w:val="4"/>
                               </w:numPr>
-                              <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                              <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-                              <w:t xml:space="preserve"> wood piles away from structures.</w:t>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>keeping wood piles away from structures.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
-[...9 lines deleted...]
-                          <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                          <w:p w14:paraId="53477118" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
                             </w:pPr>
-                            <w:r>
-[...4 lines deleted...]
-                            </w:r>
+                            <w:r w:rsidRPr="00352FBA">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Make the extra effort to fireproof your home. You may be in a wildfire zone requiring special fire prevention work. Give me a call to learn more about keeping a home safe from fires, and what buyers look for in a home.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0C21F8FF" w14:textId="3EDC2B9D" w:rsidR="00F26F57" w:rsidRPr="00352FBA" w:rsidRDefault="00F26F57" w:rsidP="00352FBA">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:36pt;margin-top:38.45pt;width:539.25pt;height:315.75pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAElis0gAIAAGoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbWmAVKepATJMQ&#10;oMHEs+vYNJrt8+xrk+6v5+wkpWJ7YdpLcr77fL7vfp1ftNawrQqxBlfy8dGIM+UkVLV7LvmPx+tP&#10;Z5xFFK4SBpwq+U5FfrH4+OG88XM1gTWYSgVGTlycN77ka0Q/L4oo18qKeAReOTJqCFYgHcNzUQXR&#10;kHdrislodFI0ECofQKoYSXvVGfki+9daSbzTOipkpuQUG+ZvyN9V+haLczF/DsKva9mHIf4hCitq&#10;R4/uXV0JFGwT6j9c2VoGiKDxSIItQOtaqsyB2IxHb9g8rIVXmQslJ/p9muL/cytvt/eB1VXJjzlz&#10;wlKJHlWL7Au07Dhlp/FxTqAHTzBsSU1VHvSRlIl0q4NNf6LDyE553u1zm5xJUp6cTc+mpzPOJNmm&#10;xHU0mSU/xet1HyJ+VWBZEkoeqHg5p2J7E7GDDpD0moPr2phcQONYQ08cz0b5wt5Czo1LWJVboXeT&#10;KHWhZwl3RiWMcd+VplRkBkmRm1BdmsC2gtpHSKkcZvLZL6ETSlMQ77nY41+jes/ljsfwMjjcX7a1&#10;g5DZvwm7+jmErDs85fyAdxKxXbW5B/aVXUG1o4IH6AYmenldU1FuRMR7EWhCqMY09XhHH22Akg+9&#10;xNkawu+/6ROeGpesnDU0cSWPvzYiKM7MN0ct/Xk8naYRzYfp7HRCh3BoWR1a3MZeAlVlTPvFyywm&#10;PJpB1AHsEy2HZXqVTMJJervkOIiX2O0BWi5SLZcZREPpBd64By+T61Sk1HKP7ZMIvu9LpJa+hWE2&#10;xfxNe3bYdNPBcoOg69y7Kc9dVvv800Dn7u+XT9oYh+eMel2RixcAAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbm/4b4gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqN2IlJDGqapI&#10;FRKCQ0sv3Daxm0S11yF228DX457gtNqd0eybYjVZw8569L0jCfOZAKapcaqnVsL+Y/OQAfMBSaFx&#10;pCV8aw+r8vamwFy5C231eRdaFkPI5yihC2HIOfdNpy36mRs0Re3gRoshrmPL1YiXGG4NT4RYcIs9&#10;xQ8dDrrqdHPcnayE12rzjts6sdmPqV7eDuvha/+ZSnl/N62XwIKewp8ZrvgRHcrIVLsTKc+MhKck&#10;VglxLp6BXfV5KlJgdbyI7BF4WfD/FcpfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAASW&#10;KzSAAgAAagUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;ANub/hviAAAACgEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="708E33EA" id="Text Box 3" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:36pt;margin-top:33.2pt;width:539.25pt;height:339pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBxZXCWbgIAAEUFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hKW+gqUtSBmCYh&#10;QIOJZ9exaTTH59nXJt1fz9lJ2orthWkvydn33a/v7nxx2daGbZUPFdiCj05yzpSVUFb2peA/nm4+&#10;zTgLKGwpDFhV8J0K/HLx8cNF4+bqFNZgSuUZObFh3riCrxHdPMuCXKtahBNwypJSg68F0tG/ZKUX&#10;DXmvTXaa52dZA750HqQKgW6vOyVfJP9aK4n3WgeFzBSccsP09em7it9scSHmL164dSX7NMQ/ZFGL&#10;ylLQvatrgYJtfPWHq7qSHgJoPJFQZ6B1JVWqgaoZ5W+qeVwLp1ItRE5we5rC/3Mr77aP7sEzbL9A&#10;Sw2MhDQuzANdxnpa7ev4p0wZ6YnC3Z421SKTdHk2m8wm51POJOkm43w6zhOx2cHc+YBfFdQsCgX3&#10;1JdEl9jeBqSQBB0gMZqFm8qY1BtjWUMhxtM8Gew1ZGFsxKrU5d7NIfUk4c6oiDH2u9KsKlMF8SLN&#10;l7oynm0FTYaQUllMxSe/hI4oTUm8x7DHH7J6j3FXxxAZLO6N68qCT9W/Sbv8OaSsOzwReVR3FLFd&#10;tVR4wcdDZ1dQ7qjhHrpdCE7eVNSUWxHwQXgafuoxLTTe00cbIPKhlzhbg//9t/uIp5kkLWcNLVPB&#10;w6+N8Ioz883StH4eTSZx+9JhMj0/pYM/1qyONXZTXwF1ZURPh5NJjHg0g6g91M+098sYlVTCSopd&#10;cBzEK+xWnN4NqZbLBKJ9cwJv7aOT0XVsUhy5p/ZZeNfPJdJI38GwdmL+Zjw7bLS0sNwg6CrNbuS5&#10;Y7Xnn3Y1jXT/rsTH4PicUIfXb/EKAAD//wMAUEsDBBQABgAIAAAAIQDzyiwU4QAAAAoBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGb3TQkscRsSgkUQfTQ2ou3SXaaBLOzMbtto7/e&#10;7UmPwze8971iPZtBnGlyvWUFy0UEgrixuudWweF9+7AC4TyyxsEyKfgmB+vy9qbAXNsL7+i8960I&#10;IexyVNB5P+ZSuqYjg25hR+LAjnYy6MM5tVJPeAnhZpBxFGXSYM+hocORqo6az/3JKHiptm+4q2Oz&#10;+hmq59fjZvw6fKRK3d/NmycQnmb/9wxX/aAOZXCq7Ym1E4OCxzhM8QqyLAFx5cs0SkHUgSRJArIs&#10;5P8J5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAcWVwlm4CAABFBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA88osFOEAAAAKAQAADwAAAAAA&#10;AAAAAAAAAADIBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANYFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="1F81FA2F" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-                        <w:suppressAutoHyphens/>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...3 lines deleted...]
-                        <w:t>Vegetation can threaten your home if not properly planned or maintained. Make it harder for flames and embers to reach your walls by:</w:t>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Vegetation can threaten your home if not properly planned and maintained. Make it harder for flames and embers to reach your walls and roof by:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="58678FE0" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...9 lines deleted...]
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">keeping grass watered and shorter than four </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>inches;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="18076410" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">trimming shrubs to a maximum height of 18 </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>inches;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="6E966B90" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">spreading out </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>trees;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="1BA96488" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">planting all vegetation at least three to four feet from the </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>house;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="4C827A91" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">trimming tree branches so they are at least 10 feet from the </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>chimney;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="44A4D941" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>removing lower limbs from trees; and</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="032F5E85" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="2"/>
+                          <w:numId w:val="3"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>clearing out fallen pine needles, leaves and other flammable debris from the land immediately around the home, roof and rain gutters.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4B49C7DE" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
+                      <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:rPr>
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-                        <w:t xml:space="preserve"> out fallen pine needles, leaves and other flammable debris from the land immediately around the home, the roof and rain gutters.</w:t>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Also consider:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="6885684A" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
-[...35 lines deleted...]
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="4"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">placing gravel around </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>structures;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="60FECB27" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="4"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">replacing what you can with fire-resistant </w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>materials;</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="29C48311" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="4"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...1 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>removing patio furniture from the deck or patio when not used; and</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="72E4EC3A" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
-                        <w:pStyle w:val="BasicParagraph"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
-                          <w:numId w:val="1"/>
+                          <w:numId w:val="4"/>
                         </w:numPr>
-                        <w:suppressAutoHyphens/>
-[...2 lines deleted...]
-                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+                        <w:spacing w:after="160" w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:proofErr w:type="gramStart"/>
-[...11 lines deleted...]
-                        <w:t xml:space="preserve"> wood piles away from structures.</w:t>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>keeping wood piles away from structures.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
-[...9 lines deleted...]
-                    <w:p w:rsidR="00F26F57" w:rsidRDefault="00F26F57" w:rsidP="00F26F57">
+                    <w:p w14:paraId="53477118" w14:textId="77777777" w:rsidR="00352FBA" w:rsidRPr="00352FBA" w:rsidRDefault="00352FBA" w:rsidP="00352FBA">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
                       </w:pPr>
-                      <w:r>
-[...4 lines deleted...]
-                      </w:r>
+                      <w:r w:rsidRPr="00352FBA">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:eastAsia="Times New Roman" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Make the extra effort to fireproof your home. You may be in a wildfire zone requiring special fire prevention work. Give me a call to learn more about keeping a home safe from fires, and what buyers look for in a home.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0C21F8FF" w14:textId="3EDC2B9D" w:rsidR="00F26F57" w:rsidRPr="00352FBA" w:rsidRDefault="00F26F57" w:rsidP="00352FBA">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B61D10" w:rsidRPr="00F26F57" w:rsidSect="00F26F57">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="0" w:right="0" w:bottom="0" w:left="0" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Minion Pro">
+    <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="60000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Franklin Gothic Medium">
+    <w:panose1 w:val="020B0603020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Russo One">
-    <w:panose1 w:val="02000503050000020004"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002AF" w:usb1="0000000B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E2F1FD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C4F68CCC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1625,51 +1952,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BC683B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BD3EA1D8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="900" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1620" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1738,498 +2065,807 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5940" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6660" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5CA44883"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0F30EDA8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71CD1234"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0450DDAA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="270861513">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="970210544">
     <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="629093548">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1911112550">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F26F57"/>
     <w:rsid w:val="002A5F4E"/>
     <w:rsid w:val="0034238A"/>
+    <w:rsid w:val="00352FBA"/>
     <w:rsid w:val="007864AF"/>
+    <w:rsid w:val="007D7F41"/>
     <w:rsid w:val="00F26F57"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3C6149B0"/>
+  <w15:docId w15:val="{BCBB44EC-49D1-4910-84B5-0B085B562AE7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...375 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2271,58 +2907,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F26F57"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2568,68 +3204,68 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>3</Words>
+  <Words>4</Words>
   <Characters>21</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23</CharactersWithSpaces>
+  <CharactersWithSpaces>24</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mary</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>